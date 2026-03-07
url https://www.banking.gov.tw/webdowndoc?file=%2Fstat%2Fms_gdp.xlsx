--- v0 (2025-12-07)
+++ v1 (2026-03-07)
@@ -1,156 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\上網資料\23.金融業產值占GDP比率-季\114Q3(1141201掛網)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\18.（每季）金融業產值占GDP比率【上網】【重要數據】\114Q4(1150223掛網)\上網\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{21A2175F-F9BF-45E5-9F8B-B454406BEBDB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F02E6B6C-6986-48F5-AAD0-0E3F21094994}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="798" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="金融業毛額占GDP" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">金融業毛額占GDP!$A$1:$M$129</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">金融業毛額占GDP!$A$1:$M$130</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="M120" i="6" l="1"/>
   <c r="M119" i="6"/>
   <c r="M118" i="6"/>
-  <c r="M117" i="6"/>
-  <c r="M115" i="6"/>
   <c r="L115" i="6"/>
   <c r="L120" i="6" s="1"/>
-  <c r="M114" i="6"/>
-[...1 lines deleted...]
-  <c r="M112" i="6"/>
   <c r="M110" i="6"/>
   <c r="M109" i="6"/>
   <c r="M108" i="6"/>
   <c r="M107" i="6"/>
   <c r="M106" i="6"/>
   <c r="L106" i="6"/>
   <c r="L111" i="6" s="1"/>
   <c r="L116" i="6" s="1"/>
   <c r="L121" i="6" s="1"/>
   <c r="M105" i="6"/>
   <c r="M104" i="6"/>
   <c r="L104" i="6"/>
   <c r="L109" i="6" s="1"/>
   <c r="L114" i="6" s="1"/>
   <c r="L119" i="6" s="1"/>
   <c r="M103" i="6"/>
   <c r="L103" i="6"/>
   <c r="L108" i="6" s="1"/>
   <c r="L113" i="6" s="1"/>
   <c r="L118" i="6" s="1"/>
-  <c r="L124" i="6" s="1"/>
+  <c r="L125" i="6" s="1"/>
   <c r="M102" i="6"/>
   <c r="L102" i="6"/>
   <c r="L107" i="6" s="1"/>
   <c r="L112" i="6" s="1"/>
   <c r="L117" i="6" s="1"/>
+  <c r="L124" i="6" s="1"/>
   <c r="M101" i="6"/>
   <c r="M100" i="6"/>
   <c r="M99" i="6"/>
   <c r="M98" i="6"/>
   <c r="M97" i="6"/>
   <c r="M96" i="6"/>
   <c r="M95" i="6"/>
   <c r="M94" i="6"/>
   <c r="M93" i="6"/>
   <c r="M92" i="6"/>
   <c r="M91" i="6"/>
   <c r="M90" i="6"/>
   <c r="M89" i="6"/>
   <c r="M88" i="6"/>
   <c r="M87" i="6"/>
   <c r="M86" i="6"/>
   <c r="M85" i="6"/>
   <c r="M84" i="6"/>
   <c r="M83" i="6"/>
   <c r="M82" i="6"/>
   <c r="M81" i="6"/>
   <c r="M80" i="6"/>
   <c r="M79" i="6"/>
   <c r="M78" i="6"/>
   <c r="M77" i="6"/>
   <c r="M76" i="6"/>
   <c r="M75" i="6"/>
   <c r="M74" i="6"/>
   <c r="M73" i="6"/>
   <c r="M72" i="6"/>
   <c r="M71" i="6"/>
   <c r="L122" i="6" l="1"/>
   <c r="L123" i="6"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="813" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="814" uniqueCount="61">
   <si>
     <t>GDP</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="18"/>
         <color theme="1"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>金融及保險業名目生產毛額占</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="18"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> GDP </t>
@@ -1473,115 +1469,113 @@
       <t>為修正數。</t>
     </r>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>r</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>資料來源：行政院主計總處</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>114</t>
+      <t>115</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>年</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>11</t>
+      <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>月</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>28</t>
+      <t>13</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>日發布之「國民所得統計」新聞稿。</t>
     </r>
-    <phoneticPr fontId="1" type="noConversion"/>
-[...2 lines deleted...]
-    <t>r</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
+  <numFmts count="5">
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="176" formatCode="0.00_ "/>
     <numFmt numFmtId="177" formatCode="#,##0_ _ _ "/>
     <numFmt numFmtId="178" formatCode="#,##0.00_ _ _ "/>
+    <numFmt numFmtId="179" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="標楷體"/>
       <family val="4"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
@@ -2075,57 +2069,60 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
   </cellStyleXfs>
-  <cellXfs count="114">
+  <cellXfs count="118">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
@@ -2349,50 +2346,62 @@
     </xf>
     <xf numFmtId="177" fontId="5" fillId="0" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="178" fontId="5" fillId="0" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="178" fontId="5" fillId="0" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="31" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="179" fontId="18" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="178" fontId="15" fillId="0" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="15" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
@@ -2449,53 +2458,54 @@
     <xf numFmtId="0" fontId="10" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="3">
     <cellStyle name="一般" xfId="0" builtinId="0"/>
     <cellStyle name="一般 2" xfId="1" xr:uid="{1B9F97F4-534F-4BDE-ABE0-F5A1FE4FA0B9}"/>
+    <cellStyle name="千分位" xfId="2" builtinId="3"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -2761,190 +2771,190 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{96E9A4FB-54B2-4370-9483-250B17AA1050}">
-  <dimension ref="A1:R136"/>
+  <dimension ref="A1:R137"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="90" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.75" style="1" customWidth="1"/>
     <col min="2" max="2" width="2.75" style="3" customWidth="1"/>
     <col min="3" max="4" width="9.625" style="1" customWidth="1"/>
     <col min="5" max="6" width="9.75" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.625" style="1" customWidth="1"/>
     <col min="8" max="8" width="8.125" style="5" customWidth="1"/>
     <col min="9" max="10" width="8.125" style="1" customWidth="1"/>
     <col min="11" max="11" width="9.625" style="1" customWidth="1"/>
     <col min="12" max="12" width="8.5" style="1" customWidth="1"/>
     <col min="13" max="13" width="2.125" style="3" customWidth="1"/>
     <col min="14" max="14" width="8.875" style="1"/>
     <col min="15" max="15" width="11.125" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="17" width="12.375" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="16384" width="8.875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="94" t="s">
+      <c r="A1" s="98" t="s">
         <v>1</v>
       </c>
-      <c r="B1" s="95"/>
-[...10 lines deleted...]
-      <c r="M1" s="95"/>
+      <c r="B1" s="99"/>
+      <c r="C1" s="99"/>
+      <c r="D1" s="99"/>
+      <c r="E1" s="99"/>
+      <c r="F1" s="99"/>
+      <c r="G1" s="99"/>
+      <c r="H1" s="99"/>
+      <c r="I1" s="99"/>
+      <c r="J1" s="99"/>
+      <c r="K1" s="99"/>
+      <c r="L1" s="99"/>
+      <c r="M1" s="99"/>
     </row>
     <row r="2" spans="1:13" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="M2" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:13" s="7" customFormat="1" ht="53.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="96" t="s">
+      <c r="A3" s="100" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="97"/>
-      <c r="C3" s="102" t="s">
+      <c r="B3" s="101"/>
+      <c r="C3" s="106" t="s">
         <v>0</v>
       </c>
-      <c r="D3" s="105" t="s">
+      <c r="D3" s="109" t="s">
         <v>5</v>
       </c>
-      <c r="E3" s="106"/>
-[...2 lines deleted...]
-      <c r="H3" s="108" t="s">
+      <c r="E3" s="110"/>
+      <c r="F3" s="110"/>
+      <c r="G3" s="111"/>
+      <c r="H3" s="112" t="s">
         <v>6</v>
       </c>
-      <c r="I3" s="109"/>
-[...2 lines deleted...]
-      <c r="L3" s="111" t="s">
+      <c r="I3" s="113"/>
+      <c r="J3" s="113"/>
+      <c r="K3" s="114"/>
+      <c r="L3" s="115" t="s">
         <v>7</v>
       </c>
-      <c r="M3" s="96"/>
+      <c r="M3" s="100"/>
     </row>
     <row r="4" spans="1:13" s="7" customFormat="1" ht="52.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="98"/>
-[...1 lines deleted...]
-      <c r="C4" s="103"/>
+      <c r="A4" s="102"/>
+      <c r="B4" s="103"/>
+      <c r="C4" s="107"/>
       <c r="D4" s="8" t="s">
         <v>8</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="9" t="s">
         <v>10</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H4" s="10" t="s">
         <v>8</v>
       </c>
       <c r="I4" s="9" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="9" t="s">
         <v>10</v>
       </c>
       <c r="K4" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="L4" s="112"/>
-      <c r="M4" s="98"/>
+      <c r="L4" s="116"/>
+      <c r="M4" s="102"/>
     </row>
     <row r="5" spans="1:13" s="7" customFormat="1" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="100"/>
-[...1 lines deleted...]
-      <c r="C5" s="104"/>
+      <c r="A5" s="104"/>
+      <c r="B5" s="105"/>
+      <c r="C5" s="108"/>
       <c r="D5" s="11" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="12" t="s">
         <v>14</v>
       </c>
       <c r="G5" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>12</v>
       </c>
       <c r="I5" s="12" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="12" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="L5" s="113"/>
-      <c r="M5" s="100"/>
+      <c r="L5" s="117"/>
+      <c r="M5" s="104"/>
     </row>
     <row r="6" spans="1:13" s="20" customFormat="1" ht="18.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="14"/>
       <c r="C6" s="15">
         <v>106309</v>
       </c>
       <c r="D6" s="15">
         <v>8369</v>
       </c>
       <c r="E6" s="15">
         <v>6015</v>
       </c>
       <c r="F6" s="15">
         <v>1619</v>
       </c>
       <c r="G6" s="15">
         <v>735</v>
       </c>
       <c r="H6" s="16">
         <v>7.9</v>
       </c>
       <c r="I6" s="16">
@@ -6930,784 +6940,806 @@
       </c>
       <c r="H110" s="58">
         <v>5.68</v>
       </c>
       <c r="I110" s="36" t="s">
         <v>45</v>
       </c>
       <c r="J110" s="36" t="s">
         <v>45</v>
       </c>
       <c r="K110" s="42" t="s">
         <v>45</v>
       </c>
       <c r="L110" s="45" t="s">
         <v>25</v>
       </c>
       <c r="M110" s="28" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="111" spans="1:13" s="66" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="62" t="s">
         <v>48</v>
       </c>
-      <c r="B111" s="86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B111" s="86"/>
       <c r="C111" s="63">
         <v>235983.48</v>
       </c>
       <c r="D111" s="63">
         <v>14404.08</v>
       </c>
       <c r="E111" s="63">
         <v>8572.5300000000007</v>
       </c>
       <c r="F111" s="63">
         <v>3741.28</v>
       </c>
       <c r="G111" s="63">
         <v>2090.27</v>
       </c>
       <c r="H111" s="64">
         <v>6.2</v>
       </c>
       <c r="I111" s="32">
         <v>3.69</v>
       </c>
       <c r="J111" s="32">
         <v>1.61</v>
       </c>
       <c r="K111" s="33">
         <v>0.9</v>
       </c>
       <c r="L111" s="65">
         <f>L106+1</f>
         <v>2023</v>
       </c>
-      <c r="M111" s="86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M111" s="86"/>
     </row>
     <row r="112" spans="1:13" s="66" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="67" t="s">
         <v>49</v>
       </c>
-      <c r="B112" s="68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B112" s="68"/>
       <c r="C112" s="69">
         <v>54845.05</v>
       </c>
       <c r="D112" s="69">
         <v>3396.25</v>
       </c>
       <c r="E112" s="70" t="s">
         <v>45</v>
       </c>
       <c r="F112" s="70" t="s">
         <v>45</v>
       </c>
       <c r="G112" s="71" t="s">
         <v>45</v>
       </c>
       <c r="H112" s="70">
         <v>6.23</v>
       </c>
       <c r="I112" s="69" t="s">
         <v>45</v>
       </c>
       <c r="J112" s="69" t="s">
         <v>45</v>
       </c>
       <c r="K112" s="72" t="s">
         <v>45</v>
       </c>
       <c r="L112" s="73" t="str">
         <f t="shared" ref="L112:L114" si="1">L107</f>
         <v>Q1</v>
       </c>
-      <c r="M112" s="74" t="str">
-[...2 lines deleted...]
-      </c>
+      <c r="M112" s="74"/>
     </row>
     <row r="113" spans="1:18" s="66" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="75" t="s">
         <v>50</v>
       </c>
-      <c r="B113" s="68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B113" s="68"/>
       <c r="C113" s="69">
         <v>57117.73</v>
       </c>
       <c r="D113" s="69">
         <v>3752.12</v>
       </c>
       <c r="E113" s="70" t="s">
         <v>45</v>
       </c>
       <c r="F113" s="70" t="s">
         <v>45</v>
       </c>
       <c r="G113" s="71" t="s">
         <v>45</v>
       </c>
       <c r="H113" s="70">
         <v>6.62</v>
       </c>
       <c r="I113" s="69" t="s">
         <v>45</v>
       </c>
       <c r="J113" s="69" t="s">
         <v>45</v>
       </c>
       <c r="K113" s="72" t="s">
         <v>45</v>
       </c>
       <c r="L113" s="73" t="str">
         <f t="shared" si="1"/>
         <v>Q2</v>
       </c>
-      <c r="M113" s="74" t="str">
-[...2 lines deleted...]
-      </c>
+      <c r="M113" s="74"/>
     </row>
     <row r="114" spans="1:18" s="66" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="75" t="s">
         <v>51</v>
       </c>
-      <c r="B114" s="68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B114" s="68"/>
       <c r="C114" s="69">
         <v>60219.6</v>
       </c>
       <c r="D114" s="69">
         <v>3653.39</v>
       </c>
       <c r="E114" s="70" t="s">
         <v>45</v>
       </c>
       <c r="F114" s="70" t="s">
         <v>45</v>
       </c>
       <c r="G114" s="71" t="s">
         <v>45</v>
       </c>
       <c r="H114" s="70">
         <v>6.09</v>
       </c>
       <c r="I114" s="69" t="s">
         <v>45</v>
       </c>
       <c r="J114" s="69" t="s">
         <v>45</v>
       </c>
       <c r="K114" s="72" t="s">
         <v>45</v>
       </c>
       <c r="L114" s="73" t="str">
         <f t="shared" si="1"/>
         <v>Q3</v>
       </c>
-      <c r="M114" s="74" t="str">
-[...2 lines deleted...]
-      </c>
+      <c r="M114" s="74"/>
     </row>
     <row r="115" spans="1:18" s="66" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="76" t="s">
         <v>52</v>
       </c>
-      <c r="B115" s="68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B115" s="68"/>
       <c r="C115" s="69">
         <v>63801.1</v>
       </c>
       <c r="D115" s="69">
         <v>3602.32</v>
       </c>
       <c r="E115" s="70" t="s">
         <v>45</v>
       </c>
       <c r="F115" s="70" t="s">
         <v>45</v>
       </c>
       <c r="G115" s="71" t="s">
         <v>45</v>
       </c>
       <c r="H115" s="70">
         <v>5.88</v>
       </c>
       <c r="I115" s="69" t="s">
         <v>45</v>
       </c>
       <c r="J115" s="69" t="s">
         <v>45</v>
       </c>
       <c r="K115" s="72" t="s">
         <v>45</v>
       </c>
       <c r="L115" s="73" t="str">
         <f>L110</f>
         <v>Q4</v>
       </c>
-      <c r="M115" s="74" t="str">
-[...2 lines deleted...]
-      </c>
+      <c r="M115" s="74"/>
     </row>
     <row r="116" spans="1:18" s="66" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="62" t="s">
         <v>53</v>
       </c>
-      <c r="B116" s="86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B116" s="86"/>
       <c r="C116" s="63">
         <v>257370.88</v>
       </c>
       <c r="D116" s="63">
         <v>16593.189999999999</v>
       </c>
       <c r="E116" s="63">
         <v>9577.41</v>
       </c>
       <c r="F116" s="63">
         <v>4204.25</v>
       </c>
       <c r="G116" s="63">
         <v>2811.53</v>
       </c>
       <c r="H116" s="64">
         <v>6.47</v>
       </c>
       <c r="I116" s="32">
         <v>3.73</v>
       </c>
       <c r="J116" s="32">
         <v>1.64</v>
       </c>
       <c r="K116" s="32">
         <v>1.1000000000000001</v>
       </c>
       <c r="L116" s="65">
         <f>L111+1</f>
         <v>2024</v>
       </c>
-      <c r="M116" s="86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M116" s="86"/>
     </row>
     <row r="117" spans="1:18" s="66" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="75" t="s">
         <v>49</v>
       </c>
-      <c r="B117" s="68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B117" s="68"/>
       <c r="C117" s="69">
         <v>61452.44</v>
       </c>
       <c r="D117" s="69">
         <v>3954.72</v>
       </c>
       <c r="E117" s="70" t="s">
         <v>45</v>
       </c>
       <c r="F117" s="70" t="s">
         <v>45</v>
       </c>
       <c r="G117" s="71" t="s">
         <v>45</v>
       </c>
       <c r="H117" s="70">
         <v>6.55</v>
       </c>
       <c r="I117" s="69" t="s">
         <v>45</v>
       </c>
       <c r="J117" s="69" t="s">
         <v>45</v>
       </c>
       <c r="K117" s="72" t="s">
         <v>45</v>
       </c>
       <c r="L117" s="73" t="str">
         <f t="shared" ref="L117:L119" si="2">L112</f>
         <v>Q1</v>
       </c>
-      <c r="M117" s="74" t="str">
-[...2 lines deleted...]
-      </c>
+      <c r="M117" s="74"/>
     </row>
     <row r="118" spans="1:18" s="66" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="75" t="s">
         <v>50</v>
       </c>
-      <c r="B118" s="68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B118" s="68"/>
       <c r="C118" s="69">
         <v>62776.05</v>
       </c>
       <c r="D118" s="69">
         <v>4294.5</v>
       </c>
       <c r="E118" s="70" t="s">
         <v>45</v>
       </c>
       <c r="F118" s="70" t="s">
         <v>45</v>
       </c>
       <c r="G118" s="71" t="s">
         <v>45</v>
       </c>
       <c r="H118" s="70">
         <v>6.77</v>
       </c>
       <c r="I118" s="69" t="s">
         <v>45</v>
       </c>
       <c r="J118" s="69" t="s">
         <v>45</v>
       </c>
       <c r="K118" s="72" t="s">
         <v>45</v>
       </c>
       <c r="L118" s="73" t="str">
         <f t="shared" si="2"/>
         <v>Q2</v>
       </c>
       <c r="M118" s="74" t="str">
         <f t="shared" si="0"/>
-        <v>r</v>
+        <v/>
       </c>
     </row>
     <row r="119" spans="1:18" s="66" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="75" t="s">
         <v>51</v>
       </c>
-      <c r="B119" s="68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B119" s="68"/>
       <c r="C119" s="69">
         <v>64765.25</v>
       </c>
       <c r="D119" s="69">
         <v>4181.1000000000004</v>
       </c>
       <c r="E119" s="70" t="s">
         <v>45</v>
       </c>
       <c r="F119" s="70" t="s">
         <v>45</v>
       </c>
       <c r="G119" s="71" t="s">
         <v>45</v>
       </c>
       <c r="H119" s="70">
         <v>6.37</v>
       </c>
       <c r="I119" s="69" t="s">
         <v>45</v>
       </c>
       <c r="J119" s="69" t="s">
         <v>45</v>
       </c>
       <c r="K119" s="72" t="s">
         <v>45</v>
       </c>
       <c r="L119" s="73" t="str">
         <f t="shared" si="2"/>
         <v>Q3</v>
       </c>
       <c r="M119" s="74" t="str">
         <f t="shared" si="0"/>
-        <v>r</v>
+        <v/>
       </c>
     </row>
     <row r="120" spans="1:18" s="66" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="76" t="s">
         <v>52</v>
       </c>
-      <c r="B120" s="68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B120" s="68"/>
       <c r="C120" s="69">
         <v>68377.14</v>
       </c>
       <c r="D120" s="69">
         <v>4162.87</v>
       </c>
       <c r="E120" s="70" t="s">
         <v>45</v>
       </c>
       <c r="F120" s="70" t="s">
         <v>45</v>
       </c>
       <c r="G120" s="71" t="s">
         <v>45</v>
       </c>
       <c r="H120" s="70">
         <v>6.21</v>
       </c>
       <c r="I120" s="69" t="s">
         <v>45</v>
       </c>
       <c r="J120" s="69" t="s">
         <v>45</v>
       </c>
       <c r="K120" s="72" t="s">
         <v>45</v>
       </c>
       <c r="L120" s="73" t="str">
         <f>L115</f>
         <v>Q4</v>
       </c>
       <c r="M120" s="74" t="str">
         <f t="shared" si="0"/>
-        <v>r</v>
+        <v/>
       </c>
     </row>
     <row r="121" spans="1:18" s="66" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="62" t="s">
         <v>54</v>
       </c>
-      <c r="B121" s="68"/>
-[...8 lines deleted...]
-      <c r="K121" s="72"/>
+      <c r="B121" s="86" t="s">
+        <v>55</v>
+      </c>
+      <c r="C121" s="63">
+        <v>286984.15000000002</v>
+      </c>
+      <c r="D121" s="63">
+        <v>18373.04</v>
+      </c>
+      <c r="E121" s="89" t="s">
+        <v>18</v>
+      </c>
+      <c r="F121" s="89" t="s">
+        <v>18</v>
+      </c>
+      <c r="G121" s="89" t="s">
+        <v>18</v>
+      </c>
+      <c r="H121" s="88">
+        <v>6.49</v>
+      </c>
+      <c r="I121" s="89" t="s">
+        <v>18</v>
+      </c>
+      <c r="J121" s="89" t="s">
+        <v>18</v>
+      </c>
+      <c r="K121" s="89" t="s">
+        <v>18</v>
+      </c>
       <c r="L121" s="65">
         <f>L116+1</f>
         <v>2025</v>
       </c>
-      <c r="M121" s="74"/>
+      <c r="M121" s="90" t="s">
+        <v>55</v>
+      </c>
+      <c r="O121" s="87"/>
     </row>
     <row r="122" spans="1:18" s="66" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="76" t="s">
         <v>49</v>
       </c>
-      <c r="B122" s="68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B122" s="68"/>
       <c r="C122" s="69">
         <v>66839.8</v>
       </c>
       <c r="D122" s="69">
         <v>4305.1099999999997</v>
       </c>
       <c r="E122" s="70" t="s">
         <v>45</v>
       </c>
       <c r="F122" s="70" t="s">
         <v>45</v>
       </c>
       <c r="G122" s="71" t="s">
         <v>45</v>
       </c>
       <c r="H122" s="70">
         <v>6.58</v>
       </c>
       <c r="I122" s="69" t="s">
         <v>45</v>
       </c>
       <c r="J122" s="69" t="s">
         <v>45</v>
       </c>
       <c r="K122" s="72" t="s">
         <v>45</v>
       </c>
       <c r="L122" s="73" t="str">
         <f>L117</f>
         <v>Q1</v>
       </c>
-      <c r="M122" s="74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M122" s="74"/>
+      <c r="O122" s="87"/>
     </row>
     <row r="123" spans="1:18" s="66" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="B123" s="68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B123" s="68"/>
       <c r="C123" s="69">
         <v>68448.259999999995</v>
       </c>
       <c r="D123" s="69">
         <v>4600.3999999999996</v>
       </c>
       <c r="E123" s="70" t="s">
         <v>45</v>
       </c>
       <c r="F123" s="70" t="s">
         <v>45</v>
       </c>
       <c r="G123" s="71" t="s">
         <v>45</v>
       </c>
       <c r="H123" s="70">
         <v>6.62</v>
       </c>
       <c r="I123" s="69" t="s">
         <v>45</v>
       </c>
       <c r="J123" s="69" t="s">
         <v>45</v>
       </c>
       <c r="K123" s="72" t="s">
         <v>45</v>
       </c>
       <c r="L123" s="73" t="str">
         <f>L117</f>
         <v>Q1</v>
       </c>
-      <c r="M123" s="74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M123" s="74"/>
+      <c r="O123" s="87"/>
     </row>
     <row r="124" spans="1:18" s="66" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="76" t="s">
         <v>51</v>
       </c>
       <c r="B124" s="68" t="s">
+        <v>59</v>
+      </c>
+      <c r="C124" s="69">
+        <v>71254.100000000006</v>
+      </c>
+      <c r="D124" s="69">
+        <v>4682.6499999999996</v>
+      </c>
+      <c r="E124" s="70" t="s">
+        <v>45</v>
+      </c>
+      <c r="F124" s="70" t="s">
+        <v>45</v>
+      </c>
+      <c r="G124" s="71" t="s">
+        <v>45</v>
+      </c>
+      <c r="H124" s="70">
+        <v>6.6</v>
+      </c>
+      <c r="I124" s="69" t="s">
+        <v>45</v>
+      </c>
+      <c r="J124" s="69" t="s">
+        <v>45</v>
+      </c>
+      <c r="K124" s="72" t="s">
+        <v>45</v>
+      </c>
+      <c r="L124" s="73" t="str">
+        <f>L117</f>
+        <v>Q1</v>
+      </c>
+      <c r="M124" s="74" t="s">
+        <v>59</v>
+      </c>
+      <c r="O124" s="87"/>
+    </row>
+    <row r="125" spans="1:18" s="66" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="76" t="s">
+        <v>52</v>
+      </c>
+      <c r="B125" s="68" t="s">
         <v>55</v>
       </c>
-      <c r="C124" s="69">
-[...26 lines deleted...]
-      <c r="L124" s="73" t="str">
+      <c r="C125" s="69">
+        <v>80441.990000000005</v>
+      </c>
+      <c r="D125" s="69">
+        <v>4784.88</v>
+      </c>
+      <c r="E125" s="70" t="s">
+        <v>45</v>
+      </c>
+      <c r="F125" s="70" t="s">
+        <v>45</v>
+      </c>
+      <c r="G125" s="71" t="s">
+        <v>45</v>
+      </c>
+      <c r="H125" s="70">
+        <v>6.19</v>
+      </c>
+      <c r="I125" s="69" t="s">
+        <v>45</v>
+      </c>
+      <c r="J125" s="69" t="s">
+        <v>45</v>
+      </c>
+      <c r="K125" s="72" t="s">
+        <v>45</v>
+      </c>
+      <c r="L125" s="73" t="str">
         <f>L118</f>
         <v>Q2</v>
       </c>
-      <c r="M124" s="74" t="s">
+      <c r="M125" s="74" t="s">
         <v>55</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="A126" s="87" t="s">
+      <c r="O125" s="87"/>
+    </row>
+    <row r="126" spans="1:18" s="20" customFormat="1" ht="4.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A126" s="77"/>
+      <c r="B126" s="78"/>
+      <c r="C126" s="79"/>
+      <c r="D126" s="79"/>
+      <c r="E126" s="79"/>
+      <c r="F126" s="79"/>
+      <c r="G126" s="79"/>
+      <c r="H126" s="80"/>
+      <c r="I126" s="80"/>
+      <c r="J126" s="80"/>
+      <c r="K126" s="81"/>
+      <c r="L126" s="82"/>
+      <c r="M126" s="83"/>
+    </row>
+    <row r="127" spans="1:18" s="84" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="91" t="s">
         <v>60</v>
       </c>
-      <c r="B126" s="88"/>
-[...27 lines deleted...]
-      <c r="K127" s="90"/>
+      <c r="B127" s="92"/>
+      <c r="C127" s="92"/>
+      <c r="D127" s="92"/>
+      <c r="E127" s="92"/>
+      <c r="F127" s="92"/>
+      <c r="G127" s="92"/>
+      <c r="H127" s="92"/>
+      <c r="I127" s="92"/>
+      <c r="J127" s="92"/>
+      <c r="K127" s="92"/>
       <c r="O127" s="20"/>
       <c r="P127" s="20"/>
       <c r="Q127" s="20"/>
-    </row>
-[...14 lines deleted...]
-      <c r="M128" s="1"/>
+      <c r="R127" s="20"/>
+    </row>
+    <row r="128" spans="1:18" s="84" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A128" s="93" t="s">
+        <v>56</v>
+      </c>
+      <c r="B128" s="94"/>
+      <c r="C128" s="94"/>
+      <c r="D128" s="94"/>
+      <c r="E128" s="94"/>
+      <c r="F128" s="94"/>
+      <c r="G128" s="94"/>
+      <c r="H128" s="94"/>
+      <c r="I128" s="94"/>
+      <c r="J128" s="94"/>
+      <c r="K128" s="94"/>
       <c r="O128" s="20"/>
       <c r="P128" s="20"/>
       <c r="Q128" s="20"/>
     </row>
-    <row r="129" spans="1:13" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A129" s="91" t="s">
+    <row r="129" spans="1:17" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="95" t="s">
+        <v>57</v>
+      </c>
+      <c r="B129" s="96"/>
+      <c r="C129" s="96"/>
+      <c r="D129" s="96"/>
+      <c r="E129" s="96"/>
+      <c r="F129" s="96"/>
+      <c r="G129" s="96"/>
+      <c r="H129" s="96"/>
+      <c r="I129" s="96"/>
+      <c r="J129" s="96"/>
+      <c r="K129" s="96"/>
+      <c r="M129" s="1"/>
+      <c r="O129" s="20"/>
+      <c r="P129" s="20"/>
+      <c r="Q129" s="20"/>
+    </row>
+    <row r="130" spans="1:17" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="95" t="s">
         <v>58</v>
       </c>
-      <c r="B129" s="93"/>
-[...23 lines deleted...]
-      <c r="K130" s="35"/>
+      <c r="B130" s="97"/>
+      <c r="C130" s="97"/>
+      <c r="D130" s="97"/>
+      <c r="E130" s="97"/>
+      <c r="F130" s="97"/>
+      <c r="G130" s="97"/>
+      <c r="H130" s="97"/>
+      <c r="I130" s="97"/>
+      <c r="J130" s="97"/>
+      <c r="K130" s="97"/>
       <c r="L130" s="35"/>
       <c r="M130" s="35"/>
     </row>
-    <row r="131" spans="1:13" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A131" s="35"/>
+      <c r="B131" s="35"/>
       <c r="C131" s="35"/>
       <c r="D131" s="35"/>
       <c r="E131" s="35"/>
       <c r="F131" s="35"/>
       <c r="G131" s="35"/>
       <c r="H131" s="35"/>
       <c r="I131" s="35"/>
-      <c r="K131" s="85"/>
-[...1 lines deleted...]
-    <row r="132" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="J131" s="35"/>
+      <c r="K131" s="35"/>
+      <c r="L131" s="35"/>
+      <c r="M131" s="35"/>
+    </row>
+    <row r="132" spans="1:17" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C132" s="35"/>
       <c r="D132" s="35"/>
       <c r="E132" s="35"/>
       <c r="F132" s="35"/>
       <c r="G132" s="35"/>
       <c r="H132" s="35"/>
       <c r="I132" s="35"/>
-    </row>
-    <row r="133" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="K132" s="85"/>
+    </row>
+    <row r="133" spans="1:17" x14ac:dyDescent="0.25">
       <c r="C133" s="35"/>
       <c r="D133" s="35"/>
       <c r="E133" s="35"/>
       <c r="F133" s="35"/>
       <c r="G133" s="35"/>
       <c r="H133" s="35"/>
       <c r="I133" s="35"/>
     </row>
-    <row r="134" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:17" x14ac:dyDescent="0.25">
       <c r="C134" s="35"/>
       <c r="D134" s="35"/>
       <c r="E134" s="35"/>
       <c r="F134" s="35"/>
       <c r="G134" s="35"/>
       <c r="H134" s="35"/>
       <c r="I134" s="35"/>
     </row>
-    <row r="135" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:17" x14ac:dyDescent="0.25">
       <c r="C135" s="35"/>
       <c r="D135" s="35"/>
       <c r="E135" s="35"/>
       <c r="F135" s="35"/>
       <c r="G135" s="35"/>
       <c r="H135" s="35"/>
       <c r="I135" s="35"/>
     </row>
-    <row r="136" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:17" x14ac:dyDescent="0.25">
       <c r="C136" s="35"/>
       <c r="D136" s="35"/>
       <c r="E136" s="35"/>
       <c r="F136" s="35"/>
       <c r="G136" s="35"/>
       <c r="H136" s="35"/>
       <c r="I136" s="35"/>
     </row>
+    <row r="137" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="C137" s="35"/>
+      <c r="D137" s="35"/>
+      <c r="E137" s="35"/>
+      <c r="F137" s="35"/>
+      <c r="G137" s="35"/>
+      <c r="H137" s="35"/>
+      <c r="I137" s="35"/>
+    </row>
   </sheetData>
   <mergeCells count="10">
-    <mergeCell ref="A126:K126"/>
     <mergeCell ref="A127:K127"/>
     <mergeCell ref="A128:K128"/>
     <mergeCell ref="A129:K129"/>
+    <mergeCell ref="A130:K130"/>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A3:B5"/>
     <mergeCell ref="C3:C5"/>
     <mergeCell ref="D3:G3"/>
     <mergeCell ref="H3:K3"/>
     <mergeCell ref="L3:M5"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" scale="90" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>