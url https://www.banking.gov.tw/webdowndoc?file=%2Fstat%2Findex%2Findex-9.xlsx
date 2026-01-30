--- v0 (2025-10-08)
+++ v1 (2026-01-30)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11407EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D2450496-5555-4441-AE58-3679A791E7A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FCA5362D-7F2F-413C-8EBD-EAFBA5536CA3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="90" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'90'!$A$2:$AA$42</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="103">
   <si>
     <t>九、金融機構損益概況</t>
   </si>
   <si>
     <t>-18-</t>
   </si>
   <si>
     <t>-19-</t>
   </si>
   <si>
@@ -656,165 +656,165 @@
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
     <t xml:space="preserve">         July</t>
   </si>
   <si>
     <t xml:space="preserve">         Aug.</t>
   </si>
   <si>
     <t xml:space="preserve">         Sept.</t>
   </si>
   <si>
     <t xml:space="preserve">         Oct.</t>
   </si>
   <si>
-    <t xml:space="preserve">         Nov.</t>
-[...25 lines deleted...]
-  <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>　　 11月</t>
+  </si>
+  <si>
+    <t>　　 12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
     <t>　　  7月</t>
   </si>
   <si>
     <t>　　  8月</t>
   </si>
   <si>
     <t>　　  9月</t>
   </si>
   <si>
     <t>　　 10月</t>
-  </si>
-[...25 lines deleted...]
-    <t>　　  6月</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="176" formatCode="#\ ##0"/>
     <numFmt numFmtId="177" formatCode="###\ ##0.0"/>
     <numFmt numFmtId="178" formatCode="###\ ##0.0;\-###\ ##0.0;&quot;－&quot;"/>
   </numFmts>
   <fonts count="58" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times"/>
     </font>
     <font>
@@ -5426,972 +5426,972 @@
       <c r="T20" s="25"/>
       <c r="U20" s="93">
         <v>324.8</v>
       </c>
       <c r="V20" s="88">
         <v>240.8</v>
       </c>
       <c r="W20" s="88">
         <v>84</v>
       </c>
       <c r="X20" s="88">
         <v>76</v>
       </c>
       <c r="Y20" s="88">
         <v>22.1</v>
       </c>
       <c r="Z20" s="86" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="21" spans="2:26" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B21" s="45" t="s">
         <v>90</v>
       </c>
       <c r="C21" s="59">
-        <v>3239.5</v>
+        <v>2896.3</v>
       </c>
       <c r="D21" s="60">
-        <v>2718.6</v>
+        <v>2527.1999999999998</v>
       </c>
       <c r="E21" s="61">
-        <v>520.9</v>
+        <v>369.1</v>
       </c>
       <c r="F21" s="59">
-        <v>210</v>
+        <v>191.2</v>
       </c>
       <c r="G21" s="59">
-        <v>182.2</v>
+        <v>177.9</v>
       </c>
       <c r="H21" s="59">
-        <v>27.8</v>
+        <v>13.4</v>
       </c>
       <c r="I21" s="46" t="s">
         <v>64</v>
       </c>
       <c r="J21" s="24"/>
       <c r="K21" s="24"/>
       <c r="L21" s="45" t="s">
         <v>90</v>
       </c>
       <c r="M21" s="59">
-        <v>34.5</v>
+        <v>88.9</v>
       </c>
       <c r="N21" s="59">
-        <v>29</v>
+        <v>90.4</v>
       </c>
       <c r="O21" s="59">
-        <v>5.5</v>
+        <v>-1.5</v>
       </c>
       <c r="P21" s="59">
-        <v>19.8</v>
+        <v>19.2</v>
       </c>
       <c r="Q21" s="59">
-        <v>16</v>
+        <v>16.899999999999999</v>
       </c>
       <c r="R21" s="62">
-        <v>3.8</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="S21" s="25"/>
       <c r="T21" s="25"/>
       <c r="U21" s="63">
-        <v>30</v>
+        <v>27.6</v>
       </c>
       <c r="V21" s="59">
-        <v>21.5</v>
+        <v>21.2</v>
       </c>
       <c r="W21" s="59">
-        <v>8.6</v>
+        <v>6.4</v>
       </c>
       <c r="X21" s="59">
-        <v>14.2</v>
+        <v>4</v>
       </c>
       <c r="Y21" s="59">
-        <v>15.1</v>
+        <v>-4.4000000000000004</v>
       </c>
       <c r="Z21" s="46" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="22" spans="2:26" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="45" t="s">
         <v>91</v>
       </c>
       <c r="C22" s="59">
-        <v>2481</v>
+        <v>3055.1</v>
       </c>
       <c r="D22" s="60">
-        <v>1992</v>
+        <v>2731.4</v>
       </c>
       <c r="E22" s="61">
-        <v>489</v>
+        <v>323.7</v>
       </c>
       <c r="F22" s="59">
-        <v>-14.4</v>
+        <v>258.60000000000002</v>
       </c>
       <c r="G22" s="59">
-        <v>-29.6</v>
+        <v>246.6</v>
       </c>
       <c r="H22" s="59">
-        <v>15.2</v>
+        <v>12.1</v>
       </c>
       <c r="I22" s="46" t="s">
         <v>65</v>
       </c>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="45" t="s">
         <v>91</v>
       </c>
       <c r="M22" s="59">
-        <v>98</v>
+        <v>84</v>
       </c>
       <c r="N22" s="59">
-        <v>96.3</v>
+        <v>82</v>
       </c>
       <c r="O22" s="59">
-        <v>1.7</v>
+        <v>2</v>
       </c>
       <c r="P22" s="59">
-        <v>20.3</v>
+        <v>20.100000000000001</v>
       </c>
       <c r="Q22" s="59">
-        <v>16.399999999999999</v>
+        <v>25.4</v>
       </c>
       <c r="R22" s="62">
-        <v>3.9</v>
+        <v>-5.2</v>
       </c>
       <c r="S22" s="25"/>
       <c r="T22" s="25"/>
       <c r="U22" s="63">
-        <v>26.6</v>
+        <v>27.8</v>
       </c>
       <c r="V22" s="59">
-        <v>19.100000000000001</v>
+        <v>22.9</v>
       </c>
       <c r="W22" s="59">
-        <v>7.6</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="X22" s="59">
-        <v>15.5</v>
+        <v>-79.599999999999994</v>
       </c>
       <c r="Y22" s="59">
-        <v>-11.4</v>
+        <v>6.4</v>
       </c>
       <c r="Z22" s="46" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="2:26" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B23" s="45" t="s">
+      <c r="B23" s="87" t="s">
         <v>92</v>
       </c>
-      <c r="C23" s="59">
-[...17 lines deleted...]
-      <c r="I23" s="46" t="s">
+      <c r="C23" s="59"/>
+      <c r="D23" s="60"/>
+      <c r="E23" s="61"/>
+      <c r="F23" s="59"/>
+      <c r="G23" s="59"/>
+      <c r="H23" s="59"/>
+      <c r="I23" s="86" t="s">
         <v>66</v>
       </c>
       <c r="J23" s="24"/>
       <c r="K23" s="24"/>
-      <c r="L23" s="45" t="s">
+      <c r="L23" s="87" t="s">
         <v>92</v>
       </c>
-      <c r="M23" s="59">
-[...16 lines deleted...]
-      </c>
+      <c r="M23" s="59"/>
+      <c r="N23" s="59"/>
+      <c r="O23" s="59"/>
+      <c r="P23" s="59"/>
+      <c r="Q23" s="59"/>
+      <c r="R23" s="62"/>
       <c r="S23" s="25"/>
       <c r="T23" s="25"/>
-      <c r="U23" s="63">
-[...14 lines deleted...]
-      <c r="Z23" s="46" t="s">
+      <c r="U23" s="63"/>
+      <c r="V23" s="59"/>
+      <c r="W23" s="59"/>
+      <c r="X23" s="59"/>
+      <c r="Y23" s="59"/>
+      <c r="Z23" s="86" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="24" spans="2:26" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B24" s="45" t="s">
         <v>93</v>
       </c>
       <c r="C24" s="59">
-        <v>3760.9</v>
+        <v>4091.5</v>
       </c>
       <c r="D24" s="60">
-        <v>3387.4</v>
+        <v>3555.3</v>
       </c>
       <c r="E24" s="61">
-        <v>373.5</v>
+        <v>536.29999999999995</v>
       </c>
       <c r="F24" s="59">
-        <v>218.7</v>
+        <v>244.1</v>
       </c>
       <c r="G24" s="59">
-        <v>203.7</v>
+        <v>221.4</v>
       </c>
       <c r="H24" s="59">
-        <v>15</v>
+        <v>22.7</v>
       </c>
       <c r="I24" s="46" t="s">
         <v>67</v>
       </c>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="45" t="s">
         <v>93</v>
       </c>
       <c r="M24" s="59">
-        <v>27.2</v>
+        <v>99.9</v>
       </c>
       <c r="N24" s="59">
-        <v>23.6</v>
+        <v>91.6</v>
       </c>
       <c r="O24" s="59">
-        <v>3.5</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="P24" s="59">
-        <v>19.3</v>
+        <v>19.600000000000001</v>
       </c>
       <c r="Q24" s="59">
-        <v>15.3</v>
+        <v>14.5</v>
       </c>
       <c r="R24" s="62">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S24" s="25"/>
       <c r="T24" s="25"/>
       <c r="U24" s="63">
-        <v>27.1</v>
+        <v>29</v>
       </c>
       <c r="V24" s="59">
-        <v>21</v>
+        <v>21.3</v>
       </c>
       <c r="W24" s="59">
-        <v>6.1</v>
+        <v>7.7</v>
       </c>
       <c r="X24" s="59">
-        <v>15.5</v>
+        <v>18.600000000000001</v>
       </c>
       <c r="Y24" s="59">
-        <v>-4</v>
+        <v>-2</v>
       </c>
       <c r="Z24" s="46" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="25" spans="2:26" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="45" t="s">
         <v>94</v>
       </c>
       <c r="C25" s="59">
-        <v>2896.3</v>
+        <v>3156.1</v>
       </c>
       <c r="D25" s="60">
-        <v>2527.1999999999998</v>
+        <v>2691.7</v>
       </c>
       <c r="E25" s="61">
-        <v>369.1</v>
+        <v>464.4</v>
       </c>
       <c r="F25" s="59">
-        <v>191.2</v>
+        <v>175</v>
       </c>
       <c r="G25" s="59">
-        <v>177.9</v>
+        <v>147.19999999999999</v>
       </c>
       <c r="H25" s="59">
-        <v>13.4</v>
+        <v>27.8</v>
       </c>
       <c r="I25" s="46" t="s">
         <v>68</v>
       </c>
       <c r="J25" s="24"/>
       <c r="K25" s="24"/>
       <c r="L25" s="45" t="s">
         <v>94</v>
       </c>
       <c r="M25" s="59">
-        <v>88.9</v>
+        <v>55.3</v>
       </c>
       <c r="N25" s="59">
-        <v>90.4</v>
+        <v>53.2</v>
       </c>
       <c r="O25" s="59">
-        <v>-1.5</v>
+        <v>2.1</v>
       </c>
       <c r="P25" s="59">
-        <v>19.2</v>
+        <v>18.399999999999999</v>
       </c>
       <c r="Q25" s="59">
-        <v>16.899999999999999</v>
+        <v>13.2</v>
       </c>
       <c r="R25" s="62">
-        <v>2.2999999999999998</v>
+        <v>5.2</v>
       </c>
       <c r="S25" s="25"/>
       <c r="T25" s="25"/>
       <c r="U25" s="63">
-        <v>27.6</v>
+        <v>27</v>
       </c>
       <c r="V25" s="59">
-        <v>21.2</v>
+        <v>19.8</v>
       </c>
       <c r="W25" s="59">
-        <v>6.4</v>
+        <v>7.2</v>
       </c>
       <c r="X25" s="59">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="Y25" s="59">
-        <v>-4.4000000000000004</v>
+        <v>-3</v>
       </c>
       <c r="Z25" s="46" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="26" spans="2:26" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B26" s="45" t="s">
         <v>95</v>
       </c>
       <c r="C26" s="59">
-        <v>3055.1</v>
+        <v>3370</v>
       </c>
       <c r="D26" s="60">
-        <v>2731.4</v>
+        <v>2924.4</v>
       </c>
       <c r="E26" s="61">
-        <v>323.7</v>
+        <v>445.6</v>
       </c>
       <c r="F26" s="59">
-        <v>258.60000000000002</v>
+        <v>211.9</v>
       </c>
       <c r="G26" s="59">
-        <v>246.6</v>
+        <v>191.6</v>
       </c>
       <c r="H26" s="59">
-        <v>12.1</v>
+        <v>20.2</v>
       </c>
       <c r="I26" s="46" t="s">
         <v>69</v>
       </c>
       <c r="J26" s="24"/>
       <c r="K26" s="24"/>
       <c r="L26" s="45" t="s">
         <v>95</v>
       </c>
       <c r="M26" s="59">
-        <v>84</v>
+        <v>65.599999999999994</v>
       </c>
       <c r="N26" s="59">
-        <v>82</v>
+        <v>62.5</v>
       </c>
       <c r="O26" s="59">
-        <v>2</v>
+        <v>3.1</v>
       </c>
       <c r="P26" s="59">
-        <v>20.100000000000001</v>
+        <v>20.7</v>
       </c>
       <c r="Q26" s="59">
-        <v>25.4</v>
+        <v>15.2</v>
       </c>
       <c r="R26" s="62">
-        <v>-5.2</v>
+        <v>5.5</v>
       </c>
       <c r="S26" s="25"/>
       <c r="T26" s="25"/>
       <c r="U26" s="63">
-        <v>27.8</v>
+        <v>28.5</v>
       </c>
       <c r="V26" s="59">
-        <v>22.9</v>
+        <v>21</v>
       </c>
       <c r="W26" s="59">
-        <v>4.9000000000000004</v>
+        <v>7.5</v>
       </c>
       <c r="X26" s="59">
-        <v>-79.599999999999994</v>
+        <v>17.5</v>
       </c>
       <c r="Y26" s="59">
-        <v>6.4</v>
+        <v>-44.1</v>
       </c>
       <c r="Z26" s="46" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="27" spans="2:26" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B27" s="87" t="s">
+      <c r="B27" s="45" t="s">
         <v>96</v>
       </c>
-      <c r="C27" s="59"/>
-[...5 lines deleted...]
-      <c r="I27" s="86" t="s">
+      <c r="C27" s="59">
+        <v>3310.4</v>
+      </c>
+      <c r="D27" s="60">
+        <v>2848.2</v>
+      </c>
+      <c r="E27" s="61">
+        <v>462.2</v>
+      </c>
+      <c r="F27" s="59">
+        <v>315.5</v>
+      </c>
+      <c r="G27" s="59">
+        <v>300.8</v>
+      </c>
+      <c r="H27" s="59">
+        <v>14.7</v>
+      </c>
+      <c r="I27" s="46" t="s">
         <v>70</v>
       </c>
       <c r="J27" s="24"/>
       <c r="K27" s="24"/>
-      <c r="L27" s="87" t="s">
+      <c r="L27" s="45" t="s">
         <v>96</v>
       </c>
-      <c r="M27" s="59"/>
-[...4 lines deleted...]
-      <c r="R27" s="62"/>
+      <c r="M27" s="59">
+        <v>66.5</v>
+      </c>
+      <c r="N27" s="59">
+        <v>62.3</v>
+      </c>
+      <c r="O27" s="59">
+        <v>4.2</v>
+      </c>
+      <c r="P27" s="59">
+        <v>19.2</v>
+      </c>
+      <c r="Q27" s="59">
+        <v>14.1</v>
+      </c>
+      <c r="R27" s="62">
+        <v>5.0999999999999996</v>
+      </c>
       <c r="S27" s="25"/>
       <c r="T27" s="25"/>
-      <c r="U27" s="63"/>
-[...4 lines deleted...]
-      <c r="Z27" s="86" t="s">
+      <c r="U27" s="63">
+        <v>29.8</v>
+      </c>
+      <c r="V27" s="59">
+        <v>21.6</v>
+      </c>
+      <c r="W27" s="59">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="X27" s="59">
+        <v>16.7</v>
+      </c>
+      <c r="Y27" s="59">
+        <v>-51.3</v>
+      </c>
+      <c r="Z27" s="46" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="28" spans="2:26" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="45" t="s">
         <v>97</v>
       </c>
       <c r="C28" s="59">
-        <v>4091.5</v>
+        <v>4356.8999999999996</v>
       </c>
       <c r="D28" s="60">
-        <v>3555.3</v>
+        <v>3880.4</v>
       </c>
       <c r="E28" s="61">
-        <v>536.29999999999995</v>
+        <v>476.5</v>
       </c>
       <c r="F28" s="59">
-        <v>244.1</v>
+        <v>444.9</v>
       </c>
       <c r="G28" s="59">
-        <v>221.4</v>
+        <v>424.2</v>
       </c>
       <c r="H28" s="59">
-        <v>22.7</v>
+        <v>20.8</v>
       </c>
       <c r="I28" s="46" t="s">
         <v>71</v>
       </c>
       <c r="J28" s="24"/>
       <c r="K28" s="24"/>
       <c r="L28" s="45" t="s">
         <v>97</v>
       </c>
       <c r="M28" s="59">
-        <v>99.9</v>
+        <v>56.6</v>
       </c>
       <c r="N28" s="59">
-        <v>91.6</v>
+        <v>56.1</v>
       </c>
       <c r="O28" s="59">
-        <v>8.3000000000000007</v>
+        <v>0.5</v>
       </c>
       <c r="P28" s="59">
-        <v>19.600000000000001</v>
+        <v>20.8</v>
       </c>
       <c r="Q28" s="59">
-        <v>14.5</v>
+        <v>15.9</v>
       </c>
       <c r="R28" s="62">
-        <v>5</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="S28" s="25"/>
       <c r="T28" s="25"/>
       <c r="U28" s="63">
-        <v>29</v>
+        <v>29.3</v>
       </c>
       <c r="V28" s="59">
-        <v>21.3</v>
+        <v>21</v>
       </c>
       <c r="W28" s="59">
-        <v>7.7</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="X28" s="59">
-        <v>18.600000000000001</v>
+        <v>13.5</v>
       </c>
       <c r="Y28" s="59">
-        <v>-2</v>
+        <v>-59.2</v>
       </c>
       <c r="Z28" s="46" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="29" spans="2:26" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="45" t="s">
         <v>98</v>
       </c>
       <c r="C29" s="59">
-        <v>3156.1</v>
+        <v>2791.3</v>
       </c>
       <c r="D29" s="60">
-        <v>2691.7</v>
+        <v>2208.9</v>
       </c>
       <c r="E29" s="61">
-        <v>464.4</v>
+        <v>582.4</v>
       </c>
       <c r="F29" s="59">
-        <v>175</v>
+        <v>136.9</v>
       </c>
       <c r="G29" s="59">
-        <v>147.19999999999999</v>
+        <v>112.6</v>
       </c>
       <c r="H29" s="59">
-        <v>27.8</v>
+        <v>24.3</v>
       </c>
       <c r="I29" s="46" t="s">
         <v>72</v>
       </c>
       <c r="J29" s="24"/>
       <c r="K29" s="24"/>
       <c r="L29" s="45" t="s">
         <v>98</v>
       </c>
       <c r="M29" s="59">
-        <v>55.3</v>
+        <v>64.5</v>
       </c>
       <c r="N29" s="59">
-        <v>53.2</v>
+        <v>59.8</v>
       </c>
       <c r="O29" s="59">
-        <v>2.1</v>
+        <v>4.7</v>
       </c>
       <c r="P29" s="59">
-        <v>18.399999999999999</v>
+        <v>20</v>
       </c>
       <c r="Q29" s="59">
-        <v>13.2</v>
+        <v>14.5</v>
       </c>
       <c r="R29" s="62">
-        <v>5.2</v>
+        <v>5.4</v>
       </c>
       <c r="S29" s="25"/>
       <c r="T29" s="25"/>
       <c r="U29" s="63">
-        <v>27</v>
+        <v>31.3</v>
       </c>
       <c r="V29" s="59">
-        <v>19.8</v>
+        <v>20.3</v>
       </c>
       <c r="W29" s="59">
-        <v>7.2</v>
+        <v>11.1</v>
       </c>
       <c r="X29" s="59">
-        <v>16</v>
+        <v>16.2</v>
       </c>
       <c r="Y29" s="59">
-        <v>-3</v>
+        <v>-23.4</v>
       </c>
       <c r="Z29" s="46" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="30" spans="2:26" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="45" t="s">
         <v>99</v>
       </c>
       <c r="C30" s="59">
-        <v>3370</v>
+        <v>2659.1</v>
       </c>
       <c r="D30" s="60">
-        <v>2924.4</v>
+        <v>2094.4</v>
       </c>
       <c r="E30" s="61">
-        <v>445.6</v>
+        <v>564.6</v>
       </c>
       <c r="F30" s="59">
-        <v>211.9</v>
+        <v>104</v>
       </c>
       <c r="G30" s="59">
-        <v>191.6</v>
+        <v>86.2</v>
       </c>
       <c r="H30" s="59">
-        <v>20.2</v>
+        <v>17.8</v>
       </c>
       <c r="I30" s="46" t="s">
         <v>73</v>
       </c>
       <c r="J30" s="24"/>
       <c r="K30" s="24"/>
       <c r="L30" s="45" t="s">
         <v>99</v>
       </c>
       <c r="M30" s="59">
-        <v>65.599999999999994</v>
+        <v>14.9</v>
       </c>
       <c r="N30" s="59">
-        <v>62.5</v>
+        <v>14.8</v>
       </c>
       <c r="O30" s="59">
-        <v>3.1</v>
+        <v>0.1</v>
       </c>
       <c r="P30" s="59">
         <v>20.7</v>
       </c>
       <c r="Q30" s="59">
-        <v>15.2</v>
+        <v>16.600000000000001</v>
       </c>
       <c r="R30" s="62">
-        <v>5.5</v>
+        <v>4.2</v>
       </c>
       <c r="S30" s="25"/>
       <c r="T30" s="25"/>
       <c r="U30" s="63">
-        <v>28.5</v>
+        <v>30</v>
       </c>
       <c r="V30" s="59">
-        <v>21</v>
+        <v>19.3</v>
       </c>
       <c r="W30" s="59">
-        <v>7.5</v>
+        <v>10.7</v>
       </c>
       <c r="X30" s="59">
-        <v>17.5</v>
+        <v>13.9</v>
       </c>
       <c r="Y30" s="59">
-        <v>-44.1</v>
+        <v>83.1</v>
       </c>
       <c r="Z30" s="46" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="31" spans="2:26" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B31" s="45" t="s">
         <v>100</v>
       </c>
       <c r="C31" s="59">
-        <v>3310.4</v>
+        <v>3092.7</v>
       </c>
       <c r="D31" s="60">
-        <v>2848.2</v>
+        <v>2569</v>
       </c>
       <c r="E31" s="61">
-        <v>462.2</v>
+        <v>523.70000000000005</v>
       </c>
       <c r="F31" s="59">
-        <v>315.5</v>
+        <v>77.8</v>
       </c>
       <c r="G31" s="59">
-        <v>300.8</v>
+        <v>65.5</v>
       </c>
       <c r="H31" s="59">
-        <v>14.7</v>
+        <v>12.4</v>
       </c>
       <c r="I31" s="46" t="s">
         <v>74</v>
       </c>
       <c r="J31" s="24"/>
       <c r="K31" s="24"/>
       <c r="L31" s="45" t="s">
         <v>100</v>
       </c>
       <c r="M31" s="59">
-        <v>66.5</v>
+        <v>62.7</v>
       </c>
       <c r="N31" s="59">
-        <v>62.3</v>
+        <v>59.9</v>
       </c>
       <c r="O31" s="59">
-        <v>4.2</v>
+        <v>2.8</v>
       </c>
       <c r="P31" s="59">
-        <v>19.2</v>
+        <v>21.3</v>
       </c>
       <c r="Q31" s="59">
-        <v>14.1</v>
+        <v>16.3</v>
       </c>
       <c r="R31" s="62">
         <v>5.0999999999999996</v>
       </c>
       <c r="S31" s="25"/>
       <c r="T31" s="25"/>
       <c r="U31" s="63">
-        <v>29.8</v>
+        <v>30.3</v>
       </c>
       <c r="V31" s="59">
-        <v>21.6</v>
+        <v>21.2</v>
       </c>
       <c r="W31" s="59">
-        <v>8.1999999999999993</v>
+        <v>9.1</v>
       </c>
       <c r="X31" s="59">
-        <v>16.7</v>
+        <v>16.3</v>
       </c>
       <c r="Y31" s="59">
-        <v>-51.3</v>
+        <v>63.7</v>
       </c>
       <c r="Z31" s="46" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="32" spans="2:26" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="45" t="s">
         <v>101</v>
       </c>
       <c r="C32" s="59">
-        <v>4356.8999999999996</v>
+        <v>3677</v>
       </c>
       <c r="D32" s="60">
-        <v>3880.4</v>
+        <v>3171</v>
       </c>
       <c r="E32" s="61">
-        <v>476.5</v>
+        <v>506</v>
       </c>
       <c r="F32" s="59">
-        <v>444.9</v>
+        <v>262.5</v>
       </c>
       <c r="G32" s="59">
-        <v>424.2</v>
+        <v>245.1</v>
       </c>
       <c r="H32" s="59">
-        <v>20.8</v>
+        <v>17.399999999999999</v>
       </c>
       <c r="I32" s="46" t="s">
         <v>75</v>
       </c>
       <c r="J32" s="24"/>
       <c r="K32" s="24"/>
       <c r="L32" s="45" t="s">
         <v>101</v>
       </c>
       <c r="M32" s="59">
-        <v>56.6</v>
+        <v>38.9</v>
       </c>
       <c r="N32" s="59">
-        <v>56.1</v>
+        <v>40</v>
       </c>
       <c r="O32" s="59">
-        <v>0.5</v>
+        <v>-1</v>
       </c>
       <c r="P32" s="59">
-        <v>20.8</v>
+        <v>20.7</v>
       </c>
       <c r="Q32" s="59">
-        <v>15.9</v>
+        <v>16.7</v>
       </c>
       <c r="R32" s="62">
-        <v>4.9000000000000004</v>
+        <v>4</v>
       </c>
       <c r="S32" s="25"/>
       <c r="T32" s="25"/>
       <c r="U32" s="63">
-        <v>29.3</v>
+        <v>27.9</v>
       </c>
       <c r="V32" s="59">
-        <v>21</v>
+        <v>18.8</v>
       </c>
       <c r="W32" s="59">
-        <v>8.3000000000000007</v>
+        <v>9.1</v>
       </c>
       <c r="X32" s="59">
-        <v>13.5</v>
+        <v>16.100000000000001</v>
       </c>
       <c r="Y32" s="59">
-        <v>-59.2</v>
+        <v>27.9</v>
       </c>
       <c r="Z32" s="46" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="33" spans="2:26" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B33" s="45" t="s">
         <v>102</v>
       </c>
       <c r="C33" s="59">
-        <v>2791.3</v>
+        <v>3572.3</v>
       </c>
       <c r="D33" s="60">
-        <v>2208.9</v>
+        <v>3063.1</v>
       </c>
       <c r="E33" s="61">
-        <v>582.4</v>
+        <v>509.2</v>
       </c>
       <c r="F33" s="59">
-        <v>136.9</v>
+        <v>191.6</v>
       </c>
       <c r="G33" s="59">
-        <v>112.6</v>
+        <v>169.6</v>
       </c>
       <c r="H33" s="59">
-        <v>24.3</v>
+        <v>22</v>
       </c>
       <c r="I33" s="46" t="s">
         <v>76</v>
       </c>
       <c r="J33" s="24"/>
       <c r="K33" s="24"/>
       <c r="L33" s="45" t="s">
         <v>102</v>
       </c>
       <c r="M33" s="59">
-        <v>64.5</v>
+        <v>30.2</v>
       </c>
       <c r="N33" s="59">
-        <v>59.8</v>
+        <v>23.9</v>
       </c>
       <c r="O33" s="59">
-        <v>4.7</v>
+        <v>6.3</v>
       </c>
       <c r="P33" s="59">
-        <v>20</v>
+        <v>20.6</v>
       </c>
       <c r="Q33" s="59">
-        <v>14.5</v>
+        <v>16.8</v>
       </c>
       <c r="R33" s="62">
-        <v>5.4</v>
+        <v>3.9</v>
       </c>
       <c r="S33" s="25"/>
       <c r="T33" s="25"/>
       <c r="U33" s="63">
-        <v>31.3</v>
+        <v>31.9</v>
       </c>
       <c r="V33" s="59">
-        <v>20.3</v>
+        <v>22.9</v>
       </c>
       <c r="W33" s="59">
-        <v>11.1</v>
+        <v>9</v>
       </c>
       <c r="X33" s="59">
-        <v>16.2</v>
+        <v>11</v>
       </c>
       <c r="Y33" s="59">
-        <v>-23.4</v>
+        <v>32.6</v>
       </c>
       <c r="Z33" s="46" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="34" spans="2:26" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B34" s="45" t="s">
         <v>90</v>
       </c>
       <c r="C34" s="59">
-        <v>2659.1</v>
+        <v>2634.7</v>
       </c>
       <c r="D34" s="60">
-        <v>2094.4</v>
+        <v>2199.8000000000002</v>
       </c>
       <c r="E34" s="61">
-        <v>564.6</v>
+        <v>434.9</v>
       </c>
       <c r="F34" s="59">
-        <v>104</v>
+        <v>142.69999999999999</v>
       </c>
       <c r="G34" s="59">
-        <v>86.2</v>
+        <v>128.9</v>
       </c>
       <c r="H34" s="59">
-        <v>17.8</v>
+        <v>13.7</v>
       </c>
       <c r="I34" s="46" t="s">
         <v>64</v>
       </c>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="45" t="s">
         <v>90</v>
       </c>
       <c r="M34" s="59">
-        <v>14.9</v>
+        <v>45.7</v>
       </c>
       <c r="N34" s="59">
-        <v>14.8</v>
+        <v>41.8</v>
       </c>
       <c r="O34" s="59">
-        <v>0.1</v>
+        <v>4</v>
       </c>
       <c r="P34" s="59">
-        <v>20.7</v>
+        <v>20</v>
       </c>
       <c r="Q34" s="59">
-        <v>16.600000000000001</v>
+        <v>16.8</v>
       </c>
       <c r="R34" s="62">
-        <v>4.2</v>
+        <v>3.2</v>
       </c>
       <c r="S34" s="25"/>
       <c r="T34" s="25"/>
       <c r="U34" s="63">
-        <v>30</v>
+        <v>29.3</v>
       </c>
       <c r="V34" s="59">
-        <v>19.3</v>
+        <v>20.8</v>
       </c>
       <c r="W34" s="59">
-        <v>10.7</v>
+        <v>8.6</v>
       </c>
       <c r="X34" s="59">
-        <v>13.9</v>
+        <v>7.3</v>
       </c>
       <c r="Y34" s="59">
-        <v>83.1</v>
+        <v>6.7</v>
       </c>
       <c r="Z34" s="46" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="35" spans="2:26" s="5" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="67" t="s">
         <v>32</v>
       </c>
       <c r="C35" s="53"/>
       <c r="D35" s="54"/>
       <c r="E35" s="54"/>
       <c r="F35" s="55"/>
       <c r="G35" s="55"/>
       <c r="H35" s="55"/>
       <c r="I35" s="49"/>
       <c r="L35" s="85" t="s">
         <v>50</v>
       </c>
       <c r="M35" s="50"/>
       <c r="N35" s="50"/>
       <c r="O35" s="50"/>
       <c r="P35" s="50"/>
       <c r="Q35" s="50"/>
       <c r="R35" s="50"/>