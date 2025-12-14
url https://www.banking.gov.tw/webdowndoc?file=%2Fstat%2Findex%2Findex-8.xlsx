--- v0 (2025-10-08)
+++ v1 (2025-12-14)
@@ -1,1567 +1,1464 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11409EXCEL_ODS\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5B905E40-671D-4338-BE75-5A0AEB00F49D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="80" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'80'!$A$2:$Z$42</definedName>
   </definedNames>
-  <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
+  <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="101">
   <si>
     <t>資產</t>
   </si>
   <si>
     <t>淨值</t>
   </si>
   <si>
     <t>End of Period</t>
   </si>
   <si>
     <t>Bills Finance Companies</t>
   </si>
   <si>
     <t>Assets</t>
   </si>
   <si>
     <t>Net Worth</t>
   </si>
   <si>
     <r>
       <t>第</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
+        <color indexed="10"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color indexed="10"/>
       </rPr>
       <t>15-16-17</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
+        <color indexed="10"/>
         <rFont val="細明體"/>
         <charset val="136"/>
-        <color indexed="10"/>
       </rPr>
       <t>頁</t>
     </r>
   </si>
   <si>
     <r>
       <t>第</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
+        <color indexed="10"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color indexed="10"/>
       </rPr>
       <t>15</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
+        <color indexed="10"/>
         <rFont val="細明體"/>
         <charset val="136"/>
-        <color indexed="10"/>
       </rPr>
       <t>頁</t>
     </r>
   </si>
   <si>
     <r>
       <t>第</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
+        <color indexed="10"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color indexed="10"/>
       </rPr>
       <t>16</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
+        <color indexed="10"/>
         <rFont val="細明體"/>
         <charset val="136"/>
-        <color indexed="10"/>
       </rPr>
       <t>頁</t>
     </r>
   </si>
   <si>
     <r>
       <t>第</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
+        <color indexed="10"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color indexed="10"/>
       </rPr>
       <t>17</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
+        <color indexed="10"/>
         <rFont val="細明體"/>
         <charset val="136"/>
-        <color indexed="10"/>
       </rPr>
       <t>頁</t>
     </r>
   </si>
   <si>
     <t>-15-</t>
   </si>
   <si>
     <t>-16-</t>
   </si>
   <si>
     <t>-17-</t>
   </si>
   <si>
     <r>
       <t>民國
 年</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>(</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>月</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t xml:space="preserve">)
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>底</t>
     </r>
   </si>
   <si>
     <t>總計</t>
   </si>
   <si>
     <t>本國銀行</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Domestic Banks</t>
   </si>
   <si>
     <t>Local Branches of Foreign Banks</t>
   </si>
   <si>
     <t>單位：億元</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">  Unit</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>：</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>NT$100 MN.</t>
     </r>
   </si>
   <si>
     <t>The Postal Savings System</t>
   </si>
   <si>
     <r>
       <t>Unit</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>：</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>NT$100 MN.</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Source : Editor's compilation from statistics provided by individual institutions. </t>
   </si>
   <si>
     <t xml:space="preserve">           </t>
   </si>
   <si>
     <t>外國銀行在臺分行</t>
   </si>
   <si>
     <t>大陸地區銀行在臺分行</t>
   </si>
   <si>
     <t>信用合作社</t>
   </si>
   <si>
     <t>票券金融公司</t>
   </si>
   <si>
     <t>Local Branches of Mainland Chinese Banks</t>
   </si>
   <si>
     <t>中華郵政儲匯處</t>
   </si>
   <si>
     <t xml:space="preserve">　　　   </t>
   </si>
   <si>
     <r>
       <t>說明：</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>1.</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t xml:space="preserve"> 自</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>93</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>年</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>7</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>月起信用合作社資產不含代理資產項目。</t>
     </r>
   </si>
   <si>
     <r>
       <t>　　　</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t xml:space="preserve">2. </t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>自</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>102</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>年</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>月起揭露大陸地區銀行在臺分行資料。</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">資料來源： </t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>89</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t xml:space="preserve"> 年以前本國銀行、外銀、信託投資公司係中央銀行「金融統計月報」，按國</t>
     </r>
   </si>
   <si>
     <t>　　　　　機構資料來源為中華郵政儲匯處、農業金融署。</t>
   </si>
   <si>
     <r>
       <t>　　　　　內總分行統計；</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>89</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>年以後為本局「金融業務統計輯要」月報，按全行統計。其他</t>
     </r>
   </si>
   <si>
     <r>
       <t>8</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>、</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>Assets and Net Worth of Financial Institutions</t>
     </r>
   </si>
   <si>
     <r>
       <t>8</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>、</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>Assets and Net Worth of Financial Institutions (Cont.1)</t>
     </r>
   </si>
   <si>
     <r>
       <t>八、金融機構資產、淨值</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t xml:space="preserve"> (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>續一</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <t>八</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>、</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>金融機構資產、淨值</t>
     </r>
   </si>
   <si>
     <t>Credit Cooperatives</t>
   </si>
   <si>
     <t>農漁會信用部</t>
   </si>
   <si>
     <t>Credit Departments of Farmers' &amp; Fishermen's Association</t>
   </si>
   <si>
     <r>
       <t>說明：</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>3.</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>92</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>年</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>月原郵匯局改組成中華郵政公司儲匯處，當月淨值係含固定資產重估後股本</t>
     </r>
   </si>
   <si>
     <t>　　　   溢價部份。</t>
   </si>
   <si>
     <r>
       <t>　　　</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>4.</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t xml:space="preserve"> 票券金融公司自</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>93</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>年</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>月起，附條件交易資料改採融資說，資產總額配合修正。</t>
     </r>
   </si>
   <si>
     <t>100年</t>
   </si>
   <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>　　  9月</t>
+  </si>
+  <si>
+    <t>　　 10月</t>
+  </si>
+  <si>
+    <t>　　 11月</t>
+  </si>
+  <si>
+    <t>　　 12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
     <t>　　  7月</t>
   </si>
   <si>
     <t>　　  8月</t>
   </si>
   <si>
-    <t>　　  9月</t>
-[...31 lines deleted...]
-  <si>
     <t xml:space="preserve"> 2011</t>
   </si>
   <si>
     <t xml:space="preserve"> 2012</t>
   </si>
   <si>
     <t xml:space="preserve"> 2013</t>
   </si>
   <si>
     <t xml:space="preserve"> 2014</t>
   </si>
   <si>
     <t xml:space="preserve"> 2015</t>
   </si>
   <si>
     <t xml:space="preserve"> 2016</t>
   </si>
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
     <t xml:space="preserve">         July</t>
   </si>
   <si>
     <t xml:space="preserve">         Aug.</t>
-  </si>
-[...31 lines deleted...]
-    <t xml:space="preserve">         June</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
-[...5 lines deleted...]
-    <numFmt numFmtId="168" formatCode="### ##0;-### ##0;&quot;－&quot;"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="3">
+    <numFmt numFmtId="176" formatCode="#\ ##0"/>
+    <numFmt numFmtId="177" formatCode="###\ ##0"/>
+    <numFmt numFmtId="178" formatCode="###\ ##0;\-###\ ##0;&quot;－&quot;"/>
   </numFmts>
-  <fonts count="63">
+  <fonts count="58" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
+      <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <color theme="1"/>
       <name val="Times"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <sz val="10"/>
+      <color theme="1"/>
       <name val="Times New Roman"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <sz val="12"/>
+      <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="1"/>
     </font>
     <font>
       <sz val="12"/>
-      <name val="新細明體"/>
-      <charset val="136"/>
       <color theme="1"/>
-    </font>
-[...1 lines deleted...]
-      <sz val="12"/>
       <name val="Times New Roman"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <color theme="1"/>
       <name val="細明體"/>
       <charset val="136"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
+      <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
+      <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="1"/>
     </font>
     <font>
       <sz val="11"/>
+      <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <color theme="1"/>
       <name val="Arial Narrow"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <sz val="12"/>
+      <color theme="1"/>
       <name val="Arial Narrow"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
+      <color theme="1"/>
       <name val="Arial Narrow"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
+      <color theme="1"/>
       <name val="Arial Narrow"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial Narrow"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <color theme="1"/>
       <name val="Arial Narrow"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <sz val="11"/>
+      <color theme="1"/>
       <name val="Arial Narrow"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
+      <color theme="1"/>
       <name val="Arial Narrow"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
+      <color indexed="10"/>
       <name val="細明體"/>
       <charset val="136"/>
-      <color indexed="10"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
+      <color indexed="10"/>
       <name val="Arial Narrow"/>
-      <charset val="0"/>
-      <color indexed="10"/>
     </font>
     <font>
       <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial Narrow"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <sz val="12"/>
+      <color theme="0"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
+      <color rgb="FF9C6500"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="FF9C6500"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="1"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
+      <color rgb="FF006100"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="FF006100"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <color rgb="FFFA7D00"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="FFFA7D00"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
+      <color rgb="FFFA7D00"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="FFFA7D00"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
+      <color rgb="FF7F7F7F"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="FF7F7F7F"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
+      <color theme="3"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="3"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
+      <color theme="3"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="3"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
+      <color theme="3"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="3"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <color theme="3"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="3"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
+      <color rgb="FF3F3F76"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="FF3F3F76"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <color rgb="FF3F3F3F"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="FF3F3F3F"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <color theme="0"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
+      <color rgb="FF9C0006"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="FF9C0006"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
+      <color rgb="FFFF0000"/>
       <name val="新細明體"/>
       <charset val="136"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11.5"/>
+      <color theme="1"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+    </font>
+    <font>
+      <sz val="11.5"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF9C6500"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF006100"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFFA7D00"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FFFA7D00"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="12"/>
+      <color rgb="FF7F7F7F"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="3"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="3"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="3"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF3F3F76"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF3F3F3F"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF9C0006"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
       <color rgb="FFFF0000"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11.5"/>
+      <color theme="1"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="1"/>
-[...171 lines deleted...]
-      <color indexed="12"/>
     </font>
   </fonts>
-  <fills count="34">
+  <fills count="33">
     <fill>
-      <patternFill patternType="none">
-[...1 lines deleted...]
-      </patternFill>
+      <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="46"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="11"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="36"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="52"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA5A5A5"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
-      </patternFill>
-[...4 lines deleted...]
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="37">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
@@ -1936,1791 +1833,1715 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="337">
-[...960 lines deleted...]
-    <xf xxid="441" numFmtId="0" fontId="62" fillId="33" borderId="0" applyAlignment="0"/>
+  <cellStyleXfs count="336">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="12" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="12" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="12" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="12" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="13" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="13" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="13" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="13" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="15" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="15" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="15" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="15" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="10" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="10" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="10" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="10" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="16" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="16" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="16" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="16" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="17" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="17" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="17" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="17" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="18" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="18" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="18" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="18" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyAlignment="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyAlignment="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyAlignment="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyAlignment="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="19" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="19" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="19" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="19" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="20" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="20" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="20" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="20" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2"/>
+    <xf numFmtId="0" fontId="25" fillId="21" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="21" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="22" borderId="5" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="22" borderId="5" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="22" borderId="5" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="22" borderId="5" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="23" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="23" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="23" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="23" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="25" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="25" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="25" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="25" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="26" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="26" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="26" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="26" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="27" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="27" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="27" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="27" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="28" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="28" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="28" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="28" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="29" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="29" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="21" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="21" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="30" borderId="10" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="30" borderId="10" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="31" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="31" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="31" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="31" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="12" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="12" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="12" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="12" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="13" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="13" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="13" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="13" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="14" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="14" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="14" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="14" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="15" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="15" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="15" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="15" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="10" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="10" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="10" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="10" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="16" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="16" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="16" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="16" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="17" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="17" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="17" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="17" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="18" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="18" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="18" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="18" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyAlignment="0"/>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyAlignment="0"/>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyAlignment="0"/>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyAlignment="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="41" fillId="19" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="19" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="19" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="19" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="20" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="20" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="20" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="20" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2"/>
+    <xf numFmtId="0" fontId="44" fillId="21" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="21" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="22" borderId="5" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="22" borderId="5" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="22" borderId="5" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="22" borderId="5" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="23" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="23" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="23" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="23" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="24" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="24" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="24" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="24" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="25" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="25" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="25" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="25" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="26" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="26" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="26" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="26" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="27" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="27" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="27" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="27" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="28" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="28" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="28" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="28" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="29" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="29" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="21" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="21" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="30" borderId="10" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="30" borderId="10" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="31" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="31" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="31" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="31" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
   </cellStyleXfs>
-  <cellXfs>
-[...5 lines deleted...]
-    <xf xxid="341" numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+  <cellXfs count="113">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="73" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf xxid="342" numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf xxid="343" numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
-    <xf xxid="344" numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
-    <xf xxid="345" numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="73" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
-    <xf xxid="346" numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
-    <xf xxid="347" numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="73" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
-    <xf xxid="348" numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
-    <xf xxid="349" numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf xxid="350" numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="92" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...20 lines deleted...]
-    <xf xxid="357" numFmtId="0" fontId="15" fillId="0" borderId="11" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="0" xfId="92" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="11" xfId="92" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="92" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="15" fillId="0" borderId="0" xfId="92" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf xxid="358" numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="73" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf xxid="359" numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
-    <xf xxid="360" numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf xxid="361" numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
-    <xf xxid="362" numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf xxid="363" numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf xxid="364" numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf xxid="365" numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf xxid="367" numFmtId="0" fontId="16" fillId="0" borderId="13" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="92" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="13" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf xxid="368" numFmtId="0" fontId="16" fillId="0" borderId="14" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf xxid="369" numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="370" numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="371" numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="372" numFmtId="0" fontId="16" fillId="0" borderId="18" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="18" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf xxid="373" numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf xxid="374" numFmtId="0" fontId="16" fillId="0" borderId="12" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="12" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf xxid="375" numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf xxid="376" numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="377" numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="378" numFmtId="0" fontId="12" fillId="0" borderId="21" xfId="92" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...9 lines deleted...]
-    <xf xxid="384" numFmtId="0" fontId="16" fillId="0" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="21" xfId="92" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="22" xfId="92" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf xxid="385" numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="386" numFmtId="0" fontId="16" fillId="0" borderId="24" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="24" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf xxid="387" numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="77" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf xxid="389" numFmtId="165" fontId="12" fillId="0" borderId="2" xfId="92" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="77" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="25" xfId="92" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="11" fillId="0" borderId="2" xfId="92" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="390" numFmtId="165" fontId="12" fillId="0" borderId="26" xfId="92" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="177" fontId="11" fillId="0" borderId="26" xfId="92" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="391" numFmtId="166" fontId="12" fillId="0" borderId="2" xfId="92" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="178" fontId="11" fillId="0" borderId="2" xfId="92" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="392" numFmtId="165" fontId="12" fillId="0" borderId="19" xfId="92" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="177" fontId="11" fillId="0" borderId="19" xfId="92" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="393" numFmtId="165" fontId="12" fillId="0" borderId="20" xfId="92" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="177" fontId="11" fillId="0" borderId="20" xfId="92" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="394" numFmtId="165" fontId="12" fillId="0" borderId="25" xfId="92" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="177" fontId="11" fillId="0" borderId="25" xfId="92" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="395" numFmtId="166" fontId="12" fillId="0" borderId="19" xfId="92" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="178" fontId="11" fillId="0" borderId="19" xfId="92" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="396" numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="77" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="77" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf xxid="397" numFmtId="0" fontId="39" fillId="0" borderId="22" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="22" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf xxid="398" numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf xxid="399" numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="77" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
-[...5 lines deleted...]
-    <xf xxid="403" numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="77" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="77" applyFont="1"/>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="77" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf xxid="404" numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf xxid="406" numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="78" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="78" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf xxid="407" numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="37" fillId="32" borderId="22" xfId="168" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="32" borderId="0" xfId="168" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="32" borderId="0" xfId="168" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="25" xfId="92" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="10" fillId="0" borderId="2" xfId="92" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="10" fillId="0" borderId="26" xfId="92" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="178" fontId="10" fillId="0" borderId="25" xfId="92" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="178" fontId="10" fillId="0" borderId="2" xfId="92" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="10" fillId="0" borderId="19" xfId="92" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="10" fillId="0" borderId="20" xfId="92" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="92" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="10" fillId="0" borderId="25" xfId="92" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="33" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="21" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="34" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf xxid="408" numFmtId="0" fontId="8" fillId="0" borderId="22" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="25" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="18" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="35" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="28" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="409" numFmtId="0" fontId="16" fillId="0" borderId="27" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="27" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="410" numFmtId="0" fontId="8" fillId="0" borderId="28" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="411" numFmtId="0" fontId="16" fillId="0" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="412" numFmtId="0" fontId="8" fillId="0" borderId="28" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="413" numFmtId="0" fontId="8" fillId="0" borderId="28" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="27" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="28" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf xxid="414" numFmtId="0" fontId="16" fillId="0" borderId="29" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="29" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf xxid="415" numFmtId="0" fontId="8" fillId="0" borderId="30" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="30" xfId="73" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="416" numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="73" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf xxid="419" numFmtId="0" fontId="16" fillId="0" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="420" numFmtId="0" fontId="16" fillId="0" borderId="32" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...107 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="337">
-[...336 lines deleted...]
-    <cellStyle name="Hyperlink" xfId="336" builtinId="8"/>
+  <cellStyles count="336">
+    <cellStyle name="20% - 輔色1" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="20% - 輔色1 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="20% - 輔色1 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="20% - 輔色1 2 2 2" xfId="171" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="20% - 輔色1 2 3" xfId="170" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="20% - 輔色1 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="20% - 輔色1 3 2" xfId="172" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="20% - 輔色1 4" xfId="169" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="20% - 輔色2" xfId="5" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="20% - 輔色2 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="20% - 輔色2 2 2" xfId="7" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="20% - 輔色2 2 2 2" xfId="175" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="20% - 輔色2 2 3" xfId="174" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="20% - 輔色2 3" xfId="8" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="20% - 輔色2 3 2" xfId="176" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="20% - 輔色2 4" xfId="173" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
+    <cellStyle name="20% - 輔色3" xfId="9" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
+    <cellStyle name="20% - 輔色3 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
+    <cellStyle name="20% - 輔色3 2 2" xfId="11" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
+    <cellStyle name="20% - 輔色3 2 2 2" xfId="179" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
+    <cellStyle name="20% - 輔色3 2 3" xfId="178" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
+    <cellStyle name="20% - 輔色3 3" xfId="12" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
+    <cellStyle name="20% - 輔色3 3 2" xfId="180" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
+    <cellStyle name="20% - 輔色3 4" xfId="177" xr:uid="{00000000-0005-0000-0000-000017000000}"/>
+    <cellStyle name="20% - 輔色4" xfId="13" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
+    <cellStyle name="20% - 輔色4 2" xfId="14" xr:uid="{00000000-0005-0000-0000-000019000000}"/>
+    <cellStyle name="20% - 輔色4 2 2" xfId="15" xr:uid="{00000000-0005-0000-0000-00001A000000}"/>
+    <cellStyle name="20% - 輔色4 2 2 2" xfId="183" xr:uid="{00000000-0005-0000-0000-00001B000000}"/>
+    <cellStyle name="20% - 輔色4 2 3" xfId="182" xr:uid="{00000000-0005-0000-0000-00001C000000}"/>
+    <cellStyle name="20% - 輔色4 3" xfId="16" xr:uid="{00000000-0005-0000-0000-00001D000000}"/>
+    <cellStyle name="20% - 輔色4 3 2" xfId="184" xr:uid="{00000000-0005-0000-0000-00001E000000}"/>
+    <cellStyle name="20% - 輔色4 4" xfId="181" xr:uid="{00000000-0005-0000-0000-00001F000000}"/>
+    <cellStyle name="20% - 輔色5" xfId="17" xr:uid="{00000000-0005-0000-0000-000020000000}"/>
+    <cellStyle name="20% - 輔色5 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000021000000}"/>
+    <cellStyle name="20% - 輔色5 2 2" xfId="19" xr:uid="{00000000-0005-0000-0000-000022000000}"/>
+    <cellStyle name="20% - 輔色5 2 2 2" xfId="187" xr:uid="{00000000-0005-0000-0000-000023000000}"/>
+    <cellStyle name="20% - 輔色5 2 3" xfId="186" xr:uid="{00000000-0005-0000-0000-000024000000}"/>
+    <cellStyle name="20% - 輔色5 3" xfId="20" xr:uid="{00000000-0005-0000-0000-000025000000}"/>
+    <cellStyle name="20% - 輔色5 3 2" xfId="188" xr:uid="{00000000-0005-0000-0000-000026000000}"/>
+    <cellStyle name="20% - 輔色5 4" xfId="185" xr:uid="{00000000-0005-0000-0000-000027000000}"/>
+    <cellStyle name="20% - 輔色6" xfId="21" xr:uid="{00000000-0005-0000-0000-000028000000}"/>
+    <cellStyle name="20% - 輔色6 2" xfId="22" xr:uid="{00000000-0005-0000-0000-000029000000}"/>
+    <cellStyle name="20% - 輔色6 2 2" xfId="23" xr:uid="{00000000-0005-0000-0000-00002A000000}"/>
+    <cellStyle name="20% - 輔色6 2 2 2" xfId="191" xr:uid="{00000000-0005-0000-0000-00002B000000}"/>
+    <cellStyle name="20% - 輔色6 2 3" xfId="190" xr:uid="{00000000-0005-0000-0000-00002C000000}"/>
+    <cellStyle name="20% - 輔色6 3" xfId="24" xr:uid="{00000000-0005-0000-0000-00002D000000}"/>
+    <cellStyle name="20% - 輔色6 3 2" xfId="192" xr:uid="{00000000-0005-0000-0000-00002E000000}"/>
+    <cellStyle name="20% - 輔色6 4" xfId="189" xr:uid="{00000000-0005-0000-0000-00002F000000}"/>
+    <cellStyle name="40% - 輔色1" xfId="25" xr:uid="{00000000-0005-0000-0000-000030000000}"/>
+    <cellStyle name="40% - 輔色1 2" xfId="26" xr:uid="{00000000-0005-0000-0000-000031000000}"/>
+    <cellStyle name="40% - 輔色1 2 2" xfId="27" xr:uid="{00000000-0005-0000-0000-000032000000}"/>
+    <cellStyle name="40% - 輔色1 2 2 2" xfId="195" xr:uid="{00000000-0005-0000-0000-000033000000}"/>
+    <cellStyle name="40% - 輔色1 2 3" xfId="194" xr:uid="{00000000-0005-0000-0000-000034000000}"/>
+    <cellStyle name="40% - 輔色1 3" xfId="28" xr:uid="{00000000-0005-0000-0000-000035000000}"/>
+    <cellStyle name="40% - 輔色1 3 2" xfId="196" xr:uid="{00000000-0005-0000-0000-000036000000}"/>
+    <cellStyle name="40% - 輔色1 4" xfId="193" xr:uid="{00000000-0005-0000-0000-000037000000}"/>
+    <cellStyle name="40% - 輔色2" xfId="29" xr:uid="{00000000-0005-0000-0000-000038000000}"/>
+    <cellStyle name="40% - 輔色2 2" xfId="30" xr:uid="{00000000-0005-0000-0000-000039000000}"/>
+    <cellStyle name="40% - 輔色2 2 2" xfId="31" xr:uid="{00000000-0005-0000-0000-00003A000000}"/>
+    <cellStyle name="40% - 輔色2 2 2 2" xfId="199" xr:uid="{00000000-0005-0000-0000-00003B000000}"/>
+    <cellStyle name="40% - 輔色2 2 3" xfId="198" xr:uid="{00000000-0005-0000-0000-00003C000000}"/>
+    <cellStyle name="40% - 輔色2 3" xfId="32" xr:uid="{00000000-0005-0000-0000-00003D000000}"/>
+    <cellStyle name="40% - 輔色2 3 2" xfId="200" xr:uid="{00000000-0005-0000-0000-00003E000000}"/>
+    <cellStyle name="40% - 輔色2 4" xfId="197" xr:uid="{00000000-0005-0000-0000-00003F000000}"/>
+    <cellStyle name="40% - 輔色3" xfId="33" xr:uid="{00000000-0005-0000-0000-000040000000}"/>
+    <cellStyle name="40% - 輔色3 2" xfId="34" xr:uid="{00000000-0005-0000-0000-000041000000}"/>
+    <cellStyle name="40% - 輔色3 2 2" xfId="35" xr:uid="{00000000-0005-0000-0000-000042000000}"/>
+    <cellStyle name="40% - 輔色3 2 2 2" xfId="203" xr:uid="{00000000-0005-0000-0000-000043000000}"/>
+    <cellStyle name="40% - 輔色3 2 3" xfId="202" xr:uid="{00000000-0005-0000-0000-000044000000}"/>
+    <cellStyle name="40% - 輔色3 3" xfId="36" xr:uid="{00000000-0005-0000-0000-000045000000}"/>
+    <cellStyle name="40% - 輔色3 3 2" xfId="204" xr:uid="{00000000-0005-0000-0000-000046000000}"/>
+    <cellStyle name="40% - 輔色3 4" xfId="201" xr:uid="{00000000-0005-0000-0000-000047000000}"/>
+    <cellStyle name="40% - 輔色4" xfId="37" xr:uid="{00000000-0005-0000-0000-000048000000}"/>
+    <cellStyle name="40% - 輔色4 2" xfId="38" xr:uid="{00000000-0005-0000-0000-000049000000}"/>
+    <cellStyle name="40% - 輔色4 2 2" xfId="39" xr:uid="{00000000-0005-0000-0000-00004A000000}"/>
+    <cellStyle name="40% - 輔色4 2 2 2" xfId="207" xr:uid="{00000000-0005-0000-0000-00004B000000}"/>
+    <cellStyle name="40% - 輔色4 2 3" xfId="206" xr:uid="{00000000-0005-0000-0000-00004C000000}"/>
+    <cellStyle name="40% - 輔色4 3" xfId="40" xr:uid="{00000000-0005-0000-0000-00004D000000}"/>
+    <cellStyle name="40% - 輔色4 3 2" xfId="208" xr:uid="{00000000-0005-0000-0000-00004E000000}"/>
+    <cellStyle name="40% - 輔色4 4" xfId="205" xr:uid="{00000000-0005-0000-0000-00004F000000}"/>
+    <cellStyle name="40% - 輔色5" xfId="41" xr:uid="{00000000-0005-0000-0000-000050000000}"/>
+    <cellStyle name="40% - 輔色5 2" xfId="42" xr:uid="{00000000-0005-0000-0000-000051000000}"/>
+    <cellStyle name="40% - 輔色5 2 2" xfId="43" xr:uid="{00000000-0005-0000-0000-000052000000}"/>
+    <cellStyle name="40% - 輔色5 2 2 2" xfId="211" xr:uid="{00000000-0005-0000-0000-000053000000}"/>
+    <cellStyle name="40% - 輔色5 2 3" xfId="210" xr:uid="{00000000-0005-0000-0000-000054000000}"/>
+    <cellStyle name="40% - 輔色5 3" xfId="44" xr:uid="{00000000-0005-0000-0000-000055000000}"/>
+    <cellStyle name="40% - 輔色5 3 2" xfId="212" xr:uid="{00000000-0005-0000-0000-000056000000}"/>
+    <cellStyle name="40% - 輔色5 4" xfId="209" xr:uid="{00000000-0005-0000-0000-000057000000}"/>
+    <cellStyle name="40% - 輔色6" xfId="45" xr:uid="{00000000-0005-0000-0000-000058000000}"/>
+    <cellStyle name="40% - 輔色6 2" xfId="46" xr:uid="{00000000-0005-0000-0000-000059000000}"/>
+    <cellStyle name="40% - 輔色6 2 2" xfId="47" xr:uid="{00000000-0005-0000-0000-00005A000000}"/>
+    <cellStyle name="40% - 輔色6 2 2 2" xfId="215" xr:uid="{00000000-0005-0000-0000-00005B000000}"/>
+    <cellStyle name="40% - 輔色6 2 3" xfId="214" xr:uid="{00000000-0005-0000-0000-00005C000000}"/>
+    <cellStyle name="40% - 輔色6 3" xfId="48" xr:uid="{00000000-0005-0000-0000-00005D000000}"/>
+    <cellStyle name="40% - 輔色6 3 2" xfId="216" xr:uid="{00000000-0005-0000-0000-00005E000000}"/>
+    <cellStyle name="40% - 輔色6 4" xfId="213" xr:uid="{00000000-0005-0000-0000-00005F000000}"/>
+    <cellStyle name="60% - 輔色1" xfId="49" xr:uid="{00000000-0005-0000-0000-000060000000}"/>
+    <cellStyle name="60% - 輔色1 2" xfId="50" xr:uid="{00000000-0005-0000-0000-000061000000}"/>
+    <cellStyle name="60% - 輔色1 2 2" xfId="51" xr:uid="{00000000-0005-0000-0000-000062000000}"/>
+    <cellStyle name="60% - 輔色1 2 2 2" xfId="219" xr:uid="{00000000-0005-0000-0000-000063000000}"/>
+    <cellStyle name="60% - 輔色1 2 3" xfId="218" xr:uid="{00000000-0005-0000-0000-000064000000}"/>
+    <cellStyle name="60% - 輔色1 3" xfId="52" xr:uid="{00000000-0005-0000-0000-000065000000}"/>
+    <cellStyle name="60% - 輔色1 3 2" xfId="220" xr:uid="{00000000-0005-0000-0000-000066000000}"/>
+    <cellStyle name="60% - 輔色1 4" xfId="217" xr:uid="{00000000-0005-0000-0000-000067000000}"/>
+    <cellStyle name="60% - 輔色2" xfId="53" xr:uid="{00000000-0005-0000-0000-000068000000}"/>
+    <cellStyle name="60% - 輔色2 2" xfId="54" xr:uid="{00000000-0005-0000-0000-000069000000}"/>
+    <cellStyle name="60% - 輔色2 2 2" xfId="55" xr:uid="{00000000-0005-0000-0000-00006A000000}"/>
+    <cellStyle name="60% - 輔色2 2 2 2" xfId="223" xr:uid="{00000000-0005-0000-0000-00006B000000}"/>
+    <cellStyle name="60% - 輔色2 2 3" xfId="222" xr:uid="{00000000-0005-0000-0000-00006C000000}"/>
+    <cellStyle name="60% - 輔色2 3" xfId="56" xr:uid="{00000000-0005-0000-0000-00006D000000}"/>
+    <cellStyle name="60% - 輔色2 3 2" xfId="224" xr:uid="{00000000-0005-0000-0000-00006E000000}"/>
+    <cellStyle name="60% - 輔色2 4" xfId="221" xr:uid="{00000000-0005-0000-0000-00006F000000}"/>
+    <cellStyle name="60% - 輔色3" xfId="57" xr:uid="{00000000-0005-0000-0000-000070000000}"/>
+    <cellStyle name="60% - 輔色3 2" xfId="58" xr:uid="{00000000-0005-0000-0000-000071000000}"/>
+    <cellStyle name="60% - 輔色3 2 2" xfId="59" xr:uid="{00000000-0005-0000-0000-000072000000}"/>
+    <cellStyle name="60% - 輔色3 2 2 2" xfId="227" xr:uid="{00000000-0005-0000-0000-000073000000}"/>
+    <cellStyle name="60% - 輔色3 2 3" xfId="226" xr:uid="{00000000-0005-0000-0000-000074000000}"/>
+    <cellStyle name="60% - 輔色3 3" xfId="60" xr:uid="{00000000-0005-0000-0000-000075000000}"/>
+    <cellStyle name="60% - 輔色3 3 2" xfId="228" xr:uid="{00000000-0005-0000-0000-000076000000}"/>
+    <cellStyle name="60% - 輔色3 4" xfId="225" xr:uid="{00000000-0005-0000-0000-000077000000}"/>
+    <cellStyle name="60% - 輔色4" xfId="61" xr:uid="{00000000-0005-0000-0000-000078000000}"/>
+    <cellStyle name="60% - 輔色4 2" xfId="62" xr:uid="{00000000-0005-0000-0000-000079000000}"/>
+    <cellStyle name="60% - 輔色4 2 2" xfId="63" xr:uid="{00000000-0005-0000-0000-00007A000000}"/>
+    <cellStyle name="60% - 輔色4 2 2 2" xfId="231" xr:uid="{00000000-0005-0000-0000-00007B000000}"/>
+    <cellStyle name="60% - 輔色4 2 3" xfId="230" xr:uid="{00000000-0005-0000-0000-00007C000000}"/>
+    <cellStyle name="60% - 輔色4 3" xfId="64" xr:uid="{00000000-0005-0000-0000-00007D000000}"/>
+    <cellStyle name="60% - 輔色4 3 2" xfId="232" xr:uid="{00000000-0005-0000-0000-00007E000000}"/>
+    <cellStyle name="60% - 輔色4 4" xfId="229" xr:uid="{00000000-0005-0000-0000-00007F000000}"/>
+    <cellStyle name="60% - 輔色5" xfId="65" xr:uid="{00000000-0005-0000-0000-000080000000}"/>
+    <cellStyle name="60% - 輔色5 2" xfId="66" xr:uid="{00000000-0005-0000-0000-000081000000}"/>
+    <cellStyle name="60% - 輔色5 2 2" xfId="67" xr:uid="{00000000-0005-0000-0000-000082000000}"/>
+    <cellStyle name="60% - 輔色5 2 2 2" xfId="235" xr:uid="{00000000-0005-0000-0000-000083000000}"/>
+    <cellStyle name="60% - 輔色5 2 3" xfId="234" xr:uid="{00000000-0005-0000-0000-000084000000}"/>
+    <cellStyle name="60% - 輔色5 3" xfId="68" xr:uid="{00000000-0005-0000-0000-000085000000}"/>
+    <cellStyle name="60% - 輔色5 3 2" xfId="236" xr:uid="{00000000-0005-0000-0000-000086000000}"/>
+    <cellStyle name="60% - 輔色5 4" xfId="233" xr:uid="{00000000-0005-0000-0000-000087000000}"/>
+    <cellStyle name="60% - 輔色6" xfId="69" xr:uid="{00000000-0005-0000-0000-000088000000}"/>
+    <cellStyle name="60% - 輔色6 2" xfId="70" xr:uid="{00000000-0005-0000-0000-000089000000}"/>
+    <cellStyle name="60% - 輔色6 2 2" xfId="71" xr:uid="{00000000-0005-0000-0000-00008A000000}"/>
+    <cellStyle name="60% - 輔色6 2 2 2" xfId="239" xr:uid="{00000000-0005-0000-0000-00008B000000}"/>
+    <cellStyle name="60% - 輔色6 2 3" xfId="238" xr:uid="{00000000-0005-0000-0000-00008C000000}"/>
+    <cellStyle name="60% - 輔色6 3" xfId="72" xr:uid="{00000000-0005-0000-0000-00008D000000}"/>
+    <cellStyle name="60% - 輔色6 3 2" xfId="240" xr:uid="{00000000-0005-0000-0000-00008E000000}"/>
+    <cellStyle name="60% - 輔色6 4" xfId="237" xr:uid="{00000000-0005-0000-0000-00008F000000}"/>
+    <cellStyle name="sample" xfId="73" xr:uid="{00000000-0005-0000-0000-000090000000}"/>
+    <cellStyle name="sample 2" xfId="74" xr:uid="{00000000-0005-0000-0000-000091000000}"/>
+    <cellStyle name="sample 2 2" xfId="75" xr:uid="{00000000-0005-0000-0000-000092000000}"/>
+    <cellStyle name="sample 2 2 2" xfId="243" xr:uid="{00000000-0005-0000-0000-000093000000}"/>
+    <cellStyle name="sample 2 3" xfId="242" xr:uid="{00000000-0005-0000-0000-000094000000}"/>
+    <cellStyle name="sample 3" xfId="76" xr:uid="{00000000-0005-0000-0000-000095000000}"/>
+    <cellStyle name="sample 3 2" xfId="244" xr:uid="{00000000-0005-0000-0000-000096000000}"/>
+    <cellStyle name="sample 4" xfId="241" xr:uid="{00000000-0005-0000-0000-000097000000}"/>
+    <cellStyle name="一般" xfId="0" builtinId="0"/>
+    <cellStyle name="一般 2" xfId="77" xr:uid="{00000000-0005-0000-0000-000099000000}"/>
+    <cellStyle name="一般 2 2" xfId="78" xr:uid="{00000000-0005-0000-0000-00009A000000}"/>
+    <cellStyle name="一般 2 2 2" xfId="246" xr:uid="{00000000-0005-0000-0000-00009B000000}"/>
+    <cellStyle name="一般 2 3" xfId="245" xr:uid="{00000000-0005-0000-0000-00009C000000}"/>
+    <cellStyle name="一般 3" xfId="79" xr:uid="{00000000-0005-0000-0000-00009D000000}"/>
+    <cellStyle name="一般 3 2" xfId="247" xr:uid="{00000000-0005-0000-0000-00009E000000}"/>
+    <cellStyle name="一般 4" xfId="168" xr:uid="{00000000-0005-0000-0000-00009F000000}"/>
+    <cellStyle name="中等" xfId="80" xr:uid="{00000000-0005-0000-0000-0000A0000000}"/>
+    <cellStyle name="中等 2" xfId="81" xr:uid="{00000000-0005-0000-0000-0000A1000000}"/>
+    <cellStyle name="中等 2 2" xfId="82" xr:uid="{00000000-0005-0000-0000-0000A2000000}"/>
+    <cellStyle name="中等 2 2 2" xfId="250" xr:uid="{00000000-0005-0000-0000-0000A3000000}"/>
+    <cellStyle name="中等 2 3" xfId="249" xr:uid="{00000000-0005-0000-0000-0000A4000000}"/>
+    <cellStyle name="中等 3" xfId="83" xr:uid="{00000000-0005-0000-0000-0000A5000000}"/>
+    <cellStyle name="中等 3 2" xfId="251" xr:uid="{00000000-0005-0000-0000-0000A6000000}"/>
+    <cellStyle name="中等 4" xfId="248" xr:uid="{00000000-0005-0000-0000-0000A7000000}"/>
+    <cellStyle name="合計" xfId="84" xr:uid="{00000000-0005-0000-0000-0000A8000000}"/>
+    <cellStyle name="合計 2" xfId="85" xr:uid="{00000000-0005-0000-0000-0000A9000000}"/>
+    <cellStyle name="合計 2 2" xfId="86" xr:uid="{00000000-0005-0000-0000-0000AA000000}"/>
+    <cellStyle name="合計 2 2 2" xfId="254" xr:uid="{00000000-0005-0000-0000-0000AB000000}"/>
+    <cellStyle name="合計 2 3" xfId="253" xr:uid="{00000000-0005-0000-0000-0000AC000000}"/>
+    <cellStyle name="合計 3" xfId="87" xr:uid="{00000000-0005-0000-0000-0000AD000000}"/>
+    <cellStyle name="合計 3 2" xfId="255" xr:uid="{00000000-0005-0000-0000-0000AE000000}"/>
+    <cellStyle name="合計 4" xfId="252" xr:uid="{00000000-0005-0000-0000-0000AF000000}"/>
+    <cellStyle name="好" xfId="88" xr:uid="{00000000-0005-0000-0000-0000B0000000}"/>
+    <cellStyle name="好 2" xfId="89" xr:uid="{00000000-0005-0000-0000-0000B1000000}"/>
+    <cellStyle name="好 2 2" xfId="90" xr:uid="{00000000-0005-0000-0000-0000B2000000}"/>
+    <cellStyle name="好 2 2 2" xfId="258" xr:uid="{00000000-0005-0000-0000-0000B3000000}"/>
+    <cellStyle name="好 2 3" xfId="257" xr:uid="{00000000-0005-0000-0000-0000B4000000}"/>
+    <cellStyle name="好 3" xfId="91" xr:uid="{00000000-0005-0000-0000-0000B5000000}"/>
+    <cellStyle name="好 3 2" xfId="259" xr:uid="{00000000-0005-0000-0000-0000B6000000}"/>
+    <cellStyle name="好 4" xfId="256" xr:uid="{00000000-0005-0000-0000-0000B7000000}"/>
+    <cellStyle name="年資料" xfId="92" xr:uid="{00000000-0005-0000-0000-0000B8000000}"/>
+    <cellStyle name="年資料 2" xfId="93" xr:uid="{00000000-0005-0000-0000-0000B9000000}"/>
+    <cellStyle name="年資料 2 2" xfId="94" xr:uid="{00000000-0005-0000-0000-0000BA000000}"/>
+    <cellStyle name="年資料 2 2 2" xfId="262" xr:uid="{00000000-0005-0000-0000-0000BB000000}"/>
+    <cellStyle name="年資料 2 3" xfId="261" xr:uid="{00000000-0005-0000-0000-0000BC000000}"/>
+    <cellStyle name="年資料 3" xfId="95" xr:uid="{00000000-0005-0000-0000-0000BD000000}"/>
+    <cellStyle name="年資料 3 2" xfId="263" xr:uid="{00000000-0005-0000-0000-0000BE000000}"/>
+    <cellStyle name="年資料 4" xfId="260" xr:uid="{00000000-0005-0000-0000-0000BF000000}"/>
+    <cellStyle name="計算方式" xfId="96" xr:uid="{00000000-0005-0000-0000-0000C0000000}"/>
+    <cellStyle name="計算方式 2" xfId="97" xr:uid="{00000000-0005-0000-0000-0000C1000000}"/>
+    <cellStyle name="計算方式 2 2" xfId="265" xr:uid="{00000000-0005-0000-0000-0000C2000000}"/>
+    <cellStyle name="計算方式 3" xfId="264" xr:uid="{00000000-0005-0000-0000-0000C3000000}"/>
+    <cellStyle name="連結的儲存格" xfId="98" xr:uid="{00000000-0005-0000-0000-0000C4000000}"/>
+    <cellStyle name="連結的儲存格 2" xfId="99" xr:uid="{00000000-0005-0000-0000-0000C5000000}"/>
+    <cellStyle name="連結的儲存格 2 2" xfId="100" xr:uid="{00000000-0005-0000-0000-0000C6000000}"/>
+    <cellStyle name="連結的儲存格 2 2 2" xfId="268" xr:uid="{00000000-0005-0000-0000-0000C7000000}"/>
+    <cellStyle name="連結的儲存格 2 3" xfId="267" xr:uid="{00000000-0005-0000-0000-0000C8000000}"/>
+    <cellStyle name="連結的儲存格 3" xfId="101" xr:uid="{00000000-0005-0000-0000-0000C9000000}"/>
+    <cellStyle name="連結的儲存格 3 2" xfId="269" xr:uid="{00000000-0005-0000-0000-0000CA000000}"/>
+    <cellStyle name="連結的儲存格 4" xfId="266" xr:uid="{00000000-0005-0000-0000-0000CB000000}"/>
+    <cellStyle name="備註" xfId="102" xr:uid="{00000000-0005-0000-0000-0000CC000000}"/>
+    <cellStyle name="備註 2" xfId="103" xr:uid="{00000000-0005-0000-0000-0000CD000000}"/>
+    <cellStyle name="備註 2 2" xfId="104" xr:uid="{00000000-0005-0000-0000-0000CE000000}"/>
+    <cellStyle name="備註 2 2 2" xfId="272" xr:uid="{00000000-0005-0000-0000-0000CF000000}"/>
+    <cellStyle name="備註 2 3" xfId="271" xr:uid="{00000000-0005-0000-0000-0000D0000000}"/>
+    <cellStyle name="備註 3" xfId="105" xr:uid="{00000000-0005-0000-0000-0000D1000000}"/>
+    <cellStyle name="備註 3 2" xfId="273" xr:uid="{00000000-0005-0000-0000-0000D2000000}"/>
+    <cellStyle name="備註 4" xfId="270" xr:uid="{00000000-0005-0000-0000-0000D3000000}"/>
+    <cellStyle name="說明文字" xfId="106" xr:uid="{00000000-0005-0000-0000-0000D4000000}"/>
+    <cellStyle name="說明文字 2" xfId="107" xr:uid="{00000000-0005-0000-0000-0000D5000000}"/>
+    <cellStyle name="說明文字 2 2" xfId="108" xr:uid="{00000000-0005-0000-0000-0000D6000000}"/>
+    <cellStyle name="說明文字 2 2 2" xfId="276" xr:uid="{00000000-0005-0000-0000-0000D7000000}"/>
+    <cellStyle name="說明文字 2 3" xfId="275" xr:uid="{00000000-0005-0000-0000-0000D8000000}"/>
+    <cellStyle name="說明文字 3" xfId="109" xr:uid="{00000000-0005-0000-0000-0000D9000000}"/>
+    <cellStyle name="說明文字 3 2" xfId="277" xr:uid="{00000000-0005-0000-0000-0000DA000000}"/>
+    <cellStyle name="說明文字 4" xfId="274" xr:uid="{00000000-0005-0000-0000-0000DB000000}"/>
+    <cellStyle name="輔色1" xfId="110" xr:uid="{00000000-0005-0000-0000-0000DC000000}"/>
+    <cellStyle name="輔色1 2" xfId="111" xr:uid="{00000000-0005-0000-0000-0000DD000000}"/>
+    <cellStyle name="輔色1 2 2" xfId="112" xr:uid="{00000000-0005-0000-0000-0000DE000000}"/>
+    <cellStyle name="輔色1 2 2 2" xfId="280" xr:uid="{00000000-0005-0000-0000-0000DF000000}"/>
+    <cellStyle name="輔色1 2 3" xfId="279" xr:uid="{00000000-0005-0000-0000-0000E0000000}"/>
+    <cellStyle name="輔色1 3" xfId="113" xr:uid="{00000000-0005-0000-0000-0000E1000000}"/>
+    <cellStyle name="輔色1 3 2" xfId="281" xr:uid="{00000000-0005-0000-0000-0000E2000000}"/>
+    <cellStyle name="輔色1 4" xfId="278" xr:uid="{00000000-0005-0000-0000-0000E3000000}"/>
+    <cellStyle name="輔色2" xfId="114" xr:uid="{00000000-0005-0000-0000-0000E4000000}"/>
+    <cellStyle name="輔色2 2" xfId="115" xr:uid="{00000000-0005-0000-0000-0000E5000000}"/>
+    <cellStyle name="輔色2 2 2" xfId="116" xr:uid="{00000000-0005-0000-0000-0000E6000000}"/>
+    <cellStyle name="輔色2 2 2 2" xfId="284" xr:uid="{00000000-0005-0000-0000-0000E7000000}"/>
+    <cellStyle name="輔色2 2 3" xfId="283" xr:uid="{00000000-0005-0000-0000-0000E8000000}"/>
+    <cellStyle name="輔色2 3" xfId="117" xr:uid="{00000000-0005-0000-0000-0000E9000000}"/>
+    <cellStyle name="輔色2 3 2" xfId="285" xr:uid="{00000000-0005-0000-0000-0000EA000000}"/>
+    <cellStyle name="輔色2 4" xfId="282" xr:uid="{00000000-0005-0000-0000-0000EB000000}"/>
+    <cellStyle name="輔色3" xfId="118" xr:uid="{00000000-0005-0000-0000-0000EC000000}"/>
+    <cellStyle name="輔色3 2" xfId="119" xr:uid="{00000000-0005-0000-0000-0000ED000000}"/>
+    <cellStyle name="輔色3 2 2" xfId="120" xr:uid="{00000000-0005-0000-0000-0000EE000000}"/>
+    <cellStyle name="輔色3 2 2 2" xfId="288" xr:uid="{00000000-0005-0000-0000-0000EF000000}"/>
+    <cellStyle name="輔色3 2 3" xfId="287" xr:uid="{00000000-0005-0000-0000-0000F0000000}"/>
+    <cellStyle name="輔色3 3" xfId="121" xr:uid="{00000000-0005-0000-0000-0000F1000000}"/>
+    <cellStyle name="輔色3 3 2" xfId="289" xr:uid="{00000000-0005-0000-0000-0000F2000000}"/>
+    <cellStyle name="輔色3 4" xfId="286" xr:uid="{00000000-0005-0000-0000-0000F3000000}"/>
+    <cellStyle name="輔色4" xfId="122" xr:uid="{00000000-0005-0000-0000-0000F4000000}"/>
+    <cellStyle name="輔色4 2" xfId="123" xr:uid="{00000000-0005-0000-0000-0000F5000000}"/>
+    <cellStyle name="輔色4 2 2" xfId="124" xr:uid="{00000000-0005-0000-0000-0000F6000000}"/>
+    <cellStyle name="輔色4 2 2 2" xfId="292" xr:uid="{00000000-0005-0000-0000-0000F7000000}"/>
+    <cellStyle name="輔色4 2 3" xfId="291" xr:uid="{00000000-0005-0000-0000-0000F8000000}"/>
+    <cellStyle name="輔色4 3" xfId="125" xr:uid="{00000000-0005-0000-0000-0000F9000000}"/>
+    <cellStyle name="輔色4 3 2" xfId="293" xr:uid="{00000000-0005-0000-0000-0000FA000000}"/>
+    <cellStyle name="輔色4 4" xfId="290" xr:uid="{00000000-0005-0000-0000-0000FB000000}"/>
+    <cellStyle name="輔色5" xfId="126" xr:uid="{00000000-0005-0000-0000-0000FC000000}"/>
+    <cellStyle name="輔色5 2" xfId="127" xr:uid="{00000000-0005-0000-0000-0000FD000000}"/>
+    <cellStyle name="輔色5 2 2" xfId="128" xr:uid="{00000000-0005-0000-0000-0000FE000000}"/>
+    <cellStyle name="輔色5 2 2 2" xfId="296" xr:uid="{00000000-0005-0000-0000-0000FF000000}"/>
+    <cellStyle name="輔色5 2 3" xfId="295" xr:uid="{00000000-0005-0000-0000-000000010000}"/>
+    <cellStyle name="輔色5 3" xfId="129" xr:uid="{00000000-0005-0000-0000-000001010000}"/>
+    <cellStyle name="輔色5 3 2" xfId="297" xr:uid="{00000000-0005-0000-0000-000002010000}"/>
+    <cellStyle name="輔色5 4" xfId="294" xr:uid="{00000000-0005-0000-0000-000003010000}"/>
+    <cellStyle name="輔色6" xfId="130" xr:uid="{00000000-0005-0000-0000-000004010000}"/>
+    <cellStyle name="輔色6 2" xfId="131" xr:uid="{00000000-0005-0000-0000-000005010000}"/>
+    <cellStyle name="輔色6 2 2" xfId="132" xr:uid="{00000000-0005-0000-0000-000006010000}"/>
+    <cellStyle name="輔色6 2 2 2" xfId="300" xr:uid="{00000000-0005-0000-0000-000007010000}"/>
+    <cellStyle name="輔色6 2 3" xfId="299" xr:uid="{00000000-0005-0000-0000-000008010000}"/>
+    <cellStyle name="輔色6 3" xfId="133" xr:uid="{00000000-0005-0000-0000-000009010000}"/>
+    <cellStyle name="輔色6 3 2" xfId="301" xr:uid="{00000000-0005-0000-0000-00000A010000}"/>
+    <cellStyle name="輔色6 4" xfId="298" xr:uid="{00000000-0005-0000-0000-00000B010000}"/>
+    <cellStyle name="標題" xfId="134" xr:uid="{00000000-0005-0000-0000-00000C010000}"/>
+    <cellStyle name="標題 1" xfId="135" xr:uid="{00000000-0005-0000-0000-00000D010000}"/>
+    <cellStyle name="標題 1 2" xfId="136" xr:uid="{00000000-0005-0000-0000-00000E010000}"/>
+    <cellStyle name="標題 1 2 2" xfId="137" xr:uid="{00000000-0005-0000-0000-00000F010000}"/>
+    <cellStyle name="標題 1 2 2 2" xfId="305" xr:uid="{00000000-0005-0000-0000-000010010000}"/>
+    <cellStyle name="標題 1 2 3" xfId="304" xr:uid="{00000000-0005-0000-0000-000011010000}"/>
+    <cellStyle name="標題 1 3" xfId="138" xr:uid="{00000000-0005-0000-0000-000012010000}"/>
+    <cellStyle name="標題 1 3 2" xfId="306" xr:uid="{00000000-0005-0000-0000-000013010000}"/>
+    <cellStyle name="標題 1 4" xfId="303" xr:uid="{00000000-0005-0000-0000-000014010000}"/>
+    <cellStyle name="標題 2" xfId="139" xr:uid="{00000000-0005-0000-0000-000015010000}"/>
+    <cellStyle name="標題 2 2" xfId="140" xr:uid="{00000000-0005-0000-0000-000016010000}"/>
+    <cellStyle name="標題 2 2 2" xfId="141" xr:uid="{00000000-0005-0000-0000-000017010000}"/>
+    <cellStyle name="標題 2 2 2 2" xfId="309" xr:uid="{00000000-0005-0000-0000-000018010000}"/>
+    <cellStyle name="標題 2 2 3" xfId="308" xr:uid="{00000000-0005-0000-0000-000019010000}"/>
+    <cellStyle name="標題 2 3" xfId="142" xr:uid="{00000000-0005-0000-0000-00001A010000}"/>
+    <cellStyle name="標題 2 3 2" xfId="310" xr:uid="{00000000-0005-0000-0000-00001B010000}"/>
+    <cellStyle name="標題 2 4" xfId="307" xr:uid="{00000000-0005-0000-0000-00001C010000}"/>
+    <cellStyle name="標題 3" xfId="143" xr:uid="{00000000-0005-0000-0000-00001D010000}"/>
+    <cellStyle name="標題 3 2" xfId="144" xr:uid="{00000000-0005-0000-0000-00001E010000}"/>
+    <cellStyle name="標題 3 2 2" xfId="145" xr:uid="{00000000-0005-0000-0000-00001F010000}"/>
+    <cellStyle name="標題 3 2 2 2" xfId="313" xr:uid="{00000000-0005-0000-0000-000020010000}"/>
+    <cellStyle name="標題 3 2 3" xfId="312" xr:uid="{00000000-0005-0000-0000-000021010000}"/>
+    <cellStyle name="標題 3 3" xfId="146" xr:uid="{00000000-0005-0000-0000-000022010000}"/>
+    <cellStyle name="標題 3 3 2" xfId="314" xr:uid="{00000000-0005-0000-0000-000023010000}"/>
+    <cellStyle name="標題 3 4" xfId="311" xr:uid="{00000000-0005-0000-0000-000024010000}"/>
+    <cellStyle name="標題 4" xfId="147" xr:uid="{00000000-0005-0000-0000-000025010000}"/>
+    <cellStyle name="標題 4 2" xfId="148" xr:uid="{00000000-0005-0000-0000-000026010000}"/>
+    <cellStyle name="標題 4 2 2" xfId="149" xr:uid="{00000000-0005-0000-0000-000027010000}"/>
+    <cellStyle name="標題 4 2 2 2" xfId="317" xr:uid="{00000000-0005-0000-0000-000028010000}"/>
+    <cellStyle name="標題 4 2 3" xfId="316" xr:uid="{00000000-0005-0000-0000-000029010000}"/>
+    <cellStyle name="標題 4 3" xfId="150" xr:uid="{00000000-0005-0000-0000-00002A010000}"/>
+    <cellStyle name="標題 4 3 2" xfId="318" xr:uid="{00000000-0005-0000-0000-00002B010000}"/>
+    <cellStyle name="標題 4 4" xfId="315" xr:uid="{00000000-0005-0000-0000-00002C010000}"/>
+    <cellStyle name="標題 5" xfId="151" xr:uid="{00000000-0005-0000-0000-00002D010000}"/>
+    <cellStyle name="標題 5 2" xfId="152" xr:uid="{00000000-0005-0000-0000-00002E010000}"/>
+    <cellStyle name="標題 5 2 2" xfId="320" xr:uid="{00000000-0005-0000-0000-00002F010000}"/>
+    <cellStyle name="標題 5 3" xfId="319" xr:uid="{00000000-0005-0000-0000-000030010000}"/>
+    <cellStyle name="標題 6" xfId="153" xr:uid="{00000000-0005-0000-0000-000031010000}"/>
+    <cellStyle name="標題 6 2" xfId="321" xr:uid="{00000000-0005-0000-0000-000032010000}"/>
+    <cellStyle name="標題 7" xfId="302" xr:uid="{00000000-0005-0000-0000-000033010000}"/>
+    <cellStyle name="輸入" xfId="154" xr:uid="{00000000-0005-0000-0000-000034010000}"/>
+    <cellStyle name="輸入 2" xfId="155" xr:uid="{00000000-0005-0000-0000-000035010000}"/>
+    <cellStyle name="輸入 2 2" xfId="323" xr:uid="{00000000-0005-0000-0000-000036010000}"/>
+    <cellStyle name="輸入 3" xfId="322" xr:uid="{00000000-0005-0000-0000-000037010000}"/>
+    <cellStyle name="輸出" xfId="156" xr:uid="{00000000-0005-0000-0000-000038010000}"/>
+    <cellStyle name="輸出 2" xfId="157" xr:uid="{00000000-0005-0000-0000-000039010000}"/>
+    <cellStyle name="輸出 2 2" xfId="325" xr:uid="{00000000-0005-0000-0000-00003A010000}"/>
+    <cellStyle name="輸出 3" xfId="324" xr:uid="{00000000-0005-0000-0000-00003B010000}"/>
+    <cellStyle name="檢查儲存格" xfId="158" xr:uid="{00000000-0005-0000-0000-00003C010000}"/>
+    <cellStyle name="檢查儲存格 2" xfId="159" xr:uid="{00000000-0005-0000-0000-00003D010000}"/>
+    <cellStyle name="檢查儲存格 2 2" xfId="327" xr:uid="{00000000-0005-0000-0000-00003E010000}"/>
+    <cellStyle name="檢查儲存格 3" xfId="326" xr:uid="{00000000-0005-0000-0000-00003F010000}"/>
+    <cellStyle name="壞" xfId="160" xr:uid="{00000000-0005-0000-0000-000040010000}"/>
+    <cellStyle name="壞 2" xfId="161" xr:uid="{00000000-0005-0000-0000-000041010000}"/>
+    <cellStyle name="壞 2 2" xfId="162" xr:uid="{00000000-0005-0000-0000-000042010000}"/>
+    <cellStyle name="壞 2 2 2" xfId="330" xr:uid="{00000000-0005-0000-0000-000043010000}"/>
+    <cellStyle name="壞 2 3" xfId="329" xr:uid="{00000000-0005-0000-0000-000044010000}"/>
+    <cellStyle name="壞 3" xfId="163" xr:uid="{00000000-0005-0000-0000-000045010000}"/>
+    <cellStyle name="壞 3 2" xfId="331" xr:uid="{00000000-0005-0000-0000-000046010000}"/>
+    <cellStyle name="壞 4" xfId="328" xr:uid="{00000000-0005-0000-0000-000047010000}"/>
+    <cellStyle name="警告文字" xfId="164" xr:uid="{00000000-0005-0000-0000-000048010000}"/>
+    <cellStyle name="警告文字 2" xfId="165" xr:uid="{00000000-0005-0000-0000-000049010000}"/>
+    <cellStyle name="警告文字 2 2" xfId="166" xr:uid="{00000000-0005-0000-0000-00004A010000}"/>
+    <cellStyle name="警告文字 2 2 2" xfId="334" xr:uid="{00000000-0005-0000-0000-00004B010000}"/>
+    <cellStyle name="警告文字 2 3" xfId="333" xr:uid="{00000000-0005-0000-0000-00004C010000}"/>
+    <cellStyle name="警告文字 3" xfId="167" xr:uid="{00000000-0005-0000-0000-00004D010000}"/>
+    <cellStyle name="警告文字 3 2" xfId="335" xr:uid="{00000000-0005-0000-0000-00004E010000}"/>
+    <cellStyle name="警告文字 4" xfId="332" xr:uid="{00000000-0005-0000-0000-00004F010000}"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="" defaultPivotStyle=""/>
-  <extLst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <tableStyles count="0"/>
+  <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="twoCell">
+  <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>476297</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>24</xdr:col>
       <xdr:colOff>418998</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
-    <xdr:sp>
+    <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="1062" name="Oval 1">
-          <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{00000000-0008-0000-0000-000026040000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000026040000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="1"/>
           <a:ext cx="2076450" cy="1557338"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr/>
-[...52 lines deleted...]
-          <a:pPr/>
+          <a:endParaRPr/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
@@ -4000,2333 +3821,2359 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing2.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...1 lines deleted...]
-  <dimension ref="B1:Y51"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:IT51"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" view="normal" workbookViewId="0">
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane xSplit="2" ySplit="7" topLeftCell="C8" activePane="bottomRight" state="frozen"/>
-      <selection pane="bottomRight" activeCell="A1" sqref="A1"/>
+      <selection pane="topRight"/>
+      <selection pane="bottomLeft"/>
+      <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" customHeight="1" defaultRowHeight="15.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.75" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.625" style="2" customWidth="1"/>
     <col min="3" max="8" width="12.125" style="2" customWidth="1"/>
     <col min="9" max="9" width="1.625" style="2" customWidth="1"/>
     <col min="10" max="10" width="1.75" style="2" customWidth="1"/>
     <col min="11" max="16" width="12.125" style="2" customWidth="1"/>
     <col min="17" max="17" width="9.625" style="2" customWidth="1"/>
     <col min="18" max="18" width="1.625" style="2" customWidth="1"/>
     <col min="19" max="19" width="1.75" style="2" customWidth="1"/>
     <col min="20" max="20" width="9.625" style="2" customWidth="1"/>
     <col min="21" max="24" width="15.625" style="2" customWidth="1"/>
     <col min="25" max="25" width="9.625" style="2" customWidth="1"/>
     <col min="26" max="26" width="1.625" style="2" customWidth="1"/>
     <col min="27" max="254" width="9" style="2" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="3:21" ht="20.25" customHeight="1">
-      <c r="C1" s="89" t="s">
+    <row r="1" spans="2:25" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C1" s="87" t="s">
         <v>6</v>
       </c>
-      <c r="D1" s="90"/>
+      <c r="D1" s="88"/>
       <c r="E1" s="26" t="s">
         <v>7</v>
       </c>
       <c r="L1" s="26" t="s">
         <v>8</v>
       </c>
       <c r="M1" s="27"/>
       <c r="U1" s="26" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="2" spans="2:25" ht="19.5" customHeight="1">
+    <row r="2" spans="2:25" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B2" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="P2" s="4"/>
       <c r="Q2" s="37" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="4"/>
       <c r="Y2" s="37" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="3" spans="2:25" s="2" customFormat="1" ht="19.5" customHeight="1" thickBot="1">
+    <row r="3" spans="2:25" s="2" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B3" s="68" t="s">
         <v>37</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="O3" s="28"/>
       <c r="P3" s="28"/>
       <c r="Q3" s="38" t="s">
         <v>20</v>
       </c>
       <c r="T3" s="69" t="s">
         <v>38</v>
       </c>
       <c r="W3" s="4"/>
       <c r="X3" s="5"/>
       <c r="Y3" s="39" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="4" spans="2:25" s="6" customFormat="1" ht="16.15" customHeight="1">
-      <c r="B4" s="80" t="s">
+    <row r="4" spans="2:25" s="6" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="89" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="76" t="s">
+      <c r="C4" s="100" t="s">
         <v>14</v>
       </c>
-      <c r="D4" s="73"/>
-      <c r="E4" s="76" t="s">
+      <c r="D4" s="106"/>
+      <c r="E4" s="100" t="s">
         <v>15</v>
       </c>
-      <c r="F4" s="73"/>
-      <c r="G4" s="77" t="s">
+      <c r="F4" s="106"/>
+      <c r="G4" s="109" t="s">
         <v>25</v>
       </c>
-      <c r="H4" s="78"/>
+      <c r="H4" s="110"/>
       <c r="I4" s="7"/>
       <c r="J4" s="8"/>
-      <c r="K4" s="79" t="s">
+      <c r="K4" s="111" t="s">
         <v>26</v>
       </c>
-      <c r="L4" s="73"/>
-      <c r="M4" s="72" t="s">
+      <c r="L4" s="106"/>
+      <c r="M4" s="105" t="s">
         <v>27</v>
       </c>
-      <c r="N4" s="73"/>
-      <c r="O4" s="74" t="s">
+      <c r="N4" s="106"/>
+      <c r="O4" s="107" t="s">
         <v>28</v>
       </c>
-      <c r="P4" s="75"/>
-      <c r="Q4" s="86" t="s">
+      <c r="P4" s="108"/>
+      <c r="Q4" s="83" t="s">
         <v>2</v>
       </c>
       <c r="R4" s="8"/>
       <c r="S4" s="9"/>
-      <c r="T4" s="80" t="s">
+      <c r="T4" s="89" t="s">
         <v>13</v>
       </c>
-      <c r="U4" s="76" t="s">
+      <c r="U4" s="100" t="s">
         <v>42</v>
       </c>
-      <c r="V4" s="98"/>
-      <c r="W4" s="99" t="s">
+      <c r="V4" s="101"/>
+      <c r="W4" s="102" t="s">
         <v>30</v>
       </c>
-      <c r="X4" s="100"/>
-      <c r="Y4" s="86" t="s">
+      <c r="X4" s="103"/>
+      <c r="Y4" s="83" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="2:25" s="6" customFormat="1" ht="45.75" customHeight="1">
-[...1 lines deleted...]
-      <c r="C5" s="91" t="s">
+    <row r="5" spans="2:25" s="6" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="90"/>
+      <c r="C5" s="92" t="s">
         <v>16</v>
       </c>
-      <c r="D5" s="92"/>
-      <c r="E5" s="93" t="s">
+      <c r="D5" s="93"/>
+      <c r="E5" s="94" t="s">
         <v>17</v>
       </c>
-      <c r="F5" s="94"/>
-      <c r="G5" s="95" t="s">
+      <c r="F5" s="95"/>
+      <c r="G5" s="96" t="s">
         <v>18</v>
       </c>
-      <c r="H5" s="96"/>
+      <c r="H5" s="97"/>
       <c r="I5" s="12"/>
       <c r="J5" s="4"/>
-      <c r="K5" s="97" t="s">
+      <c r="K5" s="98" t="s">
         <v>29</v>
       </c>
-      <c r="L5" s="85"/>
-      <c r="M5" s="84" t="s">
+      <c r="L5" s="99"/>
+      <c r="M5" s="112" t="s">
         <v>41</v>
       </c>
-      <c r="N5" s="85"/>
-      <c r="O5" s="83" t="s">
+      <c r="N5" s="99"/>
+      <c r="O5" s="104" t="s">
         <v>3</v>
       </c>
-      <c r="P5" s="83"/>
-      <c r="Q5" s="87"/>
+      <c r="P5" s="104"/>
+      <c r="Q5" s="84"/>
       <c r="R5" s="8"/>
       <c r="S5" s="9"/>
-      <c r="T5" s="81"/>
-      <c r="U5" s="95" t="s">
+      <c r="T5" s="90"/>
+      <c r="U5" s="96" t="s">
         <v>43</v>
       </c>
-      <c r="V5" s="85"/>
-      <c r="W5" s="83" t="s">
+      <c r="V5" s="99"/>
+      <c r="W5" s="104" t="s">
         <v>21</v>
       </c>
-      <c r="X5" s="83"/>
-      <c r="Y5" s="87"/>
+      <c r="X5" s="104"/>
+      <c r="Y5" s="84"/>
     </row>
-    <row r="6" spans="2:25" s="6" customFormat="1" ht="16.15" customHeight="1">
-      <c r="B6" s="81"/>
+    <row r="6" spans="2:25" s="6" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="90"/>
       <c r="C6" s="33" t="s">
         <v>0</v>
       </c>
       <c r="D6" s="34" t="s">
         <v>1</v>
       </c>
       <c r="E6" s="33" t="s">
         <v>0</v>
       </c>
       <c r="F6" s="34" t="s">
         <v>1</v>
       </c>
       <c r="G6" s="33" t="s">
         <v>0</v>
       </c>
       <c r="H6" s="49" t="s">
         <v>1</v>
       </c>
       <c r="I6" s="10"/>
       <c r="J6" s="9"/>
       <c r="K6" s="35" t="s">
         <v>0</v>
       </c>
       <c r="L6" s="33" t="s">
         <v>1</v>
       </c>
       <c r="M6" s="34" t="s">
         <v>0</v>
       </c>
       <c r="N6" s="33" t="s">
         <v>1</v>
       </c>
       <c r="O6" s="33" t="s">
         <v>0</v>
       </c>
       <c r="P6" s="34" t="s">
         <v>1</v>
       </c>
-      <c r="Q6" s="87"/>
+      <c r="Q6" s="84"/>
       <c r="R6" s="8"/>
       <c r="S6" s="11"/>
-      <c r="T6" s="81"/>
+      <c r="T6" s="90"/>
       <c r="U6" s="40" t="s">
         <v>0</v>
       </c>
       <c r="V6" s="40" t="s">
         <v>1</v>
       </c>
       <c r="W6" s="40" t="s">
         <v>0</v>
       </c>
       <c r="X6" s="41" t="s">
         <v>1</v>
       </c>
-      <c r="Y6" s="87"/>
+      <c r="Y6" s="84"/>
     </row>
-    <row r="7" spans="2:25" s="6" customFormat="1" customHeight="1">
-      <c r="B7" s="82"/>
+    <row r="7" spans="2:25" s="6" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="91"/>
       <c r="C7" s="31" t="s">
         <v>4</v>
       </c>
       <c r="D7" s="32" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="31" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="32" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="31" t="s">
         <v>4</v>
       </c>
       <c r="H7" s="50" t="s">
         <v>5</v>
       </c>
       <c r="I7" s="21"/>
       <c r="J7" s="22"/>
       <c r="K7" s="36" t="s">
         <v>4</v>
       </c>
       <c r="L7" s="32" t="s">
         <v>5</v>
       </c>
       <c r="M7" s="31" t="s">
         <v>4</v>
       </c>
       <c r="N7" s="32" t="s">
         <v>5</v>
       </c>
       <c r="O7" s="31" t="s">
         <v>4</v>
       </c>
       <c r="P7" s="32" t="s">
         <v>5</v>
       </c>
-      <c r="Q7" s="88"/>
+      <c r="Q7" s="85"/>
       <c r="R7" s="8"/>
       <c r="S7" s="11"/>
-      <c r="T7" s="82"/>
+      <c r="T7" s="91"/>
       <c r="U7" s="31" t="s">
         <v>4</v>
       </c>
       <c r="V7" s="32" t="s">
         <v>5</v>
       </c>
       <c r="W7" s="31" t="s">
         <v>4</v>
       </c>
       <c r="X7" s="32" t="s">
         <v>5</v>
       </c>
-      <c r="Y7" s="88"/>
+      <c r="Y7" s="85"/>
     </row>
-    <row r="8" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="B8" s="105" t="s">
+    <row r="8" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B8" s="74" t="s">
         <v>47</v>
       </c>
-      <c r="C8" s="107">
+      <c r="C8" s="75">
         <v>455278</v>
       </c>
-      <c r="D8" s="107">
+      <c r="D8" s="75">
         <v>25892</v>
       </c>
-      <c r="E8" s="107">
+      <c r="E8" s="75">
         <v>345812</v>
       </c>
-      <c r="F8" s="107">
+      <c r="F8" s="75">
         <v>21990</v>
       </c>
-      <c r="G8" s="107">
+      <c r="G8" s="75">
         <v>29207</v>
       </c>
-      <c r="H8" s="109">
+      <c r="H8" s="76">
         <v>710</v>
       </c>
       <c r="I8" s="15"/>
       <c r="J8" s="14"/>
-      <c r="K8" s="111">
+      <c r="K8" s="77">
         <v>0</v>
       </c>
-      <c r="L8" s="113">
+      <c r="L8" s="78">
         <v>0</v>
       </c>
-      <c r="M8" s="107">
+      <c r="M8" s="75">
         <v>5929</v>
       </c>
-      <c r="N8" s="107">
+      <c r="N8" s="75">
         <v>387</v>
       </c>
-      <c r="O8" s="115">
+      <c r="O8" s="79">
         <v>7906</v>
       </c>
-      <c r="P8" s="117">
+      <c r="P8" s="80">
         <v>1081</v>
       </c>
-      <c r="Q8" s="118" t="s">
+      <c r="Q8" s="81" t="s">
         <v>74</v>
       </c>
       <c r="S8" s="16"/>
-      <c r="T8" s="105" t="s">
+      <c r="T8" s="74" t="s">
         <v>47</v>
       </c>
-      <c r="U8" s="107">
+      <c r="U8" s="75">
         <v>17536</v>
       </c>
-      <c r="V8" s="115">
+      <c r="V8" s="79">
         <v>995</v>
       </c>
-      <c r="W8" s="115">
+      <c r="W8" s="79">
         <v>48888</v>
       </c>
-      <c r="X8" s="117">
+      <c r="X8" s="80">
         <v>730</v>
       </c>
-      <c r="Y8" s="118" t="s">
+      <c r="Y8" s="81" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="9" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="B9" s="105" t="s">
+    <row r="9" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B9" s="74" t="s">
         <v>48</v>
       </c>
-      <c r="C9" s="107">
+      <c r="C9" s="75">
         <v>470946</v>
       </c>
-      <c r="D9" s="107">
+      <c r="D9" s="75">
         <v>28113</v>
       </c>
-      <c r="E9" s="107">
+      <c r="E9" s="75">
         <v>362945</v>
       </c>
-      <c r="F9" s="107">
+      <c r="F9" s="75">
         <v>24163</v>
       </c>
-      <c r="G9" s="107">
+      <c r="G9" s="75">
         <v>24225</v>
       </c>
-      <c r="H9" s="109">
+      <c r="H9" s="76">
         <v>634</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="14"/>
-      <c r="K9" s="111">
+      <c r="K9" s="77">
         <v>0</v>
       </c>
-      <c r="L9" s="113">
+      <c r="L9" s="78">
         <v>0</v>
       </c>
-      <c r="M9" s="107">
+      <c r="M9" s="75">
         <v>6103</v>
       </c>
-      <c r="N9" s="107">
+      <c r="N9" s="75">
         <v>399</v>
       </c>
-      <c r="O9" s="115">
+      <c r="O9" s="79">
         <v>7683</v>
       </c>
-      <c r="P9" s="117">
+      <c r="P9" s="80">
         <v>1080</v>
       </c>
-      <c r="Q9" s="118" t="s">
+      <c r="Q9" s="81" t="s">
         <v>75</v>
       </c>
       <c r="S9" s="16"/>
-      <c r="T9" s="105" t="s">
+      <c r="T9" s="74" t="s">
         <v>48</v>
       </c>
-      <c r="U9" s="107">
+      <c r="U9" s="75">
         <v>18245</v>
       </c>
-      <c r="V9" s="115">
+      <c r="V9" s="79">
         <v>1040</v>
       </c>
-      <c r="W9" s="115">
+      <c r="W9" s="79">
         <v>51745</v>
       </c>
-      <c r="X9" s="117">
+      <c r="X9" s="80">
         <v>797</v>
       </c>
-      <c r="Y9" s="118" t="s">
+      <c r="Y9" s="81" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="10" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="B10" s="105" t="s">
+    <row r="10" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B10" s="74" t="s">
         <v>49</v>
       </c>
-      <c r="C10" s="107">
+      <c r="C10" s="75">
         <v>514094</v>
       </c>
-      <c r="D10" s="107">
+      <c r="D10" s="75">
         <v>30412</v>
       </c>
-      <c r="E10" s="107">
+      <c r="E10" s="75">
         <v>390584</v>
       </c>
-      <c r="F10" s="107">
+      <c r="F10" s="75">
         <v>26068</v>
       </c>
-      <c r="G10" s="107">
+      <c r="G10" s="75">
         <v>27066</v>
       </c>
-      <c r="H10" s="109">
+      <c r="H10" s="76">
         <v>690</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="14"/>
-      <c r="K10" s="120">
+      <c r="K10" s="82">
         <v>8721</v>
       </c>
-      <c r="L10" s="107">
+      <c r="L10" s="75">
         <v>48</v>
       </c>
-      <c r="M10" s="107">
+      <c r="M10" s="75">
         <v>6432</v>
       </c>
-      <c r="N10" s="107">
+      <c r="N10" s="75">
         <v>439</v>
       </c>
-      <c r="O10" s="115">
+      <c r="O10" s="79">
         <v>8291</v>
       </c>
-      <c r="P10" s="117">
+      <c r="P10" s="80">
         <v>1086</v>
       </c>
-      <c r="Q10" s="118" t="s">
+      <c r="Q10" s="81" t="s">
         <v>76</v>
       </c>
       <c r="S10" s="16"/>
-      <c r="T10" s="105" t="s">
+      <c r="T10" s="74" t="s">
         <v>49</v>
       </c>
-      <c r="U10" s="107">
+      <c r="U10" s="75">
         <v>18943</v>
       </c>
-      <c r="V10" s="115">
+      <c r="V10" s="79">
         <v>1093</v>
       </c>
-      <c r="W10" s="115">
+      <c r="W10" s="79">
         <v>54058</v>
       </c>
-      <c r="X10" s="117">
+      <c r="X10" s="80">
         <v>989</v>
       </c>
-      <c r="Y10" s="118" t="s">
+      <c r="Y10" s="81" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="11" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="B11" s="105" t="s">
+    <row r="11" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B11" s="74" t="s">
         <v>50</v>
       </c>
-      <c r="C11" s="107">
+      <c r="C11" s="75">
         <v>556896</v>
       </c>
-      <c r="D11" s="107">
+      <c r="D11" s="75">
         <v>33664</v>
       </c>
-      <c r="E11" s="107">
+      <c r="E11" s="75">
         <v>417868</v>
       </c>
-      <c r="F11" s="107">
+      <c r="F11" s="75">
         <v>28886</v>
       </c>
-      <c r="G11" s="107">
+      <c r="G11" s="75">
         <v>31507</v>
       </c>
-      <c r="H11" s="109">
+      <c r="H11" s="76">
         <v>858</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="14"/>
-      <c r="K11" s="120">
+      <c r="K11" s="82">
         <v>15339</v>
       </c>
-      <c r="L11" s="107">
+      <c r="L11" s="75">
         <v>105</v>
       </c>
-      <c r="M11" s="107">
+      <c r="M11" s="75">
         <v>6514</v>
       </c>
-      <c r="N11" s="107">
+      <c r="N11" s="75">
         <v>441</v>
       </c>
-      <c r="O11" s="115">
+      <c r="O11" s="79">
         <v>8181</v>
       </c>
-      <c r="P11" s="117">
+      <c r="P11" s="80">
         <v>1120</v>
       </c>
-      <c r="Q11" s="118" t="s">
+      <c r="Q11" s="81" t="s">
         <v>77</v>
       </c>
       <c r="S11" s="16"/>
-      <c r="T11" s="105" t="s">
+      <c r="T11" s="74" t="s">
         <v>50</v>
       </c>
-      <c r="U11" s="107">
+      <c r="U11" s="75">
         <v>19799</v>
       </c>
-      <c r="V11" s="115">
+      <c r="V11" s="79">
         <v>1166</v>
       </c>
-      <c r="W11" s="115">
+      <c r="W11" s="79">
         <v>57689</v>
       </c>
-      <c r="X11" s="117">
+      <c r="X11" s="80">
         <v>1089</v>
       </c>
-      <c r="Y11" s="118" t="s">
+      <c r="Y11" s="81" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="12" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="B12" s="105" t="s">
+    <row r="12" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B12" s="74" t="s">
         <v>51</v>
       </c>
-      <c r="C12" s="107">
+      <c r="C12" s="75">
         <v>578790</v>
       </c>
-      <c r="D12" s="107">
+      <c r="D12" s="75">
         <v>36439</v>
       </c>
-      <c r="E12" s="107">
+      <c r="E12" s="75">
         <v>438850</v>
       </c>
-      <c r="F12" s="107">
+      <c r="F12" s="75">
         <v>31537</v>
       </c>
-      <c r="G12" s="107">
+      <c r="G12" s="75">
         <v>27767</v>
       </c>
-      <c r="H12" s="109">
+      <c r="H12" s="76">
         <v>885</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="14"/>
-      <c r="K12" s="120">
+      <c r="K12" s="82">
         <v>15559</v>
       </c>
-      <c r="L12" s="107">
+      <c r="L12" s="75">
         <v>127</v>
       </c>
-      <c r="M12" s="107">
+      <c r="M12" s="75">
         <v>6877</v>
       </c>
-      <c r="N12" s="107">
+      <c r="N12" s="75">
         <v>447</v>
       </c>
-      <c r="O12" s="115">
+      <c r="O12" s="79">
         <v>9376</v>
       </c>
-      <c r="P12" s="117">
+      <c r="P12" s="80">
         <v>1170</v>
       </c>
-      <c r="Q12" s="118" t="s">
+      <c r="Q12" s="81" t="s">
         <v>78</v>
       </c>
       <c r="S12" s="16"/>
-      <c r="T12" s="105" t="s">
+      <c r="T12" s="74" t="s">
         <v>51</v>
       </c>
-      <c r="U12" s="107">
+      <c r="U12" s="75">
         <v>20070</v>
       </c>
-      <c r="V12" s="115">
+      <c r="V12" s="79">
         <v>1218</v>
       </c>
-      <c r="W12" s="115">
+      <c r="W12" s="79">
         <v>60292</v>
       </c>
-      <c r="X12" s="117">
+      <c r="X12" s="80">
         <v>1055</v>
       </c>
-      <c r="Y12" s="118" t="s">
+      <c r="Y12" s="81" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="13" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="B13" s="105" t="s">
+    <row r="13" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B13" s="74" t="s">
         <v>52</v>
       </c>
-      <c r="C13" s="107">
+      <c r="C13" s="75">
         <v>594813</v>
       </c>
-      <c r="D13" s="107">
+      <c r="D13" s="75">
         <v>38479</v>
       </c>
-      <c r="E13" s="107">
+      <c r="E13" s="75">
         <v>449659</v>
       </c>
-      <c r="F13" s="107">
+      <c r="F13" s="75">
         <v>33430</v>
       </c>
-      <c r="G13" s="107">
+      <c r="G13" s="75">
         <v>28552</v>
       </c>
-      <c r="H13" s="109">
+      <c r="H13" s="76">
         <v>853</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="14"/>
-      <c r="K13" s="120">
+      <c r="K13" s="82">
         <v>16651</v>
       </c>
-      <c r="L13" s="107">
+      <c r="L13" s="75">
         <v>121</v>
       </c>
-      <c r="M13" s="107">
+      <c r="M13" s="75">
         <v>7095</v>
       </c>
-      <c r="N13" s="107">
+      <c r="N13" s="75">
         <v>469</v>
       </c>
-      <c r="O13" s="115">
+      <c r="O13" s="79">
         <v>9865</v>
       </c>
-      <c r="P13" s="117">
+      <c r="P13" s="80">
         <v>1172</v>
       </c>
-      <c r="Q13" s="118" t="s">
+      <c r="Q13" s="81" t="s">
         <v>79</v>
       </c>
       <c r="S13" s="16"/>
-      <c r="T13" s="105" t="s">
+      <c r="T13" s="74" t="s">
         <v>52</v>
       </c>
-      <c r="U13" s="107">
+      <c r="U13" s="75">
         <v>20821</v>
       </c>
-      <c r="V13" s="115">
+      <c r="V13" s="79">
         <v>1254</v>
       </c>
-      <c r="W13" s="115">
+      <c r="W13" s="79">
         <v>62170</v>
       </c>
-      <c r="X13" s="117">
+      <c r="X13" s="80">
         <v>1181</v>
       </c>
-      <c r="Y13" s="118" t="s">
+      <c r="Y13" s="81" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="14" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="B14" s="105" t="s">
+    <row r="14" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="74" t="s">
         <v>53</v>
       </c>
-      <c r="C14" s="107">
+      <c r="C14" s="75">
         <v>617912</v>
       </c>
-      <c r="D14" s="107">
+      <c r="D14" s="75">
         <v>40135</v>
       </c>
-      <c r="E14" s="107">
+      <c r="E14" s="75">
         <v>468702</v>
       </c>
-      <c r="F14" s="107">
+      <c r="F14" s="75">
         <v>34757</v>
       </c>
-      <c r="G14" s="107">
+      <c r="G14" s="75">
         <v>29623</v>
       </c>
-      <c r="H14" s="109">
+      <c r="H14" s="76">
         <v>909</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="14"/>
-      <c r="K14" s="120">
+      <c r="K14" s="82">
         <v>18710</v>
       </c>
-      <c r="L14" s="107">
+      <c r="L14" s="75">
         <v>182</v>
       </c>
-      <c r="M14" s="107">
+      <c r="M14" s="75">
         <v>7273</v>
       </c>
-      <c r="N14" s="107">
+      <c r="N14" s="75">
         <v>492</v>
       </c>
-      <c r="O14" s="115">
+      <c r="O14" s="79">
         <v>10340</v>
       </c>
-      <c r="P14" s="117">
+      <c r="P14" s="80">
         <v>1224</v>
       </c>
-      <c r="Q14" s="118" t="s">
+      <c r="Q14" s="81" t="s">
         <v>80</v>
       </c>
       <c r="S14" s="16"/>
-      <c r="T14" s="105" t="s">
+      <c r="T14" s="74" t="s">
         <v>53</v>
       </c>
-      <c r="U14" s="107">
+      <c r="U14" s="75">
         <v>20554</v>
       </c>
-      <c r="V14" s="115">
+      <c r="V14" s="79">
         <v>1299</v>
       </c>
-      <c r="W14" s="115">
+      <c r="W14" s="79">
         <v>62709</v>
       </c>
-      <c r="X14" s="117">
+      <c r="X14" s="80">
         <v>1272</v>
       </c>
-      <c r="Y14" s="118" t="s">
+      <c r="Y14" s="81" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="15" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="B15" s="105" t="s">
+    <row r="15" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="74" t="s">
         <v>54</v>
       </c>
-      <c r="C15" s="107">
+      <c r="C15" s="75">
         <v>641945</v>
       </c>
-      <c r="D15" s="107">
+      <c r="D15" s="75">
         <v>42580</v>
       </c>
-      <c r="E15" s="107">
+      <c r="E15" s="75">
         <v>489907</v>
       </c>
-      <c r="F15" s="107">
+      <c r="F15" s="75">
         <v>37079</v>
       </c>
-      <c r="G15" s="107">
+      <c r="G15" s="75">
         <v>32521</v>
       </c>
-      <c r="H15" s="109">
+      <c r="H15" s="76">
         <v>946</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="14"/>
-      <c r="K15" s="120">
+      <c r="K15" s="82">
         <v>17305</v>
       </c>
-      <c r="L15" s="107">
+      <c r="L15" s="75">
         <v>179</v>
       </c>
-      <c r="M15" s="107">
+      <c r="M15" s="75">
         <v>7335</v>
       </c>
-      <c r="N15" s="107">
+      <c r="N15" s="75">
         <v>511</v>
       </c>
-      <c r="O15" s="115">
+      <c r="O15" s="79">
         <v>10141</v>
       </c>
-      <c r="P15" s="117">
+      <c r="P15" s="80">
         <v>1237</v>
       </c>
-      <c r="Q15" s="118" t="s">
+      <c r="Q15" s="81" t="s">
         <v>81</v>
       </c>
       <c r="S15" s="16"/>
-      <c r="T15" s="105" t="s">
+      <c r="T15" s="74" t="s">
         <v>54</v>
       </c>
-      <c r="U15" s="107">
+      <c r="U15" s="75">
         <v>20889</v>
       </c>
-      <c r="V15" s="115">
+      <c r="V15" s="79">
         <v>1349</v>
       </c>
-      <c r="W15" s="115">
+      <c r="W15" s="79">
         <v>63847</v>
       </c>
-      <c r="X15" s="117">
+      <c r="X15" s="80">
         <v>1279</v>
       </c>
-      <c r="Y15" s="118" t="s">
+      <c r="Y15" s="81" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="16" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="B16" s="105" t="s">
+    <row r="16" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="74" t="s">
         <v>55</v>
       </c>
-      <c r="C16" s="107">
+      <c r="C16" s="75">
         <v>666816</v>
       </c>
-      <c r="D16" s="107">
+      <c r="D16" s="75">
         <v>46019</v>
       </c>
-      <c r="E16" s="107">
+      <c r="E16" s="75">
         <v>512702</v>
       </c>
-      <c r="F16" s="107">
+      <c r="F16" s="75">
         <v>39876</v>
       </c>
-      <c r="G16" s="107">
+      <c r="G16" s="75">
         <v>32013</v>
       </c>
-      <c r="H16" s="109">
+      <c r="H16" s="76">
         <v>1186</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="14"/>
-      <c r="K16" s="120">
+      <c r="K16" s="82">
         <v>18094</v>
       </c>
-      <c r="L16" s="107">
+      <c r="L16" s="75">
         <v>197</v>
       </c>
-      <c r="M16" s="107">
+      <c r="M16" s="75">
         <v>7619</v>
       </c>
-      <c r="N16" s="107">
+      <c r="N16" s="75">
         <v>541</v>
       </c>
-      <c r="O16" s="115">
+      <c r="O16" s="79">
         <v>10046</v>
       </c>
-      <c r="P16" s="117">
+      <c r="P16" s="80">
         <v>1285</v>
       </c>
-      <c r="Q16" s="118" t="s">
+      <c r="Q16" s="81" t="s">
         <v>82</v>
       </c>
       <c r="S16" s="16"/>
-      <c r="T16" s="105" t="s">
+      <c r="T16" s="74" t="s">
         <v>55</v>
       </c>
-      <c r="U16" s="107">
+      <c r="U16" s="75">
         <v>21276</v>
       </c>
-      <c r="V16" s="115">
+      <c r="V16" s="79">
         <v>1396</v>
       </c>
-      <c r="W16" s="115">
+      <c r="W16" s="79">
         <v>65066</v>
       </c>
-      <c r="X16" s="117">
+      <c r="X16" s="80">
         <v>1540</v>
       </c>
-      <c r="Y16" s="118" t="s">
+      <c r="Y16" s="81" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="17" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="B17" s="105" t="s">
+    <row r="17" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="74" t="s">
         <v>56</v>
       </c>
-      <c r="C17" s="107">
+      <c r="C17" s="75">
         <v>715104</v>
       </c>
-      <c r="D17" s="107">
+      <c r="D17" s="75">
         <v>47880</v>
       </c>
-      <c r="E17" s="107">
+      <c r="E17" s="75">
         <v>555458</v>
       </c>
-      <c r="F17" s="107">
+      <c r="F17" s="75">
         <v>41335</v>
       </c>
-      <c r="G17" s="107">
+      <c r="G17" s="75">
         <v>33742</v>
       </c>
-      <c r="H17" s="109">
+      <c r="H17" s="76">
         <v>1308</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="14"/>
-      <c r="K17" s="120">
+      <c r="K17" s="82">
         <v>17712</v>
       </c>
-      <c r="L17" s="107">
+      <c r="L17" s="75">
         <v>237</v>
       </c>
-      <c r="M17" s="107">
+      <c r="M17" s="75">
         <v>8067</v>
       </c>
-      <c r="N17" s="107">
+      <c r="N17" s="75">
         <v>552</v>
       </c>
-      <c r="O17" s="115">
+      <c r="O17" s="79">
         <v>11053</v>
       </c>
-      <c r="P17" s="117">
+      <c r="P17" s="80">
         <v>1392</v>
       </c>
-      <c r="Q17" s="118" t="s">
+      <c r="Q17" s="81" t="s">
         <v>83</v>
       </c>
       <c r="S17" s="16"/>
-      <c r="T17" s="105" t="s">
+      <c r="T17" s="74" t="s">
         <v>56</v>
       </c>
-      <c r="U17" s="107">
+      <c r="U17" s="75">
         <v>22431</v>
       </c>
-      <c r="V17" s="115">
+      <c r="V17" s="79">
         <v>1428</v>
       </c>
-      <c r="W17" s="115">
+      <c r="W17" s="79">
         <v>66640</v>
       </c>
-      <c r="X17" s="117">
+      <c r="X17" s="80">
         <v>1627</v>
       </c>
-      <c r="Y17" s="118" t="s">
+      <c r="Y17" s="81" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="18" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="B18" s="105" t="s">
+    <row r="18" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="74" t="s">
         <v>57</v>
       </c>
-      <c r="C18" s="107">
+      <c r="C18" s="75">
         <v>753237</v>
       </c>
-      <c r="D18" s="107">
+      <c r="D18" s="75">
         <v>49327</v>
       </c>
-      <c r="E18" s="107">
+      <c r="E18" s="75">
         <v>592677</v>
       </c>
-      <c r="F18" s="107">
+      <c r="F18" s="75">
         <v>42610</v>
       </c>
-      <c r="G18" s="107">
+      <c r="G18" s="75">
         <v>30527</v>
       </c>
-      <c r="H18" s="109">
+      <c r="H18" s="76">
         <v>1290</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="14"/>
-      <c r="K18" s="120">
+      <c r="K18" s="82">
         <v>18425</v>
       </c>
-      <c r="L18" s="107">
+      <c r="L18" s="75">
         <v>287</v>
       </c>
-      <c r="M18" s="107">
+      <c r="M18" s="75">
         <v>8621</v>
       </c>
-      <c r="N18" s="107">
+      <c r="N18" s="75">
         <v>587</v>
       </c>
-      <c r="O18" s="115">
+      <c r="O18" s="79">
         <v>10532</v>
       </c>
-      <c r="P18" s="117">
+      <c r="P18" s="80">
         <v>1378</v>
       </c>
-      <c r="Q18" s="118" t="s">
+      <c r="Q18" s="81" t="s">
         <v>84</v>
       </c>
       <c r="S18" s="16"/>
-      <c r="T18" s="105" t="s">
+      <c r="T18" s="74" t="s">
         <v>57</v>
       </c>
-      <c r="U18" s="107">
+      <c r="U18" s="75">
         <v>23779</v>
       </c>
-      <c r="V18" s="115">
+      <c r="V18" s="79">
         <v>1470</v>
       </c>
-      <c r="W18" s="115">
+      <c r="W18" s="79">
         <v>68676</v>
       </c>
-      <c r="X18" s="117">
+      <c r="X18" s="80">
         <v>1706</v>
       </c>
-      <c r="Y18" s="118" t="s">
+      <c r="Y18" s="81" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="19" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="B19" s="105" t="s">
+    <row r="19" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B19" s="74" t="s">
         <v>58</v>
       </c>
-      <c r="C19" s="107">
+      <c r="C19" s="75">
         <v>803012</v>
       </c>
-      <c r="D19" s="107">
+      <c r="D19" s="75">
         <v>49061</v>
       </c>
-      <c r="E19" s="107">
+      <c r="E19" s="75">
         <v>632938</v>
       </c>
-      <c r="F19" s="107">
+      <c r="F19" s="75">
         <v>42729</v>
       </c>
-      <c r="G19" s="107">
+      <c r="G19" s="75">
         <v>39043</v>
       </c>
-      <c r="H19" s="109">
+      <c r="H19" s="76">
         <v>1303</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="14"/>
-      <c r="K19" s="120">
+      <c r="K19" s="82">
         <v>15813</v>
       </c>
-      <c r="L19" s="107">
+      <c r="L19" s="75">
         <v>333</v>
       </c>
-      <c r="M19" s="107">
+      <c r="M19" s="75">
         <v>8962</v>
       </c>
-      <c r="N19" s="107">
+      <c r="N19" s="75">
         <v>612</v>
       </c>
-      <c r="O19" s="115">
+      <c r="O19" s="79">
         <v>10396</v>
       </c>
-      <c r="P19" s="117">
+      <c r="P19" s="80">
         <v>1205</v>
       </c>
-      <c r="Q19" s="118" t="s">
+      <c r="Q19" s="81" t="s">
         <v>85</v>
       </c>
       <c r="S19" s="16"/>
-      <c r="T19" s="105" t="s">
+      <c r="T19" s="74" t="s">
         <v>58</v>
       </c>
-      <c r="U19" s="107">
+      <c r="U19" s="75">
         <v>24448</v>
       </c>
-      <c r="V19" s="115">
+      <c r="V19" s="79">
         <v>1532</v>
       </c>
-      <c r="W19" s="115">
+      <c r="W19" s="79">
         <v>71413</v>
       </c>
-      <c r="X19" s="117">
+      <c r="X19" s="80">
         <v>1347</v>
       </c>
-      <c r="Y19" s="118" t="s">
+      <c r="Y19" s="81" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="20" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="B20" s="105" t="s">
+    <row r="20" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B20" s="74" t="s">
         <v>59</v>
       </c>
-      <c r="C20" s="107">
+      <c r="C20" s="75">
         <v>840432</v>
       </c>
-      <c r="D20" s="107">
+      <c r="D20" s="75">
         <v>55129</v>
       </c>
-      <c r="E20" s="107">
+      <c r="E20" s="75">
         <v>669614</v>
       </c>
-      <c r="F20" s="107">
+      <c r="F20" s="75">
         <v>48123</v>
       </c>
-      <c r="G20" s="107">
+      <c r="G20" s="75">
         <v>34181</v>
       </c>
-      <c r="H20" s="109">
+      <c r="H20" s="76">
         <v>1372</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="14"/>
-      <c r="K20" s="120">
+      <c r="K20" s="82">
         <v>16661</v>
       </c>
-      <c r="L20" s="107">
+      <c r="L20" s="75">
         <v>319</v>
       </c>
-      <c r="M20" s="107">
+      <c r="M20" s="75">
         <v>9330</v>
       </c>
-      <c r="N20" s="107">
+      <c r="N20" s="75">
         <v>642</v>
       </c>
-      <c r="O20" s="115">
+      <c r="O20" s="79">
         <v>11212</v>
       </c>
-      <c r="P20" s="117">
+      <c r="P20" s="80">
         <v>1371</v>
       </c>
-      <c r="Q20" s="118" t="s">
+      <c r="Q20" s="81" t="s">
         <v>86</v>
       </c>
       <c r="S20" s="16"/>
-      <c r="T20" s="105" t="s">
+      <c r="T20" s="74" t="s">
         <v>59</v>
       </c>
-      <c r="U20" s="107">
+      <c r="U20" s="75">
         <v>25209</v>
       </c>
-      <c r="V20" s="115">
+      <c r="V20" s="79">
         <v>1609</v>
       </c>
-      <c r="W20" s="115">
+      <c r="W20" s="79">
         <v>74225</v>
       </c>
-      <c r="X20" s="117">
+      <c r="X20" s="80">
         <v>1692</v>
       </c>
-      <c r="Y20" s="118" t="s">
+      <c r="Y20" s="81" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="21" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="B21" s="105" t="s">
+    <row r="21" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="74" t="s">
         <v>60</v>
       </c>
-      <c r="C21" s="107">
-[...2 lines deleted...]
-      <c r="D21" s="107">
+      <c r="C21" s="75">
+        <v>793633</v>
+      </c>
+      <c r="D21" s="75">
         <v>59294</v>
       </c>
-      <c r="E21" s="107">
+      <c r="E21" s="75">
         <v>720725</v>
       </c>
-      <c r="F21" s="107">
+      <c r="F21" s="75">
         <v>51875</v>
       </c>
-      <c r="G21" s="107">
+      <c r="G21" s="75">
         <v>35119</v>
       </c>
-      <c r="H21" s="109">
+      <c r="H21" s="76">
         <v>1462</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="14"/>
-      <c r="K21" s="120">
+      <c r="K21" s="82">
         <v>15478</v>
       </c>
-      <c r="L21" s="107">
+      <c r="L21" s="75">
         <v>343</v>
       </c>
-      <c r="M21" s="107">
+      <c r="M21" s="75">
         <v>9757</v>
       </c>
-      <c r="N21" s="107">
+      <c r="N21" s="75">
         <v>661</v>
       </c>
-      <c r="O21" s="115">
+      <c r="O21" s="79">
         <v>12553</v>
       </c>
-      <c r="P21" s="117">
+      <c r="P21" s="80">
         <v>1374</v>
       </c>
-      <c r="Q21" s="118" t="s">
+      <c r="Q21" s="81" t="s">
         <v>87</v>
       </c>
       <c r="S21" s="16"/>
-      <c r="T21" s="105" t="s">
+      <c r="T21" s="74" t="s">
         <v>60</v>
       </c>
-      <c r="U21" s="107">
-[...2 lines deleted...]
-      <c r="V21" s="115">
+      <c r="U21" s="78">
+        <v>0</v>
+      </c>
+      <c r="V21" s="79">
         <v>1686</v>
       </c>
-      <c r="W21" s="115">
+      <c r="W21" s="79">
         <v>75945</v>
       </c>
-      <c r="X21" s="117">
+      <c r="X21" s="80">
         <v>1893</v>
       </c>
-      <c r="Y21" s="118" t="s">
+      <c r="Y21" s="81" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="22" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="22" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="52" t="s">
         <v>61</v>
       </c>
-      <c r="C22" s="106">
-[...15 lines deleted...]
-        <v>1445</v>
+      <c r="C22" s="53">
+        <v>880411</v>
+      </c>
+      <c r="D22" s="53">
+        <v>58826</v>
+      </c>
+      <c r="E22" s="53">
+        <v>707540</v>
+      </c>
+      <c r="F22" s="53">
+        <v>51236</v>
+      </c>
+      <c r="G22" s="53">
+        <v>33585</v>
+      </c>
+      <c r="H22" s="54">
+        <v>1416</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="14"/>
-      <c r="K22" s="119">
-[...15 lines deleted...]
-        <v>1346</v>
+      <c r="K22" s="58">
+        <v>15763</v>
+      </c>
+      <c r="L22" s="53">
+        <v>358</v>
+      </c>
+      <c r="M22" s="53">
+        <v>9625</v>
+      </c>
+      <c r="N22" s="53">
+        <v>665</v>
+      </c>
+      <c r="O22" s="56">
+        <v>12542</v>
+      </c>
+      <c r="P22" s="57">
+        <v>1394</v>
       </c>
       <c r="Q22" s="42" t="s">
         <v>88</v>
       </c>
       <c r="S22" s="16"/>
       <c r="T22" s="52" t="s">
         <v>61</v>
       </c>
-      <c r="U22" s="106">
-[...9 lines deleted...]
-        <v>2070</v>
+      <c r="U22" s="53">
+        <v>25617</v>
+      </c>
+      <c r="V22" s="56">
+        <v>1727</v>
+      </c>
+      <c r="W22" s="56">
+        <v>75738</v>
+      </c>
+      <c r="X22" s="57">
+        <v>2030</v>
       </c>
       <c r="Y22" s="42" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="23" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="23" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="52" t="s">
         <v>62</v>
       </c>
-      <c r="C23" s="106">
-[...15 lines deleted...]
-        <v>1407</v>
+      <c r="C23" s="53">
+        <v>887347</v>
+      </c>
+      <c r="D23" s="53">
+        <v>58826</v>
+      </c>
+      <c r="E23" s="53">
+        <v>713777</v>
+      </c>
+      <c r="F23" s="53">
+        <v>51224</v>
+      </c>
+      <c r="G23" s="53">
+        <v>35429</v>
+      </c>
+      <c r="H23" s="54">
+        <v>1428</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="14"/>
-      <c r="K23" s="119">
-[...15 lines deleted...]
-        <v>1373</v>
+      <c r="K23" s="58">
+        <v>14460</v>
+      </c>
+      <c r="L23" s="53">
+        <v>359</v>
+      </c>
+      <c r="M23" s="53">
+        <v>9686</v>
+      </c>
+      <c r="N23" s="53">
+        <v>667</v>
+      </c>
+      <c r="O23" s="56">
+        <v>12499</v>
+      </c>
+      <c r="P23" s="57">
+        <v>1378</v>
       </c>
       <c r="Q23" s="42" t="s">
         <v>89</v>
       </c>
       <c r="S23" s="16"/>
       <c r="T23" s="52" t="s">
         <v>62</v>
       </c>
-      <c r="U23" s="106">
-[...9 lines deleted...]
-        <v>2068</v>
+      <c r="U23" s="53">
+        <v>25625</v>
+      </c>
+      <c r="V23" s="56">
+        <v>1752</v>
+      </c>
+      <c r="W23" s="56">
+        <v>75871</v>
+      </c>
+      <c r="X23" s="57">
+        <v>2018</v>
       </c>
       <c r="Y23" s="42" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="24" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="24" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B24" s="52" t="s">
         <v>63</v>
       </c>
-      <c r="C24" s="106">
-[...15 lines deleted...]
-        <v>1416</v>
+      <c r="C24" s="53">
+        <v>891609</v>
+      </c>
+      <c r="D24" s="53">
+        <v>59156</v>
+      </c>
+      <c r="E24" s="53">
+        <v>717708</v>
+      </c>
+      <c r="F24" s="53">
+        <v>51631</v>
+      </c>
+      <c r="G24" s="53">
+        <v>34804</v>
+      </c>
+      <c r="H24" s="54">
+        <v>1435</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="14"/>
-      <c r="K24" s="119">
-[...15 lines deleted...]
-        <v>1394</v>
+      <c r="K24" s="58">
+        <v>15140</v>
+      </c>
+      <c r="L24" s="53">
+        <v>343</v>
+      </c>
+      <c r="M24" s="53">
+        <v>9719</v>
+      </c>
+      <c r="N24" s="53">
+        <v>668</v>
+      </c>
+      <c r="O24" s="56">
+        <v>12595</v>
+      </c>
+      <c r="P24" s="57">
+        <v>1384</v>
       </c>
       <c r="Q24" s="42" t="s">
         <v>90</v>
       </c>
       <c r="S24" s="16"/>
       <c r="T24" s="52" t="s">
         <v>63</v>
       </c>
-      <c r="U24" s="106">
-[...9 lines deleted...]
-        <v>2030</v>
+      <c r="U24" s="53">
+        <v>25702</v>
+      </c>
+      <c r="V24" s="56">
+        <v>1753</v>
+      </c>
+      <c r="W24" s="56">
+        <v>75941</v>
+      </c>
+      <c r="X24" s="57">
+        <v>1942</v>
       </c>
       <c r="Y24" s="42" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="25" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="25" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="52" t="s">
         <v>64</v>
       </c>
-      <c r="C25" s="106">
-[...15 lines deleted...]
-        <v>1428</v>
+      <c r="C25" s="53">
+        <v>793633</v>
+      </c>
+      <c r="D25" s="53">
+        <v>59294</v>
+      </c>
+      <c r="E25" s="53">
+        <v>720725</v>
+      </c>
+      <c r="F25" s="53">
+        <v>51875</v>
+      </c>
+      <c r="G25" s="53">
+        <v>35119</v>
+      </c>
+      <c r="H25" s="54">
+        <v>1462</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="14"/>
-      <c r="K25" s="119">
-[...15 lines deleted...]
-        <v>1378</v>
+      <c r="K25" s="58">
+        <v>15478</v>
+      </c>
+      <c r="L25" s="53">
+        <v>343</v>
+      </c>
+      <c r="M25" s="53">
+        <v>9757</v>
+      </c>
+      <c r="N25" s="53">
+        <v>661</v>
+      </c>
+      <c r="O25" s="56">
+        <v>12553</v>
+      </c>
+      <c r="P25" s="57">
+        <v>1374</v>
       </c>
       <c r="Q25" s="42" t="s">
         <v>91</v>
       </c>
       <c r="S25" s="16"/>
       <c r="T25" s="52" t="s">
         <v>64</v>
       </c>
-      <c r="U25" s="106">
-[...9 lines deleted...]
-        <v>2018</v>
+      <c r="U25" s="55">
+        <v>0</v>
+      </c>
+      <c r="V25" s="56">
+        <v>1686</v>
+      </c>
+      <c r="W25" s="56">
+        <v>75945</v>
+      </c>
+      <c r="X25" s="57">
+        <v>1893</v>
       </c>
       <c r="Y25" s="42" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="26" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="B26" s="52" t="s">
+    <row r="26" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="74" t="s">
         <v>65</v>
       </c>
-      <c r="C26" s="106">
-[...16 lines deleted...]
-      </c>
+      <c r="C26" s="53"/>
+      <c r="D26" s="53"/>
+      <c r="E26" s="53"/>
+      <c r="F26" s="53"/>
+      <c r="G26" s="53"/>
+      <c r="H26" s="54"/>
       <c r="I26" s="15"/>
       <c r="J26" s="14"/>
-      <c r="K26" s="119">
-[...17 lines deleted...]
-      <c r="Q26" s="42" t="s">
+      <c r="K26" s="58"/>
+      <c r="L26" s="53"/>
+      <c r="M26" s="53"/>
+      <c r="N26" s="53"/>
+      <c r="O26" s="56"/>
+      <c r="P26" s="57"/>
+      <c r="Q26" s="81" t="s">
         <v>92</v>
       </c>
       <c r="S26" s="16"/>
-      <c r="T26" s="52" t="s">
+      <c r="T26" s="74" t="s">
         <v>65</v>
       </c>
-      <c r="U26" s="106">
-[...11 lines deleted...]
-      <c r="Y26" s="42" t="s">
+      <c r="U26" s="55"/>
+      <c r="V26" s="59"/>
+      <c r="W26" s="56"/>
+      <c r="X26" s="57"/>
+      <c r="Y26" s="81" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="27" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="27" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B27" s="52" t="s">
         <v>66</v>
       </c>
-      <c r="C27" s="106">
-[...15 lines deleted...]
-        <v>1462</v>
+      <c r="C27" s="53">
+        <v>900168</v>
+      </c>
+      <c r="D27" s="53">
+        <v>59868</v>
+      </c>
+      <c r="E27" s="53">
+        <v>725096</v>
+      </c>
+      <c r="F27" s="53">
+        <v>52338</v>
+      </c>
+      <c r="G27" s="53">
+        <v>35326</v>
+      </c>
+      <c r="H27" s="54">
+        <v>1482</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="14"/>
-      <c r="K27" s="119">
-[...15 lines deleted...]
-        <v>1374</v>
+      <c r="K27" s="58">
+        <v>14732</v>
+      </c>
+      <c r="L27" s="53">
+        <v>354</v>
+      </c>
+      <c r="M27" s="53">
+        <v>9749</v>
+      </c>
+      <c r="N27" s="53">
+        <v>667</v>
+      </c>
+      <c r="O27" s="56">
+        <v>12667</v>
+      </c>
+      <c r="P27" s="57">
+        <v>1378</v>
       </c>
       <c r="Q27" s="42" t="s">
         <v>93</v>
       </c>
       <c r="S27" s="16"/>
       <c r="T27" s="52" t="s">
         <v>66</v>
       </c>
-      <c r="U27" s="106">
-[...9 lines deleted...]
-        <v>1893</v>
+      <c r="U27" s="53">
+        <v>25636</v>
+      </c>
+      <c r="V27" s="56">
+        <v>1700</v>
+      </c>
+      <c r="W27" s="56">
+        <v>76962</v>
+      </c>
+      <c r="X27" s="57">
+        <v>1948</v>
       </c>
       <c r="Y27" s="42" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="28" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="B28" s="105" t="s">
+    <row r="28" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B28" s="52" t="s">
         <v>67</v>
       </c>
-      <c r="C28" s="53"/>
-[...4 lines deleted...]
-      <c r="H28" s="54"/>
+      <c r="C28" s="53">
+        <v>904953</v>
+      </c>
+      <c r="D28" s="53">
+        <v>60687</v>
+      </c>
+      <c r="E28" s="53">
+        <v>729318</v>
+      </c>
+      <c r="F28" s="53">
+        <v>53101</v>
+      </c>
+      <c r="G28" s="53">
+        <v>35621</v>
+      </c>
+      <c r="H28" s="54">
+        <v>1512</v>
+      </c>
       <c r="I28" s="15"/>
       <c r="J28" s="14"/>
-      <c r="K28" s="58"/>
-[...5 lines deleted...]
-      <c r="Q28" s="118" t="s">
+      <c r="K28" s="58">
+        <v>15038</v>
+      </c>
+      <c r="L28" s="53">
+        <v>354</v>
+      </c>
+      <c r="M28" s="53">
+        <v>9772</v>
+      </c>
+      <c r="N28" s="53">
+        <v>673</v>
+      </c>
+      <c r="O28" s="56">
+        <v>12398</v>
+      </c>
+      <c r="P28" s="57">
+        <v>1405</v>
+      </c>
+      <c r="Q28" s="42" t="s">
         <v>94</v>
       </c>
       <c r="S28" s="16"/>
-      <c r="T28" s="105" t="s">
+      <c r="T28" s="52" t="s">
         <v>67</v>
       </c>
-      <c r="U28" s="55"/>
-[...3 lines deleted...]
-      <c r="Y28" s="118" t="s">
+      <c r="U28" s="53">
+        <v>25758</v>
+      </c>
+      <c r="V28" s="56">
+        <v>1711</v>
+      </c>
+      <c r="W28" s="56">
+        <v>77048</v>
+      </c>
+      <c r="X28" s="57">
+        <v>1931</v>
+      </c>
+      <c r="Y28" s="42" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="29" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="29" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="52" t="s">
         <v>68</v>
       </c>
-      <c r="C29" s="106">
-[...15 lines deleted...]
-        <v>1482</v>
+      <c r="C29" s="53">
+        <v>802803</v>
+      </c>
+      <c r="D29" s="53">
+        <v>60616</v>
+      </c>
+      <c r="E29" s="53">
+        <v>729602</v>
+      </c>
+      <c r="F29" s="53">
+        <v>53270</v>
+      </c>
+      <c r="G29" s="53">
+        <v>36519</v>
+      </c>
+      <c r="H29" s="54">
+        <v>1520</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="14"/>
-      <c r="K29" s="119">
-[...15 lines deleted...]
-        <v>1378</v>
+      <c r="K29" s="58">
+        <v>14434</v>
+      </c>
+      <c r="L29" s="53">
+        <v>356</v>
+      </c>
+      <c r="M29" s="53">
+        <v>9715</v>
+      </c>
+      <c r="N29" s="53">
+        <v>665</v>
+      </c>
+      <c r="O29" s="56">
+        <v>12532</v>
+      </c>
+      <c r="P29" s="57">
+        <v>1407</v>
       </c>
       <c r="Q29" s="42" t="s">
         <v>95</v>
       </c>
       <c r="S29" s="16"/>
       <c r="T29" s="52" t="s">
         <v>68</v>
       </c>
-      <c r="U29" s="106">
-[...9 lines deleted...]
-        <v>1948</v>
+      <c r="U29" s="55">
+        <v>0</v>
+      </c>
+      <c r="V29" s="56">
+        <v>1719</v>
+      </c>
+      <c r="W29" s="56">
+        <v>76835</v>
+      </c>
+      <c r="X29" s="57">
+        <v>1679</v>
       </c>
       <c r="Y29" s="42" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="30" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="30" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="52" t="s">
         <v>69</v>
       </c>
-      <c r="C30" s="106">
-[...15 lines deleted...]
-        <v>1512</v>
+      <c r="C30" s="53">
+        <v>903663</v>
+      </c>
+      <c r="D30" s="53">
+        <v>60418</v>
+      </c>
+      <c r="E30" s="53">
+        <v>729398</v>
+      </c>
+      <c r="F30" s="53">
+        <v>53157</v>
+      </c>
+      <c r="G30" s="53">
+        <v>36427</v>
+      </c>
+      <c r="H30" s="54">
+        <v>1524</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="14"/>
-      <c r="K30" s="119">
-[...15 lines deleted...]
-        <v>1405</v>
+      <c r="K30" s="58">
+        <v>13363</v>
+      </c>
+      <c r="L30" s="53">
+        <v>360</v>
+      </c>
+      <c r="M30" s="53">
+        <v>9736</v>
+      </c>
+      <c r="N30" s="53">
+        <v>667</v>
+      </c>
+      <c r="O30" s="56">
+        <v>12640</v>
+      </c>
+      <c r="P30" s="57">
+        <v>1393</v>
       </c>
       <c r="Q30" s="42" t="s">
         <v>96</v>
       </c>
       <c r="S30" s="16"/>
       <c r="T30" s="52" t="s">
         <v>69</v>
       </c>
-      <c r="U30" s="106">
-[...9 lines deleted...]
-        <v>1931</v>
+      <c r="U30" s="53">
+        <v>25677</v>
+      </c>
+      <c r="V30" s="56">
+        <v>1735</v>
+      </c>
+      <c r="W30" s="56">
+        <v>76422</v>
+      </c>
+      <c r="X30" s="57">
+        <v>1583</v>
       </c>
       <c r="Y30" s="42" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="31" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="31" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B31" s="52" t="s">
         <v>70</v>
       </c>
-      <c r="C31" s="106">
-[...15 lines deleted...]
-        <v>1520</v>
+      <c r="C31" s="53">
+        <v>909719</v>
+      </c>
+      <c r="D31" s="53">
+        <v>59334</v>
+      </c>
+      <c r="E31" s="53">
+        <v>733136</v>
+      </c>
+      <c r="F31" s="53">
+        <v>51996</v>
+      </c>
+      <c r="G31" s="53">
+        <v>38200</v>
+      </c>
+      <c r="H31" s="54">
+        <v>1525</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="14"/>
-      <c r="K31" s="119">
-[...15 lines deleted...]
-        <v>1407</v>
+      <c r="K31" s="58">
+        <v>13828</v>
+      </c>
+      <c r="L31" s="53">
+        <v>360</v>
+      </c>
+      <c r="M31" s="53">
+        <v>9790</v>
+      </c>
+      <c r="N31" s="53">
+        <v>671</v>
+      </c>
+      <c r="O31" s="56">
+        <v>12627</v>
+      </c>
+      <c r="P31" s="57">
+        <v>1390</v>
       </c>
       <c r="Q31" s="42" t="s">
         <v>97</v>
       </c>
       <c r="S31" s="16"/>
       <c r="T31" s="52" t="s">
         <v>70</v>
       </c>
-      <c r="U31" s="106">
-[...9 lines deleted...]
-        <v>1679</v>
+      <c r="U31" s="53">
+        <v>25770</v>
+      </c>
+      <c r="V31" s="56">
+        <v>1749</v>
+      </c>
+      <c r="W31" s="56">
+        <v>76369</v>
+      </c>
+      <c r="X31" s="57">
+        <v>1644</v>
       </c>
       <c r="Y31" s="42" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="32" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="32" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="52" t="s">
         <v>71</v>
       </c>
-      <c r="C32" s="106">
-[...15 lines deleted...]
-        <v>1524</v>
+      <c r="C32" s="53">
+        <v>810336</v>
+      </c>
+      <c r="D32" s="53">
+        <v>59730</v>
+      </c>
+      <c r="E32" s="53">
+        <v>735967</v>
+      </c>
+      <c r="F32" s="53">
+        <v>52284</v>
+      </c>
+      <c r="G32" s="53">
+        <v>38921</v>
+      </c>
+      <c r="H32" s="54">
+        <v>1515</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="14"/>
-      <c r="K32" s="119">
-[...2 lines deleted...]
-      <c r="L32" s="106">
+      <c r="K32" s="58">
+        <v>12986</v>
+      </c>
+      <c r="L32" s="53">
         <v>360</v>
       </c>
-      <c r="M32" s="106">
-[...9 lines deleted...]
-        <v>1393</v>
+      <c r="M32" s="53">
+        <v>9761</v>
+      </c>
+      <c r="N32" s="53">
+        <v>680</v>
+      </c>
+      <c r="O32" s="56">
+        <v>12701</v>
+      </c>
+      <c r="P32" s="57">
+        <v>1409</v>
       </c>
       <c r="Q32" s="42" t="s">
         <v>98</v>
       </c>
       <c r="S32" s="16"/>
       <c r="T32" s="52" t="s">
         <v>71</v>
       </c>
-      <c r="U32" s="106">
-[...9 lines deleted...]
-        <v>1583</v>
+      <c r="U32" s="55">
+        <v>0</v>
+      </c>
+      <c r="V32" s="56">
+        <v>1765</v>
+      </c>
+      <c r="W32" s="56">
+        <v>76455</v>
+      </c>
+      <c r="X32" s="57">
+        <v>1718</v>
       </c>
       <c r="Y32" s="42" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="33" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="33" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B33" s="52" t="s">
         <v>72</v>
       </c>
-      <c r="C33" s="106">
-[...15 lines deleted...]
-        <v>1525</v>
+      <c r="C33" s="53">
+        <v>917720</v>
+      </c>
+      <c r="D33" s="53">
+        <v>60301</v>
+      </c>
+      <c r="E33" s="53">
+        <v>739781</v>
+      </c>
+      <c r="F33" s="53">
+        <v>52582</v>
+      </c>
+      <c r="G33" s="53">
+        <v>38473</v>
+      </c>
+      <c r="H33" s="54">
+        <v>1518</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="14"/>
-      <c r="K33" s="119">
-[...15 lines deleted...]
-        <v>1390</v>
+      <c r="K33" s="58">
+        <v>13921</v>
+      </c>
+      <c r="L33" s="53">
+        <v>361</v>
+      </c>
+      <c r="M33" s="53">
+        <v>9807</v>
+      </c>
+      <c r="N33" s="53">
+        <v>687</v>
+      </c>
+      <c r="O33" s="56">
+        <v>12879</v>
+      </c>
+      <c r="P33" s="57">
+        <v>1425</v>
       </c>
       <c r="Q33" s="42" t="s">
         <v>99</v>
       </c>
       <c r="S33" s="16"/>
       <c r="T33" s="52" t="s">
         <v>72</v>
       </c>
-      <c r="U33" s="106">
-[...9 lines deleted...]
-        <v>1644</v>
+      <c r="U33" s="53">
+        <v>25939</v>
+      </c>
+      <c r="V33" s="56">
+        <v>1779</v>
+      </c>
+      <c r="W33" s="56">
+        <v>76919</v>
+      </c>
+      <c r="X33" s="57">
+        <v>1950</v>
       </c>
       <c r="Y33" s="42" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="34" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="34" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B34" s="52" t="s">
         <v>73</v>
       </c>
-      <c r="C34" s="106">
-[...15 lines deleted...]
-        <v>1515</v>
+      <c r="C34" s="53">
+        <v>926699</v>
+      </c>
+      <c r="D34" s="53">
+        <v>61403</v>
+      </c>
+      <c r="E34" s="53">
+        <v>748989</v>
+      </c>
+      <c r="F34" s="53">
+        <v>53498</v>
+      </c>
+      <c r="G34" s="53">
+        <v>37927</v>
+      </c>
+      <c r="H34" s="54">
+        <v>1524</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="14"/>
-      <c r="K34" s="119">
-[...15 lines deleted...]
-        <v>1409</v>
+      <c r="K34" s="58">
+        <v>13538</v>
+      </c>
+      <c r="L34" s="53">
+        <v>363</v>
+      </c>
+      <c r="M34" s="53">
+        <v>9877</v>
+      </c>
+      <c r="N34" s="53">
+        <v>687</v>
+      </c>
+      <c r="O34" s="56">
+        <v>13001</v>
+      </c>
+      <c r="P34" s="57">
+        <v>1457</v>
       </c>
       <c r="Q34" s="42" t="s">
         <v>100</v>
       </c>
       <c r="S34" s="16"/>
       <c r="T34" s="52" t="s">
         <v>73</v>
       </c>
-      <c r="U34" s="106">
-[...9 lines deleted...]
-        <v>1718</v>
+      <c r="U34" s="53">
+        <v>26039</v>
+      </c>
+      <c r="V34" s="56">
+        <v>1795</v>
+      </c>
+      <c r="W34" s="56">
+        <v>77328</v>
+      </c>
+      <c r="X34" s="57">
+        <v>2080</v>
       </c>
       <c r="Y34" s="42" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="35" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="35" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="52" t="s">
         <v>61</v>
       </c>
-      <c r="C35" s="106">
-[...15 lines deleted...]
-        <v>1518</v>
+      <c r="C35" s="53">
+        <v>930176</v>
+      </c>
+      <c r="D35" s="53">
+        <v>62389</v>
+      </c>
+      <c r="E35" s="53">
+        <v>752609</v>
+      </c>
+      <c r="F35" s="53">
+        <v>54264</v>
+      </c>
+      <c r="G35" s="53">
+        <v>37912</v>
+      </c>
+      <c r="H35" s="54">
+        <v>1510</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="14"/>
-      <c r="K35" s="119">
-[...2 lines deleted...]
-      <c r="L35" s="106">
+      <c r="K35" s="58">
+        <v>12987</v>
+      </c>
+      <c r="L35" s="53">
         <v>361</v>
       </c>
-      <c r="M35" s="106">
-[...9 lines deleted...]
-        <v>1425</v>
+      <c r="M35" s="53">
+        <v>9926</v>
+      </c>
+      <c r="N35" s="53">
+        <v>697</v>
+      </c>
+      <c r="O35" s="56">
+        <v>13050</v>
+      </c>
+      <c r="P35" s="57">
+        <v>1476</v>
       </c>
       <c r="Q35" s="42" t="s">
         <v>88</v>
       </c>
       <c r="S35" s="16"/>
       <c r="T35" s="52" t="s">
         <v>61</v>
       </c>
-      <c r="U35" s="106">
-[...9 lines deleted...]
-        <v>1950</v>
+      <c r="U35" s="53">
+        <v>26090</v>
+      </c>
+      <c r="V35" s="56">
+        <v>1812</v>
+      </c>
+      <c r="W35" s="56">
+        <v>77602</v>
+      </c>
+      <c r="X35" s="57">
+        <v>2268</v>
       </c>
       <c r="Y35" s="42" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="36" spans="2:25" s="23" customFormat="1" ht="17.25" customHeight="1">
+    <row r="36" spans="2:25" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B36" s="61" t="s">
         <v>34</v>
       </c>
       <c r="C36" s="44"/>
       <c r="D36" s="45"/>
       <c r="E36" s="46"/>
       <c r="F36" s="46"/>
       <c r="G36" s="44"/>
       <c r="H36" s="47"/>
       <c r="K36" s="66" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="47"/>
       <c r="M36" s="47"/>
       <c r="N36" s="47"/>
       <c r="O36" s="47"/>
       <c r="P36" s="47"/>
       <c r="Q36" s="47"/>
-      <c r="T36" s="101" t="s">
+      <c r="T36" s="71" t="s">
         <v>44</v>
       </c>
       <c r="U36" s="47"/>
       <c r="V36" s="48"/>
       <c r="W36" s="48"/>
       <c r="X36" s="48"/>
       <c r="Y36" s="48"/>
     </row>
-    <row r="37" spans="2:25" s="23" customFormat="1" ht="17.25" customHeight="1">
+    <row r="37" spans="2:25" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B37" s="62" t="s">
         <v>36</v>
       </c>
       <c r="C37" s="29"/>
       <c r="D37" s="30"/>
       <c r="E37" s="25"/>
       <c r="F37" s="25"/>
       <c r="G37" s="29"/>
       <c r="K37" s="67"/>
-      <c r="T37" s="102" t="s">
+      <c r="T37" s="72" t="s">
         <v>45</v>
       </c>
       <c r="V37" s="24"/>
       <c r="W37" s="24"/>
       <c r="X37" s="24"/>
       <c r="Y37" s="24"/>
     </row>
-    <row r="38" spans="2:25" s="23" customFormat="1" ht="17.25" customHeight="1">
+    <row r="38" spans="2:25" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B38" s="63" t="s">
         <v>35</v>
       </c>
       <c r="C38" s="29"/>
       <c r="D38" s="30"/>
       <c r="E38" s="25"/>
       <c r="F38" s="25"/>
       <c r="G38" s="29"/>
       <c r="K38" s="67"/>
-      <c r="T38" s="103" t="s">
+      <c r="T38" s="73" t="s">
         <v>46</v>
       </c>
       <c r="V38" s="24"/>
       <c r="W38" s="24"/>
       <c r="X38" s="24"/>
       <c r="Y38" s="24"/>
     </row>
-    <row r="39" spans="2:25" s="23" customFormat="1" ht="17.25" customHeight="1">
+    <row r="39" spans="2:25" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B39" s="64" t="s">
         <v>32</v>
       </c>
       <c r="C39" s="29"/>
       <c r="D39" s="30"/>
       <c r="E39" s="25"/>
       <c r="F39" s="25"/>
       <c r="G39" s="29"/>
       <c r="K39" s="51"/>
       <c r="T39" s="62"/>
       <c r="V39" s="24"/>
       <c r="W39" s="24"/>
       <c r="X39" s="24"/>
       <c r="Y39" s="24"/>
     </row>
-    <row r="40" spans="2:25" s="23" customFormat="1" ht="17.25" customHeight="1">
+    <row r="40" spans="2:25" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B40" s="65" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="29"/>
       <c r="D40" s="30"/>
       <c r="E40" s="25"/>
       <c r="F40" s="25"/>
       <c r="G40" s="29"/>
       <c r="K40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="T40" s="70"/>
       <c r="V40" s="24"/>
       <c r="W40" s="24"/>
       <c r="X40" s="24"/>
       <c r="Y40" s="24"/>
     </row>
-    <row r="41" spans="4:25" s="17" customFormat="1" ht="17.25" customHeight="1">
+    <row r="41" spans="2:25" s="17" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D41" s="18"/>
       <c r="E41" s="19"/>
       <c r="F41" s="19"/>
       <c r="V41" s="13"/>
       <c r="W41" s="13"/>
       <c r="X41" s="13"/>
       <c r="Y41" s="13"/>
     </row>
-    <row r="42" spans="2:25" s="17" customFormat="1" ht="17.25" customHeight="1">
+    <row r="42" spans="2:25" s="17" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="43"/>
       <c r="D42" s="18"/>
       <c r="E42" s="19"/>
       <c r="F42" s="19"/>
       <c r="T42" s="60" t="s">
         <v>31</v>
       </c>
       <c r="V42" s="13"/>
       <c r="W42" s="13"/>
       <c r="X42" s="13"/>
       <c r="Y42" s="13"/>
     </row>
-    <row r="43" spans="2:25" s="20" customFormat="1" ht="20.25" customHeight="1">
-      <c r="B43" s="71" t="s">
+    <row r="43" spans="2:25" s="20" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="86" t="s">
         <v>10</v>
       </c>
-      <c r="C43" s="71"/>
-[...5 lines deleted...]
-      <c r="K43" s="71" t="s">
+      <c r="C43" s="86"/>
+      <c r="D43" s="86"/>
+      <c r="E43" s="86"/>
+      <c r="F43" s="86"/>
+      <c r="G43" s="86"/>
+      <c r="H43" s="86"/>
+      <c r="K43" s="86" t="s">
         <v>11</v>
       </c>
-      <c r="L43" s="71"/>
-[...5 lines deleted...]
-      <c r="T43" s="71" t="s">
+      <c r="L43" s="86"/>
+      <c r="M43" s="86"/>
+      <c r="N43" s="86"/>
+      <c r="O43" s="86"/>
+      <c r="P43" s="86"/>
+      <c r="Q43" s="86"/>
+      <c r="T43" s="86" t="s">
         <v>12</v>
       </c>
-      <c r="U43" s="71"/>
-[...3 lines deleted...]
-      <c r="Y43" s="71"/>
+      <c r="U43" s="86"/>
+      <c r="V43" s="86"/>
+      <c r="W43" s="86"/>
+      <c r="X43" s="86"/>
+      <c r="Y43" s="86"/>
     </row>
-    <row r="44" ht="16.5"/>
-[...6 lines deleted...]
-    <row r="51" ht="16.5"/>
+    <row r="44" spans="2:25" ht="16.5" x14ac:dyDescent="0.25"/>
+    <row r="45" spans="2:25" ht="16.5" x14ac:dyDescent="0.25"/>
+    <row r="46" spans="2:25" ht="16.5" x14ac:dyDescent="0.25"/>
+    <row r="47" spans="2:25" ht="16.5" x14ac:dyDescent="0.25"/>
+    <row r="48" spans="2:25" ht="16.5" x14ac:dyDescent="0.25"/>
+    <row r="49" ht="16.5" x14ac:dyDescent="0.25"/>
+    <row r="50" ht="16.5" x14ac:dyDescent="0.25"/>
+    <row r="51" ht="16.5" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="24">
+    <mergeCell ref="B4:B7"/>
+    <mergeCell ref="O5:P5"/>
+    <mergeCell ref="M5:N5"/>
+    <mergeCell ref="O4:P4"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="G4:H4"/>
+    <mergeCell ref="K4:L4"/>
     <mergeCell ref="Q4:Q7"/>
     <mergeCell ref="K43:Q43"/>
     <mergeCell ref="T43:Y43"/>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="T4:T7"/>
     <mergeCell ref="Y4:Y7"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="K5:L5"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="U5:V5"/>
     <mergeCell ref="W5:X5"/>
     <mergeCell ref="B43:H43"/>
     <mergeCell ref="M4:N4"/>
-    <mergeCell ref="O4:P4"/>
-[...6 lines deleted...]
-    <mergeCell ref="M5:N5"/>
   </mergeCells>
+  <phoneticPr fontId="57" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.74803149606299213" right="0.59055118110236227" top="0.74803149606299213" bottom="0.39370078740157483" header="0" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" firstPageNumber="15" orientation="portrait" useFirstPageNumber="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C - &amp;P -</oddFooter>
   </headerFooter>
   <colBreaks count="2" manualBreakCount="2">
     <brk id="9" min="1" max="41" man="1"/>
     <brk id="18" min="1" max="41" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>工作表</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>具名範圍</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>80</vt:lpstr>
+      <vt:lpstr>'80'!Print_Area</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <Manager>行政院金融監督管理委員會銀行局</Manager>
   <Company>367010000D</Company>
-  <Manager>行政院金融監督管理委員會銀行局</Manager>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <cp:category>I52</cp:category>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>金融統計指標</dc:title>
+  <dc:subject>金融機構資產、淨值</dc:subject>
   <dc:creator>行政院金融監督管理委員會銀行局</dc:creator>
   <cp:keywords>金融統計</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:subject>金融機構資產、淨值</dc:subject>
-[...1 lines deleted...]
-  <dc:title>金融統計指標</dc:title>
+  <cp:category>I52</cp:category>
 </cp:coreProperties>
 </file>
-
-[...2 lines deleted...]
-</file>