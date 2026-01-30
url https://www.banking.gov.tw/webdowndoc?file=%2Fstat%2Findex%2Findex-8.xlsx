--- v1 (2025-12-14)
+++ v2 (2026-01-30)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11409EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5B905E40-671D-4338-BE75-5A0AEB00F49D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5C4F08E3-F3ED-4EC5-8880-4E3C3D7DFF07}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="80" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'80'!$A$2:$Z$42</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="101">
   <si>
     <t>資產</t>
   </si>
   <si>
     <t>淨值</t>
   </si>
   <si>
     <t>End of Period</t>
   </si>
   <si>
@@ -718,168 +718,168 @@
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>　　 11月</t>
+  </si>
+  <si>
+    <t>　　 12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
+    <t>　　  7月</t>
+  </si>
+  <si>
+    <t>　　  8月</t>
+  </si>
+  <si>
     <t>　　  9月</t>
   </si>
   <si>
     <t>　　 10月</t>
   </si>
   <si>
-    <t>　　 11月</t>
-[...31 lines deleted...]
-  <si>
     <t xml:space="preserve"> 2011</t>
   </si>
   <si>
     <t xml:space="preserve"> 2012</t>
   </si>
   <si>
     <t xml:space="preserve"> 2013</t>
   </si>
   <si>
     <t xml:space="preserve"> 2014</t>
   </si>
   <si>
     <t xml:space="preserve"> 2015</t>
   </si>
   <si>
     <t xml:space="preserve"> 2016</t>
   </si>
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
     <t xml:space="preserve">         Sept.</t>
   </si>
   <si>
     <t xml:space="preserve">         Oct.</t>
-  </si>
-[...31 lines deleted...]
-    <t xml:space="preserve">         Aug.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="176" formatCode="#\ ##0"/>
     <numFmt numFmtId="177" formatCode="###\ ##0"/>
     <numFmt numFmtId="178" formatCode="###\ ##0;\-###\ ##0;&quot;－&quot;"/>
   </numFmts>
   <fonts count="58" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times"/>
     </font>
     <font>
@@ -4970,983 +4970,983 @@
       <c r="S20" s="16"/>
       <c r="T20" s="74" t="s">
         <v>59</v>
       </c>
       <c r="U20" s="75">
         <v>25209</v>
       </c>
       <c r="V20" s="79">
         <v>1609</v>
       </c>
       <c r="W20" s="79">
         <v>74225</v>
       </c>
       <c r="X20" s="80">
         <v>1692</v>
       </c>
       <c r="Y20" s="81" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="21" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B21" s="74" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="75">
-        <v>793633</v>
+        <v>895348</v>
       </c>
       <c r="D21" s="75">
         <v>59294</v>
       </c>
       <c r="E21" s="75">
         <v>720725</v>
       </c>
       <c r="F21" s="75">
         <v>51875</v>
       </c>
       <c r="G21" s="75">
         <v>35119</v>
       </c>
       <c r="H21" s="76">
         <v>1462</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="14"/>
       <c r="K21" s="82">
         <v>15478</v>
       </c>
       <c r="L21" s="75">
         <v>343</v>
       </c>
       <c r="M21" s="75">
         <v>9757</v>
       </c>
       <c r="N21" s="75">
         <v>661</v>
       </c>
       <c r="O21" s="79">
         <v>12553</v>
       </c>
       <c r="P21" s="80">
         <v>1374</v>
       </c>
       <c r="Q21" s="81" t="s">
         <v>87</v>
       </c>
       <c r="S21" s="16"/>
       <c r="T21" s="74" t="s">
         <v>60</v>
       </c>
-      <c r="U21" s="78">
-        <v>0</v>
+      <c r="U21" s="75">
+        <v>25770</v>
       </c>
       <c r="V21" s="79">
         <v>1686</v>
       </c>
       <c r="W21" s="79">
         <v>75945</v>
       </c>
       <c r="X21" s="80">
         <v>1893</v>
       </c>
       <c r="Y21" s="81" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="22" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="52" t="s">
         <v>61</v>
       </c>
       <c r="C22" s="53">
-        <v>880411</v>
+        <v>891609</v>
       </c>
       <c r="D22" s="53">
-        <v>58826</v>
+        <v>59156</v>
       </c>
       <c r="E22" s="53">
-        <v>707540</v>
+        <v>717708</v>
       </c>
       <c r="F22" s="53">
-        <v>51236</v>
+        <v>51631</v>
       </c>
       <c r="G22" s="53">
-        <v>33585</v>
+        <v>34804</v>
       </c>
       <c r="H22" s="54">
-        <v>1416</v>
+        <v>1435</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="14"/>
       <c r="K22" s="58">
-        <v>15763</v>
+        <v>15140</v>
       </c>
       <c r="L22" s="53">
-        <v>358</v>
+        <v>343</v>
       </c>
       <c r="M22" s="53">
-        <v>9625</v>
+        <v>9719</v>
       </c>
       <c r="N22" s="53">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="O22" s="56">
-        <v>12542</v>
+        <v>12595</v>
       </c>
       <c r="P22" s="57">
-        <v>1394</v>
+        <v>1384</v>
       </c>
       <c r="Q22" s="42" t="s">
         <v>88</v>
       </c>
       <c r="S22" s="16"/>
       <c r="T22" s="52" t="s">
         <v>61</v>
       </c>
       <c r="U22" s="53">
-        <v>25617</v>
+        <v>25702</v>
       </c>
       <c r="V22" s="56">
-        <v>1727</v>
+        <v>1753</v>
       </c>
       <c r="W22" s="56">
-        <v>75738</v>
+        <v>75941</v>
       </c>
       <c r="X22" s="57">
-        <v>2030</v>
+        <v>1942</v>
       </c>
       <c r="Y22" s="42" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="23" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="52" t="s">
         <v>62</v>
       </c>
       <c r="C23" s="53">
-        <v>887347</v>
+        <v>895348</v>
       </c>
       <c r="D23" s="53">
-        <v>58826</v>
+        <v>59294</v>
       </c>
       <c r="E23" s="53">
-        <v>713777</v>
+        <v>720725</v>
       </c>
       <c r="F23" s="53">
-        <v>51224</v>
+        <v>51875</v>
       </c>
       <c r="G23" s="53">
-        <v>35429</v>
+        <v>35119</v>
       </c>
       <c r="H23" s="54">
-        <v>1428</v>
+        <v>1462</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="14"/>
       <c r="K23" s="58">
-        <v>14460</v>
+        <v>15478</v>
       </c>
       <c r="L23" s="53">
-        <v>359</v>
+        <v>343</v>
       </c>
       <c r="M23" s="53">
-        <v>9686</v>
+        <v>9757</v>
       </c>
       <c r="N23" s="53">
-        <v>667</v>
+        <v>661</v>
       </c>
       <c r="O23" s="56">
-        <v>12499</v>
+        <v>12553</v>
       </c>
       <c r="P23" s="57">
-        <v>1378</v>
+        <v>1374</v>
       </c>
       <c r="Q23" s="42" t="s">
         <v>89</v>
       </c>
       <c r="S23" s="16"/>
       <c r="T23" s="52" t="s">
         <v>62</v>
       </c>
       <c r="U23" s="53">
-        <v>25625</v>
+        <v>25770</v>
       </c>
       <c r="V23" s="56">
-        <v>1752</v>
+        <v>1686</v>
       </c>
       <c r="W23" s="56">
-        <v>75871</v>
+        <v>75945</v>
       </c>
       <c r="X23" s="57">
-        <v>2018</v>
+        <v>1893</v>
       </c>
       <c r="Y23" s="42" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="24" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B24" s="52" t="s">
+      <c r="B24" s="74" t="s">
         <v>63</v>
       </c>
-      <c r="C24" s="53">
-[...16 lines deleted...]
-      </c>
+      <c r="C24" s="53"/>
+      <c r="D24" s="53"/>
+      <c r="E24" s="53"/>
+      <c r="F24" s="53"/>
+      <c r="G24" s="53"/>
+      <c r="H24" s="54"/>
       <c r="I24" s="15"/>
       <c r="J24" s="14"/>
-      <c r="K24" s="58">
-[...17 lines deleted...]
-      <c r="Q24" s="42" t="s">
+      <c r="K24" s="58"/>
+      <c r="L24" s="53"/>
+      <c r="M24" s="53"/>
+      <c r="N24" s="53"/>
+      <c r="O24" s="56"/>
+      <c r="P24" s="57"/>
+      <c r="Q24" s="81" t="s">
         <v>90</v>
       </c>
       <c r="S24" s="16"/>
-      <c r="T24" s="52" t="s">
+      <c r="T24" s="74" t="s">
         <v>63</v>
       </c>
-      <c r="U24" s="53">
-[...11 lines deleted...]
-      <c r="Y24" s="42" t="s">
+      <c r="U24" s="55"/>
+      <c r="V24" s="59"/>
+      <c r="W24" s="56"/>
+      <c r="X24" s="57"/>
+      <c r="Y24" s="81" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="25" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="52" t="s">
         <v>64</v>
       </c>
       <c r="C25" s="53">
-        <v>793633</v>
+        <v>900168</v>
       </c>
       <c r="D25" s="53">
-        <v>59294</v>
+        <v>59868</v>
       </c>
       <c r="E25" s="53">
-        <v>720725</v>
+        <v>725096</v>
       </c>
       <c r="F25" s="53">
-        <v>51875</v>
+        <v>52338</v>
       </c>
       <c r="G25" s="53">
-        <v>35119</v>
+        <v>35326</v>
       </c>
       <c r="H25" s="54">
-        <v>1462</v>
+        <v>1482</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="14"/>
       <c r="K25" s="58">
-        <v>15478</v>
+        <v>14732</v>
       </c>
       <c r="L25" s="53">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="M25" s="53">
-        <v>9757</v>
+        <v>9749</v>
       </c>
       <c r="N25" s="53">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="O25" s="56">
-        <v>12553</v>
+        <v>12667</v>
       </c>
       <c r="P25" s="57">
-        <v>1374</v>
+        <v>1378</v>
       </c>
       <c r="Q25" s="42" t="s">
         <v>91</v>
       </c>
       <c r="S25" s="16"/>
       <c r="T25" s="52" t="s">
         <v>64</v>
       </c>
-      <c r="U25" s="55">
-        <v>0</v>
+      <c r="U25" s="53">
+        <v>25636</v>
       </c>
       <c r="V25" s="56">
-        <v>1686</v>
+        <v>1700</v>
       </c>
       <c r="W25" s="56">
-        <v>75945</v>
+        <v>76962</v>
       </c>
       <c r="X25" s="57">
-        <v>1893</v>
+        <v>1948</v>
       </c>
       <c r="Y25" s="42" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="26" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B26" s="74" t="s">
+      <c r="B26" s="52" t="s">
         <v>65</v>
       </c>
-      <c r="C26" s="53"/>
-[...4 lines deleted...]
-      <c r="H26" s="54"/>
+      <c r="C26" s="53">
+        <v>904953</v>
+      </c>
+      <c r="D26" s="53">
+        <v>60687</v>
+      </c>
+      <c r="E26" s="53">
+        <v>729318</v>
+      </c>
+      <c r="F26" s="53">
+        <v>53101</v>
+      </c>
+      <c r="G26" s="53">
+        <v>35621</v>
+      </c>
+      <c r="H26" s="54">
+        <v>1512</v>
+      </c>
       <c r="I26" s="15"/>
       <c r="J26" s="14"/>
-      <c r="K26" s="58"/>
-[...5 lines deleted...]
-      <c r="Q26" s="81" t="s">
+      <c r="K26" s="58">
+        <v>15038</v>
+      </c>
+      <c r="L26" s="53">
+        <v>354</v>
+      </c>
+      <c r="M26" s="53">
+        <v>9772</v>
+      </c>
+      <c r="N26" s="53">
+        <v>673</v>
+      </c>
+      <c r="O26" s="56">
+        <v>12398</v>
+      </c>
+      <c r="P26" s="57">
+        <v>1405</v>
+      </c>
+      <c r="Q26" s="42" t="s">
         <v>92</v>
       </c>
       <c r="S26" s="16"/>
-      <c r="T26" s="74" t="s">
+      <c r="T26" s="52" t="s">
         <v>65</v>
       </c>
-      <c r="U26" s="55"/>
-[...3 lines deleted...]
-      <c r="Y26" s="81" t="s">
+      <c r="U26" s="53">
+        <v>25758</v>
+      </c>
+      <c r="V26" s="56">
+        <v>1711</v>
+      </c>
+      <c r="W26" s="56">
+        <v>77048</v>
+      </c>
+      <c r="X26" s="57">
+        <v>1931</v>
+      </c>
+      <c r="Y26" s="42" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="27" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B27" s="52" t="s">
         <v>66</v>
       </c>
       <c r="C27" s="53">
-        <v>900168</v>
+        <v>905327</v>
       </c>
       <c r="D27" s="53">
-        <v>59868</v>
+        <v>60616</v>
       </c>
       <c r="E27" s="53">
-        <v>725096</v>
+        <v>729602</v>
       </c>
       <c r="F27" s="53">
-        <v>52338</v>
+        <v>53270</v>
       </c>
       <c r="G27" s="53">
-        <v>35326</v>
+        <v>36519</v>
       </c>
       <c r="H27" s="54">
-        <v>1482</v>
+        <v>1520</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="14"/>
       <c r="K27" s="58">
-        <v>14732</v>
+        <v>14434</v>
       </c>
       <c r="L27" s="53">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="M27" s="53">
-        <v>9749</v>
+        <v>9715</v>
       </c>
       <c r="N27" s="53">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="O27" s="56">
-        <v>12667</v>
+        <v>12532</v>
       </c>
       <c r="P27" s="57">
-        <v>1378</v>
+        <v>1407</v>
       </c>
       <c r="Q27" s="42" t="s">
         <v>93</v>
       </c>
       <c r="S27" s="16"/>
       <c r="T27" s="52" t="s">
         <v>66</v>
       </c>
       <c r="U27" s="53">
-        <v>25636</v>
+        <v>25690</v>
       </c>
       <c r="V27" s="56">
-        <v>1700</v>
+        <v>1719</v>
       </c>
       <c r="W27" s="56">
-        <v>76962</v>
+        <v>76835</v>
       </c>
       <c r="X27" s="57">
-        <v>1948</v>
+        <v>1679</v>
       </c>
       <c r="Y27" s="42" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="28" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="52" t="s">
         <v>67</v>
       </c>
       <c r="C28" s="53">
-        <v>904953</v>
+        <v>903663</v>
       </c>
       <c r="D28" s="53">
-        <v>60687</v>
+        <v>60418</v>
       </c>
       <c r="E28" s="53">
-        <v>729318</v>
+        <v>729398</v>
       </c>
       <c r="F28" s="53">
-        <v>53101</v>
+        <v>53157</v>
       </c>
       <c r="G28" s="53">
-        <v>35621</v>
+        <v>36427</v>
       </c>
       <c r="H28" s="54">
-        <v>1512</v>
+        <v>1524</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="14"/>
       <c r="K28" s="58">
-        <v>15038</v>
+        <v>13363</v>
       </c>
       <c r="L28" s="53">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="M28" s="53">
-        <v>9772</v>
+        <v>9736</v>
       </c>
       <c r="N28" s="53">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="O28" s="56">
-        <v>12398</v>
+        <v>12640</v>
       </c>
       <c r="P28" s="57">
-        <v>1405</v>
+        <v>1393</v>
       </c>
       <c r="Q28" s="42" t="s">
         <v>94</v>
       </c>
       <c r="S28" s="16"/>
       <c r="T28" s="52" t="s">
         <v>67</v>
       </c>
       <c r="U28" s="53">
-        <v>25758</v>
+        <v>25677</v>
       </c>
       <c r="V28" s="56">
-        <v>1711</v>
+        <v>1735</v>
       </c>
       <c r="W28" s="56">
-        <v>77048</v>
+        <v>76422</v>
       </c>
       <c r="X28" s="57">
-        <v>1931</v>
+        <v>1583</v>
       </c>
       <c r="Y28" s="42" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="29" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="52" t="s">
         <v>68</v>
       </c>
       <c r="C29" s="53">
-        <v>802803</v>
+        <v>909719</v>
       </c>
       <c r="D29" s="53">
-        <v>60616</v>
+        <v>59334</v>
       </c>
       <c r="E29" s="53">
-        <v>729602</v>
+        <v>733136</v>
       </c>
       <c r="F29" s="53">
-        <v>53270</v>
+        <v>51996</v>
       </c>
       <c r="G29" s="53">
-        <v>36519</v>
+        <v>38200</v>
       </c>
       <c r="H29" s="54">
-        <v>1520</v>
+        <v>1525</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="14"/>
       <c r="K29" s="58">
-        <v>14434</v>
+        <v>13828</v>
       </c>
       <c r="L29" s="53">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="M29" s="53">
-        <v>9715</v>
+        <v>9790</v>
       </c>
       <c r="N29" s="53">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="O29" s="56">
-        <v>12532</v>
+        <v>12627</v>
       </c>
       <c r="P29" s="57">
-        <v>1407</v>
+        <v>1390</v>
       </c>
       <c r="Q29" s="42" t="s">
         <v>95</v>
       </c>
       <c r="S29" s="16"/>
       <c r="T29" s="52" t="s">
         <v>68</v>
       </c>
-      <c r="U29" s="55">
-        <v>0</v>
+      <c r="U29" s="53">
+        <v>25770</v>
       </c>
       <c r="V29" s="56">
-        <v>1719</v>
+        <v>1749</v>
       </c>
       <c r="W29" s="56">
-        <v>76835</v>
+        <v>76369</v>
       </c>
       <c r="X29" s="57">
-        <v>1679</v>
+        <v>1644</v>
       </c>
       <c r="Y29" s="42" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="30" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="52" t="s">
         <v>69</v>
       </c>
       <c r="C30" s="53">
-        <v>903663</v>
+        <v>912628</v>
       </c>
       <c r="D30" s="53">
-        <v>60418</v>
+        <v>59730</v>
       </c>
       <c r="E30" s="53">
-        <v>729398</v>
+        <v>735967</v>
       </c>
       <c r="F30" s="53">
-        <v>53157</v>
+        <v>52284</v>
       </c>
       <c r="G30" s="53">
-        <v>36427</v>
+        <v>38921</v>
       </c>
       <c r="H30" s="54">
-        <v>1524</v>
+        <v>1515</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="14"/>
       <c r="K30" s="58">
-        <v>13363</v>
+        <v>12986</v>
       </c>
       <c r="L30" s="53">
         <v>360</v>
       </c>
       <c r="M30" s="53">
-        <v>9736</v>
+        <v>9761</v>
       </c>
       <c r="N30" s="53">
-        <v>667</v>
+        <v>680</v>
       </c>
       <c r="O30" s="56">
-        <v>12640</v>
+        <v>12701</v>
       </c>
       <c r="P30" s="57">
-        <v>1393</v>
+        <v>1409</v>
       </c>
       <c r="Q30" s="42" t="s">
         <v>96</v>
       </c>
       <c r="S30" s="16"/>
       <c r="T30" s="52" t="s">
         <v>69</v>
       </c>
       <c r="U30" s="53">
-        <v>25677</v>
+        <v>25837</v>
       </c>
       <c r="V30" s="56">
-        <v>1735</v>
+        <v>1765</v>
       </c>
       <c r="W30" s="56">
-        <v>76422</v>
+        <v>76455</v>
       </c>
       <c r="X30" s="57">
-        <v>1583</v>
+        <v>1718</v>
       </c>
       <c r="Y30" s="42" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="31" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B31" s="52" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="53">
-        <v>909719</v>
+        <v>917720</v>
       </c>
       <c r="D31" s="53">
-        <v>59334</v>
+        <v>60301</v>
       </c>
       <c r="E31" s="53">
-        <v>733136</v>
+        <v>739781</v>
       </c>
       <c r="F31" s="53">
-        <v>51996</v>
+        <v>52582</v>
       </c>
       <c r="G31" s="53">
-        <v>38200</v>
+        <v>38473</v>
       </c>
       <c r="H31" s="54">
-        <v>1525</v>
+        <v>1518</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="14"/>
       <c r="K31" s="58">
-        <v>13828</v>
+        <v>13921</v>
       </c>
       <c r="L31" s="53">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="M31" s="53">
-        <v>9790</v>
+        <v>9807</v>
       </c>
       <c r="N31" s="53">
-        <v>671</v>
+        <v>687</v>
       </c>
       <c r="O31" s="56">
-        <v>12627</v>
+        <v>12879</v>
       </c>
       <c r="P31" s="57">
-        <v>1390</v>
+        <v>1425</v>
       </c>
       <c r="Q31" s="42" t="s">
         <v>97</v>
       </c>
       <c r="S31" s="16"/>
       <c r="T31" s="52" t="s">
         <v>70</v>
       </c>
       <c r="U31" s="53">
-        <v>25770</v>
+        <v>25939</v>
       </c>
       <c r="V31" s="56">
-        <v>1749</v>
+        <v>1779</v>
       </c>
       <c r="W31" s="56">
-        <v>76369</v>
+        <v>76919</v>
       </c>
       <c r="X31" s="57">
-        <v>1644</v>
+        <v>1950</v>
       </c>
       <c r="Y31" s="42" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="32" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="52" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="53">
-        <v>810336</v>
+        <v>926699</v>
       </c>
       <c r="D32" s="53">
-        <v>59730</v>
+        <v>61403</v>
       </c>
       <c r="E32" s="53">
-        <v>735967</v>
+        <v>748989</v>
       </c>
       <c r="F32" s="53">
-        <v>52284</v>
+        <v>53498</v>
       </c>
       <c r="G32" s="53">
-        <v>38921</v>
+        <v>37927</v>
       </c>
       <c r="H32" s="54">
-        <v>1515</v>
+        <v>1524</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="14"/>
       <c r="K32" s="58">
-        <v>12986</v>
+        <v>13538</v>
       </c>
       <c r="L32" s="53">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="M32" s="53">
-        <v>9761</v>
+        <v>9877</v>
       </c>
       <c r="N32" s="53">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="O32" s="56">
-        <v>12701</v>
+        <v>13001</v>
       </c>
       <c r="P32" s="57">
-        <v>1409</v>
+        <v>1457</v>
       </c>
       <c r="Q32" s="42" t="s">
         <v>98</v>
       </c>
       <c r="S32" s="16"/>
       <c r="T32" s="52" t="s">
         <v>71</v>
       </c>
-      <c r="U32" s="55">
-        <v>0</v>
+      <c r="U32" s="53">
+        <v>26039</v>
       </c>
       <c r="V32" s="56">
-        <v>1765</v>
+        <v>1795</v>
       </c>
       <c r="W32" s="56">
-        <v>76455</v>
+        <v>77328</v>
       </c>
       <c r="X32" s="57">
-        <v>1718</v>
+        <v>2080</v>
       </c>
       <c r="Y32" s="42" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="33" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B33" s="52" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="53">
-        <v>917720</v>
+        <v>930176</v>
       </c>
       <c r="D33" s="53">
-        <v>60301</v>
+        <v>62389</v>
       </c>
       <c r="E33" s="53">
-        <v>739781</v>
+        <v>752609</v>
       </c>
       <c r="F33" s="53">
-        <v>52582</v>
+        <v>54264</v>
       </c>
       <c r="G33" s="53">
-        <v>38473</v>
+        <v>37912</v>
       </c>
       <c r="H33" s="54">
-        <v>1518</v>
+        <v>1510</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="14"/>
       <c r="K33" s="58">
-        <v>13921</v>
+        <v>12987</v>
       </c>
       <c r="L33" s="53">
         <v>361</v>
       </c>
       <c r="M33" s="53">
-        <v>9807</v>
+        <v>9926</v>
       </c>
       <c r="N33" s="53">
-        <v>687</v>
+        <v>697</v>
       </c>
       <c r="O33" s="56">
-        <v>12879</v>
+        <v>13050</v>
       </c>
       <c r="P33" s="57">
-        <v>1425</v>
+        <v>1476</v>
       </c>
       <c r="Q33" s="42" t="s">
         <v>99</v>
       </c>
       <c r="S33" s="16"/>
       <c r="T33" s="52" t="s">
         <v>72</v>
       </c>
       <c r="U33" s="53">
-        <v>25939</v>
+        <v>26090</v>
       </c>
       <c r="V33" s="56">
-        <v>1779</v>
+        <v>1812</v>
       </c>
       <c r="W33" s="56">
-        <v>76919</v>
+        <v>77602</v>
       </c>
       <c r="X33" s="57">
-        <v>1950</v>
+        <v>2268</v>
       </c>
       <c r="Y33" s="42" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="34" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B34" s="52" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="53">
-        <v>926699</v>
+        <v>934037</v>
       </c>
       <c r="D34" s="53">
-        <v>61403</v>
+        <v>63457</v>
       </c>
       <c r="E34" s="53">
-        <v>748989</v>
+        <v>754248</v>
       </c>
       <c r="F34" s="53">
-        <v>53498</v>
+        <v>54993</v>
       </c>
       <c r="G34" s="53">
-        <v>37927</v>
+        <v>39394</v>
       </c>
       <c r="H34" s="54">
-        <v>1524</v>
+        <v>1572</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="14"/>
       <c r="K34" s="58">
-        <v>13538</v>
+        <v>13034</v>
       </c>
       <c r="L34" s="53">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="M34" s="53">
-        <v>9877</v>
+        <v>9899</v>
       </c>
       <c r="N34" s="53">
-        <v>687</v>
+        <v>698</v>
       </c>
       <c r="O34" s="56">
-        <v>13001</v>
+        <v>13323</v>
       </c>
       <c r="P34" s="57">
-        <v>1457</v>
+        <v>1500</v>
       </c>
       <c r="Q34" s="42" t="s">
         <v>100</v>
       </c>
       <c r="S34" s="16"/>
       <c r="T34" s="52" t="s">
         <v>73</v>
       </c>
       <c r="U34" s="53">
-        <v>26039</v>
+        <v>26114</v>
       </c>
       <c r="V34" s="56">
-        <v>1795</v>
+        <v>1823</v>
       </c>
       <c r="W34" s="56">
-        <v>77328</v>
+        <v>78025</v>
       </c>
       <c r="X34" s="57">
-        <v>2080</v>
+        <v>2504</v>
       </c>
       <c r="Y34" s="42" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="52" t="s">
         <v>61</v>
       </c>
       <c r="C35" s="53">
-        <v>930176</v>
+        <v>941567</v>
       </c>
       <c r="D35" s="53">
-        <v>62389</v>
+        <v>63976</v>
       </c>
       <c r="E35" s="53">
-        <v>752609</v>
+        <v>761780</v>
       </c>
       <c r="F35" s="53">
-        <v>54264</v>
+        <v>55506</v>
       </c>
       <c r="G35" s="53">
-        <v>37912</v>
+        <v>39685</v>
       </c>
       <c r="H35" s="54">
-        <v>1510</v>
+        <v>1591</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="14"/>
       <c r="K35" s="58">
-        <v>12987</v>
+        <v>12276</v>
       </c>
       <c r="L35" s="53">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="M35" s="53">
-        <v>9926</v>
+        <v>9893</v>
       </c>
       <c r="N35" s="53">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="O35" s="56">
-        <v>13050</v>
+        <v>13253</v>
       </c>
       <c r="P35" s="57">
-        <v>1476</v>
+        <v>1512</v>
       </c>
       <c r="Q35" s="42" t="s">
         <v>88</v>
       </c>
       <c r="S35" s="16"/>
       <c r="T35" s="52" t="s">
         <v>61</v>
       </c>
       <c r="U35" s="53">
-        <v>26090</v>
+        <v>26173</v>
       </c>
       <c r="V35" s="56">
-        <v>1812</v>
+        <v>1833</v>
       </c>
       <c r="W35" s="56">
-        <v>77602</v>
+        <v>78507</v>
       </c>
       <c r="X35" s="57">
-        <v>2268</v>
+        <v>2461</v>
       </c>
       <c r="Y35" s="42" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="36" spans="2:25" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B36" s="61" t="s">
         <v>34</v>
       </c>
       <c r="C36" s="44"/>
       <c r="D36" s="45"/>
       <c r="E36" s="46"/>
       <c r="F36" s="46"/>
       <c r="G36" s="44"/>
       <c r="H36" s="47"/>
       <c r="K36" s="66" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="47"/>
       <c r="M36" s="47"/>
       <c r="N36" s="47"/>
       <c r="O36" s="47"/>
       <c r="P36" s="47"/>
       <c r="Q36" s="47"/>
       <c r="T36" s="71" t="s">