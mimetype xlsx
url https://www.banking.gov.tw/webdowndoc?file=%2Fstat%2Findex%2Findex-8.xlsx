--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11501EXCEL_ODS\11501\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5C4F08E3-F3ED-4EC5-8880-4E3C3D7DFF07}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="11_226E647B42690A27CDCD71658AAB68DA136C0CF2" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="80" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'80'!$A$2:$Z$42</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="101">
   <si>
     <t>資產</t>
   </si>
   <si>
     <t>淨值</t>
   </si>
   <si>
     <t>End of Period</t>
   </si>
   <si>
@@ -676,210 +676,210 @@
         <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
       </rPr>
       <t>年</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
       </rPr>
       <t>月起，附條件交易資料改採融資說，資產總額配合修正。</t>
     </r>
   </si>
   <si>
-    <t>100年</t>
-[...1 lines deleted...]
-  <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
+    <t>　　  7月</t>
+  </si>
+  <si>
+    <t>　　  8月</t>
+  </si>
+  <si>
+    <t>　　  9月</t>
+  </si>
+  <si>
+    <t>　　 10月</t>
+  </si>
+  <si>
     <t>　　 11月</t>
   </si>
   <si>
     <t>　　 12月</t>
   </si>
   <si>
-    <t>114年</t>
-[...32 lines deleted...]
-    <t xml:space="preserve"> 2011</t>
+    <t>115年</t>
   </si>
   <si>
     <t xml:space="preserve"> 2012</t>
   </si>
   <si>
     <t xml:space="preserve"> 2013</t>
   </si>
   <si>
     <t xml:space="preserve"> 2014</t>
   </si>
   <si>
     <t xml:space="preserve"> 2015</t>
   </si>
   <si>
     <t xml:space="preserve"> 2016</t>
   </si>
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
     <t xml:space="preserve">         Nov.</t>
   </si>
   <si>
     <t xml:space="preserve">         Dec.</t>
   </si>
   <si>
-    <t xml:space="preserve"> 2025</t>
-[...29 lines deleted...]
-    <t xml:space="preserve">         Oct.</t>
+    <t xml:space="preserve"> 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="176" formatCode="#\ ##0"/>
     <numFmt numFmtId="177" formatCode="###\ ##0"/>
     <numFmt numFmtId="178" formatCode="###\ ##0;\-###\ ##0;&quot;－&quot;"/>
   </numFmts>
   <fonts count="58" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times"/>
     </font>
     <font>
@@ -4125,1828 +4125,1828 @@
         <v>5</v>
       </c>
       <c r="Q7" s="85"/>
       <c r="R7" s="8"/>
       <c r="S7" s="11"/>
       <c r="T7" s="91"/>
       <c r="U7" s="31" t="s">
         <v>4</v>
       </c>
       <c r="V7" s="32" t="s">
         <v>5</v>
       </c>
       <c r="W7" s="31" t="s">
         <v>4</v>
       </c>
       <c r="X7" s="32" t="s">
         <v>5</v>
       </c>
       <c r="Y7" s="85"/>
     </row>
     <row r="8" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="74" t="s">
         <v>47</v>
       </c>
       <c r="C8" s="75">
-        <v>455278</v>
+        <v>470946</v>
       </c>
       <c r="D8" s="75">
-        <v>25892</v>
+        <v>28113</v>
       </c>
       <c r="E8" s="75">
-        <v>345812</v>
+        <v>362945</v>
       </c>
       <c r="F8" s="75">
-        <v>21990</v>
+        <v>24163</v>
       </c>
       <c r="G8" s="75">
-        <v>29207</v>
+        <v>24225</v>
       </c>
       <c r="H8" s="76">
-        <v>710</v>
+        <v>634</v>
       </c>
       <c r="I8" s="15"/>
       <c r="J8" s="14"/>
       <c r="K8" s="77">
         <v>0</v>
       </c>
       <c r="L8" s="78">
         <v>0</v>
       </c>
       <c r="M8" s="75">
-        <v>5929</v>
+        <v>6103</v>
       </c>
       <c r="N8" s="75">
-        <v>387</v>
+        <v>399</v>
       </c>
       <c r="O8" s="79">
-        <v>7906</v>
+        <v>7683</v>
       </c>
       <c r="P8" s="80">
-        <v>1081</v>
+        <v>1080</v>
       </c>
       <c r="Q8" s="81" t="s">
         <v>74</v>
       </c>
       <c r="S8" s="16"/>
       <c r="T8" s="74" t="s">
         <v>47</v>
       </c>
       <c r="U8" s="75">
-        <v>17536</v>
+        <v>18245</v>
       </c>
       <c r="V8" s="79">
-        <v>995</v>
+        <v>1040</v>
       </c>
       <c r="W8" s="79">
-        <v>48888</v>
+        <v>51745</v>
       </c>
       <c r="X8" s="80">
-        <v>730</v>
+        <v>797</v>
       </c>
       <c r="Y8" s="81" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="9" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="74" t="s">
         <v>48</v>
       </c>
       <c r="C9" s="75">
-        <v>470946</v>
+        <v>514094</v>
       </c>
       <c r="D9" s="75">
-        <v>28113</v>
+        <v>30412</v>
       </c>
       <c r="E9" s="75">
-        <v>362945</v>
+        <v>390584</v>
       </c>
       <c r="F9" s="75">
-        <v>24163</v>
+        <v>26068</v>
       </c>
       <c r="G9" s="75">
-        <v>24225</v>
+        <v>27066</v>
       </c>
       <c r="H9" s="76">
-        <v>634</v>
+        <v>690</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="14"/>
-      <c r="K9" s="77">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="K9" s="82">
+        <v>8721</v>
+      </c>
+      <c r="L9" s="75">
+        <v>48</v>
       </c>
       <c r="M9" s="75">
-        <v>6103</v>
+        <v>6432</v>
       </c>
       <c r="N9" s="75">
-        <v>399</v>
+        <v>439</v>
       </c>
       <c r="O9" s="79">
-        <v>7683</v>
+        <v>8291</v>
       </c>
       <c r="P9" s="80">
-        <v>1080</v>
+        <v>1086</v>
       </c>
       <c r="Q9" s="81" t="s">
         <v>75</v>
       </c>
       <c r="S9" s="16"/>
       <c r="T9" s="74" t="s">
         <v>48</v>
       </c>
       <c r="U9" s="75">
-        <v>18245</v>
+        <v>18943</v>
       </c>
       <c r="V9" s="79">
-        <v>1040</v>
+        <v>1093</v>
       </c>
       <c r="W9" s="79">
-        <v>51745</v>
+        <v>54058</v>
       </c>
       <c r="X9" s="80">
-        <v>797</v>
+        <v>989</v>
       </c>
       <c r="Y9" s="81" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="10" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B10" s="74" t="s">
         <v>49</v>
       </c>
       <c r="C10" s="75">
-        <v>514094</v>
+        <v>556896</v>
       </c>
       <c r="D10" s="75">
-        <v>30412</v>
+        <v>33664</v>
       </c>
       <c r="E10" s="75">
-        <v>390584</v>
+        <v>417868</v>
       </c>
       <c r="F10" s="75">
-        <v>26068</v>
+        <v>28886</v>
       </c>
       <c r="G10" s="75">
-        <v>27066</v>
+        <v>31507</v>
       </c>
       <c r="H10" s="76">
-        <v>690</v>
+        <v>858</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="14"/>
       <c r="K10" s="82">
-        <v>8721</v>
+        <v>15339</v>
       </c>
       <c r="L10" s="75">
-        <v>48</v>
+        <v>105</v>
       </c>
       <c r="M10" s="75">
-        <v>6432</v>
+        <v>6514</v>
       </c>
       <c r="N10" s="75">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="O10" s="79">
-        <v>8291</v>
+        <v>8181</v>
       </c>
       <c r="P10" s="80">
-        <v>1086</v>
+        <v>1120</v>
       </c>
       <c r="Q10" s="81" t="s">
         <v>76</v>
       </c>
       <c r="S10" s="16"/>
       <c r="T10" s="74" t="s">
         <v>49</v>
       </c>
       <c r="U10" s="75">
-        <v>18943</v>
+        <v>19799</v>
       </c>
       <c r="V10" s="79">
-        <v>1093</v>
+        <v>1166</v>
       </c>
       <c r="W10" s="79">
-        <v>54058</v>
+        <v>57689</v>
       </c>
       <c r="X10" s="80">
-        <v>989</v>
+        <v>1089</v>
       </c>
       <c r="Y10" s="81" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="11" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" s="74" t="s">
         <v>50</v>
       </c>
       <c r="C11" s="75">
-        <v>556896</v>
+        <v>578790</v>
       </c>
       <c r="D11" s="75">
-        <v>33664</v>
+        <v>36439</v>
       </c>
       <c r="E11" s="75">
-        <v>417868</v>
+        <v>438850</v>
       </c>
       <c r="F11" s="75">
-        <v>28886</v>
+        <v>31537</v>
       </c>
       <c r="G11" s="75">
-        <v>31507</v>
+        <v>27767</v>
       </c>
       <c r="H11" s="76">
-        <v>858</v>
+        <v>885</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="14"/>
       <c r="K11" s="82">
-        <v>15339</v>
+        <v>15559</v>
       </c>
       <c r="L11" s="75">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="M11" s="75">
-        <v>6514</v>
+        <v>6877</v>
       </c>
       <c r="N11" s="75">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="O11" s="79">
-        <v>8181</v>
+        <v>9376</v>
       </c>
       <c r="P11" s="80">
-        <v>1120</v>
+        <v>1170</v>
       </c>
       <c r="Q11" s="81" t="s">
         <v>77</v>
       </c>
       <c r="S11" s="16"/>
       <c r="T11" s="74" t="s">
         <v>50</v>
       </c>
       <c r="U11" s="75">
-        <v>19799</v>
+        <v>20070</v>
       </c>
       <c r="V11" s="79">
-        <v>1166</v>
+        <v>1218</v>
       </c>
       <c r="W11" s="79">
-        <v>57689</v>
+        <v>60292</v>
       </c>
       <c r="X11" s="80">
-        <v>1089</v>
+        <v>1055</v>
       </c>
       <c r="Y11" s="81" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="12" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B12" s="74" t="s">
         <v>51</v>
       </c>
       <c r="C12" s="75">
-        <v>578790</v>
+        <v>594813</v>
       </c>
       <c r="D12" s="75">
-        <v>36439</v>
+        <v>38479</v>
       </c>
       <c r="E12" s="75">
-        <v>438850</v>
+        <v>449659</v>
       </c>
       <c r="F12" s="75">
-        <v>31537</v>
+        <v>33430</v>
       </c>
       <c r="G12" s="75">
-        <v>27767</v>
+        <v>28552</v>
       </c>
       <c r="H12" s="76">
-        <v>885</v>
+        <v>853</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="14"/>
       <c r="K12" s="82">
-        <v>15559</v>
+        <v>16651</v>
       </c>
       <c r="L12" s="75">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="M12" s="75">
-        <v>6877</v>
+        <v>7095</v>
       </c>
       <c r="N12" s="75">
-        <v>447</v>
+        <v>469</v>
       </c>
       <c r="O12" s="79">
-        <v>9376</v>
+        <v>9865</v>
       </c>
       <c r="P12" s="80">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="Q12" s="81" t="s">
         <v>78</v>
       </c>
       <c r="S12" s="16"/>
       <c r="T12" s="74" t="s">
         <v>51</v>
       </c>
       <c r="U12" s="75">
-        <v>20070</v>
+        <v>20821</v>
       </c>
       <c r="V12" s="79">
-        <v>1218</v>
+        <v>1254</v>
       </c>
       <c r="W12" s="79">
-        <v>60292</v>
+        <v>62170</v>
       </c>
       <c r="X12" s="80">
-        <v>1055</v>
+        <v>1181</v>
       </c>
       <c r="Y12" s="81" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="13" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B13" s="74" t="s">
         <v>52</v>
       </c>
       <c r="C13" s="75">
-        <v>594813</v>
+        <v>617912</v>
       </c>
       <c r="D13" s="75">
-        <v>38479</v>
+        <v>40135</v>
       </c>
       <c r="E13" s="75">
-        <v>449659</v>
+        <v>468702</v>
       </c>
       <c r="F13" s="75">
-        <v>33430</v>
+        <v>34757</v>
       </c>
       <c r="G13" s="75">
-        <v>28552</v>
+        <v>29623</v>
       </c>
       <c r="H13" s="76">
-        <v>853</v>
+        <v>909</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="14"/>
       <c r="K13" s="82">
-        <v>16651</v>
+        <v>18710</v>
       </c>
       <c r="L13" s="75">
-        <v>121</v>
+        <v>182</v>
       </c>
       <c r="M13" s="75">
-        <v>7095</v>
+        <v>7273</v>
       </c>
       <c r="N13" s="75">
-        <v>469</v>
+        <v>492</v>
       </c>
       <c r="O13" s="79">
-        <v>9865</v>
+        <v>10340</v>
       </c>
       <c r="P13" s="80">
-        <v>1172</v>
+        <v>1224</v>
       </c>
       <c r="Q13" s="81" t="s">
         <v>79</v>
       </c>
       <c r="S13" s="16"/>
       <c r="T13" s="74" t="s">
         <v>52</v>
       </c>
       <c r="U13" s="75">
-        <v>20821</v>
+        <v>20554</v>
       </c>
       <c r="V13" s="79">
-        <v>1254</v>
+        <v>1299</v>
       </c>
       <c r="W13" s="79">
-        <v>62170</v>
+        <v>62709</v>
       </c>
       <c r="X13" s="80">
-        <v>1181</v>
+        <v>1272</v>
       </c>
       <c r="Y13" s="81" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="14" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B14" s="74" t="s">
         <v>53</v>
       </c>
       <c r="C14" s="75">
-        <v>617912</v>
+        <v>641945</v>
       </c>
       <c r="D14" s="75">
-        <v>40135</v>
+        <v>42580</v>
       </c>
       <c r="E14" s="75">
-        <v>468702</v>
+        <v>489907</v>
       </c>
       <c r="F14" s="75">
-        <v>34757</v>
+        <v>37079</v>
       </c>
       <c r="G14" s="75">
-        <v>29623</v>
+        <v>32521</v>
       </c>
       <c r="H14" s="76">
-        <v>909</v>
+        <v>946</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="14"/>
       <c r="K14" s="82">
-        <v>18710</v>
+        <v>17305</v>
       </c>
       <c r="L14" s="75">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="M14" s="75">
-        <v>7273</v>
+        <v>7335</v>
       </c>
       <c r="N14" s="75">
-        <v>492</v>
+        <v>511</v>
       </c>
       <c r="O14" s="79">
-        <v>10340</v>
+        <v>10141</v>
       </c>
       <c r="P14" s="80">
-        <v>1224</v>
+        <v>1237</v>
       </c>
       <c r="Q14" s="81" t="s">
         <v>80</v>
       </c>
       <c r="S14" s="16"/>
       <c r="T14" s="74" t="s">
         <v>53</v>
       </c>
       <c r="U14" s="75">
-        <v>20554</v>
+        <v>20889</v>
       </c>
       <c r="V14" s="79">
-        <v>1299</v>
+        <v>1349</v>
       </c>
       <c r="W14" s="79">
-        <v>62709</v>
+        <v>63847</v>
       </c>
       <c r="X14" s="80">
-        <v>1272</v>
+        <v>1279</v>
       </c>
       <c r="Y14" s="81" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="15" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B15" s="74" t="s">
         <v>54</v>
       </c>
       <c r="C15" s="75">
-        <v>641945</v>
+        <v>666816</v>
       </c>
       <c r="D15" s="75">
-        <v>42580</v>
+        <v>46019</v>
       </c>
       <c r="E15" s="75">
-        <v>489907</v>
+        <v>512702</v>
       </c>
       <c r="F15" s="75">
-        <v>37079</v>
+        <v>39876</v>
       </c>
       <c r="G15" s="75">
-        <v>32521</v>
+        <v>32013</v>
       </c>
       <c r="H15" s="76">
-        <v>946</v>
+        <v>1186</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="14"/>
       <c r="K15" s="82">
-        <v>17305</v>
+        <v>18094</v>
       </c>
       <c r="L15" s="75">
-        <v>179</v>
+        <v>197</v>
       </c>
       <c r="M15" s="75">
-        <v>7335</v>
+        <v>7619</v>
       </c>
       <c r="N15" s="75">
-        <v>511</v>
+        <v>541</v>
       </c>
       <c r="O15" s="79">
-        <v>10141</v>
+        <v>10046</v>
       </c>
       <c r="P15" s="80">
-        <v>1237</v>
+        <v>1285</v>
       </c>
       <c r="Q15" s="81" t="s">
         <v>81</v>
       </c>
       <c r="S15" s="16"/>
       <c r="T15" s="74" t="s">
         <v>54</v>
       </c>
       <c r="U15" s="75">
-        <v>20889</v>
+        <v>21276</v>
       </c>
       <c r="V15" s="79">
-        <v>1349</v>
+        <v>1396</v>
       </c>
       <c r="W15" s="79">
-        <v>63847</v>
+        <v>65066</v>
       </c>
       <c r="X15" s="80">
-        <v>1279</v>
+        <v>1540</v>
       </c>
       <c r="Y15" s="81" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="16" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B16" s="74" t="s">
         <v>55</v>
       </c>
       <c r="C16" s="75">
-        <v>666816</v>
+        <v>715104</v>
       </c>
       <c r="D16" s="75">
-        <v>46019</v>
+        <v>47880</v>
       </c>
       <c r="E16" s="75">
-        <v>512702</v>
+        <v>555458</v>
       </c>
       <c r="F16" s="75">
-        <v>39876</v>
+        <v>41335</v>
       </c>
       <c r="G16" s="75">
-        <v>32013</v>
+        <v>33742</v>
       </c>
       <c r="H16" s="76">
-        <v>1186</v>
+        <v>1308</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="14"/>
       <c r="K16" s="82">
-        <v>18094</v>
+        <v>17712</v>
       </c>
       <c r="L16" s="75">
-        <v>197</v>
+        <v>237</v>
       </c>
       <c r="M16" s="75">
-        <v>7619</v>
+        <v>8067</v>
       </c>
       <c r="N16" s="75">
-        <v>541</v>
+        <v>552</v>
       </c>
       <c r="O16" s="79">
-        <v>10046</v>
+        <v>11053</v>
       </c>
       <c r="P16" s="80">
-        <v>1285</v>
+        <v>1392</v>
       </c>
       <c r="Q16" s="81" t="s">
         <v>82</v>
       </c>
       <c r="S16" s="16"/>
       <c r="T16" s="74" t="s">
         <v>55</v>
       </c>
       <c r="U16" s="75">
-        <v>21276</v>
+        <v>22431</v>
       </c>
       <c r="V16" s="79">
-        <v>1396</v>
+        <v>1428</v>
       </c>
       <c r="W16" s="79">
-        <v>65066</v>
+        <v>66640</v>
       </c>
       <c r="X16" s="80">
-        <v>1540</v>
+        <v>1627</v>
       </c>
       <c r="Y16" s="81" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="17" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B17" s="74" t="s">
         <v>56</v>
       </c>
       <c r="C17" s="75">
-        <v>715104</v>
+        <v>753237</v>
       </c>
       <c r="D17" s="75">
-        <v>47880</v>
+        <v>49327</v>
       </c>
       <c r="E17" s="75">
-        <v>555458</v>
+        <v>592677</v>
       </c>
       <c r="F17" s="75">
-        <v>41335</v>
+        <v>42610</v>
       </c>
       <c r="G17" s="75">
-        <v>33742</v>
+        <v>30527</v>
       </c>
       <c r="H17" s="76">
-        <v>1308</v>
+        <v>1290</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="14"/>
       <c r="K17" s="82">
-        <v>17712</v>
+        <v>18425</v>
       </c>
       <c r="L17" s="75">
-        <v>237</v>
+        <v>287</v>
       </c>
       <c r="M17" s="75">
-        <v>8067</v>
+        <v>8621</v>
       </c>
       <c r="N17" s="75">
-        <v>552</v>
+        <v>587</v>
       </c>
       <c r="O17" s="79">
-        <v>11053</v>
+        <v>10532</v>
       </c>
       <c r="P17" s="80">
-        <v>1392</v>
+        <v>1378</v>
       </c>
       <c r="Q17" s="81" t="s">
         <v>83</v>
       </c>
       <c r="S17" s="16"/>
       <c r="T17" s="74" t="s">
         <v>56</v>
       </c>
       <c r="U17" s="75">
-        <v>22431</v>
+        <v>23779</v>
       </c>
       <c r="V17" s="79">
-        <v>1428</v>
+        <v>1470</v>
       </c>
       <c r="W17" s="79">
-        <v>66640</v>
+        <v>68676</v>
       </c>
       <c r="X17" s="80">
-        <v>1627</v>
+        <v>1706</v>
       </c>
       <c r="Y17" s="81" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="18" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B18" s="74" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="75">
-        <v>753237</v>
+        <v>803012</v>
       </c>
       <c r="D18" s="75">
-        <v>49327</v>
+        <v>49061</v>
       </c>
       <c r="E18" s="75">
-        <v>592677</v>
+        <v>632938</v>
       </c>
       <c r="F18" s="75">
-        <v>42610</v>
+        <v>42729</v>
       </c>
       <c r="G18" s="75">
-        <v>30527</v>
+        <v>39043</v>
       </c>
       <c r="H18" s="76">
-        <v>1290</v>
+        <v>1303</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="14"/>
       <c r="K18" s="82">
-        <v>18425</v>
+        <v>15813</v>
       </c>
       <c r="L18" s="75">
-        <v>287</v>
+        <v>333</v>
       </c>
       <c r="M18" s="75">
-        <v>8621</v>
+        <v>8962</v>
       </c>
       <c r="N18" s="75">
-        <v>587</v>
+        <v>612</v>
       </c>
       <c r="O18" s="79">
-        <v>10532</v>
+        <v>10396</v>
       </c>
       <c r="P18" s="80">
-        <v>1378</v>
+        <v>1205</v>
       </c>
       <c r="Q18" s="81" t="s">
         <v>84</v>
       </c>
       <c r="S18" s="16"/>
       <c r="T18" s="74" t="s">
         <v>57</v>
       </c>
       <c r="U18" s="75">
-        <v>23779</v>
+        <v>24448</v>
       </c>
       <c r="V18" s="79">
-        <v>1470</v>
+        <v>1532</v>
       </c>
       <c r="W18" s="79">
-        <v>68676</v>
+        <v>71413</v>
       </c>
       <c r="X18" s="80">
-        <v>1706</v>
+        <v>1347</v>
       </c>
       <c r="Y18" s="81" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="19" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B19" s="74" t="s">
         <v>58</v>
       </c>
       <c r="C19" s="75">
-        <v>803012</v>
+        <v>840432</v>
       </c>
       <c r="D19" s="75">
-        <v>49061</v>
+        <v>55129</v>
       </c>
       <c r="E19" s="75">
-        <v>632938</v>
+        <v>669614</v>
       </c>
       <c r="F19" s="75">
-        <v>42729</v>
+        <v>48123</v>
       </c>
       <c r="G19" s="75">
-        <v>39043</v>
+        <v>34181</v>
       </c>
       <c r="H19" s="76">
-        <v>1303</v>
+        <v>1372</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="14"/>
       <c r="K19" s="82">
-        <v>15813</v>
+        <v>16661</v>
       </c>
       <c r="L19" s="75">
-        <v>333</v>
+        <v>319</v>
       </c>
       <c r="M19" s="75">
-        <v>8962</v>
+        <v>9330</v>
       </c>
       <c r="N19" s="75">
-        <v>612</v>
+        <v>642</v>
       </c>
       <c r="O19" s="79">
-        <v>10396</v>
+        <v>11212</v>
       </c>
       <c r="P19" s="80">
-        <v>1205</v>
+        <v>1371</v>
       </c>
       <c r="Q19" s="81" t="s">
         <v>85</v>
       </c>
       <c r="S19" s="16"/>
       <c r="T19" s="74" t="s">
         <v>58</v>
       </c>
       <c r="U19" s="75">
-        <v>24448</v>
+        <v>25209</v>
       </c>
       <c r="V19" s="79">
-        <v>1532</v>
+        <v>1609</v>
       </c>
       <c r="W19" s="79">
-        <v>71413</v>
+        <v>74225</v>
       </c>
       <c r="X19" s="80">
-        <v>1347</v>
+        <v>1692</v>
       </c>
       <c r="Y19" s="81" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="20" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B20" s="74" t="s">
         <v>59</v>
       </c>
       <c r="C20" s="75">
-        <v>840432</v>
+        <v>895348</v>
       </c>
       <c r="D20" s="75">
-        <v>55129</v>
+        <v>59294</v>
       </c>
       <c r="E20" s="75">
-        <v>669614</v>
+        <v>720725</v>
       </c>
       <c r="F20" s="75">
-        <v>48123</v>
+        <v>51875</v>
       </c>
       <c r="G20" s="75">
-        <v>34181</v>
+        <v>35119</v>
       </c>
       <c r="H20" s="76">
-        <v>1372</v>
+        <v>1462</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="14"/>
       <c r="K20" s="82">
-        <v>16661</v>
+        <v>15478</v>
       </c>
       <c r="L20" s="75">
-        <v>319</v>
+        <v>343</v>
       </c>
       <c r="M20" s="75">
-        <v>9330</v>
+        <v>9757</v>
       </c>
       <c r="N20" s="75">
-        <v>642</v>
+        <v>661</v>
       </c>
       <c r="O20" s="79">
-        <v>11212</v>
+        <v>12553</v>
       </c>
       <c r="P20" s="80">
-        <v>1371</v>
+        <v>1374</v>
       </c>
       <c r="Q20" s="81" t="s">
         <v>86</v>
       </c>
       <c r="S20" s="16"/>
       <c r="T20" s="74" t="s">
         <v>59</v>
       </c>
       <c r="U20" s="75">
-        <v>25209</v>
+        <v>25770</v>
       </c>
       <c r="V20" s="79">
-        <v>1609</v>
+        <v>1686</v>
       </c>
       <c r="W20" s="79">
-        <v>74225</v>
+        <v>75945</v>
       </c>
       <c r="X20" s="80">
-        <v>1692</v>
+        <v>1893</v>
       </c>
       <c r="Y20" s="81" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="21" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B21" s="74" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="75">
-        <v>895348</v>
+        <v>949037</v>
       </c>
       <c r="D21" s="75">
-        <v>59294</v>
+        <v>64280</v>
       </c>
       <c r="E21" s="75">
-        <v>720725</v>
+        <v>766457</v>
       </c>
       <c r="F21" s="75">
-        <v>51875</v>
+        <v>55881</v>
       </c>
       <c r="G21" s="75">
-        <v>35119</v>
+        <v>42199</v>
       </c>
       <c r="H21" s="76">
-        <v>1462</v>
+        <v>1597</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="14"/>
       <c r="K21" s="82">
-        <v>15478</v>
+        <v>12293</v>
       </c>
       <c r="L21" s="75">
-        <v>343</v>
+        <v>371</v>
       </c>
       <c r="M21" s="75">
-        <v>9757</v>
+        <v>9938</v>
       </c>
       <c r="N21" s="75">
-        <v>661</v>
+        <v>698</v>
       </c>
       <c r="O21" s="79">
-        <v>12553</v>
+        <v>13280</v>
       </c>
       <c r="P21" s="80">
-        <v>1374</v>
+        <v>1513</v>
       </c>
       <c r="Q21" s="81" t="s">
         <v>87</v>
       </c>
       <c r="S21" s="16"/>
       <c r="T21" s="74" t="s">
         <v>60</v>
       </c>
       <c r="U21" s="75">
-        <v>25770</v>
+        <v>26282</v>
       </c>
       <c r="V21" s="79">
-        <v>1686</v>
+        <v>1763</v>
       </c>
       <c r="W21" s="79">
-        <v>75945</v>
+        <v>78587</v>
       </c>
       <c r="X21" s="80">
-        <v>1893</v>
+        <v>2457</v>
       </c>
       <c r="Y21" s="81" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="22" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="52" t="s">
         <v>61</v>
       </c>
       <c r="C22" s="53">
-        <v>891609</v>
+        <v>900168</v>
       </c>
       <c r="D22" s="53">
-        <v>59156</v>
+        <v>59868</v>
       </c>
       <c r="E22" s="53">
-        <v>717708</v>
+        <v>725096</v>
       </c>
       <c r="F22" s="53">
-        <v>51631</v>
+        <v>52338</v>
       </c>
       <c r="G22" s="53">
-        <v>34804</v>
+        <v>35326</v>
       </c>
       <c r="H22" s="54">
-        <v>1435</v>
+        <v>1482</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="14"/>
       <c r="K22" s="58">
-        <v>15140</v>
+        <v>14732</v>
       </c>
       <c r="L22" s="53">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="M22" s="53">
-        <v>9719</v>
+        <v>9749</v>
       </c>
       <c r="N22" s="53">
-        <v>668</v>
+        <v>667</v>
       </c>
       <c r="O22" s="56">
-        <v>12595</v>
+        <v>12667</v>
       </c>
       <c r="P22" s="57">
-        <v>1384</v>
+        <v>1378</v>
       </c>
       <c r="Q22" s="42" t="s">
         <v>88</v>
       </c>
       <c r="S22" s="16"/>
       <c r="T22" s="52" t="s">
         <v>61</v>
       </c>
       <c r="U22" s="53">
-        <v>25702</v>
+        <v>25636</v>
       </c>
       <c r="V22" s="56">
-        <v>1753</v>
+        <v>1700</v>
       </c>
       <c r="W22" s="56">
-        <v>75941</v>
+        <v>76962</v>
       </c>
       <c r="X22" s="57">
-        <v>1942</v>
+        <v>1948</v>
       </c>
       <c r="Y22" s="42" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="23" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="52" t="s">
         <v>62</v>
       </c>
       <c r="C23" s="53">
-        <v>895348</v>
+        <v>904953</v>
       </c>
       <c r="D23" s="53">
-        <v>59294</v>
+        <v>60687</v>
       </c>
       <c r="E23" s="53">
-        <v>720725</v>
+        <v>729318</v>
       </c>
       <c r="F23" s="53">
-        <v>51875</v>
+        <v>53101</v>
       </c>
       <c r="G23" s="53">
-        <v>35119</v>
+        <v>35621</v>
       </c>
       <c r="H23" s="54">
-        <v>1462</v>
+        <v>1512</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="14"/>
       <c r="K23" s="58">
-        <v>15478</v>
+        <v>15038</v>
       </c>
       <c r="L23" s="53">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="M23" s="53">
-        <v>9757</v>
+        <v>9772</v>
       </c>
       <c r="N23" s="53">
-        <v>661</v>
+        <v>673</v>
       </c>
       <c r="O23" s="56">
-        <v>12553</v>
+        <v>12398</v>
       </c>
       <c r="P23" s="57">
-        <v>1374</v>
+        <v>1405</v>
       </c>
       <c r="Q23" s="42" t="s">
         <v>89</v>
       </c>
       <c r="S23" s="16"/>
       <c r="T23" s="52" t="s">
         <v>62</v>
       </c>
       <c r="U23" s="53">
-        <v>25770</v>
+        <v>25758</v>
       </c>
       <c r="V23" s="56">
-        <v>1686</v>
+        <v>1711</v>
       </c>
       <c r="W23" s="56">
-        <v>75945</v>
+        <v>77048</v>
       </c>
       <c r="X23" s="57">
-        <v>1893</v>
+        <v>1931</v>
       </c>
       <c r="Y23" s="42" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="24" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B24" s="74" t="s">
+      <c r="B24" s="52" t="s">
         <v>63</v>
       </c>
-      <c r="C24" s="53"/>
-[...4 lines deleted...]
-      <c r="H24" s="54"/>
+      <c r="C24" s="53">
+        <v>905327</v>
+      </c>
+      <c r="D24" s="53">
+        <v>60616</v>
+      </c>
+      <c r="E24" s="53">
+        <v>729602</v>
+      </c>
+      <c r="F24" s="53">
+        <v>53270</v>
+      </c>
+      <c r="G24" s="53">
+        <v>36519</v>
+      </c>
+      <c r="H24" s="54">
+        <v>1520</v>
+      </c>
       <c r="I24" s="15"/>
       <c r="J24" s="14"/>
-      <c r="K24" s="58"/>
-[...5 lines deleted...]
-      <c r="Q24" s="81" t="s">
+      <c r="K24" s="58">
+        <v>14434</v>
+      </c>
+      <c r="L24" s="53">
+        <v>356</v>
+      </c>
+      <c r="M24" s="53">
+        <v>9715</v>
+      </c>
+      <c r="N24" s="53">
+        <v>665</v>
+      </c>
+      <c r="O24" s="56">
+        <v>12532</v>
+      </c>
+      <c r="P24" s="57">
+        <v>1407</v>
+      </c>
+      <c r="Q24" s="42" t="s">
         <v>90</v>
       </c>
       <c r="S24" s="16"/>
-      <c r="T24" s="74" t="s">
+      <c r="T24" s="52" t="s">
         <v>63</v>
       </c>
-      <c r="U24" s="55"/>
-[...3 lines deleted...]
-      <c r="Y24" s="81" t="s">
+      <c r="U24" s="53">
+        <v>25690</v>
+      </c>
+      <c r="V24" s="56">
+        <v>1719</v>
+      </c>
+      <c r="W24" s="56">
+        <v>76835</v>
+      </c>
+      <c r="X24" s="57">
+        <v>1679</v>
+      </c>
+      <c r="Y24" s="42" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="25" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="52" t="s">
         <v>64</v>
       </c>
       <c r="C25" s="53">
-        <v>900168</v>
+        <v>903663</v>
       </c>
       <c r="D25" s="53">
-        <v>59868</v>
+        <v>60418</v>
       </c>
       <c r="E25" s="53">
-        <v>725096</v>
+        <v>729398</v>
       </c>
       <c r="F25" s="53">
-        <v>52338</v>
+        <v>53157</v>
       </c>
       <c r="G25" s="53">
-        <v>35326</v>
+        <v>36427</v>
       </c>
       <c r="H25" s="54">
-        <v>1482</v>
+        <v>1524</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="14"/>
       <c r="K25" s="58">
-        <v>14732</v>
+        <v>13363</v>
       </c>
       <c r="L25" s="53">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="M25" s="53">
-        <v>9749</v>
+        <v>9736</v>
       </c>
       <c r="N25" s="53">
         <v>667</v>
       </c>
       <c r="O25" s="56">
-        <v>12667</v>
+        <v>12640</v>
       </c>
       <c r="P25" s="57">
-        <v>1378</v>
+        <v>1393</v>
       </c>
       <c r="Q25" s="42" t="s">
         <v>91</v>
       </c>
       <c r="S25" s="16"/>
       <c r="T25" s="52" t="s">
         <v>64</v>
       </c>
       <c r="U25" s="53">
-        <v>25636</v>
+        <v>25677</v>
       </c>
       <c r="V25" s="56">
-        <v>1700</v>
+        <v>1735</v>
       </c>
       <c r="W25" s="56">
-        <v>76962</v>
+        <v>76422</v>
       </c>
       <c r="X25" s="57">
-        <v>1948</v>
+        <v>1583</v>
       </c>
       <c r="Y25" s="42" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="26" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B26" s="52" t="s">
         <v>65</v>
       </c>
       <c r="C26" s="53">
-        <v>904953</v>
+        <v>909719</v>
       </c>
       <c r="D26" s="53">
-        <v>60687</v>
+        <v>59334</v>
       </c>
       <c r="E26" s="53">
-        <v>729318</v>
+        <v>733136</v>
       </c>
       <c r="F26" s="53">
-        <v>53101</v>
+        <v>51996</v>
       </c>
       <c r="G26" s="53">
-        <v>35621</v>
+        <v>38200</v>
       </c>
       <c r="H26" s="54">
-        <v>1512</v>
+        <v>1525</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="14"/>
       <c r="K26" s="58">
-        <v>15038</v>
+        <v>13828</v>
       </c>
       <c r="L26" s="53">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="M26" s="53">
-        <v>9772</v>
+        <v>9790</v>
       </c>
       <c r="N26" s="53">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="O26" s="56">
-        <v>12398</v>
+        <v>12627</v>
       </c>
       <c r="P26" s="57">
-        <v>1405</v>
+        <v>1390</v>
       </c>
       <c r="Q26" s="42" t="s">
         <v>92</v>
       </c>
       <c r="S26" s="16"/>
       <c r="T26" s="52" t="s">
         <v>65</v>
       </c>
       <c r="U26" s="53">
-        <v>25758</v>
+        <v>25770</v>
       </c>
       <c r="V26" s="56">
-        <v>1711</v>
+        <v>1749</v>
       </c>
       <c r="W26" s="56">
-        <v>77048</v>
+        <v>76369</v>
       </c>
       <c r="X26" s="57">
-        <v>1931</v>
+        <v>1644</v>
       </c>
       <c r="Y26" s="42" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="27" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B27" s="52" t="s">
         <v>66</v>
       </c>
       <c r="C27" s="53">
-        <v>905327</v>
+        <v>912628</v>
       </c>
       <c r="D27" s="53">
-        <v>60616</v>
+        <v>59730</v>
       </c>
       <c r="E27" s="53">
-        <v>729602</v>
+        <v>735967</v>
       </c>
       <c r="F27" s="53">
-        <v>53270</v>
+        <v>52284</v>
       </c>
       <c r="G27" s="53">
-        <v>36519</v>
+        <v>38921</v>
       </c>
       <c r="H27" s="54">
-        <v>1520</v>
+        <v>1515</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="14"/>
       <c r="K27" s="58">
-        <v>14434</v>
+        <v>12986</v>
       </c>
       <c r="L27" s="53">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="M27" s="53">
-        <v>9715</v>
+        <v>9761</v>
       </c>
       <c r="N27" s="53">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="O27" s="56">
-        <v>12532</v>
+        <v>12701</v>
       </c>
       <c r="P27" s="57">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="Q27" s="42" t="s">
         <v>93</v>
       </c>
       <c r="S27" s="16"/>
       <c r="T27" s="52" t="s">
         <v>66</v>
       </c>
       <c r="U27" s="53">
-        <v>25690</v>
+        <v>25837</v>
       </c>
       <c r="V27" s="56">
-        <v>1719</v>
+        <v>1765</v>
       </c>
       <c r="W27" s="56">
-        <v>76835</v>
+        <v>76455</v>
       </c>
       <c r="X27" s="57">
-        <v>1679</v>
+        <v>1718</v>
       </c>
       <c r="Y27" s="42" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="28" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="52" t="s">
         <v>67</v>
       </c>
       <c r="C28" s="53">
-        <v>903663</v>
+        <v>917720</v>
       </c>
       <c r="D28" s="53">
-        <v>60418</v>
+        <v>60301</v>
       </c>
       <c r="E28" s="53">
-        <v>729398</v>
+        <v>739781</v>
       </c>
       <c r="F28" s="53">
-        <v>53157</v>
+        <v>52582</v>
       </c>
       <c r="G28" s="53">
-        <v>36427</v>
+        <v>38473</v>
       </c>
       <c r="H28" s="54">
-        <v>1524</v>
+        <v>1518</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="14"/>
       <c r="K28" s="58">
-        <v>13363</v>
+        <v>13921</v>
       </c>
       <c r="L28" s="53">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="M28" s="53">
-        <v>9736</v>
+        <v>9807</v>
       </c>
       <c r="N28" s="53">
-        <v>667</v>
+        <v>687</v>
       </c>
       <c r="O28" s="56">
-        <v>12640</v>
+        <v>12879</v>
       </c>
       <c r="P28" s="57">
-        <v>1393</v>
+        <v>1425</v>
       </c>
       <c r="Q28" s="42" t="s">
         <v>94</v>
       </c>
       <c r="S28" s="16"/>
       <c r="T28" s="52" t="s">
         <v>67</v>
       </c>
       <c r="U28" s="53">
-        <v>25677</v>
+        <v>25939</v>
       </c>
       <c r="V28" s="56">
-        <v>1735</v>
+        <v>1779</v>
       </c>
       <c r="W28" s="56">
-        <v>76422</v>
+        <v>76919</v>
       </c>
       <c r="X28" s="57">
-        <v>1583</v>
+        <v>1950</v>
       </c>
       <c r="Y28" s="42" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="29" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="52" t="s">
         <v>68</v>
       </c>
       <c r="C29" s="53">
-        <v>909719</v>
+        <v>926699</v>
       </c>
       <c r="D29" s="53">
-        <v>59334</v>
+        <v>61403</v>
       </c>
       <c r="E29" s="53">
-        <v>733136</v>
+        <v>748989</v>
       </c>
       <c r="F29" s="53">
-        <v>51996</v>
+        <v>53498</v>
       </c>
       <c r="G29" s="53">
-        <v>38200</v>
+        <v>37927</v>
       </c>
       <c r="H29" s="54">
-        <v>1525</v>
+        <v>1524</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="14"/>
       <c r="K29" s="58">
-        <v>13828</v>
+        <v>13538</v>
       </c>
       <c r="L29" s="53">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="M29" s="53">
-        <v>9790</v>
+        <v>9877</v>
       </c>
       <c r="N29" s="53">
-        <v>671</v>
+        <v>687</v>
       </c>
       <c r="O29" s="56">
-        <v>12627</v>
+        <v>13001</v>
       </c>
       <c r="P29" s="57">
-        <v>1390</v>
+        <v>1457</v>
       </c>
       <c r="Q29" s="42" t="s">
         <v>95</v>
       </c>
       <c r="S29" s="16"/>
       <c r="T29" s="52" t="s">
         <v>68</v>
       </c>
       <c r="U29" s="53">
-        <v>25770</v>
+        <v>26039</v>
       </c>
       <c r="V29" s="56">
-        <v>1749</v>
+        <v>1795</v>
       </c>
       <c r="W29" s="56">
-        <v>76369</v>
+        <v>77328</v>
       </c>
       <c r="X29" s="57">
-        <v>1644</v>
+        <v>2080</v>
       </c>
       <c r="Y29" s="42" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="30" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="52" t="s">
         <v>69</v>
       </c>
       <c r="C30" s="53">
-        <v>912628</v>
+        <v>930176</v>
       </c>
       <c r="D30" s="53">
-        <v>59730</v>
+        <v>62389</v>
       </c>
       <c r="E30" s="53">
-        <v>735967</v>
+        <v>752609</v>
       </c>
       <c r="F30" s="53">
-        <v>52284</v>
+        <v>54264</v>
       </c>
       <c r="G30" s="53">
-        <v>38921</v>
+        <v>37912</v>
       </c>
       <c r="H30" s="54">
-        <v>1515</v>
+        <v>1510</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="14"/>
       <c r="K30" s="58">
-        <v>12986</v>
+        <v>12987</v>
       </c>
       <c r="L30" s="53">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="M30" s="53">
-        <v>9761</v>
+        <v>9926</v>
       </c>
       <c r="N30" s="53">
-        <v>680</v>
+        <v>697</v>
       </c>
       <c r="O30" s="56">
-        <v>12701</v>
+        <v>13050</v>
       </c>
       <c r="P30" s="57">
-        <v>1409</v>
+        <v>1476</v>
       </c>
       <c r="Q30" s="42" t="s">
         <v>96</v>
       </c>
       <c r="S30" s="16"/>
       <c r="T30" s="52" t="s">
         <v>69</v>
       </c>
       <c r="U30" s="53">
-        <v>25837</v>
+        <v>26090</v>
       </c>
       <c r="V30" s="56">
-        <v>1765</v>
+        <v>1812</v>
       </c>
       <c r="W30" s="56">
-        <v>76455</v>
+        <v>77602</v>
       </c>
       <c r="X30" s="57">
-        <v>1718</v>
+        <v>2268</v>
       </c>
       <c r="Y30" s="42" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="31" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B31" s="52" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="53">
-        <v>917720</v>
+        <v>934037</v>
       </c>
       <c r="D31" s="53">
-        <v>60301</v>
+        <v>63457</v>
       </c>
       <c r="E31" s="53">
-        <v>739781</v>
+        <v>754248</v>
       </c>
       <c r="F31" s="53">
-        <v>52582</v>
+        <v>54993</v>
       </c>
       <c r="G31" s="53">
-        <v>38473</v>
+        <v>39394</v>
       </c>
       <c r="H31" s="54">
-        <v>1518</v>
+        <v>1572</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="14"/>
       <c r="K31" s="58">
-        <v>13921</v>
+        <v>13034</v>
       </c>
       <c r="L31" s="53">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="M31" s="53">
-        <v>9807</v>
+        <v>9899</v>
       </c>
       <c r="N31" s="53">
-        <v>687</v>
+        <v>698</v>
       </c>
       <c r="O31" s="56">
-        <v>12879</v>
+        <v>13323</v>
       </c>
       <c r="P31" s="57">
-        <v>1425</v>
+        <v>1500</v>
       </c>
       <c r="Q31" s="42" t="s">
         <v>97</v>
       </c>
       <c r="S31" s="16"/>
       <c r="T31" s="52" t="s">
         <v>70</v>
       </c>
       <c r="U31" s="53">
-        <v>25939</v>
+        <v>26114</v>
       </c>
       <c r="V31" s="56">
-        <v>1779</v>
+        <v>1823</v>
       </c>
       <c r="W31" s="56">
-        <v>76919</v>
+        <v>78025</v>
       </c>
       <c r="X31" s="57">
-        <v>1950</v>
+        <v>2504</v>
       </c>
       <c r="Y31" s="42" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="32" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="52" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="53">
-        <v>926699</v>
+        <v>941567</v>
       </c>
       <c r="D32" s="53">
-        <v>61403</v>
+        <v>63976</v>
       </c>
       <c r="E32" s="53">
-        <v>748989</v>
+        <v>761780</v>
       </c>
       <c r="F32" s="53">
-        <v>53498</v>
+        <v>55506</v>
       </c>
       <c r="G32" s="53">
-        <v>37927</v>
+        <v>39685</v>
       </c>
       <c r="H32" s="54">
-        <v>1524</v>
+        <v>1591</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="14"/>
       <c r="K32" s="58">
-        <v>13538</v>
+        <v>12276</v>
       </c>
       <c r="L32" s="53">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="M32" s="53">
-        <v>9877</v>
+        <v>9893</v>
       </c>
       <c r="N32" s="53">
-        <v>687</v>
+        <v>701</v>
       </c>
       <c r="O32" s="56">
-        <v>13001</v>
+        <v>13253</v>
       </c>
       <c r="P32" s="57">
-        <v>1457</v>
+        <v>1512</v>
       </c>
       <c r="Q32" s="42" t="s">
         <v>98</v>
       </c>
       <c r="S32" s="16"/>
       <c r="T32" s="52" t="s">
         <v>71</v>
       </c>
       <c r="U32" s="53">
-        <v>26039</v>
+        <v>26173</v>
       </c>
       <c r="V32" s="56">
-        <v>1795</v>
+        <v>1833</v>
       </c>
       <c r="W32" s="56">
-        <v>77328</v>
+        <v>78507</v>
       </c>
       <c r="X32" s="57">
-        <v>2080</v>
+        <v>2461</v>
       </c>
       <c r="Y32" s="42" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="33" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B33" s="52" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="53">
-        <v>930176</v>
+        <v>949037</v>
       </c>
       <c r="D33" s="53">
-        <v>62389</v>
+        <v>64280</v>
       </c>
       <c r="E33" s="53">
-        <v>752609</v>
+        <v>766457</v>
       </c>
       <c r="F33" s="53">
-        <v>54264</v>
+        <v>55881</v>
       </c>
       <c r="G33" s="53">
-        <v>37912</v>
+        <v>42199</v>
       </c>
       <c r="H33" s="54">
-        <v>1510</v>
+        <v>1597</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="14"/>
       <c r="K33" s="58">
-        <v>12987</v>
+        <v>12293</v>
       </c>
       <c r="L33" s="53">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="M33" s="53">
-        <v>9926</v>
+        <v>9938</v>
       </c>
       <c r="N33" s="53">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="O33" s="56">
-        <v>13050</v>
+        <v>13280</v>
       </c>
       <c r="P33" s="57">
-        <v>1476</v>
+        <v>1513</v>
       </c>
       <c r="Q33" s="42" t="s">
         <v>99</v>
       </c>
       <c r="S33" s="16"/>
       <c r="T33" s="52" t="s">
         <v>72</v>
       </c>
       <c r="U33" s="53">
-        <v>26090</v>
+        <v>26282</v>
       </c>
       <c r="V33" s="56">
-        <v>1812</v>
+        <v>1763</v>
       </c>
       <c r="W33" s="56">
-        <v>77602</v>
+        <v>78587</v>
       </c>
       <c r="X33" s="57">
-        <v>2268</v>
+        <v>2457</v>
       </c>
       <c r="Y33" s="42" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="34" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B34" s="52" t="s">
+      <c r="B34" s="74" t="s">
         <v>73</v>
       </c>
-      <c r="C34" s="53">
-[...16 lines deleted...]
-      </c>
+      <c r="C34" s="53"/>
+      <c r="D34" s="53"/>
+      <c r="E34" s="53"/>
+      <c r="F34" s="53"/>
+      <c r="G34" s="53"/>
+      <c r="H34" s="54"/>
       <c r="I34" s="15"/>
       <c r="J34" s="14"/>
-      <c r="K34" s="58">
-[...17 lines deleted...]
-      <c r="Q34" s="42" t="s">
+      <c r="K34" s="58"/>
+      <c r="L34" s="53"/>
+      <c r="M34" s="53"/>
+      <c r="N34" s="53"/>
+      <c r="O34" s="56"/>
+      <c r="P34" s="57"/>
+      <c r="Q34" s="81" t="s">
         <v>100</v>
       </c>
       <c r="S34" s="16"/>
-      <c r="T34" s="52" t="s">
+      <c r="T34" s="74" t="s">
         <v>73</v>
       </c>
-      <c r="U34" s="53">
-[...11 lines deleted...]
-      <c r="Y34" s="42" t="s">
+      <c r="U34" s="55"/>
+      <c r="V34" s="59"/>
+      <c r="W34" s="56"/>
+      <c r="X34" s="57"/>
+      <c r="Y34" s="81" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="2:25" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="52" t="s">
         <v>61</v>
       </c>
       <c r="C35" s="53">
-        <v>941567</v>
+        <v>960894</v>
       </c>
       <c r="D35" s="53">
-        <v>63976</v>
+        <v>65335</v>
       </c>
       <c r="E35" s="53">
-        <v>761780</v>
+        <v>777013</v>
       </c>
       <c r="F35" s="53">
-        <v>55506</v>
+        <v>56580</v>
       </c>
       <c r="G35" s="53">
-        <v>39685</v>
+        <v>41713</v>
       </c>
       <c r="H35" s="54">
-        <v>1591</v>
+        <v>1633</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="14"/>
       <c r="K35" s="58">
-        <v>12276</v>
+        <v>13740</v>
       </c>
       <c r="L35" s="53">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="M35" s="53">
-        <v>9893</v>
+        <v>9978</v>
       </c>
       <c r="N35" s="53">
         <v>701</v>
       </c>
       <c r="O35" s="56">
-        <v>13253</v>
+        <v>13421</v>
       </c>
       <c r="P35" s="57">
-        <v>1512</v>
+        <v>1518</v>
       </c>
       <c r="Q35" s="42" t="s">
         <v>88</v>
       </c>
       <c r="S35" s="16"/>
       <c r="T35" s="52" t="s">
         <v>61</v>
       </c>
       <c r="U35" s="53">
-        <v>26173</v>
+        <v>26275</v>
       </c>
       <c r="V35" s="56">
-        <v>1833</v>
+        <v>1783</v>
       </c>
       <c r="W35" s="56">
-        <v>78507</v>
+        <v>78754</v>
       </c>
       <c r="X35" s="57">
-        <v>2461</v>
+        <v>2758</v>
       </c>
       <c r="Y35" s="42" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="36" spans="2:25" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B36" s="61" t="s">
         <v>34</v>
       </c>
       <c r="C36" s="44"/>
       <c r="D36" s="45"/>
       <c r="E36" s="46"/>
       <c r="F36" s="46"/>
       <c r="G36" s="44"/>
       <c r="H36" s="47"/>
       <c r="K36" s="66" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="47"/>
       <c r="M36" s="47"/>
       <c r="N36" s="47"/>
       <c r="O36" s="47"/>
       <c r="P36" s="47"/>
       <c r="Q36" s="47"/>
       <c r="T36" s="71" t="s">