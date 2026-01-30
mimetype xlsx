--- v0 (2025-10-08)
+++ v1 (2026-01-30)
@@ -1,1113 +1,1034 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{86D8F259-0796-4548-87EF-295C6D7DBB40}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="70" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'70'!$A$2:$N$38</definedName>
   </definedNames>
-  <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
+  <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="86">
   <si>
     <t>七、信用卡業務統計</t>
   </si>
   <si>
     <t>-13-</t>
   </si>
   <si>
     <t>-14-</t>
   </si>
   <si>
     <r>
       <t>第</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>13</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
+        <color theme="1"/>
         <rFont val="細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>頁</t>
     </r>
   </si>
   <si>
     <r>
       <t>第</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>14</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
+        <color theme="1"/>
         <rFont val="細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>頁</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Source : National Credit Card Center and all credit card issuing institutions.</t>
   </si>
   <si>
     <r>
       <t>民國
 年</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>(</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>月</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t xml:space="preserve">)
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>底</t>
     </r>
   </si>
   <si>
     <t>簽　　帳　　金　　額</t>
   </si>
   <si>
     <t>End of 
 Period</t>
   </si>
   <si>
     <r>
       <t>（百萬元）</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>（</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>NT$MN</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>）</t>
     </r>
   </si>
   <si>
     <t>(thousand)</t>
   </si>
   <si>
     <t>（千張）</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>合計</t>
   </si>
   <si>
     <t>Local</t>
   </si>
   <si>
     <t>國內</t>
   </si>
   <si>
     <t>Overseas</t>
   </si>
   <si>
     <t>國外</t>
   </si>
   <si>
     <t>流通卡數</t>
   </si>
   <si>
     <t>Circulations</t>
   </si>
   <si>
     <t>（百萬元）</t>
   </si>
   <si>
     <r>
       <t>（</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>NT$MN</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>）</t>
     </r>
   </si>
   <si>
     <r>
       <t>（百萬元）</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>（</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>NT$MN</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>）</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t xml:space="preserve">   </t>
     </r>
   </si>
   <si>
     <t>Retail Sales Volume</t>
   </si>
   <si>
     <t>Cash Advances Volume</t>
   </si>
   <si>
     <t>預　　借　　現　　金　　金　　額</t>
   </si>
   <si>
     <t>循環信用餘額</t>
   </si>
   <si>
     <t>Revolving 
 Balance</t>
   </si>
   <si>
     <r>
       <t>7</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>、</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t xml:space="preserve">Credit Cards </t>
     </r>
   </si>
   <si>
     <r>
       <t>資料來源：</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>93</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>年</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>6</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>月以前為財團法人聯合信用卡處理中心及各發卡機構；</t>
     </r>
   </si>
   <si>
     <r>
       <t>　　　　　</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>93</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>年</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>6</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>月以後係由各發卡機構透過</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <charset val="0"/>
-        <color theme="1"/>
       </rPr>
       <t>Web</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
+        <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
-        <color theme="1"/>
       </rPr>
       <t>申報。</t>
     </r>
   </si>
   <si>
     <t>100年</t>
   </si>
   <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>　　 11月</t>
+  </si>
+  <si>
+    <t>　　 12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
     <t>　　  7月</t>
   </si>
   <si>
     <t>　　  8月</t>
   </si>
   <si>
     <t>　　  9月</t>
   </si>
   <si>
     <t>　　 10月</t>
   </si>
   <si>
-    <t>　　 11月</t>
-[...25 lines deleted...]
-  <si>
     <t xml:space="preserve"> 2011</t>
   </si>
   <si>
     <t xml:space="preserve"> 2012</t>
   </si>
   <si>
     <t xml:space="preserve"> 2013</t>
   </si>
   <si>
     <t xml:space="preserve"> 2014</t>
   </si>
   <si>
     <t xml:space="preserve"> 2015</t>
   </si>
   <si>
     <t xml:space="preserve"> 2016</t>
   </si>
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
     <t xml:space="preserve">         July</t>
   </si>
   <si>
     <t xml:space="preserve">         Aug.</t>
   </si>
   <si>
     <t xml:space="preserve">         Sept.</t>
   </si>
   <si>
     <t xml:space="preserve">         Oct.</t>
-  </si>
-[...25 lines deleted...]
-    <t xml:space="preserve">         June</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
-[...2 lines deleted...]
-    <numFmt numFmtId="165" formatCode="# ### ##0"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="1">
+    <numFmt numFmtId="176" formatCode="#\ ###\ ##0"/>
   </numFmts>
-  <fonts count="37">
+  <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
+      <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="1"/>
     </font>
     <font>
       <sz val="10"/>
+      <color theme="1"/>
       <name val="Times New Roman"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <color theme="1"/>
       <name val="Times"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <sz val="12"/>
+      <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="1"/>
-[...5 lines deleted...]
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <color theme="1"/>
       <name val="細明體"/>
       <charset val="136"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
+      <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial Narrow"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <color theme="1"/>
       <name val="Arial Narrow"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <sz val="12"/>
+      <color theme="1"/>
       <name val="Arial Narrow"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
+      <color theme="1"/>
       <name val="Arial Narrow"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <color theme="1"/>
       <name val="Arial Narrow"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
+      <color theme="1"/>
       <name val="Arial Narrow"/>
-      <charset val="0"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
+      <color theme="1"/>
       <name val="細明體"/>
       <charset val="136"/>
-      <color theme="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="1"/>
     </font>
     <font>
       <sz val="12"/>
+      <color theme="0"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
+      <color rgb="FF9C6500"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="FF9C6500"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
+      <color rgb="FF006100"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="FF006100"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <color rgb="FFFA7D00"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="FFFA7D00"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
+      <color rgb="FFFA7D00"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="FFFA7D00"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
+      <color rgb="FF7F7F7F"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="FF7F7F7F"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
+      <color theme="3"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="3"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
+      <color theme="3"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="3"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
+      <color theme="3"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="3"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <color theme="3"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="3"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
+      <color rgb="FF3F3F76"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="FF3F3F76"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <color rgb="FF3F3F3F"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="FF3F3F3F"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <color theme="0"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
+      <color rgb="FF9C0006"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="FF9C0006"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
+      <color rgb="FFFF0000"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="FFFF0000"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11.5"/>
+      <color theme="1"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+    </font>
+    <font>
+      <sz val="11.5"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color theme="1"/>
-[...31 lines deleted...]
-      <color indexed="12"/>
     </font>
   </fonts>
-  <fills count="33">
+  <fills count="32">
     <fill>
-      <patternFill patternType="none">
-[...1 lines deleted...]
-      </patternFill>
+      <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="46"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="11"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="36"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="52"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA5A5A5"/>
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
-        <bgColor indexed="65"/>
-[...5 lines deleted...]
-        <bgColor indexed="65"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="38">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
@@ -1493,602 +1414,532 @@
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="45">
-[...126 lines deleted...]
-    <xf xxid="128" numFmtId="0" fontId="36" fillId="32" borderId="0" applyAlignment="0"/>
+  <cellStyleXfs count="44">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="12" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="13" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="14" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="15" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="16" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="17" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="18" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyAlignment="0"/>
+    <xf numFmtId="0" fontId="16" fillId="19" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="20" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2"/>
+    <xf numFmtId="0" fontId="18" fillId="21" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="22" borderId="5" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="23" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="24" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="25" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="26" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="27" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="28" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="29" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="21" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="30" borderId="10" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="31" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
   </cellStyleXfs>
-  <cellXfs>
-[...1 lines deleted...]
-    <xf xxid="45" numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+  <cellXfs count="88">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="19" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf xxid="46" numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
-    <xf xxid="47" numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="19" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="19" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
-    <xf xxid="48" numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
-    <xf xxid="49" numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="19" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
-    <xf xxid="50" numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
-    <xf xxid="51" numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="19" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf xxid="52" numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf xxid="54" numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="2" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="55" numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="56" numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
-[...17 lines deleted...]
-    <xf xxid="64" numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="176" fontId="7" fillId="0" borderId="0" xfId="19" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="0" xfId="19" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="176" fontId="9" fillId="0" borderId="0" xfId="19" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="0" xfId="19" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="19" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf xxid="65" numFmtId="164" fontId="12" fillId="0" borderId="12" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="12" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="66" numFmtId="164" fontId="12" fillId="0" borderId="13" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="13" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="67" numFmtId="2" fontId="12" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...6 lines deleted...]
-    <xf xxid="70" numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="2" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="19" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="71" numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="19" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="72" numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="73" numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="74" numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="75" numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="76" numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
     </xf>
-    <xf xxid="77" numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
     </xf>
-    <xf xxid="78" numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="79" numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
     </xf>
-    <xf xxid="80" numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="81" numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="82" numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="22" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="83" numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="22" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
-    <xf xxid="84" numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
     </xf>
-    <xf xxid="85" numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
     </xf>
-    <xf xxid="86" numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="25" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
     </xf>
-    <xf xxid="87" numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="88" numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf xxid="89" numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
     </xf>
-    <xf xxid="90" numFmtId="164" fontId="10" fillId="0" borderId="2" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="176" fontId="9" fillId="0" borderId="2" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="91" numFmtId="0" fontId="12" fillId="0" borderId="26" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf xxid="92" numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
     </xf>
-    <xf xxid="93" numFmtId="0" fontId="15" fillId="0" borderId="26" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf xxid="96" numFmtId="164" fontId="10" fillId="0" borderId="13" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="28" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="9" fillId="0" borderId="13" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="97" numFmtId="164" fontId="10" fillId="0" borderId="28" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="176" fontId="9" fillId="0" borderId="28" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="98" numFmtId="164" fontId="10" fillId="0" borderId="22" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="176" fontId="9" fillId="0" borderId="22" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="99" numFmtId="0" fontId="10" fillId="0" borderId="29" xfId="23" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf xxid="100" numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf xxid="101" numFmtId="0" fontId="32" fillId="0" borderId="26" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf xxid="104" numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="28" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="2" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="28" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="22" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="29" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="105" numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="19" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="106" numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="107" numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="108" numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="109" numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="110" numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf xxid="111" numFmtId="0" fontId="5" fillId="0" borderId="31" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="112" numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="26" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf xxid="113" numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="32" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf xxid="114" numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="115" numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf xxid="116" numFmtId="0" fontId="9" fillId="0" borderId="34" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf xxid="117" numFmtId="0" fontId="6" fillId="0" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="118" numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf xxid="119" numFmtId="0" fontId="5" fillId="0" borderId="36" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="36" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
-    <xf xxid="120" numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
-    <xf xxid="121" numFmtId="0" fontId="9" fillId="0" borderId="28" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="28" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
-    <xf xxid="122" numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="25" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
-    <xf xxid="123" numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="124" numFmtId="0" fontId="9" fillId="0" borderId="37" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="37" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf xxid="125" numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="126" numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="19" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="127" numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-[...29 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="45">
-[...44 lines deleted...]
-    <cellStyle name="Hyperlink" xfId="44" builtinId="8"/>
+  <cellStyles count="44">
+    <cellStyle name="20% - 輔色1" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="20% - 輔色2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="20% - 輔色3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="20% - 輔色4" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="20% - 輔色5" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="20% - 輔色6" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="40% - 輔色1" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="40% - 輔色2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="40% - 輔色3" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="40% - 輔色4" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="40% - 輔色5" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="40% - 輔色6" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="60% - 輔色1" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="60% - 輔色2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="60% - 輔色3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="60% - 輔色4" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
+    <cellStyle name="60% - 輔色5" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
+    <cellStyle name="60% - 輔色6" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
+    <cellStyle name="sample" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
+    <cellStyle name="一般" xfId="0" builtinId="0"/>
+    <cellStyle name="中等" xfId="20" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
+    <cellStyle name="合計" xfId="21" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
+    <cellStyle name="好" xfId="22" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
+    <cellStyle name="年資料" xfId="23" xr:uid="{00000000-0005-0000-0000-000017000000}"/>
+    <cellStyle name="計算方式" xfId="24" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
+    <cellStyle name="連結的儲存格" xfId="25" xr:uid="{00000000-0005-0000-0000-000019000000}"/>
+    <cellStyle name="備註" xfId="26" xr:uid="{00000000-0005-0000-0000-00001A000000}"/>
+    <cellStyle name="說明文字" xfId="27" xr:uid="{00000000-0005-0000-0000-00001B000000}"/>
+    <cellStyle name="輔色1" xfId="28" xr:uid="{00000000-0005-0000-0000-00001C000000}"/>
+    <cellStyle name="輔色2" xfId="29" xr:uid="{00000000-0005-0000-0000-00001D000000}"/>
+    <cellStyle name="輔色3" xfId="30" xr:uid="{00000000-0005-0000-0000-00001E000000}"/>
+    <cellStyle name="輔色4" xfId="31" xr:uid="{00000000-0005-0000-0000-00001F000000}"/>
+    <cellStyle name="輔色5" xfId="32" xr:uid="{00000000-0005-0000-0000-000020000000}"/>
+    <cellStyle name="輔色6" xfId="33" xr:uid="{00000000-0005-0000-0000-000021000000}"/>
+    <cellStyle name="標題" xfId="34" xr:uid="{00000000-0005-0000-0000-000022000000}"/>
+    <cellStyle name="標題 1" xfId="35" xr:uid="{00000000-0005-0000-0000-000023000000}"/>
+    <cellStyle name="標題 2" xfId="36" xr:uid="{00000000-0005-0000-0000-000024000000}"/>
+    <cellStyle name="標題 3" xfId="37" xr:uid="{00000000-0005-0000-0000-000025000000}"/>
+    <cellStyle name="標題 4" xfId="38" xr:uid="{00000000-0005-0000-0000-000026000000}"/>
+    <cellStyle name="輸入" xfId="39" xr:uid="{00000000-0005-0000-0000-000027000000}"/>
+    <cellStyle name="輸出" xfId="40" xr:uid="{00000000-0005-0000-0000-000028000000}"/>
+    <cellStyle name="檢查儲存格" xfId="41" xr:uid="{00000000-0005-0000-0000-000029000000}"/>
+    <cellStyle name="壞" xfId="42" xr:uid="{00000000-0005-0000-0000-00002A000000}"/>
+    <cellStyle name="警告文字" xfId="43" xr:uid="{00000000-0005-0000-0000-00002B000000}"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="" defaultPivotStyle=""/>
-  <extLst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <tableStyles count="0"/>
+  <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="twoCell">
+  <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
-    <xdr:sp>
+    <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="17431" name="Oval 1">
-          <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{00000000-0008-0000-0000-000017440000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000017440000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="1"/>
           <a:ext cx="2076450" cy="1557338"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr/>
-[...52 lines deleted...]
-          <a:pPr/>
+          <a:endParaRPr/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
@@ -2368,1551 +2219,1573 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing2.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...1 lines deleted...]
-  <dimension ref="A1:S63"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:IV63"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" customHeight="1" defaultRowHeight="15.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.75" style="4" customWidth="1"/>
     <col min="2" max="2" width="10.125" style="4" customWidth="1"/>
     <col min="3" max="6" width="18.125" style="4" customWidth="1"/>
     <col min="7" max="7" width="1.625" style="4" customWidth="1"/>
     <col min="8" max="8" width="1.75" style="4" customWidth="1"/>
     <col min="9" max="12" width="18.125" style="4" customWidth="1"/>
     <col min="13" max="13" width="10.125" style="4" customWidth="1"/>
     <col min="14" max="14" width="1.625" style="4" customWidth="1"/>
     <col min="15" max="16" width="8.125" style="4" customWidth="1"/>
     <col min="17" max="17" width="9" style="4" customWidth="1"/>
     <col min="18" max="19" width="9.875" style="4" customWidth="1"/>
     <col min="20" max="256" width="9" style="4" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="18" customHeight="1">
+    <row r="1" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="2"/>
       <c r="B1" s="2"/>
       <c r="C1" s="25" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="25" t="s">
         <v>4</v>
       </c>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
     </row>
-    <row r="2" spans="1:12" ht="19.5" customHeight="1">
+    <row r="2" spans="1:19" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2"/>
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="20"/>
       <c r="D2" s="20"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="5"/>
       <c r="L2" s="5"/>
     </row>
-    <row r="3" spans="1:19" ht="19.5" customHeight="1" thickBot="1">
+    <row r="3" spans="1:19" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6"/>
       <c r="B3" s="56" t="s">
         <v>29</v>
       </c>
       <c r="C3" s="7"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="N3" s="8"/>
       <c r="O3" s="9"/>
       <c r="P3" s="9"/>
       <c r="Q3" s="9"/>
       <c r="R3" s="9"/>
       <c r="S3" s="9"/>
     </row>
-    <row r="4" spans="1:14" ht="20.1" customHeight="1">
+    <row r="4" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="B4" s="75" t="s">
+      <c r="B4" s="80" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="40" t="s">
         <v>19</v>
       </c>
-      <c r="D4" s="79" t="s">
+      <c r="D4" s="84" t="s">
         <v>8</v>
       </c>
-      <c r="E4" s="68"/>
-      <c r="F4" s="80"/>
+      <c r="E4" s="73"/>
+      <c r="F4" s="85"/>
       <c r="G4" s="10"/>
       <c r="H4" s="11"/>
-      <c r="I4" s="67" t="s">
+      <c r="I4" s="72" t="s">
         <v>26</v>
       </c>
-      <c r="J4" s="68"/>
-      <c r="K4" s="69"/>
+      <c r="J4" s="73"/>
+      <c r="K4" s="74"/>
       <c r="L4" s="28" t="s">
         <v>27</v>
       </c>
-      <c r="M4" s="63" t="s">
+      <c r="M4" s="68" t="s">
         <v>9</v>
       </c>
       <c r="N4" s="8"/>
     </row>
-    <row r="5" spans="1:14" ht="20.1" customHeight="1">
+    <row r="5" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
-      <c r="B5" s="76"/>
+      <c r="B5" s="81"/>
       <c r="C5" s="38"/>
-      <c r="D5" s="81" t="s">
+      <c r="D5" s="86" t="s">
         <v>24</v>
       </c>
-      <c r="E5" s="61"/>
-      <c r="F5" s="82"/>
+      <c r="E5" s="66"/>
+      <c r="F5" s="87"/>
       <c r="G5" s="10"/>
       <c r="H5" s="11"/>
-      <c r="I5" s="60" t="s">
+      <c r="I5" s="65" t="s">
         <v>25</v>
       </c>
-      <c r="J5" s="61"/>
-      <c r="K5" s="62"/>
+      <c r="J5" s="66"/>
+      <c r="K5" s="67"/>
       <c r="L5" s="29"/>
-      <c r="M5" s="64"/>
+      <c r="M5" s="69"/>
       <c r="N5" s="8"/>
     </row>
-    <row r="6" spans="1:13" s="8" customFormat="1" ht="28.5" customHeight="1">
+    <row r="6" spans="1:19" s="8" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="12"/>
-      <c r="B6" s="77"/>
+      <c r="B6" s="82"/>
       <c r="C6" s="39" t="s">
         <v>20</v>
       </c>
-      <c r="D6" s="70" t="s">
+      <c r="D6" s="75" t="s">
         <v>23</v>
       </c>
-      <c r="E6" s="71"/>
-      <c r="F6" s="72"/>
+      <c r="E6" s="76"/>
+      <c r="F6" s="77"/>
       <c r="G6" s="13"/>
       <c r="H6" s="14"/>
-      <c r="I6" s="73" t="s">
+      <c r="I6" s="78" t="s">
         <v>10</v>
       </c>
-      <c r="J6" s="71"/>
-      <c r="K6" s="74"/>
+      <c r="J6" s="76"/>
+      <c r="K6" s="79"/>
       <c r="L6" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="M6" s="64"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:13" s="8" customFormat="1" ht="20.1" customHeight="1">
+      <c r="M6" s="69"/>
+    </row>
+    <row r="7" spans="1:19" s="8" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="12"/>
-      <c r="B7" s="77"/>
+      <c r="B7" s="82"/>
       <c r="C7" s="34" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="35" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>16</v>
       </c>
       <c r="F7" s="37" t="s">
         <v>18</v>
       </c>
       <c r="G7" s="13"/>
       <c r="H7" s="17"/>
       <c r="I7" s="41" t="s">
         <v>14</v>
       </c>
       <c r="J7" s="36" t="s">
         <v>16</v>
       </c>
       <c r="K7" s="44" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="M7" s="64"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:13" s="8" customFormat="1" ht="20.1" customHeight="1">
+      <c r="M7" s="69"/>
+    </row>
+    <row r="8" spans="1:19" s="8" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="12"/>
-      <c r="B8" s="78"/>
+      <c r="B8" s="83"/>
       <c r="C8" s="31" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="32" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="33" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="48" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="10"/>
       <c r="H8" s="27"/>
       <c r="I8" s="42" t="s">
         <v>13</v>
       </c>
       <c r="J8" s="33" t="s">
         <v>15</v>
       </c>
       <c r="K8" s="32" t="s">
         <v>17</v>
       </c>
       <c r="L8" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="M8" s="65"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+      <c r="M8" s="70"/>
+    </row>
+    <row r="9" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="26"/>
-      <c r="B9" s="84" t="s">
+      <c r="B9" s="60" t="s">
         <v>32</v>
       </c>
-      <c r="C9" s="86">
+      <c r="C9" s="61">
         <v>32855</v>
       </c>
-      <c r="D9" s="86">
+      <c r="D9" s="61">
         <v>1669139</v>
       </c>
-      <c r="E9" s="86">
-[...3 lines deleted...]
-        <v>92291</v>
+      <c r="E9" s="61">
+        <v>1576846</v>
+      </c>
+      <c r="F9" s="22">
+        <v>92292</v>
       </c>
       <c r="G9" s="21"/>
       <c r="H9" s="22"/>
-      <c r="I9" s="90">
-[...8 lines deleted...]
-      <c r="L9" s="92">
+      <c r="I9" s="62">
+        <v>30118</v>
+      </c>
+      <c r="J9" s="63">
+        <v>29683</v>
+      </c>
+      <c r="K9" s="63">
+        <v>436</v>
+      </c>
+      <c r="L9" s="63">
         <v>141561</v>
       </c>
-      <c r="M9" s="93" t="s">
+      <c r="M9" s="64" t="s">
         <v>59</v>
       </c>
       <c r="N9" s="17"/>
       <c r="O9" s="23"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="23"/>
       <c r="R9" s="23"/>
       <c r="S9" s="23"/>
     </row>
-    <row r="10" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="10" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="26"/>
-      <c r="B10" s="84" t="s">
+      <c r="B10" s="60" t="s">
         <v>33</v>
       </c>
-      <c r="C10" s="86">
+      <c r="C10" s="61">
         <v>34076</v>
       </c>
-      <c r="D10" s="86">
+      <c r="D10" s="61">
         <v>1762752</v>
       </c>
-      <c r="E10" s="86">
+      <c r="E10" s="61">
         <v>1664302</v>
       </c>
-      <c r="F10" s="88">
+      <c r="F10" s="22">
         <v>98450</v>
       </c>
       <c r="G10" s="21"/>
       <c r="H10" s="22"/>
-      <c r="I10" s="90">
+      <c r="I10" s="62">
         <v>27752</v>
       </c>
-      <c r="J10" s="92">
+      <c r="J10" s="63">
         <v>27305</v>
       </c>
-      <c r="K10" s="92">
+      <c r="K10" s="63">
         <v>447</v>
       </c>
-      <c r="L10" s="92">
+      <c r="L10" s="63">
         <v>131874</v>
       </c>
-      <c r="M10" s="93" t="s">
+      <c r="M10" s="64" t="s">
         <v>60</v>
       </c>
       <c r="N10" s="17"/>
       <c r="O10" s="23"/>
       <c r="P10" s="23"/>
       <c r="Q10" s="23"/>
       <c r="R10" s="23"/>
       <c r="S10" s="23"/>
     </row>
-    <row r="11" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="11" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="26"/>
-      <c r="B11" s="84" t="s">
+      <c r="B11" s="60" t="s">
         <v>34</v>
       </c>
-      <c r="C11" s="86">
+      <c r="C11" s="61">
         <v>35946</v>
       </c>
-      <c r="D11" s="86">
+      <c r="D11" s="61">
         <v>1913264</v>
       </c>
-      <c r="E11" s="86">
+      <c r="E11" s="61">
         <v>1797110</v>
       </c>
-      <c r="F11" s="88">
+      <c r="F11" s="22">
         <v>116154</v>
       </c>
       <c r="G11" s="21"/>
       <c r="H11" s="22"/>
-      <c r="I11" s="90">
+      <c r="I11" s="62">
         <v>26657</v>
       </c>
-      <c r="J11" s="92">
+      <c r="J11" s="63">
         <v>26185</v>
       </c>
-      <c r="K11" s="92">
+      <c r="K11" s="63">
         <v>471</v>
       </c>
-      <c r="L11" s="92">
+      <c r="L11" s="63">
         <v>118471</v>
       </c>
-      <c r="M11" s="93" t="s">
+      <c r="M11" s="64" t="s">
         <v>61</v>
       </c>
       <c r="N11" s="17"/>
       <c r="O11" s="23"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="23"/>
       <c r="R11" s="23"/>
       <c r="S11" s="23"/>
     </row>
-    <row r="12" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="12" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="26"/>
-      <c r="B12" s="84" t="s">
+      <c r="B12" s="60" t="s">
         <v>35</v>
       </c>
-      <c r="C12" s="86">
+      <c r="C12" s="61">
         <v>37389</v>
       </c>
-      <c r="D12" s="86">
+      <c r="D12" s="61">
         <v>2068336</v>
       </c>
-      <c r="E12" s="86">
+      <c r="E12" s="61">
         <v>1923815</v>
       </c>
-      <c r="F12" s="88">
+      <c r="F12" s="22">
         <v>144521</v>
       </c>
       <c r="G12" s="21"/>
       <c r="H12" s="22"/>
-      <c r="I12" s="90">
+      <c r="I12" s="62">
         <v>26719</v>
       </c>
-      <c r="J12" s="92">
+      <c r="J12" s="63">
         <v>26255</v>
       </c>
-      <c r="K12" s="92">
+      <c r="K12" s="63">
         <v>464</v>
       </c>
-      <c r="L12" s="92">
+      <c r="L12" s="63">
         <v>112905</v>
       </c>
-      <c r="M12" s="93" t="s">
+      <c r="M12" s="64" t="s">
         <v>62</v>
       </c>
       <c r="N12" s="17"/>
       <c r="O12" s="23"/>
       <c r="P12" s="23"/>
       <c r="Q12" s="23"/>
       <c r="R12" s="23"/>
       <c r="S12" s="23"/>
     </row>
-    <row r="13" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="13" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="26"/>
-      <c r="B13" s="84" t="s">
+      <c r="B13" s="60" t="s">
         <v>36</v>
       </c>
-      <c r="C13" s="86">
+      <c r="C13" s="61">
         <v>38518</v>
       </c>
-      <c r="D13" s="86">
+      <c r="D13" s="61">
         <v>2231797</v>
       </c>
-      <c r="E13" s="86">
+      <c r="E13" s="61">
         <v>2045368</v>
       </c>
-      <c r="F13" s="88">
+      <c r="F13" s="22">
         <v>186429</v>
       </c>
       <c r="G13" s="21"/>
       <c r="H13" s="22"/>
-      <c r="I13" s="90">
+      <c r="I13" s="62">
         <v>27200</v>
       </c>
-      <c r="J13" s="92">
+      <c r="J13" s="63">
         <v>26703</v>
       </c>
-      <c r="K13" s="92">
+      <c r="K13" s="63">
         <v>496</v>
       </c>
-      <c r="L13" s="92">
+      <c r="L13" s="63">
         <v>107955</v>
       </c>
-      <c r="M13" s="93" t="s">
+      <c r="M13" s="64" t="s">
         <v>63</v>
       </c>
       <c r="N13" s="17"/>
       <c r="O13" s="23"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="23"/>
       <c r="R13" s="23"/>
       <c r="S13" s="23"/>
     </row>
-    <row r="14" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="14" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="26"/>
-      <c r="B14" s="84" t="s">
+      <c r="B14" s="60" t="s">
         <v>37</v>
       </c>
-      <c r="C14" s="86">
+      <c r="C14" s="61">
         <v>40702</v>
       </c>
-      <c r="D14" s="86">
+      <c r="D14" s="61">
         <v>2422232</v>
       </c>
-      <c r="E14" s="86">
+      <c r="E14" s="61">
         <v>2208824</v>
       </c>
-      <c r="F14" s="88">
+      <c r="F14" s="22">
         <v>213407</v>
       </c>
       <c r="G14" s="21"/>
       <c r="H14" s="22"/>
-      <c r="I14" s="90">
+      <c r="I14" s="62">
         <v>25445</v>
       </c>
-      <c r="J14" s="92">
+      <c r="J14" s="63">
         <v>24941</v>
       </c>
-      <c r="K14" s="92">
+      <c r="K14" s="63">
         <v>503</v>
       </c>
-      <c r="L14" s="92">
+      <c r="L14" s="63">
         <v>109084</v>
       </c>
-      <c r="M14" s="93" t="s">
+      <c r="M14" s="64" t="s">
         <v>64</v>
       </c>
       <c r="N14" s="17"/>
       <c r="O14" s="23"/>
       <c r="P14" s="23"/>
       <c r="Q14" s="23"/>
       <c r="R14" s="23"/>
       <c r="S14" s="23"/>
     </row>
-    <row r="15" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="15" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="26"/>
-      <c r="B15" s="84" t="s">
+      <c r="B15" s="60" t="s">
         <v>38</v>
       </c>
-      <c r="C15" s="86">
+      <c r="C15" s="61">
         <v>41730</v>
       </c>
-      <c r="D15" s="86">
+      <c r="D15" s="61">
         <v>2623159</v>
       </c>
-      <c r="E15" s="86">
+      <c r="E15" s="61">
         <v>2380466</v>
       </c>
-      <c r="F15" s="88">
+      <c r="F15" s="22">
         <v>242692</v>
       </c>
       <c r="G15" s="21"/>
       <c r="H15" s="22"/>
-      <c r="I15" s="90">
+      <c r="I15" s="62">
         <v>25548</v>
       </c>
-      <c r="J15" s="92">
+      <c r="J15" s="63">
         <v>25057</v>
       </c>
-      <c r="K15" s="92">
+      <c r="K15" s="63">
         <v>491</v>
       </c>
-      <c r="L15" s="92">
+      <c r="L15" s="63">
         <v>111114</v>
       </c>
-      <c r="M15" s="93" t="s">
+      <c r="M15" s="64" t="s">
         <v>65</v>
       </c>
       <c r="N15" s="17"/>
       <c r="O15" s="23"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="23"/>
       <c r="R15" s="23"/>
       <c r="S15" s="23"/>
     </row>
-    <row r="16" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="16" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="26"/>
-      <c r="B16" s="84" t="s">
+      <c r="B16" s="60" t="s">
         <v>39</v>
       </c>
-      <c r="C16" s="86">
+      <c r="C16" s="61">
         <v>44031</v>
       </c>
-      <c r="D16" s="86">
-[...2 lines deleted...]
-      <c r="E16" s="86">
+      <c r="D16" s="61">
+        <v>2883635</v>
+      </c>
+      <c r="E16" s="61">
         <v>2607969</v>
       </c>
-      <c r="F16" s="88">
-        <v>275665</v>
+      <c r="F16" s="22">
+        <v>275666</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="22"/>
-      <c r="I16" s="90">
-[...8 lines deleted...]
-      <c r="L16" s="92">
+      <c r="I16" s="62">
+        <v>26843</v>
+      </c>
+      <c r="J16" s="63">
+        <v>26331</v>
+      </c>
+      <c r="K16" s="63">
+        <v>509</v>
+      </c>
+      <c r="L16" s="63">
         <v>113901</v>
       </c>
-      <c r="M16" s="93" t="s">
+      <c r="M16" s="64" t="s">
         <v>66</v>
       </c>
       <c r="N16" s="17"/>
       <c r="O16" s="23"/>
       <c r="P16" s="23"/>
       <c r="Q16" s="23"/>
       <c r="R16" s="23"/>
       <c r="S16" s="23"/>
     </row>
-    <row r="17" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="17" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="26"/>
-      <c r="B17" s="84" t="s">
+      <c r="B17" s="60" t="s">
         <v>40</v>
       </c>
-      <c r="C17" s="86">
+      <c r="C17" s="61">
         <v>47392</v>
       </c>
-      <c r="D17" s="86">
+      <c r="D17" s="61">
         <v>3223000</v>
       </c>
-      <c r="E17" s="86">
+      <c r="E17" s="61">
         <v>2906330</v>
       </c>
-      <c r="F17" s="88">
+      <c r="F17" s="22">
         <v>316670</v>
       </c>
       <c r="G17" s="21"/>
       <c r="H17" s="22"/>
-      <c r="I17" s="90">
+      <c r="I17" s="62">
         <v>25465</v>
       </c>
-      <c r="J17" s="92">
+      <c r="J17" s="63">
         <v>24959</v>
       </c>
-      <c r="K17" s="92">
+      <c r="K17" s="63">
         <v>506</v>
       </c>
-      <c r="L17" s="92">
+      <c r="L17" s="63">
         <v>113947</v>
       </c>
-      <c r="M17" s="93" t="s">
+      <c r="M17" s="64" t="s">
         <v>67</v>
       </c>
       <c r="N17" s="17"/>
       <c r="O17" s="23"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="23"/>
       <c r="R17" s="23"/>
       <c r="S17" s="23"/>
     </row>
-    <row r="18" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="18" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="26"/>
-      <c r="B18" s="84" t="s">
+      <c r="B18" s="60" t="s">
         <v>41</v>
       </c>
-      <c r="C18" s="86">
+      <c r="C18" s="61">
         <v>50116</v>
       </c>
-      <c r="D18" s="86">
+      <c r="D18" s="61">
         <v>3019607</v>
       </c>
-      <c r="E18" s="86">
+      <c r="E18" s="61">
         <v>2840293</v>
       </c>
-      <c r="F18" s="88">
+      <c r="F18" s="22">
         <v>179314</v>
       </c>
       <c r="G18" s="21"/>
       <c r="H18" s="22"/>
-      <c r="I18" s="90">
+      <c r="I18" s="62">
         <v>22176</v>
       </c>
-      <c r="J18" s="92">
+      <c r="J18" s="63">
         <v>21970</v>
       </c>
-      <c r="K18" s="92">
+      <c r="K18" s="63">
         <v>206</v>
       </c>
-      <c r="L18" s="92">
+      <c r="L18" s="63">
         <v>105615</v>
       </c>
-      <c r="M18" s="93" t="s">
+      <c r="M18" s="64" t="s">
         <v>68</v>
       </c>
       <c r="N18" s="17"/>
       <c r="O18" s="23"/>
       <c r="P18" s="23"/>
       <c r="Q18" s="23"/>
       <c r="R18" s="23"/>
       <c r="S18" s="23"/>
     </row>
-    <row r="19" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="19" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="26"/>
-      <c r="B19" s="84" t="s">
+      <c r="B19" s="60" t="s">
         <v>42</v>
       </c>
-      <c r="C19" s="86">
+      <c r="C19" s="61">
         <v>52630</v>
       </c>
-      <c r="D19" s="86">
-[...6 lines deleted...]
-        <v>180500</v>
+      <c r="D19" s="61">
+        <v>3107709</v>
+      </c>
+      <c r="E19" s="61">
+        <v>2927207</v>
+      </c>
+      <c r="F19" s="22">
+        <v>180499</v>
       </c>
       <c r="G19" s="21"/>
       <c r="H19" s="22"/>
-      <c r="I19" s="90">
-[...11 lines deleted...]
-      <c r="M19" s="93" t="s">
+      <c r="I19" s="62">
+        <v>20419</v>
+      </c>
+      <c r="J19" s="63">
+        <v>20222</v>
+      </c>
+      <c r="K19" s="63">
+        <v>197</v>
+      </c>
+      <c r="L19" s="63">
+        <v>101158</v>
+      </c>
+      <c r="M19" s="64" t="s">
         <v>69</v>
       </c>
       <c r="N19" s="17"/>
       <c r="O19" s="23"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="23"/>
       <c r="R19" s="23"/>
       <c r="S19" s="23"/>
     </row>
-    <row r="20" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="20" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="26"/>
-      <c r="B20" s="84" t="s">
+      <c r="B20" s="60" t="s">
         <v>43</v>
       </c>
-      <c r="C20" s="86">
+      <c r="C20" s="61">
         <v>56244</v>
       </c>
-      <c r="D20" s="86">
+      <c r="D20" s="61">
         <v>3490191</v>
       </c>
-      <c r="E20" s="86">
+      <c r="E20" s="61">
         <v>3236536</v>
       </c>
-      <c r="F20" s="88">
+      <c r="F20" s="22">
         <v>253656</v>
       </c>
       <c r="G20" s="21"/>
       <c r="H20" s="22"/>
-      <c r="I20" s="90">
+      <c r="I20" s="62">
         <v>20046</v>
       </c>
-      <c r="J20" s="92">
+      <c r="J20" s="63">
         <v>19830</v>
       </c>
-      <c r="K20" s="92">
+      <c r="K20" s="63">
         <v>216</v>
       </c>
-      <c r="L20" s="92">
+      <c r="L20" s="63">
         <v>105389</v>
       </c>
-      <c r="M20" s="93" t="s">
+      <c r="M20" s="64" t="s">
         <v>70</v>
       </c>
       <c r="N20" s="17"/>
       <c r="O20" s="23"/>
       <c r="P20" s="23"/>
       <c r="Q20" s="23"/>
       <c r="R20" s="23"/>
       <c r="S20" s="23"/>
     </row>
-    <row r="21" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="21" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="26"/>
-      <c r="B21" s="84" t="s">
+      <c r="B21" s="60" t="s">
         <v>44</v>
       </c>
-      <c r="C21" s="86">
+      <c r="C21" s="61">
         <v>58116</v>
       </c>
-      <c r="D21" s="86">
+      <c r="D21" s="61">
         <v>4185993</v>
       </c>
-      <c r="E21" s="86">
+      <c r="E21" s="61">
         <v>3725942</v>
       </c>
-      <c r="F21" s="88">
+      <c r="F21" s="22">
         <v>460050</v>
       </c>
       <c r="G21" s="21"/>
       <c r="H21" s="22"/>
-      <c r="I21" s="90">
+      <c r="I21" s="62">
         <v>18922</v>
       </c>
-      <c r="J21" s="92">
+      <c r="J21" s="63">
         <v>18590</v>
       </c>
-      <c r="K21" s="92">
+      <c r="K21" s="63">
         <v>332</v>
       </c>
-      <c r="L21" s="92">
+      <c r="L21" s="63">
         <v>106157</v>
       </c>
-      <c r="M21" s="93" t="s">
+      <c r="M21" s="64" t="s">
         <v>71</v>
       </c>
       <c r="N21" s="17"/>
       <c r="O21" s="23"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="23"/>
       <c r="R21" s="23"/>
       <c r="S21" s="23"/>
     </row>
-    <row r="22" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="22" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="26"/>
-      <c r="B22" s="84" t="s">
+      <c r="B22" s="60" t="s">
         <v>45</v>
       </c>
-      <c r="C22" s="86">
+      <c r="C22" s="61">
         <v>58585</v>
       </c>
-      <c r="D22" s="86">
-[...2 lines deleted...]
-      <c r="E22" s="86">
+      <c r="D22" s="61">
+        <v>4685600</v>
+      </c>
+      <c r="E22" s="61">
         <v>4083262</v>
       </c>
-      <c r="F22" s="88">
-        <v>602339</v>
+      <c r="F22" s="22">
+        <v>602338</v>
       </c>
       <c r="G22" s="21"/>
       <c r="H22" s="22"/>
-      <c r="I22" s="90">
-[...5 lines deleted...]
-      <c r="K22" s="92">
+      <c r="I22" s="62">
+        <v>20090</v>
+      </c>
+      <c r="J22" s="63">
+        <v>19714</v>
+      </c>
+      <c r="K22" s="63">
         <v>376</v>
       </c>
-      <c r="L22" s="92">
-[...2 lines deleted...]
-      <c r="M22" s="93" t="s">
+      <c r="L22" s="63">
+        <v>116270</v>
+      </c>
+      <c r="M22" s="64" t="s">
         <v>72</v>
       </c>
       <c r="N22" s="17"/>
       <c r="O22" s="23"/>
       <c r="P22" s="23"/>
       <c r="Q22" s="23"/>
       <c r="R22" s="23"/>
       <c r="S22" s="23"/>
     </row>
-    <row r="23" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="23" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="26"/>
       <c r="B23" s="51" t="s">
         <v>46</v>
       </c>
-      <c r="C23" s="85">
-[...9 lines deleted...]
-        <v>55795</v>
+      <c r="C23" s="46">
+        <v>58617</v>
+      </c>
+      <c r="D23" s="46">
+        <v>385477</v>
+      </c>
+      <c r="E23" s="46">
+        <v>332613</v>
+      </c>
+      <c r="F23" s="52">
+        <v>52864</v>
       </c>
       <c r="G23" s="21"/>
       <c r="H23" s="22"/>
-      <c r="I23" s="89">
-[...9 lines deleted...]
-        <v>110401</v>
+      <c r="I23" s="53">
+        <v>1708</v>
+      </c>
+      <c r="J23" s="54">
+        <v>1678</v>
+      </c>
+      <c r="K23" s="54">
+        <v>30</v>
+      </c>
+      <c r="L23" s="54">
+        <v>114289</v>
       </c>
       <c r="M23" s="55" t="s">
         <v>73</v>
       </c>
       <c r="N23" s="17"/>
       <c r="O23" s="23"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="23"/>
       <c r="R23" s="23"/>
       <c r="S23" s="23"/>
     </row>
-    <row r="24" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="24" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="26"/>
       <c r="B24" s="51" t="s">
         <v>47</v>
       </c>
-      <c r="C24" s="85">
-[...9 lines deleted...]
-        <v>49604</v>
+      <c r="C24" s="46">
+        <v>58585</v>
+      </c>
+      <c r="D24" s="46">
+        <v>420175</v>
+      </c>
+      <c r="E24" s="46">
+        <v>363535</v>
+      </c>
+      <c r="F24" s="52">
+        <v>56640</v>
       </c>
       <c r="G24" s="21"/>
       <c r="H24" s="22"/>
-      <c r="I24" s="89">
-[...9 lines deleted...]
-        <v>111924</v>
+      <c r="I24" s="53">
+        <v>1868</v>
+      </c>
+      <c r="J24" s="54">
+        <v>1832</v>
+      </c>
+      <c r="K24" s="54">
+        <v>36</v>
+      </c>
+      <c r="L24" s="54">
+        <v>116270</v>
       </c>
       <c r="M24" s="55" t="s">
         <v>74</v>
       </c>
       <c r="N24" s="17"/>
       <c r="O24" s="23"/>
       <c r="P24" s="23"/>
       <c r="Q24" s="23"/>
       <c r="R24" s="23"/>
       <c r="S24" s="23"/>
     </row>
-    <row r="25" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="25" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="26"/>
-      <c r="B25" s="51" t="s">
+      <c r="B25" s="60" t="s">
         <v>48</v>
       </c>
-      <c r="C25" s="85">
-[...10 lines deleted...]
-      </c>
+      <c r="C25" s="46"/>
+      <c r="D25" s="46"/>
+      <c r="E25" s="46"/>
+      <c r="F25" s="52"/>
       <c r="G25" s="21"/>
       <c r="H25" s="22"/>
-      <c r="I25" s="89">
-[...11 lines deleted...]
-      <c r="M25" s="55" t="s">
+      <c r="I25" s="53"/>
+      <c r="J25" s="54"/>
+      <c r="K25" s="54"/>
+      <c r="L25" s="54"/>
+      <c r="M25" s="64" t="s">
         <v>75</v>
       </c>
       <c r="N25" s="17"/>
       <c r="O25" s="23"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="23"/>
       <c r="R25" s="23"/>
       <c r="S25" s="23"/>
     </row>
-    <row r="26" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="26" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="26"/>
       <c r="B26" s="51" t="s">
         <v>49</v>
       </c>
-      <c r="C26" s="85">
-[...9 lines deleted...]
-        <v>54655</v>
+      <c r="C26" s="46">
+        <v>58655</v>
+      </c>
+      <c r="D26" s="46">
+        <v>338561</v>
+      </c>
+      <c r="E26" s="46">
+        <v>293995</v>
+      </c>
+      <c r="F26" s="52">
+        <v>44566</v>
       </c>
       <c r="G26" s="21"/>
       <c r="H26" s="22"/>
-      <c r="I26" s="89">
-[...9 lines deleted...]
-        <v>113320</v>
+      <c r="I26" s="53">
+        <v>1345</v>
+      </c>
+      <c r="J26" s="54">
+        <v>1317</v>
+      </c>
+      <c r="K26" s="54">
+        <v>28</v>
+      </c>
+      <c r="L26" s="54">
+        <v>113560</v>
       </c>
       <c r="M26" s="55" t="s">
         <v>76</v>
       </c>
       <c r="N26" s="17"/>
       <c r="O26" s="23"/>
       <c r="P26" s="23"/>
       <c r="Q26" s="23"/>
       <c r="R26" s="23"/>
       <c r="S26" s="23"/>
     </row>
-    <row r="27" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="27" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="26"/>
       <c r="B27" s="51" t="s">
         <v>50</v>
       </c>
-      <c r="C27" s="85">
-[...9 lines deleted...]
-        <v>52864</v>
+      <c r="C27" s="46">
+        <v>58748</v>
+      </c>
+      <c r="D27" s="46">
+        <v>395295</v>
+      </c>
+      <c r="E27" s="46">
+        <v>336102</v>
+      </c>
+      <c r="F27" s="52">
+        <v>59193</v>
       </c>
       <c r="G27" s="21"/>
       <c r="H27" s="22"/>
-      <c r="I27" s="89">
-[...5 lines deleted...]
-      <c r="K27" s="91">
+      <c r="I27" s="53">
+        <v>1329</v>
+      </c>
+      <c r="J27" s="54">
+        <v>1299</v>
+      </c>
+      <c r="K27" s="54">
         <v>30</v>
       </c>
-      <c r="L27" s="91">
-        <v>114289</v>
+      <c r="L27" s="54">
+        <v>112808</v>
       </c>
       <c r="M27" s="55" t="s">
         <v>77</v>
       </c>
       <c r="N27" s="17"/>
       <c r="O27" s="23"/>
       <c r="P27" s="23"/>
       <c r="Q27" s="23"/>
       <c r="R27" s="23"/>
       <c r="S27" s="23"/>
     </row>
-    <row r="28" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="28" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="26"/>
       <c r="B28" s="51" t="s">
         <v>51</v>
       </c>
-      <c r="C28" s="85">
-[...9 lines deleted...]
-        <v>56641</v>
+      <c r="C28" s="46">
+        <v>58994</v>
+      </c>
+      <c r="D28" s="46">
+        <v>377173</v>
+      </c>
+      <c r="E28" s="46">
+        <v>320098</v>
+      </c>
+      <c r="F28" s="52">
+        <v>57075</v>
       </c>
       <c r="G28" s="21"/>
       <c r="H28" s="22"/>
-      <c r="I28" s="89">
-[...9 lines deleted...]
-        <v>116273</v>
+      <c r="I28" s="53">
+        <v>1701</v>
+      </c>
+      <c r="J28" s="54">
+        <v>1671</v>
+      </c>
+      <c r="K28" s="54">
+        <v>30</v>
+      </c>
+      <c r="L28" s="54">
+        <v>113116</v>
       </c>
       <c r="M28" s="55" t="s">
         <v>78</v>
       </c>
       <c r="N28" s="17"/>
       <c r="O28" s="23"/>
       <c r="P28" s="23"/>
       <c r="Q28" s="23"/>
       <c r="R28" s="23"/>
       <c r="S28" s="23"/>
     </row>
-    <row r="29" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="29" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="26"/>
-      <c r="B29" s="84" t="s">
+      <c r="B29" s="51" t="s">
         <v>52</v>
       </c>
-      <c r="C29" s="46"/>
-[...2 lines deleted...]
-      <c r="F29" s="52"/>
+      <c r="C29" s="46">
+        <v>59389</v>
+      </c>
+      <c r="D29" s="46">
+        <v>373344</v>
+      </c>
+      <c r="E29" s="46">
+        <v>317040</v>
+      </c>
+      <c r="F29" s="52">
+        <v>56304</v>
+      </c>
       <c r="G29" s="21"/>
       <c r="H29" s="22"/>
-      <c r="I29" s="53"/>
-[...3 lines deleted...]
-      <c r="M29" s="93" t="s">
+      <c r="I29" s="53">
+        <v>1868</v>
+      </c>
+      <c r="J29" s="54">
+        <v>1837</v>
+      </c>
+      <c r="K29" s="54">
+        <v>31</v>
+      </c>
+      <c r="L29" s="54">
+        <v>113986</v>
+      </c>
+      <c r="M29" s="55" t="s">
         <v>79</v>
       </c>
       <c r="N29" s="17"/>
       <c r="O29" s="23"/>
       <c r="P29" s="23"/>
       <c r="Q29" s="23"/>
       <c r="R29" s="23"/>
       <c r="S29" s="23"/>
     </row>
-    <row r="30" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="30" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="26"/>
       <c r="B30" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="C30" s="85">
-[...9 lines deleted...]
-        <v>44566</v>
+      <c r="C30" s="46">
+        <v>59796</v>
+      </c>
+      <c r="D30" s="46">
+        <v>371785</v>
+      </c>
+      <c r="E30" s="46">
+        <v>317297</v>
+      </c>
+      <c r="F30" s="52">
+        <v>54488</v>
       </c>
       <c r="G30" s="21"/>
       <c r="H30" s="22"/>
-      <c r="I30" s="89">
-[...9 lines deleted...]
-        <v>113560</v>
+      <c r="I30" s="53">
+        <v>1497</v>
+      </c>
+      <c r="J30" s="54">
+        <v>1466</v>
+      </c>
+      <c r="K30" s="54">
+        <v>31</v>
+      </c>
+      <c r="L30" s="54">
+        <v>113423</v>
       </c>
       <c r="M30" s="55" t="s">
         <v>80</v>
       </c>
       <c r="N30" s="17"/>
       <c r="O30" s="23"/>
       <c r="P30" s="23"/>
       <c r="Q30" s="23"/>
       <c r="R30" s="23"/>
       <c r="S30" s="23"/>
     </row>
-    <row r="31" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="31" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="26"/>
       <c r="B31" s="51" t="s">
         <v>54</v>
       </c>
-      <c r="C31" s="85">
-[...9 lines deleted...]
-        <v>59193</v>
+      <c r="C31" s="46">
+        <v>59869</v>
+      </c>
+      <c r="D31" s="46">
+        <v>393716</v>
+      </c>
+      <c r="E31" s="46">
+        <v>332161</v>
+      </c>
+      <c r="F31" s="52">
+        <v>61555</v>
       </c>
       <c r="G31" s="21"/>
       <c r="H31" s="22"/>
-      <c r="I31" s="89">
-[...9 lines deleted...]
-        <v>112808</v>
+      <c r="I31" s="53">
+        <v>1582</v>
+      </c>
+      <c r="J31" s="54">
+        <v>1550</v>
+      </c>
+      <c r="K31" s="54">
+        <v>32</v>
+      </c>
+      <c r="L31" s="54">
+        <v>115450</v>
       </c>
       <c r="M31" s="55" t="s">
         <v>81</v>
       </c>
       <c r="N31" s="17"/>
       <c r="O31" s="23"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="23"/>
       <c r="R31" s="23"/>
       <c r="S31" s="23"/>
     </row>
-    <row r="32" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="32" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="26"/>
       <c r="B32" s="51" t="s">
         <v>55</v>
       </c>
-      <c r="C32" s="85">
-[...9 lines deleted...]
-        <v>57075</v>
+      <c r="C32" s="46">
+        <v>59947</v>
+      </c>
+      <c r="D32" s="46">
+        <v>653265</v>
+      </c>
+      <c r="E32" s="46">
+        <v>589463</v>
+      </c>
+      <c r="F32" s="52">
+        <v>63802</v>
       </c>
       <c r="G32" s="21"/>
       <c r="H32" s="22"/>
-      <c r="I32" s="89">
-[...9 lines deleted...]
-        <v>113116</v>
+      <c r="I32" s="53">
+        <v>1639</v>
+      </c>
+      <c r="J32" s="54">
+        <v>1605</v>
+      </c>
+      <c r="K32" s="54">
+        <v>34</v>
+      </c>
+      <c r="L32" s="54">
+        <v>114459</v>
       </c>
       <c r="M32" s="55" t="s">
         <v>82</v>
       </c>
       <c r="N32" s="17"/>
       <c r="O32" s="23"/>
       <c r="P32" s="23"/>
       <c r="Q32" s="23"/>
       <c r="R32" s="23"/>
       <c r="S32" s="23"/>
     </row>
-    <row r="33" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="33" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="26"/>
       <c r="B33" s="51" t="s">
         <v>56</v>
       </c>
-      <c r="C33" s="85">
-[...9 lines deleted...]
-        <v>56304</v>
+      <c r="C33" s="46">
+        <v>60149</v>
+      </c>
+      <c r="D33" s="46">
+        <v>376250</v>
+      </c>
+      <c r="E33" s="46">
+        <v>317454</v>
+      </c>
+      <c r="F33" s="52">
+        <v>58797</v>
       </c>
       <c r="G33" s="21"/>
       <c r="H33" s="22"/>
-      <c r="I33" s="89">
-[...9 lines deleted...]
-        <v>113986</v>
+      <c r="I33" s="53">
+        <v>1468</v>
+      </c>
+      <c r="J33" s="54">
+        <v>1436</v>
+      </c>
+      <c r="K33" s="54">
+        <v>32</v>
+      </c>
+      <c r="L33" s="54">
+        <v>115041</v>
       </c>
       <c r="M33" s="55" t="s">
         <v>83</v>
       </c>
       <c r="N33" s="17"/>
       <c r="O33" s="23"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="23"/>
       <c r="R33" s="23"/>
       <c r="S33" s="23"/>
     </row>
-    <row r="34" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="34" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="26"/>
       <c r="B34" s="51" t="s">
         <v>57</v>
       </c>
-      <c r="C34" s="85">
-[...9 lines deleted...]
-        <v>54488</v>
+      <c r="C34" s="46">
+        <v>60354</v>
+      </c>
+      <c r="D34" s="46">
+        <v>403174</v>
+      </c>
+      <c r="E34" s="46">
+        <v>342421</v>
+      </c>
+      <c r="F34" s="52">
+        <v>60753</v>
       </c>
       <c r="G34" s="21"/>
       <c r="H34" s="22"/>
-      <c r="I34" s="89">
-[...9 lines deleted...]
-        <v>113423</v>
+      <c r="I34" s="53">
+        <v>1585</v>
+      </c>
+      <c r="J34" s="54">
+        <v>1552</v>
+      </c>
+      <c r="K34" s="54">
+        <v>32</v>
+      </c>
+      <c r="L34" s="54">
+        <v>117177</v>
       </c>
       <c r="M34" s="55" t="s">
         <v>84</v>
       </c>
       <c r="N34" s="17"/>
       <c r="O34" s="23"/>
       <c r="P34" s="23"/>
       <c r="Q34" s="23"/>
       <c r="R34" s="23"/>
       <c r="S34" s="23"/>
     </row>
-    <row r="35" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="35" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="26"/>
       <c r="B35" s="51" t="s">
         <v>58</v>
       </c>
-      <c r="C35" s="85">
-[...9 lines deleted...]
-        <v>61555</v>
+      <c r="C35" s="46">
+        <v>60479</v>
+      </c>
+      <c r="D35" s="46">
+        <v>453412</v>
+      </c>
+      <c r="E35" s="46">
+        <v>383911</v>
+      </c>
+      <c r="F35" s="52">
+        <v>69501</v>
       </c>
       <c r="G35" s="21"/>
       <c r="H35" s="22"/>
-      <c r="I35" s="89">
-[...9 lines deleted...]
-        <v>115450</v>
+      <c r="I35" s="53">
+        <v>1674</v>
+      </c>
+      <c r="J35" s="54">
+        <v>1636</v>
+      </c>
+      <c r="K35" s="54">
+        <v>39</v>
+      </c>
+      <c r="L35" s="54">
+        <v>117913</v>
       </c>
       <c r="M35" s="55" t="s">
         <v>85</v>
       </c>
       <c r="N35" s="17"/>
       <c r="O35" s="23"/>
       <c r="P35" s="23"/>
       <c r="Q35" s="23"/>
       <c r="R35" s="23"/>
       <c r="S35" s="23"/>
     </row>
-    <row r="36" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+    <row r="36" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="26"/>
       <c r="B36" s="51" t="s">
         <v>46</v>
       </c>
-      <c r="C36" s="85">
-[...9 lines deleted...]
-        <v>63802</v>
+      <c r="C36" s="46">
+        <v>60425</v>
+      </c>
+      <c r="D36" s="46">
+        <v>396705</v>
+      </c>
+      <c r="E36" s="46">
+        <v>336582</v>
+      </c>
+      <c r="F36" s="52">
+        <v>60122</v>
       </c>
       <c r="G36" s="21"/>
       <c r="H36" s="22"/>
-      <c r="I36" s="89">
-[...9 lines deleted...]
-        <v>114459</v>
+      <c r="I36" s="53">
+        <v>1337</v>
+      </c>
+      <c r="J36" s="54">
+        <v>1305</v>
+      </c>
+      <c r="K36" s="54">
+        <v>32</v>
+      </c>
+      <c r="L36" s="54">
+        <v>117777</v>
       </c>
       <c r="M36" s="55" t="s">
         <v>73</v>
       </c>
       <c r="N36" s="17"/>
       <c r="O36" s="23"/>
       <c r="P36" s="23"/>
       <c r="Q36" s="23"/>
       <c r="R36" s="23"/>
       <c r="S36" s="23"/>
     </row>
-    <row r="37" spans="2:13" s="18" customFormat="1" ht="17.25" customHeight="1">
+    <row r="37" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="57" t="s">
         <v>30</v>
       </c>
       <c r="C37" s="49"/>
       <c r="D37" s="47"/>
       <c r="E37" s="47"/>
       <c r="F37" s="47"/>
       <c r="G37" s="17"/>
       <c r="H37" s="17"/>
       <c r="I37" s="59" t="s">
         <v>6</v>
       </c>
       <c r="J37" s="47"/>
       <c r="K37" s="47"/>
       <c r="L37" s="47"/>
       <c r="M37" s="47"/>
     </row>
-    <row r="38" spans="2:13" s="18" customFormat="1" ht="17.25" customHeight="1">
+    <row r="38" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="58" t="s">
         <v>31</v>
       </c>
       <c r="C38" s="50"/>
       <c r="D38" s="17"/>
       <c r="E38" s="17"/>
       <c r="F38" s="17"/>
       <c r="G38" s="17"/>
       <c r="H38" s="17"/>
       <c r="J38" s="17"/>
       <c r="K38" s="17"/>
       <c r="L38" s="19"/>
       <c r="M38" s="17"/>
     </row>
-    <row r="39" spans="2:13" ht="23.25" customHeight="1">
-      <c r="B39" s="66" t="s">
+    <row r="39" spans="1:19" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B39" s="71" t="s">
         <v>1</v>
       </c>
-      <c r="C39" s="66"/>
-[...2 lines deleted...]
-      <c r="F39" s="66"/>
+      <c r="C39" s="71"/>
+      <c r="D39" s="71"/>
+      <c r="E39" s="71"/>
+      <c r="F39" s="71"/>
       <c r="G39" s="24"/>
       <c r="H39" s="24"/>
-      <c r="I39" s="66" t="s">
+      <c r="I39" s="71" t="s">
         <v>2</v>
       </c>
-      <c r="J39" s="66"/>
-[...4 lines deleted...]
-    <row r="40" spans="12:12" ht="16.5">
+      <c r="J39" s="71"/>
+      <c r="K39" s="71"/>
+      <c r="L39" s="71"/>
+      <c r="M39" s="71"/>
+    </row>
+    <row r="40" spans="1:19" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L40" s="16"/>
     </row>
-    <row r="41" spans="12:12" ht="16.5">
+    <row r="41" spans="1:19" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L41" s="16"/>
     </row>
-    <row r="42" spans="12:12" ht="16.5">
+    <row r="42" spans="1:19" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L42" s="16"/>
     </row>
-    <row r="43" spans="12:12" ht="16.5">
+    <row r="43" spans="1:19" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L43" s="16"/>
     </row>
-    <row r="44" spans="12:12" ht="16.5">
+    <row r="44" spans="1:19" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L44" s="15"/>
     </row>
-    <row r="45" spans="12:12" ht="16.5">
+    <row r="45" spans="1:19" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L45" s="16"/>
     </row>
-    <row r="46" spans="12:12" ht="16.5">
+    <row r="46" spans="1:19" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L46" s="16"/>
     </row>
-    <row r="47" spans="12:12" ht="16.5">
+    <row r="47" spans="1:19" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L47" s="16"/>
     </row>
-    <row r="48" spans="12:12" ht="16.5">
+    <row r="48" spans="1:19" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L48" s="16"/>
     </row>
-    <row r="49" spans="12:12" ht="16.5">
+    <row r="49" spans="12:12" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L49" s="16"/>
     </row>
-    <row r="50" spans="12:12" ht="16.5">
+    <row r="50" spans="12:12" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L50" s="16"/>
     </row>
-    <row r="51" spans="12:12" ht="16.5">
+    <row r="51" spans="12:12" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L51" s="16"/>
     </row>
-    <row r="52" spans="12:12" ht="16.5">
+    <row r="52" spans="12:12" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L52" s="16"/>
     </row>
-    <row r="53" spans="12:12" ht="16.5">
+    <row r="53" spans="12:12" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L53" s="16"/>
     </row>
-    <row r="54" spans="12:12" ht="16.5">
+    <row r="54" spans="12:12" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L54" s="16"/>
     </row>
-    <row r="55" spans="12:12" ht="16.5">
+    <row r="55" spans="12:12" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L55" s="16"/>
     </row>
-    <row r="56" spans="12:12" ht="16.5">
+    <row r="56" spans="12:12" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L56" s="16"/>
     </row>
-    <row r="57" spans="12:12" ht="16.5">
+    <row r="57" spans="12:12" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L57" s="16"/>
     </row>
-    <row r="58" spans="12:12" ht="16.5">
+    <row r="58" spans="12:12" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L58" s="16"/>
     </row>
-    <row r="59" spans="12:12" ht="16.5">
+    <row r="59" spans="12:12" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L59" s="16"/>
     </row>
-    <row r="60" spans="12:12" ht="16.5">
+    <row r="60" spans="12:12" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L60" s="16"/>
     </row>
-    <row r="61" spans="12:12" ht="16.5">
+    <row r="61" spans="12:12" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L61" s="16"/>
     </row>
-    <row r="62" spans="12:12" ht="16.5">
+    <row r="62" spans="12:12" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L62" s="16"/>
     </row>
-    <row r="63" spans="12:12" ht="16.5">
+    <row r="63" spans="12:12" ht="16.5" x14ac:dyDescent="0.25">
       <c r="L63" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="I5:K5"/>
     <mergeCell ref="M4:M8"/>
     <mergeCell ref="B39:F39"/>
     <mergeCell ref="I39:M39"/>
     <mergeCell ref="I4:K4"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="I6:K6"/>
     <mergeCell ref="B4:B8"/>
     <mergeCell ref="D4:F4"/>
     <mergeCell ref="D5:F5"/>
   </mergeCells>
+  <phoneticPr fontId="32" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.74803149606299213" right="0.59055118110236227" top="0.74803149606299213" bottom="0.39370078740157483" header="0" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" firstPageNumber="13" orientation="portrait" useFirstPageNumber="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C - &amp;P -</oddFooter>
   </headerFooter>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="7" min="1" max="37" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>工作表</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>具名範圍</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>70</vt:lpstr>
+      <vt:lpstr>'70'!Print_Area</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <Manager>行政院金融監督管理委員會銀行局</Manager>
   <Company>367010000D</Company>
-  <Manager>行政院金融監督管理委員會銀行局</Manager>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <cp:category>I52</cp:category>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>金融統計指標</dc:title>
+  <dc:subject>信用卡業務統計</dc:subject>
   <dc:creator>行政院金融監督管理委員會銀行局</dc:creator>
   <cp:keywords>金融統計</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:subject>信用卡業務統計</dc:subject>
-[...1 lines deleted...]
-  <dc:title>金融統計指標</dc:title>
+  <cp:category>I52</cp:category>
 </cp:coreProperties>
 </file>
-
-[...2 lines deleted...]
-</file>