--- v1 (2026-01-30)
+++ v2 (2026-03-16)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11501EXCEL_ODS\11501\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{86D8F259-0796-4548-87EF-295C6D7DBB40}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="11_ABC70F4F948408EF76B0A45B1EF860FE4F0F78A9" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="70" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'70'!$A$2:$N$38</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="86">
   <si>
     <t>七、信用卡業務統計</t>
   </si>
   <si>
     <t>-13-</t>
   </si>
   <si>
     <t>-14-</t>
   </si>
   <si>
@@ -427,210 +427,210 @@
         <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
       </rPr>
       <t>月以後係由各發卡機構透過</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
       </rPr>
       <t>Web</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
       </rPr>
       <t>申報。</t>
     </r>
   </si>
   <si>
-    <t>100年</t>
-[...1 lines deleted...]
-  <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
+    <t>　　  7月</t>
+  </si>
+  <si>
+    <t>　　  8月</t>
+  </si>
+  <si>
+    <t>　　  9月</t>
+  </si>
+  <si>
+    <t>　　 10月</t>
+  </si>
+  <si>
     <t>　　 11月</t>
   </si>
   <si>
     <t>　　 12月</t>
   </si>
   <si>
-    <t>114年</t>
-[...32 lines deleted...]
-    <t xml:space="preserve"> 2011</t>
+    <t>115年</t>
   </si>
   <si>
     <t xml:space="preserve"> 2012</t>
   </si>
   <si>
     <t xml:space="preserve"> 2013</t>
   </si>
   <si>
     <t xml:space="preserve"> 2014</t>
   </si>
   <si>
     <t xml:space="preserve"> 2015</t>
   </si>
   <si>
     <t xml:space="preserve"> 2016</t>
   </si>
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
     <t xml:space="preserve">         Nov.</t>
   </si>
   <si>
     <t xml:space="preserve">         Dec.</t>
   </si>
   <si>
-    <t xml:space="preserve"> 2025</t>
-[...29 lines deleted...]
-    <t xml:space="preserve">         Oct.</t>
+    <t xml:space="preserve"> 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="#\ ###\ ##0"/>
   </numFmts>
   <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
@@ -2442,1165 +2442,1165 @@
       <c r="F8" s="48" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="10"/>
       <c r="H8" s="27"/>
       <c r="I8" s="42" t="s">
         <v>13</v>
       </c>
       <c r="J8" s="33" t="s">
         <v>15</v>
       </c>
       <c r="K8" s="32" t="s">
         <v>17</v>
       </c>
       <c r="L8" s="43" t="s">
         <v>22</v>
       </c>
       <c r="M8" s="70"/>
     </row>
     <row r="9" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="26"/>
       <c r="B9" s="60" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="61">
-        <v>32855</v>
+        <v>34076</v>
       </c>
       <c r="D9" s="61">
-        <v>1669139</v>
+        <v>1762752</v>
       </c>
       <c r="E9" s="61">
-        <v>1576846</v>
+        <v>1664302</v>
       </c>
       <c r="F9" s="22">
-        <v>92292</v>
+        <v>98450</v>
       </c>
       <c r="G9" s="21"/>
       <c r="H9" s="22"/>
       <c r="I9" s="62">
-        <v>30118</v>
+        <v>27752</v>
       </c>
       <c r="J9" s="63">
-        <v>29683</v>
+        <v>27305</v>
       </c>
       <c r="K9" s="63">
-        <v>436</v>
+        <v>447</v>
       </c>
       <c r="L9" s="63">
-        <v>141561</v>
+        <v>131874</v>
       </c>
       <c r="M9" s="64" t="s">
         <v>59</v>
       </c>
       <c r="N9" s="17"/>
       <c r="O9" s="23"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="23"/>
       <c r="R9" s="23"/>
       <c r="S9" s="23"/>
     </row>
     <row r="10" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="26"/>
       <c r="B10" s="60" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="61">
-        <v>34076</v>
+        <v>35946</v>
       </c>
       <c r="D10" s="61">
-        <v>1762752</v>
+        <v>1913264</v>
       </c>
       <c r="E10" s="61">
-        <v>1664302</v>
+        <v>1797110</v>
       </c>
       <c r="F10" s="22">
-        <v>98450</v>
+        <v>116154</v>
       </c>
       <c r="G10" s="21"/>
       <c r="H10" s="22"/>
       <c r="I10" s="62">
-        <v>27752</v>
+        <v>26657</v>
       </c>
       <c r="J10" s="63">
-        <v>27305</v>
+        <v>26185</v>
       </c>
       <c r="K10" s="63">
-        <v>447</v>
+        <v>471</v>
       </c>
       <c r="L10" s="63">
-        <v>131874</v>
+        <v>118471</v>
       </c>
       <c r="M10" s="64" t="s">
         <v>60</v>
       </c>
       <c r="N10" s="17"/>
       <c r="O10" s="23"/>
       <c r="P10" s="23"/>
       <c r="Q10" s="23"/>
       <c r="R10" s="23"/>
       <c r="S10" s="23"/>
     </row>
     <row r="11" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="26"/>
       <c r="B11" s="60" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="61">
-        <v>35946</v>
+        <v>37389</v>
       </c>
       <c r="D11" s="61">
-        <v>1913264</v>
+        <v>2068336</v>
       </c>
       <c r="E11" s="61">
-        <v>1797110</v>
+        <v>1923815</v>
       </c>
       <c r="F11" s="22">
-        <v>116154</v>
+        <v>144521</v>
       </c>
       <c r="G11" s="21"/>
       <c r="H11" s="22"/>
       <c r="I11" s="62">
-        <v>26657</v>
+        <v>26719</v>
       </c>
       <c r="J11" s="63">
-        <v>26185</v>
+        <v>26255</v>
       </c>
       <c r="K11" s="63">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="L11" s="63">
-        <v>118471</v>
+        <v>112905</v>
       </c>
       <c r="M11" s="64" t="s">
         <v>61</v>
       </c>
       <c r="N11" s="17"/>
       <c r="O11" s="23"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="23"/>
       <c r="R11" s="23"/>
       <c r="S11" s="23"/>
     </row>
     <row r="12" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="26"/>
       <c r="B12" s="60" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="61">
-        <v>37389</v>
+        <v>38518</v>
       </c>
       <c r="D12" s="61">
-        <v>2068336</v>
+        <v>2231797</v>
       </c>
       <c r="E12" s="61">
-        <v>1923815</v>
+        <v>2045368</v>
       </c>
       <c r="F12" s="22">
-        <v>144521</v>
+        <v>186429</v>
       </c>
       <c r="G12" s="21"/>
       <c r="H12" s="22"/>
       <c r="I12" s="62">
-        <v>26719</v>
+        <v>27200</v>
       </c>
       <c r="J12" s="63">
-        <v>26255</v>
+        <v>26703</v>
       </c>
       <c r="K12" s="63">
-        <v>464</v>
+        <v>496</v>
       </c>
       <c r="L12" s="63">
-        <v>112905</v>
+        <v>107955</v>
       </c>
       <c r="M12" s="64" t="s">
         <v>62</v>
       </c>
       <c r="N12" s="17"/>
       <c r="O12" s="23"/>
       <c r="P12" s="23"/>
       <c r="Q12" s="23"/>
       <c r="R12" s="23"/>
       <c r="S12" s="23"/>
     </row>
     <row r="13" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="26"/>
       <c r="B13" s="60" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="61">
-        <v>38518</v>
+        <v>40702</v>
       </c>
       <c r="D13" s="61">
-        <v>2231797</v>
+        <v>2422232</v>
       </c>
       <c r="E13" s="61">
-        <v>2045368</v>
+        <v>2208824</v>
       </c>
       <c r="F13" s="22">
-        <v>186429</v>
+        <v>213407</v>
       </c>
       <c r="G13" s="21"/>
       <c r="H13" s="22"/>
       <c r="I13" s="62">
-        <v>27200</v>
+        <v>25445</v>
       </c>
       <c r="J13" s="63">
-        <v>26703</v>
+        <v>24941</v>
       </c>
       <c r="K13" s="63">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="L13" s="63">
-        <v>107955</v>
+        <v>109084</v>
       </c>
       <c r="M13" s="64" t="s">
         <v>63</v>
       </c>
       <c r="N13" s="17"/>
       <c r="O13" s="23"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="23"/>
       <c r="R13" s="23"/>
       <c r="S13" s="23"/>
     </row>
     <row r="14" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="26"/>
       <c r="B14" s="60" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="61">
-        <v>40702</v>
+        <v>41730</v>
       </c>
       <c r="D14" s="61">
-        <v>2422232</v>
+        <v>2623159</v>
       </c>
       <c r="E14" s="61">
-        <v>2208824</v>
+        <v>2380466</v>
       </c>
       <c r="F14" s="22">
-        <v>213407</v>
+        <v>242692</v>
       </c>
       <c r="G14" s="21"/>
       <c r="H14" s="22"/>
       <c r="I14" s="62">
-        <v>25445</v>
+        <v>25548</v>
       </c>
       <c r="J14" s="63">
-        <v>24941</v>
+        <v>25057</v>
       </c>
       <c r="K14" s="63">
-        <v>503</v>
+        <v>491</v>
       </c>
       <c r="L14" s="63">
-        <v>109084</v>
+        <v>111114</v>
       </c>
       <c r="M14" s="64" t="s">
         <v>64</v>
       </c>
       <c r="N14" s="17"/>
       <c r="O14" s="23"/>
       <c r="P14" s="23"/>
       <c r="Q14" s="23"/>
       <c r="R14" s="23"/>
       <c r="S14" s="23"/>
     </row>
     <row r="15" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="26"/>
       <c r="B15" s="60" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="61">
-        <v>41730</v>
+        <v>44031</v>
       </c>
       <c r="D15" s="61">
-        <v>2623159</v>
+        <v>2883635</v>
       </c>
       <c r="E15" s="61">
-        <v>2380466</v>
+        <v>2607969</v>
       </c>
       <c r="F15" s="22">
-        <v>242692</v>
+        <v>275666</v>
       </c>
       <c r="G15" s="21"/>
       <c r="H15" s="22"/>
       <c r="I15" s="62">
-        <v>25548</v>
+        <v>26843</v>
       </c>
       <c r="J15" s="63">
-        <v>25057</v>
+        <v>26331</v>
       </c>
       <c r="K15" s="63">
-        <v>491</v>
+        <v>509</v>
       </c>
       <c r="L15" s="63">
-        <v>111114</v>
+        <v>113901</v>
       </c>
       <c r="M15" s="64" t="s">
         <v>65</v>
       </c>
       <c r="N15" s="17"/>
       <c r="O15" s="23"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="23"/>
       <c r="R15" s="23"/>
       <c r="S15" s="23"/>
     </row>
     <row r="16" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="26"/>
       <c r="B16" s="60" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="61">
-        <v>44031</v>
+        <v>47392</v>
       </c>
       <c r="D16" s="61">
-        <v>2883635</v>
+        <v>3223000</v>
       </c>
       <c r="E16" s="61">
-        <v>2607969</v>
+        <v>2906330</v>
       </c>
       <c r="F16" s="22">
-        <v>275666</v>
+        <v>316670</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="22"/>
       <c r="I16" s="62">
-        <v>26843</v>
+        <v>25465</v>
       </c>
       <c r="J16" s="63">
-        <v>26331</v>
+        <v>24959</v>
       </c>
       <c r="K16" s="63">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="L16" s="63">
-        <v>113901</v>
+        <v>113947</v>
       </c>
       <c r="M16" s="64" t="s">
         <v>66</v>
       </c>
       <c r="N16" s="17"/>
       <c r="O16" s="23"/>
       <c r="P16" s="23"/>
       <c r="Q16" s="23"/>
       <c r="R16" s="23"/>
       <c r="S16" s="23"/>
     </row>
     <row r="17" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="26"/>
       <c r="B17" s="60" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="61">
-        <v>47392</v>
+        <v>50116</v>
       </c>
       <c r="D17" s="61">
-        <v>3223000</v>
+        <v>3019607</v>
       </c>
       <c r="E17" s="61">
-        <v>2906330</v>
+        <v>2840293</v>
       </c>
       <c r="F17" s="22">
-        <v>316670</v>
+        <v>179314</v>
       </c>
       <c r="G17" s="21"/>
       <c r="H17" s="22"/>
       <c r="I17" s="62">
-        <v>25465</v>
+        <v>22176</v>
       </c>
       <c r="J17" s="63">
-        <v>24959</v>
+        <v>21970</v>
       </c>
       <c r="K17" s="63">
-        <v>506</v>
+        <v>206</v>
       </c>
       <c r="L17" s="63">
-        <v>113947</v>
+        <v>105615</v>
       </c>
       <c r="M17" s="64" t="s">
         <v>67</v>
       </c>
       <c r="N17" s="17"/>
       <c r="O17" s="23"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="23"/>
       <c r="R17" s="23"/>
       <c r="S17" s="23"/>
     </row>
     <row r="18" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="26"/>
       <c r="B18" s="60" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="61">
-        <v>50116</v>
+        <v>52630</v>
       </c>
       <c r="D18" s="61">
-        <v>3019607</v>
+        <v>3107709</v>
       </c>
       <c r="E18" s="61">
-        <v>2840293</v>
+        <v>2927207</v>
       </c>
       <c r="F18" s="22">
-        <v>179314</v>
+        <v>180499</v>
       </c>
       <c r="G18" s="21"/>
       <c r="H18" s="22"/>
       <c r="I18" s="62">
-        <v>22176</v>
+        <v>20419</v>
       </c>
       <c r="J18" s="63">
-        <v>21970</v>
+        <v>20222</v>
       </c>
       <c r="K18" s="63">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="L18" s="63">
-        <v>105615</v>
+        <v>101158</v>
       </c>
       <c r="M18" s="64" t="s">
         <v>68</v>
       </c>
       <c r="N18" s="17"/>
       <c r="O18" s="23"/>
       <c r="P18" s="23"/>
       <c r="Q18" s="23"/>
       <c r="R18" s="23"/>
       <c r="S18" s="23"/>
     </row>
     <row r="19" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="26"/>
       <c r="B19" s="60" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="61">
-        <v>52630</v>
+        <v>56244</v>
       </c>
       <c r="D19" s="61">
-        <v>3107709</v>
+        <v>3490191</v>
       </c>
       <c r="E19" s="61">
-        <v>2927207</v>
+        <v>3236536</v>
       </c>
       <c r="F19" s="22">
-        <v>180499</v>
+        <v>253656</v>
       </c>
       <c r="G19" s="21"/>
       <c r="H19" s="22"/>
       <c r="I19" s="62">
-        <v>20419</v>
+        <v>20046</v>
       </c>
       <c r="J19" s="63">
-        <v>20222</v>
+        <v>19830</v>
       </c>
       <c r="K19" s="63">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="L19" s="63">
-        <v>101158</v>
+        <v>105389</v>
       </c>
       <c r="M19" s="64" t="s">
         <v>69</v>
       </c>
       <c r="N19" s="17"/>
       <c r="O19" s="23"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="23"/>
       <c r="R19" s="23"/>
       <c r="S19" s="23"/>
     </row>
     <row r="20" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="26"/>
       <c r="B20" s="60" t="s">
         <v>43</v>
       </c>
       <c r="C20" s="61">
-        <v>56244</v>
+        <v>58116</v>
       </c>
       <c r="D20" s="61">
-        <v>3490191</v>
+        <v>4185993</v>
       </c>
       <c r="E20" s="61">
-        <v>3236536</v>
+        <v>3725942</v>
       </c>
       <c r="F20" s="22">
-        <v>253656</v>
+        <v>460050</v>
       </c>
       <c r="G20" s="21"/>
       <c r="H20" s="22"/>
       <c r="I20" s="62">
-        <v>20046</v>
+        <v>18922</v>
       </c>
       <c r="J20" s="63">
-        <v>19830</v>
+        <v>18590</v>
       </c>
       <c r="K20" s="63">
-        <v>216</v>
+        <v>332</v>
       </c>
       <c r="L20" s="63">
-        <v>105389</v>
+        <v>106157</v>
       </c>
       <c r="M20" s="64" t="s">
         <v>70</v>
       </c>
       <c r="N20" s="17"/>
       <c r="O20" s="23"/>
       <c r="P20" s="23"/>
       <c r="Q20" s="23"/>
       <c r="R20" s="23"/>
       <c r="S20" s="23"/>
     </row>
     <row r="21" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="26"/>
       <c r="B21" s="60" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="61">
-        <v>58116</v>
+        <v>58585</v>
       </c>
       <c r="D21" s="61">
-        <v>4185993</v>
+        <v>4685600</v>
       </c>
       <c r="E21" s="61">
-        <v>3725942</v>
+        <v>4083262</v>
       </c>
       <c r="F21" s="22">
-        <v>460050</v>
+        <v>602338</v>
       </c>
       <c r="G21" s="21"/>
       <c r="H21" s="22"/>
       <c r="I21" s="62">
-        <v>18922</v>
+        <v>20090</v>
       </c>
       <c r="J21" s="63">
-        <v>18590</v>
+        <v>19714</v>
       </c>
       <c r="K21" s="63">
-        <v>332</v>
+        <v>376</v>
       </c>
       <c r="L21" s="63">
-        <v>106157</v>
+        <v>116270</v>
       </c>
       <c r="M21" s="64" t="s">
         <v>71</v>
       </c>
       <c r="N21" s="17"/>
       <c r="O21" s="23"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="23"/>
       <c r="R21" s="23"/>
       <c r="S21" s="23"/>
     </row>
     <row r="22" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="26"/>
       <c r="B22" s="60" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="61">
-        <v>58585</v>
+        <v>60486</v>
       </c>
       <c r="D22" s="61">
-        <v>4685600</v>
+        <v>4986344</v>
       </c>
       <c r="E22" s="61">
-        <v>4083262</v>
+        <v>4268588</v>
       </c>
       <c r="F22" s="22">
-        <v>602338</v>
+        <v>717756</v>
       </c>
       <c r="G22" s="21"/>
       <c r="H22" s="22"/>
       <c r="I22" s="62">
-        <v>20090</v>
+        <v>18674</v>
       </c>
       <c r="J22" s="63">
-        <v>19714</v>
+        <v>18282</v>
       </c>
       <c r="K22" s="63">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="L22" s="63">
-        <v>116270</v>
+        <v>118589</v>
       </c>
       <c r="M22" s="64" t="s">
         <v>72</v>
       </c>
       <c r="N22" s="17"/>
       <c r="O22" s="23"/>
       <c r="P22" s="23"/>
       <c r="Q22" s="23"/>
       <c r="R22" s="23"/>
       <c r="S22" s="23"/>
     </row>
     <row r="23" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="26"/>
       <c r="B23" s="51" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="46">
-        <v>58617</v>
+        <v>58655</v>
       </c>
       <c r="D23" s="46">
-        <v>385477</v>
+        <v>338561</v>
       </c>
       <c r="E23" s="46">
-        <v>332613</v>
+        <v>293995</v>
       </c>
       <c r="F23" s="52">
-        <v>52864</v>
+        <v>44566</v>
       </c>
       <c r="G23" s="21"/>
       <c r="H23" s="22"/>
       <c r="I23" s="53">
-        <v>1708</v>
+        <v>1345</v>
       </c>
       <c r="J23" s="54">
-        <v>1678</v>
+        <v>1317</v>
       </c>
       <c r="K23" s="54">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="L23" s="54">
-        <v>114289</v>
+        <v>113560</v>
       </c>
       <c r="M23" s="55" t="s">
         <v>73</v>
       </c>
       <c r="N23" s="17"/>
       <c r="O23" s="23"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="23"/>
       <c r="R23" s="23"/>
       <c r="S23" s="23"/>
     </row>
     <row r="24" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="26"/>
       <c r="B24" s="51" t="s">
         <v>47</v>
       </c>
       <c r="C24" s="46">
-        <v>58585</v>
+        <v>58748</v>
       </c>
       <c r="D24" s="46">
-        <v>420175</v>
+        <v>395295</v>
       </c>
       <c r="E24" s="46">
-        <v>363535</v>
+        <v>336102</v>
       </c>
       <c r="F24" s="52">
-        <v>56640</v>
+        <v>59193</v>
       </c>
       <c r="G24" s="21"/>
       <c r="H24" s="22"/>
       <c r="I24" s="53">
-        <v>1868</v>
+        <v>1329</v>
       </c>
       <c r="J24" s="54">
-        <v>1832</v>
+        <v>1299</v>
       </c>
       <c r="K24" s="54">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="L24" s="54">
-        <v>116270</v>
+        <v>112808</v>
       </c>
       <c r="M24" s="55" t="s">
         <v>74</v>
       </c>
       <c r="N24" s="17"/>
       <c r="O24" s="23"/>
       <c r="P24" s="23"/>
       <c r="Q24" s="23"/>
       <c r="R24" s="23"/>
       <c r="S24" s="23"/>
     </row>
     <row r="25" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="26"/>
-      <c r="B25" s="60" t="s">
+      <c r="B25" s="51" t="s">
         <v>48</v>
       </c>
-      <c r="C25" s="46"/>
-[...2 lines deleted...]
-      <c r="F25" s="52"/>
+      <c r="C25" s="46">
+        <v>58994</v>
+      </c>
+      <c r="D25" s="46">
+        <v>377173</v>
+      </c>
+      <c r="E25" s="46">
+        <v>320098</v>
+      </c>
+      <c r="F25" s="52">
+        <v>57075</v>
+      </c>
       <c r="G25" s="21"/>
       <c r="H25" s="22"/>
-      <c r="I25" s="53"/>
-[...3 lines deleted...]
-      <c r="M25" s="64" t="s">
+      <c r="I25" s="53">
+        <v>1701</v>
+      </c>
+      <c r="J25" s="54">
+        <v>1671</v>
+      </c>
+      <c r="K25" s="54">
+        <v>30</v>
+      </c>
+      <c r="L25" s="54">
+        <v>113116</v>
+      </c>
+      <c r="M25" s="55" t="s">
         <v>75</v>
       </c>
       <c r="N25" s="17"/>
       <c r="O25" s="23"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="23"/>
       <c r="R25" s="23"/>
       <c r="S25" s="23"/>
     </row>
     <row r="26" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="26"/>
       <c r="B26" s="51" t="s">
         <v>49</v>
       </c>
       <c r="C26" s="46">
-        <v>58655</v>
+        <v>59389</v>
       </c>
       <c r="D26" s="46">
-        <v>338561</v>
+        <v>373344</v>
       </c>
       <c r="E26" s="46">
-        <v>293995</v>
+        <v>317040</v>
       </c>
       <c r="F26" s="52">
-        <v>44566</v>
+        <v>56304</v>
       </c>
       <c r="G26" s="21"/>
       <c r="H26" s="22"/>
       <c r="I26" s="53">
-        <v>1345</v>
+        <v>1868</v>
       </c>
       <c r="J26" s="54">
-        <v>1317</v>
+        <v>1837</v>
       </c>
       <c r="K26" s="54">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="L26" s="54">
-        <v>113560</v>
+        <v>113986</v>
       </c>
       <c r="M26" s="55" t="s">
         <v>76</v>
       </c>
       <c r="N26" s="17"/>
       <c r="O26" s="23"/>
       <c r="P26" s="23"/>
       <c r="Q26" s="23"/>
       <c r="R26" s="23"/>
       <c r="S26" s="23"/>
     </row>
     <row r="27" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="26"/>
       <c r="B27" s="51" t="s">
         <v>50</v>
       </c>
       <c r="C27" s="46">
-        <v>58748</v>
+        <v>59796</v>
       </c>
       <c r="D27" s="46">
-        <v>395295</v>
+        <v>371785</v>
       </c>
       <c r="E27" s="46">
-        <v>336102</v>
+        <v>317297</v>
       </c>
       <c r="F27" s="52">
-        <v>59193</v>
+        <v>54488</v>
       </c>
       <c r="G27" s="21"/>
       <c r="H27" s="22"/>
       <c r="I27" s="53">
-        <v>1329</v>
+        <v>1497</v>
       </c>
       <c r="J27" s="54">
-        <v>1299</v>
+        <v>1466</v>
       </c>
       <c r="K27" s="54">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="L27" s="54">
-        <v>112808</v>
+        <v>113423</v>
       </c>
       <c r="M27" s="55" t="s">
         <v>77</v>
       </c>
       <c r="N27" s="17"/>
       <c r="O27" s="23"/>
       <c r="P27" s="23"/>
       <c r="Q27" s="23"/>
       <c r="R27" s="23"/>
       <c r="S27" s="23"/>
     </row>
     <row r="28" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="26"/>
       <c r="B28" s="51" t="s">
         <v>51</v>
       </c>
       <c r="C28" s="46">
-        <v>58994</v>
+        <v>59869</v>
       </c>
       <c r="D28" s="46">
-        <v>377173</v>
+        <v>393716</v>
       </c>
       <c r="E28" s="46">
-        <v>320098</v>
+        <v>332161</v>
       </c>
       <c r="F28" s="52">
-        <v>57075</v>
+        <v>61555</v>
       </c>
       <c r="G28" s="21"/>
       <c r="H28" s="22"/>
       <c r="I28" s="53">
-        <v>1701</v>
+        <v>1582</v>
       </c>
       <c r="J28" s="54">
-        <v>1671</v>
+        <v>1550</v>
       </c>
       <c r="K28" s="54">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="L28" s="54">
-        <v>113116</v>
+        <v>115450</v>
       </c>
       <c r="M28" s="55" t="s">
         <v>78</v>
       </c>
       <c r="N28" s="17"/>
       <c r="O28" s="23"/>
       <c r="P28" s="23"/>
       <c r="Q28" s="23"/>
       <c r="R28" s="23"/>
       <c r="S28" s="23"/>
     </row>
     <row r="29" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="26"/>
       <c r="B29" s="51" t="s">
         <v>52</v>
       </c>
       <c r="C29" s="46">
-        <v>59389</v>
+        <v>59947</v>
       </c>
       <c r="D29" s="46">
-        <v>373344</v>
+        <v>653265</v>
       </c>
       <c r="E29" s="46">
-        <v>317040</v>
+        <v>589463</v>
       </c>
       <c r="F29" s="52">
-        <v>56304</v>
+        <v>63802</v>
       </c>
       <c r="G29" s="21"/>
       <c r="H29" s="22"/>
       <c r="I29" s="53">
-        <v>1868</v>
+        <v>1639</v>
       </c>
       <c r="J29" s="54">
-        <v>1837</v>
+        <v>1605</v>
       </c>
       <c r="K29" s="54">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="L29" s="54">
-        <v>113986</v>
+        <v>114459</v>
       </c>
       <c r="M29" s="55" t="s">
         <v>79</v>
       </c>
       <c r="N29" s="17"/>
       <c r="O29" s="23"/>
       <c r="P29" s="23"/>
       <c r="Q29" s="23"/>
       <c r="R29" s="23"/>
       <c r="S29" s="23"/>
     </row>
     <row r="30" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="26"/>
       <c r="B30" s="51" t="s">
         <v>53</v>
       </c>
       <c r="C30" s="46">
-        <v>59796</v>
+        <v>60149</v>
       </c>
       <c r="D30" s="46">
-        <v>371785</v>
+        <v>376250</v>
       </c>
       <c r="E30" s="46">
-        <v>317297</v>
+        <v>317454</v>
       </c>
       <c r="F30" s="52">
-        <v>54488</v>
+        <v>58797</v>
       </c>
       <c r="G30" s="21"/>
       <c r="H30" s="22"/>
       <c r="I30" s="53">
-        <v>1497</v>
+        <v>1468</v>
       </c>
       <c r="J30" s="54">
-        <v>1466</v>
+        <v>1436</v>
       </c>
       <c r="K30" s="54">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="L30" s="54">
-        <v>113423</v>
+        <v>115041</v>
       </c>
       <c r="M30" s="55" t="s">
         <v>80</v>
       </c>
       <c r="N30" s="17"/>
       <c r="O30" s="23"/>
       <c r="P30" s="23"/>
       <c r="Q30" s="23"/>
       <c r="R30" s="23"/>
       <c r="S30" s="23"/>
     </row>
     <row r="31" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="26"/>
       <c r="B31" s="51" t="s">
         <v>54</v>
       </c>
       <c r="C31" s="46">
-        <v>59869</v>
+        <v>60354</v>
       </c>
       <c r="D31" s="46">
-        <v>393716</v>
+        <v>403174</v>
       </c>
       <c r="E31" s="46">
-        <v>332161</v>
+        <v>342421</v>
       </c>
       <c r="F31" s="52">
-        <v>61555</v>
+        <v>60753</v>
       </c>
       <c r="G31" s="21"/>
       <c r="H31" s="22"/>
       <c r="I31" s="53">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="J31" s="54">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="K31" s="54">
         <v>32</v>
       </c>
       <c r="L31" s="54">
-        <v>115450</v>
+        <v>117177</v>
       </c>
       <c r="M31" s="55" t="s">
         <v>81</v>
       </c>
       <c r="N31" s="17"/>
       <c r="O31" s="23"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="23"/>
       <c r="R31" s="23"/>
       <c r="S31" s="23"/>
     </row>
     <row r="32" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="26"/>
       <c r="B32" s="51" t="s">
         <v>55</v>
       </c>
       <c r="C32" s="46">
-        <v>59947</v>
+        <v>60479</v>
       </c>
       <c r="D32" s="46">
-        <v>653265</v>
+        <v>453412</v>
       </c>
       <c r="E32" s="46">
-        <v>589463</v>
+        <v>383911</v>
       </c>
       <c r="F32" s="52">
-        <v>63802</v>
+        <v>69501</v>
       </c>
       <c r="G32" s="21"/>
       <c r="H32" s="22"/>
       <c r="I32" s="53">
-        <v>1639</v>
+        <v>1674</v>
       </c>
       <c r="J32" s="54">
-        <v>1605</v>
+        <v>1636</v>
       </c>
       <c r="K32" s="54">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="L32" s="54">
-        <v>114459</v>
+        <v>117913</v>
       </c>
       <c r="M32" s="55" t="s">
         <v>82</v>
       </c>
       <c r="N32" s="17"/>
       <c r="O32" s="23"/>
       <c r="P32" s="23"/>
       <c r="Q32" s="23"/>
       <c r="R32" s="23"/>
       <c r="S32" s="23"/>
     </row>
     <row r="33" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="26"/>
       <c r="B33" s="51" t="s">
         <v>56</v>
       </c>
       <c r="C33" s="46">
-        <v>60149</v>
+        <v>60425</v>
       </c>
       <c r="D33" s="46">
-        <v>376250</v>
+        <v>396705</v>
       </c>
       <c r="E33" s="46">
-        <v>317454</v>
+        <v>336582</v>
       </c>
       <c r="F33" s="52">
-        <v>58797</v>
+        <v>60122</v>
       </c>
       <c r="G33" s="21"/>
       <c r="H33" s="22"/>
       <c r="I33" s="53">
-        <v>1468</v>
+        <v>1337</v>
       </c>
       <c r="J33" s="54">
-        <v>1436</v>
+        <v>1305</v>
       </c>
       <c r="K33" s="54">
         <v>32</v>
       </c>
       <c r="L33" s="54">
-        <v>115041</v>
+        <v>117777</v>
       </c>
       <c r="M33" s="55" t="s">
         <v>83</v>
       </c>
       <c r="N33" s="17"/>
       <c r="O33" s="23"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="23"/>
       <c r="R33" s="23"/>
       <c r="S33" s="23"/>
     </row>
     <row r="34" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="26"/>
       <c r="B34" s="51" t="s">
         <v>57</v>
       </c>
       <c r="C34" s="46">
-        <v>60354</v>
+        <v>60486</v>
       </c>
       <c r="D34" s="46">
-        <v>403174</v>
+        <v>453664</v>
       </c>
       <c r="E34" s="46">
-        <v>342421</v>
+        <v>382062</v>
       </c>
       <c r="F34" s="52">
-        <v>60753</v>
+        <v>71601</v>
       </c>
       <c r="G34" s="21"/>
       <c r="H34" s="22"/>
       <c r="I34" s="53">
-        <v>1585</v>
+        <v>1649</v>
       </c>
       <c r="J34" s="54">
-        <v>1552</v>
+        <v>1609</v>
       </c>
       <c r="K34" s="54">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="L34" s="54">
-        <v>117177</v>
+        <v>118589</v>
       </c>
       <c r="M34" s="55" t="s">
         <v>84</v>
       </c>
       <c r="N34" s="17"/>
       <c r="O34" s="23"/>
       <c r="P34" s="23"/>
       <c r="Q34" s="23"/>
       <c r="R34" s="23"/>
       <c r="S34" s="23"/>
     </row>
     <row r="35" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="26"/>
-      <c r="B35" s="51" t="s">
+      <c r="B35" s="60" t="s">
         <v>58</v>
       </c>
-      <c r="C35" s="46">
-[...10 lines deleted...]
-      </c>
+      <c r="C35" s="46"/>
+      <c r="D35" s="46"/>
+      <c r="E35" s="46"/>
+      <c r="F35" s="52"/>
       <c r="G35" s="21"/>
       <c r="H35" s="22"/>
-      <c r="I35" s="53">
-[...11 lines deleted...]
-      <c r="M35" s="55" t="s">
+      <c r="I35" s="53"/>
+      <c r="J35" s="54"/>
+      <c r="K35" s="54"/>
+      <c r="L35" s="54"/>
+      <c r="M35" s="64" t="s">
         <v>85</v>
       </c>
       <c r="N35" s="17"/>
       <c r="O35" s="23"/>
       <c r="P35" s="23"/>
       <c r="Q35" s="23"/>
       <c r="R35" s="23"/>
       <c r="S35" s="23"/>
     </row>
     <row r="36" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="26"/>
       <c r="B36" s="51" t="s">
         <v>46</v>
       </c>
       <c r="C36" s="46">
-        <v>60425</v>
+        <v>59495</v>
       </c>
       <c r="D36" s="46">
-        <v>396705</v>
+        <v>428062</v>
       </c>
       <c r="E36" s="46">
-        <v>336582</v>
+        <v>362670</v>
       </c>
       <c r="F36" s="52">
-        <v>60122</v>
+        <v>65392</v>
       </c>
       <c r="G36" s="21"/>
       <c r="H36" s="22"/>
       <c r="I36" s="53">
-        <v>1337</v>
+        <v>1550</v>
       </c>
       <c r="J36" s="54">
-        <v>1305</v>
+        <v>1517</v>
       </c>
       <c r="K36" s="54">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="L36" s="54">
-        <v>117777</v>
+        <v>119277</v>
       </c>
       <c r="M36" s="55" t="s">
         <v>73</v>
       </c>
       <c r="N36" s="17"/>
       <c r="O36" s="23"/>
       <c r="P36" s="23"/>
       <c r="Q36" s="23"/>
       <c r="R36" s="23"/>
       <c r="S36" s="23"/>
     </row>
     <row r="37" spans="1:19" s="18" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="57" t="s">
         <v>30</v>
       </c>
       <c r="C37" s="49"/>
       <c r="D37" s="47"/>
       <c r="E37" s="47"/>
       <c r="F37" s="47"/>
       <c r="G37" s="17"/>
       <c r="H37" s="17"/>
       <c r="I37" s="59" t="s">
         <v>6</v>
       </c>
       <c r="J37" s="47"/>