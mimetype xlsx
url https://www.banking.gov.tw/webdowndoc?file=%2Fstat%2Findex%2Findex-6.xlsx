--- v0 (2025-12-07)
+++ v1 (2026-01-30)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11409EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3C7A12FE-3F46-410E-9CE7-27CFD508F082}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B62C3BE8-3747-466D-91A9-B8AF748435A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="60" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'60'!$B$2:$J$42</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="80">
   <si>
     <t>裝設台數</t>
   </si>
   <si>
     <t>金融卡</t>
   </si>
   <si>
     <t>交易次數</t>
   </si>
   <si>
@@ -402,168 +402,168 @@
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
     <t xml:space="preserve">         Sept.</t>
   </si>
   <si>
     <t xml:space="preserve">         Oct.</t>
   </si>
   <si>
-    <t xml:space="preserve">         Nov.</t>
-[...31 lines deleted...]
-  <si>
     <t>100年</t>
   </si>
   <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>　　 11月</t>
+  </si>
+  <si>
+    <t>　　 12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
+    <t>　　  7月</t>
+  </si>
+  <si>
+    <t>　　  8月</t>
+  </si>
+  <si>
     <t>　　  9月</t>
   </si>
   <si>
     <t>　　 10月</t>
-  </si>
-[...31 lines deleted...]
-    <t>　　  8月</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="176" formatCode="#\ ###\ ##0"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="178" formatCode="###\ ##0"/>
     <numFmt numFmtId="179" formatCode="##\ ###\ ##0"/>
   </numFmts>
   <fonts count="37" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
@@ -2524,443 +2524,443 @@
       <c r="F23" s="53">
         <v>123804</v>
       </c>
       <c r="G23" s="53">
         <v>957635</v>
       </c>
       <c r="H23" s="54">
         <v>12836742</v>
       </c>
       <c r="I23" s="50" t="s">
         <v>39</v>
       </c>
       <c r="L23" s="28"/>
       <c r="M23" s="28"/>
       <c r="N23" s="28"/>
       <c r="O23" s="28"/>
       <c r="P23" s="28"/>
       <c r="T23" s="29"/>
     </row>
     <row r="24" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B24" s="23"/>
       <c r="C24" s="42" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="43">
-        <v>33084</v>
+        <v>33118</v>
       </c>
       <c r="E24" s="44">
-        <v>246048</v>
+        <v>247156</v>
       </c>
       <c r="F24" s="44">
-        <v>123035</v>
+        <v>123538</v>
       </c>
       <c r="G24" s="44">
-        <v>78569</v>
+        <v>78215</v>
       </c>
       <c r="H24" s="45">
-        <v>1031531</v>
+        <v>1019276</v>
       </c>
       <c r="I24" s="49" t="s">
         <v>40</v>
       </c>
       <c r="L24" s="28"/>
       <c r="M24" s="28"/>
       <c r="N24" s="28"/>
       <c r="O24" s="28"/>
       <c r="P24" s="28"/>
       <c r="T24" s="29"/>
     </row>
     <row r="25" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="23"/>
       <c r="C25" s="42" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="43">
-        <v>33113</v>
+        <v>33139</v>
       </c>
       <c r="E25" s="44">
-        <v>246600</v>
+        <v>247731</v>
       </c>
       <c r="F25" s="44">
-        <v>123281</v>
+        <v>123804</v>
       </c>
       <c r="G25" s="44">
-        <v>78158</v>
+        <v>83208</v>
       </c>
       <c r="H25" s="45">
-        <v>1008142</v>
+        <v>1082514</v>
       </c>
       <c r="I25" s="49" t="s">
         <v>41</v>
       </c>
       <c r="L25" s="28"/>
       <c r="M25" s="28"/>
       <c r="N25" s="28"/>
       <c r="O25" s="28"/>
       <c r="P25" s="28"/>
       <c r="T25" s="29"/>
     </row>
     <row r="26" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B26" s="23"/>
-      <c r="C26" s="42" t="s">
+      <c r="C26" s="51" t="s">
         <v>69</v>
       </c>
-      <c r="D26" s="43">
-[...14 lines deleted...]
-      <c r="I26" s="49" t="s">
+      <c r="D26" s="43"/>
+      <c r="E26" s="44"/>
+      <c r="F26" s="44"/>
+      <c r="G26" s="44"/>
+      <c r="H26" s="45"/>
+      <c r="I26" s="50" t="s">
         <v>42</v>
       </c>
       <c r="L26" s="28"/>
       <c r="M26" s="28"/>
       <c r="N26" s="28"/>
       <c r="O26" s="28"/>
       <c r="P26" s="28"/>
       <c r="T26" s="29"/>
     </row>
     <row r="27" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B27" s="23"/>
       <c r="C27" s="42" t="s">
         <v>70</v>
       </c>
       <c r="D27" s="43">
-        <v>33139</v>
+        <v>33151</v>
       </c>
       <c r="E27" s="44">
-        <v>247731</v>
+        <v>248259</v>
       </c>
       <c r="F27" s="44">
-        <v>123804</v>
+        <v>124050</v>
       </c>
       <c r="G27" s="44">
-        <v>83208</v>
+        <v>81437</v>
       </c>
       <c r="H27" s="45">
-        <v>1082514</v>
+        <v>1176192</v>
       </c>
       <c r="I27" s="49" t="s">
         <v>43</v>
       </c>
       <c r="L27" s="28"/>
       <c r="M27" s="28"/>
       <c r="N27" s="28"/>
       <c r="O27" s="28"/>
       <c r="P27" s="28"/>
       <c r="T27" s="29"/>
     </row>
     <row r="28" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="23"/>
-      <c r="C28" s="51" t="s">
+      <c r="C28" s="42" t="s">
         <v>71</v>
       </c>
-      <c r="D28" s="43"/>
-[...4 lines deleted...]
-      <c r="I28" s="50" t="s">
+      <c r="D28" s="43">
+        <v>33172</v>
+      </c>
+      <c r="E28" s="44">
+        <v>248906</v>
+      </c>
+      <c r="F28" s="44">
+        <v>124385</v>
+      </c>
+      <c r="G28" s="44">
+        <v>73236</v>
+      </c>
+      <c r="H28" s="45">
+        <v>1013520</v>
+      </c>
+      <c r="I28" s="49" t="s">
         <v>44</v>
       </c>
       <c r="L28" s="28"/>
       <c r="M28" s="28"/>
       <c r="N28" s="28"/>
       <c r="O28" s="28"/>
       <c r="P28" s="28"/>
       <c r="T28" s="29"/>
     </row>
     <row r="29" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="23"/>
       <c r="C29" s="42" t="s">
         <v>72</v>
       </c>
       <c r="D29" s="43">
-        <v>33151</v>
+        <v>33213</v>
       </c>
       <c r="E29" s="44">
-        <v>248259</v>
+        <v>249498</v>
       </c>
       <c r="F29" s="44">
-        <v>124050</v>
+        <v>124666</v>
       </c>
       <c r="G29" s="44">
-        <v>81437</v>
+        <v>77554</v>
       </c>
       <c r="H29" s="45">
-        <v>1176192</v>
+        <v>1017426</v>
       </c>
       <c r="I29" s="49" t="s">
         <v>45</v>
       </c>
       <c r="L29" s="28"/>
       <c r="M29" s="28"/>
       <c r="N29" s="28"/>
       <c r="O29" s="28"/>
       <c r="P29" s="28"/>
       <c r="T29" s="29"/>
     </row>
     <row r="30" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="23"/>
       <c r="C30" s="42" t="s">
         <v>73</v>
       </c>
       <c r="D30" s="43">
-        <v>33172</v>
+        <v>33239</v>
       </c>
       <c r="E30" s="44">
-        <v>248906</v>
+        <v>250046</v>
       </c>
       <c r="F30" s="44">
-        <v>124385</v>
+        <v>124913</v>
       </c>
       <c r="G30" s="44">
-        <v>73236</v>
+        <v>76272</v>
       </c>
       <c r="H30" s="45">
-        <v>1013520</v>
+        <v>1015008</v>
       </c>
       <c r="I30" s="49" t="s">
         <v>46</v>
       </c>
       <c r="L30" s="28"/>
       <c r="M30" s="28"/>
       <c r="N30" s="28"/>
       <c r="O30" s="28"/>
       <c r="P30" s="28"/>
       <c r="T30" s="29"/>
     </row>
     <row r="31" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B31" s="23"/>
       <c r="C31" s="42" t="s">
         <v>74</v>
       </c>
       <c r="D31" s="43">
-        <v>33213</v>
+        <v>33248</v>
       </c>
       <c r="E31" s="44">
-        <v>249498</v>
+        <v>250570</v>
       </c>
       <c r="F31" s="44">
-        <v>124666</v>
+        <v>125057</v>
       </c>
       <c r="G31" s="44">
-        <v>77554</v>
+        <v>76533</v>
       </c>
       <c r="H31" s="45">
-        <v>1017426</v>
+        <v>996681</v>
       </c>
       <c r="I31" s="49" t="s">
         <v>47</v>
       </c>
       <c r="L31" s="28"/>
       <c r="M31" s="28"/>
       <c r="N31" s="28"/>
       <c r="O31" s="28"/>
       <c r="P31" s="28"/>
       <c r="T31" s="29"/>
     </row>
     <row r="32" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="23"/>
       <c r="C32" s="42" t="s">
         <v>75</v>
       </c>
       <c r="D32" s="43">
-        <v>33239</v>
+        <v>33287</v>
       </c>
       <c r="E32" s="44">
-        <v>250046</v>
+        <v>251137</v>
       </c>
       <c r="F32" s="44">
-        <v>124913</v>
+        <v>125304</v>
       </c>
       <c r="G32" s="44">
-        <v>76272</v>
+        <v>77696</v>
       </c>
       <c r="H32" s="45">
-        <v>1015008</v>
+        <v>992775</v>
       </c>
       <c r="I32" s="49" t="s">
         <v>48</v>
       </c>
       <c r="L32" s="28"/>
       <c r="M32" s="28"/>
       <c r="N32" s="28"/>
       <c r="O32" s="28"/>
       <c r="P32" s="28"/>
       <c r="T32" s="29"/>
     </row>
     <row r="33" spans="1:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B33" s="23"/>
       <c r="C33" s="42" t="s">
         <v>76</v>
       </c>
       <c r="D33" s="43">
-        <v>33248</v>
+        <v>33262</v>
       </c>
       <c r="E33" s="44">
-        <v>250570</v>
+        <v>251732</v>
       </c>
       <c r="F33" s="44">
-        <v>125057</v>
+        <v>125558</v>
       </c>
       <c r="G33" s="44">
-        <v>76533</v>
+        <v>76292</v>
       </c>
       <c r="H33" s="45">
-        <v>996681</v>
+        <v>997225</v>
       </c>
       <c r="I33" s="49" t="s">
         <v>49</v>
       </c>
       <c r="L33" s="28"/>
       <c r="M33" s="28"/>
       <c r="N33" s="28"/>
       <c r="O33" s="28"/>
       <c r="P33" s="28"/>
       <c r="T33" s="29"/>
     </row>
     <row r="34" spans="1:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B34" s="23"/>
       <c r="C34" s="42" t="s">
         <v>77</v>
       </c>
       <c r="D34" s="43">
-        <v>33287</v>
+        <v>33243</v>
       </c>
       <c r="E34" s="44">
-        <v>251137</v>
+        <v>252351</v>
       </c>
       <c r="F34" s="44">
-        <v>125304</v>
+        <v>125830</v>
       </c>
       <c r="G34" s="44">
-        <v>77696</v>
+        <v>76424</v>
       </c>
       <c r="H34" s="45">
-        <v>992775</v>
+        <v>978188</v>
       </c>
       <c r="I34" s="49" t="s">
         <v>50</v>
       </c>
       <c r="L34" s="28"/>
       <c r="M34" s="28"/>
       <c r="N34" s="28"/>
       <c r="O34" s="28"/>
       <c r="P34" s="28"/>
       <c r="T34" s="29"/>
     </row>
     <row r="35" spans="1:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="23"/>
       <c r="C35" s="42" t="s">
         <v>78</v>
       </c>
       <c r="D35" s="43">
-        <v>33262</v>
+        <v>33285</v>
       </c>
       <c r="E35" s="44">
-        <v>251732</v>
+        <v>252928</v>
       </c>
       <c r="F35" s="44">
-        <v>125558</v>
+        <v>125993</v>
       </c>
       <c r="G35" s="44">
-        <v>76292</v>
+        <v>77772</v>
       </c>
       <c r="H35" s="45">
-        <v>997225</v>
+        <v>1004875</v>
       </c>
       <c r="I35" s="49" t="s">
         <v>51</v>
       </c>
       <c r="L35" s="28"/>
       <c r="M35" s="28"/>
       <c r="N35" s="28"/>
       <c r="O35" s="28"/>
       <c r="P35" s="28"/>
       <c r="T35" s="29"/>
     </row>
     <row r="36" spans="1:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B36" s="23"/>
       <c r="C36" s="42" t="s">
         <v>79</v>
       </c>
       <c r="D36" s="43">
-        <v>33243</v>
+        <v>33332</v>
       </c>
       <c r="E36" s="44">
-        <v>252351</v>
+        <v>253550</v>
       </c>
       <c r="F36" s="44">
-        <v>125830</v>
+        <v>125677</v>
       </c>
       <c r="G36" s="44">
-        <v>76424</v>
+        <v>77731</v>
       </c>
       <c r="H36" s="45">
-        <v>978188</v>
+        <v>991905</v>
       </c>
       <c r="I36" s="49" t="s">
         <v>52</v>
       </c>
       <c r="L36" s="28"/>
       <c r="M36" s="28"/>
       <c r="N36" s="28"/>
       <c r="O36" s="28"/>
       <c r="P36" s="28"/>
       <c r="T36" s="29"/>
     </row>
     <row r="37" spans="1:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B37" s="23"/>
       <c r="C37" s="42" t="s">
         <v>67</v>
       </c>
       <c r="D37" s="43">
-        <v>33285</v>
+        <v>33382</v>
       </c>
       <c r="E37" s="44">
-        <v>252928</v>
+        <v>254146</v>
       </c>
       <c r="F37" s="44">
-        <v>125993</v>
+        <v>125923</v>
       </c>
       <c r="G37" s="44">
-        <v>77772</v>
+        <v>75589</v>
       </c>
       <c r="H37" s="45">
-        <v>1004875</v>
+        <v>974940</v>
       </c>
       <c r="I37" s="49" t="s">
         <v>40</v>
       </c>
       <c r="L37" s="28"/>
       <c r="M37" s="28"/>
       <c r="N37" s="28"/>
       <c r="O37" s="28"/>
       <c r="P37" s="28"/>
       <c r="T37" s="29"/>
     </row>
     <row r="38" spans="1:20" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C38" s="46" t="s">
         <v>21</v>
       </c>
       <c r="D38" s="40"/>
       <c r="E38" s="40"/>
       <c r="F38" s="40"/>
       <c r="G38" s="40"/>
       <c r="H38" s="40"/>
       <c r="I38" s="41"/>
       <c r="K38" s="31"/>
       <c r="L38" s="32"/>
       <c r="M38" s="32"/>
       <c r="N38" s="32"/>