--- v1 (2026-01-30)
+++ v2 (2026-03-16)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11501EXCEL_ODS\11501\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B62C3BE8-3747-466D-91A9-B8AF748435A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="11_F72DABD9962E2DAAC7E01EF0EA1CAF011B9CFF6D" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="60" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'60'!$B$2:$J$42</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="80">
   <si>
     <t>裝設台數</t>
   </si>
   <si>
     <t>金融卡</t>
   </si>
   <si>
     <t>交易次數</t>
   </si>
   <si>
@@ -360,210 +360,210 @@
         <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
       </rPr>
       <t>年</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
       </rPr>
       <t>月。</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> 2011</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 2012</t>
   </si>
   <si>
     <t xml:space="preserve"> 2013</t>
   </si>
   <si>
     <t xml:space="preserve"> 2014</t>
   </si>
   <si>
     <t xml:space="preserve"> 2015</t>
   </si>
   <si>
     <t xml:space="preserve"> 2016</t>
   </si>
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
     <t xml:space="preserve">         Nov.</t>
   </si>
   <si>
     <t xml:space="preserve">         Dec.</t>
   </si>
   <si>
-    <t xml:space="preserve"> 2025</t>
-[...32 lines deleted...]
-    <t>100年</t>
+    <t xml:space="preserve"> 2026</t>
   </si>
   <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
+    <t>　　  7月</t>
+  </si>
+  <si>
+    <t>　　  8月</t>
+  </si>
+  <si>
+    <t>　　  9月</t>
+  </si>
+  <si>
+    <t>　　 10月</t>
+  </si>
+  <si>
     <t>　　 11月</t>
   </si>
   <si>
     <t>　　 12月</t>
   </si>
   <si>
-    <t>114年</t>
-[...29 lines deleted...]
-    <t>　　 10月</t>
+    <t>115年</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="176" formatCode="#\ ###\ ##0"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="178" formatCode="###\ ##0"/>
     <numFmt numFmtId="179" formatCode="##\ ###\ ##0"/>
   </numFmts>
   <fonts count="37" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
@@ -2104,863 +2104,863 @@
       <c r="D9" s="64"/>
       <c r="E9" s="64"/>
       <c r="F9" s="64" t="s">
         <v>8</v>
       </c>
       <c r="G9" s="64" t="s">
         <v>9</v>
       </c>
       <c r="H9" s="64" t="s">
         <v>10</v>
       </c>
       <c r="I9" s="61"/>
       <c r="L9" s="25"/>
       <c r="M9" s="27"/>
       <c r="N9" s="27"/>
       <c r="O9" s="25"/>
       <c r="P9" s="25"/>
       <c r="T9" s="25"/>
     </row>
     <row r="10" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B10" s="23"/>
       <c r="C10" s="51" t="s">
         <v>53</v>
       </c>
       <c r="D10" s="52">
-        <v>25660</v>
+        <v>26608</v>
       </c>
       <c r="E10" s="53">
-        <v>161248</v>
+        <v>165955</v>
       </c>
       <c r="F10" s="53">
-        <v>77878</v>
+        <v>79999</v>
       </c>
       <c r="G10" s="53">
-        <v>663057</v>
+        <v>685432</v>
       </c>
       <c r="H10" s="54">
-        <v>8394385</v>
+        <v>8478298</v>
       </c>
       <c r="I10" s="50" t="s">
         <v>26</v>
       </c>
       <c r="L10" s="28"/>
       <c r="M10" s="28"/>
       <c r="N10" s="28"/>
       <c r="O10" s="28"/>
       <c r="P10" s="28"/>
       <c r="T10" s="29"/>
     </row>
     <row r="11" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" s="23"/>
       <c r="C11" s="51" t="s">
         <v>54</v>
       </c>
       <c r="D11" s="52">
-        <v>26608</v>
+        <v>26832</v>
       </c>
       <c r="E11" s="53">
-        <v>165955</v>
+        <v>172100</v>
       </c>
       <c r="F11" s="53">
-        <v>79999</v>
+        <v>83463</v>
       </c>
       <c r="G11" s="53">
-        <v>685432</v>
+        <v>762629</v>
       </c>
       <c r="H11" s="54">
-        <v>8478298</v>
+        <v>9265089</v>
       </c>
       <c r="I11" s="50" t="s">
         <v>27</v>
       </c>
       <c r="L11" s="28"/>
       <c r="M11" s="28"/>
       <c r="N11" s="28"/>
       <c r="O11" s="28"/>
       <c r="P11" s="28"/>
       <c r="T11" s="29"/>
     </row>
     <row r="12" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B12" s="23"/>
       <c r="C12" s="51" t="s">
         <v>55</v>
       </c>
       <c r="D12" s="52">
-        <v>26832</v>
+        <v>27098</v>
       </c>
       <c r="E12" s="53">
-        <v>172100</v>
+        <v>178975</v>
       </c>
       <c r="F12" s="53">
-        <v>83463</v>
+        <v>87817</v>
       </c>
       <c r="G12" s="53">
-        <v>762629</v>
+        <v>794076</v>
       </c>
       <c r="H12" s="54">
-        <v>9265089</v>
+        <v>9849866</v>
       </c>
       <c r="I12" s="50" t="s">
         <v>28</v>
       </c>
       <c r="L12" s="28"/>
       <c r="M12" s="28"/>
       <c r="N12" s="28"/>
       <c r="O12" s="28"/>
       <c r="P12" s="28"/>
       <c r="T12" s="29"/>
     </row>
     <row r="13" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B13" s="23"/>
       <c r="C13" s="51" t="s">
         <v>56</v>
       </c>
       <c r="D13" s="52">
-        <v>27098</v>
+        <v>27354</v>
       </c>
       <c r="E13" s="53">
-        <v>178975</v>
+        <v>185694</v>
       </c>
       <c r="F13" s="53">
-        <v>87817</v>
+        <v>91506</v>
       </c>
       <c r="G13" s="53">
-        <v>794076</v>
+        <v>824886</v>
       </c>
       <c r="H13" s="54">
-        <v>9849866</v>
+        <v>10147424</v>
       </c>
       <c r="I13" s="50" t="s">
         <v>29</v>
       </c>
       <c r="L13" s="28"/>
       <c r="M13" s="28"/>
       <c r="N13" s="28"/>
       <c r="O13" s="28"/>
       <c r="P13" s="28"/>
       <c r="T13" s="29"/>
     </row>
     <row r="14" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B14" s="23"/>
       <c r="C14" s="51" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="52">
-        <v>27354</v>
+        <v>27231</v>
       </c>
       <c r="E14" s="53">
-        <v>185694</v>
+        <v>191690</v>
       </c>
       <c r="F14" s="53">
-        <v>91506</v>
+        <v>94676</v>
       </c>
       <c r="G14" s="53">
-        <v>824886</v>
+        <v>844764</v>
       </c>
       <c r="H14" s="54">
-        <v>10147424</v>
+        <v>10357155</v>
       </c>
       <c r="I14" s="50" t="s">
         <v>30</v>
       </c>
       <c r="L14" s="28"/>
       <c r="M14" s="28"/>
       <c r="N14" s="28"/>
       <c r="O14" s="28"/>
       <c r="P14" s="28"/>
       <c r="T14" s="29"/>
     </row>
     <row r="15" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B15" s="23"/>
       <c r="C15" s="51" t="s">
         <v>58</v>
       </c>
       <c r="D15" s="52">
-        <v>27231</v>
+        <v>28289</v>
       </c>
       <c r="E15" s="53">
-        <v>191690</v>
+        <v>198466</v>
       </c>
       <c r="F15" s="53">
-        <v>94676</v>
+        <v>98726</v>
       </c>
       <c r="G15" s="53">
-        <v>844764</v>
+        <v>878984</v>
       </c>
       <c r="H15" s="54">
-        <v>10357155</v>
+        <v>10934126</v>
       </c>
       <c r="I15" s="50" t="s">
         <v>31</v>
       </c>
       <c r="L15" s="28"/>
       <c r="M15" s="28"/>
       <c r="N15" s="28"/>
       <c r="O15" s="28"/>
       <c r="P15" s="28"/>
       <c r="T15" s="29"/>
     </row>
     <row r="16" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B16" s="23"/>
       <c r="C16" s="51" t="s">
         <v>59</v>
       </c>
       <c r="D16" s="52">
-        <v>28289</v>
+        <v>29603</v>
       </c>
       <c r="E16" s="53">
-        <v>198466</v>
+        <v>203761</v>
       </c>
       <c r="F16" s="53">
-        <v>98726</v>
+        <v>101810</v>
       </c>
       <c r="G16" s="53">
-        <v>878984</v>
+        <v>910057</v>
       </c>
       <c r="H16" s="54">
-        <v>10934126</v>
+        <v>11557025</v>
       </c>
       <c r="I16" s="50" t="s">
         <v>32</v>
       </c>
       <c r="L16" s="28"/>
       <c r="M16" s="28"/>
       <c r="N16" s="28"/>
       <c r="O16" s="28"/>
       <c r="P16" s="28"/>
       <c r="T16" s="29"/>
     </row>
     <row r="17" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B17" s="23"/>
       <c r="C17" s="51" t="s">
         <v>60</v>
       </c>
       <c r="D17" s="52">
-        <v>29603</v>
+        <v>30486</v>
       </c>
       <c r="E17" s="53">
-        <v>203761</v>
+        <v>211326</v>
       </c>
       <c r="F17" s="53">
-        <v>101810</v>
+        <v>106276</v>
       </c>
       <c r="G17" s="53">
-        <v>910057</v>
+        <v>950770</v>
       </c>
       <c r="H17" s="54">
-        <v>11557025</v>
+        <v>12259124</v>
       </c>
       <c r="I17" s="50" t="s">
         <v>33</v>
       </c>
       <c r="L17" s="28"/>
       <c r="M17" s="28"/>
       <c r="N17" s="28"/>
       <c r="O17" s="28"/>
       <c r="P17" s="28"/>
       <c r="T17" s="29"/>
     </row>
     <row r="18" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B18" s="23"/>
       <c r="C18" s="51" t="s">
         <v>61</v>
       </c>
       <c r="D18" s="52">
-        <v>30486</v>
+        <v>31207</v>
       </c>
       <c r="E18" s="53">
-        <v>211326</v>
+        <v>216530</v>
       </c>
       <c r="F18" s="53">
-        <v>106276</v>
+        <v>108185</v>
       </c>
       <c r="G18" s="53">
-        <v>950770</v>
+        <v>994441</v>
       </c>
       <c r="H18" s="54">
-        <v>12259124</v>
+        <v>13298579</v>
       </c>
       <c r="I18" s="50" t="s">
         <v>34</v>
       </c>
       <c r="L18" s="28"/>
       <c r="M18" s="28"/>
       <c r="N18" s="28"/>
       <c r="O18" s="28"/>
       <c r="P18" s="28"/>
       <c r="T18" s="29"/>
     </row>
     <row r="19" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B19" s="23"/>
       <c r="C19" s="51" t="s">
         <v>62</v>
       </c>
       <c r="D19" s="52">
-        <v>31207</v>
+        <v>32141</v>
       </c>
       <c r="E19" s="53">
-        <v>216530</v>
+        <v>224775</v>
       </c>
       <c r="F19" s="53">
-        <v>108185</v>
+        <v>113295</v>
       </c>
       <c r="G19" s="53">
-        <v>994441</v>
+        <v>931294</v>
       </c>
       <c r="H19" s="54">
-        <v>13298579</v>
+        <v>13049709</v>
       </c>
       <c r="I19" s="50" t="s">
         <v>35</v>
       </c>
       <c r="L19" s="28"/>
       <c r="M19" s="28"/>
       <c r="N19" s="28"/>
       <c r="O19" s="28"/>
       <c r="P19" s="28"/>
       <c r="T19" s="29"/>
     </row>
     <row r="20" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B20" s="23"/>
       <c r="C20" s="51" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="52">
-        <v>32141</v>
+        <v>32671</v>
       </c>
       <c r="E20" s="53">
-        <v>224775</v>
+        <v>232965</v>
       </c>
       <c r="F20" s="53">
-        <v>113295</v>
+        <v>118062</v>
       </c>
       <c r="G20" s="53">
-        <v>931294</v>
+        <v>920933</v>
       </c>
       <c r="H20" s="54">
-        <v>13049709</v>
+        <v>11875951</v>
       </c>
       <c r="I20" s="50" t="s">
         <v>36</v>
       </c>
       <c r="L20" s="28"/>
       <c r="M20" s="28"/>
       <c r="N20" s="28"/>
       <c r="O20" s="28"/>
       <c r="P20" s="28"/>
       <c r="T20" s="29"/>
     </row>
     <row r="21" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B21" s="23"/>
       <c r="C21" s="51" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="52">
-        <v>32671</v>
+        <v>32948</v>
       </c>
       <c r="E21" s="53">
-        <v>232965</v>
+        <v>241607</v>
       </c>
       <c r="F21" s="53">
-        <v>118062</v>
+        <v>121135</v>
       </c>
       <c r="G21" s="53">
-        <v>920933</v>
+        <v>948598</v>
       </c>
       <c r="H21" s="54">
-        <v>11875951</v>
+        <v>12375087</v>
       </c>
       <c r="I21" s="50" t="s">
         <v>37</v>
       </c>
       <c r="L21" s="28"/>
       <c r="M21" s="28"/>
       <c r="N21" s="28"/>
       <c r="O21" s="28"/>
       <c r="P21" s="28"/>
       <c r="T21" s="29"/>
     </row>
     <row r="22" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="23"/>
       <c r="C22" s="51" t="s">
         <v>65</v>
       </c>
       <c r="D22" s="52">
-        <v>32948</v>
+        <v>33139</v>
       </c>
       <c r="E22" s="53">
-        <v>241607</v>
+        <v>247731</v>
       </c>
       <c r="F22" s="53">
-        <v>121135</v>
+        <v>123804</v>
       </c>
       <c r="G22" s="53">
-        <v>948598</v>
+        <v>957635</v>
       </c>
       <c r="H22" s="54">
-        <v>12375087</v>
+        <v>12836742</v>
       </c>
       <c r="I22" s="50" t="s">
         <v>38</v>
       </c>
       <c r="L22" s="28"/>
       <c r="M22" s="28"/>
       <c r="N22" s="28"/>
       <c r="O22" s="28"/>
       <c r="P22" s="28"/>
       <c r="T22" s="29"/>
     </row>
     <row r="23" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="23"/>
       <c r="C23" s="51" t="s">
         <v>66</v>
       </c>
       <c r="D23" s="52">
-        <v>33139</v>
+        <v>33420</v>
       </c>
       <c r="E23" s="53">
-        <v>247731</v>
+        <v>254754</v>
       </c>
       <c r="F23" s="53">
-        <v>123804</v>
+        <v>126170</v>
       </c>
       <c r="G23" s="53">
-        <v>957635</v>
+        <v>927238</v>
       </c>
       <c r="H23" s="54">
-        <v>12836742</v>
+        <v>12198101</v>
       </c>
       <c r="I23" s="50" t="s">
         <v>39</v>
       </c>
       <c r="L23" s="28"/>
       <c r="M23" s="28"/>
       <c r="N23" s="28"/>
       <c r="O23" s="28"/>
       <c r="P23" s="28"/>
       <c r="T23" s="29"/>
     </row>
     <row r="24" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B24" s="23"/>
       <c r="C24" s="42" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="43">
-        <v>33118</v>
+        <v>33151</v>
       </c>
       <c r="E24" s="44">
-        <v>247156</v>
+        <v>248259</v>
       </c>
       <c r="F24" s="44">
-        <v>123538</v>
+        <v>124050</v>
       </c>
       <c r="G24" s="44">
-        <v>78215</v>
+        <v>81437</v>
       </c>
       <c r="H24" s="45">
-        <v>1019276</v>
+        <v>1176192</v>
       </c>
       <c r="I24" s="49" t="s">
         <v>40</v>
       </c>
       <c r="L24" s="28"/>
       <c r="M24" s="28"/>
       <c r="N24" s="28"/>
       <c r="O24" s="28"/>
       <c r="P24" s="28"/>
       <c r="T24" s="29"/>
     </row>
     <row r="25" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="23"/>
       <c r="C25" s="42" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="43">
-        <v>33139</v>
+        <v>33172</v>
       </c>
       <c r="E25" s="44">
-        <v>247731</v>
+        <v>248906</v>
       </c>
       <c r="F25" s="44">
-        <v>123804</v>
+        <v>124385</v>
       </c>
       <c r="G25" s="44">
-        <v>83208</v>
+        <v>73236</v>
       </c>
       <c r="H25" s="45">
-        <v>1082514</v>
+        <v>1013520</v>
       </c>
       <c r="I25" s="49" t="s">
         <v>41</v>
       </c>
       <c r="L25" s="28"/>
       <c r="M25" s="28"/>
       <c r="N25" s="28"/>
       <c r="O25" s="28"/>
       <c r="P25" s="28"/>
       <c r="T25" s="29"/>
     </row>
     <row r="26" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B26" s="23"/>
-      <c r="C26" s="51" t="s">
+      <c r="C26" s="42" t="s">
         <v>69</v>
       </c>
-      <c r="D26" s="43"/>
-[...4 lines deleted...]
-      <c r="I26" s="50" t="s">
+      <c r="D26" s="43">
+        <v>33213</v>
+      </c>
+      <c r="E26" s="44">
+        <v>249498</v>
+      </c>
+      <c r="F26" s="44">
+        <v>124666</v>
+      </c>
+      <c r="G26" s="44">
+        <v>77554</v>
+      </c>
+      <c r="H26" s="45">
+        <v>1017426</v>
+      </c>
+      <c r="I26" s="49" t="s">
         <v>42</v>
       </c>
       <c r="L26" s="28"/>
       <c r="M26" s="28"/>
       <c r="N26" s="28"/>
       <c r="O26" s="28"/>
       <c r="P26" s="28"/>
       <c r="T26" s="29"/>
     </row>
     <row r="27" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B27" s="23"/>
       <c r="C27" s="42" t="s">
         <v>70</v>
       </c>
       <c r="D27" s="43">
-        <v>33151</v>
+        <v>33239</v>
       </c>
       <c r="E27" s="44">
-        <v>248259</v>
+        <v>250046</v>
       </c>
       <c r="F27" s="44">
-        <v>124050</v>
+        <v>124913</v>
       </c>
       <c r="G27" s="44">
-        <v>81437</v>
+        <v>76272</v>
       </c>
       <c r="H27" s="45">
-        <v>1176192</v>
+        <v>1015008</v>
       </c>
       <c r="I27" s="49" t="s">
         <v>43</v>
       </c>
       <c r="L27" s="28"/>
       <c r="M27" s="28"/>
       <c r="N27" s="28"/>
       <c r="O27" s="28"/>
       <c r="P27" s="28"/>
       <c r="T27" s="29"/>
     </row>
     <row r="28" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="23"/>
       <c r="C28" s="42" t="s">
         <v>71</v>
       </c>
       <c r="D28" s="43">
-        <v>33172</v>
+        <v>33248</v>
       </c>
       <c r="E28" s="44">
-        <v>248906</v>
+        <v>250570</v>
       </c>
       <c r="F28" s="44">
-        <v>124385</v>
+        <v>125057</v>
       </c>
       <c r="G28" s="44">
-        <v>73236</v>
+        <v>76533</v>
       </c>
       <c r="H28" s="45">
-        <v>1013520</v>
+        <v>996681</v>
       </c>
       <c r="I28" s="49" t="s">
         <v>44</v>
       </c>
       <c r="L28" s="28"/>
       <c r="M28" s="28"/>
       <c r="N28" s="28"/>
       <c r="O28" s="28"/>
       <c r="P28" s="28"/>
       <c r="T28" s="29"/>
     </row>
     <row r="29" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="23"/>
       <c r="C29" s="42" t="s">
         <v>72</v>
       </c>
       <c r="D29" s="43">
-        <v>33213</v>
+        <v>33287</v>
       </c>
       <c r="E29" s="44">
-        <v>249498</v>
+        <v>251137</v>
       </c>
       <c r="F29" s="44">
-        <v>124666</v>
+        <v>125304</v>
       </c>
       <c r="G29" s="44">
-        <v>77554</v>
+        <v>77696</v>
       </c>
       <c r="H29" s="45">
-        <v>1017426</v>
+        <v>992775</v>
       </c>
       <c r="I29" s="49" t="s">
         <v>45</v>
       </c>
       <c r="L29" s="28"/>
       <c r="M29" s="28"/>
       <c r="N29" s="28"/>
       <c r="O29" s="28"/>
       <c r="P29" s="28"/>
       <c r="T29" s="29"/>
     </row>
     <row r="30" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="23"/>
       <c r="C30" s="42" t="s">
         <v>73</v>
       </c>
       <c r="D30" s="43">
-        <v>33239</v>
+        <v>33262</v>
       </c>
       <c r="E30" s="44">
-        <v>250046</v>
+        <v>251732</v>
       </c>
       <c r="F30" s="44">
-        <v>124913</v>
+        <v>125558</v>
       </c>
       <c r="G30" s="44">
-        <v>76272</v>
+        <v>76292</v>
       </c>
       <c r="H30" s="45">
-        <v>1015008</v>
+        <v>997225</v>
       </c>
       <c r="I30" s="49" t="s">
         <v>46</v>
       </c>
       <c r="L30" s="28"/>
       <c r="M30" s="28"/>
       <c r="N30" s="28"/>
       <c r="O30" s="28"/>
       <c r="P30" s="28"/>
       <c r="T30" s="29"/>
     </row>
     <row r="31" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B31" s="23"/>
       <c r="C31" s="42" t="s">
         <v>74</v>
       </c>
       <c r="D31" s="43">
-        <v>33248</v>
+        <v>33243</v>
       </c>
       <c r="E31" s="44">
-        <v>250570</v>
+        <v>252351</v>
       </c>
       <c r="F31" s="44">
-        <v>125057</v>
+        <v>125830</v>
       </c>
       <c r="G31" s="44">
-        <v>76533</v>
+        <v>76424</v>
       </c>
       <c r="H31" s="45">
-        <v>996681</v>
+        <v>978188</v>
       </c>
       <c r="I31" s="49" t="s">
         <v>47</v>
       </c>
       <c r="L31" s="28"/>
       <c r="M31" s="28"/>
       <c r="N31" s="28"/>
       <c r="O31" s="28"/>
       <c r="P31" s="28"/>
       <c r="T31" s="29"/>
     </row>
     <row r="32" spans="2:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="23"/>
       <c r="C32" s="42" t="s">
         <v>75</v>
       </c>
       <c r="D32" s="43">
-        <v>33287</v>
+        <v>33285</v>
       </c>
       <c r="E32" s="44">
-        <v>251137</v>
+        <v>252928</v>
       </c>
       <c r="F32" s="44">
-        <v>125304</v>
+        <v>125993</v>
       </c>
       <c r="G32" s="44">
-        <v>77696</v>
+        <v>77772</v>
       </c>
       <c r="H32" s="45">
-        <v>992775</v>
+        <v>1004875</v>
       </c>
       <c r="I32" s="49" t="s">
         <v>48</v>
       </c>
       <c r="L32" s="28"/>
       <c r="M32" s="28"/>
       <c r="N32" s="28"/>
       <c r="O32" s="28"/>
       <c r="P32" s="28"/>
       <c r="T32" s="29"/>
     </row>
     <row r="33" spans="1:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B33" s="23"/>
       <c r="C33" s="42" t="s">
         <v>76</v>
       </c>
       <c r="D33" s="43">
-        <v>33262</v>
+        <v>33332</v>
       </c>
       <c r="E33" s="44">
-        <v>251732</v>
+        <v>253550</v>
       </c>
       <c r="F33" s="44">
-        <v>125558</v>
+        <v>125677</v>
       </c>
       <c r="G33" s="44">
-        <v>76292</v>
+        <v>77731</v>
       </c>
       <c r="H33" s="45">
-        <v>997225</v>
+        <v>991905</v>
       </c>
       <c r="I33" s="49" t="s">
         <v>49</v>
       </c>
       <c r="L33" s="28"/>
       <c r="M33" s="28"/>
       <c r="N33" s="28"/>
       <c r="O33" s="28"/>
       <c r="P33" s="28"/>
       <c r="T33" s="29"/>
     </row>
     <row r="34" spans="1:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B34" s="23"/>
       <c r="C34" s="42" t="s">
         <v>77</v>
       </c>
       <c r="D34" s="43">
-        <v>33243</v>
+        <v>33382</v>
       </c>
       <c r="E34" s="44">
-        <v>252351</v>
+        <v>254146</v>
       </c>
       <c r="F34" s="44">
-        <v>125830</v>
+        <v>125923</v>
       </c>
       <c r="G34" s="44">
-        <v>76424</v>
+        <v>75589</v>
       </c>
       <c r="H34" s="45">
-        <v>978188</v>
+        <v>974940</v>
       </c>
       <c r="I34" s="49" t="s">
         <v>50</v>
       </c>
       <c r="L34" s="28"/>
       <c r="M34" s="28"/>
       <c r="N34" s="28"/>
       <c r="O34" s="28"/>
       <c r="P34" s="28"/>
       <c r="T34" s="29"/>
     </row>
     <row r="35" spans="1:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="23"/>
       <c r="C35" s="42" t="s">
         <v>78</v>
       </c>
       <c r="D35" s="43">
-        <v>33285</v>
+        <v>33420</v>
       </c>
       <c r="E35" s="44">
-        <v>252928</v>
+        <v>254754</v>
       </c>
       <c r="F35" s="44">
-        <v>125993</v>
+        <v>126170</v>
       </c>
       <c r="G35" s="44">
-        <v>77772</v>
+        <v>80700</v>
       </c>
       <c r="H35" s="45">
-        <v>1004875</v>
+        <v>1039367</v>
       </c>
       <c r="I35" s="49" t="s">
         <v>51</v>
       </c>
       <c r="L35" s="28"/>
       <c r="M35" s="28"/>
       <c r="N35" s="28"/>
       <c r="O35" s="28"/>
       <c r="P35" s="28"/>
       <c r="T35" s="29"/>
     </row>
     <row r="36" spans="1:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B36" s="23"/>
-      <c r="C36" s="42" t="s">
+      <c r="C36" s="51" t="s">
         <v>79</v>
       </c>
-      <c r="D36" s="43">
-[...14 lines deleted...]
-      <c r="I36" s="49" t="s">
+      <c r="D36" s="43"/>
+      <c r="E36" s="44"/>
+      <c r="F36" s="44"/>
+      <c r="G36" s="44"/>
+      <c r="H36" s="45"/>
+      <c r="I36" s="50" t="s">
         <v>52</v>
       </c>
       <c r="L36" s="28"/>
       <c r="M36" s="28"/>
       <c r="N36" s="28"/>
       <c r="O36" s="28"/>
       <c r="P36" s="28"/>
       <c r="T36" s="29"/>
     </row>
     <row r="37" spans="1:20" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B37" s="23"/>
       <c r="C37" s="42" t="s">
         <v>67</v>
       </c>
       <c r="D37" s="43">
-        <v>33382</v>
+        <v>33422</v>
       </c>
       <c r="E37" s="44">
-        <v>254146</v>
+        <v>255381</v>
       </c>
       <c r="F37" s="44">
-        <v>125923</v>
+        <v>126468</v>
       </c>
       <c r="G37" s="44">
-        <v>75589</v>
+        <v>79402</v>
       </c>
       <c r="H37" s="45">
-        <v>974940</v>
+        <v>1085726</v>
       </c>
       <c r="I37" s="49" t="s">
         <v>40</v>
       </c>
       <c r="L37" s="28"/>
       <c r="M37" s="28"/>
       <c r="N37" s="28"/>
       <c r="O37" s="28"/>
       <c r="P37" s="28"/>
       <c r="T37" s="29"/>
     </row>
     <row r="38" spans="1:20" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C38" s="46" t="s">
         <v>21</v>
       </c>
       <c r="D38" s="40"/>
       <c r="E38" s="40"/>
       <c r="F38" s="40"/>
       <c r="G38" s="40"/>
       <c r="H38" s="40"/>
       <c r="I38" s="41"/>
       <c r="K38" s="31"/>
       <c r="L38" s="32"/>
       <c r="M38" s="32"/>
       <c r="N38" s="32"/>