--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11407EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11409EXCEL_ODS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EC69F00B-A7BB-4A86-88F2-5F2C56FDAC36}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CD876B9F-1CA7-4D68-80A6-01C79B123ED9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="50" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'50'!$B$2:$K$45</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="89">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>End of Period</t>
   </si>
   <si>
     <t>五、支票存款及退票統計</t>
   </si>
   <si>
@@ -340,168 +340,168 @@
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
     <t xml:space="preserve">         July</t>
   </si>
   <si>
     <t xml:space="preserve">         Aug.</t>
   </si>
   <si>
-    <t xml:space="preserve">         Sept.</t>
-[...31 lines deleted...]
-  <si>
     <t>100年</t>
   </si>
   <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>　　  9月</t>
+  </si>
+  <si>
+    <t>　　 10月</t>
+  </si>
+  <si>
+    <t>　　 11月</t>
+  </si>
+  <si>
+    <t>　　 12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
     <t>　　  7月</t>
   </si>
   <si>
     <t>　　  8月</t>
-  </si>
-[...31 lines deleted...]
-    <t>　　  6月</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="176" formatCode="#\ ###\ ##0"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="178" formatCode="##\ ###\ ##0"/>
     <numFmt numFmtId="179" formatCode="###\ ##0"/>
   </numFmts>
   <fonts count="34" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
     </font>
     <font>
@@ -2571,483 +2571,483 @@
       <c r="G23" s="53">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H23" s="52">
         <v>33635</v>
       </c>
       <c r="I23" s="54">
         <v>0.26</v>
       </c>
       <c r="J23" s="49" t="s">
         <v>48</v>
       </c>
       <c r="M23" s="22"/>
       <c r="N23" s="23"/>
       <c r="O23" s="23"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="23"/>
       <c r="R23" s="23"/>
       <c r="V23" s="21"/>
     </row>
     <row r="24" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C24" s="41" t="s">
         <v>76</v>
       </c>
       <c r="D24" s="42">
-        <v>4693129</v>
+        <v>4688758</v>
       </c>
       <c r="E24" s="43">
-        <v>479274</v>
+        <v>459532</v>
       </c>
       <c r="F24" s="43">
-        <v>3867</v>
+        <v>3681</v>
       </c>
       <c r="G24" s="36">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H24" s="43">
-        <v>2921</v>
+        <v>2575</v>
       </c>
       <c r="I24" s="37">
-        <v>0.23</v>
+        <v>0.22</v>
       </c>
       <c r="J24" s="48" t="s">
         <v>49</v>
       </c>
       <c r="M24" s="22"/>
       <c r="N24" s="23"/>
       <c r="O24" s="23"/>
       <c r="P24" s="23"/>
       <c r="Q24" s="23"/>
       <c r="R24" s="23"/>
       <c r="V24" s="21"/>
     </row>
     <row r="25" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C25" s="41" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="42">
-        <v>4690956</v>
+        <v>4686402</v>
       </c>
       <c r="E25" s="43">
-        <v>486151</v>
+        <v>487606</v>
       </c>
       <c r="F25" s="43">
-        <v>3134</v>
+        <v>3051</v>
       </c>
       <c r="G25" s="36">
         <v>0.08</v>
       </c>
       <c r="H25" s="43">
-        <v>2622</v>
+        <v>2615</v>
       </c>
       <c r="I25" s="37">
-        <v>0.25</v>
+        <v>0.28000000000000003</v>
       </c>
       <c r="J25" s="48" t="s">
         <v>50</v>
       </c>
       <c r="M25" s="22"/>
       <c r="N25" s="23"/>
       <c r="O25" s="23"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="23"/>
       <c r="R25" s="23"/>
       <c r="V25" s="21"/>
     </row>
     <row r="26" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C26" s="41" t="s">
         <v>78</v>
       </c>
       <c r="D26" s="42">
-        <v>4688758</v>
+        <v>4684277</v>
       </c>
       <c r="E26" s="43">
-        <v>459532</v>
+        <v>494869</v>
       </c>
       <c r="F26" s="43">
-        <v>3681</v>
+        <v>3145</v>
       </c>
       <c r="G26" s="36">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H26" s="43">
-        <v>2575</v>
+        <v>2221</v>
       </c>
       <c r="I26" s="37">
-        <v>0.22</v>
+        <v>0.21</v>
       </c>
       <c r="J26" s="48" t="s">
         <v>51</v>
       </c>
       <c r="M26" s="22"/>
       <c r="N26" s="23"/>
       <c r="O26" s="23"/>
       <c r="P26" s="23"/>
       <c r="Q26" s="23"/>
       <c r="R26" s="23"/>
       <c r="V26" s="21"/>
     </row>
     <row r="27" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C27" s="41" t="s">
         <v>79</v>
       </c>
       <c r="D27" s="42">
-        <v>4686402</v>
+        <v>4680187</v>
       </c>
       <c r="E27" s="43">
-        <v>487606</v>
+        <v>475019</v>
       </c>
       <c r="F27" s="43">
-        <v>3051</v>
+        <v>3934</v>
       </c>
       <c r="G27" s="36">
-        <v>0.08</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="H27" s="43">
-        <v>2615</v>
+        <v>3067</v>
       </c>
       <c r="I27" s="37">
-        <v>0.28000000000000003</v>
+        <v>0.25</v>
       </c>
       <c r="J27" s="48" t="s">
         <v>52</v>
       </c>
       <c r="M27" s="22"/>
       <c r="N27" s="23"/>
       <c r="O27" s="23"/>
       <c r="P27" s="23"/>
       <c r="Q27" s="23"/>
       <c r="R27" s="23"/>
       <c r="V27" s="21"/>
     </row>
     <row r="28" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="C28" s="41" t="s">
+      <c r="C28" s="50" t="s">
         <v>80</v>
       </c>
-      <c r="D28" s="42">
-[...17 lines deleted...]
-      <c r="J28" s="48" t="s">
+      <c r="D28" s="42"/>
+      <c r="E28" s="43"/>
+      <c r="F28" s="43"/>
+      <c r="G28" s="36"/>
+      <c r="H28" s="43"/>
+      <c r="I28" s="37"/>
+      <c r="J28" s="49" t="s">
         <v>53</v>
       </c>
       <c r="M28" s="22"/>
       <c r="N28" s="23"/>
       <c r="O28" s="23"/>
       <c r="P28" s="23"/>
       <c r="Q28" s="23"/>
       <c r="R28" s="23"/>
       <c r="V28" s="21"/>
     </row>
     <row r="29" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C29" s="41" t="s">
         <v>81</v>
       </c>
       <c r="D29" s="42">
-        <v>4680187</v>
+        <v>4675400</v>
       </c>
       <c r="E29" s="43">
-        <v>475019</v>
+        <v>496715</v>
       </c>
       <c r="F29" s="43">
-        <v>3934</v>
+        <v>2344</v>
       </c>
       <c r="G29" s="36">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H29" s="43">
-        <v>3067</v>
+        <v>2239</v>
       </c>
       <c r="I29" s="37">
-        <v>0.25</v>
+        <v>0.24</v>
       </c>
       <c r="J29" s="48" t="s">
         <v>54</v>
       </c>
       <c r="M29" s="22"/>
       <c r="N29" s="23"/>
       <c r="O29" s="23"/>
       <c r="P29" s="23"/>
       <c r="Q29" s="23"/>
       <c r="R29" s="23"/>
       <c r="V29" s="21"/>
     </row>
     <row r="30" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="C30" s="50" t="s">
+      <c r="C30" s="41" t="s">
         <v>82</v>
       </c>
-      <c r="D30" s="42"/>
-[...5 lines deleted...]
-      <c r="J30" s="49" t="s">
+      <c r="D30" s="42">
+        <v>4671514</v>
+      </c>
+      <c r="E30" s="43">
+        <v>486557</v>
+      </c>
+      <c r="F30" s="43">
+        <v>3065</v>
+      </c>
+      <c r="G30" s="36">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H30" s="43">
+        <v>2344</v>
+      </c>
+      <c r="I30" s="37">
+        <v>0.23</v>
+      </c>
+      <c r="J30" s="48" t="s">
         <v>55</v>
       </c>
       <c r="M30" s="22"/>
       <c r="N30" s="23"/>
       <c r="O30" s="23"/>
       <c r="P30" s="23"/>
       <c r="Q30" s="23"/>
       <c r="R30" s="23"/>
       <c r="V30" s="21"/>
     </row>
     <row r="31" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C31" s="41" t="s">
         <v>83</v>
       </c>
       <c r="D31" s="42">
-        <v>4675400</v>
+        <v>4679834</v>
       </c>
       <c r="E31" s="43">
-        <v>496715</v>
+        <v>457371</v>
       </c>
       <c r="F31" s="43">
-        <v>2344</v>
+        <v>4269</v>
       </c>
       <c r="G31" s="36">
-        <v>7.0000000000000007E-2</v>
+        <v>0.08</v>
       </c>
       <c r="H31" s="43">
-        <v>2239</v>
+        <v>3609</v>
       </c>
       <c r="I31" s="37">
-        <v>0.24</v>
+        <v>0.3</v>
       </c>
       <c r="J31" s="48" t="s">
         <v>56</v>
       </c>
       <c r="M31" s="22"/>
       <c r="N31" s="23"/>
       <c r="O31" s="23"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="23"/>
       <c r="R31" s="23"/>
       <c r="V31" s="21"/>
     </row>
     <row r="32" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C32" s="41" t="s">
         <v>84</v>
       </c>
       <c r="D32" s="42">
-        <v>4671514</v>
+        <v>4677747</v>
       </c>
       <c r="E32" s="43">
-        <v>486557</v>
+        <v>446616</v>
       </c>
       <c r="F32" s="43">
-        <v>3065</v>
+        <v>4034</v>
       </c>
       <c r="G32" s="36">
-        <v>7.0000000000000007E-2</v>
+        <v>0.1</v>
       </c>
       <c r="H32" s="43">
-        <v>2344</v>
+        <v>3124</v>
       </c>
       <c r="I32" s="37">
-        <v>0.23</v>
+        <v>0.3</v>
       </c>
       <c r="J32" s="48" t="s">
         <v>57</v>
       </c>
       <c r="M32" s="22"/>
       <c r="N32" s="23"/>
       <c r="O32" s="23"/>
       <c r="P32" s="23"/>
       <c r="Q32" s="23"/>
       <c r="R32" s="23"/>
       <c r="V32" s="21"/>
     </row>
     <row r="33" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C33" s="41" t="s">
         <v>85</v>
       </c>
       <c r="D33" s="42">
-        <v>4679834</v>
+        <v>4673926</v>
       </c>
       <c r="E33" s="43">
-        <v>457371</v>
+        <v>480968</v>
       </c>
       <c r="F33" s="43">
-        <v>4269</v>
+        <v>2928</v>
       </c>
       <c r="G33" s="36">
-        <v>0.08</v>
+        <v>0.09</v>
       </c>
       <c r="H33" s="43">
-        <v>3609</v>
+        <v>2702</v>
       </c>
       <c r="I33" s="37">
-        <v>0.3</v>
+        <v>0.28999999999999998</v>
       </c>
       <c r="J33" s="48" t="s">
         <v>58</v>
       </c>
       <c r="M33" s="22"/>
       <c r="N33" s="23"/>
       <c r="O33" s="23"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="23"/>
       <c r="R33" s="23"/>
       <c r="V33" s="21"/>
     </row>
     <row r="34" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C34" s="41" t="s">
         <v>86</v>
       </c>
       <c r="D34" s="42">
-        <v>4677747</v>
+        <v>4659713</v>
       </c>
       <c r="E34" s="43">
-        <v>446616</v>
+        <v>457170</v>
       </c>
       <c r="F34" s="43">
-        <v>4034</v>
+        <v>4163</v>
       </c>
       <c r="G34" s="36">
-        <v>0.1</v>
+        <v>0.08</v>
       </c>
       <c r="H34" s="43">
-        <v>3124</v>
+        <v>3628</v>
       </c>
       <c r="I34" s="37">
-        <v>0.3</v>
+        <v>0.31</v>
       </c>
       <c r="J34" s="48" t="s">
         <v>59</v>
       </c>
       <c r="M34" s="22"/>
       <c r="N34" s="23"/>
       <c r="O34" s="23"/>
       <c r="P34" s="23"/>
       <c r="Q34" s="23"/>
       <c r="R34" s="23"/>
       <c r="V34" s="21"/>
     </row>
     <row r="35" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C35" s="41" t="s">
         <v>87</v>
       </c>
       <c r="D35" s="42">
-        <v>4673926</v>
+        <v>4655898</v>
       </c>
       <c r="E35" s="43">
-        <v>480968</v>
+        <v>447499</v>
       </c>
       <c r="F35" s="43">
-        <v>2928</v>
+        <v>3801</v>
       </c>
       <c r="G35" s="36">
-        <v>0.09</v>
+        <v>0.08</v>
       </c>
       <c r="H35" s="43">
-        <v>2702</v>
+        <v>3420</v>
       </c>
       <c r="I35" s="37">
-        <v>0.28999999999999998</v>
+        <v>0.3</v>
       </c>
       <c r="J35" s="48" t="s">
         <v>60</v>
       </c>
       <c r="M35" s="22"/>
       <c r="N35" s="23"/>
       <c r="O35" s="23"/>
       <c r="P35" s="23"/>
       <c r="Q35" s="23"/>
       <c r="R35" s="23"/>
       <c r="V35" s="21"/>
     </row>
     <row r="36" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C36" s="41" t="s">
         <v>88</v>
       </c>
       <c r="D36" s="42">
-        <v>4659713</v>
+        <v>4651863</v>
       </c>
       <c r="E36" s="43">
-        <v>457170</v>
+        <v>486400</v>
       </c>
       <c r="F36" s="43">
-        <v>4163</v>
+        <v>2855</v>
       </c>
       <c r="G36" s="36">
         <v>0.08</v>
       </c>
       <c r="H36" s="43">
-        <v>3628</v>
+        <v>3360</v>
       </c>
       <c r="I36" s="37">
-        <v>0.31</v>
+        <v>0.36</v>
       </c>
       <c r="J36" s="48" t="s">
         <v>61</v>
       </c>
       <c r="M36" s="22"/>
       <c r="N36" s="23"/>
       <c r="O36" s="23"/>
       <c r="P36" s="23"/>
       <c r="Q36" s="23"/>
       <c r="R36" s="23"/>
       <c r="V36" s="21"/>
     </row>
     <row r="37" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C37" s="41" t="s">
         <v>76</v>
       </c>
       <c r="D37" s="42">
-        <v>4655898</v>
+        <v>4648341</v>
       </c>
       <c r="E37" s="43">
-        <v>447499</v>
+        <v>449690</v>
       </c>
       <c r="F37" s="43">
-        <v>3801</v>
+        <v>4103</v>
       </c>
       <c r="G37" s="36">
         <v>0.08</v>
       </c>
       <c r="H37" s="43">
-        <v>3420</v>
+        <v>3180</v>
       </c>
       <c r="I37" s="37">
-        <v>0.3</v>
+        <v>0.27</v>
       </c>
       <c r="J37" s="48" t="s">
         <v>49</v>
       </c>
       <c r="M37" s="22"/>
       <c r="N37" s="23"/>
       <c r="O37" s="23"/>
       <c r="P37" s="23"/>
       <c r="Q37" s="23"/>
       <c r="R37" s="23"/>
       <c r="V37" s="21"/>
     </row>
     <row r="38" spans="3:22" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C38" s="45" t="s">
         <v>25</v>
       </c>
       <c r="D38" s="39"/>
       <c r="E38" s="39"/>
       <c r="F38" s="39"/>
       <c r="G38" s="39"/>
       <c r="H38" s="39"/>
       <c r="I38" s="40"/>
       <c r="J38" s="38"/>
     </row>
     <row r="39" spans="3:22" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">