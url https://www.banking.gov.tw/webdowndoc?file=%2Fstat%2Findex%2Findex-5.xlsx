--- v1 (2025-12-07)
+++ v2 (2026-01-30)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11409EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CD876B9F-1CA7-4D68-80A6-01C79B123ED9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EEB1D2D4-8D10-46FF-A88F-277110046DC1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="50" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'50'!$B$2:$K$45</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="89">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>End of Period</t>
   </si>
   <si>
     <t>五、支票存款及退票統計</t>
   </si>
   <si>
@@ -340,168 +340,168 @@
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
     <t xml:space="preserve">         Sept.</t>
   </si>
   <si>
     <t xml:space="preserve">         Oct.</t>
   </si>
   <si>
-    <t xml:space="preserve">         Nov.</t>
-[...31 lines deleted...]
-  <si>
     <t>100年</t>
   </si>
   <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>　　 11月</t>
+  </si>
+  <si>
+    <t>　　 12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
+    <t>　　  7月</t>
+  </si>
+  <si>
+    <t>　　  8月</t>
+  </si>
+  <si>
     <t>　　  9月</t>
   </si>
   <si>
     <t>　　 10月</t>
-  </si>
-[...31 lines deleted...]
-    <t>　　  8月</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="176" formatCode="#\ ###\ ##0"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="178" formatCode="##\ ###\ ##0"/>
     <numFmt numFmtId="179" formatCode="###\ ##0"/>
   </numFmts>
   <fonts count="34" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
     </font>
     <font>
@@ -2571,480 +2571,480 @@
       <c r="G23" s="53">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H23" s="52">
         <v>33635</v>
       </c>
       <c r="I23" s="54">
         <v>0.26</v>
       </c>
       <c r="J23" s="49" t="s">
         <v>48</v>
       </c>
       <c r="M23" s="22"/>
       <c r="N23" s="23"/>
       <c r="O23" s="23"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="23"/>
       <c r="R23" s="23"/>
       <c r="V23" s="21"/>
     </row>
     <row r="24" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C24" s="41" t="s">
         <v>76</v>
       </c>
       <c r="D24" s="42">
-        <v>4688758</v>
+        <v>4684277</v>
       </c>
       <c r="E24" s="43">
-        <v>459532</v>
+        <v>494869</v>
       </c>
       <c r="F24" s="43">
-        <v>3681</v>
+        <v>3145</v>
       </c>
       <c r="G24" s="36">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H24" s="43">
-        <v>2575</v>
+        <v>2221</v>
       </c>
       <c r="I24" s="37">
-        <v>0.22</v>
+        <v>0.21</v>
       </c>
       <c r="J24" s="48" t="s">
         <v>49</v>
       </c>
       <c r="M24" s="22"/>
       <c r="N24" s="23"/>
       <c r="O24" s="23"/>
       <c r="P24" s="23"/>
       <c r="Q24" s="23"/>
       <c r="R24" s="23"/>
       <c r="V24" s="21"/>
     </row>
     <row r="25" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C25" s="41" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="42">
-        <v>4686402</v>
+        <v>4680187</v>
       </c>
       <c r="E25" s="43">
-        <v>487606</v>
+        <v>475019</v>
       </c>
       <c r="F25" s="43">
-        <v>3051</v>
+        <v>3934</v>
       </c>
       <c r="G25" s="36">
-        <v>0.08</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="H25" s="43">
-        <v>2615</v>
+        <v>3067</v>
       </c>
       <c r="I25" s="37">
-        <v>0.28000000000000003</v>
+        <v>0.25</v>
       </c>
       <c r="J25" s="48" t="s">
         <v>50</v>
       </c>
       <c r="M25" s="22"/>
       <c r="N25" s="23"/>
       <c r="O25" s="23"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="23"/>
       <c r="R25" s="23"/>
       <c r="V25" s="21"/>
     </row>
     <row r="26" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="C26" s="41" t="s">
+      <c r="C26" s="50" t="s">
         <v>78</v>
       </c>
-      <c r="D26" s="42">
-[...17 lines deleted...]
-      <c r="J26" s="48" t="s">
+      <c r="D26" s="42"/>
+      <c r="E26" s="43"/>
+      <c r="F26" s="43"/>
+      <c r="G26" s="36"/>
+      <c r="H26" s="43"/>
+      <c r="I26" s="37"/>
+      <c r="J26" s="49" t="s">
         <v>51</v>
       </c>
       <c r="M26" s="22"/>
       <c r="N26" s="23"/>
       <c r="O26" s="23"/>
       <c r="P26" s="23"/>
       <c r="Q26" s="23"/>
       <c r="R26" s="23"/>
       <c r="V26" s="21"/>
     </row>
     <row r="27" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C27" s="41" t="s">
         <v>79</v>
       </c>
       <c r="D27" s="42">
-        <v>4680187</v>
+        <v>4675400</v>
       </c>
       <c r="E27" s="43">
-        <v>475019</v>
+        <v>496715</v>
       </c>
       <c r="F27" s="43">
-        <v>3934</v>
+        <v>2344</v>
       </c>
       <c r="G27" s="36">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H27" s="43">
-        <v>3067</v>
+        <v>2239</v>
       </c>
       <c r="I27" s="37">
-        <v>0.25</v>
+        <v>0.24</v>
       </c>
       <c r="J27" s="48" t="s">
         <v>52</v>
       </c>
       <c r="M27" s="22"/>
       <c r="N27" s="23"/>
       <c r="O27" s="23"/>
       <c r="P27" s="23"/>
       <c r="Q27" s="23"/>
       <c r="R27" s="23"/>
       <c r="V27" s="21"/>
     </row>
     <row r="28" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="C28" s="50" t="s">
+      <c r="C28" s="41" t="s">
         <v>80</v>
       </c>
-      <c r="D28" s="42"/>
-[...5 lines deleted...]
-      <c r="J28" s="49" t="s">
+      <c r="D28" s="42">
+        <v>4671514</v>
+      </c>
+      <c r="E28" s="43">
+        <v>486557</v>
+      </c>
+      <c r="F28" s="43">
+        <v>3065</v>
+      </c>
+      <c r="G28" s="36">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H28" s="43">
+        <v>2344</v>
+      </c>
+      <c r="I28" s="37">
+        <v>0.23</v>
+      </c>
+      <c r="J28" s="48" t="s">
         <v>53</v>
       </c>
       <c r="M28" s="22"/>
       <c r="N28" s="23"/>
       <c r="O28" s="23"/>
       <c r="P28" s="23"/>
       <c r="Q28" s="23"/>
       <c r="R28" s="23"/>
       <c r="V28" s="21"/>
     </row>
     <row r="29" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C29" s="41" t="s">
         <v>81</v>
       </c>
       <c r="D29" s="42">
-        <v>4675400</v>
+        <v>4679834</v>
       </c>
       <c r="E29" s="43">
-        <v>496715</v>
+        <v>457371</v>
       </c>
       <c r="F29" s="43">
-        <v>2344</v>
+        <v>4269</v>
       </c>
       <c r="G29" s="36">
-        <v>7.0000000000000007E-2</v>
+        <v>0.08</v>
       </c>
       <c r="H29" s="43">
-        <v>2239</v>
+        <v>3609</v>
       </c>
       <c r="I29" s="37">
-        <v>0.24</v>
+        <v>0.3</v>
       </c>
       <c r="J29" s="48" t="s">
         <v>54</v>
       </c>
       <c r="M29" s="22"/>
       <c r="N29" s="23"/>
       <c r="O29" s="23"/>
       <c r="P29" s="23"/>
       <c r="Q29" s="23"/>
       <c r="R29" s="23"/>
       <c r="V29" s="21"/>
     </row>
     <row r="30" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C30" s="41" t="s">
         <v>82</v>
       </c>
       <c r="D30" s="42">
-        <v>4671514</v>
+        <v>4677747</v>
       </c>
       <c r="E30" s="43">
-        <v>486557</v>
+        <v>446616</v>
       </c>
       <c r="F30" s="43">
-        <v>3065</v>
+        <v>4034</v>
       </c>
       <c r="G30" s="36">
-        <v>7.0000000000000007E-2</v>
+        <v>0.1</v>
       </c>
       <c r="H30" s="43">
-        <v>2344</v>
+        <v>3124</v>
       </c>
       <c r="I30" s="37">
-        <v>0.23</v>
+        <v>0.3</v>
       </c>
       <c r="J30" s="48" t="s">
         <v>55</v>
       </c>
       <c r="M30" s="22"/>
       <c r="N30" s="23"/>
       <c r="O30" s="23"/>
       <c r="P30" s="23"/>
       <c r="Q30" s="23"/>
       <c r="R30" s="23"/>
       <c r="V30" s="21"/>
     </row>
     <row r="31" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C31" s="41" t="s">
         <v>83</v>
       </c>
       <c r="D31" s="42">
-        <v>4679834</v>
+        <v>4673926</v>
       </c>
       <c r="E31" s="43">
-        <v>457371</v>
+        <v>480968</v>
       </c>
       <c r="F31" s="43">
-        <v>4269</v>
+        <v>2928</v>
       </c>
       <c r="G31" s="36">
-        <v>0.08</v>
+        <v>0.09</v>
       </c>
       <c r="H31" s="43">
-        <v>3609</v>
+        <v>2702</v>
       </c>
       <c r="I31" s="37">
-        <v>0.3</v>
+        <v>0.28999999999999998</v>
       </c>
       <c r="J31" s="48" t="s">
         <v>56</v>
       </c>
       <c r="M31" s="22"/>
       <c r="N31" s="23"/>
       <c r="O31" s="23"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="23"/>
       <c r="R31" s="23"/>
       <c r="V31" s="21"/>
     </row>
     <row r="32" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C32" s="41" t="s">
         <v>84</v>
       </c>
       <c r="D32" s="42">
-        <v>4677747</v>
+        <v>4659713</v>
       </c>
       <c r="E32" s="43">
-        <v>446616</v>
+        <v>457170</v>
       </c>
       <c r="F32" s="43">
-        <v>4034</v>
+        <v>4163</v>
       </c>
       <c r="G32" s="36">
-        <v>0.1</v>
+        <v>0.08</v>
       </c>
       <c r="H32" s="43">
-        <v>3124</v>
+        <v>3628</v>
       </c>
       <c r="I32" s="37">
-        <v>0.3</v>
+        <v>0.31</v>
       </c>
       <c r="J32" s="48" t="s">
         <v>57</v>
       </c>
       <c r="M32" s="22"/>
       <c r="N32" s="23"/>
       <c r="O32" s="23"/>
       <c r="P32" s="23"/>
       <c r="Q32" s="23"/>
       <c r="R32" s="23"/>
       <c r="V32" s="21"/>
     </row>
     <row r="33" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C33" s="41" t="s">
         <v>85</v>
       </c>
       <c r="D33" s="42">
-        <v>4673926</v>
+        <v>4655898</v>
       </c>
       <c r="E33" s="43">
-        <v>480968</v>
+        <v>447499</v>
       </c>
       <c r="F33" s="43">
-        <v>2928</v>
+        <v>3801</v>
       </c>
       <c r="G33" s="36">
-        <v>0.09</v>
+        <v>0.08</v>
       </c>
       <c r="H33" s="43">
-        <v>2702</v>
+        <v>3420</v>
       </c>
       <c r="I33" s="37">
-        <v>0.28999999999999998</v>
+        <v>0.3</v>
       </c>
       <c r="J33" s="48" t="s">
         <v>58</v>
       </c>
       <c r="M33" s="22"/>
       <c r="N33" s="23"/>
       <c r="O33" s="23"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="23"/>
       <c r="R33" s="23"/>
       <c r="V33" s="21"/>
     </row>
     <row r="34" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C34" s="41" t="s">
         <v>86</v>
       </c>
       <c r="D34" s="42">
-        <v>4659713</v>
+        <v>4651863</v>
       </c>
       <c r="E34" s="43">
-        <v>457170</v>
+        <v>486400</v>
       </c>
       <c r="F34" s="43">
-        <v>4163</v>
+        <v>2855</v>
       </c>
       <c r="G34" s="36">
         <v>0.08</v>
       </c>
       <c r="H34" s="43">
-        <v>3628</v>
+        <v>3360</v>
       </c>
       <c r="I34" s="37">
-        <v>0.31</v>
+        <v>0.36</v>
       </c>
       <c r="J34" s="48" t="s">
         <v>59</v>
       </c>
       <c r="M34" s="22"/>
       <c r="N34" s="23"/>
       <c r="O34" s="23"/>
       <c r="P34" s="23"/>
       <c r="Q34" s="23"/>
       <c r="R34" s="23"/>
       <c r="V34" s="21"/>
     </row>
     <row r="35" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C35" s="41" t="s">
         <v>87</v>
       </c>
       <c r="D35" s="42">
-        <v>4655898</v>
+        <v>4648341</v>
       </c>
       <c r="E35" s="43">
-        <v>447499</v>
+        <v>449690</v>
       </c>
       <c r="F35" s="43">
-        <v>3801</v>
+        <v>4103</v>
       </c>
       <c r="G35" s="36">
         <v>0.08</v>
       </c>
       <c r="H35" s="43">
-        <v>3420</v>
+        <v>3180</v>
       </c>
       <c r="I35" s="37">
-        <v>0.3</v>
+        <v>0.27</v>
       </c>
       <c r="J35" s="48" t="s">
         <v>60</v>
       </c>
       <c r="M35" s="22"/>
       <c r="N35" s="23"/>
       <c r="O35" s="23"/>
       <c r="P35" s="23"/>
       <c r="Q35" s="23"/>
       <c r="R35" s="23"/>
       <c r="V35" s="21"/>
     </row>
     <row r="36" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C36" s="41" t="s">
         <v>88</v>
       </c>
       <c r="D36" s="42">
-        <v>4651863</v>
+        <v>4644608</v>
       </c>
       <c r="E36" s="43">
-        <v>486400</v>
+        <v>427460</v>
       </c>
       <c r="F36" s="43">
-        <v>2855</v>
+        <v>3695</v>
       </c>
       <c r="G36" s="36">
         <v>0.08</v>
       </c>
       <c r="H36" s="43">
-        <v>3360</v>
+        <v>3785</v>
       </c>
       <c r="I36" s="37">
         <v>0.36</v>
       </c>
       <c r="J36" s="48" t="s">
         <v>61</v>
       </c>
       <c r="M36" s="22"/>
       <c r="N36" s="23"/>
       <c r="O36" s="23"/>
       <c r="P36" s="23"/>
       <c r="Q36" s="23"/>
       <c r="R36" s="23"/>
       <c r="V36" s="21"/>
     </row>
     <row r="37" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C37" s="41" t="s">
         <v>76</v>
       </c>
       <c r="D37" s="42">
-        <v>4648341</v>
+        <v>4642731</v>
       </c>
       <c r="E37" s="43">
-        <v>449690</v>
+        <v>489201</v>
       </c>
       <c r="F37" s="43">
-        <v>4103</v>
+        <v>3132</v>
       </c>
       <c r="G37" s="36">
-        <v>0.08</v>
+        <v>0.09</v>
       </c>
       <c r="H37" s="43">
-        <v>3180</v>
+        <v>2422</v>
       </c>
       <c r="I37" s="37">
         <v>0.27</v>
       </c>
       <c r="J37" s="48" t="s">
         <v>49</v>
       </c>
       <c r="M37" s="22"/>
       <c r="N37" s="23"/>
       <c r="O37" s="23"/>
       <c r="P37" s="23"/>
       <c r="Q37" s="23"/>
       <c r="R37" s="23"/>
       <c r="V37" s="21"/>
     </row>
     <row r="38" spans="3:22" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C38" s="45" t="s">
         <v>25</v>
       </c>
       <c r="D38" s="39"/>
       <c r="E38" s="39"/>
       <c r="F38" s="39"/>
       <c r="G38" s="39"/>
       <c r="H38" s="39"/>
       <c r="I38" s="40"/>