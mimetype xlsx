--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11501EXCEL_ODS\11501\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EEB1D2D4-8D10-46FF-A88F-277110046DC1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="11_D5A39FC914F7E8B7F7E11EF0EA248F35180CA97A" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="50" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'50'!$B$2:$K$45</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="89">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>End of Period</t>
   </si>
   <si>
     <t>五、支票存款及退票統計</t>
   </si>
   <si>
@@ -298,210 +298,210 @@
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
       </rPr>
       <t>China(Taiwan).</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="0"/>
         <rFont val="Arial Narrow"/>
       </rPr>
       <t>Source :</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
       </rPr>
       <t xml:space="preserve">2."Financial Statistics Monthly, Republic of China(Taiwan)" compiled by Central Bank of the Republic of    </t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> 2011</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 2012</t>
   </si>
   <si>
     <t xml:space="preserve"> 2013</t>
   </si>
   <si>
     <t xml:space="preserve"> 2014</t>
   </si>
   <si>
     <t xml:space="preserve"> 2015</t>
   </si>
   <si>
     <t xml:space="preserve"> 2016</t>
   </si>
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
     <t xml:space="preserve">         Nov.</t>
   </si>
   <si>
     <t xml:space="preserve">         Dec.</t>
   </si>
   <si>
-    <t xml:space="preserve"> 2025</t>
-[...32 lines deleted...]
-    <t>100年</t>
+    <t xml:space="preserve"> 2026</t>
   </si>
   <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
+    <t>　　  7月</t>
+  </si>
+  <si>
+    <t>　　  8月</t>
+  </si>
+  <si>
+    <t>　　  9月</t>
+  </si>
+  <si>
+    <t>　　 10月</t>
+  </si>
+  <si>
     <t>　　 11月</t>
   </si>
   <si>
     <t>　　 12月</t>
   </si>
   <si>
-    <t>114年</t>
-[...29 lines deleted...]
-    <t>　　 10月</t>
+    <t>115年</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="176" formatCode="#\ ###\ ##0"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="178" formatCode="##\ ###\ ##0"/>
     <numFmt numFmtId="179" formatCode="###\ ##0"/>
   </numFmts>
   <fonts count="34" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
     </font>
     <font>
@@ -2109,945 +2109,945 @@
       <c r="E9" s="31" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="31" t="s">
         <v>17</v>
       </c>
       <c r="G9" s="75"/>
       <c r="H9" s="31" t="s">
         <v>24</v>
       </c>
       <c r="I9" s="75"/>
       <c r="J9" s="59"/>
       <c r="M9" s="20"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8"/>
       <c r="P9" s="8"/>
       <c r="Q9" s="8"/>
       <c r="R9" s="8"/>
       <c r="V9" s="8"/>
     </row>
     <row r="10" spans="2:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C10" s="50" t="s">
         <v>62</v>
       </c>
       <c r="D10" s="51">
-        <v>4324167</v>
+        <v>4311906</v>
       </c>
       <c r="E10" s="52">
-        <v>428764</v>
+        <v>437209</v>
       </c>
       <c r="F10" s="52">
-        <v>200365</v>
+        <v>207933</v>
       </c>
       <c r="G10" s="53">
-        <v>0.17</v>
+        <v>0.18</v>
       </c>
       <c r="H10" s="52">
-        <v>69833</v>
+        <v>70160</v>
       </c>
       <c r="I10" s="54">
-        <v>0.36</v>
+        <v>0.38</v>
       </c>
       <c r="J10" s="49" t="s">
         <v>35</v>
       </c>
       <c r="M10" s="22"/>
       <c r="N10" s="23"/>
       <c r="O10" s="23"/>
       <c r="P10" s="23"/>
       <c r="Q10" s="23"/>
       <c r="R10" s="23"/>
       <c r="V10" s="21"/>
     </row>
     <row r="11" spans="2:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C11" s="50" t="s">
         <v>63</v>
       </c>
       <c r="D11" s="51">
-        <v>4311906</v>
+        <v>4511921</v>
       </c>
       <c r="E11" s="52">
-        <v>437209</v>
+        <v>408525</v>
       </c>
       <c r="F11" s="52">
-        <v>207933</v>
+        <v>199620</v>
       </c>
       <c r="G11" s="53">
-        <v>0.18</v>
+        <v>0.17</v>
       </c>
       <c r="H11" s="52">
-        <v>70160</v>
+        <v>75943</v>
       </c>
       <c r="I11" s="54">
-        <v>0.38</v>
+        <v>0.41</v>
       </c>
       <c r="J11" s="49" t="s">
         <v>36</v>
       </c>
       <c r="M11" s="22"/>
       <c r="N11" s="23"/>
       <c r="O11" s="23"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="23"/>
       <c r="R11" s="23"/>
       <c r="V11" s="21"/>
     </row>
     <row r="12" spans="2:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C12" s="50" t="s">
         <v>64</v>
       </c>
       <c r="D12" s="51">
-        <v>4511921</v>
+        <v>4825127</v>
       </c>
       <c r="E12" s="52">
-        <v>408525</v>
+        <v>413442</v>
       </c>
       <c r="F12" s="52">
-        <v>199620</v>
+        <v>182964</v>
       </c>
       <c r="G12" s="53">
         <v>0.17</v>
       </c>
       <c r="H12" s="52">
-        <v>75943</v>
+        <v>84301</v>
       </c>
       <c r="I12" s="54">
-        <v>0.41</v>
+        <v>0.46</v>
       </c>
       <c r="J12" s="49" t="s">
         <v>37</v>
       </c>
       <c r="M12" s="22"/>
       <c r="N12" s="23"/>
       <c r="O12" s="23"/>
       <c r="P12" s="23"/>
       <c r="Q12" s="23"/>
       <c r="R12" s="23"/>
       <c r="V12" s="21"/>
     </row>
     <row r="13" spans="2:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C13" s="50" t="s">
         <v>65</v>
       </c>
       <c r="D13" s="51">
-        <v>4825127</v>
+        <v>4848143</v>
       </c>
       <c r="E13" s="52">
-        <v>413442</v>
+        <v>408104</v>
       </c>
       <c r="F13" s="52">
-        <v>182964</v>
+        <v>191442</v>
       </c>
       <c r="G13" s="53">
-        <v>0.17</v>
+        <v>0.18</v>
       </c>
       <c r="H13" s="52">
-        <v>84301</v>
+        <v>93400</v>
       </c>
       <c r="I13" s="54">
-        <v>0.46</v>
+        <v>0.52</v>
       </c>
       <c r="J13" s="49" t="s">
         <v>38</v>
       </c>
       <c r="M13" s="22"/>
       <c r="N13" s="23"/>
       <c r="O13" s="23"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="23"/>
       <c r="R13" s="23"/>
       <c r="V13" s="21"/>
     </row>
     <row r="14" spans="2:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C14" s="50" t="s">
         <v>66</v>
       </c>
       <c r="D14" s="51">
-        <v>4848143</v>
+        <v>4827988</v>
       </c>
       <c r="E14" s="52">
-        <v>408104</v>
+        <v>465799</v>
       </c>
       <c r="F14" s="52">
-        <v>191442</v>
+        <v>186204</v>
       </c>
       <c r="G14" s="53">
-        <v>0.18</v>
+        <v>0.19</v>
       </c>
       <c r="H14" s="52">
-        <v>93400</v>
+        <v>99042</v>
       </c>
       <c r="I14" s="54">
-        <v>0.52</v>
+        <v>0.61</v>
       </c>
       <c r="J14" s="49" t="s">
         <v>39</v>
       </c>
       <c r="M14" s="22"/>
       <c r="N14" s="23"/>
       <c r="O14" s="23"/>
       <c r="P14" s="23"/>
       <c r="Q14" s="23"/>
       <c r="R14" s="23"/>
       <c r="V14" s="21"/>
     </row>
     <row r="15" spans="2:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C15" s="50" t="s">
         <v>67</v>
       </c>
       <c r="D15" s="51">
-        <v>4827988</v>
+        <v>4823631</v>
       </c>
       <c r="E15" s="52">
-        <v>465799</v>
+        <v>459485</v>
       </c>
       <c r="F15" s="52">
-        <v>186204</v>
+        <v>167129</v>
       </c>
       <c r="G15" s="53">
-        <v>0.19</v>
+        <v>0.18</v>
       </c>
       <c r="H15" s="52">
-        <v>99042</v>
+        <v>83131</v>
       </c>
       <c r="I15" s="54">
-        <v>0.61</v>
+        <v>0.52</v>
       </c>
       <c r="J15" s="49" t="s">
         <v>40</v>
       </c>
       <c r="M15" s="22"/>
       <c r="N15" s="23"/>
       <c r="O15" s="23"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="23"/>
       <c r="R15" s="23"/>
       <c r="V15" s="21"/>
     </row>
     <row r="16" spans="2:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C16" s="50" t="s">
         <v>68</v>
       </c>
       <c r="D16" s="51">
-        <v>4823631</v>
+        <v>4835096</v>
       </c>
       <c r="E16" s="52">
-        <v>459485</v>
+        <v>493260</v>
       </c>
       <c r="F16" s="52">
-        <v>167129</v>
+        <v>125260</v>
       </c>
       <c r="G16" s="53">
-        <v>0.18</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="H16" s="52">
-        <v>83131</v>
+        <v>69745</v>
       </c>
       <c r="I16" s="54">
-        <v>0.52</v>
+        <v>0.44</v>
       </c>
       <c r="J16" s="49" t="s">
         <v>41</v>
       </c>
       <c r="M16" s="22"/>
       <c r="N16" s="23"/>
       <c r="O16" s="23"/>
       <c r="P16" s="23"/>
       <c r="Q16" s="23"/>
       <c r="R16" s="23"/>
       <c r="V16" s="21"/>
     </row>
     <row r="17" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C17" s="50" t="s">
         <v>69</v>
       </c>
       <c r="D17" s="51">
-        <v>4835096</v>
+        <v>4825632</v>
       </c>
       <c r="E17" s="52">
-        <v>493260</v>
+        <v>477489</v>
       </c>
       <c r="F17" s="52">
-        <v>125260</v>
+        <v>98957</v>
       </c>
       <c r="G17" s="53">
-        <v>0.14000000000000001</v>
+        <v>0.12</v>
       </c>
       <c r="H17" s="52">
-        <v>69745</v>
+        <v>57368</v>
       </c>
       <c r="I17" s="54">
-        <v>0.44</v>
+        <v>0.38</v>
       </c>
       <c r="J17" s="49" t="s">
         <v>42</v>
       </c>
       <c r="M17" s="22"/>
       <c r="N17" s="23"/>
       <c r="O17" s="23"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="23"/>
       <c r="R17" s="23"/>
       <c r="V17" s="21"/>
     </row>
     <row r="18" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C18" s="50" t="s">
         <v>70</v>
       </c>
       <c r="D18" s="51">
-        <v>4825632</v>
+        <v>4818681</v>
       </c>
       <c r="E18" s="52">
-        <v>477489</v>
+        <v>490736</v>
       </c>
       <c r="F18" s="52">
-        <v>98957</v>
+        <v>69701</v>
       </c>
       <c r="G18" s="53">
-        <v>0.12</v>
+        <v>0.09</v>
       </c>
       <c r="H18" s="52">
-        <v>57368</v>
+        <v>43684</v>
       </c>
       <c r="I18" s="54">
-        <v>0.38</v>
+        <v>0.31</v>
       </c>
       <c r="J18" s="49" t="s">
         <v>43</v>
       </c>
       <c r="M18" s="22"/>
       <c r="N18" s="23"/>
       <c r="O18" s="23"/>
       <c r="P18" s="23"/>
       <c r="Q18" s="23"/>
       <c r="R18" s="23"/>
       <c r="V18" s="21"/>
     </row>
     <row r="19" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C19" s="50" t="s">
         <v>71</v>
       </c>
       <c r="D19" s="51">
-        <v>4818681</v>
+        <v>4806718</v>
       </c>
       <c r="E19" s="52">
-        <v>490736</v>
+        <v>558116</v>
       </c>
       <c r="F19" s="52">
-        <v>69701</v>
+        <v>50884</v>
       </c>
       <c r="G19" s="53">
-        <v>0.09</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="H19" s="52">
-        <v>43684</v>
+        <v>36115</v>
       </c>
       <c r="I19" s="54">
-        <v>0.31</v>
+        <v>0.26</v>
       </c>
       <c r="J19" s="49" t="s">
         <v>44</v>
       </c>
       <c r="M19" s="22"/>
       <c r="N19" s="23"/>
       <c r="O19" s="23"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="23"/>
       <c r="R19" s="23"/>
       <c r="V19" s="21"/>
     </row>
     <row r="20" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C20" s="50" t="s">
         <v>72</v>
       </c>
       <c r="D20" s="51">
-        <v>4806718</v>
+        <v>4786654</v>
       </c>
       <c r="E20" s="52">
-        <v>558116</v>
+        <v>531399</v>
       </c>
       <c r="F20" s="52">
-        <v>50884</v>
+        <v>46856</v>
       </c>
       <c r="G20" s="53">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H20" s="52">
-        <v>36115</v>
+        <v>34927</v>
       </c>
       <c r="I20" s="54">
-        <v>0.26</v>
+        <v>0.25</v>
       </c>
       <c r="J20" s="49" t="s">
         <v>45</v>
       </c>
       <c r="M20" s="22"/>
       <c r="N20" s="23"/>
       <c r="O20" s="23"/>
       <c r="P20" s="23"/>
       <c r="Q20" s="23"/>
       <c r="R20" s="23"/>
       <c r="V20" s="21"/>
     </row>
     <row r="21" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C21" s="50" t="s">
         <v>73</v>
       </c>
       <c r="D21" s="51">
-        <v>4786654</v>
+        <v>4699536</v>
       </c>
       <c r="E21" s="52">
-        <v>531399</v>
+        <v>529239</v>
       </c>
       <c r="F21" s="52">
-        <v>46856</v>
+        <v>43986</v>
       </c>
       <c r="G21" s="53">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H21" s="52">
-        <v>34927</v>
+        <v>35162</v>
       </c>
       <c r="I21" s="54">
-        <v>0.25</v>
+        <v>0.27</v>
       </c>
       <c r="J21" s="49" t="s">
         <v>46</v>
       </c>
       <c r="M21" s="22"/>
       <c r="N21" s="23"/>
       <c r="O21" s="23"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="23"/>
       <c r="R21" s="23"/>
       <c r="V21" s="21"/>
     </row>
     <row r="22" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C22" s="50" t="s">
         <v>74</v>
       </c>
       <c r="D22" s="51">
-        <v>4699536</v>
+        <v>4680187</v>
       </c>
       <c r="E22" s="52">
-        <v>529239</v>
+        <v>475019</v>
       </c>
       <c r="F22" s="52">
-        <v>43986</v>
+        <v>41444</v>
       </c>
       <c r="G22" s="53">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H22" s="52">
-        <v>35162</v>
+        <v>33635</v>
       </c>
       <c r="I22" s="54">
-        <v>0.27</v>
+        <v>0.26</v>
       </c>
       <c r="J22" s="49" t="s">
         <v>47</v>
       </c>
       <c r="M22" s="22"/>
       <c r="N22" s="23"/>
       <c r="O22" s="23"/>
       <c r="P22" s="23"/>
       <c r="Q22" s="23"/>
       <c r="R22" s="23"/>
       <c r="V22" s="21"/>
     </row>
     <row r="23" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C23" s="50" t="s">
         <v>75</v>
       </c>
       <c r="D23" s="51">
-        <v>4680187</v>
+        <v>4636788</v>
       </c>
       <c r="E23" s="52">
-        <v>475019</v>
+        <v>466964</v>
       </c>
       <c r="F23" s="52">
-        <v>41444</v>
+        <v>42985</v>
       </c>
       <c r="G23" s="53">
-        <v>7.0000000000000007E-2</v>
+        <v>0.08</v>
       </c>
       <c r="H23" s="52">
-        <v>33635</v>
+        <v>38180</v>
       </c>
       <c r="I23" s="54">
-        <v>0.26</v>
+        <v>0.3</v>
       </c>
       <c r="J23" s="49" t="s">
         <v>48</v>
       </c>
       <c r="M23" s="22"/>
       <c r="N23" s="23"/>
       <c r="O23" s="23"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="23"/>
       <c r="R23" s="23"/>
       <c r="V23" s="21"/>
     </row>
     <row r="24" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C24" s="41" t="s">
         <v>76</v>
       </c>
       <c r="D24" s="42">
-        <v>4684277</v>
+        <v>4675400</v>
       </c>
       <c r="E24" s="43">
-        <v>494869</v>
+        <v>496715</v>
       </c>
       <c r="F24" s="43">
-        <v>3145</v>
+        <v>2344</v>
       </c>
       <c r="G24" s="36">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H24" s="43">
-        <v>2221</v>
+        <v>2239</v>
       </c>
       <c r="I24" s="37">
-        <v>0.21</v>
+        <v>0.24</v>
       </c>
       <c r="J24" s="48" t="s">
         <v>49</v>
       </c>
       <c r="M24" s="22"/>
       <c r="N24" s="23"/>
       <c r="O24" s="23"/>
       <c r="P24" s="23"/>
       <c r="Q24" s="23"/>
       <c r="R24" s="23"/>
       <c r="V24" s="21"/>
     </row>
     <row r="25" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C25" s="41" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="42">
-        <v>4680187</v>
+        <v>4671514</v>
       </c>
       <c r="E25" s="43">
-        <v>475019</v>
+        <v>486557</v>
       </c>
       <c r="F25" s="43">
-        <v>3934</v>
+        <v>3065</v>
       </c>
       <c r="G25" s="36">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H25" s="43">
-        <v>3067</v>
+        <v>2344</v>
       </c>
       <c r="I25" s="37">
-        <v>0.25</v>
+        <v>0.23</v>
       </c>
       <c r="J25" s="48" t="s">
         <v>50</v>
       </c>
       <c r="M25" s="22"/>
       <c r="N25" s="23"/>
       <c r="O25" s="23"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="23"/>
       <c r="R25" s="23"/>
       <c r="V25" s="21"/>
     </row>
     <row r="26" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="C26" s="50" t="s">
+      <c r="C26" s="41" t="s">
         <v>78</v>
       </c>
-      <c r="D26" s="42"/>
-[...5 lines deleted...]
-      <c r="J26" s="49" t="s">
+      <c r="D26" s="42">
+        <v>4679834</v>
+      </c>
+      <c r="E26" s="43">
+        <v>457371</v>
+      </c>
+      <c r="F26" s="43">
+        <v>4269</v>
+      </c>
+      <c r="G26" s="36">
+        <v>0.08</v>
+      </c>
+      <c r="H26" s="43">
+        <v>3609</v>
+      </c>
+      <c r="I26" s="37">
+        <v>0.3</v>
+      </c>
+      <c r="J26" s="48" t="s">
         <v>51</v>
       </c>
       <c r="M26" s="22"/>
       <c r="N26" s="23"/>
       <c r="O26" s="23"/>
       <c r="P26" s="23"/>
       <c r="Q26" s="23"/>
       <c r="R26" s="23"/>
       <c r="V26" s="21"/>
     </row>
     <row r="27" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C27" s="41" t="s">
         <v>79</v>
       </c>
       <c r="D27" s="42">
-        <v>4675400</v>
+        <v>4677747</v>
       </c>
       <c r="E27" s="43">
-        <v>496715</v>
+        <v>446616</v>
       </c>
       <c r="F27" s="43">
-        <v>2344</v>
+        <v>4034</v>
       </c>
       <c r="G27" s="36">
-        <v>7.0000000000000007E-2</v>
+        <v>0.1</v>
       </c>
       <c r="H27" s="43">
-        <v>2239</v>
+        <v>3124</v>
       </c>
       <c r="I27" s="37">
-        <v>0.24</v>
+        <v>0.3</v>
       </c>
       <c r="J27" s="48" t="s">
         <v>52</v>
       </c>
       <c r="M27" s="22"/>
       <c r="N27" s="23"/>
       <c r="O27" s="23"/>
       <c r="P27" s="23"/>
       <c r="Q27" s="23"/>
       <c r="R27" s="23"/>
       <c r="V27" s="21"/>
     </row>
     <row r="28" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C28" s="41" t="s">
         <v>80</v>
       </c>
       <c r="D28" s="42">
-        <v>4671514</v>
+        <v>4673926</v>
       </c>
       <c r="E28" s="43">
-        <v>486557</v>
+        <v>480968</v>
       </c>
       <c r="F28" s="43">
-        <v>3065</v>
+        <v>2928</v>
       </c>
       <c r="G28" s="36">
-        <v>7.0000000000000007E-2</v>
+        <v>0.09</v>
       </c>
       <c r="H28" s="43">
-        <v>2344</v>
+        <v>2702</v>
       </c>
       <c r="I28" s="37">
-        <v>0.23</v>
+        <v>0.28999999999999998</v>
       </c>
       <c r="J28" s="48" t="s">
         <v>53</v>
       </c>
       <c r="M28" s="22"/>
       <c r="N28" s="23"/>
       <c r="O28" s="23"/>
       <c r="P28" s="23"/>
       <c r="Q28" s="23"/>
       <c r="R28" s="23"/>
       <c r="V28" s="21"/>
     </row>
     <row r="29" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C29" s="41" t="s">
         <v>81</v>
       </c>
       <c r="D29" s="42">
-        <v>4679834</v>
+        <v>4659713</v>
       </c>
       <c r="E29" s="43">
-        <v>457371</v>
+        <v>457170</v>
       </c>
       <c r="F29" s="43">
-        <v>4269</v>
+        <v>4163</v>
       </c>
       <c r="G29" s="36">
         <v>0.08</v>
       </c>
       <c r="H29" s="43">
-        <v>3609</v>
+        <v>3628</v>
       </c>
       <c r="I29" s="37">
-        <v>0.3</v>
+        <v>0.31</v>
       </c>
       <c r="J29" s="48" t="s">
         <v>54</v>
       </c>
       <c r="M29" s="22"/>
       <c r="N29" s="23"/>
       <c r="O29" s="23"/>
       <c r="P29" s="23"/>
       <c r="Q29" s="23"/>
       <c r="R29" s="23"/>
       <c r="V29" s="21"/>
     </row>
     <row r="30" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C30" s="41" t="s">
         <v>82</v>
       </c>
       <c r="D30" s="42">
-        <v>4677747</v>
+        <v>4655898</v>
       </c>
       <c r="E30" s="43">
-        <v>446616</v>
+        <v>447499</v>
       </c>
       <c r="F30" s="43">
-        <v>4034</v>
+        <v>3801</v>
       </c>
       <c r="G30" s="36">
-        <v>0.1</v>
+        <v>0.08</v>
       </c>
       <c r="H30" s="43">
-        <v>3124</v>
+        <v>3420</v>
       </c>
       <c r="I30" s="37">
         <v>0.3</v>
       </c>
       <c r="J30" s="48" t="s">
         <v>55</v>
       </c>
       <c r="M30" s="22"/>
       <c r="N30" s="23"/>
       <c r="O30" s="23"/>
       <c r="P30" s="23"/>
       <c r="Q30" s="23"/>
       <c r="R30" s="23"/>
       <c r="V30" s="21"/>
     </row>
     <row r="31" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C31" s="41" t="s">
         <v>83</v>
       </c>
       <c r="D31" s="42">
-        <v>4673926</v>
+        <v>4651863</v>
       </c>
       <c r="E31" s="43">
-        <v>480968</v>
+        <v>486400</v>
       </c>
       <c r="F31" s="43">
-        <v>2928</v>
+        <v>2855</v>
       </c>
       <c r="G31" s="36">
-        <v>0.09</v>
+        <v>0.08</v>
       </c>
       <c r="H31" s="43">
-        <v>2702</v>
+        <v>3360</v>
       </c>
       <c r="I31" s="37">
-        <v>0.28999999999999998</v>
+        <v>0.36</v>
       </c>
       <c r="J31" s="48" t="s">
         <v>56</v>
       </c>
       <c r="M31" s="22"/>
       <c r="N31" s="23"/>
       <c r="O31" s="23"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="23"/>
       <c r="R31" s="23"/>
       <c r="V31" s="21"/>
     </row>
     <row r="32" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C32" s="41" t="s">
         <v>84</v>
       </c>
       <c r="D32" s="42">
-        <v>4659713</v>
+        <v>4648341</v>
       </c>
       <c r="E32" s="43">
-        <v>457170</v>
+        <v>449690</v>
       </c>
       <c r="F32" s="43">
-        <v>4163</v>
+        <v>4103</v>
       </c>
       <c r="G32" s="36">
         <v>0.08</v>
       </c>
       <c r="H32" s="43">
-        <v>3628</v>
+        <v>3180</v>
       </c>
       <c r="I32" s="37">
-        <v>0.31</v>
+        <v>0.27</v>
       </c>
       <c r="J32" s="48" t="s">
         <v>57</v>
       </c>
       <c r="M32" s="22"/>
       <c r="N32" s="23"/>
       <c r="O32" s="23"/>
       <c r="P32" s="23"/>
       <c r="Q32" s="23"/>
       <c r="R32" s="23"/>
       <c r="V32" s="21"/>
     </row>
     <row r="33" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C33" s="41" t="s">
         <v>85</v>
       </c>
       <c r="D33" s="42">
-        <v>4655898</v>
+        <v>4644608</v>
       </c>
       <c r="E33" s="43">
-        <v>447499</v>
+        <v>427460</v>
       </c>
       <c r="F33" s="43">
-        <v>3801</v>
+        <v>3695</v>
       </c>
       <c r="G33" s="36">
         <v>0.08</v>
       </c>
       <c r="H33" s="43">
-        <v>3420</v>
+        <v>3785</v>
       </c>
       <c r="I33" s="37">
-        <v>0.3</v>
+        <v>0.36</v>
       </c>
       <c r="J33" s="48" t="s">
         <v>58</v>
       </c>
       <c r="M33" s="22"/>
       <c r="N33" s="23"/>
       <c r="O33" s="23"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="23"/>
       <c r="R33" s="23"/>
       <c r="V33" s="21"/>
     </row>
     <row r="34" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C34" s="41" t="s">
         <v>86</v>
       </c>
       <c r="D34" s="42">
-        <v>4651863</v>
+        <v>4642731</v>
       </c>
       <c r="E34" s="43">
-        <v>486400</v>
+        <v>489201</v>
       </c>
       <c r="F34" s="43">
-        <v>2855</v>
+        <v>3132</v>
       </c>
       <c r="G34" s="36">
-        <v>0.08</v>
+        <v>0.09</v>
       </c>
       <c r="H34" s="43">
-        <v>3360</v>
+        <v>2422</v>
       </c>
       <c r="I34" s="37">
-        <v>0.36</v>
+        <v>0.27</v>
       </c>
       <c r="J34" s="48" t="s">
         <v>59</v>
       </c>
       <c r="M34" s="22"/>
       <c r="N34" s="23"/>
       <c r="O34" s="23"/>
       <c r="P34" s="23"/>
       <c r="Q34" s="23"/>
       <c r="R34" s="23"/>
       <c r="V34" s="21"/>
     </row>
     <row r="35" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C35" s="41" t="s">
         <v>87</v>
       </c>
       <c r="D35" s="42">
-        <v>4648341</v>
+        <v>4636788</v>
       </c>
       <c r="E35" s="43">
-        <v>449690</v>
+        <v>466964</v>
       </c>
       <c r="F35" s="43">
-        <v>4103</v>
+        <v>4596</v>
       </c>
       <c r="G35" s="36">
-        <v>0.08</v>
+        <v>0.09</v>
       </c>
       <c r="H35" s="43">
-        <v>3180</v>
+        <v>4367</v>
       </c>
       <c r="I35" s="37">
-        <v>0.27</v>
+        <v>0.36</v>
       </c>
       <c r="J35" s="48" t="s">
         <v>60</v>
       </c>
       <c r="M35" s="22"/>
       <c r="N35" s="23"/>
       <c r="O35" s="23"/>
       <c r="P35" s="23"/>
       <c r="Q35" s="23"/>
       <c r="R35" s="23"/>
       <c r="V35" s="21"/>
     </row>
     <row r="36" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="C36" s="41" t="s">
+      <c r="C36" s="50" t="s">
         <v>88</v>
       </c>
-      <c r="D36" s="42">
-[...17 lines deleted...]
-      <c r="J36" s="48" t="s">
+      <c r="D36" s="42"/>
+      <c r="E36" s="43"/>
+      <c r="F36" s="43"/>
+      <c r="G36" s="36"/>
+      <c r="H36" s="43"/>
+      <c r="I36" s="37"/>
+      <c r="J36" s="49" t="s">
         <v>61</v>
       </c>
       <c r="M36" s="22"/>
       <c r="N36" s="23"/>
       <c r="O36" s="23"/>
       <c r="P36" s="23"/>
       <c r="Q36" s="23"/>
       <c r="R36" s="23"/>
       <c r="V36" s="21"/>
     </row>
     <row r="37" spans="3:22" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C37" s="41" t="s">
         <v>76</v>
       </c>
       <c r="D37" s="42">
-        <v>4642731</v>
+        <v>4632775</v>
       </c>
       <c r="E37" s="43">
-        <v>489201</v>
+        <v>485676</v>
       </c>
       <c r="F37" s="43">
-        <v>3132</v>
+        <v>2833</v>
       </c>
       <c r="G37" s="36">
-        <v>0.09</v>
+        <v>0.08</v>
       </c>
       <c r="H37" s="43">
-        <v>2422</v>
+        <v>3144</v>
       </c>
       <c r="I37" s="37">
-        <v>0.27</v>
+        <v>0.31</v>
       </c>
       <c r="J37" s="48" t="s">
         <v>49</v>
       </c>
       <c r="M37" s="22"/>
       <c r="N37" s="23"/>
       <c r="O37" s="23"/>
       <c r="P37" s="23"/>
       <c r="Q37" s="23"/>
       <c r="R37" s="23"/>
       <c r="V37" s="21"/>
     </row>
     <row r="38" spans="3:22" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C38" s="45" t="s">
         <v>25</v>
       </c>
       <c r="D38" s="39"/>
       <c r="E38" s="39"/>
       <c r="F38" s="39"/>
       <c r="G38" s="39"/>
       <c r="H38" s="39"/>
       <c r="I38" s="40"/>
       <c r="J38" s="38"/>
     </row>
     <row r="39" spans="3:22" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">