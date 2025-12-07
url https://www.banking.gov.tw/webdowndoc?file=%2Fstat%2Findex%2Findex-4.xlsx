--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11407EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11409EXCEL_ODS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{921A36CD-1AF2-49D3-9707-CB03005A0222}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{44D5A9AE-339D-46BA-96D8-27B74555C151}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="40" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'40'!$A$2:$J$40</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="77">
   <si>
     <t>交易額</t>
   </si>
   <si>
     <t>End of Period</t>
   </si>
   <si>
     <t>-10-</t>
   </si>
   <si>
@@ -251,168 +251,168 @@
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
     <t xml:space="preserve">         July</t>
   </si>
   <si>
     <t xml:space="preserve">         Aug.</t>
   </si>
   <si>
-    <t xml:space="preserve">         Sept.</t>
-[...31 lines deleted...]
-  <si>
     <t>100年</t>
   </si>
   <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>　　  9月</t>
+  </si>
+  <si>
+    <t>　　 10月</t>
+  </si>
+  <si>
+    <t>　　 11月</t>
+  </si>
+  <si>
+    <t>　　 12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
     <t>　　  7月</t>
   </si>
   <si>
     <t>　　  8月</t>
-  </si>
-[...31 lines deleted...]
-    <t>　　  6月</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="176" formatCode="#\ ###\ ##0"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="178" formatCode="0.00_);[Red]\(0.00\)"/>
     <numFmt numFmtId="179" formatCode="###\ ##0;\-###\ ##0;&quot;－&quot;"/>
     <numFmt numFmtId="180" formatCode="###\ ##0"/>
   </numFmts>
   <fonts count="39" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
@@ -2436,418 +2436,418 @@
         <v>254362</v>
       </c>
       <c r="E21" s="44">
         <v>6349</v>
       </c>
       <c r="F21" s="45">
         <v>67213</v>
       </c>
       <c r="G21" s="42">
         <v>169732</v>
       </c>
       <c r="H21" s="46">
         <v>18892</v>
       </c>
       <c r="I21" s="40" t="s">
         <v>36</v>
       </c>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
     </row>
     <row r="22" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="22" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="26">
-        <v>14162</v>
+        <v>13640</v>
       </c>
       <c r="D22" s="26">
-        <v>21519</v>
+        <v>21871</v>
       </c>
       <c r="E22" s="43">
-        <v>6222</v>
+        <v>6377</v>
       </c>
       <c r="F22" s="25">
-        <v>6014</v>
+        <v>5562</v>
       </c>
       <c r="G22" s="26">
-        <v>13982</v>
+        <v>15064</v>
       </c>
       <c r="H22" s="27">
-        <v>18653</v>
+        <v>18892</v>
       </c>
       <c r="I22" s="32" t="s">
         <v>37</v>
       </c>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
     </row>
     <row r="23" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="22" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="26">
-        <v>13904</v>
+        <v>14639</v>
       </c>
       <c r="D23" s="26">
-        <v>24122</v>
+        <v>23307</v>
       </c>
       <c r="E23" s="43">
-        <v>6261</v>
+        <v>6246</v>
       </c>
       <c r="F23" s="25">
-        <v>5280</v>
+        <v>5742</v>
       </c>
       <c r="G23" s="26">
-        <v>15891</v>
+        <v>15503</v>
       </c>
       <c r="H23" s="27">
-        <v>18427</v>
+        <v>18836</v>
       </c>
       <c r="I23" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
     </row>
     <row r="24" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B24" s="22" t="s">
         <v>66</v>
       </c>
       <c r="C24" s="26">
-        <v>13640</v>
+        <v>15507</v>
       </c>
       <c r="D24" s="26">
-        <v>21871</v>
+        <v>24405</v>
       </c>
       <c r="E24" s="43">
-        <v>6377</v>
+        <v>6335</v>
       </c>
       <c r="F24" s="25">
-        <v>5562</v>
+        <v>5230</v>
       </c>
       <c r="G24" s="26">
-        <v>15064</v>
+        <v>16221</v>
       </c>
       <c r="H24" s="27">
-        <v>18892</v>
+        <v>18867</v>
       </c>
       <c r="I24" s="32" t="s">
         <v>39</v>
       </c>
       <c r="L24" s="10"/>
       <c r="M24" s="10"/>
     </row>
     <row r="25" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="22" t="s">
         <v>67</v>
       </c>
       <c r="C25" s="26">
-        <v>14639</v>
+        <v>13425</v>
       </c>
       <c r="D25" s="26">
-        <v>23307</v>
+        <v>23121</v>
       </c>
       <c r="E25" s="43">
-        <v>6246</v>
+        <v>6349</v>
       </c>
       <c r="F25" s="25">
-        <v>5742</v>
+        <v>5639</v>
       </c>
       <c r="G25" s="26">
-        <v>15503</v>
+        <v>14561</v>
       </c>
       <c r="H25" s="27">
-        <v>18836</v>
+        <v>18892</v>
       </c>
       <c r="I25" s="32" t="s">
         <v>40</v>
       </c>
       <c r="L25" s="10"/>
       <c r="M25" s="10"/>
     </row>
     <row r="26" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B26" s="22" t="s">
+      <c r="B26" s="41" t="s">
         <v>68</v>
       </c>
-      <c r="C26" s="26">
-[...17 lines deleted...]
-      <c r="I26" s="32" t="s">
+      <c r="C26" s="23"/>
+      <c r="D26" s="23"/>
+      <c r="E26" s="24"/>
+      <c r="F26" s="25"/>
+      <c r="G26" s="26"/>
+      <c r="H26" s="27"/>
+      <c r="I26" s="40" t="s">
         <v>41</v>
       </c>
       <c r="L26" s="10"/>
       <c r="M26" s="10"/>
     </row>
     <row r="27" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B27" s="22" t="s">
         <v>69</v>
       </c>
       <c r="C27" s="26">
-        <v>13425</v>
+        <v>13231</v>
       </c>
       <c r="D27" s="26">
-        <v>23121</v>
+        <v>21044</v>
       </c>
       <c r="E27" s="43">
-        <v>6349</v>
+        <v>6437</v>
       </c>
       <c r="F27" s="25">
-        <v>5639</v>
+        <v>5137</v>
       </c>
       <c r="G27" s="26">
-        <v>14561</v>
+        <v>13966</v>
       </c>
       <c r="H27" s="27">
-        <v>18892</v>
+        <v>19260</v>
       </c>
       <c r="I27" s="32" t="s">
         <v>42</v>
       </c>
       <c r="L27" s="10"/>
       <c r="M27" s="10"/>
     </row>
     <row r="28" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B28" s="41" t="s">
+      <c r="B28" s="22" t="s">
         <v>70</v>
       </c>
-      <c r="C28" s="23"/>
-[...5 lines deleted...]
-      <c r="I28" s="40" t="s">
+      <c r="C28" s="26">
+        <v>13162</v>
+      </c>
+      <c r="D28" s="26">
+        <v>22236</v>
+      </c>
+      <c r="E28" s="43">
+        <v>6159</v>
+      </c>
+      <c r="F28" s="25">
+        <v>5954</v>
+      </c>
+      <c r="G28" s="26">
+        <v>15789</v>
+      </c>
+      <c r="H28" s="27">
+        <v>20749</v>
+      </c>
+      <c r="I28" s="32" t="s">
         <v>43</v>
       </c>
       <c r="L28" s="10"/>
       <c r="M28" s="10"/>
     </row>
     <row r="29" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="22" t="s">
         <v>71</v>
       </c>
       <c r="C29" s="26">
-        <v>13231</v>
+        <v>13754</v>
       </c>
       <c r="D29" s="26">
-        <v>21044</v>
+        <v>23660</v>
       </c>
       <c r="E29" s="43">
-        <v>6437</v>
+        <v>6231</v>
       </c>
       <c r="F29" s="25">
-        <v>5137</v>
+        <v>5240</v>
       </c>
       <c r="G29" s="26">
-        <v>13966</v>
+        <v>15257</v>
       </c>
       <c r="H29" s="27">
-        <v>19260</v>
+        <v>19860</v>
       </c>
       <c r="I29" s="32" t="s">
         <v>44</v>
       </c>
       <c r="L29" s="10"/>
       <c r="M29" s="10"/>
     </row>
     <row r="30" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="22" t="s">
         <v>72</v>
       </c>
       <c r="C30" s="26">
-        <v>13162</v>
+        <v>13856</v>
       </c>
       <c r="D30" s="26">
-        <v>22236</v>
+        <v>24494</v>
       </c>
       <c r="E30" s="43">
-        <v>6159</v>
+        <v>6399</v>
       </c>
       <c r="F30" s="25">
-        <v>5954</v>
+        <v>5460</v>
       </c>
       <c r="G30" s="26">
-        <v>15789</v>
+        <v>15568</v>
       </c>
       <c r="H30" s="27">
-        <v>20749</v>
+        <v>20010</v>
       </c>
       <c r="I30" s="32" t="s">
         <v>45</v>
       </c>
       <c r="L30" s="10"/>
       <c r="M30" s="10"/>
     </row>
     <row r="31" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B31" s="22" t="s">
         <v>73</v>
       </c>
       <c r="C31" s="26">
-        <v>13754</v>
+        <v>13864</v>
       </c>
       <c r="D31" s="26">
-        <v>23660</v>
+        <v>23628</v>
       </c>
       <c r="E31" s="43">
-        <v>6231</v>
+        <v>6405</v>
       </c>
       <c r="F31" s="25">
-        <v>5240</v>
+        <v>5034</v>
       </c>
       <c r="G31" s="26">
-        <v>15257</v>
+        <v>15044</v>
       </c>
       <c r="H31" s="27">
-        <v>19860</v>
+        <v>20367</v>
       </c>
       <c r="I31" s="32" t="s">
         <v>46</v>
       </c>
       <c r="L31" s="10"/>
       <c r="M31" s="10"/>
     </row>
     <row r="32" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="22" t="s">
         <v>74</v>
       </c>
       <c r="C32" s="26">
-        <v>13856</v>
+        <v>12764</v>
       </c>
       <c r="D32" s="26">
-        <v>24494</v>
+        <v>23521</v>
       </c>
       <c r="E32" s="43">
-        <v>6399</v>
+        <v>6481</v>
       </c>
       <c r="F32" s="25">
-        <v>5460</v>
+        <v>5115</v>
       </c>
       <c r="G32" s="26">
-        <v>15568</v>
+        <v>14771</v>
       </c>
       <c r="H32" s="27">
-        <v>20010</v>
+        <v>20596</v>
       </c>
       <c r="I32" s="32" t="s">
         <v>47</v>
       </c>
       <c r="L32" s="10"/>
       <c r="M32" s="10"/>
     </row>
     <row r="33" spans="2:14" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B33" s="22" t="s">
         <v>75</v>
       </c>
       <c r="C33" s="26">
-        <v>13864</v>
+        <v>15522</v>
       </c>
       <c r="D33" s="26">
-        <v>23628</v>
+        <v>27181</v>
       </c>
       <c r="E33" s="43">
-        <v>6405</v>
+        <v>6615</v>
       </c>
       <c r="F33" s="25">
-        <v>5034</v>
+        <v>6034</v>
       </c>
       <c r="G33" s="26">
-        <v>15044</v>
+        <v>18261</v>
       </c>
       <c r="H33" s="27">
-        <v>20367</v>
+        <v>21751</v>
       </c>
       <c r="I33" s="32" t="s">
         <v>48</v>
       </c>
       <c r="L33" s="10"/>
       <c r="M33" s="10"/>
     </row>
     <row r="34" spans="2:14" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B34" s="22" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="26">
-        <v>12764</v>
+        <v>14704</v>
       </c>
       <c r="D34" s="26">
-        <v>23521</v>
+        <v>24777</v>
       </c>
       <c r="E34" s="43">
-        <v>6481</v>
+        <v>6612</v>
       </c>
       <c r="F34" s="25">
-        <v>5115</v>
+        <v>6326</v>
       </c>
       <c r="G34" s="26">
-        <v>14771</v>
+        <v>17415</v>
       </c>
       <c r="H34" s="27">
-        <v>20596</v>
+        <v>22672</v>
       </c>
       <c r="I34" s="32" t="s">
         <v>49</v>
       </c>
       <c r="L34" s="10"/>
       <c r="M34" s="10"/>
     </row>
     <row r="35" spans="2:14" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="22" t="s">
         <v>64</v>
       </c>
       <c r="C35" s="26">
-        <v>15522</v>
+        <v>15012</v>
       </c>
       <c r="D35" s="26">
-        <v>27181</v>
+        <v>25463</v>
       </c>
       <c r="E35" s="43">
-        <v>6615</v>
+        <v>6553</v>
       </c>
       <c r="F35" s="25">
-        <v>6034</v>
+        <v>5771</v>
       </c>
       <c r="G35" s="26">
-        <v>18261</v>
+        <v>17703</v>
       </c>
       <c r="H35" s="27">
-        <v>21751</v>
+        <v>22398</v>
       </c>
       <c r="I35" s="32" t="s">
         <v>37</v>
       </c>
       <c r="L35" s="10"/>
       <c r="M35" s="10"/>
     </row>
     <row r="36" spans="2:14" s="11" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="29" t="s">
         <v>10</v>
       </c>
       <c r="C36" s="19"/>
       <c r="D36" s="19"/>
       <c r="E36" s="19"/>
       <c r="F36" s="19"/>
       <c r="G36" s="19"/>
       <c r="H36" s="19"/>
       <c r="I36" s="20"/>
       <c r="L36" s="14"/>
       <c r="M36" s="14"/>
       <c r="N36" s="15"/>
     </row>
     <row r="37" spans="2:14" s="9" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="30" t="s">
         <v>11</v>