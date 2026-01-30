--- v1 (2025-12-07)
+++ v2 (2026-01-30)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11409EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{44D5A9AE-339D-46BA-96D8-27B74555C151}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3E6534E2-E170-4D90-A3B0-DDD1C0D1FF21}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="40" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'40'!$A$2:$J$40</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="77">
   <si>
     <t>交易額</t>
   </si>
   <si>
     <t>End of Period</t>
   </si>
   <si>
     <t>-10-</t>
   </si>
   <si>
@@ -251,168 +251,168 @@
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
     <t xml:space="preserve">         Sept.</t>
   </si>
   <si>
     <t xml:space="preserve">         Oct.</t>
   </si>
   <si>
-    <t xml:space="preserve">         Nov.</t>
-[...31 lines deleted...]
-  <si>
     <t>100年</t>
   </si>
   <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>　　 11月</t>
+  </si>
+  <si>
+    <t>　　 12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
+    <t>　　  7月</t>
+  </si>
+  <si>
+    <t>　　  8月</t>
+  </si>
+  <si>
     <t>　　  9月</t>
   </si>
   <si>
     <t>　　 10月</t>
-  </si>
-[...31 lines deleted...]
-    <t>　　  8月</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="176" formatCode="#\ ###\ ##0"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="178" formatCode="0.00_);[Red]\(0.00\)"/>
     <numFmt numFmtId="179" formatCode="###\ ##0;\-###\ ##0;&quot;－&quot;"/>
     <numFmt numFmtId="180" formatCode="###\ ##0"/>
   </numFmts>
   <fonts count="39" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
@@ -2436,418 +2436,418 @@
         <v>254362</v>
       </c>
       <c r="E21" s="44">
         <v>6349</v>
       </c>
       <c r="F21" s="45">
         <v>67213</v>
       </c>
       <c r="G21" s="42">
         <v>169732</v>
       </c>
       <c r="H21" s="46">
         <v>18892</v>
       </c>
       <c r="I21" s="40" t="s">
         <v>36</v>
       </c>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
     </row>
     <row r="22" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="22" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="26">
-        <v>13640</v>
+        <v>15507</v>
       </c>
       <c r="D22" s="26">
-        <v>21871</v>
+        <v>24405</v>
       </c>
       <c r="E22" s="43">
-        <v>6377</v>
+        <v>6335</v>
       </c>
       <c r="F22" s="25">
-        <v>5562</v>
+        <v>5230</v>
       </c>
       <c r="G22" s="26">
-        <v>15064</v>
+        <v>16221</v>
       </c>
       <c r="H22" s="27">
-        <v>18892</v>
+        <v>18867</v>
       </c>
       <c r="I22" s="32" t="s">
         <v>37</v>
       </c>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
     </row>
     <row r="23" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="22" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="26">
-        <v>14639</v>
+        <v>13425</v>
       </c>
       <c r="D23" s="26">
-        <v>23307</v>
+        <v>23121</v>
       </c>
       <c r="E23" s="43">
-        <v>6246</v>
+        <v>6349</v>
       </c>
       <c r="F23" s="25">
-        <v>5742</v>
+        <v>5639</v>
       </c>
       <c r="G23" s="26">
-        <v>15503</v>
+        <v>14561</v>
       </c>
       <c r="H23" s="27">
-        <v>18836</v>
+        <v>18892</v>
       </c>
       <c r="I23" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
     </row>
     <row r="24" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B24" s="22" t="s">
+      <c r="B24" s="41" t="s">
         <v>66</v>
       </c>
-      <c r="C24" s="26">
-[...17 lines deleted...]
-      <c r="I24" s="32" t="s">
+      <c r="C24" s="23"/>
+      <c r="D24" s="23"/>
+      <c r="E24" s="24"/>
+      <c r="F24" s="25"/>
+      <c r="G24" s="26"/>
+      <c r="H24" s="27"/>
+      <c r="I24" s="40" t="s">
         <v>39</v>
       </c>
       <c r="L24" s="10"/>
       <c r="M24" s="10"/>
     </row>
     <row r="25" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="22" t="s">
         <v>67</v>
       </c>
       <c r="C25" s="26">
-        <v>13425</v>
+        <v>13231</v>
       </c>
       <c r="D25" s="26">
-        <v>23121</v>
+        <v>21044</v>
       </c>
       <c r="E25" s="43">
-        <v>6349</v>
+        <v>6437</v>
       </c>
       <c r="F25" s="25">
-        <v>5639</v>
+        <v>5137</v>
       </c>
       <c r="G25" s="26">
-        <v>14561</v>
+        <v>13966</v>
       </c>
       <c r="H25" s="27">
-        <v>18892</v>
+        <v>19260</v>
       </c>
       <c r="I25" s="32" t="s">
         <v>40</v>
       </c>
       <c r="L25" s="10"/>
       <c r="M25" s="10"/>
     </row>
     <row r="26" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B26" s="41" t="s">
+      <c r="B26" s="22" t="s">
         <v>68</v>
       </c>
-      <c r="C26" s="23"/>
-[...5 lines deleted...]
-      <c r="I26" s="40" t="s">
+      <c r="C26" s="26">
+        <v>13162</v>
+      </c>
+      <c r="D26" s="26">
+        <v>22236</v>
+      </c>
+      <c r="E26" s="43">
+        <v>6159</v>
+      </c>
+      <c r="F26" s="25">
+        <v>5954</v>
+      </c>
+      <c r="G26" s="26">
+        <v>15789</v>
+      </c>
+      <c r="H26" s="27">
+        <v>20749</v>
+      </c>
+      <c r="I26" s="32" t="s">
         <v>41</v>
       </c>
       <c r="L26" s="10"/>
       <c r="M26" s="10"/>
     </row>
     <row r="27" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B27" s="22" t="s">
         <v>69</v>
       </c>
       <c r="C27" s="26">
-        <v>13231</v>
+        <v>13754</v>
       </c>
       <c r="D27" s="26">
-        <v>21044</v>
+        <v>23660</v>
       </c>
       <c r="E27" s="43">
-        <v>6437</v>
+        <v>6231</v>
       </c>
       <c r="F27" s="25">
-        <v>5137</v>
+        <v>5240</v>
       </c>
       <c r="G27" s="26">
-        <v>13966</v>
+        <v>15257</v>
       </c>
       <c r="H27" s="27">
-        <v>19260</v>
+        <v>19860</v>
       </c>
       <c r="I27" s="32" t="s">
         <v>42</v>
       </c>
       <c r="L27" s="10"/>
       <c r="M27" s="10"/>
     </row>
     <row r="28" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="22" t="s">
         <v>70</v>
       </c>
       <c r="C28" s="26">
-        <v>13162</v>
+        <v>13856</v>
       </c>
       <c r="D28" s="26">
-        <v>22236</v>
+        <v>24494</v>
       </c>
       <c r="E28" s="43">
-        <v>6159</v>
+        <v>6399</v>
       </c>
       <c r="F28" s="25">
-        <v>5954</v>
+        <v>5460</v>
       </c>
       <c r="G28" s="26">
-        <v>15789</v>
+        <v>15568</v>
       </c>
       <c r="H28" s="27">
-        <v>20749</v>
+        <v>20010</v>
       </c>
       <c r="I28" s="32" t="s">
         <v>43</v>
       </c>
       <c r="L28" s="10"/>
       <c r="M28" s="10"/>
     </row>
     <row r="29" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="22" t="s">
         <v>71</v>
       </c>
       <c r="C29" s="26">
-        <v>13754</v>
+        <v>13864</v>
       </c>
       <c r="D29" s="26">
-        <v>23660</v>
+        <v>23628</v>
       </c>
       <c r="E29" s="43">
-        <v>6231</v>
+        <v>6405</v>
       </c>
       <c r="F29" s="25">
-        <v>5240</v>
+        <v>5034</v>
       </c>
       <c r="G29" s="26">
-        <v>15257</v>
+        <v>15044</v>
       </c>
       <c r="H29" s="27">
-        <v>19860</v>
+        <v>20367</v>
       </c>
       <c r="I29" s="32" t="s">
         <v>44</v>
       </c>
       <c r="L29" s="10"/>
       <c r="M29" s="10"/>
     </row>
     <row r="30" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="22" t="s">
         <v>72</v>
       </c>
       <c r="C30" s="26">
-        <v>13856</v>
+        <v>12764</v>
       </c>
       <c r="D30" s="26">
-        <v>24494</v>
+        <v>23521</v>
       </c>
       <c r="E30" s="43">
-        <v>6399</v>
+        <v>6481</v>
       </c>
       <c r="F30" s="25">
-        <v>5460</v>
+        <v>5115</v>
       </c>
       <c r="G30" s="26">
-        <v>15568</v>
+        <v>14771</v>
       </c>
       <c r="H30" s="27">
-        <v>20010</v>
+        <v>20596</v>
       </c>
       <c r="I30" s="32" t="s">
         <v>45</v>
       </c>
       <c r="L30" s="10"/>
       <c r="M30" s="10"/>
     </row>
     <row r="31" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B31" s="22" t="s">
         <v>73</v>
       </c>
       <c r="C31" s="26">
-        <v>13864</v>
+        <v>15522</v>
       </c>
       <c r="D31" s="26">
-        <v>23628</v>
+        <v>27181</v>
       </c>
       <c r="E31" s="43">
-        <v>6405</v>
+        <v>6615</v>
       </c>
       <c r="F31" s="25">
-        <v>5034</v>
+        <v>6034</v>
       </c>
       <c r="G31" s="26">
-        <v>15044</v>
+        <v>18261</v>
       </c>
       <c r="H31" s="27">
-        <v>20367</v>
+        <v>21751</v>
       </c>
       <c r="I31" s="32" t="s">
         <v>46</v>
       </c>
       <c r="L31" s="10"/>
       <c r="M31" s="10"/>
     </row>
     <row r="32" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="22" t="s">
         <v>74</v>
       </c>
       <c r="C32" s="26">
-        <v>12764</v>
+        <v>14704</v>
       </c>
       <c r="D32" s="26">
-        <v>23521</v>
+        <v>24777</v>
       </c>
       <c r="E32" s="43">
-        <v>6481</v>
+        <v>6612</v>
       </c>
       <c r="F32" s="25">
-        <v>5115</v>
+        <v>6326</v>
       </c>
       <c r="G32" s="26">
-        <v>14771</v>
+        <v>17415</v>
       </c>
       <c r="H32" s="27">
-        <v>20596</v>
+        <v>22672</v>
       </c>
       <c r="I32" s="32" t="s">
         <v>47</v>
       </c>
       <c r="L32" s="10"/>
       <c r="M32" s="10"/>
     </row>
     <row r="33" spans="2:14" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B33" s="22" t="s">
         <v>75</v>
       </c>
       <c r="C33" s="26">
-        <v>15522</v>
+        <v>15012</v>
       </c>
       <c r="D33" s="26">
-        <v>27181</v>
+        <v>25463</v>
       </c>
       <c r="E33" s="43">
-        <v>6615</v>
+        <v>6553</v>
       </c>
       <c r="F33" s="25">
-        <v>6034</v>
+        <v>5771</v>
       </c>
       <c r="G33" s="26">
-        <v>18261</v>
+        <v>17703</v>
       </c>
       <c r="H33" s="27">
-        <v>21751</v>
+        <v>22398</v>
       </c>
       <c r="I33" s="32" t="s">
         <v>48</v>
       </c>
       <c r="L33" s="10"/>
       <c r="M33" s="10"/>
     </row>
     <row r="34" spans="2:14" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B34" s="22" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="26">
-        <v>14704</v>
+        <v>17226</v>
       </c>
       <c r="D34" s="26">
-        <v>24777</v>
+        <v>25843</v>
       </c>
       <c r="E34" s="43">
-        <v>6612</v>
+        <v>6717</v>
       </c>
       <c r="F34" s="25">
-        <v>6326</v>
+        <v>6950</v>
       </c>
       <c r="G34" s="26">
-        <v>17415</v>
+        <v>19034</v>
       </c>
       <c r="H34" s="27">
-        <v>22672</v>
+        <v>23810</v>
       </c>
       <c r="I34" s="32" t="s">
         <v>49</v>
       </c>
       <c r="L34" s="10"/>
       <c r="M34" s="10"/>
     </row>
     <row r="35" spans="2:14" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="22" t="s">
         <v>64</v>
       </c>
       <c r="C35" s="26">
-        <v>15012</v>
+        <v>14592</v>
       </c>
       <c r="D35" s="26">
-        <v>25463</v>
+        <v>23669</v>
       </c>
       <c r="E35" s="43">
-        <v>6553</v>
+        <v>6581</v>
       </c>
       <c r="F35" s="25">
-        <v>5771</v>
+        <v>5930</v>
       </c>
       <c r="G35" s="26">
-        <v>17703</v>
+        <v>17066</v>
       </c>
       <c r="H35" s="27">
-        <v>22398</v>
+        <v>23557</v>
       </c>
       <c r="I35" s="32" t="s">
         <v>37</v>
       </c>
       <c r="L35" s="10"/>
       <c r="M35" s="10"/>
     </row>
     <row r="36" spans="2:14" s="11" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="29" t="s">
         <v>10</v>
       </c>
       <c r="C36" s="19"/>
       <c r="D36" s="19"/>
       <c r="E36" s="19"/>
       <c r="F36" s="19"/>
       <c r="G36" s="19"/>
       <c r="H36" s="19"/>
       <c r="I36" s="20"/>
       <c r="L36" s="14"/>
       <c r="M36" s="14"/>
       <c r="N36" s="15"/>
     </row>
     <row r="37" spans="2:14" s="9" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="30" t="s">
         <v>11</v>