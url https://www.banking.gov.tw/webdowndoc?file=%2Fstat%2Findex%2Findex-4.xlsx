--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11501EXCEL_ODS\11501\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3E6534E2-E170-4D90-A3B0-DDD1C0D1FF21}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="11_B33F6E23029B2AA699E01EF0EA859FD558E2AEB6" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="40" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'40'!$A$2:$J$40</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="77">
   <si>
     <t>交易額</t>
   </si>
   <si>
     <t>End of Period</t>
   </si>
   <si>
     <t>-10-</t>
   </si>
   <si>
@@ -209,210 +209,210 @@
       <rPr>
         <sz val="11.5"/>
         <color theme="0"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
       </rPr>
       <t>說明：2.</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve"> 業務之銀行。</t>
     </r>
   </si>
   <si>
     <t>銀行兼營票券</t>
   </si>
   <si>
     <t>Banks</t>
   </si>
   <si>
-    <t xml:space="preserve"> 2011</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 2012</t>
   </si>
   <si>
     <t xml:space="preserve"> 2013</t>
   </si>
   <si>
     <t xml:space="preserve"> 2014</t>
   </si>
   <si>
     <t xml:space="preserve"> 2015</t>
   </si>
   <si>
     <t xml:space="preserve"> 2016</t>
   </si>
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
     <t xml:space="preserve">         Nov.</t>
   </si>
   <si>
     <t xml:space="preserve">         Dec.</t>
   </si>
   <si>
-    <t xml:space="preserve"> 2025</t>
-[...32 lines deleted...]
-    <t>100年</t>
+    <t xml:space="preserve"> 2026</t>
   </si>
   <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
+    <t>　　  7月</t>
+  </si>
+  <si>
+    <t>　　  8月</t>
+  </si>
+  <si>
+    <t>　　  9月</t>
+  </si>
+  <si>
+    <t>　　 10月</t>
+  </si>
+  <si>
     <t>　　 11月</t>
   </si>
   <si>
     <t>　　 12月</t>
   </si>
   <si>
-    <t>114年</t>
-[...29 lines deleted...]
-    <t>　　 10月</t>
+    <t>115年</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="176" formatCode="#\ ###\ ##0"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="178" formatCode="0.00_);[Red]\(0.00\)"/>
     <numFmt numFmtId="179" formatCode="###\ ##0;\-###\ ##0;&quot;－&quot;"/>
     <numFmt numFmtId="180" formatCode="###\ ##0"/>
   </numFmts>
   <fonts count="39" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
@@ -2044,810 +2044,810 @@
       </c>
       <c r="D7" s="38" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="39" t="s">
         <v>7</v>
       </c>
       <c r="F7" s="33" t="s">
         <v>14</v>
       </c>
       <c r="G7" s="17" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="18" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="56"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
     </row>
     <row r="8" spans="2:14" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="41" t="s">
         <v>50</v>
       </c>
       <c r="C8" s="42">
-        <v>58136</v>
+        <v>59747</v>
       </c>
       <c r="D8" s="42">
-        <v>272844</v>
+        <v>249192</v>
       </c>
       <c r="E8" s="44">
-        <v>4245</v>
+        <v>3792</v>
       </c>
       <c r="F8" s="45">
-        <v>113190</v>
+        <v>128758</v>
       </c>
       <c r="G8" s="42">
-        <v>135256</v>
+        <v>142515</v>
       </c>
       <c r="H8" s="46">
-        <v>25278</v>
+        <v>27411</v>
       </c>
       <c r="I8" s="40" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="10"/>
       <c r="M8" s="10"/>
     </row>
     <row r="9" spans="2:14" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="41" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="42">
-        <v>59747</v>
+        <v>67888</v>
       </c>
       <c r="D9" s="42">
-        <v>249192</v>
+        <v>233535</v>
       </c>
       <c r="E9" s="44">
-        <v>3792</v>
+        <v>4421</v>
       </c>
       <c r="F9" s="45">
-        <v>128758</v>
+        <v>172942</v>
       </c>
       <c r="G9" s="42">
-        <v>142515</v>
+        <v>143862</v>
       </c>
       <c r="H9" s="46">
-        <v>27411</v>
+        <v>29349</v>
       </c>
       <c r="I9" s="40" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="10"/>
       <c r="M9" s="10"/>
     </row>
     <row r="10" spans="2:14" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B10" s="41" t="s">
         <v>52</v>
       </c>
       <c r="C10" s="42">
-        <v>67888</v>
+        <v>78093</v>
       </c>
       <c r="D10" s="42">
-        <v>233535</v>
+        <v>242017</v>
       </c>
       <c r="E10" s="44">
-        <v>4421</v>
+        <v>4061</v>
       </c>
       <c r="F10" s="45">
-        <v>172942</v>
+        <v>271056</v>
       </c>
       <c r="G10" s="42">
-        <v>143862</v>
+        <v>164534</v>
       </c>
       <c r="H10" s="46">
-        <v>29349</v>
+        <v>28835</v>
       </c>
       <c r="I10" s="40" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="10"/>
       <c r="M10" s="10"/>
     </row>
     <row r="11" spans="2:14" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" s="41" t="s">
         <v>53</v>
       </c>
       <c r="C11" s="42">
-        <v>78093</v>
+        <v>77057</v>
       </c>
       <c r="D11" s="42">
-        <v>242017</v>
+        <v>234468</v>
       </c>
       <c r="E11" s="44">
-        <v>4061</v>
+        <v>4019</v>
       </c>
       <c r="F11" s="45">
-        <v>271056</v>
+        <v>205753</v>
       </c>
       <c r="G11" s="42">
-        <v>164534</v>
+        <v>160014</v>
       </c>
       <c r="H11" s="46">
-        <v>28835</v>
+        <v>7370</v>
       </c>
       <c r="I11" s="40" t="s">
         <v>26</v>
       </c>
       <c r="L11" s="10"/>
       <c r="M11" s="10"/>
     </row>
     <row r="12" spans="2:14" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B12" s="41" t="s">
         <v>54</v>
       </c>
       <c r="C12" s="42">
-        <v>77057</v>
+        <v>82369</v>
       </c>
       <c r="D12" s="42">
-        <v>234468</v>
+        <v>250896</v>
       </c>
       <c r="E12" s="44">
-        <v>4019</v>
+        <v>4097</v>
       </c>
       <c r="F12" s="45">
-        <v>205753</v>
+        <v>45077</v>
       </c>
       <c r="G12" s="42">
-        <v>160014</v>
+        <v>119276</v>
       </c>
       <c r="H12" s="46">
-        <v>7370</v>
+        <v>8811</v>
       </c>
       <c r="I12" s="40" t="s">
         <v>27</v>
       </c>
       <c r="L12" s="10"/>
       <c r="M12" s="10"/>
     </row>
     <row r="13" spans="2:14" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B13" s="41" t="s">
         <v>55</v>
       </c>
       <c r="C13" s="42">
-        <v>82369</v>
+        <v>92882</v>
       </c>
       <c r="D13" s="42">
-        <v>250896</v>
+        <v>261845</v>
       </c>
       <c r="E13" s="44">
-        <v>4097</v>
+        <v>4627</v>
       </c>
       <c r="F13" s="45">
-        <v>45077</v>
+        <v>46071</v>
       </c>
       <c r="G13" s="42">
-        <v>119276</v>
+        <v>121464</v>
       </c>
       <c r="H13" s="46">
-        <v>8811</v>
+        <v>9916</v>
       </c>
       <c r="I13" s="40" t="s">
         <v>28</v>
       </c>
       <c r="L13" s="10"/>
       <c r="M13" s="10"/>
     </row>
     <row r="14" spans="2:14" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B14" s="41" t="s">
         <v>56</v>
       </c>
       <c r="C14" s="42">
-        <v>92882</v>
+        <v>100005</v>
       </c>
       <c r="D14" s="42">
-        <v>261845</v>
+        <v>285786</v>
       </c>
       <c r="E14" s="44">
-        <v>4627</v>
+        <v>4375</v>
       </c>
       <c r="F14" s="45">
-        <v>46071</v>
+        <v>47360</v>
       </c>
       <c r="G14" s="42">
-        <v>121464</v>
+        <v>134631</v>
       </c>
       <c r="H14" s="46">
-        <v>9916</v>
+        <v>10829</v>
       </c>
       <c r="I14" s="40" t="s">
         <v>29</v>
       </c>
       <c r="L14" s="10"/>
       <c r="M14" s="10"/>
     </row>
     <row r="15" spans="2:14" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B15" s="41" t="s">
         <v>57</v>
       </c>
       <c r="C15" s="42">
-        <v>100005</v>
+        <v>96224</v>
       </c>
       <c r="D15" s="42">
-        <v>285786</v>
+        <v>228374</v>
       </c>
       <c r="E15" s="44">
-        <v>4375</v>
+        <v>4089</v>
       </c>
       <c r="F15" s="45">
-        <v>47360</v>
+        <v>52321</v>
       </c>
       <c r="G15" s="42">
-        <v>134631</v>
+        <v>126330</v>
       </c>
       <c r="H15" s="46">
-        <v>10829</v>
+        <v>11547</v>
       </c>
       <c r="I15" s="40" t="s">
         <v>30</v>
       </c>
       <c r="L15" s="10"/>
       <c r="M15" s="10"/>
     </row>
     <row r="16" spans="2:14" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B16" s="41" t="s">
         <v>58</v>
       </c>
       <c r="C16" s="42">
-        <v>96224</v>
+        <v>106312</v>
       </c>
       <c r="D16" s="42">
-        <v>228374</v>
+        <v>244400</v>
       </c>
       <c r="E16" s="44">
-        <v>4089</v>
+        <v>5015</v>
       </c>
       <c r="F16" s="45">
-        <v>52321</v>
+        <v>50588</v>
       </c>
       <c r="G16" s="42">
-        <v>126330</v>
+        <v>129345</v>
       </c>
       <c r="H16" s="46">
-        <v>11547</v>
+        <v>13938</v>
       </c>
       <c r="I16" s="40" t="s">
         <v>31</v>
       </c>
       <c r="L16" s="10"/>
       <c r="M16" s="10"/>
     </row>
     <row r="17" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B17" s="41" t="s">
         <v>59</v>
       </c>
       <c r="C17" s="42">
-        <v>106312</v>
+        <v>110057</v>
       </c>
       <c r="D17" s="42">
-        <v>244400</v>
+        <v>208651</v>
       </c>
       <c r="E17" s="44">
-        <v>5015</v>
+        <v>4871</v>
       </c>
       <c r="F17" s="45">
-        <v>50588</v>
+        <v>59335</v>
       </c>
       <c r="G17" s="42">
-        <v>129345</v>
+        <v>123370</v>
       </c>
       <c r="H17" s="46">
-        <v>13938</v>
+        <v>16040</v>
       </c>
       <c r="I17" s="40" t="s">
         <v>32</v>
       </c>
       <c r="L17" s="10"/>
       <c r="M17" s="10"/>
     </row>
     <row r="18" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B18" s="41" t="s">
         <v>60</v>
       </c>
       <c r="C18" s="42">
-        <v>110057</v>
+        <v>125067</v>
       </c>
       <c r="D18" s="42">
-        <v>208651</v>
+        <v>191876</v>
       </c>
       <c r="E18" s="44">
-        <v>4871</v>
+        <v>5400</v>
       </c>
       <c r="F18" s="45">
-        <v>59335</v>
+        <v>55290</v>
       </c>
       <c r="G18" s="42">
-        <v>123370</v>
+        <v>118063</v>
       </c>
       <c r="H18" s="46">
-        <v>16040</v>
+        <v>11991</v>
       </c>
       <c r="I18" s="40" t="s">
         <v>33</v>
       </c>
       <c r="L18" s="10"/>
       <c r="M18" s="10"/>
     </row>
     <row r="19" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B19" s="41" t="s">
         <v>61</v>
       </c>
       <c r="C19" s="42">
-        <v>125067</v>
+        <v>136712</v>
       </c>
       <c r="D19" s="42">
-        <v>191876</v>
+        <v>206302</v>
       </c>
       <c r="E19" s="44">
-        <v>5400</v>
+        <v>5446</v>
       </c>
       <c r="F19" s="45">
-        <v>55290</v>
+        <v>63791</v>
       </c>
       <c r="G19" s="42">
-        <v>118063</v>
+        <v>146036</v>
       </c>
       <c r="H19" s="46">
-        <v>11991</v>
+        <v>18108</v>
       </c>
       <c r="I19" s="40" t="s">
         <v>34</v>
       </c>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
     </row>
     <row r="20" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B20" s="41" t="s">
         <v>62</v>
       </c>
       <c r="C20" s="42">
-        <v>136712</v>
+        <v>160315</v>
       </c>
       <c r="D20" s="42">
-        <v>206302</v>
+        <v>254362</v>
       </c>
       <c r="E20" s="44">
-        <v>5446</v>
+        <v>6349</v>
       </c>
       <c r="F20" s="45">
-        <v>63791</v>
+        <v>67213</v>
       </c>
       <c r="G20" s="42">
-        <v>146036</v>
+        <v>169732</v>
       </c>
       <c r="H20" s="46">
-        <v>18108</v>
+        <v>18892</v>
       </c>
       <c r="I20" s="40" t="s">
         <v>35</v>
       </c>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
     </row>
     <row r="21" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B21" s="41" t="s">
         <v>63</v>
       </c>
       <c r="C21" s="42">
-        <v>160315</v>
+        <v>172978</v>
       </c>
       <c r="D21" s="42">
-        <v>254362</v>
+        <v>291334</v>
       </c>
       <c r="E21" s="44">
-        <v>6349</v>
+        <v>6503</v>
       </c>
       <c r="F21" s="45">
-        <v>67213</v>
+        <v>69889</v>
       </c>
       <c r="G21" s="42">
-        <v>169732</v>
+        <v>198320</v>
       </c>
       <c r="H21" s="46">
-        <v>18892</v>
+        <v>23783</v>
       </c>
       <c r="I21" s="40" t="s">
         <v>36</v>
       </c>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
     </row>
     <row r="22" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="22" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="26">
-        <v>15507</v>
+        <v>13231</v>
       </c>
       <c r="D22" s="26">
-        <v>24405</v>
+        <v>21044</v>
       </c>
       <c r="E22" s="43">
-        <v>6335</v>
+        <v>6437</v>
       </c>
       <c r="F22" s="25">
-        <v>5230</v>
+        <v>5137</v>
       </c>
       <c r="G22" s="26">
-        <v>16221</v>
+        <v>13966</v>
       </c>
       <c r="H22" s="27">
-        <v>18867</v>
+        <v>19260</v>
       </c>
       <c r="I22" s="32" t="s">
         <v>37</v>
       </c>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
     </row>
     <row r="23" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="22" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="26">
-        <v>13425</v>
+        <v>13162</v>
       </c>
       <c r="D23" s="26">
-        <v>23121</v>
+        <v>22236</v>
       </c>
       <c r="E23" s="43">
-        <v>6349</v>
+        <v>6159</v>
       </c>
       <c r="F23" s="25">
-        <v>5639</v>
+        <v>5954</v>
       </c>
       <c r="G23" s="26">
-        <v>14561</v>
+        <v>15789</v>
       </c>
       <c r="H23" s="27">
-        <v>18892</v>
+        <v>20749</v>
       </c>
       <c r="I23" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
     </row>
     <row r="24" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B24" s="41" t="s">
+      <c r="B24" s="22" t="s">
         <v>66</v>
       </c>
-      <c r="C24" s="23"/>
-[...5 lines deleted...]
-      <c r="I24" s="40" t="s">
+      <c r="C24" s="26">
+        <v>13754</v>
+      </c>
+      <c r="D24" s="26">
+        <v>23660</v>
+      </c>
+      <c r="E24" s="43">
+        <v>6231</v>
+      </c>
+      <c r="F24" s="25">
+        <v>5240</v>
+      </c>
+      <c r="G24" s="26">
+        <v>15257</v>
+      </c>
+      <c r="H24" s="27">
+        <v>19860</v>
+      </c>
+      <c r="I24" s="32" t="s">
         <v>39</v>
       </c>
       <c r="L24" s="10"/>
       <c r="M24" s="10"/>
     </row>
     <row r="25" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="22" t="s">
         <v>67</v>
       </c>
       <c r="C25" s="26">
-        <v>13231</v>
+        <v>13856</v>
       </c>
       <c r="D25" s="26">
-        <v>21044</v>
+        <v>24494</v>
       </c>
       <c r="E25" s="43">
-        <v>6437</v>
+        <v>6399</v>
       </c>
       <c r="F25" s="25">
-        <v>5137</v>
+        <v>5460</v>
       </c>
       <c r="G25" s="26">
-        <v>13966</v>
+        <v>15568</v>
       </c>
       <c r="H25" s="27">
-        <v>19260</v>
+        <v>20010</v>
       </c>
       <c r="I25" s="32" t="s">
         <v>40</v>
       </c>
       <c r="L25" s="10"/>
       <c r="M25" s="10"/>
     </row>
     <row r="26" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B26" s="22" t="s">
         <v>68</v>
       </c>
       <c r="C26" s="26">
-        <v>13162</v>
+        <v>13864</v>
       </c>
       <c r="D26" s="26">
-        <v>22236</v>
+        <v>23628</v>
       </c>
       <c r="E26" s="43">
-        <v>6159</v>
+        <v>6405</v>
       </c>
       <c r="F26" s="25">
-        <v>5954</v>
+        <v>5034</v>
       </c>
       <c r="G26" s="26">
-        <v>15789</v>
+        <v>15044</v>
       </c>
       <c r="H26" s="27">
-        <v>20749</v>
+        <v>20367</v>
       </c>
       <c r="I26" s="32" t="s">
         <v>41</v>
       </c>
       <c r="L26" s="10"/>
       <c r="M26" s="10"/>
     </row>
     <row r="27" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B27" s="22" t="s">
         <v>69</v>
       </c>
       <c r="C27" s="26">
-        <v>13754</v>
+        <v>12764</v>
       </c>
       <c r="D27" s="26">
-        <v>23660</v>
+        <v>23521</v>
       </c>
       <c r="E27" s="43">
-        <v>6231</v>
+        <v>6481</v>
       </c>
       <c r="F27" s="25">
-        <v>5240</v>
+        <v>5115</v>
       </c>
       <c r="G27" s="26">
-        <v>15257</v>
+        <v>14771</v>
       </c>
       <c r="H27" s="27">
-        <v>19860</v>
+        <v>20596</v>
       </c>
       <c r="I27" s="32" t="s">
         <v>42</v>
       </c>
       <c r="L27" s="10"/>
       <c r="M27" s="10"/>
     </row>
     <row r="28" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="22" t="s">
         <v>70</v>
       </c>
       <c r="C28" s="26">
-        <v>13856</v>
+        <v>15522</v>
       </c>
       <c r="D28" s="26">
-        <v>24494</v>
+        <v>27181</v>
       </c>
       <c r="E28" s="43">
-        <v>6399</v>
+        <v>6615</v>
       </c>
       <c r="F28" s="25">
-        <v>5460</v>
+        <v>6034</v>
       </c>
       <c r="G28" s="26">
-        <v>15568</v>
+        <v>18261</v>
       </c>
       <c r="H28" s="27">
-        <v>20010</v>
+        <v>21751</v>
       </c>
       <c r="I28" s="32" t="s">
         <v>43</v>
       </c>
       <c r="L28" s="10"/>
       <c r="M28" s="10"/>
     </row>
     <row r="29" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="22" t="s">
         <v>71</v>
       </c>
       <c r="C29" s="26">
-        <v>13864</v>
+        <v>14704</v>
       </c>
       <c r="D29" s="26">
-        <v>23628</v>
+        <v>24777</v>
       </c>
       <c r="E29" s="43">
-        <v>6405</v>
+        <v>6612</v>
       </c>
       <c r="F29" s="25">
-        <v>5034</v>
+        <v>6326</v>
       </c>
       <c r="G29" s="26">
-        <v>15044</v>
+        <v>17415</v>
       </c>
       <c r="H29" s="27">
-        <v>20367</v>
+        <v>22672</v>
       </c>
       <c r="I29" s="32" t="s">
         <v>44</v>
       </c>
       <c r="L29" s="10"/>
       <c r="M29" s="10"/>
     </row>
     <row r="30" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="22" t="s">
         <v>72</v>
       </c>
       <c r="C30" s="26">
-        <v>12764</v>
+        <v>15012</v>
       </c>
       <c r="D30" s="26">
-        <v>23521</v>
+        <v>25463</v>
       </c>
       <c r="E30" s="43">
-        <v>6481</v>
+        <v>6553</v>
       </c>
       <c r="F30" s="25">
-        <v>5115</v>
+        <v>5771</v>
       </c>
       <c r="G30" s="26">
-        <v>14771</v>
+        <v>17703</v>
       </c>
       <c r="H30" s="27">
-        <v>20596</v>
+        <v>22398</v>
       </c>
       <c r="I30" s="32" t="s">
         <v>45</v>
       </c>
       <c r="L30" s="10"/>
       <c r="M30" s="10"/>
     </row>
     <row r="31" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B31" s="22" t="s">
         <v>73</v>
       </c>
       <c r="C31" s="26">
-        <v>15522</v>
+        <v>17226</v>
       </c>
       <c r="D31" s="26">
-        <v>27181</v>
+        <v>25843</v>
       </c>
       <c r="E31" s="43">
-        <v>6615</v>
+        <v>6717</v>
       </c>
       <c r="F31" s="25">
-        <v>6034</v>
+        <v>6950</v>
       </c>
       <c r="G31" s="26">
-        <v>18261</v>
+        <v>19034</v>
       </c>
       <c r="H31" s="27">
-        <v>21751</v>
+        <v>23810</v>
       </c>
       <c r="I31" s="32" t="s">
         <v>46</v>
       </c>
       <c r="L31" s="10"/>
       <c r="M31" s="10"/>
     </row>
     <row r="32" spans="2:13" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="22" t="s">
         <v>74</v>
       </c>
       <c r="C32" s="26">
-        <v>14704</v>
+        <v>14592</v>
       </c>
       <c r="D32" s="26">
-        <v>24777</v>
+        <v>23669</v>
       </c>
       <c r="E32" s="43">
-        <v>6612</v>
+        <v>6581</v>
       </c>
       <c r="F32" s="25">
-        <v>6326</v>
+        <v>5930</v>
       </c>
       <c r="G32" s="26">
-        <v>17415</v>
+        <v>17066</v>
       </c>
       <c r="H32" s="27">
-        <v>22672</v>
+        <v>23557</v>
       </c>
       <c r="I32" s="32" t="s">
         <v>47</v>
       </c>
       <c r="L32" s="10"/>
       <c r="M32" s="10"/>
     </row>
     <row r="33" spans="2:14" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B33" s="22" t="s">
         <v>75</v>
       </c>
       <c r="C33" s="26">
-        <v>15012</v>
+        <v>15290</v>
       </c>
       <c r="D33" s="26">
-        <v>25463</v>
+        <v>25819</v>
       </c>
       <c r="E33" s="43">
-        <v>6553</v>
+        <v>6503</v>
       </c>
       <c r="F33" s="25">
-        <v>5771</v>
+        <v>6939</v>
       </c>
       <c r="G33" s="26">
-        <v>17703</v>
+        <v>18445</v>
       </c>
       <c r="H33" s="27">
-        <v>22398</v>
+        <v>23783</v>
       </c>
       <c r="I33" s="32" t="s">
         <v>48</v>
       </c>
       <c r="L33" s="10"/>
       <c r="M33" s="10"/>
     </row>
     <row r="34" spans="2:14" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B34" s="22" t="s">
+      <c r="B34" s="41" t="s">
         <v>76</v>
       </c>
-      <c r="C34" s="26">
-[...17 lines deleted...]
-      <c r="I34" s="32" t="s">
+      <c r="C34" s="23"/>
+      <c r="D34" s="23"/>
+      <c r="E34" s="24"/>
+      <c r="F34" s="25"/>
+      <c r="G34" s="26"/>
+      <c r="H34" s="27"/>
+      <c r="I34" s="40" t="s">
         <v>49</v>
       </c>
       <c r="L34" s="10"/>
       <c r="M34" s="10"/>
     </row>
     <row r="35" spans="2:14" s="9" customFormat="1" ht="17.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="22" t="s">
         <v>64</v>
       </c>
       <c r="C35" s="26">
-        <v>14592</v>
+        <v>16662</v>
       </c>
       <c r="D35" s="26">
-        <v>23669</v>
+        <v>26523</v>
       </c>
       <c r="E35" s="43">
-        <v>6581</v>
+        <v>6565</v>
       </c>
       <c r="F35" s="25">
-        <v>5930</v>
+        <v>8256</v>
       </c>
       <c r="G35" s="26">
-        <v>17066</v>
+        <v>20306</v>
       </c>
       <c r="H35" s="27">
-        <v>23557</v>
+        <v>25468</v>
       </c>
       <c r="I35" s="32" t="s">
         <v>37</v>
       </c>
       <c r="L35" s="10"/>
       <c r="M35" s="10"/>
     </row>
     <row r="36" spans="2:14" s="11" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="29" t="s">
         <v>10</v>
       </c>
       <c r="C36" s="19"/>
       <c r="D36" s="19"/>
       <c r="E36" s="19"/>
       <c r="F36" s="19"/>
       <c r="G36" s="19"/>
       <c r="H36" s="19"/>
       <c r="I36" s="20"/>
       <c r="L36" s="14"/>
       <c r="M36" s="14"/>
       <c r="N36" s="15"/>
     </row>
     <row r="37" spans="2:14" s="9" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="30" t="s">
         <v>11</v>