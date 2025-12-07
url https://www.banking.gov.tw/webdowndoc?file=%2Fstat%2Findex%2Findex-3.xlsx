--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\10.（約29_30日）金融展望月刊(與金融指標表1到3一起做)【上網】【月刋給外銀】【指標1-3給信票】\央行資料轉檔_金融指標1~3\指標1~3\匯出更名\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9D18FE35-C85E-46C3-B9AD-17E1A0AF7733}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C73F3660-D23F-4EAA-B102-95C07D834861}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="30" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'30'!$A$3:$Y$45</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="111">
   <si>
     <t>總　計</t>
   </si>
   <si>
     <t>機　關</t>
   </si>
   <si>
     <t>事　業</t>
   </si>
   <si>
@@ -766,168 +766,168 @@
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
     <t xml:space="preserve">         July</t>
   </si>
   <si>
     <t xml:space="preserve">         Aug.</t>
   </si>
   <si>
-    <t xml:space="preserve">         Sept.</t>
-[...31 lines deleted...]
-  <si>
     <t>100年</t>
   </si>
   <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t xml:space="preserve">   　   9月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    　10月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    　11月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    　12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   1月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   2月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   3月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   4月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   5月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   6月</t>
+  </si>
+  <si>
     <t xml:space="preserve">   　   7月</t>
   </si>
   <si>
     <t xml:space="preserve">   　   8月</t>
-  </si>
-[...31 lines deleted...]
-    <t xml:space="preserve">   　   6月</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="176" formatCode="#\ ###\ ##0"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="178" formatCode="#\ ##0"/>
     <numFmt numFmtId="179" formatCode="###\ ##0"/>
   </numFmts>
   <fonts count="40" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
@@ -2555,171 +2555,171 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="137" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="137" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="137" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="9" fillId="0" borderId="2" xfId="137" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="9" fillId="0" borderId="13" xfId="137" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="9" fillId="0" borderId="0" xfId="137" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="9" fillId="0" borderId="12" xfId="137" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="9" fillId="0" borderId="13" xfId="137" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
     <xf numFmtId="176" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="12" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="19" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="16" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="20" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="12" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="17" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="21" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="22" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="13" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="19" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="34" fillId="0" borderId="12" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...47 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="255">
     <cellStyle name="20% - 輔色1" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - 輔色1 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - 輔色1 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - 輔色1 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - 輔色1 3 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - 輔色1 4" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - 輔色2" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - 輔色2 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - 輔色2 2 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - 輔色2 3" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - 輔色2 3 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - 輔色2 4" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - 輔色3" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - 輔色3 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - 輔色3 2 2" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - 輔色3 3" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20% - 輔色3 3 2" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20% - 輔色3 4" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="20% - 輔色4" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="20% - 輔色4 2" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="20% - 輔色4 2 2" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="20% - 輔色4 3" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
@@ -3437,96 +3437,96 @@
           <a:off x="0" y="1"/>
           <a:ext cx="2076450" cy="1557338"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>85725</xdr:colOff>
+      <xdr:colOff>76200</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>594687</xdr:colOff>
+      <xdr:colOff>594623</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>198842</xdr:rowOff>
+      <xdr:rowOff>209765</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="2" name="群組 1">
+        <xdr:cNvPr id="4" name="群組 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7BE2CB4-B5A3-49BC-812C-3E3CB514573F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0703AE42-955F-F0E7-B136-8E1953947C0A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="85725" y="7934325"/>
-[...2 lines deleted...]
-          <a:chExt cx="642312" cy="398867"/>
+          <a:off x="76200" y="7924800"/>
+          <a:ext cx="651773" cy="419315"/>
+          <a:chOff x="76200" y="7924800"/>
+          <a:chExt cx="651773" cy="419315"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="3" name="Text Box 7">
+          <xdr:cNvPr id="2" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CAFE2CD-145D-B4CD-0A87-8848A906A81A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B09C6231-98D8-4270-8F99-0A0A3894A51F}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="139764" y="7343775"/>
-            <a:ext cx="635898" cy="212040"/>
+            <a:off x="85725" y="7924800"/>
+            <a:ext cx="642248" cy="208230"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -3568,65 +3568,65 @@
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="新細明體"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="4" name="Text Box 7">
+          <xdr:cNvPr id="3" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42F94993-4037-5FD8-1D03-2B309D9E8B4E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31EC2213-23B4-464D-B63F-783086B95A08}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="133350" y="7530972"/>
-            <a:ext cx="635898" cy="211670"/>
+            <a:off x="76200" y="8134350"/>
+            <a:ext cx="642248" cy="209765"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -3673,95 +3673,95 @@
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1123950</xdr:colOff>
-      <xdr:row>34</xdr:row>
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>209550</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>575637</xdr:colOff>
+      <xdr:colOff>585098</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>198842</xdr:rowOff>
+      <xdr:rowOff>190715</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="5" name="群組 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{188660CA-00F8-424F-9547-A38BA6A610BD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECD4F58E-DF0E-4B53-8AB1-6F2093C5298A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="5638800" y="7934325"/>
-[...2 lines deleted...]
-          <a:chExt cx="642312" cy="398867"/>
+          <a:off x="5638800" y="7905750"/>
+          <a:ext cx="651773" cy="419315"/>
+          <a:chOff x="76200" y="7924800"/>
+          <a:chExt cx="651773" cy="419315"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="6" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7A47486-53FA-975A-84FE-57F4C7B6EE36}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8C6B1F5-DF26-0108-8B5E-FFB0243D46BD}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="139764" y="7343775"/>
-            <a:ext cx="635898" cy="212040"/>
+            <a:off x="85725" y="7924800"/>
+            <a:ext cx="642248" cy="208230"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -3806,62 +3806,62 @@
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="7" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FA384B6-DA77-5519-B9D1-38BAF397E8C6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C0E6B5B-992B-10C9-8751-E44B85BDEC20}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="133350" y="7530972"/>
-            <a:ext cx="635898" cy="211670"/>
+            <a:off x="76200" y="8134350"/>
+            <a:ext cx="642248" cy="209765"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -3909,94 +3909,94 @@
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>9525</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>604212</xdr:colOff>
+      <xdr:colOff>613673</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>189317</xdr:rowOff>
+      <xdr:rowOff>200240</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="8" name="群組 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7A305B1-0DA8-499D-8377-6EF1971F5F5B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EDCBB93-3F60-4D87-8DEF-04D55C8A0A53}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="6734175" y="7924800"/>
-[...2 lines deleted...]
-          <a:chExt cx="642312" cy="398867"/>
+          <a:off x="6734175" y="7915275"/>
+          <a:ext cx="651773" cy="419315"/>
+          <a:chOff x="76200" y="7924800"/>
+          <a:chExt cx="651773" cy="419315"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="9" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B69E1D99-2281-CA2C-04FF-59F301962411}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E63B0B8-4F0E-50C4-4524-CFEDF212917C}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="139764" y="7343775"/>
-            <a:ext cx="635898" cy="212040"/>
+            <a:off x="85725" y="7924800"/>
+            <a:ext cx="642248" cy="208230"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4041,62 +4041,62 @@
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="10" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E94AF98E-E223-A8F7-9D2E-C25A3D992D30}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61EA4AAA-A3D7-31E0-2F96-BD1B185C185D}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="133350" y="7530972"/>
-            <a:ext cx="635898" cy="211670"/>
+            <a:off x="76200" y="8134350"/>
+            <a:ext cx="642248" cy="209765"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4148,90 +4148,90 @@
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>866775</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
-      <xdr:colOff>585162</xdr:colOff>
+      <xdr:colOff>594623</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>189317</xdr:rowOff>
+      <xdr:rowOff>209765</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="11" name="群組 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13B53A5B-4B9F-4329-A058-710F7049969D}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFE7C3E4-43BD-4947-BFD6-A21C870629CA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
           <a:off x="12277725" y="7924800"/>
-          <a:ext cx="642312" cy="398867"/>
-[...1 lines deleted...]
-          <a:chExt cx="642312" cy="398867"/>
+          <a:ext cx="651773" cy="419315"/>
+          <a:chOff x="76200" y="7924800"/>
+          <a:chExt cx="651773" cy="419315"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="12" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64069177-3E9F-324F-0209-745473639476}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16EEAF64-A589-EB9E-425E-23248D650D8A}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="139764" y="7343775"/>
-            <a:ext cx="635898" cy="212040"/>
+            <a:off x="85725" y="7924800"/>
+            <a:ext cx="642248" cy="208230"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4276,62 +4276,62 @@
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="13" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67E213F8-4506-BBA8-405F-9B7CD144002A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66B4880C-AF20-0095-82A3-E9022A339318}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="133350" y="7530972"/>
-            <a:ext cx="635898" cy="211670"/>
+            <a:off x="76200" y="8134350"/>
+            <a:ext cx="642248" cy="209765"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4377,96 +4377,96 @@
               <a:t>p</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>17</xdr:col>
-      <xdr:colOff>95250</xdr:colOff>
+      <xdr:colOff>104775</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
-      <xdr:colOff>604212</xdr:colOff>
+      <xdr:colOff>623198</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>198842</xdr:rowOff>
+      <xdr:rowOff>200240</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="14" name="群組 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC90845F-00A4-4D6C-B309-59092FA6D7B7}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0504E68-B3F9-4E4B-9A1D-000331ED695F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="13268325" y="7934325"/>
-[...2 lines deleted...]
-          <a:chExt cx="642312" cy="398867"/>
+          <a:off x="13277850" y="7915275"/>
+          <a:ext cx="651773" cy="419315"/>
+          <a:chOff x="76200" y="7924800"/>
+          <a:chExt cx="651773" cy="419315"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="15" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9736255-CEAC-1D74-D997-C4588734FC80}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E6E639C-2A76-4DDD-186D-313BB03F64AE}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="139764" y="7343775"/>
-            <a:ext cx="635898" cy="212040"/>
+            <a:off x="85725" y="7924800"/>
+            <a:ext cx="642248" cy="208230"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4511,62 +4511,62 @@
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="16" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44EEB7EF-D97E-09CC-E92E-9A1904519155}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB476D5C-C742-98A8-1B15-964F977D9AE5}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="133350" y="7530972"/>
-            <a:ext cx="635898" cy="211670"/>
+            <a:off x="76200" y="8134350"/>
+            <a:ext cx="642248" cy="209765"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4614,94 +4614,94 @@
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>22</xdr:col>
       <xdr:colOff>1133475</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>23</xdr:col>
-      <xdr:colOff>585162</xdr:colOff>
+      <xdr:colOff>594623</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>198842</xdr:rowOff>
+      <xdr:rowOff>200240</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="17" name="群組 16">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52B4AE01-0D2F-4B3E-8366-2700C68E584F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D7A79D4-965A-4D61-8C94-140800AEA812}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="18783300" y="7934325"/>
-[...2 lines deleted...]
-          <a:chExt cx="642312" cy="398867"/>
+          <a:off x="18783300" y="7915275"/>
+          <a:ext cx="651773" cy="419315"/>
+          <a:chOff x="76200" y="7924800"/>
+          <a:chExt cx="651773" cy="419315"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="18" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8AB7868B-41E4-2C52-79F2-E721EA35DA1A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60DB778F-9776-CDDA-9A86-487DC3183003}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="139764" y="7343775"/>
-            <a:ext cx="635898" cy="212040"/>
+            <a:off x="85725" y="7924800"/>
+            <a:ext cx="642248" cy="208230"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4746,62 +4746,62 @@
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="19" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D581A424-A548-3C46-59E5-D468BC6CE025}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63C8E1C0-3CF0-A462-046B-5D61C5EC97AA}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="133350" y="7530972"/>
-            <a:ext cx="635898" cy="211670"/>
+            <a:off x="76200" y="8134350"/>
+            <a:ext cx="642248" cy="209765"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -5171,51 +5171,54 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:IT49"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="C9" sqref="C9"/>
+      <pane xSplit="2" ySplit="8" topLeftCell="C9" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="C1" sqref="C1"/>
+      <selection pane="bottomLeft" activeCell="A9" sqref="A9"/>
+      <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.75" style="3" customWidth="1"/>
     <col min="2" max="2" width="10.625" style="3" customWidth="1"/>
     <col min="3" max="4" width="15.625" style="3" customWidth="1"/>
     <col min="5" max="6" width="15.625" style="4" customWidth="1"/>
     <col min="7" max="7" width="10.625" style="3" customWidth="1"/>
     <col min="8" max="8" width="1.625" style="4" customWidth="1"/>
     <col min="9" max="9" width="1.75" style="3" customWidth="1"/>
     <col min="10" max="10" width="9.375" style="3" customWidth="1"/>
     <col min="11" max="12" width="12.125" style="3" customWidth="1"/>
     <col min="13" max="13" width="15.125" style="3" customWidth="1"/>
     <col min="14" max="15" width="12.125" style="3" customWidth="1"/>
     <col min="16" max="16" width="9.375" style="3" customWidth="1"/>
     <col min="17" max="17" width="1.625" style="3" customWidth="1"/>
     <col min="18" max="18" width="1.75" style="3" customWidth="1"/>
     <col min="19" max="19" width="10.125" style="3" customWidth="1"/>
     <col min="20" max="20" width="15.125" style="3" customWidth="1"/>
     <col min="21" max="21" width="16.625" style="3" customWidth="1"/>
     <col min="22" max="22" width="15.125" style="3" customWidth="1"/>
     <col min="23" max="23" width="15.625" style="3" customWidth="1"/>
     <col min="24" max="24" width="10.125" style="3" customWidth="1"/>
     <col min="25" max="25" width="1.625" style="3" customWidth="1"/>
@@ -5338,240 +5341,240 @@
       </c>
       <c r="Q4" s="12"/>
       <c r="R4" s="10"/>
       <c r="S4" s="11" t="s">
         <v>56</v>
       </c>
       <c r="T4" s="12"/>
       <c r="U4" s="18"/>
       <c r="V4" s="18"/>
       <c r="W4" s="19"/>
       <c r="X4" s="43" t="s">
         <v>25</v>
       </c>
       <c r="Y4" s="10"/>
       <c r="Z4" s="10"/>
       <c r="AA4" s="6"/>
       <c r="AB4" s="6"/>
       <c r="AC4" s="6"/>
       <c r="AD4" s="6"/>
       <c r="AE4" s="6"/>
       <c r="AF4" s="6"/>
       <c r="AG4" s="10"/>
     </row>
     <row r="5" spans="1:35" s="23" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="20"/>
-      <c r="B5" s="80" t="s">
+      <c r="B5" s="104" t="s">
         <v>27</v>
       </c>
-      <c r="C5" s="100" t="s">
+      <c r="C5" s="117" t="s">
         <v>0</v>
       </c>
-      <c r="D5" s="100" t="s">
+      <c r="D5" s="117" t="s">
         <v>7</v>
       </c>
-      <c r="E5" s="100" t="s">
+      <c r="E5" s="117" t="s">
         <v>8</v>
       </c>
-      <c r="F5" s="102" t="s">
+      <c r="F5" s="119" t="s">
         <v>9</v>
       </c>
-      <c r="G5" s="83" t="s">
+      <c r="G5" s="90" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="21"/>
       <c r="I5" s="20"/>
-      <c r="J5" s="86" t="s">
+      <c r="J5" s="107" t="s">
         <v>26</v>
       </c>
-      <c r="K5" s="108" t="s">
+      <c r="K5" s="79" t="s">
         <v>10</v>
       </c>
-      <c r="L5" s="106" t="s">
+      <c r="L5" s="81" t="s">
         <v>3</v>
       </c>
-      <c r="M5" s="94" t="s">
+      <c r="M5" s="95" t="s">
         <v>32</v>
       </c>
-      <c r="N5" s="94" t="s">
+      <c r="N5" s="95" t="s">
         <v>5</v>
       </c>
-      <c r="O5" s="104" t="s">
+      <c r="O5" s="99" t="s">
         <v>6</v>
       </c>
-      <c r="P5" s="83" t="s">
+      <c r="P5" s="90" t="s">
         <v>11</v>
       </c>
       <c r="Q5" s="22"/>
       <c r="R5" s="20"/>
-      <c r="S5" s="80" t="s">
+      <c r="S5" s="104" t="s">
         <v>27</v>
       </c>
-      <c r="T5" s="106" t="s">
+      <c r="T5" s="81" t="s">
         <v>3</v>
       </c>
-      <c r="U5" s="94" t="s">
+      <c r="U5" s="95" t="s">
         <v>32</v>
       </c>
-      <c r="V5" s="117" t="s">
+      <c r="V5" s="97" t="s">
         <v>5</v>
       </c>
-      <c r="W5" s="104" t="s">
+      <c r="W5" s="99" t="s">
         <v>6</v>
       </c>
-      <c r="X5" s="83" t="s">
+      <c r="X5" s="90" t="s">
         <v>11</v>
       </c>
       <c r="Y5" s="20"/>
       <c r="Z5" s="20"/>
       <c r="AA5" s="21"/>
       <c r="AB5" s="21"/>
       <c r="AC5" s="21"/>
     </row>
     <row r="6" spans="1:35" s="23" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="24"/>
-      <c r="B6" s="81"/>
-[...4 lines deleted...]
-      <c r="G6" s="84"/>
+      <c r="B6" s="105"/>
+      <c r="C6" s="118"/>
+      <c r="D6" s="118"/>
+      <c r="E6" s="118"/>
+      <c r="F6" s="120"/>
+      <c r="G6" s="91"/>
       <c r="H6" s="21"/>
       <c r="I6" s="24"/>
-      <c r="J6" s="87"/>
-[...5 lines deleted...]
-      <c r="P6" s="84"/>
+      <c r="J6" s="108"/>
+      <c r="K6" s="80"/>
+      <c r="L6" s="82"/>
+      <c r="M6" s="96"/>
+      <c r="N6" s="96"/>
+      <c r="O6" s="100"/>
+      <c r="P6" s="91"/>
       <c r="Q6" s="24"/>
       <c r="R6" s="24"/>
-      <c r="S6" s="81"/>
-[...4 lines deleted...]
-      <c r="X6" s="84"/>
+      <c r="S6" s="105"/>
+      <c r="T6" s="103"/>
+      <c r="U6" s="96"/>
+      <c r="V6" s="98"/>
+      <c r="W6" s="100"/>
+      <c r="X6" s="91"/>
       <c r="Y6" s="24"/>
       <c r="Z6" s="24"/>
       <c r="AA6" s="21"/>
       <c r="AB6" s="21"/>
       <c r="AC6" s="21"/>
     </row>
     <row r="7" spans="1:35" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="25"/>
-      <c r="B7" s="81"/>
-      <c r="C7" s="89" t="s">
+      <c r="B7" s="105"/>
+      <c r="C7" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="D7" s="89" t="s">
+      <c r="D7" s="84" t="s">
         <v>12</v>
       </c>
-      <c r="E7" s="89" t="s">
+      <c r="E7" s="84" t="s">
         <v>13</v>
       </c>
-      <c r="F7" s="98" t="s">
+      <c r="F7" s="115" t="s">
         <v>14</v>
       </c>
-      <c r="G7" s="84"/>
+      <c r="G7" s="91"/>
       <c r="H7" s="26"/>
       <c r="I7" s="25"/>
-      <c r="J7" s="87"/>
-      <c r="K7" s="92" t="s">
+      <c r="J7" s="108"/>
+      <c r="K7" s="111" t="s">
         <v>16</v>
       </c>
-      <c r="L7" s="89" t="s">
+      <c r="L7" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="M7" s="96" t="s">
+      <c r="M7" s="113" t="s">
         <v>33</v>
       </c>
-      <c r="N7" s="111" t="s">
+      <c r="N7" s="86" t="s">
         <v>36</v>
       </c>
-      <c r="O7" s="119" t="s">
+      <c r="O7" s="101" t="s">
         <v>18</v>
       </c>
-      <c r="P7" s="84"/>
+      <c r="P7" s="91"/>
       <c r="Q7" s="27"/>
       <c r="R7" s="25"/>
-      <c r="S7" s="81"/>
-      <c r="T7" s="113" t="s">
+      <c r="S7" s="105"/>
+      <c r="T7" s="88" t="s">
         <v>17</v>
       </c>
-      <c r="U7" s="111" t="s">
+      <c r="U7" s="86" t="s">
         <v>33</v>
       </c>
-      <c r="V7" s="111" t="s">
+      <c r="V7" s="86" t="s">
         <v>36</v>
       </c>
-      <c r="W7" s="115" t="s">
+      <c r="W7" s="93" t="s">
         <v>31</v>
       </c>
-      <c r="X7" s="84"/>
+      <c r="X7" s="91"/>
       <c r="Y7" s="25"/>
       <c r="Z7" s="25"/>
       <c r="AA7" s="26"/>
       <c r="AB7" s="26"/>
       <c r="AC7" s="26"/>
       <c r="AD7" s="26"/>
       <c r="AE7" s="26"/>
       <c r="AF7" s="26"/>
       <c r="AG7" s="28"/>
     </row>
     <row r="8" spans="1:35" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="29"/>
-      <c r="B8" s="82"/>
-[...1 lines deleted...]
-      <c r="D8" s="91" t="s">
+      <c r="B8" s="106"/>
+      <c r="C8" s="85"/>
+      <c r="D8" s="110" t="s">
         <v>1</v>
       </c>
-      <c r="E8" s="91" t="s">
+      <c r="E8" s="110" t="s">
         <v>2</v>
       </c>
-      <c r="F8" s="99" t="s">
+      <c r="F8" s="116" t="s">
         <v>28</v>
       </c>
-      <c r="G8" s="85"/>
+      <c r="G8" s="92"/>
       <c r="H8" s="26"/>
       <c r="I8" s="30"/>
-      <c r="J8" s="88"/>
-[...5 lines deleted...]
-      <c r="P8" s="85"/>
+      <c r="J8" s="109"/>
+      <c r="K8" s="112"/>
+      <c r="L8" s="85"/>
+      <c r="M8" s="114"/>
+      <c r="N8" s="85"/>
+      <c r="O8" s="102"/>
+      <c r="P8" s="92"/>
       <c r="Q8" s="31"/>
       <c r="R8" s="30"/>
-      <c r="S8" s="82"/>
-[...4 lines deleted...]
-      <c r="X8" s="85"/>
+      <c r="S8" s="106"/>
+      <c r="T8" s="89"/>
+      <c r="U8" s="87"/>
+      <c r="V8" s="89"/>
+      <c r="W8" s="94"/>
+      <c r="X8" s="92"/>
       <c r="Y8" s="29"/>
       <c r="Z8" s="29"/>
       <c r="AA8" s="26"/>
       <c r="AB8" s="26"/>
       <c r="AC8" s="26"/>
       <c r="AD8" s="32"/>
       <c r="AE8" s="26"/>
       <c r="AF8" s="32"/>
       <c r="AG8" s="28"/>
       <c r="AI8" s="32"/>
     </row>
     <row r="9" spans="1:35" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="34"/>
       <c r="B9" s="73" t="s">
         <v>84</v>
       </c>
       <c r="C9" s="74">
         <v>209530</v>
       </c>
       <c r="D9" s="74">
         <v>15378</v>
       </c>
       <c r="E9" s="74">
         <v>8246</v>
       </c>
@@ -6567,1026 +6570,1026 @@
       <c r="V22" s="77">
         <v>1.59</v>
       </c>
       <c r="W22" s="78">
         <v>3.69</v>
       </c>
       <c r="X22" s="72" t="s">
         <v>70</v>
       </c>
       <c r="Y22" s="34"/>
       <c r="Z22" s="34"/>
       <c r="AA22" s="37"/>
       <c r="AB22" s="37"/>
       <c r="AC22" s="37"/>
       <c r="AD22" s="34"/>
       <c r="AE22" s="37"/>
       <c r="AF22" s="38"/>
       <c r="AG22" s="34"/>
     </row>
     <row r="23" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="34"/>
       <c r="B23" s="58" t="s">
         <v>98</v>
       </c>
       <c r="C23" s="59">
-        <v>400956</v>
+        <v>410037</v>
       </c>
       <c r="D23" s="59">
-        <v>13240</v>
+        <v>13736</v>
       </c>
       <c r="E23" s="59">
-        <v>8844</v>
+        <v>9259</v>
       </c>
       <c r="F23" s="60">
-        <v>378872</v>
+        <v>387042</v>
       </c>
       <c r="G23" s="71" t="s">
         <v>71</v>
       </c>
       <c r="H23" s="35"/>
       <c r="I23" s="34"/>
       <c r="J23" s="58" t="s">
         <v>98</v>
       </c>
       <c r="K23" s="59">
-        <v>400956</v>
+        <v>410037</v>
       </c>
       <c r="L23" s="59">
-        <v>367910</v>
+        <v>375098</v>
       </c>
       <c r="M23" s="59">
-        <v>11995</v>
+        <v>13539</v>
       </c>
       <c r="N23" s="59">
-        <v>6362</v>
+        <v>6467</v>
       </c>
       <c r="O23" s="60">
-        <v>14690</v>
+        <v>14934</v>
       </c>
       <c r="P23" s="71" t="s">
         <v>71</v>
       </c>
       <c r="Q23" s="36"/>
       <c r="R23" s="34"/>
       <c r="S23" s="58" t="s">
         <v>98</v>
       </c>
       <c r="T23" s="61">
-        <v>91.76</v>
+        <v>91.48</v>
       </c>
       <c r="U23" s="49">
-        <v>2.99</v>
+        <v>3.3</v>
       </c>
       <c r="V23" s="49">
-        <v>1.59</v>
+        <v>1.58</v>
       </c>
       <c r="W23" s="50">
-        <v>3.66</v>
+        <v>3.64</v>
       </c>
       <c r="X23" s="71" t="s">
         <v>71</v>
       </c>
       <c r="Y23" s="34"/>
       <c r="Z23" s="34"/>
       <c r="AA23" s="37"/>
       <c r="AB23" s="37"/>
       <c r="AC23" s="37"/>
       <c r="AD23" s="34"/>
       <c r="AE23" s="37"/>
       <c r="AF23" s="38"/>
       <c r="AG23" s="34"/>
     </row>
     <row r="24" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="34"/>
       <c r="B24" s="58" t="s">
         <v>99</v>
       </c>
       <c r="C24" s="59">
-        <v>404904</v>
+        <v>411439</v>
       </c>
       <c r="D24" s="59">
-        <v>13041</v>
+        <v>13719</v>
       </c>
       <c r="E24" s="59">
-        <v>9178</v>
+        <v>9386</v>
       </c>
       <c r="F24" s="60">
-        <v>382685</v>
+        <v>388334</v>
       </c>
       <c r="G24" s="71" t="s">
         <v>72</v>
       </c>
       <c r="H24" s="35"/>
       <c r="I24" s="34"/>
       <c r="J24" s="58" t="s">
         <v>99</v>
       </c>
       <c r="K24" s="59">
-        <v>404904</v>
+        <v>411439</v>
       </c>
       <c r="L24" s="59">
-        <v>371294</v>
+        <v>377524</v>
       </c>
       <c r="M24" s="59">
-        <v>12420</v>
+        <v>12325</v>
       </c>
       <c r="N24" s="59">
-        <v>6420</v>
+        <v>6524</v>
       </c>
       <c r="O24" s="60">
-        <v>14770</v>
+        <v>15065</v>
       </c>
       <c r="P24" s="71" t="s">
         <v>72</v>
       </c>
       <c r="Q24" s="36"/>
       <c r="R24" s="34"/>
       <c r="S24" s="58" t="s">
         <v>99</v>
       </c>
       <c r="T24" s="61">
-        <v>91.7</v>
+        <v>91.76</v>
       </c>
       <c r="U24" s="49">
-        <v>3.07</v>
+        <v>3</v>
       </c>
       <c r="V24" s="49">
         <v>1.59</v>
       </c>
       <c r="W24" s="50">
-        <v>3.65</v>
+        <v>3.66</v>
       </c>
       <c r="X24" s="71" t="s">
         <v>72</v>
       </c>
       <c r="Y24" s="34"/>
       <c r="Z24" s="34"/>
       <c r="AA24" s="37"/>
       <c r="AB24" s="37"/>
       <c r="AC24" s="37"/>
       <c r="AD24" s="34"/>
       <c r="AE24" s="37"/>
       <c r="AF24" s="38"/>
       <c r="AG24" s="34"/>
     </row>
     <row r="25" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="34"/>
       <c r="B25" s="58" t="s">
         <v>100</v>
       </c>
       <c r="C25" s="59">
-        <v>410037</v>
+        <v>412925</v>
       </c>
       <c r="D25" s="59">
-        <v>13736</v>
+        <v>13548</v>
       </c>
       <c r="E25" s="59">
-        <v>9259</v>
+        <v>9437</v>
       </c>
       <c r="F25" s="60">
-        <v>387042</v>
+        <v>389940</v>
       </c>
       <c r="G25" s="71" t="s">
         <v>73</v>
       </c>
       <c r="H25" s="35"/>
       <c r="I25" s="34"/>
       <c r="J25" s="58" t="s">
         <v>100</v>
       </c>
       <c r="K25" s="59">
-        <v>410037</v>
+        <v>412925</v>
       </c>
       <c r="L25" s="59">
-        <v>375098</v>
+        <v>378347</v>
       </c>
       <c r="M25" s="59">
-        <v>13539</v>
+        <v>12768</v>
       </c>
       <c r="N25" s="59">
-        <v>6467</v>
+        <v>6574</v>
       </c>
       <c r="O25" s="60">
-        <v>14934</v>
+        <v>15236</v>
       </c>
       <c r="P25" s="71" t="s">
         <v>73</v>
       </c>
       <c r="Q25" s="36"/>
       <c r="R25" s="34"/>
       <c r="S25" s="58" t="s">
         <v>100</v>
       </c>
       <c r="T25" s="61">
-        <v>91.48</v>
+        <v>91.63</v>
       </c>
       <c r="U25" s="49">
-        <v>3.3</v>
+        <v>3.09</v>
       </c>
       <c r="V25" s="49">
-        <v>1.58</v>
+        <v>1.59</v>
       </c>
       <c r="W25" s="50">
-        <v>3.64</v>
+        <v>3.69</v>
       </c>
       <c r="X25" s="71" t="s">
         <v>73</v>
       </c>
       <c r="Y25" s="34"/>
       <c r="Z25" s="34"/>
       <c r="AA25" s="37"/>
       <c r="AB25" s="37"/>
       <c r="AC25" s="37"/>
       <c r="AD25" s="34"/>
       <c r="AE25" s="37"/>
       <c r="AF25" s="38"/>
       <c r="AG25" s="34"/>
     </row>
     <row r="26" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="34"/>
       <c r="B26" s="58" t="s">
         <v>101</v>
       </c>
       <c r="C26" s="59">
-        <v>411439</v>
+        <v>415645</v>
       </c>
       <c r="D26" s="59">
-        <v>13719</v>
+        <v>13184</v>
       </c>
       <c r="E26" s="59">
-        <v>9386</v>
+        <v>10030</v>
       </c>
       <c r="F26" s="60">
-        <v>388334</v>
+        <v>392431</v>
       </c>
       <c r="G26" s="71" t="s">
         <v>74</v>
       </c>
       <c r="H26" s="35"/>
       <c r="I26" s="34"/>
       <c r="J26" s="58" t="s">
         <v>101</v>
       </c>
       <c r="K26" s="59">
-        <v>411439</v>
+        <v>415645</v>
       </c>
       <c r="L26" s="59">
-        <v>377524</v>
+        <v>380572</v>
       </c>
       <c r="M26" s="59">
-        <v>12325</v>
+        <v>13128</v>
       </c>
       <c r="N26" s="59">
-        <v>6524</v>
+        <v>6614</v>
       </c>
       <c r="O26" s="60">
-        <v>15065</v>
+        <v>15331</v>
       </c>
       <c r="P26" s="71" t="s">
         <v>74</v>
       </c>
       <c r="Q26" s="36"/>
       <c r="R26" s="34"/>
       <c r="S26" s="58" t="s">
         <v>101</v>
       </c>
       <c r="T26" s="61">
-        <v>91.76</v>
+        <v>91.56</v>
       </c>
       <c r="U26" s="49">
-        <v>3</v>
+        <v>3.16</v>
       </c>
       <c r="V26" s="49">
         <v>1.59</v>
       </c>
       <c r="W26" s="50">
-        <v>3.66</v>
+        <v>3.69</v>
       </c>
       <c r="X26" s="71" t="s">
         <v>74</v>
       </c>
       <c r="Y26" s="34"/>
       <c r="Z26" s="34"/>
       <c r="AA26" s="37"/>
       <c r="AB26" s="37"/>
       <c r="AC26" s="37"/>
       <c r="AD26" s="34"/>
       <c r="AE26" s="37"/>
       <c r="AF26" s="38"/>
       <c r="AG26" s="34"/>
     </row>
     <row r="27" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="34"/>
-      <c r="B27" s="58" t="s">
+      <c r="B27" s="73" t="s">
         <v>102</v>
       </c>
-      <c r="C27" s="59">
-[...11 lines deleted...]
-      <c r="G27" s="71" t="s">
+      <c r="C27" s="59"/>
+      <c r="D27" s="59"/>
+      <c r="E27" s="59"/>
+      <c r="F27" s="60"/>
+      <c r="G27" s="72" t="s">
         <v>75</v>
       </c>
       <c r="H27" s="35"/>
       <c r="I27" s="34"/>
-      <c r="J27" s="58" t="s">
+      <c r="J27" s="73" t="s">
         <v>102</v>
       </c>
-      <c r="K27" s="59">
-[...14 lines deleted...]
-      <c r="P27" s="71" t="s">
+      <c r="K27" s="59"/>
+      <c r="L27" s="59"/>
+      <c r="M27" s="59"/>
+      <c r="N27" s="59"/>
+      <c r="O27" s="60"/>
+      <c r="P27" s="72" t="s">
         <v>75</v>
       </c>
       <c r="Q27" s="36"/>
       <c r="R27" s="34"/>
-      <c r="S27" s="58" t="s">
+      <c r="S27" s="73" t="s">
         <v>102</v>
       </c>
-      <c r="T27" s="61">
-[...11 lines deleted...]
-      <c r="X27" s="71" t="s">
+      <c r="T27" s="61"/>
+      <c r="U27" s="49"/>
+      <c r="V27" s="49"/>
+      <c r="W27" s="50"/>
+      <c r="X27" s="72" t="s">
         <v>75</v>
       </c>
       <c r="Y27" s="34"/>
       <c r="Z27" s="34"/>
       <c r="AA27" s="37"/>
       <c r="AB27" s="37"/>
       <c r="AC27" s="37"/>
       <c r="AD27" s="34"/>
       <c r="AE27" s="37"/>
       <c r="AF27" s="38"/>
       <c r="AG27" s="34"/>
     </row>
     <row r="28" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="34"/>
       <c r="B28" s="58" t="s">
         <v>103</v>
       </c>
       <c r="C28" s="59">
-        <v>415645</v>
+        <v>418864</v>
       </c>
       <c r="D28" s="59">
-        <v>13184</v>
+        <v>14249</v>
       </c>
       <c r="E28" s="59">
-        <v>10030</v>
+        <v>10064</v>
       </c>
       <c r="F28" s="60">
-        <v>392431</v>
+        <v>394551</v>
       </c>
       <c r="G28" s="71" t="s">
         <v>76</v>
       </c>
       <c r="H28" s="35"/>
       <c r="I28" s="34"/>
       <c r="J28" s="58" t="s">
         <v>103</v>
       </c>
       <c r="K28" s="59">
-        <v>415645</v>
+        <v>418864</v>
       </c>
       <c r="L28" s="59">
-        <v>380572</v>
+        <v>384226</v>
       </c>
       <c r="M28" s="59">
-        <v>13128</v>
+        <v>12625</v>
       </c>
       <c r="N28" s="59">
-        <v>6614</v>
+        <v>6646</v>
       </c>
       <c r="O28" s="60">
-        <v>15331</v>
+        <v>15367</v>
       </c>
       <c r="P28" s="71" t="s">
         <v>76</v>
       </c>
       <c r="Q28" s="36"/>
       <c r="R28" s="34"/>
       <c r="S28" s="58" t="s">
         <v>103</v>
       </c>
       <c r="T28" s="61">
-        <v>91.56</v>
+        <v>91.73</v>
       </c>
       <c r="U28" s="49">
-        <v>3.16</v>
+        <v>3.01</v>
       </c>
       <c r="V28" s="49">
         <v>1.59</v>
       </c>
       <c r="W28" s="50">
-        <v>3.69</v>
+        <v>3.67</v>
       </c>
       <c r="X28" s="71" t="s">
         <v>76</v>
       </c>
       <c r="Y28" s="34"/>
       <c r="Z28" s="34"/>
       <c r="AA28" s="37"/>
       <c r="AB28" s="37"/>
       <c r="AC28" s="37"/>
       <c r="AD28" s="34"/>
       <c r="AE28" s="37"/>
       <c r="AF28" s="38"/>
       <c r="AG28" s="34"/>
     </row>
     <row r="29" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="34"/>
-      <c r="B29" s="73" t="s">
+      <c r="B29" s="58" t="s">
         <v>104</v>
       </c>
-      <c r="C29" s="59"/>
-[...3 lines deleted...]
-      <c r="G29" s="72" t="s">
+      <c r="C29" s="59">
+        <v>419355</v>
+      </c>
+      <c r="D29" s="59">
+        <v>15223</v>
+      </c>
+      <c r="E29" s="59">
+        <v>9842</v>
+      </c>
+      <c r="F29" s="60">
+        <v>394291</v>
+      </c>
+      <c r="G29" s="71" t="s">
         <v>77</v>
       </c>
       <c r="H29" s="35"/>
       <c r="I29" s="34"/>
-      <c r="J29" s="73" t="s">
+      <c r="J29" s="58" t="s">
         <v>104</v>
       </c>
-      <c r="K29" s="59"/>
-[...4 lines deleted...]
-      <c r="P29" s="72" t="s">
+      <c r="K29" s="59">
+        <v>419355</v>
+      </c>
+      <c r="L29" s="59">
+        <v>385267</v>
+      </c>
+      <c r="M29" s="59">
+        <v>12041</v>
+      </c>
+      <c r="N29" s="59">
+        <v>6670</v>
+      </c>
+      <c r="O29" s="60">
+        <v>15377</v>
+      </c>
+      <c r="P29" s="71" t="s">
         <v>77</v>
       </c>
       <c r="Q29" s="36"/>
       <c r="R29" s="34"/>
-      <c r="S29" s="73" t="s">
+      <c r="S29" s="58" t="s">
         <v>104</v>
       </c>
-      <c r="T29" s="61"/>
-[...3 lines deleted...]
-      <c r="X29" s="72" t="s">
+      <c r="T29" s="61">
+        <v>91.87</v>
+      </c>
+      <c r="U29" s="49">
+        <v>2.87</v>
+      </c>
+      <c r="V29" s="49">
+        <v>1.59</v>
+      </c>
+      <c r="W29" s="50">
+        <v>3.67</v>
+      </c>
+      <c r="X29" s="71" t="s">
         <v>77</v>
       </c>
       <c r="Y29" s="34"/>
       <c r="Z29" s="34"/>
       <c r="AA29" s="37"/>
       <c r="AB29" s="37"/>
       <c r="AC29" s="37"/>
       <c r="AD29" s="34"/>
       <c r="AE29" s="37"/>
       <c r="AF29" s="38"/>
       <c r="AG29" s="34"/>
     </row>
     <row r="30" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="34"/>
       <c r="B30" s="58" t="s">
         <v>105</v>
       </c>
       <c r="C30" s="59">
-        <v>418864</v>
+        <v>422760</v>
       </c>
       <c r="D30" s="59">
-        <v>14249</v>
+        <v>16075</v>
       </c>
       <c r="E30" s="59">
-        <v>10064</v>
+        <v>10213</v>
       </c>
       <c r="F30" s="60">
-        <v>394551</v>
+        <v>396472</v>
       </c>
       <c r="G30" s="71" t="s">
         <v>78</v>
       </c>
       <c r="H30" s="35"/>
       <c r="I30" s="34"/>
       <c r="J30" s="58" t="s">
         <v>105</v>
       </c>
       <c r="K30" s="59">
-        <v>418864</v>
+        <v>422760</v>
       </c>
       <c r="L30" s="59">
-        <v>384226</v>
+        <v>388449</v>
       </c>
       <c r="M30" s="59">
-        <v>12625</v>
+        <v>12248</v>
       </c>
       <c r="N30" s="59">
-        <v>6646</v>
+        <v>6667</v>
       </c>
       <c r="O30" s="60">
-        <v>15367</v>
+        <v>15396</v>
       </c>
       <c r="P30" s="71" t="s">
         <v>78</v>
       </c>
       <c r="Q30" s="36"/>
       <c r="R30" s="34"/>
       <c r="S30" s="58" t="s">
         <v>105</v>
       </c>
       <c r="T30" s="61">
-        <v>91.73</v>
+        <v>91.88</v>
       </c>
       <c r="U30" s="49">
-        <v>3.01</v>
+        <v>2.9</v>
       </c>
       <c r="V30" s="49">
-        <v>1.59</v>
+        <v>1.58</v>
       </c>
       <c r="W30" s="50">
-        <v>3.67</v>
+        <v>3.64</v>
       </c>
       <c r="X30" s="71" t="s">
         <v>78</v>
       </c>
       <c r="Y30" s="34"/>
       <c r="Z30" s="34"/>
       <c r="AA30" s="37"/>
       <c r="AB30" s="37"/>
       <c r="AC30" s="37"/>
       <c r="AD30" s="34"/>
       <c r="AE30" s="37"/>
       <c r="AF30" s="38"/>
       <c r="AG30" s="34"/>
     </row>
     <row r="31" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="34"/>
       <c r="B31" s="58" t="s">
         <v>106</v>
       </c>
       <c r="C31" s="59">
-        <v>419355</v>
+        <v>423580</v>
       </c>
       <c r="D31" s="59">
-        <v>15223</v>
+        <v>16101</v>
       </c>
       <c r="E31" s="59">
-        <v>9842</v>
+        <v>9844</v>
       </c>
       <c r="F31" s="60">
-        <v>394291</v>
+        <v>397635</v>
       </c>
       <c r="G31" s="71" t="s">
         <v>79</v>
       </c>
       <c r="H31" s="35"/>
       <c r="I31" s="34"/>
       <c r="J31" s="58" t="s">
         <v>106</v>
       </c>
       <c r="K31" s="59">
-        <v>419355</v>
+        <v>423580</v>
       </c>
       <c r="L31" s="59">
-        <v>385267</v>
+        <v>389311</v>
       </c>
       <c r="M31" s="59">
-        <v>12041</v>
+        <v>12096</v>
       </c>
       <c r="N31" s="59">
-        <v>6670</v>
+        <v>6720</v>
       </c>
       <c r="O31" s="60">
-        <v>15377</v>
+        <v>15452</v>
       </c>
       <c r="P31" s="71" t="s">
         <v>79</v>
       </c>
       <c r="Q31" s="36"/>
       <c r="R31" s="34"/>
       <c r="S31" s="58" t="s">
         <v>106</v>
       </c>
       <c r="T31" s="61">
-        <v>91.87</v>
+        <v>91.91</v>
       </c>
       <c r="U31" s="49">
-        <v>2.87</v>
+        <v>2.86</v>
       </c>
       <c r="V31" s="49">
         <v>1.59</v>
       </c>
       <c r="W31" s="50">
-        <v>3.67</v>
+        <v>3.65</v>
       </c>
       <c r="X31" s="71" t="s">
         <v>79</v>
       </c>
       <c r="Y31" s="34"/>
       <c r="Z31" s="34"/>
       <c r="AA31" s="37"/>
       <c r="AB31" s="37"/>
       <c r="AC31" s="37"/>
       <c r="AD31" s="34"/>
       <c r="AE31" s="37"/>
       <c r="AF31" s="38"/>
       <c r="AG31" s="34"/>
     </row>
     <row r="32" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="34"/>
       <c r="B32" s="58" t="s">
         <v>107</v>
       </c>
       <c r="C32" s="59">
-        <v>422760</v>
+        <v>423217</v>
       </c>
       <c r="D32" s="59">
-        <v>16075</v>
+        <v>15160</v>
       </c>
       <c r="E32" s="59">
-        <v>10213</v>
+        <v>9832</v>
       </c>
       <c r="F32" s="60">
-        <v>396472</v>
+        <v>398226</v>
       </c>
       <c r="G32" s="71" t="s">
         <v>80</v>
       </c>
       <c r="H32" s="35"/>
       <c r="I32" s="34"/>
       <c r="J32" s="58" t="s">
         <v>107</v>
       </c>
       <c r="K32" s="59">
-        <v>422760</v>
+        <v>423217</v>
       </c>
       <c r="L32" s="59">
-        <v>388449</v>
+        <v>388751</v>
       </c>
       <c r="M32" s="59">
-        <v>12248</v>
+        <v>12203</v>
       </c>
       <c r="N32" s="59">
-        <v>6667</v>
+        <v>6753</v>
       </c>
       <c r="O32" s="60">
-        <v>15396</v>
+        <v>15510</v>
       </c>
       <c r="P32" s="71" t="s">
         <v>80</v>
       </c>
       <c r="Q32" s="36"/>
       <c r="R32" s="34"/>
       <c r="S32" s="58" t="s">
         <v>107</v>
       </c>
       <c r="T32" s="61">
-        <v>91.88</v>
+        <v>91.86</v>
       </c>
       <c r="U32" s="49">
-        <v>2.9</v>
+        <v>2.88</v>
       </c>
       <c r="V32" s="49">
-        <v>1.58</v>
+        <v>1.6</v>
       </c>
       <c r="W32" s="50">
-        <v>3.64</v>
+        <v>3.66</v>
       </c>
       <c r="X32" s="71" t="s">
         <v>80</v>
       </c>
       <c r="Y32" s="34"/>
       <c r="Z32" s="34"/>
       <c r="AA32" s="37"/>
       <c r="AB32" s="37"/>
       <c r="AC32" s="37"/>
       <c r="AD32" s="34"/>
       <c r="AE32" s="37"/>
       <c r="AF32" s="38"/>
       <c r="AG32" s="34"/>
     </row>
     <row r="33" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="34"/>
       <c r="B33" s="58" t="s">
         <v>108</v>
       </c>
       <c r="C33" s="59">
-        <v>423580</v>
+        <v>426110</v>
       </c>
       <c r="D33" s="59">
-        <v>16101</v>
+        <v>14644</v>
       </c>
       <c r="E33" s="59">
-        <v>9844</v>
+        <v>10221</v>
       </c>
       <c r="F33" s="60">
-        <v>397635</v>
+        <v>401244</v>
       </c>
       <c r="G33" s="71" t="s">
         <v>81</v>
       </c>
       <c r="H33" s="35"/>
       <c r="I33" s="34"/>
       <c r="J33" s="58" t="s">
         <v>108</v>
       </c>
       <c r="K33" s="59">
-        <v>423580</v>
+        <v>426110</v>
       </c>
       <c r="L33" s="59">
-        <v>389311</v>
+        <v>391153</v>
       </c>
       <c r="M33" s="59">
-        <v>12096</v>
+        <v>12612</v>
       </c>
       <c r="N33" s="59">
-        <v>6720</v>
+        <v>6754</v>
       </c>
       <c r="O33" s="60">
-        <v>15452</v>
+        <v>15592</v>
       </c>
       <c r="P33" s="71" t="s">
         <v>81</v>
       </c>
       <c r="Q33" s="36"/>
       <c r="R33" s="34"/>
       <c r="S33" s="58" t="s">
         <v>108</v>
       </c>
       <c r="T33" s="61">
-        <v>91.91</v>
+        <v>91.8</v>
       </c>
       <c r="U33" s="49">
-        <v>2.86</v>
+        <v>2.96</v>
       </c>
       <c r="V33" s="49">
-        <v>1.59</v>
+        <v>1.58</v>
       </c>
       <c r="W33" s="50">
-        <v>3.65</v>
+        <v>3.66</v>
       </c>
       <c r="X33" s="71" t="s">
         <v>81</v>
       </c>
       <c r="Y33" s="34"/>
       <c r="Z33" s="34"/>
       <c r="AA33" s="37"/>
       <c r="AB33" s="37"/>
       <c r="AC33" s="37"/>
       <c r="AD33" s="34"/>
       <c r="AE33" s="37"/>
       <c r="AF33" s="38"/>
       <c r="AG33" s="34"/>
     </row>
     <row r="34" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="34"/>
       <c r="B34" s="58" t="s">
         <v>109</v>
       </c>
       <c r="C34" s="59">
-        <v>423217</v>
+        <v>430250</v>
       </c>
       <c r="D34" s="59">
-        <v>15160</v>
+        <v>13113</v>
       </c>
       <c r="E34" s="59">
-        <v>9832</v>
+        <v>9979</v>
       </c>
       <c r="F34" s="60">
-        <v>398226</v>
+        <v>407158</v>
       </c>
       <c r="G34" s="71" t="s">
         <v>82</v>
       </c>
       <c r="H34" s="35"/>
       <c r="I34" s="34"/>
       <c r="J34" s="58" t="s">
         <v>109</v>
       </c>
       <c r="K34" s="59">
-        <v>423217</v>
+        <v>430250</v>
       </c>
       <c r="L34" s="59">
-        <v>388751</v>
+        <v>395259</v>
       </c>
       <c r="M34" s="59">
-        <v>12203</v>
+        <v>12594</v>
       </c>
       <c r="N34" s="59">
-        <v>6753</v>
+        <v>6793</v>
       </c>
       <c r="O34" s="60">
-        <v>15510</v>
+        <v>15605</v>
       </c>
       <c r="P34" s="71" t="s">
         <v>82</v>
       </c>
       <c r="Q34" s="36"/>
       <c r="R34" s="34"/>
       <c r="S34" s="58" t="s">
         <v>109</v>
       </c>
       <c r="T34" s="61">
-        <v>91.86</v>
+        <v>91.87</v>
       </c>
       <c r="U34" s="49">
-        <v>2.88</v>
+        <v>2.93</v>
       </c>
       <c r="V34" s="49">
-        <v>1.6</v>
+        <v>1.58</v>
       </c>
       <c r="W34" s="50">
-        <v>3.66</v>
+        <v>3.63</v>
       </c>
       <c r="X34" s="71" t="s">
         <v>82</v>
       </c>
       <c r="Y34" s="34"/>
       <c r="Z34" s="34"/>
       <c r="AA34" s="37"/>
       <c r="AB34" s="37"/>
       <c r="AC34" s="37"/>
       <c r="AD34" s="34"/>
       <c r="AE34" s="37"/>
       <c r="AF34" s="38"/>
       <c r="AG34" s="34"/>
     </row>
     <row r="35" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="34"/>
       <c r="B35" s="58" t="s">
         <v>110</v>
       </c>
       <c r="C35" s="59">
-        <v>426110</v>
+        <v>431980</v>
       </c>
       <c r="D35" s="59">
-        <v>14644</v>
+        <v>13120</v>
       </c>
       <c r="E35" s="59">
-        <v>10221</v>
+        <v>9696</v>
       </c>
       <c r="F35" s="60">
-        <v>401244</v>
+        <v>409164</v>
       </c>
       <c r="G35" s="71" t="s">
         <v>83</v>
       </c>
       <c r="H35" s="35"/>
       <c r="I35" s="34"/>
       <c r="J35" s="58" t="s">
         <v>110</v>
       </c>
       <c r="K35" s="59">
-        <v>426110</v>
+        <v>431980</v>
       </c>
       <c r="L35" s="59">
-        <v>391153</v>
+        <v>397338</v>
       </c>
       <c r="M35" s="59">
-        <v>12612</v>
+        <v>12181</v>
       </c>
       <c r="N35" s="59">
-        <v>6754</v>
+        <v>6836</v>
       </c>
       <c r="O35" s="60">
-        <v>15592</v>
+        <v>15625</v>
       </c>
       <c r="P35" s="71" t="s">
         <v>83</v>
       </c>
       <c r="Q35" s="36"/>
       <c r="R35" s="34"/>
       <c r="S35" s="58" t="s">
         <v>110</v>
       </c>
       <c r="T35" s="61">
-        <v>91.8</v>
+        <v>91.98</v>
       </c>
       <c r="U35" s="49">
-        <v>2.96</v>
+        <v>2.82</v>
       </c>
       <c r="V35" s="49">
         <v>1.58</v>
       </c>
       <c r="W35" s="50">
-        <v>3.66</v>
+        <v>3.62</v>
       </c>
       <c r="X35" s="71" t="s">
         <v>83</v>
       </c>
       <c r="Y35" s="34"/>
       <c r="Z35" s="34"/>
       <c r="AA35" s="37"/>
       <c r="AB35" s="37"/>
       <c r="AC35" s="37"/>
       <c r="AD35" s="34"/>
       <c r="AE35" s="37"/>
       <c r="AF35" s="38"/>
       <c r="AG35" s="34"/>
     </row>
     <row r="36" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="34"/>
       <c r="B36" s="58" t="s">
         <v>98</v>
       </c>
       <c r="C36" s="59">
-        <v>430221</v>
+        <v>435190</v>
       </c>
       <c r="D36" s="59">
-        <v>13113</v>
+        <v>13982</v>
       </c>
       <c r="E36" s="59">
-        <v>9979</v>
+        <v>9452</v>
       </c>
       <c r="F36" s="60">
-        <v>407129</v>
+        <v>411757</v>
       </c>
       <c r="G36" s="71" t="s">
         <v>71</v>
       </c>
       <c r="H36" s="35"/>
       <c r="I36" s="34"/>
       <c r="J36" s="58" t="s">
         <v>98</v>
       </c>
       <c r="K36" s="59">
-        <v>430221</v>
+        <v>435190</v>
       </c>
       <c r="L36" s="59">
-        <v>395259</v>
+        <v>399566</v>
       </c>
       <c r="M36" s="59">
-        <v>12594</v>
+        <v>13155</v>
       </c>
       <c r="N36" s="59">
-        <v>6793</v>
+        <v>6840</v>
       </c>
       <c r="O36" s="60">
-        <v>15576</v>
+        <v>15630</v>
       </c>
       <c r="P36" s="71" t="s">
         <v>71</v>
       </c>
       <c r="Q36" s="36"/>
       <c r="R36" s="34"/>
       <c r="S36" s="58" t="s">
         <v>98</v>
       </c>
       <c r="T36" s="61">
-        <v>91.87</v>
+        <v>91.81</v>
       </c>
       <c r="U36" s="49">
-        <v>2.93</v>
+        <v>3.02</v>
       </c>
       <c r="V36" s="49">
-        <v>1.58</v>
+        <v>1.57</v>
       </c>
       <c r="W36" s="50">
-        <v>3.62</v>
+        <v>3.59</v>
       </c>
       <c r="X36" s="71" t="s">
         <v>71</v>
       </c>
       <c r="Y36" s="34"/>
       <c r="Z36" s="34"/>
       <c r="AA36" s="37"/>
       <c r="AB36" s="37"/>
       <c r="AC36" s="37"/>
       <c r="AD36" s="34"/>
       <c r="AE36" s="37"/>
       <c r="AF36" s="38"/>
       <c r="AG36" s="34"/>
     </row>
     <row r="37" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="40"/>
       <c r="B37" s="65" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="55"/>
       <c r="D37" s="55"/>
       <c r="E37" s="54"/>
       <c r="F37" s="54"/>
       <c r="G37" s="53"/>
       <c r="H37" s="4"/>
@@ -7767,51 +7770,50 @@
         <v>35</v>
       </c>
       <c r="K42" s="3"/>
       <c r="L42" s="3"/>
       <c r="M42" s="3"/>
       <c r="N42" s="3"/>
       <c r="O42" s="3"/>
       <c r="P42" s="3"/>
       <c r="Q42" s="3"/>
       <c r="R42" s="3"/>
       <c r="T42" s="57"/>
       <c r="U42" s="3"/>
       <c r="V42" s="3"/>
       <c r="W42" s="3"/>
       <c r="X42" s="3"/>
       <c r="Y42" s="40"/>
       <c r="Z42" s="40"/>
       <c r="AG42" s="40"/>
     </row>
     <row r="43" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="40"/>
       <c r="B43" s="56" t="s">
         <v>37</v>
       </c>
       <c r="C43" s="57"/>
-      <c r="D43" s="57"/>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="3"/>
       <c r="H43" s="4"/>
       <c r="I43" s="3"/>
       <c r="J43" s="68" t="s">
         <v>43</v>
       </c>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
       <c r="M43" s="3"/>
       <c r="N43" s="3"/>
       <c r="O43" s="3"/>
       <c r="P43" s="3"/>
       <c r="Q43" s="3"/>
       <c r="R43" s="3"/>
       <c r="S43" s="63" t="s">
         <v>37</v>
       </c>
       <c r="T43" s="57"/>
       <c r="U43" s="3"/>
       <c r="V43" s="3"/>
       <c r="W43" s="3"/>
       <c r="X43" s="3"/>
       <c r="Y43" s="40"/>
@@ -7882,129 +7884,129 @@
       <c r="C46" s="40"/>
       <c r="E46" s="41"/>
       <c r="G46" s="40"/>
       <c r="I46" s="40"/>
       <c r="Q46" s="40"/>
       <c r="R46" s="40"/>
       <c r="Y46" s="40"/>
       <c r="Z46" s="40"/>
       <c r="AG46" s="40"/>
     </row>
     <row r="47" spans="1:33" s="39" customFormat="1" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="40"/>
       <c r="B47" s="52"/>
       <c r="C47" s="40"/>
       <c r="E47" s="41"/>
       <c r="G47" s="40"/>
       <c r="I47" s="40"/>
       <c r="Q47" s="40"/>
       <c r="R47" s="40"/>
       <c r="Y47" s="40"/>
       <c r="Z47" s="40"/>
       <c r="AG47" s="40"/>
     </row>
     <row r="48" spans="1:33" s="45" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="44"/>
-      <c r="B48" s="79" t="s">
+      <c r="B48" s="83" t="s">
         <v>15</v>
       </c>
-      <c r="C48" s="79"/>
-[...3 lines deleted...]
-      <c r="G48" s="79"/>
+      <c r="C48" s="83"/>
+      <c r="D48" s="83"/>
+      <c r="E48" s="83"/>
+      <c r="F48" s="83"/>
+      <c r="G48" s="83"/>
       <c r="I48" s="44"/>
-      <c r="J48" s="79" t="s">
+      <c r="J48" s="83" t="s">
         <v>30</v>
       </c>
-      <c r="K48" s="79"/>
-[...4 lines deleted...]
-      <c r="P48" s="79"/>
+      <c r="K48" s="83"/>
+      <c r="L48" s="83"/>
+      <c r="M48" s="83"/>
+      <c r="N48" s="83"/>
+      <c r="O48" s="83"/>
+      <c r="P48" s="83"/>
       <c r="Q48" s="44"/>
       <c r="R48" s="44"/>
-      <c r="S48" s="79" t="s">
+      <c r="S48" s="83" t="s">
         <v>19</v>
       </c>
-      <c r="T48" s="79"/>
-[...3 lines deleted...]
-      <c r="X48" s="79"/>
+      <c r="T48" s="83"/>
+      <c r="U48" s="83"/>
+      <c r="V48" s="83"/>
+      <c r="W48" s="83"/>
+      <c r="X48" s="83"/>
       <c r="Y48" s="44"/>
       <c r="Z48" s="44"/>
       <c r="AA48" s="46"/>
       <c r="AB48" s="46"/>
       <c r="AC48" s="46"/>
       <c r="AD48" s="46"/>
       <c r="AE48" s="46"/>
       <c r="AG48" s="44"/>
     </row>
     <row r="49" spans="5:8" ht="16.5" x14ac:dyDescent="0.25">
       <c r="E49" s="33"/>
       <c r="F49" s="33"/>
       <c r="H49" s="33"/>
     </row>
   </sheetData>
   <mergeCells count="35">
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="U5:U6"/>
+    <mergeCell ref="P5:P8"/>
+    <mergeCell ref="S5:S8"/>
+    <mergeCell ref="B48:G48"/>
+    <mergeCell ref="J48:P48"/>
+    <mergeCell ref="B5:B8"/>
+    <mergeCell ref="G5:G8"/>
+    <mergeCell ref="J5:J8"/>
+    <mergeCell ref="C7:C8"/>
+    <mergeCell ref="D7:D8"/>
+    <mergeCell ref="K7:K8"/>
+    <mergeCell ref="N5:N6"/>
+    <mergeCell ref="M7:M8"/>
+    <mergeCell ref="E7:E8"/>
+    <mergeCell ref="F7:F8"/>
+    <mergeCell ref="C5:C6"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="L5:L6"/>
     <mergeCell ref="S48:X48"/>
     <mergeCell ref="L7:L8"/>
     <mergeCell ref="U7:U8"/>
     <mergeCell ref="T7:T8"/>
     <mergeCell ref="N7:N8"/>
     <mergeCell ref="X5:X8"/>
     <mergeCell ref="V7:V8"/>
     <mergeCell ref="W7:W8"/>
     <mergeCell ref="M5:M6"/>
     <mergeCell ref="V5:V6"/>
     <mergeCell ref="W5:W6"/>
     <mergeCell ref="O7:O8"/>
     <mergeCell ref="O5:O6"/>
     <mergeCell ref="T5:T6"/>
-    <mergeCell ref="U5:U6"/>
-[...17 lines deleted...]
-    <mergeCell ref="F5:F6"/>
   </mergeCells>
   <phoneticPr fontId="39" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.74803149606299213" right="0.59055118110236227" top="0.74803149606299213" bottom="0.39370078740157483" header="0" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" firstPageNumber="7" orientation="portrait" useFirstPageNumber="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C - &amp;P -</oddFooter>
   </headerFooter>
   <colBreaks count="2" manualBreakCount="2">
     <brk id="8" min="2" max="44" man="1"/>
     <brk id="17" min="2" max="44" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>