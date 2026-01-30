--- v1 (2025-12-07)
+++ v2 (2026-01-30)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\10.（約29_30日）金融展望月刊(與金融指標表1到3一起做)【上網】【月刋給外銀】【指標1-3給信票】\央行資料轉檔_金融指標1~3\指標1~3\匯出更名\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\10.（約29_30日）金融展望月刊(與金融指標表1到3一起做)【上網】【月刋給外銀】【指標1-3給信票】\央行資料轉檔_金融指標1~3\指標1~3\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C73F3660-D23F-4EAA-B102-95C07D834861}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BC977397-775F-46AB-B50F-BA74B79EAF40}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="30" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'30'!$A$3:$Y$45</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="111">
   <si>
     <t>總　計</t>
   </si>
   <si>
     <t>機　關</t>
   </si>
   <si>
     <t>事　業</t>
   </si>
   <si>
@@ -766,168 +766,168 @@
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
     <t xml:space="preserve">         Sept.</t>
   </si>
   <si>
     <t xml:space="preserve">         Oct.</t>
   </si>
   <si>
-    <t xml:space="preserve">         Nov.</t>
-[...31 lines deleted...]
-  <si>
     <t>100年</t>
   </si>
   <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t xml:space="preserve">    　11月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    　12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   1月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   2月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   3月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   4月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   5月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   6月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   7月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   8月</t>
+  </si>
+  <si>
     <t xml:space="preserve">   　   9月</t>
   </si>
   <si>
     <t xml:space="preserve">    　10月</t>
-  </si>
-[...31 lines deleted...]
-    <t xml:space="preserve">   　   8月</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="176" formatCode="#\ ###\ ##0"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="178" formatCode="#\ ##0"/>
     <numFmt numFmtId="179" formatCode="###\ ##0"/>
   </numFmts>
   <fonts count="40" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
@@ -2555,171 +2555,171 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="137" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="137" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="137" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="9" fillId="0" borderId="2" xfId="137" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="9" fillId="0" borderId="13" xfId="137" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="9" fillId="0" borderId="0" xfId="137" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="9" fillId="0" borderId="12" xfId="137" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="9" fillId="0" borderId="13" xfId="137" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="176" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="19" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="16" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="20" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="17" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="34" fillId="0" borderId="12" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="22" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" justifyLastLine="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="11" fillId="0" borderId="12" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="19" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="12" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="5" fillId="0" borderId="17" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="176" fontId="5" fillId="0" borderId="21" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="5" fillId="0" borderId="22" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="13" xfId="109" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...50 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="255">
     <cellStyle name="20% - 輔色1" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - 輔色1 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - 輔色1 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - 輔色1 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - 輔色1 3 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - 輔色1 4" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - 輔色2" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - 輔色2 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - 輔色2 2 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - 輔色2 3" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - 輔色2 3 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - 輔色2 4" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - 輔色3" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - 輔色3 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - 輔色3 2 2" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - 輔色3 3" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20% - 輔色3 3 2" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20% - 輔色3 4" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="20% - 輔色4" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="20% - 輔色4 2" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="20% - 輔色4 2 2" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="20% - 輔色4 3" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
@@ -3437,96 +3437,96 @@
           <a:off x="0" y="1"/>
           <a:ext cx="2076450" cy="1557338"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>76200</xdr:colOff>
+      <xdr:colOff>57150</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>594623</xdr:colOff>
+      <xdr:colOff>565802</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>209765</xdr:rowOff>
+      <xdr:rowOff>189296</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="4" name="群組 3">
+        <xdr:cNvPr id="2" name="群組 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0703AE42-955F-F0E7-B136-8E1953947C0A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{524F542B-60BC-46DC-BD92-43F55624615A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="76200" y="7924800"/>
-[...2 lines deleted...]
-          <a:chExt cx="651773" cy="419315"/>
+          <a:off x="57150" y="7924800"/>
+          <a:ext cx="642002" cy="398846"/>
+          <a:chOff x="76200" y="7953375"/>
+          <a:chExt cx="642002" cy="398846"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="2" name="Text Box 7">
+          <xdr:cNvPr id="3" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B09C6231-98D8-4270-8F99-0A0A3894A51F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96C1E580-034B-B531-F6C6-BCE49FD898DA}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="85725" y="7924800"/>
-            <a:ext cx="642248" cy="208230"/>
+            <a:off x="76200" y="7953375"/>
+            <a:ext cx="635847" cy="207695"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -3568,65 +3568,65 @@
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="新細明體"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="3" name="Text Box 7">
+          <xdr:cNvPr id="4" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31EC2213-23B4-464D-B63F-783086B95A08}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{039436B7-1434-EC22-4822-C95270F29ED4}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="76200" y="8134350"/>
-            <a:ext cx="642248" cy="209765"/>
+            <a:off x="76200" y="8143875"/>
+            <a:ext cx="642002" cy="208346"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -3649,119 +3649,105 @@
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="新細明體"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>p</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...12 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
-      <xdr:colOff>1123950</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>209550</xdr:rowOff>
+      <xdr:colOff>1114425</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>585098</xdr:colOff>
+      <xdr:colOff>565802</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>190715</xdr:rowOff>
+      <xdr:rowOff>189296</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="5" name="群組 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECD4F58E-DF0E-4B53-8AB1-6F2093C5298A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22F6390E-B455-4561-A547-367116C26B65}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="5638800" y="7905750"/>
-[...2 lines deleted...]
-          <a:chExt cx="651773" cy="419315"/>
+          <a:off x="5629275" y="7924800"/>
+          <a:ext cx="642002" cy="398846"/>
+          <a:chOff x="76200" y="7953375"/>
+          <a:chExt cx="642002" cy="398846"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="6" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8C6B1F5-DF26-0108-8B5E-FFB0243D46BD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB48277C-244B-6CD9-5FF2-3F5B663244A6}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="85725" y="7924800"/>
-            <a:ext cx="642248" cy="208230"/>
+            <a:off x="76200" y="7953375"/>
+            <a:ext cx="635847" cy="207695"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -3806,62 +3792,62 @@
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="7" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C0E6B5B-992B-10C9-8751-E44B85BDEC20}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4027407-4830-E1B4-81E4-E46B24A2026D}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="76200" y="8134350"/>
-            <a:ext cx="642248" cy="209765"/>
+            <a:off x="76200" y="8143875"/>
+            <a:ext cx="642002" cy="208346"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -3884,119 +3870,105 @@
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="新細明體"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>p</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...12 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>8</xdr:col>
-      <xdr:colOff>95250</xdr:colOff>
+      <xdr:colOff>47625</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>613673</xdr:colOff>
+      <xdr:colOff>556277</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>200240</xdr:rowOff>
+      <xdr:rowOff>198821</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="8" name="群組 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EDCBB93-3F60-4D87-8DEF-04D55C8A0A53}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B212E37A-7179-4A36-896C-F4A8541003D5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="6734175" y="7915275"/>
-[...2 lines deleted...]
-          <a:chExt cx="651773" cy="419315"/>
+          <a:off x="6686550" y="7934325"/>
+          <a:ext cx="642002" cy="398846"/>
+          <a:chOff x="76200" y="7953375"/>
+          <a:chExt cx="642002" cy="398846"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="9" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E63B0B8-4F0E-50C4-4524-CFEDF212917C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD128CBA-FDEA-1897-38D5-A678CE36AD8C}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="85725" y="7924800"/>
-            <a:ext cx="642248" cy="208230"/>
+            <a:off x="76200" y="7953375"/>
+            <a:ext cx="635847" cy="207695"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4041,62 +4013,62 @@
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="10" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61EA4AAA-A3D7-31E0-2F96-BD1B185C185D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCB3A537-7127-DFDD-3A0E-CA6AA5BC4D08}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="76200" y="8134350"/>
-            <a:ext cx="642248" cy="209765"/>
+            <a:off x="76200" y="8143875"/>
+            <a:ext cx="642002" cy="208346"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4119,119 +4091,105 @@
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="新細明體"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>p</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...12 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
-      <xdr:colOff>866775</xdr:colOff>
+      <xdr:colOff>838200</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>9525</xdr:rowOff>
+      <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
-      <xdr:colOff>594623</xdr:colOff>
+      <xdr:colOff>556277</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>209765</xdr:rowOff>
+      <xdr:rowOff>198821</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="11" name="群組 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFE7C3E4-43BD-4947-BFD6-A21C870629CA}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA1A9224-8143-44BA-9101-7DA752AD6B07}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="12277725" y="7924800"/>
-[...2 lines deleted...]
-          <a:chExt cx="651773" cy="419315"/>
+          <a:off x="12249150" y="7934325"/>
+          <a:ext cx="642002" cy="398846"/>
+          <a:chOff x="76200" y="7953375"/>
+          <a:chExt cx="642002" cy="398846"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="12" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16EEAF64-A589-EB9E-425E-23248D650D8A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BC6FB05-D501-96EA-D9C2-47113BC80D24}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="85725" y="7924800"/>
-            <a:ext cx="642248" cy="208230"/>
+            <a:off x="76200" y="7953375"/>
+            <a:ext cx="635847" cy="207695"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4276,62 +4234,62 @@
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="13" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66B4880C-AF20-0095-82A3-E9022A339318}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC0EF214-31FD-5E66-C3D9-B2AAE6A3C899}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="76200" y="8134350"/>
-            <a:ext cx="642248" cy="209765"/>
+            <a:off x="76200" y="8143875"/>
+            <a:ext cx="642002" cy="208346"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4354,119 +4312,105 @@
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="新細明體"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>p</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...12 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>17</xdr:col>
-      <xdr:colOff>104775</xdr:colOff>
+      <xdr:colOff>57150</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
-      <xdr:colOff>623198</xdr:colOff>
+      <xdr:colOff>565802</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>200240</xdr:rowOff>
+      <xdr:rowOff>198821</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="14" name="群組 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0504E68-B3F9-4E4B-9A1D-000331ED695F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3981AC00-1E26-4806-8C2D-4EEEE3C71FBF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="13277850" y="7915275"/>
-[...2 lines deleted...]
-          <a:chExt cx="651773" cy="419315"/>
+          <a:off x="13230225" y="7934325"/>
+          <a:ext cx="642002" cy="398846"/>
+          <a:chOff x="76200" y="7953375"/>
+          <a:chExt cx="642002" cy="398846"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="15" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E6E639C-2A76-4DDD-186D-313BB03F64AE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99F6F816-B7CA-B4E3-F586-22AA5DA0CD26}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="85725" y="7924800"/>
-            <a:ext cx="642248" cy="208230"/>
+            <a:off x="76200" y="7953375"/>
+            <a:ext cx="635847" cy="207695"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4511,62 +4455,62 @@
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="16" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB476D5C-C742-98A8-1B15-964F977D9AE5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CE9F125-0382-3DFF-209A-B5F38ECE15D8}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="76200" y="8134350"/>
-            <a:ext cx="642248" cy="209765"/>
+            <a:off x="76200" y="8143875"/>
+            <a:ext cx="642002" cy="208346"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4589,119 +4533,105 @@
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="新細明體"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>p</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...12 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>22</xdr:col>
-      <xdr:colOff>1133475</xdr:colOff>
+      <xdr:colOff>1123950</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>23</xdr:col>
-      <xdr:colOff>594623</xdr:colOff>
+      <xdr:colOff>575327</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>200240</xdr:rowOff>
+      <xdr:rowOff>189296</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="17" name="群組 16">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D7A79D4-965A-4D61-8C94-140800AEA812}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CD969DA-FD23-474F-B913-547B9D368E4B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="18783300" y="7915275"/>
-[...2 lines deleted...]
-          <a:chExt cx="651773" cy="419315"/>
+          <a:off x="18773775" y="7924800"/>
+          <a:ext cx="642002" cy="398846"/>
+          <a:chOff x="76200" y="7953375"/>
+          <a:chExt cx="642002" cy="398846"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="18" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60DB778F-9776-CDDA-9A86-487DC3183003}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD1CE473-731C-DE5A-0A96-5E527310032B}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="85725" y="7924800"/>
-            <a:ext cx="642248" cy="208230"/>
+            <a:off x="76200" y="7953375"/>
+            <a:ext cx="635847" cy="207695"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4746,62 +4676,62 @@
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="19" name="Text Box 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63C8E1C0-3CF0-A462-046B-5D61C5EC97AA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E6EFEBD-BDEB-9585-ED95-6B8B0B7C70A4}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="76200" y="8134350"/>
-            <a:ext cx="642248" cy="209765"/>
+            <a:off x="76200" y="8143875"/>
+            <a:ext cx="642002" cy="208346"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4824,64 +4754,50 @@
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="新細明體"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>p</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...12 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
@@ -5341,240 +5257,240 @@
       </c>
       <c r="Q4" s="12"/>
       <c r="R4" s="10"/>
       <c r="S4" s="11" t="s">
         <v>56</v>
       </c>
       <c r="T4" s="12"/>
       <c r="U4" s="18"/>
       <c r="V4" s="18"/>
       <c r="W4" s="19"/>
       <c r="X4" s="43" t="s">
         <v>25</v>
       </c>
       <c r="Y4" s="10"/>
       <c r="Z4" s="10"/>
       <c r="AA4" s="6"/>
       <c r="AB4" s="6"/>
       <c r="AC4" s="6"/>
       <c r="AD4" s="6"/>
       <c r="AE4" s="6"/>
       <c r="AF4" s="6"/>
       <c r="AG4" s="10"/>
     </row>
     <row r="5" spans="1:35" s="23" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="20"/>
-      <c r="B5" s="104" t="s">
+      <c r="B5" s="80" t="s">
         <v>27</v>
       </c>
-      <c r="C5" s="117" t="s">
+      <c r="C5" s="100" t="s">
         <v>0</v>
       </c>
-      <c r="D5" s="117" t="s">
+      <c r="D5" s="100" t="s">
         <v>7</v>
       </c>
-      <c r="E5" s="117" t="s">
+      <c r="E5" s="100" t="s">
         <v>8</v>
       </c>
-      <c r="F5" s="119" t="s">
+      <c r="F5" s="102" t="s">
         <v>9</v>
       </c>
-      <c r="G5" s="90" t="s">
+      <c r="G5" s="83" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="21"/>
       <c r="I5" s="20"/>
-      <c r="J5" s="107" t="s">
+      <c r="J5" s="86" t="s">
         <v>26</v>
       </c>
-      <c r="K5" s="79" t="s">
+      <c r="K5" s="108" t="s">
         <v>10</v>
       </c>
-      <c r="L5" s="81" t="s">
+      <c r="L5" s="106" t="s">
         <v>3</v>
       </c>
-      <c r="M5" s="95" t="s">
+      <c r="M5" s="94" t="s">
         <v>32</v>
       </c>
-      <c r="N5" s="95" t="s">
+      <c r="N5" s="94" t="s">
         <v>5</v>
       </c>
-      <c r="O5" s="99" t="s">
+      <c r="O5" s="104" t="s">
         <v>6</v>
       </c>
-      <c r="P5" s="90" t="s">
+      <c r="P5" s="83" t="s">
         <v>11</v>
       </c>
       <c r="Q5" s="22"/>
       <c r="R5" s="20"/>
-      <c r="S5" s="104" t="s">
+      <c r="S5" s="80" t="s">
         <v>27</v>
       </c>
-      <c r="T5" s="81" t="s">
+      <c r="T5" s="106" t="s">
         <v>3</v>
       </c>
-      <c r="U5" s="95" t="s">
+      <c r="U5" s="94" t="s">
         <v>32</v>
       </c>
-      <c r="V5" s="97" t="s">
+      <c r="V5" s="117" t="s">
         <v>5</v>
       </c>
-      <c r="W5" s="99" t="s">
+      <c r="W5" s="104" t="s">
         <v>6</v>
       </c>
-      <c r="X5" s="90" t="s">
+      <c r="X5" s="83" t="s">
         <v>11</v>
       </c>
       <c r="Y5" s="20"/>
       <c r="Z5" s="20"/>
       <c r="AA5" s="21"/>
       <c r="AB5" s="21"/>
       <c r="AC5" s="21"/>
     </row>
     <row r="6" spans="1:35" s="23" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="24"/>
-      <c r="B6" s="105"/>
-[...4 lines deleted...]
-      <c r="G6" s="91"/>
+      <c r="B6" s="81"/>
+      <c r="C6" s="101"/>
+      <c r="D6" s="101"/>
+      <c r="E6" s="101"/>
+      <c r="F6" s="103"/>
+      <c r="G6" s="84"/>
       <c r="H6" s="21"/>
       <c r="I6" s="24"/>
-      <c r="J6" s="108"/>
-[...5 lines deleted...]
-      <c r="P6" s="91"/>
+      <c r="J6" s="87"/>
+      <c r="K6" s="109"/>
+      <c r="L6" s="110"/>
+      <c r="M6" s="95"/>
+      <c r="N6" s="95"/>
+      <c r="O6" s="105"/>
+      <c r="P6" s="84"/>
       <c r="Q6" s="24"/>
       <c r="R6" s="24"/>
-      <c r="S6" s="105"/>
-[...4 lines deleted...]
-      <c r="X6" s="91"/>
+      <c r="S6" s="81"/>
+      <c r="T6" s="107"/>
+      <c r="U6" s="95"/>
+      <c r="V6" s="118"/>
+      <c r="W6" s="105"/>
+      <c r="X6" s="84"/>
       <c r="Y6" s="24"/>
       <c r="Z6" s="24"/>
       <c r="AA6" s="21"/>
       <c r="AB6" s="21"/>
       <c r="AC6" s="21"/>
     </row>
     <row r="7" spans="1:35" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="25"/>
-      <c r="B7" s="105"/>
-      <c r="C7" s="84" t="s">
+      <c r="B7" s="81"/>
+      <c r="C7" s="89" t="s">
         <v>16</v>
       </c>
-      <c r="D7" s="84" t="s">
+      <c r="D7" s="89" t="s">
         <v>12</v>
       </c>
-      <c r="E7" s="84" t="s">
+      <c r="E7" s="89" t="s">
         <v>13</v>
       </c>
-      <c r="F7" s="115" t="s">
+      <c r="F7" s="98" t="s">
         <v>14</v>
       </c>
-      <c r="G7" s="91"/>
+      <c r="G7" s="84"/>
       <c r="H7" s="26"/>
       <c r="I7" s="25"/>
-      <c r="J7" s="108"/>
-      <c r="K7" s="111" t="s">
+      <c r="J7" s="87"/>
+      <c r="K7" s="92" t="s">
         <v>16</v>
       </c>
-      <c r="L7" s="84" t="s">
+      <c r="L7" s="89" t="s">
         <v>17</v>
       </c>
-      <c r="M7" s="113" t="s">
+      <c r="M7" s="96" t="s">
         <v>33</v>
       </c>
-      <c r="N7" s="86" t="s">
+      <c r="N7" s="111" t="s">
         <v>36</v>
       </c>
-      <c r="O7" s="101" t="s">
+      <c r="O7" s="119" t="s">
         <v>18</v>
       </c>
-      <c r="P7" s="91"/>
+      <c r="P7" s="84"/>
       <c r="Q7" s="27"/>
       <c r="R7" s="25"/>
-      <c r="S7" s="105"/>
-      <c r="T7" s="88" t="s">
+      <c r="S7" s="81"/>
+      <c r="T7" s="113" t="s">
         <v>17</v>
       </c>
-      <c r="U7" s="86" t="s">
+      <c r="U7" s="111" t="s">
         <v>33</v>
       </c>
-      <c r="V7" s="86" t="s">
+      <c r="V7" s="111" t="s">
         <v>36</v>
       </c>
-      <c r="W7" s="93" t="s">
+      <c r="W7" s="115" t="s">
         <v>31</v>
       </c>
-      <c r="X7" s="91"/>
+      <c r="X7" s="84"/>
       <c r="Y7" s="25"/>
       <c r="Z7" s="25"/>
       <c r="AA7" s="26"/>
       <c r="AB7" s="26"/>
       <c r="AC7" s="26"/>
       <c r="AD7" s="26"/>
       <c r="AE7" s="26"/>
       <c r="AF7" s="26"/>
       <c r="AG7" s="28"/>
     </row>
     <row r="8" spans="1:35" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="29"/>
-      <c r="B8" s="106"/>
-[...1 lines deleted...]
-      <c r="D8" s="110" t="s">
+      <c r="B8" s="82"/>
+      <c r="C8" s="90"/>
+      <c r="D8" s="91" t="s">
         <v>1</v>
       </c>
-      <c r="E8" s="110" t="s">
+      <c r="E8" s="91" t="s">
         <v>2</v>
       </c>
-      <c r="F8" s="116" t="s">
+      <c r="F8" s="99" t="s">
         <v>28</v>
       </c>
-      <c r="G8" s="92"/>
+      <c r="G8" s="85"/>
       <c r="H8" s="26"/>
       <c r="I8" s="30"/>
-      <c r="J8" s="109"/>
-[...5 lines deleted...]
-      <c r="P8" s="92"/>
+      <c r="J8" s="88"/>
+      <c r="K8" s="93"/>
+      <c r="L8" s="90"/>
+      <c r="M8" s="97"/>
+      <c r="N8" s="90"/>
+      <c r="O8" s="120"/>
+      <c r="P8" s="85"/>
       <c r="Q8" s="31"/>
       <c r="R8" s="30"/>
-      <c r="S8" s="106"/>
-[...4 lines deleted...]
-      <c r="X8" s="92"/>
+      <c r="S8" s="82"/>
+      <c r="T8" s="114"/>
+      <c r="U8" s="112"/>
+      <c r="V8" s="114"/>
+      <c r="W8" s="116"/>
+      <c r="X8" s="85"/>
       <c r="Y8" s="29"/>
       <c r="Z8" s="29"/>
       <c r="AA8" s="26"/>
       <c r="AB8" s="26"/>
       <c r="AC8" s="26"/>
       <c r="AD8" s="32"/>
       <c r="AE8" s="26"/>
       <c r="AF8" s="32"/>
       <c r="AG8" s="28"/>
       <c r="AI8" s="32"/>
     </row>
     <row r="9" spans="1:35" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="34"/>
       <c r="B9" s="73" t="s">
         <v>84</v>
       </c>
       <c r="C9" s="74">
         <v>209530</v>
       </c>
       <c r="D9" s="74">
         <v>15378</v>
       </c>
       <c r="E9" s="74">
         <v>8246</v>
       </c>
@@ -6570,1026 +6486,1026 @@
       <c r="V22" s="77">
         <v>1.59</v>
       </c>
       <c r="W22" s="78">
         <v>3.69</v>
       </c>
       <c r="X22" s="72" t="s">
         <v>70</v>
       </c>
       <c r="Y22" s="34"/>
       <c r="Z22" s="34"/>
       <c r="AA22" s="37"/>
       <c r="AB22" s="37"/>
       <c r="AC22" s="37"/>
       <c r="AD22" s="34"/>
       <c r="AE22" s="37"/>
       <c r="AF22" s="38"/>
       <c r="AG22" s="34"/>
     </row>
     <row r="23" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="34"/>
       <c r="B23" s="58" t="s">
         <v>98</v>
       </c>
       <c r="C23" s="59">
-        <v>410037</v>
+        <v>412925</v>
       </c>
       <c r="D23" s="59">
-        <v>13736</v>
+        <v>13548</v>
       </c>
       <c r="E23" s="59">
-        <v>9259</v>
+        <v>9437</v>
       </c>
       <c r="F23" s="60">
-        <v>387042</v>
+        <v>389940</v>
       </c>
       <c r="G23" s="71" t="s">
         <v>71</v>
       </c>
       <c r="H23" s="35"/>
       <c r="I23" s="34"/>
       <c r="J23" s="58" t="s">
         <v>98</v>
       </c>
       <c r="K23" s="59">
-        <v>410037</v>
+        <v>412925</v>
       </c>
       <c r="L23" s="59">
-        <v>375098</v>
+        <v>378347</v>
       </c>
       <c r="M23" s="59">
-        <v>13539</v>
+        <v>12768</v>
       </c>
       <c r="N23" s="59">
-        <v>6467</v>
+        <v>6574</v>
       </c>
       <c r="O23" s="60">
-        <v>14934</v>
+        <v>15236</v>
       </c>
       <c r="P23" s="71" t="s">
         <v>71</v>
       </c>
       <c r="Q23" s="36"/>
       <c r="R23" s="34"/>
       <c r="S23" s="58" t="s">
         <v>98</v>
       </c>
       <c r="T23" s="61">
-        <v>91.48</v>
+        <v>91.63</v>
       </c>
       <c r="U23" s="49">
-        <v>3.3</v>
+        <v>3.09</v>
       </c>
       <c r="V23" s="49">
-        <v>1.58</v>
+        <v>1.59</v>
       </c>
       <c r="W23" s="50">
-        <v>3.64</v>
+        <v>3.69</v>
       </c>
       <c r="X23" s="71" t="s">
         <v>71</v>
       </c>
       <c r="Y23" s="34"/>
       <c r="Z23" s="34"/>
       <c r="AA23" s="37"/>
       <c r="AB23" s="37"/>
       <c r="AC23" s="37"/>
       <c r="AD23" s="34"/>
       <c r="AE23" s="37"/>
       <c r="AF23" s="38"/>
       <c r="AG23" s="34"/>
     </row>
     <row r="24" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="34"/>
       <c r="B24" s="58" t="s">
         <v>99</v>
       </c>
       <c r="C24" s="59">
-        <v>411439</v>
+        <v>415645</v>
       </c>
       <c r="D24" s="59">
-        <v>13719</v>
+        <v>13184</v>
       </c>
       <c r="E24" s="59">
-        <v>9386</v>
+        <v>10030</v>
       </c>
       <c r="F24" s="60">
-        <v>388334</v>
+        <v>392431</v>
       </c>
       <c r="G24" s="71" t="s">
         <v>72</v>
       </c>
       <c r="H24" s="35"/>
       <c r="I24" s="34"/>
       <c r="J24" s="58" t="s">
         <v>99</v>
       </c>
       <c r="K24" s="59">
-        <v>411439</v>
+        <v>415645</v>
       </c>
       <c r="L24" s="59">
-        <v>377524</v>
+        <v>380572</v>
       </c>
       <c r="M24" s="59">
-        <v>12325</v>
+        <v>13128</v>
       </c>
       <c r="N24" s="59">
-        <v>6524</v>
+        <v>6614</v>
       </c>
       <c r="O24" s="60">
-        <v>15065</v>
+        <v>15331</v>
       </c>
       <c r="P24" s="71" t="s">
         <v>72</v>
       </c>
       <c r="Q24" s="36"/>
       <c r="R24" s="34"/>
       <c r="S24" s="58" t="s">
         <v>99</v>
       </c>
       <c r="T24" s="61">
-        <v>91.76</v>
+        <v>91.56</v>
       </c>
       <c r="U24" s="49">
-        <v>3</v>
+        <v>3.16</v>
       </c>
       <c r="V24" s="49">
         <v>1.59</v>
       </c>
       <c r="W24" s="50">
-        <v>3.66</v>
+        <v>3.69</v>
       </c>
       <c r="X24" s="71" t="s">
         <v>72</v>
       </c>
       <c r="Y24" s="34"/>
       <c r="Z24" s="34"/>
       <c r="AA24" s="37"/>
       <c r="AB24" s="37"/>
       <c r="AC24" s="37"/>
       <c r="AD24" s="34"/>
       <c r="AE24" s="37"/>
       <c r="AF24" s="38"/>
       <c r="AG24" s="34"/>
     </row>
     <row r="25" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="34"/>
-      <c r="B25" s="58" t="s">
+      <c r="B25" s="73" t="s">
         <v>100</v>
       </c>
-      <c r="C25" s="59">
-[...11 lines deleted...]
-      <c r="G25" s="71" t="s">
+      <c r="C25" s="59"/>
+      <c r="D25" s="59"/>
+      <c r="E25" s="59"/>
+      <c r="F25" s="60"/>
+      <c r="G25" s="72" t="s">
         <v>73</v>
       </c>
       <c r="H25" s="35"/>
       <c r="I25" s="34"/>
-      <c r="J25" s="58" t="s">
+      <c r="J25" s="73" t="s">
         <v>100</v>
       </c>
-      <c r="K25" s="59">
-[...14 lines deleted...]
-      <c r="P25" s="71" t="s">
+      <c r="K25" s="59"/>
+      <c r="L25" s="59"/>
+      <c r="M25" s="59"/>
+      <c r="N25" s="59"/>
+      <c r="O25" s="60"/>
+      <c r="P25" s="72" t="s">
         <v>73</v>
       </c>
       <c r="Q25" s="36"/>
       <c r="R25" s="34"/>
-      <c r="S25" s="58" t="s">
+      <c r="S25" s="73" t="s">
         <v>100</v>
       </c>
-      <c r="T25" s="61">
-[...11 lines deleted...]
-      <c r="X25" s="71" t="s">
+      <c r="T25" s="61"/>
+      <c r="U25" s="49"/>
+      <c r="V25" s="49"/>
+      <c r="W25" s="50"/>
+      <c r="X25" s="72" t="s">
         <v>73</v>
       </c>
       <c r="Y25" s="34"/>
       <c r="Z25" s="34"/>
       <c r="AA25" s="37"/>
       <c r="AB25" s="37"/>
       <c r="AC25" s="37"/>
       <c r="AD25" s="34"/>
       <c r="AE25" s="37"/>
       <c r="AF25" s="38"/>
       <c r="AG25" s="34"/>
     </row>
     <row r="26" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="34"/>
       <c r="B26" s="58" t="s">
         <v>101</v>
       </c>
       <c r="C26" s="59">
-        <v>415645</v>
+        <v>418864</v>
       </c>
       <c r="D26" s="59">
-        <v>13184</v>
+        <v>14249</v>
       </c>
       <c r="E26" s="59">
-        <v>10030</v>
+        <v>10064</v>
       </c>
       <c r="F26" s="60">
-        <v>392431</v>
+        <v>394551</v>
       </c>
       <c r="G26" s="71" t="s">
         <v>74</v>
       </c>
       <c r="H26" s="35"/>
       <c r="I26" s="34"/>
       <c r="J26" s="58" t="s">
         <v>101</v>
       </c>
       <c r="K26" s="59">
-        <v>415645</v>
+        <v>418864</v>
       </c>
       <c r="L26" s="59">
-        <v>380572</v>
+        <v>384226</v>
       </c>
       <c r="M26" s="59">
-        <v>13128</v>
+        <v>12625</v>
       </c>
       <c r="N26" s="59">
-        <v>6614</v>
+        <v>6646</v>
       </c>
       <c r="O26" s="60">
-        <v>15331</v>
+        <v>15367</v>
       </c>
       <c r="P26" s="71" t="s">
         <v>74</v>
       </c>
       <c r="Q26" s="36"/>
       <c r="R26" s="34"/>
       <c r="S26" s="58" t="s">
         <v>101</v>
       </c>
       <c r="T26" s="61">
-        <v>91.56</v>
+        <v>91.73</v>
       </c>
       <c r="U26" s="49">
-        <v>3.16</v>
+        <v>3.01</v>
       </c>
       <c r="V26" s="49">
         <v>1.59</v>
       </c>
       <c r="W26" s="50">
-        <v>3.69</v>
+        <v>3.67</v>
       </c>
       <c r="X26" s="71" t="s">
         <v>74</v>
       </c>
       <c r="Y26" s="34"/>
       <c r="Z26" s="34"/>
       <c r="AA26" s="37"/>
       <c r="AB26" s="37"/>
       <c r="AC26" s="37"/>
       <c r="AD26" s="34"/>
       <c r="AE26" s="37"/>
       <c r="AF26" s="38"/>
       <c r="AG26" s="34"/>
     </row>
     <row r="27" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="34"/>
-      <c r="B27" s="73" t="s">
+      <c r="B27" s="58" t="s">
         <v>102</v>
       </c>
-      <c r="C27" s="59"/>
-[...3 lines deleted...]
-      <c r="G27" s="72" t="s">
+      <c r="C27" s="59">
+        <v>419355</v>
+      </c>
+      <c r="D27" s="59">
+        <v>15223</v>
+      </c>
+      <c r="E27" s="59">
+        <v>9842</v>
+      </c>
+      <c r="F27" s="60">
+        <v>394291</v>
+      </c>
+      <c r="G27" s="71" t="s">
         <v>75</v>
       </c>
       <c r="H27" s="35"/>
       <c r="I27" s="34"/>
-      <c r="J27" s="73" t="s">
+      <c r="J27" s="58" t="s">
         <v>102</v>
       </c>
-      <c r="K27" s="59"/>
-[...4 lines deleted...]
-      <c r="P27" s="72" t="s">
+      <c r="K27" s="59">
+        <v>419355</v>
+      </c>
+      <c r="L27" s="59">
+        <v>385267</v>
+      </c>
+      <c r="M27" s="59">
+        <v>12041</v>
+      </c>
+      <c r="N27" s="59">
+        <v>6670</v>
+      </c>
+      <c r="O27" s="60">
+        <v>15377</v>
+      </c>
+      <c r="P27" s="71" t="s">
         <v>75</v>
       </c>
       <c r="Q27" s="36"/>
       <c r="R27" s="34"/>
-      <c r="S27" s="73" t="s">
+      <c r="S27" s="58" t="s">
         <v>102</v>
       </c>
-      <c r="T27" s="61"/>
-[...3 lines deleted...]
-      <c r="X27" s="72" t="s">
+      <c r="T27" s="61">
+        <v>91.87</v>
+      </c>
+      <c r="U27" s="49">
+        <v>2.87</v>
+      </c>
+      <c r="V27" s="49">
+        <v>1.59</v>
+      </c>
+      <c r="W27" s="50">
+        <v>3.67</v>
+      </c>
+      <c r="X27" s="71" t="s">
         <v>75</v>
       </c>
       <c r="Y27" s="34"/>
       <c r="Z27" s="34"/>
       <c r="AA27" s="37"/>
       <c r="AB27" s="37"/>
       <c r="AC27" s="37"/>
       <c r="AD27" s="34"/>
       <c r="AE27" s="37"/>
       <c r="AF27" s="38"/>
       <c r="AG27" s="34"/>
     </row>
     <row r="28" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="34"/>
       <c r="B28" s="58" t="s">
         <v>103</v>
       </c>
       <c r="C28" s="59">
-        <v>418864</v>
+        <v>422760</v>
       </c>
       <c r="D28" s="59">
-        <v>14249</v>
+        <v>16075</v>
       </c>
       <c r="E28" s="59">
-        <v>10064</v>
+        <v>10213</v>
       </c>
       <c r="F28" s="60">
-        <v>394551</v>
+        <v>396472</v>
       </c>
       <c r="G28" s="71" t="s">
         <v>76</v>
       </c>
       <c r="H28" s="35"/>
       <c r="I28" s="34"/>
       <c r="J28" s="58" t="s">
         <v>103</v>
       </c>
       <c r="K28" s="59">
-        <v>418864</v>
+        <v>422760</v>
       </c>
       <c r="L28" s="59">
-        <v>384226</v>
+        <v>388449</v>
       </c>
       <c r="M28" s="59">
-        <v>12625</v>
+        <v>12248</v>
       </c>
       <c r="N28" s="59">
-        <v>6646</v>
+        <v>6667</v>
       </c>
       <c r="O28" s="60">
-        <v>15367</v>
+        <v>15396</v>
       </c>
       <c r="P28" s="71" t="s">
         <v>76</v>
       </c>
       <c r="Q28" s="36"/>
       <c r="R28" s="34"/>
       <c r="S28" s="58" t="s">
         <v>103</v>
       </c>
       <c r="T28" s="61">
-        <v>91.73</v>
+        <v>91.88</v>
       </c>
       <c r="U28" s="49">
-        <v>3.01</v>
+        <v>2.9</v>
       </c>
       <c r="V28" s="49">
-        <v>1.59</v>
+        <v>1.58</v>
       </c>
       <c r="W28" s="50">
-        <v>3.67</v>
+        <v>3.64</v>
       </c>
       <c r="X28" s="71" t="s">
         <v>76</v>
       </c>
       <c r="Y28" s="34"/>
       <c r="Z28" s="34"/>
       <c r="AA28" s="37"/>
       <c r="AB28" s="37"/>
       <c r="AC28" s="37"/>
       <c r="AD28" s="34"/>
       <c r="AE28" s="37"/>
       <c r="AF28" s="38"/>
       <c r="AG28" s="34"/>
     </row>
     <row r="29" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="34"/>
       <c r="B29" s="58" t="s">
         <v>104</v>
       </c>
       <c r="C29" s="59">
-        <v>419355</v>
+        <v>423580</v>
       </c>
       <c r="D29" s="59">
-        <v>15223</v>
+        <v>16101</v>
       </c>
       <c r="E29" s="59">
-        <v>9842</v>
+        <v>9844</v>
       </c>
       <c r="F29" s="60">
-        <v>394291</v>
+        <v>397635</v>
       </c>
       <c r="G29" s="71" t="s">
         <v>77</v>
       </c>
       <c r="H29" s="35"/>
       <c r="I29" s="34"/>
       <c r="J29" s="58" t="s">
         <v>104</v>
       </c>
       <c r="K29" s="59">
-        <v>419355</v>
+        <v>423580</v>
       </c>
       <c r="L29" s="59">
-        <v>385267</v>
+        <v>389311</v>
       </c>
       <c r="M29" s="59">
-        <v>12041</v>
+        <v>12096</v>
       </c>
       <c r="N29" s="59">
-        <v>6670</v>
+        <v>6720</v>
       </c>
       <c r="O29" s="60">
-        <v>15377</v>
+        <v>15452</v>
       </c>
       <c r="P29" s="71" t="s">
         <v>77</v>
       </c>
       <c r="Q29" s="36"/>
       <c r="R29" s="34"/>
       <c r="S29" s="58" t="s">
         <v>104</v>
       </c>
       <c r="T29" s="61">
-        <v>91.87</v>
+        <v>91.91</v>
       </c>
       <c r="U29" s="49">
-        <v>2.87</v>
+        <v>2.86</v>
       </c>
       <c r="V29" s="49">
         <v>1.59</v>
       </c>
       <c r="W29" s="50">
-        <v>3.67</v>
+        <v>3.65</v>
       </c>
       <c r="X29" s="71" t="s">
         <v>77</v>
       </c>
       <c r="Y29" s="34"/>
       <c r="Z29" s="34"/>
       <c r="AA29" s="37"/>
       <c r="AB29" s="37"/>
       <c r="AC29" s="37"/>
       <c r="AD29" s="34"/>
       <c r="AE29" s="37"/>
       <c r="AF29" s="38"/>
       <c r="AG29" s="34"/>
     </row>
     <row r="30" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="34"/>
       <c r="B30" s="58" t="s">
         <v>105</v>
       </c>
       <c r="C30" s="59">
-        <v>422760</v>
+        <v>423217</v>
       </c>
       <c r="D30" s="59">
-        <v>16075</v>
+        <v>15160</v>
       </c>
       <c r="E30" s="59">
-        <v>10213</v>
+        <v>9832</v>
       </c>
       <c r="F30" s="60">
-        <v>396472</v>
+        <v>398226</v>
       </c>
       <c r="G30" s="71" t="s">
         <v>78</v>
       </c>
       <c r="H30" s="35"/>
       <c r="I30" s="34"/>
       <c r="J30" s="58" t="s">
         <v>105</v>
       </c>
       <c r="K30" s="59">
-        <v>422760</v>
+        <v>423217</v>
       </c>
       <c r="L30" s="59">
-        <v>388449</v>
+        <v>388751</v>
       </c>
       <c r="M30" s="59">
-        <v>12248</v>
+        <v>12203</v>
       </c>
       <c r="N30" s="59">
-        <v>6667</v>
+        <v>6753</v>
       </c>
       <c r="O30" s="60">
-        <v>15396</v>
+        <v>15510</v>
       </c>
       <c r="P30" s="71" t="s">
         <v>78</v>
       </c>
       <c r="Q30" s="36"/>
       <c r="R30" s="34"/>
       <c r="S30" s="58" t="s">
         <v>105</v>
       </c>
       <c r="T30" s="61">
-        <v>91.88</v>
+        <v>91.86</v>
       </c>
       <c r="U30" s="49">
-        <v>2.9</v>
+        <v>2.88</v>
       </c>
       <c r="V30" s="49">
-        <v>1.58</v>
+        <v>1.6</v>
       </c>
       <c r="W30" s="50">
-        <v>3.64</v>
+        <v>3.66</v>
       </c>
       <c r="X30" s="71" t="s">
         <v>78</v>
       </c>
       <c r="Y30" s="34"/>
       <c r="Z30" s="34"/>
       <c r="AA30" s="37"/>
       <c r="AB30" s="37"/>
       <c r="AC30" s="37"/>
       <c r="AD30" s="34"/>
       <c r="AE30" s="37"/>
       <c r="AF30" s="38"/>
       <c r="AG30" s="34"/>
     </row>
     <row r="31" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="34"/>
       <c r="B31" s="58" t="s">
         <v>106</v>
       </c>
       <c r="C31" s="59">
-        <v>423580</v>
+        <v>426110</v>
       </c>
       <c r="D31" s="59">
-        <v>16101</v>
+        <v>14644</v>
       </c>
       <c r="E31" s="59">
-        <v>9844</v>
+        <v>10221</v>
       </c>
       <c r="F31" s="60">
-        <v>397635</v>
+        <v>401244</v>
       </c>
       <c r="G31" s="71" t="s">
         <v>79</v>
       </c>
       <c r="H31" s="35"/>
       <c r="I31" s="34"/>
       <c r="J31" s="58" t="s">
         <v>106</v>
       </c>
       <c r="K31" s="59">
-        <v>423580</v>
+        <v>426110</v>
       </c>
       <c r="L31" s="59">
-        <v>389311</v>
+        <v>391153</v>
       </c>
       <c r="M31" s="59">
-        <v>12096</v>
+        <v>12612</v>
       </c>
       <c r="N31" s="59">
-        <v>6720</v>
+        <v>6754</v>
       </c>
       <c r="O31" s="60">
-        <v>15452</v>
+        <v>15592</v>
       </c>
       <c r="P31" s="71" t="s">
         <v>79</v>
       </c>
       <c r="Q31" s="36"/>
       <c r="R31" s="34"/>
       <c r="S31" s="58" t="s">
         <v>106</v>
       </c>
       <c r="T31" s="61">
-        <v>91.91</v>
+        <v>91.8</v>
       </c>
       <c r="U31" s="49">
-        <v>2.86</v>
+        <v>2.96</v>
       </c>
       <c r="V31" s="49">
-        <v>1.59</v>
+        <v>1.58</v>
       </c>
       <c r="W31" s="50">
-        <v>3.65</v>
+        <v>3.66</v>
       </c>
       <c r="X31" s="71" t="s">
         <v>79</v>
       </c>
       <c r="Y31" s="34"/>
       <c r="Z31" s="34"/>
       <c r="AA31" s="37"/>
       <c r="AB31" s="37"/>
       <c r="AC31" s="37"/>
       <c r="AD31" s="34"/>
       <c r="AE31" s="37"/>
       <c r="AF31" s="38"/>
       <c r="AG31" s="34"/>
     </row>
     <row r="32" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="34"/>
       <c r="B32" s="58" t="s">
         <v>107</v>
       </c>
       <c r="C32" s="59">
-        <v>423217</v>
+        <v>430250</v>
       </c>
       <c r="D32" s="59">
-        <v>15160</v>
+        <v>13113</v>
       </c>
       <c r="E32" s="59">
-        <v>9832</v>
+        <v>9979</v>
       </c>
       <c r="F32" s="60">
-        <v>398226</v>
+        <v>407158</v>
       </c>
       <c r="G32" s="71" t="s">
         <v>80</v>
       </c>
       <c r="H32" s="35"/>
       <c r="I32" s="34"/>
       <c r="J32" s="58" t="s">
         <v>107</v>
       </c>
       <c r="K32" s="59">
-        <v>423217</v>
+        <v>430250</v>
       </c>
       <c r="L32" s="59">
-        <v>388751</v>
+        <v>395259</v>
       </c>
       <c r="M32" s="59">
-        <v>12203</v>
+        <v>12594</v>
       </c>
       <c r="N32" s="59">
-        <v>6753</v>
+        <v>6793</v>
       </c>
       <c r="O32" s="60">
-        <v>15510</v>
+        <v>15605</v>
       </c>
       <c r="P32" s="71" t="s">
         <v>80</v>
       </c>
       <c r="Q32" s="36"/>
       <c r="R32" s="34"/>
       <c r="S32" s="58" t="s">
         <v>107</v>
       </c>
       <c r="T32" s="61">
-        <v>91.86</v>
+        <v>91.87</v>
       </c>
       <c r="U32" s="49">
-        <v>2.88</v>
+        <v>2.93</v>
       </c>
       <c r="V32" s="49">
-        <v>1.6</v>
+        <v>1.58</v>
       </c>
       <c r="W32" s="50">
-        <v>3.66</v>
+        <v>3.63</v>
       </c>
       <c r="X32" s="71" t="s">
         <v>80</v>
       </c>
       <c r="Y32" s="34"/>
       <c r="Z32" s="34"/>
       <c r="AA32" s="37"/>
       <c r="AB32" s="37"/>
       <c r="AC32" s="37"/>
       <c r="AD32" s="34"/>
       <c r="AE32" s="37"/>
       <c r="AF32" s="38"/>
       <c r="AG32" s="34"/>
     </row>
     <row r="33" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="34"/>
       <c r="B33" s="58" t="s">
         <v>108</v>
       </c>
       <c r="C33" s="59">
-        <v>426110</v>
+        <v>431980</v>
       </c>
       <c r="D33" s="59">
-        <v>14644</v>
+        <v>13120</v>
       </c>
       <c r="E33" s="59">
-        <v>10221</v>
+        <v>9696</v>
       </c>
       <c r="F33" s="60">
-        <v>401244</v>
+        <v>409164</v>
       </c>
       <c r="G33" s="71" t="s">
         <v>81</v>
       </c>
       <c r="H33" s="35"/>
       <c r="I33" s="34"/>
       <c r="J33" s="58" t="s">
         <v>108</v>
       </c>
       <c r="K33" s="59">
-        <v>426110</v>
+        <v>431980</v>
       </c>
       <c r="L33" s="59">
-        <v>391153</v>
+        <v>397338</v>
       </c>
       <c r="M33" s="59">
-        <v>12612</v>
+        <v>12181</v>
       </c>
       <c r="N33" s="59">
-        <v>6754</v>
+        <v>6836</v>
       </c>
       <c r="O33" s="60">
-        <v>15592</v>
+        <v>15625</v>
       </c>
       <c r="P33" s="71" t="s">
         <v>81</v>
       </c>
       <c r="Q33" s="36"/>
       <c r="R33" s="34"/>
       <c r="S33" s="58" t="s">
         <v>108</v>
       </c>
       <c r="T33" s="61">
-        <v>91.8</v>
+        <v>91.98</v>
       </c>
       <c r="U33" s="49">
-        <v>2.96</v>
+        <v>2.82</v>
       </c>
       <c r="V33" s="49">
         <v>1.58</v>
       </c>
       <c r="W33" s="50">
-        <v>3.66</v>
+        <v>3.62</v>
       </c>
       <c r="X33" s="71" t="s">
         <v>81</v>
       </c>
       <c r="Y33" s="34"/>
       <c r="Z33" s="34"/>
       <c r="AA33" s="37"/>
       <c r="AB33" s="37"/>
       <c r="AC33" s="37"/>
       <c r="AD33" s="34"/>
       <c r="AE33" s="37"/>
       <c r="AF33" s="38"/>
       <c r="AG33" s="34"/>
     </row>
     <row r="34" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="34"/>
       <c r="B34" s="58" t="s">
         <v>109</v>
       </c>
       <c r="C34" s="59">
-        <v>430250</v>
+        <v>435237</v>
       </c>
       <c r="D34" s="59">
-        <v>13113</v>
+        <v>13982</v>
       </c>
       <c r="E34" s="59">
-        <v>9979</v>
+        <v>9452</v>
       </c>
       <c r="F34" s="60">
-        <v>407158</v>
+        <v>411804</v>
       </c>
       <c r="G34" s="71" t="s">
         <v>82</v>
       </c>
       <c r="H34" s="35"/>
       <c r="I34" s="34"/>
       <c r="J34" s="58" t="s">
         <v>109</v>
       </c>
       <c r="K34" s="59">
-        <v>430250</v>
+        <v>435237</v>
       </c>
       <c r="L34" s="59">
-        <v>395259</v>
+        <v>399566</v>
       </c>
       <c r="M34" s="59">
-        <v>12594</v>
+        <v>13155</v>
       </c>
       <c r="N34" s="59">
-        <v>6793</v>
+        <v>6840</v>
       </c>
       <c r="O34" s="60">
-        <v>15605</v>
+        <v>15676</v>
       </c>
       <c r="P34" s="71" t="s">
         <v>82</v>
       </c>
       <c r="Q34" s="36"/>
       <c r="R34" s="34"/>
       <c r="S34" s="58" t="s">
         <v>109</v>
       </c>
       <c r="T34" s="61">
-        <v>91.87</v>
+        <v>91.8</v>
       </c>
       <c r="U34" s="49">
-        <v>2.93</v>
+        <v>3.02</v>
       </c>
       <c r="V34" s="49">
-        <v>1.58</v>
+        <v>1.57</v>
       </c>
       <c r="W34" s="50">
-        <v>3.63</v>
+        <v>3.6</v>
       </c>
       <c r="X34" s="71" t="s">
         <v>82</v>
       </c>
       <c r="Y34" s="34"/>
       <c r="Z34" s="34"/>
       <c r="AA34" s="37"/>
       <c r="AB34" s="37"/>
       <c r="AC34" s="37"/>
       <c r="AD34" s="34"/>
       <c r="AE34" s="37"/>
       <c r="AF34" s="38"/>
       <c r="AG34" s="34"/>
     </row>
     <row r="35" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="34"/>
       <c r="B35" s="58" t="s">
         <v>110</v>
       </c>
       <c r="C35" s="59">
-        <v>431980</v>
+        <v>435448</v>
       </c>
       <c r="D35" s="59">
-        <v>13120</v>
+        <v>13606</v>
       </c>
       <c r="E35" s="59">
-        <v>9696</v>
+        <v>8862</v>
       </c>
       <c r="F35" s="60">
-        <v>409164</v>
+        <v>412980</v>
       </c>
       <c r="G35" s="71" t="s">
         <v>83</v>
       </c>
       <c r="H35" s="35"/>
       <c r="I35" s="34"/>
       <c r="J35" s="58" t="s">
         <v>110</v>
       </c>
       <c r="K35" s="59">
-        <v>431980</v>
+        <v>435448</v>
       </c>
       <c r="L35" s="59">
-        <v>397338</v>
+        <v>400200</v>
       </c>
       <c r="M35" s="59">
-        <v>12181</v>
+        <v>12658</v>
       </c>
       <c r="N35" s="59">
-        <v>6836</v>
+        <v>6857</v>
       </c>
       <c r="O35" s="60">
-        <v>15625</v>
+        <v>15733</v>
       </c>
       <c r="P35" s="71" t="s">
         <v>83</v>
       </c>
       <c r="Q35" s="36"/>
       <c r="R35" s="34"/>
       <c r="S35" s="58" t="s">
         <v>110</v>
       </c>
       <c r="T35" s="61">
-        <v>91.98</v>
+        <v>91.91</v>
       </c>
       <c r="U35" s="49">
-        <v>2.82</v>
+        <v>2.91</v>
       </c>
       <c r="V35" s="49">
-        <v>1.58</v>
+        <v>1.57</v>
       </c>
       <c r="W35" s="50">
-        <v>3.62</v>
+        <v>3.61</v>
       </c>
       <c r="X35" s="71" t="s">
         <v>83</v>
       </c>
       <c r="Y35" s="34"/>
       <c r="Z35" s="34"/>
       <c r="AA35" s="37"/>
       <c r="AB35" s="37"/>
       <c r="AC35" s="37"/>
       <c r="AD35" s="34"/>
       <c r="AE35" s="37"/>
       <c r="AF35" s="38"/>
       <c r="AG35" s="34"/>
     </row>
     <row r="36" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="34"/>
       <c r="B36" s="58" t="s">
         <v>98</v>
       </c>
       <c r="C36" s="59">
-        <v>435190</v>
+        <v>436185</v>
       </c>
       <c r="D36" s="59">
-        <v>13982</v>
+        <v>13445</v>
       </c>
       <c r="E36" s="59">
-        <v>9452</v>
+        <v>8900</v>
       </c>
       <c r="F36" s="60">
-        <v>411757</v>
+        <v>413839</v>
       </c>
       <c r="G36" s="71" t="s">
         <v>71</v>
       </c>
       <c r="H36" s="35"/>
       <c r="I36" s="34"/>
       <c r="J36" s="58" t="s">
         <v>98</v>
       </c>
       <c r="K36" s="59">
-        <v>435190</v>
+        <v>436185</v>
       </c>
       <c r="L36" s="59">
-        <v>399566</v>
+        <v>400860</v>
       </c>
       <c r="M36" s="59">
-        <v>13155</v>
+        <v>12759</v>
       </c>
       <c r="N36" s="59">
-        <v>6840</v>
+        <v>6819</v>
       </c>
       <c r="O36" s="60">
-        <v>15630</v>
+        <v>15747</v>
       </c>
       <c r="P36" s="71" t="s">
         <v>71</v>
       </c>
       <c r="Q36" s="36"/>
       <c r="R36" s="34"/>
       <c r="S36" s="58" t="s">
         <v>98</v>
       </c>
       <c r="T36" s="61">
-        <v>91.81</v>
+        <v>91.9</v>
       </c>
       <c r="U36" s="49">
-        <v>3.02</v>
+        <v>2.93</v>
       </c>
       <c r="V36" s="49">
-        <v>1.57</v>
+        <v>1.56</v>
       </c>
       <c r="W36" s="50">
-        <v>3.59</v>
+        <v>3.61</v>
       </c>
       <c r="X36" s="71" t="s">
         <v>71</v>
       </c>
       <c r="Y36" s="34"/>
       <c r="Z36" s="34"/>
       <c r="AA36" s="37"/>
       <c r="AB36" s="37"/>
       <c r="AC36" s="37"/>
       <c r="AD36" s="34"/>
       <c r="AE36" s="37"/>
       <c r="AF36" s="38"/>
       <c r="AG36" s="34"/>
     </row>
     <row r="37" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="40"/>
       <c r="B37" s="65" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="55"/>
       <c r="D37" s="55"/>
       <c r="E37" s="54"/>
       <c r="F37" s="54"/>
       <c r="G37" s="53"/>
       <c r="H37" s="4"/>
@@ -7770,50 +7686,51 @@
         <v>35</v>
       </c>
       <c r="K42" s="3"/>
       <c r="L42" s="3"/>
       <c r="M42" s="3"/>
       <c r="N42" s="3"/>
       <c r="O42" s="3"/>
       <c r="P42" s="3"/>
       <c r="Q42" s="3"/>
       <c r="R42" s="3"/>
       <c r="T42" s="57"/>
       <c r="U42" s="3"/>
       <c r="V42" s="3"/>
       <c r="W42" s="3"/>
       <c r="X42" s="3"/>
       <c r="Y42" s="40"/>
       <c r="Z42" s="40"/>
       <c r="AG42" s="40"/>
     </row>
     <row r="43" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="40"/>
       <c r="B43" s="56" t="s">
         <v>37</v>
       </c>
       <c r="C43" s="57"/>
+      <c r="D43" s="57"/>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="3"/>
       <c r="H43" s="4"/>
       <c r="I43" s="3"/>
       <c r="J43" s="68" t="s">
         <v>43</v>
       </c>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
       <c r="M43" s="3"/>
       <c r="N43" s="3"/>
       <c r="O43" s="3"/>
       <c r="P43" s="3"/>
       <c r="Q43" s="3"/>
       <c r="R43" s="3"/>
       <c r="S43" s="63" t="s">
         <v>37</v>
       </c>
       <c r="T43" s="57"/>
       <c r="U43" s="3"/>
       <c r="V43" s="3"/>
       <c r="W43" s="3"/>
       <c r="X43" s="3"/>
       <c r="Y43" s="40"/>
@@ -7884,129 +7801,129 @@
       <c r="C46" s="40"/>
       <c r="E46" s="41"/>
       <c r="G46" s="40"/>
       <c r="I46" s="40"/>
       <c r="Q46" s="40"/>
       <c r="R46" s="40"/>
       <c r="Y46" s="40"/>
       <c r="Z46" s="40"/>
       <c r="AG46" s="40"/>
     </row>
     <row r="47" spans="1:33" s="39" customFormat="1" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="40"/>
       <c r="B47" s="52"/>
       <c r="C47" s="40"/>
       <c r="E47" s="41"/>
       <c r="G47" s="40"/>
       <c r="I47" s="40"/>
       <c r="Q47" s="40"/>
       <c r="R47" s="40"/>
       <c r="Y47" s="40"/>
       <c r="Z47" s="40"/>
       <c r="AG47" s="40"/>
     </row>
     <row r="48" spans="1:33" s="45" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="44"/>
-      <c r="B48" s="83" t="s">
+      <c r="B48" s="79" t="s">
         <v>15</v>
       </c>
-      <c r="C48" s="83"/>
-[...3 lines deleted...]
-      <c r="G48" s="83"/>
+      <c r="C48" s="79"/>
+      <c r="D48" s="79"/>
+      <c r="E48" s="79"/>
+      <c r="F48" s="79"/>
+      <c r="G48" s="79"/>
       <c r="I48" s="44"/>
-      <c r="J48" s="83" t="s">
+      <c r="J48" s="79" t="s">
         <v>30</v>
       </c>
-      <c r="K48" s="83"/>
-[...4 lines deleted...]
-      <c r="P48" s="83"/>
+      <c r="K48" s="79"/>
+      <c r="L48" s="79"/>
+      <c r="M48" s="79"/>
+      <c r="N48" s="79"/>
+      <c r="O48" s="79"/>
+      <c r="P48" s="79"/>
       <c r="Q48" s="44"/>
       <c r="R48" s="44"/>
-      <c r="S48" s="83" t="s">
+      <c r="S48" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="T48" s="83"/>
-[...3 lines deleted...]
-      <c r="X48" s="83"/>
+      <c r="T48" s="79"/>
+      <c r="U48" s="79"/>
+      <c r="V48" s="79"/>
+      <c r="W48" s="79"/>
+      <c r="X48" s="79"/>
       <c r="Y48" s="44"/>
       <c r="Z48" s="44"/>
       <c r="AA48" s="46"/>
       <c r="AB48" s="46"/>
       <c r="AC48" s="46"/>
       <c r="AD48" s="46"/>
       <c r="AE48" s="46"/>
       <c r="AG48" s="44"/>
     </row>
     <row r="49" spans="5:8" ht="16.5" x14ac:dyDescent="0.25">
       <c r="E49" s="33"/>
       <c r="F49" s="33"/>
       <c r="H49" s="33"/>
     </row>
   </sheetData>
   <mergeCells count="35">
-    <mergeCell ref="D5:D6"/>
-[...1 lines deleted...]
-    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="K5:K6"/>
+    <mergeCell ref="L5:L6"/>
+    <mergeCell ref="S48:X48"/>
+    <mergeCell ref="L7:L8"/>
+    <mergeCell ref="U7:U8"/>
+    <mergeCell ref="T7:T8"/>
+    <mergeCell ref="N7:N8"/>
+    <mergeCell ref="X5:X8"/>
+    <mergeCell ref="V7:V8"/>
+    <mergeCell ref="W7:W8"/>
+    <mergeCell ref="M5:M6"/>
+    <mergeCell ref="V5:V6"/>
+    <mergeCell ref="W5:W6"/>
+    <mergeCell ref="O7:O8"/>
+    <mergeCell ref="O5:O6"/>
+    <mergeCell ref="T5:T6"/>
     <mergeCell ref="U5:U6"/>
     <mergeCell ref="P5:P8"/>
     <mergeCell ref="S5:S8"/>
     <mergeCell ref="B48:G48"/>
     <mergeCell ref="J48:P48"/>
     <mergeCell ref="B5:B8"/>
     <mergeCell ref="G5:G8"/>
     <mergeCell ref="J5:J8"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="K7:K8"/>
     <mergeCell ref="N5:N6"/>
     <mergeCell ref="M7:M8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="C5:C6"/>
-    <mergeCell ref="K5:K6"/>
-[...14 lines deleted...]
-    <mergeCell ref="T5:T6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
   </mergeCells>
   <phoneticPr fontId="39" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.74803149606299213" right="0.59055118110236227" top="0.74803149606299213" bottom="0.39370078740157483" header="0" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" firstPageNumber="7" orientation="portrait" useFirstPageNumber="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C - &amp;P -</oddFooter>
   </headerFooter>
   <colBreaks count="2" manualBreakCount="2">
     <brk id="8" min="2" max="44" man="1"/>
     <brk id="17" min="2" max="44" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>