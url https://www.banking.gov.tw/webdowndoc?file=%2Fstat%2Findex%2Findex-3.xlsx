--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\10.（約29_30日）金融展望月刊(與金融指標表1到3一起做)【上網】【月刋給外銀】【指標1-3給信票】\央行資料轉檔_金融指標1~3\指標1~3\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BC977397-775F-46AB-B50F-BA74B79EAF40}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{320A051A-8C8B-4B5A-82F1-33C45E076908}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="30" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'30'!$A$3:$Y$45</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="111">
   <si>
     <t>總　計</t>
   </si>
   <si>
     <t>機　關</t>
   </si>
   <si>
     <t>事　業</t>
   </si>
   <si>
@@ -724,210 +724,210 @@
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
       </rPr>
       <t>放款餘額占有率</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <t>(2) by Institution (market share)</t>
   </si>
   <si>
-    <t xml:space="preserve"> 2011</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 2012</t>
   </si>
   <si>
     <t xml:space="preserve"> 2013</t>
   </si>
   <si>
     <t xml:space="preserve"> 2014</t>
   </si>
   <si>
     <t xml:space="preserve"> 2015</t>
   </si>
   <si>
     <t xml:space="preserve"> 2016</t>
   </si>
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
     <t xml:space="preserve">         Nov.</t>
   </si>
   <si>
     <t xml:space="preserve">         Dec.</t>
   </si>
   <si>
-    <t xml:space="preserve"> 2025</t>
-[...32 lines deleted...]
-    <t>100年</t>
+    <t xml:space="preserve"> 2026</t>
   </si>
   <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   1月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   2月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   3月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   4月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   5月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   6月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   7月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   8月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   9月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    　10月</t>
+  </si>
+  <si>
     <t xml:space="preserve">    　11月</t>
   </si>
   <si>
     <t xml:space="preserve">    　12月</t>
   </si>
   <si>
-    <t>114年</t>
-[...29 lines deleted...]
-    <t xml:space="preserve">    　10月</t>
+    <t>115年</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="176" formatCode="#\ ###\ ##0"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="178" formatCode="#\ ##0"/>
     <numFmt numFmtId="179" formatCode="###\ ##0"/>
   </numFmts>
   <fonts count="40" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
@@ -3436,1372 +3436,2032 @@
         <a:xfrm>
           <a:off x="0" y="1"/>
           <a:ext cx="2076450" cy="1557338"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>34</xdr:row>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>142875</xdr:colOff>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>565802</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>189296</xdr:rowOff>
+      <xdr:colOff>772372</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>1320</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="2" name="群組 1">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="2" name="Text Box 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{524F542B-60BC-46DC-BD92-43F55624615A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B42955C2-FEE0-4C5C-84E1-31BD7CAA91D3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="57150" y="7924800"/>
-[...2 lines deleted...]
-          <a:chExt cx="642002" cy="398846"/>
+          <a:off x="276225" y="5076825"/>
+          <a:ext cx="629497" cy="210870"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...20 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
           <a:noFill/>
-          <a:ln>
-[...60 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...89 lines deleted...]
-    </xdr:grpSp>
+            </a:rPr>
+            <a:t>     r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>5</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>9525</xdr:rowOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>123825</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>565802</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>189296</xdr:rowOff>
+      <xdr:colOff>753322</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>10845</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="5" name="群組 4">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="3" name="Text Box 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22F6390E-B455-4561-A547-367116C26B65}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07C47D79-EAA6-4A08-B198-95DE2D845F12}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="5629275" y="7924800"/>
-[...2 lines deleted...]
-          <a:chExt cx="642002" cy="398846"/>
+          <a:off x="5829300" y="5086350"/>
+          <a:ext cx="629497" cy="210870"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...20 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
           <a:noFill/>
-          <a:ln>
-[...60 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...89 lines deleted...]
-    </xdr:grpSp>
+            </a:rPr>
+            <a:t>     r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>8</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>34</xdr:row>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>123825</xdr:colOff>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>9</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>198821</xdr:rowOff>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>38947</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>10845</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="8" name="群組 7">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="4" name="Text Box 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B212E37A-7179-4A36-896C-F4A8541003D5}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62A89491-201F-4AE1-912F-8A4156E86831}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="6686550" y="7934325"/>
-[...2 lines deleted...]
-          <a:chExt cx="642002" cy="398846"/>
+          <a:off x="12458700" y="5086350"/>
+          <a:ext cx="629497" cy="210870"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...20 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
           <a:noFill/>
-          <a:ln>
-[...60 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...89 lines deleted...]
-    </xdr:grpSp>
+            </a:rPr>
+            <a:t>     r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>14</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>123825</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>198821</xdr:rowOff>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>753322</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>1320</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="11" name="群組 10">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="5" name="Text Box 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA1A9224-8143-44BA-9101-7DA752AD6B07}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03397022-3367-4330-B559-974174F64DA3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="12249150" y="7934325"/>
-[...2 lines deleted...]
-          <a:chExt cx="642002" cy="398846"/>
+          <a:off x="18964275" y="5076825"/>
+          <a:ext cx="629497" cy="210870"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...20 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
           <a:noFill/>
-          <a:ln>
-[...60 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...89 lines deleted...]
-    </xdr:grpSp>
+            </a:rPr>
+            <a:t>     r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>17</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>18</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>198821</xdr:rowOff>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>48472</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>20370</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="14" name="群組 13">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="6" name="Text Box 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3981AC00-1E26-4806-8C2D-4EEEE3C71FBF}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9890E8A-D55A-4B3B-8BC5-D6C09C2A1650}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="13230225" y="7934325"/>
-[...2 lines deleted...]
-          <a:chExt cx="642002" cy="398846"/>
+          <a:off x="6905625" y="5095875"/>
+          <a:ext cx="629497" cy="210870"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...20 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
           <a:noFill/>
-          <a:ln>
-[...60 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...89 lines deleted...]
-    </xdr:grpSp>
+            </a:rPr>
+            <a:t>     r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>22</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>9525</xdr:rowOff>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>23</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>189296</xdr:rowOff>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>762847</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>210870</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="17" name="群組 16">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="7" name="Text Box 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CD969DA-FD23-474F-B913-547B9D368E4B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08FF7A68-736D-425E-9C3B-1337FAAD3FEC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="18773775" y="7924800"/>
-[...2 lines deleted...]
-          <a:chExt cx="642002" cy="398846"/>
+          <a:off x="13439775" y="5067300"/>
+          <a:ext cx="629497" cy="210870"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...20 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
           <a:noFill/>
-          <a:ln>
-[...60 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...27 lines deleted...]
-          </a:ln>
+            </a:rPr>
+            <a:t>     r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>553297</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>1320</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="8" name="Text Box 7">
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...14 lines deleted...]
-              </a14:hiddenLine>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0EDFEEF3-E624-4C9A-8910-DA0CDD342F48}"/>
             </a:ext>
           </a:extLst>
-        </xdr:spPr>
-[...41 lines deleted...]
-    </xdr:grpSp>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="57150" y="7705725"/>
+          <a:ext cx="629497" cy="210870"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>66675</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>562822</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>10845</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="9" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80B29F39-E893-451C-874C-DF1AFF7DE28E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6705600" y="7715250"/>
+          <a:ext cx="629497" cy="210870"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>543772</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>1320</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="10" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C9767DA-0C8A-4074-8F22-4D34ABFEAE3C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="13220700" y="7705725"/>
+          <a:ext cx="629497" cy="210870"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1143000</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>581872</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>1320</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="11" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3273C563-C41A-4386-A99C-4D474F8A417E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5657850" y="7705725"/>
+          <a:ext cx="629497" cy="210870"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>866775</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>572347</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>1320</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="12" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03C63ACB-90A2-4916-BF45-517C176526C6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="12277725" y="7705725"/>
+          <a:ext cx="629497" cy="210870"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>66675</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>575327</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>211521</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="13" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C93FF52-6890-4F19-BAD6-787E068DF590}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="66675" y="8134350"/>
+          <a:ext cx="642002" cy="211521"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>p</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1143000</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>200025</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>594377</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>192471</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="14" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A178EB58-33B5-4BD2-AB0C-A1BFA5C072ED}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5657850" y="8115300"/>
+          <a:ext cx="642002" cy="211521"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>p</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>209550</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>584852</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>201996</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="15" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B738D2E-F222-4654-A105-B9939081D33C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6715125" y="8124825"/>
+          <a:ext cx="642002" cy="211521"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>p</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>866775</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>200025</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>584852</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>192471</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="16" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{725874E4-C3BC-41B2-B49E-46D708477817}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="12277725" y="8115300"/>
+          <a:ext cx="642002" cy="211521"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>p</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>200025</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>565802</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>192471</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="17" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13D92C18-57A8-46AD-B474-397C3D2DD5B8}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="13230225" y="8115300"/>
+          <a:ext cx="642002" cy="211521"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>p</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>1114425</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>209550</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>565802</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>201996</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="18" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0393B024-F775-4444-9630-F0D7D6D809A0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="18764250" y="8124825"/>
+          <a:ext cx="642002" cy="211521"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>p</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>1123950</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>562822</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>1320</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="19" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F046D2BB-1E94-4F40-A6BA-35721EBEB526}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="18773775" y="7705725"/>
+          <a:ext cx="629497" cy="210870"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -5464,2048 +6124,2048 @@
       <c r="Q8" s="31"/>
       <c r="R8" s="30"/>
       <c r="S8" s="82"/>
       <c r="T8" s="114"/>
       <c r="U8" s="112"/>
       <c r="V8" s="114"/>
       <c r="W8" s="116"/>
       <c r="X8" s="85"/>
       <c r="Y8" s="29"/>
       <c r="Z8" s="29"/>
       <c r="AA8" s="26"/>
       <c r="AB8" s="26"/>
       <c r="AC8" s="26"/>
       <c r="AD8" s="32"/>
       <c r="AE8" s="26"/>
       <c r="AF8" s="32"/>
       <c r="AG8" s="28"/>
       <c r="AI8" s="32"/>
     </row>
     <row r="9" spans="1:35" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="34"/>
       <c r="B9" s="73" t="s">
         <v>84</v>
       </c>
       <c r="C9" s="74">
-        <v>209530</v>
+        <v>216466</v>
       </c>
       <c r="D9" s="74">
-        <v>15378</v>
+        <v>15986</v>
       </c>
       <c r="E9" s="74">
-        <v>8246</v>
+        <v>6939</v>
       </c>
       <c r="F9" s="75">
-        <v>185907</v>
+        <v>193540</v>
       </c>
       <c r="G9" s="72" t="s">
         <v>57</v>
       </c>
       <c r="H9" s="35"/>
       <c r="I9" s="34"/>
       <c r="J9" s="73" t="s">
         <v>84</v>
       </c>
       <c r="K9" s="74">
-        <v>209530</v>
+        <v>216466</v>
       </c>
       <c r="L9" s="74">
-        <v>192324</v>
+        <v>199445</v>
       </c>
       <c r="M9" s="74">
-        <v>6312</v>
+        <v>5390</v>
       </c>
       <c r="N9" s="74">
-        <v>3402</v>
+        <v>3631</v>
       </c>
       <c r="O9" s="75">
-        <v>7493</v>
+        <v>8000</v>
       </c>
       <c r="P9" s="72" t="s">
         <v>57</v>
       </c>
       <c r="Q9" s="36"/>
       <c r="R9" s="34"/>
       <c r="S9" s="73" t="s">
         <v>84</v>
       </c>
       <c r="T9" s="76">
-        <v>91.79</v>
+        <v>92.14</v>
       </c>
       <c r="U9" s="77">
-        <v>3.01</v>
+        <v>2.4900000000000002</v>
       </c>
       <c r="V9" s="77">
-        <v>1.62</v>
+        <v>1.68</v>
       </c>
       <c r="W9" s="78">
-        <v>3.58</v>
+        <v>3.7</v>
       </c>
       <c r="X9" s="72" t="s">
         <v>57</v>
       </c>
       <c r="Y9" s="34"/>
       <c r="Z9" s="34"/>
       <c r="AA9" s="37"/>
       <c r="AB9" s="37"/>
       <c r="AC9" s="37"/>
       <c r="AD9" s="34"/>
       <c r="AE9" s="37"/>
       <c r="AF9" s="38"/>
       <c r="AG9" s="34"/>
     </row>
     <row r="10" spans="1:35" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="34"/>
       <c r="B10" s="73" t="s">
         <v>85</v>
       </c>
       <c r="C10" s="74">
-        <v>216466</v>
+        <v>223878</v>
       </c>
       <c r="D10" s="74">
-        <v>15986</v>
+        <v>14507</v>
       </c>
       <c r="E10" s="74">
-        <v>6939</v>
+        <v>7044</v>
       </c>
       <c r="F10" s="75">
-        <v>193540</v>
+        <v>202327</v>
       </c>
       <c r="G10" s="72" t="s">
         <v>58</v>
       </c>
       <c r="H10" s="35"/>
       <c r="I10" s="34"/>
       <c r="J10" s="73" t="s">
         <v>85</v>
       </c>
       <c r="K10" s="74">
-        <v>216466</v>
+        <v>223878</v>
       </c>
       <c r="L10" s="74">
-        <v>199445</v>
+        <v>205611</v>
       </c>
       <c r="M10" s="74">
-        <v>5390</v>
+        <v>5580</v>
       </c>
       <c r="N10" s="74">
-        <v>3631</v>
+        <v>3923</v>
       </c>
       <c r="O10" s="75">
-        <v>8000</v>
+        <v>8765</v>
       </c>
       <c r="P10" s="72" t="s">
         <v>58</v>
       </c>
       <c r="Q10" s="36"/>
       <c r="R10" s="34"/>
       <c r="S10" s="73" t="s">
         <v>85</v>
       </c>
       <c r="T10" s="76">
-        <v>92.14</v>
+        <v>91.84</v>
       </c>
       <c r="U10" s="77">
         <v>2.4900000000000002</v>
       </c>
       <c r="V10" s="77">
-        <v>1.68</v>
+        <v>1.75</v>
       </c>
       <c r="W10" s="78">
-        <v>3.7</v>
+        <v>3.91</v>
       </c>
       <c r="X10" s="72" t="s">
         <v>58</v>
       </c>
       <c r="Y10" s="34"/>
       <c r="Z10" s="34"/>
       <c r="AA10" s="37"/>
       <c r="AB10" s="37"/>
       <c r="AC10" s="37"/>
       <c r="AD10" s="34"/>
       <c r="AE10" s="37"/>
       <c r="AF10" s="38"/>
       <c r="AG10" s="34"/>
     </row>
     <row r="11" spans="1:35" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="34"/>
       <c r="B11" s="73" t="s">
         <v>86</v>
       </c>
       <c r="C11" s="74">
-        <v>223878</v>
+        <v>234700</v>
       </c>
       <c r="D11" s="74">
-        <v>14507</v>
+        <v>14399</v>
       </c>
       <c r="E11" s="74">
-        <v>7044</v>
+        <v>6322</v>
       </c>
       <c r="F11" s="75">
-        <v>202327</v>
+        <v>213979</v>
       </c>
       <c r="G11" s="72" t="s">
         <v>59</v>
       </c>
       <c r="H11" s="35"/>
       <c r="I11" s="34"/>
       <c r="J11" s="73" t="s">
         <v>86</v>
       </c>
       <c r="K11" s="74">
-        <v>223878</v>
+        <v>234700</v>
       </c>
       <c r="L11" s="74">
-        <v>205611</v>
+        <v>213873</v>
       </c>
       <c r="M11" s="74">
-        <v>5580</v>
+        <v>7298</v>
       </c>
       <c r="N11" s="74">
-        <v>3923</v>
+        <v>4051</v>
       </c>
       <c r="O11" s="75">
-        <v>8765</v>
+        <v>9479</v>
       </c>
       <c r="P11" s="72" t="s">
         <v>59</v>
       </c>
       <c r="Q11" s="36"/>
       <c r="R11" s="34"/>
       <c r="S11" s="73" t="s">
         <v>86</v>
       </c>
       <c r="T11" s="76">
-        <v>91.84</v>
+        <v>91.13</v>
       </c>
       <c r="U11" s="77">
-        <v>2.4900000000000002</v>
+        <v>3.11</v>
       </c>
       <c r="V11" s="77">
-        <v>1.75</v>
+        <v>1.73</v>
       </c>
       <c r="W11" s="78">
-        <v>3.91</v>
+        <v>4.04</v>
       </c>
       <c r="X11" s="72" t="s">
         <v>59</v>
       </c>
       <c r="Y11" s="34"/>
       <c r="Z11" s="34"/>
       <c r="AA11" s="37"/>
       <c r="AB11" s="37"/>
       <c r="AC11" s="37"/>
       <c r="AD11" s="34"/>
       <c r="AE11" s="37"/>
       <c r="AF11" s="38"/>
       <c r="AG11" s="34"/>
     </row>
     <row r="12" spans="1:35" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="34"/>
       <c r="B12" s="73" t="s">
         <v>87</v>
       </c>
       <c r="C12" s="74">
-        <v>234700</v>
+        <v>242709</v>
       </c>
       <c r="D12" s="74">
-        <v>14399</v>
+        <v>13743</v>
       </c>
       <c r="E12" s="74">
-        <v>6322</v>
+        <v>6107</v>
       </c>
       <c r="F12" s="75">
-        <v>213979</v>
+        <v>222859</v>
       </c>
       <c r="G12" s="72" t="s">
         <v>60</v>
       </c>
       <c r="H12" s="35"/>
       <c r="I12" s="34"/>
       <c r="J12" s="73" t="s">
         <v>87</v>
       </c>
       <c r="K12" s="74">
-        <v>234700</v>
+        <v>242709</v>
       </c>
       <c r="L12" s="74">
-        <v>213873</v>
+        <v>220310</v>
       </c>
       <c r="M12" s="74">
-        <v>7298</v>
+        <v>8076</v>
       </c>
       <c r="N12" s="74">
-        <v>4051</v>
+        <v>4288</v>
       </c>
       <c r="O12" s="75">
-        <v>9479</v>
+        <v>10035</v>
       </c>
       <c r="P12" s="72" t="s">
         <v>60</v>
       </c>
       <c r="Q12" s="36"/>
       <c r="R12" s="34"/>
       <c r="S12" s="73" t="s">
         <v>87</v>
       </c>
       <c r="T12" s="76">
-        <v>91.13</v>
+        <v>90.77</v>
       </c>
       <c r="U12" s="77">
-        <v>3.11</v>
+        <v>3.33</v>
       </c>
       <c r="V12" s="77">
-        <v>1.73</v>
+        <v>1.77</v>
       </c>
       <c r="W12" s="78">
-        <v>4.04</v>
+        <v>4.13</v>
       </c>
       <c r="X12" s="72" t="s">
         <v>60</v>
       </c>
       <c r="Y12" s="34"/>
       <c r="Z12" s="34"/>
       <c r="AA12" s="37"/>
       <c r="AB12" s="37"/>
       <c r="AC12" s="37"/>
       <c r="AD12" s="34"/>
       <c r="AE12" s="37"/>
       <c r="AF12" s="38"/>
       <c r="AG12" s="34"/>
     </row>
     <row r="13" spans="1:35" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="34"/>
       <c r="B13" s="73" t="s">
         <v>88</v>
       </c>
       <c r="C13" s="74">
-        <v>242709</v>
+        <v>251152</v>
       </c>
       <c r="D13" s="74">
-        <v>13743</v>
+        <v>13260</v>
       </c>
       <c r="E13" s="74">
-        <v>6107</v>
+        <v>5152</v>
       </c>
       <c r="F13" s="75">
-        <v>222859</v>
+        <v>232741</v>
       </c>
       <c r="G13" s="72" t="s">
         <v>61</v>
       </c>
       <c r="H13" s="35"/>
       <c r="I13" s="34"/>
       <c r="J13" s="73" t="s">
         <v>88</v>
       </c>
       <c r="K13" s="74">
-        <v>242709</v>
+        <v>251152</v>
       </c>
       <c r="L13" s="74">
-        <v>220310</v>
+        <v>227159</v>
       </c>
       <c r="M13" s="74">
-        <v>8076</v>
+        <v>9314</v>
       </c>
       <c r="N13" s="74">
-        <v>4288</v>
+        <v>4420</v>
       </c>
       <c r="O13" s="75">
-        <v>10035</v>
+        <v>10259</v>
       </c>
       <c r="P13" s="72" t="s">
         <v>61</v>
       </c>
       <c r="Q13" s="36"/>
       <c r="R13" s="34"/>
       <c r="S13" s="73" t="s">
         <v>88</v>
       </c>
       <c r="T13" s="76">
-        <v>90.77</v>
+        <v>90.45</v>
       </c>
       <c r="U13" s="77">
-        <v>3.33</v>
+        <v>3.71</v>
       </c>
       <c r="V13" s="77">
-        <v>1.77</v>
+        <v>1.76</v>
       </c>
       <c r="W13" s="78">
-        <v>4.13</v>
+        <v>4.08</v>
       </c>
       <c r="X13" s="72" t="s">
         <v>61</v>
       </c>
       <c r="Y13" s="34"/>
       <c r="Z13" s="34"/>
       <c r="AA13" s="37"/>
       <c r="AB13" s="37"/>
       <c r="AC13" s="37"/>
       <c r="AD13" s="34"/>
       <c r="AE13" s="37"/>
       <c r="AF13" s="38"/>
       <c r="AG13" s="34"/>
     </row>
     <row r="14" spans="1:35" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="34"/>
       <c r="B14" s="73" t="s">
         <v>89</v>
       </c>
       <c r="C14" s="74">
-        <v>251152</v>
+        <v>262880</v>
       </c>
       <c r="D14" s="74">
-        <v>13260</v>
+        <v>12539</v>
       </c>
       <c r="E14" s="74">
-        <v>5152</v>
+        <v>4991</v>
       </c>
       <c r="F14" s="75">
-        <v>232741</v>
+        <v>245349</v>
       </c>
       <c r="G14" s="72" t="s">
         <v>62</v>
       </c>
       <c r="H14" s="35"/>
       <c r="I14" s="34"/>
       <c r="J14" s="73" t="s">
         <v>89</v>
       </c>
       <c r="K14" s="74">
-        <v>251152</v>
+        <v>262880</v>
       </c>
       <c r="L14" s="74">
-        <v>227159</v>
+        <v>236441</v>
       </c>
       <c r="M14" s="74">
-        <v>9314</v>
+        <v>11242</v>
       </c>
       <c r="N14" s="74">
-        <v>4420</v>
+        <v>4565</v>
       </c>
       <c r="O14" s="75">
-        <v>10259</v>
+        <v>10631</v>
       </c>
       <c r="P14" s="72" t="s">
         <v>62</v>
       </c>
       <c r="Q14" s="36"/>
       <c r="R14" s="34"/>
       <c r="S14" s="73" t="s">
         <v>89</v>
       </c>
       <c r="T14" s="76">
-        <v>90.45</v>
+        <v>89.94</v>
       </c>
       <c r="U14" s="77">
-        <v>3.71</v>
+        <v>4.28</v>
       </c>
       <c r="V14" s="77">
-        <v>1.76</v>
+        <v>1.74</v>
       </c>
       <c r="W14" s="78">
-        <v>4.08</v>
+        <v>4.04</v>
       </c>
       <c r="X14" s="72" t="s">
         <v>62</v>
       </c>
       <c r="Y14" s="34"/>
       <c r="Z14" s="34"/>
       <c r="AA14" s="37"/>
       <c r="AB14" s="37"/>
       <c r="AC14" s="37"/>
       <c r="AD14" s="34"/>
       <c r="AE14" s="37"/>
       <c r="AF14" s="38"/>
       <c r="AG14" s="34"/>
     </row>
     <row r="15" spans="1:35" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="34"/>
       <c r="B15" s="73" t="s">
         <v>90</v>
       </c>
       <c r="C15" s="74">
-        <v>262880</v>
+        <v>276407</v>
       </c>
       <c r="D15" s="74">
-        <v>12539</v>
+        <v>12348</v>
       </c>
       <c r="E15" s="74">
-        <v>4991</v>
+        <v>5544</v>
       </c>
       <c r="F15" s="75">
-        <v>245349</v>
+        <v>258514</v>
       </c>
       <c r="G15" s="72" t="s">
         <v>63</v>
       </c>
       <c r="H15" s="35"/>
       <c r="I15" s="34"/>
       <c r="J15" s="73" t="s">
         <v>90</v>
       </c>
       <c r="K15" s="74">
-        <v>262880</v>
+        <v>276407</v>
       </c>
       <c r="L15" s="74">
-        <v>236441</v>
+        <v>247770</v>
       </c>
       <c r="M15" s="74">
-        <v>11242</v>
+        <v>12659</v>
       </c>
       <c r="N15" s="74">
-        <v>4565</v>
+        <v>4782</v>
       </c>
       <c r="O15" s="75">
-        <v>10631</v>
+        <v>11196</v>
       </c>
       <c r="P15" s="72" t="s">
         <v>63</v>
       </c>
       <c r="Q15" s="36"/>
       <c r="R15" s="34"/>
       <c r="S15" s="73" t="s">
         <v>90</v>
       </c>
       <c r="T15" s="76">
-        <v>89.94</v>
+        <v>89.64</v>
       </c>
       <c r="U15" s="77">
-        <v>4.28</v>
+        <v>4.58</v>
       </c>
       <c r="V15" s="77">
-        <v>1.74</v>
+        <v>1.73</v>
       </c>
       <c r="W15" s="78">
-        <v>4.04</v>
+        <v>4.05</v>
       </c>
       <c r="X15" s="72" t="s">
         <v>63</v>
       </c>
       <c r="Y15" s="34"/>
       <c r="Z15" s="34"/>
       <c r="AA15" s="37"/>
       <c r="AB15" s="37"/>
       <c r="AC15" s="37"/>
       <c r="AD15" s="34"/>
       <c r="AE15" s="37"/>
       <c r="AF15" s="38"/>
       <c r="AG15" s="34"/>
     </row>
     <row r="16" spans="1:35" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="34"/>
       <c r="B16" s="73" t="s">
         <v>91</v>
       </c>
       <c r="C16" s="74">
-        <v>276407</v>
+        <v>290071</v>
       </c>
       <c r="D16" s="74">
-        <v>12348</v>
+        <v>12404</v>
       </c>
       <c r="E16" s="74">
-        <v>5544</v>
+        <v>5390</v>
       </c>
       <c r="F16" s="75">
-        <v>258514</v>
+        <v>272276</v>
       </c>
       <c r="G16" s="72" t="s">
         <v>64</v>
       </c>
       <c r="H16" s="35"/>
       <c r="I16" s="34"/>
       <c r="J16" s="73" t="s">
         <v>91</v>
       </c>
       <c r="K16" s="74">
-        <v>276407</v>
+        <v>290071</v>
       </c>
       <c r="L16" s="74">
-        <v>247770</v>
+        <v>259462</v>
       </c>
       <c r="M16" s="74">
-        <v>12659</v>
+        <v>13927</v>
       </c>
       <c r="N16" s="74">
-        <v>4782</v>
+        <v>5001</v>
       </c>
       <c r="O16" s="75">
-        <v>11196</v>
+        <v>11681</v>
       </c>
       <c r="P16" s="72" t="s">
         <v>64</v>
       </c>
       <c r="Q16" s="36"/>
       <c r="R16" s="34"/>
       <c r="S16" s="73" t="s">
         <v>91</v>
       </c>
       <c r="T16" s="76">
-        <v>89.64</v>
+        <v>89.45</v>
       </c>
       <c r="U16" s="77">
-        <v>4.58</v>
+        <v>4.8</v>
       </c>
       <c r="V16" s="77">
-        <v>1.73</v>
+        <v>1.72</v>
       </c>
       <c r="W16" s="78">
-        <v>4.05</v>
+        <v>4.03</v>
       </c>
       <c r="X16" s="72" t="s">
         <v>64</v>
       </c>
       <c r="Y16" s="34"/>
       <c r="Z16" s="34"/>
       <c r="AA16" s="37"/>
       <c r="AB16" s="37"/>
       <c r="AC16" s="37"/>
       <c r="AD16" s="34"/>
       <c r="AE16" s="37"/>
       <c r="AF16" s="38"/>
       <c r="AG16" s="34"/>
     </row>
     <row r="17" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="34"/>
       <c r="B17" s="73" t="s">
         <v>92</v>
       </c>
       <c r="C17" s="74">
-        <v>290071</v>
+        <v>310363</v>
       </c>
       <c r="D17" s="74">
-        <v>12404</v>
+        <v>13637</v>
       </c>
       <c r="E17" s="74">
-        <v>5390</v>
+        <v>4159</v>
       </c>
       <c r="F17" s="75">
-        <v>272276</v>
+        <v>292567</v>
       </c>
       <c r="G17" s="72" t="s">
         <v>65</v>
       </c>
       <c r="H17" s="35"/>
       <c r="I17" s="34"/>
       <c r="J17" s="73" t="s">
         <v>92</v>
       </c>
       <c r="K17" s="74">
-        <v>290071</v>
+        <v>310363</v>
       </c>
       <c r="L17" s="74">
-        <v>259462</v>
+        <v>280064</v>
       </c>
       <c r="M17" s="74">
-        <v>13927</v>
+        <v>12868</v>
       </c>
       <c r="N17" s="74">
-        <v>5001</v>
+        <v>5266</v>
       </c>
       <c r="O17" s="75">
-        <v>11681</v>
+        <v>12165</v>
       </c>
       <c r="P17" s="72" t="s">
         <v>65</v>
       </c>
       <c r="Q17" s="36"/>
       <c r="R17" s="34"/>
       <c r="S17" s="73" t="s">
         <v>92</v>
       </c>
       <c r="T17" s="76">
-        <v>89.45</v>
+        <v>90.24</v>
       </c>
       <c r="U17" s="77">
-        <v>4.8</v>
+        <v>4.1500000000000004</v>
       </c>
       <c r="V17" s="77">
-        <v>1.72</v>
+        <v>1.7</v>
       </c>
       <c r="W17" s="78">
-        <v>4.03</v>
+        <v>3.92</v>
       </c>
       <c r="X17" s="72" t="s">
         <v>65</v>
       </c>
       <c r="Y17" s="34"/>
       <c r="Z17" s="34"/>
       <c r="AA17" s="37"/>
       <c r="AB17" s="37"/>
       <c r="AC17" s="37"/>
       <c r="AD17" s="34"/>
       <c r="AE17" s="37"/>
       <c r="AF17" s="38"/>
       <c r="AG17" s="34"/>
     </row>
     <row r="18" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="34"/>
       <c r="B18" s="73" t="s">
         <v>93</v>
       </c>
       <c r="C18" s="74">
-        <v>310363</v>
+        <v>334867</v>
       </c>
       <c r="D18" s="74">
-        <v>13637</v>
+        <v>13899</v>
       </c>
       <c r="E18" s="74">
-        <v>4159</v>
+        <v>5282</v>
       </c>
       <c r="F18" s="75">
-        <v>292567</v>
+        <v>315687</v>
       </c>
       <c r="G18" s="72" t="s">
         <v>66</v>
       </c>
       <c r="H18" s="35"/>
       <c r="I18" s="34"/>
       <c r="J18" s="73" t="s">
         <v>93</v>
       </c>
       <c r="K18" s="74">
-        <v>310363</v>
+        <v>334867</v>
       </c>
       <c r="L18" s="74">
-        <v>280064</v>
+        <v>303219</v>
       </c>
       <c r="M18" s="74">
-        <v>12868</v>
+        <v>13372</v>
       </c>
       <c r="N18" s="74">
-        <v>5266</v>
+        <v>5558</v>
       </c>
       <c r="O18" s="75">
-        <v>12165</v>
+        <v>12718</v>
       </c>
       <c r="P18" s="72" t="s">
         <v>66</v>
       </c>
       <c r="Q18" s="36"/>
       <c r="R18" s="34"/>
       <c r="S18" s="73" t="s">
         <v>93</v>
       </c>
       <c r="T18" s="76">
-        <v>90.24</v>
+        <v>90.55</v>
       </c>
       <c r="U18" s="77">
-        <v>4.1500000000000004</v>
+        <v>3.99</v>
       </c>
       <c r="V18" s="77">
-        <v>1.7</v>
+        <v>1.66</v>
       </c>
       <c r="W18" s="78">
-        <v>3.92</v>
+        <v>3.8</v>
       </c>
       <c r="X18" s="72" t="s">
         <v>66</v>
       </c>
       <c r="Y18" s="34"/>
       <c r="Z18" s="34"/>
       <c r="AA18" s="37"/>
       <c r="AB18" s="37"/>
       <c r="AC18" s="37"/>
       <c r="AD18" s="34"/>
       <c r="AE18" s="37"/>
       <c r="AF18" s="38"/>
       <c r="AG18" s="34"/>
     </row>
     <row r="19" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="34"/>
       <c r="B19" s="73" t="s">
         <v>94</v>
       </c>
       <c r="C19" s="74">
-        <v>334867</v>
+        <v>361411</v>
       </c>
       <c r="D19" s="74">
-        <v>13899</v>
+        <v>13673</v>
       </c>
       <c r="E19" s="74">
-        <v>5282</v>
+        <v>9588</v>
       </c>
       <c r="F19" s="75">
-        <v>315687</v>
+        <v>338151</v>
       </c>
       <c r="G19" s="72" t="s">
         <v>67</v>
       </c>
       <c r="H19" s="35"/>
       <c r="I19" s="34"/>
       <c r="J19" s="73" t="s">
         <v>94</v>
       </c>
       <c r="K19" s="74">
-        <v>334867</v>
+        <v>361411</v>
       </c>
       <c r="L19" s="74">
-        <v>303219</v>
+        <v>328164</v>
       </c>
       <c r="M19" s="74">
-        <v>13372</v>
+        <v>14276</v>
       </c>
       <c r="N19" s="74">
-        <v>5558</v>
+        <v>5846</v>
       </c>
       <c r="O19" s="75">
-        <v>12718</v>
+        <v>13126</v>
       </c>
       <c r="P19" s="72" t="s">
         <v>67</v>
       </c>
       <c r="Q19" s="36"/>
       <c r="R19" s="34"/>
       <c r="S19" s="73" t="s">
         <v>94</v>
       </c>
       <c r="T19" s="76">
-        <v>90.55</v>
+        <v>90.8</v>
       </c>
       <c r="U19" s="77">
-        <v>3.99</v>
+        <v>3.95</v>
       </c>
       <c r="V19" s="77">
-        <v>1.66</v>
+        <v>1.62</v>
       </c>
       <c r="W19" s="78">
-        <v>3.8</v>
+        <v>3.63</v>
       </c>
       <c r="X19" s="72" t="s">
         <v>67</v>
       </c>
       <c r="Y19" s="34"/>
       <c r="Z19" s="34"/>
       <c r="AA19" s="37"/>
       <c r="AB19" s="37"/>
       <c r="AC19" s="37"/>
       <c r="AD19" s="34"/>
       <c r="AE19" s="37"/>
       <c r="AF19" s="38"/>
       <c r="AG19" s="34"/>
     </row>
     <row r="20" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="34"/>
       <c r="B20" s="73" t="s">
         <v>95</v>
       </c>
       <c r="C20" s="74">
-        <v>361411</v>
+        <v>380519</v>
       </c>
       <c r="D20" s="74">
-        <v>13673</v>
+        <v>12862</v>
       </c>
       <c r="E20" s="74">
-        <v>9588</v>
+        <v>10257</v>
       </c>
       <c r="F20" s="75">
-        <v>338151</v>
+        <v>357400</v>
       </c>
       <c r="G20" s="72" t="s">
         <v>68</v>
       </c>
       <c r="H20" s="35"/>
       <c r="I20" s="34"/>
       <c r="J20" s="73" t="s">
         <v>95</v>
       </c>
       <c r="K20" s="74">
-        <v>361411</v>
+        <v>380519</v>
       </c>
       <c r="L20" s="74">
-        <v>328164</v>
+        <v>348647</v>
       </c>
       <c r="M20" s="74">
-        <v>14276</v>
+        <v>11762</v>
       </c>
       <c r="N20" s="74">
-        <v>5846</v>
+        <v>6119</v>
       </c>
       <c r="O20" s="75">
-        <v>13126</v>
+        <v>13993</v>
       </c>
       <c r="P20" s="72" t="s">
         <v>68</v>
       </c>
       <c r="Q20" s="36"/>
       <c r="R20" s="34"/>
       <c r="S20" s="73" t="s">
         <v>95</v>
       </c>
       <c r="T20" s="76">
-        <v>90.8</v>
+        <v>91.62</v>
       </c>
       <c r="U20" s="77">
-        <v>3.95</v>
+        <v>3.09</v>
       </c>
       <c r="V20" s="77">
-        <v>1.62</v>
+        <v>1.61</v>
       </c>
       <c r="W20" s="78">
-        <v>3.63</v>
+        <v>3.68</v>
       </c>
       <c r="X20" s="72" t="s">
         <v>68</v>
       </c>
       <c r="Y20" s="34"/>
       <c r="Z20" s="34"/>
       <c r="AA20" s="37"/>
       <c r="AB20" s="37"/>
       <c r="AC20" s="37"/>
       <c r="AD20" s="34"/>
       <c r="AE20" s="37"/>
       <c r="AF20" s="38"/>
       <c r="AG20" s="34"/>
     </row>
     <row r="21" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="34"/>
       <c r="B21" s="73" t="s">
         <v>96</v>
       </c>
       <c r="C21" s="74">
-        <v>380519</v>
+        <v>415645</v>
       </c>
       <c r="D21" s="74">
-        <v>12862</v>
+        <v>13184</v>
       </c>
       <c r="E21" s="74">
-        <v>10257</v>
+        <v>10030</v>
       </c>
       <c r="F21" s="75">
-        <v>357400</v>
+        <v>392431</v>
       </c>
       <c r="G21" s="72" t="s">
         <v>69</v>
       </c>
       <c r="H21" s="35"/>
       <c r="I21" s="34"/>
       <c r="J21" s="73" t="s">
         <v>96</v>
       </c>
       <c r="K21" s="74">
-        <v>380519</v>
+        <v>415645</v>
       </c>
       <c r="L21" s="74">
-        <v>348647</v>
+        <v>380572</v>
       </c>
       <c r="M21" s="74">
-        <v>11762</v>
+        <v>13128</v>
       </c>
       <c r="N21" s="74">
-        <v>6119</v>
+        <v>6614</v>
       </c>
       <c r="O21" s="75">
-        <v>13993</v>
+        <v>15331</v>
       </c>
       <c r="P21" s="72" t="s">
         <v>69</v>
       </c>
       <c r="Q21" s="36"/>
       <c r="R21" s="34"/>
       <c r="S21" s="73" t="s">
         <v>96</v>
       </c>
       <c r="T21" s="76">
-        <v>91.62</v>
+        <v>91.56</v>
       </c>
       <c r="U21" s="77">
-        <v>3.09</v>
+        <v>3.16</v>
       </c>
       <c r="V21" s="77">
-        <v>1.61</v>
+        <v>1.59</v>
       </c>
       <c r="W21" s="78">
-        <v>3.68</v>
+        <v>3.69</v>
       </c>
       <c r="X21" s="72" t="s">
         <v>69</v>
       </c>
       <c r="Y21" s="34"/>
       <c r="Z21" s="34"/>
       <c r="AA21" s="37"/>
       <c r="AB21" s="37"/>
       <c r="AC21" s="37"/>
       <c r="AD21" s="34"/>
       <c r="AE21" s="37"/>
       <c r="AF21" s="38"/>
       <c r="AG21" s="34"/>
     </row>
     <row r="22" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="34"/>
       <c r="B22" s="73" t="s">
         <v>97</v>
       </c>
       <c r="C22" s="74">
-        <v>415645</v>
+        <v>440283</v>
       </c>
       <c r="D22" s="74">
-        <v>13184</v>
+        <v>13623</v>
       </c>
       <c r="E22" s="74">
-        <v>10030</v>
+        <v>9357</v>
       </c>
       <c r="F22" s="75">
-        <v>392431</v>
+        <v>417302</v>
       </c>
       <c r="G22" s="72" t="s">
         <v>70</v>
       </c>
       <c r="H22" s="35"/>
       <c r="I22" s="34"/>
       <c r="J22" s="73" t="s">
         <v>97</v>
       </c>
       <c r="K22" s="74">
-        <v>415645</v>
+        <v>440283</v>
       </c>
       <c r="L22" s="74">
-        <v>380572</v>
+        <v>403709</v>
       </c>
       <c r="M22" s="74">
-        <v>13128</v>
+        <v>13858</v>
       </c>
       <c r="N22" s="74">
-        <v>6614</v>
+        <v>6842</v>
       </c>
       <c r="O22" s="75">
-        <v>15331</v>
+        <v>15874</v>
       </c>
       <c r="P22" s="72" t="s">
         <v>70</v>
       </c>
       <c r="Q22" s="36"/>
       <c r="R22" s="34"/>
       <c r="S22" s="73" t="s">
         <v>97</v>
       </c>
       <c r="T22" s="76">
-        <v>91.56</v>
+        <v>91.69</v>
       </c>
       <c r="U22" s="77">
-        <v>3.16</v>
+        <v>3.15</v>
       </c>
       <c r="V22" s="77">
-        <v>1.59</v>
+        <v>1.55</v>
       </c>
       <c r="W22" s="78">
-        <v>3.69</v>
+        <v>3.61</v>
       </c>
       <c r="X22" s="72" t="s">
         <v>70</v>
       </c>
       <c r="Y22" s="34"/>
       <c r="Z22" s="34"/>
       <c r="AA22" s="37"/>
       <c r="AB22" s="37"/>
       <c r="AC22" s="37"/>
       <c r="AD22" s="34"/>
       <c r="AE22" s="37"/>
       <c r="AF22" s="38"/>
       <c r="AG22" s="34"/>
     </row>
     <row r="23" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="34"/>
       <c r="B23" s="58" t="s">
         <v>98</v>
       </c>
       <c r="C23" s="59">
-        <v>412925</v>
+        <v>418864</v>
       </c>
       <c r="D23" s="59">
-        <v>13548</v>
+        <v>14249</v>
       </c>
       <c r="E23" s="59">
-        <v>9437</v>
+        <v>10064</v>
       </c>
       <c r="F23" s="60">
-        <v>389940</v>
+        <v>394551</v>
       </c>
       <c r="G23" s="71" t="s">
         <v>71</v>
       </c>
       <c r="H23" s="35"/>
       <c r="I23" s="34"/>
       <c r="J23" s="58" t="s">
         <v>98</v>
       </c>
       <c r="K23" s="59">
-        <v>412925</v>
+        <v>418864</v>
       </c>
       <c r="L23" s="59">
-        <v>378347</v>
+        <v>384226</v>
       </c>
       <c r="M23" s="59">
-        <v>12768</v>
+        <v>12625</v>
       </c>
       <c r="N23" s="59">
-        <v>6574</v>
+        <v>6646</v>
       </c>
       <c r="O23" s="60">
-        <v>15236</v>
+        <v>15367</v>
       </c>
       <c r="P23" s="71" t="s">
         <v>71</v>
       </c>
       <c r="Q23" s="36"/>
       <c r="R23" s="34"/>
       <c r="S23" s="58" t="s">
         <v>98</v>
       </c>
       <c r="T23" s="61">
-        <v>91.63</v>
+        <v>91.73</v>
       </c>
       <c r="U23" s="49">
-        <v>3.09</v>
+        <v>3.01</v>
       </c>
       <c r="V23" s="49">
         <v>1.59</v>
       </c>
       <c r="W23" s="50">
-        <v>3.69</v>
+        <v>3.67</v>
       </c>
       <c r="X23" s="71" t="s">
         <v>71</v>
       </c>
       <c r="Y23" s="34"/>
       <c r="Z23" s="34"/>
       <c r="AA23" s="37"/>
       <c r="AB23" s="37"/>
       <c r="AC23" s="37"/>
       <c r="AD23" s="34"/>
       <c r="AE23" s="37"/>
       <c r="AF23" s="38"/>
       <c r="AG23" s="34"/>
     </row>
     <row r="24" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="34"/>
       <c r="B24" s="58" t="s">
         <v>99</v>
       </c>
       <c r="C24" s="59">
-        <v>415645</v>
+        <v>419355</v>
       </c>
       <c r="D24" s="59">
-        <v>13184</v>
+        <v>15223</v>
       </c>
       <c r="E24" s="59">
-        <v>10030</v>
+        <v>9842</v>
       </c>
       <c r="F24" s="60">
-        <v>392431</v>
+        <v>394291</v>
       </c>
       <c r="G24" s="71" t="s">
         <v>72</v>
       </c>
       <c r="H24" s="35"/>
       <c r="I24" s="34"/>
       <c r="J24" s="58" t="s">
         <v>99</v>
       </c>
       <c r="K24" s="59">
-        <v>415645</v>
+        <v>419355</v>
       </c>
       <c r="L24" s="59">
-        <v>380572</v>
+        <v>385267</v>
       </c>
       <c r="M24" s="59">
-        <v>13128</v>
+        <v>12041</v>
       </c>
       <c r="N24" s="59">
-        <v>6614</v>
+        <v>6670</v>
       </c>
       <c r="O24" s="60">
-        <v>15331</v>
+        <v>15377</v>
       </c>
       <c r="P24" s="71" t="s">
         <v>72</v>
       </c>
       <c r="Q24" s="36"/>
       <c r="R24" s="34"/>
       <c r="S24" s="58" t="s">
         <v>99</v>
       </c>
       <c r="T24" s="61">
-        <v>91.56</v>
+        <v>91.87</v>
       </c>
       <c r="U24" s="49">
-        <v>3.16</v>
+        <v>2.87</v>
       </c>
       <c r="V24" s="49">
         <v>1.59</v>
       </c>
       <c r="W24" s="50">
-        <v>3.69</v>
+        <v>3.67</v>
       </c>
       <c r="X24" s="71" t="s">
         <v>72</v>
       </c>
       <c r="Y24" s="34"/>
       <c r="Z24" s="34"/>
       <c r="AA24" s="37"/>
       <c r="AB24" s="37"/>
       <c r="AC24" s="37"/>
       <c r="AD24" s="34"/>
       <c r="AE24" s="37"/>
       <c r="AF24" s="38"/>
       <c r="AG24" s="34"/>
     </row>
     <row r="25" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="34"/>
-      <c r="B25" s="73" t="s">
+      <c r="B25" s="58" t="s">
         <v>100</v>
       </c>
-      <c r="C25" s="59"/>
-[...3 lines deleted...]
-      <c r="G25" s="72" t="s">
+      <c r="C25" s="59">
+        <v>422760</v>
+      </c>
+      <c r="D25" s="59">
+        <v>16075</v>
+      </c>
+      <c r="E25" s="59">
+        <v>10213</v>
+      </c>
+      <c r="F25" s="60">
+        <v>396472</v>
+      </c>
+      <c r="G25" s="71" t="s">
         <v>73</v>
       </c>
       <c r="H25" s="35"/>
       <c r="I25" s="34"/>
-      <c r="J25" s="73" t="s">
+      <c r="J25" s="58" t="s">
         <v>100</v>
       </c>
-      <c r="K25" s="59"/>
-[...4 lines deleted...]
-      <c r="P25" s="72" t="s">
+      <c r="K25" s="59">
+        <v>422760</v>
+      </c>
+      <c r="L25" s="59">
+        <v>388449</v>
+      </c>
+      <c r="M25" s="59">
+        <v>12248</v>
+      </c>
+      <c r="N25" s="59">
+        <v>6667</v>
+      </c>
+      <c r="O25" s="60">
+        <v>15396</v>
+      </c>
+      <c r="P25" s="71" t="s">
         <v>73</v>
       </c>
       <c r="Q25" s="36"/>
       <c r="R25" s="34"/>
-      <c r="S25" s="73" t="s">
+      <c r="S25" s="58" t="s">
         <v>100</v>
       </c>
-      <c r="T25" s="61"/>
-[...3 lines deleted...]
-      <c r="X25" s="72" t="s">
+      <c r="T25" s="61">
+        <v>91.88</v>
+      </c>
+      <c r="U25" s="49">
+        <v>2.9</v>
+      </c>
+      <c r="V25" s="49">
+        <v>1.58</v>
+      </c>
+      <c r="W25" s="50">
+        <v>3.64</v>
+      </c>
+      <c r="X25" s="71" t="s">
         <v>73</v>
       </c>
       <c r="Y25" s="34"/>
       <c r="Z25" s="34"/>
       <c r="AA25" s="37"/>
       <c r="AB25" s="37"/>
       <c r="AC25" s="37"/>
       <c r="AD25" s="34"/>
       <c r="AE25" s="37"/>
       <c r="AF25" s="38"/>
       <c r="AG25" s="34"/>
     </row>
     <row r="26" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="34"/>
       <c r="B26" s="58" t="s">
         <v>101</v>
       </c>
       <c r="C26" s="59">
-        <v>418864</v>
+        <v>423580</v>
       </c>
       <c r="D26" s="59">
-        <v>14249</v>
+        <v>16101</v>
       </c>
       <c r="E26" s="59">
-        <v>10064</v>
+        <v>9844</v>
       </c>
       <c r="F26" s="60">
-        <v>394551</v>
+        <v>397635</v>
       </c>
       <c r="G26" s="71" t="s">
         <v>74</v>
       </c>
       <c r="H26" s="35"/>
       <c r="I26" s="34"/>
       <c r="J26" s="58" t="s">
         <v>101</v>
       </c>
       <c r="K26" s="59">
-        <v>418864</v>
+        <v>423580</v>
       </c>
       <c r="L26" s="59">
-        <v>384226</v>
+        <v>389311</v>
       </c>
       <c r="M26" s="59">
-        <v>12625</v>
+        <v>12096</v>
       </c>
       <c r="N26" s="59">
-        <v>6646</v>
+        <v>6720</v>
       </c>
       <c r="O26" s="60">
-        <v>15367</v>
+        <v>15452</v>
       </c>
       <c r="P26" s="71" t="s">
         <v>74</v>
       </c>
       <c r="Q26" s="36"/>
       <c r="R26" s="34"/>
       <c r="S26" s="58" t="s">
         <v>101</v>
       </c>
       <c r="T26" s="61">
-        <v>91.73</v>
+        <v>91.91</v>
       </c>
       <c r="U26" s="49">
-        <v>3.01</v>
+        <v>2.86</v>
       </c>
       <c r="V26" s="49">
         <v>1.59</v>
       </c>
       <c r="W26" s="50">
-        <v>3.67</v>
+        <v>3.65</v>
       </c>
       <c r="X26" s="71" t="s">
         <v>74</v>
       </c>
       <c r="Y26" s="34"/>
       <c r="Z26" s="34"/>
       <c r="AA26" s="37"/>
       <c r="AB26" s="37"/>
       <c r="AC26" s="37"/>
       <c r="AD26" s="34"/>
       <c r="AE26" s="37"/>
       <c r="AF26" s="38"/>
       <c r="AG26" s="34"/>
     </row>
     <row r="27" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="34"/>
       <c r="B27" s="58" t="s">
         <v>102</v>
       </c>
       <c r="C27" s="59">
-        <v>419355</v>
+        <v>423217</v>
       </c>
       <c r="D27" s="59">
-        <v>15223</v>
+        <v>15160</v>
       </c>
       <c r="E27" s="59">
-        <v>9842</v>
+        <v>9832</v>
       </c>
       <c r="F27" s="60">
-        <v>394291</v>
+        <v>398226</v>
       </c>
       <c r="G27" s="71" t="s">
         <v>75</v>
       </c>
       <c r="H27" s="35"/>
       <c r="I27" s="34"/>
       <c r="J27" s="58" t="s">
         <v>102</v>
       </c>
       <c r="K27" s="59">
-        <v>419355</v>
+        <v>423217</v>
       </c>
       <c r="L27" s="59">
-        <v>385267</v>
+        <v>388751</v>
       </c>
       <c r="M27" s="59">
-        <v>12041</v>
+        <v>12203</v>
       </c>
       <c r="N27" s="59">
-        <v>6670</v>
+        <v>6753</v>
       </c>
       <c r="O27" s="60">
-        <v>15377</v>
+        <v>15510</v>
       </c>
       <c r="P27" s="71" t="s">
         <v>75</v>
       </c>
       <c r="Q27" s="36"/>
       <c r="R27" s="34"/>
       <c r="S27" s="58" t="s">
         <v>102</v>
       </c>
       <c r="T27" s="61">
-        <v>91.87</v>
+        <v>91.86</v>
       </c>
       <c r="U27" s="49">
-        <v>2.87</v>
+        <v>2.88</v>
       </c>
       <c r="V27" s="49">
-        <v>1.59</v>
+        <v>1.6</v>
       </c>
       <c r="W27" s="50">
-        <v>3.67</v>
+        <v>3.66</v>
       </c>
       <c r="X27" s="71" t="s">
         <v>75</v>
       </c>
       <c r="Y27" s="34"/>
       <c r="Z27" s="34"/>
       <c r="AA27" s="37"/>
       <c r="AB27" s="37"/>
       <c r="AC27" s="37"/>
       <c r="AD27" s="34"/>
       <c r="AE27" s="37"/>
       <c r="AF27" s="38"/>
       <c r="AG27" s="34"/>
     </row>
     <row r="28" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="34"/>
       <c r="B28" s="58" t="s">
         <v>103</v>
       </c>
       <c r="C28" s="59">
-        <v>422760</v>
+        <v>426110</v>
       </c>
       <c r="D28" s="59">
-        <v>16075</v>
+        <v>14644</v>
       </c>
       <c r="E28" s="59">
-        <v>10213</v>
+        <v>10221</v>
       </c>
       <c r="F28" s="60">
-        <v>396472</v>
+        <v>401244</v>
       </c>
       <c r="G28" s="71" t="s">
         <v>76</v>
       </c>
       <c r="H28" s="35"/>
       <c r="I28" s="34"/>
       <c r="J28" s="58" t="s">
         <v>103</v>
       </c>
       <c r="K28" s="59">
-        <v>422760</v>
+        <v>426110</v>
       </c>
       <c r="L28" s="59">
-        <v>388449</v>
+        <v>391153</v>
       </c>
       <c r="M28" s="59">
-        <v>12248</v>
+        <v>12612</v>
       </c>
       <c r="N28" s="59">
-        <v>6667</v>
+        <v>6754</v>
       </c>
       <c r="O28" s="60">
-        <v>15396</v>
+        <v>15592</v>
       </c>
       <c r="P28" s="71" t="s">
         <v>76</v>
       </c>
       <c r="Q28" s="36"/>
       <c r="R28" s="34"/>
       <c r="S28" s="58" t="s">
         <v>103</v>
       </c>
       <c r="T28" s="61">
-        <v>91.88</v>
+        <v>91.8</v>
       </c>
       <c r="U28" s="49">
-        <v>2.9</v>
+        <v>2.96</v>
       </c>
       <c r="V28" s="49">
         <v>1.58</v>
       </c>
       <c r="W28" s="50">
-        <v>3.64</v>
+        <v>3.66</v>
       </c>
       <c r="X28" s="71" t="s">
         <v>76</v>
       </c>
       <c r="Y28" s="34"/>
       <c r="Z28" s="34"/>
       <c r="AA28" s="37"/>
       <c r="AB28" s="37"/>
       <c r="AC28" s="37"/>
       <c r="AD28" s="34"/>
       <c r="AE28" s="37"/>
       <c r="AF28" s="38"/>
       <c r="AG28" s="34"/>
     </row>
     <row r="29" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="34"/>
       <c r="B29" s="58" t="s">
         <v>104</v>
       </c>
       <c r="C29" s="59">
-        <v>423580</v>
+        <v>430250</v>
       </c>
       <c r="D29" s="59">
-        <v>16101</v>
+        <v>13113</v>
       </c>
       <c r="E29" s="59">
-        <v>9844</v>
+        <v>9979</v>
       </c>
       <c r="F29" s="60">
-        <v>397635</v>
+        <v>407158</v>
       </c>
       <c r="G29" s="71" t="s">
         <v>77</v>
       </c>
       <c r="H29" s="35"/>
       <c r="I29" s="34"/>
       <c r="J29" s="58" t="s">
         <v>104</v>
       </c>
       <c r="K29" s="59">
-        <v>423580</v>
+        <v>430250</v>
       </c>
       <c r="L29" s="59">
-        <v>389311</v>
+        <v>395259</v>
       </c>
       <c r="M29" s="59">
-        <v>12096</v>
+        <v>12594</v>
       </c>
       <c r="N29" s="59">
-        <v>6720</v>
+        <v>6793</v>
       </c>
       <c r="O29" s="60">
-        <v>15452</v>
+        <v>15605</v>
       </c>
       <c r="P29" s="71" t="s">
         <v>77</v>
       </c>
       <c r="Q29" s="36"/>
       <c r="R29" s="34"/>
       <c r="S29" s="58" t="s">
         <v>104</v>
       </c>
       <c r="T29" s="61">
-        <v>91.91</v>
+        <v>91.87</v>
       </c>
       <c r="U29" s="49">
-        <v>2.86</v>
+        <v>2.93</v>
       </c>
       <c r="V29" s="49">
-        <v>1.59</v>
+        <v>1.58</v>
       </c>
       <c r="W29" s="50">
-        <v>3.65</v>
+        <v>3.63</v>
       </c>
       <c r="X29" s="71" t="s">
         <v>77</v>
       </c>
       <c r="Y29" s="34"/>
       <c r="Z29" s="34"/>
       <c r="AA29" s="37"/>
       <c r="AB29" s="37"/>
       <c r="AC29" s="37"/>
       <c r="AD29" s="34"/>
       <c r="AE29" s="37"/>
       <c r="AF29" s="38"/>
       <c r="AG29" s="34"/>
     </row>
     <row r="30" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="34"/>
       <c r="B30" s="58" t="s">
         <v>105</v>
       </c>
       <c r="C30" s="59">
-        <v>423217</v>
+        <v>431980</v>
       </c>
       <c r="D30" s="59">
-        <v>15160</v>
+        <v>13120</v>
       </c>
       <c r="E30" s="59">
-        <v>9832</v>
+        <v>9696</v>
       </c>
       <c r="F30" s="60">
-        <v>398226</v>
+        <v>409164</v>
       </c>
       <c r="G30" s="71" t="s">
         <v>78</v>
       </c>
       <c r="H30" s="35"/>
       <c r="I30" s="34"/>
       <c r="J30" s="58" t="s">
         <v>105</v>
       </c>
       <c r="K30" s="59">
-        <v>423217</v>
+        <v>431980</v>
       </c>
       <c r="L30" s="59">
-        <v>388751</v>
+        <v>397338</v>
       </c>
       <c r="M30" s="59">
-        <v>12203</v>
+        <v>12181</v>
       </c>
       <c r="N30" s="59">
-        <v>6753</v>
+        <v>6836</v>
       </c>
       <c r="O30" s="60">
-        <v>15510</v>
+        <v>15625</v>
       </c>
       <c r="P30" s="71" t="s">
         <v>78</v>
       </c>
       <c r="Q30" s="36"/>
       <c r="R30" s="34"/>
       <c r="S30" s="58" t="s">
         <v>105</v>
       </c>
       <c r="T30" s="61">
-        <v>91.86</v>
+        <v>91.98</v>
       </c>
       <c r="U30" s="49">
-        <v>2.88</v>
+        <v>2.82</v>
       </c>
       <c r="V30" s="49">
-        <v>1.6</v>
+        <v>1.58</v>
       </c>
       <c r="W30" s="50">
-        <v>3.66</v>
+        <v>3.62</v>
       </c>
       <c r="X30" s="71" t="s">
         <v>78</v>
       </c>
       <c r="Y30" s="34"/>
       <c r="Z30" s="34"/>
       <c r="AA30" s="37"/>
       <c r="AB30" s="37"/>
       <c r="AC30" s="37"/>
       <c r="AD30" s="34"/>
       <c r="AE30" s="37"/>
       <c r="AF30" s="38"/>
       <c r="AG30" s="34"/>
     </row>
     <row r="31" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="34"/>
       <c r="B31" s="58" t="s">
         <v>106</v>
       </c>
       <c r="C31" s="59">
-        <v>426110</v>
+        <v>435237</v>
       </c>
       <c r="D31" s="59">
-        <v>14644</v>
+        <v>13982</v>
       </c>
       <c r="E31" s="59">
-        <v>10221</v>
+        <v>9452</v>
       </c>
       <c r="F31" s="60">
-        <v>401244</v>
+        <v>411804</v>
       </c>
       <c r="G31" s="71" t="s">
         <v>79</v>
       </c>
       <c r="H31" s="35"/>
       <c r="I31" s="34"/>
       <c r="J31" s="58" t="s">
         <v>106</v>
       </c>
       <c r="K31" s="59">
-        <v>426110</v>
+        <v>435237</v>
       </c>
       <c r="L31" s="59">
-        <v>391153</v>
+        <v>399566</v>
       </c>
       <c r="M31" s="59">
-        <v>12612</v>
+        <v>13155</v>
       </c>
       <c r="N31" s="59">
-        <v>6754</v>
+        <v>6840</v>
       </c>
       <c r="O31" s="60">
-        <v>15592</v>
+        <v>15676</v>
       </c>
       <c r="P31" s="71" t="s">
         <v>79</v>
       </c>
       <c r="Q31" s="36"/>
       <c r="R31" s="34"/>
       <c r="S31" s="58" t="s">
         <v>106</v>
       </c>
       <c r="T31" s="61">
         <v>91.8</v>
       </c>
       <c r="U31" s="49">
-        <v>2.96</v>
+        <v>3.02</v>
       </c>
       <c r="V31" s="49">
-        <v>1.58</v>
+        <v>1.57</v>
       </c>
       <c r="W31" s="50">
-        <v>3.66</v>
+        <v>3.6</v>
       </c>
       <c r="X31" s="71" t="s">
         <v>79</v>
       </c>
       <c r="Y31" s="34"/>
       <c r="Z31" s="34"/>
       <c r="AA31" s="37"/>
       <c r="AB31" s="37"/>
       <c r="AC31" s="37"/>
       <c r="AD31" s="34"/>
       <c r="AE31" s="37"/>
       <c r="AF31" s="38"/>
       <c r="AG31" s="34"/>
     </row>
     <row r="32" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="34"/>
       <c r="B32" s="58" t="s">
         <v>107</v>
       </c>
       <c r="C32" s="59">
-        <v>430250</v>
+        <v>435448</v>
       </c>
       <c r="D32" s="59">
-        <v>13113</v>
+        <v>13606</v>
       </c>
       <c r="E32" s="59">
-        <v>9979</v>
+        <v>8862</v>
       </c>
       <c r="F32" s="60">
-        <v>407158</v>
+        <v>412980</v>
       </c>
       <c r="G32" s="71" t="s">
         <v>80</v>
       </c>
       <c r="H32" s="35"/>
       <c r="I32" s="34"/>
       <c r="J32" s="58" t="s">
         <v>107</v>
       </c>
       <c r="K32" s="59">
-        <v>430250</v>
+        <v>435448</v>
       </c>
       <c r="L32" s="59">
-        <v>395259</v>
+        <v>400200</v>
       </c>
       <c r="M32" s="59">
-        <v>12594</v>
+        <v>12658</v>
       </c>
       <c r="N32" s="59">
-        <v>6793</v>
+        <v>6857</v>
       </c>
       <c r="O32" s="60">
-        <v>15605</v>
+        <v>15733</v>
       </c>
       <c r="P32" s="71" t="s">
         <v>80</v>
       </c>
       <c r="Q32" s="36"/>
       <c r="R32" s="34"/>
       <c r="S32" s="58" t="s">
         <v>107</v>
       </c>
       <c r="T32" s="61">
-        <v>91.87</v>
+        <v>91.91</v>
       </c>
       <c r="U32" s="49">
-        <v>2.93</v>
+        <v>2.91</v>
       </c>
       <c r="V32" s="49">
-        <v>1.58</v>
+        <v>1.57</v>
       </c>
       <c r="W32" s="50">
-        <v>3.63</v>
+        <v>3.61</v>
       </c>
       <c r="X32" s="71" t="s">
         <v>80</v>
       </c>
       <c r="Y32" s="34"/>
       <c r="Z32" s="34"/>
       <c r="AA32" s="37"/>
       <c r="AB32" s="37"/>
       <c r="AC32" s="37"/>
       <c r="AD32" s="34"/>
       <c r="AE32" s="37"/>
       <c r="AF32" s="38"/>
       <c r="AG32" s="34"/>
     </row>
     <row r="33" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="34"/>
       <c r="B33" s="58" t="s">
         <v>108</v>
       </c>
       <c r="C33" s="59">
-        <v>431980</v>
+        <v>436252</v>
       </c>
       <c r="D33" s="59">
-        <v>13120</v>
+        <v>13445</v>
       </c>
       <c r="E33" s="59">
-        <v>9696</v>
+        <v>8900</v>
       </c>
       <c r="F33" s="60">
-        <v>409164</v>
+        <v>413907</v>
       </c>
       <c r="G33" s="71" t="s">
         <v>81</v>
       </c>
       <c r="H33" s="35"/>
       <c r="I33" s="34"/>
       <c r="J33" s="58" t="s">
         <v>108</v>
       </c>
       <c r="K33" s="59">
-        <v>431980</v>
+        <v>436252</v>
       </c>
       <c r="L33" s="59">
-        <v>397338</v>
+        <v>400860</v>
       </c>
       <c r="M33" s="59">
-        <v>12181</v>
+        <v>12759</v>
       </c>
       <c r="N33" s="59">
-        <v>6836</v>
+        <v>6819</v>
       </c>
       <c r="O33" s="60">
-        <v>15625</v>
+        <v>15814</v>
       </c>
       <c r="P33" s="71" t="s">
         <v>81</v>
       </c>
       <c r="Q33" s="36"/>
       <c r="R33" s="34"/>
       <c r="S33" s="58" t="s">
         <v>108</v>
       </c>
       <c r="T33" s="61">
-        <v>91.98</v>
+        <v>91.89</v>
       </c>
       <c r="U33" s="49">
-        <v>2.82</v>
+        <v>2.92</v>
       </c>
       <c r="V33" s="49">
-        <v>1.58</v>
+        <v>1.56</v>
       </c>
       <c r="W33" s="50">
         <v>3.62</v>
       </c>
       <c r="X33" s="71" t="s">
         <v>81</v>
       </c>
       <c r="Y33" s="34"/>
       <c r="Z33" s="34"/>
       <c r="AA33" s="37"/>
       <c r="AB33" s="37"/>
       <c r="AC33" s="37"/>
       <c r="AD33" s="34"/>
       <c r="AE33" s="37"/>
       <c r="AF33" s="38"/>
       <c r="AG33" s="34"/>
     </row>
     <row r="34" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="34"/>
       <c r="B34" s="58" t="s">
         <v>109</v>
       </c>
       <c r="C34" s="59">
-        <v>435237</v>
+        <v>440283</v>
       </c>
       <c r="D34" s="59">
-        <v>13982</v>
+        <v>13623</v>
       </c>
       <c r="E34" s="59">
-        <v>9452</v>
+        <v>9357</v>
       </c>
       <c r="F34" s="60">
-        <v>411804</v>
+        <v>417302</v>
       </c>
       <c r="G34" s="71" t="s">
         <v>82</v>
       </c>
       <c r="H34" s="35"/>
       <c r="I34" s="34"/>
       <c r="J34" s="58" t="s">
         <v>109</v>
       </c>
       <c r="K34" s="59">
-        <v>435237</v>
+        <v>440283</v>
       </c>
       <c r="L34" s="59">
-        <v>399566</v>
+        <v>403709</v>
       </c>
       <c r="M34" s="59">
-        <v>13155</v>
+        <v>13858</v>
       </c>
       <c r="N34" s="59">
-        <v>6840</v>
+        <v>6842</v>
       </c>
       <c r="O34" s="60">
-        <v>15676</v>
+        <v>15874</v>
       </c>
       <c r="P34" s="71" t="s">
         <v>82</v>
       </c>
       <c r="Q34" s="36"/>
       <c r="R34" s="34"/>
       <c r="S34" s="58" t="s">
         <v>109</v>
       </c>
       <c r="T34" s="61">
-        <v>91.8</v>
+        <v>91.69</v>
       </c>
       <c r="U34" s="49">
-        <v>3.02</v>
+        <v>3.15</v>
       </c>
       <c r="V34" s="49">
-        <v>1.57</v>
+        <v>1.55</v>
       </c>
       <c r="W34" s="50">
-        <v>3.6</v>
+        <v>3.61</v>
       </c>
       <c r="X34" s="71" t="s">
         <v>82</v>
       </c>
       <c r="Y34" s="34"/>
       <c r="Z34" s="34"/>
       <c r="AA34" s="37"/>
       <c r="AB34" s="37"/>
       <c r="AC34" s="37"/>
       <c r="AD34" s="34"/>
       <c r="AE34" s="37"/>
       <c r="AF34" s="38"/>
       <c r="AG34" s="34"/>
     </row>
     <row r="35" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="34"/>
-      <c r="B35" s="58" t="s">
+      <c r="B35" s="73" t="s">
         <v>110</v>
       </c>
-      <c r="C35" s="59">
-[...11 lines deleted...]
-      <c r="G35" s="71" t="s">
+      <c r="C35" s="59"/>
+      <c r="D35" s="59"/>
+      <c r="E35" s="59"/>
+      <c r="F35" s="60"/>
+      <c r="G35" s="72" t="s">
         <v>83</v>
       </c>
       <c r="H35" s="35"/>
       <c r="I35" s="34"/>
-      <c r="J35" s="58" t="s">
+      <c r="J35" s="73" t="s">
         <v>110</v>
       </c>
-      <c r="K35" s="59">
-[...14 lines deleted...]
-      <c r="P35" s="71" t="s">
+      <c r="K35" s="59"/>
+      <c r="L35" s="59"/>
+      <c r="M35" s="59"/>
+      <c r="N35" s="59"/>
+      <c r="O35" s="60"/>
+      <c r="P35" s="72" t="s">
         <v>83</v>
       </c>
       <c r="Q35" s="36"/>
       <c r="R35" s="34"/>
-      <c r="S35" s="58" t="s">
+      <c r="S35" s="73" t="s">
         <v>110</v>
       </c>
-      <c r="T35" s="61">
-[...11 lines deleted...]
-      <c r="X35" s="71" t="s">
+      <c r="T35" s="61"/>
+      <c r="U35" s="49"/>
+      <c r="V35" s="49"/>
+      <c r="W35" s="50"/>
+      <c r="X35" s="72" t="s">
         <v>83</v>
       </c>
       <c r="Y35" s="34"/>
       <c r="Z35" s="34"/>
       <c r="AA35" s="37"/>
       <c r="AB35" s="37"/>
       <c r="AC35" s="37"/>
       <c r="AD35" s="34"/>
       <c r="AE35" s="37"/>
       <c r="AF35" s="38"/>
       <c r="AG35" s="34"/>
     </row>
     <row r="36" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="34"/>
       <c r="B36" s="58" t="s">
         <v>98</v>
       </c>
       <c r="C36" s="59">
-        <v>436185</v>
+        <v>443721</v>
       </c>
       <c r="D36" s="59">
-        <v>13445</v>
+        <v>14700</v>
       </c>
       <c r="E36" s="59">
-        <v>8900</v>
+        <v>9390</v>
       </c>
       <c r="F36" s="60">
-        <v>413839</v>
+        <v>419632</v>
       </c>
       <c r="G36" s="71" t="s">
         <v>71</v>
       </c>
       <c r="H36" s="35"/>
       <c r="I36" s="34"/>
       <c r="J36" s="58" t="s">
         <v>98</v>
       </c>
       <c r="K36" s="59">
-        <v>436185</v>
+        <v>443721</v>
       </c>
       <c r="L36" s="59">
-        <v>400860</v>
+        <v>407067</v>
       </c>
       <c r="M36" s="59">
-        <v>12759</v>
+        <v>13892</v>
       </c>
       <c r="N36" s="59">
-        <v>6819</v>
+        <v>6875</v>
       </c>
       <c r="O36" s="60">
-        <v>15747</v>
+        <v>15888</v>
       </c>
       <c r="P36" s="71" t="s">
         <v>71</v>
       </c>
       <c r="Q36" s="36"/>
       <c r="R36" s="34"/>
       <c r="S36" s="58" t="s">
         <v>98</v>
       </c>
       <c r="T36" s="61">
-        <v>91.9</v>
+        <v>91.74</v>
       </c>
       <c r="U36" s="49">
-        <v>2.93</v>
+        <v>3.13</v>
       </c>
       <c r="V36" s="49">
-        <v>1.56</v>
+        <v>1.55</v>
       </c>
       <c r="W36" s="50">
-        <v>3.61</v>
+        <v>3.58</v>
       </c>
       <c r="X36" s="71" t="s">
         <v>71</v>
       </c>
       <c r="Y36" s="34"/>
       <c r="Z36" s="34"/>
       <c r="AA36" s="37"/>
       <c r="AB36" s="37"/>
       <c r="AC36" s="37"/>
       <c r="AD36" s="34"/>
       <c r="AE36" s="37"/>
       <c r="AF36" s="38"/>
       <c r="AG36" s="34"/>
     </row>
     <row r="37" spans="1:33" s="39" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="40"/>
       <c r="B37" s="65" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="55"/>
       <c r="D37" s="55"/>
       <c r="E37" s="54"/>
       <c r="F37" s="54"/>
       <c r="G37" s="53"/>
       <c r="H37" s="4"/>