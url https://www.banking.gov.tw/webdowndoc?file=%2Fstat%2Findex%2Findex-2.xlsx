--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -1,66 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\10.（約29_30日）金融展望月刊(與金融指標表1到3一起做)【上網】【月刋給外銀】【指標1-3給信票】\央行資料轉檔_金融指標1~3\指標1~3\匯出更名\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C351EC43-314E-4F30-9BA0-EF9EFB32C573}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{22631603-717D-423D-B49D-FF0834929A4B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="02" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'02'!$A$3:$AH$44</definedName>
   </definedNames>
-  <calcPr calcId="125725"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="124">
   <si>
     <t>存　款</t>
   </si>
   <si>
     <t>本國銀行</t>
   </si>
   <si>
     <t>信用
 合作社</t>
   </si>
   <si>
     <t>-3-</t>
   </si>
   <si>
     <t>-4-</t>
   </si>
   <si>
     <t>-5-</t>
   </si>
   <si>
@@ -751,168 +764,168 @@
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t xml:space="preserve">   　   9月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    　10月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    　11月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    　12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   1月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   2月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   3月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   4月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   5月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   6月</t>
+  </si>
+  <si>
     <t xml:space="preserve">   　   7月</t>
   </si>
   <si>
     <t xml:space="preserve">   　   8月</t>
   </si>
   <si>
-    <t xml:space="preserve">   　   9月</t>
-[...31 lines deleted...]
-  <si>
     <t xml:space="preserve"> 2011</t>
   </si>
   <si>
     <t xml:space="preserve"> 2012</t>
   </si>
   <si>
     <t xml:space="preserve"> 2013</t>
   </si>
   <si>
     <t xml:space="preserve"> 2014</t>
   </si>
   <si>
     <t xml:space="preserve"> 2015</t>
   </si>
   <si>
     <t xml:space="preserve"> 2016</t>
   </si>
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
     <t xml:space="preserve">         July</t>
   </si>
   <si>
     <t xml:space="preserve">         Aug.</t>
-  </si>
-[...31 lines deleted...]
-    <t xml:space="preserve">         June</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="176" formatCode="#\ ###\ ##0"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="178" formatCode="0.00_ "/>
     <numFmt numFmtId="179" formatCode="###\ ##0"/>
   </numFmts>
   <fonts count="47" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
     </font>
     <font>
@@ -1887,51 +1900,51 @@
     <xf numFmtId="0" fontId="31" fillId="21" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="21" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="30" borderId="10" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="30" borderId="10" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="31" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="31" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="124">
+  <cellXfs count="125">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="37" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="37" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="176" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="176" fontId="10" fillId="0" borderId="0" xfId="37" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="37" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
@@ -2096,176 +2109,177 @@
     </xf>
     <xf numFmtId="179" fontId="10" fillId="0" borderId="0" xfId="44" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="16" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="17" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="17" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="10" fillId="0" borderId="2" xfId="44" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="10" fillId="0" borderId="0" xfId="44" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="10" fillId="0" borderId="13" xfId="44" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="10" fillId="0" borderId="14" xfId="44" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="176" fontId="37" fillId="0" borderId="13" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="36" fillId="0" borderId="13" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="178" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="178" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="18" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="16" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="20" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="17" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="17" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="16" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" justifyLastLine="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="24" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="16" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="176" fontId="3" fillId="0" borderId="22" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="13" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="176" fontId="3" fillId="0" borderId="22" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="13" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="3" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...73 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="86">
     <cellStyle name="20% - 輔色1" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - 輔色1 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - 輔色2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - 輔色2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - 輔色3" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - 輔色3 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - 輔色4" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - 輔色4 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - 輔色5" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - 輔色5 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - 輔色6" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - 輔色6 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="40% - 輔色1" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="40% - 輔色1 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="40% - 輔色2" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="40% - 輔色2 2" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="40% - 輔色3" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="40% - 輔色3 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="40% - 輔色4" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="40% - 輔色4 2" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="40% - 輔色5" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="40% - 輔色5 2" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
     <cellStyle name="40% - 輔色6" xfId="23" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
@@ -2333,1371 +2347,1341 @@
     <cellStyle name="警告文字" xfId="84" xr:uid="{00000000-0005-0000-0000-000054000000}"/>
     <cellStyle name="警告文字 2" xfId="85" xr:uid="{00000000-0005-0000-0000-000055000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>95250</xdr:colOff>
+      <xdr:colOff>76200</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>613182</xdr:colOff>
+      <xdr:colOff>578697</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>203982</xdr:rowOff>
+      <xdr:rowOff>7670</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="2" name="群組 1">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="3" name="Text Box 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA98E08B-3242-4B02-98A5-57A3C1D39B3E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9113CB0-1FA6-422A-B468-790AF2634796}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="95250" y="7953375"/>
-[...2 lines deleted...]
-          <a:chExt cx="651282" cy="404007"/>
+          <a:off x="76200" y="7953375"/>
+          <a:ext cx="635847" cy="207695"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...20 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
           <a:noFill/>
-          <a:ln>
-[...60 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...89 lines deleted...]
-    </xdr:grpSp>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>13</xdr:col>
-      <xdr:colOff>1076325</xdr:colOff>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:rowOff>209550</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>14</xdr:col>
-      <xdr:colOff>594132</xdr:colOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>584852</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>203982</xdr:rowOff>
+      <xdr:rowOff>198821</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="5" name="群組 4">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="4" name="Text Box 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8BEC215A-FC34-43F4-8116-9A98F465176B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04CB3C02-A20E-4105-8C08-D3720737437F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="12449175" y="7953375"/>
-[...2 lines deleted...]
-          <a:chExt cx="651282" cy="404007"/>
+          <a:off x="76200" y="8143875"/>
+          <a:ext cx="642002" cy="208346"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...20 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
           <a:noFill/>
-          <a:ln>
-[...60 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...89 lines deleted...]
-    </xdr:grpSp>
+            </a:rPr>
+            <a:t>p</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>16</xdr:col>
-      <xdr:colOff>104775</xdr:colOff>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1038225</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>17</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>203982</xdr:rowOff>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>540597</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>217220</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="8" name="群組 7">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="5" name="Text Box 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C2E001E-EC12-4862-A491-579F7AE99600}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBD684B0-F244-413D-92FE-750770F2AA20}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="13506450" y="7953375"/>
-[...2 lines deleted...]
-          <a:chExt cx="651282" cy="404007"/>
+          <a:off x="12411075" y="7943850"/>
+          <a:ext cx="635847" cy="207695"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...20 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
           <a:noFill/>
-          <a:ln>
-[...60 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...89 lines deleted...]
-    </xdr:grpSp>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>22</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1038225</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>23</xdr:col>
-      <xdr:colOff>584607</xdr:colOff>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>546752</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>203982</xdr:rowOff>
+      <xdr:rowOff>208346</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="11" name="群組 10">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="7" name="Text Box 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DCBCAA5-AB0F-4DD1-AB4B-2A10E872EF67}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E53CB7E-90F0-4A85-B1A7-3A7283820C22}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="19088100" y="7953375"/>
-[...2 lines deleted...]
-          <a:chExt cx="651282" cy="404007"/>
+          <a:off x="12411075" y="8153400"/>
+          <a:ext cx="642002" cy="208346"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...20 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
           <a:noFill/>
-          <a:ln>
-[...60 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...89 lines deleted...]
-    </xdr:grpSp>
+            </a:rPr>
+            <a:t>p</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>25</xdr:col>
-      <xdr:colOff>76200</xdr:colOff>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>26</xdr:col>
-      <xdr:colOff>594132</xdr:colOff>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>597747</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>203982</xdr:rowOff>
+      <xdr:rowOff>7670</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="14" name="群組 13">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="9" name="Text Box 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A181E284-2204-4263-A38F-A60784D8F070}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F2D9BF7-039B-4D95-9DC4-655A16C1E856}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="20126325" y="7953375"/>
-[...2 lines deleted...]
-          <a:chExt cx="651282" cy="404007"/>
+          <a:off x="13496925" y="7953375"/>
+          <a:ext cx="635847" cy="207695"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...20 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
           <a:noFill/>
-          <a:ln>
-[...60 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...89 lines deleted...]
-    </xdr:grpSp>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>31</xdr:col>
-      <xdr:colOff>838200</xdr:colOff>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>847725</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>28575</xdr:rowOff>
+      <xdr:rowOff>209550</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>32</xdr:col>
-      <xdr:colOff>565557</xdr:colOff>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>565802</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>213507</xdr:rowOff>
+      <xdr:rowOff>198821</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="17" name="群組 16">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="10" name="Text Box 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B33FECE-AE94-4CAA-A11F-178E8F539E56}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A62B4823-053F-4C65-961A-0AFF53A4161C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="25717500" y="7962900"/>
-[...2 lines deleted...]
-          <a:chExt cx="651282" cy="404007"/>
+          <a:off x="19078575" y="8143875"/>
+          <a:ext cx="642002" cy="208346"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...20 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
           <a:noFill/>
-          <a:ln>
-[...60 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...27 lines deleted...]
-          </a:ln>
+            </a:rPr>
+            <a:t>p</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>603902</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>208346</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="11" name="Text Box 7">
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...14 lines deleted...]
-              </a14:hiddenLine>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A8C3301-2BE4-4C5A-B707-BD470879809C}"/>
             </a:ext>
           </a:extLst>
-        </xdr:spPr>
-[...41 lines deleted...]
-    </xdr:grpSp>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="13496925" y="8153400"/>
+          <a:ext cx="642002" cy="208346"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>p</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>550122</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>217220</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="12" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3AE20CF-8DC4-46F0-86EA-9DDE24A96B0F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="19069050" y="7943850"/>
+          <a:ext cx="635847" cy="207695"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>25</xdr:col>
+      <xdr:colOff>66675</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>26</xdr:col>
+      <xdr:colOff>569172</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>17195</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="14" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4E0BE70-1BA9-406B-B3DC-B85C98673D8B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="20116800" y="7962900"/>
+          <a:ext cx="635847" cy="207695"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>31</xdr:col>
+      <xdr:colOff>857250</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>32</xdr:col>
+      <xdr:colOff>569172</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>7670</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="16" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B093A2BC-0714-4CAB-85F9-B74FBD165B6B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="25736550" y="7953375"/>
+          <a:ext cx="635847" cy="207695"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>25</xdr:col>
+      <xdr:colOff>66675</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>26</xdr:col>
+      <xdr:colOff>575327</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>208346</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="18" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A64E6F5A-F95A-427D-877C-0AFD8959DF97}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="20116800" y="8153400"/>
+          <a:ext cx="642002" cy="208346"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>p</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>31</xdr:col>
+      <xdr:colOff>847725</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>209550</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>32</xdr:col>
+      <xdr:colOff>565802</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>198821</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="19" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93BE6933-05F5-4BFB-8980-0FC9D5CD9F10}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="25727025" y="8143875"/>
+          <a:ext cx="642002" cy="208346"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>p</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -3986,51 +3970,51 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:IS51"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane xSplit="2" ySplit="8" topLeftCell="C9" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="C9" sqref="C9"/>
+      <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.75" style="1" customWidth="1"/>
     <col min="2" max="2" width="10.125" style="1" customWidth="1"/>
     <col min="3" max="7" width="14.875" style="1" customWidth="1"/>
     <col min="8" max="9" width="1.75" style="1" customWidth="1"/>
     <col min="10" max="14" width="14.875" style="1" customWidth="1"/>
     <col min="15" max="15" width="10.125" style="1" customWidth="1"/>
     <col min="16" max="16" width="1.625" style="1" customWidth="1"/>
     <col min="17" max="17" width="1.75" style="1" customWidth="1"/>
     <col min="18" max="18" width="10.125" style="1" customWidth="1"/>
     <col min="19" max="19" width="12.125" style="1" customWidth="1"/>
     <col min="20" max="20" width="15.125" style="1" customWidth="1"/>
     <col min="21" max="23" width="12.125" style="1" customWidth="1"/>
     <col min="24" max="24" width="10.125" style="1" customWidth="1"/>
     <col min="25" max="25" width="1.625" style="1" customWidth="1"/>
     <col min="26" max="26" width="1.75" style="1" customWidth="1"/>
     <col min="27" max="27" width="10.125" style="1" customWidth="1"/>
     <col min="28" max="28" width="12.125" style="1" customWidth="1"/>
     <col min="29" max="29" width="15.125" style="1" customWidth="1"/>
     <col min="30" max="32" width="12.125" style="1" customWidth="1"/>
     <col min="33" max="33" width="10.125" style="1" customWidth="1"/>
     <col min="34" max="34" width="1.625" style="1" customWidth="1"/>
@@ -4120,274 +4104,274 @@
         <v>65</v>
       </c>
       <c r="S4" s="11"/>
       <c r="T4" s="11"/>
       <c r="U4" s="11"/>
       <c r="V4" s="11"/>
       <c r="W4" s="11"/>
       <c r="X4" s="38" t="s">
         <v>27</v>
       </c>
       <c r="Y4" s="11"/>
       <c r="Z4" s="6"/>
       <c r="AA4" s="64" t="s">
         <v>64</v>
       </c>
       <c r="AB4" s="12"/>
       <c r="AC4" s="12"/>
       <c r="AD4" s="12"/>
       <c r="AE4" s="13"/>
       <c r="AG4" s="38" t="s">
         <v>42</v>
       </c>
       <c r="AH4" s="4"/>
     </row>
     <row r="5" spans="1:34" s="14" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="82" t="s">
+      <c r="B5" s="109" t="s">
         <v>20</v>
       </c>
-      <c r="C5" s="99" t="s">
+      <c r="C5" s="98" t="s">
         <v>33</v>
       </c>
-      <c r="D5" s="99" t="s">
+      <c r="D5" s="98" t="s">
         <v>34</v>
       </c>
-      <c r="E5" s="99" t="s">
+      <c r="E5" s="98" t="s">
         <v>35</v>
       </c>
-      <c r="F5" s="99" t="s">
+      <c r="F5" s="98" t="s">
         <v>36</v>
       </c>
-      <c r="G5" s="101" t="s">
+      <c r="G5" s="107" t="s">
         <v>37</v>
       </c>
       <c r="H5" s="15"/>
       <c r="I5" s="16"/>
-      <c r="J5" s="103" t="s">
+      <c r="J5" s="102" t="s">
         <v>28</v>
       </c>
-      <c r="K5" s="107" t="s">
+      <c r="K5" s="104" t="s">
         <v>29</v>
       </c>
-      <c r="L5" s="107" t="s">
+      <c r="L5" s="104" t="s">
         <v>30</v>
       </c>
-      <c r="M5" s="99" t="s">
+      <c r="M5" s="98" t="s">
         <v>31</v>
       </c>
-      <c r="N5" s="99" t="s">
+      <c r="N5" s="98" t="s">
         <v>32</v>
       </c>
-      <c r="O5" s="85" t="s">
+      <c r="O5" s="112" t="s">
         <v>7</v>
       </c>
-      <c r="R5" s="82" t="s">
+      <c r="R5" s="109" t="s">
         <v>20</v>
       </c>
-      <c r="S5" s="97" t="s">
+      <c r="S5" s="122" t="s">
         <v>1</v>
       </c>
-      <c r="T5" s="88" t="s">
+      <c r="T5" s="113" t="s">
         <v>40</v>
       </c>
-      <c r="U5" s="88" t="s">
+      <c r="U5" s="113" t="s">
         <v>2</v>
       </c>
-      <c r="V5" s="88" t="s">
+      <c r="V5" s="113" t="s">
         <v>18</v>
       </c>
-      <c r="W5" s="92" t="s">
+      <c r="W5" s="117" t="s">
         <v>43</v>
       </c>
-      <c r="X5" s="85" t="s">
+      <c r="X5" s="112" t="s">
         <v>7</v>
       </c>
       <c r="Y5" s="17"/>
       <c r="Z5" s="17"/>
-      <c r="AA5" s="82" t="s">
+      <c r="AA5" s="109" t="s">
         <v>20</v>
       </c>
-      <c r="AB5" s="94" t="s">
+      <c r="AB5" s="119" t="s">
         <v>1</v>
       </c>
-      <c r="AC5" s="88" t="s">
+      <c r="AC5" s="113" t="s">
         <v>40</v>
       </c>
-      <c r="AD5" s="88" t="s">
+      <c r="AD5" s="113" t="s">
         <v>2</v>
       </c>
-      <c r="AE5" s="88" t="s">
+      <c r="AE5" s="113" t="s">
         <v>18</v>
       </c>
-      <c r="AF5" s="90" t="s">
+      <c r="AF5" s="115" t="s">
         <v>43</v>
       </c>
-      <c r="AG5" s="85" t="s">
+      <c r="AG5" s="112" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:34" s="14" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="83"/>
-[...4 lines deleted...]
-      <c r="G6" s="102"/>
+      <c r="B6" s="110"/>
+      <c r="C6" s="99"/>
+      <c r="D6" s="99"/>
+      <c r="E6" s="99"/>
+      <c r="F6" s="99"/>
+      <c r="G6" s="108"/>
       <c r="H6" s="15"/>
       <c r="I6" s="16"/>
-      <c r="J6" s="104"/>
-[...11 lines deleted...]
-      <c r="X6" s="86"/>
+      <c r="J6" s="103"/>
+      <c r="K6" s="105"/>
+      <c r="L6" s="105"/>
+      <c r="M6" s="106"/>
+      <c r="N6" s="99"/>
+      <c r="O6" s="94"/>
+      <c r="R6" s="110"/>
+      <c r="S6" s="123"/>
+      <c r="T6" s="121"/>
+      <c r="U6" s="121"/>
+      <c r="V6" s="121"/>
+      <c r="W6" s="118"/>
+      <c r="X6" s="94"/>
       <c r="Y6" s="18"/>
       <c r="Z6" s="18"/>
-      <c r="AA6" s="83"/>
-[...5 lines deleted...]
-      <c r="AG6" s="86"/>
+      <c r="AA6" s="110"/>
+      <c r="AB6" s="120"/>
+      <c r="AC6" s="121"/>
+      <c r="AD6" s="114"/>
+      <c r="AE6" s="114"/>
+      <c r="AF6" s="116"/>
+      <c r="AG6" s="94"/>
     </row>
     <row r="7" spans="1:34" s="1" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="83"/>
-      <c r="C7" s="105" t="s">
+      <c r="B7" s="110"/>
+      <c r="C7" s="91" t="s">
         <v>21</v>
       </c>
-      <c r="D7" s="105" t="s">
+      <c r="D7" s="91" t="s">
         <v>22</v>
       </c>
-      <c r="E7" s="105" t="s">
+      <c r="E7" s="91" t="s">
         <v>8</v>
       </c>
-      <c r="F7" s="105" t="s">
+      <c r="F7" s="91" t="s">
         <v>9</v>
       </c>
-      <c r="G7" s="86" t="s">
+      <c r="G7" s="94" t="s">
         <v>10</v>
       </c>
       <c r="H7" s="19"/>
       <c r="I7" s="20"/>
-      <c r="J7" s="114" t="s">
+      <c r="J7" s="100" t="s">
         <v>11</v>
       </c>
-      <c r="K7" s="105" t="s">
+      <c r="K7" s="91" t="s">
         <v>23</v>
       </c>
-      <c r="L7" s="105" t="s">
+      <c r="L7" s="91" t="s">
         <v>24</v>
       </c>
-      <c r="M7" s="105" t="s">
+      <c r="M7" s="91" t="s">
         <v>25</v>
       </c>
-      <c r="N7" s="105" t="s">
+      <c r="N7" s="91" t="s">
         <v>12</v>
       </c>
-      <c r="O7" s="86"/>
-[...1 lines deleted...]
-      <c r="S7" s="105" t="s">
+      <c r="O7" s="94"/>
+      <c r="R7" s="110"/>
+      <c r="S7" s="91" t="s">
         <v>13</v>
       </c>
-      <c r="T7" s="111" t="s">
+      <c r="T7" s="84" t="s">
         <v>41</v>
       </c>
-      <c r="U7" s="111" t="s">
+      <c r="U7" s="84" t="s">
         <v>47</v>
       </c>
-      <c r="V7" s="116" t="s">
+      <c r="V7" s="82" t="s">
         <v>19</v>
       </c>
-      <c r="W7" s="120" t="s">
+      <c r="W7" s="89" t="s">
         <v>39</v>
       </c>
-      <c r="X7" s="86"/>
+      <c r="X7" s="94"/>
       <c r="Y7" s="21"/>
       <c r="Z7" s="21"/>
-      <c r="AA7" s="83"/>
-      <c r="AB7" s="105" t="s">
+      <c r="AA7" s="110"/>
+      <c r="AB7" s="91" t="s">
         <v>13</v>
       </c>
-      <c r="AC7" s="111" t="s">
+      <c r="AC7" s="84" t="s">
         <v>41</v>
       </c>
-      <c r="AD7" s="111" t="s">
+      <c r="AD7" s="84" t="s">
         <v>47</v>
       </c>
-      <c r="AE7" s="116" t="s">
+      <c r="AE7" s="82" t="s">
         <v>19</v>
       </c>
-      <c r="AF7" s="120" t="s">
+      <c r="AF7" s="89" t="s">
         <v>39</v>
       </c>
-      <c r="AG7" s="86"/>
+      <c r="AG7" s="94"/>
     </row>
     <row r="8" spans="1:34" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="84"/>
-[...1 lines deleted...]
-      <c r="D8" s="106" t="s">
+      <c r="B8" s="111"/>
+      <c r="C8" s="85"/>
+      <c r="D8" s="96" t="s">
         <v>0</v>
       </c>
-      <c r="E8" s="106" t="s">
+      <c r="E8" s="96" t="s">
         <v>0</v>
       </c>
-      <c r="F8" s="122"/>
-      <c r="G8" s="87"/>
+      <c r="F8" s="93"/>
+      <c r="G8" s="95"/>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
-      <c r="J8" s="115"/>
-      <c r="K8" s="106" t="s">
+      <c r="J8" s="101"/>
+      <c r="K8" s="96" t="s">
         <v>14</v>
       </c>
-      <c r="L8" s="113"/>
-[...9 lines deleted...]
-      <c r="X8" s="87"/>
+      <c r="L8" s="85"/>
+      <c r="M8" s="85"/>
+      <c r="N8" s="85"/>
+      <c r="O8" s="95"/>
+      <c r="R8" s="111"/>
+      <c r="S8" s="85"/>
+      <c r="T8" s="92"/>
+      <c r="U8" s="85"/>
+      <c r="V8" s="83"/>
+      <c r="W8" s="90"/>
+      <c r="X8" s="95"/>
       <c r="Y8" s="22"/>
       <c r="Z8" s="22"/>
-      <c r="AA8" s="84"/>
-[...5 lines deleted...]
-      <c r="AG8" s="87"/>
+      <c r="AA8" s="111"/>
+      <c r="AB8" s="85"/>
+      <c r="AC8" s="92"/>
+      <c r="AD8" s="85"/>
+      <c r="AE8" s="83"/>
+      <c r="AF8" s="90"/>
+      <c r="AG8" s="95"/>
     </row>
     <row r="9" spans="1:34" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="30"/>
       <c r="B9" s="68" t="s">
         <v>70</v>
       </c>
       <c r="C9" s="69">
         <v>315139</v>
       </c>
       <c r="D9" s="69">
         <v>7334</v>
       </c>
       <c r="E9" s="69">
         <v>4079</v>
       </c>
       <c r="F9" s="70">
         <v>30140</v>
       </c>
       <c r="G9" s="71">
         <v>73011</v>
       </c>
       <c r="H9" s="31"/>
       <c r="I9" s="32"/>
       <c r="J9" s="72">
         <v>45448</v>
@@ -5541,1189 +5525,1189 @@
       <c r="AB22" s="78">
         <v>81.87</v>
       </c>
       <c r="AC22" s="79">
         <v>1.47</v>
       </c>
       <c r="AD22" s="80">
         <v>1.46</v>
       </c>
       <c r="AE22" s="78">
         <v>3.72</v>
       </c>
       <c r="AF22" s="81">
         <v>11.48</v>
       </c>
       <c r="AG22" s="75" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="23" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="30"/>
       <c r="B23" s="67" t="s">
         <v>84</v>
       </c>
       <c r="C23" s="49">
-        <v>610755</v>
+        <v>607933</v>
       </c>
       <c r="D23" s="49">
-        <v>13611</v>
+        <v>13818</v>
       </c>
       <c r="E23" s="49">
-        <v>4541</v>
+        <v>4374</v>
       </c>
       <c r="F23" s="50">
-        <v>77446</v>
+        <v>76132</v>
       </c>
       <c r="G23" s="51">
-        <v>162783</v>
+        <v>162070</v>
       </c>
       <c r="H23" s="31"/>
       <c r="I23" s="32"/>
       <c r="J23" s="65">
-        <v>73673</v>
+        <v>75414</v>
       </c>
       <c r="K23" s="49">
-        <v>2018</v>
+        <v>1967</v>
       </c>
       <c r="L23" s="49">
-        <v>112615</v>
+        <v>113678</v>
       </c>
       <c r="M23" s="52">
-        <v>93311</v>
+        <v>89513</v>
       </c>
       <c r="N23" s="53">
-        <v>70757</v>
+        <v>70967</v>
       </c>
       <c r="O23" s="54" t="s">
         <v>111</v>
       </c>
       <c r="R23" s="76" t="s">
         <v>84</v>
       </c>
       <c r="S23" s="49">
-        <v>496976</v>
+        <v>495625</v>
       </c>
       <c r="T23" s="49">
-        <v>11569</v>
+        <v>9619</v>
       </c>
       <c r="U23" s="49">
-        <v>8788</v>
+        <v>8892</v>
       </c>
       <c r="V23" s="49">
-        <v>22665</v>
+        <v>22829</v>
       </c>
       <c r="W23" s="50">
-        <v>70757</v>
+        <v>70967</v>
       </c>
       <c r="X23" s="54" t="s">
         <v>111</v>
       </c>
       <c r="Y23" s="34"/>
       <c r="Z23" s="34"/>
       <c r="AA23" s="76" t="s">
         <v>84</v>
       </c>
       <c r="AB23" s="44">
-        <v>81.37</v>
+        <v>81.53</v>
       </c>
       <c r="AC23" s="42">
-        <v>1.89</v>
+        <v>1.58</v>
       </c>
       <c r="AD23" s="43">
-        <v>1.44</v>
+        <v>1.46</v>
       </c>
       <c r="AE23" s="44">
-        <v>3.71</v>
+        <v>3.76</v>
       </c>
       <c r="AF23" s="45">
-        <v>11.59</v>
+        <v>11.67</v>
       </c>
       <c r="AG23" s="54" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="24" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="30"/>
       <c r="B24" s="67" t="s">
         <v>85</v>
       </c>
       <c r="C24" s="49">
-        <v>609066</v>
+        <v>613457</v>
       </c>
       <c r="D24" s="49">
-        <v>13566</v>
+        <v>14278</v>
       </c>
       <c r="E24" s="49">
-        <v>4656</v>
+        <v>4685</v>
       </c>
       <c r="F24" s="50">
-        <v>76848</v>
+        <v>77023</v>
       </c>
       <c r="G24" s="51">
-        <v>162614</v>
+        <v>162190</v>
       </c>
       <c r="H24" s="31"/>
       <c r="I24" s="32"/>
       <c r="J24" s="65">
-        <v>74927</v>
+        <v>77073</v>
       </c>
       <c r="K24" s="49">
-        <v>1801</v>
+        <v>1935</v>
       </c>
       <c r="L24" s="49">
-        <v>113105</v>
+        <v>114041</v>
       </c>
       <c r="M24" s="52">
-        <v>90728</v>
+        <v>91284</v>
       </c>
       <c r="N24" s="53">
-        <v>70821</v>
+        <v>70948</v>
       </c>
       <c r="O24" s="54" t="s">
         <v>112</v>
       </c>
       <c r="R24" s="76" t="s">
         <v>85</v>
       </c>
       <c r="S24" s="49">
-        <v>495897</v>
+        <v>498918</v>
       </c>
       <c r="T24" s="49">
-        <v>10731</v>
+        <v>11833</v>
       </c>
       <c r="U24" s="49">
-        <v>8840</v>
+        <v>8920</v>
       </c>
       <c r="V24" s="49">
-        <v>22777</v>
+        <v>22837</v>
       </c>
       <c r="W24" s="50">
-        <v>70821</v>
+        <v>70948</v>
       </c>
       <c r="X24" s="54" t="s">
         <v>112</v>
       </c>
       <c r="Y24" s="34"/>
       <c r="Z24" s="34"/>
       <c r="AA24" s="76" t="s">
         <v>85</v>
       </c>
       <c r="AB24" s="44">
-        <v>81.42</v>
+        <v>81.33</v>
       </c>
       <c r="AC24" s="42">
-        <v>1.76</v>
+        <v>1.93</v>
       </c>
       <c r="AD24" s="43">
         <v>1.45</v>
       </c>
       <c r="AE24" s="44">
-        <v>3.74</v>
+        <v>3.72</v>
       </c>
       <c r="AF24" s="45">
-        <v>11.63</v>
+        <v>11.57</v>
       </c>
       <c r="AG24" s="54" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="25" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="30"/>
       <c r="B25" s="67" t="s">
         <v>86</v>
       </c>
       <c r="C25" s="49">
-        <v>607933</v>
+        <v>613412</v>
       </c>
       <c r="D25" s="49">
-        <v>13818</v>
+        <v>14004</v>
       </c>
       <c r="E25" s="49">
-        <v>4374</v>
+        <v>4739</v>
       </c>
       <c r="F25" s="50">
-        <v>76132</v>
+        <v>76772</v>
       </c>
       <c r="G25" s="51">
-        <v>162070</v>
+        <v>160085</v>
       </c>
       <c r="H25" s="31"/>
       <c r="I25" s="32"/>
       <c r="J25" s="65">
-        <v>75414</v>
+        <v>79209</v>
       </c>
       <c r="K25" s="49">
-        <v>1967</v>
+        <v>2091</v>
       </c>
       <c r="L25" s="49">
-        <v>113678</v>
+        <v>114444</v>
       </c>
       <c r="M25" s="52">
-        <v>89513</v>
+        <v>91063</v>
       </c>
       <c r="N25" s="53">
-        <v>70967</v>
+        <v>71005</v>
       </c>
       <c r="O25" s="54" t="s">
         <v>113</v>
       </c>
       <c r="R25" s="76" t="s">
         <v>86</v>
       </c>
       <c r="S25" s="49">
-        <v>495625</v>
+        <v>500282</v>
       </c>
       <c r="T25" s="49">
-        <v>9619</v>
+        <v>10240</v>
       </c>
       <c r="U25" s="49">
-        <v>8892</v>
+        <v>8951</v>
       </c>
       <c r="V25" s="49">
-        <v>22829</v>
+        <v>22934</v>
       </c>
       <c r="W25" s="50">
-        <v>70967</v>
+        <v>71005</v>
       </c>
       <c r="X25" s="54" t="s">
         <v>113</v>
       </c>
       <c r="Y25" s="34"/>
       <c r="Z25" s="34"/>
       <c r="AA25" s="76" t="s">
         <v>86</v>
       </c>
       <c r="AB25" s="44">
-        <v>81.53</v>
+        <v>81.56</v>
       </c>
       <c r="AC25" s="42">
-        <v>1.58</v>
+        <v>1.67</v>
       </c>
       <c r="AD25" s="43">
         <v>1.46</v>
       </c>
       <c r="AE25" s="44">
-        <v>3.76</v>
+        <v>3.74</v>
       </c>
       <c r="AF25" s="45">
-        <v>11.67</v>
+        <v>11.58</v>
       </c>
       <c r="AG25" s="54" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="26" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="30"/>
       <c r="B26" s="67" t="s">
         <v>87</v>
       </c>
       <c r="C26" s="49">
-        <v>613457</v>
+        <v>618917</v>
       </c>
       <c r="D26" s="49">
-        <v>14278</v>
+        <v>14017</v>
       </c>
       <c r="E26" s="49">
-        <v>4685</v>
+        <v>4887</v>
       </c>
       <c r="F26" s="50">
-        <v>77023</v>
+        <v>77704</v>
       </c>
       <c r="G26" s="51">
-        <v>162190</v>
+        <v>162865</v>
       </c>
       <c r="H26" s="31"/>
       <c r="I26" s="32"/>
       <c r="J26" s="65">
-        <v>77073</v>
+        <v>80749</v>
       </c>
       <c r="K26" s="49">
-        <v>1935</v>
+        <v>2207</v>
       </c>
       <c r="L26" s="49">
-        <v>114041</v>
+        <v>114961</v>
       </c>
       <c r="M26" s="52">
-        <v>91284</v>
+        <v>90446</v>
       </c>
       <c r="N26" s="53">
-        <v>70948</v>
+        <v>71082</v>
       </c>
       <c r="O26" s="54" t="s">
         <v>114</v>
       </c>
       <c r="R26" s="76" t="s">
         <v>87</v>
       </c>
       <c r="S26" s="49">
-        <v>498918</v>
+        <v>506698</v>
       </c>
       <c r="T26" s="49">
-        <v>11833</v>
+        <v>9068</v>
       </c>
       <c r="U26" s="49">
-        <v>8920</v>
+        <v>9020</v>
       </c>
       <c r="V26" s="49">
-        <v>22837</v>
+        <v>23051</v>
       </c>
       <c r="W26" s="50">
-        <v>70948</v>
+        <v>71082</v>
       </c>
       <c r="X26" s="54" t="s">
         <v>114</v>
       </c>
       <c r="Y26" s="34"/>
       <c r="Z26" s="34"/>
       <c r="AA26" s="76" t="s">
         <v>87</v>
       </c>
       <c r="AB26" s="44">
-        <v>81.33</v>
+        <v>81.87</v>
       </c>
       <c r="AC26" s="42">
-        <v>1.93</v>
+        <v>1.47</v>
       </c>
       <c r="AD26" s="43">
-        <v>1.45</v>
+        <v>1.46</v>
       </c>
       <c r="AE26" s="44">
         <v>3.72</v>
       </c>
       <c r="AF26" s="45">
-        <v>11.57</v>
+        <v>11.48</v>
       </c>
       <c r="AG26" s="54" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="27" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="30"/>
-      <c r="B27" s="67" t="s">
+      <c r="B27" s="68" t="s">
         <v>88</v>
       </c>
-      <c r="C27" s="49">
-[...13 lines deleted...]
-      </c>
+      <c r="C27" s="49"/>
+      <c r="D27" s="49"/>
+      <c r="E27" s="49"/>
+      <c r="F27" s="50"/>
+      <c r="G27" s="51"/>
       <c r="H27" s="31"/>
       <c r="I27" s="32"/>
-      <c r="J27" s="65">
-[...14 lines deleted...]
-      <c r="O27" s="54" t="s">
+      <c r="J27" s="65"/>
+      <c r="K27" s="49"/>
+      <c r="L27" s="49"/>
+      <c r="M27" s="52"/>
+      <c r="N27" s="53"/>
+      <c r="O27" s="75" t="s">
         <v>115</v>
       </c>
-      <c r="R27" s="76" t="s">
+      <c r="R27" s="77" t="s">
         <v>88</v>
       </c>
-      <c r="S27" s="49">
-[...14 lines deleted...]
-      <c r="X27" s="54" t="s">
+      <c r="S27" s="49"/>
+      <c r="T27" s="49"/>
+      <c r="U27" s="49"/>
+      <c r="V27" s="49"/>
+      <c r="W27" s="50"/>
+      <c r="X27" s="75" t="s">
         <v>115</v>
       </c>
       <c r="Y27" s="34"/>
       <c r="Z27" s="34"/>
-      <c r="AA27" s="76" t="s">
+      <c r="AA27" s="77" t="s">
         <v>88</v>
       </c>
-      <c r="AB27" s="44">
-[...14 lines deleted...]
-      <c r="AG27" s="54" t="s">
+      <c r="AB27" s="44"/>
+      <c r="AC27" s="42"/>
+      <c r="AD27" s="43"/>
+      <c r="AE27" s="44"/>
+      <c r="AF27" s="45"/>
+      <c r="AG27" s="75" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="30"/>
       <c r="B28" s="67" t="s">
         <v>89</v>
       </c>
       <c r="C28" s="49">
-        <v>618917</v>
+        <v>621625</v>
       </c>
       <c r="D28" s="49">
-        <v>14017</v>
+        <v>14012</v>
       </c>
       <c r="E28" s="49">
-        <v>4887</v>
+        <v>4815</v>
       </c>
       <c r="F28" s="50">
-        <v>77704</v>
+        <v>73304</v>
       </c>
       <c r="G28" s="51">
-        <v>162865</v>
+        <v>166070</v>
       </c>
       <c r="H28" s="31"/>
       <c r="I28" s="32"/>
       <c r="J28" s="65">
-        <v>80749</v>
+        <v>82939</v>
       </c>
       <c r="K28" s="49">
-        <v>2207</v>
+        <v>2261</v>
       </c>
       <c r="L28" s="49">
-        <v>114961</v>
+        <v>115907</v>
       </c>
       <c r="M28" s="52">
-        <v>90446</v>
+        <v>90343</v>
       </c>
       <c r="N28" s="53">
-        <v>71082</v>
+        <v>71974</v>
       </c>
       <c r="O28" s="54" t="s">
         <v>116</v>
       </c>
       <c r="R28" s="76" t="s">
         <v>89</v>
       </c>
       <c r="S28" s="49">
-        <v>506698</v>
+        <v>508462</v>
       </c>
       <c r="T28" s="49">
-        <v>9068</v>
+        <v>9286</v>
       </c>
       <c r="U28" s="49">
-        <v>9020</v>
+        <v>8968</v>
       </c>
       <c r="V28" s="49">
-        <v>23051</v>
+        <v>22935</v>
       </c>
       <c r="W28" s="50">
-        <v>71082</v>
+        <v>71974</v>
       </c>
       <c r="X28" s="54" t="s">
         <v>116</v>
       </c>
       <c r="Y28" s="34"/>
       <c r="Z28" s="34"/>
       <c r="AA28" s="76" t="s">
         <v>89</v>
       </c>
       <c r="AB28" s="44">
-        <v>81.87</v>
+        <v>81.8</v>
       </c>
       <c r="AC28" s="42">
-        <v>1.47</v>
+        <v>1.49</v>
       </c>
       <c r="AD28" s="43">
-        <v>1.46</v>
+        <v>1.44</v>
       </c>
       <c r="AE28" s="44">
-        <v>3.72</v>
+        <v>3.69</v>
       </c>
       <c r="AF28" s="45">
-        <v>11.48</v>
+        <v>11.58</v>
       </c>
       <c r="AG28" s="54" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="30"/>
-      <c r="B29" s="68" t="s">
+      <c r="B29" s="67" t="s">
         <v>90</v>
       </c>
-      <c r="C29" s="49"/>
-[...3 lines deleted...]
-      <c r="G29" s="51"/>
+      <c r="C29" s="49">
+        <v>626271</v>
+      </c>
+      <c r="D29" s="49">
+        <v>13743</v>
+      </c>
+      <c r="E29" s="49">
+        <v>4670</v>
+      </c>
+      <c r="F29" s="50">
+        <v>76425</v>
+      </c>
+      <c r="G29" s="51">
+        <v>164327</v>
+      </c>
       <c r="H29" s="31"/>
       <c r="I29" s="32"/>
-      <c r="J29" s="65"/>
-[...4 lines deleted...]
-      <c r="O29" s="75" t="s">
+      <c r="J29" s="65">
+        <v>84000</v>
+      </c>
+      <c r="K29" s="49">
+        <v>2121</v>
+      </c>
+      <c r="L29" s="49">
+        <v>116649</v>
+      </c>
+      <c r="M29" s="52">
+        <v>92231</v>
+      </c>
+      <c r="N29" s="53">
+        <v>72106</v>
+      </c>
+      <c r="O29" s="54" t="s">
         <v>117</v>
       </c>
-      <c r="R29" s="77" t="s">
+      <c r="R29" s="76" t="s">
         <v>90</v>
       </c>
-      <c r="S29" s="49"/>
-[...4 lines deleted...]
-      <c r="X29" s="75" t="s">
+      <c r="S29" s="49">
+        <v>511903</v>
+      </c>
+      <c r="T29" s="49">
+        <v>10188</v>
+      </c>
+      <c r="U29" s="49">
+        <v>9011</v>
+      </c>
+      <c r="V29" s="49">
+        <v>23063</v>
+      </c>
+      <c r="W29" s="50">
+        <v>72106</v>
+      </c>
+      <c r="X29" s="54" t="s">
         <v>117</v>
       </c>
       <c r="Y29" s="34"/>
       <c r="Z29" s="34"/>
-      <c r="AA29" s="77" t="s">
+      <c r="AA29" s="76" t="s">
         <v>90</v>
       </c>
-      <c r="AB29" s="44"/>
-[...4 lines deleted...]
-      <c r="AG29" s="75" t="s">
+      <c r="AB29" s="44">
+        <v>81.739999999999995</v>
+      </c>
+      <c r="AC29" s="42">
+        <v>1.63</v>
+      </c>
+      <c r="AD29" s="43">
+        <v>1.44</v>
+      </c>
+      <c r="AE29" s="44">
+        <v>3.68</v>
+      </c>
+      <c r="AF29" s="45">
+        <v>11.51</v>
+      </c>
+      <c r="AG29" s="54" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="30"/>
       <c r="B30" s="67" t="s">
         <v>91</v>
       </c>
       <c r="C30" s="49">
-        <v>621625</v>
+        <v>626046</v>
       </c>
       <c r="D30" s="49">
-        <v>14012</v>
+        <v>13650</v>
       </c>
       <c r="E30" s="49">
-        <v>4815</v>
+        <v>4365</v>
       </c>
       <c r="F30" s="50">
-        <v>73304</v>
+        <v>77451</v>
       </c>
       <c r="G30" s="51">
-        <v>166070</v>
+        <v>161994</v>
       </c>
       <c r="H30" s="31"/>
       <c r="I30" s="32"/>
       <c r="J30" s="65">
-        <v>82939</v>
+        <v>86052</v>
       </c>
       <c r="K30" s="49">
-        <v>2261</v>
+        <v>2146</v>
       </c>
       <c r="L30" s="49">
-        <v>115907</v>
+        <v>117259</v>
       </c>
       <c r="M30" s="52">
-        <v>90343</v>
+        <v>91093</v>
       </c>
       <c r="N30" s="53">
-        <v>71974</v>
+        <v>72035</v>
       </c>
       <c r="O30" s="54" t="s">
         <v>118</v>
       </c>
       <c r="R30" s="76" t="s">
         <v>91</v>
       </c>
       <c r="S30" s="49">
-        <v>508462</v>
+        <v>511689</v>
       </c>
       <c r="T30" s="49">
-        <v>9286</v>
+        <v>10356</v>
       </c>
       <c r="U30" s="49">
-        <v>8968</v>
+        <v>8967</v>
       </c>
       <c r="V30" s="49">
-        <v>22935</v>
+        <v>22998</v>
       </c>
       <c r="W30" s="50">
-        <v>71974</v>
+        <v>72035</v>
       </c>
       <c r="X30" s="54" t="s">
         <v>118</v>
       </c>
       <c r="Y30" s="34"/>
       <c r="Z30" s="34"/>
       <c r="AA30" s="76" t="s">
         <v>91</v>
       </c>
       <c r="AB30" s="44">
-        <v>81.8</v>
+        <v>81.73</v>
       </c>
       <c r="AC30" s="42">
-        <v>1.49</v>
+        <v>1.65</v>
       </c>
       <c r="AD30" s="43">
-        <v>1.44</v>
+        <v>1.43</v>
       </c>
       <c r="AE30" s="44">
-        <v>3.69</v>
+        <v>3.67</v>
       </c>
       <c r="AF30" s="45">
-        <v>11.58</v>
+        <v>11.51</v>
       </c>
       <c r="AG30" s="54" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="30"/>
       <c r="B31" s="67" t="s">
         <v>92</v>
       </c>
       <c r="C31" s="49">
-        <v>626271</v>
+        <v>624655</v>
       </c>
       <c r="D31" s="49">
-        <v>13743</v>
+        <v>13639</v>
       </c>
       <c r="E31" s="49">
-        <v>4670</v>
+        <v>4278</v>
       </c>
       <c r="F31" s="50">
-        <v>76425</v>
+        <v>78227</v>
       </c>
       <c r="G31" s="51">
-        <v>164327</v>
+        <v>161911</v>
       </c>
       <c r="H31" s="31"/>
       <c r="I31" s="32"/>
       <c r="J31" s="65">
-        <v>84000</v>
+        <v>86519</v>
       </c>
       <c r="K31" s="49">
-        <v>2121</v>
+        <v>2101</v>
       </c>
       <c r="L31" s="49">
-        <v>116649</v>
+        <v>117697</v>
       </c>
       <c r="M31" s="52">
-        <v>92231</v>
+        <v>88355</v>
       </c>
       <c r="N31" s="53">
-        <v>72106</v>
+        <v>71929</v>
       </c>
       <c r="O31" s="54" t="s">
         <v>119</v>
       </c>
       <c r="R31" s="76" t="s">
         <v>92</v>
       </c>
       <c r="S31" s="49">
-        <v>511903</v>
+        <v>510285</v>
       </c>
       <c r="T31" s="49">
-        <v>10188</v>
+        <v>10495</v>
       </c>
       <c r="U31" s="49">
-        <v>9011</v>
+        <v>8988</v>
       </c>
       <c r="V31" s="49">
-        <v>23063</v>
+        <v>22958</v>
       </c>
       <c r="W31" s="50">
-        <v>72106</v>
+        <v>71929</v>
       </c>
       <c r="X31" s="54" t="s">
         <v>119</v>
       </c>
       <c r="Y31" s="34"/>
       <c r="Z31" s="34"/>
       <c r="AA31" s="76" t="s">
         <v>92</v>
       </c>
       <c r="AB31" s="44">
-        <v>81.739999999999995</v>
+        <v>81.69</v>
       </c>
       <c r="AC31" s="42">
-        <v>1.63</v>
+        <v>1.68</v>
       </c>
       <c r="AD31" s="43">
         <v>1.44</v>
       </c>
       <c r="AE31" s="44">
         <v>3.68</v>
       </c>
       <c r="AF31" s="45">
-        <v>11.51</v>
+        <v>11.52</v>
       </c>
       <c r="AG31" s="54" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="30"/>
       <c r="B32" s="67" t="s">
         <v>93</v>
       </c>
       <c r="C32" s="49">
-        <v>626046</v>
+        <v>624677</v>
       </c>
       <c r="D32" s="49">
-        <v>13650</v>
+        <v>13827</v>
       </c>
       <c r="E32" s="49">
-        <v>4365</v>
+        <v>4593</v>
       </c>
       <c r="F32" s="50">
-        <v>77451</v>
+        <v>78015</v>
       </c>
       <c r="G32" s="51">
-        <v>161994</v>
+        <v>163161</v>
       </c>
       <c r="H32" s="31"/>
       <c r="I32" s="32"/>
       <c r="J32" s="65">
-        <v>86052</v>
+        <v>88603</v>
       </c>
       <c r="K32" s="49">
-        <v>2146</v>
+        <v>2135</v>
       </c>
       <c r="L32" s="49">
-        <v>117259</v>
+        <v>118372</v>
       </c>
       <c r="M32" s="52">
-        <v>91093</v>
+        <v>84008</v>
       </c>
       <c r="N32" s="53">
-        <v>72035</v>
+        <v>71961</v>
       </c>
       <c r="O32" s="54" t="s">
         <v>120</v>
       </c>
       <c r="R32" s="76" t="s">
         <v>93</v>
       </c>
       <c r="S32" s="49">
-        <v>511689</v>
+        <v>510751</v>
       </c>
       <c r="T32" s="49">
-        <v>10356</v>
+        <v>9948</v>
       </c>
       <c r="U32" s="49">
-        <v>8967</v>
+        <v>9015</v>
       </c>
       <c r="V32" s="49">
-        <v>22998</v>
+        <v>23001</v>
       </c>
       <c r="W32" s="50">
-        <v>72035</v>
+        <v>71961</v>
       </c>
       <c r="X32" s="54" t="s">
         <v>120</v>
       </c>
       <c r="Y32" s="34"/>
       <c r="Z32" s="34"/>
       <c r="AA32" s="76" t="s">
         <v>93</v>
       </c>
       <c r="AB32" s="44">
-        <v>81.73</v>
+        <v>81.760000000000005</v>
       </c>
       <c r="AC32" s="42">
-        <v>1.65</v>
+        <v>1.59</v>
       </c>
       <c r="AD32" s="43">
-        <v>1.43</v>
+        <v>1.44</v>
       </c>
       <c r="AE32" s="44">
-        <v>3.67</v>
+        <v>3.68</v>
       </c>
       <c r="AF32" s="45">
-        <v>11.51</v>
+        <v>11.52</v>
       </c>
       <c r="AG32" s="54" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="30"/>
       <c r="B33" s="67" t="s">
         <v>94</v>
       </c>
       <c r="C33" s="49">
-        <v>624655</v>
+        <v>627111</v>
       </c>
       <c r="D33" s="49">
-        <v>13639</v>
+        <v>14252</v>
       </c>
       <c r="E33" s="49">
-        <v>4278</v>
+        <v>4360</v>
       </c>
       <c r="F33" s="50">
-        <v>78227</v>
+        <v>79708</v>
       </c>
       <c r="G33" s="51">
-        <v>161911</v>
+        <v>164637</v>
       </c>
       <c r="H33" s="31"/>
       <c r="I33" s="32"/>
       <c r="J33" s="65">
-        <v>86519</v>
+        <v>88692</v>
       </c>
       <c r="K33" s="49">
-        <v>2101</v>
+        <v>2137</v>
       </c>
       <c r="L33" s="49">
-        <v>117697</v>
+        <v>118875</v>
       </c>
       <c r="M33" s="52">
-        <v>88355</v>
+        <v>82392</v>
       </c>
       <c r="N33" s="53">
-        <v>71929</v>
+        <v>72057</v>
       </c>
       <c r="O33" s="54" t="s">
         <v>121</v>
       </c>
       <c r="R33" s="76" t="s">
         <v>94</v>
       </c>
       <c r="S33" s="49">
-        <v>510285</v>
+        <v>514123</v>
       </c>
       <c r="T33" s="49">
-        <v>10495</v>
+        <v>8829</v>
       </c>
       <c r="U33" s="49">
-        <v>8988</v>
+        <v>9009</v>
       </c>
       <c r="V33" s="49">
-        <v>22958</v>
+        <v>23092</v>
       </c>
       <c r="W33" s="50">
-        <v>71929</v>
+        <v>72057</v>
       </c>
       <c r="X33" s="54" t="s">
         <v>121</v>
       </c>
       <c r="Y33" s="34"/>
       <c r="Z33" s="34"/>
       <c r="AA33" s="76" t="s">
         <v>94</v>
       </c>
       <c r="AB33" s="44">
-        <v>81.69</v>
+        <v>81.98</v>
       </c>
       <c r="AC33" s="42">
-        <v>1.68</v>
+        <v>1.41</v>
       </c>
       <c r="AD33" s="43">
         <v>1.44</v>
       </c>
       <c r="AE33" s="44">
         <v>3.68</v>
       </c>
       <c r="AF33" s="45">
-        <v>11.52</v>
+        <v>11.49</v>
       </c>
       <c r="AG33" s="54" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="30"/>
       <c r="B34" s="67" t="s">
         <v>95</v>
       </c>
       <c r="C34" s="49">
-        <v>624677</v>
+        <v>636115</v>
       </c>
       <c r="D34" s="49">
-        <v>13827</v>
+        <v>14644</v>
       </c>
       <c r="E34" s="49">
-        <v>4593</v>
+        <v>4291</v>
       </c>
       <c r="F34" s="50">
-        <v>78015</v>
+        <v>79810</v>
       </c>
       <c r="G34" s="51">
-        <v>163161</v>
+        <v>169050</v>
       </c>
       <c r="H34" s="31"/>
       <c r="I34" s="32"/>
       <c r="J34" s="65">
-        <v>88603</v>
+        <v>87927</v>
       </c>
       <c r="K34" s="49">
-        <v>2135</v>
+        <v>2289</v>
       </c>
       <c r="L34" s="49">
-        <v>118372</v>
+        <v>119412</v>
       </c>
       <c r="M34" s="52">
-        <v>84008</v>
+        <v>86439</v>
       </c>
       <c r="N34" s="53">
-        <v>71961</v>
+        <v>72252</v>
       </c>
       <c r="O34" s="54" t="s">
         <v>122</v>
       </c>
       <c r="R34" s="76" t="s">
         <v>95</v>
       </c>
       <c r="S34" s="49">
-        <v>510751</v>
+        <v>521452</v>
       </c>
       <c r="T34" s="49">
-        <v>9948</v>
+        <v>10169</v>
       </c>
       <c r="U34" s="49">
-        <v>9015</v>
+        <v>9055</v>
       </c>
       <c r="V34" s="49">
-        <v>23001</v>
+        <v>23187</v>
       </c>
       <c r="W34" s="50">
-        <v>71961</v>
+        <v>72252</v>
       </c>
       <c r="X34" s="54" t="s">
         <v>122</v>
       </c>
       <c r="Y34" s="34"/>
       <c r="Z34" s="34"/>
       <c r="AA34" s="76" t="s">
         <v>95</v>
       </c>
       <c r="AB34" s="44">
-        <v>81.760000000000005</v>
+        <v>81.97</v>
       </c>
       <c r="AC34" s="42">
-        <v>1.59</v>
+        <v>1.6</v>
       </c>
       <c r="AD34" s="43">
-        <v>1.44</v>
+        <v>1.42</v>
       </c>
       <c r="AE34" s="44">
-        <v>3.68</v>
+        <v>3.65</v>
       </c>
       <c r="AF34" s="45">
-        <v>11.52</v>
+        <v>11.36</v>
       </c>
       <c r="AG34" s="54" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="35" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="30"/>
       <c r="B35" s="67" t="s">
         <v>96</v>
       </c>
       <c r="C35" s="49">
-        <v>627111</v>
+        <v>640892</v>
       </c>
       <c r="D35" s="49">
-        <v>14252</v>
+        <v>14303</v>
       </c>
       <c r="E35" s="49">
-        <v>4360</v>
+        <v>4805</v>
       </c>
       <c r="F35" s="50">
-        <v>79708</v>
+        <v>79517</v>
       </c>
       <c r="G35" s="51">
-        <v>164637</v>
+        <v>170569</v>
       </c>
       <c r="H35" s="31"/>
       <c r="I35" s="32"/>
       <c r="J35" s="65">
-        <v>88692</v>
+        <v>88324</v>
       </c>
       <c r="K35" s="49">
-        <v>2137</v>
+        <v>2036</v>
       </c>
       <c r="L35" s="49">
-        <v>118875</v>
+        <v>119868</v>
       </c>
       <c r="M35" s="52">
-        <v>82392</v>
+        <v>89080</v>
       </c>
       <c r="N35" s="53">
-        <v>72057</v>
+        <v>72390</v>
       </c>
       <c r="O35" s="54" t="s">
         <v>123</v>
       </c>
       <c r="R35" s="76" t="s">
         <v>96</v>
       </c>
       <c r="S35" s="49">
-        <v>514123</v>
+        <v>526071</v>
       </c>
       <c r="T35" s="49">
-        <v>8829</v>
+        <v>10060</v>
       </c>
       <c r="U35" s="49">
-        <v>9009</v>
+        <v>9103</v>
       </c>
       <c r="V35" s="49">
-        <v>23092</v>
+        <v>23268</v>
       </c>
       <c r="W35" s="50">
-        <v>72057</v>
+        <v>72390</v>
       </c>
       <c r="X35" s="54" t="s">
         <v>123</v>
       </c>
       <c r="Y35" s="34"/>
       <c r="Z35" s="34"/>
       <c r="AA35" s="76" t="s">
         <v>96</v>
       </c>
       <c r="AB35" s="44">
-        <v>81.98</v>
+        <v>82.08</v>
       </c>
       <c r="AC35" s="42">
-        <v>1.41</v>
+        <v>1.57</v>
       </c>
       <c r="AD35" s="43">
-        <v>1.44</v>
+        <v>1.42</v>
       </c>
       <c r="AE35" s="44">
-        <v>3.68</v>
+        <v>3.63</v>
       </c>
       <c r="AF35" s="45">
-        <v>11.49</v>
+        <v>11.3</v>
       </c>
       <c r="AG35" s="54" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="36" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="30"/>
       <c r="B36" s="67" t="s">
         <v>84</v>
       </c>
       <c r="C36" s="49">
-        <v>636120</v>
+        <v>642600</v>
       </c>
       <c r="D36" s="49">
-        <v>14650</v>
+        <v>16150</v>
       </c>
       <c r="E36" s="49">
-        <v>4291</v>
+        <v>4447</v>
       </c>
       <c r="F36" s="50">
-        <v>79810</v>
+        <v>79073</v>
       </c>
       <c r="G36" s="51">
-        <v>169050</v>
+        <v>171703</v>
       </c>
       <c r="H36" s="31"/>
       <c r="I36" s="32"/>
       <c r="J36" s="65">
-        <v>87927</v>
+        <v>87658</v>
       </c>
       <c r="K36" s="49">
-        <v>2289</v>
+        <v>2150</v>
       </c>
       <c r="L36" s="49">
-        <v>119412</v>
+        <v>120322</v>
       </c>
       <c r="M36" s="52">
-        <v>86439</v>
+        <v>88589</v>
       </c>
       <c r="N36" s="53">
-        <v>72252</v>
+        <v>72508</v>
       </c>
       <c r="O36" s="54" t="s">
         <v>111</v>
       </c>
       <c r="R36" s="76" t="s">
         <v>84</v>
       </c>
       <c r="S36" s="49">
-        <v>521452</v>
+        <v>528742</v>
       </c>
       <c r="T36" s="49">
-        <v>10169</v>
+        <v>8921</v>
       </c>
       <c r="U36" s="49">
-        <v>9055</v>
+        <v>9107</v>
       </c>
       <c r="V36" s="49">
-        <v>23192</v>
+        <v>23322</v>
       </c>
       <c r="W36" s="50">
-        <v>72252</v>
+        <v>72508</v>
       </c>
       <c r="X36" s="54" t="s">
         <v>111</v>
       </c>
       <c r="Y36" s="34"/>
       <c r="Z36" s="34"/>
       <c r="AA36" s="76" t="s">
         <v>84</v>
       </c>
       <c r="AB36" s="44">
-        <v>81.97</v>
+        <v>82.28</v>
       </c>
       <c r="AC36" s="42">
-        <v>1.6</v>
+        <v>1.39</v>
       </c>
       <c r="AD36" s="43">
         <v>1.42</v>
       </c>
       <c r="AE36" s="44">
-        <v>3.65</v>
+        <v>3.63</v>
       </c>
       <c r="AF36" s="45">
-        <v>11.36</v>
+        <v>11.28</v>
       </c>
       <c r="AG36" s="54" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="37" spans="1:33" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B37" s="56" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="48"/>
       <c r="D37" s="48"/>
       <c r="E37" s="48"/>
       <c r="F37" s="47"/>
       <c r="G37" s="47"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="58" t="s">
         <v>49</v>
       </c>
       <c r="K37" s="47"/>
       <c r="L37" s="47"/>
       <c r="M37" s="47"/>
       <c r="N37" s="47"/>
       <c r="O37" s="47"/>
       <c r="P37" s="1"/>
@@ -6913,51 +6897,51 @@
       <c r="AE41" s="1"/>
       <c r="AF41" s="1"/>
       <c r="AG41" s="1"/>
     </row>
     <row r="42" spans="1:33" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="59" t="s">
         <v>51</v>
       </c>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
-      <c r="U42" s="1"/>
+      <c r="U42" s="124"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
       <c r="X42" s="1"/>
       <c r="Y42" s="1"/>
       <c r="Z42" s="1"/>
       <c r="AA42" s="59" t="s">
         <v>51</v>
       </c>
       <c r="AB42" s="1"/>
       <c r="AC42" s="1"/>
       <c r="AD42" s="1"/>
       <c r="AE42" s="1"/>
       <c r="AF42" s="1"/>
       <c r="AG42" s="1"/>
     </row>
     <row r="43" spans="1:33" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B43" s="1"/>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="59" t="s">
@@ -6986,85 +6970,85 @@
       <c r="AC43" s="1"/>
       <c r="AD43" s="1"/>
       <c r="AE43" s="1"/>
       <c r="AF43" s="1"/>
       <c r="AG43" s="1"/>
     </row>
     <row r="44" spans="1:33" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B44" s="1"/>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="J44" s="59" t="s">
         <v>46</v>
       </c>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="R44" s="46"/>
       <c r="Y44" s="24"/>
     </row>
     <row r="45" spans="1:33" s="35" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B45" s="110" t="s">
+      <c r="B45" s="88" t="s">
         <v>3</v>
       </c>
-      <c r="C45" s="110"/>
-[...4 lines deleted...]
-      <c r="J45" s="110" t="s">
+      <c r="C45" s="88"/>
+      <c r="D45" s="88"/>
+      <c r="E45" s="88"/>
+      <c r="F45" s="88"/>
+      <c r="G45" s="88"/>
+      <c r="J45" s="88" t="s">
         <v>4</v>
       </c>
-      <c r="K45" s="110"/>
-[...4 lines deleted...]
-      <c r="R45" s="118" t="s">
+      <c r="K45" s="88"/>
+      <c r="L45" s="88"/>
+      <c r="M45" s="88"/>
+      <c r="N45" s="88"/>
+      <c r="O45" s="88"/>
+      <c r="R45" s="86" t="s">
         <v>5</v>
       </c>
-      <c r="S45" s="118"/>
-[...4 lines deleted...]
-      <c r="X45" s="119"/>
+      <c r="S45" s="86"/>
+      <c r="T45" s="86"/>
+      <c r="U45" s="86"/>
+      <c r="V45" s="86"/>
+      <c r="W45" s="86"/>
+      <c r="X45" s="87"/>
       <c r="Y45" s="36"/>
-      <c r="AA45" s="110" t="s">
+      <c r="AA45" s="88" t="s">
         <v>6</v>
       </c>
-      <c r="AB45" s="110"/>
-[...4 lines deleted...]
-      <c r="AG45" s="123"/>
+      <c r="AB45" s="88"/>
+      <c r="AC45" s="88"/>
+      <c r="AD45" s="88"/>
+      <c r="AE45" s="88"/>
+      <c r="AF45" s="88"/>
+      <c r="AG45" s="97"/>
     </row>
     <row r="46" spans="1:33" s="25" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B46" s="1"/>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="R46" s="26"/>
       <c r="S46" s="26"/>
       <c r="T46" s="26"/>
       <c r="U46" s="26"/>
       <c r="V46" s="26"/>
       <c r="W46" s="26"/>
       <c r="X46" s="26"/>
       <c r="Y46" s="26"/>
       <c r="AA46" s="26"/>
@@ -7113,100 +7097,100 @@
       <c r="F48" s="28"/>
       <c r="G48" s="28"/>
       <c r="H48" s="28"/>
       <c r="I48" s="28"/>
       <c r="J48" s="28"/>
       <c r="K48" s="28"/>
       <c r="L48" s="28"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
     </row>
     <row r="49" spans="2:3" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B49" s="4"/>
       <c r="C49" s="29"/>
     </row>
     <row r="50" spans="2:3" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B50" s="4"/>
       <c r="C50" s="29"/>
     </row>
     <row r="51" spans="2:3" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B51" s="4"/>
       <c r="C51" s="29"/>
     </row>
   </sheetData>
   <mergeCells count="50">
+    <mergeCell ref="B5:B8"/>
+    <mergeCell ref="O5:O8"/>
+    <mergeCell ref="AG5:AG8"/>
+    <mergeCell ref="AA5:AA8"/>
+    <mergeCell ref="AD5:AD6"/>
+    <mergeCell ref="AE5:AE6"/>
+    <mergeCell ref="AF5:AF6"/>
+    <mergeCell ref="W5:W6"/>
+    <mergeCell ref="AB5:AB6"/>
+    <mergeCell ref="AC5:AC6"/>
+    <mergeCell ref="T5:T6"/>
+    <mergeCell ref="U5:U6"/>
+    <mergeCell ref="V5:V6"/>
+    <mergeCell ref="X5:X8"/>
+    <mergeCell ref="S5:S6"/>
+    <mergeCell ref="R5:R8"/>
+    <mergeCell ref="E7:E8"/>
+    <mergeCell ref="K5:K6"/>
+    <mergeCell ref="L5:L6"/>
+    <mergeCell ref="M5:M6"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="G5:G6"/>
+    <mergeCell ref="N5:N6"/>
+    <mergeCell ref="J45:O45"/>
+    <mergeCell ref="AC7:AC8"/>
+    <mergeCell ref="AD7:AD8"/>
+    <mergeCell ref="J7:J8"/>
+    <mergeCell ref="K7:K8"/>
+    <mergeCell ref="L7:L8"/>
+    <mergeCell ref="M7:M8"/>
+    <mergeCell ref="J5:J6"/>
     <mergeCell ref="AE7:AE8"/>
     <mergeCell ref="U7:U8"/>
     <mergeCell ref="R45:X45"/>
     <mergeCell ref="B45:G45"/>
     <mergeCell ref="W7:W8"/>
     <mergeCell ref="AB7:AB8"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="N7:N8"/>
     <mergeCell ref="S7:S8"/>
     <mergeCell ref="T7:T8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="AA45:AG45"/>
     <mergeCell ref="AF7:AF8"/>
     <mergeCell ref="V7:V8"/>
-    <mergeCell ref="N5:N6"/>
-[...32 lines deleted...]
-    <mergeCell ref="R5:R8"/>
   </mergeCells>
   <phoneticPr fontId="46" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.74803149606299213" right="0.59055118110236227" top="0.74803149606299213" bottom="0.39370078740157483" header="0" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" firstPageNumber="3" orientation="portrait" useFirstPageNumber="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C - &amp;P -</oddFooter>
   </headerFooter>
   <colBreaks count="3" manualBreakCount="3">
     <brk id="8" min="2" max="43" man="1"/>
     <brk id="16" min="2" max="43" man="1"/>
     <brk id="25" min="2" max="43" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>