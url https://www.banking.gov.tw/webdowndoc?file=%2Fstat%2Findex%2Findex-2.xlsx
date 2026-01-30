--- v1 (2025-12-07)
+++ v2 (2026-01-30)
@@ -1,79 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\10.（約29_30日）金融展望月刊(與金融指標表1到3一起做)【上網】【月刋給外銀】【指標1-3給信票】\央行資料轉檔_金融指標1~3\指標1~3\匯出更名\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\10.（約29_30日）金融展望月刊(與金融指標表1到3一起做)【上網】【月刋給外銀】【指標1-3給信票】\央行資料轉檔_金融指標1~3\指標1~3\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{22631603-717D-423D-B49D-FF0834929A4B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DABD6816-2D1C-4FB9-9222-8D27AE149678}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="02" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'02'!$A$3:$AH$44</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="124">
   <si>
     <t>存　款</t>
   </si>
   <si>
     <t>本國銀行</t>
   </si>
   <si>
     <t>信用
 合作社</t>
   </si>
   <si>
     <t>-3-</t>
   </si>
   <si>
     <t>-4-</t>
   </si>
   <si>
     <t>-5-</t>
   </si>
   <si>
@@ -764,168 +751,168 @@
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t xml:space="preserve">    　11月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    　12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   1月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   2月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   3月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   4月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   5月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   6月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   7月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   8月</t>
+  </si>
+  <si>
     <t xml:space="preserve">   　   9月</t>
   </si>
   <si>
     <t xml:space="preserve">    　10月</t>
   </si>
   <si>
-    <t xml:space="preserve">    　11月</t>
-[...31 lines deleted...]
-  <si>
     <t xml:space="preserve"> 2011</t>
   </si>
   <si>
     <t xml:space="preserve"> 2012</t>
   </si>
   <si>
     <t xml:space="preserve"> 2013</t>
   </si>
   <si>
     <t xml:space="preserve"> 2014</t>
   </si>
   <si>
     <t xml:space="preserve"> 2015</t>
   </si>
   <si>
     <t xml:space="preserve"> 2016</t>
   </si>
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
     <t xml:space="preserve">         Sept.</t>
   </si>
   <si>
     <t xml:space="preserve">         Oct.</t>
-  </si>
-[...31 lines deleted...]
-    <t xml:space="preserve">         Aug.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="176" formatCode="#\ ###\ ##0"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="178" formatCode="0.00_ "/>
     <numFmt numFmtId="179" formatCode="###\ ##0"/>
   </numFmts>
   <fonts count="47" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
     </font>
     <font>
@@ -1900,51 +1887,51 @@
     <xf numFmtId="0" fontId="31" fillId="21" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="21" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="30" borderId="10" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="30" borderId="10" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="31" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="31" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="125">
+  <cellXfs count="124">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="37" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="37" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="176" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="176" fontId="10" fillId="0" borderId="0" xfId="37" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="37" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
@@ -2109,177 +2096,176 @@
     </xf>
     <xf numFmtId="179" fontId="10" fillId="0" borderId="0" xfId="44" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="16" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="17" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="17" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="10" fillId="0" borderId="2" xfId="44" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="10" fillId="0" borderId="0" xfId="44" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="10" fillId="0" borderId="13" xfId="44" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="10" fillId="0" borderId="14" xfId="44" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="24" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="16" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="20" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="3" fillId="0" borderId="22" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="13" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="3" fillId="0" borderId="22" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="13" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="3" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="16" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="17" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="36" fillId="0" borderId="13" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="17" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="176" fontId="37" fillId="0" borderId="13" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="36" fillId="0" borderId="13" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="178" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="178" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="18" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="16" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="37" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...77 lines deleted...]
-    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="86">
     <cellStyle name="20% - 輔色1" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - 輔色1 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - 輔色2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - 輔色2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - 輔色3" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - 輔色3 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - 輔色4" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - 輔色4 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - 輔色5" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - 輔色5 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - 輔色6" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - 輔色6 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="40% - 輔色1" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="40% - 輔色1 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="40% - 輔色2" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="40% - 輔色2 2" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="40% - 輔色3" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="40% - 輔色3 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="40% - 輔色4" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="40% - 輔色4 2" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="40% - 輔色5" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="40% - 輔色5 2" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
     <cellStyle name="40% - 輔色6" xfId="23" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
@@ -2347,1341 +2333,1371 @@
     <cellStyle name="警告文字" xfId="84" xr:uid="{00000000-0005-0000-0000-000054000000}"/>
     <cellStyle name="警告文字 2" xfId="85" xr:uid="{00000000-0005-0000-0000-000055000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>76200</xdr:colOff>
+      <xdr:colOff>47625</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>578697</xdr:colOff>
+      <xdr:colOff>556277</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>7670</xdr:rowOff>
+      <xdr:rowOff>189296</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
-[...1 lines deleted...]
-        <xdr:cNvPr id="3" name="Text Box 7">
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="2" name="群組 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9113CB0-1FA6-422A-B468-790AF2634796}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA34B537-F51C-42A0-BA9F-2222B6FE6777}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvSpPr txBox="1">
-[...3 lines deleted...]
-      <xdr:spPr bwMode="auto">
+        <xdr:cNvGrpSpPr/>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="76200" y="7953375"/>
-          <a:ext cx="635847" cy="207695"/>
+          <a:off x="47625" y="7943850"/>
+          <a:ext cx="642002" cy="398846"/>
+          <a:chOff x="76200" y="7953375"/>
+          <a:chExt cx="642002" cy="398846"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-[...3 lines deleted...]
-        <a:ln>
+      </xdr:grpSpPr>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="3" name="Text Box 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5048962-6FE5-5A59-64D9-D5647EFEBE56}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="76200" y="7953375"/>
+            <a:ext cx="635847" cy="207695"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
           <a:noFill/>
-        </a:ln>
-[...42 lines deleted...]
-            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr sz="1000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:rPr>
-[...18 lines deleted...]
-    </xdr:sp>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="4" name="Text Box 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A439320-5373-DDC9-6D3C-F70BC94E1C91}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="76200" y="8143875"/>
+            <a:ext cx="642002" cy="208346"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr sz="1000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>p</a:t>
+            </a:r>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+    </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
-      <xdr:colOff>76200</xdr:colOff>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1057275</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>209550</xdr:rowOff>
+      <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>1</xdr:col>
-      <xdr:colOff>584852</xdr:colOff>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>565802</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>198821</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
-[...1 lines deleted...]
-        <xdr:cNvPr id="4" name="Text Box 7">
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="5" name="群組 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04CB3C02-A20E-4105-8C08-D3720737437F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31991981-DAAE-4680-9CC4-C3D46E105BBC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvSpPr txBox="1">
-[...3 lines deleted...]
-      <xdr:spPr bwMode="auto">
+        <xdr:cNvGrpSpPr/>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="76200" y="8143875"/>
-          <a:ext cx="642002" cy="208346"/>
+          <a:off x="12430125" y="7953375"/>
+          <a:ext cx="642002" cy="398846"/>
+          <a:chOff x="76200" y="7953375"/>
+          <a:chExt cx="642002" cy="398846"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-[...3 lines deleted...]
-        <a:ln>
+      </xdr:grpSpPr>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="6" name="Text Box 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69B58EA1-ED5A-159A-47CD-B2B16715A5AB}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="76200" y="7953375"/>
+            <a:ext cx="635847" cy="207695"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
           <a:noFill/>
-        </a:ln>
-[...42 lines deleted...]
-            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr sz="1000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:rPr>
-[...4 lines deleted...]
-    </xdr:sp>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="7" name="Text Box 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7EFDC7A-4E0C-A935-F100-CC36A6B3BC7F}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="76200" y="8143875"/>
+            <a:ext cx="642002" cy="208346"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr sz="1000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>p</a:t>
+            </a:r>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+    </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>13</xdr:col>
-      <xdr:colOff>1038225</xdr:colOff>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>9525</xdr:rowOff>
+      <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>14</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>217220</xdr:rowOff>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>556277</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>198821</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
-[...1 lines deleted...]
-        <xdr:cNvPr id="5" name="Text Box 7">
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="8" name="群組 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBD684B0-F244-413D-92FE-750770F2AA20}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F877D49D-1D42-41E0-B16D-91B3DF57292D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvSpPr txBox="1">
-[...3 lines deleted...]
-      <xdr:spPr bwMode="auto">
+        <xdr:cNvGrpSpPr/>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="12411075" y="7943850"/>
-          <a:ext cx="635847" cy="207695"/>
+          <a:off x="13449300" y="7953375"/>
+          <a:ext cx="642002" cy="398846"/>
+          <a:chOff x="76200" y="7953375"/>
+          <a:chExt cx="642002" cy="398846"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-[...3 lines deleted...]
-        <a:ln>
+      </xdr:grpSpPr>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="9" name="Text Box 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E1276AE-6B77-2DA2-A95C-108DA9D13AF1}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="76200" y="7953375"/>
+            <a:ext cx="635847" cy="207695"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
           <a:noFill/>
-        </a:ln>
-[...42 lines deleted...]
-            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr sz="1000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:rPr>
-[...18 lines deleted...]
-    </xdr:sp>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="10" name="Text Box 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5BA39CB-65D6-4809-86BF-3B17BD19483A}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="76200" y="8143875"/>
+            <a:ext cx="642002" cy="208346"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr sz="1000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>p</a:t>
+            </a:r>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+    </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>13</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>857250</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>14</xdr:col>
-      <xdr:colOff>546752</xdr:colOff>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>575327</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>208346</xdr:rowOff>
+      <xdr:rowOff>198821</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
-[...1 lines deleted...]
-        <xdr:cNvPr id="7" name="Text Box 7">
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="11" name="群組 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E53CB7E-90F0-4A85-B1A7-3A7283820C22}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6312F61-686D-488C-93F4-04B841911E7F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvSpPr txBox="1">
-[...3 lines deleted...]
-      <xdr:spPr bwMode="auto">
+        <xdr:cNvGrpSpPr/>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="12411075" y="8153400"/>
-          <a:ext cx="642002" cy="208346"/>
+          <a:off x="19088100" y="7953375"/>
+          <a:ext cx="642002" cy="398846"/>
+          <a:chOff x="76200" y="7953375"/>
+          <a:chExt cx="642002" cy="398846"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-[...3 lines deleted...]
-        <a:ln>
+      </xdr:grpSpPr>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="12" name="Text Box 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EEB2661A-A32E-959D-3AA1-87B18CFF0513}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="76200" y="7953375"/>
+            <a:ext cx="635847" cy="207695"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
           <a:noFill/>
-        </a:ln>
-[...42 lines deleted...]
-            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr sz="1000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:rPr>
-[...4 lines deleted...]
-    </xdr:sp>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="13" name="Text Box 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AD9B1C4-A774-8911-1E52-1D3644870E6E}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="76200" y="8143875"/>
+            <a:ext cx="642002" cy="208346"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr sz="1000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>p</a:t>
+            </a:r>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+    </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>16</xdr:col>
-      <xdr:colOff>95250</xdr:colOff>
+      <xdr:col>25</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>17</xdr:col>
-      <xdr:colOff>597747</xdr:colOff>
+      <xdr:col>26</xdr:col>
+      <xdr:colOff>565802</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>7670</xdr:rowOff>
+      <xdr:rowOff>198821</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
-[...1 lines deleted...]
-        <xdr:cNvPr id="9" name="Text Box 7">
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="14" name="群組 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F2D9BF7-039B-4D95-9DC4-655A16C1E856}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{422148DD-3A5E-4617-BC8C-058837DD722F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvSpPr txBox="1">
-[...3 lines deleted...]
-      <xdr:spPr bwMode="auto">
+        <xdr:cNvGrpSpPr/>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="13496925" y="7953375"/>
-          <a:ext cx="635847" cy="207695"/>
+          <a:off x="20107275" y="7953375"/>
+          <a:ext cx="642002" cy="398846"/>
+          <a:chOff x="76200" y="7953375"/>
+          <a:chExt cx="642002" cy="398846"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-[...3 lines deleted...]
-        <a:ln>
+      </xdr:grpSpPr>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="15" name="Text Box 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0B2A7B8-D97A-581F-9864-66F6E76067AA}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="76200" y="7953375"/>
+            <a:ext cx="635847" cy="207695"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
           <a:noFill/>
-        </a:ln>
-[...42 lines deleted...]
-            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr sz="1000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:rPr>
-[...18 lines deleted...]
-    </xdr:sp>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="16" name="Text Box 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F88BE9A5-D2BE-A100-B703-8182688DDA3A}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="76200" y="8143875"/>
+            <a:ext cx="642002" cy="208346"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr sz="1000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>p</a:t>
+            </a:r>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+    </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>22</xdr:col>
-      <xdr:colOff>847725</xdr:colOff>
+      <xdr:col>31</xdr:col>
+      <xdr:colOff>857250</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>209550</xdr:rowOff>
+      <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>23</xdr:col>
-      <xdr:colOff>565802</xdr:colOff>
+      <xdr:col>32</xdr:col>
+      <xdr:colOff>575327</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>198821</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
-[...1 lines deleted...]
-        <xdr:cNvPr id="10" name="Text Box 7">
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="17" name="群組 16">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A62B4823-053F-4C65-961A-0AFF53A4161C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15912387-E73C-4D19-BC0E-0F495C064283}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvSpPr txBox="1">
-[...3 lines deleted...]
-      <xdr:spPr bwMode="auto">
+        <xdr:cNvGrpSpPr/>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="19078575" y="8143875"/>
-          <a:ext cx="642002" cy="208346"/>
+          <a:off x="25736550" y="7953375"/>
+          <a:ext cx="642002" cy="398846"/>
+          <a:chOff x="76200" y="7953375"/>
+          <a:chExt cx="642002" cy="398846"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-[...3 lines deleted...]
-        <a:ln>
+      </xdr:grpSpPr>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="18" name="Text Box 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5F7756D-21B1-E365-9C3D-9F51987B88A8}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="76200" y="7953375"/>
+            <a:ext cx="635847" cy="207695"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
           <a:noFill/>
-        </a:ln>
-[...42 lines deleted...]
-            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr sz="1000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:rPr>
-[...22 lines deleted...]
-        <xdr:cNvPr id="11" name="Text Box 7">
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="19" name="Text Box 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE4BDE7D-D161-8CCE-FF2E-84EE4D04E306}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="76200" y="8143875"/>
+            <a:ext cx="642002" cy="208346"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
           <a:extLst>
-            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A8C3301-2BE4-4C5A-B707-BD470879809C}"/>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
             </a:ext>
           </a:extLst>
-        </xdr:cNvPr>
-[...623 lines deleted...]
-    </xdr:sp>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr sz="1000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>p</a:t>
+            </a:r>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+    </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -4104,274 +4120,274 @@
         <v>65</v>
       </c>
       <c r="S4" s="11"/>
       <c r="T4" s="11"/>
       <c r="U4" s="11"/>
       <c r="V4" s="11"/>
       <c r="W4" s="11"/>
       <c r="X4" s="38" t="s">
         <v>27</v>
       </c>
       <c r="Y4" s="11"/>
       <c r="Z4" s="6"/>
       <c r="AA4" s="64" t="s">
         <v>64</v>
       </c>
       <c r="AB4" s="12"/>
       <c r="AC4" s="12"/>
       <c r="AD4" s="12"/>
       <c r="AE4" s="13"/>
       <c r="AG4" s="38" t="s">
         <v>42</v>
       </c>
       <c r="AH4" s="4"/>
     </row>
     <row r="5" spans="1:34" s="14" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="109" t="s">
+      <c r="B5" s="82" t="s">
         <v>20</v>
       </c>
-      <c r="C5" s="98" t="s">
+      <c r="C5" s="99" t="s">
         <v>33</v>
       </c>
-      <c r="D5" s="98" t="s">
+      <c r="D5" s="99" t="s">
         <v>34</v>
       </c>
-      <c r="E5" s="98" t="s">
+      <c r="E5" s="99" t="s">
         <v>35</v>
       </c>
-      <c r="F5" s="98" t="s">
+      <c r="F5" s="99" t="s">
         <v>36</v>
       </c>
-      <c r="G5" s="107" t="s">
+      <c r="G5" s="101" t="s">
         <v>37</v>
       </c>
       <c r="H5" s="15"/>
       <c r="I5" s="16"/>
-      <c r="J5" s="102" t="s">
+      <c r="J5" s="103" t="s">
         <v>28</v>
       </c>
-      <c r="K5" s="104" t="s">
+      <c r="K5" s="107" t="s">
         <v>29</v>
       </c>
-      <c r="L5" s="104" t="s">
+      <c r="L5" s="107" t="s">
         <v>30</v>
       </c>
-      <c r="M5" s="98" t="s">
+      <c r="M5" s="99" t="s">
         <v>31</v>
       </c>
-      <c r="N5" s="98" t="s">
+      <c r="N5" s="99" t="s">
         <v>32</v>
       </c>
-      <c r="O5" s="112" t="s">
+      <c r="O5" s="85" t="s">
         <v>7</v>
       </c>
-      <c r="R5" s="109" t="s">
+      <c r="R5" s="82" t="s">
         <v>20</v>
       </c>
-      <c r="S5" s="122" t="s">
+      <c r="S5" s="97" t="s">
         <v>1</v>
       </c>
-      <c r="T5" s="113" t="s">
+      <c r="T5" s="88" t="s">
         <v>40</v>
       </c>
-      <c r="U5" s="113" t="s">
+      <c r="U5" s="88" t="s">
         <v>2</v>
       </c>
-      <c r="V5" s="113" t="s">
+      <c r="V5" s="88" t="s">
         <v>18</v>
       </c>
-      <c r="W5" s="117" t="s">
+      <c r="W5" s="92" t="s">
         <v>43</v>
       </c>
-      <c r="X5" s="112" t="s">
+      <c r="X5" s="85" t="s">
         <v>7</v>
       </c>
       <c r="Y5" s="17"/>
       <c r="Z5" s="17"/>
-      <c r="AA5" s="109" t="s">
+      <c r="AA5" s="82" t="s">
         <v>20</v>
       </c>
-      <c r="AB5" s="119" t="s">
+      <c r="AB5" s="94" t="s">
         <v>1</v>
       </c>
-      <c r="AC5" s="113" t="s">
+      <c r="AC5" s="88" t="s">
         <v>40</v>
       </c>
-      <c r="AD5" s="113" t="s">
+      <c r="AD5" s="88" t="s">
         <v>2</v>
       </c>
-      <c r="AE5" s="113" t="s">
+      <c r="AE5" s="88" t="s">
         <v>18</v>
       </c>
-      <c r="AF5" s="115" t="s">
+      <c r="AF5" s="90" t="s">
         <v>43</v>
       </c>
-      <c r="AG5" s="112" t="s">
+      <c r="AG5" s="85" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:34" s="14" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="110"/>
-[...4 lines deleted...]
-      <c r="G6" s="108"/>
+      <c r="B6" s="83"/>
+      <c r="C6" s="100"/>
+      <c r="D6" s="100"/>
+      <c r="E6" s="100"/>
+      <c r="F6" s="100"/>
+      <c r="G6" s="102"/>
       <c r="H6" s="15"/>
       <c r="I6" s="16"/>
-      <c r="J6" s="103"/>
-[...11 lines deleted...]
-      <c r="X6" s="94"/>
+      <c r="J6" s="104"/>
+      <c r="K6" s="108"/>
+      <c r="L6" s="108"/>
+      <c r="M6" s="109"/>
+      <c r="N6" s="100"/>
+      <c r="O6" s="86"/>
+      <c r="R6" s="83"/>
+      <c r="S6" s="98"/>
+      <c r="T6" s="96"/>
+      <c r="U6" s="96"/>
+      <c r="V6" s="96"/>
+      <c r="W6" s="93"/>
+      <c r="X6" s="86"/>
       <c r="Y6" s="18"/>
       <c r="Z6" s="18"/>
-      <c r="AA6" s="110"/>
-[...5 lines deleted...]
-      <c r="AG6" s="94"/>
+      <c r="AA6" s="83"/>
+      <c r="AB6" s="95"/>
+      <c r="AC6" s="96"/>
+      <c r="AD6" s="89"/>
+      <c r="AE6" s="89"/>
+      <c r="AF6" s="91"/>
+      <c r="AG6" s="86"/>
     </row>
     <row r="7" spans="1:34" s="1" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="110"/>
-      <c r="C7" s="91" t="s">
+      <c r="B7" s="83"/>
+      <c r="C7" s="105" t="s">
         <v>21</v>
       </c>
-      <c r="D7" s="91" t="s">
+      <c r="D7" s="105" t="s">
         <v>22</v>
       </c>
-      <c r="E7" s="91" t="s">
+      <c r="E7" s="105" t="s">
         <v>8</v>
       </c>
-      <c r="F7" s="91" t="s">
+      <c r="F7" s="105" t="s">
         <v>9</v>
       </c>
-      <c r="G7" s="94" t="s">
+      <c r="G7" s="86" t="s">
         <v>10</v>
       </c>
       <c r="H7" s="19"/>
       <c r="I7" s="20"/>
-      <c r="J7" s="100" t="s">
+      <c r="J7" s="114" t="s">
         <v>11</v>
       </c>
-      <c r="K7" s="91" t="s">
+      <c r="K7" s="105" t="s">
         <v>23</v>
       </c>
-      <c r="L7" s="91" t="s">
+      <c r="L7" s="105" t="s">
         <v>24</v>
       </c>
-      <c r="M7" s="91" t="s">
+      <c r="M7" s="105" t="s">
         <v>25</v>
       </c>
-      <c r="N7" s="91" t="s">
+      <c r="N7" s="105" t="s">
         <v>12</v>
       </c>
-      <c r="O7" s="94"/>
-[...1 lines deleted...]
-      <c r="S7" s="91" t="s">
+      <c r="O7" s="86"/>
+      <c r="R7" s="83"/>
+      <c r="S7" s="105" t="s">
         <v>13</v>
       </c>
-      <c r="T7" s="84" t="s">
+      <c r="T7" s="111" t="s">
         <v>41</v>
       </c>
-      <c r="U7" s="84" t="s">
+      <c r="U7" s="111" t="s">
         <v>47</v>
       </c>
-      <c r="V7" s="82" t="s">
+      <c r="V7" s="116" t="s">
         <v>19</v>
       </c>
-      <c r="W7" s="89" t="s">
+      <c r="W7" s="120" t="s">
         <v>39</v>
       </c>
-      <c r="X7" s="94"/>
+      <c r="X7" s="86"/>
       <c r="Y7" s="21"/>
       <c r="Z7" s="21"/>
-      <c r="AA7" s="110"/>
-      <c r="AB7" s="91" t="s">
+      <c r="AA7" s="83"/>
+      <c r="AB7" s="105" t="s">
         <v>13</v>
       </c>
-      <c r="AC7" s="84" t="s">
+      <c r="AC7" s="111" t="s">
         <v>41</v>
       </c>
-      <c r="AD7" s="84" t="s">
+      <c r="AD7" s="111" t="s">
         <v>47</v>
       </c>
-      <c r="AE7" s="82" t="s">
+      <c r="AE7" s="116" t="s">
         <v>19</v>
       </c>
-      <c r="AF7" s="89" t="s">
+      <c r="AF7" s="120" t="s">
         <v>39</v>
       </c>
-      <c r="AG7" s="94"/>
+      <c r="AG7" s="86"/>
     </row>
     <row r="8" spans="1:34" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="111"/>
-[...1 lines deleted...]
-      <c r="D8" s="96" t="s">
+      <c r="B8" s="84"/>
+      <c r="C8" s="113"/>
+      <c r="D8" s="106" t="s">
         <v>0</v>
       </c>
-      <c r="E8" s="96" t="s">
+      <c r="E8" s="106" t="s">
         <v>0</v>
       </c>
-      <c r="F8" s="93"/>
-      <c r="G8" s="95"/>
+      <c r="F8" s="122"/>
+      <c r="G8" s="87"/>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
-      <c r="J8" s="101"/>
-      <c r="K8" s="96" t="s">
+      <c r="J8" s="115"/>
+      <c r="K8" s="106" t="s">
         <v>14</v>
       </c>
-      <c r="L8" s="85"/>
-[...9 lines deleted...]
-      <c r="X8" s="95"/>
+      <c r="L8" s="113"/>
+      <c r="M8" s="113"/>
+      <c r="N8" s="113"/>
+      <c r="O8" s="87"/>
+      <c r="R8" s="84"/>
+      <c r="S8" s="113"/>
+      <c r="T8" s="112"/>
+      <c r="U8" s="113"/>
+      <c r="V8" s="117"/>
+      <c r="W8" s="121"/>
+      <c r="X8" s="87"/>
       <c r="Y8" s="22"/>
       <c r="Z8" s="22"/>
-      <c r="AA8" s="111"/>
-[...5 lines deleted...]
-      <c r="AG8" s="95"/>
+      <c r="AA8" s="84"/>
+      <c r="AB8" s="113"/>
+      <c r="AC8" s="112"/>
+      <c r="AD8" s="113"/>
+      <c r="AE8" s="117"/>
+      <c r="AF8" s="121"/>
+      <c r="AG8" s="87"/>
     </row>
     <row r="9" spans="1:34" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="30"/>
       <c r="B9" s="68" t="s">
         <v>70</v>
       </c>
       <c r="C9" s="69">
         <v>315139</v>
       </c>
       <c r="D9" s="69">
         <v>7334</v>
       </c>
       <c r="E9" s="69">
         <v>4079</v>
       </c>
       <c r="F9" s="70">
         <v>30140</v>
       </c>
       <c r="G9" s="71">
         <v>73011</v>
       </c>
       <c r="H9" s="31"/>
       <c r="I9" s="32"/>
       <c r="J9" s="72">
         <v>45448</v>
@@ -5525,1189 +5541,1189 @@
       <c r="AB22" s="78">
         <v>81.87</v>
       </c>
       <c r="AC22" s="79">
         <v>1.47</v>
       </c>
       <c r="AD22" s="80">
         <v>1.46</v>
       </c>
       <c r="AE22" s="78">
         <v>3.72</v>
       </c>
       <c r="AF22" s="81">
         <v>11.48</v>
       </c>
       <c r="AG22" s="75" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="23" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="30"/>
       <c r="B23" s="67" t="s">
         <v>84</v>
       </c>
       <c r="C23" s="49">
-        <v>607933</v>
+        <v>613412</v>
       </c>
       <c r="D23" s="49">
-        <v>13818</v>
+        <v>14004</v>
       </c>
       <c r="E23" s="49">
-        <v>4374</v>
+        <v>4739</v>
       </c>
       <c r="F23" s="50">
-        <v>76132</v>
+        <v>76772</v>
       </c>
       <c r="G23" s="51">
-        <v>162070</v>
+        <v>160085</v>
       </c>
       <c r="H23" s="31"/>
       <c r="I23" s="32"/>
       <c r="J23" s="65">
-        <v>75414</v>
+        <v>79209</v>
       </c>
       <c r="K23" s="49">
-        <v>1967</v>
+        <v>2091</v>
       </c>
       <c r="L23" s="49">
-        <v>113678</v>
+        <v>114444</v>
       </c>
       <c r="M23" s="52">
-        <v>89513</v>
+        <v>91063</v>
       </c>
       <c r="N23" s="53">
-        <v>70967</v>
+        <v>71005</v>
       </c>
       <c r="O23" s="54" t="s">
         <v>111</v>
       </c>
       <c r="R23" s="76" t="s">
         <v>84</v>
       </c>
       <c r="S23" s="49">
-        <v>495625</v>
+        <v>500282</v>
       </c>
       <c r="T23" s="49">
-        <v>9619</v>
+        <v>10240</v>
       </c>
       <c r="U23" s="49">
-        <v>8892</v>
+        <v>8951</v>
       </c>
       <c r="V23" s="49">
-        <v>22829</v>
+        <v>22934</v>
       </c>
       <c r="W23" s="50">
-        <v>70967</v>
+        <v>71005</v>
       </c>
       <c r="X23" s="54" t="s">
         <v>111</v>
       </c>
       <c r="Y23" s="34"/>
       <c r="Z23" s="34"/>
       <c r="AA23" s="76" t="s">
         <v>84</v>
       </c>
       <c r="AB23" s="44">
-        <v>81.53</v>
+        <v>81.56</v>
       </c>
       <c r="AC23" s="42">
-        <v>1.58</v>
+        <v>1.67</v>
       </c>
       <c r="AD23" s="43">
         <v>1.46</v>
       </c>
       <c r="AE23" s="44">
-        <v>3.76</v>
+        <v>3.74</v>
       </c>
       <c r="AF23" s="45">
-        <v>11.67</v>
+        <v>11.58</v>
       </c>
       <c r="AG23" s="54" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="24" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="30"/>
       <c r="B24" s="67" t="s">
         <v>85</v>
       </c>
       <c r="C24" s="49">
-        <v>613457</v>
+        <v>618917</v>
       </c>
       <c r="D24" s="49">
-        <v>14278</v>
+        <v>14017</v>
       </c>
       <c r="E24" s="49">
-        <v>4685</v>
+        <v>4887</v>
       </c>
       <c r="F24" s="50">
-        <v>77023</v>
+        <v>77704</v>
       </c>
       <c r="G24" s="51">
-        <v>162190</v>
+        <v>162865</v>
       </c>
       <c r="H24" s="31"/>
       <c r="I24" s="32"/>
       <c r="J24" s="65">
-        <v>77073</v>
+        <v>80749</v>
       </c>
       <c r="K24" s="49">
-        <v>1935</v>
+        <v>2207</v>
       </c>
       <c r="L24" s="49">
-        <v>114041</v>
+        <v>114961</v>
       </c>
       <c r="M24" s="52">
-        <v>91284</v>
+        <v>90446</v>
       </c>
       <c r="N24" s="53">
-        <v>70948</v>
+        <v>71082</v>
       </c>
       <c r="O24" s="54" t="s">
         <v>112</v>
       </c>
       <c r="R24" s="76" t="s">
         <v>85</v>
       </c>
       <c r="S24" s="49">
-        <v>498918</v>
+        <v>506698</v>
       </c>
       <c r="T24" s="49">
-        <v>11833</v>
+        <v>9068</v>
       </c>
       <c r="U24" s="49">
-        <v>8920</v>
+        <v>9020</v>
       </c>
       <c r="V24" s="49">
-        <v>22837</v>
+        <v>23051</v>
       </c>
       <c r="W24" s="50">
-        <v>70948</v>
+        <v>71082</v>
       </c>
       <c r="X24" s="54" t="s">
         <v>112</v>
       </c>
       <c r="Y24" s="34"/>
       <c r="Z24" s="34"/>
       <c r="AA24" s="76" t="s">
         <v>85</v>
       </c>
       <c r="AB24" s="44">
-        <v>81.33</v>
+        <v>81.87</v>
       </c>
       <c r="AC24" s="42">
-        <v>1.93</v>
+        <v>1.47</v>
       </c>
       <c r="AD24" s="43">
-        <v>1.45</v>
+        <v>1.46</v>
       </c>
       <c r="AE24" s="44">
         <v>3.72</v>
       </c>
       <c r="AF24" s="45">
-        <v>11.57</v>
+        <v>11.48</v>
       </c>
       <c r="AG24" s="54" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="25" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="30"/>
-      <c r="B25" s="67" t="s">
+      <c r="B25" s="68" t="s">
         <v>86</v>
       </c>
-      <c r="C25" s="49">
-[...13 lines deleted...]
-      </c>
+      <c r="C25" s="49"/>
+      <c r="D25" s="49"/>
+      <c r="E25" s="49"/>
+      <c r="F25" s="50"/>
+      <c r="G25" s="51"/>
       <c r="H25" s="31"/>
       <c r="I25" s="32"/>
-      <c r="J25" s="65">
-[...14 lines deleted...]
-      <c r="O25" s="54" t="s">
+      <c r="J25" s="65"/>
+      <c r="K25" s="49"/>
+      <c r="L25" s="49"/>
+      <c r="M25" s="52"/>
+      <c r="N25" s="53"/>
+      <c r="O25" s="75" t="s">
         <v>113</v>
       </c>
-      <c r="R25" s="76" t="s">
+      <c r="R25" s="77" t="s">
         <v>86</v>
       </c>
-      <c r="S25" s="49">
-[...14 lines deleted...]
-      <c r="X25" s="54" t="s">
+      <c r="S25" s="49"/>
+      <c r="T25" s="49"/>
+      <c r="U25" s="49"/>
+      <c r="V25" s="49"/>
+      <c r="W25" s="50"/>
+      <c r="X25" s="75" t="s">
         <v>113</v>
       </c>
       <c r="Y25" s="34"/>
       <c r="Z25" s="34"/>
-      <c r="AA25" s="76" t="s">
+      <c r="AA25" s="77" t="s">
         <v>86</v>
       </c>
-      <c r="AB25" s="44">
-[...14 lines deleted...]
-      <c r="AG25" s="54" t="s">
+      <c r="AB25" s="44"/>
+      <c r="AC25" s="42"/>
+      <c r="AD25" s="43"/>
+      <c r="AE25" s="44"/>
+      <c r="AF25" s="45"/>
+      <c r="AG25" s="75" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="26" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="30"/>
       <c r="B26" s="67" t="s">
         <v>87</v>
       </c>
       <c r="C26" s="49">
-        <v>618917</v>
+        <v>621625</v>
       </c>
       <c r="D26" s="49">
-        <v>14017</v>
+        <v>14012</v>
       </c>
       <c r="E26" s="49">
-        <v>4887</v>
+        <v>4815</v>
       </c>
       <c r="F26" s="50">
-        <v>77704</v>
+        <v>73304</v>
       </c>
       <c r="G26" s="51">
-        <v>162865</v>
+        <v>166070</v>
       </c>
       <c r="H26" s="31"/>
       <c r="I26" s="32"/>
       <c r="J26" s="65">
-        <v>80749</v>
+        <v>82939</v>
       </c>
       <c r="K26" s="49">
-        <v>2207</v>
+        <v>2261</v>
       </c>
       <c r="L26" s="49">
-        <v>114961</v>
+        <v>115907</v>
       </c>
       <c r="M26" s="52">
-        <v>90446</v>
+        <v>90343</v>
       </c>
       <c r="N26" s="53">
-        <v>71082</v>
+        <v>71974</v>
       </c>
       <c r="O26" s="54" t="s">
         <v>114</v>
       </c>
       <c r="R26" s="76" t="s">
         <v>87</v>
       </c>
       <c r="S26" s="49">
-        <v>506698</v>
+        <v>508462</v>
       </c>
       <c r="T26" s="49">
-        <v>9068</v>
+        <v>9286</v>
       </c>
       <c r="U26" s="49">
-        <v>9020</v>
+        <v>8968</v>
       </c>
       <c r="V26" s="49">
-        <v>23051</v>
+        <v>22935</v>
       </c>
       <c r="W26" s="50">
-        <v>71082</v>
+        <v>71974</v>
       </c>
       <c r="X26" s="54" t="s">
         <v>114</v>
       </c>
       <c r="Y26" s="34"/>
       <c r="Z26" s="34"/>
       <c r="AA26" s="76" t="s">
         <v>87</v>
       </c>
       <c r="AB26" s="44">
-        <v>81.87</v>
+        <v>81.8</v>
       </c>
       <c r="AC26" s="42">
-        <v>1.47</v>
+        <v>1.49</v>
       </c>
       <c r="AD26" s="43">
-        <v>1.46</v>
+        <v>1.44</v>
       </c>
       <c r="AE26" s="44">
-        <v>3.72</v>
+        <v>3.69</v>
       </c>
       <c r="AF26" s="45">
-        <v>11.48</v>
+        <v>11.58</v>
       </c>
       <c r="AG26" s="54" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="27" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="30"/>
-      <c r="B27" s="68" t="s">
+      <c r="B27" s="67" t="s">
         <v>88</v>
       </c>
-      <c r="C27" s="49"/>
-[...3 lines deleted...]
-      <c r="G27" s="51"/>
+      <c r="C27" s="49">
+        <v>626271</v>
+      </c>
+      <c r="D27" s="49">
+        <v>13743</v>
+      </c>
+      <c r="E27" s="49">
+        <v>4670</v>
+      </c>
+      <c r="F27" s="50">
+        <v>76425</v>
+      </c>
+      <c r="G27" s="51">
+        <v>164327</v>
+      </c>
       <c r="H27" s="31"/>
       <c r="I27" s="32"/>
-      <c r="J27" s="65"/>
-[...4 lines deleted...]
-      <c r="O27" s="75" t="s">
+      <c r="J27" s="65">
+        <v>84000</v>
+      </c>
+      <c r="K27" s="49">
+        <v>2121</v>
+      </c>
+      <c r="L27" s="49">
+        <v>116649</v>
+      </c>
+      <c r="M27" s="52">
+        <v>92231</v>
+      </c>
+      <c r="N27" s="53">
+        <v>72106</v>
+      </c>
+      <c r="O27" s="54" t="s">
         <v>115</v>
       </c>
-      <c r="R27" s="77" t="s">
+      <c r="R27" s="76" t="s">
         <v>88</v>
       </c>
-      <c r="S27" s="49"/>
-[...4 lines deleted...]
-      <c r="X27" s="75" t="s">
+      <c r="S27" s="49">
+        <v>511903</v>
+      </c>
+      <c r="T27" s="49">
+        <v>10188</v>
+      </c>
+      <c r="U27" s="49">
+        <v>9011</v>
+      </c>
+      <c r="V27" s="49">
+        <v>23063</v>
+      </c>
+      <c r="W27" s="50">
+        <v>72106</v>
+      </c>
+      <c r="X27" s="54" t="s">
         <v>115</v>
       </c>
       <c r="Y27" s="34"/>
       <c r="Z27" s="34"/>
-      <c r="AA27" s="77" t="s">
+      <c r="AA27" s="76" t="s">
         <v>88</v>
       </c>
-      <c r="AB27" s="44"/>
-[...4 lines deleted...]
-      <c r="AG27" s="75" t="s">
+      <c r="AB27" s="44">
+        <v>81.739999999999995</v>
+      </c>
+      <c r="AC27" s="42">
+        <v>1.63</v>
+      </c>
+      <c r="AD27" s="43">
+        <v>1.44</v>
+      </c>
+      <c r="AE27" s="44">
+        <v>3.68</v>
+      </c>
+      <c r="AF27" s="45">
+        <v>11.51</v>
+      </c>
+      <c r="AG27" s="54" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="30"/>
       <c r="B28" s="67" t="s">
         <v>89</v>
       </c>
       <c r="C28" s="49">
-        <v>621625</v>
+        <v>626046</v>
       </c>
       <c r="D28" s="49">
-        <v>14012</v>
+        <v>13650</v>
       </c>
       <c r="E28" s="49">
-        <v>4815</v>
+        <v>4365</v>
       </c>
       <c r="F28" s="50">
-        <v>73304</v>
+        <v>77451</v>
       </c>
       <c r="G28" s="51">
-        <v>166070</v>
+        <v>161994</v>
       </c>
       <c r="H28" s="31"/>
       <c r="I28" s="32"/>
       <c r="J28" s="65">
-        <v>82939</v>
+        <v>86052</v>
       </c>
       <c r="K28" s="49">
-        <v>2261</v>
+        <v>2146</v>
       </c>
       <c r="L28" s="49">
-        <v>115907</v>
+        <v>117259</v>
       </c>
       <c r="M28" s="52">
-        <v>90343</v>
+        <v>91093</v>
       </c>
       <c r="N28" s="53">
-        <v>71974</v>
+        <v>72035</v>
       </c>
       <c r="O28" s="54" t="s">
         <v>116</v>
       </c>
       <c r="R28" s="76" t="s">
         <v>89</v>
       </c>
       <c r="S28" s="49">
-        <v>508462</v>
+        <v>511689</v>
       </c>
       <c r="T28" s="49">
-        <v>9286</v>
+        <v>10356</v>
       </c>
       <c r="U28" s="49">
-        <v>8968</v>
+        <v>8967</v>
       </c>
       <c r="V28" s="49">
-        <v>22935</v>
+        <v>22998</v>
       </c>
       <c r="W28" s="50">
-        <v>71974</v>
+        <v>72035</v>
       </c>
       <c r="X28" s="54" t="s">
         <v>116</v>
       </c>
       <c r="Y28" s="34"/>
       <c r="Z28" s="34"/>
       <c r="AA28" s="76" t="s">
         <v>89</v>
       </c>
       <c r="AB28" s="44">
-        <v>81.8</v>
+        <v>81.73</v>
       </c>
       <c r="AC28" s="42">
-        <v>1.49</v>
+        <v>1.65</v>
       </c>
       <c r="AD28" s="43">
-        <v>1.44</v>
+        <v>1.43</v>
       </c>
       <c r="AE28" s="44">
-        <v>3.69</v>
+        <v>3.67</v>
       </c>
       <c r="AF28" s="45">
-        <v>11.58</v>
+        <v>11.51</v>
       </c>
       <c r="AG28" s="54" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="30"/>
       <c r="B29" s="67" t="s">
         <v>90</v>
       </c>
       <c r="C29" s="49">
-        <v>626271</v>
+        <v>624655</v>
       </c>
       <c r="D29" s="49">
-        <v>13743</v>
+        <v>13639</v>
       </c>
       <c r="E29" s="49">
-        <v>4670</v>
+        <v>4278</v>
       </c>
       <c r="F29" s="50">
-        <v>76425</v>
+        <v>78227</v>
       </c>
       <c r="G29" s="51">
-        <v>164327</v>
+        <v>161911</v>
       </c>
       <c r="H29" s="31"/>
       <c r="I29" s="32"/>
       <c r="J29" s="65">
-        <v>84000</v>
+        <v>86519</v>
       </c>
       <c r="K29" s="49">
-        <v>2121</v>
+        <v>2101</v>
       </c>
       <c r="L29" s="49">
-        <v>116649</v>
+        <v>117697</v>
       </c>
       <c r="M29" s="52">
-        <v>92231</v>
+        <v>88355</v>
       </c>
       <c r="N29" s="53">
-        <v>72106</v>
+        <v>71929</v>
       </c>
       <c r="O29" s="54" t="s">
         <v>117</v>
       </c>
       <c r="R29" s="76" t="s">
         <v>90</v>
       </c>
       <c r="S29" s="49">
-        <v>511903</v>
+        <v>510285</v>
       </c>
       <c r="T29" s="49">
-        <v>10188</v>
+        <v>10495</v>
       </c>
       <c r="U29" s="49">
-        <v>9011</v>
+        <v>8988</v>
       </c>
       <c r="V29" s="49">
-        <v>23063</v>
+        <v>22958</v>
       </c>
       <c r="W29" s="50">
-        <v>72106</v>
+        <v>71929</v>
       </c>
       <c r="X29" s="54" t="s">
         <v>117</v>
       </c>
       <c r="Y29" s="34"/>
       <c r="Z29" s="34"/>
       <c r="AA29" s="76" t="s">
         <v>90</v>
       </c>
       <c r="AB29" s="44">
-        <v>81.739999999999995</v>
+        <v>81.69</v>
       </c>
       <c r="AC29" s="42">
-        <v>1.63</v>
+        <v>1.68</v>
       </c>
       <c r="AD29" s="43">
         <v>1.44</v>
       </c>
       <c r="AE29" s="44">
         <v>3.68</v>
       </c>
       <c r="AF29" s="45">
-        <v>11.51</v>
+        <v>11.52</v>
       </c>
       <c r="AG29" s="54" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="30"/>
       <c r="B30" s="67" t="s">
         <v>91</v>
       </c>
       <c r="C30" s="49">
-        <v>626046</v>
+        <v>624677</v>
       </c>
       <c r="D30" s="49">
-        <v>13650</v>
+        <v>13827</v>
       </c>
       <c r="E30" s="49">
-        <v>4365</v>
+        <v>4593</v>
       </c>
       <c r="F30" s="50">
-        <v>77451</v>
+        <v>78015</v>
       </c>
       <c r="G30" s="51">
-        <v>161994</v>
+        <v>163161</v>
       </c>
       <c r="H30" s="31"/>
       <c r="I30" s="32"/>
       <c r="J30" s="65">
-        <v>86052</v>
+        <v>88603</v>
       </c>
       <c r="K30" s="49">
-        <v>2146</v>
+        <v>2135</v>
       </c>
       <c r="L30" s="49">
-        <v>117259</v>
+        <v>118372</v>
       </c>
       <c r="M30" s="52">
-        <v>91093</v>
+        <v>84008</v>
       </c>
       <c r="N30" s="53">
-        <v>72035</v>
+        <v>71961</v>
       </c>
       <c r="O30" s="54" t="s">
         <v>118</v>
       </c>
       <c r="R30" s="76" t="s">
         <v>91</v>
       </c>
       <c r="S30" s="49">
-        <v>511689</v>
+        <v>510751</v>
       </c>
       <c r="T30" s="49">
-        <v>10356</v>
+        <v>9948</v>
       </c>
       <c r="U30" s="49">
-        <v>8967</v>
+        <v>9015</v>
       </c>
       <c r="V30" s="49">
-        <v>22998</v>
+        <v>23001</v>
       </c>
       <c r="W30" s="50">
-        <v>72035</v>
+        <v>71961</v>
       </c>
       <c r="X30" s="54" t="s">
         <v>118</v>
       </c>
       <c r="Y30" s="34"/>
       <c r="Z30" s="34"/>
       <c r="AA30" s="76" t="s">
         <v>91</v>
       </c>
       <c r="AB30" s="44">
-        <v>81.73</v>
+        <v>81.760000000000005</v>
       </c>
       <c r="AC30" s="42">
-        <v>1.65</v>
+        <v>1.59</v>
       </c>
       <c r="AD30" s="43">
-        <v>1.43</v>
+        <v>1.44</v>
       </c>
       <c r="AE30" s="44">
-        <v>3.67</v>
+        <v>3.68</v>
       </c>
       <c r="AF30" s="45">
-        <v>11.51</v>
+        <v>11.52</v>
       </c>
       <c r="AG30" s="54" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="30"/>
       <c r="B31" s="67" t="s">
         <v>92</v>
       </c>
       <c r="C31" s="49">
-        <v>624655</v>
+        <v>627111</v>
       </c>
       <c r="D31" s="49">
-        <v>13639</v>
+        <v>14252</v>
       </c>
       <c r="E31" s="49">
-        <v>4278</v>
+        <v>4360</v>
       </c>
       <c r="F31" s="50">
-        <v>78227</v>
+        <v>79708</v>
       </c>
       <c r="G31" s="51">
-        <v>161911</v>
+        <v>164637</v>
       </c>
       <c r="H31" s="31"/>
       <c r="I31" s="32"/>
       <c r="J31" s="65">
-        <v>86519</v>
+        <v>88692</v>
       </c>
       <c r="K31" s="49">
-        <v>2101</v>
+        <v>2137</v>
       </c>
       <c r="L31" s="49">
-        <v>117697</v>
+        <v>118875</v>
       </c>
       <c r="M31" s="52">
-        <v>88355</v>
+        <v>82392</v>
       </c>
       <c r="N31" s="53">
-        <v>71929</v>
+        <v>72057</v>
       </c>
       <c r="O31" s="54" t="s">
         <v>119</v>
       </c>
       <c r="R31" s="76" t="s">
         <v>92</v>
       </c>
       <c r="S31" s="49">
-        <v>510285</v>
+        <v>514123</v>
       </c>
       <c r="T31" s="49">
-        <v>10495</v>
+        <v>8829</v>
       </c>
       <c r="U31" s="49">
-        <v>8988</v>
+        <v>9009</v>
       </c>
       <c r="V31" s="49">
-        <v>22958</v>
+        <v>23092</v>
       </c>
       <c r="W31" s="50">
-        <v>71929</v>
+        <v>72057</v>
       </c>
       <c r="X31" s="54" t="s">
         <v>119</v>
       </c>
       <c r="Y31" s="34"/>
       <c r="Z31" s="34"/>
       <c r="AA31" s="76" t="s">
         <v>92</v>
       </c>
       <c r="AB31" s="44">
-        <v>81.69</v>
+        <v>81.98</v>
       </c>
       <c r="AC31" s="42">
-        <v>1.68</v>
+        <v>1.41</v>
       </c>
       <c r="AD31" s="43">
         <v>1.44</v>
       </c>
       <c r="AE31" s="44">
         <v>3.68</v>
       </c>
       <c r="AF31" s="45">
-        <v>11.52</v>
+        <v>11.49</v>
       </c>
       <c r="AG31" s="54" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="30"/>
       <c r="B32" s="67" t="s">
         <v>93</v>
       </c>
       <c r="C32" s="49">
-        <v>624677</v>
+        <v>636115</v>
       </c>
       <c r="D32" s="49">
-        <v>13827</v>
+        <v>14644</v>
       </c>
       <c r="E32" s="49">
-        <v>4593</v>
+        <v>4291</v>
       </c>
       <c r="F32" s="50">
-        <v>78015</v>
+        <v>79810</v>
       </c>
       <c r="G32" s="51">
-        <v>163161</v>
+        <v>169050</v>
       </c>
       <c r="H32" s="31"/>
       <c r="I32" s="32"/>
       <c r="J32" s="65">
-        <v>88603</v>
+        <v>87927</v>
       </c>
       <c r="K32" s="49">
-        <v>2135</v>
+        <v>2289</v>
       </c>
       <c r="L32" s="49">
-        <v>118372</v>
+        <v>119412</v>
       </c>
       <c r="M32" s="52">
-        <v>84008</v>
+        <v>86439</v>
       </c>
       <c r="N32" s="53">
-        <v>71961</v>
+        <v>72252</v>
       </c>
       <c r="O32" s="54" t="s">
         <v>120</v>
       </c>
       <c r="R32" s="76" t="s">
         <v>93</v>
       </c>
       <c r="S32" s="49">
-        <v>510751</v>
+        <v>521452</v>
       </c>
       <c r="T32" s="49">
-        <v>9948</v>
+        <v>10169</v>
       </c>
       <c r="U32" s="49">
-        <v>9015</v>
+        <v>9055</v>
       </c>
       <c r="V32" s="49">
-        <v>23001</v>
+        <v>23187</v>
       </c>
       <c r="W32" s="50">
-        <v>71961</v>
+        <v>72252</v>
       </c>
       <c r="X32" s="54" t="s">
         <v>120</v>
       </c>
       <c r="Y32" s="34"/>
       <c r="Z32" s="34"/>
       <c r="AA32" s="76" t="s">
         <v>93</v>
       </c>
       <c r="AB32" s="44">
-        <v>81.760000000000005</v>
+        <v>81.97</v>
       </c>
       <c r="AC32" s="42">
-        <v>1.59</v>
+        <v>1.6</v>
       </c>
       <c r="AD32" s="43">
-        <v>1.44</v>
+        <v>1.42</v>
       </c>
       <c r="AE32" s="44">
-        <v>3.68</v>
+        <v>3.65</v>
       </c>
       <c r="AF32" s="45">
-        <v>11.52</v>
+        <v>11.36</v>
       </c>
       <c r="AG32" s="54" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="30"/>
       <c r="B33" s="67" t="s">
         <v>94</v>
       </c>
       <c r="C33" s="49">
-        <v>627111</v>
+        <v>640892</v>
       </c>
       <c r="D33" s="49">
-        <v>14252</v>
+        <v>14303</v>
       </c>
       <c r="E33" s="49">
-        <v>4360</v>
+        <v>4805</v>
       </c>
       <c r="F33" s="50">
-        <v>79708</v>
+        <v>79517</v>
       </c>
       <c r="G33" s="51">
-        <v>164637</v>
+        <v>170569</v>
       </c>
       <c r="H33" s="31"/>
       <c r="I33" s="32"/>
       <c r="J33" s="65">
-        <v>88692</v>
+        <v>88324</v>
       </c>
       <c r="K33" s="49">
-        <v>2137</v>
+        <v>2036</v>
       </c>
       <c r="L33" s="49">
-        <v>118875</v>
+        <v>119868</v>
       </c>
       <c r="M33" s="52">
-        <v>82392</v>
+        <v>89080</v>
       </c>
       <c r="N33" s="53">
-        <v>72057</v>
+        <v>72390</v>
       </c>
       <c r="O33" s="54" t="s">
         <v>121</v>
       </c>
       <c r="R33" s="76" t="s">
         <v>94</v>
       </c>
       <c r="S33" s="49">
-        <v>514123</v>
+        <v>526071</v>
       </c>
       <c r="T33" s="49">
-        <v>8829</v>
+        <v>10060</v>
       </c>
       <c r="U33" s="49">
-        <v>9009</v>
+        <v>9103</v>
       </c>
       <c r="V33" s="49">
-        <v>23092</v>
+        <v>23268</v>
       </c>
       <c r="W33" s="50">
-        <v>72057</v>
+        <v>72390</v>
       </c>
       <c r="X33" s="54" t="s">
         <v>121</v>
       </c>
       <c r="Y33" s="34"/>
       <c r="Z33" s="34"/>
       <c r="AA33" s="76" t="s">
         <v>94</v>
       </c>
       <c r="AB33" s="44">
-        <v>81.98</v>
+        <v>82.08</v>
       </c>
       <c r="AC33" s="42">
-        <v>1.41</v>
+        <v>1.57</v>
       </c>
       <c r="AD33" s="43">
-        <v>1.44</v>
+        <v>1.42</v>
       </c>
       <c r="AE33" s="44">
-        <v>3.68</v>
+        <v>3.63</v>
       </c>
       <c r="AF33" s="45">
-        <v>11.49</v>
+        <v>11.3</v>
       </c>
       <c r="AG33" s="54" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="30"/>
       <c r="B34" s="67" t="s">
         <v>95</v>
       </c>
       <c r="C34" s="49">
-        <v>636115</v>
+        <v>642531</v>
       </c>
       <c r="D34" s="49">
-        <v>14644</v>
+        <v>16139</v>
       </c>
       <c r="E34" s="49">
-        <v>4291</v>
+        <v>4446</v>
       </c>
       <c r="F34" s="50">
-        <v>79810</v>
+        <v>79073</v>
       </c>
       <c r="G34" s="51">
-        <v>169050</v>
+        <v>171703</v>
       </c>
       <c r="H34" s="31"/>
       <c r="I34" s="32"/>
       <c r="J34" s="65">
-        <v>87927</v>
+        <v>87658</v>
       </c>
       <c r="K34" s="49">
-        <v>2289</v>
+        <v>2093</v>
       </c>
       <c r="L34" s="49">
-        <v>119412</v>
+        <v>120322</v>
       </c>
       <c r="M34" s="52">
-        <v>86439</v>
+        <v>88589</v>
       </c>
       <c r="N34" s="53">
-        <v>72252</v>
+        <v>72508</v>
       </c>
       <c r="O34" s="54" t="s">
         <v>122</v>
       </c>
       <c r="R34" s="76" t="s">
         <v>95</v>
       </c>
       <c r="S34" s="49">
-        <v>521452</v>
+        <v>528742</v>
       </c>
       <c r="T34" s="49">
-        <v>10169</v>
+        <v>8864</v>
       </c>
       <c r="U34" s="49">
-        <v>9055</v>
+        <v>9107</v>
       </c>
       <c r="V34" s="49">
-        <v>23187</v>
+        <v>23310</v>
       </c>
       <c r="W34" s="50">
-        <v>72252</v>
+        <v>72508</v>
       </c>
       <c r="X34" s="54" t="s">
         <v>122</v>
       </c>
       <c r="Y34" s="34"/>
       <c r="Z34" s="34"/>
       <c r="AA34" s="76" t="s">
         <v>95</v>
       </c>
       <c r="AB34" s="44">
-        <v>81.97</v>
+        <v>82.29</v>
       </c>
       <c r="AC34" s="42">
-        <v>1.6</v>
+        <v>1.38</v>
       </c>
       <c r="AD34" s="43">
         <v>1.42</v>
       </c>
       <c r="AE34" s="44">
-        <v>3.65</v>
+        <v>3.63</v>
       </c>
       <c r="AF34" s="45">
-        <v>11.36</v>
+        <v>11.28</v>
       </c>
       <c r="AG34" s="54" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="35" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="30"/>
       <c r="B35" s="67" t="s">
         <v>96</v>
       </c>
       <c r="C35" s="49">
-        <v>640892</v>
+        <v>645600</v>
       </c>
       <c r="D35" s="49">
-        <v>14303</v>
+        <v>15225</v>
       </c>
       <c r="E35" s="49">
-        <v>4805</v>
+        <v>4265</v>
       </c>
       <c r="F35" s="50">
-        <v>79517</v>
+        <v>79483</v>
       </c>
       <c r="G35" s="51">
-        <v>170569</v>
+        <v>170938</v>
       </c>
       <c r="H35" s="31"/>
       <c r="I35" s="32"/>
       <c r="J35" s="65">
-        <v>88324</v>
+        <v>88892</v>
       </c>
       <c r="K35" s="49">
-        <v>2036</v>
+        <v>1812</v>
       </c>
       <c r="L35" s="49">
-        <v>119868</v>
+        <v>120677</v>
       </c>
       <c r="M35" s="52">
-        <v>89080</v>
+        <v>91689</v>
       </c>
       <c r="N35" s="53">
-        <v>72390</v>
+        <v>72620</v>
       </c>
       <c r="O35" s="54" t="s">
         <v>123</v>
       </c>
       <c r="R35" s="76" t="s">
         <v>96</v>
       </c>
       <c r="S35" s="49">
-        <v>526071</v>
+        <v>529504</v>
       </c>
       <c r="T35" s="49">
-        <v>10060</v>
+        <v>11002</v>
       </c>
       <c r="U35" s="49">
-        <v>9103</v>
+        <v>9136</v>
       </c>
       <c r="V35" s="49">
-        <v>23268</v>
+        <v>23337</v>
       </c>
       <c r="W35" s="50">
-        <v>72390</v>
+        <v>72620</v>
       </c>
       <c r="X35" s="54" t="s">
         <v>123</v>
       </c>
       <c r="Y35" s="34"/>
       <c r="Z35" s="34"/>
       <c r="AA35" s="76" t="s">
         <v>96</v>
       </c>
       <c r="AB35" s="44">
-        <v>82.08</v>
+        <v>82.02</v>
       </c>
       <c r="AC35" s="42">
-        <v>1.57</v>
+        <v>1.7</v>
       </c>
       <c r="AD35" s="43">
         <v>1.42</v>
       </c>
       <c r="AE35" s="44">
-        <v>3.63</v>
+        <v>3.61</v>
       </c>
       <c r="AF35" s="45">
-        <v>11.3</v>
+        <v>11.25</v>
       </c>
       <c r="AG35" s="54" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="36" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="30"/>
       <c r="B36" s="67" t="s">
         <v>84</v>
       </c>
       <c r="C36" s="49">
-        <v>642600</v>
+        <v>645512</v>
       </c>
       <c r="D36" s="49">
-        <v>16150</v>
+        <v>15173</v>
       </c>
       <c r="E36" s="49">
-        <v>4447</v>
+        <v>4876</v>
       </c>
       <c r="F36" s="50">
-        <v>79073</v>
+        <v>80208</v>
       </c>
       <c r="G36" s="51">
-        <v>171703</v>
+        <v>168457</v>
       </c>
       <c r="H36" s="31"/>
       <c r="I36" s="32"/>
       <c r="J36" s="65">
-        <v>87658</v>
+        <v>90270</v>
       </c>
       <c r="K36" s="49">
-        <v>2150</v>
+        <v>1939</v>
       </c>
       <c r="L36" s="49">
-        <v>120322</v>
+        <v>120963</v>
       </c>
       <c r="M36" s="52">
-        <v>88589</v>
+        <v>90743</v>
       </c>
       <c r="N36" s="53">
-        <v>72508</v>
+        <v>72883</v>
       </c>
       <c r="O36" s="54" t="s">
         <v>111</v>
       </c>
       <c r="R36" s="76" t="s">
         <v>84</v>
       </c>
       <c r="S36" s="49">
-        <v>528742</v>
+        <v>529375</v>
       </c>
       <c r="T36" s="49">
-        <v>8921</v>
+        <v>10765</v>
       </c>
       <c r="U36" s="49">
-        <v>9107</v>
+        <v>9109</v>
       </c>
       <c r="V36" s="49">
-        <v>23322</v>
+        <v>23379</v>
       </c>
       <c r="W36" s="50">
-        <v>72508</v>
+        <v>72883</v>
       </c>
       <c r="X36" s="54" t="s">
         <v>111</v>
       </c>
       <c r="Y36" s="34"/>
       <c r="Z36" s="34"/>
       <c r="AA36" s="76" t="s">
         <v>84</v>
       </c>
       <c r="AB36" s="44">
-        <v>82.28</v>
+        <v>82.01</v>
       </c>
       <c r="AC36" s="42">
-        <v>1.39</v>
+        <v>1.67</v>
       </c>
       <c r="AD36" s="43">
-        <v>1.42</v>
+        <v>1.41</v>
       </c>
       <c r="AE36" s="44">
-        <v>3.63</v>
+        <v>3.62</v>
       </c>
       <c r="AF36" s="45">
-        <v>11.28</v>
+        <v>11.29</v>
       </c>
       <c r="AG36" s="54" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="37" spans="1:33" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B37" s="56" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="48"/>
       <c r="D37" s="48"/>
       <c r="E37" s="48"/>
       <c r="F37" s="47"/>
       <c r="G37" s="47"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="58" t="s">
         <v>49</v>
       </c>
       <c r="K37" s="47"/>
       <c r="L37" s="47"/>
       <c r="M37" s="47"/>
       <c r="N37" s="47"/>
       <c r="O37" s="47"/>
       <c r="P37" s="1"/>
@@ -6855,94 +6871,92 @@
       <c r="AB40" s="1"/>
       <c r="AC40" s="1"/>
       <c r="AD40" s="1"/>
       <c r="AE40" s="1"/>
       <c r="AF40" s="1"/>
       <c r="AG40" s="1"/>
     </row>
     <row r="41" spans="1:33" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B41" s="57" t="s">
         <v>58</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="59" t="s">
         <v>56</v>
       </c>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
-      <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="S41"/>
       <c r="T41"/>
       <c r="U41"/>
-      <c r="V41"/>
+      <c r="V41" s="1"/>
       <c r="W41"/>
       <c r="X41" s="1"/>
       <c r="Y41" s="1"/>
       <c r="Z41" s="1"/>
       <c r="AA41" s="59" t="s">
         <v>53</v>
       </c>
       <c r="AB41" s="1"/>
       <c r="AC41" s="1"/>
       <c r="AD41" s="1"/>
       <c r="AE41" s="1"/>
       <c r="AF41" s="1"/>
       <c r="AG41" s="1"/>
     </row>
     <row r="42" spans="1:33" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="59" t="s">
         <v>51</v>
       </c>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
-      <c r="U42" s="124"/>
-      <c r="V42" s="1"/>
+      <c r="U42" s="1"/>
       <c r="W42" s="1"/>
       <c r="X42" s="1"/>
       <c r="Y42" s="1"/>
       <c r="Z42" s="1"/>
       <c r="AA42" s="59" t="s">
         <v>51</v>
       </c>
       <c r="AB42" s="1"/>
       <c r="AC42" s="1"/>
       <c r="AD42" s="1"/>
       <c r="AE42" s="1"/>
       <c r="AF42" s="1"/>
       <c r="AG42" s="1"/>
     </row>
     <row r="43" spans="1:33" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B43" s="1"/>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="59" t="s">
         <v>45</v>
@@ -6970,85 +6984,85 @@
       <c r="AC43" s="1"/>
       <c r="AD43" s="1"/>
       <c r="AE43" s="1"/>
       <c r="AF43" s="1"/>
       <c r="AG43" s="1"/>
     </row>
     <row r="44" spans="1:33" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B44" s="1"/>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="J44" s="59" t="s">
         <v>46</v>
       </c>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="R44" s="46"/>
       <c r="Y44" s="24"/>
     </row>
     <row r="45" spans="1:33" s="35" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B45" s="88" t="s">
+      <c r="B45" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="C45" s="88"/>
-[...4 lines deleted...]
-      <c r="J45" s="88" t="s">
+      <c r="C45" s="110"/>
+      <c r="D45" s="110"/>
+      <c r="E45" s="110"/>
+      <c r="F45" s="110"/>
+      <c r="G45" s="110"/>
+      <c r="J45" s="110" t="s">
         <v>4</v>
       </c>
-      <c r="K45" s="88"/>
-[...4 lines deleted...]
-      <c r="R45" s="86" t="s">
+      <c r="K45" s="110"/>
+      <c r="L45" s="110"/>
+      <c r="M45" s="110"/>
+      <c r="N45" s="110"/>
+      <c r="O45" s="110"/>
+      <c r="R45" s="118" t="s">
         <v>5</v>
       </c>
-      <c r="S45" s="86"/>
-[...4 lines deleted...]
-      <c r="X45" s="87"/>
+      <c r="S45" s="118"/>
+      <c r="T45" s="118"/>
+      <c r="U45" s="118"/>
+      <c r="V45" s="118"/>
+      <c r="W45" s="118"/>
+      <c r="X45" s="119"/>
       <c r="Y45" s="36"/>
-      <c r="AA45" s="88" t="s">
+      <c r="AA45" s="110" t="s">
         <v>6</v>
       </c>
-      <c r="AB45" s="88"/>
-[...4 lines deleted...]
-      <c r="AG45" s="97"/>
+      <c r="AB45" s="110"/>
+      <c r="AC45" s="110"/>
+      <c r="AD45" s="110"/>
+      <c r="AE45" s="110"/>
+      <c r="AF45" s="110"/>
+      <c r="AG45" s="123"/>
     </row>
     <row r="46" spans="1:33" s="25" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B46" s="1"/>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="R46" s="26"/>
       <c r="S46" s="26"/>
       <c r="T46" s="26"/>
       <c r="U46" s="26"/>
       <c r="V46" s="26"/>
       <c r="W46" s="26"/>
       <c r="X46" s="26"/>
       <c r="Y46" s="26"/>
       <c r="AA46" s="26"/>
@@ -7097,100 +7111,100 @@
       <c r="F48" s="28"/>
       <c r="G48" s="28"/>
       <c r="H48" s="28"/>
       <c r="I48" s="28"/>
       <c r="J48" s="28"/>
       <c r="K48" s="28"/>
       <c r="L48" s="28"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
     </row>
     <row r="49" spans="2:3" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B49" s="4"/>
       <c r="C49" s="29"/>
     </row>
     <row r="50" spans="2:3" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B50" s="4"/>
       <c r="C50" s="29"/>
     </row>
     <row r="51" spans="2:3" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B51" s="4"/>
       <c r="C51" s="29"/>
     </row>
   </sheetData>
   <mergeCells count="50">
+    <mergeCell ref="AE7:AE8"/>
+    <mergeCell ref="U7:U8"/>
+    <mergeCell ref="R45:X45"/>
+    <mergeCell ref="B45:G45"/>
+    <mergeCell ref="W7:W8"/>
+    <mergeCell ref="AB7:AB8"/>
+    <mergeCell ref="C7:C8"/>
+    <mergeCell ref="N7:N8"/>
+    <mergeCell ref="S7:S8"/>
+    <mergeCell ref="T7:T8"/>
+    <mergeCell ref="F7:F8"/>
+    <mergeCell ref="G7:G8"/>
+    <mergeCell ref="D7:D8"/>
+    <mergeCell ref="AA45:AG45"/>
+    <mergeCell ref="AF7:AF8"/>
+    <mergeCell ref="V7:V8"/>
+    <mergeCell ref="N5:N6"/>
+    <mergeCell ref="J45:O45"/>
+    <mergeCell ref="AC7:AC8"/>
+    <mergeCell ref="AD7:AD8"/>
+    <mergeCell ref="J7:J8"/>
+    <mergeCell ref="K7:K8"/>
+    <mergeCell ref="L7:L8"/>
+    <mergeCell ref="M7:M8"/>
+    <mergeCell ref="J5:J6"/>
+    <mergeCell ref="E7:E8"/>
+    <mergeCell ref="K5:K6"/>
+    <mergeCell ref="L5:L6"/>
+    <mergeCell ref="M5:M6"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="G5:G6"/>
     <mergeCell ref="B5:B8"/>
     <mergeCell ref="O5:O8"/>
     <mergeCell ref="AG5:AG8"/>
     <mergeCell ref="AA5:AA8"/>
     <mergeCell ref="AD5:AD6"/>
     <mergeCell ref="AE5:AE6"/>
     <mergeCell ref="AF5:AF6"/>
     <mergeCell ref="W5:W6"/>
     <mergeCell ref="AB5:AB6"/>
     <mergeCell ref="AC5:AC6"/>
     <mergeCell ref="T5:T6"/>
     <mergeCell ref="U5:U6"/>
     <mergeCell ref="V5:V6"/>
     <mergeCell ref="X5:X8"/>
     <mergeCell ref="S5:S6"/>
     <mergeCell ref="R5:R8"/>
-    <mergeCell ref="E7:E8"/>
-[...32 lines deleted...]
-    <mergeCell ref="V7:V8"/>
   </mergeCells>
   <phoneticPr fontId="46" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.74803149606299213" right="0.59055118110236227" top="0.74803149606299213" bottom="0.39370078740157483" header="0" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" firstPageNumber="3" orientation="portrait" useFirstPageNumber="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C - &amp;P -</oddFooter>
   </headerFooter>
   <colBreaks count="3" manualBreakCount="3">
     <brk id="8" min="2" max="43" man="1"/>
     <brk id="16" min="2" max="43" man="1"/>
     <brk id="25" min="2" max="43" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>