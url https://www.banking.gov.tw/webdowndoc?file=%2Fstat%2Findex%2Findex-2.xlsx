--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\10.（約29_30日）金融展望月刊(與金融指標表1到3一起做)【上網】【月刋給外銀】【指標1-3給信票】\央行資料轉檔_金融指標1~3\指標1~3\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DABD6816-2D1C-4FB9-9222-8D27AE149678}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9D9500F8-EE8D-4A58-BFB5-8D88E2F4DC6C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="02" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'02'!$A$3:$AH$44</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="124">
   <si>
     <t>存　款</t>
   </si>
   <si>
     <t>本國銀行</t>
   </si>
   <si>
     <t>信用
 合作社</t>
   </si>
@@ -709,210 +709,210 @@
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
       </rPr>
       <t>4</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="細明體"/>
         <charset val="136"/>
       </rPr>
       <t>頁</t>
     </r>
   </si>
   <si>
     <t>第5頁</t>
   </si>
   <si>
-    <t>100年</t>
-[...1 lines deleted...]
-  <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   1月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   2月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   3月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   4月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   5月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   6月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   7月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   8月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   9月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    　10月</t>
+  </si>
+  <si>
     <t xml:space="preserve">    　11月</t>
   </si>
   <si>
     <t xml:space="preserve">    　12月</t>
   </si>
   <si>
-    <t>114年</t>
-[...32 lines deleted...]
-    <t xml:space="preserve"> 2011</t>
+    <t>115年</t>
   </si>
   <si>
     <t xml:space="preserve"> 2012</t>
   </si>
   <si>
     <t xml:space="preserve"> 2013</t>
   </si>
   <si>
     <t xml:space="preserve"> 2014</t>
   </si>
   <si>
     <t xml:space="preserve"> 2015</t>
   </si>
   <si>
     <t xml:space="preserve"> 2016</t>
   </si>
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
     <t xml:space="preserve">         Nov.</t>
   </si>
   <si>
     <t xml:space="preserve">         Dec.</t>
   </si>
   <si>
-    <t xml:space="preserve"> 2025</t>
-[...29 lines deleted...]
-    <t xml:space="preserve">         Oct.</t>
+    <t xml:space="preserve"> 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="176" formatCode="#\ ###\ ##0"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="178" formatCode="0.00_ "/>
     <numFmt numFmtId="179" formatCode="###\ ##0"/>
   </numFmts>
   <fonts count="47" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
     </font>
     <font>
@@ -2332,1372 +2332,2032 @@
     <cellStyle name="壞 2" xfId="83" xr:uid="{00000000-0005-0000-0000-000053000000}"/>
     <cellStyle name="警告文字" xfId="84" xr:uid="{00000000-0005-0000-0000-000054000000}"/>
     <cellStyle name="警告文字 2" xfId="85" xr:uid="{00000000-0005-0000-0000-000055000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>9525</xdr:rowOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>556277</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>189296</xdr:rowOff>
+      <xdr:colOff>762847</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>10845</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="2" name="群組 1">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="2" name="Text Box 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA34B537-F51C-42A0-BA9F-2222B6FE6777}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF8DC7F0-DB9C-405E-9E58-DFC89698DDE8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="47625" y="7943850"/>
-[...2 lines deleted...]
-          <a:chExt cx="642002" cy="398846"/>
+          <a:off x="266700" y="5105400"/>
+          <a:ext cx="629497" cy="210870"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...20 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
           <a:noFill/>
-          <a:ln>
-[...60 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...89 lines deleted...]
-    </xdr:grpSp>
+            </a:rPr>
+            <a:t>     r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>13</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
-      <xdr:colOff>565802</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>198821</xdr:rowOff>
+      <xdr:colOff>762847</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>1320</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="5" name="群組 4">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="3" name="Text Box 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31991981-DAAE-4680-9CC4-C3D46E105BBC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D13B3E8-F3CF-4814-ADA2-3E548EA17D2D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="12430125" y="7953375"/>
-[...2 lines deleted...]
-          <a:chExt cx="642002" cy="398846"/>
+          <a:off x="12639675" y="5095875"/>
+          <a:ext cx="629497" cy="210870"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...20 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
           <a:noFill/>
-          <a:ln>
-[...60 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...89 lines deleted...]
-    </xdr:grpSp>
+            </a:rPr>
+            <a:t>     r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>16</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>66675</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>17</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>198821</xdr:rowOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>562822</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>210870</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="8" name="群組 7">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="4" name="Text Box 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F877D49D-1D42-41E0-B16D-91B3DF57292D}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91E60E94-642F-4F74-BB17-8BFFF2CE0665}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="13449300" y="7953375"/>
-[...2 lines deleted...]
-          <a:chExt cx="642002" cy="398846"/>
+          <a:off x="66675" y="7715250"/>
+          <a:ext cx="629497" cy="210870"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...20 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
           <a:noFill/>
-          <a:ln>
-[...60 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...89 lines deleted...]
-    </xdr:grpSp>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>22</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1066800</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>23</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>198821</xdr:rowOff>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>562822</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>210870</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="11" name="群組 10">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="5" name="Text Box 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6312F61-686D-488C-93F4-04B841911E7F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E17D084-86C2-48F9-87FD-484906D0481C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="19088100" y="7953375"/>
-[...2 lines deleted...]
-          <a:chExt cx="642002" cy="398846"/>
+          <a:off x="12439650" y="7715250"/>
+          <a:ext cx="629497" cy="210870"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...20 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
           <a:noFill/>
-          <a:ln>
-[...60 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...89 lines deleted...]
-    </xdr:grpSp>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>25</xdr:col>
-      <xdr:colOff>57150</xdr:colOff>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>66675</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:rowOff>200025</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>26</xdr:col>
-      <xdr:colOff>565802</xdr:colOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>568977</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>198821</xdr:rowOff>
+      <xdr:rowOff>192471</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="14" name="群組 13">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="6" name="Text Box 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{422148DD-3A5E-4617-BC8C-058837DD722F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0963B948-3C33-4821-9113-05C5D51A06F2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="20107275" y="7953375"/>
-[...2 lines deleted...]
-          <a:chExt cx="642002" cy="398846"/>
+          <a:off x="66675" y="8134350"/>
+          <a:ext cx="635652" cy="211521"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...20 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
           <a:noFill/>
-          <a:ln>
-[...60 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...89 lines deleted...]
-    </xdr:grpSp>
+            </a:rPr>
+            <a:t>p</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>31</xdr:col>
-      <xdr:colOff>857250</xdr:colOff>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1066800</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:rowOff>200025</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>32</xdr:col>
-      <xdr:colOff>575327</xdr:colOff>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>568977</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>198821</xdr:rowOff>
+      <xdr:rowOff>192471</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="17" name="群組 16">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="7" name="Text Box 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15912387-E73C-4D19-BC0E-0F495C064283}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6464288F-4A32-47CC-94E0-FD1B1FD308F5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="25736550" y="7953375"/>
-[...2 lines deleted...]
-          <a:chExt cx="642002" cy="398846"/>
+          <a:off x="12439650" y="8134350"/>
+          <a:ext cx="635652" cy="211521"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...20 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
           <a:noFill/>
-          <a:ln>
-[...60 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="新細明體"/>
               <a:cs typeface="+mn-cs"/>
-            </a:endParaRPr>
-[...27 lines deleted...]
-          </a:ln>
+            </a:rPr>
+            <a:t>p</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>762847</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>10845</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="8" name="Text Box 7">
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...14 lines deleted...]
-              </a14:hiddenLine>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B9E3CFE-310A-4687-8403-8821C4C95FB8}"/>
             </a:ext>
           </a:extLst>
-        </xdr:spPr>
-[...41 lines deleted...]
-    </xdr:grpSp>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="13668375" y="5105400"/>
+          <a:ext cx="629497" cy="210870"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>     r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>762847</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>10845</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="9" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2F692A2-6394-460A-B5A4-336CFC6C1488}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="19288125" y="5105400"/>
+          <a:ext cx="629497" cy="210870"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>     r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>32</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>32</xdr:col>
+      <xdr:colOff>762847</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>1320</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="10" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F10719FB-FC3D-41BA-821C-086813E14370}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="25936575" y="5095875"/>
+          <a:ext cx="629497" cy="210870"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>     r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>26</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>26</xdr:col>
+      <xdr:colOff>762847</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>10845</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="11" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A596620-2468-4E5D-9533-E5D5805FB9CE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="20316825" y="5105400"/>
+          <a:ext cx="629497" cy="210870"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>     r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>553297</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>10845</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="12" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6846D148-2027-4F72-BCEA-E7785197533F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="13458825" y="7734300"/>
+          <a:ext cx="629497" cy="210870"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>847725</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>553297</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>20370</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="13" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FA9CD64-1FE3-4428-9FE8-355F53D831E9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="19078575" y="7743825"/>
+          <a:ext cx="629497" cy="210870"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>25</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>26</xdr:col>
+      <xdr:colOff>553297</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>10845</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="14" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7360D0D3-D767-4CA2-A8FE-BC18B8658513}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="20107275" y="7734300"/>
+          <a:ext cx="629497" cy="210870"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>31</xdr:col>
+      <xdr:colOff>847725</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>32</xdr:col>
+      <xdr:colOff>553297</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>10845</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="15" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0520B4F1-F170-450D-9B17-D327F15314FA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="25727025" y="7734300"/>
+          <a:ext cx="629497" cy="210870"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="新細明體"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>200025</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>559452</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>192471</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="16" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5AF0629-B078-41F6-BF88-FFDFA2D35D32}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="13458825" y="8134350"/>
+          <a:ext cx="635652" cy="211521"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>p</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>847725</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>559452</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>211521</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="17" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C9612A7-FC83-4A4C-9124-0A798B0D9804}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="19078575" y="8153400"/>
+          <a:ext cx="635652" cy="211521"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>p</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>25</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>209550</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>26</xdr:col>
+      <xdr:colOff>549927</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>201996</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="18" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D65720D2-5C52-404B-BED7-B6004634B8CF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="20097750" y="8143875"/>
+          <a:ext cx="635652" cy="211521"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>p</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>31</xdr:col>
+      <xdr:colOff>847725</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>209550</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>32</xdr:col>
+      <xdr:colOff>559452</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>201996</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="19" name="Text Box 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDC674A5-2D24-44D1-8EA6-2CE46A552A38}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="25727025" y="8143875"/>
+          <a:ext cx="635652" cy="211521"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="新細明體"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>p</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -4351,2379 +5011,2379 @@
       <c r="N8" s="113"/>
       <c r="O8" s="87"/>
       <c r="R8" s="84"/>
       <c r="S8" s="113"/>
       <c r="T8" s="112"/>
       <c r="U8" s="113"/>
       <c r="V8" s="117"/>
       <c r="W8" s="121"/>
       <c r="X8" s="87"/>
       <c r="Y8" s="22"/>
       <c r="Z8" s="22"/>
       <c r="AA8" s="84"/>
       <c r="AB8" s="113"/>
       <c r="AC8" s="112"/>
       <c r="AD8" s="113"/>
       <c r="AE8" s="117"/>
       <c r="AF8" s="121"/>
       <c r="AG8" s="87"/>
     </row>
     <row r="9" spans="1:34" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="30"/>
       <c r="B9" s="68" t="s">
         <v>70</v>
       </c>
       <c r="C9" s="69">
-        <v>315139</v>
+        <v>326595</v>
       </c>
       <c r="D9" s="69">
-        <v>7334</v>
+        <v>7148</v>
       </c>
       <c r="E9" s="69">
-        <v>4079</v>
+        <v>4105</v>
       </c>
       <c r="F9" s="70">
-        <v>30140</v>
+        <v>31280</v>
       </c>
       <c r="G9" s="71">
-        <v>73011</v>
+        <v>76766</v>
       </c>
       <c r="H9" s="31"/>
       <c r="I9" s="32"/>
       <c r="J9" s="72">
-        <v>45448</v>
+        <v>45262</v>
       </c>
       <c r="K9" s="69">
-        <v>2478</v>
+        <v>2075</v>
       </c>
       <c r="L9" s="69">
-        <v>79297</v>
+        <v>81964</v>
       </c>
       <c r="M9" s="73">
-        <v>26784</v>
+        <v>28753</v>
       </c>
       <c r="N9" s="74">
-        <v>46568</v>
+        <v>49241</v>
       </c>
       <c r="O9" s="75" t="s">
         <v>97</v>
       </c>
       <c r="R9" s="77" t="s">
         <v>70</v>
       </c>
       <c r="S9" s="69">
-        <v>243006</v>
+        <v>252655</v>
       </c>
       <c r="T9" s="69">
-        <v>4827</v>
+        <v>3218</v>
       </c>
       <c r="U9" s="69">
-        <v>5466</v>
+        <v>5629</v>
       </c>
       <c r="V9" s="69">
-        <v>15271</v>
+        <v>15851</v>
       </c>
       <c r="W9" s="70">
-        <v>46568</v>
+        <v>49241</v>
       </c>
       <c r="X9" s="75" t="s">
         <v>97</v>
       </c>
       <c r="Y9" s="34"/>
       <c r="Z9" s="34"/>
       <c r="AA9" s="77" t="s">
         <v>70</v>
       </c>
       <c r="AB9" s="78">
-        <v>77.11</v>
+        <v>77.36</v>
       </c>
       <c r="AC9" s="79">
-        <v>1.53</v>
+        <v>0.99</v>
       </c>
       <c r="AD9" s="80">
-        <v>1.73</v>
+        <v>1.72</v>
       </c>
       <c r="AE9" s="78">
         <v>4.8499999999999996</v>
       </c>
       <c r="AF9" s="81">
-        <v>14.78</v>
+        <v>15.08</v>
       </c>
       <c r="AG9" s="75" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="10" spans="1:34" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="30"/>
       <c r="B10" s="68" t="s">
         <v>71</v>
       </c>
       <c r="C10" s="69">
-        <v>326595</v>
+        <v>344814</v>
       </c>
       <c r="D10" s="69">
-        <v>7148</v>
+        <v>6717</v>
       </c>
       <c r="E10" s="69">
-        <v>4105</v>
+        <v>3806</v>
       </c>
       <c r="F10" s="70">
-        <v>31280</v>
+        <v>35488</v>
       </c>
       <c r="G10" s="71">
-        <v>76766</v>
+        <v>82117</v>
       </c>
       <c r="H10" s="31"/>
       <c r="I10" s="32"/>
       <c r="J10" s="72">
-        <v>45262</v>
+        <v>45155</v>
       </c>
       <c r="K10" s="69">
-        <v>2075</v>
+        <v>1950</v>
       </c>
       <c r="L10" s="69">
-        <v>81964</v>
+        <v>83437</v>
       </c>
       <c r="M10" s="73">
-        <v>28753</v>
+        <v>34751</v>
       </c>
       <c r="N10" s="74">
-        <v>49241</v>
+        <v>51393</v>
       </c>
       <c r="O10" s="75" t="s">
         <v>98</v>
       </c>
       <c r="R10" s="77" t="s">
         <v>71</v>
       </c>
       <c r="S10" s="69">
-        <v>252655</v>
+        <v>268099</v>
       </c>
       <c r="T10" s="69">
-        <v>3218</v>
+        <v>2911</v>
       </c>
       <c r="U10" s="69">
-        <v>5629</v>
+        <v>5940</v>
       </c>
       <c r="V10" s="69">
-        <v>15851</v>
+        <v>16471</v>
       </c>
       <c r="W10" s="70">
-        <v>49241</v>
+        <v>51393</v>
       </c>
       <c r="X10" s="75" t="s">
         <v>98</v>
       </c>
       <c r="Y10" s="34"/>
       <c r="Z10" s="34"/>
       <c r="AA10" s="77" t="s">
         <v>71</v>
       </c>
       <c r="AB10" s="78">
-        <v>77.36</v>
+        <v>77.75</v>
       </c>
       <c r="AC10" s="79">
-        <v>0.99</v>
+        <v>0.84</v>
       </c>
       <c r="AD10" s="80">
         <v>1.72</v>
       </c>
       <c r="AE10" s="78">
-        <v>4.8499999999999996</v>
+        <v>4.78</v>
       </c>
       <c r="AF10" s="81">
-        <v>15.08</v>
+        <v>14.9</v>
       </c>
       <c r="AG10" s="75" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="11" spans="1:34" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="30"/>
       <c r="B11" s="68" t="s">
         <v>72</v>
       </c>
       <c r="C11" s="69">
-        <v>344814</v>
+        <v>365332</v>
       </c>
       <c r="D11" s="69">
-        <v>6717</v>
+        <v>7086</v>
       </c>
       <c r="E11" s="69">
-        <v>3806</v>
+        <v>3927</v>
       </c>
       <c r="F11" s="70">
-        <v>35488</v>
+        <v>37156</v>
       </c>
       <c r="G11" s="71">
-        <v>82117</v>
+        <v>87409</v>
       </c>
       <c r="H11" s="31"/>
       <c r="I11" s="32"/>
       <c r="J11" s="72">
-        <v>45155</v>
+        <v>46562</v>
       </c>
       <c r="K11" s="69">
-        <v>1950</v>
+        <v>1395</v>
       </c>
       <c r="L11" s="69">
-        <v>83437</v>
+        <v>85497</v>
       </c>
       <c r="M11" s="73">
-        <v>34751</v>
+        <v>41605</v>
       </c>
       <c r="N11" s="74">
-        <v>51393</v>
+        <v>54696</v>
       </c>
       <c r="O11" s="75" t="s">
         <v>99</v>
       </c>
       <c r="R11" s="77" t="s">
         <v>72</v>
       </c>
       <c r="S11" s="69">
-        <v>268099</v>
+        <v>283394</v>
       </c>
       <c r="T11" s="69">
-        <v>2911</v>
+        <v>4086</v>
       </c>
       <c r="U11" s="69">
-        <v>5940</v>
+        <v>6010</v>
       </c>
       <c r="V11" s="69">
-        <v>16471</v>
+        <v>17146</v>
       </c>
       <c r="W11" s="70">
-        <v>51393</v>
+        <v>54696</v>
       </c>
       <c r="X11" s="75" t="s">
         <v>99</v>
       </c>
       <c r="Y11" s="34"/>
       <c r="Z11" s="34"/>
       <c r="AA11" s="77" t="s">
         <v>72</v>
       </c>
       <c r="AB11" s="78">
-        <v>77.75</v>
+        <v>77.569999999999993</v>
       </c>
       <c r="AC11" s="79">
-        <v>0.84</v>
+        <v>1.1200000000000001</v>
       </c>
       <c r="AD11" s="80">
-        <v>1.72</v>
+        <v>1.65</v>
       </c>
       <c r="AE11" s="78">
-        <v>4.78</v>
+        <v>4.6900000000000004</v>
       </c>
       <c r="AF11" s="81">
-        <v>14.9</v>
+        <v>14.97</v>
       </c>
       <c r="AG11" s="75" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:34" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="30"/>
       <c r="B12" s="68" t="s">
         <v>73</v>
       </c>
       <c r="C12" s="69">
-        <v>365332</v>
+        <v>387142</v>
       </c>
       <c r="D12" s="69">
-        <v>7086</v>
+        <v>7794</v>
       </c>
       <c r="E12" s="69">
-        <v>3927</v>
+        <v>3862</v>
       </c>
       <c r="F12" s="70">
-        <v>37156</v>
+        <v>41087</v>
       </c>
       <c r="G12" s="71">
-        <v>87409</v>
+        <v>92323</v>
       </c>
       <c r="H12" s="31"/>
       <c r="I12" s="32"/>
       <c r="J12" s="72">
-        <v>46562</v>
+        <v>47918</v>
       </c>
       <c r="K12" s="69">
-        <v>1395</v>
+        <v>1368</v>
       </c>
       <c r="L12" s="69">
-        <v>85497</v>
+        <v>88449</v>
       </c>
       <c r="M12" s="73">
-        <v>41605</v>
+        <v>46960</v>
       </c>
       <c r="N12" s="74">
-        <v>54696</v>
+        <v>57381</v>
       </c>
       <c r="O12" s="75" t="s">
         <v>100</v>
       </c>
       <c r="R12" s="77" t="s">
         <v>73</v>
       </c>
       <c r="S12" s="69">
-        <v>283394</v>
+        <v>300625</v>
       </c>
       <c r="T12" s="69">
-        <v>4086</v>
+        <v>5316</v>
       </c>
       <c r="U12" s="69">
-        <v>6010</v>
+        <v>6284</v>
       </c>
       <c r="V12" s="69">
-        <v>17146</v>
+        <v>17535</v>
       </c>
       <c r="W12" s="70">
-        <v>54696</v>
+        <v>57381</v>
       </c>
       <c r="X12" s="75" t="s">
         <v>100</v>
       </c>
       <c r="Y12" s="34"/>
       <c r="Z12" s="34"/>
       <c r="AA12" s="77" t="s">
         <v>73</v>
       </c>
       <c r="AB12" s="78">
-        <v>77.569999999999993</v>
+        <v>77.650000000000006</v>
       </c>
       <c r="AC12" s="79">
-        <v>1.1200000000000001</v>
+        <v>1.37</v>
       </c>
       <c r="AD12" s="80">
-        <v>1.65</v>
+        <v>1.62</v>
       </c>
       <c r="AE12" s="78">
-        <v>4.6900000000000004</v>
+        <v>4.53</v>
       </c>
       <c r="AF12" s="81">
-        <v>14.97</v>
+        <v>14.82</v>
       </c>
       <c r="AG12" s="75" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:34" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="30"/>
       <c r="B13" s="68" t="s">
         <v>74</v>
       </c>
       <c r="C13" s="69">
-        <v>387142</v>
+        <v>400943</v>
       </c>
       <c r="D13" s="69">
-        <v>7794</v>
+        <v>8264</v>
       </c>
       <c r="E13" s="69">
-        <v>3862</v>
+        <v>4414</v>
       </c>
       <c r="F13" s="70">
-        <v>41087</v>
+        <v>42202</v>
       </c>
       <c r="G13" s="71">
-        <v>92323</v>
+        <v>98356</v>
       </c>
       <c r="H13" s="31"/>
       <c r="I13" s="32"/>
       <c r="J13" s="72">
-        <v>47918</v>
+        <v>47823</v>
       </c>
       <c r="K13" s="69">
-        <v>1368</v>
+        <v>1629</v>
       </c>
       <c r="L13" s="69">
-        <v>88449</v>
+        <v>89060</v>
       </c>
       <c r="M13" s="73">
-        <v>46960</v>
+        <v>50026</v>
       </c>
       <c r="N13" s="74">
-        <v>57381</v>
+        <v>59168</v>
       </c>
       <c r="O13" s="75" t="s">
         <v>101</v>
       </c>
       <c r="R13" s="77" t="s">
         <v>74</v>
       </c>
       <c r="S13" s="69">
-        <v>300625</v>
+        <v>309482</v>
       </c>
       <c r="T13" s="69">
-        <v>5316</v>
+        <v>7879</v>
       </c>
       <c r="U13" s="69">
-        <v>6284</v>
+        <v>6465</v>
       </c>
       <c r="V13" s="69">
-        <v>17535</v>
+        <v>17948</v>
       </c>
       <c r="W13" s="70">
-        <v>57381</v>
+        <v>59168</v>
       </c>
       <c r="X13" s="75" t="s">
         <v>101</v>
       </c>
       <c r="Y13" s="34"/>
       <c r="Z13" s="34"/>
       <c r="AA13" s="77" t="s">
         <v>74</v>
       </c>
       <c r="AB13" s="78">
-        <v>77.650000000000006</v>
+        <v>77.19</v>
       </c>
       <c r="AC13" s="79">
-        <v>1.37</v>
+        <v>1.97</v>
       </c>
       <c r="AD13" s="80">
-        <v>1.62</v>
+        <v>1.61</v>
       </c>
       <c r="AE13" s="78">
-        <v>4.53</v>
+        <v>4.4800000000000004</v>
       </c>
       <c r="AF13" s="81">
-        <v>14.82</v>
+        <v>14.76</v>
       </c>
       <c r="AG13" s="75" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="14" spans="1:34" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="30"/>
       <c r="B14" s="68" t="s">
         <v>75</v>
       </c>
       <c r="C14" s="69">
-        <v>400943</v>
+        <v>414876</v>
       </c>
       <c r="D14" s="69">
-        <v>8264</v>
+        <v>8687</v>
       </c>
       <c r="E14" s="69">
-        <v>4414</v>
+        <v>4320</v>
       </c>
       <c r="F14" s="70">
-        <v>42202</v>
+        <v>43011</v>
       </c>
       <c r="G14" s="71">
-        <v>98356</v>
+        <v>102170</v>
       </c>
       <c r="H14" s="31"/>
       <c r="I14" s="32"/>
       <c r="J14" s="72">
-        <v>47823</v>
+        <v>49953</v>
       </c>
       <c r="K14" s="69">
-        <v>1629</v>
+        <v>2160</v>
       </c>
       <c r="L14" s="69">
-        <v>89060</v>
+        <v>88050</v>
       </c>
       <c r="M14" s="73">
-        <v>50026</v>
+        <v>56714</v>
       </c>
       <c r="N14" s="74">
-        <v>59168</v>
+        <v>59811</v>
       </c>
       <c r="O14" s="75" t="s">
         <v>102</v>
       </c>
       <c r="R14" s="77" t="s">
         <v>75</v>
       </c>
       <c r="S14" s="69">
-        <v>309482</v>
+        <v>323390</v>
       </c>
       <c r="T14" s="69">
-        <v>7879</v>
+        <v>6795</v>
       </c>
       <c r="U14" s="69">
-        <v>6465</v>
+        <v>6630</v>
       </c>
       <c r="V14" s="69">
-        <v>17948</v>
+        <v>18250</v>
       </c>
       <c r="W14" s="70">
-        <v>59168</v>
+        <v>59811</v>
       </c>
       <c r="X14" s="75" t="s">
         <v>102</v>
       </c>
       <c r="Y14" s="34"/>
       <c r="Z14" s="34"/>
       <c r="AA14" s="77" t="s">
         <v>75</v>
       </c>
       <c r="AB14" s="78">
-        <v>77.19</v>
+        <v>77.95</v>
       </c>
       <c r="AC14" s="79">
-        <v>1.97</v>
+        <v>1.64</v>
       </c>
       <c r="AD14" s="80">
-        <v>1.61</v>
+        <v>1.6</v>
       </c>
       <c r="AE14" s="78">
-        <v>4.4800000000000004</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="AF14" s="81">
-        <v>14.76</v>
+        <v>14.42</v>
       </c>
       <c r="AG14" s="75" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="15" spans="1:34" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="30"/>
       <c r="B15" s="68" t="s">
         <v>76</v>
       </c>
       <c r="C15" s="69">
-        <v>414876</v>
+        <v>425730</v>
       </c>
       <c r="D15" s="69">
-        <v>8687</v>
+        <v>9462</v>
       </c>
       <c r="E15" s="69">
-        <v>4320</v>
+        <v>4628</v>
       </c>
       <c r="F15" s="70">
-        <v>43011</v>
+        <v>45238</v>
       </c>
       <c r="G15" s="71">
-        <v>102170</v>
+        <v>107868</v>
       </c>
       <c r="H15" s="31"/>
       <c r="I15" s="32"/>
       <c r="J15" s="72">
-        <v>49953</v>
+        <v>51525</v>
       </c>
       <c r="K15" s="69">
-        <v>2160</v>
+        <v>1665</v>
       </c>
       <c r="L15" s="69">
-        <v>88050</v>
+        <v>87338</v>
       </c>
       <c r="M15" s="73">
-        <v>56714</v>
+        <v>57498</v>
       </c>
       <c r="N15" s="74">
-        <v>59811</v>
+        <v>60509</v>
       </c>
       <c r="O15" s="75" t="s">
         <v>103</v>
       </c>
       <c r="R15" s="77" t="s">
         <v>76</v>
       </c>
       <c r="S15" s="69">
-        <v>323390</v>
+        <v>333523</v>
       </c>
       <c r="T15" s="69">
-        <v>6795</v>
+        <v>6361</v>
       </c>
       <c r="U15" s="69">
-        <v>6630</v>
+        <v>6738</v>
       </c>
       <c r="V15" s="69">
-        <v>18250</v>
+        <v>18598</v>
       </c>
       <c r="W15" s="70">
-        <v>59811</v>
+        <v>60509</v>
       </c>
       <c r="X15" s="75" t="s">
         <v>103</v>
       </c>
       <c r="Y15" s="34"/>
       <c r="Z15" s="34"/>
       <c r="AA15" s="77" t="s">
         <v>76</v>
       </c>
       <c r="AB15" s="78">
-        <v>77.95</v>
+        <v>78.34</v>
       </c>
       <c r="AC15" s="79">
-        <v>1.64</v>
+        <v>1.49</v>
       </c>
       <c r="AD15" s="80">
-        <v>1.6</v>
+        <v>1.58</v>
       </c>
       <c r="AE15" s="78">
-        <v>4.4000000000000004</v>
+        <v>4.37</v>
       </c>
       <c r="AF15" s="81">
-        <v>14.42</v>
+        <v>14.21</v>
       </c>
       <c r="AG15" s="75" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="16" spans="1:34" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="30"/>
       <c r="B16" s="68" t="s">
         <v>77</v>
       </c>
       <c r="C16" s="69">
-        <v>425730</v>
+        <v>444044</v>
       </c>
       <c r="D16" s="69">
-        <v>9462</v>
+        <v>9669</v>
       </c>
       <c r="E16" s="69">
-        <v>4628</v>
+        <v>4538</v>
       </c>
       <c r="F16" s="70">
-        <v>45238</v>
+        <v>49022</v>
       </c>
       <c r="G16" s="71">
-        <v>107868</v>
+        <v>115902</v>
       </c>
       <c r="H16" s="31"/>
       <c r="I16" s="32"/>
       <c r="J16" s="72">
-        <v>51525</v>
+        <v>51424</v>
       </c>
       <c r="K16" s="69">
-        <v>1665</v>
+        <v>1170</v>
       </c>
       <c r="L16" s="69">
-        <v>87338</v>
+        <v>90385</v>
       </c>
       <c r="M16" s="73">
-        <v>57498</v>
+        <v>60341</v>
       </c>
       <c r="N16" s="74">
-        <v>60509</v>
+        <v>61594</v>
       </c>
       <c r="O16" s="75" t="s">
         <v>104</v>
       </c>
       <c r="R16" s="77" t="s">
         <v>77</v>
       </c>
       <c r="S16" s="69">
-        <v>333523</v>
+        <v>349300</v>
       </c>
       <c r="T16" s="69">
-        <v>6361</v>
+        <v>7068</v>
       </c>
       <c r="U16" s="69">
-        <v>6738</v>
+        <v>7021</v>
       </c>
       <c r="V16" s="69">
-        <v>18598</v>
+        <v>19060</v>
       </c>
       <c r="W16" s="70">
-        <v>60509</v>
+        <v>61594</v>
       </c>
       <c r="X16" s="75" t="s">
         <v>104</v>
       </c>
       <c r="Y16" s="34"/>
       <c r="Z16" s="34"/>
       <c r="AA16" s="77" t="s">
         <v>77</v>
       </c>
       <c r="AB16" s="78">
-        <v>78.34</v>
+        <v>78.66</v>
       </c>
       <c r="AC16" s="79">
-        <v>1.49</v>
+        <v>1.59</v>
       </c>
       <c r="AD16" s="80">
         <v>1.58</v>
       </c>
       <c r="AE16" s="78">
-        <v>4.37</v>
+        <v>4.29</v>
       </c>
       <c r="AF16" s="81">
-        <v>14.21</v>
+        <v>13.87</v>
       </c>
       <c r="AG16" s="75" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="17" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="30"/>
       <c r="B17" s="68" t="s">
         <v>78</v>
       </c>
       <c r="C17" s="69">
-        <v>444044</v>
+        <v>485186</v>
       </c>
       <c r="D17" s="69">
-        <v>9669</v>
+        <v>10183</v>
       </c>
       <c r="E17" s="69">
-        <v>4538</v>
+        <v>4628</v>
       </c>
       <c r="F17" s="70">
-        <v>49022</v>
+        <v>60312</v>
       </c>
       <c r="G17" s="71">
-        <v>115902</v>
+        <v>134461</v>
       </c>
       <c r="H17" s="31"/>
       <c r="I17" s="32"/>
       <c r="J17" s="72">
-        <v>51424</v>
+        <v>54485</v>
       </c>
       <c r="K17" s="69">
-        <v>1170</v>
+        <v>1064</v>
       </c>
       <c r="L17" s="69">
-        <v>90385</v>
+        <v>88300</v>
       </c>
       <c r="M17" s="73">
-        <v>60341</v>
+        <v>68926</v>
       </c>
       <c r="N17" s="74">
-        <v>61594</v>
+        <v>62827</v>
       </c>
       <c r="O17" s="75" t="s">
         <v>105</v>
       </c>
       <c r="R17" s="77" t="s">
         <v>78</v>
       </c>
       <c r="S17" s="69">
-        <v>349300</v>
+        <v>385568</v>
       </c>
       <c r="T17" s="69">
-        <v>7068</v>
+        <v>9148</v>
       </c>
       <c r="U17" s="69">
-        <v>7021</v>
+        <v>7457</v>
       </c>
       <c r="V17" s="69">
-        <v>19060</v>
+        <v>20186</v>
       </c>
       <c r="W17" s="70">
-        <v>61594</v>
+        <v>62827</v>
       </c>
       <c r="X17" s="75" t="s">
         <v>105</v>
       </c>
       <c r="Y17" s="34"/>
       <c r="Z17" s="34"/>
       <c r="AA17" s="77" t="s">
         <v>78</v>
       </c>
       <c r="AB17" s="78">
-        <v>78.66</v>
+        <v>79.47</v>
       </c>
       <c r="AC17" s="79">
-        <v>1.59</v>
+        <v>1.89</v>
       </c>
       <c r="AD17" s="80">
-        <v>1.58</v>
+        <v>1.54</v>
       </c>
       <c r="AE17" s="78">
-        <v>4.29</v>
+        <v>4.16</v>
       </c>
       <c r="AF17" s="81">
-        <v>13.87</v>
+        <v>12.95</v>
       </c>
       <c r="AG17" s="75" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="18" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="30"/>
       <c r="B18" s="68" t="s">
         <v>79</v>
       </c>
       <c r="C18" s="69">
-        <v>485186</v>
+        <v>520421</v>
       </c>
       <c r="D18" s="69">
-        <v>10183</v>
+        <v>11542</v>
       </c>
       <c r="E18" s="69">
-        <v>4628</v>
+        <v>5307</v>
       </c>
       <c r="F18" s="70">
-        <v>60312</v>
+        <v>69942</v>
       </c>
       <c r="G18" s="71">
-        <v>134461</v>
+        <v>147930</v>
       </c>
       <c r="H18" s="31"/>
       <c r="I18" s="32"/>
       <c r="J18" s="72">
-        <v>54485</v>
+        <v>58327</v>
       </c>
       <c r="K18" s="69">
-        <v>1064</v>
+        <v>787</v>
       </c>
       <c r="L18" s="69">
-        <v>88300</v>
+        <v>87905</v>
       </c>
       <c r="M18" s="73">
-        <v>68926</v>
+        <v>74067</v>
       </c>
       <c r="N18" s="74">
-        <v>62827</v>
+        <v>64615</v>
       </c>
       <c r="O18" s="75" t="s">
         <v>106</v>
       </c>
       <c r="R18" s="77" t="s">
         <v>79</v>
       </c>
       <c r="S18" s="69">
-        <v>385568</v>
+        <v>419771</v>
       </c>
       <c r="T18" s="69">
-        <v>9148</v>
+        <v>6647</v>
       </c>
       <c r="U18" s="69">
-        <v>7457</v>
+        <v>7955</v>
       </c>
       <c r="V18" s="69">
-        <v>20186</v>
+        <v>21433</v>
       </c>
       <c r="W18" s="70">
-        <v>62827</v>
+        <v>64615</v>
       </c>
       <c r="X18" s="75" t="s">
         <v>106</v>
       </c>
       <c r="Y18" s="34"/>
       <c r="Z18" s="34"/>
       <c r="AA18" s="77" t="s">
         <v>79</v>
       </c>
       <c r="AB18" s="78">
-        <v>79.47</v>
+        <v>80.66</v>
       </c>
       <c r="AC18" s="79">
-        <v>1.89</v>
+        <v>1.28</v>
       </c>
       <c r="AD18" s="80">
-        <v>1.54</v>
+        <v>1.53</v>
       </c>
       <c r="AE18" s="78">
-        <v>4.16</v>
+        <v>4.12</v>
       </c>
       <c r="AF18" s="81">
-        <v>12.95</v>
+        <v>12.42</v>
       </c>
       <c r="AG18" s="75" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="19" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="30"/>
       <c r="B19" s="68" t="s">
         <v>80</v>
       </c>
       <c r="C19" s="69">
-        <v>520421</v>
+        <v>555093</v>
       </c>
       <c r="D19" s="69">
-        <v>11542</v>
+        <v>12788</v>
       </c>
       <c r="E19" s="69">
-        <v>5307</v>
+        <v>5361</v>
       </c>
       <c r="F19" s="70">
-        <v>69942</v>
+        <v>69666</v>
       </c>
       <c r="G19" s="71">
-        <v>147930</v>
+        <v>153553</v>
       </c>
       <c r="H19" s="31"/>
       <c r="I19" s="32"/>
       <c r="J19" s="72">
-        <v>58327</v>
+        <v>61295</v>
       </c>
       <c r="K19" s="69">
-        <v>787</v>
+        <v>1585</v>
       </c>
       <c r="L19" s="69">
-        <v>87905</v>
+        <v>96550</v>
       </c>
       <c r="M19" s="73">
-        <v>74067</v>
+        <v>86807</v>
       </c>
       <c r="N19" s="74">
-        <v>64615</v>
+        <v>67488</v>
       </c>
       <c r="O19" s="75" t="s">
         <v>107</v>
       </c>
       <c r="R19" s="77" t="s">
         <v>80</v>
       </c>
       <c r="S19" s="69">
-        <v>419771</v>
+        <v>446338</v>
       </c>
       <c r="T19" s="69">
-        <v>6647</v>
+        <v>10991</v>
       </c>
       <c r="U19" s="69">
-        <v>7955</v>
+        <v>8275</v>
       </c>
       <c r="V19" s="69">
-        <v>21433</v>
+        <v>22001</v>
       </c>
       <c r="W19" s="70">
-        <v>64615</v>
+        <v>67488</v>
       </c>
       <c r="X19" s="75" t="s">
         <v>107</v>
       </c>
       <c r="Y19" s="34"/>
       <c r="Z19" s="34"/>
       <c r="AA19" s="77" t="s">
         <v>80</v>
       </c>
       <c r="AB19" s="78">
-        <v>80.66</v>
+        <v>80.41</v>
       </c>
       <c r="AC19" s="79">
-        <v>1.28</v>
+        <v>1.98</v>
       </c>
       <c r="AD19" s="80">
-        <v>1.53</v>
+        <v>1.49</v>
       </c>
       <c r="AE19" s="78">
-        <v>4.12</v>
+        <v>3.96</v>
       </c>
       <c r="AF19" s="81">
-        <v>12.42</v>
+        <v>12.16</v>
       </c>
       <c r="AG19" s="75" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="20" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="30"/>
       <c r="B20" s="68" t="s">
         <v>81</v>
       </c>
       <c r="C20" s="69">
-        <v>555093</v>
+        <v>586654</v>
       </c>
       <c r="D20" s="69">
-        <v>12788</v>
+        <v>13382</v>
       </c>
       <c r="E20" s="69">
-        <v>5361</v>
+        <v>5270</v>
       </c>
       <c r="F20" s="70">
-        <v>69666</v>
+        <v>71738</v>
       </c>
       <c r="G20" s="71">
-        <v>153553</v>
+        <v>160098</v>
       </c>
       <c r="H20" s="31"/>
       <c r="I20" s="32"/>
       <c r="J20" s="72">
-        <v>61295</v>
+        <v>67684</v>
       </c>
       <c r="K20" s="69">
-        <v>1585</v>
+        <v>1902</v>
       </c>
       <c r="L20" s="69">
-        <v>96550</v>
+        <v>107014</v>
       </c>
       <c r="M20" s="73">
-        <v>86807</v>
+        <v>89717</v>
       </c>
       <c r="N20" s="74">
-        <v>67488</v>
+        <v>69848</v>
       </c>
       <c r="O20" s="75" t="s">
         <v>108</v>
       </c>
       <c r="R20" s="77" t="s">
         <v>81</v>
       </c>
       <c r="S20" s="69">
-        <v>446338</v>
+        <v>474232</v>
       </c>
       <c r="T20" s="69">
-        <v>10991</v>
+        <v>11457</v>
       </c>
       <c r="U20" s="69">
-        <v>8275</v>
+        <v>8615</v>
       </c>
       <c r="V20" s="69">
-        <v>22001</v>
+        <v>22502</v>
       </c>
       <c r="W20" s="70">
-        <v>67488</v>
+        <v>69848</v>
       </c>
       <c r="X20" s="75" t="s">
         <v>108</v>
       </c>
       <c r="Y20" s="34"/>
       <c r="Z20" s="34"/>
       <c r="AA20" s="77" t="s">
         <v>81</v>
       </c>
       <c r="AB20" s="78">
-        <v>80.41</v>
+        <v>80.84</v>
       </c>
       <c r="AC20" s="79">
-        <v>1.98</v>
+        <v>1.95</v>
       </c>
       <c r="AD20" s="80">
-        <v>1.49</v>
+        <v>1.47</v>
       </c>
       <c r="AE20" s="78">
-        <v>3.96</v>
+        <v>3.84</v>
       </c>
       <c r="AF20" s="81">
-        <v>12.16</v>
+        <v>11.91</v>
       </c>
       <c r="AG20" s="75" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="21" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="30"/>
       <c r="B21" s="68" t="s">
         <v>82</v>
       </c>
       <c r="C21" s="69">
-        <v>586654</v>
+        <v>618917</v>
       </c>
       <c r="D21" s="69">
-        <v>13382</v>
+        <v>14017</v>
       </c>
       <c r="E21" s="69">
-        <v>5270</v>
+        <v>4887</v>
       </c>
       <c r="F21" s="70">
-        <v>71738</v>
+        <v>77704</v>
       </c>
       <c r="G21" s="71">
-        <v>160098</v>
+        <v>162865</v>
       </c>
       <c r="H21" s="31"/>
       <c r="I21" s="32"/>
       <c r="J21" s="72">
-        <v>67684</v>
+        <v>80749</v>
       </c>
       <c r="K21" s="69">
-        <v>1902</v>
+        <v>2207</v>
       </c>
       <c r="L21" s="69">
-        <v>107014</v>
+        <v>114961</v>
       </c>
       <c r="M21" s="73">
-        <v>89717</v>
+        <v>90446</v>
       </c>
       <c r="N21" s="74">
-        <v>69848</v>
+        <v>71082</v>
       </c>
       <c r="O21" s="75" t="s">
         <v>109</v>
       </c>
       <c r="R21" s="77" t="s">
         <v>82</v>
       </c>
       <c r="S21" s="69">
-        <v>474232</v>
+        <v>506698</v>
       </c>
       <c r="T21" s="69">
-        <v>11457</v>
+        <v>9068</v>
       </c>
       <c r="U21" s="69">
-        <v>8615</v>
+        <v>9020</v>
       </c>
       <c r="V21" s="69">
-        <v>22502</v>
+        <v>23051</v>
       </c>
       <c r="W21" s="70">
-        <v>69848</v>
+        <v>71082</v>
       </c>
       <c r="X21" s="75" t="s">
         <v>109</v>
       </c>
       <c r="Y21" s="34"/>
       <c r="Z21" s="34"/>
       <c r="AA21" s="77" t="s">
         <v>82</v>
       </c>
       <c r="AB21" s="78">
-        <v>80.84</v>
+        <v>81.87</v>
       </c>
       <c r="AC21" s="79">
-        <v>1.95</v>
+        <v>1.47</v>
       </c>
       <c r="AD21" s="80">
-        <v>1.47</v>
+        <v>1.46</v>
       </c>
       <c r="AE21" s="78">
-        <v>3.84</v>
+        <v>3.72</v>
       </c>
       <c r="AF21" s="81">
-        <v>11.91</v>
+        <v>11.48</v>
       </c>
       <c r="AG21" s="75" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="22" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="30"/>
       <c r="B22" s="68" t="s">
         <v>83</v>
       </c>
       <c r="C22" s="69">
-        <v>618917</v>
+        <v>651419</v>
       </c>
       <c r="D22" s="69">
-        <v>14017</v>
+        <v>15324</v>
       </c>
       <c r="E22" s="69">
-        <v>4887</v>
+        <v>4965</v>
       </c>
       <c r="F22" s="70">
-        <v>77704</v>
+        <v>81286</v>
       </c>
       <c r="G22" s="71">
-        <v>162865</v>
+        <v>171303</v>
       </c>
       <c r="H22" s="31"/>
       <c r="I22" s="32"/>
       <c r="J22" s="72">
-        <v>80749</v>
+        <v>91486</v>
       </c>
       <c r="K22" s="69">
-        <v>2207</v>
+        <v>1994</v>
       </c>
       <c r="L22" s="69">
-        <v>114961</v>
+        <v>121449</v>
       </c>
       <c r="M22" s="73">
-        <v>90446</v>
+        <v>90571</v>
       </c>
       <c r="N22" s="74">
-        <v>71082</v>
+        <v>73043</v>
       </c>
       <c r="O22" s="75" t="s">
         <v>110</v>
       </c>
       <c r="R22" s="77" t="s">
         <v>83</v>
       </c>
       <c r="S22" s="69">
-        <v>506698</v>
+        <v>535283</v>
       </c>
       <c r="T22" s="69">
-        <v>9068</v>
+        <v>10431</v>
       </c>
       <c r="U22" s="69">
-        <v>9020</v>
+        <v>9181</v>
       </c>
       <c r="V22" s="69">
-        <v>23051</v>
+        <v>23481</v>
       </c>
       <c r="W22" s="70">
-        <v>71082</v>
+        <v>73043</v>
       </c>
       <c r="X22" s="75" t="s">
         <v>110</v>
       </c>
       <c r="Y22" s="34"/>
       <c r="Z22" s="34"/>
       <c r="AA22" s="77" t="s">
         <v>83</v>
       </c>
       <c r="AB22" s="78">
-        <v>81.87</v>
+        <v>82.17</v>
       </c>
       <c r="AC22" s="79">
-        <v>1.47</v>
+        <v>1.6</v>
       </c>
       <c r="AD22" s="80">
-        <v>1.46</v>
+        <v>1.41</v>
       </c>
       <c r="AE22" s="78">
-        <v>3.72</v>
+        <v>3.6</v>
       </c>
       <c r="AF22" s="81">
-        <v>11.48</v>
+        <v>11.21</v>
       </c>
       <c r="AG22" s="75" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="23" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="30"/>
       <c r="B23" s="67" t="s">
         <v>84</v>
       </c>
       <c r="C23" s="49">
-        <v>613412</v>
+        <v>621625</v>
       </c>
       <c r="D23" s="49">
-        <v>14004</v>
+        <v>14012</v>
       </c>
       <c r="E23" s="49">
-        <v>4739</v>
+        <v>4815</v>
       </c>
       <c r="F23" s="50">
-        <v>76772</v>
+        <v>73304</v>
       </c>
       <c r="G23" s="51">
-        <v>160085</v>
+        <v>166070</v>
       </c>
       <c r="H23" s="31"/>
       <c r="I23" s="32"/>
       <c r="J23" s="65">
-        <v>79209</v>
+        <v>82939</v>
       </c>
       <c r="K23" s="49">
-        <v>2091</v>
+        <v>2261</v>
       </c>
       <c r="L23" s="49">
-        <v>114444</v>
+        <v>115907</v>
       </c>
       <c r="M23" s="52">
-        <v>91063</v>
+        <v>90343</v>
       </c>
       <c r="N23" s="53">
-        <v>71005</v>
+        <v>71974</v>
       </c>
       <c r="O23" s="54" t="s">
         <v>111</v>
       </c>
       <c r="R23" s="76" t="s">
         <v>84</v>
       </c>
       <c r="S23" s="49">
-        <v>500282</v>
+        <v>508462</v>
       </c>
       <c r="T23" s="49">
-        <v>10240</v>
+        <v>9286</v>
       </c>
       <c r="U23" s="49">
-        <v>8951</v>
+        <v>8968</v>
       </c>
       <c r="V23" s="49">
-        <v>22934</v>
+        <v>22935</v>
       </c>
       <c r="W23" s="50">
-        <v>71005</v>
+        <v>71974</v>
       </c>
       <c r="X23" s="54" t="s">
         <v>111</v>
       </c>
       <c r="Y23" s="34"/>
       <c r="Z23" s="34"/>
       <c r="AA23" s="76" t="s">
         <v>84</v>
       </c>
       <c r="AB23" s="44">
-        <v>81.56</v>
+        <v>81.8</v>
       </c>
       <c r="AC23" s="42">
-        <v>1.67</v>
+        <v>1.49</v>
       </c>
       <c r="AD23" s="43">
-        <v>1.46</v>
+        <v>1.44</v>
       </c>
       <c r="AE23" s="44">
-        <v>3.74</v>
+        <v>3.69</v>
       </c>
       <c r="AF23" s="45">
         <v>11.58</v>
       </c>
       <c r="AG23" s="54" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="24" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="30"/>
       <c r="B24" s="67" t="s">
         <v>85</v>
       </c>
       <c r="C24" s="49">
-        <v>618917</v>
+        <v>626271</v>
       </c>
       <c r="D24" s="49">
-        <v>14017</v>
+        <v>13743</v>
       </c>
       <c r="E24" s="49">
-        <v>4887</v>
+        <v>4670</v>
       </c>
       <c r="F24" s="50">
-        <v>77704</v>
+        <v>76425</v>
       </c>
       <c r="G24" s="51">
-        <v>162865</v>
+        <v>164327</v>
       </c>
       <c r="H24" s="31"/>
       <c r="I24" s="32"/>
       <c r="J24" s="65">
-        <v>80749</v>
+        <v>84000</v>
       </c>
       <c r="K24" s="49">
-        <v>2207</v>
+        <v>2121</v>
       </c>
       <c r="L24" s="49">
-        <v>114961</v>
+        <v>116649</v>
       </c>
       <c r="M24" s="52">
-        <v>90446</v>
+        <v>92231</v>
       </c>
       <c r="N24" s="53">
-        <v>71082</v>
+        <v>72106</v>
       </c>
       <c r="O24" s="54" t="s">
         <v>112</v>
       </c>
       <c r="R24" s="76" t="s">
         <v>85</v>
       </c>
       <c r="S24" s="49">
-        <v>506698</v>
+        <v>511903</v>
       </c>
       <c r="T24" s="49">
-        <v>9068</v>
+        <v>10188</v>
       </c>
       <c r="U24" s="49">
-        <v>9020</v>
+        <v>9011</v>
       </c>
       <c r="V24" s="49">
-        <v>23051</v>
+        <v>23063</v>
       </c>
       <c r="W24" s="50">
-        <v>71082</v>
+        <v>72106</v>
       </c>
       <c r="X24" s="54" t="s">
         <v>112</v>
       </c>
       <c r="Y24" s="34"/>
       <c r="Z24" s="34"/>
       <c r="AA24" s="76" t="s">
         <v>85</v>
       </c>
       <c r="AB24" s="44">
-        <v>81.87</v>
+        <v>81.739999999999995</v>
       </c>
       <c r="AC24" s="42">
-        <v>1.47</v>
+        <v>1.63</v>
       </c>
       <c r="AD24" s="43">
-        <v>1.46</v>
+        <v>1.44</v>
       </c>
       <c r="AE24" s="44">
-        <v>3.72</v>
+        <v>3.68</v>
       </c>
       <c r="AF24" s="45">
-        <v>11.48</v>
+        <v>11.51</v>
       </c>
       <c r="AG24" s="54" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="25" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="30"/>
-      <c r="B25" s="68" t="s">
+      <c r="B25" s="67" t="s">
         <v>86</v>
       </c>
-      <c r="C25" s="49"/>
-[...3 lines deleted...]
-      <c r="G25" s="51"/>
+      <c r="C25" s="49">
+        <v>626046</v>
+      </c>
+      <c r="D25" s="49">
+        <v>13650</v>
+      </c>
+      <c r="E25" s="49">
+        <v>4365</v>
+      </c>
+      <c r="F25" s="50">
+        <v>77451</v>
+      </c>
+      <c r="G25" s="51">
+        <v>161994</v>
+      </c>
       <c r="H25" s="31"/>
       <c r="I25" s="32"/>
-      <c r="J25" s="65"/>
-[...4 lines deleted...]
-      <c r="O25" s="75" t="s">
+      <c r="J25" s="65">
+        <v>86052</v>
+      </c>
+      <c r="K25" s="49">
+        <v>2146</v>
+      </c>
+      <c r="L25" s="49">
+        <v>117259</v>
+      </c>
+      <c r="M25" s="52">
+        <v>91093</v>
+      </c>
+      <c r="N25" s="53">
+        <v>72035</v>
+      </c>
+      <c r="O25" s="54" t="s">
         <v>113</v>
       </c>
-      <c r="R25" s="77" t="s">
+      <c r="R25" s="76" t="s">
         <v>86</v>
       </c>
-      <c r="S25" s="49"/>
-[...4 lines deleted...]
-      <c r="X25" s="75" t="s">
+      <c r="S25" s="49">
+        <v>511689</v>
+      </c>
+      <c r="T25" s="49">
+        <v>10356</v>
+      </c>
+      <c r="U25" s="49">
+        <v>8967</v>
+      </c>
+      <c r="V25" s="49">
+        <v>22998</v>
+      </c>
+      <c r="W25" s="50">
+        <v>72035</v>
+      </c>
+      <c r="X25" s="54" t="s">
         <v>113</v>
       </c>
       <c r="Y25" s="34"/>
       <c r="Z25" s="34"/>
-      <c r="AA25" s="77" t="s">
+      <c r="AA25" s="76" t="s">
         <v>86</v>
       </c>
-      <c r="AB25" s="44"/>
-[...4 lines deleted...]
-      <c r="AG25" s="75" t="s">
+      <c r="AB25" s="44">
+        <v>81.73</v>
+      </c>
+      <c r="AC25" s="42">
+        <v>1.65</v>
+      </c>
+      <c r="AD25" s="43">
+        <v>1.43</v>
+      </c>
+      <c r="AE25" s="44">
+        <v>3.67</v>
+      </c>
+      <c r="AF25" s="45">
+        <v>11.51</v>
+      </c>
+      <c r="AG25" s="54" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="26" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="30"/>
       <c r="B26" s="67" t="s">
         <v>87</v>
       </c>
       <c r="C26" s="49">
-        <v>621625</v>
+        <v>624655</v>
       </c>
       <c r="D26" s="49">
-        <v>14012</v>
+        <v>13639</v>
       </c>
       <c r="E26" s="49">
-        <v>4815</v>
+        <v>4278</v>
       </c>
       <c r="F26" s="50">
-        <v>73304</v>
+        <v>78227</v>
       </c>
       <c r="G26" s="51">
-        <v>166070</v>
+        <v>161911</v>
       </c>
       <c r="H26" s="31"/>
       <c r="I26" s="32"/>
       <c r="J26" s="65">
-        <v>82939</v>
+        <v>86519</v>
       </c>
       <c r="K26" s="49">
-        <v>2261</v>
+        <v>2101</v>
       </c>
       <c r="L26" s="49">
-        <v>115907</v>
+        <v>117697</v>
       </c>
       <c r="M26" s="52">
-        <v>90343</v>
+        <v>88355</v>
       </c>
       <c r="N26" s="53">
-        <v>71974</v>
+        <v>71929</v>
       </c>
       <c r="O26" s="54" t="s">
         <v>114</v>
       </c>
       <c r="R26" s="76" t="s">
         <v>87</v>
       </c>
       <c r="S26" s="49">
-        <v>508462</v>
+        <v>510285</v>
       </c>
       <c r="T26" s="49">
-        <v>9286</v>
+        <v>10495</v>
       </c>
       <c r="U26" s="49">
-        <v>8968</v>
+        <v>8988</v>
       </c>
       <c r="V26" s="49">
-        <v>22935</v>
+        <v>22958</v>
       </c>
       <c r="W26" s="50">
-        <v>71974</v>
+        <v>71929</v>
       </c>
       <c r="X26" s="54" t="s">
         <v>114</v>
       </c>
       <c r="Y26" s="34"/>
       <c r="Z26" s="34"/>
       <c r="AA26" s="76" t="s">
         <v>87</v>
       </c>
       <c r="AB26" s="44">
-        <v>81.8</v>
+        <v>81.69</v>
       </c>
       <c r="AC26" s="42">
-        <v>1.49</v>
+        <v>1.68</v>
       </c>
       <c r="AD26" s="43">
         <v>1.44</v>
       </c>
       <c r="AE26" s="44">
-        <v>3.69</v>
+        <v>3.68</v>
       </c>
       <c r="AF26" s="45">
-        <v>11.58</v>
+        <v>11.52</v>
       </c>
       <c r="AG26" s="54" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="27" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="30"/>
       <c r="B27" s="67" t="s">
         <v>88</v>
       </c>
       <c r="C27" s="49">
-        <v>626271</v>
+        <v>624677</v>
       </c>
       <c r="D27" s="49">
-        <v>13743</v>
+        <v>13827</v>
       </c>
       <c r="E27" s="49">
-        <v>4670</v>
+        <v>4593</v>
       </c>
       <c r="F27" s="50">
-        <v>76425</v>
+        <v>78015</v>
       </c>
       <c r="G27" s="51">
-        <v>164327</v>
+        <v>163161</v>
       </c>
       <c r="H27" s="31"/>
       <c r="I27" s="32"/>
       <c r="J27" s="65">
-        <v>84000</v>
+        <v>88603</v>
       </c>
       <c r="K27" s="49">
-        <v>2121</v>
+        <v>2135</v>
       </c>
       <c r="L27" s="49">
-        <v>116649</v>
+        <v>118372</v>
       </c>
       <c r="M27" s="52">
-        <v>92231</v>
+        <v>84008</v>
       </c>
       <c r="N27" s="53">
-        <v>72106</v>
+        <v>71961</v>
       </c>
       <c r="O27" s="54" t="s">
         <v>115</v>
       </c>
       <c r="R27" s="76" t="s">
         <v>88</v>
       </c>
       <c r="S27" s="49">
-        <v>511903</v>
+        <v>510751</v>
       </c>
       <c r="T27" s="49">
-        <v>10188</v>
+        <v>9948</v>
       </c>
       <c r="U27" s="49">
-        <v>9011</v>
+        <v>9015</v>
       </c>
       <c r="V27" s="49">
-        <v>23063</v>
+        <v>23001</v>
       </c>
       <c r="W27" s="50">
-        <v>72106</v>
+        <v>71961</v>
       </c>
       <c r="X27" s="54" t="s">
         <v>115</v>
       </c>
       <c r="Y27" s="34"/>
       <c r="Z27" s="34"/>
       <c r="AA27" s="76" t="s">
         <v>88</v>
       </c>
       <c r="AB27" s="44">
-        <v>81.739999999999995</v>
+        <v>81.760000000000005</v>
       </c>
       <c r="AC27" s="42">
-        <v>1.63</v>
+        <v>1.59</v>
       </c>
       <c r="AD27" s="43">
         <v>1.44</v>
       </c>
       <c r="AE27" s="44">
         <v>3.68</v>
       </c>
       <c r="AF27" s="45">
-        <v>11.51</v>
+        <v>11.52</v>
       </c>
       <c r="AG27" s="54" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="30"/>
       <c r="B28" s="67" t="s">
         <v>89</v>
       </c>
       <c r="C28" s="49">
-        <v>626046</v>
+        <v>627111</v>
       </c>
       <c r="D28" s="49">
-        <v>13650</v>
+        <v>14252</v>
       </c>
       <c r="E28" s="49">
-        <v>4365</v>
+        <v>4360</v>
       </c>
       <c r="F28" s="50">
-        <v>77451</v>
+        <v>79708</v>
       </c>
       <c r="G28" s="51">
-        <v>161994</v>
+        <v>164637</v>
       </c>
       <c r="H28" s="31"/>
       <c r="I28" s="32"/>
       <c r="J28" s="65">
-        <v>86052</v>
+        <v>88692</v>
       </c>
       <c r="K28" s="49">
-        <v>2146</v>
+        <v>2137</v>
       </c>
       <c r="L28" s="49">
-        <v>117259</v>
+        <v>118875</v>
       </c>
       <c r="M28" s="52">
-        <v>91093</v>
+        <v>82392</v>
       </c>
       <c r="N28" s="53">
-        <v>72035</v>
+        <v>72057</v>
       </c>
       <c r="O28" s="54" t="s">
         <v>116</v>
       </c>
       <c r="R28" s="76" t="s">
         <v>89</v>
       </c>
       <c r="S28" s="49">
-        <v>511689</v>
+        <v>514123</v>
       </c>
       <c r="T28" s="49">
-        <v>10356</v>
+        <v>8829</v>
       </c>
       <c r="U28" s="49">
-        <v>8967</v>
+        <v>9009</v>
       </c>
       <c r="V28" s="49">
-        <v>22998</v>
+        <v>23092</v>
       </c>
       <c r="W28" s="50">
-        <v>72035</v>
+        <v>72057</v>
       </c>
       <c r="X28" s="54" t="s">
         <v>116</v>
       </c>
       <c r="Y28" s="34"/>
       <c r="Z28" s="34"/>
       <c r="AA28" s="76" t="s">
         <v>89</v>
       </c>
       <c r="AB28" s="44">
-        <v>81.73</v>
+        <v>81.98</v>
       </c>
       <c r="AC28" s="42">
-        <v>1.65</v>
+        <v>1.41</v>
       </c>
       <c r="AD28" s="43">
-        <v>1.43</v>
+        <v>1.44</v>
       </c>
       <c r="AE28" s="44">
-        <v>3.67</v>
+        <v>3.68</v>
       </c>
       <c r="AF28" s="45">
-        <v>11.51</v>
+        <v>11.49</v>
       </c>
       <c r="AG28" s="54" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="30"/>
       <c r="B29" s="67" t="s">
         <v>90</v>
       </c>
       <c r="C29" s="49">
-        <v>624655</v>
+        <v>636115</v>
       </c>
       <c r="D29" s="49">
-        <v>13639</v>
+        <v>14644</v>
       </c>
       <c r="E29" s="49">
-        <v>4278</v>
+        <v>4291</v>
       </c>
       <c r="F29" s="50">
-        <v>78227</v>
+        <v>79810</v>
       </c>
       <c r="G29" s="51">
-        <v>161911</v>
+        <v>169050</v>
       </c>
       <c r="H29" s="31"/>
       <c r="I29" s="32"/>
       <c r="J29" s="65">
-        <v>86519</v>
+        <v>87927</v>
       </c>
       <c r="K29" s="49">
-        <v>2101</v>
+        <v>2289</v>
       </c>
       <c r="L29" s="49">
-        <v>117697</v>
+        <v>119412</v>
       </c>
       <c r="M29" s="52">
-        <v>88355</v>
+        <v>86439</v>
       </c>
       <c r="N29" s="53">
-        <v>71929</v>
+        <v>72252</v>
       </c>
       <c r="O29" s="54" t="s">
         <v>117</v>
       </c>
       <c r="R29" s="76" t="s">
         <v>90</v>
       </c>
       <c r="S29" s="49">
-        <v>510285</v>
+        <v>521452</v>
       </c>
       <c r="T29" s="49">
-        <v>10495</v>
+        <v>10169</v>
       </c>
       <c r="U29" s="49">
-        <v>8988</v>
+        <v>9055</v>
       </c>
       <c r="V29" s="49">
-        <v>22958</v>
+        <v>23187</v>
       </c>
       <c r="W29" s="50">
-        <v>71929</v>
+        <v>72252</v>
       </c>
       <c r="X29" s="54" t="s">
         <v>117</v>
       </c>
       <c r="Y29" s="34"/>
       <c r="Z29" s="34"/>
       <c r="AA29" s="76" t="s">
         <v>90</v>
       </c>
       <c r="AB29" s="44">
-        <v>81.69</v>
+        <v>81.97</v>
       </c>
       <c r="AC29" s="42">
-        <v>1.68</v>
+        <v>1.6</v>
       </c>
       <c r="AD29" s="43">
-        <v>1.44</v>
+        <v>1.42</v>
       </c>
       <c r="AE29" s="44">
-        <v>3.68</v>
+        <v>3.65</v>
       </c>
       <c r="AF29" s="45">
-        <v>11.52</v>
+        <v>11.36</v>
       </c>
       <c r="AG29" s="54" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="30"/>
       <c r="B30" s="67" t="s">
         <v>91</v>
       </c>
       <c r="C30" s="49">
-        <v>624677</v>
+        <v>640892</v>
       </c>
       <c r="D30" s="49">
-        <v>13827</v>
+        <v>14303</v>
       </c>
       <c r="E30" s="49">
-        <v>4593</v>
+        <v>4805</v>
       </c>
       <c r="F30" s="50">
-        <v>78015</v>
+        <v>79517</v>
       </c>
       <c r="G30" s="51">
-        <v>163161</v>
+        <v>170569</v>
       </c>
       <c r="H30" s="31"/>
       <c r="I30" s="32"/>
       <c r="J30" s="65">
-        <v>88603</v>
+        <v>88324</v>
       </c>
       <c r="K30" s="49">
-        <v>2135</v>
+        <v>2036</v>
       </c>
       <c r="L30" s="49">
-        <v>118372</v>
+        <v>119868</v>
       </c>
       <c r="M30" s="52">
-        <v>84008</v>
+        <v>89080</v>
       </c>
       <c r="N30" s="53">
-        <v>71961</v>
+        <v>72390</v>
       </c>
       <c r="O30" s="54" t="s">
         <v>118</v>
       </c>
       <c r="R30" s="76" t="s">
         <v>91</v>
       </c>
       <c r="S30" s="49">
-        <v>510751</v>
+        <v>526071</v>
       </c>
       <c r="T30" s="49">
-        <v>9948</v>
+        <v>10060</v>
       </c>
       <c r="U30" s="49">
-        <v>9015</v>
+        <v>9103</v>
       </c>
       <c r="V30" s="49">
-        <v>23001</v>
+        <v>23268</v>
       </c>
       <c r="W30" s="50">
-        <v>71961</v>
+        <v>72390</v>
       </c>
       <c r="X30" s="54" t="s">
         <v>118</v>
       </c>
       <c r="Y30" s="34"/>
       <c r="Z30" s="34"/>
       <c r="AA30" s="76" t="s">
         <v>91</v>
       </c>
       <c r="AB30" s="44">
-        <v>81.760000000000005</v>
+        <v>82.08</v>
       </c>
       <c r="AC30" s="42">
-        <v>1.59</v>
+        <v>1.57</v>
       </c>
       <c r="AD30" s="43">
-        <v>1.44</v>
+        <v>1.42</v>
       </c>
       <c r="AE30" s="44">
-        <v>3.68</v>
+        <v>3.63</v>
       </c>
       <c r="AF30" s="45">
-        <v>11.52</v>
+        <v>11.3</v>
       </c>
       <c r="AG30" s="54" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="30"/>
       <c r="B31" s="67" t="s">
         <v>92</v>
       </c>
       <c r="C31" s="49">
-        <v>627111</v>
+        <v>642531</v>
       </c>
       <c r="D31" s="49">
-        <v>14252</v>
+        <v>16139</v>
       </c>
       <c r="E31" s="49">
-        <v>4360</v>
+        <v>4446</v>
       </c>
       <c r="F31" s="50">
-        <v>79708</v>
+        <v>79073</v>
       </c>
       <c r="G31" s="51">
-        <v>164637</v>
+        <v>171703</v>
       </c>
       <c r="H31" s="31"/>
       <c r="I31" s="32"/>
       <c r="J31" s="65">
-        <v>88692</v>
+        <v>87658</v>
       </c>
       <c r="K31" s="49">
-        <v>2137</v>
+        <v>2093</v>
       </c>
       <c r="L31" s="49">
-        <v>118875</v>
+        <v>120322</v>
       </c>
       <c r="M31" s="52">
-        <v>82392</v>
+        <v>88589</v>
       </c>
       <c r="N31" s="53">
-        <v>72057</v>
+        <v>72508</v>
       </c>
       <c r="O31" s="54" t="s">
         <v>119</v>
       </c>
       <c r="R31" s="76" t="s">
         <v>92</v>
       </c>
       <c r="S31" s="49">
-        <v>514123</v>
+        <v>528742</v>
       </c>
       <c r="T31" s="49">
-        <v>8829</v>
+        <v>8864</v>
       </c>
       <c r="U31" s="49">
-        <v>9009</v>
+        <v>9107</v>
       </c>
       <c r="V31" s="49">
-        <v>23092</v>
+        <v>23310</v>
       </c>
       <c r="W31" s="50">
-        <v>72057</v>
+        <v>72508</v>
       </c>
       <c r="X31" s="54" t="s">
         <v>119</v>
       </c>
       <c r="Y31" s="34"/>
       <c r="Z31" s="34"/>
       <c r="AA31" s="76" t="s">
         <v>92</v>
       </c>
       <c r="AB31" s="44">
-        <v>81.98</v>
+        <v>82.29</v>
       </c>
       <c r="AC31" s="42">
-        <v>1.41</v>
+        <v>1.38</v>
       </c>
       <c r="AD31" s="43">
-        <v>1.44</v>
+        <v>1.42</v>
       </c>
       <c r="AE31" s="44">
-        <v>3.68</v>
+        <v>3.63</v>
       </c>
       <c r="AF31" s="45">
-        <v>11.49</v>
+        <v>11.28</v>
       </c>
       <c r="AG31" s="54" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="30"/>
       <c r="B32" s="67" t="s">
         <v>93</v>
       </c>
       <c r="C32" s="49">
-        <v>636115</v>
+        <v>645600</v>
       </c>
       <c r="D32" s="49">
-        <v>14644</v>
+        <v>15225</v>
       </c>
       <c r="E32" s="49">
-        <v>4291</v>
+        <v>4265</v>
       </c>
       <c r="F32" s="50">
-        <v>79810</v>
+        <v>79483</v>
       </c>
       <c r="G32" s="51">
-        <v>169050</v>
+        <v>170938</v>
       </c>
       <c r="H32" s="31"/>
       <c r="I32" s="32"/>
       <c r="J32" s="65">
-        <v>87927</v>
+        <v>88892</v>
       </c>
       <c r="K32" s="49">
-        <v>2289</v>
+        <v>1812</v>
       </c>
       <c r="L32" s="49">
-        <v>119412</v>
+        <v>120677</v>
       </c>
       <c r="M32" s="52">
-        <v>86439</v>
+        <v>91689</v>
       </c>
       <c r="N32" s="53">
-        <v>72252</v>
+        <v>72620</v>
       </c>
       <c r="O32" s="54" t="s">
         <v>120</v>
       </c>
       <c r="R32" s="76" t="s">
         <v>93</v>
       </c>
       <c r="S32" s="49">
-        <v>521452</v>
+        <v>529504</v>
       </c>
       <c r="T32" s="49">
-        <v>10169</v>
+        <v>11002</v>
       </c>
       <c r="U32" s="49">
-        <v>9055</v>
+        <v>9136</v>
       </c>
       <c r="V32" s="49">
-        <v>23187</v>
+        <v>23337</v>
       </c>
       <c r="W32" s="50">
-        <v>72252</v>
+        <v>72620</v>
       </c>
       <c r="X32" s="54" t="s">
         <v>120</v>
       </c>
       <c r="Y32" s="34"/>
       <c r="Z32" s="34"/>
       <c r="AA32" s="76" t="s">
         <v>93</v>
       </c>
       <c r="AB32" s="44">
-        <v>81.97</v>
+        <v>82.02</v>
       </c>
       <c r="AC32" s="42">
-        <v>1.6</v>
+        <v>1.7</v>
       </c>
       <c r="AD32" s="43">
         <v>1.42</v>
       </c>
       <c r="AE32" s="44">
-        <v>3.65</v>
+        <v>3.61</v>
       </c>
       <c r="AF32" s="45">
-        <v>11.36</v>
+        <v>11.25</v>
       </c>
       <c r="AG32" s="54" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="30"/>
       <c r="B33" s="67" t="s">
         <v>94</v>
       </c>
       <c r="C33" s="49">
-        <v>640892</v>
+        <v>645500</v>
       </c>
       <c r="D33" s="49">
-        <v>14303</v>
+        <v>15162</v>
       </c>
       <c r="E33" s="49">
-        <v>4805</v>
+        <v>4876</v>
       </c>
       <c r="F33" s="50">
-        <v>79517</v>
+        <v>80208</v>
       </c>
       <c r="G33" s="51">
-        <v>170569</v>
+        <v>168457</v>
       </c>
       <c r="H33" s="31"/>
       <c r="I33" s="32"/>
       <c r="J33" s="65">
-        <v>88324</v>
+        <v>90270</v>
       </c>
       <c r="K33" s="49">
-        <v>2036</v>
+        <v>1938</v>
       </c>
       <c r="L33" s="49">
-        <v>119868</v>
+        <v>120963</v>
       </c>
       <c r="M33" s="52">
-        <v>89080</v>
+        <v>90743</v>
       </c>
       <c r="N33" s="53">
-        <v>72390</v>
+        <v>72883</v>
       </c>
       <c r="O33" s="54" t="s">
         <v>121</v>
       </c>
       <c r="R33" s="76" t="s">
         <v>94</v>
       </c>
       <c r="S33" s="49">
-        <v>526071</v>
+        <v>529375</v>
       </c>
       <c r="T33" s="49">
-        <v>10060</v>
+        <v>10765</v>
       </c>
       <c r="U33" s="49">
-        <v>9103</v>
+        <v>9109</v>
       </c>
       <c r="V33" s="49">
-        <v>23268</v>
+        <v>23368</v>
       </c>
       <c r="W33" s="50">
-        <v>72390</v>
+        <v>72883</v>
       </c>
       <c r="X33" s="54" t="s">
         <v>121</v>
       </c>
       <c r="Y33" s="34"/>
       <c r="Z33" s="34"/>
       <c r="AA33" s="76" t="s">
         <v>94</v>
       </c>
       <c r="AB33" s="44">
-        <v>82.08</v>
+        <v>82.01</v>
       </c>
       <c r="AC33" s="42">
-        <v>1.57</v>
+        <v>1.67</v>
       </c>
       <c r="AD33" s="43">
-        <v>1.42</v>
+        <v>1.41</v>
       </c>
       <c r="AE33" s="44">
-        <v>3.63</v>
+        <v>3.62</v>
       </c>
       <c r="AF33" s="45">
-        <v>11.3</v>
+        <v>11.29</v>
       </c>
       <c r="AG33" s="54" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="30"/>
       <c r="B34" s="67" t="s">
         <v>95</v>
       </c>
       <c r="C34" s="49">
-        <v>642531</v>
+        <v>651419</v>
       </c>
       <c r="D34" s="49">
-        <v>16139</v>
+        <v>15324</v>
       </c>
       <c r="E34" s="49">
-        <v>4446</v>
+        <v>4965</v>
       </c>
       <c r="F34" s="50">
-        <v>79073</v>
+        <v>81286</v>
       </c>
       <c r="G34" s="51">
-        <v>171703</v>
+        <v>171303</v>
       </c>
       <c r="H34" s="31"/>
       <c r="I34" s="32"/>
       <c r="J34" s="65">
-        <v>87658</v>
+        <v>91486</v>
       </c>
       <c r="K34" s="49">
-        <v>2093</v>
+        <v>1994</v>
       </c>
       <c r="L34" s="49">
-        <v>120322</v>
+        <v>121449</v>
       </c>
       <c r="M34" s="52">
-        <v>88589</v>
+        <v>90571</v>
       </c>
       <c r="N34" s="53">
-        <v>72508</v>
+        <v>73043</v>
       </c>
       <c r="O34" s="54" t="s">
         <v>122</v>
       </c>
       <c r="R34" s="76" t="s">
         <v>95</v>
       </c>
       <c r="S34" s="49">
-        <v>528742</v>
+        <v>535283</v>
       </c>
       <c r="T34" s="49">
-        <v>8864</v>
+        <v>10431</v>
       </c>
       <c r="U34" s="49">
-        <v>9107</v>
+        <v>9181</v>
       </c>
       <c r="V34" s="49">
-        <v>23310</v>
+        <v>23481</v>
       </c>
       <c r="W34" s="50">
-        <v>72508</v>
+        <v>73043</v>
       </c>
       <c r="X34" s="54" t="s">
         <v>122</v>
       </c>
       <c r="Y34" s="34"/>
       <c r="Z34" s="34"/>
       <c r="AA34" s="76" t="s">
         <v>95</v>
       </c>
       <c r="AB34" s="44">
-        <v>82.29</v>
+        <v>82.17</v>
       </c>
       <c r="AC34" s="42">
-        <v>1.38</v>
+        <v>1.6</v>
       </c>
       <c r="AD34" s="43">
-        <v>1.42</v>
+        <v>1.41</v>
       </c>
       <c r="AE34" s="44">
-        <v>3.63</v>
+        <v>3.6</v>
       </c>
       <c r="AF34" s="45">
-        <v>11.28</v>
+        <v>11.21</v>
       </c>
       <c r="AG34" s="54" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="35" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="30"/>
-      <c r="B35" s="67" t="s">
+      <c r="B35" s="68" t="s">
         <v>96</v>
       </c>
-      <c r="C35" s="49">
-[...13 lines deleted...]
-      </c>
+      <c r="C35" s="49"/>
+      <c r="D35" s="49"/>
+      <c r="E35" s="49"/>
+      <c r="F35" s="50"/>
+      <c r="G35" s="51"/>
       <c r="H35" s="31"/>
       <c r="I35" s="32"/>
-      <c r="J35" s="65">
-[...14 lines deleted...]
-      <c r="O35" s="54" t="s">
+      <c r="J35" s="65"/>
+      <c r="K35" s="49"/>
+      <c r="L35" s="49"/>
+      <c r="M35" s="52"/>
+      <c r="N35" s="53"/>
+      <c r="O35" s="75" t="s">
         <v>123</v>
       </c>
-      <c r="R35" s="76" t="s">
+      <c r="R35" s="77" t="s">
         <v>96</v>
       </c>
-      <c r="S35" s="49">
-[...14 lines deleted...]
-      <c r="X35" s="54" t="s">
+      <c r="S35" s="49"/>
+      <c r="T35" s="49"/>
+      <c r="U35" s="49"/>
+      <c r="V35" s="49"/>
+      <c r="W35" s="50"/>
+      <c r="X35" s="75" t="s">
         <v>123</v>
       </c>
       <c r="Y35" s="34"/>
       <c r="Z35" s="34"/>
-      <c r="AA35" s="76" t="s">
+      <c r="AA35" s="77" t="s">
         <v>96</v>
       </c>
-      <c r="AB35" s="44">
-[...14 lines deleted...]
-      <c r="AG35" s="54" t="s">
+      <c r="AB35" s="44"/>
+      <c r="AC35" s="42"/>
+      <c r="AD35" s="43"/>
+      <c r="AE35" s="44"/>
+      <c r="AF35" s="45"/>
+      <c r="AG35" s="75" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="36" spans="1:33" s="33" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="30"/>
       <c r="B36" s="67" t="s">
         <v>84</v>
       </c>
       <c r="C36" s="49">
-        <v>645512</v>
+        <v>658540</v>
       </c>
       <c r="D36" s="49">
-        <v>15173</v>
+        <v>16243</v>
       </c>
       <c r="E36" s="49">
-        <v>4876</v>
+        <v>4663</v>
       </c>
       <c r="F36" s="50">
-        <v>80208</v>
+        <v>84219</v>
       </c>
       <c r="G36" s="51">
-        <v>168457</v>
+        <v>173668</v>
       </c>
       <c r="H36" s="31"/>
       <c r="I36" s="32"/>
       <c r="J36" s="65">
-        <v>90270</v>
+        <v>92689</v>
       </c>
       <c r="K36" s="49">
-        <v>1939</v>
+        <v>1856</v>
       </c>
       <c r="L36" s="49">
-        <v>120963</v>
+        <v>122396</v>
       </c>
       <c r="M36" s="52">
-        <v>90743</v>
+        <v>89841</v>
       </c>
       <c r="N36" s="53">
-        <v>72883</v>
+        <v>72965</v>
       </c>
       <c r="O36" s="54" t="s">
         <v>111</v>
       </c>
       <c r="R36" s="76" t="s">
         <v>84</v>
       </c>
       <c r="S36" s="49">
-        <v>529375</v>
+        <v>542808</v>
       </c>
       <c r="T36" s="49">
-        <v>10765</v>
+        <v>10112</v>
       </c>
       <c r="U36" s="49">
-        <v>9109</v>
+        <v>9201</v>
       </c>
       <c r="V36" s="49">
-        <v>23379</v>
+        <v>23455</v>
       </c>
       <c r="W36" s="50">
-        <v>72883</v>
+        <v>72965</v>
       </c>
       <c r="X36" s="54" t="s">
         <v>111</v>
       </c>
       <c r="Y36" s="34"/>
       <c r="Z36" s="34"/>
       <c r="AA36" s="76" t="s">
         <v>84</v>
       </c>
       <c r="AB36" s="44">
-        <v>82.01</v>
+        <v>82.43</v>
       </c>
       <c r="AC36" s="42">
-        <v>1.67</v>
+        <v>1.54</v>
       </c>
       <c r="AD36" s="43">
-        <v>1.41</v>
+        <v>1.4</v>
       </c>
       <c r="AE36" s="44">
-        <v>3.62</v>
+        <v>3.56</v>
       </c>
       <c r="AF36" s="45">
-        <v>11.29</v>
+        <v>11.08</v>
       </c>
       <c r="AG36" s="54" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="37" spans="1:33" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B37" s="56" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="48"/>
       <c r="D37" s="48"/>
       <c r="E37" s="48"/>
       <c r="F37" s="47"/>
       <c r="G37" s="47"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="58" t="s">
         <v>49</v>
       </c>
       <c r="K37" s="47"/>
       <c r="L37" s="47"/>
       <c r="M37" s="47"/>
       <c r="N37" s="47"/>
       <c r="O37" s="47"/>
       <c r="P37" s="1"/>
@@ -6871,92 +7531,94 @@
       <c r="AB40" s="1"/>
       <c r="AC40" s="1"/>
       <c r="AD40" s="1"/>
       <c r="AE40" s="1"/>
       <c r="AF40" s="1"/>
       <c r="AG40" s="1"/>
     </row>
     <row r="41" spans="1:33" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B41" s="57" t="s">
         <v>58</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="59" t="s">
         <v>56</v>
       </c>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
+      <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="S41"/>
       <c r="T41"/>
       <c r="U41"/>
-      <c r="V41" s="1"/>
+      <c r="V41"/>
       <c r="W41"/>
       <c r="X41" s="1"/>
       <c r="Y41" s="1"/>
       <c r="Z41" s="1"/>
       <c r="AA41" s="59" t="s">
         <v>53</v>
       </c>
       <c r="AB41" s="1"/>
       <c r="AC41" s="1"/>
       <c r="AD41" s="1"/>
       <c r="AE41" s="1"/>
       <c r="AF41" s="1"/>
       <c r="AG41" s="1"/>
     </row>
     <row r="42" spans="1:33" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="59" t="s">
         <v>51</v>
       </c>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
+      <c r="V42" s="1"/>
       <c r="W42" s="1"/>
       <c r="X42" s="1"/>
       <c r="Y42" s="1"/>
       <c r="Z42" s="1"/>
       <c r="AA42" s="59" t="s">
         <v>51</v>
       </c>
       <c r="AB42" s="1"/>
       <c r="AC42" s="1"/>
       <c r="AD42" s="1"/>
       <c r="AE42" s="1"/>
       <c r="AF42" s="1"/>
       <c r="AG42" s="1"/>
     </row>
     <row r="43" spans="1:33" s="23" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B43" s="1"/>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="59" t="s">
         <v>45</v>