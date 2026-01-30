--- v0 (2025-10-08)
+++ v1 (2026-01-30)
@@ -1,199 +1,198 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11407EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B6C11A39-DDC5-45A0-803B-E33A1F3D85DF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CB302CE9-8C17-4DEB-8FD1-E90CC83B8DAF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="651" xr2:uid="{F5D72252-9FF6-41CE-AFD2-6AE093DFB938}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="651" xr2:uid="{F1AD5A37-D97D-4A65-BCDD-78FB4A2E48BB}"/>
   </bookViews>
   <sheets>
     <sheet name="140" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'140'!$A$2:$BE$43</definedName>
   </definedNames>
   <calcPr calcId="191029" calcMode="manual"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="Z34" i="4" l="1"/>
-[...3 lines deleted...]
-  <c r="W33" i="4"/>
+  <c r="U34" i="4" l="1"/>
   <c r="U33" i="4"/>
-  <c r="X33" i="4" s="1"/>
   <c r="U32" i="4"/>
-  <c r="Z32" i="4" s="1"/>
-[...2 lines deleted...]
-  <c r="W31" i="4"/>
   <c r="U31" i="4"/>
-  <c r="W30" i="4"/>
+  <c r="Z30" i="4"/>
+  <c r="X30" i="4"/>
   <c r="U30" i="4"/>
-  <c r="X30" i="4" s="1"/>
+  <c r="W30" i="4" s="1"/>
   <c r="U29" i="4"/>
-  <c r="Z29" i="4" s="1"/>
-[...2 lines deleted...]
-  <c r="W28" i="4"/>
   <c r="U28" i="4"/>
-  <c r="W27" i="4"/>
   <c r="U27" i="4"/>
-  <c r="Z27" i="4" s="1"/>
   <c r="U26" i="4"/>
-  <c r="Z26" i="4" s="1"/>
-[...2 lines deleted...]
-  <c r="W25" i="4"/>
   <c r="U25" i="4"/>
-  <c r="W24" i="4"/>
   <c r="U24" i="4"/>
-  <c r="X24" i="4" s="1"/>
   <c r="U23" i="4"/>
-  <c r="Z23" i="4" s="1"/>
-[...1 lines deleted...]
-  <c r="X22" i="4"/>
   <c r="W22" i="4"/>
   <c r="U22" i="4"/>
-  <c r="W21" i="4"/>
+  <c r="Z21" i="4"/>
+  <c r="X21" i="4"/>
   <c r="U21" i="4"/>
-  <c r="Z21" i="4" s="1"/>
+  <c r="W21" i="4" s="1"/>
   <c r="W20" i="4"/>
   <c r="U20" i="4"/>
-  <c r="Z20" i="4" s="1"/>
-[...1 lines deleted...]
-  <c r="X19" i="4"/>
   <c r="W19" i="4"/>
   <c r="U19" i="4"/>
   <c r="W18" i="4"/>
   <c r="U18" i="4"/>
-  <c r="Z18" i="4" s="1"/>
   <c r="W17" i="4"/>
   <c r="U17" i="4"/>
-  <c r="Z17" i="4" s="1"/>
-[...1 lines deleted...]
-  <c r="X16" i="4"/>
   <c r="W16" i="4"/>
   <c r="U16" i="4"/>
   <c r="W15" i="4"/>
   <c r="U15" i="4"/>
-  <c r="Z15" i="4" s="1"/>
   <c r="W14" i="4"/>
   <c r="U14" i="4"/>
-  <c r="Z14" i="4" s="1"/>
-[...1 lines deleted...]
-  <c r="X13" i="4"/>
   <c r="W13" i="4"/>
   <c r="U13" i="4"/>
   <c r="W12" i="4"/>
   <c r="U12" i="4"/>
-  <c r="Z12" i="4" s="1"/>
   <c r="W11" i="4"/>
   <c r="U11" i="4"/>
-  <c r="Z11" i="4" s="1"/>
-[...1 lines deleted...]
-  <c r="X10" i="4"/>
   <c r="W10" i="4"/>
   <c r="U10" i="4"/>
   <c r="W9" i="4"/>
   <c r="U9" i="4"/>
-  <c r="Z9" i="4" s="1"/>
   <c r="W8" i="4"/>
   <c r="U8" i="4"/>
-  <c r="Z8" i="4" s="1"/>
-[...2 lines deleted...]
-  <c r="X9" i="4" l="1"/>
+  <c r="Z34" i="4" l="1"/>
+  <c r="X34" i="4"/>
+  <c r="W34" i="4"/>
+  <c r="Z33" i="4"/>
+  <c r="X33" i="4"/>
+  <c r="W33" i="4"/>
+  <c r="Z32" i="4"/>
+  <c r="X32" i="4"/>
+  <c r="W32" i="4"/>
+  <c r="Z31" i="4"/>
+  <c r="X31" i="4"/>
+  <c r="W31" i="4"/>
+  <c r="Z29" i="4"/>
+  <c r="X29" i="4"/>
+  <c r="W29" i="4"/>
+  <c r="Z28" i="4"/>
+  <c r="X28" i="4"/>
+  <c r="W28" i="4"/>
+  <c r="Z27" i="4"/>
+  <c r="X27" i="4"/>
+  <c r="W27" i="4"/>
+  <c r="Z26" i="4"/>
+  <c r="X26" i="4"/>
+  <c r="W26" i="4"/>
+  <c r="X25" i="4"/>
+  <c r="W25" i="4"/>
+  <c r="Z25" i="4"/>
+  <c r="X24" i="4"/>
+  <c r="W24" i="4"/>
+  <c r="Z24" i="4"/>
+  <c r="Z23" i="4"/>
+  <c r="X23" i="4"/>
+  <c r="W23" i="4"/>
+  <c r="X22" i="4"/>
+  <c r="Z22" i="4"/>
+  <c r="Z20" i="4"/>
+  <c r="X20" i="4"/>
+  <c r="Z19" i="4"/>
+  <c r="X19" i="4"/>
+  <c r="Z18" i="4"/>
   <c r="X18" i="4"/>
-  <c r="X21" i="4"/>
-[...6 lines deleted...]
-  <c r="Z33" i="4"/>
+  <c r="Z17" i="4"/>
+  <c r="X17" i="4"/>
+  <c r="Z16" i="4"/>
+  <c r="X16" i="4"/>
+  <c r="Z15" i="4"/>
+  <c r="X15" i="4"/>
+  <c r="Z14" i="4"/>
+  <c r="X14" i="4"/>
+  <c r="Z13" i="4"/>
+  <c r="X13" i="4"/>
+  <c r="Z12" i="4"/>
+  <c r="X12" i="4"/>
+  <c r="X11" i="4"/>
+  <c r="Z11" i="4"/>
+  <c r="Z10" i="4"/>
+  <c r="X10" i="4"/>
+  <c r="Z9" i="4"/>
+  <c r="X9" i="4"/>
+  <c r="Z8" i="4"/>
   <c r="X8" i="4"/>
-  <c r="X11" i="4"/>
-[...8 lines deleted...]
-  <c r="X15" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="263" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="263" uniqueCount="161">
   <si>
     <r>
       <t>第</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>25</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <rFont val="細明體"/>
         <family val="3"/>
         <charset val="136"/>
       </rPr>
       <t>頁</t>
     </r>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
@@ -2750,176 +2749,184 @@
   <si>
     <t>108年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>109年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>110年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>111年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>112年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>113年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>　　  8月</t>
-[...14 lines deleted...]
-  <si>
     <t>　　 12月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>114年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>　　  1月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>　　  2月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>　　  3月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>　　  4月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>　　  5月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>　　  6月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>　　  7月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t xml:space="preserve">         Aug.</t>
+    <t>　　  8月</t>
+    <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t xml:space="preserve">         Sept.</t>
+    <t>　　  9月</t>
+    <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t xml:space="preserve">         Oct.</t>
+    <t>　　 10月</t>
+    <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t xml:space="preserve">         Nov.</t>
+    <t>　　 11月</t>
+    <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t xml:space="preserve">         Dec.</t>
   </si>
   <si>
     <t xml:space="preserve">         Jan.</t>
   </si>
   <si>
     <t xml:space="preserve">         Feb.</t>
   </si>
   <si>
     <t xml:space="preserve">         Mar.</t>
   </si>
   <si>
     <t xml:space="preserve">         Apr.</t>
   </si>
   <si>
     <t xml:space="preserve">         May</t>
   </si>
   <si>
     <t xml:space="preserve">         June</t>
   </si>
   <si>
     <t xml:space="preserve">         July</t>
   </si>
   <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t>...</t>
+  </si>
+  <si>
+    <t>...</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
     <t>…</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="29">
+  <numFmts count="30">
     <numFmt numFmtId="176" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.0"/>
     <numFmt numFmtId="178" formatCode="_-* #,##0.0000_-;\-* #,##0.0000_-;_-* &quot;-&quot;????_-;_-@_-"/>
     <numFmt numFmtId="179" formatCode="#\ ##0.000"/>
     <numFmt numFmtId="180" formatCode="#\ ##0"/>
     <numFmt numFmtId="181" formatCode="0.0_);[Red]\(0.0\)"/>
     <numFmt numFmtId="182" formatCode="0.00_ "/>
     <numFmt numFmtId="183" formatCode="0.000"/>
     <numFmt numFmtId="184" formatCode="#,##0_ "/>
     <numFmt numFmtId="185" formatCode="\+#,##0.00\ ;[Red]\-#,##0.00\ "/>
     <numFmt numFmtId="186" formatCode="###\ ##0.00;\-###\ ##0.00;&quot;－&quot;"/>
     <numFmt numFmtId="187" formatCode="###\ ##0"/>
     <numFmt numFmtId="188" formatCode="########0.00"/>
     <numFmt numFmtId="189" formatCode="#\ ###\ ###\ ##0.00"/>
     <numFmt numFmtId="190" formatCode="###\ ###\ ##0.00;\-###\ ###\ ##0.00;&quot;－&quot;"/>
     <numFmt numFmtId="191" formatCode="##\ ##0.0"/>
     <numFmt numFmtId="192" formatCode="###\ ###\ ##0.0"/>
     <numFmt numFmtId="193" formatCode="#\ ###\ ###\ ##0.0"/>
     <numFmt numFmtId="194" formatCode="#\ ###\ ###\ ##0;\-#\ ###\ ###\ ##0;&quot;－&quot;"/>
     <numFmt numFmtId="195" formatCode="#\ ###\ ##0.00;\-#\ ###\ ##0.00;&quot;－&quot;"/>
     <numFmt numFmtId="196" formatCode="#\ ##0.00;\-#\ ##0.00;&quot;－&quot;"/>
     <numFmt numFmtId="197" formatCode="#\ ##0.000;\-#\ ##0.000;&quot;－&quot;"/>
     <numFmt numFmtId="198" formatCode="####0.00"/>
     <numFmt numFmtId="199" formatCode="#\ ###\ ###\ ##0"/>
     <numFmt numFmtId="200" formatCode="#\ ###\ ##0.00"/>
     <numFmt numFmtId="201" formatCode="#\ ###\ ###\ ##0.00;\-#\ ###\ ###\ ##0.00;&quot;－&quot;"/>
     <numFmt numFmtId="202" formatCode="###\ ###\ ##0.00"/>
     <numFmt numFmtId="203" formatCode="##\ ##0.0;\-##\ ##0.0;&quot;－&quot;"/>
     <numFmt numFmtId="204" formatCode="########0.00;\-########0.00;&quot;－&quot;"/>
+    <numFmt numFmtId="205" formatCode="#\ ###\ ##0"/>
   </numFmts>
   <fonts count="41">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="細明體"/>
       <family val="3"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
@@ -3552,51 +3559,51 @@
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1"/>
   </cellStyleXfs>
-  <cellXfs count="307">
+  <cellXfs count="312">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="176" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="176" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="177" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="176" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -4005,563 +4012,578 @@
     </xf>
     <xf numFmtId="176" fontId="15" fillId="0" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="196" fontId="16" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="15" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="15" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="15" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="187" fontId="15" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="197" fontId="16" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="197" fontId="15" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="196" fontId="16" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="198" fontId="16" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="198" fontId="15" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="186" fontId="15" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="199" fontId="16" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="199" fontId="15" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="200" fontId="16" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="200" fontId="15" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="189" fontId="15" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="196" fontId="15" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="201" fontId="16" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="201" fontId="15" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="202" fontId="16" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="202" fontId="15" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="202" fontId="16" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="202" fontId="15" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="190" fontId="15" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="190" fontId="15" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="191" fontId="15" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="188" fontId="15" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="192" fontId="15" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="193" fontId="15" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="203" fontId="16" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="204" fontId="16" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="204" fontId="15" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="204" fontId="15" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="188" fontId="15" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="188" fontId="15" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="188" fontId="15" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="34" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="176" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="35" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="32" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="33" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="176" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="34" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="22" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="28" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="32" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="29" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="29" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="30" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="176" fontId="5" fillId="0" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="distributed"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="distributed"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="19" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="19" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="distributed" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="distributed"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="5" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="19" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...161 lines deleted...]
-    <xf numFmtId="176" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="34" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="5" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="176" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="35" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...27 lines deleted...]
-      <alignment horizontal="center" vertical="distributed"/>
+    <xf numFmtId="176" fontId="34" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="30" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="30" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="34" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="205" fontId="15" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
-    <cellStyle name="sample" xfId="1" xr:uid="{64274301-873D-4741-B22A-CC3F32AE59D0}"/>
+    <cellStyle name="sample" xfId="1" xr:uid="{B87C8AA0-D673-4553-B67E-E914547408D1}"/>
     <cellStyle name="一般" xfId="0" builtinId="0"/>
-    <cellStyle name="年資料" xfId="2" xr:uid="{FBAA5128-5DBA-455A-9AF5-1B3C67521F16}"/>
+    <cellStyle name="年資料" xfId="2" xr:uid="{304296B0-DEC0-44C0-9372-52234F5B25FB}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>22</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>38100</xdr:rowOff>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>42333</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>26</xdr:col>
-      <xdr:colOff>739762</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>208139</xdr:rowOff>
+      <xdr:colOff>795476</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>945</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="2" name="群組 13">
+        <xdr:cNvPr id="2" name="群組 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{410FA22E-23A3-4C12-9AAF-8C139FC07AAE}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34E59029-5126-4F82-B269-67766D2AA7A5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="14506575" y="7286625"/>
-[...2 lines deleted...]
-          <a:chExt cx="2704903" cy="182880"/>
+          <a:off x="14478000" y="6414558"/>
+          <a:ext cx="2967176" cy="177687"/>
+          <a:chOff x="11371101" y="5455920"/>
+          <a:chExt cx="2722028" cy="182880"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="3" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D8744B6-43B7-8851-3E89-94E494815EE5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4CCE667-96A6-826C-320F-D9FB91CDCD46}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="11361420" y="7208520"/>
-            <a:ext cx="681644" cy="182880"/>
+            <a:off x="11371101" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4604,62 +4626,62 @@
                 <a:ea typeface="新細明體"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="4" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{949A01C8-A14C-605B-AA16-DD9C0FEEFD9F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AABC1230-598A-2D14-19F7-A337038EA6C5}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="12371208" y="7208520"/>
-            <a:ext cx="694267" cy="182880"/>
+            <a:off x="12424388" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4680,84 +4702,84 @@
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="新細明體"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t> r</a:t>
+              <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="5" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BAA553F0-A04C-76D3-3275-AC9525FC5FEB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0608C6E6-2177-9F44-0343-7BDD11212B30}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="13384679" y="7208520"/>
-            <a:ext cx="681644" cy="182880"/>
+            <a:off x="13409913" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4778,121 +4800,121 @@
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="新細明體"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t> r</a:t>
+              <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>22</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>28575</xdr:rowOff>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>1</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>63500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>26</xdr:col>
-      <xdr:colOff>752822</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>199615</xdr:rowOff>
+      <xdr:colOff>795477</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>22112</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="6" name="群組 13">
+        <xdr:cNvPr id="6" name="群組 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{599EF9E7-DE1E-42F5-91C1-BF469B490C28}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{138FE938-06A0-4947-9890-2545CD011048}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="14516100" y="7934325"/>
-[...2 lines deleted...]
-          <a:chExt cx="2710690" cy="182880"/>
+          <a:off x="14478000" y="7092950"/>
+          <a:ext cx="2967177" cy="177687"/>
+          <a:chOff x="11371101" y="5455920"/>
+          <a:chExt cx="2722028" cy="182880"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="7" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8FB085D-BDB5-34BB-130D-CCD2C5734780}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1004B496-15B7-70B2-4D4A-13090D4498D3}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="11361420" y="7208520"/>
-            <a:ext cx="681644" cy="182880"/>
+            <a:off x="11371101" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -4910,85 +4932,87 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>p</a:t>
+              <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="8" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E438E84-F60D-CCE4-85CA-520192DF4B1D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33C287F7-7759-72CC-470A-DE80FDC0A51D}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="12362364" y="7208520"/>
-            <a:ext cx="694267" cy="182880"/>
+            <a:off x="12424388" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -5009,84 +5033,84 @@
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="新細明體"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t> p</a:t>
+              <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="9" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9C32B03-9E65-121C-BE14-993B6DAA9359}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8EC53A6-B040-7C00-3E78-5FA3D9D34456}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="13390465" y="7208520"/>
-            <a:ext cx="681645" cy="182880"/>
+            <a:off x="13409913" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -5107,119 +5131,2107 @@
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="新細明體"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>1</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>52917</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>26</xdr:col>
+      <xdr:colOff>795477</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>11529</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="10" name="群組 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AB75BD4-F3BF-40D4-A066-8F1498F242C8}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="14478000" y="5548842"/>
+          <a:ext cx="2967177" cy="177687"/>
+          <a:chOff x="11371101" y="5455920"/>
+          <a:chExt cx="2722028" cy="182880"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="11" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84A54F3C-9408-5D99-89FD-B129A2D6C73C}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11371101" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="12" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B668EA53-B943-B030-282A-74C7DFEB355D}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="12424388" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="108000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="13" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78FA399B-2EEA-AC20-D6CA-2872C66AD629}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13409913" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="144000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>10583</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>21167</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>26</xdr:col>
+      <xdr:colOff>795469</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>202031</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="14" name="群組 13">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7362EB38-75FA-4A41-91FC-1ADB5E36D13C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="14488583" y="7707842"/>
+          <a:ext cx="2956586" cy="180864"/>
+          <a:chOff x="11361420" y="7208520"/>
+          <a:chExt cx="2712342" cy="182880"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="15" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02635784-F441-DD3C-BC3D-92CF046EDE6E}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11361420" y="7208520"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>p</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="16" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1190E1F-0564-E477-12F7-3970E17335A5}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="12395345" y="7208520"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="108000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>p</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="17" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78CE9BA3-ED48-48A8-244D-015837C10AA4}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13390546" y="7208520"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="144000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
               <a:t>p</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>28</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>66675</xdr:rowOff>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>264583</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>42332</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>28</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>8416</xdr:rowOff>
+      <xdr:col>26</xdr:col>
+      <xdr:colOff>774302</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>1949</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="10" name="群組 9">
+        <xdr:cNvPr id="18" name="群組 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14969742-993D-47C6-8F55-C03B61B9862D}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A53DA19F-2560-42F1-B8D0-111F04514FAB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
-      <xdr:grpSpPr>
+      <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="18526125" y="7972425"/>
-[...2 lines deleted...]
-          <a:chExt cx="950365" cy="379891"/>
+          <a:off x="14466358" y="5100107"/>
+          <a:ext cx="2957644" cy="178692"/>
+          <a:chOff x="11361420" y="5455920"/>
+          <a:chExt cx="2712342" cy="182880"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="11" name="Text Box 1">
+          <xdr:cNvPr id="19" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7924A99D-A789-D0F9-D221-BDD63A221DB7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{696CCFBD-BB7B-D552-0E64-BFDE76671C9C}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="16306800" y="6753225"/>
-            <a:ext cx="938928" cy="179867"/>
+            <a:off x="11361420" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="20" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64DE844B-AB6A-DE3D-73FC-0CF4ED7190DB}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="12414707" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="108000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="21" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0A7BCF2-D1AC-BB5F-E439-1CDA7690B242}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13390546" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="144000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>264583</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>52916</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>26</xdr:col>
+      <xdr:colOff>774302</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>12533</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="22" name="群組 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65A00961-E0D1-495B-95FE-4E74B6ACF4B3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="14466358" y="5329766"/>
+          <a:ext cx="2957644" cy="178692"/>
+          <a:chOff x="11361420" y="5455920"/>
+          <a:chExt cx="2712342" cy="182880"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="23" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63FB4039-17AC-522B-FCB3-32E8470B7598}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11361420" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="24" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF56595D-EFCE-9A78-E120-FB21C20F9F1F}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="12414707" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="108000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="25" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C999E926-7ECD-3092-CCDD-1657DA797A46}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13390546" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="144000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>63500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>26</xdr:col>
+      <xdr:colOff>795468</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>23117</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="26" name="群組 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F7CC334-1F3F-4D5E-BFE0-E11A84497BFD}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="14478000" y="5778500"/>
+          <a:ext cx="2967168" cy="178692"/>
+          <a:chOff x="11361420" y="5455920"/>
+          <a:chExt cx="2712342" cy="182880"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="27" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C275393D-5FC8-CB55-7401-3383857F8599}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11361420" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>f</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="28" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87D8E046-3186-F50E-95EE-BE8D38FB4528}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="12414707" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="108000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>f</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="29" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3420CC9A-994F-91A8-B95B-B681B9FCA5F5}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13390546" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="144000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>f</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>31749</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>42332</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>27</xdr:col>
+      <xdr:colOff>12310</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>944</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="30" name="群組 29">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{407A165C-3621-470C-9ECE-D48CA12E2399}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="14509749" y="8386232"/>
+          <a:ext cx="2961886" cy="177687"/>
+          <a:chOff x="11371101" y="5455920"/>
+          <a:chExt cx="2722028" cy="182880"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="31" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAA73B21-B572-1EF5-01E4-276F8299D9C7}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11371101" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>f</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="32" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75FA53ED-8165-23BE-4DCE-41DC978458E7}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="12424388" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="108000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>f</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="33" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAFD7403-0C2E-E4BF-AFC5-D04011B48A9B}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13409913" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="144000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>f</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>28</xdr:col>
+      <xdr:colOff>21167</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>52923</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>28</xdr:col>
+      <xdr:colOff>948434</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>215257</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="34" name="群組 26">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A468648C-6914-440C-9F65-BECA68E7482A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="18518717" y="7958673"/>
+          <a:ext cx="927267" cy="381409"/>
+          <a:chOff x="14630400" y="6825774"/>
+          <a:chExt cx="830580" cy="390366"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="35" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D08CDFE3-46E6-5EDF-3B7B-8717FCEC893F}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="14630400" y="6825774"/>
+            <a:ext cx="830580" cy="185702"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -5257,65 +7269,65 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="12" name="Text Box 1">
+          <xdr:cNvPr id="36" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29E3425E-F09E-8D8D-1710-340AE07BD7D8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1FF713FE-3634-F391-09F8-B49DBC487155}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="16306800" y="6953250"/>
-            <a:ext cx="950365" cy="179866"/>
+            <a:off x="14630400" y="7043702"/>
+            <a:ext cx="830580" cy="172438"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -5356,99 +7368,1082 @@
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>p</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>30</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:col>31</xdr:col>
+      <xdr:colOff>62442</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>53975</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>33</xdr:col>
-      <xdr:colOff>783638</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>217665</xdr:rowOff>
+      <xdr:colOff>900255</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>203082</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="13" name="群組 53">
+        <xdr:cNvPr id="37" name="群組 36">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{039EE0DC-B07D-47A3-AC02-E3E90995BA2F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D0A654D-86B5-7C6C-E7F9-9A23BD9CAF23}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr/>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr>
+        <a:xfrm>
+          <a:off x="19855392" y="6426200"/>
+          <a:ext cx="2685663" cy="1463557"/>
+          <a:chOff x="19845867" y="6654800"/>
+          <a:chExt cx="2685663" cy="1463557"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:grpSp>
+        <xdr:nvGrpSpPr>
+          <xdr:cNvPr id="38" name="群組 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E75E9FD-3007-D0C3-89D0-3A2832DE57D3}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvGrpSpPr>
+            <a:grpSpLocks/>
+          </xdr:cNvGrpSpPr>
+        </xdr:nvGrpSpPr>
+        <xdr:grpSpPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="19867034" y="7937493"/>
+            <a:ext cx="2664496" cy="180864"/>
+            <a:chOff x="11361420" y="7208520"/>
+            <a:chExt cx="2431593" cy="182880"/>
+          </a:xfrm>
+        </xdr:grpSpPr>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="59" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F1DFF06-0434-3999-2094-773844862B38}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="11361420" y="7208520"/>
+              <a:ext cx="683216" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>p</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="60" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D82DDF6-91F8-521A-D749-7D4A5506A9FB}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="12269492" y="7208520"/>
+              <a:ext cx="683216" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="108000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>p</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="61" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E51E4DC-46DF-1814-97C3-4F325F9E5264}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="13109797" y="7208520"/>
+              <a:ext cx="683216" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="144000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>p</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+      </xdr:grpSp>
+      <xdr:grpSp>
+        <xdr:nvGrpSpPr>
+          <xdr:cNvPr id="39" name="群組 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E11A67DA-EEFD-85EA-8E94-EDC954DA7983}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvGrpSpPr>
+            <a:grpSpLocks/>
+          </xdr:cNvGrpSpPr>
+        </xdr:nvGrpSpPr>
+        <xdr:grpSpPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="19856451" y="7301444"/>
+            <a:ext cx="2675079" cy="177695"/>
+            <a:chOff x="11361420" y="5455920"/>
+            <a:chExt cx="2441274" cy="182888"/>
+          </a:xfrm>
+        </xdr:grpSpPr>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="56" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{100A3104-FB3E-6A63-ED31-807E707FC1D6}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="11361420" y="5455928"/>
+              <a:ext cx="683216" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>r</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="57" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{662A2DC7-7EE6-253D-961A-88C412F9B0E9}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="12269492" y="5455920"/>
+              <a:ext cx="683216" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="108000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>r</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="58" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F79543A-165E-723D-1C08-0A6A47F412FB}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="13119478" y="5455920"/>
+              <a:ext cx="683216" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="144000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>r</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+      </xdr:grpSp>
+      <xdr:grpSp>
+        <xdr:nvGrpSpPr>
+          <xdr:cNvPr id="40" name="群組 39">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38D16913-41CC-C6AD-1380-E533787BAAC6}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvGrpSpPr>
+            <a:grpSpLocks/>
+          </xdr:cNvGrpSpPr>
+        </xdr:nvGrpSpPr>
+        <xdr:grpSpPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="19845867" y="6654800"/>
+            <a:ext cx="2675079" cy="177687"/>
+            <a:chOff x="11361420" y="5455920"/>
+            <a:chExt cx="2441274" cy="182880"/>
+          </a:xfrm>
+        </xdr:grpSpPr>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="53" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAFAC096-B04A-503B-6026-573B825BD1B9}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="11361420" y="5455920"/>
+              <a:ext cx="683216" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>r</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="54" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5D8FEFD-A59D-9B0A-2094-50D52A0BF8F8}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="12269492" y="5455920"/>
+              <a:ext cx="683216" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="108000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>r</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="55" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91045B6C-4B4D-A527-FCDF-DC645F4A7F51}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="13119478" y="5455920"/>
+              <a:ext cx="683216" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="144000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>r</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+      </xdr:grpSp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>31</xdr:col>
+      <xdr:colOff>42334</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>63504</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>33</xdr:col>
+      <xdr:colOff>869563</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>22116</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="41" name="群組 40">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F672389-7A0F-F2CF-F1D5-D8972ED39BA8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="19773907" y="7296150"/>
-[...2 lines deleted...]
-          <a:chExt cx="2472534" cy="182880"/>
+          <a:off x="19835284" y="5559429"/>
+          <a:ext cx="2675079" cy="177687"/>
+          <a:chOff x="11361420" y="5455920"/>
+          <a:chExt cx="2441274" cy="182880"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="14" name="Text Box 1">
+          <xdr:cNvPr id="50" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46698AF9-712D-206B-ACC4-A1724F356C9A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{767A0686-51CA-C095-2DF1-79BF3F30FC98}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="17473231" y="7208520"/>
-            <a:ext cx="711743" cy="182880"/>
+            <a:off x="11361420" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -5488,65 +8483,1627 @@
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="新細明體"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="15" name="Text Box 1">
+          <xdr:cNvPr id="51" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D492379B-2751-3247-F5EE-BAE9C04FA5DE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAD10661-3CE2-002E-70C4-0B953F4DC0B4}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="16603015" y="7208520"/>
-            <a:ext cx="718042" cy="182880"/>
+            <a:off x="12288854" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="108000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="52" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD64B336-BABE-D159-81ED-DA31F89E6A7A}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13119478" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="144000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>31</xdr:col>
+      <xdr:colOff>31750</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>52916</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>33</xdr:col>
+      <xdr:colOff>869562</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>23116</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="42" name="群組 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4B7FC88-E3A8-3B54-C128-4BD364B9B4C0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="19824700" y="5329766"/>
+          <a:ext cx="2685662" cy="189275"/>
+          <a:chOff x="11361420" y="5455920"/>
+          <a:chExt cx="2450955" cy="193522"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="47" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EF91D77-D4C8-D345-C68C-3DEA13BB6B7F}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11361420" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="48" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E36200B-F085-7EDE-E74C-B824DB93A41F}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="12288854" y="5466562"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="108000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="49" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{341E0B3C-A638-5E17-2941-5FF72FFB4476}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13129159" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="144000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>31</xdr:col>
+      <xdr:colOff>31750</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>52917</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>33</xdr:col>
+      <xdr:colOff>869562</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>23117</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="43" name="群組 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE8132AF-897B-2351-783E-BA0C02967137}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="19824700" y="5110692"/>
+          <a:ext cx="2685662" cy="189275"/>
+          <a:chOff x="11361420" y="5455920"/>
+          <a:chExt cx="2450955" cy="193522"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="44" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD0994F9-436E-4DCE-B9B9-C337D1B73A26}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11361420" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="45" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7625FE79-13BD-2367-D752-DA93ED354BB8}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="12288854" y="5466562"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="108000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="46" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD9DC19F-D522-3A69-1289-2127BF8CA123}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13129159" y="5455920"/>
+            <a:ext cx="683216" cy="182880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="144000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="新細明體"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>34</xdr:col>
+      <xdr:colOff>95249</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>42334</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>36</xdr:col>
+      <xdr:colOff>928829</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>6185</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="87" name="群組 86">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4089C898-8E93-4B27-A744-C4A873D45372}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr/>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr>
+        <a:xfrm>
+          <a:off x="22659974" y="5100109"/>
+          <a:ext cx="2681430" cy="402001"/>
+          <a:chOff x="22628225" y="5110691"/>
+          <a:chExt cx="2675080" cy="408351"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:grpSp>
+        <xdr:nvGrpSpPr>
+          <xdr:cNvPr id="88" name="群組 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51972E3E-2E41-D760-95DC-5165651FE072}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvGrpSpPr>
+            <a:grpSpLocks/>
+          </xdr:cNvGrpSpPr>
+        </xdr:nvGrpSpPr>
+        <xdr:grpSpPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="22628226" y="5329767"/>
+            <a:ext cx="2675079" cy="189275"/>
+            <a:chOff x="11332377" y="5455920"/>
+            <a:chExt cx="2441274" cy="193522"/>
+          </a:xfrm>
+        </xdr:grpSpPr>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="93" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F14B295-831A-6740-E419-DAE0C65C2652}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="11332377" y="5455920"/>
+              <a:ext cx="683216" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>r</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="94" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CCE37267-0039-F7C5-0725-B516B66501BB}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="12269492" y="5466562"/>
+              <a:ext cx="683216" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="108000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>r</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="95" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A8F74CC-11CB-BB39-A44B-23AE4E3A0201}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="13090435" y="5455920"/>
+              <a:ext cx="683216" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="144000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>r</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+      </xdr:grpSp>
+      <xdr:grpSp>
+        <xdr:nvGrpSpPr>
+          <xdr:cNvPr id="89" name="群組 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{244251BB-E61C-7329-DE16-9C1402E7B8E3}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvGrpSpPr>
+            <a:grpSpLocks/>
+          </xdr:cNvGrpSpPr>
+        </xdr:nvGrpSpPr>
+        <xdr:grpSpPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="22628225" y="5110691"/>
+            <a:ext cx="2675079" cy="189275"/>
+            <a:chOff x="11332377" y="5455920"/>
+            <a:chExt cx="2441274" cy="193522"/>
+          </a:xfrm>
+        </xdr:grpSpPr>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="90" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBB94B94-205C-C16D-EE4D-97249C792D63}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="11332377" y="5455920"/>
+              <a:ext cx="683216" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>r</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="91" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFC16940-CAC2-46AB-6571-7EAEDC409217}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="12269492" y="5466562"/>
+              <a:ext cx="683216" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="108000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>r</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="92" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88105D8F-66AB-32B5-AED3-AA2E79B11D9B}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="13090435" y="5455920"/>
+              <a:ext cx="683216" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="144000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>r</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+      </xdr:grpSp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>43</xdr:col>
+      <xdr:colOff>42334</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>42345</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>43</xdr:col>
+      <xdr:colOff>823489</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>203344</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="113" name="群組 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ED35F68-876C-4FA8-8D3D-B97815560E8C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="29065009" y="7948095"/>
+          <a:ext cx="781155" cy="599149"/>
+          <a:chOff x="22959060" y="6784045"/>
+          <a:chExt cx="720000" cy="604475"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="114" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06B1E677-C7D3-65D9-FF7B-5DF2146A319A}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="22959060" y="6784045"/>
+            <a:ext cx="720000" cy="189939"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -5564,222 +10121,85 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
-                <a:ea typeface="新細明體"/>
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="16" name="Text Box 1">
+          <xdr:cNvPr id="115" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{034292EE-7B17-8D44-399A-6DC86DB37FB0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{132CEB78-D566-CD61-F8CA-2132FBF95C91}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="15712440" y="7208520"/>
-[...135 lines deleted...]
-            <a:ext cx="711743" cy="182880"/>
+            <a:off x="22959060" y="6999130"/>
+            <a:ext cx="720000" cy="163741"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -5797,87 +10217,85 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
-                <a:ea typeface="新細明體"/>
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>p</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="19" name="Text Box 1">
+          <xdr:cNvPr id="116" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85D0B6BF-9751-9D1D-DC36-BAE55C4F7EDF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F7715DB-B186-0FF9-7F23-E334A9F570D7}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="16594016" y="7208520"/>
-            <a:ext cx="718042" cy="182880"/>
+            <a:off x="22959060" y="7198581"/>
+            <a:ext cx="720000" cy="189939"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -5895,222 +10313,1097 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
-                <a:ea typeface="新細明體"/>
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>p</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>44</xdr:col>
+      <xdr:colOff>74083</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>52917</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>44</xdr:col>
+      <xdr:colOff>855238</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>213916</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="117" name="群組 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C48D031D-875F-4A39-9E34-EF5A3E53878C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="30039733" y="7958667"/>
+          <a:ext cx="781155" cy="599149"/>
+          <a:chOff x="22959060" y="6784045"/>
+          <a:chExt cx="720000" cy="604475"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="20" name="Text Box 1">
+          <xdr:cNvPr id="118" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D0ECE8E-B11B-CCC8-1C10-C89DE4D76DFB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F31C2A2-886F-0479-A27B-718234F2CE80}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="15712440" y="7208520"/>
-            <a:ext cx="711743" cy="182880"/>
+            <a:off x="22959060" y="6784045"/>
+            <a:ext cx="720000" cy="189939"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
         <xdr:txBody>
-          <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
-                <a:ea typeface="新細明體"/>
-                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="119" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BEAA857-66E1-BC93-8FD3-3A5226186CF2}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="22959060" y="6999130"/>
+            <a:ext cx="720000" cy="163741"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>p</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="120" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{328FEEE2-41C0-69A4-C67C-70CB2F490592}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="22959060" y="7198581"/>
+            <a:ext cx="720000" cy="189939"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>p</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>43</xdr:col>
-      <xdr:colOff>66697</xdr:colOff>
+      <xdr:col>45</xdr:col>
+      <xdr:colOff>84666</xdr:colOff>
       <xdr:row>31</xdr:row>
-      <xdr:rowOff>28575</xdr:rowOff>
+      <xdr:rowOff>52916</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>46</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>212315</xdr:rowOff>
+      <xdr:col>45</xdr:col>
+      <xdr:colOff>865821</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>213915</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="21" name="群組 40">
+        <xdr:cNvPr id="121" name="群組 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{209153B9-77DF-4AEC-92CD-72FB9F612449}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BB61428-FDFC-4A92-A620-CA3AE22BDD57}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="29089372" y="7934325"/>
-[...2 lines deleted...]
-          <a:chExt cx="3287077" cy="185727"/>
+          <a:off x="30993291" y="7958666"/>
+          <a:ext cx="781155" cy="599149"/>
+          <a:chOff x="22959060" y="6784045"/>
+          <a:chExt cx="720000" cy="604475"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="22" name="Text Box 1">
+          <xdr:cNvPr id="122" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45AEC867-E814-CFF9-64EA-38EC7254D3CD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9CBF259-4179-4DF6-900E-953566CB9AD8}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="23048259" y="6947647"/>
-            <a:ext cx="717484" cy="185727"/>
+            <a:off x="22959060" y="6784045"/>
+            <a:ext cx="720000" cy="189939"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="123" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFD59189-04ED-557B-6294-FB7039E151FA}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="22959060" y="6999130"/>
+            <a:ext cx="720000" cy="163741"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>p</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="124" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1A8E187-FEE7-2B98-1F9B-E3008FC22C52}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="22959060" y="7198581"/>
+            <a:ext cx="720000" cy="189939"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>p</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>46</xdr:col>
+      <xdr:colOff>74083</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>52917</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>46</xdr:col>
+      <xdr:colOff>855238</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>213916</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="125" name="群組 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06CDFAC7-FD38-42A5-9D91-775619CFF59F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="31925683" y="7958667"/>
+          <a:ext cx="781155" cy="599149"/>
+          <a:chOff x="22959060" y="6784045"/>
+          <a:chExt cx="720000" cy="604475"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="126" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6276793-747C-402E-020A-7028B2CD05EE}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="22959060" y="6784045"/>
+            <a:ext cx="720000" cy="189939"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>r</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="127" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{679352FD-6736-60B9-E218-5E59E2BE1E6F}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="22959060" y="6999130"/>
+            <a:ext cx="720000" cy="163741"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>p</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="128" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5454EBF4-85D3-1AA6-1FC3-49BB3B10FEE7}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="22959060" y="7198581"/>
+            <a:ext cx="720000" cy="189939"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>p</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>51</xdr:col>
+      <xdr:colOff>126999</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>63482</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>51</xdr:col>
+      <xdr:colOff>927969</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>32598</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="129" name="群組 87">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DFD65AD3-9DBD-4E11-A738-081D7A106A87}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="35064699" y="7750157"/>
+          <a:ext cx="800970" cy="626341"/>
+          <a:chOff x="22931728" y="6868260"/>
+          <a:chExt cx="720001" cy="635313"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="130" name="Text Box 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10A5A600-BD09-5302-F3BB-FD14DC4E933B}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="22931728" y="6868260"/>
+            <a:ext cx="720000" cy="189939"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -6148,65 +11441,65 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="23" name="Text Box 1">
+          <xdr:cNvPr id="131" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAA5737F-A182-ABF7-BC9F-6C4E0FE6F11A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B9B97B4-CEDA-25F3-6A62-D868EF6A39B4}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="23908179" y="6947647"/>
-            <a:ext cx="717484" cy="185727"/>
+            <a:off x="22931729" y="7313634"/>
+            <a:ext cx="720000" cy="189939"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -6242,67 +11535,104 @@
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>53</xdr:col>
+      <xdr:colOff>137583</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>52917</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>53</xdr:col>
+      <xdr:colOff>938553</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>22033</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="132" name="群組 87">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CA16265-6CEE-4943-9D24-1760C944B520}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="36961233" y="7739592"/>
+          <a:ext cx="800970" cy="626341"/>
+          <a:chOff x="22931728" y="6868260"/>
+          <a:chExt cx="720001" cy="635313"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="24" name="Text Box 1">
+          <xdr:cNvPr id="133" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E9BAAEA-805E-7FBD-3D0C-AAF5365C941C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89EE5A72-3CE4-CBA5-A70F-973658451906}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="24783150" y="6947647"/>
-            <a:ext cx="717484" cy="185727"/>
+            <a:off x="22931728" y="6868260"/>
+            <a:ext cx="720000" cy="189939"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -6340,198 +11670,65 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="25" name="Text Box 1">
+          <xdr:cNvPr id="134" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1C1532C-9A2B-9570-BA97-B9F213A32C98}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFA2D0E2-8818-5642-D2D8-3B45E23025E9}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="25617852" y="6947647"/>
-[...133 lines deleted...]
-            <a:ext cx="717484" cy="185727"/>
+            <a:off x="22931729" y="7313634"/>
+            <a:ext cx="720000" cy="189939"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -6550,84 +11747,121 @@
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>p</a:t>
+              <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>54</xdr:col>
+      <xdr:colOff>105833</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>42309</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>54</xdr:col>
+      <xdr:colOff>916937</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>32907</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="135" name="群組 87">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3BDB08B-1545-4606-90C7-C83D940D183F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="37872458" y="7728984"/>
+          <a:ext cx="811104" cy="647823"/>
+          <a:chOff x="22959060" y="6815704"/>
+          <a:chExt cx="729112" cy="656776"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="28" name="Text Box 1">
+          <xdr:cNvPr id="136" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EADF05C-6992-4CE0-D08E-743517B0AC04}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFC55F86-B86D-BA8F-AD2E-CB857EDEF907}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="23885769" y="6947647"/>
-            <a:ext cx="717484" cy="185727"/>
+            <a:off x="22959060" y="6815704"/>
+            <a:ext cx="720000" cy="189939"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -6646,84 +11880,84 @@
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>p</a:t>
+              <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="29" name="Text Box 1">
+          <xdr:cNvPr id="137" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CD36FEA-4473-301D-26D7-39B71932C3C8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73EB9978-5395-B038-FC53-F59647DDED07}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="24729052" y="6947647"/>
-            <a:ext cx="717484" cy="185727"/>
+            <a:off x="22959060" y="7072796"/>
+            <a:ext cx="720000" cy="163741"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -6742,217 +11976,84 @@
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>p</a:t>
+              <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="30" name="Text Box 1">
+          <xdr:cNvPr id="138" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E0CC997-4F99-554B-7697-67F9943F96FD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{681C38D2-64B2-04FB-C68B-1B7D6DB01A9E}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="25542708" y="6947647"/>
-[...133 lines deleted...]
-            <a:ext cx="717484" cy="185727"/>
+            <a:off x="22968172" y="7282541"/>
+            <a:ext cx="720000" cy="189939"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -6971,84 +12072,119 @@
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>p</a:t>
+              <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>49</xdr:col>
+      <xdr:colOff>84667</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>52917</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>49</xdr:col>
+      <xdr:colOff>885634</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>8451</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="139" name="群組 138">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A171257-1C45-40C7-AF2F-A4A8F4AD90DE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr/>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr>
+        <a:xfrm>
+          <a:off x="33136417" y="7958667"/>
+          <a:ext cx="800967" cy="393684"/>
+          <a:chOff x="32412285" y="6506743"/>
+          <a:chExt cx="800967" cy="400034"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="33" name="Text Box 1">
+          <xdr:cNvPr id="140" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6FA62A2-46DA-EBE3-2346-AAB29C162894}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A29C72C-6233-07EB-7EDB-D6A651BDFFC3}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="23885769" y="6947647"/>
-            <a:ext cx="717484" cy="185727"/>
+            <a:off x="32412285" y="6506743"/>
+            <a:ext cx="800967" cy="190105"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -7067,84 +12203,84 @@
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>p</a:t>
+              <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="34" name="Text Box 1">
+          <xdr:cNvPr id="141" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D662107-2361-AD17-FEFD-1F9E05C44A81}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C2D166E-162F-0EF3-D89A-FB1E76923A3E}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="24729052" y="6947647"/>
-            <a:ext cx="717484" cy="185727"/>
+            <a:off x="32412285" y="6742893"/>
+            <a:ext cx="800967" cy="163884"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -7163,215 +12299,119 @@
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>p</a:t>
-[...95 lines deleted...]
-              <a:t>p</a:t>
+              <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>49</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>66675</xdr:rowOff>
+      <xdr:col>50</xdr:col>
+      <xdr:colOff>158749</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>63499</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>49</xdr:col>
-      <xdr:colOff>913160</xdr:colOff>
+      <xdr:col>51</xdr:col>
+      <xdr:colOff>17799</xdr:colOff>
       <xdr:row>33</xdr:row>
-      <xdr:rowOff>24992</xdr:rowOff>
+      <xdr:rowOff>19033</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="36" name="群組 35">
+        <xdr:cNvPr id="142" name="群組 141">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A9CC496-6052-41B1-A7C9-1C70F8A78BBE}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64B93BCA-A116-478F-BF5B-CFC1B16DE7F3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="33166050" y="7753350"/>
-[...2 lines deleted...]
-          <a:chExt cx="798860" cy="615542"/>
+          <a:off x="34153474" y="7969249"/>
+          <a:ext cx="802025" cy="393684"/>
+          <a:chOff x="32412285" y="6506743"/>
+          <a:chExt cx="800967" cy="400034"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="37" name="Text Box 1">
+          <xdr:cNvPr id="143" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A17CE1E-02FE-BC45-ED5A-63AF84272146}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8B9BD1F-27C0-AF7C-FAF7-9E2F155281AD}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="32203527" y="6553200"/>
-            <a:ext cx="798860" cy="178782"/>
+            <a:off x="32412285" y="6506743"/>
+            <a:ext cx="800967" cy="190105"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -7409,65 +12449,65 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="38" name="Text Box 1">
+          <xdr:cNvPr id="144" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33315EFF-83E1-FD42-1FAB-9FA330229E9D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAC0EC52-8D9F-B861-EA65-5DC9DC8905A6}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="32204235" y="6762750"/>
-            <a:ext cx="786035" cy="178782"/>
+            <a:off x="32412285" y="6742893"/>
+            <a:ext cx="800967" cy="163884"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -7503,67 +12543,104 @@
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>52</xdr:col>
+      <xdr:colOff>74083</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>74083</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>52</xdr:col>
+      <xdr:colOff>875053</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>43199</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="145" name="群組 87">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E817B50-4F26-4C10-BF46-191F2FD1AB47}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="35954758" y="7760758"/>
+          <a:ext cx="800970" cy="626341"/>
+          <a:chOff x="22931728" y="6868260"/>
+          <a:chExt cx="720001" cy="635313"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="39" name="Text Box 1">
+          <xdr:cNvPr id="146" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1C166F3-5760-CA3E-31B5-CEE3109E18B2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{452838C5-E095-80BC-41C6-D9DB79029ABC}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="32204235" y="6991350"/>
-            <a:ext cx="786035" cy="177392"/>
+            <a:off x="22931728" y="6868260"/>
+            <a:ext cx="720000" cy="189939"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -7599,1278 +12676,67 @@
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-    </xdr:grpSp>
-[...33 lines deleted...]
-      </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="41" name="Text Box 1">
+          <xdr:cNvPr id="147" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6CEAD65-E80E-E9A7-A939-7BED4EDF6A90}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2161C3B-1097-7F3E-E1DB-AA2C848374F4}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="32203527" y="6553200"/>
-[...1176 lines deleted...]
-            <a:ext cx="786035" cy="177392"/>
+            <a:off x="22931729" y="7313634"/>
+            <a:ext cx="720000" cy="189939"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -9202,51 +13068,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C5F8F724-4749-4E10-861A-29FC93F10080}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F35FEA7-82D3-45FF-B184-8290899DD78C}">
   <dimension ref="B1:BO55"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane xSplit="2" ySplit="7" topLeftCell="C8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75"/>
   <cols>
     <col min="1" max="1" width="1.75" style="5" customWidth="1"/>
     <col min="2" max="2" width="9.625" style="5" customWidth="1"/>
     <col min="3" max="8" width="12.375" style="5" customWidth="1"/>
     <col min="9" max="9" width="1.625" style="5" customWidth="1"/>
     <col min="10" max="10" width="1.75" style="5" customWidth="1"/>
     <col min="11" max="16" width="12.375" style="5" customWidth="1"/>
     <col min="17" max="17" width="9.625" style="5" customWidth="1"/>
     <col min="18" max="18" width="1.625" style="5" customWidth="1"/>
     <col min="19" max="19" width="1.75" style="5" customWidth="1"/>
     <col min="20" max="20" width="10.125" style="5" customWidth="1"/>
     <col min="21" max="21" width="3.625" style="5" customWidth="1"/>
     <col min="22" max="22" width="3.625" style="5" hidden="1" customWidth="1"/>
     <col min="23" max="23" width="10.625" style="6" customWidth="1"/>
     <col min="24" max="24" width="3.625" style="6" customWidth="1"/>
@@ -9264,54 +13130,54 @@
     <col min="41" max="41" width="9.625" style="5" customWidth="1"/>
     <col min="42" max="43" width="12.375" style="5" customWidth="1"/>
     <col min="44" max="47" width="12.375" style="9" customWidth="1"/>
     <col min="48" max="48" width="1.625" style="9" customWidth="1"/>
     <col min="49" max="49" width="1.75" style="9" customWidth="1"/>
     <col min="50" max="55" width="12.375" style="10" customWidth="1"/>
     <col min="56" max="56" width="9.625" style="10" customWidth="1"/>
     <col min="57" max="57" width="1.625" style="8" customWidth="1"/>
     <col min="58" max="58" width="8.125" style="5" customWidth="1"/>
     <col min="59" max="60" width="9" style="5" customWidth="1"/>
     <col min="61" max="61" width="9.625" style="5" customWidth="1"/>
     <col min="62" max="62" width="11" style="5" customWidth="1"/>
     <col min="63" max="16384" width="9" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:67" ht="21">
       <c r="B1" s="61" t="s">
         <v>80</v>
       </c>
       <c r="D1" s="65" t="s">
         <v>81</v>
       </c>
       <c r="M1" s="65" t="s">
         <v>0</v>
       </c>
-      <c r="T1" s="284"/>
-[...2 lines deleted...]
-      <c r="W1" s="285"/>
+      <c r="T1" s="191"/>
+      <c r="U1" s="192"/>
+      <c r="V1" s="192"/>
+      <c r="W1" s="192"/>
       <c r="Y1" s="65" t="s">
         <v>1</v>
       </c>
       <c r="AG1" s="65" t="s">
         <v>2</v>
       </c>
       <c r="AP1" s="65" t="s">
         <v>82</v>
       </c>
       <c r="AY1" s="65" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="2" spans="2:67" s="11" customFormat="1" ht="19.5" customHeight="1">
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
       <c r="G2" s="13"/>
       <c r="H2" s="14"/>
       <c r="I2" s="14"/>
       <c r="J2" s="13"/>
@@ -9404,473 +13270,473 @@
         <v>109</v>
       </c>
       <c r="AP3" s="5"/>
       <c r="AQ3" s="5"/>
       <c r="AR3" s="24"/>
       <c r="AS3" s="24"/>
       <c r="AT3" s="24"/>
       <c r="AU3" s="25"/>
       <c r="AV3" s="26"/>
       <c r="AW3" s="18"/>
       <c r="AX3" s="23"/>
       <c r="AY3" s="23"/>
       <c r="AZ3" s="23"/>
       <c r="BA3" s="23"/>
       <c r="BB3" s="16"/>
       <c r="BC3" s="16"/>
       <c r="BD3" s="16"/>
       <c r="BE3" s="16"/>
       <c r="BF3" s="13"/>
       <c r="BG3" s="13"/>
       <c r="BH3" s="13"/>
       <c r="BI3" s="13"/>
       <c r="BJ3" s="13"/>
     </row>
     <row r="4" spans="2:67" s="27" customFormat="1" ht="32.450000000000003" customHeight="1">
-      <c r="B4" s="199" t="s">
+      <c r="B4" s="209" t="s">
         <v>10</v>
       </c>
-      <c r="C4" s="202" t="s">
+      <c r="C4" s="273" t="s">
         <v>72</v>
       </c>
-      <c r="D4" s="203"/>
-      <c r="E4" s="204" t="s">
+      <c r="D4" s="274"/>
+      <c r="E4" s="275" t="s">
         <v>11</v>
       </c>
-      <c r="F4" s="205"/>
+      <c r="F4" s="276"/>
       <c r="G4" s="80" t="s">
         <v>12</v>
       </c>
       <c r="H4" s="81" t="s">
         <v>13</v>
       </c>
       <c r="I4" s="28"/>
       <c r="J4" s="28"/>
-      <c r="K4" s="206" t="s">
+      <c r="K4" s="277" t="s">
         <v>24</v>
       </c>
-      <c r="L4" s="207"/>
-[...2 lines deleted...]
-      <c r="O4" s="224" t="s">
+      <c r="L4" s="278"/>
+      <c r="M4" s="278"/>
+      <c r="N4" s="279"/>
+      <c r="O4" s="292" t="s">
         <v>25</v>
       </c>
-      <c r="P4" s="225"/>
-      <c r="Q4" s="228" t="s">
+      <c r="P4" s="228"/>
+      <c r="Q4" s="295" t="s">
         <v>26</v>
       </c>
       <c r="R4" s="29"/>
-      <c r="T4" s="199" t="s">
+      <c r="T4" s="209" t="s">
         <v>10</v>
       </c>
-      <c r="U4" s="242" t="s">
+      <c r="U4" s="219" t="s">
         <v>32</v>
       </c>
-      <c r="V4" s="302"/>
-[...1 lines deleted...]
-      <c r="X4" s="297" t="s">
+      <c r="V4" s="220"/>
+      <c r="W4" s="221"/>
+      <c r="X4" s="214" t="s">
         <v>33</v>
       </c>
-      <c r="Y4" s="298"/>
-      <c r="Z4" s="242" t="s">
+      <c r="Y4" s="215"/>
+      <c r="Z4" s="219" t="s">
         <v>34</v>
       </c>
-      <c r="AA4" s="243"/>
-      <c r="AB4" s="288" t="s">
+      <c r="AA4" s="266"/>
+      <c r="AB4" s="195" t="s">
         <v>99</v>
       </c>
-      <c r="AC4" s="256" t="s">
+      <c r="AC4" s="232" t="s">
         <v>35</v>
       </c>
       <c r="AD4" s="30"/>
       <c r="AE4" s="31"/>
-      <c r="AF4" s="251" t="s">
+      <c r="AF4" s="226" t="s">
         <v>39</v>
       </c>
-      <c r="AG4" s="252"/>
-[...4 lines deleted...]
-      <c r="AL4" s="269" t="s">
+      <c r="AG4" s="227"/>
+      <c r="AH4" s="227"/>
+      <c r="AI4" s="227"/>
+      <c r="AJ4" s="227"/>
+      <c r="AK4" s="228"/>
+      <c r="AL4" s="200" t="s">
         <v>40</v>
       </c>
       <c r="AM4" s="32"/>
       <c r="AN4" s="33"/>
-      <c r="AO4" s="199" t="s">
+      <c r="AO4" s="209" t="s">
         <v>45</v>
       </c>
-      <c r="AP4" s="267" t="s">
+      <c r="AP4" s="245" t="s">
         <v>68</v>
       </c>
-      <c r="AQ4" s="268"/>
-      <c r="AR4" s="264" t="s">
+      <c r="AQ4" s="246"/>
+      <c r="AR4" s="242" t="s">
         <v>66</v>
       </c>
-      <c r="AS4" s="265"/>
-[...1 lines deleted...]
-      <c r="AU4" s="266"/>
+      <c r="AS4" s="243"/>
+      <c r="AT4" s="243"/>
+      <c r="AU4" s="244"/>
       <c r="AV4" s="26"/>
       <c r="AW4" s="26"/>
-      <c r="AX4" s="272" t="s">
+      <c r="AX4" s="247" t="s">
         <v>85</v>
       </c>
-      <c r="AY4" s="273"/>
-[...4 lines deleted...]
-      <c r="BD4" s="269" t="s">
+      <c r="AY4" s="248"/>
+      <c r="AZ4" s="248"/>
+      <c r="BA4" s="248"/>
+      <c r="BB4" s="248"/>
+      <c r="BC4" s="249"/>
+      <c r="BD4" s="200" t="s">
         <v>40</v>
       </c>
       <c r="BE4" s="32"/>
       <c r="BF4" s="28"/>
-      <c r="BG4" s="250"/>
-[...2 lines deleted...]
-      <c r="BJ4" s="250"/>
+      <c r="BG4" s="225"/>
+      <c r="BH4" s="225"/>
+      <c r="BI4" s="225"/>
+      <c r="BJ4" s="225"/>
       <c r="BK4" s="28"/>
       <c r="BL4" s="28"/>
       <c r="BM4" s="28"/>
       <c r="BN4" s="34"/>
       <c r="BO4" s="34"/>
     </row>
     <row r="5" spans="2:67" s="27" customFormat="1" ht="42.75" customHeight="1">
-      <c r="B5" s="200"/>
-      <c r="C5" s="215" t="s">
+      <c r="B5" s="210"/>
+      <c r="C5" s="286" t="s">
         <v>14</v>
       </c>
-      <c r="D5" s="216"/>
-      <c r="E5" s="217" t="s">
+      <c r="D5" s="287"/>
+      <c r="E5" s="288" t="s">
         <v>15</v>
       </c>
-      <c r="F5" s="218"/>
+      <c r="F5" s="289"/>
       <c r="G5" s="82" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="83" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="34"/>
       <c r="J5" s="28"/>
-      <c r="K5" s="209" t="s">
+      <c r="K5" s="280" t="s">
         <v>31</v>
       </c>
-      <c r="L5" s="212" t="s">
+      <c r="L5" s="283" t="s">
         <v>27</v>
       </c>
-      <c r="M5" s="212" t="s">
+      <c r="M5" s="283" t="s">
         <v>28</v>
       </c>
-      <c r="N5" s="221" t="s">
+      <c r="N5" s="290" t="s">
         <v>29</v>
       </c>
-      <c r="O5" s="212" t="s">
+      <c r="O5" s="283" t="s">
         <v>30</v>
       </c>
-      <c r="P5" s="231" t="s">
+      <c r="P5" s="298" t="s">
         <v>71</v>
       </c>
-      <c r="Q5" s="229"/>
+      <c r="Q5" s="296"/>
       <c r="R5" s="28"/>
-      <c r="T5" s="200"/>
-[...8 lines deleted...]
-      <c r="AC5" s="257"/>
+      <c r="T5" s="210"/>
+      <c r="U5" s="222"/>
+      <c r="V5" s="223"/>
+      <c r="W5" s="224"/>
+      <c r="X5" s="216"/>
+      <c r="Y5" s="217"/>
+      <c r="Z5" s="267"/>
+      <c r="AA5" s="268"/>
+      <c r="AB5" s="196"/>
+      <c r="AC5" s="233"/>
       <c r="AD5" s="30"/>
       <c r="AE5" s="35"/>
       <c r="AF5" s="94" t="s">
         <v>41</v>
       </c>
       <c r="AG5" s="95" t="s">
         <v>42</v>
       </c>
-      <c r="AH5" s="253" t="s">
+      <c r="AH5" s="229" t="s">
         <v>43</v>
       </c>
-      <c r="AI5" s="254"/>
-[...2 lines deleted...]
-      <c r="AL5" s="270"/>
+      <c r="AI5" s="230"/>
+      <c r="AJ5" s="230"/>
+      <c r="AK5" s="231"/>
+      <c r="AL5" s="201"/>
       <c r="AM5" s="36"/>
       <c r="AN5" s="37"/>
-      <c r="AO5" s="200"/>
-      <c r="AP5" s="282" t="s">
+      <c r="AO5" s="210"/>
+      <c r="AP5" s="257" t="s">
         <v>69</v>
       </c>
-      <c r="AQ5" s="283"/>
-      <c r="AR5" s="279" t="s">
+      <c r="AQ5" s="258"/>
+      <c r="AR5" s="254" t="s">
         <v>67</v>
       </c>
-      <c r="AS5" s="280"/>
-[...1 lines deleted...]
-      <c r="AU5" s="281"/>
+      <c r="AS5" s="255"/>
+      <c r="AT5" s="255"/>
+      <c r="AU5" s="256"/>
       <c r="AV5" s="26"/>
       <c r="AW5" s="26"/>
-      <c r="AX5" s="275" t="s">
+      <c r="AX5" s="250" t="s">
         <v>84</v>
       </c>
-      <c r="AY5" s="276"/>
-      <c r="AZ5" s="258" t="s">
+      <c r="AY5" s="251"/>
+      <c r="AZ5" s="234" t="s">
         <v>57</v>
       </c>
-      <c r="BA5" s="259"/>
-      <c r="BB5" s="260" t="s">
+      <c r="BA5" s="235"/>
+      <c r="BB5" s="236" t="s">
         <v>58</v>
       </c>
-      <c r="BC5" s="260" t="s">
+      <c r="BC5" s="236" t="s">
         <v>59</v>
       </c>
-      <c r="BD5" s="270"/>
+      <c r="BD5" s="201"/>
       <c r="BE5" s="36"/>
       <c r="BF5" s="38"/>
       <c r="BG5" s="39"/>
       <c r="BH5" s="29"/>
-      <c r="BI5" s="263"/>
-      <c r="BJ5" s="263"/>
+      <c r="BI5" s="241"/>
+      <c r="BJ5" s="241"/>
       <c r="BK5" s="28"/>
       <c r="BL5" s="34"/>
       <c r="BM5" s="34"/>
       <c r="BN5" s="34"/>
     </row>
     <row r="6" spans="2:67" s="27" customFormat="1" ht="36.950000000000003" customHeight="1">
-      <c r="B6" s="200"/>
+      <c r="B6" s="210"/>
       <c r="C6" s="84" t="s">
         <v>97</v>
       </c>
       <c r="D6" s="84" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="85" t="s">
         <v>73</v>
       </c>
       <c r="F6" s="85" t="s">
         <v>75</v>
       </c>
       <c r="G6" s="86" t="s">
         <v>76</v>
       </c>
       <c r="H6" s="87" t="s">
         <v>19</v>
       </c>
       <c r="I6" s="28"/>
       <c r="J6" s="28"/>
-      <c r="K6" s="210"/>
-[...5 lines deleted...]
-      <c r="Q6" s="229"/>
+      <c r="K6" s="281"/>
+      <c r="L6" s="284"/>
+      <c r="M6" s="237"/>
+      <c r="N6" s="196"/>
+      <c r="O6" s="293"/>
+      <c r="P6" s="299"/>
+      <c r="Q6" s="296"/>
       <c r="R6" s="28"/>
-      <c r="T6" s="200"/>
-      <c r="U6" s="292" t="s">
+      <c r="T6" s="210"/>
+      <c r="U6" s="206" t="s">
         <v>36</v>
       </c>
-      <c r="V6" s="293"/>
-[...1 lines deleted...]
-      <c r="X6" s="301" t="s">
+      <c r="V6" s="207"/>
+      <c r="W6" s="208"/>
+      <c r="X6" s="218" t="s">
         <v>37</v>
       </c>
-      <c r="Y6" s="300"/>
-      <c r="Z6" s="234" t="s">
+      <c r="Y6" s="217"/>
+      <c r="Z6" s="259" t="s">
         <v>20</v>
       </c>
-      <c r="AA6" s="235"/>
-      <c r="AB6" s="238" t="s">
+      <c r="AA6" s="260"/>
+      <c r="AB6" s="262" t="s">
         <v>20</v>
       </c>
       <c r="AC6" s="91" t="s">
         <v>86</v>
       </c>
       <c r="AD6" s="36"/>
       <c r="AE6" s="35"/>
-      <c r="AF6" s="248" t="s">
+      <c r="AF6" s="269" t="s">
         <v>44</v>
       </c>
-      <c r="AG6" s="240" t="s">
+      <c r="AG6" s="264" t="s">
         <v>8</v>
       </c>
       <c r="AH6" s="96"/>
-      <c r="AI6" s="246" t="s">
+      <c r="AI6" s="198" t="s">
         <v>90</v>
       </c>
-      <c r="AJ6" s="246" t="s">
+      <c r="AJ6" s="198" t="s">
         <v>91</v>
       </c>
-      <c r="AK6" s="277" t="s">
+      <c r="AK6" s="252" t="s">
         <v>88</v>
       </c>
-      <c r="AL6" s="270"/>
+      <c r="AL6" s="201"/>
       <c r="AM6" s="40"/>
       <c r="AN6" s="37"/>
-      <c r="AO6" s="200"/>
+      <c r="AO6" s="210"/>
       <c r="AP6" s="68" t="s">
         <v>46</v>
       </c>
       <c r="AQ6" s="1" t="s">
         <v>47</v>
       </c>
       <c r="AR6" s="79" t="s">
         <v>48</v>
       </c>
       <c r="AS6" s="79" t="s">
         <v>49</v>
       </c>
       <c r="AT6" s="79" t="s">
         <v>50</v>
       </c>
       <c r="AU6" s="103" t="s">
         <v>70</v>
       </c>
       <c r="AV6" s="41"/>
       <c r="AW6" s="26"/>
       <c r="AX6" s="105" t="s">
         <v>60</v>
       </c>
       <c r="AY6" s="100" t="s">
         <v>61</v>
       </c>
       <c r="AZ6" s="106" t="s">
         <v>60</v>
       </c>
       <c r="BA6" s="100" t="s">
         <v>61</v>
       </c>
-      <c r="BB6" s="219"/>
-[...1 lines deleted...]
-      <c r="BD6" s="270"/>
+      <c r="BB6" s="237"/>
+      <c r="BC6" s="239"/>
+      <c r="BD6" s="201"/>
       <c r="BE6" s="36"/>
       <c r="BF6" s="28"/>
       <c r="BG6" s="28"/>
       <c r="BH6" s="28"/>
       <c r="BI6" s="28"/>
       <c r="BJ6" s="28"/>
       <c r="BK6" s="28"/>
       <c r="BL6" s="28"/>
       <c r="BM6" s="34"/>
       <c r="BN6" s="34"/>
     </row>
     <row r="7" spans="2:67" s="27" customFormat="1" ht="36.950000000000003" customHeight="1">
-      <c r="B7" s="201"/>
+      <c r="B7" s="211"/>
       <c r="C7" s="88" t="s">
         <v>98</v>
       </c>
       <c r="D7" s="88" t="s">
         <v>20</v>
       </c>
       <c r="E7" s="101" t="s">
         <v>89</v>
       </c>
       <c r="F7" s="89" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="90" t="s">
         <v>22</v>
       </c>
       <c r="H7" s="109" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="42"/>
       <c r="J7" s="28"/>
-      <c r="K7" s="211"/>
-[...5 lines deleted...]
-      <c r="Q7" s="230"/>
+      <c r="K7" s="282"/>
+      <c r="L7" s="285"/>
+      <c r="M7" s="238"/>
+      <c r="N7" s="291"/>
+      <c r="O7" s="294"/>
+      <c r="P7" s="300"/>
+      <c r="Q7" s="297"/>
       <c r="R7" s="28"/>
-      <c r="T7" s="201"/>
-      <c r="U7" s="290" t="s">
+      <c r="T7" s="211"/>
+      <c r="U7" s="203" t="s">
         <v>20</v>
       </c>
-      <c r="V7" s="291"/>
-[...1 lines deleted...]
-      <c r="X7" s="286" t="s">
+      <c r="V7" s="204"/>
+      <c r="W7" s="205"/>
+      <c r="X7" s="193" t="s">
         <v>38</v>
       </c>
-      <c r="Y7" s="287"/>
-[...2 lines deleted...]
-      <c r="AB7" s="239"/>
+      <c r="Y7" s="194"/>
+      <c r="Z7" s="261"/>
+      <c r="AA7" s="205"/>
+      <c r="AB7" s="263"/>
       <c r="AC7" s="93" t="s">
         <v>87</v>
       </c>
       <c r="AD7" s="43"/>
       <c r="AE7" s="44"/>
-      <c r="AF7" s="249"/>
-      <c r="AG7" s="241"/>
+      <c r="AF7" s="270"/>
+      <c r="AG7" s="265"/>
       <c r="AH7" s="98"/>
-      <c r="AI7" s="247"/>
-[...2 lines deleted...]
-      <c r="AL7" s="271"/>
+      <c r="AI7" s="199"/>
+      <c r="AJ7" s="199"/>
+      <c r="AK7" s="253"/>
+      <c r="AL7" s="202"/>
       <c r="AM7" s="45"/>
       <c r="AN7" s="46"/>
-      <c r="AO7" s="201"/>
+      <c r="AO7" s="211"/>
       <c r="AP7" s="112" t="s">
         <v>51</v>
       </c>
       <c r="AQ7" s="99" t="s">
         <v>52</v>
       </c>
       <c r="AR7" s="102" t="s">
         <v>53</v>
       </c>
       <c r="AS7" s="102" t="s">
         <v>54</v>
       </c>
       <c r="AT7" s="102" t="s">
         <v>55</v>
       </c>
       <c r="AU7" s="104" t="s">
         <v>56</v>
       </c>
       <c r="AV7" s="47"/>
       <c r="AW7" s="48"/>
       <c r="AX7" s="97" t="s">
         <v>62</v>
       </c>
       <c r="AY7" s="101" t="s">
         <v>63</v>
       </c>
       <c r="AZ7" s="92" t="s">
         <v>62</v>
       </c>
       <c r="BA7" s="101" t="s">
         <v>63</v>
       </c>
-      <c r="BB7" s="220"/>
-[...1 lines deleted...]
-      <c r="BD7" s="271"/>
+      <c r="BB7" s="238"/>
+      <c r="BC7" s="240"/>
+      <c r="BD7" s="202"/>
       <c r="BE7" s="48"/>
       <c r="BF7" s="38"/>
       <c r="BG7" s="28"/>
       <c r="BH7" s="28"/>
       <c r="BI7" s="28"/>
       <c r="BJ7" s="28"/>
       <c r="BK7" s="28"/>
       <c r="BL7" s="42"/>
       <c r="BM7" s="34"/>
       <c r="BN7" s="34"/>
     </row>
     <row r="8" spans="2:67" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B8" s="148" t="s">
         <v>120</v>
       </c>
       <c r="C8" s="149">
         <v>4.97</v>
       </c>
       <c r="D8" s="149">
         <v>3.46</v>
       </c>
       <c r="E8" s="149">
         <v>1654.9</v>
       </c>
       <c r="F8" s="150">
@@ -9887,145 +13753,145 @@
       <c r="K8" s="154">
         <v>0.42799999999999999</v>
       </c>
       <c r="L8" s="155">
         <v>0.79</v>
       </c>
       <c r="M8" s="156">
         <v>1.875</v>
       </c>
       <c r="N8" s="155">
         <v>1.21</v>
       </c>
       <c r="O8" s="155">
         <v>7699.5</v>
       </c>
       <c r="P8" s="157">
         <v>207895</v>
       </c>
       <c r="Q8" s="158">
         <v>2012</v>
       </c>
       <c r="R8" s="74"/>
       <c r="T8" s="148" t="s">
         <v>120</v>
       </c>
-      <c r="U8" s="161" t="str">
+      <c r="U8" s="162" t="str">
         <f t="shared" ref="U8:U34" si="0">IF(TRIM(T8)="3月","I",IF(TRIM(T8)="6月","Ⅱ",IF(TRIM(T8)="9月","Ⅲ",IF(TRIM(T8)="12月","IV",""))))</f>
         <v/>
       </c>
-      <c r="V8" s="163">
+      <c r="V8" s="164">
         <v>2.2200000000000002</v>
       </c>
-      <c r="W8" s="164">
+      <c r="W8" s="165">
         <f t="shared" ref="W8:W34" si="1">IF(RIGHT(T8,1)="年",IF(V8=0,"",V8),IF(U8&gt;"",V8,0))</f>
         <v>2.2200000000000002</v>
       </c>
-      <c r="X8" s="161" t="str">
+      <c r="X8" s="162" t="str">
         <f t="shared" ref="X8:X34" si="2">U8</f>
         <v/>
       </c>
-      <c r="Y8" s="166">
+      <c r="Y8" s="167">
         <v>18130</v>
       </c>
-      <c r="Z8" s="161" t="str">
+      <c r="Z8" s="162" t="str">
         <f t="shared" ref="Z8:Z34" si="3">U8</f>
         <v/>
       </c>
-      <c r="AA8" s="168">
+      <c r="AA8" s="169">
         <v>30.45</v>
       </c>
       <c r="AB8" s="149">
         <v>4.24</v>
       </c>
-      <c r="AC8" s="169">
+      <c r="AC8" s="170">
         <v>64.39</v>
       </c>
       <c r="AD8" s="75"/>
       <c r="AE8" s="75"/>
-      <c r="AF8" s="172">
+      <c r="AF8" s="175">
         <v>1.7</v>
       </c>
-      <c r="AG8" s="174">
+      <c r="AG8" s="177">
         <v>32.659999999999997</v>
       </c>
-      <c r="AH8" s="174">
+      <c r="AH8" s="177">
         <v>65.64</v>
       </c>
-      <c r="AI8" s="174">
+      <c r="AI8" s="177">
         <v>4.07</v>
       </c>
-      <c r="AJ8" s="174">
+      <c r="AJ8" s="177">
         <v>1.71</v>
       </c>
-      <c r="AK8" s="174">
+      <c r="AK8" s="177">
         <v>0.62</v>
       </c>
       <c r="AL8" s="158">
         <v>2012</v>
       </c>
       <c r="AM8" s="75"/>
       <c r="AN8" s="76"/>
       <c r="AO8" s="148" t="s">
         <v>120</v>
       </c>
-      <c r="AP8" s="176">
+      <c r="AP8" s="180">
         <v>4410.1000000000004</v>
       </c>
-      <c r="AQ8" s="177">
+      <c r="AQ8" s="181">
         <v>1.1200000000000001</v>
       </c>
-      <c r="AR8" s="178">
+      <c r="AR8" s="182">
         <v>5817.8</v>
       </c>
-      <c r="AS8" s="178">
+      <c r="AS8" s="182">
         <v>3053.1</v>
       </c>
-      <c r="AT8" s="178">
+      <c r="AT8" s="182">
         <v>2764.7</v>
       </c>
-      <c r="AU8" s="179">
+      <c r="AU8" s="183">
         <v>288.5</v>
       </c>
       <c r="AV8" s="77"/>
       <c r="AW8" s="78"/>
-      <c r="AX8" s="182">
+      <c r="AX8" s="186">
         <v>0</v>
       </c>
-      <c r="AY8" s="183">
+      <c r="AY8" s="187">
         <v>0</v>
       </c>
-      <c r="AZ8" s="184">
+      <c r="AZ8" s="188">
         <v>92.97</v>
       </c>
-      <c r="BA8" s="185">
+      <c r="BA8" s="189">
         <v>1.93</v>
       </c>
-      <c r="BB8" s="177">
+      <c r="BB8" s="181">
         <v>-1.29</v>
       </c>
-      <c r="BC8" s="177">
+      <c r="BC8" s="181">
         <v>-1.62</v>
       </c>
       <c r="BD8" s="158">
         <v>2012</v>
       </c>
       <c r="BE8" s="75"/>
       <c r="BF8" s="50"/>
       <c r="BG8" s="74"/>
       <c r="BH8" s="74"/>
       <c r="BI8" s="74"/>
       <c r="BJ8" s="74"/>
     </row>
     <row r="9" spans="2:67" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B9" s="148" t="s">
         <v>121</v>
       </c>
       <c r="C9" s="149">
         <v>8.4700000000000006</v>
       </c>
       <c r="D9" s="149">
         <v>5.79</v>
       </c>
       <c r="E9" s="149">
         <v>1204.94</v>
       </c>
@@ -10043,145 +13909,145 @@
       <c r="K9" s="154">
         <v>0.38600000000000001</v>
       </c>
       <c r="L9" s="155">
         <v>0.69</v>
       </c>
       <c r="M9" s="156">
         <v>1.875</v>
       </c>
       <c r="N9" s="155">
         <v>1.46</v>
       </c>
       <c r="O9" s="155">
         <v>8611.51</v>
       </c>
       <c r="P9" s="157">
         <v>196033</v>
       </c>
       <c r="Q9" s="158">
         <v>2013</v>
       </c>
       <c r="R9" s="74"/>
       <c r="T9" s="148" t="s">
         <v>121</v>
       </c>
-      <c r="U9" s="161" t="str">
+      <c r="U9" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V9" s="163">
+      <c r="V9" s="164">
         <v>2.48</v>
       </c>
-      <c r="W9" s="164">
+      <c r="W9" s="165">
         <f t="shared" si="1"/>
         <v>2.48</v>
       </c>
-      <c r="X9" s="161" t="str">
+      <c r="X9" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="Y9" s="166">
+      <c r="Y9" s="167">
         <v>18985</v>
       </c>
-      <c r="Z9" s="161" t="str">
+      <c r="Z9" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="AA9" s="168">
+      <c r="AA9" s="169">
         <v>32.39</v>
       </c>
       <c r="AB9" s="149">
         <v>4.18</v>
       </c>
-      <c r="AC9" s="169">
+      <c r="AC9" s="170">
         <v>66.92</v>
       </c>
       <c r="AD9" s="75"/>
       <c r="AE9" s="75"/>
-      <c r="AF9" s="172">
+      <c r="AF9" s="175">
         <v>1.73</v>
       </c>
-      <c r="AG9" s="174">
+      <c r="AG9" s="177">
         <v>33.72</v>
       </c>
-      <c r="AH9" s="174">
+      <c r="AH9" s="177">
         <v>64.540000000000006</v>
       </c>
-      <c r="AI9" s="174">
+      <c r="AI9" s="177">
         <v>4.07</v>
       </c>
-      <c r="AJ9" s="174">
+      <c r="AJ9" s="177">
         <v>1.68</v>
       </c>
-      <c r="AK9" s="174">
+      <c r="AK9" s="177">
         <v>0.61</v>
       </c>
       <c r="AL9" s="158">
         <v>2013</v>
       </c>
       <c r="AM9" s="75"/>
       <c r="AN9" s="76"/>
       <c r="AO9" s="148" t="s">
         <v>121</v>
       </c>
-      <c r="AP9" s="176">
+      <c r="AP9" s="180">
         <v>4429.3</v>
       </c>
-      <c r="AQ9" s="177">
+      <c r="AQ9" s="181">
         <v>0.43</v>
       </c>
-      <c r="AR9" s="178">
+      <c r="AR9" s="182">
         <v>5882.5</v>
       </c>
-      <c r="AS9" s="178">
+      <c r="AS9" s="182">
         <v>3108.7</v>
       </c>
-      <c r="AT9" s="178">
+      <c r="AT9" s="182">
         <v>2773.8</v>
       </c>
-      <c r="AU9" s="179">
+      <c r="AU9" s="183">
         <v>334.8</v>
       </c>
       <c r="AV9" s="77"/>
       <c r="AW9" s="78"/>
-      <c r="AX9" s="182">
+      <c r="AX9" s="186">
         <v>0</v>
       </c>
-      <c r="AY9" s="183">
+      <c r="AY9" s="187">
         <v>0</v>
       </c>
-      <c r="AZ9" s="184">
+      <c r="AZ9" s="188">
         <v>93.71</v>
       </c>
-      <c r="BA9" s="185">
+      <c r="BA9" s="189">
         <v>0.8</v>
       </c>
-      <c r="BB9" s="177">
+      <c r="BB9" s="181">
         <v>-4.45</v>
       </c>
-      <c r="BC9" s="177">
+      <c r="BC9" s="181">
         <v>-2.06</v>
       </c>
       <c r="BD9" s="158">
         <v>2013</v>
       </c>
       <c r="BE9" s="75"/>
       <c r="BF9" s="50"/>
       <c r="BG9" s="74"/>
       <c r="BH9" s="74"/>
       <c r="BI9" s="74"/>
       <c r="BJ9" s="74"/>
     </row>
     <row r="10" spans="2:67" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B10" s="148" t="s">
         <v>122</v>
       </c>
       <c r="C10" s="149">
         <v>6.23</v>
       </c>
       <c r="D10" s="149">
         <v>6.13</v>
       </c>
       <c r="E10" s="149">
         <v>1183.55</v>
       </c>
@@ -10199,145 +14065,145 @@
       <c r="K10" s="154">
         <v>0.38700000000000001</v>
       </c>
       <c r="L10" s="155">
         <v>0.62</v>
       </c>
       <c r="M10" s="156">
         <v>1.875</v>
       </c>
       <c r="N10" s="155">
         <v>1.6</v>
       </c>
       <c r="O10" s="155">
         <v>9307.26</v>
       </c>
       <c r="P10" s="157">
         <v>230433</v>
       </c>
       <c r="Q10" s="158">
         <v>2014</v>
       </c>
       <c r="R10" s="74"/>
       <c r="T10" s="148" t="s">
         <v>122</v>
       </c>
-      <c r="U10" s="161" t="str">
+      <c r="U10" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V10" s="163">
+      <c r="V10" s="164">
         <v>4.72</v>
       </c>
-      <c r="W10" s="164">
+      <c r="W10" s="165">
         <f t="shared" si="1"/>
         <v>4.72</v>
       </c>
-      <c r="X10" s="161" t="str">
+      <c r="X10" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="Y10" s="166">
+      <c r="Y10" s="167">
         <v>19996</v>
       </c>
-      <c r="Z10" s="161" t="str">
+      <c r="Z10" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="AA10" s="168">
+      <c r="AA10" s="169">
         <v>34.35</v>
       </c>
       <c r="AB10" s="149">
         <v>3.96</v>
       </c>
-      <c r="AC10" s="169">
+      <c r="AC10" s="170">
         <v>71.94</v>
       </c>
       <c r="AD10" s="75"/>
       <c r="AE10" s="75"/>
-      <c r="AF10" s="172">
+      <c r="AF10" s="175">
         <v>1.85</v>
       </c>
-      <c r="AG10" s="174">
+      <c r="AG10" s="177">
         <v>35.57</v>
       </c>
-      <c r="AH10" s="174">
+      <c r="AH10" s="177">
         <v>62.57</v>
       </c>
-      <c r="AI10" s="174">
+      <c r="AI10" s="177">
         <v>4.0999999999999996</v>
       </c>
-      <c r="AJ10" s="174">
+      <c r="AJ10" s="177">
         <v>1.71</v>
       </c>
-      <c r="AK10" s="174">
+      <c r="AK10" s="177">
         <v>0.64</v>
       </c>
       <c r="AL10" s="158">
         <v>2014</v>
       </c>
       <c r="AM10" s="75"/>
       <c r="AN10" s="76"/>
       <c r="AO10" s="148" t="s">
         <v>122</v>
       </c>
-      <c r="AP10" s="176">
+      <c r="AP10" s="180">
         <v>4728.2</v>
       </c>
-      <c r="AQ10" s="177">
+      <c r="AQ10" s="181">
         <v>6.75</v>
       </c>
-      <c r="AR10" s="178">
+      <c r="AR10" s="182">
         <v>6005.1</v>
       </c>
-      <c r="AS10" s="178">
+      <c r="AS10" s="182">
         <v>3194.1</v>
       </c>
-      <c r="AT10" s="178">
+      <c r="AT10" s="182">
         <v>2811</v>
       </c>
-      <c r="AU10" s="179">
+      <c r="AU10" s="183">
         <v>383.2</v>
       </c>
       <c r="AV10" s="77"/>
       <c r="AW10" s="78"/>
-      <c r="AX10" s="182">
+      <c r="AX10" s="186">
         <v>0</v>
       </c>
-      <c r="AY10" s="183">
+      <c r="AY10" s="187">
         <v>0</v>
       </c>
-      <c r="AZ10" s="184">
+      <c r="AZ10" s="188">
         <v>94.83</v>
       </c>
-      <c r="BA10" s="185">
+      <c r="BA10" s="189">
         <v>1.2</v>
       </c>
-      <c r="BB10" s="177">
+      <c r="BB10" s="181">
         <v>-2.09</v>
       </c>
-      <c r="BC10" s="177">
+      <c r="BC10" s="181">
         <v>0.1</v>
       </c>
       <c r="BD10" s="158">
         <v>2014</v>
       </c>
       <c r="BE10" s="75"/>
       <c r="BF10" s="50"/>
       <c r="BG10" s="74"/>
       <c r="BH10" s="74"/>
       <c r="BI10" s="74"/>
       <c r="BJ10" s="74"/>
     </row>
     <row r="11" spans="2:67" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B11" s="148" t="s">
         <v>123</v>
       </c>
       <c r="C11" s="149">
         <v>6.87</v>
       </c>
       <c r="D11" s="149">
         <v>5.8</v>
       </c>
       <c r="E11" s="149">
         <v>1060.9100000000001</v>
       </c>
@@ -10355,145 +14221,145 @@
       <c r="K11" s="154">
         <v>0.35299999999999998</v>
       </c>
       <c r="L11" s="155">
         <v>0.57999999999999996</v>
       </c>
       <c r="M11" s="156">
         <v>1.625</v>
       </c>
       <c r="N11" s="155">
         <v>1.39</v>
       </c>
       <c r="O11" s="155">
         <v>8338.06</v>
       </c>
       <c r="P11" s="157">
         <v>225051</v>
       </c>
       <c r="Q11" s="158">
         <v>2015</v>
       </c>
       <c r="R11" s="74"/>
       <c r="T11" s="148" t="s">
         <v>123</v>
       </c>
-      <c r="U11" s="161" t="str">
+      <c r="U11" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V11" s="163">
+      <c r="V11" s="164">
         <v>1.47</v>
       </c>
-      <c r="W11" s="164">
+      <c r="W11" s="165">
         <f t="shared" si="1"/>
         <v>1.47</v>
       </c>
-      <c r="X11" s="161" t="str">
+      <c r="X11" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="Y11" s="166">
+      <c r="Y11" s="167">
         <v>19849</v>
       </c>
-      <c r="Z11" s="161" t="str">
+      <c r="Z11" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="AA11" s="168">
+      <c r="AA11" s="169">
         <v>35.46</v>
       </c>
       <c r="AB11" s="149">
         <v>3.78</v>
       </c>
-      <c r="AC11" s="169">
+      <c r="AC11" s="170">
         <v>71.13</v>
       </c>
       <c r="AD11" s="75"/>
       <c r="AE11" s="75"/>
-      <c r="AF11" s="172">
+      <c r="AF11" s="175">
         <v>1.76</v>
       </c>
-      <c r="AG11" s="174">
+      <c r="AG11" s="177">
         <v>36.29</v>
       </c>
-      <c r="AH11" s="174">
+      <c r="AH11" s="177">
         <v>61.95</v>
       </c>
-      <c r="AI11" s="174">
+      <c r="AI11" s="177">
         <v>4.07</v>
       </c>
-      <c r="AJ11" s="174">
+      <c r="AJ11" s="177">
         <v>1.76</v>
       </c>
-      <c r="AK11" s="174">
+      <c r="AK11" s="177">
         <v>0.63</v>
       </c>
       <c r="AL11" s="158">
         <v>2015</v>
       </c>
       <c r="AM11" s="75"/>
       <c r="AN11" s="76"/>
       <c r="AO11" s="148" t="s">
         <v>123</v>
       </c>
-      <c r="AP11" s="176">
+      <c r="AP11" s="180">
         <v>4518.1000000000004</v>
       </c>
-      <c r="AQ11" s="177">
+      <c r="AQ11" s="181">
         <v>-4.4400000000000004</v>
       </c>
-      <c r="AR11" s="178">
+      <c r="AR11" s="182">
         <v>5208.1000000000004</v>
       </c>
-      <c r="AS11" s="178">
+      <c r="AS11" s="182">
         <v>2844.3</v>
       </c>
-      <c r="AT11" s="178">
+      <c r="AT11" s="182">
         <v>2363.8000000000002</v>
       </c>
-      <c r="AU11" s="179">
+      <c r="AU11" s="183">
         <v>480.5</v>
       </c>
       <c r="AV11" s="77"/>
       <c r="AW11" s="78"/>
-      <c r="AX11" s="182">
+      <c r="AX11" s="186">
         <v>0</v>
       </c>
-      <c r="AY11" s="183">
+      <c r="AY11" s="187">
         <v>0</v>
       </c>
-      <c r="AZ11" s="184">
+      <c r="AZ11" s="188">
         <v>94.54</v>
       </c>
-      <c r="BA11" s="185">
+      <c r="BA11" s="189">
         <v>-0.31</v>
       </c>
-      <c r="BB11" s="177">
+      <c r="BB11" s="181">
         <v>-12.95</v>
       </c>
-      <c r="BC11" s="177">
+      <c r="BC11" s="181">
         <v>-4.66</v>
       </c>
       <c r="BD11" s="158">
         <v>2015</v>
       </c>
       <c r="BE11" s="75"/>
       <c r="BF11" s="50"/>
       <c r="BG11" s="74"/>
       <c r="BH11" s="74"/>
       <c r="BI11" s="74"/>
       <c r="BJ11" s="74"/>
     </row>
     <row r="12" spans="2:67" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B12" s="148" t="s">
         <v>124</v>
       </c>
       <c r="C12" s="149">
         <v>5.79</v>
       </c>
       <c r="D12" s="149">
         <v>3.55</v>
       </c>
       <c r="E12" s="149">
         <v>1151.46</v>
       </c>
@@ -10511,145 +14377,145 @@
       <c r="K12" s="154">
         <v>0.193</v>
       </c>
       <c r="L12" s="155">
         <v>0.39</v>
       </c>
       <c r="M12" s="156">
         <v>1.375</v>
       </c>
       <c r="N12" s="155">
         <v>0.82</v>
       </c>
       <c r="O12" s="155">
         <v>9253.5</v>
       </c>
       <c r="P12" s="157">
         <v>189156</v>
       </c>
       <c r="Q12" s="158">
         <v>2016</v>
       </c>
       <c r="R12" s="74"/>
       <c r="T12" s="148" t="s">
         <v>124</v>
       </c>
-      <c r="U12" s="161" t="str">
+      <c r="U12" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V12" s="163">
+      <c r="V12" s="164">
         <v>2.17</v>
       </c>
-      <c r="W12" s="164">
+      <c r="W12" s="165">
         <f t="shared" si="1"/>
         <v>2.17</v>
       </c>
-      <c r="X12" s="161" t="str">
+      <c r="X12" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="Y12" s="166">
+      <c r="Y12" s="167">
         <v>20132</v>
       </c>
-      <c r="Z12" s="161" t="str">
+      <c r="Z12" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="AA12" s="168">
+      <c r="AA12" s="169">
         <v>35.21</v>
       </c>
       <c r="AB12" s="149">
         <v>3.92</v>
       </c>
-      <c r="AC12" s="169">
+      <c r="AC12" s="170">
         <v>73.14</v>
       </c>
       <c r="AD12" s="75"/>
       <c r="AE12" s="75"/>
-      <c r="AF12" s="172">
+      <c r="AF12" s="175">
         <v>1.87</v>
       </c>
-      <c r="AG12" s="174">
+      <c r="AG12" s="177">
         <v>36.869999999999997</v>
       </c>
-      <c r="AH12" s="174">
+      <c r="AH12" s="177">
         <v>61.27</v>
       </c>
-      <c r="AI12" s="174">
+      <c r="AI12" s="177">
         <v>3.89</v>
       </c>
-      <c r="AJ12" s="174">
+      <c r="AJ12" s="177">
         <v>1.92</v>
       </c>
-      <c r="AK12" s="174">
+      <c r="AK12" s="177">
         <v>0.6</v>
       </c>
       <c r="AL12" s="158">
         <v>2016</v>
       </c>
       <c r="AM12" s="75"/>
       <c r="AN12" s="76"/>
       <c r="AO12" s="148" t="s">
         <v>124</v>
       </c>
-      <c r="AP12" s="176">
+      <c r="AP12" s="180">
         <v>4445.3999999999996</v>
       </c>
-      <c r="AQ12" s="177">
+      <c r="AQ12" s="181">
         <v>-1.61</v>
       </c>
-      <c r="AR12" s="178">
+      <c r="AR12" s="182">
         <v>5083.7</v>
       </c>
-      <c r="AS12" s="178">
+      <c r="AS12" s="182">
         <v>2791.7</v>
       </c>
-      <c r="AT12" s="178">
+      <c r="AT12" s="182">
         <v>2292</v>
       </c>
-      <c r="AU12" s="179">
+      <c r="AU12" s="183">
         <v>499.8</v>
       </c>
       <c r="AV12" s="77"/>
       <c r="AW12" s="78"/>
-      <c r="AX12" s="182">
+      <c r="AX12" s="186">
         <v>0</v>
       </c>
-      <c r="AY12" s="183">
+      <c r="AY12" s="187">
         <v>0</v>
       </c>
-      <c r="AZ12" s="184">
+      <c r="AZ12" s="188">
         <v>95.86</v>
       </c>
-      <c r="BA12" s="185">
+      <c r="BA12" s="189">
         <v>1.4</v>
       </c>
-      <c r="BB12" s="177">
+      <c r="BB12" s="181">
         <v>-3.08</v>
       </c>
-      <c r="BC12" s="177">
+      <c r="BC12" s="181">
         <v>-2.71</v>
       </c>
       <c r="BD12" s="158">
         <v>2016</v>
       </c>
       <c r="BE12" s="75"/>
       <c r="BF12" s="50"/>
       <c r="BG12" s="74"/>
       <c r="BH12" s="74"/>
       <c r="BI12" s="74"/>
       <c r="BJ12" s="74"/>
     </row>
     <row r="13" spans="2:67" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B13" s="148" t="s">
         <v>125</v>
       </c>
       <c r="C13" s="149">
         <v>3.48</v>
       </c>
       <c r="D13" s="149">
         <v>3.56</v>
       </c>
       <c r="E13" s="149">
         <v>1302.45</v>
       </c>
@@ -10667,145 +14533,145 @@
       <c r="K13" s="154">
         <v>0.17799999999999999</v>
       </c>
       <c r="L13" s="155">
         <v>0.44</v>
       </c>
       <c r="M13" s="156">
         <v>1.375</v>
       </c>
       <c r="N13" s="155">
         <v>1.06</v>
       </c>
       <c r="O13" s="155">
         <v>10642.86</v>
       </c>
       <c r="P13" s="157">
         <v>257990</v>
       </c>
       <c r="Q13" s="158">
         <v>2017</v>
       </c>
       <c r="R13" s="74"/>
       <c r="T13" s="148" t="s">
         <v>125</v>
       </c>
-      <c r="U13" s="161" t="str">
+      <c r="U13" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V13" s="163">
+      <c r="V13" s="164">
         <v>3.66</v>
       </c>
-      <c r="W13" s="164">
+      <c r="W13" s="165">
         <f t="shared" si="1"/>
         <v>3.66</v>
       </c>
-      <c r="X13" s="161" t="str">
+      <c r="X13" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="Y13" s="166">
+      <c r="Y13" s="167">
         <v>21941</v>
       </c>
-      <c r="Z13" s="161" t="str">
+      <c r="Z13" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="AA13" s="168">
+      <c r="AA13" s="169">
         <v>35.369999999999997</v>
       </c>
       <c r="AB13" s="149">
         <v>3.76</v>
       </c>
-      <c r="AC13" s="169">
+      <c r="AC13" s="170">
         <v>76.790000000000006</v>
       </c>
       <c r="AD13" s="75"/>
       <c r="AE13" s="75"/>
-      <c r="AF13" s="172">
+      <c r="AF13" s="175">
         <v>1.83</v>
       </c>
-      <c r="AG13" s="174">
+      <c r="AG13" s="177">
         <v>37.229999999999997</v>
       </c>
-      <c r="AH13" s="174">
+      <c r="AH13" s="177">
         <v>60.94</v>
       </c>
-      <c r="AI13" s="174">
+      <c r="AI13" s="177">
         <v>3.83</v>
       </c>
-      <c r="AJ13" s="174">
+      <c r="AJ13" s="177">
         <v>1.97</v>
       </c>
-      <c r="AK13" s="174">
+      <c r="AK13" s="177">
         <v>0.69</v>
       </c>
       <c r="AL13" s="158">
         <v>2017</v>
       </c>
       <c r="AM13" s="75"/>
       <c r="AN13" s="76"/>
       <c r="AO13" s="148" t="s">
         <v>125</v>
       </c>
-      <c r="AP13" s="176">
+      <c r="AP13" s="180">
         <v>4928.1000000000004</v>
       </c>
-      <c r="AQ13" s="177">
+      <c r="AQ13" s="181">
         <v>10.86</v>
       </c>
-      <c r="AR13" s="178">
+      <c r="AR13" s="182">
         <v>5726.9</v>
       </c>
-      <c r="AS13" s="178">
+      <c r="AS13" s="182">
         <v>3154.9</v>
       </c>
-      <c r="AT13" s="178">
+      <c r="AT13" s="182">
         <v>2572</v>
       </c>
-      <c r="AU13" s="179">
+      <c r="AU13" s="183">
         <v>582.9</v>
       </c>
       <c r="AV13" s="77"/>
       <c r="AW13" s="78"/>
-      <c r="AX13" s="182">
+      <c r="AX13" s="186">
         <v>0</v>
       </c>
-      <c r="AY13" s="183">
+      <c r="AY13" s="187">
         <v>0</v>
       </c>
-      <c r="AZ13" s="184">
+      <c r="AZ13" s="188">
         <v>96.45</v>
       </c>
-      <c r="BA13" s="185">
+      <c r="BA13" s="189">
         <v>0.62</v>
       </c>
-      <c r="BB13" s="177">
+      <c r="BB13" s="181">
         <v>1.36</v>
       </c>
-      <c r="BC13" s="177">
+      <c r="BC13" s="181">
         <v>-1.46</v>
       </c>
       <c r="BD13" s="158">
         <v>2017</v>
       </c>
       <c r="BE13" s="75"/>
       <c r="BF13" s="50"/>
       <c r="BG13" s="74"/>
       <c r="BH13" s="74"/>
       <c r="BI13" s="74"/>
       <c r="BJ13" s="74"/>
     </row>
     <row r="14" spans="2:67" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B14" s="148" t="s">
         <v>126</v>
       </c>
       <c r="C14" s="149">
         <v>5.82</v>
       </c>
       <c r="D14" s="149">
         <v>2.65</v>
       </c>
       <c r="E14" s="149">
         <v>1280.67</v>
       </c>
@@ -10823,145 +14689,145 @@
       <c r="K14" s="154">
         <v>0.183</v>
       </c>
       <c r="L14" s="155">
         <v>0.49</v>
       </c>
       <c r="M14" s="156">
         <v>1.375</v>
       </c>
       <c r="N14" s="155">
         <v>0.94</v>
       </c>
       <c r="O14" s="155">
         <v>9727.41</v>
       </c>
       <c r="P14" s="157">
         <v>321625</v>
       </c>
       <c r="Q14" s="158">
         <v>2018</v>
       </c>
       <c r="R14" s="74"/>
       <c r="T14" s="148" t="s">
         <v>126</v>
       </c>
-      <c r="U14" s="161" t="str">
+      <c r="U14" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V14" s="163">
+      <c r="V14" s="164">
         <v>2.91</v>
       </c>
-      <c r="W14" s="164">
+      <c r="W14" s="165">
         <f t="shared" si="1"/>
         <v>2.91</v>
       </c>
-      <c r="X14" s="161" t="str">
+      <c r="X14" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="Y14" s="166">
+      <c r="Y14" s="167">
         <v>22486</v>
       </c>
-      <c r="Z14" s="161" t="str">
+      <c r="Z14" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="AA14" s="168">
+      <c r="AA14" s="169">
         <v>34.47</v>
       </c>
       <c r="AB14" s="149">
         <v>3.71</v>
       </c>
-      <c r="AC14" s="169">
+      <c r="AC14" s="170">
         <v>79.38</v>
       </c>
       <c r="AD14" s="75"/>
       <c r="AE14" s="75"/>
-      <c r="AF14" s="172">
+      <c r="AF14" s="175">
         <v>1.7</v>
       </c>
-      <c r="AG14" s="174">
+      <c r="AG14" s="177">
         <v>37.119999999999997</v>
       </c>
-      <c r="AH14" s="174">
+      <c r="AH14" s="177">
         <v>61.18</v>
       </c>
-      <c r="AI14" s="174">
+      <c r="AI14" s="177">
         <v>3.88</v>
       </c>
-      <c r="AJ14" s="174">
+      <c r="AJ14" s="177">
         <v>1.98</v>
       </c>
-      <c r="AK14" s="174">
+      <c r="AK14" s="177">
         <v>0.74</v>
       </c>
       <c r="AL14" s="158">
         <v>2018</v>
       </c>
       <c r="AM14" s="75"/>
       <c r="AN14" s="76"/>
       <c r="AO14" s="148" t="s">
         <v>126</v>
       </c>
-      <c r="AP14" s="176">
+      <c r="AP14" s="180">
         <v>5118.2</v>
       </c>
-      <c r="AQ14" s="177">
+      <c r="AQ14" s="181">
         <v>3.86</v>
       </c>
-      <c r="AR14" s="178">
+      <c r="AR14" s="182">
         <v>6188</v>
       </c>
-      <c r="AS14" s="178">
+      <c r="AS14" s="182">
         <v>3340.1</v>
       </c>
-      <c r="AT14" s="178">
+      <c r="AT14" s="182">
         <v>2847.9</v>
       </c>
-      <c r="AU14" s="179">
+      <c r="AU14" s="183">
         <v>492.2</v>
       </c>
       <c r="AV14" s="77"/>
       <c r="AW14" s="78"/>
-      <c r="AX14" s="182">
+      <c r="AX14" s="186">
         <v>0</v>
       </c>
-      <c r="AY14" s="183">
+      <c r="AY14" s="187">
         <v>0</v>
       </c>
-      <c r="AZ14" s="184">
+      <c r="AZ14" s="188">
         <v>97.76</v>
       </c>
-      <c r="BA14" s="185">
+      <c r="BA14" s="189">
         <v>1.36</v>
       </c>
-      <c r="BB14" s="177">
+      <c r="BB14" s="181">
         <v>6.13</v>
       </c>
-      <c r="BC14" s="177">
+      <c r="BC14" s="181">
         <v>1.45</v>
       </c>
       <c r="BD14" s="158">
         <v>2018</v>
       </c>
       <c r="BE14" s="75"/>
       <c r="BF14" s="50"/>
       <c r="BG14" s="74"/>
       <c r="BH14" s="74"/>
       <c r="BI14" s="74"/>
       <c r="BJ14" s="74"/>
     </row>
     <row r="15" spans="2:67" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B15" s="148" t="s">
         <v>127</v>
       </c>
       <c r="C15" s="149">
         <v>7.59</v>
       </c>
       <c r="D15" s="149">
         <v>4.5199999999999996</v>
       </c>
       <c r="E15" s="149">
         <v>1517.01</v>
       </c>
@@ -10979,145 +14845,145 @@
       <c r="K15" s="154">
         <v>0.182</v>
       </c>
       <c r="L15" s="155">
         <v>0.55000000000000004</v>
       </c>
       <c r="M15" s="156">
         <v>1.375</v>
       </c>
       <c r="N15" s="155">
         <v>0.74</v>
       </c>
       <c r="O15" s="155">
         <v>11997.14</v>
       </c>
       <c r="P15" s="157">
         <v>290566</v>
       </c>
       <c r="Q15" s="158">
         <v>2019</v>
       </c>
       <c r="R15" s="74"/>
       <c r="T15" s="148" t="s">
         <v>127</v>
       </c>
-      <c r="U15" s="161" t="str">
+      <c r="U15" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V15" s="163">
+      <c r="V15" s="164">
         <v>3.06</v>
       </c>
-      <c r="W15" s="164">
+      <c r="W15" s="165">
         <f t="shared" si="1"/>
         <v>3.06</v>
       </c>
-      <c r="X15" s="161" t="str">
+      <c r="X15" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="Y15" s="166">
+      <c r="Y15" s="167">
         <v>22425</v>
       </c>
-      <c r="Z15" s="161" t="str">
+      <c r="Z15" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="AA15" s="168">
+      <c r="AA15" s="169">
         <v>34.380000000000003</v>
       </c>
       <c r="AB15" s="149">
         <v>3.73</v>
       </c>
-      <c r="AC15" s="169">
+      <c r="AC15" s="170">
         <v>80.14</v>
       </c>
       <c r="AD15" s="75"/>
       <c r="AE15" s="75"/>
-      <c r="AF15" s="172">
+      <c r="AF15" s="175">
         <v>1.7</v>
       </c>
-      <c r="AG15" s="174">
+      <c r="AG15" s="177">
         <v>36.630000000000003</v>
       </c>
-      <c r="AH15" s="174">
+      <c r="AH15" s="177">
         <v>61.67</v>
       </c>
-      <c r="AI15" s="174">
+      <c r="AI15" s="177">
         <v>3.86</v>
       </c>
-      <c r="AJ15" s="174">
+      <c r="AJ15" s="177">
         <v>2.09</v>
       </c>
-      <c r="AK15" s="174">
+      <c r="AK15" s="177">
         <v>0.71</v>
       </c>
       <c r="AL15" s="158">
         <v>2019</v>
       </c>
       <c r="AM15" s="75"/>
       <c r="AN15" s="76"/>
       <c r="AO15" s="148" t="s">
         <v>127</v>
       </c>
-      <c r="AP15" s="176">
+      <c r="AP15" s="180">
         <v>4845.6000000000004</v>
       </c>
-      <c r="AQ15" s="177">
+      <c r="AQ15" s="181">
         <v>-5.33</v>
       </c>
-      <c r="AR15" s="178">
+      <c r="AR15" s="182">
         <v>6148.1</v>
       </c>
-      <c r="AS15" s="178">
+      <c r="AS15" s="182">
         <v>3291.6</v>
       </c>
-      <c r="AT15" s="178">
+      <c r="AT15" s="182">
         <v>2856.5</v>
       </c>
-      <c r="AU15" s="179">
+      <c r="AU15" s="183">
         <v>435.1</v>
       </c>
       <c r="AV15" s="77"/>
       <c r="AW15" s="78"/>
-      <c r="AX15" s="182">
+      <c r="AX15" s="186">
         <v>0</v>
       </c>
-      <c r="AY15" s="183">
+      <c r="AY15" s="187">
         <v>0</v>
       </c>
-      <c r="AZ15" s="184">
+      <c r="AZ15" s="188">
         <v>98.3</v>
       </c>
-      <c r="BA15" s="185">
+      <c r="BA15" s="189">
         <v>0.55000000000000004</v>
       </c>
-      <c r="BB15" s="177">
+      <c r="BB15" s="181">
         <v>-1.47</v>
       </c>
-      <c r="BC15" s="177">
+      <c r="BC15" s="181">
         <v>-2.83</v>
       </c>
       <c r="BD15" s="158">
         <v>2019</v>
       </c>
       <c r="BE15" s="75"/>
       <c r="BF15" s="50"/>
       <c r="BG15" s="74"/>
       <c r="BH15" s="74"/>
       <c r="BI15" s="74"/>
       <c r="BJ15" s="74"/>
     </row>
     <row r="16" spans="2:67" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B16" s="148" t="s">
         <v>128</v>
       </c>
       <c r="C16" s="149">
         <v>16.89</v>
       </c>
       <c r="D16" s="149">
         <v>9.36</v>
       </c>
       <c r="E16" s="149">
         <v>1896.49</v>
       </c>
@@ -11135,145 +15001,145 @@
       <c r="K16" s="154">
         <v>0.10199999999999999</v>
       </c>
       <c r="L16" s="155">
         <v>0.39</v>
       </c>
       <c r="M16" s="156">
         <v>1.125</v>
       </c>
       <c r="N16" s="155">
         <v>0.48</v>
       </c>
       <c r="O16" s="155">
         <v>14732.53</v>
       </c>
       <c r="P16" s="157">
         <v>491825</v>
       </c>
       <c r="Q16" s="158">
         <v>2020</v>
       </c>
       <c r="R16" s="74"/>
       <c r="T16" s="148" t="s">
         <v>128</v>
       </c>
-      <c r="U16" s="161" t="str">
+      <c r="U16" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V16" s="163">
+      <c r="V16" s="164">
         <v>3.42</v>
       </c>
-      <c r="W16" s="164">
+      <c r="W16" s="165">
         <f t="shared" si="1"/>
         <v>3.42</v>
       </c>
-      <c r="X16" s="161" t="str">
+      <c r="X16" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="Y16" s="166">
+      <c r="Y16" s="167">
         <v>24855</v>
       </c>
-      <c r="Z16" s="161" t="str">
+      <c r="Z16" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="AA16" s="168">
+      <c r="AA16" s="169">
         <v>38.49</v>
       </c>
       <c r="AB16" s="149">
         <v>3.85</v>
       </c>
-      <c r="AC16" s="169">
+      <c r="AC16" s="170">
         <v>87.16</v>
       </c>
       <c r="AD16" s="75"/>
       <c r="AE16" s="75"/>
-      <c r="AF16" s="172">
+      <c r="AF16" s="175">
         <v>1.6</v>
       </c>
-      <c r="AG16" s="174">
+      <c r="AG16" s="177">
         <v>39.01</v>
       </c>
-      <c r="AH16" s="174">
+      <c r="AH16" s="177">
         <v>59.39</v>
       </c>
-      <c r="AI16" s="174">
+      <c r="AI16" s="177">
         <v>3.76</v>
       </c>
-      <c r="AJ16" s="174">
+      <c r="AJ16" s="177">
         <v>1.92</v>
       </c>
-      <c r="AK16" s="174">
+      <c r="AK16" s="177">
         <v>0.86</v>
       </c>
       <c r="AL16" s="158">
         <v>2020</v>
       </c>
       <c r="AM16" s="75"/>
       <c r="AN16" s="76"/>
       <c r="AO16" s="148" t="s">
         <v>128</v>
       </c>
-      <c r="AP16" s="176">
+      <c r="AP16" s="180">
         <v>5336.6</v>
       </c>
-      <c r="AQ16" s="177">
+      <c r="AQ16" s="181">
         <v>10.130000000000001</v>
       </c>
-      <c r="AR16" s="178">
+      <c r="AR16" s="182">
         <v>6312.7</v>
       </c>
-      <c r="AS16" s="178">
+      <c r="AS16" s="182">
         <v>3451.3</v>
       </c>
-      <c r="AT16" s="178">
+      <c r="AT16" s="182">
         <v>2861.5</v>
       </c>
-      <c r="AU16" s="179">
+      <c r="AU16" s="183">
         <v>589.79999999999995</v>
       </c>
       <c r="AV16" s="77"/>
       <c r="AW16" s="78"/>
-      <c r="AX16" s="182">
+      <c r="AX16" s="186">
         <v>0</v>
       </c>
-      <c r="AY16" s="183">
+      <c r="AY16" s="187">
         <v>0</v>
       </c>
-      <c r="AZ16" s="184">
+      <c r="AZ16" s="188">
         <v>98.07</v>
       </c>
-      <c r="BA16" s="185">
+      <c r="BA16" s="189">
         <v>-0.23</v>
       </c>
-      <c r="BB16" s="177">
+      <c r="BB16" s="181">
         <v>-10.23</v>
       </c>
-      <c r="BC16" s="177">
+      <c r="BC16" s="181">
         <v>-7.2</v>
       </c>
       <c r="BD16" s="158">
         <v>2020</v>
       </c>
       <c r="BE16" s="75"/>
       <c r="BF16" s="50"/>
       <c r="BG16" s="74"/>
       <c r="BH16" s="74"/>
       <c r="BI16" s="74"/>
       <c r="BJ16" s="74"/>
     </row>
     <row r="17" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B17" s="148" t="s">
         <v>129</v>
       </c>
       <c r="C17" s="149">
         <v>12.09</v>
       </c>
       <c r="D17" s="149">
         <v>7.35</v>
       </c>
       <c r="E17" s="149">
         <v>1828.39</v>
       </c>
@@ -11291,145 +15157,145 @@
       <c r="K17" s="154">
         <v>8.1000000000000003E-2</v>
       </c>
       <c r="L17" s="155">
         <v>0.26</v>
       </c>
       <c r="M17" s="156">
         <v>1.125</v>
       </c>
       <c r="N17" s="155">
         <v>0.44</v>
       </c>
       <c r="O17" s="155">
         <v>18218.84</v>
       </c>
       <c r="P17" s="157">
         <v>955170</v>
       </c>
       <c r="Q17" s="158">
         <v>2021</v>
       </c>
       <c r="R17" s="74"/>
       <c r="T17" s="148" t="s">
         <v>129</v>
       </c>
-      <c r="U17" s="161" t="str">
+      <c r="U17" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V17" s="163">
+      <c r="V17" s="164">
         <v>6.72</v>
       </c>
-      <c r="W17" s="164">
+      <c r="W17" s="165">
         <f t="shared" si="1"/>
         <v>6.72</v>
       </c>
-      <c r="X17" s="161" t="str">
+      <c r="X17" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="Y17" s="166">
+      <c r="Y17" s="167">
         <v>28769</v>
       </c>
-      <c r="Z17" s="161" t="str">
+      <c r="Z17" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="AA17" s="168">
+      <c r="AA17" s="169">
         <v>42.65</v>
       </c>
       <c r="AB17" s="149">
         <v>3.95</v>
       </c>
-      <c r="AC17" s="169">
+      <c r="AC17" s="170">
         <v>100</v>
       </c>
       <c r="AD17" s="75"/>
       <c r="AE17" s="75"/>
-      <c r="AF17" s="172">
+      <c r="AF17" s="175">
         <v>1.45</v>
       </c>
-      <c r="AG17" s="174">
+      <c r="AG17" s="177">
         <v>40.78</v>
       </c>
-      <c r="AH17" s="174">
+      <c r="AH17" s="177">
         <v>57.77</v>
       </c>
-      <c r="AI17" s="174">
+      <c r="AI17" s="177">
         <v>3.7</v>
       </c>
-      <c r="AJ17" s="174">
+      <c r="AJ17" s="177">
         <v>1.76</v>
       </c>
-      <c r="AK17" s="174">
+      <c r="AK17" s="177">
         <v>1.1000000000000001</v>
       </c>
       <c r="AL17" s="158">
         <v>2021</v>
       </c>
       <c r="AM17" s="75"/>
       <c r="AN17" s="76"/>
       <c r="AO17" s="148" t="s">
         <v>129</v>
       </c>
-      <c r="AP17" s="176">
+      <c r="AP17" s="180">
         <v>6741.3</v>
       </c>
-      <c r="AQ17" s="177">
+      <c r="AQ17" s="181">
         <v>26.32</v>
       </c>
-      <c r="AR17" s="178">
+      <c r="AR17" s="182">
         <v>8283.2999999999993</v>
       </c>
-      <c r="AS17" s="178">
+      <c r="AS17" s="182">
         <v>4463.7</v>
       </c>
-      <c r="AT17" s="178">
+      <c r="AT17" s="182">
         <v>3819.6</v>
       </c>
-      <c r="AU17" s="179">
+      <c r="AU17" s="183">
         <v>644.1</v>
       </c>
       <c r="AV17" s="77"/>
       <c r="AW17" s="78"/>
-      <c r="AX17" s="186">
+      <c r="AX17" s="190">
         <v>100</v>
       </c>
-      <c r="AY17" s="183">
+      <c r="AY17" s="187">
         <v>0</v>
       </c>
-      <c r="AZ17" s="184">
+      <c r="AZ17" s="188">
         <v>100</v>
       </c>
-      <c r="BA17" s="185">
+      <c r="BA17" s="189">
         <v>1.97</v>
       </c>
-      <c r="BB17" s="177">
+      <c r="BB17" s="181">
         <v>10.53</v>
       </c>
-      <c r="BC17" s="177">
+      <c r="BC17" s="181">
         <v>6.58</v>
       </c>
       <c r="BD17" s="158">
         <v>2021</v>
       </c>
       <c r="BE17" s="75"/>
       <c r="BF17" s="50"/>
       <c r="BG17" s="74"/>
       <c r="BH17" s="74"/>
       <c r="BI17" s="74"/>
       <c r="BJ17" s="74"/>
     </row>
     <row r="18" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B18" s="148" t="s">
         <v>130</v>
       </c>
       <c r="C18" s="149">
         <v>3.33</v>
       </c>
       <c r="D18" s="149">
         <v>6.74</v>
       </c>
       <c r="E18" s="149">
         <v>1824.4</v>
       </c>
@@ -11447,145 +15313,145 @@
       <c r="K18" s="154">
         <v>0.26300000000000001</v>
       </c>
       <c r="L18" s="155">
         <v>0.82</v>
       </c>
       <c r="M18" s="156">
         <v>1.75</v>
       </c>
       <c r="N18" s="155">
         <v>1.0900000000000001</v>
       </c>
       <c r="O18" s="155">
         <v>14137.69</v>
       </c>
       <c r="P18" s="157">
         <v>595738</v>
       </c>
       <c r="Q18" s="158">
         <v>2022</v>
       </c>
       <c r="R18" s="74"/>
       <c r="T18" s="148" t="s">
         <v>130</v>
       </c>
-      <c r="U18" s="161" t="str">
+      <c r="U18" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V18" s="163">
+      <c r="V18" s="164">
         <v>2.68</v>
       </c>
-      <c r="W18" s="164">
+      <c r="W18" s="165">
         <f t="shared" si="1"/>
         <v>2.68</v>
       </c>
-      <c r="X18" s="161" t="str">
+      <c r="X18" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="Y18" s="166">
+      <c r="Y18" s="167">
         <v>28342</v>
       </c>
-      <c r="Z18" s="161" t="str">
+      <c r="Z18" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="AA18" s="168">
+      <c r="AA18" s="169">
         <v>41.37</v>
       </c>
       <c r="AB18" s="149">
         <v>3.67</v>
       </c>
-      <c r="AC18" s="169">
+      <c r="AC18" s="170">
         <v>98.19</v>
       </c>
       <c r="AD18" s="75"/>
       <c r="AE18" s="75"/>
-      <c r="AF18" s="172">
+      <c r="AF18" s="175">
         <v>1.41</v>
       </c>
-      <c r="AG18" s="174">
+      <c r="AG18" s="177">
         <v>39.549999999999997</v>
       </c>
-      <c r="AH18" s="174">
+      <c r="AH18" s="177">
         <v>59.04</v>
       </c>
-      <c r="AI18" s="174">
+      <c r="AI18" s="177">
         <v>3.78</v>
       </c>
-      <c r="AJ18" s="174">
+      <c r="AJ18" s="177">
         <v>1.56</v>
       </c>
-      <c r="AK18" s="174">
+      <c r="AK18" s="177">
         <v>0.83</v>
       </c>
       <c r="AL18" s="158">
         <v>2022</v>
       </c>
       <c r="AM18" s="75"/>
       <c r="AN18" s="76"/>
       <c r="AO18" s="148" t="s">
         <v>130</v>
       </c>
-      <c r="AP18" s="176">
+      <c r="AP18" s="180">
         <v>6667.9</v>
       </c>
-      <c r="AQ18" s="177">
+      <c r="AQ18" s="181">
         <v>-1.0900000000000001</v>
       </c>
-      <c r="AR18" s="178">
+      <c r="AR18" s="182">
         <v>9075</v>
       </c>
-      <c r="AS18" s="178">
+      <c r="AS18" s="182">
         <v>4794.2</v>
       </c>
-      <c r="AT18" s="178">
+      <c r="AT18" s="182">
         <v>4280.8</v>
       </c>
-      <c r="AU18" s="179">
+      <c r="AU18" s="183">
         <v>513.29999999999995</v>
       </c>
       <c r="AV18" s="77"/>
       <c r="AW18" s="78"/>
-      <c r="AX18" s="186">
+      <c r="AX18" s="190">
         <v>110.51</v>
       </c>
-      <c r="AY18" s="177">
+      <c r="AY18" s="181">
         <v>10.51</v>
       </c>
-      <c r="AZ18" s="184">
+      <c r="AZ18" s="188">
         <v>102.95</v>
       </c>
-      <c r="BA18" s="185">
+      <c r="BA18" s="189">
         <v>2.95</v>
       </c>
-      <c r="BB18" s="177">
+      <c r="BB18" s="181">
         <v>16.07</v>
       </c>
-      <c r="BC18" s="177">
+      <c r="BC18" s="181">
         <v>12.06</v>
       </c>
       <c r="BD18" s="158">
         <v>2022</v>
       </c>
       <c r="BE18" s="75"/>
       <c r="BF18" s="50"/>
       <c r="BG18" s="74"/>
       <c r="BH18" s="74"/>
       <c r="BI18" s="74"/>
       <c r="BJ18" s="74"/>
     </row>
     <row r="19" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B19" s="148" t="s">
         <v>131</v>
       </c>
       <c r="C19" s="149">
         <v>3.95</v>
       </c>
       <c r="D19" s="149">
         <v>5.64</v>
       </c>
       <c r="E19" s="149">
         <v>2062.59</v>
       </c>
@@ -11603,145 +15469,145 @@
       <c r="K19" s="154">
         <v>0.64600000000000002</v>
       </c>
       <c r="L19" s="155">
         <v>1.3</v>
       </c>
       <c r="M19" s="156">
         <v>1.875</v>
       </c>
       <c r="N19" s="155">
         <v>1.21</v>
       </c>
       <c r="O19" s="155">
         <v>17930.810000000001</v>
       </c>
       <c r="P19" s="157">
         <v>672062</v>
       </c>
       <c r="Q19" s="158">
         <v>2023</v>
       </c>
       <c r="R19" s="74"/>
       <c r="T19" s="148" t="s">
         <v>131</v>
       </c>
-      <c r="U19" s="161" t="str">
+      <c r="U19" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V19" s="163">
-[...2 lines deleted...]
-      <c r="W19" s="164">
+      <c r="V19" s="164">
+        <v>1.08</v>
+      </c>
+      <c r="W19" s="165">
         <f t="shared" si="1"/>
-        <v>1.1200000000000001</v>
-[...1 lines deleted...]
-      <c r="X19" s="161" t="str">
+        <v>1.08</v>
+      </c>
+      <c r="X19" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="Y19" s="166">
-[...2 lines deleted...]
-      <c r="Z19" s="161" t="str">
+      <c r="Y19" s="167">
+        <v>27495</v>
+      </c>
+      <c r="Z19" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="AA19" s="168">
-        <v>37.56</v>
+      <c r="AA19" s="169">
+        <v>37.57</v>
       </c>
       <c r="AB19" s="149">
         <v>3.48</v>
       </c>
-      <c r="AC19" s="169">
+      <c r="AC19" s="170">
         <v>85.99</v>
       </c>
       <c r="AD19" s="75"/>
       <c r="AE19" s="75"/>
-      <c r="AF19" s="172">
+      <c r="AF19" s="175">
         <v>1.51</v>
       </c>
-      <c r="AG19" s="174">
-[...5 lines deleted...]
-      <c r="AI19" s="174">
+      <c r="AG19" s="177">
+        <v>38.56</v>
+      </c>
+      <c r="AH19" s="177">
+        <v>59.93</v>
+      </c>
+      <c r="AI19" s="177">
         <v>3.69</v>
       </c>
-      <c r="AJ19" s="174">
+      <c r="AJ19" s="177">
         <v>1.61</v>
       </c>
-      <c r="AK19" s="174">
+      <c r="AK19" s="177">
         <v>0.9</v>
       </c>
       <c r="AL19" s="158">
         <v>2023</v>
       </c>
       <c r="AM19" s="75"/>
       <c r="AN19" s="76"/>
       <c r="AO19" s="148" t="s">
         <v>131</v>
       </c>
-      <c r="AP19" s="176">
+      <c r="AP19" s="180">
         <v>5610.4</v>
       </c>
-      <c r="AQ19" s="177">
+      <c r="AQ19" s="181">
         <v>-15.86</v>
       </c>
-      <c r="AR19" s="178">
+      <c r="AR19" s="182">
         <v>7840.5</v>
       </c>
-      <c r="AS19" s="178">
+      <c r="AS19" s="182">
         <v>4324.2</v>
       </c>
-      <c r="AT19" s="178">
+      <c r="AT19" s="182">
         <v>3516.3</v>
       </c>
-      <c r="AU19" s="179">
+      <c r="AU19" s="183">
         <v>807.9</v>
       </c>
       <c r="AV19" s="77"/>
       <c r="AW19" s="78"/>
-      <c r="AX19" s="186">
+      <c r="AX19" s="190">
         <v>109.88</v>
       </c>
-      <c r="AY19" s="177">
+      <c r="AY19" s="181">
         <v>-0.56999999999999995</v>
       </c>
-      <c r="AZ19" s="184">
+      <c r="AZ19" s="188">
         <v>105.51</v>
       </c>
-      <c r="BA19" s="185">
+      <c r="BA19" s="189">
         <v>2.4900000000000002</v>
       </c>
-      <c r="BB19" s="177">
+      <c r="BB19" s="181">
         <v>-3.6</v>
       </c>
-      <c r="BC19" s="177">
+      <c r="BC19" s="181">
         <v>-1.91</v>
       </c>
       <c r="BD19" s="158">
         <v>2023</v>
       </c>
       <c r="BE19" s="75"/>
       <c r="BF19" s="50"/>
       <c r="BG19" s="74"/>
       <c r="BH19" s="74"/>
       <c r="BI19" s="74"/>
       <c r="BJ19" s="74"/>
     </row>
     <row r="20" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B20" s="148" t="s">
         <v>132</v>
       </c>
       <c r="C20" s="149">
         <v>3.8</v>
       </c>
       <c r="D20" s="149">
         <v>5.41</v>
       </c>
       <c r="E20" s="149">
         <v>2623.81</v>
       </c>
@@ -11759,2435 +15625,2472 @@
       <c r="K20" s="154">
         <v>0.79400000000000004</v>
       </c>
       <c r="L20" s="155">
         <v>1.57</v>
       </c>
       <c r="M20" s="156">
         <v>2</v>
       </c>
       <c r="N20" s="155">
         <v>1.43</v>
       </c>
       <c r="O20" s="155">
         <v>23035.1</v>
       </c>
       <c r="P20" s="157">
         <v>998118</v>
       </c>
       <c r="Q20" s="158">
         <v>2024</v>
       </c>
       <c r="R20" s="74"/>
       <c r="T20" s="148" t="s">
         <v>132</v>
       </c>
-      <c r="U20" s="161" t="str">
+      <c r="U20" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V20" s="163">
-[...2 lines deleted...]
-      <c r="W20" s="164">
+      <c r="V20" s="164">
+        <v>5.27</v>
+      </c>
+      <c r="W20" s="165">
         <f t="shared" si="1"/>
-        <v>4.84</v>
-[...1 lines deleted...]
-      <c r="X20" s="161" t="str">
+        <v>5.27</v>
+      </c>
+      <c r="X20" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="Y20" s="166">
-[...2 lines deleted...]
-      <c r="Z20" s="161" t="str">
+      <c r="Y20" s="167">
+        <v>29687</v>
+      </c>
+      <c r="Z20" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="AA20" s="168">
-        <v>40.68</v>
+      <c r="AA20" s="169">
+        <v>41.14</v>
       </c>
       <c r="AB20" s="149">
         <v>3.38</v>
       </c>
-      <c r="AC20" s="169">
+      <c r="AC20" s="170">
         <v>96.11</v>
       </c>
       <c r="AD20" s="75"/>
       <c r="AE20" s="75"/>
-      <c r="AF20" s="172">
-[...15 lines deleted...]
-        <v>158</v>
+      <c r="AF20" s="175">
+        <v>1.46</v>
+      </c>
+      <c r="AG20" s="177">
+        <v>40.4</v>
+      </c>
+      <c r="AH20" s="177">
+        <v>58.14</v>
+      </c>
+      <c r="AI20" s="177">
+        <v>3.73</v>
+      </c>
+      <c r="AJ20" s="177">
+        <v>1.64</v>
+      </c>
+      <c r="AK20" s="177">
+        <v>1.1000000000000001</v>
       </c>
       <c r="AL20" s="158">
         <v>2024</v>
       </c>
       <c r="AM20" s="75"/>
       <c r="AN20" s="76"/>
       <c r="AO20" s="148" t="s">
         <v>132</v>
       </c>
-      <c r="AP20" s="176">
+      <c r="AP20" s="180">
         <v>5895.4</v>
       </c>
-      <c r="AQ20" s="177">
+      <c r="AQ20" s="181">
         <v>5.08</v>
       </c>
-      <c r="AR20" s="178">
-[...9 lines deleted...]
-        <v>806.3</v>
+      <c r="AR20" s="182">
+        <v>8692.7000000000007</v>
+      </c>
+      <c r="AS20" s="182">
+        <v>4749.3</v>
+      </c>
+      <c r="AT20" s="182">
+        <v>3943.5</v>
+      </c>
+      <c r="AU20" s="183">
+        <v>805.8</v>
       </c>
       <c r="AV20" s="77"/>
       <c r="AW20" s="78"/>
-      <c r="AX20" s="186">
+      <c r="AX20" s="190">
         <v>111.38</v>
       </c>
-      <c r="AY20" s="177">
+      <c r="AY20" s="181">
         <v>1.37</v>
       </c>
-      <c r="AZ20" s="184">
+      <c r="AZ20" s="188">
         <v>107.81</v>
       </c>
-      <c r="BA20" s="185">
+      <c r="BA20" s="189">
         <v>2.1800000000000002</v>
       </c>
-      <c r="BB20" s="177">
+      <c r="BB20" s="181">
         <v>0.25</v>
       </c>
-      <c r="BC20" s="177">
+      <c r="BC20" s="181">
         <v>2.17</v>
       </c>
       <c r="BD20" s="158">
         <v>2024</v>
       </c>
       <c r="BE20" s="75"/>
       <c r="BF20" s="50"/>
       <c r="BG20" s="74"/>
       <c r="BH20" s="74"/>
       <c r="BI20" s="74"/>
       <c r="BJ20" s="74"/>
     </row>
     <row r="21" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B21" s="113" t="s">
         <v>133</v>
       </c>
       <c r="C21" s="114">
-        <v>4.42</v>
+        <v>3.8</v>
       </c>
       <c r="D21" s="114">
-        <v>5.77</v>
+        <v>5.41</v>
       </c>
       <c r="E21" s="114">
-        <v>2503.0300000000002</v>
+        <v>2623.81</v>
       </c>
       <c r="F21" s="115">
-        <v>2507.58</v>
+        <v>2590.3000000000002</v>
       </c>
       <c r="G21" s="116">
-        <v>31.94</v>
+        <v>32.780999999999999</v>
       </c>
       <c r="H21" s="117">
-        <v>5790.58</v>
+        <v>5766.77</v>
       </c>
       <c r="I21" s="73"/>
       <c r="J21" s="52"/>
       <c r="K21" s="118">
         <v>0.82</v>
       </c>
       <c r="L21" s="119">
-        <v>1.62</v>
+        <v>1.75</v>
       </c>
       <c r="M21" s="120">
         <v>2</v>
       </c>
       <c r="N21" s="119">
-        <v>1.56</v>
+        <v>1.6</v>
       </c>
       <c r="O21" s="119">
-        <v>22268.09</v>
+        <v>23035.1</v>
       </c>
       <c r="P21" s="121">
-        <v>89268</v>
+        <v>79422</v>
       </c>
       <c r="Q21" s="122" t="s">
         <v>146</v>
       </c>
       <c r="R21" s="74"/>
       <c r="T21" s="113" t="s">
         <v>133</v>
       </c>
       <c r="U21" s="123" t="str">
         <f t="shared" si="0"/>
-        <v/>
-[...2 lines deleted...]
-        <v>4.21</v>
+        <v>IV</v>
+      </c>
+      <c r="V21" s="163">
+        <v>4.13</v>
       </c>
       <c r="W21" s="124">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>4.13</v>
       </c>
       <c r="X21" s="123" t="str">
         <f t="shared" si="2"/>
-        <v/>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>IV</v>
+      </c>
+      <c r="Y21" s="166">
+        <v>7910</v>
       </c>
       <c r="Z21" s="123" t="str">
         <f t="shared" si="3"/>
-        <v/>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>IV</v>
+      </c>
+      <c r="AA21" s="168">
+        <v>41.26</v>
       </c>
       <c r="AB21" s="114">
-        <v>3.48</v>
+        <v>3.32</v>
       </c>
       <c r="AC21" s="125">
-        <v>102.58</v>
+        <v>108.38</v>
       </c>
       <c r="AD21" s="75"/>
       <c r="AE21" s="75"/>
-      <c r="AF21" s="145">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="AF21" s="174">
+        <v>1.59</v>
+      </c>
+      <c r="AG21" s="176">
+        <v>39.07</v>
+      </c>
+      <c r="AH21" s="176">
+        <v>59.34</v>
       </c>
       <c r="AI21" s="126">
         <v>0</v>
       </c>
       <c r="AJ21" s="126">
         <v>0</v>
       </c>
       <c r="AK21" s="126">
         <v>0</v>
       </c>
       <c r="AL21" s="122" t="s">
         <v>146</v>
       </c>
       <c r="AM21" s="75"/>
       <c r="AN21" s="76"/>
       <c r="AO21" s="113" t="s">
         <v>133</v>
       </c>
       <c r="AP21" s="127">
-        <v>502.2</v>
+        <v>529.20000000000005</v>
       </c>
       <c r="AQ21" s="128">
-        <v>9.09</v>
+        <v>20.79</v>
       </c>
       <c r="AR21" s="129">
-        <v>757.5</v>
+        <v>810.1</v>
       </c>
       <c r="AS21" s="129">
-        <v>436.3</v>
+        <v>435.6</v>
       </c>
       <c r="AT21" s="129">
-        <v>321.2</v>
+        <v>374.6</v>
       </c>
       <c r="AU21" s="130">
-        <v>115</v>
+        <v>61</v>
       </c>
       <c r="AV21" s="77"/>
       <c r="AW21" s="78"/>
       <c r="AX21" s="133">
-        <v>112.73</v>
+        <v>112.44</v>
       </c>
       <c r="AY21" s="128">
-        <v>1.61</v>
+        <v>3.11</v>
       </c>
       <c r="AZ21" s="131">
-        <v>108.34</v>
+        <v>108.82</v>
       </c>
       <c r="BA21" s="132">
-        <v>2.35</v>
+        <v>2.1</v>
       </c>
       <c r="BB21" s="128">
-        <v>0.34</v>
+        <v>1.2</v>
       </c>
       <c r="BC21" s="128">
-        <v>1.38</v>
+        <v>3.31</v>
       </c>
       <c r="BD21" s="122" t="s">
         <v>146</v>
       </c>
       <c r="BE21" s="75"/>
       <c r="BF21" s="50"/>
       <c r="BG21" s="74"/>
       <c r="BH21" s="74"/>
       <c r="BI21" s="74"/>
       <c r="BJ21" s="74"/>
     </row>
     <row r="22" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
-      <c r="B22" s="113" t="s">
+      <c r="B22" s="148" t="s">
         <v>134</v>
       </c>
-      <c r="C22" s="114">
-[...15 lines deleted...]
-        <v>5779.29</v>
+      <c r="C22" s="149"/>
+      <c r="D22" s="149"/>
+      <c r="E22" s="149">
+        <v>4314.12</v>
+      </c>
+      <c r="F22" s="150">
+        <v>4303.72</v>
+      </c>
+      <c r="G22" s="151">
+        <v>31.437999999999999</v>
+      </c>
+      <c r="H22" s="152">
+        <v>6025.53</v>
       </c>
       <c r="I22" s="73"/>
       <c r="J22" s="52"/>
-      <c r="K22" s="118">
-[...5 lines deleted...]
-      <c r="M22" s="120">
+      <c r="K22" s="160"/>
+      <c r="L22" s="155"/>
+      <c r="M22" s="156">
         <v>2</v>
       </c>
-      <c r="N22" s="119">
-[...9 lines deleted...]
-        <v>147</v>
+      <c r="N22" s="155"/>
+      <c r="O22" s="155">
+        <v>28963.599999999999</v>
+      </c>
+      <c r="P22" s="311">
+        <v>1010798</v>
+      </c>
+      <c r="Q22" s="158">
+        <v>2025</v>
       </c>
       <c r="R22" s="74"/>
-      <c r="T22" s="113" t="s">
+      <c r="T22" s="148" t="s">
         <v>134</v>
       </c>
-      <c r="U22" s="123" t="str">
+      <c r="U22" s="162" t="str">
         <f t="shared" si="0"/>
-        <v>Ⅲ</v>
-[...4 lines deleted...]
-      <c r="W22" s="124">
+        <v/>
+      </c>
+      <c r="V22" s="164">
+        <v>7.37</v>
+      </c>
+      <c r="W22" s="165">
         <f t="shared" si="1"/>
-        <v>4.21</v>
-[...1 lines deleted...]
-      <c r="X22" s="123" t="str">
+        <v>7.37</v>
+      </c>
+      <c r="X22" s="162" t="str">
         <f t="shared" si="2"/>
-        <v>Ⅲ</v>
-[...4 lines deleted...]
-      <c r="Z22" s="123" t="str">
+        <v/>
+      </c>
+      <c r="Y22" s="167">
+        <v>33483</v>
+      </c>
+      <c r="Z22" s="162" t="str">
         <f t="shared" si="3"/>
-        <v>Ⅲ</v>
-[...9 lines deleted...]
-      </c>
+        <v/>
+      </c>
+      <c r="AA22" s="169">
+        <v>43.64</v>
+      </c>
+      <c r="AB22" s="171"/>
+      <c r="AC22" s="173"/>
       <c r="AD22" s="75"/>
       <c r="AE22" s="75"/>
-      <c r="AF22" s="171">
-[...18 lines deleted...]
-        <v>147</v>
+      <c r="AF22" s="178"/>
+      <c r="AG22" s="179"/>
+      <c r="AH22" s="179"/>
+      <c r="AI22" s="179"/>
+      <c r="AJ22" s="179"/>
+      <c r="AK22" s="179"/>
+      <c r="AL22" s="158">
+        <v>2025</v>
       </c>
       <c r="AM22" s="75"/>
       <c r="AN22" s="76"/>
-      <c r="AO22" s="113" t="s">
+      <c r="AO22" s="148" t="s">
         <v>134</v>
       </c>
-      <c r="AP22" s="127">
-[...15 lines deleted...]
-        <v>71.3</v>
+      <c r="AP22" s="180"/>
+      <c r="AQ22" s="181"/>
+      <c r="AR22" s="182">
+        <v>11243.6</v>
+      </c>
+      <c r="AS22" s="182">
+        <v>6407.5</v>
+      </c>
+      <c r="AT22" s="182">
+        <v>4836.1000000000004</v>
+      </c>
+      <c r="AU22" s="183">
+        <v>1571.4</v>
       </c>
       <c r="AV22" s="77"/>
       <c r="AW22" s="78"/>
-      <c r="AX22" s="133">
-[...18 lines deleted...]
-        <v>147</v>
+      <c r="AX22" s="190">
+        <v>109.33</v>
+      </c>
+      <c r="AY22" s="181">
+        <v>-1.84</v>
+      </c>
+      <c r="AZ22" s="188">
+        <v>109.6</v>
+      </c>
+      <c r="BA22" s="189">
+        <v>1.66</v>
+      </c>
+      <c r="BB22" s="181">
+        <v>-4.84</v>
+      </c>
+      <c r="BC22" s="181">
+        <v>-2.8</v>
+      </c>
+      <c r="BD22" s="158">
+        <v>2025</v>
       </c>
       <c r="BE22" s="75"/>
       <c r="BF22" s="50"/>
       <c r="BG22" s="74"/>
       <c r="BH22" s="74"/>
       <c r="BI22" s="74"/>
       <c r="BJ22" s="74"/>
     </row>
     <row r="23" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B23" s="113" t="s">
         <v>135</v>
       </c>
       <c r="C23" s="114">
-        <v>5.29</v>
+        <v>4.0599999999999996</v>
       </c>
       <c r="D23" s="114">
-        <v>5.75</v>
+        <v>5.39</v>
       </c>
       <c r="E23" s="114">
-        <v>2743.8</v>
+        <v>2653.55</v>
       </c>
       <c r="F23" s="115">
-        <v>2770.41</v>
+        <v>2754.23</v>
       </c>
       <c r="G23" s="116">
-        <v>32.030999999999999</v>
+        <v>32.682000000000002</v>
       </c>
       <c r="H23" s="117">
-        <v>5768.46</v>
+        <v>5775.83</v>
       </c>
       <c r="I23" s="73"/>
       <c r="J23" s="52"/>
       <c r="K23" s="118">
-        <v>0.82299999999999995</v>
+        <v>0.82</v>
       </c>
       <c r="L23" s="119">
-        <v>1.63</v>
+        <v>1.64</v>
       </c>
       <c r="M23" s="120">
         <v>2</v>
       </c>
       <c r="N23" s="119">
-        <v>1.52</v>
+        <v>1.67</v>
       </c>
       <c r="O23" s="119">
-        <v>22820.43</v>
+        <v>23525.41</v>
       </c>
       <c r="P23" s="121">
-        <v>71227</v>
+        <v>53008</v>
       </c>
       <c r="Q23" s="122" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="R23" s="74"/>
       <c r="T23" s="113" t="s">
         <v>135</v>
       </c>
       <c r="U23" s="123" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V23" s="162">
-        <v>3.82</v>
+      <c r="V23" s="163">
+        <v>5.54</v>
       </c>
       <c r="W23" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X23" s="123" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y23" s="143">
         <v>0</v>
       </c>
       <c r="Z23" s="123" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA23" s="144">
         <v>0</v>
       </c>
       <c r="AB23" s="114">
-        <v>3.4</v>
+        <v>3.3</v>
       </c>
       <c r="AC23" s="125">
-        <v>100.53</v>
+        <v>96.12</v>
       </c>
       <c r="AD23" s="75"/>
       <c r="AE23" s="75"/>
       <c r="AF23" s="145">
         <v>0</v>
       </c>
       <c r="AG23" s="126">
         <v>0</v>
       </c>
       <c r="AH23" s="126">
         <v>0</v>
       </c>
       <c r="AI23" s="126">
         <v>0</v>
       </c>
       <c r="AJ23" s="126">
         <v>0</v>
       </c>
       <c r="AK23" s="126">
         <v>0</v>
       </c>
       <c r="AL23" s="122" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AM23" s="75"/>
       <c r="AN23" s="76"/>
       <c r="AO23" s="113" t="s">
         <v>135</v>
       </c>
       <c r="AP23" s="127">
-        <v>554.5</v>
+        <v>479.1</v>
       </c>
       <c r="AQ23" s="128">
-        <v>4.8899999999999997</v>
+        <v>-1.05</v>
       </c>
       <c r="AR23" s="129">
-        <v>755.4</v>
+        <v>673.5</v>
       </c>
       <c r="AS23" s="129">
-        <v>412.9</v>
+        <v>387.1</v>
       </c>
       <c r="AT23" s="129">
-        <v>342.5</v>
+        <v>286.39999999999998</v>
       </c>
       <c r="AU23" s="130">
-        <v>70.400000000000006</v>
+        <v>100.6</v>
       </c>
       <c r="AV23" s="77"/>
       <c r="AW23" s="78"/>
       <c r="AX23" s="133">
-        <v>111.49</v>
+        <v>113.01</v>
       </c>
       <c r="AY23" s="128">
-        <v>-0.8</v>
+        <v>3.83</v>
       </c>
       <c r="AZ23" s="131">
-        <v>108.73</v>
+        <v>109.44</v>
       </c>
       <c r="BA23" s="132">
-        <v>1.69</v>
+        <v>2.67</v>
       </c>
       <c r="BB23" s="128">
-        <v>-2.79</v>
+        <v>2.1800000000000002</v>
       </c>
       <c r="BC23" s="128">
-        <v>-1.48</v>
+        <v>4.3</v>
       </c>
       <c r="BD23" s="122" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="BE23" s="75"/>
       <c r="BF23" s="50"/>
       <c r="BG23" s="74"/>
       <c r="BH23" s="74"/>
       <c r="BI23" s="74"/>
       <c r="BJ23" s="74"/>
     </row>
     <row r="24" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B24" s="113" t="s">
         <v>136</v>
       </c>
       <c r="C24" s="114">
-        <v>3.87</v>
+        <v>2.63</v>
       </c>
       <c r="D24" s="114">
-        <v>5.27</v>
+        <v>4.8600000000000003</v>
       </c>
       <c r="E24" s="114">
-        <v>2653.55</v>
+        <v>2876.19</v>
       </c>
       <c r="F24" s="115">
-        <v>2646.83</v>
+        <v>2877.22</v>
       </c>
       <c r="G24" s="116">
-        <v>32.457000000000001</v>
+        <v>32.82</v>
       </c>
       <c r="H24" s="117">
-        <v>5779.74</v>
+        <v>5775.84</v>
       </c>
       <c r="I24" s="73"/>
       <c r="J24" s="52"/>
       <c r="K24" s="118">
-        <v>0.82099999999999995</v>
+        <v>0.82</v>
       </c>
       <c r="L24" s="119">
-        <v>1.66</v>
+        <v>1.65</v>
       </c>
       <c r="M24" s="120">
         <v>2</v>
       </c>
       <c r="N24" s="119">
-        <v>1.54</v>
+        <v>1.6</v>
       </c>
       <c r="O24" s="119">
-        <v>22262.5</v>
+        <v>23053.18</v>
       </c>
       <c r="P24" s="121">
-        <v>80444</v>
+        <v>74914</v>
       </c>
       <c r="Q24" s="122" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="R24" s="74"/>
       <c r="T24" s="113" t="s">
         <v>136</v>
       </c>
       <c r="U24" s="123" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V24" s="162">
-        <v>3.82</v>
+      <c r="V24" s="163">
+        <v>5.54</v>
       </c>
       <c r="W24" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X24" s="123" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y24" s="143">
         <v>0</v>
       </c>
       <c r="Z24" s="123" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA24" s="144">
         <v>0</v>
       </c>
       <c r="AB24" s="114">
-        <v>3.36</v>
+        <v>3.34</v>
       </c>
       <c r="AC24" s="125">
-        <v>102.48</v>
+        <v>92.68</v>
       </c>
       <c r="AD24" s="75"/>
       <c r="AE24" s="75"/>
       <c r="AF24" s="145">
         <v>0</v>
       </c>
       <c r="AG24" s="126">
         <v>0</v>
       </c>
       <c r="AH24" s="126">
         <v>0</v>
       </c>
       <c r="AI24" s="126">
         <v>0</v>
       </c>
       <c r="AJ24" s="126">
         <v>0</v>
       </c>
       <c r="AK24" s="126">
         <v>0</v>
       </c>
       <c r="AL24" s="122" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AM24" s="75"/>
       <c r="AN24" s="76"/>
       <c r="AO24" s="113" t="s">
         <v>136</v>
       </c>
       <c r="AP24" s="127">
-        <v>522.70000000000005</v>
+        <v>515.6</v>
       </c>
       <c r="AQ24" s="128">
-        <v>3.26</v>
+        <v>36.65</v>
       </c>
       <c r="AR24" s="129">
-        <v>742.3</v>
+        <v>759.6</v>
       </c>
       <c r="AS24" s="129">
-        <v>410.8</v>
+        <v>413</v>
       </c>
       <c r="AT24" s="129">
-        <v>331.4</v>
+        <v>346.7</v>
       </c>
       <c r="AU24" s="130">
-        <v>79.400000000000006</v>
+        <v>66.3</v>
       </c>
       <c r="AV24" s="77"/>
       <c r="AW24" s="78"/>
       <c r="AX24" s="133">
-        <v>111.99</v>
+        <v>113.24</v>
       </c>
       <c r="AY24" s="128">
-        <v>1.08</v>
+        <v>3.7</v>
       </c>
       <c r="AZ24" s="131">
-        <v>108.84</v>
+        <v>109</v>
       </c>
       <c r="BA24" s="132">
-        <v>2.08</v>
+        <v>1.62</v>
       </c>
       <c r="BB24" s="128">
-        <v>-1.05</v>
+        <v>2.1</v>
       </c>
       <c r="BC24" s="128">
-        <v>0.47</v>
+        <v>3.33</v>
       </c>
       <c r="BD24" s="122" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="BE24" s="75"/>
       <c r="BF24" s="50"/>
       <c r="BG24" s="74"/>
       <c r="BH24" s="74"/>
       <c r="BI24" s="74"/>
       <c r="BJ24" s="74"/>
     </row>
     <row r="25" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B25" s="113" t="s">
         <v>137</v>
       </c>
       <c r="C25" s="114">
-        <v>3.8</v>
+        <v>1.26</v>
       </c>
       <c r="D25" s="114">
-        <v>5.41</v>
+        <v>3.98</v>
       </c>
       <c r="E25" s="114">
-        <v>2623.81</v>
+        <v>3123.06</v>
       </c>
       <c r="F25" s="115">
-        <v>2590.3000000000002</v>
+        <v>3104.54</v>
       </c>
       <c r="G25" s="116">
-        <v>32.780999999999999</v>
+        <v>33.182000000000002</v>
       </c>
       <c r="H25" s="117">
-        <v>5766.77</v>
+        <v>5780.22</v>
       </c>
       <c r="I25" s="73"/>
       <c r="J25" s="52"/>
       <c r="K25" s="118">
-        <v>0.82</v>
+        <v>0.82099999999999995</v>
       </c>
       <c r="L25" s="119">
-        <v>1.75</v>
+        <v>1.6</v>
       </c>
       <c r="M25" s="120">
         <v>2</v>
       </c>
       <c r="N25" s="119">
-        <v>1.6</v>
+        <v>1.64</v>
       </c>
       <c r="O25" s="119">
-        <v>23035.1</v>
+        <v>20695.900000000001</v>
       </c>
       <c r="P25" s="121">
-        <v>79422</v>
+        <v>71117</v>
       </c>
       <c r="Q25" s="122" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="R25" s="74"/>
       <c r="T25" s="113" t="s">
         <v>137</v>
       </c>
       <c r="U25" s="123" t="str">
         <f t="shared" si="0"/>
-        <v>IV</v>
-[...2 lines deleted...]
-        <v>3.82</v>
+        <v>I</v>
+      </c>
+      <c r="V25" s="163">
+        <v>5.54</v>
       </c>
       <c r="W25" s="124">
         <f t="shared" si="1"/>
-        <v>3.82</v>
+        <v>5.54</v>
       </c>
       <c r="X25" s="123" t="str">
         <f t="shared" si="2"/>
-        <v>IV</v>
-[...2 lines deleted...]
-        <v>7818</v>
+        <v>I</v>
+      </c>
+      <c r="Y25" s="166">
+        <v>7294</v>
       </c>
       <c r="Z25" s="123" t="str">
         <f t="shared" si="3"/>
-        <v>IV</v>
-[...2 lines deleted...]
-        <v>40.549999999999997</v>
+        <v>I</v>
+      </c>
+      <c r="AA25" s="168">
+        <v>40.81</v>
       </c>
       <c r="AB25" s="114">
-        <v>3.32</v>
+        <v>3.35</v>
       </c>
       <c r="AC25" s="125">
-        <v>108.38</v>
+        <v>105.27</v>
       </c>
       <c r="AD25" s="75"/>
       <c r="AE25" s="75"/>
-      <c r="AF25" s="171">
-[...6 lines deleted...]
-        <v>60.19</v>
+      <c r="AF25" s="174">
+        <v>1.42</v>
+      </c>
+      <c r="AG25" s="176">
+        <v>40.39</v>
+      </c>
+      <c r="AH25" s="176">
+        <v>58.2</v>
       </c>
       <c r="AI25" s="126">
         <v>0</v>
       </c>
       <c r="AJ25" s="126">
         <v>0</v>
       </c>
       <c r="AK25" s="126">
         <v>0</v>
       </c>
       <c r="AL25" s="122" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AM25" s="75"/>
       <c r="AN25" s="76"/>
       <c r="AO25" s="113" t="s">
         <v>137</v>
       </c>
       <c r="AP25" s="127">
-        <v>529.20000000000005</v>
+        <v>548.5</v>
       </c>
       <c r="AQ25" s="128">
-        <v>20.79</v>
+        <v>16.3</v>
       </c>
       <c r="AR25" s="129">
-        <v>810.8</v>
+        <v>921.6</v>
       </c>
       <c r="AS25" s="129">
-        <v>435.7</v>
+        <v>495.5</v>
       </c>
       <c r="AT25" s="129">
-        <v>375.1</v>
+        <v>426.2</v>
       </c>
       <c r="AU25" s="130">
-        <v>60.6</v>
+        <v>69.3</v>
       </c>
       <c r="AV25" s="77"/>
       <c r="AW25" s="78"/>
       <c r="AX25" s="133">
-        <v>112.44</v>
+        <v>113.75</v>
       </c>
       <c r="AY25" s="128">
-        <v>3.11</v>
+        <v>3.63</v>
       </c>
       <c r="AZ25" s="131">
-        <v>108.82</v>
+        <v>109.05</v>
       </c>
       <c r="BA25" s="132">
-        <v>2.1</v>
+        <v>2.34</v>
       </c>
       <c r="BB25" s="128">
-        <v>1.2</v>
+        <v>1.4</v>
       </c>
       <c r="BC25" s="128">
-        <v>3.31</v>
+        <v>2.99</v>
       </c>
       <c r="BD25" s="122" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="BE25" s="75"/>
       <c r="BF25" s="50"/>
       <c r="BG25" s="74"/>
       <c r="BH25" s="74"/>
       <c r="BI25" s="74"/>
       <c r="BJ25" s="74"/>
     </row>
     <row r="26" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
-      <c r="B26" s="148" t="s">
+      <c r="B26" s="113" t="s">
         <v>138</v>
       </c>
-      <c r="C26" s="114"/>
-[...4 lines deleted...]
-      <c r="H26" s="117"/>
+      <c r="C26" s="114">
+        <v>2</v>
+      </c>
+      <c r="D26" s="114">
+        <v>3.52</v>
+      </c>
+      <c r="E26" s="114">
+        <v>3287.72</v>
+      </c>
+      <c r="F26" s="115">
+        <v>3282.61</v>
+      </c>
+      <c r="G26" s="116">
+        <v>32.017000000000003</v>
+      </c>
+      <c r="H26" s="117">
+        <v>5828.32</v>
+      </c>
       <c r="I26" s="73"/>
       <c r="J26" s="52"/>
-      <c r="K26" s="118"/>
-[...6 lines deleted...]
-        <v>2025</v>
+      <c r="K26" s="118">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="L26" s="119">
+        <v>1.57</v>
+      </c>
+      <c r="M26" s="120">
+        <v>2</v>
+      </c>
+      <c r="N26" s="119">
+        <v>1.6</v>
+      </c>
+      <c r="O26" s="119">
+        <v>20235.03</v>
+      </c>
+      <c r="P26" s="121">
+        <v>61664</v>
+      </c>
+      <c r="Q26" s="122" t="s">
+        <v>150</v>
       </c>
       <c r="R26" s="74"/>
-      <c r="T26" s="148" t="s">
+      <c r="T26" s="113" t="s">
         <v>138</v>
       </c>
-      <c r="U26" s="161" t="str">
+      <c r="U26" s="123" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V26" s="123" t="str">
-[...3 lines deleted...]
-      <c r="W26" s="164" t="str">
+      <c r="V26" s="163">
+        <v>7.71</v>
+      </c>
+      <c r="W26" s="124">
         <f t="shared" si="1"/>
-        <v/>
-[...1 lines deleted...]
-      <c r="X26" s="161" t="str">
+        <v>0</v>
+      </c>
+      <c r="X26" s="123" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="Y26" s="143"/>
-      <c r="Z26" s="161" t="str">
+      <c r="Y26" s="143">
+        <v>0</v>
+      </c>
+      <c r="Z26" s="123" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="AA26" s="144"/>
-[...1 lines deleted...]
-      <c r="AC26" s="125"/>
+      <c r="AA26" s="144">
+        <v>0</v>
+      </c>
+      <c r="AB26" s="114">
+        <v>3.32</v>
+      </c>
+      <c r="AC26" s="125">
+        <v>108.74</v>
+      </c>
       <c r="AD26" s="75"/>
       <c r="AE26" s="75"/>
-      <c r="AF26" s="145"/>
-[...6 lines deleted...]
-        <v>2025</v>
+      <c r="AF26" s="145">
+        <v>0</v>
+      </c>
+      <c r="AG26" s="126">
+        <v>0</v>
+      </c>
+      <c r="AH26" s="126">
+        <v>0</v>
+      </c>
+      <c r="AI26" s="126">
+        <v>0</v>
+      </c>
+      <c r="AJ26" s="126">
+        <v>0</v>
+      </c>
+      <c r="AK26" s="126">
+        <v>0</v>
+      </c>
+      <c r="AL26" s="122" t="s">
+        <v>150</v>
       </c>
       <c r="AM26" s="75"/>
       <c r="AN26" s="76"/>
-      <c r="AO26" s="148" t="s">
+      <c r="AO26" s="113" t="s">
         <v>138</v>
       </c>
-      <c r="AP26" s="127"/>
-[...4 lines deleted...]
-      <c r="AU26" s="130"/>
+      <c r="AP26" s="127">
+        <v>589.5</v>
+      </c>
+      <c r="AQ26" s="128">
+        <v>25.17</v>
+      </c>
+      <c r="AR26" s="129">
+        <v>898.9</v>
+      </c>
+      <c r="AS26" s="129">
+        <v>486.4</v>
+      </c>
+      <c r="AT26" s="129">
+        <v>412.5</v>
+      </c>
+      <c r="AU26" s="130">
+        <v>74</v>
+      </c>
       <c r="AV26" s="77"/>
       <c r="AW26" s="78"/>
-      <c r="AX26" s="133"/>
-[...6 lines deleted...]
-        <v>2025</v>
+      <c r="AX26" s="133">
+        <v>112.23</v>
+      </c>
+      <c r="AY26" s="128">
+        <v>0.51</v>
+      </c>
+      <c r="AZ26" s="131">
+        <v>109.33</v>
+      </c>
+      <c r="BA26" s="132">
+        <v>2.0299999999999998</v>
+      </c>
+      <c r="BB26" s="128">
+        <v>-2.12</v>
+      </c>
+      <c r="BC26" s="128">
+        <v>-0.42</v>
+      </c>
+      <c r="BD26" s="122" t="s">
+        <v>150</v>
       </c>
       <c r="BE26" s="75"/>
       <c r="BF26" s="50"/>
       <c r="BG26" s="74"/>
       <c r="BH26" s="74"/>
       <c r="BI26" s="74"/>
       <c r="BJ26" s="74"/>
     </row>
     <row r="27" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B27" s="113" t="s">
         <v>139</v>
       </c>
       <c r="C27" s="114">
-        <v>4.0599999999999996</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="D27" s="114">
-        <v>5.39</v>
+        <v>3.32</v>
       </c>
       <c r="E27" s="114">
-        <v>2653.55</v>
+        <v>3315.9</v>
       </c>
       <c r="F27" s="115">
-        <v>2754.23</v>
+        <v>3261.15</v>
       </c>
       <c r="G27" s="116">
-        <v>32.682000000000002</v>
+        <v>29.928999999999998</v>
       </c>
       <c r="H27" s="117">
-        <v>5775.83</v>
+        <v>5929.48</v>
       </c>
       <c r="I27" s="73"/>
       <c r="J27" s="52"/>
       <c r="K27" s="118">
         <v>0.82</v>
       </c>
       <c r="L27" s="119">
-        <v>1.64</v>
+        <v>1.52</v>
       </c>
       <c r="M27" s="120">
         <v>2</v>
       </c>
       <c r="N27" s="119">
-        <v>1.67</v>
+        <v>1.57</v>
       </c>
       <c r="O27" s="119">
-        <v>23525.41</v>
+        <v>21347.3</v>
       </c>
       <c r="P27" s="121">
-        <v>53008</v>
+        <v>67014</v>
       </c>
       <c r="Q27" s="122" t="s">
         <v>151</v>
       </c>
       <c r="R27" s="74"/>
       <c r="T27" s="113" t="s">
         <v>139</v>
       </c>
       <c r="U27" s="123" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V27" s="162">
-        <v>5.45</v>
+      <c r="V27" s="163">
+        <v>7.71</v>
       </c>
       <c r="W27" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X27" s="123" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y27" s="143">
         <v>0</v>
       </c>
       <c r="Z27" s="123" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA27" s="144">
         <v>0</v>
       </c>
       <c r="AB27" s="114">
         <v>3.3</v>
       </c>
       <c r="AC27" s="125">
-        <v>96.12</v>
+        <v>119.69</v>
       </c>
       <c r="AD27" s="75"/>
       <c r="AE27" s="75"/>
       <c r="AF27" s="145">
         <v>0</v>
       </c>
       <c r="AG27" s="126">
         <v>0</v>
       </c>
       <c r="AH27" s="126">
         <v>0</v>
       </c>
       <c r="AI27" s="126">
         <v>0</v>
       </c>
       <c r="AJ27" s="126">
         <v>0</v>
       </c>
       <c r="AK27" s="126">
         <v>0</v>
       </c>
       <c r="AL27" s="122" t="s">
         <v>151</v>
       </c>
       <c r="AM27" s="75"/>
       <c r="AN27" s="76"/>
       <c r="AO27" s="113" t="s">
         <v>139</v>
       </c>
       <c r="AP27" s="127">
-        <v>469.7</v>
+        <v>607.29999999999995</v>
       </c>
       <c r="AQ27" s="128">
-        <v>-2.99</v>
+        <v>24.22</v>
       </c>
       <c r="AR27" s="129">
-        <v>673.5</v>
+        <v>908.6</v>
       </c>
       <c r="AS27" s="129">
-        <v>387.1</v>
+        <v>517.4</v>
       </c>
       <c r="AT27" s="129">
-        <v>286.39999999999998</v>
+        <v>391.2</v>
       </c>
       <c r="AU27" s="130">
-        <v>100.6</v>
+        <v>126.2</v>
       </c>
       <c r="AV27" s="77"/>
       <c r="AW27" s="78"/>
       <c r="AX27" s="133">
-        <v>113.01</v>
+        <v>106.97</v>
       </c>
       <c r="AY27" s="128">
-        <v>3.83</v>
+        <v>-4.3899999999999997</v>
       </c>
       <c r="AZ27" s="131">
-        <v>109.44</v>
+        <v>109.03</v>
       </c>
       <c r="BA27" s="132">
-        <v>2.67</v>
+        <v>1.54</v>
       </c>
       <c r="BB27" s="128">
-        <v>2.1800000000000002</v>
+        <v>-9.17</v>
       </c>
       <c r="BC27" s="128">
-        <v>4.3</v>
+        <v>-7.3</v>
       </c>
       <c r="BD27" s="122" t="s">
         <v>151</v>
       </c>
       <c r="BE27" s="75"/>
       <c r="BF27" s="50"/>
       <c r="BG27" s="74"/>
       <c r="BH27" s="74"/>
       <c r="BI27" s="74"/>
       <c r="BJ27" s="74"/>
     </row>
     <row r="28" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B28" s="113" t="s">
         <v>140</v>
       </c>
       <c r="C28" s="114">
-        <v>2.63</v>
+        <v>2.5099999999999998</v>
       </c>
       <c r="D28" s="114">
-        <v>4.8600000000000003</v>
+        <v>3.1</v>
       </c>
       <c r="E28" s="114">
-        <v>2876.19</v>
+        <v>3303.31</v>
       </c>
       <c r="F28" s="115">
-        <v>2877.22</v>
+        <v>3200.66</v>
       </c>
       <c r="G28" s="116">
-        <v>32.82</v>
+        <v>29.902000000000001</v>
       </c>
       <c r="H28" s="117">
-        <v>5775.84</v>
+        <v>5984.32</v>
       </c>
       <c r="I28" s="73"/>
       <c r="J28" s="52"/>
       <c r="K28" s="118">
-        <v>0.82</v>
+        <v>0.82299999999999995</v>
       </c>
       <c r="L28" s="119">
-        <v>1.65</v>
+        <v>1.49</v>
       </c>
       <c r="M28" s="120">
         <v>2</v>
       </c>
       <c r="N28" s="119">
-        <v>1.6</v>
+        <v>1.52</v>
       </c>
       <c r="O28" s="119">
-        <v>23053.18</v>
+        <v>22256.02</v>
       </c>
       <c r="P28" s="121">
-        <v>74914</v>
+        <v>77815</v>
       </c>
       <c r="Q28" s="122" t="s">
         <v>152</v>
       </c>
       <c r="R28" s="74"/>
       <c r="T28" s="113" t="s">
         <v>140</v>
       </c>
       <c r="U28" s="123" t="str">
         <f t="shared" si="0"/>
-        <v/>
-[...2 lines deleted...]
-        <v>5.45</v>
+        <v>Ⅱ</v>
+      </c>
+      <c r="V28" s="163">
+        <v>7.71</v>
       </c>
       <c r="W28" s="124">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>7.71</v>
       </c>
       <c r="X28" s="123" t="str">
         <f t="shared" si="2"/>
-        <v/>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>Ⅱ</v>
+      </c>
+      <c r="Y28" s="166">
+        <v>8349</v>
       </c>
       <c r="Z28" s="123" t="str">
         <f t="shared" si="3"/>
-        <v/>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>Ⅱ</v>
+      </c>
+      <c r="AA28" s="168">
+        <v>45.42</v>
       </c>
       <c r="AB28" s="114">
-        <v>3.34</v>
+        <v>3.36</v>
       </c>
       <c r="AC28" s="125">
-        <v>92.68</v>
+        <v>111.17</v>
       </c>
       <c r="AD28" s="75"/>
       <c r="AE28" s="75"/>
-      <c r="AF28" s="145">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="AF28" s="174">
+        <v>1.75</v>
+      </c>
+      <c r="AG28" s="176">
+        <v>44.24</v>
+      </c>
+      <c r="AH28" s="176">
+        <v>54</v>
       </c>
       <c r="AI28" s="126">
         <v>0</v>
       </c>
       <c r="AJ28" s="126">
         <v>0</v>
       </c>
       <c r="AK28" s="126">
         <v>0</v>
       </c>
       <c r="AL28" s="122" t="s">
         <v>152</v>
       </c>
       <c r="AM28" s="75"/>
       <c r="AN28" s="76"/>
       <c r="AO28" s="113" t="s">
         <v>140</v>
       </c>
       <c r="AP28" s="127">
-        <v>494.5</v>
+        <v>596.70000000000005</v>
       </c>
       <c r="AQ28" s="128">
-        <v>31.06</v>
+        <v>30.99</v>
       </c>
       <c r="AR28" s="129">
-        <v>759.6</v>
+        <v>945.8</v>
       </c>
       <c r="AS28" s="129">
-        <v>413</v>
+        <v>533.29999999999995</v>
       </c>
       <c r="AT28" s="129">
-        <v>346.7</v>
+        <v>412.5</v>
       </c>
       <c r="AU28" s="130">
-        <v>66.3</v>
+        <v>120.8</v>
       </c>
       <c r="AV28" s="77"/>
       <c r="AW28" s="78"/>
       <c r="AX28" s="133">
-        <v>113.24</v>
+        <v>105.99</v>
       </c>
       <c r="AY28" s="128">
-        <v>3.7</v>
+        <v>-5.42</v>
       </c>
       <c r="AZ28" s="131">
-        <v>109</v>
+        <v>109.17</v>
       </c>
       <c r="BA28" s="132">
-        <v>1.62</v>
+        <v>1.36</v>
       </c>
       <c r="BB28" s="128">
-        <v>2.1</v>
+        <v>-10.41</v>
       </c>
       <c r="BC28" s="128">
-        <v>3.33</v>
+        <v>-8.14</v>
       </c>
       <c r="BD28" s="122" t="s">
         <v>152</v>
       </c>
       <c r="BE28" s="75"/>
       <c r="BF28" s="50"/>
       <c r="BG28" s="74"/>
       <c r="BH28" s="74"/>
       <c r="BI28" s="74"/>
       <c r="BJ28" s="74"/>
     </row>
     <row r="29" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B29" s="113" t="s">
         <v>141</v>
       </c>
       <c r="C29" s="114">
-        <v>1.26</v>
+        <v>3.7</v>
       </c>
       <c r="D29" s="114">
-        <v>3.98</v>
+        <v>4.05</v>
       </c>
       <c r="E29" s="114">
-        <v>3123.06</v>
+        <v>3290.03</v>
       </c>
       <c r="F29" s="115">
-        <v>3104.54</v>
+        <v>3271.94</v>
       </c>
       <c r="G29" s="116">
-        <v>33.182000000000002</v>
+        <v>29.916</v>
       </c>
       <c r="H29" s="117">
-        <v>5780.22</v>
+        <v>5978.69</v>
       </c>
       <c r="I29" s="73"/>
       <c r="J29" s="52"/>
       <c r="K29" s="118">
-        <v>0.82099999999999995</v>
+        <v>0.82399999999999995</v>
       </c>
       <c r="L29" s="119">
-        <v>1.6</v>
+        <v>1.45</v>
       </c>
       <c r="M29" s="120">
         <v>2</v>
       </c>
       <c r="N29" s="119">
-        <v>1.64</v>
+        <v>1.41</v>
       </c>
       <c r="O29" s="119">
-        <v>20695.900000000001</v>
+        <v>23542.52</v>
       </c>
       <c r="P29" s="121">
-        <v>71117</v>
+        <v>79381</v>
       </c>
       <c r="Q29" s="122" t="s">
         <v>153</v>
       </c>
       <c r="R29" s="74"/>
       <c r="T29" s="113" t="s">
         <v>141</v>
       </c>
       <c r="U29" s="123" t="str">
         <f t="shared" si="0"/>
-        <v>I</v>
-[...2 lines deleted...]
-        <v>5.45</v>
+        <v/>
+      </c>
+      <c r="V29" s="163">
+        <v>8.2100000000000009</v>
       </c>
       <c r="W29" s="124">
         <f t="shared" si="1"/>
-        <v>5.45</v>
+        <v>0</v>
       </c>
       <c r="X29" s="123" t="str">
         <f t="shared" si="2"/>
-        <v>I</v>
-[...2 lines deleted...]
-        <v>7233</v>
+        <v/>
+      </c>
+      <c r="Y29" s="143">
+        <v>0</v>
       </c>
       <c r="Z29" s="123" t="str">
         <f t="shared" si="3"/>
-        <v>I</v>
-[...2 lines deleted...]
-        <v>40.67</v>
+        <v/>
+      </c>
+      <c r="AA29" s="144">
+        <v>0</v>
       </c>
       <c r="AB29" s="114">
-        <v>3.35</v>
+        <v>3.4</v>
       </c>
       <c r="AC29" s="125">
-        <v>105.27</v>
+        <v>114.12</v>
       </c>
       <c r="AD29" s="75"/>
       <c r="AE29" s="75"/>
-      <c r="AF29" s="171">
-[...6 lines deleted...]
-        <v>58.54</v>
+      <c r="AF29" s="145">
+        <v>0</v>
+      </c>
+      <c r="AG29" s="126">
+        <v>0</v>
+      </c>
+      <c r="AH29" s="126">
+        <v>0</v>
       </c>
       <c r="AI29" s="126">
         <v>0</v>
       </c>
       <c r="AJ29" s="126">
         <v>0</v>
       </c>
       <c r="AK29" s="126">
         <v>0</v>
       </c>
       <c r="AL29" s="122" t="s">
         <v>153</v>
       </c>
       <c r="AM29" s="75"/>
       <c r="AN29" s="76"/>
       <c r="AO29" s="113" t="s">
         <v>141</v>
       </c>
       <c r="AP29" s="127">
-        <v>530.4</v>
+        <v>604.5</v>
       </c>
       <c r="AQ29" s="128">
-        <v>12.46</v>
+        <v>20.83</v>
       </c>
       <c r="AR29" s="129">
-        <v>921.6</v>
+        <v>990.3</v>
       </c>
       <c r="AS29" s="129">
-        <v>495.5</v>
+        <v>566.79999999999995</v>
       </c>
       <c r="AT29" s="129">
-        <v>426.2</v>
+        <v>423.5</v>
       </c>
       <c r="AU29" s="130">
-        <v>69.3</v>
+        <v>143.30000000000001</v>
       </c>
       <c r="AV29" s="77"/>
       <c r="AW29" s="78"/>
       <c r="AX29" s="133">
-        <v>113.75</v>
+        <v>105.34</v>
       </c>
       <c r="AY29" s="128">
-        <v>3.63</v>
+        <v>-6.57</v>
       </c>
       <c r="AZ29" s="131">
-        <v>109.05</v>
+        <v>109.57</v>
       </c>
       <c r="BA29" s="132">
-        <v>2.34</v>
+        <v>1.53</v>
       </c>
       <c r="BB29" s="128">
-        <v>1.4</v>
+        <v>-11.99</v>
       </c>
       <c r="BC29" s="128">
-        <v>2.99</v>
+        <v>-10.11</v>
       </c>
       <c r="BD29" s="122" t="s">
         <v>153</v>
       </c>
       <c r="BE29" s="75"/>
       <c r="BF29" s="50"/>
       <c r="BG29" s="74"/>
       <c r="BH29" s="74"/>
       <c r="BI29" s="74"/>
       <c r="BJ29" s="74"/>
     </row>
     <row r="30" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B30" s="113" t="s">
         <v>142</v>
       </c>
       <c r="C30" s="114">
-        <v>2</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="D30" s="114">
-        <v>3.52</v>
+        <v>5.05</v>
       </c>
       <c r="E30" s="114">
-        <v>3287.72</v>
+        <v>3446.75</v>
       </c>
       <c r="F30" s="115">
-        <v>3282.61</v>
+        <v>3384.25</v>
       </c>
       <c r="G30" s="116">
-        <v>32.017000000000003</v>
+        <v>30.605</v>
       </c>
       <c r="H30" s="117">
-        <v>5828.32</v>
+        <v>5974.3</v>
       </c>
       <c r="I30" s="73"/>
       <c r="J30" s="52"/>
       <c r="K30" s="118">
-        <v>0.81799999999999995</v>
+        <v>0.82299999999999995</v>
       </c>
       <c r="L30" s="119">
-        <v>1.57</v>
+        <v>1.45</v>
       </c>
       <c r="M30" s="120">
         <v>2</v>
       </c>
       <c r="N30" s="119">
-        <v>1.6</v>
+        <v>1.39</v>
       </c>
       <c r="O30" s="119">
-        <v>20235.03</v>
+        <v>24233.1</v>
       </c>
       <c r="P30" s="121">
-        <v>61664</v>
+        <v>94249</v>
       </c>
       <c r="Q30" s="122" t="s">
         <v>154</v>
       </c>
       <c r="R30" s="74"/>
       <c r="T30" s="113" t="s">
         <v>142</v>
       </c>
       <c r="U30" s="123" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V30" s="162">
-        <v>8.01</v>
+      <c r="V30" s="163">
+        <v>8.2100000000000009</v>
       </c>
       <c r="W30" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X30" s="123" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y30" s="143">
         <v>0</v>
       </c>
       <c r="Z30" s="123" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA30" s="144">
         <v>0</v>
       </c>
       <c r="AB30" s="114">
-        <v>3.32</v>
+        <v>3.45</v>
       </c>
       <c r="AC30" s="125">
-        <v>108.74</v>
+        <v>116.6</v>
       </c>
       <c r="AD30" s="75"/>
       <c r="AE30" s="75"/>
       <c r="AF30" s="145">
         <v>0</v>
       </c>
       <c r="AG30" s="126">
         <v>0</v>
       </c>
       <c r="AH30" s="126">
         <v>0</v>
       </c>
       <c r="AI30" s="126">
         <v>0</v>
       </c>
       <c r="AJ30" s="126">
         <v>0</v>
       </c>
       <c r="AK30" s="126">
         <v>0</v>
       </c>
       <c r="AL30" s="122" t="s">
         <v>154</v>
       </c>
       <c r="AM30" s="75"/>
       <c r="AN30" s="76"/>
       <c r="AO30" s="113" t="s">
         <v>142</v>
       </c>
       <c r="AP30" s="127">
-        <v>564</v>
+        <v>600.20000000000005</v>
       </c>
       <c r="AQ30" s="128">
-        <v>19.760000000000002</v>
+        <v>19.510000000000002</v>
       </c>
       <c r="AR30" s="129">
-        <v>898.9</v>
+        <v>1001.1</v>
       </c>
       <c r="AS30" s="129">
-        <v>486.4</v>
+        <v>584.5</v>
       </c>
       <c r="AT30" s="129">
-        <v>412.5</v>
+        <v>416.5</v>
       </c>
       <c r="AU30" s="130">
-        <v>74</v>
+        <v>168</v>
       </c>
       <c r="AV30" s="77"/>
       <c r="AW30" s="78"/>
       <c r="AX30" s="133">
-        <v>112.23</v>
+        <v>107.39</v>
       </c>
       <c r="AY30" s="128">
-        <v>0.51</v>
+        <v>-4.74</v>
       </c>
       <c r="AZ30" s="131">
-        <v>109.33</v>
+        <v>110.07</v>
       </c>
       <c r="BA30" s="132">
-        <v>2.0299999999999998</v>
+        <v>1.6</v>
       </c>
       <c r="BB30" s="128">
-        <v>-2.12</v>
+        <v>-8.64</v>
       </c>
       <c r="BC30" s="128">
-        <v>-0.42</v>
+        <v>-6.55</v>
       </c>
       <c r="BD30" s="122" t="s">
         <v>154</v>
       </c>
       <c r="BE30" s="75"/>
       <c r="BF30" s="50"/>
       <c r="BG30" s="74"/>
       <c r="BH30" s="74"/>
       <c r="BI30" s="74"/>
       <c r="BJ30" s="74"/>
     </row>
     <row r="31" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B31" s="113" t="s">
         <v>143</v>
       </c>
       <c r="C31" s="114">
-        <v>2.2000000000000002</v>
+        <v>5.31</v>
       </c>
       <c r="D31" s="114">
-        <v>3.32</v>
+        <v>5.34</v>
       </c>
       <c r="E31" s="114">
-        <v>3315.9</v>
+        <v>3858.18</v>
       </c>
       <c r="F31" s="115">
-        <v>3261.15</v>
+        <v>3833.22</v>
       </c>
       <c r="G31" s="116">
-        <v>29.928999999999998</v>
+        <v>30.469000000000001</v>
       </c>
       <c r="H31" s="117">
-        <v>5929.48</v>
+        <v>6029.43</v>
       </c>
       <c r="I31" s="73"/>
       <c r="J31" s="52"/>
       <c r="K31" s="118">
-        <v>0.82</v>
+        <v>0.82099999999999995</v>
       </c>
       <c r="L31" s="119">
-        <v>1.52</v>
+        <v>1.44</v>
       </c>
       <c r="M31" s="120">
         <v>2</v>
       </c>
       <c r="N31" s="119">
-        <v>1.57</v>
+        <v>1.37</v>
       </c>
       <c r="O31" s="119">
-        <v>21347.3</v>
+        <v>25820.54</v>
       </c>
       <c r="P31" s="121">
-        <v>67014</v>
+        <v>101884</v>
       </c>
       <c r="Q31" s="122" t="s">
         <v>155</v>
       </c>
       <c r="R31" s="74"/>
       <c r="T31" s="113" t="s">
         <v>143</v>
       </c>
       <c r="U31" s="123" t="str">
         <f t="shared" si="0"/>
-        <v/>
-[...2 lines deleted...]
-        <v>8.01</v>
+        <v>Ⅲ</v>
+      </c>
+      <c r="V31" s="163">
+        <v>8.2100000000000009</v>
       </c>
       <c r="W31" s="124">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>8.2100000000000009</v>
       </c>
       <c r="X31" s="123" t="str">
         <f t="shared" si="2"/>
-        <v/>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>Ⅲ</v>
+      </c>
+      <c r="Y31" s="166">
+        <v>8623</v>
       </c>
       <c r="Z31" s="123" t="str">
         <f t="shared" si="3"/>
-        <v/>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>Ⅲ</v>
+      </c>
+      <c r="AA31" s="168">
+        <v>43.58</v>
       </c>
       <c r="AB31" s="114">
-        <v>3.3</v>
+        <v>3.38</v>
       </c>
       <c r="AC31" s="125">
-        <v>119.69</v>
+        <v>116.31</v>
       </c>
       <c r="AD31" s="75"/>
       <c r="AE31" s="75"/>
-      <c r="AF31" s="145">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="AF31" s="174">
+        <v>1.36</v>
+      </c>
+      <c r="AG31" s="176">
+        <v>45.02</v>
+      </c>
+      <c r="AH31" s="176">
+        <v>53.62</v>
       </c>
       <c r="AI31" s="126">
         <v>0</v>
       </c>
       <c r="AJ31" s="126">
         <v>0</v>
       </c>
       <c r="AK31" s="126">
         <v>0</v>
       </c>
       <c r="AL31" s="122" t="s">
         <v>155</v>
       </c>
       <c r="AM31" s="75"/>
       <c r="AN31" s="76"/>
       <c r="AO31" s="113" t="s">
         <v>143</v>
       </c>
       <c r="AP31" s="127">
-        <v>579.29999999999995</v>
+        <v>702.2</v>
       </c>
       <c r="AQ31" s="128">
-        <v>18.5</v>
+        <v>30.55</v>
       </c>
       <c r="AR31" s="129">
-        <v>908.6</v>
+        <v>961</v>
       </c>
       <c r="AS31" s="129">
-        <v>517.4</v>
+        <v>542.4</v>
       </c>
       <c r="AT31" s="129">
-        <v>391.2</v>
+        <v>418.5</v>
       </c>
       <c r="AU31" s="130">
-        <v>126.2</v>
+        <v>123.9</v>
       </c>
       <c r="AV31" s="77"/>
       <c r="AW31" s="78"/>
       <c r="AX31" s="133">
-        <v>106.97</v>
+        <v>107.54</v>
       </c>
       <c r="AY31" s="128">
-        <v>-4.3899999999999997</v>
+        <v>-3.74</v>
       </c>
       <c r="AZ31" s="131">
-        <v>109.03</v>
+        <v>109.82</v>
       </c>
       <c r="BA31" s="132">
-        <v>1.54</v>
+        <v>1.25</v>
       </c>
       <c r="BB31" s="128">
-        <v>-9.17</v>
+        <v>-6.71</v>
       </c>
       <c r="BC31" s="128">
-        <v>-7.3</v>
+        <v>-4.97</v>
       </c>
       <c r="BD31" s="122" t="s">
         <v>155</v>
       </c>
       <c r="BE31" s="75"/>
       <c r="BF31" s="50"/>
       <c r="BG31" s="74"/>
       <c r="BH31" s="74"/>
       <c r="BI31" s="74"/>
       <c r="BJ31" s="74"/>
     </row>
     <row r="32" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B32" s="113" t="s">
         <v>144</v>
       </c>
       <c r="C32" s="114">
-        <v>2.5099999999999998</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="D32" s="114">
-        <v>3.1</v>
+        <v>5.21</v>
       </c>
       <c r="E32" s="114">
-        <v>3303.31</v>
+        <v>4001.78</v>
       </c>
       <c r="F32" s="115">
-        <v>3200.66</v>
+        <v>3996.57</v>
       </c>
       <c r="G32" s="116">
-        <v>29.902000000000001</v>
+        <v>30.748999999999999</v>
       </c>
       <c r="H32" s="117">
-        <v>5984.32</v>
+        <v>6001.97</v>
       </c>
       <c r="I32" s="73"/>
       <c r="J32" s="52"/>
       <c r="K32" s="118">
-        <v>0.82299999999999995</v>
+        <v>0.82199999999999995</v>
       </c>
       <c r="L32" s="119">
-        <v>1.49</v>
+        <v>1.48</v>
       </c>
       <c r="M32" s="120">
         <v>2</v>
       </c>
       <c r="N32" s="119">
-        <v>1.52</v>
+        <v>1.27</v>
       </c>
       <c r="O32" s="119">
-        <v>22256.02</v>
+        <v>28233.35</v>
       </c>
       <c r="P32" s="121">
-        <v>77815</v>
+        <v>108957</v>
       </c>
       <c r="Q32" s="122" t="s">
         <v>156</v>
       </c>
       <c r="R32" s="74"/>
       <c r="T32" s="113" t="s">
         <v>144</v>
       </c>
       <c r="U32" s="123" t="str">
         <f t="shared" si="0"/>
-        <v>Ⅱ</v>
-[...2 lines deleted...]
-        <v>8.01</v>
+        <v/>
+      </c>
+      <c r="V32" s="163">
+        <v>7.91</v>
       </c>
       <c r="W32" s="124">
         <f t="shared" si="1"/>
-        <v>8.01</v>
+        <v>0</v>
       </c>
       <c r="X32" s="123" t="str">
         <f t="shared" si="2"/>
-        <v>Ⅱ</v>
-[...2 lines deleted...]
-        <v>8279</v>
+        <v/>
+      </c>
+      <c r="Y32" s="143">
+        <v>0</v>
       </c>
       <c r="Z32" s="123" t="str">
         <f t="shared" si="3"/>
-        <v>Ⅱ</v>
-[...2 lines deleted...]
-        <v>45.32</v>
+        <v/>
+      </c>
+      <c r="AA32" s="144">
+        <v>0</v>
       </c>
       <c r="AB32" s="114">
         <v>3.36</v>
       </c>
       <c r="AC32" s="125">
-        <v>111.17</v>
+        <v>114.75</v>
       </c>
       <c r="AD32" s="75"/>
       <c r="AE32" s="75"/>
-      <c r="AF32" s="171">
-[...6 lines deleted...]
-        <v>54.39</v>
+      <c r="AF32" s="145">
+        <v>0</v>
+      </c>
+      <c r="AG32" s="126">
+        <v>0</v>
+      </c>
+      <c r="AH32" s="126">
+        <v>0</v>
       </c>
       <c r="AI32" s="126">
         <v>0</v>
       </c>
       <c r="AJ32" s="126">
         <v>0</v>
       </c>
       <c r="AK32" s="126">
         <v>0</v>
       </c>
       <c r="AL32" s="122" t="s">
         <v>156</v>
       </c>
       <c r="AM32" s="75"/>
       <c r="AN32" s="76"/>
       <c r="AO32" s="113" t="s">
         <v>144</v>
       </c>
       <c r="AP32" s="127">
-        <v>567.70000000000005</v>
+        <v>693.7</v>
       </c>
       <c r="AQ32" s="128">
-        <v>24.62</v>
+        <v>25.1</v>
       </c>
       <c r="AR32" s="129">
-        <v>945.8</v>
+        <v>1007.8</v>
       </c>
       <c r="AS32" s="129">
-        <v>533.29999999999995</v>
+        <v>615.79999999999995</v>
       </c>
       <c r="AT32" s="129">
-        <v>412.5</v>
+        <v>392</v>
       </c>
       <c r="AU32" s="130">
-        <v>120.8</v>
+        <v>223.9</v>
       </c>
       <c r="AV32" s="77"/>
       <c r="AW32" s="78"/>
       <c r="AX32" s="133">
-        <v>105.99</v>
+        <v>107.91</v>
       </c>
       <c r="AY32" s="128">
-        <v>-5.42</v>
+        <v>-3.21</v>
       </c>
       <c r="AZ32" s="131">
-        <v>109.17</v>
+        <v>110.33</v>
       </c>
       <c r="BA32" s="132">
-        <v>1.36</v>
+        <v>1.47</v>
       </c>
       <c r="BB32" s="128">
-        <v>-10.45</v>
+        <v>-6.25</v>
       </c>
       <c r="BC32" s="128">
-        <v>-8.14</v>
+        <v>-3.94</v>
       </c>
       <c r="BD32" s="122" t="s">
         <v>156</v>
       </c>
       <c r="BE32" s="75"/>
       <c r="BF32" s="50"/>
       <c r="BG32" s="74"/>
       <c r="BH32" s="74"/>
       <c r="BI32" s="74"/>
       <c r="BJ32" s="74"/>
     </row>
     <row r="33" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B33" s="113" t="s">
         <v>145</v>
       </c>
       <c r="C33" s="114">
-        <v>3.7</v>
+        <v>5.19</v>
       </c>
       <c r="D33" s="114">
-        <v>4.05</v>
+        <v>5.18</v>
       </c>
       <c r="E33" s="114">
-        <v>3290.03</v>
+        <v>4230.37</v>
       </c>
       <c r="F33" s="115">
-        <v>3271.94</v>
+        <v>4159.29</v>
       </c>
       <c r="G33" s="116">
-        <v>29.916</v>
+        <v>31.408000000000001</v>
       </c>
       <c r="H33" s="117">
-        <v>5978.69</v>
+        <v>5997.91</v>
       </c>
       <c r="I33" s="73"/>
       <c r="J33" s="52"/>
       <c r="K33" s="118">
-        <v>0.82399999999999995</v>
+        <v>0.82299999999999995</v>
       </c>
       <c r="L33" s="119">
-        <v>1.45</v>
+        <v>1.49</v>
       </c>
       <c r="M33" s="120">
         <v>2</v>
       </c>
       <c r="N33" s="119">
-        <v>1.41</v>
+        <v>1.3</v>
       </c>
       <c r="O33" s="119">
-        <v>23542.52</v>
+        <v>27626.48</v>
       </c>
       <c r="P33" s="121">
-        <v>79381</v>
+        <v>114304</v>
       </c>
       <c r="Q33" s="122" t="s">
         <v>157</v>
       </c>
       <c r="R33" s="74"/>
       <c r="T33" s="113" t="s">
         <v>145</v>
       </c>
       <c r="U33" s="123" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V33" s="162">
-        <v>2.91</v>
+      <c r="V33" s="163">
+        <v>7.91</v>
       </c>
       <c r="W33" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X33" s="123" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y33" s="143">
         <v>0</v>
       </c>
       <c r="Z33" s="123" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA33" s="144">
         <v>0</v>
       </c>
       <c r="AB33" s="114">
-        <v>3.4</v>
+        <v>3.33</v>
       </c>
       <c r="AC33" s="125">
-        <v>113.53</v>
+        <v>119.31</v>
       </c>
       <c r="AD33" s="75"/>
       <c r="AE33" s="75"/>
       <c r="AF33" s="145">
         <v>0</v>
       </c>
       <c r="AG33" s="126">
         <v>0</v>
       </c>
       <c r="AH33" s="126">
         <v>0</v>
       </c>
       <c r="AI33" s="126">
         <v>0</v>
       </c>
       <c r="AJ33" s="126">
         <v>0</v>
       </c>
       <c r="AK33" s="126">
         <v>0</v>
       </c>
       <c r="AL33" s="122" t="s">
         <v>157</v>
       </c>
       <c r="AM33" s="75"/>
       <c r="AN33" s="76"/>
       <c r="AO33" s="113" t="s">
         <v>145</v>
       </c>
       <c r="AP33" s="127">
-        <v>576.4</v>
+        <v>729.2</v>
       </c>
       <c r="AQ33" s="128">
-        <v>15.21</v>
+        <v>39.49</v>
       </c>
       <c r="AR33" s="129">
-        <v>990.3</v>
+        <v>1120.2</v>
       </c>
       <c r="AS33" s="129">
-        <v>566.79999999999995</v>
+        <v>640.5</v>
       </c>
       <c r="AT33" s="129">
-        <v>423.4</v>
+        <v>479.7</v>
       </c>
       <c r="AU33" s="130">
-        <v>143.4</v>
+        <v>160.80000000000001</v>
       </c>
       <c r="AV33" s="77"/>
       <c r="AW33" s="78"/>
       <c r="AX33" s="133">
-        <v>105.28</v>
+        <v>109.07</v>
       </c>
       <c r="AY33" s="128">
-        <v>-6.63</v>
+        <v>-2.61</v>
       </c>
       <c r="AZ33" s="131">
-        <v>109.57</v>
+        <v>110.17</v>
       </c>
       <c r="BA33" s="132">
-        <v>1.53</v>
+        <v>1.22</v>
       </c>
       <c r="BB33" s="128">
-        <v>-11.99</v>
+        <v>-4.0199999999999996</v>
       </c>
       <c r="BC33" s="128">
-        <v>-10.14</v>
+        <v>-1.33</v>
       </c>
       <c r="BD33" s="122" t="s">
         <v>157</v>
       </c>
       <c r="BE33" s="75"/>
       <c r="BF33" s="50"/>
       <c r="BG33" s="74"/>
       <c r="BH33" s="74"/>
       <c r="BI33" s="74"/>
       <c r="BJ33" s="74"/>
     </row>
     <row r="34" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
       <c r="B34" s="113" t="s">
         <v>133</v>
       </c>
       <c r="C34" s="153" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D34" s="153" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E34" s="114">
-        <v>3446.75</v>
+        <v>4314.12</v>
       </c>
       <c r="F34" s="115">
-        <v>3384.25</v>
+        <v>4303.72</v>
       </c>
       <c r="G34" s="116">
-        <v>30.605</v>
+        <v>31.437999999999999</v>
       </c>
       <c r="H34" s="117">
-        <v>5974.3</v>
+        <v>6025.53</v>
       </c>
       <c r="I34" s="73"/>
       <c r="J34" s="52"/>
       <c r="K34" s="159" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>160</v>
+      </c>
+      <c r="L34" s="161" t="s">
+        <v>160</v>
       </c>
       <c r="M34" s="120">
         <v>2</v>
       </c>
-      <c r="N34" s="160" t="s">
-        <v>158</v>
+      <c r="N34" s="161" t="s">
+        <v>160</v>
       </c>
       <c r="O34" s="119">
-        <v>24233.1</v>
+        <v>28963.599999999999</v>
       </c>
       <c r="P34" s="121">
-        <v>94249</v>
+        <v>106492</v>
       </c>
       <c r="Q34" s="122" t="s">
         <v>146</v>
       </c>
       <c r="R34" s="74"/>
       <c r="T34" s="113" t="s">
         <v>133</v>
       </c>
       <c r="U34" s="123" t="str">
         <f t="shared" si="0"/>
-        <v/>
-[...2 lines deleted...]
-        <v>2.91</v>
+        <v>IV</v>
+      </c>
+      <c r="V34" s="163">
+        <v>7.91</v>
       </c>
       <c r="W34" s="124">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>7.91</v>
       </c>
       <c r="X34" s="123" t="str">
         <f t="shared" si="2"/>
-        <v/>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>IV</v>
+      </c>
+      <c r="Y34" s="166">
+        <v>9217</v>
       </c>
       <c r="Z34" s="123" t="str">
         <f t="shared" si="3"/>
-        <v/>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>IV</v>
+      </c>
+      <c r="AA34" s="168">
+        <v>44.61</v>
       </c>
       <c r="AB34" s="153" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>160</v>
+      </c>
+      <c r="AC34" s="172" t="s">
+        <v>160</v>
       </c>
       <c r="AD34" s="75"/>
       <c r="AE34" s="75"/>
-      <c r="AF34" s="145">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="AF34" s="145" t="s">
+        <v>159</v>
+      </c>
+      <c r="AG34" s="126" t="s">
+        <v>158</v>
+      </c>
+      <c r="AH34" s="126" t="s">
+        <v>158</v>
       </c>
       <c r="AI34" s="126">
         <v>0</v>
       </c>
       <c r="AJ34" s="126">
         <v>0</v>
       </c>
       <c r="AK34" s="126">
         <v>0</v>
       </c>
       <c r="AL34" s="122" t="s">
         <v>146</v>
       </c>
       <c r="AM34" s="75"/>
       <c r="AN34" s="76"/>
       <c r="AO34" s="113" t="s">
         <v>133</v>
       </c>
-      <c r="AP34" s="180" t="s">
-[...3 lines deleted...]
-        <v>158</v>
+      <c r="AP34" s="184" t="s">
+        <v>160</v>
+      </c>
+      <c r="AQ34" s="185" t="s">
+        <v>160</v>
       </c>
       <c r="AR34" s="129">
-        <v>1001.5</v>
+        <v>1055.2</v>
       </c>
       <c r="AS34" s="129">
-        <v>584.9</v>
+        <v>624.70000000000005</v>
       </c>
       <c r="AT34" s="129">
-        <v>416.6</v>
+        <v>430.4</v>
       </c>
       <c r="AU34" s="130">
-        <v>168.3</v>
+        <v>194.3</v>
       </c>
       <c r="AV34" s="77"/>
       <c r="AW34" s="78"/>
       <c r="AX34" s="133">
-        <v>107.12</v>
+        <v>109.55</v>
       </c>
       <c r="AY34" s="128">
-        <v>-4.9800000000000004</v>
+        <v>-2.57</v>
       </c>
       <c r="AZ34" s="131">
-        <v>110.07</v>
+        <v>110.25</v>
       </c>
       <c r="BA34" s="132">
-        <v>1.6</v>
+        <v>1.31</v>
       </c>
       <c r="BB34" s="128">
-        <v>-8.56</v>
+        <v>-4.04</v>
       </c>
       <c r="BC34" s="128">
-        <v>-6.91</v>
+        <v>-0.82</v>
       </c>
       <c r="BD34" s="122" t="s">
         <v>146</v>
       </c>
       <c r="BE34" s="75"/>
       <c r="BF34" s="50"/>
       <c r="BG34" s="74"/>
       <c r="BH34" s="74"/>
       <c r="BI34" s="74"/>
       <c r="BJ34" s="74"/>
     </row>
     <row r="35" spans="2:62" s="27" customFormat="1" ht="17.25" customHeight="1">
-      <c r="B35" s="197" t="s">
+      <c r="B35" s="271" t="s">
         <v>6</v>
       </c>
-      <c r="C35" s="197"/>
-[...5 lines deleted...]
-      <c r="K35" s="198" t="s">
+      <c r="C35" s="271"/>
+      <c r="D35" s="271"/>
+      <c r="E35" s="271"/>
+      <c r="F35" s="271"/>
+      <c r="G35" s="271"/>
+      <c r="H35" s="271"/>
+      <c r="K35" s="272" t="s">
         <v>74</v>
       </c>
-      <c r="L35" s="198"/>
-[...5 lines deleted...]
-      <c r="T35" s="194" t="s">
+      <c r="L35" s="272"/>
+      <c r="M35" s="272"/>
+      <c r="N35" s="272"/>
+      <c r="O35" s="272"/>
+      <c r="P35" s="272"/>
+      <c r="Q35" s="272"/>
+      <c r="T35" s="309" t="s">
         <v>78</v>
       </c>
-      <c r="U35" s="194"/>
-[...7 lines deleted...]
-      <c r="AC35" s="194"/>
+      <c r="U35" s="309"/>
+      <c r="V35" s="309"/>
+      <c r="W35" s="309"/>
+      <c r="X35" s="309"/>
+      <c r="Y35" s="309"/>
+      <c r="Z35" s="309"/>
+      <c r="AA35" s="309"/>
+      <c r="AB35" s="309"/>
+      <c r="AC35" s="309"/>
       <c r="AD35" s="43"/>
       <c r="AE35" s="43"/>
-      <c r="AF35" s="195" t="s">
+      <c r="AF35" s="310" t="s">
         <v>79</v>
       </c>
-      <c r="AG35" s="188"/>
-[...4 lines deleted...]
-      <c r="AL35" s="188"/>
+      <c r="AG35" s="303"/>
+      <c r="AH35" s="303"/>
+      <c r="AI35" s="303"/>
+      <c r="AJ35" s="303"/>
+      <c r="AK35" s="303"/>
+      <c r="AL35" s="303"/>
       <c r="AM35" s="43"/>
       <c r="AN35" s="43"/>
-      <c r="AO35" s="193" t="s">
+      <c r="AO35" s="308" t="s">
         <v>9</v>
       </c>
-      <c r="AP35" s="193"/>
-[...4 lines deleted...]
-      <c r="AU35" s="193"/>
+      <c r="AP35" s="308"/>
+      <c r="AQ35" s="308"/>
+      <c r="AR35" s="308"/>
+      <c r="AS35" s="308"/>
+      <c r="AT35" s="308"/>
+      <c r="AU35" s="308"/>
       <c r="AV35" s="51"/>
       <c r="AW35" s="51"/>
-      <c r="AX35" s="187" t="s">
+      <c r="AX35" s="302" t="s">
         <v>79</v>
       </c>
-      <c r="AY35" s="188"/>
-[...4 lines deleted...]
-      <c r="BD35" s="188"/>
+      <c r="AY35" s="303"/>
+      <c r="AZ35" s="303"/>
+      <c r="BA35" s="303"/>
+      <c r="BB35" s="303"/>
+      <c r="BC35" s="303"/>
+      <c r="BD35" s="303"/>
       <c r="BE35" s="53"/>
     </row>
     <row r="36" spans="2:62" s="27" customFormat="1" ht="17.25" customHeight="1">
       <c r="B36" s="135" t="s">
         <v>101</v>
       </c>
       <c r="C36" s="135"/>
       <c r="D36" s="135"/>
       <c r="E36" s="135"/>
       <c r="F36" s="135"/>
       <c r="G36" s="135"/>
       <c r="H36" s="135"/>
       <c r="K36" s="137" t="s">
         <v>102</v>
       </c>
       <c r="L36" s="137"/>
       <c r="M36" s="137"/>
       <c r="N36" s="137"/>
       <c r="O36" s="137"/>
       <c r="P36" s="137"/>
       <c r="Q36" s="137"/>
-      <c r="T36" s="192" t="s">
+      <c r="T36" s="307" t="s">
         <v>94</v>
       </c>
-      <c r="U36" s="192"/>
-[...7 lines deleted...]
-      <c r="AC36" s="192"/>
+      <c r="U36" s="307"/>
+      <c r="V36" s="307"/>
+      <c r="W36" s="307"/>
+      <c r="X36" s="307"/>
+      <c r="Y36" s="307"/>
+      <c r="Z36" s="307"/>
+      <c r="AA36" s="307"/>
+      <c r="AB36" s="307"/>
+      <c r="AC36" s="307"/>
       <c r="AD36" s="43"/>
       <c r="AE36" s="43"/>
-      <c r="AF36" s="189" t="s">
+      <c r="AF36" s="304" t="s">
         <v>64</v>
       </c>
-      <c r="AG36" s="190"/>
-[...4 lines deleted...]
-      <c r="AL36" s="190"/>
+      <c r="AG36" s="305"/>
+      <c r="AH36" s="305"/>
+      <c r="AI36" s="305"/>
+      <c r="AJ36" s="305"/>
+      <c r="AK36" s="305"/>
+      <c r="AL36" s="305"/>
       <c r="AM36" s="43"/>
       <c r="AN36" s="43"/>
       <c r="AO36" s="135" t="s">
         <v>65</v>
       </c>
       <c r="AP36" s="135"/>
       <c r="AQ36" s="135"/>
       <c r="AR36" s="135"/>
       <c r="AS36" s="135"/>
       <c r="AT36" s="135"/>
       <c r="AU36" s="135"/>
       <c r="AV36" s="51"/>
       <c r="AW36" s="51"/>
       <c r="AX36" s="138" t="s">
         <v>64</v>
       </c>
       <c r="AY36" s="138"/>
       <c r="AZ36" s="138"/>
       <c r="BA36" s="138"/>
       <c r="BB36" s="138"/>
       <c r="BC36" s="138"/>
       <c r="BD36" s="138"/>
       <c r="BE36" s="53"/>
     </row>
     <row r="37" spans="2:62" s="27" customFormat="1" ht="17.25" customHeight="1">
       <c r="B37" s="147" t="s">
         <v>119</v>
       </c>
       <c r="C37" s="136"/>
       <c r="D37" s="136"/>
       <c r="E37" s="136"/>
       <c r="F37" s="136"/>
       <c r="G37" s="136"/>
       <c r="H37" s="136"/>
       <c r="K37" s="53"/>
       <c r="L37" s="53"/>
       <c r="M37" s="53"/>
       <c r="N37" s="53"/>
       <c r="O37" s="53"/>
       <c r="P37" s="53"/>
       <c r="Q37" s="53"/>
-      <c r="T37" s="191" t="s">
+      <c r="T37" s="306" t="s">
         <v>103</v>
       </c>
-      <c r="U37" s="191"/>
-[...7 lines deleted...]
-      <c r="AC37" s="191"/>
+      <c r="U37" s="306"/>
+      <c r="V37" s="306"/>
+      <c r="W37" s="306"/>
+      <c r="X37" s="306"/>
+      <c r="Y37" s="306"/>
+      <c r="Z37" s="306"/>
+      <c r="AA37" s="306"/>
+      <c r="AB37" s="306"/>
+      <c r="AC37" s="306"/>
       <c r="AD37" s="43"/>
       <c r="AE37" s="43"/>
       <c r="AF37" s="139" t="s">
         <v>104</v>
       </c>
       <c r="AG37" s="139"/>
       <c r="AH37" s="139"/>
       <c r="AI37" s="139"/>
       <c r="AJ37" s="139"/>
       <c r="AK37" s="139"/>
       <c r="AL37" s="139"/>
       <c r="AM37" s="43" t="s">
         <v>7</v>
       </c>
       <c r="AN37" s="43"/>
       <c r="AO37" s="140" t="s">
         <v>106</v>
       </c>
       <c r="AP37" s="136"/>
       <c r="AQ37" s="136"/>
       <c r="AR37" s="136"/>
       <c r="AS37" s="136"/>
       <c r="AT37" s="136"/>
       <c r="AU37" s="136"/>
       <c r="AV37" s="51"/>
@@ -14250,62 +18153,62 @@
       <c r="AY38" s="138"/>
       <c r="AZ38" s="138"/>
       <c r="BA38" s="138"/>
       <c r="BB38" s="138"/>
       <c r="BC38" s="138"/>
       <c r="BD38" s="138"/>
       <c r="BE38" s="53"/>
     </row>
     <row r="39" spans="2:62" s="27" customFormat="1" ht="17.25" customHeight="1">
       <c r="B39" s="110" t="s">
         <v>92</v>
       </c>
       <c r="C39" s="54"/>
       <c r="D39" s="54"/>
       <c r="E39" s="54"/>
       <c r="F39" s="54"/>
       <c r="G39" s="54"/>
       <c r="H39" s="54"/>
       <c r="K39" s="53"/>
       <c r="L39" s="53"/>
       <c r="M39" s="53"/>
       <c r="N39" s="53"/>
       <c r="O39" s="53"/>
       <c r="P39" s="53"/>
       <c r="Q39" s="53"/>
-      <c r="T39" s="295" t="s">
+      <c r="T39" s="212" t="s">
         <v>77</v>
       </c>
-      <c r="U39" s="296"/>
-[...7 lines deleted...]
-      <c r="AC39" s="296"/>
+      <c r="U39" s="213"/>
+      <c r="V39" s="213"/>
+      <c r="W39" s="213"/>
+      <c r="X39" s="213"/>
+      <c r="Y39" s="213"/>
+      <c r="Z39" s="213"/>
+      <c r="AA39" s="213"/>
+      <c r="AB39" s="213"/>
+      <c r="AC39" s="213"/>
       <c r="AD39" s="43"/>
       <c r="AE39" s="43"/>
       <c r="AF39" s="139" t="s">
         <v>105</v>
       </c>
       <c r="AG39" s="139"/>
       <c r="AH39" s="139"/>
       <c r="AI39" s="139"/>
       <c r="AJ39" s="139"/>
       <c r="AK39" s="139"/>
       <c r="AL39" s="139"/>
       <c r="AM39" s="43"/>
       <c r="AN39" s="43"/>
       <c r="AO39" s="111" t="s">
         <v>93</v>
       </c>
       <c r="AP39" s="54"/>
       <c r="AQ39" s="54"/>
       <c r="AR39" s="54"/>
       <c r="AS39" s="54"/>
       <c r="AT39" s="54"/>
       <c r="AU39" s="54"/>
       <c r="AV39" s="51"/>
       <c r="AW39" s="51"/>
       <c r="AX39" s="55"/>
@@ -14322,59 +18225,59 @@
       <c r="C40" s="54"/>
       <c r="D40" s="54"/>
       <c r="E40" s="54"/>
       <c r="F40" s="54"/>
       <c r="G40" s="54"/>
       <c r="H40" s="54"/>
       <c r="K40" s="53"/>
       <c r="L40" s="53"/>
       <c r="M40" s="53"/>
       <c r="N40" s="53"/>
       <c r="O40" s="53"/>
       <c r="P40" s="53"/>
       <c r="Q40" s="53"/>
       <c r="T40" s="66"/>
       <c r="U40" s="67"/>
       <c r="V40" s="67"/>
       <c r="W40" s="67"/>
       <c r="X40" s="67"/>
       <c r="Y40" s="67"/>
       <c r="Z40" s="67"/>
       <c r="AA40" s="67"/>
       <c r="AB40" s="67"/>
       <c r="AC40" s="67"/>
       <c r="AD40" s="43"/>
       <c r="AE40" s="43"/>
-      <c r="AF40" s="289" t="s">
+      <c r="AF40" s="197" t="s">
         <v>96</v>
       </c>
-      <c r="AG40" s="289"/>
-[...4 lines deleted...]
-      <c r="AL40" s="289"/>
+      <c r="AG40" s="197"/>
+      <c r="AH40" s="197"/>
+      <c r="AI40" s="197"/>
+      <c r="AJ40" s="197"/>
+      <c r="AK40" s="197"/>
+      <c r="AL40" s="197"/>
       <c r="AM40" s="43"/>
       <c r="AN40" s="43"/>
       <c r="AO40" s="69"/>
       <c r="AP40" s="54"/>
       <c r="AQ40" s="54"/>
       <c r="AR40" s="54"/>
       <c r="AS40" s="54"/>
       <c r="AT40" s="54"/>
       <c r="AU40" s="54"/>
       <c r="AV40" s="51"/>
       <c r="AW40" s="51"/>
       <c r="AX40" s="55"/>
       <c r="AY40" s="55"/>
       <c r="AZ40" s="55"/>
       <c r="BA40" s="55"/>
       <c r="BB40" s="55"/>
       <c r="BC40" s="55"/>
       <c r="BD40" s="55"/>
       <c r="BE40" s="53"/>
     </row>
     <row r="41" spans="2:62" s="27" customFormat="1" ht="17.25" customHeight="1">
       <c r="B41" s="54"/>
       <c r="C41" s="54"/>
       <c r="D41" s="54"/>
       <c r="E41" s="54"/>
@@ -14460,116 +18363,116 @@
       <c r="AI42" s="141"/>
       <c r="AJ42" s="141"/>
       <c r="AK42" s="141"/>
       <c r="AL42" s="141"/>
       <c r="AM42" s="43"/>
       <c r="AN42" s="43"/>
       <c r="AO42" s="69"/>
       <c r="AP42" s="54"/>
       <c r="AQ42" s="54"/>
       <c r="AR42" s="54"/>
       <c r="AS42" s="54"/>
       <c r="AT42" s="54"/>
       <c r="AU42" s="54"/>
       <c r="AV42" s="51"/>
       <c r="AW42" s="51"/>
       <c r="AX42" s="55"/>
       <c r="AY42" s="55"/>
       <c r="AZ42" s="55"/>
       <c r="BA42" s="55"/>
       <c r="BB42" s="55"/>
       <c r="BC42" s="55"/>
       <c r="BD42" s="55"/>
       <c r="BE42" s="53"/>
     </row>
     <row r="43" spans="2:62" s="56" customFormat="1" ht="20.25" customHeight="1">
-      <c r="B43" s="196" t="s">
+      <c r="B43" s="301" t="s">
         <v>111</v>
       </c>
-      <c r="C43" s="196"/>
-[...4 lines deleted...]
-      <c r="H43" s="196"/>
+      <c r="C43" s="301"/>
+      <c r="D43" s="301"/>
+      <c r="E43" s="301"/>
+      <c r="F43" s="301"/>
+      <c r="G43" s="301"/>
+      <c r="H43" s="301"/>
       <c r="I43" s="57"/>
       <c r="J43" s="57"/>
-      <c r="K43" s="196" t="s">
+      <c r="K43" s="301" t="s">
         <v>112</v>
       </c>
-      <c r="L43" s="196"/>
-[...4 lines deleted...]
-      <c r="Q43" s="196"/>
+      <c r="L43" s="301"/>
+      <c r="M43" s="301"/>
+      <c r="N43" s="301"/>
+      <c r="O43" s="301"/>
+      <c r="P43" s="301"/>
+      <c r="Q43" s="301"/>
       <c r="R43" s="57"/>
-      <c r="T43" s="196" t="s">
+      <c r="T43" s="301" t="s">
         <v>113</v>
       </c>
-      <c r="U43" s="196"/>
-[...7 lines deleted...]
-      <c r="AC43" s="196"/>
+      <c r="U43" s="301"/>
+      <c r="V43" s="301"/>
+      <c r="W43" s="301"/>
+      <c r="X43" s="301"/>
+      <c r="Y43" s="301"/>
+      <c r="Z43" s="301"/>
+      <c r="AA43" s="301"/>
+      <c r="AB43" s="301"/>
+      <c r="AC43" s="301"/>
       <c r="AD43" s="58"/>
       <c r="AE43" s="59"/>
-      <c r="AF43" s="196" t="s">
+      <c r="AF43" s="301" t="s">
         <v>114</v>
       </c>
-      <c r="AG43" s="196"/>
-[...4 lines deleted...]
-      <c r="AL43" s="196"/>
+      <c r="AG43" s="301"/>
+      <c r="AH43" s="301"/>
+      <c r="AI43" s="301"/>
+      <c r="AJ43" s="301"/>
+      <c r="AK43" s="301"/>
+      <c r="AL43" s="301"/>
       <c r="AM43" s="59"/>
       <c r="AN43" s="59"/>
-      <c r="AO43" s="196" t="s">
+      <c r="AO43" s="301" t="s">
         <v>115</v>
       </c>
-      <c r="AP43" s="196"/>
-[...4 lines deleted...]
-      <c r="AU43" s="196"/>
+      <c r="AP43" s="301"/>
+      <c r="AQ43" s="301"/>
+      <c r="AR43" s="301"/>
+      <c r="AS43" s="301"/>
+      <c r="AT43" s="301"/>
+      <c r="AU43" s="301"/>
       <c r="AV43" s="60"/>
       <c r="AW43" s="60"/>
-      <c r="AX43" s="196" t="s">
+      <c r="AX43" s="301" t="s">
         <v>116</v>
       </c>
-      <c r="AY43" s="196"/>
-[...4 lines deleted...]
-      <c r="BD43" s="196"/>
+      <c r="AY43" s="301"/>
+      <c r="AZ43" s="301"/>
+      <c r="BA43" s="301"/>
+      <c r="BB43" s="301"/>
+      <c r="BC43" s="301"/>
+      <c r="BD43" s="301"/>
       <c r="BE43" s="59"/>
     </row>
     <row r="44" spans="2:62" ht="16.5">
       <c r="T44" s="49"/>
       <c r="AA44" s="142"/>
       <c r="AO44" s="49"/>
     </row>
     <row r="45" spans="2:62">
       <c r="T45" s="49"/>
       <c r="AO45" s="49"/>
     </row>
     <row r="46" spans="2:62" ht="17.25" customHeight="1">
       <c r="H46" s="71"/>
       <c r="U46" s="107"/>
       <c r="V46" s="107"/>
     </row>
     <row r="47" spans="2:62" ht="17.25" customHeight="1">
       <c r="H47" s="71"/>
       <c r="U47" s="108"/>
       <c r="V47" s="108"/>
     </row>
     <row r="48" spans="2:62" ht="17.25" customHeight="1">
       <c r="H48" s="71"/>
       <c r="U48" s="108"/>
       <c r="V48" s="108"/>
@@ -14597,115 +18500,115 @@
       <c r="G52" s="64"/>
       <c r="H52" s="62"/>
       <c r="U52" s="70"/>
       <c r="V52" s="70"/>
     </row>
     <row r="53" spans="6:22">
       <c r="F53" s="63"/>
       <c r="G53" s="64"/>
       <c r="H53" s="62"/>
       <c r="U53" s="70"/>
       <c r="V53" s="70"/>
     </row>
     <row r="54" spans="6:22">
       <c r="F54" s="63"/>
       <c r="G54" s="64"/>
       <c r="H54" s="62"/>
       <c r="U54" s="70"/>
       <c r="V54" s="70"/>
     </row>
     <row r="55" spans="6:22" ht="15" customHeight="1">
       <c r="U55" s="70"/>
       <c r="V55" s="70"/>
     </row>
   </sheetData>
   <mergeCells count="65">
-    <mergeCell ref="T1:W1"/>
-[...11 lines deleted...]
-    <mergeCell ref="U4:W5"/>
+    <mergeCell ref="AX35:BD35"/>
+    <mergeCell ref="AF36:AL36"/>
+    <mergeCell ref="T37:AC37"/>
+    <mergeCell ref="T36:AC36"/>
+    <mergeCell ref="AO35:AU35"/>
+    <mergeCell ref="T35:AC35"/>
+    <mergeCell ref="AF35:AL35"/>
+    <mergeCell ref="AX43:BD43"/>
+    <mergeCell ref="AO43:AU43"/>
+    <mergeCell ref="B43:H43"/>
+    <mergeCell ref="T43:AC43"/>
+    <mergeCell ref="K43:Q43"/>
+    <mergeCell ref="AF43:AL43"/>
+    <mergeCell ref="B35:H35"/>
+    <mergeCell ref="K35:Q35"/>
+    <mergeCell ref="B4:B7"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="K4:N4"/>
+    <mergeCell ref="K5:K7"/>
+    <mergeCell ref="L5:L7"/>
+    <mergeCell ref="C5:D5"/>
+    <mergeCell ref="E5:F5"/>
+    <mergeCell ref="M5:M7"/>
+    <mergeCell ref="N5:N7"/>
+    <mergeCell ref="O4:P4"/>
+    <mergeCell ref="O5:O7"/>
+    <mergeCell ref="Q4:Q7"/>
+    <mergeCell ref="P5:P7"/>
+    <mergeCell ref="AO4:AO7"/>
+    <mergeCell ref="Z6:AA7"/>
+    <mergeCell ref="AB6:AB7"/>
+    <mergeCell ref="AG6:AG7"/>
+    <mergeCell ref="Z4:AA5"/>
+    <mergeCell ref="AJ6:AJ7"/>
+    <mergeCell ref="AF6:AF7"/>
     <mergeCell ref="BG4:BJ4"/>
     <mergeCell ref="AF4:AK4"/>
     <mergeCell ref="AH5:AK5"/>
     <mergeCell ref="AC4:AC5"/>
     <mergeCell ref="AZ5:BA5"/>
     <mergeCell ref="BB5:BB7"/>
     <mergeCell ref="BC5:BC7"/>
     <mergeCell ref="BI5:BJ5"/>
     <mergeCell ref="AR4:AU4"/>
     <mergeCell ref="AP4:AQ4"/>
     <mergeCell ref="BD4:BD7"/>
     <mergeCell ref="AX4:BC4"/>
     <mergeCell ref="AX5:AY5"/>
     <mergeCell ref="AK6:AK7"/>
     <mergeCell ref="AR5:AU5"/>
     <mergeCell ref="AP5:AQ5"/>
-    <mergeCell ref="AO4:AO7"/>
-[...34 lines deleted...]
-    <mergeCell ref="AF35:AL35"/>
+    <mergeCell ref="T1:W1"/>
+    <mergeCell ref="X7:Y7"/>
+    <mergeCell ref="AB4:AB5"/>
+    <mergeCell ref="AF40:AL40"/>
+    <mergeCell ref="AI6:AI7"/>
+    <mergeCell ref="AL4:AL7"/>
+    <mergeCell ref="U7:W7"/>
+    <mergeCell ref="U6:W6"/>
+    <mergeCell ref="T4:T7"/>
+    <mergeCell ref="T39:AC39"/>
+    <mergeCell ref="X4:Y5"/>
+    <mergeCell ref="X6:Y6"/>
+    <mergeCell ref="U4:W5"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.74803149606299213" right="0.59055118110236227" top="0.74803149606299213" bottom="0.19685039370078741" header="0" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" firstPageNumber="24" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <colBreaks count="5" manualBreakCount="5">
     <brk id="9" min="1" max="42" man="1"/>
     <brk id="18" min="1" max="42" man="1"/>
     <brk id="30" min="1" max="42" man="1"/>
     <brk id="39" min="1" max="42" man="1"/>
     <brk id="48" min="1" max="42" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>