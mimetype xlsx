--- v1 (2026-01-30)
+++ v2 (2026-03-16)
@@ -1,198 +1,199 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11501EXCEL_ODS\11501\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CB302CE9-8C17-4DEB-8FD1-E90CC83B8DAF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1111933A-4D27-4129-A02A-44DC23D7518A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="651" xr2:uid="{F1AD5A37-D97D-4A65-BCDD-78FB4A2E48BB}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="651" xr2:uid="{AE6880B6-215D-4CE5-B4AC-F88F9D33B6A9}"/>
   </bookViews>
   <sheets>
     <sheet name="140" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'140'!$A$2:$BE$43</definedName>
   </definedNames>
   <calcPr calcId="191029" calcMode="manual"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="U34" i="4" l="1"/>
+  <c r="Z34" i="4" s="1"/>
   <c r="U33" i="4"/>
+  <c r="W33" i="4" s="1"/>
   <c r="U32" i="4"/>
+  <c r="Z32" i="4" s="1"/>
+  <c r="X31" i="4"/>
   <c r="U31" i="4"/>
-  <c r="Z30" i="4"/>
-  <c r="X30" i="4"/>
+  <c r="Z31" i="4" s="1"/>
   <c r="U30" i="4"/>
   <c r="W30" i="4" s="1"/>
   <c r="U29" i="4"/>
+  <c r="Z29" i="4" s="1"/>
+  <c r="X28" i="4"/>
   <c r="U28" i="4"/>
+  <c r="Z28" i="4" s="1"/>
   <c r="U27" i="4"/>
+  <c r="W27" i="4" s="1"/>
   <c r="U26" i="4"/>
+  <c r="Z26" i="4" s="1"/>
+  <c r="X25" i="4"/>
   <c r="U25" i="4"/>
+  <c r="Z25" i="4" s="1"/>
   <c r="U24" i="4"/>
+  <c r="W24" i="4" s="1"/>
   <c r="U23" i="4"/>
-  <c r="W22" i="4"/>
+  <c r="Z23" i="4" s="1"/>
+  <c r="X22" i="4"/>
   <c r="U22" i="4"/>
-  <c r="Z21" i="4"/>
-  <c r="X21" i="4"/>
+  <c r="Z22" i="4" s="1"/>
   <c r="U21" i="4"/>
   <c r="W21" i="4" s="1"/>
   <c r="W20" i="4"/>
   <c r="U20" i="4"/>
+  <c r="Z20" i="4" s="1"/>
+  <c r="X19" i="4"/>
   <c r="W19" i="4"/>
   <c r="U19" i="4"/>
+  <c r="Z19" i="4" s="1"/>
   <c r="W18" i="4"/>
   <c r="U18" i="4"/>
+  <c r="Z18" i="4" s="1"/>
   <c r="W17" i="4"/>
   <c r="U17" i="4"/>
+  <c r="Z17" i="4" s="1"/>
+  <c r="X16" i="4"/>
   <c r="W16" i="4"/>
   <c r="U16" i="4"/>
+  <c r="Z16" i="4" s="1"/>
   <c r="W15" i="4"/>
   <c r="U15" i="4"/>
+  <c r="X15" i="4" s="1"/>
   <c r="W14" i="4"/>
   <c r="U14" i="4"/>
+  <c r="Z14" i="4" s="1"/>
+  <c r="X13" i="4"/>
   <c r="W13" i="4"/>
   <c r="U13" i="4"/>
+  <c r="Z13" i="4" s="1"/>
   <c r="W12" i="4"/>
   <c r="U12" i="4"/>
+  <c r="X12" i="4" s="1"/>
   <c r="W11" i="4"/>
   <c r="U11" i="4"/>
+  <c r="Z11" i="4" s="1"/>
+  <c r="X10" i="4"/>
   <c r="W10" i="4"/>
   <c r="U10" i="4"/>
+  <c r="Z10" i="4" s="1"/>
   <c r="W9" i="4"/>
   <c r="U9" i="4"/>
+  <c r="Z9" i="4" s="1"/>
   <c r="W8" i="4"/>
   <c r="U8" i="4"/>
-  <c r="Z34" i="4" l="1"/>
+  <c r="Z8" i="4" s="1"/>
+  <c r="V32" i="4"/>
+  <c r="W32" i="4" s="1"/>
+  <c r="X9" i="4" l="1"/>
+  <c r="X18" i="4"/>
+  <c r="X21" i="4"/>
+  <c r="X24" i="4"/>
+  <c r="X27" i="4"/>
+  <c r="X30" i="4"/>
+  <c r="X33" i="4"/>
+  <c r="Z12" i="4"/>
+  <c r="Z15" i="4"/>
+  <c r="Z21" i="4"/>
+  <c r="W23" i="4"/>
+  <c r="Z24" i="4"/>
+  <c r="W26" i="4"/>
+  <c r="Z27" i="4"/>
+  <c r="W29" i="4"/>
+  <c r="Z30" i="4"/>
+  <c r="Z33" i="4"/>
+  <c r="X8" i="4"/>
+  <c r="X14" i="4"/>
+  <c r="X20" i="4"/>
+  <c r="X23" i="4"/>
+  <c r="X11" i="4"/>
+  <c r="X17" i="4"/>
+  <c r="X26" i="4"/>
+  <c r="X29" i="4"/>
+  <c r="X32" i="4"/>
+  <c r="W22" i="4"/>
+  <c r="W25" i="4"/>
+  <c r="W28" i="4"/>
+  <c r="W31" i="4"/>
+  <c r="W34" i="4"/>
   <c r="X34" i="4"/>
-  <c r="W34" i="4"/>
-[...57 lines deleted...]
-  <c r="X8" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="263" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="159">
   <si>
     <r>
       <t>第</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>25</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <rFont val="細明體"/>
         <family val="3"/>
         <charset val="136"/>
       </rPr>
       <t>頁</t>
     </r>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
@@ -2694,54 +2695,50 @@
       <rPr>
         <sz val="11.5"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>年</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>11</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>月以後依臺灣</t>
     </r>
-    <phoneticPr fontId="2" type="noConversion"/>
-[...2 lines deleted...]
-    <t>101年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>102年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>103年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>104年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>105年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>106年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>107年</t>
     <phoneticPr fontId="2" type="noConversion"/>
@@ -2749,184 +2746,181 @@
   <si>
     <t>108年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>109年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>110年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>111年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>112年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>113年</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>　　 12月</t>
-[...2 lines deleted...]
-  <si>
     <t>114年</t>
-    <phoneticPr fontId="2" type="noConversion"/>
-[...2 lines deleted...]
-    <t>　　  1月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>　　  2月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>　　  3月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>　　  4月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>　　  5月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>　　  6月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>　　  7月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>　　  8月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>　　  9月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>　　 10月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>　　 11月</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t xml:space="preserve">         Dec.</t>
+    <t>　　 12月</t>
+    <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t xml:space="preserve">         Jan.</t>
+    <t>115年</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>　　  1月</t>
+    <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t xml:space="preserve">         Feb.</t>
   </si>
   <si>
     <t xml:space="preserve">         Mar.</t>
   </si>
   <si>
     <t xml:space="preserve">         Apr.</t>
   </si>
   <si>
     <t xml:space="preserve">         May</t>
   </si>
   <si>
     <t xml:space="preserve">         June</t>
   </si>
   <si>
     <t xml:space="preserve">         July</t>
   </si>
   <si>
     <t xml:space="preserve">         Aug.</t>
   </si>
   <si>
     <t xml:space="preserve">         Sept.</t>
   </si>
   <si>
     <t xml:space="preserve">         Oct.</t>
   </si>
   <si>
     <t xml:space="preserve">         Nov.</t>
   </si>
   <si>
-    <t>...</t>
+    <t xml:space="preserve">         Dec.</t>
   </si>
   <si>
-    <t>...</t>
-    <phoneticPr fontId="2" type="noConversion"/>
+    <t xml:space="preserve">         Jan.</t>
   </si>
   <si>
     <t>…</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="30">
     <numFmt numFmtId="176" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.0"/>
     <numFmt numFmtId="178" formatCode="_-* #,##0.0000_-;\-* #,##0.0000_-;_-* &quot;-&quot;????_-;_-@_-"/>
     <numFmt numFmtId="179" formatCode="#\ ##0.000"/>
     <numFmt numFmtId="180" formatCode="#\ ##0"/>
     <numFmt numFmtId="181" formatCode="0.0_);[Red]\(0.0\)"/>
     <numFmt numFmtId="182" formatCode="0.00_ "/>
     <numFmt numFmtId="183" formatCode="0.000"/>
     <numFmt numFmtId="184" formatCode="#,##0_ "/>
     <numFmt numFmtId="185" formatCode="\+#,##0.00\ ;[Red]\-#,##0.00\ "/>
     <numFmt numFmtId="186" formatCode="###\ ##0.00;\-###\ ##0.00;&quot;－&quot;"/>
     <numFmt numFmtId="187" formatCode="###\ ##0"/>
     <numFmt numFmtId="188" formatCode="########0.00"/>
     <numFmt numFmtId="189" formatCode="#\ ###\ ###\ ##0.00"/>
     <numFmt numFmtId="190" formatCode="###\ ###\ ##0.00;\-###\ ###\ ##0.00;&quot;－&quot;"/>
     <numFmt numFmtId="191" formatCode="##\ ##0.0"/>
     <numFmt numFmtId="192" formatCode="###\ ###\ ##0.0"/>
     <numFmt numFmtId="193" formatCode="#\ ###\ ###\ ##0.0"/>
     <numFmt numFmtId="194" formatCode="#\ ###\ ###\ ##0;\-#\ ###\ ###\ ##0;&quot;－&quot;"/>
     <numFmt numFmtId="195" formatCode="#\ ###\ ##0.00;\-#\ ###\ ##0.00;&quot;－&quot;"/>
     <numFmt numFmtId="196" formatCode="#\ ##0.00;\-#\ ##0.00;&quot;－&quot;"/>
-    <numFmt numFmtId="197" formatCode="#\ ##0.000;\-#\ ##0.000;&quot;－&quot;"/>
-[...7 lines deleted...]
-    <numFmt numFmtId="205" formatCode="#\ ###\ ##0"/>
+    <numFmt numFmtId="197" formatCode="###\ ###\ ##0"/>
+    <numFmt numFmtId="198" formatCode="#\ ##0.000;\-#\ ##0.000;&quot;－&quot;"/>
+    <numFmt numFmtId="199" formatCode="####0.00"/>
+    <numFmt numFmtId="200" formatCode="#\ ###\ ###\ ##0"/>
+    <numFmt numFmtId="201" formatCode="#\ ###\ ##0.00"/>
+    <numFmt numFmtId="202" formatCode="#\ ###\ ###\ ##0.00;\-#\ ###\ ###\ ##0.00;&quot;－&quot;"/>
+    <numFmt numFmtId="203" formatCode="###\ ###\ ##0.00"/>
+    <numFmt numFmtId="204" formatCode="##\ ##0.0;\-##\ ##0.0;&quot;－&quot;"/>
+    <numFmt numFmtId="205" formatCode="########0.00;\-########0.00;&quot;－&quot;"/>
   </numFmts>
   <fonts count="41">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="細明體"/>
       <family val="3"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
@@ -3559,51 +3553,51 @@
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1"/>
   </cellStyleXfs>
-  <cellXfs count="312">
+  <cellXfs count="308">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="176" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="176" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="177" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="176" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -4003,3799 +3997,910 @@
     </xf>
     <xf numFmtId="176" fontId="15" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="15" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="15" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="15" fillId="0" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="196" fontId="16" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="15" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="15" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="15" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="187" fontId="15" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="197" fontId="16" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="197" fontId="15" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="197" fontId="16" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="197" fontId="15" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="198" fontId="16" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="196" fontId="16" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="198" fontId="16" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="199" fontId="16" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="198" fontId="15" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="199" fontId="15" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="186" fontId="15" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="199" fontId="16" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="200" fontId="16" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="200" fontId="15" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="201" fontId="16" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="201" fontId="15" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="189" fontId="15" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="196" fontId="15" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="202" fontId="16" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="201" fontId="16" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="203" fontId="16" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="201" fontId="15" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="203" fontId="15" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="202" fontId="16" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="203" fontId="16" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="202" fontId="15" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="190" fontId="15" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="203" fontId="15" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="190" fontId="15" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="191" fontId="15" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="188" fontId="15" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="192" fontId="15" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="193" fontId="15" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="203" fontId="16" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="204" fontId="16" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="204" fontId="16" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="205" fontId="16" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="204" fontId="15" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="205" fontId="15" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="204" fontId="15" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="205" fontId="15" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="188" fontId="15" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="188" fontId="15" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="188" fontId="15" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="34" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="35" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="34" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="30" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="30" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="34" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="176" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="30" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="32" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...30 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
-    </xf>
-[...181 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="176" fontId="5" fillId="0" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="distributed"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="distributed"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="19" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="19" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="distributed" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="distributed"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="34" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="32" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="28" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="32" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="29" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="29" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="35" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="33" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="176" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="34" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...15 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="22" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
-    <cellStyle name="sample" xfId="1" xr:uid="{B87C8AA0-D673-4553-B67E-E914547408D1}"/>
+    <cellStyle name="sample" xfId="1" xr:uid="{836A0F04-CC7D-4437-B8B6-75F5CDAE2805}"/>
     <cellStyle name="一般" xfId="0" builtinId="0"/>
-    <cellStyle name="年資料" xfId="2" xr:uid="{304296B0-DEC0-44C0-9372-52234F5B25FB}"/>
+    <cellStyle name="年資料" xfId="2" xr:uid="{A1DC9329-C791-43E1-970A-29F2BFB8B371}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>21</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>42333</xdr:rowOff>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>257174</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>28564</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>26</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>945</xdr:rowOff>
+      <xdr:col>29</xdr:col>
+      <xdr:colOff>57149</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>9514</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="2" name="群組 1">
+        <xdr:cNvPr id="32" name="群組 31">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34E59029-5126-4F82-B269-67766D2AA7A5}"/>
-[...2876 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D0A654D-86B5-7C6C-E7F9-9A23BD9CAF23}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7F2810E-8C69-46CE-8A9F-C62C15BD78E4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="19855392" y="6426200"/>
-[...2 lines deleted...]
-          <a:chExt cx="2685663" cy="1463557"/>
+          <a:off x="14458949" y="5086339"/>
+          <a:ext cx="5133975" cy="3267075"/>
+          <a:chOff x="12573000" y="4485809"/>
+          <a:chExt cx="4489154" cy="2634500"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:grpSp>
         <xdr:nvGrpSpPr>
-          <xdr:cNvPr id="38" name="群組 13">
+          <xdr:cNvPr id="33" name="群組 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E75E9FD-3007-D0C3-89D0-3A2832DE57D3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB3CAFB3-D1D5-104F-1C15-207D5548F1E3}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvGrpSpPr>
             <a:grpSpLocks/>
           </xdr:cNvGrpSpPr>
         </xdr:nvGrpSpPr>
         <xdr:grpSpPr bwMode="auto">
           <a:xfrm>
-            <a:off x="19867034" y="7937493"/>
-[...2 lines deleted...]
-            <a:chExt cx="2431593" cy="182880"/>
+            <a:off x="12573000" y="4640902"/>
+            <a:ext cx="2705807" cy="186187"/>
+            <a:chOff x="11361420" y="5392968"/>
+            <a:chExt cx="2499360" cy="190749"/>
           </a:xfrm>
         </xdr:grpSpPr>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="59" name="Text Box 1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F1DFF06-0434-3999-2094-773844862B38}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BEA21C9-A498-DF00-0390-CA34DC6ED8CC}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </xdr:cNvSpPr>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="11361420" y="7208520"/>
-              <a:ext cx="683216" cy="182880"/>
+              <a:off x="11361420" y="5400837"/>
+              <a:ext cx="682783" cy="182880"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
               <a:r>
-                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:solidFill>
                     <a:sysClr val="windowText" lastClr="000000"/>
                   </a:solidFill>
                   <a:effectLst/>
                   <a:uLnTx/>
                   <a:uFillTx/>
                   <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="新細明體"/>
                   <a:cs typeface="+mn-cs"/>
                 </a:rPr>
                 <a:t>p</a:t>
               </a:r>
-              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="60" name="Text Box 1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D82DDF6-91F8-521A-D749-7D4A5506A9FB}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57678D9D-7C97-EF1F-04AE-E321ECE869FC}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </xdr:cNvSpPr>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="12269492" y="7208520"/>
-              <a:ext cx="683216" cy="182880"/>
+              <a:off x="12269709" y="5392968"/>
+              <a:ext cx="682783" cy="182880"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" wrap="square" lIns="108000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
               <a:r>
-                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:solidFill>
                     <a:sysClr val="windowText" lastClr="000000"/>
                   </a:solidFill>
                   <a:effectLst/>
                   <a:uLnTx/>
                   <a:uFillTx/>
                   <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="新細明體"/>
                   <a:cs typeface="+mn-cs"/>
                 </a:rPr>
                 <a:t>p</a:t>
               </a:r>
-              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="61" name="Text Box 1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E51E4DC-46DF-1814-97C3-4F325F9E5264}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{941EC907-AD89-6560-C2A0-0D1F59F38786}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </xdr:cNvSpPr>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="13109797" y="7208520"/>
-              <a:ext cx="683216" cy="182880"/>
+              <a:off x="13177997" y="5392968"/>
+              <a:ext cx="682783" cy="182880"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" wrap="square" lIns="144000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
               <a:r>
-                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:solidFill>
                     <a:sysClr val="windowText" lastClr="000000"/>
                   </a:solidFill>
                   <a:effectLst/>
                   <a:uLnTx/>
                   <a:uFillTx/>
                   <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="新細明體"/>
                   <a:cs typeface="+mn-cs"/>
                 </a:rPr>
                 <a:t>p</a:t>
               </a:r>
-              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
       </xdr:grpSp>
       <xdr:grpSp>
         <xdr:nvGrpSpPr>
-          <xdr:cNvPr id="39" name="群組 9">
+          <xdr:cNvPr id="34" name="群組 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E11A67DA-EEFD-85EA-8E94-EDC954DA7983}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1ACE1801-123F-7905-A496-7C223475D21D}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvGrpSpPr>
             <a:grpSpLocks/>
           </xdr:cNvGrpSpPr>
         </xdr:nvGrpSpPr>
         <xdr:grpSpPr bwMode="auto">
           <a:xfrm>
-            <a:off x="19856451" y="7301444"/>
-[...2 lines deleted...]
-            <a:chExt cx="2441274" cy="182888"/>
+            <a:off x="12573000" y="6065921"/>
+            <a:ext cx="2770364" cy="178505"/>
+            <a:chOff x="11361420" y="7208520"/>
+            <a:chExt cx="2499360" cy="182880"/>
           </a:xfrm>
         </xdr:grpSpPr>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="56" name="Text Box 1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{100A3104-FB3E-6A63-ED31-807E707FC1D6}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{155CD1C1-DD28-E27A-D4F9-B5BB27EBDC17}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </xdr:cNvSpPr>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="11361420" y="5455928"/>
-              <a:ext cx="683216" cy="182880"/>
+              <a:off x="11361420" y="7208520"/>
+              <a:ext cx="682783" cy="182880"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
@@ -7838,62 +4943,62 @@
                   <a:ea typeface="新細明體"/>
                   <a:cs typeface="+mn-cs"/>
                 </a:rPr>
                 <a:t>r</a:t>
               </a:r>
               <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="57" name="Text Box 1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{662A2DC7-7EE6-253D-961A-88C412F9B0E9}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{462062A2-01C7-46DB-F7F5-D31CD9BC1DF6}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </xdr:cNvSpPr>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="12269492" y="5455920"/>
-              <a:ext cx="683216" cy="182880"/>
+              <a:off x="12269709" y="7208520"/>
+              <a:ext cx="682783" cy="182880"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
@@ -7936,62 +5041,62 @@
                   <a:ea typeface="新細明體"/>
                   <a:cs typeface="+mn-cs"/>
                 </a:rPr>
                 <a:t>r</a:t>
               </a:r>
               <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="58" name="Text Box 1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F79543A-165E-723D-1C08-0A6A47F412FB}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B877E96-A5F7-EAA3-3FE6-4139FB553662}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </xdr:cNvSpPr>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="13119478" y="5455920"/>
-              <a:ext cx="683216" cy="182880"/>
+              <a:off x="13177997" y="7208520"/>
+              <a:ext cx="682783" cy="182880"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
@@ -8032,86 +5137,2379 @@
                   <a:uFillTx/>
                   <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="新細明體"/>
                   <a:cs typeface="+mn-cs"/>
                 </a:rPr>
                 <a:t>r</a:t>
               </a:r>
               <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
       </xdr:grpSp>
       <xdr:grpSp>
         <xdr:nvGrpSpPr>
-          <xdr:cNvPr id="40" name="群組 39">
+          <xdr:cNvPr id="35" name="群組 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38D16913-41CC-C6AD-1380-E533787BAAC6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D700DC9-50AF-A930-BE86-2E4C84942CA2}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvGrpSpPr>
             <a:grpSpLocks/>
           </xdr:cNvGrpSpPr>
         </xdr:nvGrpSpPr>
         <xdr:grpSpPr bwMode="auto">
           <a:xfrm>
-            <a:off x="19845867" y="6654800"/>
-[...2 lines deleted...]
-            <a:chExt cx="2441274" cy="182880"/>
+            <a:off x="12573000" y="6577263"/>
+            <a:ext cx="2780946" cy="178506"/>
+            <a:chOff x="11361420" y="7208520"/>
+            <a:chExt cx="2499360" cy="182880"/>
           </a:xfrm>
         </xdr:grpSpPr>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="53" name="Text Box 1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAFAC096-B04A-503B-6026-573B825BD1B9}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74110841-EA2E-CC65-C28D-C73CAD94A2CD}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </xdr:cNvSpPr>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="11361420" y="5455920"/>
-              <a:ext cx="683216" cy="182880"/>
+              <a:off x="11361420" y="7208520"/>
+              <a:ext cx="682783" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>p</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="54" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{406C80F3-B30F-6237-4A09-7EC01976AF2F}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="12269709" y="7208520"/>
+              <a:ext cx="682783" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="108000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>p</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="55" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{075F4875-FBCC-62C1-58BF-64C98304E0CF}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="13177997" y="7208520"/>
+              <a:ext cx="682783" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="144000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>p</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+      </xdr:grpSp>
+      <xdr:grpSp>
+        <xdr:nvGrpSpPr>
+          <xdr:cNvPr id="36" name="群組 35">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8BA75B03-BD38-7EAD-3F11-69D8B842E0B5}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvGrpSpPr/>
+        </xdr:nvGrpSpPr>
+        <xdr:grpSpPr>
+          <a:xfrm>
+            <a:off x="16212553" y="4485809"/>
+            <a:ext cx="849601" cy="366150"/>
+            <a:chOff x="16212553" y="4485809"/>
+            <a:chExt cx="849601" cy="366150"/>
+          </a:xfrm>
+        </xdr:grpSpPr>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="51" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{520AA27E-991B-F625-9F68-D0ECE11A722E}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="16212553" y="4485809"/>
+              <a:ext cx="849601" cy="188021"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>r</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="52" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79B97414-CFF7-20FC-6777-A8A82E1FC388}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="16212553" y="4663938"/>
+              <a:ext cx="849601" cy="188021"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>r</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+      </xdr:grpSp>
+      <xdr:grpSp>
+        <xdr:nvGrpSpPr>
+          <xdr:cNvPr id="37" name="群組 36">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DA22DEB-60DC-7E10-7D3C-54808665FA55}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvGrpSpPr/>
+        </xdr:nvGrpSpPr>
+        <xdr:grpSpPr>
+          <a:xfrm>
+            <a:off x="16212553" y="4849746"/>
+            <a:ext cx="849601" cy="2270563"/>
+            <a:chOff x="16212553" y="4849746"/>
+            <a:chExt cx="849601" cy="2270563"/>
+          </a:xfrm>
+        </xdr:grpSpPr>
+        <xdr:grpSp>
+          <xdr:nvGrpSpPr>
+            <xdr:cNvPr id="38" name="群組 37">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9A32A78-F1D3-CA52-3340-C58D9DE01980}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvGrpSpPr/>
+          </xdr:nvGrpSpPr>
+          <xdr:grpSpPr>
+            <a:xfrm>
+              <a:off x="16212553" y="4849746"/>
+              <a:ext cx="849601" cy="1939694"/>
+              <a:chOff x="16212553" y="4849746"/>
+              <a:chExt cx="849601" cy="1939694"/>
+            </a:xfrm>
+          </xdr:grpSpPr>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="40" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FD24AB5-A308-3DBB-5E9F-A6767554FE4B}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="5043237"/>
+                <a:ext cx="849601" cy="181453"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>r</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="41" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA2E6CFC-539B-4B65-C5A1-98A1F4E80CDC}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="5213684"/>
+                <a:ext cx="849601" cy="181453"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>r</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="42" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80AA9E0E-AC81-FC2A-AEB7-6968D4EA2EFC}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="5384132"/>
+                <a:ext cx="849601" cy="181453"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>r</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="43" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9663708E-DFD3-4A38-D8B9-68BA1062D338}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="5554579"/>
+                <a:ext cx="849601" cy="181453"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>r</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="44" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8D9ED67-3E93-212D-12BE-17C3785C9C96}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="5725026"/>
+                <a:ext cx="849601" cy="181453"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>r</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="45" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7280ED52-030D-D580-4066-0415D80A315D}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="5895474"/>
+                <a:ext cx="849601" cy="181453"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>r</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="46" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B80796A0-994A-E4FA-82F0-B39A44F3BAF0}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="6065921"/>
+                <a:ext cx="849601" cy="181453"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>r</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="47" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C33D87F1-0350-9AFA-4077-7678F778ED03}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="6251730"/>
+                <a:ext cx="849601" cy="181453"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>r</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="48" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F93BCFB5-7E62-A23A-8191-98CE0F7DBD82}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="6429856"/>
+                <a:ext cx="849601" cy="181453"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>r</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="49" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29DD3AE4-C541-A1A9-A421-9E074A218EC6}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="6607987"/>
+                <a:ext cx="849601" cy="181453"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>r</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="50" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE2C8FB8-16F7-7F05-738A-EEE8203F6E1C}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="4849746"/>
+                <a:ext cx="849601" cy="181453"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>r</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+        </xdr:grpSp>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="39" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03B41C9B-923C-53E0-9DC3-3FDA64B9BF6E}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="16212553" y="6938856"/>
+              <a:ext cx="849601" cy="181453"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>p</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+      </xdr:grpSp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>28</xdr:col>
+      <xdr:colOff>123825</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>209550</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>29</xdr:col>
+      <xdr:colOff>57237</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>4567</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="62" name="Text Box 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17185035-6C30-4859-8C73-199A09A9BC37}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="18621375" y="4829175"/>
+          <a:ext cx="971637" cy="233167"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>28</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>29</xdr:col>
+      <xdr:colOff>66762</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>33142</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="63" name="Text Box 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C32C29A6-3CCD-4C30-A8D6-FDE1518AB9A4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="18630900" y="4638675"/>
+          <a:ext cx="971637" cy="233167"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>r</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>31</xdr:col>
+      <xdr:colOff>123825</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>209550</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>34</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>219074</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="64" name="群組 63">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D14E1B2-7C79-408B-9E41-2036665B4D88}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr/>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr>
+        <a:xfrm>
+          <a:off x="19916775" y="5267325"/>
+          <a:ext cx="2819400" cy="2638424"/>
+          <a:chOff x="17405684" y="4702342"/>
+          <a:chExt cx="2364866" cy="2053885"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:grpSp>
+        <xdr:nvGrpSpPr>
+          <xdr:cNvPr id="65" name="群組 53">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{332B99B8-D1DB-4431-4EBF-73E27C1B9023}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvGrpSpPr>
+            <a:grpSpLocks/>
+          </xdr:cNvGrpSpPr>
+        </xdr:nvGrpSpPr>
+        <xdr:grpSpPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="17405684" y="4702342"/>
+            <a:ext cx="2364866" cy="178963"/>
+            <a:chOff x="15712440" y="7208520"/>
+            <a:chExt cx="2179320" cy="182880"/>
+          </a:xfrm>
+        </xdr:grpSpPr>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="74" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13A9B711-F013-7491-96BA-B8B5F98E3035}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="17173646" y="7208520"/>
+              <a:ext cx="718114" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>p</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="75" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{652C05D8-9B4F-CBAA-5B8D-D02EDB560B16}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="16443043" y="7208520"/>
+              <a:ext cx="718114" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>p</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="76" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20E5494F-FCF2-A64B-68E2-00138A47531B}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="15712440" y="7208520"/>
+              <a:ext cx="718114" cy="182880"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="新細明體"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>p</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+      </xdr:grpSp>
+      <xdr:grpSp>
+        <xdr:nvGrpSpPr>
+          <xdr:cNvPr id="66" name="群組 53">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9DB3652-B6C4-CD96-E94E-8A3692EC878F}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvGrpSpPr>
+            <a:grpSpLocks/>
+          </xdr:cNvGrpSpPr>
+        </xdr:nvGrpSpPr>
+        <xdr:grpSpPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="17405684" y="6075947"/>
+            <a:ext cx="2364866" cy="178964"/>
+            <a:chOff x="15712440" y="7208520"/>
+            <a:chExt cx="2179320" cy="182880"/>
+          </a:xfrm>
+        </xdr:grpSpPr>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="71" name="Text Box 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83E7FC2A-2D0A-3E75-CCC4-F3BD78889F66}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </xdr:cNvSpPr>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="17173646" y="7208520"/>
+              <a:ext cx="718114" cy="182880"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
@@ -8151,95 +7549,95 @@
                   <a:uLnTx/>
                   <a:uFillTx/>
                   <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="新細明體"/>
                   <a:cs typeface="+mn-cs"/>
                 </a:rPr>
                 <a:t>r</a:t>
               </a:r>
               <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="54" name="Text Box 1">
+            <xdr:cNvPr id="72" name="Text Box 1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5D8FEFD-A59D-9B0A-2094-50D52A0BF8F8}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{802C735D-A277-D5D4-17E2-7FD1DC504A44}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </xdr:cNvSpPr>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="12269492" y="5455920"/>
-              <a:ext cx="683216" cy="182880"/>
+              <a:off x="16443043" y="7208520"/>
+              <a:ext cx="718114" cy="182880"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="108000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
               <a:r>
                 <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:solidFill>
@@ -8249,95 +7647,95 @@
                   <a:uLnTx/>
                   <a:uFillTx/>
                   <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="新細明體"/>
                   <a:cs typeface="+mn-cs"/>
                 </a:rPr>
                 <a:t>r</a:t>
               </a:r>
               <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="55" name="Text Box 1">
+            <xdr:cNvPr id="73" name="Text Box 1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91045B6C-4B4D-A527-FCDF-DC645F4A7F51}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{724D02CA-078C-C8D2-62CD-C95AD87E5FED}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </xdr:cNvSpPr>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="13119478" y="5455920"/>
-              <a:ext cx="683216" cy="182880"/>
+              <a:off x="15712440" y="7208520"/>
+              <a:ext cx="718114" cy="182880"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="144000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
               <a:r>
                 <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:solidFill>
@@ -8346,1780 +7744,6563 @@
                   <a:effectLst/>
                   <a:uLnTx/>
                   <a:uFillTx/>
                   <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="新細明體"/>
                   <a:cs typeface="+mn-cs"/>
                 </a:rPr>
                 <a:t>r</a:t>
               </a:r>
               <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
       </xdr:grpSp>
-    </xdr:grpSp>
-[...38 lines deleted...]
-          <xdr:cNvPr id="50" name="Text Box 1">
+      <xdr:grpSp>
+        <xdr:nvGrpSpPr>
+          <xdr:cNvPr id="67" name="群組 53">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{767A0686-51CA-C095-2DF1-79BF3F30FC98}"/>
-[...990 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51972E3E-2E41-D760-95DC-5165651FE072}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0186039-5215-1226-3B46-2C1151C86F0B}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvGrpSpPr>
             <a:grpSpLocks/>
           </xdr:cNvGrpSpPr>
         </xdr:nvGrpSpPr>
         <xdr:grpSpPr bwMode="auto">
           <a:xfrm>
-            <a:off x="22628226" y="5329767"/>
-[...2 lines deleted...]
-            <a:chExt cx="2441274" cy="193522"/>
+            <a:off x="17405684" y="6577263"/>
+            <a:ext cx="2364866" cy="178964"/>
+            <a:chOff x="15712440" y="7208520"/>
+            <a:chExt cx="2179320" cy="182880"/>
           </a:xfrm>
         </xdr:grpSpPr>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="93" name="Text Box 1">
+            <xdr:cNvPr id="68" name="Text Box 1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F14B295-831A-6740-E419-DAE0C65C2652}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0DA82AC-1131-9883-9241-6F48AF0ECBBA}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </xdr:cNvSpPr>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="11332377" y="5455920"/>
-              <a:ext cx="683216" cy="182880"/>
+              <a:off x="17173646" y="7208520"/>
+              <a:ext cx="718114" cy="182880"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
               <a:r>
-                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:solidFill>
                     <a:sysClr val="windowText" lastClr="000000"/>
                   </a:solidFill>
                   <a:effectLst/>
                   <a:uLnTx/>
                   <a:uFillTx/>
                   <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="新細明體"/>
                   <a:cs typeface="+mn-cs"/>
                 </a:rPr>
-                <a:t>r</a:t>
+                <a:t>p</a:t>
               </a:r>
-              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="94" name="Text Box 1">
+            <xdr:cNvPr id="69" name="Text Box 1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CCE37267-0039-F7C5-0725-B516B66501BB}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D49928B-7D32-0405-047F-0A765B9D3EDA}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </xdr:cNvSpPr>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="12269492" y="5466562"/>
-[...218 lines deleted...]
-              <a:ext cx="683216" cy="182880"/>
+              <a:off x="16443043" y="7208520"/>
+              <a:ext cx="718114" cy="182880"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
               <a:r>
-                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:solidFill>
                     <a:sysClr val="windowText" lastClr="000000"/>
                   </a:solidFill>
                   <a:effectLst/>
                   <a:uLnTx/>
                   <a:uFillTx/>
                   <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="新細明體"/>
                   <a:cs typeface="+mn-cs"/>
                 </a:rPr>
-                <a:t>r</a:t>
+                <a:t>p</a:t>
               </a:r>
-              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="91" name="Text Box 1">
+            <xdr:cNvPr id="70" name="Text Box 1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFC16940-CAC2-46AB-6571-7EAEDC409217}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85626822-9E37-5378-E14F-CE6C89D72D61}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </xdr:cNvSpPr>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="12269492" y="5466562"/>
-              <a:ext cx="683216" cy="182880"/>
+              <a:off x="15712440" y="7208520"/>
+              <a:ext cx="718114" cy="182880"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="108000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
               <a:r>
-                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:solidFill>
                     <a:sysClr val="windowText" lastClr="000000"/>
                   </a:solidFill>
                   <a:effectLst/>
                   <a:uLnTx/>
                   <a:uFillTx/>
                   <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="新細明體"/>
                   <a:cs typeface="+mn-cs"/>
                 </a:rPr>
-                <a:t>r</a:t>
+                <a:t>p</a:t>
               </a:r>
-              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...97 lines deleted...]
-              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
       </xdr:grpSp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>43</xdr:col>
-      <xdr:colOff>42334</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>42345</xdr:rowOff>
+      <xdr:colOff>66674</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>43</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>203344</xdr:rowOff>
+      <xdr:col>47</xdr:col>
+      <xdr:colOff>114299</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="113" name="群組 8">
+        <xdr:cNvPr id="77" name="群組 76">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ED35F68-876C-4FA8-8D3D-B97815560E8C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{494B38B8-E8D1-41B7-9355-C179050AD666}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr>
-[...1 lines deleted...]
-        </xdr:cNvGrpSpPr>
+        <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
-      <xdr:grpSpPr bwMode="auto">
+      <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="29065009" y="7948095"/>
-[...2 lines deleted...]
-          <a:chExt cx="720000" cy="604475"/>
+          <a:off x="29089349" y="5057775"/>
+          <a:ext cx="3819525" cy="3514725"/>
+          <a:chOff x="25456816" y="4531895"/>
+          <a:chExt cx="3257923" cy="2710090"/>
         </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:grpSp>
+        <xdr:nvGrpSpPr>
+          <xdr:cNvPr id="78" name="群組 77">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DC1BFB1-687F-E693-428C-E701A2C34A95}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvGrpSpPr/>
+        </xdr:nvGrpSpPr>
+        <xdr:grpSpPr>
+          <a:xfrm>
+            <a:off x="25456816" y="4531895"/>
+            <a:ext cx="851607" cy="2710085"/>
+            <a:chOff x="25456816" y="4531895"/>
+            <a:chExt cx="851607" cy="2710085"/>
+          </a:xfrm>
+        </xdr:grpSpPr>
+        <xdr:grpSp>
+          <xdr:nvGrpSpPr>
+            <xdr:cNvPr id="139" name="群組 138">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{159F9060-E626-1EF4-C7E7-0973A73FE1D2}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvGrpSpPr/>
+          </xdr:nvGrpSpPr>
+          <xdr:grpSpPr>
+            <a:xfrm>
+              <a:off x="25456816" y="4531895"/>
+              <a:ext cx="849601" cy="358468"/>
+              <a:chOff x="16212553" y="4531895"/>
+              <a:chExt cx="849601" cy="358468"/>
+            </a:xfrm>
+          </xdr:grpSpPr>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="156" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2240DDE3-B33D-B8FF-B613-7AA685461ED5}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="4531895"/>
+                <a:ext cx="849601" cy="188021"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="157" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7122527-555B-D8C7-5075-9E275205AC85}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="4702342"/>
+                <a:ext cx="849601" cy="188021"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>r</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+        </xdr:grpSp>
+        <xdr:grpSp>
+          <xdr:nvGrpSpPr>
+            <xdr:cNvPr id="140" name="群組 139">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36E2D178-54AA-A9C5-BF67-B5C35469D35D}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvGrpSpPr/>
+          </xdr:nvGrpSpPr>
+          <xdr:grpSpPr>
+            <a:xfrm>
+              <a:off x="25456816" y="4872789"/>
+              <a:ext cx="851607" cy="2369191"/>
+              <a:chOff x="25456816" y="4872789"/>
+              <a:chExt cx="851607" cy="2369191"/>
+            </a:xfrm>
+          </xdr:grpSpPr>
+          <xdr:grpSp>
+            <xdr:nvGrpSpPr>
+              <xdr:cNvPr id="141" name="群組 140">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B8E04DC-FA6B-3AD0-CB88-AD2BC61B3EF9}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvGrpSpPr/>
+            </xdr:nvGrpSpPr>
+            <xdr:grpSpPr>
+              <a:xfrm>
+                <a:off x="25456816" y="4872789"/>
+                <a:ext cx="849601" cy="2216796"/>
+                <a:chOff x="16212553" y="4872789"/>
+                <a:chExt cx="849601" cy="2216796"/>
+              </a:xfrm>
+            </xdr:grpSpPr>
+            <xdr:grpSp>
+              <xdr:nvGrpSpPr>
+                <xdr:cNvPr id="143" name="群組 142">
+                  <a:extLst>
+                    <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                      <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB39B677-0D63-D83A-08CF-9808075351E1}"/>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:cNvPr>
+                <xdr:cNvGrpSpPr/>
+              </xdr:nvGrpSpPr>
+              <xdr:grpSpPr>
+                <a:xfrm>
+                  <a:off x="16212553" y="4872789"/>
+                  <a:ext cx="849601" cy="1885927"/>
+                  <a:chOff x="16212553" y="4872789"/>
+                  <a:chExt cx="849601" cy="1885927"/>
+                </a:xfrm>
+              </xdr:grpSpPr>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="145" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05DB8A5D-519B-3C01-C51B-A4C30BF53636}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5043237"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="146" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44E40E1A-4DC2-C410-61E8-C0E75DD56DDF}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5213684"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="147" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92C718F7-1E78-CDD0-B46E-67E673A25F79}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5384132"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="148" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9C34161-0DE2-1202-9F98-C3C65F2A0D02}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5554579"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="149" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{793FA51F-C94A-7B05-B60B-EF1BA21CEBC8}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5725026"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="150" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D601EBFF-FF7D-A364-99FB-D4860763B763}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5895474"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="151" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14421B4E-6E2D-F72B-7D12-80F19A09E72B}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="6065921"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="152" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93FD6B45-E05B-F5FB-CF8E-05A174A7B256}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="6236368"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="153" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42E5FEB8-CCA5-1D77-A821-676CE3C3EB56}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="6406816"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="154" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CAEC513-15A6-8844-1A9B-FEFE2FEDA5F2}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="6577263"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="155" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B551BEA-5B5C-72DD-6943-D659A52F890E}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="4872789"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+            </xdr:grpSp>
+            <xdr:sp macro="" textlink="">
+              <xdr:nvSpPr>
+                <xdr:cNvPr id="144" name="Text Box 1">
+                  <a:extLst>
+                    <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                      <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7EC2658-E9A3-1F89-432D-7BF8E26B047B}"/>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:cNvPr>
+                <xdr:cNvSpPr txBox="1">
+                  <a:spLocks noChangeArrowheads="1"/>
+                </xdr:cNvSpPr>
+              </xdr:nvSpPr>
+              <xdr:spPr bwMode="auto">
+                <a:xfrm>
+                  <a:off x="16212553" y="6908132"/>
+                  <a:ext cx="849601" cy="181453"/>
+                </a:xfrm>
+                <a:prstGeom prst="rect">
+                  <a:avLst/>
+                </a:prstGeom>
+                <a:noFill/>
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:extLst>
+                  <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                    <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                      <a:solidFill>
+                        <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                      </a:solidFill>
+                    </a14:hiddenFill>
+                  </a:ext>
+                  <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                    <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                      </a:solidFill>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a14:hiddenLine>
+                  </a:ext>
+                </a:extLst>
+              </xdr:spPr>
+              <xdr:txBody>
+                <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                <a:lstStyle/>
+                <a:p>
+                  <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                    <a:lnSpc>
+                      <a:spcPct val="100000"/>
+                    </a:lnSpc>
+                    <a:spcBef>
+                      <a:spcPts val="0"/>
+                    </a:spcBef>
+                    <a:spcAft>
+                      <a:spcPts val="0"/>
+                    </a:spcAft>
+                    <a:buClrTx/>
+                    <a:buSzTx/>
+                    <a:buFontTx/>
+                    <a:buNone/>
+                    <a:tabLst/>
+                    <a:defRPr/>
+                  </a:pPr>
+                  <a:r>
+                    <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:rPr>
+                    <a:t>p</a:t>
+                  </a:r>
+                  <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:endParaRPr>
+                </a:p>
+              </xdr:txBody>
+            </xdr:sp>
+          </xdr:grpSp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="142" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19F4FE91-E734-BB29-EB71-2A7F6683BD64}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="25458822" y="7060527"/>
+                <a:ext cx="849601" cy="181453"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>p</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+        </xdr:grpSp>
+      </xdr:grpSp>
+      <xdr:grpSp>
+        <xdr:nvGrpSpPr>
+          <xdr:cNvPr id="79" name="群組 78">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CDF995E-3B80-353B-6C65-4C20DC7C0830}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvGrpSpPr/>
+        </xdr:nvGrpSpPr>
+        <xdr:grpSpPr>
+          <a:xfrm>
+            <a:off x="26258921" y="4531900"/>
+            <a:ext cx="851607" cy="2710085"/>
+            <a:chOff x="25456816" y="4531895"/>
+            <a:chExt cx="851607" cy="2710085"/>
+          </a:xfrm>
+        </xdr:grpSpPr>
+        <xdr:grpSp>
+          <xdr:nvGrpSpPr>
+            <xdr:cNvPr id="120" name="群組 119">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51688D7E-458E-172C-588A-242B49F12B11}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvGrpSpPr/>
+          </xdr:nvGrpSpPr>
+          <xdr:grpSpPr>
+            <a:xfrm>
+              <a:off x="25456816" y="4531895"/>
+              <a:ext cx="849601" cy="358468"/>
+              <a:chOff x="16212553" y="4531895"/>
+              <a:chExt cx="849601" cy="358468"/>
+            </a:xfrm>
+          </xdr:grpSpPr>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="137" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BE66330-856F-F214-DF21-597718656199}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="4531895"/>
+                <a:ext cx="849601" cy="188021"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="138" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9E01AA3-8D2A-FF75-7B4F-483F9FD51EB3}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="4702342"/>
+                <a:ext cx="849601" cy="188021"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>r</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+        </xdr:grpSp>
+        <xdr:grpSp>
+          <xdr:nvGrpSpPr>
+            <xdr:cNvPr id="121" name="群組 120">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECCD53B2-352C-B1CA-6C06-D33FB596DE20}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvGrpSpPr/>
+          </xdr:nvGrpSpPr>
+          <xdr:grpSpPr>
+            <a:xfrm>
+              <a:off x="25456816" y="4872789"/>
+              <a:ext cx="851607" cy="2369191"/>
+              <a:chOff x="25456816" y="4872789"/>
+              <a:chExt cx="851607" cy="2369191"/>
+            </a:xfrm>
+          </xdr:grpSpPr>
+          <xdr:grpSp>
+            <xdr:nvGrpSpPr>
+              <xdr:cNvPr id="122" name="群組 121">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3937EB59-3205-9DA8-4E78-A42BDE9FD9A6}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvGrpSpPr/>
+            </xdr:nvGrpSpPr>
+            <xdr:grpSpPr>
+              <a:xfrm>
+                <a:off x="25456816" y="4872789"/>
+                <a:ext cx="849601" cy="2216796"/>
+                <a:chOff x="16212553" y="4872789"/>
+                <a:chExt cx="849601" cy="2216796"/>
+              </a:xfrm>
+            </xdr:grpSpPr>
+            <xdr:grpSp>
+              <xdr:nvGrpSpPr>
+                <xdr:cNvPr id="124" name="群組 123">
+                  <a:extLst>
+                    <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                      <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24D33860-3FA6-C139-5B0D-66F956A7E366}"/>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:cNvPr>
+                <xdr:cNvGrpSpPr/>
+              </xdr:nvGrpSpPr>
+              <xdr:grpSpPr>
+                <a:xfrm>
+                  <a:off x="16212553" y="4872789"/>
+                  <a:ext cx="849601" cy="1885927"/>
+                  <a:chOff x="16212553" y="4872789"/>
+                  <a:chExt cx="849601" cy="1885927"/>
+                </a:xfrm>
+              </xdr:grpSpPr>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="126" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DAAB755-7324-84D8-2E61-421C74422A55}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5043237"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="127" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51C286C0-4037-291B-787A-128CD1ECB084}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5213684"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="128" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC5AD64D-AF98-EE0A-0D25-9B83B92D64EC}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5384132"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="129" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FC49003-3EA8-6A2D-B8A4-3EACEF856ED7}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5554579"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="130" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{143498A8-3311-83C6-C46A-52EDDF18D02D}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5725026"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="131" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4267755B-ACB0-5D1F-2290-751CA4FD3BD0}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5895474"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="132" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2960F89-895F-E5BD-2023-245DAEE85E66}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="6065921"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="133" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B6D9900-BBE8-176D-E3BB-A2AA0D708D21}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="6236368"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="134" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E00D9063-D828-387C-9938-C6360DBF012E}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="6406816"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="135" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77820121-9227-E93E-6BF3-658DDB79BA6C}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="6577263"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="136" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E1DB175-236C-CA2A-8746-26908EDDADFE}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="4872789"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+            </xdr:grpSp>
+            <xdr:sp macro="" textlink="">
+              <xdr:nvSpPr>
+                <xdr:cNvPr id="125" name="Text Box 1">
+                  <a:extLst>
+                    <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                      <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D62456BC-4B87-C16B-5066-DC69E396DF94}"/>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:cNvPr>
+                <xdr:cNvSpPr txBox="1">
+                  <a:spLocks noChangeArrowheads="1"/>
+                </xdr:cNvSpPr>
+              </xdr:nvSpPr>
+              <xdr:spPr bwMode="auto">
+                <a:xfrm>
+                  <a:off x="16212553" y="6908132"/>
+                  <a:ext cx="849601" cy="181453"/>
+                </a:xfrm>
+                <a:prstGeom prst="rect">
+                  <a:avLst/>
+                </a:prstGeom>
+                <a:noFill/>
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:extLst>
+                  <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                    <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                      <a:solidFill>
+                        <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                      </a:solidFill>
+                    </a14:hiddenFill>
+                  </a:ext>
+                  <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                    <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                      </a:solidFill>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a14:hiddenLine>
+                  </a:ext>
+                </a:extLst>
+              </xdr:spPr>
+              <xdr:txBody>
+                <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                <a:lstStyle/>
+                <a:p>
+                  <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                    <a:lnSpc>
+                      <a:spcPct val="100000"/>
+                    </a:lnSpc>
+                    <a:spcBef>
+                      <a:spcPts val="0"/>
+                    </a:spcBef>
+                    <a:spcAft>
+                      <a:spcPts val="0"/>
+                    </a:spcAft>
+                    <a:buClrTx/>
+                    <a:buSzTx/>
+                    <a:buFontTx/>
+                    <a:buNone/>
+                    <a:tabLst/>
+                    <a:defRPr/>
+                  </a:pPr>
+                  <a:r>
+                    <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:rPr>
+                    <a:t>p</a:t>
+                  </a:r>
+                  <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:endParaRPr>
+                </a:p>
+              </xdr:txBody>
+            </xdr:sp>
+          </xdr:grpSp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="123" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D9461FE-ACE3-5980-24DC-57E56D6C10B4}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="25458822" y="7060527"/>
+                <a:ext cx="849601" cy="181453"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>p</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+        </xdr:grpSp>
+      </xdr:grpSp>
+      <xdr:grpSp>
+        <xdr:nvGrpSpPr>
+          <xdr:cNvPr id="80" name="群組 79">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{251BCC61-1CCA-7D8C-6CDD-05F3CC75DEAD}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvGrpSpPr/>
+        </xdr:nvGrpSpPr>
+        <xdr:grpSpPr>
+          <a:xfrm>
+            <a:off x="27061026" y="4531895"/>
+            <a:ext cx="851607" cy="2710085"/>
+            <a:chOff x="25456816" y="4531895"/>
+            <a:chExt cx="851607" cy="2710085"/>
+          </a:xfrm>
+        </xdr:grpSpPr>
+        <xdr:grpSp>
+          <xdr:nvGrpSpPr>
+            <xdr:cNvPr id="101" name="群組 100">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C1E8A82-9FC2-08D3-8F06-73A7E2E100F9}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvGrpSpPr/>
+          </xdr:nvGrpSpPr>
+          <xdr:grpSpPr>
+            <a:xfrm>
+              <a:off x="25456816" y="4531895"/>
+              <a:ext cx="849601" cy="358468"/>
+              <a:chOff x="16212553" y="4531895"/>
+              <a:chExt cx="849601" cy="358468"/>
+            </a:xfrm>
+          </xdr:grpSpPr>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="118" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56E482F1-47B2-3842-74AE-B2F26730DB53}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="4531895"/>
+                <a:ext cx="849601" cy="188021"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="119" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C452E43F-EEDE-BDC6-B154-5328DE5EC56B}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="4702342"/>
+                <a:ext cx="849601" cy="188021"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>r</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+        </xdr:grpSp>
+        <xdr:grpSp>
+          <xdr:nvGrpSpPr>
+            <xdr:cNvPr id="102" name="群組 101">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D827DE8-8AC8-6821-4FA3-8A1201CA4EB7}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvGrpSpPr/>
+          </xdr:nvGrpSpPr>
+          <xdr:grpSpPr>
+            <a:xfrm>
+              <a:off x="25456816" y="4872789"/>
+              <a:ext cx="851607" cy="2369191"/>
+              <a:chOff x="25456816" y="4872789"/>
+              <a:chExt cx="851607" cy="2369191"/>
+            </a:xfrm>
+          </xdr:grpSpPr>
+          <xdr:grpSp>
+            <xdr:nvGrpSpPr>
+              <xdr:cNvPr id="103" name="群組 102">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D1B284F-0AAB-EB2A-5640-821DA8E508D4}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvGrpSpPr/>
+            </xdr:nvGrpSpPr>
+            <xdr:grpSpPr>
+              <a:xfrm>
+                <a:off x="25456816" y="4872789"/>
+                <a:ext cx="849601" cy="2216796"/>
+                <a:chOff x="16212553" y="4872789"/>
+                <a:chExt cx="849601" cy="2216796"/>
+              </a:xfrm>
+            </xdr:grpSpPr>
+            <xdr:grpSp>
+              <xdr:nvGrpSpPr>
+                <xdr:cNvPr id="105" name="群組 104">
+                  <a:extLst>
+                    <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                      <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C701744-EC4D-0FF4-A145-EBDE85FD981C}"/>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:cNvPr>
+                <xdr:cNvGrpSpPr/>
+              </xdr:nvGrpSpPr>
+              <xdr:grpSpPr>
+                <a:xfrm>
+                  <a:off x="16212553" y="4872789"/>
+                  <a:ext cx="849601" cy="1885927"/>
+                  <a:chOff x="16212553" y="4872789"/>
+                  <a:chExt cx="849601" cy="1885927"/>
+                </a:xfrm>
+              </xdr:grpSpPr>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="107" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E06FD29E-5883-E362-710C-44C71A475848}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5043237"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="108" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34B3BA56-163F-DB34-CCA2-13140AD2B29A}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5213684"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="109" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37F50E40-958B-C551-6737-46352E583A75}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5384132"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="110" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{985BC0B7-BB69-ECC6-3392-E7F733BBB0FA}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5554579"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="111" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FBE89CAD-26EF-AEB3-ADF8-F9E41BC93E9A}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5725026"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="112" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB128872-6769-C0CA-300F-9E73060AE83F}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5895474"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="113" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F931C56D-A509-3A07-62BB-158A6E54744D}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="6065921"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="114" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9575CAA5-B1BF-8CEF-12DE-71BF1C770718}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="6236368"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="115" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03AB81ED-41F8-EA14-648B-C4BE6B7AC50A}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="6406816"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="116" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F503C51B-89AE-924F-9190-DDD396A5116D}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="6577263"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="117" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5F000FA-F61A-CBB1-1455-C05C846F968F}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="4872789"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+            </xdr:grpSp>
+            <xdr:sp macro="" textlink="">
+              <xdr:nvSpPr>
+                <xdr:cNvPr id="106" name="Text Box 1">
+                  <a:extLst>
+                    <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                      <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8072EBD7-0D56-5168-3F75-368D23F37743}"/>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:cNvPr>
+                <xdr:cNvSpPr txBox="1">
+                  <a:spLocks noChangeArrowheads="1"/>
+                </xdr:cNvSpPr>
+              </xdr:nvSpPr>
+              <xdr:spPr bwMode="auto">
+                <a:xfrm>
+                  <a:off x="16212553" y="6908132"/>
+                  <a:ext cx="849601" cy="181453"/>
+                </a:xfrm>
+                <a:prstGeom prst="rect">
+                  <a:avLst/>
+                </a:prstGeom>
+                <a:noFill/>
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:extLst>
+                  <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                    <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                      <a:solidFill>
+                        <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                      </a:solidFill>
+                    </a14:hiddenFill>
+                  </a:ext>
+                  <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                    <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                      </a:solidFill>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a14:hiddenLine>
+                  </a:ext>
+                </a:extLst>
+              </xdr:spPr>
+              <xdr:txBody>
+                <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                <a:lstStyle/>
+                <a:p>
+                  <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                    <a:lnSpc>
+                      <a:spcPct val="100000"/>
+                    </a:lnSpc>
+                    <a:spcBef>
+                      <a:spcPts val="0"/>
+                    </a:spcBef>
+                    <a:spcAft>
+                      <a:spcPts val="0"/>
+                    </a:spcAft>
+                    <a:buClrTx/>
+                    <a:buSzTx/>
+                    <a:buFontTx/>
+                    <a:buNone/>
+                    <a:tabLst/>
+                    <a:defRPr/>
+                  </a:pPr>
+                  <a:r>
+                    <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:rPr>
+                    <a:t>p</a:t>
+                  </a:r>
+                  <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:endParaRPr>
+                </a:p>
+              </xdr:txBody>
+            </xdr:sp>
+          </xdr:grpSp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="104" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3776D021-9139-D348-B23A-656842005C38}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="25458822" y="7060527"/>
+                <a:ext cx="849601" cy="181453"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>p</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+        </xdr:grpSp>
+      </xdr:grpSp>
+      <xdr:grpSp>
+        <xdr:nvGrpSpPr>
+          <xdr:cNvPr id="81" name="群組 80">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94F94B12-681B-AC12-A892-B715592DB172}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvGrpSpPr/>
+        </xdr:nvGrpSpPr>
+        <xdr:grpSpPr>
+          <a:xfrm>
+            <a:off x="27863132" y="4531895"/>
+            <a:ext cx="851607" cy="2710085"/>
+            <a:chOff x="25456816" y="4531895"/>
+            <a:chExt cx="851607" cy="2710085"/>
+          </a:xfrm>
+        </xdr:grpSpPr>
+        <xdr:grpSp>
+          <xdr:nvGrpSpPr>
+            <xdr:cNvPr id="82" name="群組 81">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F815C351-A8A8-869F-8A24-9BB3C940505D}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvGrpSpPr/>
+          </xdr:nvGrpSpPr>
+          <xdr:grpSpPr>
+            <a:xfrm>
+              <a:off x="25456816" y="4531895"/>
+              <a:ext cx="849601" cy="358468"/>
+              <a:chOff x="16212553" y="4531895"/>
+              <a:chExt cx="849601" cy="358468"/>
+            </a:xfrm>
+          </xdr:grpSpPr>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="99" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD3FBF35-C4AF-3FB2-DAEC-D1AED77A9F64}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="4531895"/>
+                <a:ext cx="849601" cy="188021"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="100" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDA057A6-D7CA-D492-FD48-0D9781D4B758}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="16212553" y="4702342"/>
+                <a:ext cx="849601" cy="188021"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>r</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+        </xdr:grpSp>
+        <xdr:grpSp>
+          <xdr:nvGrpSpPr>
+            <xdr:cNvPr id="83" name="群組 82">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA9E0E48-7216-53A3-3A01-06AF3DD0D0D1}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvGrpSpPr/>
+          </xdr:nvGrpSpPr>
+          <xdr:grpSpPr>
+            <a:xfrm>
+              <a:off x="25456816" y="4872789"/>
+              <a:ext cx="851607" cy="2369191"/>
+              <a:chOff x="25456816" y="4872789"/>
+              <a:chExt cx="851607" cy="2369191"/>
+            </a:xfrm>
+          </xdr:grpSpPr>
+          <xdr:grpSp>
+            <xdr:nvGrpSpPr>
+              <xdr:cNvPr id="84" name="群組 83">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94E0B172-429D-4429-F16F-38543898E2DD}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvGrpSpPr/>
+            </xdr:nvGrpSpPr>
+            <xdr:grpSpPr>
+              <a:xfrm>
+                <a:off x="25456816" y="4872789"/>
+                <a:ext cx="849601" cy="2216796"/>
+                <a:chOff x="16212553" y="4872789"/>
+                <a:chExt cx="849601" cy="2216796"/>
+              </a:xfrm>
+            </xdr:grpSpPr>
+            <xdr:grpSp>
+              <xdr:nvGrpSpPr>
+                <xdr:cNvPr id="86" name="群組 85">
+                  <a:extLst>
+                    <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                      <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F138E549-D330-2EE8-AE49-68C1D2233769}"/>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:cNvPr>
+                <xdr:cNvGrpSpPr/>
+              </xdr:nvGrpSpPr>
+              <xdr:grpSpPr>
+                <a:xfrm>
+                  <a:off x="16212553" y="4872789"/>
+                  <a:ext cx="849601" cy="1885927"/>
+                  <a:chOff x="16212553" y="4872789"/>
+                  <a:chExt cx="849601" cy="1885927"/>
+                </a:xfrm>
+              </xdr:grpSpPr>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="88" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00D08C71-2123-CC71-4EFD-1B64A3F931B5}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5043237"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="89" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCE70295-DF0A-6C60-8373-0419001B5447}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5213684"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="90" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A60D5BD-8052-5D0D-0BCB-70075FE2708E}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5384132"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="91" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA355ED5-AE40-5073-9A16-49DAB45325DE}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5554579"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="92" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BD208E1-86AC-C965-3F93-2F953914014B}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5725026"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="93" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BAFF092-D262-0E23-A5A4-86273E9BDA26}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="5895474"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="94" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A09FE533-0FC8-36C6-5F84-3819637FC5F9}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="6065921"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="95" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A18F620-378D-FD65-B064-E64325D2C73F}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="6236368"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="96" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E4A94CF-7EA2-3314-4EDC-DB2415596369}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="6406816"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="97" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E909962-D09D-8FA7-B583-1A361639F6FE}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="6577263"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+              <xdr:sp macro="" textlink="">
+                <xdr:nvSpPr>
+                  <xdr:cNvPr id="98" name="Text Box 1">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F8D8A29-7535-8F42-FFB8-29DF2FA54BB1}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </xdr:cNvPr>
+                  <xdr:cNvSpPr txBox="1">
+                    <a:spLocks noChangeArrowheads="1"/>
+                  </xdr:cNvSpPr>
+                </xdr:nvSpPr>
+                <xdr:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="16212553" y="4872789"/>
+                    <a:ext cx="849601" cy="181453"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                        </a:solidFill>
+                      </a14:hiddenFill>
+                    </a:ext>
+                    <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                      <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                        <a:solidFill>
+                          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                        </a:solidFill>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a14:hiddenLine>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:spPr>
+                <xdr:txBody>
+                  <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:lnSpc>
+                        <a:spcPct val="100000"/>
+                      </a:lnSpc>
+                      <a:spcBef>
+                        <a:spcPts val="0"/>
+                      </a:spcBef>
+                      <a:spcAft>
+                        <a:spcPts val="0"/>
+                      </a:spcAft>
+                      <a:buClrTx/>
+                      <a:buSzTx/>
+                      <a:buFontTx/>
+                      <a:buNone/>
+                      <a:tabLst/>
+                      <a:defRPr/>
+                    </a:pPr>
+                    <a:r>
+                      <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                      </a:rPr>
+                      <a:t>r</a:t>
+                    </a:r>
+                    <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </xdr:txBody>
+              </xdr:sp>
+            </xdr:grpSp>
+            <xdr:sp macro="" textlink="">
+              <xdr:nvSpPr>
+                <xdr:cNvPr id="87" name="Text Box 1">
+                  <a:extLst>
+                    <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                      <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80B2AB54-2ECE-4E75-6F9F-D4F163D1A328}"/>
+                    </a:ext>
+                  </a:extLst>
+                </xdr:cNvPr>
+                <xdr:cNvSpPr txBox="1">
+                  <a:spLocks noChangeArrowheads="1"/>
+                </xdr:cNvSpPr>
+              </xdr:nvSpPr>
+              <xdr:spPr bwMode="auto">
+                <a:xfrm>
+                  <a:off x="16212553" y="6908132"/>
+                  <a:ext cx="849601" cy="181453"/>
+                </a:xfrm>
+                <a:prstGeom prst="rect">
+                  <a:avLst/>
+                </a:prstGeom>
+                <a:noFill/>
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:extLst>
+                  <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                    <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                      <a:solidFill>
+                        <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                      </a:solidFill>
+                    </a14:hiddenFill>
+                  </a:ext>
+                  <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                    <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                      </a:solidFill>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a14:hiddenLine>
+                  </a:ext>
+                </a:extLst>
+              </xdr:spPr>
+              <xdr:txBody>
+                <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                <a:lstStyle/>
+                <a:p>
+                  <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                    <a:lnSpc>
+                      <a:spcPct val="100000"/>
+                    </a:lnSpc>
+                    <a:spcBef>
+                      <a:spcPts val="0"/>
+                    </a:spcBef>
+                    <a:spcAft>
+                      <a:spcPts val="0"/>
+                    </a:spcAft>
+                    <a:buClrTx/>
+                    <a:buSzTx/>
+                    <a:buFontTx/>
+                    <a:buNone/>
+                    <a:tabLst/>
+                    <a:defRPr/>
+                  </a:pPr>
+                  <a:r>
+                    <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:effectLst/>
+                      <a:uLnTx/>
+                      <a:uFillTx/>
+                      <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                    </a:rPr>
+                    <a:t>p</a:t>
+                  </a:r>
+                  <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:endParaRPr>
+                </a:p>
+              </xdr:txBody>
+            </xdr:sp>
+          </xdr:grpSp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="85" name="Text Box 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{741A7B2A-87FD-AB33-09EF-6BD7EBA6E1A0}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr txBox="1">
+                <a:spLocks noChangeArrowheads="1"/>
+              </xdr:cNvSpPr>
+            </xdr:nvSpPr>
+            <xdr:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="25458822" y="7060527"/>
+                <a:ext cx="849601" cy="181453"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:extLst>
+                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                    </a:solidFill>
+                  </a14:hiddenFill>
+                </a:ext>
+                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                    <a:solidFill>
+                      <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                    </a:solidFill>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a14:hiddenLine>
+                </a:ext>
+              </a:extLst>
+            </xdr:spPr>
+            <xdr:txBody>
+              <a:bodyPr vertOverflow="clip" wrap="square" lIns="216000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPts val="0"/>
+                  </a:spcAft>
+                  <a:buClrTx/>
+                  <a:buSzTx/>
+                  <a:buFontTx/>
+                  <a:buNone/>
+                  <a:tabLst/>
+                  <a:defRPr/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:solidFill>
+                      <a:sysClr val="windowText" lastClr="000000"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:uLnTx/>
+                    <a:uFillTx/>
+                    <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>p</a:t>
+                </a:r>
+                <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:sysClr val="windowText" lastClr="000000"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:uLnTx/>
+                  <a:uFillTx/>
+                  <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+        </xdr:grpSp>
+      </xdr:grpSp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>49</xdr:col>
+      <xdr:colOff>66675</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>55</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="158" name="群組 157">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81774F3F-CDD5-41CB-98F7-0E0562567B5D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr/>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr>
+        <a:xfrm>
+          <a:off x="33118425" y="8162925"/>
+          <a:ext cx="5638800" cy="209550"/>
+          <a:chOff x="28915895" y="6918158"/>
+          <a:chExt cx="4865545" cy="180306"/>
+        </a:xfrm>
+        <a:noFill/>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="114" name="Text Box 1">
+          <xdr:cNvPr id="159" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06B1E677-C7D3-65D9-FF7B-5DF2146A319A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A645E976-1DC7-B7C9-5971-9F341769EC95}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="22959060" y="6784045"/>
-            <a:ext cx="720000" cy="189939"/>
+            <a:off x="28915895" y="6918158"/>
+            <a:ext cx="750078" cy="180306"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
+          <a:grpFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...5 lines deleted...]
-            </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -10141,310 +14322,74 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="115" name="Text Box 1">
+          <xdr:cNvPr id="160" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{132CEB78-D566-CD61-F8CA-2132FBF95C91}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86DDEDC5-61DF-A1EB-6AFE-58C3F6914551}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="22959060" y="6999130"/>
-            <a:ext cx="720000" cy="163741"/>
+            <a:off x="29765791" y="6918158"/>
+            <a:ext cx="806894" cy="180306"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
+          <a:grpFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...234 lines deleted...]
-            </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -10466,310 +14411,74 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="119" name="Text Box 1">
+          <xdr:cNvPr id="161" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BEAA857-66E1-BC93-8FD3-3A5226186CF2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C19F4E9-42B0-A98A-B2CA-82F740EAF509}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="22959060" y="6999130"/>
-            <a:ext cx="720000" cy="163741"/>
+            <a:off x="32174446" y="6918158"/>
+            <a:ext cx="806895" cy="180306"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
+          <a:grpFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...234 lines deleted...]
-            </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -10791,310 +14500,198 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="123" name="Text Box 1">
+          <xdr:cNvPr id="162" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFD59189-04ED-557B-6294-FB7039E151FA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC35A272-00AE-A57E-8BCF-ABE7B2531225}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="22959060" y="6999130"/>
-            <a:ext cx="720000" cy="163741"/>
+            <a:off x="32974546" y="6918158"/>
+            <a:ext cx="806894" cy="180306"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
+          <a:grpFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...5 lines deleted...]
-            </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>p</a:t>
-[...95 lines deleted...]
-              <a:t>p</a:t>
+              <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>46</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>52917</xdr:rowOff>
+      <xdr:col>51</xdr:col>
+      <xdr:colOff>47624</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>46</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>213916</xdr:rowOff>
+      <xdr:col>52</xdr:col>
+      <xdr:colOff>942974</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="125" name="群組 8">
+        <xdr:cNvPr id="163" name="群組 162">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06CDFAC7-FD38-42A5-9D91-775619CFF59F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA7B49EB-0D11-4C26-9E54-4F923AEFF63A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr>
-[...1 lines deleted...]
-        </xdr:cNvGrpSpPr>
+        <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
-      <xdr:grpSpPr bwMode="auto">
+      <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="31925683" y="7958667"/>
-[...2 lines deleted...]
-          <a:chExt cx="720000" cy="604475"/>
+          <a:off x="34985324" y="7477125"/>
+          <a:ext cx="1838325" cy="209550"/>
+          <a:chOff x="29051250" y="6410325"/>
+          <a:chExt cx="1652694" cy="181309"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="126" name="Text Box 1">
+          <xdr:cNvPr id="164" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6276793-747C-402E-020A-7028B2CD05EE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05D30A90-2D72-67D8-B50A-1128791E1ECD}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="22959060" y="6784045"/>
-            <a:ext cx="720000" cy="189939"/>
+            <a:off x="29051250" y="6410325"/>
+            <a:ext cx="748223" cy="181309"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...5 lines deleted...]
-            </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -11116,1657 +14713,88 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>r</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="zh-TW" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="127" name="Text Box 1">
+          <xdr:cNvPr id="165" name="Text Box 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{679352FD-6736-60B9-E218-5E59E2BE1E6F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2270198-FA86-6BFD-8DDD-1CD465F60993}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="22959060" y="6999130"/>
-            <a:ext cx="720000" cy="163741"/>
+            <a:off x="29899045" y="6410325"/>
+            <a:ext cx="804899" cy="181309"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-[...5 lines deleted...]
-            </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" wrap="square" lIns="180000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
-          <a:lstStyle/>
-[...1560 lines deleted...]
-          <a:bodyPr vertOverflow="clip" wrap="square" lIns="144000" tIns="0" rIns="0" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" altLang="zh-TW" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
@@ -13068,54 +15096,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F35FEA7-82D3-45FF-B184-8290899DD78C}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BCE41B15-E661-4B6A-9A32-8A9DA18E63A4}">
   <dimension ref="B1:BO55"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="95" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane xSplit="2" ySplit="7" topLeftCell="C8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75"/>
   <cols>
     <col min="1" max="1" width="1.75" style="5" customWidth="1"/>
     <col min="2" max="2" width="9.625" style="5" customWidth="1"/>
     <col min="3" max="8" width="12.375" style="5" customWidth="1"/>
     <col min="9" max="9" width="1.625" style="5" customWidth="1"/>
     <col min="10" max="10" width="1.75" style="5" customWidth="1"/>
     <col min="11" max="16" width="12.375" style="5" customWidth="1"/>
     <col min="17" max="17" width="9.625" style="5" customWidth="1"/>
     <col min="18" max="18" width="1.625" style="5" customWidth="1"/>
     <col min="19" max="19" width="1.75" style="5" customWidth="1"/>
     <col min="20" max="20" width="10.125" style="5" customWidth="1"/>
     <col min="21" max="21" width="3.625" style="5" customWidth="1"/>
     <col min="22" max="22" width="3.625" style="5" hidden="1" customWidth="1"/>
     <col min="23" max="23" width="10.625" style="6" customWidth="1"/>
     <col min="24" max="24" width="3.625" style="6" customWidth="1"/>
     <col min="25" max="25" width="10.625" style="7" customWidth="1"/>
     <col min="26" max="26" width="3.625" style="7" customWidth="1"/>
     <col min="27" max="27" width="10.625" style="8" customWidth="1"/>
@@ -13130,54 +15158,54 @@
     <col min="41" max="41" width="9.625" style="5" customWidth="1"/>
     <col min="42" max="43" width="12.375" style="5" customWidth="1"/>
     <col min="44" max="47" width="12.375" style="9" customWidth="1"/>
     <col min="48" max="48" width="1.625" style="9" customWidth="1"/>
     <col min="49" max="49" width="1.75" style="9" customWidth="1"/>
     <col min="50" max="55" width="12.375" style="10" customWidth="1"/>
     <col min="56" max="56" width="9.625" style="10" customWidth="1"/>
     <col min="57" max="57" width="1.625" style="8" customWidth="1"/>
     <col min="58" max="58" width="8.125" style="5" customWidth="1"/>
     <col min="59" max="60" width="9" style="5" customWidth="1"/>
     <col min="61" max="61" width="9.625" style="5" customWidth="1"/>
     <col min="62" max="62" width="11" style="5" customWidth="1"/>
     <col min="63" max="16384" width="9" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:67" ht="21">
       <c r="B1" s="61" t="s">
         <v>80</v>
       </c>
       <c r="D1" s="65" t="s">
         <v>81</v>
       </c>
       <c r="M1" s="65" t="s">
         <v>0</v>
       </c>
-      <c r="T1" s="191"/>
-[...2 lines deleted...]
-      <c r="W1" s="192"/>
+      <c r="T1" s="285"/>
+      <c r="U1" s="286"/>
+      <c r="V1" s="286"/>
+      <c r="W1" s="286"/>
       <c r="Y1" s="65" t="s">
         <v>1</v>
       </c>
       <c r="AG1" s="65" t="s">
         <v>2</v>
       </c>
       <c r="AP1" s="65" t="s">
         <v>82</v>
       </c>
       <c r="AY1" s="65" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="2" spans="2:67" s="11" customFormat="1" ht="19.5" customHeight="1">
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
       <c r="G2" s="13"/>
       <c r="H2" s="14"/>
       <c r="I2" s="14"/>
       <c r="J2" s="13"/>
@@ -13270,4827 +15298,4790 @@
         <v>109</v>
       </c>
       <c r="AP3" s="5"/>
       <c r="AQ3" s="5"/>
       <c r="AR3" s="24"/>
       <c r="AS3" s="24"/>
       <c r="AT3" s="24"/>
       <c r="AU3" s="25"/>
       <c r="AV3" s="26"/>
       <c r="AW3" s="18"/>
       <c r="AX3" s="23"/>
       <c r="AY3" s="23"/>
       <c r="AZ3" s="23"/>
       <c r="BA3" s="23"/>
       <c r="BB3" s="16"/>
       <c r="BC3" s="16"/>
       <c r="BD3" s="16"/>
       <c r="BE3" s="16"/>
       <c r="BF3" s="13"/>
       <c r="BG3" s="13"/>
       <c r="BH3" s="13"/>
       <c r="BI3" s="13"/>
       <c r="BJ3" s="13"/>
     </row>
     <row r="4" spans="2:67" s="27" customFormat="1" ht="32.450000000000003" customHeight="1">
-      <c r="B4" s="209" t="s">
+      <c r="B4" s="200" t="s">
         <v>10</v>
       </c>
-      <c r="C4" s="273" t="s">
+      <c r="C4" s="203" t="s">
         <v>72</v>
       </c>
-      <c r="D4" s="274"/>
-      <c r="E4" s="275" t="s">
+      <c r="D4" s="204"/>
+      <c r="E4" s="205" t="s">
         <v>11</v>
       </c>
-      <c r="F4" s="276"/>
+      <c r="F4" s="206"/>
       <c r="G4" s="80" t="s">
         <v>12</v>
       </c>
       <c r="H4" s="81" t="s">
         <v>13</v>
       </c>
       <c r="I4" s="28"/>
       <c r="J4" s="28"/>
-      <c r="K4" s="277" t="s">
+      <c r="K4" s="207" t="s">
         <v>24</v>
       </c>
-      <c r="L4" s="278"/>
-[...2 lines deleted...]
-      <c r="O4" s="292" t="s">
+      <c r="L4" s="208"/>
+      <c r="M4" s="208"/>
+      <c r="N4" s="209"/>
+      <c r="O4" s="225" t="s">
         <v>25</v>
       </c>
-      <c r="P4" s="228"/>
-      <c r="Q4" s="295" t="s">
+      <c r="P4" s="226"/>
+      <c r="Q4" s="229" t="s">
         <v>26</v>
       </c>
       <c r="R4" s="29"/>
-      <c r="T4" s="209" t="s">
+      <c r="T4" s="200" t="s">
         <v>10</v>
       </c>
-      <c r="U4" s="219" t="s">
+      <c r="U4" s="243" t="s">
         <v>32</v>
       </c>
-      <c r="V4" s="220"/>
-[...1 lines deleted...]
-      <c r="X4" s="214" t="s">
+      <c r="V4" s="303"/>
+      <c r="W4" s="304"/>
+      <c r="X4" s="298" t="s">
         <v>33</v>
       </c>
-      <c r="Y4" s="215"/>
-      <c r="Z4" s="219" t="s">
+      <c r="Y4" s="299"/>
+      <c r="Z4" s="243" t="s">
         <v>34</v>
       </c>
-      <c r="AA4" s="266"/>
-      <c r="AB4" s="195" t="s">
+      <c r="AA4" s="244"/>
+      <c r="AB4" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="AC4" s="232" t="s">
+      <c r="AC4" s="257" t="s">
         <v>35</v>
       </c>
       <c r="AD4" s="30"/>
       <c r="AE4" s="31"/>
-      <c r="AF4" s="226" t="s">
+      <c r="AF4" s="252" t="s">
         <v>39</v>
       </c>
-      <c r="AG4" s="227"/>
-[...4 lines deleted...]
-      <c r="AL4" s="200" t="s">
+      <c r="AG4" s="253"/>
+      <c r="AH4" s="253"/>
+      <c r="AI4" s="253"/>
+      <c r="AJ4" s="253"/>
+      <c r="AK4" s="226"/>
+      <c r="AL4" s="270" t="s">
         <v>40</v>
       </c>
       <c r="AM4" s="32"/>
       <c r="AN4" s="33"/>
-      <c r="AO4" s="209" t="s">
+      <c r="AO4" s="200" t="s">
         <v>45</v>
       </c>
-      <c r="AP4" s="245" t="s">
+      <c r="AP4" s="268" t="s">
         <v>68</v>
       </c>
-      <c r="AQ4" s="246"/>
-      <c r="AR4" s="242" t="s">
+      <c r="AQ4" s="269"/>
+      <c r="AR4" s="265" t="s">
         <v>66</v>
       </c>
-      <c r="AS4" s="243"/>
-[...1 lines deleted...]
-      <c r="AU4" s="244"/>
+      <c r="AS4" s="266"/>
+      <c r="AT4" s="266"/>
+      <c r="AU4" s="267"/>
       <c r="AV4" s="26"/>
       <c r="AW4" s="26"/>
-      <c r="AX4" s="247" t="s">
+      <c r="AX4" s="273" t="s">
         <v>85</v>
       </c>
-      <c r="AY4" s="248"/>
-[...4 lines deleted...]
-      <c r="BD4" s="200" t="s">
+      <c r="AY4" s="274"/>
+      <c r="AZ4" s="274"/>
+      <c r="BA4" s="274"/>
+      <c r="BB4" s="274"/>
+      <c r="BC4" s="275"/>
+      <c r="BD4" s="270" t="s">
         <v>40</v>
       </c>
       <c r="BE4" s="32"/>
       <c r="BF4" s="28"/>
-      <c r="BG4" s="225"/>
-[...2 lines deleted...]
-      <c r="BJ4" s="225"/>
+      <c r="BG4" s="251"/>
+      <c r="BH4" s="251"/>
+      <c r="BI4" s="251"/>
+      <c r="BJ4" s="251"/>
       <c r="BK4" s="28"/>
       <c r="BL4" s="28"/>
       <c r="BM4" s="28"/>
       <c r="BN4" s="34"/>
       <c r="BO4" s="34"/>
     </row>
     <row r="5" spans="2:67" s="27" customFormat="1" ht="42.75" customHeight="1">
-      <c r="B5" s="210"/>
-      <c r="C5" s="286" t="s">
+      <c r="B5" s="201"/>
+      <c r="C5" s="216" t="s">
         <v>14</v>
       </c>
-      <c r="D5" s="287"/>
-      <c r="E5" s="288" t="s">
+      <c r="D5" s="217"/>
+      <c r="E5" s="218" t="s">
         <v>15</v>
       </c>
-      <c r="F5" s="289"/>
+      <c r="F5" s="219"/>
       <c r="G5" s="82" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="83" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="34"/>
       <c r="J5" s="28"/>
-      <c r="K5" s="280" t="s">
+      <c r="K5" s="210" t="s">
         <v>31</v>
       </c>
-      <c r="L5" s="283" t="s">
+      <c r="L5" s="213" t="s">
         <v>27</v>
       </c>
-      <c r="M5" s="283" t="s">
+      <c r="M5" s="213" t="s">
         <v>28</v>
       </c>
-      <c r="N5" s="290" t="s">
+      <c r="N5" s="222" t="s">
         <v>29</v>
       </c>
-      <c r="O5" s="283" t="s">
+      <c r="O5" s="213" t="s">
         <v>30</v>
       </c>
-      <c r="P5" s="298" t="s">
+      <c r="P5" s="232" t="s">
         <v>71</v>
       </c>
-      <c r="Q5" s="296"/>
+      <c r="Q5" s="230"/>
       <c r="R5" s="28"/>
-      <c r="T5" s="210"/>
-[...8 lines deleted...]
-      <c r="AC5" s="233"/>
+      <c r="T5" s="201"/>
+      <c r="U5" s="305"/>
+      <c r="V5" s="306"/>
+      <c r="W5" s="307"/>
+      <c r="X5" s="300"/>
+      <c r="Y5" s="301"/>
+      <c r="Z5" s="245"/>
+      <c r="AA5" s="246"/>
+      <c r="AB5" s="223"/>
+      <c r="AC5" s="258"/>
       <c r="AD5" s="30"/>
       <c r="AE5" s="35"/>
       <c r="AF5" s="94" t="s">
         <v>41</v>
       </c>
       <c r="AG5" s="95" t="s">
         <v>42</v>
       </c>
-      <c r="AH5" s="229" t="s">
+      <c r="AH5" s="254" t="s">
         <v>43</v>
       </c>
-      <c r="AI5" s="230"/>
-[...2 lines deleted...]
-      <c r="AL5" s="201"/>
+      <c r="AI5" s="255"/>
+      <c r="AJ5" s="255"/>
+      <c r="AK5" s="256"/>
+      <c r="AL5" s="271"/>
       <c r="AM5" s="36"/>
       <c r="AN5" s="37"/>
-      <c r="AO5" s="210"/>
-      <c r="AP5" s="257" t="s">
+      <c r="AO5" s="201"/>
+      <c r="AP5" s="283" t="s">
         <v>69</v>
       </c>
-      <c r="AQ5" s="258"/>
-      <c r="AR5" s="254" t="s">
+      <c r="AQ5" s="284"/>
+      <c r="AR5" s="280" t="s">
         <v>67</v>
       </c>
-      <c r="AS5" s="255"/>
-[...1 lines deleted...]
-      <c r="AU5" s="256"/>
+      <c r="AS5" s="281"/>
+      <c r="AT5" s="281"/>
+      <c r="AU5" s="282"/>
       <c r="AV5" s="26"/>
       <c r="AW5" s="26"/>
-      <c r="AX5" s="250" t="s">
+      <c r="AX5" s="276" t="s">
         <v>84</v>
       </c>
-      <c r="AY5" s="251"/>
-      <c r="AZ5" s="234" t="s">
+      <c r="AY5" s="277"/>
+      <c r="AZ5" s="259" t="s">
         <v>57</v>
       </c>
-      <c r="BA5" s="235"/>
-      <c r="BB5" s="236" t="s">
+      <c r="BA5" s="260"/>
+      <c r="BB5" s="261" t="s">
         <v>58</v>
       </c>
-      <c r="BC5" s="236" t="s">
+      <c r="BC5" s="261" t="s">
         <v>59</v>
       </c>
-      <c r="BD5" s="201"/>
+      <c r="BD5" s="271"/>
       <c r="BE5" s="36"/>
       <c r="BF5" s="38"/>
       <c r="BG5" s="39"/>
       <c r="BH5" s="29"/>
-      <c r="BI5" s="241"/>
-      <c r="BJ5" s="241"/>
+      <c r="BI5" s="264"/>
+      <c r="BJ5" s="264"/>
       <c r="BK5" s="28"/>
       <c r="BL5" s="34"/>
       <c r="BM5" s="34"/>
       <c r="BN5" s="34"/>
     </row>
     <row r="6" spans="2:67" s="27" customFormat="1" ht="36.950000000000003" customHeight="1">
-      <c r="B6" s="210"/>
+      <c r="B6" s="201"/>
       <c r="C6" s="84" t="s">
         <v>97</v>
       </c>
       <c r="D6" s="84" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="85" t="s">
         <v>73</v>
       </c>
       <c r="F6" s="85" t="s">
         <v>75</v>
       </c>
       <c r="G6" s="86" t="s">
         <v>76</v>
       </c>
       <c r="H6" s="87" t="s">
         <v>19</v>
       </c>
       <c r="I6" s="28"/>
       <c r="J6" s="28"/>
-      <c r="K6" s="281"/>
-[...5 lines deleted...]
-      <c r="Q6" s="296"/>
+      <c r="K6" s="211"/>
+      <c r="L6" s="214"/>
+      <c r="M6" s="220"/>
+      <c r="N6" s="223"/>
+      <c r="O6" s="227"/>
+      <c r="P6" s="233"/>
+      <c r="Q6" s="230"/>
       <c r="R6" s="28"/>
-      <c r="T6" s="210"/>
-      <c r="U6" s="206" t="s">
+      <c r="T6" s="201"/>
+      <c r="U6" s="293" t="s">
         <v>36</v>
       </c>
-      <c r="V6" s="207"/>
-[...1 lines deleted...]
-      <c r="X6" s="218" t="s">
+      <c r="V6" s="294"/>
+      <c r="W6" s="295"/>
+      <c r="X6" s="302" t="s">
         <v>37</v>
       </c>
-      <c r="Y6" s="217"/>
-      <c r="Z6" s="259" t="s">
+      <c r="Y6" s="301"/>
+      <c r="Z6" s="235" t="s">
         <v>20</v>
       </c>
-      <c r="AA6" s="260"/>
-      <c r="AB6" s="262" t="s">
+      <c r="AA6" s="236"/>
+      <c r="AB6" s="239" t="s">
         <v>20</v>
       </c>
       <c r="AC6" s="91" t="s">
         <v>86</v>
       </c>
       <c r="AD6" s="36"/>
       <c r="AE6" s="35"/>
-      <c r="AF6" s="269" t="s">
+      <c r="AF6" s="249" t="s">
         <v>44</v>
       </c>
-      <c r="AG6" s="264" t="s">
+      <c r="AG6" s="241" t="s">
         <v>8</v>
       </c>
       <c r="AH6" s="96"/>
-      <c r="AI6" s="198" t="s">
+      <c r="AI6" s="247" t="s">
         <v>90</v>
       </c>
-      <c r="AJ6" s="198" t="s">
+      <c r="AJ6" s="247" t="s">
         <v>91</v>
       </c>
-      <c r="AK6" s="252" t="s">
+      <c r="AK6" s="278" t="s">
         <v>88</v>
       </c>
-      <c r="AL6" s="201"/>
+      <c r="AL6" s="271"/>
       <c r="AM6" s="40"/>
       <c r="AN6" s="37"/>
-      <c r="AO6" s="210"/>
+      <c r="AO6" s="201"/>
       <c r="AP6" s="68" t="s">
         <v>46</v>
       </c>
       <c r="AQ6" s="1" t="s">
         <v>47</v>
       </c>
       <c r="AR6" s="79" t="s">
         <v>48</v>
       </c>
       <c r="AS6" s="79" t="s">
         <v>49</v>
       </c>
       <c r="AT6" s="79" t="s">
         <v>50</v>
       </c>
       <c r="AU6" s="103" t="s">
         <v>70</v>
       </c>
       <c r="AV6" s="41"/>
       <c r="AW6" s="26"/>
       <c r="AX6" s="105" t="s">
         <v>60</v>
       </c>
       <c r="AY6" s="100" t="s">
         <v>61</v>
       </c>
       <c r="AZ6" s="106" t="s">
         <v>60</v>
       </c>
       <c r="BA6" s="100" t="s">
         <v>61</v>
       </c>
-      <c r="BB6" s="237"/>
-[...1 lines deleted...]
-      <c r="BD6" s="201"/>
+      <c r="BB6" s="220"/>
+      <c r="BC6" s="262"/>
+      <c r="BD6" s="271"/>
       <c r="BE6" s="36"/>
       <c r="BF6" s="28"/>
       <c r="BG6" s="28"/>
       <c r="BH6" s="28"/>
       <c r="BI6" s="28"/>
       <c r="BJ6" s="28"/>
       <c r="BK6" s="28"/>
       <c r="BL6" s="28"/>
       <c r="BM6" s="34"/>
       <c r="BN6" s="34"/>
     </row>
     <row r="7" spans="2:67" s="27" customFormat="1" ht="36.950000000000003" customHeight="1">
-      <c r="B7" s="211"/>
+      <c r="B7" s="202"/>
       <c r="C7" s="88" t="s">
         <v>98</v>
       </c>
       <c r="D7" s="88" t="s">
         <v>20</v>
       </c>
       <c r="E7" s="101" t="s">
         <v>89</v>
       </c>
       <c r="F7" s="89" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="90" t="s">
         <v>22</v>
       </c>
       <c r="H7" s="109" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="42"/>
       <c r="J7" s="28"/>
-      <c r="K7" s="282"/>
-[...5 lines deleted...]
-      <c r="Q7" s="297"/>
+      <c r="K7" s="212"/>
+      <c r="L7" s="215"/>
+      <c r="M7" s="221"/>
+      <c r="N7" s="224"/>
+      <c r="O7" s="228"/>
+      <c r="P7" s="234"/>
+      <c r="Q7" s="231"/>
       <c r="R7" s="28"/>
-      <c r="T7" s="211"/>
-      <c r="U7" s="203" t="s">
+      <c r="T7" s="202"/>
+      <c r="U7" s="291" t="s">
         <v>20</v>
       </c>
-      <c r="V7" s="204"/>
-[...1 lines deleted...]
-      <c r="X7" s="193" t="s">
+      <c r="V7" s="292"/>
+      <c r="W7" s="238"/>
+      <c r="X7" s="287" t="s">
         <v>38</v>
       </c>
-      <c r="Y7" s="194"/>
-[...2 lines deleted...]
-      <c r="AB7" s="263"/>
+      <c r="Y7" s="288"/>
+      <c r="Z7" s="237"/>
+      <c r="AA7" s="238"/>
+      <c r="AB7" s="240"/>
       <c r="AC7" s="93" t="s">
         <v>87</v>
       </c>
       <c r="AD7" s="43"/>
       <c r="AE7" s="44"/>
-      <c r="AF7" s="270"/>
-      <c r="AG7" s="265"/>
+      <c r="AF7" s="250"/>
+      <c r="AG7" s="242"/>
       <c r="AH7" s="98"/>
-      <c r="AI7" s="199"/>
-[...2 lines deleted...]
-      <c r="AL7" s="202"/>
+      <c r="AI7" s="248"/>
+      <c r="AJ7" s="248"/>
+      <c r="AK7" s="279"/>
+      <c r="AL7" s="272"/>
       <c r="AM7" s="45"/>
       <c r="AN7" s="46"/>
-      <c r="AO7" s="211"/>
+      <c r="AO7" s="202"/>
       <c r="AP7" s="112" t="s">
         <v>51</v>
       </c>
       <c r="AQ7" s="99" t="s">
         <v>52</v>
       </c>
       <c r="AR7" s="102" t="s">
         <v>53</v>
       </c>
       <c r="AS7" s="102" t="s">
         <v>54</v>
       </c>
       <c r="AT7" s="102" t="s">
         <v>55</v>
       </c>
       <c r="AU7" s="104" t="s">
         <v>56</v>
       </c>
       <c r="AV7" s="47"/>
       <c r="AW7" s="48"/>
       <c r="AX7" s="97" t="s">
         <v>62</v>
       </c>
       <c r="AY7" s="101" t="s">
         <v>63</v>
       </c>
       <c r="AZ7" s="92" t="s">
         <v>62</v>
       </c>
       <c r="BA7" s="101" t="s">
         <v>63</v>
       </c>
-      <c r="BB7" s="238"/>
-[...1 lines deleted...]
-      <c r="BD7" s="202"/>
+      <c r="BB7" s="221"/>
+      <c r="BC7" s="263"/>
+      <c r="BD7" s="272"/>
       <c r="BE7" s="48"/>
       <c r="BF7" s="38"/>
       <c r="BG7" s="28"/>
       <c r="BH7" s="28"/>
       <c r="BI7" s="28"/>
       <c r="BJ7" s="28"/>
       <c r="BK7" s="28"/>
       <c r="BL7" s="42"/>
       <c r="BM7" s="34"/>
       <c r="BN7" s="34"/>
     </row>
     <row r="8" spans="2:67" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B8" s="148" t="s">
         <v>120</v>
       </c>
       <c r="C8" s="149">
-        <v>4.97</v>
+        <v>8.4700000000000006</v>
       </c>
       <c r="D8" s="149">
-        <v>3.46</v>
+        <v>5.79</v>
       </c>
       <c r="E8" s="149">
-        <v>1654.9</v>
+        <v>1204.94</v>
       </c>
       <c r="F8" s="150">
-        <v>1647.41</v>
+        <v>1189.1099999999999</v>
       </c>
       <c r="G8" s="151">
-        <v>29.135999999999999</v>
+        <v>29.95</v>
       </c>
       <c r="H8" s="152">
-        <v>4031.69</v>
+        <v>4168.1099999999997</v>
       </c>
       <c r="I8" s="73"/>
       <c r="J8" s="52"/>
       <c r="K8" s="154">
-        <v>0.42799999999999999</v>
+        <v>0.38600000000000001</v>
       </c>
       <c r="L8" s="155">
-        <v>0.79</v>
+        <v>0.69</v>
       </c>
       <c r="M8" s="156">
         <v>1.875</v>
       </c>
       <c r="N8" s="155">
-        <v>1.21</v>
+        <v>1.46</v>
       </c>
       <c r="O8" s="155">
-        <v>7699.5</v>
-[...5 lines deleted...]
-        <v>2012</v>
+        <v>8611.51</v>
+      </c>
+      <c r="P8" s="158">
+        <v>196033</v>
+      </c>
+      <c r="Q8" s="159">
+        <v>2013</v>
       </c>
       <c r="R8" s="74"/>
       <c r="T8" s="148" t="s">
         <v>120</v>
       </c>
       <c r="U8" s="162" t="str">
         <f t="shared" ref="U8:U34" si="0">IF(TRIM(T8)="3月","I",IF(TRIM(T8)="6月","Ⅱ",IF(TRIM(T8)="9月","Ⅲ",IF(TRIM(T8)="12月","IV",""))))</f>
         <v/>
       </c>
       <c r="V8" s="164">
-        <v>2.2200000000000002</v>
+        <v>2.48</v>
       </c>
       <c r="W8" s="165">
         <f t="shared" ref="W8:W34" si="1">IF(RIGHT(T8,1)="年",IF(V8=0,"",V8),IF(U8&gt;"",V8,0))</f>
-        <v>2.2200000000000002</v>
+        <v>2.48</v>
       </c>
       <c r="X8" s="162" t="str">
         <f t="shared" ref="X8:X34" si="2">U8</f>
         <v/>
       </c>
       <c r="Y8" s="167">
-        <v>18130</v>
+        <v>18985</v>
       </c>
       <c r="Z8" s="162" t="str">
         <f t="shared" ref="Z8:Z34" si="3">U8</f>
         <v/>
       </c>
       <c r="AA8" s="169">
-        <v>30.45</v>
+        <v>32.39</v>
       </c>
       <c r="AB8" s="149">
-        <v>4.24</v>
+        <v>4.18</v>
       </c>
       <c r="AC8" s="170">
-        <v>64.39</v>
+        <v>66.92</v>
       </c>
       <c r="AD8" s="75"/>
       <c r="AE8" s="75"/>
-      <c r="AF8" s="175">
-[...8 lines deleted...]
-      <c r="AI8" s="177">
+      <c r="AF8" s="173">
+        <v>1.73</v>
+      </c>
+      <c r="AG8" s="175">
+        <v>33.72</v>
+      </c>
+      <c r="AH8" s="175">
+        <v>64.540000000000006</v>
+      </c>
+      <c r="AI8" s="175">
         <v>4.07</v>
       </c>
-      <c r="AJ8" s="177">
-[...6 lines deleted...]
-        <v>2012</v>
+      <c r="AJ8" s="175">
+        <v>1.68</v>
+      </c>
+      <c r="AK8" s="175">
+        <v>0.61</v>
+      </c>
+      <c r="AL8" s="159">
+        <v>2013</v>
       </c>
       <c r="AM8" s="75"/>
       <c r="AN8" s="76"/>
       <c r="AO8" s="148" t="s">
         <v>120</v>
       </c>
-      <c r="AP8" s="180">
-[...15 lines deleted...]
-        <v>288.5</v>
+      <c r="AP8" s="177">
+        <v>4429.3</v>
+      </c>
+      <c r="AQ8" s="178">
+        <v>0.43</v>
+      </c>
+      <c r="AR8" s="179">
+        <v>5882.5</v>
+      </c>
+      <c r="AS8" s="179">
+        <v>3108.7</v>
+      </c>
+      <c r="AT8" s="179">
+        <v>2773.8</v>
+      </c>
+      <c r="AU8" s="180">
+        <v>334.8</v>
       </c>
       <c r="AV8" s="77"/>
       <c r="AW8" s="78"/>
-      <c r="AX8" s="186">
+      <c r="AX8" s="183">
         <v>0</v>
       </c>
-      <c r="AY8" s="187">
+      <c r="AY8" s="184">
         <v>0</v>
       </c>
-      <c r="AZ8" s="188">
-[...12 lines deleted...]
-        <v>2012</v>
+      <c r="AZ8" s="185">
+        <v>93.71</v>
+      </c>
+      <c r="BA8" s="186">
+        <v>0.8</v>
+      </c>
+      <c r="BB8" s="178">
+        <v>-4.45</v>
+      </c>
+      <c r="BC8" s="178">
+        <v>-2.06</v>
+      </c>
+      <c r="BD8" s="159">
+        <v>2013</v>
       </c>
       <c r="BE8" s="75"/>
       <c r="BF8" s="50"/>
       <c r="BG8" s="74"/>
       <c r="BH8" s="74"/>
       <c r="BI8" s="74"/>
       <c r="BJ8" s="74"/>
     </row>
     <row r="9" spans="2:67" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B9" s="148" t="s">
         <v>121</v>
       </c>
       <c r="C9" s="149">
-        <v>8.4700000000000006</v>
+        <v>6.23</v>
       </c>
       <c r="D9" s="149">
-        <v>5.79</v>
+        <v>6.13</v>
       </c>
       <c r="E9" s="149">
-        <v>1204.94</v>
+        <v>1183.55</v>
       </c>
       <c r="F9" s="150">
-        <v>1189.1099999999999</v>
+        <v>1186.56</v>
       </c>
       <c r="G9" s="151">
-        <v>29.95</v>
+        <v>31.718</v>
       </c>
       <c r="H9" s="152">
-        <v>4168.1099999999997</v>
+        <v>4189.8</v>
       </c>
       <c r="I9" s="73"/>
       <c r="J9" s="52"/>
       <c r="K9" s="154">
-        <v>0.38600000000000001</v>
+        <v>0.38700000000000001</v>
       </c>
       <c r="L9" s="155">
-        <v>0.69</v>
+        <v>0.62</v>
       </c>
       <c r="M9" s="156">
         <v>1.875</v>
       </c>
       <c r="N9" s="155">
-        <v>1.46</v>
+        <v>1.6</v>
       </c>
       <c r="O9" s="155">
-        <v>8611.51</v>
-[...5 lines deleted...]
-        <v>2013</v>
+        <v>9307.26</v>
+      </c>
+      <c r="P9" s="158">
+        <v>230433</v>
+      </c>
+      <c r="Q9" s="159">
+        <v>2014</v>
       </c>
       <c r="R9" s="74"/>
       <c r="T9" s="148" t="s">
         <v>121</v>
       </c>
       <c r="U9" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V9" s="164">
-        <v>2.48</v>
+        <v>4.72</v>
       </c>
       <c r="W9" s="165">
         <f t="shared" si="1"/>
-        <v>2.48</v>
+        <v>4.72</v>
       </c>
       <c r="X9" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y9" s="167">
-        <v>18985</v>
+        <v>19996</v>
       </c>
       <c r="Z9" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA9" s="169">
-        <v>32.39</v>
+        <v>34.35</v>
       </c>
       <c r="AB9" s="149">
-        <v>4.18</v>
+        <v>3.96</v>
       </c>
       <c r="AC9" s="170">
-        <v>66.92</v>
+        <v>71.94</v>
       </c>
       <c r="AD9" s="75"/>
       <c r="AE9" s="75"/>
-      <c r="AF9" s="175">
-[...18 lines deleted...]
-        <v>2013</v>
+      <c r="AF9" s="173">
+        <v>1.85</v>
+      </c>
+      <c r="AG9" s="175">
+        <v>35.57</v>
+      </c>
+      <c r="AH9" s="175">
+        <v>62.57</v>
+      </c>
+      <c r="AI9" s="175">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="AJ9" s="175">
+        <v>1.71</v>
+      </c>
+      <c r="AK9" s="175">
+        <v>0.64</v>
+      </c>
+      <c r="AL9" s="159">
+        <v>2014</v>
       </c>
       <c r="AM9" s="75"/>
       <c r="AN9" s="76"/>
       <c r="AO9" s="148" t="s">
         <v>121</v>
       </c>
-      <c r="AP9" s="180">
-[...15 lines deleted...]
-        <v>334.8</v>
+      <c r="AP9" s="177">
+        <v>4728.2</v>
+      </c>
+      <c r="AQ9" s="178">
+        <v>6.75</v>
+      </c>
+      <c r="AR9" s="179">
+        <v>6005.1</v>
+      </c>
+      <c r="AS9" s="179">
+        <v>3194.1</v>
+      </c>
+      <c r="AT9" s="179">
+        <v>2811</v>
+      </c>
+      <c r="AU9" s="180">
+        <v>383.2</v>
       </c>
       <c r="AV9" s="77"/>
       <c r="AW9" s="78"/>
-      <c r="AX9" s="186">
+      <c r="AX9" s="183">
         <v>0</v>
       </c>
-      <c r="AY9" s="187">
+      <c r="AY9" s="184">
         <v>0</v>
       </c>
-      <c r="AZ9" s="188">
-[...12 lines deleted...]
-        <v>2013</v>
+      <c r="AZ9" s="185">
+        <v>94.83</v>
+      </c>
+      <c r="BA9" s="186">
+        <v>1.2</v>
+      </c>
+      <c r="BB9" s="178">
+        <v>-2.09</v>
+      </c>
+      <c r="BC9" s="178">
+        <v>0.1</v>
+      </c>
+      <c r="BD9" s="159">
+        <v>2014</v>
       </c>
       <c r="BE9" s="75"/>
       <c r="BF9" s="50"/>
       <c r="BG9" s="74"/>
       <c r="BH9" s="74"/>
       <c r="BI9" s="74"/>
       <c r="BJ9" s="74"/>
     </row>
     <row r="10" spans="2:67" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B10" s="148" t="s">
         <v>122</v>
       </c>
       <c r="C10" s="149">
-        <v>6.23</v>
+        <v>6.87</v>
       </c>
       <c r="D10" s="149">
-        <v>6.13</v>
+        <v>5.8</v>
       </c>
       <c r="E10" s="149">
-        <v>1183.55</v>
+        <v>1060.9100000000001</v>
       </c>
       <c r="F10" s="150">
-        <v>1186.56</v>
+        <v>1048.8399999999999</v>
       </c>
       <c r="G10" s="151">
-        <v>31.718</v>
+        <v>33.066000000000003</v>
       </c>
       <c r="H10" s="152">
-        <v>4189.8</v>
+        <v>4260.3100000000004</v>
       </c>
       <c r="I10" s="73"/>
       <c r="J10" s="52"/>
       <c r="K10" s="154">
-        <v>0.38700000000000001</v>
+        <v>0.35299999999999998</v>
       </c>
       <c r="L10" s="155">
-        <v>0.62</v>
+        <v>0.57999999999999996</v>
       </c>
       <c r="M10" s="156">
-        <v>1.875</v>
+        <v>1.625</v>
       </c>
       <c r="N10" s="155">
-        <v>1.6</v>
+        <v>1.39</v>
       </c>
       <c r="O10" s="155">
-        <v>9307.26</v>
-[...5 lines deleted...]
-        <v>2014</v>
+        <v>8338.06</v>
+      </c>
+      <c r="P10" s="158">
+        <v>225051</v>
+      </c>
+      <c r="Q10" s="159">
+        <v>2015</v>
       </c>
       <c r="R10" s="74"/>
       <c r="T10" s="148" t="s">
         <v>122</v>
       </c>
       <c r="U10" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V10" s="164">
-        <v>4.72</v>
+        <v>1.47</v>
       </c>
       <c r="W10" s="165">
         <f t="shared" si="1"/>
-        <v>4.72</v>
+        <v>1.47</v>
       </c>
       <c r="X10" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y10" s="167">
-        <v>19996</v>
+        <v>19849</v>
       </c>
       <c r="Z10" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA10" s="169">
-        <v>34.35</v>
+        <v>35.46</v>
       </c>
       <c r="AB10" s="149">
-        <v>3.96</v>
+        <v>3.78</v>
       </c>
       <c r="AC10" s="170">
-        <v>71.94</v>
+        <v>71.13</v>
       </c>
       <c r="AD10" s="75"/>
       <c r="AE10" s="75"/>
-      <c r="AF10" s="175">
-[...18 lines deleted...]
-        <v>2014</v>
+      <c r="AF10" s="173">
+        <v>1.76</v>
+      </c>
+      <c r="AG10" s="175">
+        <v>36.29</v>
+      </c>
+      <c r="AH10" s="175">
+        <v>61.95</v>
+      </c>
+      <c r="AI10" s="175">
+        <v>4.07</v>
+      </c>
+      <c r="AJ10" s="175">
+        <v>1.76</v>
+      </c>
+      <c r="AK10" s="175">
+        <v>0.63</v>
+      </c>
+      <c r="AL10" s="159">
+        <v>2015</v>
       </c>
       <c r="AM10" s="75"/>
       <c r="AN10" s="76"/>
       <c r="AO10" s="148" t="s">
         <v>122</v>
       </c>
-      <c r="AP10" s="180">
-[...15 lines deleted...]
-        <v>383.2</v>
+      <c r="AP10" s="177">
+        <v>4518.1000000000004</v>
+      </c>
+      <c r="AQ10" s="178">
+        <v>-4.4400000000000004</v>
+      </c>
+      <c r="AR10" s="179">
+        <v>5208.1000000000004</v>
+      </c>
+      <c r="AS10" s="179">
+        <v>2844.3</v>
+      </c>
+      <c r="AT10" s="179">
+        <v>2363.8000000000002</v>
+      </c>
+      <c r="AU10" s="180">
+        <v>480.5</v>
       </c>
       <c r="AV10" s="77"/>
       <c r="AW10" s="78"/>
-      <c r="AX10" s="186">
+      <c r="AX10" s="183">
         <v>0</v>
       </c>
-      <c r="AY10" s="187">
+      <c r="AY10" s="184">
         <v>0</v>
       </c>
-      <c r="AZ10" s="188">
-[...12 lines deleted...]
-        <v>2014</v>
+      <c r="AZ10" s="185">
+        <v>94.54</v>
+      </c>
+      <c r="BA10" s="186">
+        <v>-0.31</v>
+      </c>
+      <c r="BB10" s="178">
+        <v>-12.95</v>
+      </c>
+      <c r="BC10" s="178">
+        <v>-4.66</v>
+      </c>
+      <c r="BD10" s="159">
+        <v>2015</v>
       </c>
       <c r="BE10" s="75"/>
       <c r="BF10" s="50"/>
       <c r="BG10" s="74"/>
       <c r="BH10" s="74"/>
       <c r="BI10" s="74"/>
       <c r="BJ10" s="74"/>
     </row>
     <row r="11" spans="2:67" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B11" s="148" t="s">
         <v>123</v>
       </c>
       <c r="C11" s="149">
-        <v>6.87</v>
+        <v>5.79</v>
       </c>
       <c r="D11" s="149">
-        <v>5.8</v>
+        <v>3.55</v>
       </c>
       <c r="E11" s="149">
-        <v>1060.9100000000001</v>
+        <v>1151.46</v>
       </c>
       <c r="F11" s="150">
-        <v>1048.8399999999999</v>
+        <v>1151.5</v>
       </c>
       <c r="G11" s="151">
-        <v>33.066000000000003</v>
+        <v>32.279000000000003</v>
       </c>
       <c r="H11" s="152">
-        <v>4260.3100000000004</v>
+        <v>4342.04</v>
       </c>
       <c r="I11" s="73"/>
       <c r="J11" s="52"/>
       <c r="K11" s="154">
-        <v>0.35299999999999998</v>
+        <v>0.193</v>
       </c>
       <c r="L11" s="155">
-        <v>0.57999999999999996</v>
+        <v>0.39</v>
       </c>
       <c r="M11" s="156">
-        <v>1.625</v>
+        <v>1.375</v>
       </c>
       <c r="N11" s="155">
-        <v>1.39</v>
+        <v>0.82</v>
       </c>
       <c r="O11" s="155">
-        <v>8338.06</v>
-[...5 lines deleted...]
-        <v>2015</v>
+        <v>9253.5</v>
+      </c>
+      <c r="P11" s="158">
+        <v>189156</v>
+      </c>
+      <c r="Q11" s="159">
+        <v>2016</v>
       </c>
       <c r="R11" s="74"/>
       <c r="T11" s="148" t="s">
         <v>123</v>
       </c>
       <c r="U11" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V11" s="164">
-        <v>1.47</v>
+        <v>2.17</v>
       </c>
       <c r="W11" s="165">
         <f t="shared" si="1"/>
-        <v>1.47</v>
+        <v>2.17</v>
       </c>
       <c r="X11" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y11" s="167">
-        <v>19849</v>
+        <v>20132</v>
       </c>
       <c r="Z11" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA11" s="169">
-        <v>35.46</v>
+        <v>35.21</v>
       </c>
       <c r="AB11" s="149">
-        <v>3.78</v>
+        <v>3.92</v>
       </c>
       <c r="AC11" s="170">
-        <v>71.13</v>
+        <v>73.14</v>
       </c>
       <c r="AD11" s="75"/>
       <c r="AE11" s="75"/>
-      <c r="AF11" s="175">
-[...18 lines deleted...]
-        <v>2015</v>
+      <c r="AF11" s="173">
+        <v>1.87</v>
+      </c>
+      <c r="AG11" s="175">
+        <v>36.869999999999997</v>
+      </c>
+      <c r="AH11" s="175">
+        <v>61.27</v>
+      </c>
+      <c r="AI11" s="175">
+        <v>3.89</v>
+      </c>
+      <c r="AJ11" s="175">
+        <v>1.92</v>
+      </c>
+      <c r="AK11" s="175">
+        <v>0.6</v>
+      </c>
+      <c r="AL11" s="159">
+        <v>2016</v>
       </c>
       <c r="AM11" s="75"/>
       <c r="AN11" s="76"/>
       <c r="AO11" s="148" t="s">
         <v>123</v>
       </c>
-      <c r="AP11" s="180">
-[...15 lines deleted...]
-        <v>480.5</v>
+      <c r="AP11" s="177">
+        <v>4445.3999999999996</v>
+      </c>
+      <c r="AQ11" s="178">
+        <v>-1.61</v>
+      </c>
+      <c r="AR11" s="179">
+        <v>5083.7</v>
+      </c>
+      <c r="AS11" s="179">
+        <v>2791.7</v>
+      </c>
+      <c r="AT11" s="179">
+        <v>2292</v>
+      </c>
+      <c r="AU11" s="180">
+        <v>499.8</v>
       </c>
       <c r="AV11" s="77"/>
       <c r="AW11" s="78"/>
-      <c r="AX11" s="186">
+      <c r="AX11" s="183">
         <v>0</v>
       </c>
-      <c r="AY11" s="187">
+      <c r="AY11" s="184">
         <v>0</v>
       </c>
-      <c r="AZ11" s="188">
-[...12 lines deleted...]
-        <v>2015</v>
+      <c r="AZ11" s="185">
+        <v>95.86</v>
+      </c>
+      <c r="BA11" s="186">
+        <v>1.4</v>
+      </c>
+      <c r="BB11" s="178">
+        <v>-3.08</v>
+      </c>
+      <c r="BC11" s="178">
+        <v>-2.71</v>
+      </c>
+      <c r="BD11" s="159">
+        <v>2016</v>
       </c>
       <c r="BE11" s="75"/>
       <c r="BF11" s="50"/>
       <c r="BG11" s="74"/>
       <c r="BH11" s="74"/>
       <c r="BI11" s="74"/>
       <c r="BJ11" s="74"/>
     </row>
     <row r="12" spans="2:67" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B12" s="148" t="s">
         <v>124</v>
       </c>
       <c r="C12" s="149">
-        <v>5.79</v>
+        <v>3.48</v>
       </c>
       <c r="D12" s="149">
-        <v>3.55</v>
+        <v>3.56</v>
       </c>
       <c r="E12" s="149">
-        <v>1151.46</v>
+        <v>1302.45</v>
       </c>
       <c r="F12" s="150">
-        <v>1151.5</v>
+        <v>1281.74</v>
       </c>
       <c r="G12" s="151">
-        <v>32.279000000000003</v>
+        <v>29.847999999999999</v>
       </c>
       <c r="H12" s="152">
-        <v>4342.04</v>
+        <v>4515</v>
       </c>
       <c r="I12" s="73"/>
       <c r="J12" s="52"/>
       <c r="K12" s="154">
-        <v>0.193</v>
+        <v>0.17799999999999999</v>
       </c>
       <c r="L12" s="155">
-        <v>0.39</v>
+        <v>0.44</v>
       </c>
       <c r="M12" s="156">
         <v>1.375</v>
       </c>
       <c r="N12" s="155">
-        <v>0.82</v>
+        <v>1.06</v>
       </c>
       <c r="O12" s="155">
-        <v>9253.5</v>
-[...5 lines deleted...]
-        <v>2016</v>
+        <v>10642.86</v>
+      </c>
+      <c r="P12" s="158">
+        <v>257990</v>
+      </c>
+      <c r="Q12" s="159">
+        <v>2017</v>
       </c>
       <c r="R12" s="74"/>
       <c r="T12" s="148" t="s">
         <v>124</v>
       </c>
       <c r="U12" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V12" s="164">
-        <v>2.17</v>
+        <v>3.66</v>
       </c>
       <c r="W12" s="165">
         <f t="shared" si="1"/>
-        <v>2.17</v>
+        <v>3.66</v>
       </c>
       <c r="X12" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y12" s="167">
-        <v>20132</v>
+        <v>21941</v>
       </c>
       <c r="Z12" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA12" s="169">
-        <v>35.21</v>
+        <v>35.369999999999997</v>
       </c>
       <c r="AB12" s="149">
-        <v>3.92</v>
+        <v>3.76</v>
       </c>
       <c r="AC12" s="170">
-        <v>73.14</v>
+        <v>76.790000000000006</v>
       </c>
       <c r="AD12" s="75"/>
       <c r="AE12" s="75"/>
-      <c r="AF12" s="175">
-[...18 lines deleted...]
-        <v>2016</v>
+      <c r="AF12" s="173">
+        <v>1.83</v>
+      </c>
+      <c r="AG12" s="175">
+        <v>37.229999999999997</v>
+      </c>
+      <c r="AH12" s="175">
+        <v>60.94</v>
+      </c>
+      <c r="AI12" s="175">
+        <v>3.83</v>
+      </c>
+      <c r="AJ12" s="175">
+        <v>1.97</v>
+      </c>
+      <c r="AK12" s="175">
+        <v>0.69</v>
+      </c>
+      <c r="AL12" s="159">
+        <v>2017</v>
       </c>
       <c r="AM12" s="75"/>
       <c r="AN12" s="76"/>
       <c r="AO12" s="148" t="s">
         <v>124</v>
       </c>
-      <c r="AP12" s="180">
-[...15 lines deleted...]
-        <v>499.8</v>
+      <c r="AP12" s="177">
+        <v>4928.1000000000004</v>
+      </c>
+      <c r="AQ12" s="178">
+        <v>10.86</v>
+      </c>
+      <c r="AR12" s="179">
+        <v>5726.9</v>
+      </c>
+      <c r="AS12" s="179">
+        <v>3154.9</v>
+      </c>
+      <c r="AT12" s="179">
+        <v>2572</v>
+      </c>
+      <c r="AU12" s="180">
+        <v>582.9</v>
       </c>
       <c r="AV12" s="77"/>
       <c r="AW12" s="78"/>
-      <c r="AX12" s="186">
+      <c r="AX12" s="183">
         <v>0</v>
       </c>
-      <c r="AY12" s="187">
+      <c r="AY12" s="184">
         <v>0</v>
       </c>
-      <c r="AZ12" s="188">
-[...12 lines deleted...]
-        <v>2016</v>
+      <c r="AZ12" s="185">
+        <v>96.45</v>
+      </c>
+      <c r="BA12" s="186">
+        <v>0.62</v>
+      </c>
+      <c r="BB12" s="178">
+        <v>1.36</v>
+      </c>
+      <c r="BC12" s="178">
+        <v>-1.46</v>
+      </c>
+      <c r="BD12" s="159">
+        <v>2017</v>
       </c>
       <c r="BE12" s="75"/>
       <c r="BF12" s="50"/>
       <c r="BG12" s="74"/>
       <c r="BH12" s="74"/>
       <c r="BI12" s="74"/>
       <c r="BJ12" s="74"/>
     </row>
     <row r="13" spans="2:67" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B13" s="148" t="s">
         <v>125</v>
       </c>
       <c r="C13" s="149">
-        <v>3.48</v>
+        <v>5.82</v>
       </c>
       <c r="D13" s="149">
-        <v>3.56</v>
+        <v>2.65</v>
       </c>
       <c r="E13" s="149">
-        <v>1302.45</v>
+        <v>1280.67</v>
       </c>
       <c r="F13" s="150">
-        <v>1281.74</v>
+        <v>1272.17</v>
       </c>
       <c r="G13" s="151">
-        <v>29.847999999999999</v>
+        <v>30.733000000000001</v>
       </c>
       <c r="H13" s="152">
-        <v>4515</v>
+        <v>4617.84</v>
       </c>
       <c r="I13" s="73"/>
       <c r="J13" s="52"/>
       <c r="K13" s="154">
-        <v>0.17799999999999999</v>
+        <v>0.183</v>
       </c>
       <c r="L13" s="155">
-        <v>0.44</v>
+        <v>0.49</v>
       </c>
       <c r="M13" s="156">
         <v>1.375</v>
       </c>
       <c r="N13" s="155">
-        <v>1.06</v>
+        <v>0.94</v>
       </c>
       <c r="O13" s="155">
-        <v>10642.86</v>
-[...5 lines deleted...]
-        <v>2017</v>
+        <v>9727.41</v>
+      </c>
+      <c r="P13" s="158">
+        <v>321625</v>
+      </c>
+      <c r="Q13" s="159">
+        <v>2018</v>
       </c>
       <c r="R13" s="74"/>
       <c r="T13" s="148" t="s">
         <v>125</v>
       </c>
       <c r="U13" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V13" s="164">
-        <v>3.66</v>
+        <v>2.91</v>
       </c>
       <c r="W13" s="165">
         <f t="shared" si="1"/>
-        <v>3.66</v>
+        <v>2.91</v>
       </c>
       <c r="X13" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y13" s="167">
-        <v>21941</v>
+        <v>22486</v>
       </c>
       <c r="Z13" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA13" s="169">
-        <v>35.369999999999997</v>
+        <v>34.47</v>
       </c>
       <c r="AB13" s="149">
-        <v>3.76</v>
+        <v>3.71</v>
       </c>
       <c r="AC13" s="170">
-        <v>76.790000000000006</v>
+        <v>79.38</v>
       </c>
       <c r="AD13" s="75"/>
       <c r="AE13" s="75"/>
-      <c r="AF13" s="175">
-[...18 lines deleted...]
-        <v>2017</v>
+      <c r="AF13" s="173">
+        <v>1.7</v>
+      </c>
+      <c r="AG13" s="175">
+        <v>37.119999999999997</v>
+      </c>
+      <c r="AH13" s="175">
+        <v>61.18</v>
+      </c>
+      <c r="AI13" s="175">
+        <v>3.88</v>
+      </c>
+      <c r="AJ13" s="175">
+        <v>1.98</v>
+      </c>
+      <c r="AK13" s="175">
+        <v>0.74</v>
+      </c>
+      <c r="AL13" s="159">
+        <v>2018</v>
       </c>
       <c r="AM13" s="75"/>
       <c r="AN13" s="76"/>
       <c r="AO13" s="148" t="s">
         <v>125</v>
       </c>
-      <c r="AP13" s="180">
-[...15 lines deleted...]
-        <v>582.9</v>
+      <c r="AP13" s="177">
+        <v>5118.2</v>
+      </c>
+      <c r="AQ13" s="178">
+        <v>3.86</v>
+      </c>
+      <c r="AR13" s="179">
+        <v>6188</v>
+      </c>
+      <c r="AS13" s="179">
+        <v>3340.1</v>
+      </c>
+      <c r="AT13" s="179">
+        <v>2847.9</v>
+      </c>
+      <c r="AU13" s="180">
+        <v>492.2</v>
       </c>
       <c r="AV13" s="77"/>
       <c r="AW13" s="78"/>
-      <c r="AX13" s="186">
+      <c r="AX13" s="183">
         <v>0</v>
       </c>
-      <c r="AY13" s="187">
+      <c r="AY13" s="184">
         <v>0</v>
       </c>
-      <c r="AZ13" s="188">
-[...5 lines deleted...]
-      <c r="BB13" s="181">
+      <c r="AZ13" s="185">
+        <v>97.76</v>
+      </c>
+      <c r="BA13" s="186">
         <v>1.36</v>
       </c>
-      <c r="BC13" s="181">
-[...3 lines deleted...]
-        <v>2017</v>
+      <c r="BB13" s="178">
+        <v>6.13</v>
+      </c>
+      <c r="BC13" s="178">
+        <v>1.45</v>
+      </c>
+      <c r="BD13" s="159">
+        <v>2018</v>
       </c>
       <c r="BE13" s="75"/>
       <c r="BF13" s="50"/>
       <c r="BG13" s="74"/>
       <c r="BH13" s="74"/>
       <c r="BI13" s="74"/>
       <c r="BJ13" s="74"/>
     </row>
     <row r="14" spans="2:67" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B14" s="148" t="s">
         <v>126</v>
       </c>
       <c r="C14" s="149">
-        <v>5.82</v>
+        <v>7.59</v>
       </c>
       <c r="D14" s="149">
-        <v>2.65</v>
+        <v>4.5199999999999996</v>
       </c>
       <c r="E14" s="149">
-        <v>1280.67</v>
+        <v>1517.01</v>
       </c>
       <c r="F14" s="150">
-        <v>1272.17</v>
+        <v>1507.36</v>
       </c>
       <c r="G14" s="151">
-        <v>30.733000000000001</v>
+        <v>30.106000000000002</v>
       </c>
       <c r="H14" s="152">
-        <v>4617.84</v>
+        <v>4781.26</v>
       </c>
       <c r="I14" s="73"/>
       <c r="J14" s="52"/>
       <c r="K14" s="154">
-        <v>0.183</v>
+        <v>0.182</v>
       </c>
       <c r="L14" s="155">
-        <v>0.49</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="M14" s="156">
         <v>1.375</v>
       </c>
       <c r="N14" s="155">
-        <v>0.94</v>
+        <v>0.74</v>
       </c>
       <c r="O14" s="155">
-        <v>9727.41</v>
-[...5 lines deleted...]
-        <v>2018</v>
+        <v>11997.14</v>
+      </c>
+      <c r="P14" s="158">
+        <v>290566</v>
+      </c>
+      <c r="Q14" s="159">
+        <v>2019</v>
       </c>
       <c r="R14" s="74"/>
       <c r="T14" s="148" t="s">
         <v>126</v>
       </c>
       <c r="U14" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V14" s="164">
-        <v>2.91</v>
+        <v>3.06</v>
       </c>
       <c r="W14" s="165">
         <f t="shared" si="1"/>
-        <v>2.91</v>
+        <v>3.06</v>
       </c>
       <c r="X14" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y14" s="167">
-        <v>22486</v>
+        <v>22425</v>
       </c>
       <c r="Z14" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA14" s="169">
-        <v>34.47</v>
+        <v>34.380000000000003</v>
       </c>
       <c r="AB14" s="149">
-        <v>3.71</v>
+        <v>3.73</v>
       </c>
       <c r="AC14" s="170">
-        <v>79.38</v>
+        <v>80.14</v>
       </c>
       <c r="AD14" s="75"/>
       <c r="AE14" s="75"/>
-      <c r="AF14" s="175">
+      <c r="AF14" s="173">
         <v>1.7</v>
       </c>
-      <c r="AG14" s="177">
-[...15 lines deleted...]
-        <v>2018</v>
+      <c r="AG14" s="175">
+        <v>36.630000000000003</v>
+      </c>
+      <c r="AH14" s="175">
+        <v>61.67</v>
+      </c>
+      <c r="AI14" s="175">
+        <v>3.86</v>
+      </c>
+      <c r="AJ14" s="175">
+        <v>2.09</v>
+      </c>
+      <c r="AK14" s="175">
+        <v>0.71</v>
+      </c>
+      <c r="AL14" s="159">
+        <v>2019</v>
       </c>
       <c r="AM14" s="75"/>
       <c r="AN14" s="76"/>
       <c r="AO14" s="148" t="s">
         <v>126</v>
       </c>
-      <c r="AP14" s="180">
-[...15 lines deleted...]
-        <v>492.2</v>
+      <c r="AP14" s="177">
+        <v>4850.2</v>
+      </c>
+      <c r="AQ14" s="178">
+        <v>-5.24</v>
+      </c>
+      <c r="AR14" s="179">
+        <v>6148.1</v>
+      </c>
+      <c r="AS14" s="179">
+        <v>3291.6</v>
+      </c>
+      <c r="AT14" s="179">
+        <v>2856.5</v>
+      </c>
+      <c r="AU14" s="180">
+        <v>435.1</v>
       </c>
       <c r="AV14" s="77"/>
       <c r="AW14" s="78"/>
-      <c r="AX14" s="186">
+      <c r="AX14" s="183">
         <v>0</v>
       </c>
-      <c r="AY14" s="187">
+      <c r="AY14" s="184">
         <v>0</v>
       </c>
-      <c r="AZ14" s="188">
-[...12 lines deleted...]
-        <v>2018</v>
+      <c r="AZ14" s="185">
+        <v>98.3</v>
+      </c>
+      <c r="BA14" s="186">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="BB14" s="178">
+        <v>-1.47</v>
+      </c>
+      <c r="BC14" s="178">
+        <v>-2.83</v>
+      </c>
+      <c r="BD14" s="159">
+        <v>2019</v>
       </c>
       <c r="BE14" s="75"/>
       <c r="BF14" s="50"/>
       <c r="BG14" s="74"/>
       <c r="BH14" s="74"/>
       <c r="BI14" s="74"/>
       <c r="BJ14" s="74"/>
     </row>
     <row r="15" spans="2:67" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B15" s="148" t="s">
         <v>127</v>
       </c>
       <c r="C15" s="149">
-        <v>7.59</v>
+        <v>16.89</v>
       </c>
       <c r="D15" s="149">
-        <v>4.5199999999999996</v>
+        <v>9.36</v>
       </c>
       <c r="E15" s="149">
-        <v>1517.01</v>
+        <v>1896.49</v>
       </c>
       <c r="F15" s="150">
-        <v>1507.36</v>
+        <v>1846.05</v>
       </c>
       <c r="G15" s="151">
-        <v>30.106000000000002</v>
+        <v>28.507999999999999</v>
       </c>
       <c r="H15" s="152">
-        <v>4781.26</v>
+        <v>5299.11</v>
       </c>
       <c r="I15" s="73"/>
       <c r="J15" s="52"/>
       <c r="K15" s="154">
-        <v>0.182</v>
+        <v>0.10199999999999999</v>
       </c>
       <c r="L15" s="155">
-        <v>0.55000000000000004</v>
+        <v>0.39</v>
       </c>
       <c r="M15" s="156">
-        <v>1.375</v>
+        <v>1.125</v>
       </c>
       <c r="N15" s="155">
-        <v>0.74</v>
+        <v>0.48</v>
       </c>
       <c r="O15" s="155">
-        <v>11997.14</v>
-[...5 lines deleted...]
-        <v>2019</v>
+        <v>14732.53</v>
+      </c>
+      <c r="P15" s="158">
+        <v>491825</v>
+      </c>
+      <c r="Q15" s="159">
+        <v>2020</v>
       </c>
       <c r="R15" s="74"/>
       <c r="T15" s="148" t="s">
         <v>127</v>
       </c>
       <c r="U15" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V15" s="164">
-        <v>3.06</v>
+        <v>3.42</v>
       </c>
       <c r="W15" s="165">
         <f t="shared" si="1"/>
-        <v>3.06</v>
+        <v>3.42</v>
       </c>
       <c r="X15" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y15" s="167">
-        <v>22425</v>
+        <v>24855</v>
       </c>
       <c r="Z15" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA15" s="169">
-        <v>34.380000000000003</v>
+        <v>38.49</v>
       </c>
       <c r="AB15" s="149">
-        <v>3.73</v>
+        <v>3.85</v>
       </c>
       <c r="AC15" s="170">
-        <v>80.14</v>
+        <v>87.16</v>
       </c>
       <c r="AD15" s="75"/>
       <c r="AE15" s="75"/>
-      <c r="AF15" s="175">
-[...18 lines deleted...]
-        <v>2019</v>
+      <c r="AF15" s="173">
+        <v>1.6</v>
+      </c>
+      <c r="AG15" s="175">
+        <v>39.01</v>
+      </c>
+      <c r="AH15" s="175">
+        <v>59.39</v>
+      </c>
+      <c r="AI15" s="175">
+        <v>3.76</v>
+      </c>
+      <c r="AJ15" s="175">
+        <v>1.92</v>
+      </c>
+      <c r="AK15" s="175">
+        <v>0.86</v>
+      </c>
+      <c r="AL15" s="159">
+        <v>2020</v>
       </c>
       <c r="AM15" s="75"/>
       <c r="AN15" s="76"/>
       <c r="AO15" s="148" t="s">
         <v>127</v>
       </c>
-      <c r="AP15" s="180">
-[...15 lines deleted...]
-        <v>435.1</v>
+      <c r="AP15" s="177">
+        <v>5343</v>
+      </c>
+      <c r="AQ15" s="178">
+        <v>10.16</v>
+      </c>
+      <c r="AR15" s="179">
+        <v>6312.7</v>
+      </c>
+      <c r="AS15" s="179">
+        <v>3451.3</v>
+      </c>
+      <c r="AT15" s="179">
+        <v>2861.5</v>
+      </c>
+      <c r="AU15" s="180">
+        <v>589.79999999999995</v>
       </c>
       <c r="AV15" s="77"/>
       <c r="AW15" s="78"/>
-      <c r="AX15" s="186">
+      <c r="AX15" s="183">
         <v>0</v>
       </c>
-      <c r="AY15" s="187">
+      <c r="AY15" s="184">
         <v>0</v>
       </c>
-      <c r="AZ15" s="188">
-[...12 lines deleted...]
-        <v>2019</v>
+      <c r="AZ15" s="185">
+        <v>98.07</v>
+      </c>
+      <c r="BA15" s="186">
+        <v>-0.23</v>
+      </c>
+      <c r="BB15" s="178">
+        <v>-10.23</v>
+      </c>
+      <c r="BC15" s="178">
+        <v>-7.2</v>
+      </c>
+      <c r="BD15" s="159">
+        <v>2020</v>
       </c>
       <c r="BE15" s="75"/>
       <c r="BF15" s="50"/>
       <c r="BG15" s="74"/>
       <c r="BH15" s="74"/>
       <c r="BI15" s="74"/>
       <c r="BJ15" s="74"/>
     </row>
     <row r="16" spans="2:67" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B16" s="148" t="s">
         <v>128</v>
       </c>
       <c r="C16" s="149">
-        <v>16.89</v>
+        <v>12.09</v>
       </c>
       <c r="D16" s="149">
-        <v>9.36</v>
+        <v>7.35</v>
       </c>
       <c r="E16" s="149">
-        <v>1896.49</v>
+        <v>1828.39</v>
       </c>
       <c r="F16" s="150">
-        <v>1846.05</v>
+        <v>1782.66</v>
       </c>
       <c r="G16" s="151">
-        <v>28.507999999999999</v>
+        <v>27.69</v>
       </c>
       <c r="H16" s="152">
-        <v>5299.11</v>
+        <v>5484.08</v>
       </c>
       <c r="I16" s="73"/>
       <c r="J16" s="52"/>
       <c r="K16" s="154">
-        <v>0.10199999999999999</v>
+        <v>8.1000000000000003E-2</v>
       </c>
       <c r="L16" s="155">
-        <v>0.39</v>
+        <v>0.26</v>
       </c>
       <c r="M16" s="156">
         <v>1.125</v>
       </c>
       <c r="N16" s="155">
-        <v>0.48</v>
+        <v>0.44</v>
       </c>
       <c r="O16" s="155">
-        <v>14732.53</v>
-[...5 lines deleted...]
-        <v>2020</v>
+        <v>18218.84</v>
+      </c>
+      <c r="P16" s="158">
+        <v>955170</v>
+      </c>
+      <c r="Q16" s="159">
+        <v>2021</v>
       </c>
       <c r="R16" s="74"/>
       <c r="T16" s="148" t="s">
         <v>128</v>
       </c>
       <c r="U16" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V16" s="164">
-        <v>3.42</v>
+        <v>6.72</v>
       </c>
       <c r="W16" s="165">
         <f t="shared" si="1"/>
-        <v>3.42</v>
+        <v>6.72</v>
       </c>
       <c r="X16" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y16" s="167">
-        <v>24855</v>
+        <v>28769</v>
       </c>
       <c r="Z16" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA16" s="169">
-        <v>38.49</v>
+        <v>42.65</v>
       </c>
       <c r="AB16" s="149">
-        <v>3.85</v>
+        <v>3.95</v>
       </c>
       <c r="AC16" s="170">
-        <v>87.16</v>
+        <v>100</v>
       </c>
       <c r="AD16" s="75"/>
       <c r="AE16" s="75"/>
-      <c r="AF16" s="175">
-[...18 lines deleted...]
-        <v>2020</v>
+      <c r="AF16" s="173">
+        <v>1.45</v>
+      </c>
+      <c r="AG16" s="175">
+        <v>40.78</v>
+      </c>
+      <c r="AH16" s="175">
+        <v>57.77</v>
+      </c>
+      <c r="AI16" s="175">
+        <v>3.7</v>
+      </c>
+      <c r="AJ16" s="175">
+        <v>1.76</v>
+      </c>
+      <c r="AK16" s="175">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="AL16" s="159">
+        <v>2021</v>
       </c>
       <c r="AM16" s="75"/>
       <c r="AN16" s="76"/>
       <c r="AO16" s="148" t="s">
         <v>128</v>
       </c>
-      <c r="AP16" s="180">
-[...15 lines deleted...]
-        <v>589.79999999999995</v>
+      <c r="AP16" s="177">
+        <v>6752.7</v>
+      </c>
+      <c r="AQ16" s="178">
+        <v>26.38</v>
+      </c>
+      <c r="AR16" s="179">
+        <v>8283.2999999999993</v>
+      </c>
+      <c r="AS16" s="179">
+        <v>4463.7</v>
+      </c>
+      <c r="AT16" s="179">
+        <v>3819.6</v>
+      </c>
+      <c r="AU16" s="180">
+        <v>644.1</v>
       </c>
       <c r="AV16" s="77"/>
       <c r="AW16" s="78"/>
-      <c r="AX16" s="186">
+      <c r="AX16" s="187">
+        <v>100</v>
+      </c>
+      <c r="AY16" s="184">
         <v>0</v>
       </c>
-      <c r="AY16" s="187">
-[...15 lines deleted...]
-        <v>2020</v>
+      <c r="AZ16" s="185">
+        <v>100</v>
+      </c>
+      <c r="BA16" s="186">
+        <v>1.97</v>
+      </c>
+      <c r="BB16" s="178">
+        <v>10.53</v>
+      </c>
+      <c r="BC16" s="178">
+        <v>6.58</v>
+      </c>
+      <c r="BD16" s="159">
+        <v>2021</v>
       </c>
       <c r="BE16" s="75"/>
       <c r="BF16" s="50"/>
       <c r="BG16" s="74"/>
       <c r="BH16" s="74"/>
       <c r="BI16" s="74"/>
       <c r="BJ16" s="74"/>
     </row>
     <row r="17" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B17" s="148" t="s">
         <v>129</v>
       </c>
       <c r="C17" s="149">
-        <v>12.09</v>
+        <v>3.33</v>
       </c>
       <c r="D17" s="149">
-        <v>7.35</v>
+        <v>6.74</v>
       </c>
       <c r="E17" s="149">
-        <v>1828.39</v>
+        <v>1824.4</v>
       </c>
       <c r="F17" s="150">
-        <v>1782.66</v>
+        <v>1808.01</v>
       </c>
       <c r="G17" s="151">
-        <v>27.69</v>
+        <v>30.707999999999998</v>
       </c>
       <c r="H17" s="152">
-        <v>5484.08</v>
+        <v>5549.32</v>
       </c>
       <c r="I17" s="73"/>
       <c r="J17" s="52"/>
       <c r="K17" s="154">
-        <v>8.1000000000000003E-2</v>
+        <v>0.26300000000000001</v>
       </c>
       <c r="L17" s="155">
-        <v>0.26</v>
+        <v>0.82</v>
       </c>
       <c r="M17" s="156">
-        <v>1.125</v>
+        <v>1.75</v>
       </c>
       <c r="N17" s="155">
-        <v>0.44</v>
+        <v>1.0900000000000001</v>
       </c>
       <c r="O17" s="155">
-        <v>18218.84</v>
-[...5 lines deleted...]
-        <v>2021</v>
+        <v>14137.69</v>
+      </c>
+      <c r="P17" s="158">
+        <v>595738</v>
+      </c>
+      <c r="Q17" s="159">
+        <v>2022</v>
       </c>
       <c r="R17" s="74"/>
       <c r="T17" s="148" t="s">
         <v>129</v>
       </c>
       <c r="U17" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V17" s="164">
-        <v>6.72</v>
+        <v>2.68</v>
       </c>
       <c r="W17" s="165">
         <f t="shared" si="1"/>
-        <v>6.72</v>
+        <v>2.68</v>
       </c>
       <c r="X17" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y17" s="167">
-        <v>28769</v>
+        <v>28342</v>
       </c>
       <c r="Z17" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA17" s="169">
-        <v>42.65</v>
+        <v>41.37</v>
       </c>
       <c r="AB17" s="149">
-        <v>3.95</v>
+        <v>3.67</v>
       </c>
       <c r="AC17" s="170">
-        <v>100</v>
+        <v>98.16</v>
       </c>
       <c r="AD17" s="75"/>
       <c r="AE17" s="75"/>
-      <c r="AF17" s="175">
-[...18 lines deleted...]
-        <v>2021</v>
+      <c r="AF17" s="173">
+        <v>1.41</v>
+      </c>
+      <c r="AG17" s="175">
+        <v>39.549999999999997</v>
+      </c>
+      <c r="AH17" s="175">
+        <v>59.04</v>
+      </c>
+      <c r="AI17" s="175">
+        <v>3.78</v>
+      </c>
+      <c r="AJ17" s="175">
+        <v>1.56</v>
+      </c>
+      <c r="AK17" s="175">
+        <v>0.83</v>
+      </c>
+      <c r="AL17" s="159">
+        <v>2022</v>
       </c>
       <c r="AM17" s="75"/>
       <c r="AN17" s="76"/>
       <c r="AO17" s="148" t="s">
         <v>129</v>
       </c>
-      <c r="AP17" s="180">
-[...15 lines deleted...]
-        <v>644.1</v>
+      <c r="AP17" s="177">
+        <v>6685.8</v>
+      </c>
+      <c r="AQ17" s="178">
+        <v>-0.99</v>
+      </c>
+      <c r="AR17" s="179">
+        <v>9075</v>
+      </c>
+      <c r="AS17" s="179">
+        <v>4794.2</v>
+      </c>
+      <c r="AT17" s="179">
+        <v>4280.8</v>
+      </c>
+      <c r="AU17" s="180">
+        <v>513.29999999999995</v>
       </c>
       <c r="AV17" s="77"/>
       <c r="AW17" s="78"/>
-      <c r="AX17" s="190">
-[...18 lines deleted...]
-        <v>2021</v>
+      <c r="AX17" s="187">
+        <v>110.51</v>
+      </c>
+      <c r="AY17" s="178">
+        <v>10.51</v>
+      </c>
+      <c r="AZ17" s="185">
+        <v>102.95</v>
+      </c>
+      <c r="BA17" s="186">
+        <v>2.95</v>
+      </c>
+      <c r="BB17" s="178">
+        <v>16.07</v>
+      </c>
+      <c r="BC17" s="178">
+        <v>12.06</v>
+      </c>
+      <c r="BD17" s="159">
+        <v>2022</v>
       </c>
       <c r="BE17" s="75"/>
       <c r="BF17" s="50"/>
       <c r="BG17" s="74"/>
       <c r="BH17" s="74"/>
       <c r="BI17" s="74"/>
       <c r="BJ17" s="74"/>
     </row>
     <row r="18" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B18" s="148" t="s">
         <v>130</v>
       </c>
       <c r="C18" s="149">
-        <v>3.33</v>
+        <v>3.95</v>
       </c>
       <c r="D18" s="149">
-        <v>6.74</v>
+        <v>5.64</v>
       </c>
       <c r="E18" s="149">
-        <v>1824.4</v>
+        <v>2062.59</v>
       </c>
       <c r="F18" s="150">
-        <v>1808.01</v>
+        <v>2055.37</v>
       </c>
       <c r="G18" s="151">
-        <v>30.707999999999998</v>
+        <v>30.734999999999999</v>
       </c>
       <c r="H18" s="152">
-        <v>5549.32</v>
+        <v>5705.95</v>
       </c>
       <c r="I18" s="73"/>
       <c r="J18" s="52"/>
       <c r="K18" s="154">
-        <v>0.26300000000000001</v>
+        <v>0.64600000000000002</v>
       </c>
       <c r="L18" s="155">
-        <v>0.82</v>
+        <v>1.3</v>
       </c>
       <c r="M18" s="156">
-        <v>1.75</v>
+        <v>1.875</v>
       </c>
       <c r="N18" s="155">
-        <v>1.0900000000000001</v>
+        <v>1.21</v>
       </c>
       <c r="O18" s="155">
-        <v>14137.69</v>
-[...5 lines deleted...]
-        <v>2022</v>
+        <v>17930.810000000001</v>
+      </c>
+      <c r="P18" s="158">
+        <v>672062</v>
+      </c>
+      <c r="Q18" s="159">
+        <v>2023</v>
       </c>
       <c r="R18" s="74"/>
       <c r="T18" s="148" t="s">
         <v>130</v>
       </c>
       <c r="U18" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V18" s="164">
-        <v>2.68</v>
+        <v>1.08</v>
       </c>
       <c r="W18" s="165">
         <f t="shared" si="1"/>
-        <v>2.68</v>
+        <v>1.08</v>
       </c>
       <c r="X18" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y18" s="167">
-        <v>28342</v>
+        <v>27495</v>
       </c>
       <c r="Z18" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA18" s="169">
-        <v>41.37</v>
+        <v>37.57</v>
       </c>
       <c r="AB18" s="149">
-        <v>3.67</v>
+        <v>3.48</v>
       </c>
       <c r="AC18" s="170">
-        <v>98.19</v>
+        <v>85.93</v>
       </c>
       <c r="AD18" s="75"/>
       <c r="AE18" s="75"/>
-      <c r="AF18" s="175">
-[...18 lines deleted...]
-        <v>2022</v>
+      <c r="AF18" s="173">
+        <v>1.51</v>
+      </c>
+      <c r="AG18" s="175">
+        <v>38.56</v>
+      </c>
+      <c r="AH18" s="175">
+        <v>59.93</v>
+      </c>
+      <c r="AI18" s="175">
+        <v>3.69</v>
+      </c>
+      <c r="AJ18" s="175">
+        <v>1.61</v>
+      </c>
+      <c r="AK18" s="175">
+        <v>0.9</v>
+      </c>
+      <c r="AL18" s="159">
+        <v>2023</v>
       </c>
       <c r="AM18" s="75"/>
       <c r="AN18" s="76"/>
       <c r="AO18" s="148" t="s">
         <v>130</v>
       </c>
-      <c r="AP18" s="180">
-[...15 lines deleted...]
-        <v>513.29999999999995</v>
+      <c r="AP18" s="177">
+        <v>5625.3</v>
+      </c>
+      <c r="AQ18" s="178">
+        <v>-15.86</v>
+      </c>
+      <c r="AR18" s="179">
+        <v>7840.5</v>
+      </c>
+      <c r="AS18" s="179">
+        <v>4324.2</v>
+      </c>
+      <c r="AT18" s="179">
+        <v>3516.3</v>
+      </c>
+      <c r="AU18" s="180">
+        <v>807.9</v>
       </c>
       <c r="AV18" s="77"/>
       <c r="AW18" s="78"/>
-      <c r="AX18" s="190">
-[...18 lines deleted...]
-        <v>2022</v>
+      <c r="AX18" s="187">
+        <v>109.88</v>
+      </c>
+      <c r="AY18" s="178">
+        <v>-0.56999999999999995</v>
+      </c>
+      <c r="AZ18" s="185">
+        <v>105.51</v>
+      </c>
+      <c r="BA18" s="186">
+        <v>2.4900000000000002</v>
+      </c>
+      <c r="BB18" s="178">
+        <v>-3.6</v>
+      </c>
+      <c r="BC18" s="178">
+        <v>-1.91</v>
+      </c>
+      <c r="BD18" s="159">
+        <v>2023</v>
       </c>
       <c r="BE18" s="75"/>
       <c r="BF18" s="50"/>
       <c r="BG18" s="74"/>
       <c r="BH18" s="74"/>
       <c r="BI18" s="74"/>
       <c r="BJ18" s="74"/>
     </row>
     <row r="19" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B19" s="148" t="s">
         <v>131</v>
       </c>
       <c r="C19" s="149">
-        <v>3.95</v>
+        <v>3.8</v>
       </c>
       <c r="D19" s="149">
-        <v>5.64</v>
+        <v>5.41</v>
       </c>
       <c r="E19" s="149">
-        <v>2062.59</v>
+        <v>2623.81</v>
       </c>
       <c r="F19" s="150">
-        <v>2055.37</v>
+        <v>2590.3000000000002</v>
       </c>
       <c r="G19" s="151">
-        <v>30.734999999999999</v>
+        <v>32.780999999999999</v>
       </c>
       <c r="H19" s="152">
-        <v>5705.95</v>
+        <v>5766.77</v>
       </c>
       <c r="I19" s="73"/>
       <c r="J19" s="52"/>
       <c r="K19" s="154">
-        <v>0.64600000000000002</v>
+        <v>0.79400000000000004</v>
       </c>
       <c r="L19" s="155">
-        <v>1.3</v>
+        <v>1.57</v>
       </c>
       <c r="M19" s="156">
-        <v>1.875</v>
+        <v>2</v>
       </c>
       <c r="N19" s="155">
-        <v>1.21</v>
+        <v>1.43</v>
       </c>
       <c r="O19" s="155">
-        <v>17930.810000000001</v>
-[...5 lines deleted...]
-        <v>2023</v>
+        <v>23035.1</v>
+      </c>
+      <c r="P19" s="158">
+        <v>998118</v>
+      </c>
+      <c r="Q19" s="159">
+        <v>2024</v>
       </c>
       <c r="R19" s="74"/>
       <c r="T19" s="148" t="s">
         <v>131</v>
       </c>
       <c r="U19" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V19" s="164">
-        <v>1.08</v>
+        <v>5.27</v>
       </c>
       <c r="W19" s="165">
         <f t="shared" si="1"/>
-        <v>1.08</v>
+        <v>5.27</v>
       </c>
       <c r="X19" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y19" s="167">
-        <v>27495</v>
+        <v>29687</v>
       </c>
       <c r="Z19" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA19" s="169">
-        <v>37.57</v>
+        <v>41.14</v>
       </c>
       <c r="AB19" s="149">
-        <v>3.48</v>
+        <v>3.38</v>
       </c>
       <c r="AC19" s="170">
-        <v>85.99</v>
+        <v>96.14</v>
       </c>
       <c r="AD19" s="75"/>
       <c r="AE19" s="75"/>
-      <c r="AF19" s="175">
-[...18 lines deleted...]
-        <v>2023</v>
+      <c r="AF19" s="173">
+        <v>1.46</v>
+      </c>
+      <c r="AG19" s="175">
+        <v>40.4</v>
+      </c>
+      <c r="AH19" s="175">
+        <v>58.14</v>
+      </c>
+      <c r="AI19" s="175">
+        <v>3.73</v>
+      </c>
+      <c r="AJ19" s="175">
+        <v>1.64</v>
+      </c>
+      <c r="AK19" s="175">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="AL19" s="159">
+        <v>2024</v>
       </c>
       <c r="AM19" s="75"/>
       <c r="AN19" s="76"/>
       <c r="AO19" s="148" t="s">
         <v>131</v>
       </c>
-      <c r="AP19" s="180">
-[...15 lines deleted...]
-        <v>807.9</v>
+      <c r="AP19" s="177">
+        <v>5903.9</v>
+      </c>
+      <c r="AQ19" s="178">
+        <v>4.95</v>
+      </c>
+      <c r="AR19" s="179">
+        <v>8692.7000000000007</v>
+      </c>
+      <c r="AS19" s="179">
+        <v>4749.3</v>
+      </c>
+      <c r="AT19" s="179">
+        <v>3943.5</v>
+      </c>
+      <c r="AU19" s="180">
+        <v>805.8</v>
       </c>
       <c r="AV19" s="77"/>
       <c r="AW19" s="78"/>
-      <c r="AX19" s="190">
-[...18 lines deleted...]
-        <v>2023</v>
+      <c r="AX19" s="187">
+        <v>111.38</v>
+      </c>
+      <c r="AY19" s="178">
+        <v>1.37</v>
+      </c>
+      <c r="AZ19" s="185">
+        <v>107.81</v>
+      </c>
+      <c r="BA19" s="186">
+        <v>2.1800000000000002</v>
+      </c>
+      <c r="BB19" s="178">
+        <v>0.25</v>
+      </c>
+      <c r="BC19" s="178">
+        <v>2.17</v>
+      </c>
+      <c r="BD19" s="159">
+        <v>2024</v>
       </c>
       <c r="BE19" s="75"/>
       <c r="BF19" s="50"/>
       <c r="BG19" s="74"/>
       <c r="BH19" s="74"/>
       <c r="BI19" s="74"/>
       <c r="BJ19" s="74"/>
     </row>
     <row r="20" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B20" s="148" t="s">
         <v>132</v>
       </c>
       <c r="C20" s="149">
-        <v>3.8</v>
+        <v>5.09</v>
       </c>
       <c r="D20" s="149">
-        <v>5.41</v>
+        <v>5.16</v>
       </c>
       <c r="E20" s="149">
-        <v>2623.81</v>
+        <v>4314.12</v>
       </c>
       <c r="F20" s="150">
-        <v>2590.3000000000002</v>
+        <v>4303.72</v>
       </c>
       <c r="G20" s="151">
-        <v>32.780999999999999</v>
+        <v>31.437999999999999</v>
       </c>
       <c r="H20" s="152">
-        <v>5766.77</v>
+        <v>6025.53</v>
       </c>
       <c r="I20" s="73"/>
       <c r="J20" s="52"/>
       <c r="K20" s="154">
-        <v>0.79400000000000004</v>
+        <v>0.82</v>
       </c>
       <c r="L20" s="155">
-        <v>1.57</v>
+        <v>1.52</v>
       </c>
       <c r="M20" s="156">
         <v>2</v>
       </c>
       <c r="N20" s="155">
-        <v>1.43</v>
+        <v>1.45</v>
       </c>
       <c r="O20" s="155">
-        <v>23035.1</v>
-[...5 lines deleted...]
-        <v>2024</v>
+        <v>28963.599999999999</v>
+      </c>
+      <c r="P20" s="158">
+        <v>1010798</v>
+      </c>
+      <c r="Q20" s="159">
+        <v>2025</v>
       </c>
       <c r="R20" s="74"/>
       <c r="T20" s="148" t="s">
         <v>132</v>
       </c>
       <c r="U20" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V20" s="164">
-        <v>5.27</v>
+        <v>8.68</v>
       </c>
       <c r="W20" s="165">
         <f t="shared" si="1"/>
-        <v>5.27</v>
+        <v>8.68</v>
       </c>
       <c r="X20" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y20" s="167">
-        <v>29687</v>
+        <v>33760</v>
       </c>
       <c r="Z20" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA20" s="169">
-        <v>41.14</v>
+        <v>43.65</v>
       </c>
       <c r="AB20" s="149">
-        <v>3.38</v>
+        <v>3.35</v>
       </c>
       <c r="AC20" s="170">
-        <v>96.11</v>
+        <v>113.76</v>
       </c>
       <c r="AD20" s="75"/>
       <c r="AE20" s="75"/>
-      <c r="AF20" s="175">
-[...18 lines deleted...]
-        <v>2024</v>
+      <c r="AF20" s="173">
+        <v>1.45</v>
+      </c>
+      <c r="AG20" s="175">
+        <v>43.45</v>
+      </c>
+      <c r="AH20" s="175">
+        <v>55.11</v>
+      </c>
+      <c r="AI20" s="176">
+        <v>0</v>
+      </c>
+      <c r="AJ20" s="176">
+        <v>0</v>
+      </c>
+      <c r="AK20" s="176">
+        <v>0</v>
+      </c>
+      <c r="AL20" s="159">
+        <v>2025</v>
       </c>
       <c r="AM20" s="75"/>
       <c r="AN20" s="76"/>
       <c r="AO20" s="148" t="s">
         <v>132</v>
       </c>
-      <c r="AP20" s="180">
-[...15 lines deleted...]
-        <v>805.8</v>
+      <c r="AP20" s="177">
+        <v>7437.3</v>
+      </c>
+      <c r="AQ20" s="178">
+        <v>25.97</v>
+      </c>
+      <c r="AR20" s="179">
+        <v>11235.3</v>
+      </c>
+      <c r="AS20" s="179">
+        <v>6399.8</v>
+      </c>
+      <c r="AT20" s="179">
+        <v>4835.3999999999996</v>
+      </c>
+      <c r="AU20" s="180">
+        <v>1564.4</v>
       </c>
       <c r="AV20" s="77"/>
       <c r="AW20" s="78"/>
-      <c r="AX20" s="190">
-[...18 lines deleted...]
-        <v>2024</v>
+      <c r="AX20" s="187">
+        <v>109.39</v>
+      </c>
+      <c r="AY20" s="178">
+        <v>-1.79</v>
+      </c>
+      <c r="AZ20" s="185">
+        <v>109.6</v>
+      </c>
+      <c r="BA20" s="186">
+        <v>1.66</v>
+      </c>
+      <c r="BB20" s="178">
+        <v>-4.84</v>
+      </c>
+      <c r="BC20" s="178">
+        <v>-2.72</v>
+      </c>
+      <c r="BD20" s="159">
+        <v>2025</v>
       </c>
       <c r="BE20" s="75"/>
       <c r="BF20" s="50"/>
       <c r="BG20" s="74"/>
       <c r="BH20" s="74"/>
       <c r="BI20" s="74"/>
       <c r="BJ20" s="74"/>
     </row>
     <row r="21" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B21" s="113" t="s">
         <v>133</v>
       </c>
       <c r="C21" s="114">
-        <v>3.8</v>
+        <v>2.63</v>
       </c>
       <c r="D21" s="114">
-        <v>5.41</v>
+        <v>4.8600000000000003</v>
       </c>
       <c r="E21" s="114">
-        <v>2623.81</v>
+        <v>2876.19</v>
       </c>
       <c r="F21" s="115">
-        <v>2590.3000000000002</v>
+        <v>2877.22</v>
       </c>
       <c r="G21" s="116">
-        <v>32.780999999999999</v>
+        <v>32.82</v>
       </c>
       <c r="H21" s="117">
-        <v>5766.77</v>
+        <v>5775.84</v>
       </c>
       <c r="I21" s="73"/>
       <c r="J21" s="52"/>
       <c r="K21" s="118">
         <v>0.82</v>
       </c>
       <c r="L21" s="119">
-        <v>1.75</v>
+        <v>1.65</v>
       </c>
       <c r="M21" s="120">
         <v>2</v>
       </c>
       <c r="N21" s="119">
         <v>1.6</v>
       </c>
       <c r="O21" s="119">
-        <v>23035.1</v>
-[...2 lines deleted...]
-        <v>79422</v>
+        <v>23053.18</v>
+      </c>
+      <c r="P21" s="157">
+        <v>74914</v>
       </c>
       <c r="Q21" s="122" t="s">
         <v>146</v>
       </c>
       <c r="R21" s="74"/>
       <c r="T21" s="113" t="s">
         <v>133</v>
       </c>
       <c r="U21" s="123" t="str">
         <f t="shared" si="0"/>
-        <v>IV</v>
+        <v/>
       </c>
       <c r="V21" s="163">
-        <v>4.13</v>
+        <v>5.54</v>
       </c>
       <c r="W21" s="124">
         <f t="shared" si="1"/>
-        <v>4.13</v>
+        <v>0</v>
       </c>
       <c r="X21" s="123" t="str">
         <f t="shared" si="2"/>
-        <v>IV</v>
-[...2 lines deleted...]
-        <v>7910</v>
+        <v/>
+      </c>
+      <c r="Y21" s="143">
+        <v>0</v>
       </c>
       <c r="Z21" s="123" t="str">
         <f t="shared" si="3"/>
-        <v>IV</v>
-[...2 lines deleted...]
-        <v>41.26</v>
+        <v/>
+      </c>
+      <c r="AA21" s="144">
+        <v>0</v>
       </c>
       <c r="AB21" s="114">
-        <v>3.32</v>
+        <v>3.34</v>
       </c>
       <c r="AC21" s="125">
-        <v>108.38</v>
+        <v>92.9</v>
       </c>
       <c r="AD21" s="75"/>
       <c r="AE21" s="75"/>
-      <c r="AF21" s="174">
-[...6 lines deleted...]
-        <v>59.34</v>
+      <c r="AF21" s="145">
+        <v>0</v>
+      </c>
+      <c r="AG21" s="126">
+        <v>0</v>
+      </c>
+      <c r="AH21" s="126">
+        <v>0</v>
       </c>
       <c r="AI21" s="126">
         <v>0</v>
       </c>
       <c r="AJ21" s="126">
         <v>0</v>
       </c>
       <c r="AK21" s="126">
         <v>0</v>
       </c>
       <c r="AL21" s="122" t="s">
         <v>146</v>
       </c>
       <c r="AM21" s="75"/>
       <c r="AN21" s="76"/>
       <c r="AO21" s="113" t="s">
         <v>133</v>
       </c>
       <c r="AP21" s="127">
-        <v>529.20000000000005</v>
+        <v>516.1</v>
       </c>
       <c r="AQ21" s="128">
-        <v>20.79</v>
+        <v>36.520000000000003</v>
       </c>
       <c r="AR21" s="129">
-        <v>810.1</v>
+        <v>759.5</v>
       </c>
       <c r="AS21" s="129">
-        <v>435.6</v>
+        <v>412.9</v>
       </c>
       <c r="AT21" s="129">
-        <v>374.6</v>
+        <v>346.6</v>
       </c>
       <c r="AU21" s="130">
-        <v>61</v>
+        <v>66.3</v>
       </c>
       <c r="AV21" s="77"/>
       <c r="AW21" s="78"/>
       <c r="AX21" s="133">
-        <v>112.44</v>
+        <v>113.24</v>
       </c>
       <c r="AY21" s="128">
-        <v>3.11</v>
+        <v>3.7</v>
       </c>
       <c r="AZ21" s="131">
-        <v>108.82</v>
+        <v>109</v>
       </c>
       <c r="BA21" s="132">
+        <v>1.62</v>
+      </c>
+      <c r="BB21" s="128">
         <v>2.1</v>
       </c>
-      <c r="BB21" s="128">
-[...1 lines deleted...]
-      </c>
       <c r="BC21" s="128">
-        <v>3.31</v>
+        <v>3.33</v>
       </c>
       <c r="BD21" s="122" t="s">
         <v>146</v>
       </c>
       <c r="BE21" s="75"/>
       <c r="BF21" s="50"/>
       <c r="BG21" s="74"/>
       <c r="BH21" s="74"/>
       <c r="BI21" s="74"/>
       <c r="BJ21" s="74"/>
     </row>
     <row r="22" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
-      <c r="B22" s="148" t="s">
+      <c r="B22" s="113" t="s">
         <v>134</v>
       </c>
-      <c r="C22" s="149"/>
-[...11 lines deleted...]
-        <v>6025.53</v>
+      <c r="C22" s="114">
+        <v>1.26</v>
+      </c>
+      <c r="D22" s="114">
+        <v>3.98</v>
+      </c>
+      <c r="E22" s="114">
+        <v>3123.06</v>
+      </c>
+      <c r="F22" s="115">
+        <v>3104.54</v>
+      </c>
+      <c r="G22" s="116">
+        <v>33.182000000000002</v>
+      </c>
+      <c r="H22" s="117">
+        <v>5780.22</v>
       </c>
       <c r="I22" s="73"/>
       <c r="J22" s="52"/>
-      <c r="K22" s="160"/>
-[...1 lines deleted...]
-      <c r="M22" s="156">
+      <c r="K22" s="118">
+        <v>0.82099999999999995</v>
+      </c>
+      <c r="L22" s="119">
+        <v>1.6</v>
+      </c>
+      <c r="M22" s="120">
         <v>2</v>
       </c>
-      <c r="N22" s="155"/>
-[...7 lines deleted...]
-        <v>2025</v>
+      <c r="N22" s="119">
+        <v>1.64</v>
+      </c>
+      <c r="O22" s="119">
+        <v>20695.900000000001</v>
+      </c>
+      <c r="P22" s="157">
+        <v>71117</v>
+      </c>
+      <c r="Q22" s="122" t="s">
+        <v>147</v>
       </c>
       <c r="R22" s="74"/>
-      <c r="T22" s="148" t="s">
+      <c r="T22" s="113" t="s">
         <v>134</v>
       </c>
-      <c r="U22" s="162" t="str">
+      <c r="U22" s="123" t="str">
         <f t="shared" si="0"/>
-        <v/>
-[...4 lines deleted...]
-      <c r="W22" s="165">
+        <v>I</v>
+      </c>
+      <c r="V22" s="163">
+        <v>5.54</v>
+      </c>
+      <c r="W22" s="124">
         <f t="shared" si="1"/>
-        <v>7.37</v>
-[...1 lines deleted...]
-      <c r="X22" s="162" t="str">
+        <v>5.54</v>
+      </c>
+      <c r="X22" s="123" t="str">
         <f t="shared" si="2"/>
-        <v/>
-[...4 lines deleted...]
-      <c r="Z22" s="162" t="str">
+        <v>I</v>
+      </c>
+      <c r="Y22" s="166">
+        <v>7294</v>
+      </c>
+      <c r="Z22" s="123" t="str">
         <f t="shared" si="3"/>
-        <v/>
-[...5 lines deleted...]
-      <c r="AC22" s="173"/>
+        <v>I</v>
+      </c>
+      <c r="AA22" s="168">
+        <v>40.81</v>
+      </c>
+      <c r="AB22" s="114">
+        <v>3.35</v>
+      </c>
+      <c r="AC22" s="125">
+        <v>106.39</v>
+      </c>
       <c r="AD22" s="75"/>
       <c r="AE22" s="75"/>
-      <c r="AF22" s="178"/>
-[...6 lines deleted...]
-        <v>2025</v>
+      <c r="AF22" s="172">
+        <v>1.42</v>
+      </c>
+      <c r="AG22" s="174">
+        <v>40.39</v>
+      </c>
+      <c r="AH22" s="174">
+        <v>58.2</v>
+      </c>
+      <c r="AI22" s="126">
+        <v>0</v>
+      </c>
+      <c r="AJ22" s="126">
+        <v>0</v>
+      </c>
+      <c r="AK22" s="126">
+        <v>0</v>
+      </c>
+      <c r="AL22" s="122" t="s">
+        <v>147</v>
       </c>
       <c r="AM22" s="75"/>
       <c r="AN22" s="76"/>
-      <c r="AO22" s="148" t="s">
+      <c r="AO22" s="113" t="s">
         <v>134</v>
       </c>
-      <c r="AP22" s="180"/>
-[...11 lines deleted...]
-        <v>1571.4</v>
+      <c r="AP22" s="127">
+        <v>549.20000000000005</v>
+      </c>
+      <c r="AQ22" s="128">
+        <v>16.29</v>
+      </c>
+      <c r="AR22" s="129">
+        <v>921.5</v>
+      </c>
+      <c r="AS22" s="129">
+        <v>495.4</v>
+      </c>
+      <c r="AT22" s="129">
+        <v>426.1</v>
+      </c>
+      <c r="AU22" s="130">
+        <v>69.3</v>
       </c>
       <c r="AV22" s="77"/>
       <c r="AW22" s="78"/>
-      <c r="AX22" s="190">
-[...18 lines deleted...]
-        <v>2025</v>
+      <c r="AX22" s="133">
+        <v>113.75</v>
+      </c>
+      <c r="AY22" s="128">
+        <v>3.63</v>
+      </c>
+      <c r="AZ22" s="131">
+        <v>109.05</v>
+      </c>
+      <c r="BA22" s="132">
+        <v>2.34</v>
+      </c>
+      <c r="BB22" s="128">
+        <v>1.4</v>
+      </c>
+      <c r="BC22" s="128">
+        <v>2.99</v>
+      </c>
+      <c r="BD22" s="122" t="s">
+        <v>147</v>
       </c>
       <c r="BE22" s="75"/>
       <c r="BF22" s="50"/>
       <c r="BG22" s="74"/>
       <c r="BH22" s="74"/>
       <c r="BI22" s="74"/>
       <c r="BJ22" s="74"/>
     </row>
     <row r="23" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B23" s="113" t="s">
         <v>135</v>
       </c>
       <c r="C23" s="114">
-        <v>4.0599999999999996</v>
+        <v>2</v>
       </c>
       <c r="D23" s="114">
-        <v>5.39</v>
+        <v>3.52</v>
       </c>
       <c r="E23" s="114">
-        <v>2653.55</v>
+        <v>3287.72</v>
       </c>
       <c r="F23" s="115">
-        <v>2754.23</v>
+        <v>3282.61</v>
       </c>
       <c r="G23" s="116">
-        <v>32.682000000000002</v>
+        <v>32.017000000000003</v>
       </c>
       <c r="H23" s="117">
-        <v>5775.83</v>
+        <v>5828.32</v>
       </c>
       <c r="I23" s="73"/>
       <c r="J23" s="52"/>
       <c r="K23" s="118">
-        <v>0.82</v>
+        <v>0.81799999999999995</v>
       </c>
       <c r="L23" s="119">
-        <v>1.64</v>
+        <v>1.57</v>
       </c>
       <c r="M23" s="120">
         <v>2</v>
       </c>
       <c r="N23" s="119">
-        <v>1.67</v>
+        <v>1.6</v>
       </c>
       <c r="O23" s="119">
-        <v>23525.41</v>
-[...2 lines deleted...]
-        <v>53008</v>
+        <v>20235.03</v>
+      </c>
+      <c r="P23" s="157">
+        <v>61664</v>
       </c>
       <c r="Q23" s="122" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="R23" s="74"/>
       <c r="T23" s="113" t="s">
         <v>135</v>
       </c>
       <c r="U23" s="123" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V23" s="163">
-        <v>5.54</v>
+        <v>7.71</v>
       </c>
       <c r="W23" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X23" s="123" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y23" s="143">
         <v>0</v>
       </c>
       <c r="Z23" s="123" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA23" s="144">
         <v>0</v>
       </c>
       <c r="AB23" s="114">
-        <v>3.3</v>
+        <v>3.32</v>
       </c>
       <c r="AC23" s="125">
-        <v>96.12</v>
+        <v>110.05</v>
       </c>
       <c r="AD23" s="75"/>
       <c r="AE23" s="75"/>
       <c r="AF23" s="145">
         <v>0</v>
       </c>
       <c r="AG23" s="126">
         <v>0</v>
       </c>
       <c r="AH23" s="126">
         <v>0</v>
       </c>
       <c r="AI23" s="126">
         <v>0</v>
       </c>
       <c r="AJ23" s="126">
         <v>0</v>
       </c>
       <c r="AK23" s="126">
         <v>0</v>
       </c>
       <c r="AL23" s="122" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="AM23" s="75"/>
       <c r="AN23" s="76"/>
       <c r="AO23" s="113" t="s">
         <v>135</v>
       </c>
       <c r="AP23" s="127">
-        <v>479.1</v>
+        <v>590.6</v>
       </c>
       <c r="AQ23" s="128">
-        <v>-1.05</v>
+        <v>25.22</v>
       </c>
       <c r="AR23" s="129">
-        <v>673.5</v>
+        <v>898.8</v>
       </c>
       <c r="AS23" s="129">
-        <v>387.1</v>
+        <v>486.5</v>
       </c>
       <c r="AT23" s="129">
-        <v>286.39999999999998</v>
+        <v>412.4</v>
       </c>
       <c r="AU23" s="130">
-        <v>100.6</v>
+        <v>74.099999999999994</v>
       </c>
       <c r="AV23" s="77"/>
       <c r="AW23" s="78"/>
       <c r="AX23" s="133">
-        <v>113.01</v>
+        <v>112.23</v>
       </c>
       <c r="AY23" s="128">
-        <v>3.83</v>
+        <v>0.51</v>
       </c>
       <c r="AZ23" s="131">
-        <v>109.44</v>
+        <v>109.33</v>
       </c>
       <c r="BA23" s="132">
-        <v>2.67</v>
+        <v>2.0299999999999998</v>
       </c>
       <c r="BB23" s="128">
-        <v>2.1800000000000002</v>
+        <v>-2.12</v>
       </c>
       <c r="BC23" s="128">
-        <v>4.3</v>
+        <v>-0.42</v>
       </c>
       <c r="BD23" s="122" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="BE23" s="75"/>
       <c r="BF23" s="50"/>
       <c r="BG23" s="74"/>
       <c r="BH23" s="74"/>
       <c r="BI23" s="74"/>
       <c r="BJ23" s="74"/>
     </row>
     <row r="24" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B24" s="113" t="s">
         <v>136</v>
       </c>
       <c r="C24" s="114">
-        <v>2.63</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="D24" s="114">
-        <v>4.8600000000000003</v>
+        <v>3.32</v>
       </c>
       <c r="E24" s="114">
-        <v>2876.19</v>
+        <v>3315.9</v>
       </c>
       <c r="F24" s="115">
-        <v>2877.22</v>
+        <v>3261.15</v>
       </c>
       <c r="G24" s="116">
-        <v>32.82</v>
+        <v>29.928999999999998</v>
       </c>
       <c r="H24" s="117">
-        <v>5775.84</v>
+        <v>5929.48</v>
       </c>
       <c r="I24" s="73"/>
       <c r="J24" s="52"/>
       <c r="K24" s="118">
         <v>0.82</v>
       </c>
       <c r="L24" s="119">
-        <v>1.65</v>
+        <v>1.52</v>
       </c>
       <c r="M24" s="120">
         <v>2</v>
       </c>
       <c r="N24" s="119">
-        <v>1.6</v>
+        <v>1.57</v>
       </c>
       <c r="O24" s="119">
-        <v>23053.18</v>
-[...2 lines deleted...]
-        <v>74914</v>
+        <v>21347.3</v>
+      </c>
+      <c r="P24" s="157">
+        <v>67014</v>
       </c>
       <c r="Q24" s="122" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="R24" s="74"/>
       <c r="T24" s="113" t="s">
         <v>136</v>
       </c>
       <c r="U24" s="123" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V24" s="163">
-        <v>5.54</v>
+        <v>7.71</v>
       </c>
       <c r="W24" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X24" s="123" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y24" s="143">
         <v>0</v>
       </c>
       <c r="Z24" s="123" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA24" s="144">
         <v>0</v>
       </c>
       <c r="AB24" s="114">
-        <v>3.34</v>
+        <v>3.3</v>
       </c>
       <c r="AC24" s="125">
-        <v>92.68</v>
+        <v>122.25</v>
       </c>
       <c r="AD24" s="75"/>
       <c r="AE24" s="75"/>
       <c r="AF24" s="145">
         <v>0</v>
       </c>
       <c r="AG24" s="126">
         <v>0</v>
       </c>
       <c r="AH24" s="126">
         <v>0</v>
       </c>
       <c r="AI24" s="126">
         <v>0</v>
       </c>
       <c r="AJ24" s="126">
         <v>0</v>
       </c>
       <c r="AK24" s="126">
         <v>0</v>
       </c>
       <c r="AL24" s="122" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="AM24" s="75"/>
       <c r="AN24" s="76"/>
       <c r="AO24" s="113" t="s">
         <v>136</v>
       </c>
       <c r="AP24" s="127">
-        <v>515.6</v>
+        <v>607.79999999999995</v>
       </c>
       <c r="AQ24" s="128">
-        <v>36.65</v>
+        <v>24.15</v>
       </c>
       <c r="AR24" s="129">
-        <v>759.6</v>
+        <v>908.5</v>
       </c>
       <c r="AS24" s="129">
-        <v>413</v>
+        <v>517.4</v>
       </c>
       <c r="AT24" s="129">
-        <v>346.7</v>
+        <v>391.1</v>
       </c>
       <c r="AU24" s="130">
-        <v>66.3</v>
+        <v>126.3</v>
       </c>
       <c r="AV24" s="77"/>
       <c r="AW24" s="78"/>
       <c r="AX24" s="133">
-        <v>113.24</v>
+        <v>106.97</v>
       </c>
       <c r="AY24" s="128">
-        <v>3.7</v>
+        <v>-4.3899999999999997</v>
       </c>
       <c r="AZ24" s="131">
-        <v>109</v>
+        <v>109.03</v>
       </c>
       <c r="BA24" s="132">
-        <v>1.62</v>
+        <v>1.54</v>
       </c>
       <c r="BB24" s="128">
-        <v>2.1</v>
+        <v>-9.17</v>
       </c>
       <c r="BC24" s="128">
-        <v>3.33</v>
+        <v>-7.3</v>
       </c>
       <c r="BD24" s="122" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="BE24" s="75"/>
       <c r="BF24" s="50"/>
       <c r="BG24" s="74"/>
       <c r="BH24" s="74"/>
       <c r="BI24" s="74"/>
       <c r="BJ24" s="74"/>
     </row>
     <row r="25" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B25" s="113" t="s">
         <v>137</v>
       </c>
       <c r="C25" s="114">
-        <v>1.26</v>
+        <v>2.5099999999999998</v>
       </c>
       <c r="D25" s="114">
-        <v>3.98</v>
+        <v>3.1</v>
       </c>
       <c r="E25" s="114">
-        <v>3123.06</v>
+        <v>3303.31</v>
       </c>
       <c r="F25" s="115">
-        <v>3104.54</v>
+        <v>3200.66</v>
       </c>
       <c r="G25" s="116">
-        <v>33.182000000000002</v>
+        <v>29.902000000000001</v>
       </c>
       <c r="H25" s="117">
-        <v>5780.22</v>
+        <v>5984.32</v>
       </c>
       <c r="I25" s="73"/>
       <c r="J25" s="52"/>
       <c r="K25" s="118">
-        <v>0.82099999999999995</v>
+        <v>0.82299999999999995</v>
       </c>
       <c r="L25" s="119">
-        <v>1.6</v>
+        <v>1.49</v>
       </c>
       <c r="M25" s="120">
         <v>2</v>
       </c>
       <c r="N25" s="119">
-        <v>1.64</v>
+        <v>1.52</v>
       </c>
       <c r="O25" s="119">
-        <v>20695.900000000001</v>
-[...2 lines deleted...]
-        <v>71117</v>
+        <v>22256.02</v>
+      </c>
+      <c r="P25" s="157">
+        <v>77815</v>
       </c>
       <c r="Q25" s="122" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="R25" s="74"/>
       <c r="T25" s="113" t="s">
         <v>137</v>
       </c>
       <c r="U25" s="123" t="str">
         <f t="shared" si="0"/>
-        <v>I</v>
+        <v>Ⅱ</v>
       </c>
       <c r="V25" s="163">
-        <v>5.54</v>
+        <v>7.71</v>
       </c>
       <c r="W25" s="124">
         <f t="shared" si="1"/>
-        <v>5.54</v>
+        <v>7.71</v>
       </c>
       <c r="X25" s="123" t="str">
         <f t="shared" si="2"/>
-        <v>I</v>
+        <v>Ⅱ</v>
       </c>
       <c r="Y25" s="166">
-        <v>7294</v>
+        <v>8349</v>
       </c>
       <c r="Z25" s="123" t="str">
         <f t="shared" si="3"/>
-        <v>I</v>
+        <v>Ⅱ</v>
       </c>
       <c r="AA25" s="168">
-        <v>40.81</v>
+        <v>45.42</v>
       </c>
       <c r="AB25" s="114">
-        <v>3.35</v>
+        <v>3.36</v>
       </c>
       <c r="AC25" s="125">
-        <v>105.27</v>
+        <v>113.41</v>
       </c>
       <c r="AD25" s="75"/>
       <c r="AE25" s="75"/>
-      <c r="AF25" s="174">
-[...6 lines deleted...]
-        <v>58.2</v>
+      <c r="AF25" s="172">
+        <v>1.75</v>
+      </c>
+      <c r="AG25" s="174">
+        <v>44.24</v>
+      </c>
+      <c r="AH25" s="174">
+        <v>54</v>
       </c>
       <c r="AI25" s="126">
         <v>0</v>
       </c>
       <c r="AJ25" s="126">
         <v>0</v>
       </c>
       <c r="AK25" s="126">
         <v>0</v>
       </c>
       <c r="AL25" s="122" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="AM25" s="75"/>
       <c r="AN25" s="76"/>
       <c r="AO25" s="113" t="s">
         <v>137</v>
       </c>
       <c r="AP25" s="127">
-        <v>548.5</v>
+        <v>597.5</v>
       </c>
       <c r="AQ25" s="128">
-        <v>16.3</v>
+        <v>30.96</v>
       </c>
       <c r="AR25" s="129">
-        <v>921.6</v>
+        <v>945.9</v>
       </c>
       <c r="AS25" s="129">
-        <v>495.5</v>
+        <v>533.29999999999995</v>
       </c>
       <c r="AT25" s="129">
-        <v>426.2</v>
+        <v>412.6</v>
       </c>
       <c r="AU25" s="130">
-        <v>69.3</v>
+        <v>120.6</v>
       </c>
       <c r="AV25" s="77"/>
       <c r="AW25" s="78"/>
       <c r="AX25" s="133">
-        <v>113.75</v>
+        <v>105.99</v>
       </c>
       <c r="AY25" s="128">
-        <v>3.63</v>
+        <v>-5.42</v>
       </c>
       <c r="AZ25" s="131">
-        <v>109.05</v>
+        <v>109.17</v>
       </c>
       <c r="BA25" s="132">
-        <v>2.34</v>
+        <v>1.36</v>
       </c>
       <c r="BB25" s="128">
-        <v>1.4</v>
+        <v>-10.41</v>
       </c>
       <c r="BC25" s="128">
-        <v>2.99</v>
+        <v>-8.14</v>
       </c>
       <c r="BD25" s="122" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="BE25" s="75"/>
       <c r="BF25" s="50"/>
       <c r="BG25" s="74"/>
       <c r="BH25" s="74"/>
       <c r="BI25" s="74"/>
       <c r="BJ25" s="74"/>
     </row>
     <row r="26" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B26" s="113" t="s">
         <v>138</v>
       </c>
       <c r="C26" s="114">
-        <v>2</v>
+        <v>3.7</v>
       </c>
       <c r="D26" s="114">
-        <v>3.52</v>
+        <v>4.05</v>
       </c>
       <c r="E26" s="114">
-        <v>3287.72</v>
+        <v>3290.03</v>
       </c>
       <c r="F26" s="115">
-        <v>3282.61</v>
+        <v>3271.94</v>
       </c>
       <c r="G26" s="116">
-        <v>32.017000000000003</v>
+        <v>29.916</v>
       </c>
       <c r="H26" s="117">
-        <v>5828.32</v>
+        <v>5978.69</v>
       </c>
       <c r="I26" s="73"/>
       <c r="J26" s="52"/>
       <c r="K26" s="118">
-        <v>0.81799999999999995</v>
+        <v>0.82399999999999995</v>
       </c>
       <c r="L26" s="119">
-        <v>1.57</v>
+        <v>1.45</v>
       </c>
       <c r="M26" s="120">
         <v>2</v>
       </c>
       <c r="N26" s="119">
-        <v>1.6</v>
+        <v>1.41</v>
       </c>
       <c r="O26" s="119">
-        <v>20235.03</v>
-[...2 lines deleted...]
-        <v>61664</v>
+        <v>23542.52</v>
+      </c>
+      <c r="P26" s="157">
+        <v>79381</v>
       </c>
       <c r="Q26" s="122" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="R26" s="74"/>
       <c r="T26" s="113" t="s">
         <v>138</v>
       </c>
       <c r="U26" s="123" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V26" s="163">
-        <v>7.71</v>
+        <v>8.42</v>
       </c>
       <c r="W26" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X26" s="123" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y26" s="143">
         <v>0</v>
       </c>
       <c r="Z26" s="123" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA26" s="144">
         <v>0</v>
       </c>
       <c r="AB26" s="114">
-        <v>3.32</v>
+        <v>3.4</v>
       </c>
       <c r="AC26" s="125">
-        <v>108.74</v>
+        <v>115.63</v>
       </c>
       <c r="AD26" s="75"/>
       <c r="AE26" s="75"/>
       <c r="AF26" s="145">
         <v>0</v>
       </c>
       <c r="AG26" s="126">
         <v>0</v>
       </c>
       <c r="AH26" s="126">
         <v>0</v>
       </c>
       <c r="AI26" s="126">
         <v>0</v>
       </c>
       <c r="AJ26" s="126">
         <v>0</v>
       </c>
       <c r="AK26" s="126">
         <v>0</v>
       </c>
       <c r="AL26" s="122" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="AM26" s="75"/>
       <c r="AN26" s="76"/>
       <c r="AO26" s="113" t="s">
         <v>138</v>
       </c>
       <c r="AP26" s="127">
-        <v>589.5</v>
+        <v>605.1</v>
       </c>
       <c r="AQ26" s="128">
-        <v>25.17</v>
+        <v>20.77</v>
       </c>
       <c r="AR26" s="129">
-        <v>898.9</v>
+        <v>990</v>
       </c>
       <c r="AS26" s="129">
-        <v>486.4</v>
+        <v>566.79999999999995</v>
       </c>
       <c r="AT26" s="129">
-        <v>412.5</v>
+        <v>423.2</v>
       </c>
       <c r="AU26" s="130">
-        <v>74</v>
+        <v>143.6</v>
       </c>
       <c r="AV26" s="77"/>
       <c r="AW26" s="78"/>
       <c r="AX26" s="133">
-        <v>112.23</v>
+        <v>105.34</v>
       </c>
       <c r="AY26" s="128">
-        <v>0.51</v>
+        <v>-6.57</v>
       </c>
       <c r="AZ26" s="131">
-        <v>109.33</v>
+        <v>109.57</v>
       </c>
       <c r="BA26" s="132">
-        <v>2.0299999999999998</v>
+        <v>1.53</v>
       </c>
       <c r="BB26" s="128">
-        <v>-2.12</v>
+        <v>-11.99</v>
       </c>
       <c r="BC26" s="128">
-        <v>-0.42</v>
+        <v>-10.11</v>
       </c>
       <c r="BD26" s="122" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="BE26" s="75"/>
       <c r="BF26" s="50"/>
       <c r="BG26" s="74"/>
       <c r="BH26" s="74"/>
       <c r="BI26" s="74"/>
       <c r="BJ26" s="74"/>
     </row>
     <row r="27" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B27" s="113" t="s">
         <v>139</v>
       </c>
       <c r="C27" s="114">
-        <v>2.2000000000000002</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="D27" s="114">
-        <v>3.32</v>
+        <v>5.05</v>
       </c>
       <c r="E27" s="114">
-        <v>3315.9</v>
+        <v>3446.75</v>
       </c>
       <c r="F27" s="115">
-        <v>3261.15</v>
+        <v>3384.25</v>
       </c>
       <c r="G27" s="116">
-        <v>29.928999999999998</v>
+        <v>30.605</v>
       </c>
       <c r="H27" s="117">
-        <v>5929.48</v>
+        <v>5974.3</v>
       </c>
       <c r="I27" s="73"/>
       <c r="J27" s="52"/>
       <c r="K27" s="118">
-        <v>0.82</v>
+        <v>0.82299999999999995</v>
       </c>
       <c r="L27" s="119">
-        <v>1.52</v>
+        <v>1.45</v>
       </c>
       <c r="M27" s="120">
         <v>2</v>
       </c>
       <c r="N27" s="119">
-        <v>1.57</v>
+        <v>1.39</v>
       </c>
       <c r="O27" s="119">
-        <v>21347.3</v>
-[...2 lines deleted...]
-        <v>67014</v>
+        <v>24233.1</v>
+      </c>
+      <c r="P27" s="157">
+        <v>94249</v>
       </c>
       <c r="Q27" s="122" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="R27" s="74"/>
       <c r="T27" s="113" t="s">
         <v>139</v>
       </c>
       <c r="U27" s="123" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V27" s="163">
-        <v>7.71</v>
+        <v>8.42</v>
       </c>
       <c r="W27" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X27" s="123" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y27" s="143">
         <v>0</v>
       </c>
       <c r="Z27" s="123" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA27" s="144">
         <v>0</v>
       </c>
       <c r="AB27" s="114">
-        <v>3.3</v>
+        <v>3.45</v>
       </c>
       <c r="AC27" s="125">
-        <v>119.69</v>
+        <v>118.22</v>
       </c>
       <c r="AD27" s="75"/>
       <c r="AE27" s="75"/>
       <c r="AF27" s="145">
         <v>0</v>
       </c>
       <c r="AG27" s="126">
         <v>0</v>
       </c>
       <c r="AH27" s="126">
         <v>0</v>
       </c>
       <c r="AI27" s="126">
         <v>0</v>
       </c>
       <c r="AJ27" s="126">
         <v>0</v>
       </c>
       <c r="AK27" s="126">
         <v>0</v>
       </c>
       <c r="AL27" s="122" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="AM27" s="75"/>
       <c r="AN27" s="76"/>
       <c r="AO27" s="113" t="s">
         <v>139</v>
       </c>
       <c r="AP27" s="127">
-        <v>607.29999999999995</v>
+        <v>600.79999999999995</v>
       </c>
       <c r="AQ27" s="128">
-        <v>24.22</v>
+        <v>19.48</v>
       </c>
       <c r="AR27" s="129">
-        <v>908.6</v>
+        <v>1000.9</v>
       </c>
       <c r="AS27" s="129">
-        <v>517.4</v>
+        <v>584.29999999999995</v>
       </c>
       <c r="AT27" s="129">
-        <v>391.2</v>
+        <v>416.6</v>
       </c>
       <c r="AU27" s="130">
-        <v>126.2</v>
+        <v>167.7</v>
       </c>
       <c r="AV27" s="77"/>
       <c r="AW27" s="78"/>
       <c r="AX27" s="133">
-        <v>106.97</v>
+        <v>107.39</v>
       </c>
       <c r="AY27" s="128">
-        <v>-4.3899999999999997</v>
+        <v>-4.74</v>
       </c>
       <c r="AZ27" s="131">
-        <v>109.03</v>
+        <v>110.07</v>
       </c>
       <c r="BA27" s="132">
-        <v>1.54</v>
+        <v>1.6</v>
       </c>
       <c r="BB27" s="128">
-        <v>-9.17</v>
+        <v>-8.64</v>
       </c>
       <c r="BC27" s="128">
-        <v>-7.3</v>
+        <v>-6.55</v>
       </c>
       <c r="BD27" s="122" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="BE27" s="75"/>
       <c r="BF27" s="50"/>
       <c r="BG27" s="74"/>
       <c r="BH27" s="74"/>
       <c r="BI27" s="74"/>
       <c r="BJ27" s="74"/>
     </row>
     <row r="28" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B28" s="113" t="s">
         <v>140</v>
       </c>
       <c r="C28" s="114">
-        <v>2.5099999999999998</v>
+        <v>5.31</v>
       </c>
       <c r="D28" s="114">
-        <v>3.1</v>
+        <v>5.34</v>
       </c>
       <c r="E28" s="114">
-        <v>3303.31</v>
+        <v>3858.18</v>
       </c>
       <c r="F28" s="115">
-        <v>3200.66</v>
+        <v>3833.22</v>
       </c>
       <c r="G28" s="116">
-        <v>29.902000000000001</v>
+        <v>30.469000000000001</v>
       </c>
       <c r="H28" s="117">
-        <v>5984.32</v>
+        <v>6029.43</v>
       </c>
       <c r="I28" s="73"/>
       <c r="J28" s="52"/>
       <c r="K28" s="118">
-        <v>0.82299999999999995</v>
+        <v>0.82099999999999995</v>
       </c>
       <c r="L28" s="119">
-        <v>1.49</v>
+        <v>1.44</v>
       </c>
       <c r="M28" s="120">
         <v>2</v>
       </c>
       <c r="N28" s="119">
-        <v>1.52</v>
+        <v>1.37</v>
       </c>
       <c r="O28" s="119">
-        <v>22256.02</v>
-[...2 lines deleted...]
-        <v>77815</v>
+        <v>25820.54</v>
+      </c>
+      <c r="P28" s="157">
+        <v>101884</v>
       </c>
       <c r="Q28" s="122" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="R28" s="74"/>
       <c r="T28" s="113" t="s">
         <v>140</v>
       </c>
       <c r="U28" s="123" t="str">
         <f t="shared" si="0"/>
-        <v>Ⅱ</v>
+        <v>Ⅲ</v>
       </c>
       <c r="V28" s="163">
-        <v>7.71</v>
+        <v>8.42</v>
       </c>
       <c r="W28" s="124">
         <f t="shared" si="1"/>
-        <v>7.71</v>
+        <v>8.42</v>
       </c>
       <c r="X28" s="123" t="str">
         <f t="shared" si="2"/>
-        <v>Ⅱ</v>
+        <v>Ⅲ</v>
       </c>
       <c r="Y28" s="166">
-        <v>8349</v>
+        <v>8621</v>
       </c>
       <c r="Z28" s="123" t="str">
         <f t="shared" si="3"/>
-        <v>Ⅱ</v>
+        <v>Ⅲ</v>
       </c>
       <c r="AA28" s="168">
-        <v>45.42</v>
+        <v>43.69</v>
       </c>
       <c r="AB28" s="114">
-        <v>3.36</v>
+        <v>3.38</v>
       </c>
       <c r="AC28" s="125">
-        <v>111.17</v>
+        <v>118.12</v>
       </c>
       <c r="AD28" s="75"/>
       <c r="AE28" s="75"/>
-      <c r="AF28" s="174">
-[...6 lines deleted...]
-        <v>54</v>
+      <c r="AF28" s="172">
+        <v>1.35</v>
+      </c>
+      <c r="AG28" s="174">
+        <v>45.02</v>
+      </c>
+      <c r="AH28" s="174">
+        <v>53.63</v>
       </c>
       <c r="AI28" s="126">
         <v>0</v>
       </c>
       <c r="AJ28" s="126">
         <v>0</v>
       </c>
       <c r="AK28" s="126">
         <v>0</v>
       </c>
       <c r="AL28" s="122" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="AM28" s="75"/>
       <c r="AN28" s="76"/>
       <c r="AO28" s="113" t="s">
         <v>140</v>
       </c>
       <c r="AP28" s="127">
-        <v>596.70000000000005</v>
+        <v>703.4</v>
       </c>
       <c r="AQ28" s="128">
-        <v>30.99</v>
+        <v>30.6</v>
       </c>
       <c r="AR28" s="129">
-        <v>945.8</v>
+        <v>960.8</v>
       </c>
       <c r="AS28" s="129">
-        <v>533.29999999999995</v>
+        <v>542.29999999999995</v>
       </c>
       <c r="AT28" s="129">
-        <v>412.5</v>
+        <v>418.5</v>
       </c>
       <c r="AU28" s="130">
-        <v>120.8</v>
+        <v>123.8</v>
       </c>
       <c r="AV28" s="77"/>
       <c r="AW28" s="78"/>
       <c r="AX28" s="133">
-        <v>105.99</v>
+        <v>107.54</v>
       </c>
       <c r="AY28" s="128">
-        <v>-5.42</v>
+        <v>-3.74</v>
       </c>
       <c r="AZ28" s="131">
-        <v>109.17</v>
+        <v>109.82</v>
       </c>
       <c r="BA28" s="132">
-        <v>1.36</v>
+        <v>1.25</v>
       </c>
       <c r="BB28" s="128">
-        <v>-10.41</v>
+        <v>-6.71</v>
       </c>
       <c r="BC28" s="128">
-        <v>-8.14</v>
+        <v>-4.97</v>
       </c>
       <c r="BD28" s="122" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="BE28" s="75"/>
       <c r="BF28" s="50"/>
       <c r="BG28" s="74"/>
       <c r="BH28" s="74"/>
       <c r="BI28" s="74"/>
       <c r="BJ28" s="74"/>
     </row>
     <row r="29" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B29" s="113" t="s">
         <v>141</v>
       </c>
       <c r="C29" s="114">
-        <v>3.7</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="D29" s="114">
-        <v>4.05</v>
+        <v>5.21</v>
       </c>
       <c r="E29" s="114">
-        <v>3290.03</v>
+        <v>4001.78</v>
       </c>
       <c r="F29" s="115">
-        <v>3271.94</v>
+        <v>3996.57</v>
       </c>
       <c r="G29" s="116">
-        <v>29.916</v>
+        <v>30.748999999999999</v>
       </c>
       <c r="H29" s="117">
-        <v>5978.69</v>
+        <v>6001.97</v>
       </c>
       <c r="I29" s="73"/>
       <c r="J29" s="52"/>
       <c r="K29" s="118">
-        <v>0.82399999999999995</v>
+        <v>0.82199999999999995</v>
       </c>
       <c r="L29" s="119">
-        <v>1.45</v>
+        <v>1.48</v>
       </c>
       <c r="M29" s="120">
         <v>2</v>
       </c>
       <c r="N29" s="119">
-        <v>1.41</v>
+        <v>1.27</v>
       </c>
       <c r="O29" s="119">
-        <v>23542.52</v>
-[...2 lines deleted...]
-        <v>79381</v>
+        <v>28233.35</v>
+      </c>
+      <c r="P29" s="157">
+        <v>108957</v>
       </c>
       <c r="Q29" s="122" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="R29" s="74"/>
       <c r="T29" s="113" t="s">
         <v>141</v>
       </c>
       <c r="U29" s="123" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V29" s="163">
-        <v>8.2100000000000009</v>
+        <v>12.65</v>
       </c>
       <c r="W29" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X29" s="123" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y29" s="143">
         <v>0</v>
       </c>
       <c r="Z29" s="123" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA29" s="144">
         <v>0</v>
       </c>
       <c r="AB29" s="114">
-        <v>3.4</v>
+        <v>3.36</v>
       </c>
       <c r="AC29" s="125">
-        <v>114.12</v>
+        <v>116.56</v>
       </c>
       <c r="AD29" s="75"/>
       <c r="AE29" s="75"/>
       <c r="AF29" s="145">
         <v>0</v>
       </c>
       <c r="AG29" s="126">
         <v>0</v>
       </c>
       <c r="AH29" s="126">
         <v>0</v>
       </c>
       <c r="AI29" s="126">
         <v>0</v>
       </c>
       <c r="AJ29" s="126">
         <v>0</v>
       </c>
       <c r="AK29" s="126">
         <v>0</v>
       </c>
       <c r="AL29" s="122" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="AM29" s="75"/>
       <c r="AN29" s="76"/>
       <c r="AO29" s="113" t="s">
         <v>141</v>
       </c>
       <c r="AP29" s="127">
-        <v>604.5</v>
+        <v>694.3</v>
       </c>
       <c r="AQ29" s="128">
-        <v>20.83</v>
+        <v>25.04</v>
       </c>
       <c r="AR29" s="129">
-        <v>990.3</v>
+        <v>1000.9</v>
       </c>
       <c r="AS29" s="129">
-        <v>566.79999999999995</v>
+        <v>608.9</v>
       </c>
       <c r="AT29" s="129">
-        <v>423.5</v>
+        <v>392</v>
       </c>
       <c r="AU29" s="130">
-        <v>143.30000000000001</v>
+        <v>216.9</v>
       </c>
       <c r="AV29" s="77"/>
       <c r="AW29" s="78"/>
       <c r="AX29" s="133">
-        <v>105.34</v>
+        <v>107.91</v>
       </c>
       <c r="AY29" s="128">
-        <v>-6.57</v>
+        <v>-3.21</v>
       </c>
       <c r="AZ29" s="131">
-        <v>109.57</v>
+        <v>110.33</v>
       </c>
       <c r="BA29" s="132">
-        <v>1.53</v>
+        <v>1.47</v>
       </c>
       <c r="BB29" s="128">
-        <v>-11.99</v>
+        <v>-6.24</v>
       </c>
       <c r="BC29" s="128">
-        <v>-10.11</v>
+        <v>-3.94</v>
       </c>
       <c r="BD29" s="122" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="BE29" s="75"/>
       <c r="BF29" s="50"/>
       <c r="BG29" s="74"/>
       <c r="BH29" s="74"/>
       <c r="BI29" s="74"/>
       <c r="BJ29" s="74"/>
     </row>
     <row r="30" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B30" s="113" t="s">
         <v>142</v>
       </c>
       <c r="C30" s="114">
-        <v>4.5999999999999996</v>
+        <v>5.19</v>
       </c>
       <c r="D30" s="114">
-        <v>5.05</v>
+        <v>5.17</v>
       </c>
       <c r="E30" s="114">
-        <v>3446.75</v>
+        <v>4230.37</v>
       </c>
       <c r="F30" s="115">
-        <v>3384.25</v>
+        <v>4159.29</v>
       </c>
       <c r="G30" s="116">
-        <v>30.605</v>
+        <v>31.408000000000001</v>
       </c>
       <c r="H30" s="117">
-        <v>5974.3</v>
+        <v>5997.91</v>
       </c>
       <c r="I30" s="73"/>
       <c r="J30" s="52"/>
       <c r="K30" s="118">
         <v>0.82299999999999995</v>
       </c>
       <c r="L30" s="119">
-        <v>1.45</v>
+        <v>1.49</v>
       </c>
       <c r="M30" s="120">
         <v>2</v>
       </c>
       <c r="N30" s="119">
-        <v>1.39</v>
+        <v>1.3</v>
       </c>
       <c r="O30" s="119">
-        <v>24233.1</v>
-[...2 lines deleted...]
-        <v>94249</v>
+        <v>27626.48</v>
+      </c>
+      <c r="P30" s="157">
+        <v>114304</v>
       </c>
       <c r="Q30" s="122" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="R30" s="74"/>
       <c r="T30" s="113" t="s">
         <v>142</v>
       </c>
       <c r="U30" s="123" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V30" s="163">
-        <v>8.2100000000000009</v>
+        <v>12.65</v>
       </c>
       <c r="W30" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X30" s="123" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y30" s="143">
         <v>0</v>
       </c>
       <c r="Z30" s="123" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA30" s="144">
         <v>0</v>
       </c>
       <c r="AB30" s="114">
-        <v>3.45</v>
+        <v>3.33</v>
       </c>
       <c r="AC30" s="125">
-        <v>116.6</v>
+        <v>121.28</v>
       </c>
       <c r="AD30" s="75"/>
       <c r="AE30" s="75"/>
       <c r="AF30" s="145">
         <v>0</v>
       </c>
       <c r="AG30" s="126">
         <v>0</v>
       </c>
       <c r="AH30" s="126">
         <v>0</v>
       </c>
       <c r="AI30" s="126">
         <v>0</v>
       </c>
       <c r="AJ30" s="126">
         <v>0</v>
       </c>
       <c r="AK30" s="126">
         <v>0</v>
       </c>
       <c r="AL30" s="122" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="AM30" s="75"/>
       <c r="AN30" s="76"/>
       <c r="AO30" s="113" t="s">
         <v>142</v>
       </c>
       <c r="AP30" s="127">
-        <v>600.20000000000005</v>
+        <v>730</v>
       </c>
       <c r="AQ30" s="128">
-        <v>19.510000000000002</v>
+        <v>39.47</v>
       </c>
       <c r="AR30" s="129">
-        <v>1001.1</v>
+        <v>1120.0999999999999</v>
       </c>
       <c r="AS30" s="129">
-        <v>584.5</v>
+        <v>640.5</v>
       </c>
       <c r="AT30" s="129">
-        <v>416.5</v>
+        <v>479.6</v>
       </c>
       <c r="AU30" s="130">
-        <v>168</v>
+        <v>160.80000000000001</v>
       </c>
       <c r="AV30" s="77"/>
       <c r="AW30" s="78"/>
       <c r="AX30" s="133">
-        <v>107.39</v>
+        <v>109.13</v>
       </c>
       <c r="AY30" s="128">
-        <v>-4.74</v>
+        <v>-2.5499999999999998</v>
       </c>
       <c r="AZ30" s="131">
-        <v>110.07</v>
+        <v>110.16</v>
       </c>
       <c r="BA30" s="132">
-        <v>1.6</v>
+        <v>1.21</v>
       </c>
       <c r="BB30" s="128">
-        <v>-8.64</v>
+        <v>-4.03</v>
       </c>
       <c r="BC30" s="128">
-        <v>-6.55</v>
+        <v>-1.21</v>
       </c>
       <c r="BD30" s="122" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="BE30" s="75"/>
       <c r="BF30" s="50"/>
       <c r="BG30" s="74"/>
       <c r="BH30" s="74"/>
       <c r="BI30" s="74"/>
       <c r="BJ30" s="74"/>
     </row>
     <row r="31" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B31" s="113" t="s">
         <v>143</v>
       </c>
       <c r="C31" s="114">
-        <v>5.31</v>
+        <v>5.09</v>
       </c>
       <c r="D31" s="114">
-        <v>5.34</v>
+        <v>5.16</v>
       </c>
       <c r="E31" s="114">
-        <v>3858.18</v>
+        <v>4314.12</v>
       </c>
       <c r="F31" s="115">
-        <v>3833.22</v>
+        <v>4303.72</v>
       </c>
       <c r="G31" s="116">
-        <v>30.469000000000001</v>
+        <v>31.437999999999999</v>
       </c>
       <c r="H31" s="117">
-        <v>6029.43</v>
+        <v>6025.53</v>
       </c>
       <c r="I31" s="73"/>
       <c r="J31" s="52"/>
       <c r="K31" s="118">
-        <v>0.82099999999999995</v>
+        <v>0.81100000000000005</v>
       </c>
       <c r="L31" s="119">
-        <v>1.44</v>
+        <v>1.51</v>
       </c>
       <c r="M31" s="120">
         <v>2</v>
       </c>
       <c r="N31" s="119">
-        <v>1.37</v>
+        <v>1.34</v>
       </c>
       <c r="O31" s="119">
-        <v>25820.54</v>
-[...2 lines deleted...]
-        <v>101884</v>
+        <v>28963.599999999999</v>
+      </c>
+      <c r="P31" s="157">
+        <v>106492</v>
       </c>
       <c r="Q31" s="122" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="R31" s="74"/>
       <c r="T31" s="113" t="s">
         <v>143</v>
       </c>
       <c r="U31" s="123" t="str">
         <f t="shared" si="0"/>
-        <v>Ⅲ</v>
+        <v>IV</v>
       </c>
       <c r="V31" s="163">
-        <v>8.2100000000000009</v>
+        <v>12.65</v>
       </c>
       <c r="W31" s="124">
         <f t="shared" si="1"/>
-        <v>8.2100000000000009</v>
+        <v>12.65</v>
       </c>
       <c r="X31" s="123" t="str">
         <f t="shared" si="2"/>
-        <v>Ⅲ</v>
+        <v>IV</v>
       </c>
       <c r="Y31" s="166">
-        <v>8623</v>
+        <v>9496</v>
       </c>
       <c r="Z31" s="123" t="str">
         <f t="shared" si="3"/>
-        <v>Ⅲ</v>
+        <v>IV</v>
       </c>
       <c r="AA31" s="168">
-        <v>43.58</v>
+        <v>44.48</v>
       </c>
       <c r="AB31" s="114">
-        <v>3.38</v>
+        <v>3.3</v>
       </c>
       <c r="AC31" s="125">
-        <v>116.31</v>
+        <v>133.38</v>
       </c>
       <c r="AD31" s="75"/>
       <c r="AE31" s="75"/>
-      <c r="AF31" s="174">
-[...6 lines deleted...]
-        <v>53.62</v>
+      <c r="AF31" s="172">
+        <v>1.28</v>
+      </c>
+      <c r="AG31" s="174">
+        <v>43.88</v>
+      </c>
+      <c r="AH31" s="174">
+        <v>54.84</v>
       </c>
       <c r="AI31" s="126">
         <v>0</v>
       </c>
       <c r="AJ31" s="126">
         <v>0</v>
       </c>
       <c r="AK31" s="126">
         <v>0</v>
       </c>
       <c r="AL31" s="122" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="AM31" s="75"/>
       <c r="AN31" s="76"/>
       <c r="AO31" s="113" t="s">
         <v>143</v>
       </c>
       <c r="AP31" s="127">
-        <v>702.2</v>
+        <v>762</v>
       </c>
       <c r="AQ31" s="128">
-        <v>30.55</v>
+        <v>43.79</v>
       </c>
       <c r="AR31" s="129">
-        <v>961</v>
+        <v>1054.9000000000001</v>
       </c>
       <c r="AS31" s="129">
-        <v>542.4</v>
+        <v>624.70000000000005</v>
       </c>
       <c r="AT31" s="129">
-        <v>418.5</v>
+        <v>430.3</v>
       </c>
       <c r="AU31" s="130">
-        <v>123.9</v>
+        <v>194.4</v>
       </c>
       <c r="AV31" s="77"/>
       <c r="AW31" s="78"/>
       <c r="AX31" s="133">
-        <v>107.54</v>
+        <v>110.19</v>
       </c>
       <c r="AY31" s="128">
-        <v>-3.74</v>
+        <v>-2</v>
       </c>
       <c r="AZ31" s="131">
-        <v>109.82</v>
+        <v>110.24</v>
       </c>
       <c r="BA31" s="132">
-        <v>1.25</v>
+        <v>1.3</v>
       </c>
       <c r="BB31" s="128">
-        <v>-6.71</v>
+        <v>-3.98</v>
       </c>
       <c r="BC31" s="128">
-        <v>-4.97</v>
+        <v>-0.12</v>
       </c>
       <c r="BD31" s="122" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="BE31" s="75"/>
       <c r="BF31" s="50"/>
       <c r="BG31" s="74"/>
       <c r="BH31" s="74"/>
       <c r="BI31" s="74"/>
       <c r="BJ31" s="74"/>
     </row>
     <row r="32" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
-      <c r="B32" s="113" t="s">
+      <c r="B32" s="148" t="s">
         <v>144</v>
       </c>
-      <c r="C32" s="114">
-[...16 lines deleted...]
-      </c>
+      <c r="C32" s="114"/>
+      <c r="D32" s="114"/>
+      <c r="E32" s="114"/>
+      <c r="F32" s="115"/>
+      <c r="G32" s="116"/>
+      <c r="H32" s="117"/>
       <c r="I32" s="73"/>
       <c r="J32" s="52"/>
-      <c r="K32" s="118">
-[...18 lines deleted...]
-        <v>156</v>
+      <c r="K32" s="118"/>
+      <c r="L32" s="119"/>
+      <c r="M32" s="120"/>
+      <c r="N32" s="119"/>
+      <c r="O32" s="119"/>
+      <c r="P32" s="121"/>
+      <c r="Q32" s="159">
+        <v>2026</v>
       </c>
       <c r="R32" s="74"/>
-      <c r="T32" s="113" t="s">
+      <c r="T32" s="148" t="s">
         <v>144</v>
       </c>
-      <c r="U32" s="123" t="str">
+      <c r="U32" s="162" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V32" s="163">
-[...2 lines deleted...]
-      <c r="W32" s="124">
+      <c r="V32" s="123" t="str">
+        <f>IF(TRIM(U32)="3月","I",IF(TRIM(U32)="6月","Ⅱ",IF(TRIM(U32)="9月","Ⅲ",IF(TRIM(U32)="12月","IV",""))))</f>
+        <v/>
+      </c>
+      <c r="W32" s="165" t="str">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="X32" s="123" t="str">
+        <v/>
+      </c>
+      <c r="X32" s="162" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="Y32" s="143">
-[...2 lines deleted...]
-      <c r="Z32" s="123" t="str">
+      <c r="Y32" s="143"/>
+      <c r="Z32" s="162" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="AA32" s="144">
-[...7 lines deleted...]
-      </c>
+      <c r="AA32" s="144"/>
+      <c r="AB32" s="114"/>
+      <c r="AC32" s="125"/>
       <c r="AD32" s="75"/>
       <c r="AE32" s="75"/>
-      <c r="AF32" s="145">
-[...18 lines deleted...]
-        <v>156</v>
+      <c r="AF32" s="145"/>
+      <c r="AG32" s="126"/>
+      <c r="AH32" s="126"/>
+      <c r="AI32" s="126"/>
+      <c r="AJ32" s="126"/>
+      <c r="AK32" s="126"/>
+      <c r="AL32" s="159">
+        <v>2026</v>
       </c>
       <c r="AM32" s="75"/>
       <c r="AN32" s="76"/>
-      <c r="AO32" s="113" t="s">
+      <c r="AO32" s="148" t="s">
         <v>144</v>
       </c>
-      <c r="AP32" s="127">
-[...16 lines deleted...]
-      </c>
+      <c r="AP32" s="127"/>
+      <c r="AQ32" s="128"/>
+      <c r="AR32" s="129"/>
+      <c r="AS32" s="129"/>
+      <c r="AT32" s="129"/>
+      <c r="AU32" s="130"/>
       <c r="AV32" s="77"/>
       <c r="AW32" s="78"/>
-      <c r="AX32" s="133">
-[...18 lines deleted...]
-        <v>156</v>
+      <c r="AX32" s="133"/>
+      <c r="AY32" s="128"/>
+      <c r="AZ32" s="131"/>
+      <c r="BA32" s="132"/>
+      <c r="BB32" s="128"/>
+      <c r="BC32" s="128"/>
+      <c r="BD32" s="159">
+        <v>2026</v>
       </c>
       <c r="BE32" s="75"/>
       <c r="BF32" s="50"/>
       <c r="BG32" s="74"/>
       <c r="BH32" s="74"/>
       <c r="BI32" s="74"/>
       <c r="BJ32" s="74"/>
     </row>
     <row r="33" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1">
       <c r="B33" s="113" t="s">
         <v>145</v>
       </c>
       <c r="C33" s="114">
-        <v>5.19</v>
+        <v>6.23</v>
       </c>
       <c r="D33" s="114">
-        <v>5.18</v>
+        <v>5.31</v>
       </c>
       <c r="E33" s="114">
-        <v>4230.37</v>
+        <v>4864.3500000000004</v>
       </c>
       <c r="F33" s="115">
-        <v>4159.29</v>
+        <v>5150.66</v>
       </c>
       <c r="G33" s="116">
-        <v>31.408000000000001</v>
+        <v>31.468</v>
       </c>
       <c r="H33" s="117">
-        <v>5997.91</v>
+        <v>6044.57</v>
       </c>
       <c r="I33" s="73"/>
       <c r="J33" s="52"/>
       <c r="K33" s="118">
-        <v>0.82299999999999995</v>
+        <v>0.81499999999999995</v>
       </c>
       <c r="L33" s="119">
-        <v>1.49</v>
+        <v>1.54</v>
       </c>
       <c r="M33" s="120">
         <v>2</v>
       </c>
       <c r="N33" s="119">
-        <v>1.3</v>
+        <v>1.41</v>
       </c>
       <c r="O33" s="119">
-        <v>27626.48</v>
-[...2 lines deleted...]
-        <v>114304</v>
+        <v>32063.75</v>
+      </c>
+      <c r="P33" s="157">
+        <v>166354</v>
       </c>
       <c r="Q33" s="122" t="s">
         <v>157</v>
       </c>
       <c r="R33" s="74"/>
       <c r="T33" s="113" t="s">
         <v>145</v>
       </c>
       <c r="U33" s="123" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V33" s="163">
-        <v>7.91</v>
+        <v>11.46</v>
       </c>
       <c r="W33" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X33" s="123" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y33" s="143">
         <v>0</v>
       </c>
       <c r="Z33" s="123" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="AA33" s="144">
         <v>0</v>
       </c>
       <c r="AB33" s="114">
-        <v>3.33</v>
+        <v>3.29</v>
       </c>
       <c r="AC33" s="125">
-        <v>119.31</v>
+        <v>124.51</v>
       </c>
       <c r="AD33" s="75"/>
       <c r="AE33" s="75"/>
       <c r="AF33" s="145">
         <v>0</v>
       </c>
       <c r="AG33" s="126">
         <v>0</v>
       </c>
       <c r="AH33" s="126">
         <v>0</v>
       </c>
       <c r="AI33" s="126">
         <v>0</v>
       </c>
       <c r="AJ33" s="126">
         <v>0</v>
       </c>
       <c r="AK33" s="126">
         <v>0</v>
       </c>
       <c r="AL33" s="122" t="s">
         <v>157</v>
       </c>
       <c r="AM33" s="75"/>
       <c r="AN33" s="76"/>
       <c r="AO33" s="113" t="s">
         <v>145</v>
       </c>
       <c r="AP33" s="127">
-        <v>729.2</v>
+        <v>769.1</v>
       </c>
       <c r="AQ33" s="128">
-        <v>39.49</v>
+        <v>60.11</v>
       </c>
       <c r="AR33" s="129">
-        <v>1120.2</v>
+        <v>1126.4000000000001</v>
       </c>
       <c r="AS33" s="129">
-        <v>640.5</v>
+        <v>657.6</v>
       </c>
       <c r="AT33" s="129">
-        <v>479.7</v>
+        <v>468.7</v>
       </c>
       <c r="AU33" s="130">
-        <v>160.80000000000001</v>
+        <v>188.9</v>
       </c>
       <c r="AV33" s="77"/>
       <c r="AW33" s="78"/>
       <c r="AX33" s="133">
-        <v>109.07</v>
+        <v>111.21</v>
       </c>
       <c r="AY33" s="128">
-        <v>-2.61</v>
+        <v>-1.59</v>
       </c>
       <c r="AZ33" s="131">
-        <v>110.17</v>
+        <v>110.2</v>
       </c>
       <c r="BA33" s="132">
-        <v>1.22</v>
+        <v>0.69</v>
       </c>
       <c r="BB33" s="128">
-        <v>-4.0199999999999996</v>
+        <v>-3.42</v>
       </c>
       <c r="BC33" s="128">
-        <v>-1.33</v>
+        <v>1.81</v>
       </c>
       <c r="BD33" s="122" t="s">
         <v>157</v>
       </c>
       <c r="BE33" s="75"/>
       <c r="BF33" s="50"/>
       <c r="BG33" s="74"/>
       <c r="BH33" s="74"/>
       <c r="BI33" s="74"/>
       <c r="BJ33" s="74"/>
     </row>
     <row r="34" spans="2:62" s="72" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
       <c r="B34" s="113" t="s">
         <v>133</v>
       </c>
       <c r="C34" s="153" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="D34" s="153" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E34" s="114">
-        <v>4314.12</v>
+        <v>5186.8599999999997</v>
       </c>
       <c r="F34" s="115">
-        <v>4303.72</v>
+        <v>5160.55</v>
       </c>
       <c r="G34" s="116">
-        <v>31.437999999999999</v>
+        <v>31.251000000000001</v>
       </c>
       <c r="H34" s="117">
-        <v>6025.53</v>
+        <v>6054.87</v>
       </c>
       <c r="I34" s="73"/>
       <c r="J34" s="52"/>
-      <c r="K34" s="159" t="s">
-        <v>160</v>
+      <c r="K34" s="160" t="s">
+        <v>158</v>
       </c>
       <c r="L34" s="161" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="M34" s="120">
         <v>2</v>
       </c>
       <c r="N34" s="161" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="O34" s="119">
-        <v>28963.599999999999</v>
-[...2 lines deleted...]
-        <v>106492</v>
+        <v>35414.49</v>
+      </c>
+      <c r="P34" s="157">
+        <v>97851</v>
       </c>
       <c r="Q34" s="122" t="s">
         <v>146</v>
       </c>
       <c r="R34" s="74"/>
       <c r="T34" s="113" t="s">
         <v>133</v>
       </c>
       <c r="U34" s="123" t="str">
         <f t="shared" si="0"/>
-        <v>IV</v>
+        <v/>
       </c>
       <c r="V34" s="163">
-        <v>7.91</v>
+        <v>11.46</v>
       </c>
       <c r="W34" s="124">
         <f t="shared" si="1"/>
-        <v>7.91</v>
+        <v>0</v>
       </c>
       <c r="X34" s="123" t="str">
         <f t="shared" si="2"/>
-        <v>IV</v>
-[...2 lines deleted...]
-        <v>9217</v>
+        <v/>
+      </c>
+      <c r="Y34" s="143">
+        <v>0</v>
       </c>
       <c r="Z34" s="123" t="str">
         <f t="shared" si="3"/>
-        <v>IV</v>
-[...2 lines deleted...]
-        <v>44.61</v>
+        <v/>
+      </c>
+      <c r="AA34" s="144">
+        <v>0</v>
       </c>
       <c r="AB34" s="153" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>158</v>
+      </c>
+      <c r="AC34" s="171" t="s">
+        <v>158</v>
       </c>
       <c r="AD34" s="75"/>
       <c r="AE34" s="75"/>
-      <c r="AF34" s="145" t="s">
-[...6 lines deleted...]
-        <v>158</v>
+      <c r="AF34" s="145">
+        <v>0</v>
+      </c>
+      <c r="AG34" s="126">
+        <v>0</v>
+      </c>
+      <c r="AH34" s="126">
+        <v>0</v>
       </c>
       <c r="AI34" s="126">
         <v>0</v>
       </c>
       <c r="AJ34" s="126">
         <v>0</v>
       </c>
       <c r="AK34" s="126">
         <v>0</v>
       </c>
       <c r="AL34" s="122" t="s">
         <v>146</v>
       </c>
       <c r="AM34" s="75"/>
       <c r="AN34" s="76"/>
       <c r="AO34" s="113" t="s">
         <v>133</v>
       </c>
-      <c r="AP34" s="184" t="s">
-[...3 lines deleted...]
-        <v>160</v>
+      <c r="AP34" s="181" t="s">
+        <v>158</v>
+      </c>
+      <c r="AQ34" s="182" t="s">
+        <v>158</v>
       </c>
       <c r="AR34" s="129">
-        <v>1055.2</v>
+        <v>868.3</v>
       </c>
       <c r="AS34" s="129">
-        <v>624.70000000000005</v>
+        <v>498</v>
       </c>
       <c r="AT34" s="129">
-        <v>430.4</v>
+        <v>370.3</v>
       </c>
       <c r="AU34" s="130">
-        <v>194.3</v>
+        <v>127.7</v>
       </c>
       <c r="AV34" s="77"/>
       <c r="AW34" s="78"/>
       <c r="AX34" s="133">
-        <v>109.55</v>
+        <v>112.03</v>
       </c>
       <c r="AY34" s="128">
-        <v>-2.57</v>
+        <v>-1.07</v>
       </c>
       <c r="AZ34" s="131">
-        <v>110.25</v>
+        <v>110.91</v>
       </c>
       <c r="BA34" s="132">
-        <v>1.31</v>
+        <v>1.75</v>
       </c>
       <c r="BB34" s="128">
-        <v>-4.04</v>
+        <v>-1.02</v>
       </c>
       <c r="BC34" s="128">
-        <v>-0.82</v>
+        <v>3.71</v>
       </c>
       <c r="BD34" s="122" t="s">
         <v>146</v>
       </c>
       <c r="BE34" s="75"/>
       <c r="BF34" s="50"/>
       <c r="BG34" s="74"/>
       <c r="BH34" s="74"/>
       <c r="BI34" s="74"/>
       <c r="BJ34" s="74"/>
     </row>
     <row r="35" spans="2:62" s="27" customFormat="1" ht="17.25" customHeight="1">
-      <c r="B35" s="271" t="s">
+      <c r="B35" s="198" t="s">
         <v>6</v>
       </c>
-      <c r="C35" s="271"/>
-[...5 lines deleted...]
-      <c r="K35" s="272" t="s">
+      <c r="C35" s="198"/>
+      <c r="D35" s="198"/>
+      <c r="E35" s="198"/>
+      <c r="F35" s="198"/>
+      <c r="G35" s="198"/>
+      <c r="H35" s="198"/>
+      <c r="K35" s="199" t="s">
         <v>74</v>
       </c>
-      <c r="L35" s="272"/>
-[...5 lines deleted...]
-      <c r="T35" s="309" t="s">
+      <c r="L35" s="199"/>
+      <c r="M35" s="199"/>
+      <c r="N35" s="199"/>
+      <c r="O35" s="199"/>
+      <c r="P35" s="199"/>
+      <c r="Q35" s="199"/>
+      <c r="T35" s="195" t="s">
         <v>78</v>
       </c>
-      <c r="U35" s="309"/>
-[...7 lines deleted...]
-      <c r="AC35" s="309"/>
+      <c r="U35" s="195"/>
+      <c r="V35" s="195"/>
+      <c r="W35" s="195"/>
+      <c r="X35" s="195"/>
+      <c r="Y35" s="195"/>
+      <c r="Z35" s="195"/>
+      <c r="AA35" s="195"/>
+      <c r="AB35" s="195"/>
+      <c r="AC35" s="195"/>
       <c r="AD35" s="43"/>
       <c r="AE35" s="43"/>
-      <c r="AF35" s="310" t="s">
+      <c r="AF35" s="196" t="s">
         <v>79</v>
       </c>
-      <c r="AG35" s="303"/>
-[...4 lines deleted...]
-      <c r="AL35" s="303"/>
+      <c r="AG35" s="189"/>
+      <c r="AH35" s="189"/>
+      <c r="AI35" s="189"/>
+      <c r="AJ35" s="189"/>
+      <c r="AK35" s="189"/>
+      <c r="AL35" s="189"/>
       <c r="AM35" s="43"/>
       <c r="AN35" s="43"/>
-      <c r="AO35" s="308" t="s">
+      <c r="AO35" s="194" t="s">
         <v>9</v>
       </c>
-      <c r="AP35" s="308"/>
-[...4 lines deleted...]
-      <c r="AU35" s="308"/>
+      <c r="AP35" s="194"/>
+      <c r="AQ35" s="194"/>
+      <c r="AR35" s="194"/>
+      <c r="AS35" s="194"/>
+      <c r="AT35" s="194"/>
+      <c r="AU35" s="194"/>
       <c r="AV35" s="51"/>
       <c r="AW35" s="51"/>
-      <c r="AX35" s="302" t="s">
+      <c r="AX35" s="188" t="s">
         <v>79</v>
       </c>
-      <c r="AY35" s="303"/>
-[...4 lines deleted...]
-      <c r="BD35" s="303"/>
+      <c r="AY35" s="189"/>
+      <c r="AZ35" s="189"/>
+      <c r="BA35" s="189"/>
+      <c r="BB35" s="189"/>
+      <c r="BC35" s="189"/>
+      <c r="BD35" s="189"/>
       <c r="BE35" s="53"/>
     </row>
     <row r="36" spans="2:62" s="27" customFormat="1" ht="17.25" customHeight="1">
       <c r="B36" s="135" t="s">
         <v>101</v>
       </c>
       <c r="C36" s="135"/>
       <c r="D36" s="135"/>
       <c r="E36" s="135"/>
       <c r="F36" s="135"/>
       <c r="G36" s="135"/>
       <c r="H36" s="135"/>
       <c r="K36" s="137" t="s">
         <v>102</v>
       </c>
       <c r="L36" s="137"/>
       <c r="M36" s="137"/>
       <c r="N36" s="137"/>
       <c r="O36" s="137"/>
       <c r="P36" s="137"/>
       <c r="Q36" s="137"/>
-      <c r="T36" s="307" t="s">
+      <c r="T36" s="193" t="s">
         <v>94</v>
       </c>
-      <c r="U36" s="307"/>
-[...7 lines deleted...]
-      <c r="AC36" s="307"/>
+      <c r="U36" s="193"/>
+      <c r="V36" s="193"/>
+      <c r="W36" s="193"/>
+      <c r="X36" s="193"/>
+      <c r="Y36" s="193"/>
+      <c r="Z36" s="193"/>
+      <c r="AA36" s="193"/>
+      <c r="AB36" s="193"/>
+      <c r="AC36" s="193"/>
       <c r="AD36" s="43"/>
       <c r="AE36" s="43"/>
-      <c r="AF36" s="304" t="s">
+      <c r="AF36" s="190" t="s">
         <v>64</v>
       </c>
-      <c r="AG36" s="305"/>
-[...4 lines deleted...]
-      <c r="AL36" s="305"/>
+      <c r="AG36" s="191"/>
+      <c r="AH36" s="191"/>
+      <c r="AI36" s="191"/>
+      <c r="AJ36" s="191"/>
+      <c r="AK36" s="191"/>
+      <c r="AL36" s="191"/>
       <c r="AM36" s="43"/>
       <c r="AN36" s="43"/>
       <c r="AO36" s="135" t="s">
         <v>65</v>
       </c>
       <c r="AP36" s="135"/>
       <c r="AQ36" s="135"/>
       <c r="AR36" s="135"/>
       <c r="AS36" s="135"/>
       <c r="AT36" s="135"/>
       <c r="AU36" s="135"/>
       <c r="AV36" s="51"/>
       <c r="AW36" s="51"/>
       <c r="AX36" s="138" t="s">
         <v>64</v>
       </c>
       <c r="AY36" s="138"/>
       <c r="AZ36" s="138"/>
       <c r="BA36" s="138"/>
       <c r="BB36" s="138"/>
       <c r="BC36" s="138"/>
       <c r="BD36" s="138"/>
       <c r="BE36" s="53"/>
     </row>
     <row r="37" spans="2:62" s="27" customFormat="1" ht="17.25" customHeight="1">
       <c r="B37" s="147" t="s">
         <v>119</v>
       </c>
       <c r="C37" s="136"/>
       <c r="D37" s="136"/>
       <c r="E37" s="136"/>
       <c r="F37" s="136"/>
       <c r="G37" s="136"/>
       <c r="H37" s="136"/>
       <c r="K37" s="53"/>
       <c r="L37" s="53"/>
       <c r="M37" s="53"/>
       <c r="N37" s="53"/>
       <c r="O37" s="53"/>
       <c r="P37" s="53"/>
       <c r="Q37" s="53"/>
-      <c r="T37" s="306" t="s">
+      <c r="T37" s="192" t="s">
         <v>103</v>
       </c>
-      <c r="U37" s="306"/>
-[...7 lines deleted...]
-      <c r="AC37" s="306"/>
+      <c r="U37" s="192"/>
+      <c r="V37" s="192"/>
+      <c r="W37" s="192"/>
+      <c r="X37" s="192"/>
+      <c r="Y37" s="192"/>
+      <c r="Z37" s="192"/>
+      <c r="AA37" s="192"/>
+      <c r="AB37" s="192"/>
+      <c r="AC37" s="192"/>
       <c r="AD37" s="43"/>
       <c r="AE37" s="43"/>
       <c r="AF37" s="139" t="s">
         <v>104</v>
       </c>
       <c r="AG37" s="139"/>
       <c r="AH37" s="139"/>
       <c r="AI37" s="139"/>
       <c r="AJ37" s="139"/>
       <c r="AK37" s="139"/>
       <c r="AL37" s="139"/>
       <c r="AM37" s="43" t="s">
         <v>7</v>
       </c>
       <c r="AN37" s="43"/>
       <c r="AO37" s="140" t="s">
         <v>106</v>
       </c>
       <c r="AP37" s="136"/>
       <c r="AQ37" s="136"/>
       <c r="AR37" s="136"/>
       <c r="AS37" s="136"/>
       <c r="AT37" s="136"/>
       <c r="AU37" s="136"/>
       <c r="AV37" s="51"/>
@@ -18153,62 +20144,62 @@
       <c r="AY38" s="138"/>
       <c r="AZ38" s="138"/>
       <c r="BA38" s="138"/>
       <c r="BB38" s="138"/>
       <c r="BC38" s="138"/>
       <c r="BD38" s="138"/>
       <c r="BE38" s="53"/>
     </row>
     <row r="39" spans="2:62" s="27" customFormat="1" ht="17.25" customHeight="1">
       <c r="B39" s="110" t="s">
         <v>92</v>
       </c>
       <c r="C39" s="54"/>
       <c r="D39" s="54"/>
       <c r="E39" s="54"/>
       <c r="F39" s="54"/>
       <c r="G39" s="54"/>
       <c r="H39" s="54"/>
       <c r="K39" s="53"/>
       <c r="L39" s="53"/>
       <c r="M39" s="53"/>
       <c r="N39" s="53"/>
       <c r="O39" s="53"/>
       <c r="P39" s="53"/>
       <c r="Q39" s="53"/>
-      <c r="T39" s="212" t="s">
+      <c r="T39" s="296" t="s">
         <v>77</v>
       </c>
-      <c r="U39" s="213"/>
-[...7 lines deleted...]
-      <c r="AC39" s="213"/>
+      <c r="U39" s="297"/>
+      <c r="V39" s="297"/>
+      <c r="W39" s="297"/>
+      <c r="X39" s="297"/>
+      <c r="Y39" s="297"/>
+      <c r="Z39" s="297"/>
+      <c r="AA39" s="297"/>
+      <c r="AB39" s="297"/>
+      <c r="AC39" s="297"/>
       <c r="AD39" s="43"/>
       <c r="AE39" s="43"/>
       <c r="AF39" s="139" t="s">
         <v>105</v>
       </c>
       <c r="AG39" s="139"/>
       <c r="AH39" s="139"/>
       <c r="AI39" s="139"/>
       <c r="AJ39" s="139"/>
       <c r="AK39" s="139"/>
       <c r="AL39" s="139"/>
       <c r="AM39" s="43"/>
       <c r="AN39" s="43"/>
       <c r="AO39" s="111" t="s">
         <v>93</v>
       </c>
       <c r="AP39" s="54"/>
       <c r="AQ39" s="54"/>
       <c r="AR39" s="54"/>
       <c r="AS39" s="54"/>
       <c r="AT39" s="54"/>
       <c r="AU39" s="54"/>
       <c r="AV39" s="51"/>
       <c r="AW39" s="51"/>
       <c r="AX39" s="55"/>
@@ -18225,59 +20216,59 @@
       <c r="C40" s="54"/>
       <c r="D40" s="54"/>
       <c r="E40" s="54"/>
       <c r="F40" s="54"/>
       <c r="G40" s="54"/>
       <c r="H40" s="54"/>
       <c r="K40" s="53"/>
       <c r="L40" s="53"/>
       <c r="M40" s="53"/>
       <c r="N40" s="53"/>
       <c r="O40" s="53"/>
       <c r="P40" s="53"/>
       <c r="Q40" s="53"/>
       <c r="T40" s="66"/>
       <c r="U40" s="67"/>
       <c r="V40" s="67"/>
       <c r="W40" s="67"/>
       <c r="X40" s="67"/>
       <c r="Y40" s="67"/>
       <c r="Z40" s="67"/>
       <c r="AA40" s="67"/>
       <c r="AB40" s="67"/>
       <c r="AC40" s="67"/>
       <c r="AD40" s="43"/>
       <c r="AE40" s="43"/>
-      <c r="AF40" s="197" t="s">
+      <c r="AF40" s="290" t="s">
         <v>96</v>
       </c>
-      <c r="AG40" s="197"/>
-[...4 lines deleted...]
-      <c r="AL40" s="197"/>
+      <c r="AG40" s="290"/>
+      <c r="AH40" s="290"/>
+      <c r="AI40" s="290"/>
+      <c r="AJ40" s="290"/>
+      <c r="AK40" s="290"/>
+      <c r="AL40" s="290"/>
       <c r="AM40" s="43"/>
       <c r="AN40" s="43"/>
       <c r="AO40" s="69"/>
       <c r="AP40" s="54"/>
       <c r="AQ40" s="54"/>
       <c r="AR40" s="54"/>
       <c r="AS40" s="54"/>
       <c r="AT40" s="54"/>
       <c r="AU40" s="54"/>
       <c r="AV40" s="51"/>
       <c r="AW40" s="51"/>
       <c r="AX40" s="55"/>
       <c r="AY40" s="55"/>
       <c r="AZ40" s="55"/>
       <c r="BA40" s="55"/>
       <c r="BB40" s="55"/>
       <c r="BC40" s="55"/>
       <c r="BD40" s="55"/>
       <c r="BE40" s="53"/>
     </row>
     <row r="41" spans="2:62" s="27" customFormat="1" ht="17.25" customHeight="1">
       <c r="B41" s="54"/>
       <c r="C41" s="54"/>
       <c r="D41" s="54"/>
       <c r="E41" s="54"/>
@@ -18363,116 +20354,116 @@
       <c r="AI42" s="141"/>
       <c r="AJ42" s="141"/>
       <c r="AK42" s="141"/>
       <c r="AL42" s="141"/>
       <c r="AM42" s="43"/>
       <c r="AN42" s="43"/>
       <c r="AO42" s="69"/>
       <c r="AP42" s="54"/>
       <c r="AQ42" s="54"/>
       <c r="AR42" s="54"/>
       <c r="AS42" s="54"/>
       <c r="AT42" s="54"/>
       <c r="AU42" s="54"/>
       <c r="AV42" s="51"/>
       <c r="AW42" s="51"/>
       <c r="AX42" s="55"/>
       <c r="AY42" s="55"/>
       <c r="AZ42" s="55"/>
       <c r="BA42" s="55"/>
       <c r="BB42" s="55"/>
       <c r="BC42" s="55"/>
       <c r="BD42" s="55"/>
       <c r="BE42" s="53"/>
     </row>
     <row r="43" spans="2:62" s="56" customFormat="1" ht="20.25" customHeight="1">
-      <c r="B43" s="301" t="s">
+      <c r="B43" s="197" t="s">
         <v>111</v>
       </c>
-      <c r="C43" s="301"/>
-[...4 lines deleted...]
-      <c r="H43" s="301"/>
+      <c r="C43" s="197"/>
+      <c r="D43" s="197"/>
+      <c r="E43" s="197"/>
+      <c r="F43" s="197"/>
+      <c r="G43" s="197"/>
+      <c r="H43" s="197"/>
       <c r="I43" s="57"/>
       <c r="J43" s="57"/>
-      <c r="K43" s="301" t="s">
+      <c r="K43" s="197" t="s">
         <v>112</v>
       </c>
-      <c r="L43" s="301"/>
-[...4 lines deleted...]
-      <c r="Q43" s="301"/>
+      <c r="L43" s="197"/>
+      <c r="M43" s="197"/>
+      <c r="N43" s="197"/>
+      <c r="O43" s="197"/>
+      <c r="P43" s="197"/>
+      <c r="Q43" s="197"/>
       <c r="R43" s="57"/>
-      <c r="T43" s="301" t="s">
+      <c r="T43" s="197" t="s">
         <v>113</v>
       </c>
-      <c r="U43" s="301"/>
-[...7 lines deleted...]
-      <c r="AC43" s="301"/>
+      <c r="U43" s="197"/>
+      <c r="V43" s="197"/>
+      <c r="W43" s="197"/>
+      <c r="X43" s="197"/>
+      <c r="Y43" s="197"/>
+      <c r="Z43" s="197"/>
+      <c r="AA43" s="197"/>
+      <c r="AB43" s="197"/>
+      <c r="AC43" s="197"/>
       <c r="AD43" s="58"/>
       <c r="AE43" s="59"/>
-      <c r="AF43" s="301" t="s">
+      <c r="AF43" s="197" t="s">
         <v>114</v>
       </c>
-      <c r="AG43" s="301"/>
-[...4 lines deleted...]
-      <c r="AL43" s="301"/>
+      <c r="AG43" s="197"/>
+      <c r="AH43" s="197"/>
+      <c r="AI43" s="197"/>
+      <c r="AJ43" s="197"/>
+      <c r="AK43" s="197"/>
+      <c r="AL43" s="197"/>
       <c r="AM43" s="59"/>
       <c r="AN43" s="59"/>
-      <c r="AO43" s="301" t="s">
+      <c r="AO43" s="197" t="s">
         <v>115</v>
       </c>
-      <c r="AP43" s="301"/>
-[...4 lines deleted...]
-      <c r="AU43" s="301"/>
+      <c r="AP43" s="197"/>
+      <c r="AQ43" s="197"/>
+      <c r="AR43" s="197"/>
+      <c r="AS43" s="197"/>
+      <c r="AT43" s="197"/>
+      <c r="AU43" s="197"/>
       <c r="AV43" s="60"/>
       <c r="AW43" s="60"/>
-      <c r="AX43" s="301" t="s">
+      <c r="AX43" s="197" t="s">
         <v>116</v>
       </c>
-      <c r="AY43" s="301"/>
-[...4 lines deleted...]
-      <c r="BD43" s="301"/>
+      <c r="AY43" s="197"/>
+      <c r="AZ43" s="197"/>
+      <c r="BA43" s="197"/>
+      <c r="BB43" s="197"/>
+      <c r="BC43" s="197"/>
+      <c r="BD43" s="197"/>
       <c r="BE43" s="59"/>
     </row>
     <row r="44" spans="2:62" ht="16.5">
       <c r="T44" s="49"/>
       <c r="AA44" s="142"/>
       <c r="AO44" s="49"/>
     </row>
     <row r="45" spans="2:62">
       <c r="T45" s="49"/>
       <c r="AO45" s="49"/>
     </row>
     <row r="46" spans="2:62" ht="17.25" customHeight="1">
       <c r="H46" s="71"/>
       <c r="U46" s="107"/>
       <c r="V46" s="107"/>
     </row>
     <row r="47" spans="2:62" ht="17.25" customHeight="1">
       <c r="H47" s="71"/>
       <c r="U47" s="108"/>
       <c r="V47" s="108"/>
     </row>
     <row r="48" spans="2:62" ht="17.25" customHeight="1">
       <c r="H48" s="71"/>
       <c r="U48" s="108"/>
       <c r="V48" s="108"/>
@@ -18500,115 +20491,115 @@
       <c r="G52" s="64"/>
       <c r="H52" s="62"/>
       <c r="U52" s="70"/>
       <c r="V52" s="70"/>
     </row>
     <row r="53" spans="6:22">
       <c r="F53" s="63"/>
       <c r="G53" s="64"/>
       <c r="H53" s="62"/>
       <c r="U53" s="70"/>
       <c r="V53" s="70"/>
     </row>
     <row r="54" spans="6:22">
       <c r="F54" s="63"/>
       <c r="G54" s="64"/>
       <c r="H54" s="62"/>
       <c r="U54" s="70"/>
       <c r="V54" s="70"/>
     </row>
     <row r="55" spans="6:22" ht="15" customHeight="1">
       <c r="U55" s="70"/>
       <c r="V55" s="70"/>
     </row>
   </sheetData>
   <mergeCells count="65">
-    <mergeCell ref="AX35:BD35"/>
-[...11 lines deleted...]
-    <mergeCell ref="AF43:AL43"/>
+    <mergeCell ref="T1:W1"/>
+    <mergeCell ref="X7:Y7"/>
+    <mergeCell ref="AB4:AB5"/>
+    <mergeCell ref="AF40:AL40"/>
+    <mergeCell ref="AI6:AI7"/>
+    <mergeCell ref="AL4:AL7"/>
+    <mergeCell ref="U7:W7"/>
+    <mergeCell ref="U6:W6"/>
+    <mergeCell ref="T4:T7"/>
+    <mergeCell ref="T39:AC39"/>
+    <mergeCell ref="X4:Y5"/>
+    <mergeCell ref="X6:Y6"/>
+    <mergeCell ref="U4:W5"/>
+    <mergeCell ref="BG4:BJ4"/>
+    <mergeCell ref="AF4:AK4"/>
+    <mergeCell ref="AH5:AK5"/>
+    <mergeCell ref="AC4:AC5"/>
+    <mergeCell ref="AZ5:BA5"/>
+    <mergeCell ref="BB5:BB7"/>
+    <mergeCell ref="BC5:BC7"/>
+    <mergeCell ref="BI5:BJ5"/>
+    <mergeCell ref="AR4:AU4"/>
+    <mergeCell ref="AP4:AQ4"/>
+    <mergeCell ref="BD4:BD7"/>
+    <mergeCell ref="AX4:BC4"/>
+    <mergeCell ref="AX5:AY5"/>
+    <mergeCell ref="AK6:AK7"/>
+    <mergeCell ref="AR5:AU5"/>
+    <mergeCell ref="AP5:AQ5"/>
+    <mergeCell ref="AO4:AO7"/>
+    <mergeCell ref="Z6:AA7"/>
+    <mergeCell ref="AB6:AB7"/>
+    <mergeCell ref="AG6:AG7"/>
+    <mergeCell ref="Z4:AA5"/>
+    <mergeCell ref="AJ6:AJ7"/>
+    <mergeCell ref="AF6:AF7"/>
     <mergeCell ref="B35:H35"/>
     <mergeCell ref="K35:Q35"/>
     <mergeCell ref="B4:B7"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="K4:N4"/>
     <mergeCell ref="K5:K7"/>
     <mergeCell ref="L5:L7"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="M5:M7"/>
     <mergeCell ref="N5:N7"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="O5:O7"/>
     <mergeCell ref="Q4:Q7"/>
     <mergeCell ref="P5:P7"/>
-    <mergeCell ref="AO4:AO7"/>
-[...34 lines deleted...]
-    <mergeCell ref="U4:W5"/>
+    <mergeCell ref="AX43:BD43"/>
+    <mergeCell ref="AO43:AU43"/>
+    <mergeCell ref="B43:H43"/>
+    <mergeCell ref="T43:AC43"/>
+    <mergeCell ref="K43:Q43"/>
+    <mergeCell ref="AF43:AL43"/>
+    <mergeCell ref="AX35:BD35"/>
+    <mergeCell ref="AF36:AL36"/>
+    <mergeCell ref="T37:AC37"/>
+    <mergeCell ref="T36:AC36"/>
+    <mergeCell ref="AO35:AU35"/>
+    <mergeCell ref="T35:AC35"/>
+    <mergeCell ref="AF35:AL35"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.74803149606299213" right="0.59055118110236227" top="0.74803149606299213" bottom="0.19685039370078741" header="0" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" firstPageNumber="24" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <colBreaks count="5" manualBreakCount="5">
     <brk id="9" min="1" max="42" man="1"/>
     <brk id="18" min="1" max="42" man="1"/>
     <brk id="30" min="1" max="42" man="1"/>
     <brk id="39" min="1" max="42" man="1"/>
     <brk id="48" min="1" max="42" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>