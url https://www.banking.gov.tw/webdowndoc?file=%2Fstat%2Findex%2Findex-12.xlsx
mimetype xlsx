--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11407EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11409EXCEL_ODS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5D22D18C-24E9-4223-968F-601D5677DFC8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1506A3A1-9445-4515-82D0-0D2B2B270340}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="120" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'120'!$B$2:$L$42</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="72">
   <si>
     <t>單位：人</t>
   </si>
   <si>
     <t>十二、金融機構員工人數</t>
   </si>
   <si>
     <t>The Postal Savings System</t>
   </si>
   <si>