--- v1 (2025-12-07)
+++ v2 (2026-01-30)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11409EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1506A3A1-9445-4515-82D0-0D2B2B270340}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CE084180-6AFF-4D3E-A11F-A3972E64B314}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="120" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'120'!$B$2:$L$42</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="72">
   <si>
     <t>單位：人</t>
   </si>
   <si>
     <t>十二、金融機構員工人數</t>
   </si>
   <si>
     <t>The Postal Savings System</t>
   </si>
   <si>