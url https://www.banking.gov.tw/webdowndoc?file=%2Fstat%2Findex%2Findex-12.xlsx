--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11501EXCEL_ODS\11501\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CE084180-6AFF-4D3E-A11F-A3972E64B314}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="11_D421930D5F34AEBA8BE11EF0EA12CF05606F9B0C" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="120" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'120'!$B$2:$L$42</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="72">
   <si>
     <t>單位：人</t>
   </si>
   <si>
     <t>十二、金融機構員工人數</t>
   </si>
   <si>
     <t>The Postal Savings System</t>
   </si>
   <si>
@@ -415,59 +415,59 @@
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
     <t xml:space="preserve">         June</t>
   </si>
   <si>
-    <t xml:space="preserve">         Dec.</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 97年</t>
   </si>
   <si>
     <t xml:space="preserve"> 98年</t>
   </si>
   <si>
     <t xml:space="preserve"> 99年</t>
   </si>
   <si>
     <t>100年</t>
   </si>
   <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
@@ -475,57 +475,57 @@
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t xml:space="preserve">    　12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
     <t xml:space="preserve">   　   6月</t>
-  </si>
-[...4 lines deleted...]
-    <t>114年</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="176" formatCode="#\ ###\ ##0"/>
     <numFmt numFmtId="177" formatCode="#,##0_ "/>
     <numFmt numFmtId="178" formatCode="###\ ##0"/>
   </numFmts>
   <fonts count="36" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times"/>
     </font>
     <font>
@@ -2621,142 +2621,156 @@
       </c>
       <c r="F24" s="39">
         <v>2545</v>
       </c>
       <c r="G24" s="39">
         <v>3965</v>
       </c>
       <c r="H24" s="39">
         <v>9336</v>
       </c>
       <c r="I24" s="40">
         <v>968</v>
       </c>
       <c r="J24" s="40">
         <v>5960</v>
       </c>
       <c r="K24" s="37" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="25" spans="3:20" s="9" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C25" s="24" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="32">
-        <v>183770</v>
+        <v>187650</v>
       </c>
       <c r="E25" s="32">
-        <v>160876</v>
+        <v>164876</v>
       </c>
       <c r="F25" s="32">
-        <v>2569</v>
+        <v>2545</v>
       </c>
       <c r="G25" s="32">
-        <v>3938</v>
+        <v>3965</v>
       </c>
       <c r="H25" s="32">
-        <v>9465</v>
+        <v>9336</v>
       </c>
       <c r="I25" s="33">
-        <v>970</v>
+        <v>968</v>
       </c>
       <c r="J25" s="33">
-        <v>5952</v>
+        <v>5960</v>
       </c>
       <c r="K25" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="26" spans="3:20" s="9" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="C26" s="24" t="s">
+      <c r="C26" s="38" t="s">
         <v>70</v>
       </c>
-      <c r="D26" s="32">
-[...20 lines deleted...]
-      <c r="K26" s="25" t="s">
+      <c r="D26" s="39">
+        <v>189562</v>
+      </c>
+      <c r="E26" s="39">
+        <v>167156</v>
+      </c>
+      <c r="F26" s="39">
+        <v>2572</v>
+      </c>
+      <c r="G26" s="39">
+        <v>3988</v>
+      </c>
+      <c r="H26" s="39">
+        <v>9072</v>
+      </c>
+      <c r="I26" s="40">
+        <v>961</v>
+      </c>
+      <c r="J26" s="40">
+        <v>5813</v>
+      </c>
+      <c r="K26" s="37" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="27" spans="3:20" s="9" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="C27" s="38" t="s">
+      <c r="C27" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="D27" s="32"/>
-[...6 lines deleted...]
-      <c r="K27" s="37" t="s">
+      <c r="D27" s="32">
+        <v>186858</v>
+      </c>
+      <c r="E27" s="32">
+        <v>164458</v>
+      </c>
+      <c r="F27" s="32">
+        <v>2563</v>
+      </c>
+      <c r="G27" s="32">
+        <v>3928</v>
+      </c>
+      <c r="H27" s="32">
+        <v>9161</v>
+      </c>
+      <c r="I27" s="33">
+        <v>947</v>
+      </c>
+      <c r="J27" s="33">
+        <v>5801</v>
+      </c>
+      <c r="K27" s="25" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="28" spans="3:20" s="9" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C28" s="24" t="s">
         <v>69</v>
       </c>
       <c r="D28" s="32">
-        <v>186858</v>
+        <v>189562</v>
       </c>
       <c r="E28" s="32">
-        <v>164458</v>
+        <v>167156</v>
       </c>
       <c r="F28" s="32">
-        <v>2563</v>
+        <v>2572</v>
       </c>
       <c r="G28" s="32">
-        <v>3928</v>
+        <v>3988</v>
       </c>
       <c r="H28" s="32">
-        <v>9161</v>
+        <v>9072</v>
       </c>
       <c r="I28" s="33">
-        <v>947</v>
+        <v>961</v>
       </c>
       <c r="J28" s="33">
-        <v>5801</v>
+        <v>5813</v>
       </c>
       <c r="K28" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="29" spans="3:20" s="16" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C29" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D29" s="28"/>
       <c r="E29" s="27"/>
       <c r="F29" s="27"/>
       <c r="G29" s="27"/>
       <c r="H29" s="27"/>
       <c r="I29" s="27"/>
       <c r="J29" s="27"/>
       <c r="K29" s="27"/>
       <c r="N29" s="5"/>
       <c r="O29" s="5"/>
       <c r="P29" s="5"/>
       <c r="Q29" s="5"/>
       <c r="R29" s="5"/>
       <c r="S29" s="5"/>
       <c r="T29" s="5"/>
     </row>