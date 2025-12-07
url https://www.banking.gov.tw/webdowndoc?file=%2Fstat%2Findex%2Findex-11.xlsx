--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11407EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11409EXCEL_ODS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3843BA65-AFBD-43B3-B592-863638FD4E22}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{641E7751-58F6-4174-91B3-2F23517893A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="110" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'110'!$A$2:$I$44</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="77">
   <si>
     <t>End of Period</t>
   </si>
   <si>
     <t>十一、金融機構逾放金額</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
@@ -368,162 +368,162 @@
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
     <t xml:space="preserve">         July</t>
   </si>
   <si>
     <t xml:space="preserve">         Aug.</t>
   </si>
   <si>
-    <t xml:space="preserve">         Sept.</t>
-[...31 lines deleted...]
-  <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>　　  9月</t>
+  </si>
+  <si>
+    <t>　　 10月</t>
+  </si>
+  <si>
+    <t>　　 11月</t>
+  </si>
+  <si>
+    <t>　　 12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
     <t>　　  7月</t>
   </si>
   <si>
     <t>　　  8月</t>
-  </si>
-[...31 lines deleted...]
-    <t>　　  6月</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="###\ ##0"/>
     <numFmt numFmtId="177" formatCode="###\ ##0;\-###\ ##0;&quot;－&quot;"/>
   </numFmts>
   <fonts count="38" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times"/>
     </font>
     <font>
       <sz val="10"/>
@@ -2745,365 +2745,365 @@
       <c r="C20" s="29">
         <v>620</v>
       </c>
       <c r="D20" s="29">
         <v>614</v>
       </c>
       <c r="E20" s="29">
         <v>0</v>
       </c>
       <c r="F20" s="29">
         <v>6</v>
       </c>
       <c r="G20" s="30">
         <v>81</v>
       </c>
       <c r="H20" s="27" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="2"/>
       <c r="B21" s="19" t="s">
         <v>64</v>
       </c>
       <c r="C21" s="20">
-        <v>656</v>
+        <v>637</v>
       </c>
       <c r="D21" s="20">
-        <v>650</v>
+        <v>629</v>
       </c>
       <c r="E21" s="20">
         <v>0</v>
       </c>
       <c r="F21" s="20">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G21" s="21">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="H21" s="18" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="2"/>
       <c r="B22" s="19" t="s">
         <v>65</v>
       </c>
       <c r="C22" s="20">
-        <v>653</v>
+        <v>668</v>
       </c>
       <c r="D22" s="20">
-        <v>646</v>
+        <v>660</v>
       </c>
       <c r="E22" s="20">
         <v>0</v>
       </c>
       <c r="F22" s="20">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="G22" s="21">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="H22" s="18" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="2"/>
       <c r="B23" s="19" t="s">
         <v>66</v>
       </c>
       <c r="C23" s="20">
-        <v>637</v>
+        <v>651</v>
       </c>
       <c r="D23" s="20">
-        <v>629</v>
+        <v>644</v>
       </c>
       <c r="E23" s="20">
         <v>0</v>
       </c>
       <c r="F23" s="20">
         <v>8</v>
       </c>
       <c r="G23" s="21">
         <v>84</v>
       </c>
       <c r="H23" s="18" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="2"/>
       <c r="B24" s="19" t="s">
         <v>67</v>
       </c>
       <c r="C24" s="20">
-        <v>668</v>
+        <v>620</v>
       </c>
       <c r="D24" s="20">
-        <v>660</v>
+        <v>614</v>
       </c>
       <c r="E24" s="20">
         <v>0</v>
       </c>
       <c r="F24" s="20">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G24" s="21">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="H24" s="18" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="2"/>
-      <c r="B25" s="19" t="s">
+      <c r="B25" s="28" t="s">
         <v>68</v>
       </c>
-      <c r="C25" s="20">
-[...14 lines deleted...]
-      <c r="H25" s="18" t="s">
+      <c r="C25" s="20"/>
+      <c r="D25" s="20"/>
+      <c r="E25" s="22"/>
+      <c r="F25" s="20"/>
+      <c r="G25" s="21"/>
+      <c r="H25" s="27" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="26" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="2"/>
       <c r="B26" s="19" t="s">
         <v>69</v>
       </c>
       <c r="C26" s="20">
-        <v>620</v>
+        <v>696</v>
       </c>
       <c r="D26" s="20">
-        <v>614</v>
+        <v>689</v>
       </c>
       <c r="E26" s="20">
         <v>0</v>
       </c>
       <c r="F26" s="20">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G26" s="21">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="H26" s="18" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="2"/>
-      <c r="B27" s="28" t="s">
+      <c r="B27" s="19" t="s">
         <v>70</v>
       </c>
-      <c r="C27" s="20"/>
-[...4 lines deleted...]
-      <c r="H27" s="27" t="s">
+      <c r="C27" s="20">
+        <v>699</v>
+      </c>
+      <c r="D27" s="20">
+        <v>692</v>
+      </c>
+      <c r="E27" s="20">
+        <v>0</v>
+      </c>
+      <c r="F27" s="20">
+        <v>7</v>
+      </c>
+      <c r="G27" s="21">
+        <v>87</v>
+      </c>
+      <c r="H27" s="18" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="2"/>
       <c r="B28" s="19" t="s">
         <v>71</v>
       </c>
       <c r="C28" s="20">
-        <v>696</v>
+        <v>691</v>
       </c>
       <c r="D28" s="20">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="E28" s="20">
         <v>0</v>
       </c>
       <c r="F28" s="20">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G28" s="21">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="H28" s="18" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="2"/>
       <c r="B29" s="19" t="s">
         <v>72</v>
       </c>
       <c r="C29" s="20">
-        <v>699</v>
+        <v>693</v>
       </c>
       <c r="D29" s="20">
-        <v>692</v>
+        <v>686</v>
       </c>
       <c r="E29" s="20">
         <v>0</v>
       </c>
       <c r="F29" s="20">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G29" s="21">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="H29" s="18" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="30" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="2"/>
       <c r="B30" s="19" t="s">
         <v>73</v>
       </c>
       <c r="C30" s="20">
-        <v>691</v>
+        <v>675</v>
       </c>
       <c r="D30" s="20">
-        <v>686</v>
+        <v>668</v>
       </c>
       <c r="E30" s="20">
         <v>0</v>
       </c>
       <c r="F30" s="20">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="G30" s="21">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="H30" s="18" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="2"/>
       <c r="B31" s="19" t="s">
         <v>74</v>
       </c>
       <c r="C31" s="20">
-        <v>693</v>
+        <v>665</v>
       </c>
       <c r="D31" s="20">
-        <v>686</v>
+        <v>659</v>
       </c>
       <c r="E31" s="20">
         <v>0</v>
       </c>
       <c r="F31" s="20">
         <v>6</v>
       </c>
       <c r="G31" s="21">
         <v>90</v>
       </c>
       <c r="H31" s="18" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="32" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="2"/>
       <c r="B32" s="19" t="s">
         <v>75</v>
       </c>
       <c r="C32" s="20">
-        <v>675</v>
+        <v>705</v>
       </c>
       <c r="D32" s="20">
-        <v>668</v>
+        <v>697</v>
       </c>
       <c r="E32" s="20">
         <v>0</v>
       </c>
       <c r="F32" s="20">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G32" s="21">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="H32" s="18" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="33" spans="1:10" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="2"/>
       <c r="B33" s="19" t="s">
         <v>76</v>
       </c>
       <c r="C33" s="20">
-        <v>665</v>
+        <v>698</v>
       </c>
       <c r="D33" s="20">
-        <v>659</v>
+        <v>689</v>
       </c>
       <c r="E33" s="20">
         <v>0</v>
       </c>
       <c r="F33" s="20">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="G33" s="21">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="H33" s="18" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="34" spans="1:10" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="2"/>
       <c r="B34" s="19" t="s">
         <v>64</v>
       </c>
       <c r="C34" s="20">
-        <v>705</v>
+        <v>683</v>
       </c>
       <c r="D34" s="20">
-        <v>697</v>
+        <v>673</v>
       </c>
       <c r="E34" s="20">
         <v>0</v>
       </c>
       <c r="F34" s="20">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G34" s="21">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H34" s="18" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="35" spans="1:10" s="10" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="9"/>
       <c r="B35" s="23" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="16"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="13"/>
       <c r="G35" s="14"/>
       <c r="H35" s="14"/>
     </row>
     <row r="36" spans="1:10" s="10" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="9"/>
       <c r="B36" s="24" t="s">
         <v>24</v>
       </c>
       <c r="C36" s="17"/>
       <c r="D36" s="11"/>
       <c r="E36" s="11"/>