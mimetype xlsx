--- v1 (2025-12-07)
+++ v2 (2026-01-30)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11409EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{641E7751-58F6-4174-91B3-2F23517893A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3EA60834-BC8C-4DE6-9C71-C8C58607F245}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="110" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'110'!$A$2:$I$44</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="77">
   <si>
     <t>End of Period</t>
   </si>
   <si>
     <t>十一、金融機構逾放金額</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
@@ -368,162 +368,162 @@
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
     <t xml:space="preserve">         Sept.</t>
   </si>
   <si>
     <t xml:space="preserve">         Oct.</t>
   </si>
   <si>
-    <t xml:space="preserve">         Nov.</t>
-[...31 lines deleted...]
-  <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>　　 11月</t>
+  </si>
+  <si>
+    <t>　　 12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
+    <t>　　  7月</t>
+  </si>
+  <si>
+    <t>　　  8月</t>
+  </si>
+  <si>
     <t>　　  9月</t>
   </si>
   <si>
     <t>　　 10月</t>
-  </si>
-[...31 lines deleted...]
-    <t>　　  8月</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="###\ ##0"/>
     <numFmt numFmtId="177" formatCode="###\ ##0;\-###\ ##0;&quot;－&quot;"/>
   </numFmts>
   <fonts count="38" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times"/>
     </font>
     <font>
       <sz val="10"/>
@@ -2745,365 +2745,365 @@
       <c r="C20" s="29">
         <v>620</v>
       </c>
       <c r="D20" s="29">
         <v>614</v>
       </c>
       <c r="E20" s="29">
         <v>0</v>
       </c>
       <c r="F20" s="29">
         <v>6</v>
       </c>
       <c r="G20" s="30">
         <v>81</v>
       </c>
       <c r="H20" s="27" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="2"/>
       <c r="B21" s="19" t="s">
         <v>64</v>
       </c>
       <c r="C21" s="20">
-        <v>637</v>
+        <v>651</v>
       </c>
       <c r="D21" s="20">
-        <v>629</v>
+        <v>644</v>
       </c>
       <c r="E21" s="20">
         <v>0</v>
       </c>
       <c r="F21" s="20">
         <v>8</v>
       </c>
       <c r="G21" s="21">
         <v>84</v>
       </c>
       <c r="H21" s="18" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="2"/>
       <c r="B22" s="19" t="s">
         <v>65</v>
       </c>
       <c r="C22" s="20">
-        <v>668</v>
+        <v>620</v>
       </c>
       <c r="D22" s="20">
-        <v>660</v>
+        <v>614</v>
       </c>
       <c r="E22" s="20">
         <v>0</v>
       </c>
       <c r="F22" s="20">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G22" s="21">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="H22" s="18" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="2"/>
-      <c r="B23" s="19" t="s">
+      <c r="B23" s="28" t="s">
         <v>66</v>
       </c>
-      <c r="C23" s="20">
-[...14 lines deleted...]
-      <c r="H23" s="18" t="s">
+      <c r="C23" s="20"/>
+      <c r="D23" s="20"/>
+      <c r="E23" s="22"/>
+      <c r="F23" s="20"/>
+      <c r="G23" s="21"/>
+      <c r="H23" s="27" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="2"/>
       <c r="B24" s="19" t="s">
         <v>67</v>
       </c>
       <c r="C24" s="20">
-        <v>620</v>
+        <v>696</v>
       </c>
       <c r="D24" s="20">
-        <v>614</v>
+        <v>689</v>
       </c>
       <c r="E24" s="20">
         <v>0</v>
       </c>
       <c r="F24" s="20">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G24" s="21">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="H24" s="18" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="2"/>
-      <c r="B25" s="28" t="s">
+      <c r="B25" s="19" t="s">
         <v>68</v>
       </c>
-      <c r="C25" s="20"/>
-[...4 lines deleted...]
-      <c r="H25" s="27" t="s">
+      <c r="C25" s="20">
+        <v>699</v>
+      </c>
+      <c r="D25" s="20">
+        <v>692</v>
+      </c>
+      <c r="E25" s="20">
+        <v>0</v>
+      </c>
+      <c r="F25" s="20">
+        <v>7</v>
+      </c>
+      <c r="G25" s="21">
+        <v>87</v>
+      </c>
+      <c r="H25" s="18" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="26" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="2"/>
       <c r="B26" s="19" t="s">
         <v>69</v>
       </c>
       <c r="C26" s="20">
-        <v>696</v>
+        <v>691</v>
       </c>
       <c r="D26" s="20">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="E26" s="20">
         <v>0</v>
       </c>
       <c r="F26" s="20">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G26" s="21">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="H26" s="18" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="2"/>
       <c r="B27" s="19" t="s">
         <v>70</v>
       </c>
       <c r="C27" s="20">
-        <v>699</v>
+        <v>693</v>
       </c>
       <c r="D27" s="20">
-        <v>692</v>
+        <v>686</v>
       </c>
       <c r="E27" s="20">
         <v>0</v>
       </c>
       <c r="F27" s="20">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G27" s="21">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="H27" s="18" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="2"/>
       <c r="B28" s="19" t="s">
         <v>71</v>
       </c>
       <c r="C28" s="20">
-        <v>691</v>
+        <v>675</v>
       </c>
       <c r="D28" s="20">
-        <v>686</v>
+        <v>668</v>
       </c>
       <c r="E28" s="20">
         <v>0</v>
       </c>
       <c r="F28" s="20">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="G28" s="21">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="H28" s="18" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="2"/>
       <c r="B29" s="19" t="s">
         <v>72</v>
       </c>
       <c r="C29" s="20">
-        <v>693</v>
+        <v>665</v>
       </c>
       <c r="D29" s="20">
-        <v>686</v>
+        <v>659</v>
       </c>
       <c r="E29" s="20">
         <v>0</v>
       </c>
       <c r="F29" s="20">
         <v>6</v>
       </c>
       <c r="G29" s="21">
         <v>90</v>
       </c>
       <c r="H29" s="18" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="30" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="2"/>
       <c r="B30" s="19" t="s">
         <v>73</v>
       </c>
       <c r="C30" s="20">
-        <v>675</v>
+        <v>705</v>
       </c>
       <c r="D30" s="20">
-        <v>668</v>
+        <v>697</v>
       </c>
       <c r="E30" s="20">
         <v>0</v>
       </c>
       <c r="F30" s="20">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G30" s="21">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="H30" s="18" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="2"/>
       <c r="B31" s="19" t="s">
         <v>74</v>
       </c>
       <c r="C31" s="20">
-        <v>665</v>
+        <v>698</v>
       </c>
       <c r="D31" s="20">
-        <v>659</v>
+        <v>689</v>
       </c>
       <c r="E31" s="20">
         <v>0</v>
       </c>
       <c r="F31" s="20">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="G31" s="21">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="H31" s="18" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="32" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="2"/>
       <c r="B32" s="19" t="s">
         <v>75</v>
       </c>
       <c r="C32" s="20">
-        <v>705</v>
+        <v>683</v>
       </c>
       <c r="D32" s="20">
-        <v>697</v>
+        <v>673</v>
       </c>
       <c r="E32" s="20">
         <v>0</v>
       </c>
       <c r="F32" s="20">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G32" s="21">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H32" s="18" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="33" spans="1:10" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="2"/>
       <c r="B33" s="19" t="s">
         <v>76</v>
       </c>
       <c r="C33" s="20">
-        <v>698</v>
+        <v>690</v>
       </c>
       <c r="D33" s="20">
-        <v>689</v>
+        <v>681</v>
       </c>
       <c r="E33" s="20">
         <v>0</v>
       </c>
       <c r="F33" s="20">
         <v>8</v>
       </c>
       <c r="G33" s="21">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="H33" s="18" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="34" spans="1:10" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="2"/>
       <c r="B34" s="19" t="s">
         <v>64</v>
       </c>
       <c r="C34" s="20">
-        <v>683</v>
+        <v>709</v>
       </c>
       <c r="D34" s="20">
-        <v>673</v>
+        <v>701</v>
       </c>
       <c r="E34" s="20">
         <v>0</v>
       </c>
       <c r="F34" s="20">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G34" s="21">
-        <v>99</v>
+        <v>115</v>
       </c>
       <c r="H34" s="18" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="35" spans="1:10" s="10" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="9"/>
       <c r="B35" s="23" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="16"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="13"/>
       <c r="G35" s="14"/>
       <c r="H35" s="14"/>
     </row>
     <row r="36" spans="1:10" s="10" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="9"/>
       <c r="B36" s="24" t="s">
         <v>24</v>
       </c>
       <c r="C36" s="17"/>
       <c r="D36" s="11"/>
       <c r="E36" s="11"/>