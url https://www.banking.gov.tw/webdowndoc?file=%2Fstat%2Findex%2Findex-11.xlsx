--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11501EXCEL_ODS\11501\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3EA60834-BC8C-4DE6-9C71-C8C58607F245}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="11_66A892C9B2EEECA0B9E01EF0EA8157AD09EA9ADA" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="110" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'110'!$A$2:$I$44</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="77">
   <si>
     <t>End of Period</t>
   </si>
   <si>
     <t>十一、金融機構逾放金額</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
@@ -332,198 +332,198 @@
         <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
       </rPr>
       <t>　　　　　</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
       </rPr>
       <t>2. 94</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
       </rPr>
       <t>年起，總體逾放金額不含信託投資公司及農漁會信用部。</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> 2013</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 2014</t>
   </si>
   <si>
     <t xml:space="preserve"> 2015</t>
   </si>
   <si>
     <t xml:space="preserve"> 2016</t>
   </si>
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
     <t xml:space="preserve">         Nov.</t>
   </si>
   <si>
     <t xml:space="preserve">         Dec.</t>
   </si>
   <si>
-    <t xml:space="preserve"> 2025</t>
-[...32 lines deleted...]
-    <t>102年</t>
+    <t xml:space="preserve"> 2026</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
+    <t>　　  7月</t>
+  </si>
+  <si>
+    <t>　　  8月</t>
+  </si>
+  <si>
+    <t>　　  9月</t>
+  </si>
+  <si>
+    <t>　　 10月</t>
+  </si>
+  <si>
     <t>　　 11月</t>
   </si>
   <si>
     <t>　　 12月</t>
   </si>
   <si>
-    <t>114年</t>
-[...29 lines deleted...]
-    <t>　　 10月</t>
+    <t>115年</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="###\ ##0"/>
     <numFmt numFmtId="177" formatCode="###\ ##0;\-###\ ##0;&quot;－&quot;"/>
   </numFmts>
   <fonts count="38" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times"/>
     </font>
     <font>
       <sz val="10"/>
@@ -2457,653 +2457,653 @@
         <v>18</v>
       </c>
       <c r="G7" s="45" t="s">
         <v>4</v>
       </c>
       <c r="H7" s="43"/>
       <c r="I7" s="4"/>
     </row>
     <row r="8" spans="1:9" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="4"/>
       <c r="B8" s="49"/>
       <c r="C8" s="33"/>
       <c r="D8" s="33"/>
       <c r="E8" s="33"/>
       <c r="F8" s="33"/>
       <c r="G8" s="46"/>
       <c r="H8" s="44"/>
       <c r="I8" s="4"/>
     </row>
     <row r="9" spans="1:9" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="2"/>
       <c r="B9" s="28" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="29">
-        <v>905</v>
+        <v>625</v>
       </c>
       <c r="D9" s="29">
-        <v>899</v>
+        <v>617</v>
       </c>
       <c r="E9" s="29">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F9" s="29">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G9" s="30">
-        <v>136</v>
+        <v>100</v>
       </c>
       <c r="H9" s="27" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="2"/>
       <c r="B10" s="28" t="s">
         <v>53</v>
       </c>
       <c r="C10" s="29">
-        <v>625</v>
+        <v>602</v>
       </c>
       <c r="D10" s="29">
-        <v>617</v>
+        <v>599</v>
       </c>
       <c r="E10" s="29">
+        <v>0</v>
+      </c>
+      <c r="F10" s="29">
         <v>3</v>
       </c>
-      <c r="F10" s="29">
-[...1 lines deleted...]
-      </c>
       <c r="G10" s="30">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="H10" s="27" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:9" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="2"/>
       <c r="B11" s="28" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="29">
-        <v>602</v>
+        <v>719</v>
       </c>
       <c r="D11" s="29">
-        <v>599</v>
+        <v>707</v>
       </c>
       <c r="E11" s="29">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="F11" s="29">
         <v>3</v>
       </c>
       <c r="G11" s="30">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H11" s="27" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:9" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="2"/>
       <c r="B12" s="28" t="s">
         <v>55</v>
       </c>
       <c r="C12" s="29">
-        <v>719</v>
+        <v>754</v>
       </c>
       <c r="D12" s="29">
-        <v>707</v>
+        <v>747</v>
       </c>
       <c r="E12" s="29">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F12" s="29">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G12" s="30">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H12" s="27" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:9" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="2"/>
       <c r="B13" s="28" t="s">
         <v>56</v>
       </c>
       <c r="C13" s="29">
-        <v>754</v>
+        <v>691</v>
       </c>
       <c r="D13" s="29">
-        <v>747</v>
+        <v>684</v>
       </c>
       <c r="E13" s="29">
         <v>2</v>
       </c>
       <c r="F13" s="29">
         <v>5</v>
       </c>
       <c r="G13" s="30">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H13" s="27" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:9" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="2"/>
       <c r="B14" s="28" t="s">
         <v>57</v>
       </c>
       <c r="C14" s="29">
-        <v>691</v>
+        <v>642</v>
       </c>
       <c r="D14" s="29">
-        <v>684</v>
+        <v>636</v>
       </c>
       <c r="E14" s="29">
         <v>2</v>
       </c>
       <c r="F14" s="29">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G14" s="30">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="H14" s="27" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:9" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="2"/>
       <c r="B15" s="28" t="s">
         <v>58</v>
       </c>
       <c r="C15" s="29">
-        <v>642</v>
+        <v>702</v>
       </c>
       <c r="D15" s="29">
-        <v>636</v>
+        <v>692</v>
       </c>
       <c r="E15" s="29">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F15" s="29">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G15" s="30">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="H15" s="27" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:9" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="2"/>
       <c r="B16" s="28" t="s">
         <v>59</v>
       </c>
       <c r="C16" s="29">
-        <v>702</v>
+        <v>597</v>
       </c>
       <c r="D16" s="29">
-        <v>692</v>
+        <v>587</v>
       </c>
       <c r="E16" s="29">
         <v>5</v>
       </c>
       <c r="F16" s="29">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G16" s="30">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H16" s="27" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="2"/>
       <c r="B17" s="28" t="s">
         <v>60</v>
       </c>
       <c r="C17" s="29">
-        <v>597</v>
+        <v>551</v>
       </c>
       <c r="D17" s="29">
-        <v>587</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>547</v>
+      </c>
+      <c r="E17" s="31">
+        <v>0</v>
       </c>
       <c r="F17" s="29">
         <v>4</v>
       </c>
       <c r="G17" s="30">
-        <v>83</v>
+        <v>72</v>
       </c>
       <c r="H17" s="27" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="2"/>
       <c r="B18" s="28" t="s">
         <v>61</v>
       </c>
       <c r="C18" s="29">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="D18" s="29">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="E18" s="31">
         <v>0</v>
       </c>
       <c r="F18" s="29">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G18" s="30">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="H18" s="27" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="2"/>
       <c r="B19" s="28" t="s">
         <v>62</v>
       </c>
       <c r="C19" s="29">
-        <v>554</v>
+        <v>620</v>
       </c>
       <c r="D19" s="29">
-        <v>549</v>
-[...1 lines deleted...]
-      <c r="E19" s="31">
+        <v>614</v>
+      </c>
+      <c r="E19" s="29">
         <v>0</v>
       </c>
       <c r="F19" s="29">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G19" s="30">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="H19" s="27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="2"/>
       <c r="B20" s="28" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="29">
-        <v>620</v>
+        <v>670</v>
       </c>
       <c r="D20" s="29">
-        <v>614</v>
+        <v>664</v>
       </c>
       <c r="E20" s="29">
         <v>0</v>
       </c>
       <c r="F20" s="29">
         <v>6</v>
       </c>
       <c r="G20" s="30">
-        <v>81</v>
+        <v>103</v>
       </c>
       <c r="H20" s="27" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="2"/>
       <c r="B21" s="19" t="s">
         <v>64</v>
       </c>
       <c r="C21" s="20">
-        <v>651</v>
+        <v>696</v>
       </c>
       <c r="D21" s="20">
-        <v>644</v>
+        <v>689</v>
       </c>
       <c r="E21" s="20">
         <v>0</v>
       </c>
       <c r="F21" s="20">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G21" s="21">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="H21" s="18" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="2"/>
       <c r="B22" s="19" t="s">
         <v>65</v>
       </c>
       <c r="C22" s="20">
-        <v>620</v>
+        <v>699</v>
       </c>
       <c r="D22" s="20">
-        <v>614</v>
+        <v>692</v>
       </c>
       <c r="E22" s="20">
         <v>0</v>
       </c>
       <c r="F22" s="20">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G22" s="21">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="H22" s="18" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="2"/>
-      <c r="B23" s="28" t="s">
+      <c r="B23" s="19" t="s">
         <v>66</v>
       </c>
-      <c r="C23" s="20"/>
-[...4 lines deleted...]
-      <c r="H23" s="27" t="s">
+      <c r="C23" s="20">
+        <v>691</v>
+      </c>
+      <c r="D23" s="20">
+        <v>686</v>
+      </c>
+      <c r="E23" s="20">
+        <v>0</v>
+      </c>
+      <c r="F23" s="20">
+        <v>5</v>
+      </c>
+      <c r="G23" s="21">
+        <v>89</v>
+      </c>
+      <c r="H23" s="18" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="2"/>
       <c r="B24" s="19" t="s">
         <v>67</v>
       </c>
       <c r="C24" s="20">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="D24" s="20">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="E24" s="20">
         <v>0</v>
       </c>
       <c r="F24" s="20">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G24" s="21">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="H24" s="18" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="2"/>
       <c r="B25" s="19" t="s">
         <v>68</v>
       </c>
       <c r="C25" s="20">
-        <v>699</v>
+        <v>675</v>
       </c>
       <c r="D25" s="20">
-        <v>692</v>
+        <v>668</v>
       </c>
       <c r="E25" s="20">
         <v>0</v>
       </c>
       <c r="F25" s="20">
         <v>7</v>
       </c>
       <c r="G25" s="21">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="H25" s="18" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="26" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="2"/>
       <c r="B26" s="19" t="s">
         <v>69</v>
       </c>
       <c r="C26" s="20">
-        <v>691</v>
+        <v>665</v>
       </c>
       <c r="D26" s="20">
-        <v>686</v>
+        <v>659</v>
       </c>
       <c r="E26" s="20">
         <v>0</v>
       </c>
       <c r="F26" s="20">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G26" s="21">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H26" s="18" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="2"/>
       <c r="B27" s="19" t="s">
         <v>70</v>
       </c>
       <c r="C27" s="20">
-        <v>693</v>
+        <v>705</v>
       </c>
       <c r="D27" s="20">
-        <v>686</v>
+        <v>697</v>
       </c>
       <c r="E27" s="20">
         <v>0</v>
       </c>
       <c r="F27" s="20">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="G27" s="21">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="H27" s="18" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="2"/>
       <c r="B28" s="19" t="s">
         <v>71</v>
       </c>
       <c r="C28" s="20">
-        <v>675</v>
+        <v>698</v>
       </c>
       <c r="D28" s="20">
-        <v>668</v>
+        <v>689</v>
       </c>
       <c r="E28" s="20">
         <v>0</v>
       </c>
       <c r="F28" s="20">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G28" s="21">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="H28" s="18" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="2"/>
       <c r="B29" s="19" t="s">
         <v>72</v>
       </c>
       <c r="C29" s="20">
-        <v>665</v>
+        <v>683</v>
       </c>
       <c r="D29" s="20">
-        <v>659</v>
+        <v>673</v>
       </c>
       <c r="E29" s="20">
         <v>0</v>
       </c>
       <c r="F29" s="20">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="G29" s="21">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="H29" s="18" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="30" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="2"/>
       <c r="B30" s="19" t="s">
         <v>73</v>
       </c>
       <c r="C30" s="20">
-        <v>705</v>
+        <v>690</v>
       </c>
       <c r="D30" s="20">
-        <v>697</v>
+        <v>681</v>
       </c>
       <c r="E30" s="20">
         <v>0</v>
       </c>
       <c r="F30" s="20">
         <v>8</v>
       </c>
       <c r="G30" s="21">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="H30" s="18" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="2"/>
       <c r="B31" s="19" t="s">
         <v>74</v>
       </c>
       <c r="C31" s="20">
-        <v>698</v>
+        <v>709</v>
       </c>
       <c r="D31" s="20">
-        <v>689</v>
+        <v>701</v>
       </c>
       <c r="E31" s="20">
         <v>0</v>
       </c>
       <c r="F31" s="20">
         <v>8</v>
       </c>
       <c r="G31" s="21">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="H31" s="18" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="32" spans="1:8" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="2"/>
       <c r="B32" s="19" t="s">
         <v>75</v>
       </c>
       <c r="C32" s="20">
-        <v>683</v>
+        <v>670</v>
       </c>
       <c r="D32" s="20">
-        <v>673</v>
+        <v>664</v>
       </c>
       <c r="E32" s="20">
         <v>0</v>
       </c>
       <c r="F32" s="20">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="G32" s="21">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="H32" s="18" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="33" spans="1:10" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="2"/>
-      <c r="B33" s="19" t="s">
+      <c r="B33" s="28" t="s">
         <v>76</v>
       </c>
-      <c r="C33" s="20">
-[...14 lines deleted...]
-      <c r="H33" s="18" t="s">
+      <c r="C33" s="20"/>
+      <c r="D33" s="20"/>
+      <c r="E33" s="22"/>
+      <c r="F33" s="20"/>
+      <c r="G33" s="21"/>
+      <c r="H33" s="27" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="34" spans="1:10" s="3" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="2"/>
       <c r="B34" s="19" t="s">
         <v>64</v>
       </c>
       <c r="C34" s="20">
-        <v>709</v>
+        <v>680</v>
       </c>
       <c r="D34" s="20">
-        <v>701</v>
+        <v>673</v>
       </c>
       <c r="E34" s="20">
         <v>0</v>
       </c>
       <c r="F34" s="20">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G34" s="21">
-        <v>115</v>
+        <v>106</v>
       </c>
       <c r="H34" s="18" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="35" spans="1:10" s="10" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="9"/>
       <c r="B35" s="23" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="16"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="13"/>
       <c r="G35" s="14"/>
       <c r="H35" s="14"/>
     </row>
     <row r="36" spans="1:10" s="10" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="9"/>
       <c r="B36" s="24" t="s">
         <v>24</v>
       </c>
       <c r="C36" s="17"/>
       <c r="D36" s="11"/>
       <c r="E36" s="11"/>