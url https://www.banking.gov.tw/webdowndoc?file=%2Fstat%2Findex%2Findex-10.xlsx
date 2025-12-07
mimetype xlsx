--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11407EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11409EXCEL_ODS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B0DA70BC-E22D-4490-AFE1-1DC4B1C895E0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F18FDD62-2446-4B30-8B53-AEA5B7F05D6A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="100" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'100'!$A$2:$I$44</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="78">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Domestic Banks</t>
   </si>
   <si>
     <t>Credit Departments of Farmers' and Fishermen's Associations</t>
   </si>
   <si>
@@ -476,162 +476,162 @@
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
     <t xml:space="preserve">         July</t>
   </si>
   <si>
     <t xml:space="preserve">         Aug.</t>
   </si>
   <si>
-    <t xml:space="preserve">         Sept.</t>
-[...31 lines deleted...]
-  <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>　　  9月</t>
+  </si>
+  <si>
+    <t>　　 10月</t>
+  </si>
+  <si>
+    <t>　　 11月</t>
+  </si>
+  <si>
+    <t>　　 12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
     <t>　　  7月</t>
   </si>
   <si>
     <t>　　  8月</t>
-  </si>
-[...31 lines deleted...]
-    <t>　　  6月</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.00;\-#\ ##0.00;&quot;－&quot;"/>
   </numFmts>
   <fonts count="38" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times"/>
     </font>
     <font>
       <sz val="10"/>
@@ -2870,362 +2870,362 @@
       <c r="D20" s="29">
         <v>0.15</v>
       </c>
       <c r="E20" s="29">
         <v>0</v>
       </c>
       <c r="F20" s="29">
         <v>0.09</v>
       </c>
       <c r="G20" s="30">
         <v>0.53</v>
       </c>
       <c r="H20" s="27" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="5"/>
       <c r="B21" s="18" t="s">
         <v>65</v>
       </c>
       <c r="C21" s="20">
         <v>0.15</v>
       </c>
       <c r="D21" s="20">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
       <c r="E21" s="20">
         <v>0</v>
       </c>
       <c r="F21" s="20">
-        <v>0.1</v>
+        <v>0.12</v>
       </c>
       <c r="G21" s="21">
-        <v>0.55000000000000004</v>
+        <v>0.56000000000000005</v>
       </c>
       <c r="H21" s="17" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="5"/>
       <c r="B22" s="18" t="s">
         <v>66</v>
       </c>
       <c r="C22" s="20">
         <v>0.15</v>
       </c>
       <c r="D22" s="20">
         <v>0.16</v>
       </c>
       <c r="E22" s="20">
         <v>0</v>
       </c>
       <c r="F22" s="20">
-        <v>0.1</v>
+        <v>0.13</v>
       </c>
       <c r="G22" s="21">
-        <v>0.55000000000000004</v>
+        <v>0.56000000000000005</v>
       </c>
       <c r="H22" s="17" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="5"/>
       <c r="B23" s="18" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="20">
         <v>0.15</v>
       </c>
       <c r="D23" s="20">
         <v>0.15</v>
       </c>
       <c r="E23" s="20">
         <v>0</v>
       </c>
       <c r="F23" s="20">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
       <c r="G23" s="21">
-        <v>0.56000000000000005</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H23" s="17" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="5"/>
       <c r="B24" s="18" t="s">
         <v>68</v>
       </c>
       <c r="C24" s="20">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="D24" s="20">
         <v>0.15</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.16</v>
       </c>
       <c r="E24" s="20">
         <v>0</v>
       </c>
       <c r="F24" s="20">
-        <v>0.13</v>
+        <v>0.09</v>
       </c>
       <c r="G24" s="21">
-        <v>0.56000000000000005</v>
+        <v>0.53</v>
       </c>
       <c r="H24" s="17" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="5"/>
-      <c r="B25" s="18" t="s">
+      <c r="B25" s="28" t="s">
         <v>69</v>
       </c>
-      <c r="C25" s="20">
-[...14 lines deleted...]
-      <c r="H25" s="17" t="s">
+      <c r="C25" s="20"/>
+      <c r="D25" s="20"/>
+      <c r="E25" s="22"/>
+      <c r="F25" s="20"/>
+      <c r="G25" s="21"/>
+      <c r="H25" s="27" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="5"/>
       <c r="B26" s="18" t="s">
         <v>70</v>
       </c>
       <c r="C26" s="20">
-        <v>0.14000000000000001</v>
+        <v>0.15</v>
       </c>
       <c r="D26" s="20">
-        <v>0.15</v>
+        <v>0.16</v>
       </c>
       <c r="E26" s="20">
         <v>0</v>
       </c>
       <c r="F26" s="20">
-        <v>0.09</v>
+        <v>0.11</v>
       </c>
       <c r="G26" s="21">
-        <v>0.53</v>
+        <v>0.56000000000000005</v>
       </c>
       <c r="H26" s="17" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="5"/>
-      <c r="B27" s="28" t="s">
+      <c r="B27" s="18" t="s">
         <v>71</v>
       </c>
-      <c r="C27" s="20"/>
-[...4 lines deleted...]
-      <c r="H27" s="27" t="s">
+      <c r="C27" s="20">
+        <v>0.16</v>
+      </c>
+      <c r="D27" s="20">
+        <v>0.16</v>
+      </c>
+      <c r="E27" s="20">
+        <v>0</v>
+      </c>
+      <c r="F27" s="20">
+        <v>0.1</v>
+      </c>
+      <c r="G27" s="21">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="H27" s="17" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="5"/>
       <c r="B28" s="18" t="s">
         <v>72</v>
       </c>
       <c r="C28" s="20">
         <v>0.15</v>
       </c>
       <c r="D28" s="20">
         <v>0.16</v>
       </c>
       <c r="E28" s="20">
         <v>0</v>
       </c>
       <c r="F28" s="20">
-        <v>0.11</v>
+        <v>0.08</v>
       </c>
       <c r="G28" s="21">
-        <v>0.56000000000000005</v>
+        <v>0.56999999999999995</v>
       </c>
       <c r="H28" s="17" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="5"/>
       <c r="B29" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C29" s="20">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
       <c r="D29" s="20">
         <v>0.16</v>
       </c>
       <c r="E29" s="20">
         <v>0</v>
       </c>
       <c r="F29" s="20">
         <v>0.1</v>
       </c>
       <c r="G29" s="21">
-        <v>0.56999999999999995</v>
+        <v>0.57999999999999996</v>
       </c>
       <c r="H29" s="17" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="5"/>
       <c r="B30" s="18" t="s">
         <v>74</v>
       </c>
       <c r="C30" s="20">
         <v>0.15</v>
       </c>
       <c r="D30" s="20">
         <v>0.16</v>
       </c>
       <c r="E30" s="20">
         <v>0</v>
       </c>
       <c r="F30" s="20">
-        <v>0.08</v>
+        <v>0.1</v>
       </c>
       <c r="G30" s="21">
-        <v>0.56999999999999995</v>
+        <v>0.59</v>
       </c>
       <c r="H30" s="17" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="31" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="5"/>
       <c r="B31" s="18" t="s">
         <v>75</v>
       </c>
       <c r="C31" s="20">
         <v>0.15</v>
       </c>
       <c r="D31" s="20">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
       <c r="E31" s="20">
         <v>0</v>
       </c>
       <c r="F31" s="20">
         <v>0.1</v>
       </c>
       <c r="G31" s="21">
         <v>0.57999999999999996</v>
       </c>
       <c r="H31" s="17" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="5"/>
       <c r="B32" s="18" t="s">
         <v>76</v>
       </c>
       <c r="C32" s="20">
         <v>0.15</v>
       </c>
       <c r="D32" s="20">
         <v>0.16</v>
       </c>
       <c r="E32" s="20">
         <v>0</v>
       </c>
       <c r="F32" s="20">
-        <v>0.1</v>
+        <v>0.12</v>
       </c>
       <c r="G32" s="21">
-        <v>0.59</v>
+        <v>0.6</v>
       </c>
       <c r="H32" s="17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:10" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="5"/>
       <c r="B33" s="18" t="s">
         <v>77</v>
       </c>
       <c r="C33" s="20">
         <v>0.15</v>
       </c>
       <c r="D33" s="20">
-        <v>0.15</v>
+        <v>0.16</v>
       </c>
       <c r="E33" s="20">
         <v>0</v>
       </c>
       <c r="F33" s="20">
-        <v>0.1</v>
+        <v>0.12</v>
       </c>
       <c r="G33" s="21">
-        <v>0.57999999999999996</v>
+        <v>0.62</v>
       </c>
       <c r="H33" s="17" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:10" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="5"/>
       <c r="B34" s="18" t="s">
         <v>65</v>
       </c>
       <c r="C34" s="20">
         <v>0.15</v>
       </c>
       <c r="D34" s="20">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
       <c r="E34" s="20">
         <v>0</v>
       </c>
       <c r="F34" s="20">
-        <v>0.12</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="G34" s="21">
-        <v>0.6</v>
+        <v>0.63</v>
       </c>
       <c r="H34" s="17" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:10" s="11" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="9"/>
       <c r="B35" s="23" t="s">
         <v>15</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="14"/>
       <c r="E35" s="14"/>
       <c r="F35" s="14"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15"/>
     </row>
     <row r="36" spans="1:10" s="11" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="9"/>
       <c r="B36" s="24" t="s">
         <v>21</v>
       </c>
       <c r="C36" s="10"/>
       <c r="D36" s="12"/>
       <c r="E36" s="12"/>