--- v1 (2025-12-07)
+++ v2 (2026-01-30)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11409EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F18FDD62-2446-4B30-8B53-AEA5B7F05D6A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DBDB39A0-0567-4E31-B9E6-18B7008942B6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="100" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'100'!$A$2:$I$44</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="78">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Domestic Banks</t>
   </si>
   <si>
     <t>Credit Departments of Farmers' and Fishermen's Associations</t>
   </si>
   <si>
@@ -476,162 +476,162 @@
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
     <t xml:space="preserve">         Sept.</t>
   </si>
   <si>
     <t xml:space="preserve">         Oct.</t>
   </si>
   <si>
-    <t xml:space="preserve">         Nov.</t>
-[...31 lines deleted...]
-  <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>　　 11月</t>
+  </si>
+  <si>
+    <t>　　 12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
+    <t>　　  7月</t>
+  </si>
+  <si>
+    <t>　　  8月</t>
+  </si>
+  <si>
     <t>　　  9月</t>
   </si>
   <si>
     <t>　　 10月</t>
-  </si>
-[...31 lines deleted...]
-    <t>　　  8月</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.00;\-#\ ##0.00;&quot;－&quot;"/>
   </numFmts>
   <fonts count="38" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times"/>
     </font>
     <font>
       <sz val="10"/>
@@ -2876,356 +2876,356 @@
       <c r="F20" s="29">
         <v>0.09</v>
       </c>
       <c r="G20" s="30">
         <v>0.53</v>
       </c>
       <c r="H20" s="27" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="5"/>
       <c r="B21" s="18" t="s">
         <v>65</v>
       </c>
       <c r="C21" s="20">
         <v>0.15</v>
       </c>
       <c r="D21" s="20">
         <v>0.15</v>
       </c>
       <c r="E21" s="20">
         <v>0</v>
       </c>
       <c r="F21" s="20">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
       <c r="G21" s="21">
-        <v>0.56000000000000005</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H21" s="17" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="5"/>
       <c r="B22" s="18" t="s">
         <v>66</v>
       </c>
       <c r="C22" s="20">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="D22" s="20">
         <v>0.15</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.16</v>
       </c>
       <c r="E22" s="20">
         <v>0</v>
       </c>
       <c r="F22" s="20">
-        <v>0.13</v>
+        <v>0.09</v>
       </c>
       <c r="G22" s="21">
-        <v>0.56000000000000005</v>
+        <v>0.53</v>
       </c>
       <c r="H22" s="17" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="5"/>
-      <c r="B23" s="18" t="s">
+      <c r="B23" s="28" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="20">
-[...14 lines deleted...]
-      <c r="H23" s="17" t="s">
+      <c r="C23" s="20"/>
+      <c r="D23" s="20"/>
+      <c r="E23" s="22"/>
+      <c r="F23" s="20"/>
+      <c r="G23" s="21"/>
+      <c r="H23" s="27" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="5"/>
       <c r="B24" s="18" t="s">
         <v>68</v>
       </c>
       <c r="C24" s="20">
-        <v>0.14000000000000001</v>
+        <v>0.15</v>
       </c>
       <c r="D24" s="20">
-        <v>0.15</v>
+        <v>0.16</v>
       </c>
       <c r="E24" s="20">
         <v>0</v>
       </c>
       <c r="F24" s="20">
-        <v>0.09</v>
+        <v>0.11</v>
       </c>
       <c r="G24" s="21">
-        <v>0.53</v>
+        <v>0.56000000000000005</v>
       </c>
       <c r="H24" s="17" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="5"/>
-      <c r="B25" s="28" t="s">
+      <c r="B25" s="18" t="s">
         <v>69</v>
       </c>
-      <c r="C25" s="20"/>
-[...4 lines deleted...]
-      <c r="H25" s="27" t="s">
+      <c r="C25" s="20">
+        <v>0.16</v>
+      </c>
+      <c r="D25" s="20">
+        <v>0.16</v>
+      </c>
+      <c r="E25" s="20">
+        <v>0</v>
+      </c>
+      <c r="F25" s="20">
+        <v>0.1</v>
+      </c>
+      <c r="G25" s="21">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="H25" s="17" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="5"/>
       <c r="B26" s="18" t="s">
         <v>70</v>
       </c>
       <c r="C26" s="20">
         <v>0.15</v>
       </c>
       <c r="D26" s="20">
         <v>0.16</v>
       </c>
       <c r="E26" s="20">
         <v>0</v>
       </c>
       <c r="F26" s="20">
-        <v>0.11</v>
+        <v>0.08</v>
       </c>
       <c r="G26" s="21">
-        <v>0.56000000000000005</v>
+        <v>0.56999999999999995</v>
       </c>
       <c r="H26" s="17" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="5"/>
       <c r="B27" s="18" t="s">
         <v>71</v>
       </c>
       <c r="C27" s="20">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
       <c r="D27" s="20">
         <v>0.16</v>
       </c>
       <c r="E27" s="20">
         <v>0</v>
       </c>
       <c r="F27" s="20">
         <v>0.1</v>
       </c>
       <c r="G27" s="21">
-        <v>0.56999999999999995</v>
+        <v>0.57999999999999996</v>
       </c>
       <c r="H27" s="17" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="5"/>
       <c r="B28" s="18" t="s">
         <v>72</v>
       </c>
       <c r="C28" s="20">
         <v>0.15</v>
       </c>
       <c r="D28" s="20">
         <v>0.16</v>
       </c>
       <c r="E28" s="20">
         <v>0</v>
       </c>
       <c r="F28" s="20">
-        <v>0.08</v>
+        <v>0.1</v>
       </c>
       <c r="G28" s="21">
-        <v>0.56999999999999995</v>
+        <v>0.59</v>
       </c>
       <c r="H28" s="17" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="5"/>
       <c r="B29" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C29" s="20">
         <v>0.15</v>
       </c>
       <c r="D29" s="20">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
       <c r="E29" s="20">
         <v>0</v>
       </c>
       <c r="F29" s="20">
         <v>0.1</v>
       </c>
       <c r="G29" s="21">
         <v>0.57999999999999996</v>
       </c>
       <c r="H29" s="17" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="5"/>
       <c r="B30" s="18" t="s">
         <v>74</v>
       </c>
       <c r="C30" s="20">
         <v>0.15</v>
       </c>
       <c r="D30" s="20">
         <v>0.16</v>
       </c>
       <c r="E30" s="20">
         <v>0</v>
       </c>
       <c r="F30" s="20">
-        <v>0.1</v>
+        <v>0.12</v>
       </c>
       <c r="G30" s="21">
-        <v>0.59</v>
+        <v>0.6</v>
       </c>
       <c r="H30" s="17" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="31" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="5"/>
       <c r="B31" s="18" t="s">
         <v>75</v>
       </c>
       <c r="C31" s="20">
         <v>0.15</v>
       </c>
       <c r="D31" s="20">
-        <v>0.15</v>
+        <v>0.16</v>
       </c>
       <c r="E31" s="20">
         <v>0</v>
       </c>
       <c r="F31" s="20">
-        <v>0.1</v>
+        <v>0.12</v>
       </c>
       <c r="G31" s="21">
-        <v>0.57999999999999996</v>
+        <v>0.62</v>
       </c>
       <c r="H31" s="17" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="5"/>
       <c r="B32" s="18" t="s">
         <v>76</v>
       </c>
       <c r="C32" s="20">
         <v>0.15</v>
       </c>
       <c r="D32" s="20">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
       <c r="E32" s="20">
         <v>0</v>
       </c>
       <c r="F32" s="20">
-        <v>0.12</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="G32" s="21">
-        <v>0.6</v>
+        <v>0.63</v>
       </c>
       <c r="H32" s="17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:10" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="5"/>
       <c r="B33" s="18" t="s">
         <v>77</v>
       </c>
       <c r="C33" s="20">
         <v>0.15</v>
       </c>
       <c r="D33" s="20">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
       <c r="E33" s="20">
         <v>0</v>
       </c>
       <c r="F33" s="20">
         <v>0.12</v>
       </c>
       <c r="G33" s="21">
-        <v>0.62</v>
+        <v>0.65</v>
       </c>
       <c r="H33" s="17" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:10" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="5"/>
       <c r="B34" s="18" t="s">
         <v>65</v>
       </c>
       <c r="C34" s="20">
         <v>0.15</v>
       </c>
       <c r="D34" s="20">
-        <v>0.15</v>
+        <v>0.16</v>
       </c>
       <c r="E34" s="20">
         <v>0</v>
       </c>
       <c r="F34" s="20">
-        <v>0.14000000000000001</v>
+        <v>0.12</v>
       </c>
       <c r="G34" s="21">
-        <v>0.63</v>
+        <v>0.73</v>
       </c>
       <c r="H34" s="17" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:10" s="11" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="9"/>
       <c r="B35" s="23" t="s">
         <v>15</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="14"/>
       <c r="E35" s="14"/>
       <c r="F35" s="14"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15"/>
     </row>
     <row r="36" spans="1:10" s="11" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="9"/>
       <c r="B36" s="24" t="s">
         <v>21</v>
       </c>
       <c r="C36" s="10"/>
       <c r="D36" s="12"/>
       <c r="E36" s="12"/>