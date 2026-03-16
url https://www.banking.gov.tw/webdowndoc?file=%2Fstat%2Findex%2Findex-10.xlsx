--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11411EXCEL_ODS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\11.（10日前）金融指標【上網】【給長官】\4.掛網指標\11501EXCEL_ODS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DBDB39A0-0567-4E31-B9E6-18B7008942B6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="11_E004F08D569B29A24BE01EF0EA75B7A9E7985329" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="100" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'100'!$A$2:$I$44</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="78">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Domestic Banks</t>
   </si>
   <si>
     <t>Credit Departments of Farmers' and Fishermen's Associations</t>
   </si>
   <si>
@@ -440,198 +440,198 @@
     <r>
       <t xml:space="preserve">         </t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="細明體"/>
         <charset val="136"/>
       </rPr>
       <t>　</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
       </rPr>
       <t xml:space="preserve">   compiled by Bureau of Agricultural Finance Council of Agriculture, Executive Yuan. </t>
     </r>
   </si>
   <si>
     <t>十、金融機構逾放比率</t>
   </si>
   <si>
-    <t xml:space="preserve"> 2013</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 2014</t>
   </si>
   <si>
     <t xml:space="preserve"> 2015</t>
   </si>
   <si>
     <t xml:space="preserve"> 2016</t>
   </si>
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
     <t xml:space="preserve">         Nov.</t>
   </si>
   <si>
     <t xml:space="preserve">         Dec.</t>
   </si>
   <si>
-    <t xml:space="preserve"> 2025</t>
-[...32 lines deleted...]
-    <t>102年</t>
+    <t xml:space="preserve"> 2026</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t>　　  1月</t>
+  </si>
+  <si>
+    <t>　　  2月</t>
+  </si>
+  <si>
+    <t>　　  3月</t>
+  </si>
+  <si>
+    <t>　　  4月</t>
+  </si>
+  <si>
+    <t>　　  5月</t>
+  </si>
+  <si>
+    <t>　　  6月</t>
+  </si>
+  <si>
+    <t>　　  7月</t>
+  </si>
+  <si>
+    <t>　　  8月</t>
+  </si>
+  <si>
+    <t>　　  9月</t>
+  </si>
+  <si>
+    <t>　　 10月</t>
+  </si>
+  <si>
     <t>　　 11月</t>
   </si>
   <si>
     <t>　　 12月</t>
   </si>
   <si>
-    <t>114年</t>
-[...29 lines deleted...]
-    <t>　　 10月</t>
+    <t>115年</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="#\ ##0.00"/>
     <numFmt numFmtId="177" formatCode="#\ ##0.00;\-#\ ##0.00;&quot;－&quot;"/>
   </numFmts>
   <fonts count="38" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times"/>
     </font>
     <font>
       <sz val="10"/>
@@ -1872,108 +1872,108 @@
     </xf>
     <xf numFmtId="2" fontId="35" fillId="0" borderId="0" xfId="79" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="79" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="79" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="92" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="6" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="6" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="6" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...34 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="168">
     <cellStyle name="20% - 輔色1" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - 輔色1 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - 輔色1 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - 輔色1 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - 輔色2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - 輔色2 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - 輔色2 2 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - 輔色2 3" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - 輔色3" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - 輔色3 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - 輔色3 2 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - 輔色3 3" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - 輔色4" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - 輔色4 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - 輔色4 2 2" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - 輔色4 3" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20% - 輔色5" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20% - 輔色5 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="20% - 輔色5 2 2" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="20% - 輔色5 3" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="20% - 輔色6" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="20% - 輔色6 2" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
@@ -2483,749 +2483,749 @@
       <c r="C1" s="7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:9" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="4"/>
       <c r="H2" s="8" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3"/>
     </row>
     <row r="3" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="44" t="s">
+      <c r="B3" s="32" t="s">
         <v>20</v>
       </c>
-      <c r="C3" s="45"/>
-[...1 lines deleted...]
-      <c r="E3" s="45"/>
+      <c r="C3" s="33"/>
+      <c r="D3" s="33"/>
+      <c r="E3" s="33"/>
       <c r="G3" s="4"/>
       <c r="H3" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5"/>
-      <c r="B4" s="46" t="s">
+      <c r="B4" s="34" t="s">
         <v>6</v>
       </c>
-      <c r="C4" s="36" t="s">
+      <c r="C4" s="37" t="s">
         <v>11</v>
       </c>
-      <c r="D4" s="36" t="s">
+      <c r="D4" s="37" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="50" t="s">
+      <c r="E4" s="40" t="s">
         <v>12</v>
       </c>
-      <c r="F4" s="36" t="s">
+      <c r="F4" s="37" t="s">
         <v>3</v>
       </c>
-      <c r="G4" s="38" t="s">
+      <c r="G4" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="H4" s="33" t="s">
+      <c r="H4" s="46" t="s">
         <v>7</v>
       </c>
       <c r="I4" s="5"/>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="5"/>
-      <c r="B5" s="47"/>
-[...5 lines deleted...]
-      <c r="H5" s="34"/>
+      <c r="B5" s="35"/>
+      <c r="C5" s="38"/>
+      <c r="D5" s="39"/>
+      <c r="E5" s="41"/>
+      <c r="F5" s="38"/>
+      <c r="G5" s="50"/>
+      <c r="H5" s="47"/>
       <c r="I5" s="5"/>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="5"/>
-      <c r="B6" s="47"/>
-[...5 lines deleted...]
-      <c r="H6" s="34"/>
+      <c r="B6" s="35"/>
+      <c r="C6" s="38"/>
+      <c r="D6" s="39"/>
+      <c r="E6" s="42"/>
+      <c r="F6" s="38"/>
+      <c r="G6" s="50"/>
+      <c r="H6" s="47"/>
       <c r="I6" s="5"/>
     </row>
     <row r="7" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="3"/>
-      <c r="B7" s="47"/>
-      <c r="C7" s="40" t="s">
+      <c r="B7" s="35"/>
+      <c r="C7" s="43" t="s">
         <v>8</v>
       </c>
-      <c r="D7" s="40" t="s">
+      <c r="D7" s="43" t="s">
         <v>1</v>
       </c>
-      <c r="E7" s="40" t="s">
+      <c r="E7" s="43" t="s">
         <v>18</v>
       </c>
-      <c r="F7" s="40" t="s">
+      <c r="F7" s="43" t="s">
         <v>17</v>
       </c>
-      <c r="G7" s="42" t="s">
+      <c r="G7" s="51" t="s">
         <v>2</v>
       </c>
-      <c r="H7" s="34"/>
+      <c r="H7" s="47"/>
       <c r="I7" s="3"/>
     </row>
     <row r="8" spans="1:9" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3"/>
-      <c r="B8" s="48"/>
-[...5 lines deleted...]
-      <c r="H8" s="35"/>
+      <c r="B8" s="36"/>
+      <c r="C8" s="44"/>
+      <c r="D8" s="44"/>
+      <c r="E8" s="44"/>
+      <c r="F8" s="44"/>
+      <c r="G8" s="52"/>
+      <c r="H8" s="48"/>
       <c r="I8" s="3"/>
     </row>
     <row r="9" spans="1:9" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="5"/>
       <c r="B9" s="28" t="s">
         <v>53</v>
       </c>
       <c r="C9" s="29">
-        <v>0.36</v>
+        <v>0.24</v>
       </c>
       <c r="D9" s="29">
-        <v>0.38</v>
+        <v>0.25</v>
       </c>
       <c r="E9" s="29">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="F9" s="29">
-        <v>0.14000000000000001</v>
+        <v>0.1</v>
       </c>
       <c r="G9" s="30">
-        <v>1.53</v>
+        <v>1.05</v>
       </c>
       <c r="H9" s="27" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="5"/>
       <c r="B10" s="28" t="s">
         <v>54</v>
       </c>
       <c r="C10" s="29">
-        <v>0.24</v>
+        <v>0.22</v>
       </c>
       <c r="D10" s="29">
-        <v>0.25</v>
+        <v>0.23</v>
       </c>
       <c r="E10" s="29">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="F10" s="29">
-        <v>0.1</v>
+        <v>0.08</v>
       </c>
       <c r="G10" s="30">
-        <v>1.05</v>
+        <v>0.85</v>
       </c>
       <c r="H10" s="27" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:9" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="5"/>
       <c r="B11" s="28" t="s">
         <v>55</v>
       </c>
       <c r="C11" s="29">
-        <v>0.22</v>
+        <v>0.26</v>
       </c>
       <c r="D11" s="29">
-        <v>0.23</v>
+        <v>0.27</v>
       </c>
       <c r="E11" s="29">
-        <v>0</v>
+        <v>0.08</v>
       </c>
       <c r="F11" s="29">
-        <v>0.08</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="G11" s="30">
-        <v>0.85</v>
+        <v>0.88</v>
       </c>
       <c r="H11" s="27" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:9" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="5"/>
       <c r="B12" s="28" t="s">
         <v>56</v>
       </c>
       <c r="C12" s="29">
         <v>0.26</v>
       </c>
       <c r="D12" s="29">
-        <v>0.27</v>
+        <v>0.28000000000000003</v>
       </c>
       <c r="E12" s="29">
-        <v>0.08</v>
+        <v>0.01</v>
       </c>
       <c r="F12" s="29">
-        <v>7.0000000000000007E-2</v>
+        <v>0.11</v>
       </c>
       <c r="G12" s="30">
-        <v>0.88</v>
+        <v>0.86</v>
       </c>
       <c r="H12" s="27" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:9" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="5"/>
       <c r="B13" s="28" t="s">
         <v>57</v>
       </c>
       <c r="C13" s="29">
-        <v>0.26</v>
+        <v>0.23</v>
       </c>
       <c r="D13" s="29">
-        <v>0.28000000000000003</v>
+        <v>0.24</v>
       </c>
       <c r="E13" s="29">
         <v>0.01</v>
       </c>
       <c r="F13" s="29">
-        <v>0.11</v>
+        <v>0.1</v>
       </c>
       <c r="G13" s="30">
-        <v>0.86</v>
+        <v>0.83</v>
       </c>
       <c r="H13" s="27" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:9" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="5"/>
       <c r="B14" s="28" t="s">
         <v>58</v>
       </c>
       <c r="C14" s="29">
-        <v>0.23</v>
+        <v>0.2</v>
       </c>
       <c r="D14" s="29">
-        <v>0.24</v>
+        <v>0.21</v>
       </c>
       <c r="E14" s="29">
         <v>0.01</v>
       </c>
       <c r="F14" s="29">
-        <v>0.1</v>
+        <v>0.08</v>
       </c>
       <c r="G14" s="30">
-        <v>0.83</v>
+        <v>0.81</v>
       </c>
       <c r="H14" s="27" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:9" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="5"/>
       <c r="B15" s="28" t="s">
         <v>59</v>
       </c>
       <c r="C15" s="29">
-        <v>0.2</v>
+        <v>0.21</v>
       </c>
       <c r="D15" s="29">
-        <v>0.21</v>
+        <v>0.22</v>
       </c>
       <c r="E15" s="29">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="F15" s="29">
-        <v>0.08</v>
+        <v>0.09</v>
       </c>
       <c r="G15" s="30">
-        <v>0.81</v>
+        <v>0.71</v>
       </c>
       <c r="H15" s="27" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:9" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="5"/>
       <c r="B16" s="28" t="s">
         <v>60</v>
       </c>
       <c r="C16" s="29">
-        <v>0.21</v>
+        <v>0.17</v>
       </c>
       <c r="D16" s="29">
-        <v>0.22</v>
+        <v>0.17</v>
       </c>
       <c r="E16" s="29">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="F16" s="29">
-        <v>0.09</v>
+        <v>0.08</v>
       </c>
       <c r="G16" s="30">
-        <v>0.71</v>
+        <v>0.65</v>
       </c>
       <c r="H16" s="27" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="5"/>
       <c r="B17" s="28" t="s">
         <v>61</v>
       </c>
       <c r="C17" s="29">
-        <v>0.17</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="D17" s="29">
-        <v>0.17</v>
-[...2 lines deleted...]
-        <v>0.03</v>
+        <v>0.15</v>
+      </c>
+      <c r="E17" s="31">
+        <v>0</v>
       </c>
       <c r="F17" s="29">
         <v>0.08</v>
       </c>
       <c r="G17" s="30">
-        <v>0.65</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H17" s="27" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="5"/>
       <c r="B18" s="28" t="s">
         <v>62</v>
       </c>
       <c r="C18" s="29">
         <v>0.14000000000000001</v>
       </c>
       <c r="D18" s="29">
-        <v>0.15</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="E18" s="31">
         <v>0</v>
       </c>
       <c r="F18" s="29">
         <v>0.08</v>
       </c>
       <c r="G18" s="30">
         <v>0.55000000000000004</v>
       </c>
       <c r="H18" s="27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="5"/>
       <c r="B19" s="28" t="s">
         <v>63</v>
       </c>
       <c r="C19" s="29">
         <v>0.14000000000000001</v>
       </c>
       <c r="D19" s="29">
-        <v>0.14000000000000001</v>
-[...1 lines deleted...]
-      <c r="E19" s="31">
+        <v>0.15</v>
+      </c>
+      <c r="E19" s="29">
         <v>0</v>
       </c>
       <c r="F19" s="29">
-        <v>0.08</v>
+        <v>0.09</v>
       </c>
       <c r="G19" s="30">
-        <v>0.55000000000000004</v>
+        <v>0.53</v>
       </c>
       <c r="H19" s="27" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="5"/>
       <c r="B20" s="28" t="s">
         <v>64</v>
       </c>
       <c r="C20" s="29">
         <v>0.14000000000000001</v>
       </c>
       <c r="D20" s="29">
         <v>0.15</v>
       </c>
       <c r="E20" s="29">
         <v>0</v>
       </c>
       <c r="F20" s="29">
-        <v>0.09</v>
+        <v>0.08</v>
       </c>
       <c r="G20" s="30">
-        <v>0.53</v>
+        <v>0.65</v>
       </c>
       <c r="H20" s="27" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="5"/>
       <c r="B21" s="18" t="s">
         <v>65</v>
       </c>
       <c r="C21" s="20">
         <v>0.15</v>
       </c>
       <c r="D21" s="20">
-        <v>0.15</v>
+        <v>0.16</v>
       </c>
       <c r="E21" s="20">
         <v>0</v>
       </c>
       <c r="F21" s="20">
         <v>0.11</v>
       </c>
       <c r="G21" s="21">
-        <v>0.55000000000000004</v>
+        <v>0.56000000000000005</v>
       </c>
       <c r="H21" s="17" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="5"/>
       <c r="B22" s="18" t="s">
         <v>66</v>
       </c>
       <c r="C22" s="20">
-        <v>0.14000000000000001</v>
+        <v>0.16</v>
       </c>
       <c r="D22" s="20">
-        <v>0.15</v>
+        <v>0.16</v>
       </c>
       <c r="E22" s="20">
         <v>0</v>
       </c>
       <c r="F22" s="20">
-        <v>0.09</v>
+        <v>0.1</v>
       </c>
       <c r="G22" s="21">
-        <v>0.53</v>
+        <v>0.56999999999999995</v>
       </c>
       <c r="H22" s="17" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="5"/>
-      <c r="B23" s="28" t="s">
+      <c r="B23" s="18" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="20"/>
-[...4 lines deleted...]
-      <c r="H23" s="27" t="s">
+      <c r="C23" s="20">
+        <v>0.15</v>
+      </c>
+      <c r="D23" s="20">
+        <v>0.16</v>
+      </c>
+      <c r="E23" s="20">
+        <v>0</v>
+      </c>
+      <c r="F23" s="20">
+        <v>0.08</v>
+      </c>
+      <c r="G23" s="21">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="H23" s="17" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="5"/>
       <c r="B24" s="18" t="s">
         <v>68</v>
       </c>
       <c r="C24" s="20">
         <v>0.15</v>
       </c>
       <c r="D24" s="20">
         <v>0.16</v>
       </c>
       <c r="E24" s="20">
         <v>0</v>
       </c>
       <c r="F24" s="20">
-        <v>0.11</v>
+        <v>0.1</v>
       </c>
       <c r="G24" s="21">
-        <v>0.56000000000000005</v>
+        <v>0.57999999999999996</v>
       </c>
       <c r="H24" s="17" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="5"/>
       <c r="B25" s="18" t="s">
         <v>69</v>
       </c>
       <c r="C25" s="20">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
       <c r="D25" s="20">
         <v>0.16</v>
       </c>
       <c r="E25" s="20">
         <v>0</v>
       </c>
       <c r="F25" s="20">
         <v>0.1</v>
       </c>
       <c r="G25" s="21">
-        <v>0.56999999999999995</v>
+        <v>0.59</v>
       </c>
       <c r="H25" s="17" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="5"/>
       <c r="B26" s="18" t="s">
         <v>70</v>
       </c>
       <c r="C26" s="20">
         <v>0.15</v>
       </c>
       <c r="D26" s="20">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
       <c r="E26" s="20">
         <v>0</v>
       </c>
       <c r="F26" s="20">
-        <v>0.08</v>
+        <v>0.1</v>
       </c>
       <c r="G26" s="21">
-        <v>0.56999999999999995</v>
+        <v>0.57999999999999996</v>
       </c>
       <c r="H26" s="17" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="5"/>
       <c r="B27" s="18" t="s">
         <v>71</v>
       </c>
       <c r="C27" s="20">
         <v>0.15</v>
       </c>
       <c r="D27" s="20">
         <v>0.16</v>
       </c>
       <c r="E27" s="20">
         <v>0</v>
       </c>
       <c r="F27" s="20">
-        <v>0.1</v>
+        <v>0.12</v>
       </c>
       <c r="G27" s="21">
-        <v>0.57999999999999996</v>
+        <v>0.6</v>
       </c>
       <c r="H27" s="17" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="5"/>
       <c r="B28" s="18" t="s">
         <v>72</v>
       </c>
       <c r="C28" s="20">
         <v>0.15</v>
       </c>
       <c r="D28" s="20">
         <v>0.16</v>
       </c>
       <c r="E28" s="20">
         <v>0</v>
       </c>
       <c r="F28" s="20">
-        <v>0.1</v>
+        <v>0.12</v>
       </c>
       <c r="G28" s="21">
-        <v>0.59</v>
+        <v>0.62</v>
       </c>
       <c r="H28" s="17" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="5"/>
       <c r="B29" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C29" s="20">
         <v>0.15</v>
       </c>
       <c r="D29" s="20">
         <v>0.15</v>
       </c>
       <c r="E29" s="20">
         <v>0</v>
       </c>
       <c r="F29" s="20">
-        <v>0.1</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="G29" s="21">
-        <v>0.57999999999999996</v>
+        <v>0.63</v>
       </c>
       <c r="H29" s="17" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="5"/>
       <c r="B30" s="18" t="s">
         <v>74</v>
       </c>
       <c r="C30" s="20">
         <v>0.15</v>
       </c>
       <c r="D30" s="20">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
       <c r="E30" s="20">
         <v>0</v>
       </c>
       <c r="F30" s="20">
         <v>0.12</v>
       </c>
       <c r="G30" s="21">
-        <v>0.6</v>
+        <v>0.65</v>
       </c>
       <c r="H30" s="17" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="31" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="5"/>
       <c r="B31" s="18" t="s">
         <v>75</v>
       </c>
       <c r="C31" s="20">
         <v>0.15</v>
       </c>
       <c r="D31" s="20">
         <v>0.16</v>
       </c>
       <c r="E31" s="20">
         <v>0</v>
       </c>
       <c r="F31" s="20">
         <v>0.12</v>
       </c>
       <c r="G31" s="21">
-        <v>0.62</v>
+        <v>0.73</v>
       </c>
       <c r="H31" s="17" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:8" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="5"/>
       <c r="B32" s="18" t="s">
         <v>76</v>
       </c>
       <c r="C32" s="20">
-        <v>0.15</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="D32" s="20">
         <v>0.15</v>
       </c>
       <c r="E32" s="20">
         <v>0</v>
       </c>
       <c r="F32" s="20">
-        <v>0.14000000000000001</v>
+        <v>0.08</v>
       </c>
       <c r="G32" s="21">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="H32" s="17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:10" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="5"/>
-      <c r="B33" s="18" t="s">
+      <c r="B33" s="28" t="s">
         <v>77</v>
       </c>
-      <c r="C33" s="20">
-[...14 lines deleted...]
-      <c r="H33" s="17" t="s">
+      <c r="C33" s="20"/>
+      <c r="D33" s="20"/>
+      <c r="E33" s="22"/>
+      <c r="F33" s="20"/>
+      <c r="G33" s="21"/>
+      <c r="H33" s="27" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:10" s="6" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="5"/>
       <c r="B34" s="18" t="s">
         <v>65</v>
       </c>
       <c r="C34" s="20">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="D34" s="20">
         <v>0.15</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.16</v>
       </c>
       <c r="E34" s="20">
         <v>0</v>
       </c>
       <c r="F34" s="20">
-        <v>0.12</v>
+        <v>0.1</v>
       </c>
       <c r="G34" s="21">
-        <v>0.73</v>
+        <v>0.67</v>
       </c>
       <c r="H34" s="17" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:10" s="11" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="9"/>
       <c r="B35" s="23" t="s">
         <v>15</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="14"/>
       <c r="E35" s="14"/>
       <c r="F35" s="14"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15"/>
     </row>
     <row r="36" spans="1:10" s="11" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="9"/>
       <c r="B36" s="24" t="s">
         <v>21</v>
       </c>
       <c r="C36" s="10"/>
       <c r="D36" s="12"/>
       <c r="E36" s="12"/>
@@ -3251,79 +3251,79 @@
     </row>
     <row r="40" spans="1:10" s="9" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="26" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:10" s="9" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="26" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:10" s="9" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="26" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="43" spans="1:10" s="9" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="19" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:10" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="11"/>
     </row>
     <row r="45" spans="1:10" ht="20.25" x14ac:dyDescent="0.25">
-      <c r="B45" s="32" t="s">
+      <c r="B45" s="45" t="s">
         <v>14</v>
       </c>
-      <c r="C45" s="32"/>
-[...4 lines deleted...]
-      <c r="H45" s="32"/>
+      <c r="C45" s="45"/>
+      <c r="D45" s="45"/>
+      <c r="E45" s="45"/>
+      <c r="F45" s="45"/>
+      <c r="G45" s="45"/>
+      <c r="H45" s="45"/>
     </row>
     <row r="46" spans="1:10" ht="16.5" x14ac:dyDescent="0.25">
       <c r="C46" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="14">
-    <mergeCell ref="B3:E3"/>
-[...4 lines deleted...]
-    <mergeCell ref="E7:E8"/>
     <mergeCell ref="B45:H45"/>
     <mergeCell ref="H4:H8"/>
     <mergeCell ref="F4:F6"/>
     <mergeCell ref="G4:G6"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="G7:G8"/>
+    <mergeCell ref="B3:E3"/>
+    <mergeCell ref="B4:B8"/>
+    <mergeCell ref="C4:C6"/>
+    <mergeCell ref="D4:D6"/>
+    <mergeCell ref="E4:E6"/>
+    <mergeCell ref="E7:E8"/>
   </mergeCells>
   <phoneticPr fontId="37" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.74803149606299213" right="0.59055118110236227" top="0.74803149606299213" bottom="0.39370078740157483" header="0" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" firstPageNumber="21" orientation="portrait" useFirstPageNumber="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C - &amp;P -</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>