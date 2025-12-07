--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\10.（約29_30日）金融展望月刊(與金融指標表1到3一起做)【上網】【月刋給外銀】【指標1-3給信票】\央行資料轉檔_金融指標1~3\指標1~3\匯出更名\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{043E7E36-18F9-4FE5-82F1-4C151959CF7D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{158B94C7-99D1-46CC-8AC3-8BA13B975B54}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="01" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'01'!$A$2:$T$43</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G47" i="1" l="1"/>
   <c r="F47" i="1"/>
-  <c r="L38" i="1"/>
+  <c r="L38" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="96">
   <si>
     <t>單位：家</t>
   </si>
   <si>
     <t>Domestic Banks</t>
   </si>
   <si>
     <t>Credit Departments of Farmer's Associations</t>
   </si>
   <si>
     <t>Credit Departments of  Fishermen's Associations</t>
   </si>
   <si>
     <t>End of period</t>
   </si>
   <si>
     <r>
       <t>民國
 年</t>
     </r>
@@ -256,425 +256,423 @@
   </si>
   <si>
     <t>The Postal Savings System</t>
   </si>
   <si>
     <t>外國及大陸地區銀行在臺分行</t>
   </si>
   <si>
     <t>Local Branches of Foreign and Mainland Chinese Banks</t>
   </si>
   <si>
     <t>Source : Provided by individual institutions and Financial Statistics Monthly Compiled</t>
   </si>
   <si>
     <t xml:space="preserve">              by the Central Bank of the Republic of China (Taiwan).</t>
   </si>
   <si>
     <t>中華郵
 政儲匯
 處</t>
   </si>
   <si>
     <t>國內分支機構Branches</t>
   </si>
   <si>
+    <r>
+      <t>　　　　　</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11.5"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+      </rPr>
+      <t>4. 94</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11.5"/>
+        <color theme="1"/>
+        <rFont val="新細明體"/>
+        <charset val="136"/>
+      </rPr>
+      <t>年</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11.5"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+      </rPr>
+      <t>5</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11.5"/>
+        <color theme="1"/>
+        <rFont val="新細明體"/>
+        <charset val="136"/>
+      </rPr>
+      <t>月全國農業金庫成立，未計入本表。</t>
+    </r>
+  </si>
+  <si>
     <t>Credit Cooperatives</t>
   </si>
   <si>
     <t>Bills Finance Companies</t>
   </si>
   <si>
     <t xml:space="preserve">            refers to the total number of foreign banks Taiwan branches.</t>
   </si>
   <si>
     <t xml:space="preserve">         2.The data in sub-item of  “local branches of foreign and mainland Chinese banks”  under  “Head office ”        </t>
   </si>
   <si>
     <t xml:space="preserve">         3.The data in sub-item of  “local branches of foreign and mainland Chinese banks”  under  “Branches” </t>
   </si>
   <si>
     <t xml:space="preserve">            refers to the total number of foreign banks in Taiwan and is included in the  data of  “Branches”. </t>
   </si>
   <si>
     <r>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="細明體"/>
         <charset val="136"/>
       </rPr>
       <t>、</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
       </rPr>
       <t>Number of Financial Institutions</t>
     </r>
   </si>
   <si>
+    <r>
+      <t>　　　　　</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11.5"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+      </rPr>
+      <t>2.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11.5"/>
+        <color theme="1"/>
+        <rFont val="新細明體"/>
+        <charset val="136"/>
+      </rPr>
+      <t xml:space="preserve">「總機構」欄內之「外國及大陸地區銀行在臺分行」係指其在國內之代表行，         </t>
+    </r>
+  </si>
+  <si>
     <t>　　　　　   已包含於次頁之「分機構」內。</t>
   </si>
   <si>
     <r>
       <t>　　　　　</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
       </rPr>
       <t>3.</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
       </rPr>
       <t>「分機構」欄內之「外國及大陸地區銀行在臺分行」係指其在國內之營業據點</t>
     </r>
   </si>
   <si>
     <t>　　　　　   而言。</t>
   </si>
   <si>
-    <t>114年7月</t>
-[...2 lines deleted...]
-    <t>114.7</t>
+    <t>114年9月</t>
+  </si>
+  <si>
+    <t>114.9</t>
   </si>
   <si>
     <t>100年</t>
   </si>
   <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t xml:space="preserve">   　   9月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    　10月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    　11月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    　12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   1月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   2月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   3月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   4月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   5月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   6月</t>
+  </si>
+  <si>
     <t xml:space="preserve">   　   7月</t>
   </si>
   <si>
     <t xml:space="preserve">   　   8月</t>
   </si>
   <si>
-    <t xml:space="preserve">   　   9月</t>
-[...31 lines deleted...]
-  <si>
     <t xml:space="preserve"> 2011</t>
   </si>
   <si>
     <t xml:space="preserve"> 2012</t>
   </si>
   <si>
     <t xml:space="preserve"> 2013</t>
   </si>
   <si>
     <t xml:space="preserve"> 2014</t>
   </si>
   <si>
     <t xml:space="preserve"> 2015</t>
   </si>
   <si>
     <t xml:space="preserve"> 2016</t>
   </si>
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
     <t xml:space="preserve">         July</t>
   </si>
   <si>
     <t xml:space="preserve">         Aug.</t>
   </si>
   <si>
-    <t xml:space="preserve">         Sept.</t>
-[...31 lines deleted...]
-  <si>
     <t>資料來源：金融機構申報資料及中央銀行「金融統計月報」。</t>
-    <phoneticPr fontId="45" type="noConversion"/>
-[...21 lines deleted...]
-    </r>
     <phoneticPr fontId="45" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
         <scheme val="minor"/>
       </rPr>
       <t>說　　明：</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>1. 114</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
         <scheme val="minor"/>
       </rPr>
       <t>年</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>7</t>
+      <t>9</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
         <scheme val="minor"/>
       </rPr>
       <t>月底金融控股公司計</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>14</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
         <scheme val="minor"/>
       </rPr>
       <t>家。</t>
-    </r>
-[...38 lines deleted...]
-      <t>月全國農業金庫成立，未計入本表。</t>
     </r>
     <phoneticPr fontId="45" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="176" formatCode="#\ ###\ ##0"/>
     <numFmt numFmtId="177" formatCode="###\ ##0"/>
     <numFmt numFmtId="178" formatCode="\(###\ ##0\);\(###\ ##0\)"/>
   </numFmts>
   <fonts count="49" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
     </font>
     <font>
@@ -1724,51 +1722,51 @@
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="30" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="22" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="31" borderId="10" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="32" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyAlignment="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="1"/>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="1"/>
   </cellStyleXfs>
-  <cellXfs count="98">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="19" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="176" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -1881,145 +1879,139 @@
     <xf numFmtId="49" fontId="15" fillId="0" borderId="0" xfId="20" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="178" fontId="9" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="9" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="9" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="9" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="9" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="22" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="18" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="21" applyFont="1">
       <alignment vertical="center"/>
-    </xf>
-[...88 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="51">
     <cellStyle name="20% - 輔色1" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - 輔色2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - 輔色3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - 輔色4" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - 輔色5" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - 輔色6" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="40% - 輔色1" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="40% - 輔色2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="40% - 輔色3" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="40% - 輔色4" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="40% - 輔色5" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="40% - 輔色6" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="60% - 輔色1" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="60% - 輔色2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="60% - 輔色3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="60% - 輔色4" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="60% - 輔色5" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="60% - 輔色6" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="sample" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="sample 2" xfId="47" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="一般" xfId="0" builtinId="0"/>
     <cellStyle name="一般 2" xfId="20" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
@@ -2544,1957 +2536,1957 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:IT57"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane xSplit="2" ySplit="7" topLeftCell="C8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="C8" sqref="C8"/>
+      <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.75" style="3" customWidth="1"/>
     <col min="2" max="2" width="8.625" style="3" customWidth="1"/>
     <col min="3" max="3" width="9.625" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.625" style="6" customWidth="1"/>
     <col min="5" max="6" width="9.625" style="3" customWidth="1"/>
     <col min="7" max="7" width="10.625" style="3" customWidth="1"/>
     <col min="8" max="9" width="9.625" style="3" customWidth="1"/>
     <col min="10" max="11" width="1.75" style="3" customWidth="1"/>
     <col min="12" max="12" width="9.625" style="3" customWidth="1"/>
     <col min="13" max="13" width="11.625" style="3" customWidth="1"/>
     <col min="14" max="15" width="9.625" style="3" customWidth="1"/>
     <col min="16" max="16" width="10.625" style="3" customWidth="1"/>
     <col min="17" max="18" width="9.625" style="3" customWidth="1"/>
     <col min="19" max="19" width="8.625" style="3" customWidth="1"/>
     <col min="20" max="20" width="1.75" style="3" customWidth="1"/>
     <col min="21" max="254" width="9" style="3" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B1" s="4"/>
       <c r="C1" s="27" t="s">
         <v>8</v>
       </c>
       <c r="O1" s="27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="2:19" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B2" s="29" t="s">
         <v>15</v>
       </c>
       <c r="I2" s="7"/>
       <c r="P2" s="8"/>
       <c r="Q2" s="8"/>
       <c r="R2" s="7"/>
       <c r="S2" s="31" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="2:19" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B3" s="52" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I3" s="7"/>
       <c r="P3" s="9"/>
       <c r="Q3" s="9"/>
       <c r="R3" s="7"/>
       <c r="S3" s="30" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="2:19" s="10" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="82" t="s">
+      <c r="B4" s="88" t="s">
         <v>5</v>
       </c>
-      <c r="C4" s="75" t="s">
+      <c r="C4" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="D4" s="76"/>
-[...4 lines deleted...]
-      <c r="I4" s="77"/>
+      <c r="D4" s="82"/>
+      <c r="E4" s="82"/>
+      <c r="F4" s="82"/>
+      <c r="G4" s="82"/>
+      <c r="H4" s="82"/>
+      <c r="I4" s="83"/>
       <c r="J4" s="11"/>
       <c r="K4" s="11"/>
-      <c r="L4" s="78" t="s">
+      <c r="L4" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="M4" s="79"/>
-[...3 lines deleted...]
-      <c r="Q4" s="79"/>
+      <c r="M4" s="85"/>
+      <c r="N4" s="85"/>
+      <c r="O4" s="85"/>
+      <c r="P4" s="85"/>
+      <c r="Q4" s="85"/>
       <c r="R4" s="21"/>
-      <c r="S4" s="72" t="s">
+      <c r="S4" s="78" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="2:19" s="10" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="83"/>
-      <c r="C5" s="80" t="s">
+      <c r="B5" s="89"/>
+      <c r="C5" s="86" t="s">
         <v>10</v>
       </c>
-      <c r="D5" s="87" t="s">
+      <c r="D5" s="67" t="s">
         <v>20</v>
       </c>
-      <c r="E5" s="87" t="s">
+      <c r="E5" s="67" t="s">
         <v>11</v>
       </c>
-      <c r="F5" s="87" t="s">
+      <c r="F5" s="67" t="s">
         <v>12</v>
       </c>
-      <c r="G5" s="87" t="s">
+      <c r="G5" s="67" t="s">
         <v>13</v>
       </c>
-      <c r="H5" s="95" t="s">
+      <c r="H5" s="73" t="s">
         <v>14</v>
       </c>
-      <c r="I5" s="91" t="s">
+      <c r="I5" s="69" t="s">
         <v>24</v>
       </c>
       <c r="J5" s="28"/>
       <c r="K5" s="28"/>
-      <c r="L5" s="93" t="s">
+      <c r="L5" s="71" t="s">
         <v>10</v>
       </c>
-      <c r="M5" s="87" t="s">
+      <c r="M5" s="67" t="s">
         <v>20</v>
       </c>
-      <c r="N5" s="87" t="s">
+      <c r="N5" s="67" t="s">
         <v>11</v>
       </c>
-      <c r="O5" s="87" t="s">
+      <c r="O5" s="67" t="s">
         <v>12</v>
       </c>
-      <c r="P5" s="87" t="s">
+      <c r="P5" s="67" t="s">
         <v>13</v>
       </c>
-      <c r="Q5" s="69" t="s">
+      <c r="Q5" s="75" t="s">
         <v>14</v>
       </c>
-      <c r="R5" s="85" t="s">
+      <c r="R5" s="91" t="s">
         <v>24</v>
       </c>
-      <c r="S5" s="73"/>
+      <c r="S5" s="79"/>
     </row>
     <row r="6" spans="2:19" s="10" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="83"/>
-[...6 lines deleted...]
-      <c r="I6" s="92"/>
+      <c r="B6" s="89"/>
+      <c r="C6" s="87"/>
+      <c r="D6" s="68"/>
+      <c r="E6" s="93"/>
+      <c r="F6" s="93"/>
+      <c r="G6" s="93"/>
+      <c r="H6" s="74"/>
+      <c r="I6" s="70"/>
       <c r="J6" s="28"/>
       <c r="K6" s="28"/>
-      <c r="L6" s="94"/>
-[...6 lines deleted...]
-      <c r="S6" s="73"/>
+      <c r="L6" s="72"/>
+      <c r="M6" s="68"/>
+      <c r="N6" s="93"/>
+      <c r="O6" s="93"/>
+      <c r="P6" s="93"/>
+      <c r="Q6" s="76"/>
+      <c r="R6" s="92"/>
+      <c r="S6" s="79"/>
     </row>
     <row r="7" spans="2:19" s="12" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="84"/>
+      <c r="B7" s="90"/>
       <c r="C7" s="14" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="15" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="15" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F7" s="15" t="s">
         <v>2</v>
       </c>
       <c r="G7" s="15" t="s">
         <v>3</v>
       </c>
       <c r="H7" s="17" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I7" s="16" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="13" t="s">
         <v>1</v>
       </c>
       <c r="M7" s="15" t="s">
         <v>21</v>
       </c>
       <c r="N7" s="15" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" s="15" t="s">
         <v>2</v>
       </c>
       <c r="P7" s="15" t="s">
         <v>3</v>
       </c>
       <c r="Q7" s="17" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="R7" s="15" t="s">
         <v>19</v>
       </c>
-      <c r="S7" s="74"/>
+      <c r="S7" s="80"/>
     </row>
     <row r="8" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="58" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C8" s="59">
         <v>37</v>
       </c>
       <c r="D8" s="60">
         <v>-28</v>
       </c>
       <c r="E8" s="61">
         <v>25</v>
       </c>
       <c r="F8" s="61">
         <v>277</v>
       </c>
       <c r="G8" s="61">
         <v>25</v>
       </c>
       <c r="H8" s="62">
         <v>8</v>
       </c>
       <c r="I8" s="63">
         <v>1</v>
       </c>
       <c r="J8" s="12"/>
       <c r="K8" s="12"/>
       <c r="L8" s="64">
         <v>3359</v>
       </c>
       <c r="M8" s="61">
         <v>92</v>
       </c>
       <c r="N8" s="61">
         <v>255</v>
       </c>
       <c r="O8" s="61">
         <v>815</v>
       </c>
       <c r="P8" s="61">
         <v>43</v>
       </c>
       <c r="Q8" s="62">
         <v>30</v>
       </c>
       <c r="R8" s="61">
         <v>1323</v>
       </c>
       <c r="S8" s="65" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="58" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C9" s="59">
         <v>38</v>
       </c>
       <c r="D9" s="60">
         <v>-30</v>
       </c>
       <c r="E9" s="61">
         <v>24</v>
       </c>
       <c r="F9" s="61">
         <v>277</v>
       </c>
       <c r="G9" s="61">
         <v>25</v>
       </c>
       <c r="H9" s="62">
         <v>8</v>
       </c>
       <c r="I9" s="63">
         <v>1</v>
       </c>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="64">
         <v>3416</v>
       </c>
       <c r="M9" s="61">
         <v>51</v>
       </c>
       <c r="N9" s="61">
         <v>255</v>
       </c>
       <c r="O9" s="61">
         <v>817</v>
       </c>
       <c r="P9" s="61">
         <v>43</v>
       </c>
       <c r="Q9" s="62">
         <v>30</v>
       </c>
       <c r="R9" s="61">
         <v>1323</v>
       </c>
       <c r="S9" s="65" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="10" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B10" s="58" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C10" s="59">
         <v>39</v>
       </c>
       <c r="D10" s="60">
         <v>-31</v>
       </c>
       <c r="E10" s="61">
         <v>24</v>
       </c>
       <c r="F10" s="61">
         <v>278</v>
       </c>
       <c r="G10" s="61">
         <v>25</v>
       </c>
       <c r="H10" s="62">
         <v>8</v>
       </c>
       <c r="I10" s="63">
         <v>1</v>
       </c>
       <c r="J10" s="12"/>
       <c r="K10" s="12"/>
       <c r="L10" s="64">
         <v>3442</v>
       </c>
       <c r="M10" s="61">
         <v>39</v>
       </c>
       <c r="N10" s="61">
         <v>257</v>
       </c>
       <c r="O10" s="61">
         <v>823</v>
       </c>
       <c r="P10" s="61">
         <v>44</v>
       </c>
       <c r="Q10" s="62">
         <v>30</v>
       </c>
       <c r="R10" s="61">
         <v>1322</v>
       </c>
       <c r="S10" s="65" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="11" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" s="58" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C11" s="59">
         <v>39</v>
       </c>
       <c r="D11" s="60">
         <v>-30</v>
       </c>
       <c r="E11" s="61">
         <v>23</v>
       </c>
       <c r="F11" s="61">
         <v>281</v>
       </c>
       <c r="G11" s="61">
         <v>25</v>
       </c>
       <c r="H11" s="62">
         <v>8</v>
       </c>
       <c r="I11" s="63">
         <v>1</v>
       </c>
       <c r="J11" s="12"/>
       <c r="K11" s="12"/>
       <c r="L11" s="64">
         <v>3460</v>
       </c>
       <c r="M11" s="61">
         <v>39</v>
       </c>
       <c r="N11" s="61">
         <v>246</v>
       </c>
       <c r="O11" s="61">
         <v>820</v>
       </c>
       <c r="P11" s="61">
         <v>44</v>
       </c>
       <c r="Q11" s="62">
         <v>30</v>
       </c>
       <c r="R11" s="61">
         <v>1323</v>
       </c>
       <c r="S11" s="65" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B12" s="58" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C12" s="59">
         <v>39</v>
       </c>
       <c r="D12" s="60">
         <v>-30</v>
       </c>
       <c r="E12" s="61">
         <v>23</v>
       </c>
       <c r="F12" s="61">
         <v>282</v>
       </c>
       <c r="G12" s="61">
         <v>27</v>
       </c>
       <c r="H12" s="62">
         <v>8</v>
       </c>
       <c r="I12" s="63">
         <v>1</v>
       </c>
       <c r="J12" s="12"/>
       <c r="K12" s="12"/>
       <c r="L12" s="64">
         <v>3442</v>
       </c>
       <c r="M12" s="61">
         <v>39</v>
       </c>
       <c r="N12" s="61">
         <v>253</v>
       </c>
       <c r="O12" s="61">
         <v>822</v>
       </c>
       <c r="P12" s="61">
         <v>43</v>
       </c>
       <c r="Q12" s="62">
         <v>30</v>
       </c>
       <c r="R12" s="61">
         <v>1324</v>
       </c>
       <c r="S12" s="65" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="13" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B13" s="58" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C13" s="59">
         <v>39</v>
       </c>
       <c r="D13" s="60">
         <v>-29</v>
       </c>
       <c r="E13" s="61">
         <v>23</v>
       </c>
       <c r="F13" s="61">
         <v>283</v>
       </c>
       <c r="G13" s="61">
         <v>28</v>
       </c>
       <c r="H13" s="62">
         <v>8</v>
       </c>
       <c r="I13" s="63">
         <v>1</v>
       </c>
       <c r="J13" s="12"/>
       <c r="K13" s="12"/>
       <c r="L13" s="64">
         <v>3430</v>
       </c>
       <c r="M13" s="61">
         <v>38</v>
       </c>
       <c r="N13" s="61">
         <v>260</v>
       </c>
       <c r="O13" s="61">
         <v>822</v>
       </c>
       <c r="P13" s="61">
         <v>43</v>
       </c>
       <c r="Q13" s="62">
         <v>30</v>
       </c>
       <c r="R13" s="61">
         <v>1311</v>
       </c>
       <c r="S13" s="65" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="14" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B14" s="58" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C14" s="59">
         <v>38</v>
       </c>
       <c r="D14" s="60">
         <v>-29</v>
       </c>
       <c r="E14" s="61">
         <v>23</v>
       </c>
       <c r="F14" s="61">
         <v>283</v>
       </c>
       <c r="G14" s="61">
         <v>28</v>
       </c>
       <c r="H14" s="62">
         <v>8</v>
       </c>
       <c r="I14" s="63">
         <v>1</v>
       </c>
       <c r="J14" s="12"/>
       <c r="K14" s="12"/>
       <c r="L14" s="64">
         <v>3417</v>
       </c>
       <c r="M14" s="61">
         <v>38</v>
       </c>
       <c r="N14" s="61">
         <v>268</v>
       </c>
       <c r="O14" s="61">
         <v>821</v>
       </c>
       <c r="P14" s="61">
         <v>44</v>
       </c>
       <c r="Q14" s="62">
         <v>30</v>
       </c>
       <c r="R14" s="61">
         <v>1307</v>
       </c>
       <c r="S14" s="65" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="15" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B15" s="58" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C15" s="59">
         <v>37</v>
       </c>
       <c r="D15" s="60">
         <v>-29</v>
       </c>
       <c r="E15" s="61">
         <v>23</v>
       </c>
       <c r="F15" s="61">
         <v>283</v>
       </c>
       <c r="G15" s="61">
         <v>28</v>
       </c>
       <c r="H15" s="62">
         <v>8</v>
       </c>
       <c r="I15" s="63">
         <v>1</v>
       </c>
       <c r="J15" s="12"/>
       <c r="K15" s="12"/>
       <c r="L15" s="64">
         <v>3403</v>
       </c>
       <c r="M15" s="61">
         <v>38</v>
       </c>
       <c r="N15" s="61">
         <v>276</v>
       </c>
       <c r="O15" s="61">
         <v>817</v>
       </c>
       <c r="P15" s="61">
         <v>43</v>
       </c>
       <c r="Q15" s="62">
         <v>30</v>
       </c>
       <c r="R15" s="61">
         <v>1298</v>
       </c>
       <c r="S15" s="65" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="16" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B16" s="58" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C16" s="59">
         <v>36</v>
       </c>
       <c r="D16" s="60">
         <v>-29</v>
       </c>
       <c r="E16" s="61">
         <v>23</v>
       </c>
       <c r="F16" s="61">
         <v>283</v>
       </c>
       <c r="G16" s="61">
         <v>28</v>
       </c>
       <c r="H16" s="62">
         <v>8</v>
       </c>
       <c r="I16" s="63">
         <v>1</v>
       </c>
       <c r="J16" s="12"/>
       <c r="K16" s="12"/>
       <c r="L16" s="64">
         <v>3405</v>
       </c>
       <c r="M16" s="61">
         <v>38</v>
       </c>
       <c r="N16" s="61">
         <v>284</v>
       </c>
       <c r="O16" s="61">
         <v>814</v>
       </c>
       <c r="P16" s="61">
         <v>43</v>
       </c>
       <c r="Q16" s="62">
         <v>30</v>
       </c>
       <c r="R16" s="61">
         <v>1298</v>
       </c>
       <c r="S16" s="65" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="17" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B17" s="58" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C17" s="59">
         <v>37</v>
       </c>
       <c r="D17" s="60">
         <v>-29</v>
       </c>
       <c r="E17" s="61">
         <v>23</v>
       </c>
       <c r="F17" s="61">
         <v>283</v>
       </c>
       <c r="G17" s="61">
         <v>28</v>
       </c>
       <c r="H17" s="62">
         <v>8</v>
       </c>
       <c r="I17" s="63">
         <v>1</v>
       </c>
       <c r="J17" s="12"/>
       <c r="K17" s="12"/>
       <c r="L17" s="64">
         <v>3403</v>
       </c>
       <c r="M17" s="61">
         <v>38</v>
       </c>
       <c r="N17" s="61">
         <v>285</v>
       </c>
       <c r="O17" s="61">
         <v>810</v>
       </c>
       <c r="P17" s="61">
         <v>43</v>
       </c>
       <c r="Q17" s="62">
         <v>30</v>
       </c>
       <c r="R17" s="61">
         <v>1300</v>
       </c>
       <c r="S17" s="65" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B18" s="58" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C18" s="59">
         <v>38</v>
       </c>
       <c r="D18" s="60">
         <v>-30</v>
       </c>
       <c r="E18" s="61">
         <v>23</v>
       </c>
       <c r="F18" s="61">
         <v>283</v>
       </c>
       <c r="G18" s="61">
         <v>28</v>
       </c>
       <c r="H18" s="62">
         <v>8</v>
       </c>
       <c r="I18" s="63">
         <v>1</v>
       </c>
       <c r="J18" s="12"/>
       <c r="K18" s="12"/>
       <c r="L18" s="64">
         <v>3404</v>
       </c>
       <c r="M18" s="61">
         <v>39</v>
       </c>
       <c r="N18" s="61">
         <v>287</v>
       </c>
       <c r="O18" s="61">
         <v>809</v>
       </c>
       <c r="P18" s="61">
         <v>43</v>
       </c>
       <c r="Q18" s="62">
         <v>30</v>
       </c>
       <c r="R18" s="61">
         <v>1299</v>
       </c>
       <c r="S18" s="65" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="19" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B19" s="58" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C19" s="59">
         <v>39</v>
       </c>
       <c r="D19" s="60">
         <v>-31</v>
       </c>
       <c r="E19" s="61">
         <v>23</v>
       </c>
       <c r="F19" s="61">
         <v>283</v>
       </c>
       <c r="G19" s="61">
         <v>28</v>
       </c>
       <c r="H19" s="62">
         <v>8</v>
       </c>
       <c r="I19" s="63">
         <v>1</v>
       </c>
       <c r="J19" s="12"/>
       <c r="K19" s="12"/>
       <c r="L19" s="64">
         <v>3384</v>
       </c>
       <c r="M19" s="61">
         <v>40</v>
       </c>
       <c r="N19" s="61">
         <v>288</v>
       </c>
       <c r="O19" s="61">
         <v>803</v>
       </c>
       <c r="P19" s="61">
         <v>44</v>
       </c>
       <c r="Q19" s="62">
         <v>30</v>
       </c>
       <c r="R19" s="61">
         <v>1298</v>
       </c>
       <c r="S19" s="65" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="20" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B20" s="58" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C20" s="59">
         <v>38</v>
       </c>
       <c r="D20" s="60">
         <v>-31</v>
       </c>
       <c r="E20" s="61">
         <v>23</v>
       </c>
       <c r="F20" s="61">
         <v>283</v>
       </c>
       <c r="G20" s="61">
         <v>28</v>
       </c>
       <c r="H20" s="62">
         <v>8</v>
       </c>
       <c r="I20" s="63">
         <v>1</v>
       </c>
       <c r="J20" s="12"/>
       <c r="K20" s="12"/>
       <c r="L20" s="64">
         <v>3393</v>
       </c>
       <c r="M20" s="61">
         <v>40</v>
       </c>
       <c r="N20" s="61">
         <v>289</v>
       </c>
       <c r="O20" s="61">
         <v>798</v>
       </c>
       <c r="P20" s="61">
         <v>44</v>
       </c>
       <c r="Q20" s="62">
         <v>30</v>
       </c>
       <c r="R20" s="61">
         <v>1296</v>
       </c>
       <c r="S20" s="65" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="21" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B21" s="58" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C21" s="59">
         <v>38</v>
       </c>
       <c r="D21" s="60">
         <v>-31</v>
       </c>
       <c r="E21" s="61">
         <v>23</v>
       </c>
       <c r="F21" s="61">
         <v>283</v>
       </c>
       <c r="G21" s="61">
         <v>28</v>
       </c>
       <c r="H21" s="62">
         <v>8</v>
       </c>
       <c r="I21" s="63">
         <v>1</v>
       </c>
       <c r="J21" s="12"/>
       <c r="K21" s="12"/>
       <c r="L21" s="64">
         <v>3379</v>
       </c>
       <c r="M21" s="61">
         <v>40</v>
       </c>
       <c r="N21" s="61">
         <v>291</v>
       </c>
       <c r="O21" s="61">
         <v>797</v>
       </c>
       <c r="P21" s="61">
         <v>43</v>
       </c>
       <c r="Q21" s="62">
         <v>30</v>
       </c>
       <c r="R21" s="61">
         <v>1295</v>
       </c>
       <c r="S21" s="65" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="22" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="42" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C22" s="43">
         <v>38</v>
       </c>
       <c r="D22" s="44">
         <v>-31</v>
       </c>
       <c r="E22" s="45">
         <v>23</v>
       </c>
       <c r="F22" s="45">
         <v>283</v>
       </c>
       <c r="G22" s="45">
         <v>28</v>
       </c>
       <c r="H22" s="46">
         <v>8</v>
       </c>
       <c r="I22" s="47">
         <v>1</v>
       </c>
       <c r="J22" s="12"/>
       <c r="K22" s="12"/>
       <c r="L22" s="48">
-        <v>3390</v>
+        <v>3385</v>
       </c>
       <c r="M22" s="45">
         <v>40</v>
       </c>
       <c r="N22" s="45">
         <v>291</v>
       </c>
       <c r="O22" s="45">
         <v>797</v>
       </c>
       <c r="P22" s="45">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="Q22" s="46">
         <v>30</v>
       </c>
       <c r="R22" s="45">
-        <v>1296</v>
+        <v>1295</v>
       </c>
       <c r="S22" s="49" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="23" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="42" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C23" s="43">
         <v>38</v>
       </c>
       <c r="D23" s="44">
         <v>-31</v>
       </c>
       <c r="E23" s="45">
         <v>23</v>
       </c>
       <c r="F23" s="45">
         <v>283</v>
       </c>
       <c r="G23" s="45">
         <v>28</v>
       </c>
       <c r="H23" s="46">
         <v>8</v>
       </c>
       <c r="I23" s="47">
         <v>1</v>
       </c>
       <c r="J23" s="12"/>
       <c r="K23" s="12"/>
       <c r="L23" s="48">
-        <v>3388</v>
+        <v>3379</v>
       </c>
       <c r="M23" s="45">
         <v>40</v>
       </c>
       <c r="N23" s="45">
         <v>291</v>
       </c>
       <c r="O23" s="45">
         <v>797</v>
       </c>
       <c r="P23" s="45">
         <v>43</v>
       </c>
       <c r="Q23" s="46">
         <v>30</v>
       </c>
       <c r="R23" s="45">
-        <v>1296</v>
+        <v>1295</v>
       </c>
       <c r="S23" s="49" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="24" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B24" s="42" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C24" s="43">
         <v>38</v>
       </c>
       <c r="D24" s="44">
         <v>-31</v>
       </c>
       <c r="E24" s="45">
         <v>23</v>
       </c>
       <c r="F24" s="45">
         <v>283</v>
       </c>
       <c r="G24" s="45">
         <v>28</v>
       </c>
       <c r="H24" s="46">
         <v>8</v>
       </c>
       <c r="I24" s="47">
         <v>1</v>
       </c>
       <c r="J24" s="12"/>
       <c r="K24" s="12"/>
       <c r="L24" s="48">
-        <v>3385</v>
+        <v>3379</v>
       </c>
       <c r="M24" s="45">
         <v>40</v>
       </c>
       <c r="N24" s="45">
         <v>291</v>
       </c>
       <c r="O24" s="45">
         <v>797</v>
       </c>
       <c r="P24" s="45">
         <v>43</v>
       </c>
       <c r="Q24" s="46">
         <v>30</v>
       </c>
       <c r="R24" s="45">
         <v>1295</v>
       </c>
       <c r="S24" s="49" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="25" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="42" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C25" s="43">
         <v>38</v>
       </c>
       <c r="D25" s="44">
         <v>-31</v>
       </c>
       <c r="E25" s="45">
         <v>23</v>
       </c>
       <c r="F25" s="45">
         <v>283</v>
       </c>
       <c r="G25" s="45">
         <v>28</v>
       </c>
       <c r="H25" s="46">
         <v>8</v>
       </c>
       <c r="I25" s="47">
         <v>1</v>
       </c>
       <c r="J25" s="12"/>
       <c r="K25" s="12"/>
       <c r="L25" s="48">
         <v>3379</v>
       </c>
       <c r="M25" s="45">
         <v>40</v>
       </c>
       <c r="N25" s="45">
         <v>291</v>
       </c>
       <c r="O25" s="45">
         <v>797</v>
       </c>
       <c r="P25" s="45">
         <v>43</v>
       </c>
       <c r="Q25" s="46">
         <v>30</v>
       </c>
       <c r="R25" s="45">
         <v>1295</v>
       </c>
       <c r="S25" s="49" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="26" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B26" s="42" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B26" s="58" t="s">
+        <v>58</v>
+      </c>
+      <c r="C26" s="43"/>
+      <c r="D26" s="44"/>
+      <c r="E26" s="45"/>
+      <c r="F26" s="45"/>
+      <c r="G26" s="45"/>
+      <c r="H26" s="46"/>
+      <c r="I26" s="47"/>
       <c r="J26" s="12"/>
       <c r="K26" s="12"/>
-      <c r="L26" s="48">
-[...21 lines deleted...]
-        <v>83</v>
+      <c r="L26" s="48"/>
+      <c r="M26" s="45"/>
+      <c r="N26" s="45"/>
+      <c r="O26" s="45"/>
+      <c r="P26" s="45"/>
+      <c r="Q26" s="46"/>
+      <c r="R26" s="45"/>
+      <c r="S26" s="65" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="27" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B27" s="42" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C27" s="43">
         <v>38</v>
       </c>
       <c r="D27" s="44">
         <v>-31</v>
       </c>
       <c r="E27" s="45">
         <v>23</v>
       </c>
       <c r="F27" s="45">
         <v>283</v>
       </c>
       <c r="G27" s="45">
         <v>28</v>
       </c>
       <c r="H27" s="46">
         <v>8</v>
       </c>
       <c r="I27" s="47">
         <v>1</v>
       </c>
       <c r="J27" s="12"/>
       <c r="K27" s="12"/>
       <c r="L27" s="48">
         <v>3379</v>
       </c>
       <c r="M27" s="45">
         <v>40</v>
       </c>
       <c r="N27" s="45">
         <v>291</v>
       </c>
       <c r="O27" s="45">
         <v>797</v>
       </c>
       <c r="P27" s="45">
         <v>43</v>
       </c>
       <c r="Q27" s="46">
         <v>30</v>
       </c>
       <c r="R27" s="45">
         <v>1295</v>
       </c>
       <c r="S27" s="49" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="28" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B28" s="58" t="s">
-[...8 lines deleted...]
-      <c r="I28" s="47"/>
+      <c r="B28" s="42" t="s">
+        <v>60</v>
+      </c>
+      <c r="C28" s="43">
+        <v>38</v>
+      </c>
+      <c r="D28" s="44">
+        <v>-31</v>
+      </c>
+      <c r="E28" s="45">
+        <v>23</v>
+      </c>
+      <c r="F28" s="45">
+        <v>283</v>
+      </c>
+      <c r="G28" s="45">
+        <v>28</v>
+      </c>
+      <c r="H28" s="46">
+        <v>8</v>
+      </c>
+      <c r="I28" s="47">
+        <v>1</v>
+      </c>
       <c r="J28" s="12"/>
       <c r="K28" s="12"/>
-      <c r="L28" s="48"/>
-[...7 lines deleted...]
-        <v>85</v>
+      <c r="L28" s="48">
+        <v>3376</v>
+      </c>
+      <c r="M28" s="45">
+        <v>40</v>
+      </c>
+      <c r="N28" s="45">
+        <v>291</v>
+      </c>
+      <c r="O28" s="45">
+        <v>797</v>
+      </c>
+      <c r="P28" s="45">
+        <v>43</v>
+      </c>
+      <c r="Q28" s="46">
+        <v>30</v>
+      </c>
+      <c r="R28" s="45">
+        <v>1295</v>
+      </c>
+      <c r="S28" s="49" t="s">
+        <v>87</v>
       </c>
     </row>
     <row r="29" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="42" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C29" s="43">
         <v>38</v>
       </c>
       <c r="D29" s="44">
         <v>-31</v>
       </c>
       <c r="E29" s="45">
         <v>23</v>
       </c>
       <c r="F29" s="45">
         <v>283</v>
       </c>
       <c r="G29" s="45">
         <v>28</v>
       </c>
       <c r="H29" s="46">
         <v>8</v>
       </c>
       <c r="I29" s="47">
         <v>1</v>
       </c>
       <c r="J29" s="12"/>
       <c r="K29" s="12"/>
       <c r="L29" s="48">
-        <v>3379</v>
+        <v>3374</v>
       </c>
       <c r="M29" s="45">
         <v>40</v>
       </c>
       <c r="N29" s="45">
         <v>291</v>
       </c>
       <c r="O29" s="45">
         <v>797</v>
       </c>
       <c r="P29" s="45">
         <v>43</v>
       </c>
       <c r="Q29" s="46">
         <v>30</v>
       </c>
       <c r="R29" s="45">
         <v>1295</v>
       </c>
       <c r="S29" s="49" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="30" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="42" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C30" s="43">
         <v>38</v>
       </c>
       <c r="D30" s="44">
         <v>-31</v>
       </c>
       <c r="E30" s="45">
         <v>23</v>
       </c>
       <c r="F30" s="45">
         <v>283</v>
       </c>
       <c r="G30" s="45">
         <v>28</v>
       </c>
       <c r="H30" s="46">
         <v>8</v>
       </c>
       <c r="I30" s="47">
         <v>1</v>
       </c>
       <c r="J30" s="12"/>
       <c r="K30" s="12"/>
       <c r="L30" s="48">
-        <v>3376</v>
+        <v>3370</v>
       </c>
       <c r="M30" s="45">
         <v>40</v>
       </c>
       <c r="N30" s="45">
         <v>291</v>
       </c>
       <c r="O30" s="45">
         <v>797</v>
       </c>
       <c r="P30" s="45">
         <v>43</v>
       </c>
       <c r="Q30" s="46">
         <v>30</v>
       </c>
       <c r="R30" s="45">
         <v>1295</v>
       </c>
       <c r="S30" s="49" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B31" s="42" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C31" s="43">
         <v>38</v>
       </c>
       <c r="D31" s="44">
         <v>-31</v>
       </c>
       <c r="E31" s="45">
         <v>23</v>
       </c>
       <c r="F31" s="45">
         <v>283</v>
       </c>
       <c r="G31" s="45">
         <v>28</v>
       </c>
       <c r="H31" s="46">
         <v>8</v>
       </c>
       <c r="I31" s="47">
         <v>1</v>
       </c>
       <c r="J31" s="12"/>
       <c r="K31" s="12"/>
       <c r="L31" s="48">
-        <v>3374</v>
+        <v>3369</v>
       </c>
       <c r="M31" s="45">
         <v>40</v>
       </c>
       <c r="N31" s="45">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="O31" s="45">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="P31" s="45">
         <v>43</v>
       </c>
       <c r="Q31" s="46">
         <v>30</v>
       </c>
       <c r="R31" s="45">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="S31" s="49" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="32" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="42" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C32" s="43">
         <v>38</v>
       </c>
       <c r="D32" s="44">
         <v>-31</v>
       </c>
       <c r="E32" s="45">
         <v>23</v>
       </c>
       <c r="F32" s="45">
         <v>283</v>
       </c>
       <c r="G32" s="45">
         <v>28</v>
       </c>
       <c r="H32" s="46">
         <v>8</v>
       </c>
       <c r="I32" s="47">
         <v>1</v>
       </c>
       <c r="J32" s="12"/>
       <c r="K32" s="12"/>
       <c r="L32" s="48">
-        <v>3370</v>
+        <v>3369</v>
       </c>
       <c r="M32" s="45">
         <v>40</v>
       </c>
       <c r="N32" s="45">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="O32" s="45">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="P32" s="45">
         <v>43</v>
       </c>
       <c r="Q32" s="46">
         <v>30</v>
       </c>
       <c r="R32" s="45">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="S32" s="49" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="33" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B33" s="42" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C33" s="43">
         <v>38</v>
       </c>
       <c r="D33" s="44">
         <v>-31</v>
       </c>
       <c r="E33" s="45">
         <v>23</v>
       </c>
       <c r="F33" s="45">
         <v>283</v>
       </c>
       <c r="G33" s="45">
         <v>28</v>
       </c>
       <c r="H33" s="46">
         <v>8</v>
       </c>
       <c r="I33" s="47">
         <v>1</v>
       </c>
       <c r="J33" s="12"/>
       <c r="K33" s="12"/>
       <c r="L33" s="48">
-        <v>3369</v>
+        <v>3366</v>
       </c>
       <c r="M33" s="45">
         <v>40</v>
       </c>
       <c r="N33" s="45">
         <v>292</v>
       </c>
       <c r="O33" s="45">
         <v>796</v>
       </c>
       <c r="P33" s="45">
         <v>43</v>
       </c>
       <c r="Q33" s="46">
         <v>30</v>
       </c>
       <c r="R33" s="45">
         <v>1294</v>
       </c>
       <c r="S33" s="49" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="34" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B34" s="42" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C34" s="43">
         <v>38</v>
       </c>
       <c r="D34" s="44">
         <v>-31</v>
       </c>
       <c r="E34" s="45">
         <v>23</v>
       </c>
       <c r="F34" s="45">
         <v>283</v>
       </c>
       <c r="G34" s="45">
         <v>28</v>
       </c>
       <c r="H34" s="46">
         <v>8</v>
       </c>
       <c r="I34" s="47">
         <v>1</v>
       </c>
       <c r="J34" s="12"/>
       <c r="K34" s="12"/>
       <c r="L34" s="48">
-        <v>3369</v>
+        <v>3358</v>
       </c>
       <c r="M34" s="45">
         <v>40</v>
       </c>
       <c r="N34" s="45">
         <v>292</v>
       </c>
       <c r="O34" s="45">
         <v>796</v>
       </c>
       <c r="P34" s="45">
         <v>43</v>
       </c>
       <c r="Q34" s="46">
         <v>30</v>
       </c>
       <c r="R34" s="45">
         <v>1294</v>
       </c>
       <c r="S34" s="49" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="35" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="42" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C35" s="43">
         <v>38</v>
       </c>
       <c r="D35" s="44">
         <v>-31</v>
       </c>
       <c r="E35" s="45">
         <v>23</v>
       </c>
       <c r="F35" s="45">
         <v>283</v>
       </c>
       <c r="G35" s="45">
         <v>28</v>
       </c>
       <c r="H35" s="46">
         <v>8</v>
       </c>
       <c r="I35" s="47">
         <v>1</v>
       </c>
       <c r="J35" s="12"/>
       <c r="K35" s="12"/>
       <c r="L35" s="48">
-        <v>3366</v>
+        <v>3358</v>
       </c>
       <c r="M35" s="45">
         <v>40</v>
       </c>
       <c r="N35" s="45">
         <v>292</v>
       </c>
       <c r="O35" s="45">
         <v>796</v>
       </c>
       <c r="P35" s="45">
         <v>43</v>
       </c>
       <c r="Q35" s="46">
         <v>30</v>
       </c>
       <c r="R35" s="45">
         <v>1294</v>
       </c>
       <c r="S35" s="49" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="36" spans="2:19" s="3" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B36" s="66" t="s">
-        <v>92</v>
+      <c r="B36" s="94" t="s">
+        <v>94</v>
       </c>
       <c r="C36" s="38"/>
       <c r="D36" s="38"/>
       <c r="E36" s="38"/>
       <c r="F36" s="38"/>
       <c r="G36" s="38"/>
       <c r="H36" s="38"/>
       <c r="I36" s="38"/>
       <c r="J36" s="24"/>
       <c r="K36" s="24"/>
       <c r="L36" s="34" t="s">
         <v>22</v>
       </c>
       <c r="M36" s="35"/>
       <c r="N36" s="35"/>
       <c r="O36" s="35"/>
       <c r="P36" s="35"/>
       <c r="Q36" s="35"/>
       <c r="R36" s="33"/>
       <c r="S36" s="35"/>
     </row>
     <row r="37" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B37" s="67" t="s">
-        <v>94</v>
+      <c r="B37" s="95" t="s">
+        <v>95</v>
       </c>
       <c r="C37" s="39"/>
       <c r="D37" s="37"/>
       <c r="E37" s="37"/>
       <c r="F37" s="37"/>
       <c r="G37" s="39"/>
       <c r="H37" s="39"/>
       <c r="I37" s="39"/>
       <c r="J37" s="12"/>
       <c r="K37" s="12"/>
       <c r="L37" s="32" t="s">
         <v>23</v>
       </c>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
       <c r="O37" s="3"/>
       <c r="P37" s="3"/>
       <c r="Q37" s="3"/>
       <c r="R37" s="23"/>
       <c r="S37" s="3"/>
     </row>
     <row r="38" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B38" s="68" t="s">
-        <v>93</v>
+      <c r="B38" s="50" t="s">
+        <v>34</v>
       </c>
       <c r="C38" s="37"/>
       <c r="D38" s="37"/>
       <c r="E38" s="37"/>
       <c r="F38" s="37"/>
       <c r="G38" s="40"/>
       <c r="H38" s="40"/>
       <c r="I38" s="40"/>
       <c r="J38" s="12"/>
       <c r="K38" s="12"/>
       <c r="L38" s="32" t="str">
         <f>"Note:1.By "&amp;INT(F47)+1911&amp;"/"&amp;G47&amp;", "&amp;D47&amp;"FHCs have been established."</f>
-        <v>Note:1.By 2025/7, 14FHCs have been established.</v>
+        <v>Note:1.By 2025/9, 14FHCs have been established.</v>
       </c>
       <c r="M38" s="3"/>
       <c r="N38" s="3"/>
       <c r="O38" s="3"/>
       <c r="P38" s="3"/>
       <c r="Q38" s="3"/>
       <c r="R38" s="25"/>
       <c r="S38" s="3"/>
     </row>
     <row r="39" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B39" s="50" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C39" s="37"/>
       <c r="D39" s="37"/>
       <c r="E39" s="37"/>
       <c r="F39" s="37"/>
       <c r="G39" s="40"/>
       <c r="H39" s="40"/>
       <c r="I39" s="40"/>
       <c r="J39" s="12"/>
       <c r="K39" s="12"/>
       <c r="L39" s="32" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M39" s="26"/>
       <c r="N39" s="26"/>
       <c r="O39" s="26"/>
       <c r="P39" s="26"/>
       <c r="Q39" s="26"/>
       <c r="R39" s="25"/>
       <c r="S39" s="3"/>
     </row>
     <row r="40" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B40" s="51" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C40" s="37"/>
       <c r="D40" s="37"/>
       <c r="E40" s="37"/>
       <c r="F40" s="37"/>
       <c r="G40" s="40"/>
       <c r="H40" s="40"/>
       <c r="I40" s="40"/>
       <c r="J40" s="12"/>
       <c r="K40" s="12"/>
       <c r="L40" s="32" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="M40" s="26"/>
       <c r="N40" s="26"/>
       <c r="O40" s="26"/>
       <c r="P40" s="26"/>
       <c r="Q40" s="26"/>
       <c r="R40" s="25"/>
       <c r="S40" s="3"/>
     </row>
     <row r="41" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B41" s="51" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C41" s="37"/>
       <c r="D41" s="37"/>
       <c r="E41" s="37"/>
       <c r="F41" s="37"/>
       <c r="G41" s="40"/>
       <c r="H41" s="40"/>
       <c r="I41" s="40"/>
       <c r="J41" s="12"/>
       <c r="K41" s="12"/>
       <c r="L41" s="32" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="M41" s="26"/>
       <c r="N41" s="26"/>
       <c r="O41" s="26"/>
       <c r="P41" s="26"/>
       <c r="Q41" s="26"/>
       <c r="R41" s="25"/>
       <c r="S41" s="3"/>
     </row>
     <row r="42" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B42" s="97" t="s">
-        <v>95</v>
+      <c r="B42" s="51" t="s">
+        <v>26</v>
       </c>
       <c r="C42" s="37"/>
       <c r="D42" s="37"/>
       <c r="E42" s="37"/>
       <c r="F42" s="37"/>
       <c r="G42" s="40"/>
       <c r="H42" s="40"/>
       <c r="I42" s="40"/>
       <c r="J42" s="12"/>
       <c r="K42" s="12"/>
       <c r="L42" s="32" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M42" s="26"/>
       <c r="N42" s="26"/>
       <c r="O42" s="26"/>
       <c r="P42" s="26"/>
       <c r="Q42" s="26"/>
       <c r="R42" s="25"/>
       <c r="S42" s="3"/>
     </row>
     <row r="43" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="36"/>
       <c r="C43" s="37"/>
       <c r="D43" s="37"/>
       <c r="E43" s="22"/>
       <c r="F43" s="22"/>
       <c r="G43" s="25"/>
       <c r="H43" s="25"/>
       <c r="I43" s="25"/>
       <c r="J43" s="12"/>
       <c r="K43" s="12"/>
       <c r="M43" s="26"/>
       <c r="N43" s="26"/>
       <c r="O43" s="26"/>
       <c r="P43" s="26"/>
       <c r="Q43" s="26"/>
       <c r="R43" s="25"/>
       <c r="S43" s="3"/>
     </row>
     <row r="44" spans="2:19" ht="20.25" x14ac:dyDescent="0.25">
-      <c r="B44" s="71" t="s">
+      <c r="B44" s="77" t="s">
         <v>7</v>
       </c>
-      <c r="C44" s="71"/>
-[...6 lines deleted...]
-      <c r="L44" s="71" t="s">
+      <c r="C44" s="77"/>
+      <c r="D44" s="77"/>
+      <c r="E44" s="77"/>
+      <c r="F44" s="77"/>
+      <c r="G44" s="77"/>
+      <c r="H44" s="77"/>
+      <c r="I44" s="77"/>
+      <c r="L44" s="77" t="s">
         <v>18</v>
       </c>
-      <c r="M44" s="71"/>
-[...5 lines deleted...]
-      <c r="S44" s="71"/>
+      <c r="M44" s="77"/>
+      <c r="N44" s="77"/>
+      <c r="O44" s="77"/>
+      <c r="P44" s="77"/>
+      <c r="Q44" s="77"/>
+      <c r="R44" s="77"/>
+      <c r="S44" s="77"/>
     </row>
     <row r="45" spans="2:19" ht="16.5" x14ac:dyDescent="0.3">
       <c r="B45" s="5"/>
       <c r="C45" s="18"/>
       <c r="D45" s="1"/>
-      <c r="E45" s="89"/>
-      <c r="F45" s="89"/>
+      <c r="E45" s="66"/>
+      <c r="F45" s="66"/>
     </row>
     <row r="46" spans="2:19" x14ac:dyDescent="0.25">
       <c r="C46" s="19"/>
       <c r="D46" s="19"/>
       <c r="E46" s="19"/>
       <c r="F46" s="19"/>
       <c r="G46" s="19"/>
       <c r="H46" s="19"/>
       <c r="I46" s="19"/>
       <c r="R46" s="19"/>
     </row>
     <row r="47" spans="2:19" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B47" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C47" s="55" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D47" s="56">
         <v>14</v>
       </c>
       <c r="E47" s="57" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F47" s="54">
         <f>INT(E47)</f>
         <v>114</v>
       </c>
       <c r="G47" s="53" t="str">
         <f>MID(E47,FIND(".",E47)+1,2)</f>
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B50" s="20"/>
     </row>
     <row r="56" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B56" s="41"/>
     </row>
     <row r="57" spans="2:2" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B57" s="36"/>
     </row>
   </sheetData>
   <mergeCells count="21">
-    <mergeCell ref="E45:F45"/>
-[...4 lines deleted...]
-    <mergeCell ref="H5:H6"/>
     <mergeCell ref="Q5:Q6"/>
     <mergeCell ref="B44:I44"/>
     <mergeCell ref="L44:S44"/>
     <mergeCell ref="S4:S7"/>
     <mergeCell ref="C4:I4"/>
     <mergeCell ref="L4:Q4"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="B4:B7"/>
     <mergeCell ref="R5:R6"/>
     <mergeCell ref="O5:O6"/>
     <mergeCell ref="P5:P6"/>
     <mergeCell ref="E5:E6"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="N5:N6"/>
+    <mergeCell ref="E45:F45"/>
+    <mergeCell ref="M5:M6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="I5:I6"/>
+    <mergeCell ref="L5:L6"/>
+    <mergeCell ref="H5:H6"/>
   </mergeCells>
   <phoneticPr fontId="45" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.74803149606299213" right="0.59055118110236227" top="0.74803149606299213" bottom="0.39370078740157483" header="0" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" useFirstPageNumber="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C - &amp;P -</oddFooter>
   </headerFooter>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="10" min="1" max="42" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>