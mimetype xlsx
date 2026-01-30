--- v1 (2025-12-07)
+++ v2 (2026-01-30)
@@ -1,93 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\10.（約29_30日）金融展望月刊(與金融指標表1到3一起做)【上網】【月刋給外銀】【指標1-3給信票】\央行資料轉檔_金融指標1~3\指標1~3\匯出更名\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\10.（約29_30日）金融展望月刊(與金融指標表1到3一起做)【上網】【月刋給外銀】【指標1-3給信票】\央行資料轉檔_金融指標1~3\指標1~3\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{158B94C7-99D1-46CC-8AC3-8BA13B975B54}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9E405FF2-3630-4E71-AE0D-D3D42CBD0464}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="01" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'01'!$A$2:$T$43</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G47" i="1" l="1"/>
   <c r="F47" i="1"/>
-  <c r="L38" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="97">
   <si>
     <t>單位：家</t>
   </si>
   <si>
     <t>Domestic Banks</t>
   </si>
   <si>
     <t>Credit Departments of Farmer's Associations</t>
   </si>
   <si>
     <t>Credit Departments of  Fishermen's Associations</t>
   </si>
   <si>
     <t>End of period</t>
   </si>
   <si>
     <r>
       <t>民國
 年</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
@@ -337,311 +336,315 @@
   <si>
     <r>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="細明體"/>
         <charset val="136"/>
       </rPr>
       <t>、</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
       </rPr>
       <t>Number of Financial Institutions</t>
     </r>
   </si>
   <si>
+    <t>　　　　　   已包含於次頁之「分機構」內。</t>
+  </si>
+  <si>
+    <r>
+      <t>　　　　　</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11.5"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+      </rPr>
+      <t>3.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11.5"/>
+        <color theme="1"/>
+        <rFont val="新細明體"/>
+        <charset val="136"/>
+      </rPr>
+      <t>「分機構」欄內之「外國及大陸地區銀行在臺分行」係指其在國內之營業據點</t>
+    </r>
+  </si>
+  <si>
+    <t>　　　　　   而言。</t>
+  </si>
+  <si>
+    <t>114年11月</t>
+  </si>
+  <si>
+    <t>114.11</t>
+  </si>
+  <si>
+    <t>100年</t>
+  </si>
+  <si>
+    <t>101年</t>
+  </si>
+  <si>
+    <t>102年</t>
+  </si>
+  <si>
+    <t>103年</t>
+  </si>
+  <si>
+    <t>104年</t>
+  </si>
+  <si>
+    <t>105年</t>
+  </si>
+  <si>
+    <t>106年</t>
+  </si>
+  <si>
+    <t>107年</t>
+  </si>
+  <si>
+    <t>108年</t>
+  </si>
+  <si>
+    <t>109年</t>
+  </si>
+  <si>
+    <t>110年</t>
+  </si>
+  <si>
+    <t>111年</t>
+  </si>
+  <si>
+    <t>112年</t>
+  </si>
+  <si>
+    <t>113年</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    　11月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    　12月</t>
+  </si>
+  <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   1月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   2月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   3月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   4月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   5月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   6月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   7月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   8月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   9月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    　10月</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2012</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2013</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Dec.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
+    <t>Note:1.By 2025/11, 14FHCs have been established.</t>
+  </si>
+  <si>
+    <t>資料來源：金融機構申報資料及中央銀行「金融統計月報」。</t>
+    <phoneticPr fontId="45" type="noConversion"/>
+  </si>
+  <si>
     <r>
       <t>　　　　　</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
       </rPr>
       <t>2.</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">「總機構」欄內之「外國及大陸地區銀行在臺分行」係指其在國內之代表行，         </t>
     </r>
-  </si>
-[...197 lines deleted...]
-    <t>資料來源：金融機構申報資料及中央銀行「金融統計月報」。</t>
     <phoneticPr fontId="45" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
         <scheme val="minor"/>
       </rPr>
       <t>說　　明：</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>1. 114</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
         <scheme val="minor"/>
       </rPr>
       <t>年</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>9</t>
+      <t>11</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
         <scheme val="minor"/>
       </rPr>
       <t>月底金融控股公司計</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>14</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
@@ -1722,51 +1725,51 @@
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="30" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="22" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="31" borderId="10" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="32" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyAlignment="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="1"/>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="1"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="97">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="19" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="176" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -1964,50 +1967,53 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="18" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="46" fillId="0" borderId="0" xfId="19" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="21" applyFont="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="51">
     <cellStyle name="20% - 輔色1" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - 輔色2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - 輔色3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - 輔色4" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - 輔色5" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - 輔色6" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="40% - 輔色1" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="40% - 輔色2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="40% - 輔色3" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="40% - 輔色4" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="40% - 輔色5" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="40% - 輔色6" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="60% - 輔色1" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="60% - 輔色2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="60% - 輔色3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="60% - 輔色4" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="60% - 輔色5" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="60% - 輔色6" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
@@ -2736,1600 +2742,1599 @@
       <c r="L7" s="13" t="s">
         <v>1</v>
       </c>
       <c r="M7" s="15" t="s">
         <v>21</v>
       </c>
       <c r="N7" s="15" t="s">
         <v>27</v>
       </c>
       <c r="O7" s="15" t="s">
         <v>2</v>
       </c>
       <c r="P7" s="15" t="s">
         <v>3</v>
       </c>
       <c r="Q7" s="17" t="s">
         <v>28</v>
       </c>
       <c r="R7" s="15" t="s">
         <v>19</v>
       </c>
       <c r="S7" s="80"/>
     </row>
     <row r="8" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="58" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C8" s="59">
         <v>37</v>
       </c>
       <c r="D8" s="60">
         <v>-28</v>
       </c>
       <c r="E8" s="61">
         <v>25</v>
       </c>
       <c r="F8" s="61">
         <v>277</v>
       </c>
       <c r="G8" s="61">
         <v>25</v>
       </c>
       <c r="H8" s="62">
         <v>8</v>
       </c>
       <c r="I8" s="63">
         <v>1</v>
       </c>
       <c r="J8" s="12"/>
       <c r="K8" s="12"/>
       <c r="L8" s="64">
         <v>3359</v>
       </c>
       <c r="M8" s="61">
         <v>92</v>
       </c>
       <c r="N8" s="61">
         <v>255</v>
       </c>
       <c r="O8" s="61">
         <v>815</v>
       </c>
       <c r="P8" s="61">
         <v>43</v>
       </c>
       <c r="Q8" s="62">
         <v>30</v>
       </c>
       <c r="R8" s="61">
         <v>1323</v>
       </c>
       <c r="S8" s="65" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="9" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="58" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C9" s="59">
         <v>38</v>
       </c>
       <c r="D9" s="60">
         <v>-30</v>
       </c>
       <c r="E9" s="61">
         <v>24</v>
       </c>
       <c r="F9" s="61">
         <v>277</v>
       </c>
       <c r="G9" s="61">
         <v>25</v>
       </c>
       <c r="H9" s="62">
         <v>8</v>
       </c>
       <c r="I9" s="63">
         <v>1</v>
       </c>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="64">
         <v>3416</v>
       </c>
       <c r="M9" s="61">
         <v>51</v>
       </c>
       <c r="N9" s="61">
         <v>255</v>
       </c>
       <c r="O9" s="61">
         <v>817</v>
       </c>
       <c r="P9" s="61">
         <v>43</v>
       </c>
       <c r="Q9" s="62">
         <v>30</v>
       </c>
       <c r="R9" s="61">
         <v>1323</v>
       </c>
       <c r="S9" s="65" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="10" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B10" s="58" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C10" s="59">
         <v>39</v>
       </c>
       <c r="D10" s="60">
         <v>-31</v>
       </c>
       <c r="E10" s="61">
         <v>24</v>
       </c>
       <c r="F10" s="61">
         <v>278</v>
       </c>
       <c r="G10" s="61">
         <v>25</v>
       </c>
       <c r="H10" s="62">
         <v>8</v>
       </c>
       <c r="I10" s="63">
         <v>1</v>
       </c>
       <c r="J10" s="12"/>
       <c r="K10" s="12"/>
       <c r="L10" s="64">
         <v>3442</v>
       </c>
       <c r="M10" s="61">
         <v>39</v>
       </c>
       <c r="N10" s="61">
         <v>257</v>
       </c>
       <c r="O10" s="61">
         <v>823</v>
       </c>
       <c r="P10" s="61">
         <v>44</v>
       </c>
       <c r="Q10" s="62">
         <v>30</v>
       </c>
       <c r="R10" s="61">
         <v>1322</v>
       </c>
       <c r="S10" s="65" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="11" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" s="58" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C11" s="59">
         <v>39</v>
       </c>
       <c r="D11" s="60">
         <v>-30</v>
       </c>
       <c r="E11" s="61">
         <v>23</v>
       </c>
       <c r="F11" s="61">
         <v>281</v>
       </c>
       <c r="G11" s="61">
         <v>25</v>
       </c>
       <c r="H11" s="62">
         <v>8</v>
       </c>
       <c r="I11" s="63">
         <v>1</v>
       </c>
       <c r="J11" s="12"/>
       <c r="K11" s="12"/>
       <c r="L11" s="64">
         <v>3460</v>
       </c>
       <c r="M11" s="61">
         <v>39</v>
       </c>
       <c r="N11" s="61">
         <v>246</v>
       </c>
       <c r="O11" s="61">
         <v>820</v>
       </c>
       <c r="P11" s="61">
         <v>44</v>
       </c>
       <c r="Q11" s="62">
         <v>30</v>
       </c>
       <c r="R11" s="61">
         <v>1323</v>
       </c>
       <c r="S11" s="65" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="12" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B12" s="58" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C12" s="59">
         <v>39</v>
       </c>
       <c r="D12" s="60">
         <v>-30</v>
       </c>
       <c r="E12" s="61">
         <v>23</v>
       </c>
       <c r="F12" s="61">
         <v>282</v>
       </c>
       <c r="G12" s="61">
         <v>27</v>
       </c>
       <c r="H12" s="62">
         <v>8</v>
       </c>
       <c r="I12" s="63">
         <v>1</v>
       </c>
       <c r="J12" s="12"/>
       <c r="K12" s="12"/>
       <c r="L12" s="64">
         <v>3442</v>
       </c>
       <c r="M12" s="61">
         <v>39</v>
       </c>
       <c r="N12" s="61">
         <v>253</v>
       </c>
       <c r="O12" s="61">
         <v>822</v>
       </c>
       <c r="P12" s="61">
         <v>43</v>
       </c>
       <c r="Q12" s="62">
         <v>30</v>
       </c>
       <c r="R12" s="61">
         <v>1324</v>
       </c>
       <c r="S12" s="65" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B13" s="58" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C13" s="59">
         <v>39</v>
       </c>
       <c r="D13" s="60">
         <v>-29</v>
       </c>
       <c r="E13" s="61">
         <v>23</v>
       </c>
       <c r="F13" s="61">
         <v>283</v>
       </c>
       <c r="G13" s="61">
         <v>28</v>
       </c>
       <c r="H13" s="62">
         <v>8</v>
       </c>
       <c r="I13" s="63">
         <v>1</v>
       </c>
       <c r="J13" s="12"/>
       <c r="K13" s="12"/>
       <c r="L13" s="64">
         <v>3430</v>
       </c>
       <c r="M13" s="61">
         <v>38</v>
       </c>
       <c r="N13" s="61">
         <v>260</v>
       </c>
       <c r="O13" s="61">
         <v>822</v>
       </c>
       <c r="P13" s="61">
         <v>43</v>
       </c>
       <c r="Q13" s="62">
         <v>30</v>
       </c>
       <c r="R13" s="61">
         <v>1311</v>
       </c>
       <c r="S13" s="65" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="14" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B14" s="58" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C14" s="59">
         <v>38</v>
       </c>
       <c r="D14" s="60">
         <v>-29</v>
       </c>
       <c r="E14" s="61">
         <v>23</v>
       </c>
       <c r="F14" s="61">
         <v>283</v>
       </c>
       <c r="G14" s="61">
         <v>28</v>
       </c>
       <c r="H14" s="62">
         <v>8</v>
       </c>
       <c r="I14" s="63">
         <v>1</v>
       </c>
       <c r="J14" s="12"/>
       <c r="K14" s="12"/>
       <c r="L14" s="64">
         <v>3417</v>
       </c>
       <c r="M14" s="61">
         <v>38</v>
       </c>
       <c r="N14" s="61">
         <v>268</v>
       </c>
       <c r="O14" s="61">
         <v>821</v>
       </c>
       <c r="P14" s="61">
         <v>44</v>
       </c>
       <c r="Q14" s="62">
         <v>30</v>
       </c>
       <c r="R14" s="61">
         <v>1307</v>
       </c>
       <c r="S14" s="65" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="15" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B15" s="58" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C15" s="59">
         <v>37</v>
       </c>
       <c r="D15" s="60">
         <v>-29</v>
       </c>
       <c r="E15" s="61">
         <v>23</v>
       </c>
       <c r="F15" s="61">
         <v>283</v>
       </c>
       <c r="G15" s="61">
         <v>28</v>
       </c>
       <c r="H15" s="62">
         <v>8</v>
       </c>
       <c r="I15" s="63">
         <v>1</v>
       </c>
       <c r="J15" s="12"/>
       <c r="K15" s="12"/>
       <c r="L15" s="64">
         <v>3403</v>
       </c>
       <c r="M15" s="61">
         <v>38</v>
       </c>
       <c r="N15" s="61">
         <v>276</v>
       </c>
       <c r="O15" s="61">
         <v>817</v>
       </c>
       <c r="P15" s="61">
         <v>43</v>
       </c>
       <c r="Q15" s="62">
         <v>30</v>
       </c>
       <c r="R15" s="61">
         <v>1298</v>
       </c>
       <c r="S15" s="65" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="16" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B16" s="58" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C16" s="59">
         <v>36</v>
       </c>
       <c r="D16" s="60">
         <v>-29</v>
       </c>
       <c r="E16" s="61">
         <v>23</v>
       </c>
       <c r="F16" s="61">
         <v>283</v>
       </c>
       <c r="G16" s="61">
         <v>28</v>
       </c>
       <c r="H16" s="62">
         <v>8</v>
       </c>
       <c r="I16" s="63">
         <v>1</v>
       </c>
       <c r="J16" s="12"/>
       <c r="K16" s="12"/>
       <c r="L16" s="64">
         <v>3405</v>
       </c>
       <c r="M16" s="61">
         <v>38</v>
       </c>
       <c r="N16" s="61">
         <v>284</v>
       </c>
       <c r="O16" s="61">
         <v>814</v>
       </c>
       <c r="P16" s="61">
         <v>43</v>
       </c>
       <c r="Q16" s="62">
         <v>30</v>
       </c>
       <c r="R16" s="61">
         <v>1298</v>
       </c>
       <c r="S16" s="65" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="17" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B17" s="58" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C17" s="59">
         <v>37</v>
       </c>
       <c r="D17" s="60">
         <v>-29</v>
       </c>
       <c r="E17" s="61">
         <v>23</v>
       </c>
       <c r="F17" s="61">
         <v>283</v>
       </c>
       <c r="G17" s="61">
         <v>28</v>
       </c>
       <c r="H17" s="62">
         <v>8</v>
       </c>
       <c r="I17" s="63">
         <v>1</v>
       </c>
       <c r="J17" s="12"/>
       <c r="K17" s="12"/>
       <c r="L17" s="64">
         <v>3403</v>
       </c>
       <c r="M17" s="61">
         <v>38</v>
       </c>
       <c r="N17" s="61">
         <v>285</v>
       </c>
       <c r="O17" s="61">
         <v>810</v>
       </c>
       <c r="P17" s="61">
         <v>43</v>
       </c>
       <c r="Q17" s="62">
         <v>30</v>
       </c>
       <c r="R17" s="61">
         <v>1300</v>
       </c>
       <c r="S17" s="65" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="18" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B18" s="58" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C18" s="59">
         <v>38</v>
       </c>
       <c r="D18" s="60">
         <v>-30</v>
       </c>
       <c r="E18" s="61">
         <v>23</v>
       </c>
       <c r="F18" s="61">
         <v>283</v>
       </c>
       <c r="G18" s="61">
         <v>28</v>
       </c>
       <c r="H18" s="62">
         <v>8</v>
       </c>
       <c r="I18" s="63">
         <v>1</v>
       </c>
       <c r="J18" s="12"/>
       <c r="K18" s="12"/>
       <c r="L18" s="64">
         <v>3404</v>
       </c>
       <c r="M18" s="61">
         <v>39</v>
       </c>
       <c r="N18" s="61">
         <v>287</v>
       </c>
       <c r="O18" s="61">
         <v>809</v>
       </c>
       <c r="P18" s="61">
         <v>43</v>
       </c>
       <c r="Q18" s="62">
         <v>30</v>
       </c>
       <c r="R18" s="61">
         <v>1299</v>
       </c>
       <c r="S18" s="65" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="19" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B19" s="58" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C19" s="59">
         <v>39</v>
       </c>
       <c r="D19" s="60">
         <v>-31</v>
       </c>
       <c r="E19" s="61">
         <v>23</v>
       </c>
       <c r="F19" s="61">
         <v>283</v>
       </c>
       <c r="G19" s="61">
         <v>28</v>
       </c>
       <c r="H19" s="62">
         <v>8</v>
       </c>
       <c r="I19" s="63">
         <v>1</v>
       </c>
       <c r="J19" s="12"/>
       <c r="K19" s="12"/>
       <c r="L19" s="64">
         <v>3384</v>
       </c>
       <c r="M19" s="61">
         <v>40</v>
       </c>
       <c r="N19" s="61">
         <v>288</v>
       </c>
       <c r="O19" s="61">
         <v>803</v>
       </c>
       <c r="P19" s="61">
         <v>44</v>
       </c>
       <c r="Q19" s="62">
         <v>30</v>
       </c>
       <c r="R19" s="61">
         <v>1298</v>
       </c>
       <c r="S19" s="65" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="20" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B20" s="58" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C20" s="59">
         <v>38</v>
       </c>
       <c r="D20" s="60">
         <v>-31</v>
       </c>
       <c r="E20" s="61">
         <v>23</v>
       </c>
       <c r="F20" s="61">
         <v>283</v>
       </c>
       <c r="G20" s="61">
         <v>28</v>
       </c>
       <c r="H20" s="62">
         <v>8</v>
       </c>
       <c r="I20" s="63">
         <v>1</v>
       </c>
       <c r="J20" s="12"/>
       <c r="K20" s="12"/>
       <c r="L20" s="64">
         <v>3393</v>
       </c>
       <c r="M20" s="61">
         <v>40</v>
       </c>
       <c r="N20" s="61">
         <v>289</v>
       </c>
       <c r="O20" s="61">
         <v>798</v>
       </c>
       <c r="P20" s="61">
         <v>44</v>
       </c>
       <c r="Q20" s="62">
         <v>30</v>
       </c>
       <c r="R20" s="61">
         <v>1296</v>
       </c>
       <c r="S20" s="65" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="21" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B21" s="58" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C21" s="59">
         <v>38</v>
       </c>
       <c r="D21" s="60">
         <v>-31</v>
       </c>
       <c r="E21" s="61">
         <v>23</v>
       </c>
       <c r="F21" s="61">
         <v>283</v>
       </c>
       <c r="G21" s="61">
         <v>28</v>
       </c>
       <c r="H21" s="62">
         <v>8</v>
       </c>
       <c r="I21" s="63">
         <v>1</v>
       </c>
       <c r="J21" s="12"/>
       <c r="K21" s="12"/>
       <c r="L21" s="64">
         <v>3379</v>
       </c>
       <c r="M21" s="61">
         <v>40</v>
       </c>
       <c r="N21" s="61">
         <v>291</v>
       </c>
       <c r="O21" s="61">
         <v>797</v>
       </c>
       <c r="P21" s="61">
         <v>43</v>
       </c>
       <c r="Q21" s="62">
         <v>30</v>
       </c>
       <c r="R21" s="61">
         <v>1295</v>
       </c>
       <c r="S21" s="65" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="22" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="42" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C22" s="43">
         <v>38</v>
       </c>
       <c r="D22" s="44">
         <v>-31</v>
       </c>
       <c r="E22" s="45">
         <v>23</v>
       </c>
       <c r="F22" s="45">
         <v>283</v>
       </c>
       <c r="G22" s="45">
         <v>28</v>
       </c>
       <c r="H22" s="46">
         <v>8</v>
       </c>
       <c r="I22" s="47">
         <v>1</v>
       </c>
       <c r="J22" s="12"/>
       <c r="K22" s="12"/>
       <c r="L22" s="48">
-        <v>3385</v>
+        <v>3379</v>
       </c>
       <c r="M22" s="45">
         <v>40</v>
       </c>
       <c r="N22" s="45">
         <v>291</v>
       </c>
       <c r="O22" s="45">
         <v>797</v>
       </c>
       <c r="P22" s="45">
         <v>43</v>
       </c>
       <c r="Q22" s="46">
         <v>30</v>
       </c>
       <c r="R22" s="45">
         <v>1295</v>
       </c>
       <c r="S22" s="49" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="23" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="42" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C23" s="43">
         <v>38</v>
       </c>
       <c r="D23" s="44">
         <v>-31</v>
       </c>
       <c r="E23" s="45">
         <v>23</v>
       </c>
       <c r="F23" s="45">
         <v>283</v>
       </c>
       <c r="G23" s="45">
         <v>28</v>
       </c>
       <c r="H23" s="46">
         <v>8</v>
       </c>
       <c r="I23" s="47">
         <v>1</v>
       </c>
       <c r="J23" s="12"/>
       <c r="K23" s="12"/>
       <c r="L23" s="48">
         <v>3379</v>
       </c>
       <c r="M23" s="45">
         <v>40</v>
       </c>
       <c r="N23" s="45">
         <v>291</v>
       </c>
       <c r="O23" s="45">
         <v>797</v>
       </c>
       <c r="P23" s="45">
         <v>43</v>
       </c>
       <c r="Q23" s="46">
         <v>30</v>
       </c>
       <c r="R23" s="45">
         <v>1295</v>
       </c>
       <c r="S23" s="49" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="24" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B24" s="42" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B24" s="58" t="s">
+        <v>55</v>
+      </c>
+      <c r="C24" s="43"/>
+      <c r="D24" s="44"/>
+      <c r="E24" s="45"/>
+      <c r="F24" s="45"/>
+      <c r="G24" s="45"/>
+      <c r="H24" s="46"/>
+      <c r="I24" s="47"/>
       <c r="J24" s="12"/>
       <c r="K24" s="12"/>
-      <c r="L24" s="48">
-[...21 lines deleted...]
-        <v>83</v>
+      <c r="L24" s="48"/>
+      <c r="M24" s="45"/>
+      <c r="N24" s="45"/>
+      <c r="O24" s="45"/>
+      <c r="P24" s="45"/>
+      <c r="Q24" s="46"/>
+      <c r="R24" s="45"/>
+      <c r="S24" s="65" t="s">
+        <v>82</v>
       </c>
     </row>
     <row r="25" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="42" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C25" s="43">
         <v>38</v>
       </c>
       <c r="D25" s="44">
         <v>-31</v>
       </c>
       <c r="E25" s="45">
         <v>23</v>
       </c>
       <c r="F25" s="45">
         <v>283</v>
       </c>
       <c r="G25" s="45">
         <v>28</v>
       </c>
       <c r="H25" s="46">
         <v>8</v>
       </c>
       <c r="I25" s="47">
         <v>1</v>
       </c>
       <c r="J25" s="12"/>
       <c r="K25" s="12"/>
       <c r="L25" s="48">
         <v>3379</v>
       </c>
       <c r="M25" s="45">
         <v>40</v>
       </c>
       <c r="N25" s="45">
         <v>291</v>
       </c>
       <c r="O25" s="45">
         <v>797</v>
       </c>
       <c r="P25" s="45">
         <v>43</v>
       </c>
       <c r="Q25" s="46">
         <v>30</v>
       </c>
       <c r="R25" s="45">
         <v>1295</v>
       </c>
       <c r="S25" s="49" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="26" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B26" s="58" t="s">
-[...8 lines deleted...]
-      <c r="I26" s="47"/>
+      <c r="B26" s="42" t="s">
+        <v>57</v>
+      </c>
+      <c r="C26" s="43">
+        <v>38</v>
+      </c>
+      <c r="D26" s="44">
+        <v>-31</v>
+      </c>
+      <c r="E26" s="45">
+        <v>23</v>
+      </c>
+      <c r="F26" s="45">
+        <v>283</v>
+      </c>
+      <c r="G26" s="45">
+        <v>28</v>
+      </c>
+      <c r="H26" s="46">
+        <v>8</v>
+      </c>
+      <c r="I26" s="47">
+        <v>1</v>
+      </c>
       <c r="J26" s="12"/>
       <c r="K26" s="12"/>
-      <c r="L26" s="48"/>
-[...7 lines deleted...]
-        <v>85</v>
+      <c r="L26" s="48">
+        <v>3376</v>
+      </c>
+      <c r="M26" s="45">
+        <v>40</v>
+      </c>
+      <c r="N26" s="45">
+        <v>291</v>
+      </c>
+      <c r="O26" s="45">
+        <v>797</v>
+      </c>
+      <c r="P26" s="45">
+        <v>43</v>
+      </c>
+      <c r="Q26" s="46">
+        <v>30</v>
+      </c>
+      <c r="R26" s="45">
+        <v>1295</v>
+      </c>
+      <c r="S26" s="49" t="s">
+        <v>84</v>
       </c>
     </row>
     <row r="27" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B27" s="42" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C27" s="43">
         <v>38</v>
       </c>
       <c r="D27" s="44">
         <v>-31</v>
       </c>
       <c r="E27" s="45">
         <v>23</v>
       </c>
       <c r="F27" s="45">
         <v>283</v>
       </c>
       <c r="G27" s="45">
         <v>28</v>
       </c>
       <c r="H27" s="46">
         <v>8</v>
       </c>
       <c r="I27" s="47">
         <v>1</v>
       </c>
       <c r="J27" s="12"/>
       <c r="K27" s="12"/>
       <c r="L27" s="48">
-        <v>3379</v>
+        <v>3374</v>
       </c>
       <c r="M27" s="45">
         <v>40</v>
       </c>
       <c r="N27" s="45">
         <v>291</v>
       </c>
       <c r="O27" s="45">
         <v>797</v>
       </c>
       <c r="P27" s="45">
         <v>43</v>
       </c>
       <c r="Q27" s="46">
         <v>30</v>
       </c>
       <c r="R27" s="45">
         <v>1295</v>
       </c>
       <c r="S27" s="49" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="28" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="42" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C28" s="43">
         <v>38</v>
       </c>
       <c r="D28" s="44">
         <v>-31</v>
       </c>
       <c r="E28" s="45">
         <v>23</v>
       </c>
       <c r="F28" s="45">
         <v>283</v>
       </c>
       <c r="G28" s="45">
         <v>28</v>
       </c>
       <c r="H28" s="46">
         <v>8</v>
       </c>
       <c r="I28" s="47">
         <v>1</v>
       </c>
       <c r="J28" s="12"/>
       <c r="K28" s="12"/>
       <c r="L28" s="48">
-        <v>3376</v>
+        <v>3370</v>
       </c>
       <c r="M28" s="45">
         <v>40</v>
       </c>
       <c r="N28" s="45">
         <v>291</v>
       </c>
       <c r="O28" s="45">
         <v>797</v>
       </c>
       <c r="P28" s="45">
         <v>43</v>
       </c>
       <c r="Q28" s="46">
         <v>30</v>
       </c>
       <c r="R28" s="45">
         <v>1295</v>
       </c>
       <c r="S28" s="49" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="29" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="42" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C29" s="43">
         <v>38</v>
       </c>
       <c r="D29" s="44">
         <v>-31</v>
       </c>
       <c r="E29" s="45">
         <v>23</v>
       </c>
       <c r="F29" s="45">
         <v>283</v>
       </c>
       <c r="G29" s="45">
         <v>28</v>
       </c>
       <c r="H29" s="46">
         <v>8</v>
       </c>
       <c r="I29" s="47">
         <v>1</v>
       </c>
       <c r="J29" s="12"/>
       <c r="K29" s="12"/>
       <c r="L29" s="48">
-        <v>3374</v>
+        <v>3369</v>
       </c>
       <c r="M29" s="45">
         <v>40</v>
       </c>
       <c r="N29" s="45">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="O29" s="45">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="P29" s="45">
         <v>43</v>
       </c>
       <c r="Q29" s="46">
         <v>30</v>
       </c>
       <c r="R29" s="45">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="S29" s="49" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="30" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="42" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C30" s="43">
         <v>38</v>
       </c>
       <c r="D30" s="44">
         <v>-31</v>
       </c>
       <c r="E30" s="45">
         <v>23</v>
       </c>
       <c r="F30" s="45">
         <v>283</v>
       </c>
       <c r="G30" s="45">
         <v>28</v>
       </c>
       <c r="H30" s="46">
         <v>8</v>
       </c>
       <c r="I30" s="47">
         <v>1</v>
       </c>
       <c r="J30" s="12"/>
       <c r="K30" s="12"/>
       <c r="L30" s="48">
-        <v>3370</v>
+        <v>3369</v>
       </c>
       <c r="M30" s="45">
         <v>40</v>
       </c>
       <c r="N30" s="45">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="O30" s="45">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="P30" s="45">
         <v>43</v>
       </c>
       <c r="Q30" s="46">
         <v>30</v>
       </c>
       <c r="R30" s="45">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="S30" s="49" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B31" s="42" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C31" s="43">
         <v>38</v>
       </c>
       <c r="D31" s="44">
         <v>-31</v>
       </c>
       <c r="E31" s="45">
         <v>23</v>
       </c>
       <c r="F31" s="45">
         <v>283</v>
       </c>
       <c r="G31" s="45">
         <v>28</v>
       </c>
       <c r="H31" s="46">
         <v>8</v>
       </c>
       <c r="I31" s="47">
         <v>1</v>
       </c>
       <c r="J31" s="12"/>
       <c r="K31" s="12"/>
       <c r="L31" s="48">
-        <v>3369</v>
+        <v>3366</v>
       </c>
       <c r="M31" s="45">
         <v>40</v>
       </c>
       <c r="N31" s="45">
         <v>292</v>
       </c>
       <c r="O31" s="45">
         <v>796</v>
       </c>
       <c r="P31" s="45">
         <v>43</v>
       </c>
       <c r="Q31" s="46">
         <v>30</v>
       </c>
       <c r="R31" s="45">
         <v>1294</v>
       </c>
       <c r="S31" s="49" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="32" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="42" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C32" s="43">
         <v>38</v>
       </c>
       <c r="D32" s="44">
         <v>-31</v>
       </c>
       <c r="E32" s="45">
         <v>23</v>
       </c>
       <c r="F32" s="45">
         <v>283</v>
       </c>
       <c r="G32" s="45">
         <v>28</v>
       </c>
       <c r="H32" s="46">
         <v>8</v>
       </c>
       <c r="I32" s="47">
         <v>1</v>
       </c>
       <c r="J32" s="12"/>
       <c r="K32" s="12"/>
       <c r="L32" s="48">
-        <v>3369</v>
+        <v>3358</v>
       </c>
       <c r="M32" s="45">
         <v>40</v>
       </c>
       <c r="N32" s="45">
         <v>292</v>
       </c>
       <c r="O32" s="45">
         <v>796</v>
       </c>
       <c r="P32" s="45">
         <v>43</v>
       </c>
       <c r="Q32" s="46">
         <v>30</v>
       </c>
       <c r="R32" s="45">
         <v>1294</v>
       </c>
       <c r="S32" s="49" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B33" s="42" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C33" s="43">
         <v>38</v>
       </c>
       <c r="D33" s="44">
         <v>-31</v>
       </c>
       <c r="E33" s="45">
         <v>23</v>
       </c>
       <c r="F33" s="45">
         <v>283</v>
       </c>
       <c r="G33" s="45">
         <v>28</v>
       </c>
       <c r="H33" s="46">
         <v>8</v>
       </c>
       <c r="I33" s="47">
         <v>1</v>
       </c>
       <c r="J33" s="12"/>
       <c r="K33" s="12"/>
       <c r="L33" s="48">
-        <v>3366</v>
+        <v>3358</v>
       </c>
       <c r="M33" s="45">
         <v>40</v>
       </c>
       <c r="N33" s="45">
         <v>292</v>
       </c>
       <c r="O33" s="45">
         <v>796</v>
       </c>
       <c r="P33" s="45">
         <v>43</v>
       </c>
       <c r="Q33" s="46">
         <v>30</v>
       </c>
       <c r="R33" s="45">
         <v>1294</v>
       </c>
       <c r="S33" s="49" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="34" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B34" s="42" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C34" s="43">
         <v>38</v>
       </c>
       <c r="D34" s="44">
         <v>-31</v>
       </c>
       <c r="E34" s="45">
         <v>23</v>
       </c>
       <c r="F34" s="45">
         <v>283</v>
       </c>
       <c r="G34" s="45">
         <v>28</v>
       </c>
       <c r="H34" s="46">
         <v>8</v>
       </c>
       <c r="I34" s="47">
         <v>1</v>
       </c>
       <c r="J34" s="12"/>
       <c r="K34" s="12"/>
       <c r="L34" s="48">
-        <v>3358</v>
+        <v>3359</v>
       </c>
       <c r="M34" s="45">
         <v>40</v>
       </c>
       <c r="N34" s="45">
         <v>292</v>
       </c>
       <c r="O34" s="45">
-        <v>796</v>
+        <v>795</v>
       </c>
       <c r="P34" s="45">
         <v>43</v>
       </c>
       <c r="Q34" s="46">
         <v>30</v>
       </c>
       <c r="R34" s="45">
         <v>1294</v>
       </c>
       <c r="S34" s="49" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="35" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="42" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C35" s="43">
         <v>38</v>
       </c>
       <c r="D35" s="44">
         <v>-31</v>
       </c>
       <c r="E35" s="45">
         <v>23</v>
       </c>
       <c r="F35" s="45">
         <v>283</v>
       </c>
       <c r="G35" s="45">
         <v>28</v>
       </c>
       <c r="H35" s="46">
         <v>8</v>
       </c>
       <c r="I35" s="47">
         <v>1</v>
       </c>
       <c r="J35" s="12"/>
       <c r="K35" s="12"/>
       <c r="L35" s="48">
-        <v>3358</v>
+        <v>3353</v>
       </c>
       <c r="M35" s="45">
         <v>40</v>
       </c>
       <c r="N35" s="45">
         <v>292</v>
       </c>
       <c r="O35" s="45">
         <v>796</v>
       </c>
       <c r="P35" s="45">
         <v>43</v>
       </c>
       <c r="Q35" s="46">
         <v>30</v>
       </c>
       <c r="R35" s="45">
-        <v>1294</v>
+        <v>1292</v>
       </c>
       <c r="S35" s="49" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="36" spans="2:19" s="3" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B36" s="94" t="s">
         <v>94</v>
       </c>
       <c r="C36" s="38"/>
       <c r="D36" s="38"/>
       <c r="E36" s="38"/>
       <c r="F36" s="38"/>
       <c r="G36" s="38"/>
       <c r="H36" s="38"/>
       <c r="I36" s="38"/>
       <c r="J36" s="24"/>
       <c r="K36" s="24"/>
       <c r="L36" s="34" t="s">
         <v>22</v>
       </c>
       <c r="M36" s="35"/>
       <c r="N36" s="35"/>
       <c r="O36" s="35"/>
       <c r="P36" s="35"/>
       <c r="Q36" s="35"/>
       <c r="R36" s="33"/>
       <c r="S36" s="35"/>
     </row>
     <row r="37" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B37" s="95" t="s">
-        <v>95</v>
+      <c r="B37" s="96" t="s">
+        <v>96</v>
       </c>
       <c r="C37" s="39"/>
       <c r="D37" s="37"/>
       <c r="E37" s="37"/>
       <c r="F37" s="37"/>
       <c r="G37" s="39"/>
       <c r="H37" s="39"/>
       <c r="I37" s="39"/>
       <c r="J37" s="12"/>
       <c r="K37" s="12"/>
       <c r="L37" s="32" t="s">
         <v>23</v>
       </c>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
       <c r="O37" s="3"/>
       <c r="P37" s="3"/>
       <c r="Q37" s="3"/>
       <c r="R37" s="23"/>
       <c r="S37" s="3"/>
     </row>
     <row r="38" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B38" s="50" t="s">
-        <v>34</v>
+      <c r="B38" s="95" t="s">
+        <v>95</v>
       </c>
       <c r="C38" s="37"/>
       <c r="D38" s="37"/>
       <c r="E38" s="37"/>
       <c r="F38" s="37"/>
       <c r="G38" s="40"/>
       <c r="H38" s="40"/>
       <c r="I38" s="40"/>
       <c r="J38" s="12"/>
       <c r="K38" s="12"/>
-      <c r="L38" s="32" t="str">
-[...1 lines deleted...]
-        <v>Note:1.By 2025/9, 14FHCs have been established.</v>
+      <c r="L38" s="32" t="s">
+        <v>93</v>
       </c>
       <c r="M38" s="3"/>
       <c r="N38" s="3"/>
       <c r="O38" s="3"/>
       <c r="P38" s="3"/>
       <c r="Q38" s="3"/>
       <c r="R38" s="25"/>
       <c r="S38" s="3"/>
     </row>
     <row r="39" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B39" s="50" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C39" s="37"/>
       <c r="D39" s="37"/>
       <c r="E39" s="37"/>
       <c r="F39" s="37"/>
       <c r="G39" s="40"/>
       <c r="H39" s="40"/>
       <c r="I39" s="40"/>
       <c r="J39" s="12"/>
       <c r="K39" s="12"/>
       <c r="L39" s="32" t="s">
         <v>30</v>
       </c>
       <c r="M39" s="26"/>
       <c r="N39" s="26"/>
       <c r="O39" s="26"/>
       <c r="P39" s="26"/>
       <c r="Q39" s="26"/>
       <c r="R39" s="25"/>
       <c r="S39" s="3"/>
     </row>
     <row r="40" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B40" s="51" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C40" s="37"/>
       <c r="D40" s="37"/>
       <c r="E40" s="37"/>
       <c r="F40" s="37"/>
       <c r="G40" s="40"/>
       <c r="H40" s="40"/>
       <c r="I40" s="40"/>
       <c r="J40" s="12"/>
       <c r="K40" s="12"/>
       <c r="L40" s="32" t="s">
         <v>32</v>
       </c>
       <c r="M40" s="26"/>
       <c r="N40" s="26"/>
       <c r="O40" s="26"/>
       <c r="P40" s="26"/>
       <c r="Q40" s="26"/>
       <c r="R40" s="25"/>
       <c r="S40" s="3"/>
     </row>
     <row r="41" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B41" s="51" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C41" s="37"/>
       <c r="D41" s="37"/>
       <c r="E41" s="37"/>
       <c r="F41" s="37"/>
       <c r="G41" s="40"/>
       <c r="H41" s="40"/>
       <c r="I41" s="40"/>
       <c r="J41" s="12"/>
       <c r="K41" s="12"/>
       <c r="L41" s="32" t="s">
         <v>31</v>
       </c>
       <c r="M41" s="26"/>
       <c r="N41" s="26"/>
       <c r="O41" s="26"/>
       <c r="P41" s="26"/>
       <c r="Q41" s="26"/>
       <c r="R41" s="25"/>
       <c r="S41" s="3"/>
     </row>
     <row r="42" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B42" s="51" t="s">
         <v>26</v>
       </c>
@@ -4394,65 +4399,65 @@
       <c r="R44" s="77"/>
       <c r="S44" s="77"/>
     </row>
     <row r="45" spans="2:19" ht="16.5" x14ac:dyDescent="0.3">
       <c r="B45" s="5"/>
       <c r="C45" s="18"/>
       <c r="D45" s="1"/>
       <c r="E45" s="66"/>
       <c r="F45" s="66"/>
     </row>
     <row r="46" spans="2:19" x14ac:dyDescent="0.25">
       <c r="C46" s="19"/>
       <c r="D46" s="19"/>
       <c r="E46" s="19"/>
       <c r="F46" s="19"/>
       <c r="G46" s="19"/>
       <c r="H46" s="19"/>
       <c r="I46" s="19"/>
       <c r="R46" s="19"/>
     </row>
     <row r="47" spans="2:19" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B47" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C47" s="55" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D47" s="56">
         <v>14</v>
       </c>
       <c r="E47" s="57" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F47" s="54">
         <f>INT(E47)</f>
         <v>114</v>
       </c>
       <c r="G47" s="53" t="str">
         <f>MID(E47,FIND(".",E47)+1,2)</f>
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="50" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B50" s="20"/>
     </row>
     <row r="56" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B56" s="41"/>
     </row>
     <row r="57" spans="2:2" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B57" s="36"/>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="Q5:Q6"/>
     <mergeCell ref="B44:I44"/>
     <mergeCell ref="L44:S44"/>
     <mergeCell ref="S4:S7"/>
     <mergeCell ref="C4:I4"/>
     <mergeCell ref="L4:Q4"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="B4:B7"/>
     <mergeCell ref="R5:R6"/>
     <mergeCell ref="O5:O6"/>
     <mergeCell ref="P5:P6"/>
     <mergeCell ref="E5:E6"/>