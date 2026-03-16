--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -1,92 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\00_給俐君\10.（約29_30日）金融展望月刊(與金融指標表1到3一起做)【上網】【月刋給外銀】【指標1-3給信票】\央行資料轉檔_金融指標1~3\指標1~3\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9E405FF2-3630-4E71-AE0D-D3D42CBD0464}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EECE8964-EA30-47C8-8113-E3313F4C92A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="01" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'01'!$A$2:$T$43</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G47" i="1" l="1"/>
   <c r="F47" i="1"/>
+  <c r="L38" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="96">
   <si>
     <t>單位：家</t>
   </si>
   <si>
     <t>Domestic Banks</t>
   </si>
   <si>
     <t>Credit Departments of Farmer's Associations</t>
   </si>
   <si>
     <t>Credit Departments of  Fishermen's Associations</t>
   </si>
   <si>
     <t>End of period</t>
   </si>
   <si>
     <r>
       <t>民國
 年</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
@@ -336,315 +337,311 @@
   <si>
     <r>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="細明體"/>
         <charset val="136"/>
       </rPr>
       <t>、</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
       </rPr>
       <t>Number of Financial Institutions</t>
     </r>
   </si>
   <si>
+    <r>
+      <t>　　　　　</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11.5"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+      </rPr>
+      <t>2.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11.5"/>
+        <color theme="1"/>
+        <rFont val="新細明體"/>
+        <charset val="136"/>
+      </rPr>
+      <t xml:space="preserve">「總機構」欄內之「外國及大陸地區銀行在臺分行」係指其在國內之代表行，         </t>
+    </r>
+  </si>
+  <si>
     <t>　　　　　   已包含於次頁之「分機構」內。</t>
   </si>
   <si>
     <r>
       <t>　　　　　</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
       </rPr>
       <t>3.</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <charset val="136"/>
       </rPr>
       <t>「分機構」欄內之「外國及大陸地區銀行在臺分行」係指其在國內之營業據點</t>
     </r>
   </si>
   <si>
     <t>　　　　　   而言。</t>
   </si>
   <si>
-    <t>114年11月</t>
-[...5 lines deleted...]
-    <t>100年</t>
+    <t>115年1月</t>
+  </si>
+  <si>
+    <t>115.1</t>
   </si>
   <si>
     <t>101年</t>
   </si>
   <si>
     <t>102年</t>
   </si>
   <si>
     <t>103年</t>
   </si>
   <si>
     <t>104年</t>
   </si>
   <si>
     <t>105年</t>
   </si>
   <si>
     <t>106年</t>
   </si>
   <si>
     <t>107年</t>
   </si>
   <si>
     <t>108年</t>
   </si>
   <si>
     <t>109年</t>
   </si>
   <si>
     <t>110年</t>
   </si>
   <si>
     <t>111年</t>
   </si>
   <si>
     <t>112年</t>
   </si>
   <si>
     <t>113年</t>
   </si>
   <si>
+    <t>114年</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   1月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   2月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   3月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   4月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   5月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   6月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   7月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   8月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   　   9月</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    　10月</t>
+  </si>
+  <si>
     <t xml:space="preserve">    　11月</t>
   </si>
   <si>
     <t xml:space="preserve">    　12月</t>
   </si>
   <si>
-    <t>114年</t>
-[...32 lines deleted...]
-    <t xml:space="preserve"> 2011</t>
+    <t>115年</t>
   </si>
   <si>
     <t xml:space="preserve"> 2012</t>
   </si>
   <si>
     <t xml:space="preserve"> 2013</t>
   </si>
   <si>
     <t xml:space="preserve"> 2014</t>
   </si>
   <si>
     <t xml:space="preserve"> 2015</t>
   </si>
   <si>
     <t xml:space="preserve"> 2016</t>
   </si>
   <si>
     <t xml:space="preserve"> 2017</t>
   </si>
   <si>
     <t xml:space="preserve"> 2018</t>
   </si>
   <si>
     <t xml:space="preserve"> 2019</t>
   </si>
   <si>
     <t xml:space="preserve"> 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> 2021</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Jan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Feb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mar.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Apr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         May</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         June</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         July</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Aug.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Sept.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Oct.</t>
+  </si>
+  <si>
     <t xml:space="preserve">         Nov.</t>
   </si>
   <si>
     <t xml:space="preserve">         Dec.</t>
   </si>
   <si>
-    <t xml:space="preserve"> 2025</t>
-[...32 lines deleted...]
-    <t>Note:1.By 2025/11, 14FHCs have been established.</t>
+    <t xml:space="preserve"> 2026</t>
   </si>
   <si>
     <t>資料來源：金融機構申報資料及中央銀行「金融統計月報」。</t>
-    <phoneticPr fontId="45" type="noConversion"/>
-[...21 lines deleted...]
-    </r>
     <phoneticPr fontId="45" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
         <scheme val="minor"/>
       </rPr>
       <t>說　　明：</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>1. 114</t>
+      <t>1. 115</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
         <scheme val="minor"/>
       </rPr>
       <t>年</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>11</t>
+      <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
         <scheme val="minor"/>
       </rPr>
       <t>月底金融控股公司計</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>14</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
@@ -1725,51 +1722,51 @@
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="30" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="22" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="31" borderId="10" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="32" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyAlignment="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="1"/>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="1"/>
   </cellStyleXfs>
-  <cellXfs count="97">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="19" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="176" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -1967,53 +1964,50 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="18" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...1 lines deleted...]
-    <xf numFmtId="49" fontId="46" fillId="0" borderId="0" xfId="19" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="21" applyFont="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="51">
     <cellStyle name="20% - 輔色1" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - 輔色2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - 輔色3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - 輔色4" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - 輔色5" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - 輔色6" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="40% - 輔色1" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="40% - 輔色2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="40% - 輔色3" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="40% - 輔色4" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="40% - 輔色5" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="40% - 輔色6" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="60% - 輔色1" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="60% - 輔色2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="60% - 輔色3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="60% - 輔色4" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="60% - 輔色5" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="60% - 輔色6" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
@@ -2742,1599 +2736,1600 @@
       <c r="L7" s="13" t="s">
         <v>1</v>
       </c>
       <c r="M7" s="15" t="s">
         <v>21</v>
       </c>
       <c r="N7" s="15" t="s">
         <v>27</v>
       </c>
       <c r="O7" s="15" t="s">
         <v>2</v>
       </c>
       <c r="P7" s="15" t="s">
         <v>3</v>
       </c>
       <c r="Q7" s="17" t="s">
         <v>28</v>
       </c>
       <c r="R7" s="15" t="s">
         <v>19</v>
       </c>
       <c r="S7" s="80"/>
     </row>
     <row r="8" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="58" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C8" s="59">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D8" s="60">
-        <v>-28</v>
+        <v>-30</v>
       </c>
       <c r="E8" s="61">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F8" s="61">
         <v>277</v>
       </c>
       <c r="G8" s="61">
         <v>25</v>
       </c>
       <c r="H8" s="62">
         <v>8</v>
       </c>
       <c r="I8" s="63">
         <v>1</v>
       </c>
       <c r="J8" s="12"/>
       <c r="K8" s="12"/>
       <c r="L8" s="64">
-        <v>3359</v>
+        <v>3416</v>
       </c>
       <c r="M8" s="61">
-        <v>92</v>
+        <v>51</v>
       </c>
       <c r="N8" s="61">
         <v>255</v>
       </c>
       <c r="O8" s="61">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="P8" s="61">
         <v>43</v>
       </c>
       <c r="Q8" s="62">
         <v>30</v>
       </c>
       <c r="R8" s="61">
         <v>1323</v>
       </c>
       <c r="S8" s="65" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="58" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C9" s="59">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D9" s="60">
-        <v>-30</v>
+        <v>-31</v>
       </c>
       <c r="E9" s="61">
         <v>24</v>
       </c>
       <c r="F9" s="61">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="G9" s="61">
         <v>25</v>
       </c>
       <c r="H9" s="62">
         <v>8</v>
       </c>
       <c r="I9" s="63">
         <v>1</v>
       </c>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="64">
-        <v>3416</v>
+        <v>3442</v>
       </c>
       <c r="M9" s="61">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="N9" s="61">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="O9" s="61">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="P9" s="61">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="Q9" s="62">
         <v>30</v>
       </c>
       <c r="R9" s="61">
-        <v>1323</v>
+        <v>1322</v>
       </c>
       <c r="S9" s="65" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="10" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B10" s="58" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C10" s="59">
         <v>39</v>
       </c>
       <c r="D10" s="60">
-        <v>-31</v>
+        <v>-30</v>
       </c>
       <c r="E10" s="61">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F10" s="61">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="G10" s="61">
         <v>25</v>
       </c>
       <c r="H10" s="62">
         <v>8</v>
       </c>
       <c r="I10" s="63">
         <v>1</v>
       </c>
       <c r="J10" s="12"/>
       <c r="K10" s="12"/>
       <c r="L10" s="64">
-        <v>3442</v>
+        <v>3460</v>
       </c>
       <c r="M10" s="61">
         <v>39</v>
       </c>
       <c r="N10" s="61">
-        <v>257</v>
+        <v>246</v>
       </c>
       <c r="O10" s="61">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="P10" s="61">
         <v>44</v>
       </c>
       <c r="Q10" s="62">
         <v>30</v>
       </c>
       <c r="R10" s="61">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="S10" s="65" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="11" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" s="58" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C11" s="59">
         <v>39</v>
       </c>
       <c r="D11" s="60">
         <v>-30</v>
       </c>
       <c r="E11" s="61">
         <v>23</v>
       </c>
       <c r="F11" s="61">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="G11" s="61">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H11" s="62">
         <v>8</v>
       </c>
       <c r="I11" s="63">
         <v>1</v>
       </c>
       <c r="J11" s="12"/>
       <c r="K11" s="12"/>
       <c r="L11" s="64">
-        <v>3460</v>
+        <v>3442</v>
       </c>
       <c r="M11" s="61">
         <v>39</v>
       </c>
       <c r="N11" s="61">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="O11" s="61">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="P11" s="61">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="Q11" s="62">
         <v>30</v>
       </c>
       <c r="R11" s="61">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="S11" s="65" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B12" s="58" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C12" s="59">
         <v>39</v>
       </c>
       <c r="D12" s="60">
-        <v>-30</v>
+        <v>-29</v>
       </c>
       <c r="E12" s="61">
         <v>23</v>
       </c>
       <c r="F12" s="61">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="G12" s="61">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H12" s="62">
         <v>8</v>
       </c>
       <c r="I12" s="63">
         <v>1</v>
       </c>
       <c r="J12" s="12"/>
       <c r="K12" s="12"/>
       <c r="L12" s="64">
-        <v>3442</v>
+        <v>3430</v>
       </c>
       <c r="M12" s="61">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="N12" s="61">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="O12" s="61">
         <v>822</v>
       </c>
       <c r="P12" s="61">
         <v>43</v>
       </c>
       <c r="Q12" s="62">
         <v>30</v>
       </c>
       <c r="R12" s="61">
-        <v>1324</v>
+        <v>1311</v>
       </c>
       <c r="S12" s="65" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="13" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B13" s="58" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C13" s="59">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D13" s="60">
         <v>-29</v>
       </c>
       <c r="E13" s="61">
         <v>23</v>
       </c>
       <c r="F13" s="61">
         <v>283</v>
       </c>
       <c r="G13" s="61">
         <v>28</v>
       </c>
       <c r="H13" s="62">
         <v>8</v>
       </c>
       <c r="I13" s="63">
         <v>1</v>
       </c>
       <c r="J13" s="12"/>
       <c r="K13" s="12"/>
       <c r="L13" s="64">
-        <v>3430</v>
+        <v>3417</v>
       </c>
       <c r="M13" s="61">
         <v>38</v>
       </c>
       <c r="N13" s="61">
-        <v>260</v>
+        <v>268</v>
       </c>
       <c r="O13" s="61">
-        <v>822</v>
+        <v>821</v>
       </c>
       <c r="P13" s="61">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="Q13" s="62">
         <v>30</v>
       </c>
       <c r="R13" s="61">
-        <v>1311</v>
+        <v>1307</v>
       </c>
       <c r="S13" s="65" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="14" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B14" s="58" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C14" s="59">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D14" s="60">
         <v>-29</v>
       </c>
       <c r="E14" s="61">
         <v>23</v>
       </c>
       <c r="F14" s="61">
         <v>283</v>
       </c>
       <c r="G14" s="61">
         <v>28</v>
       </c>
       <c r="H14" s="62">
         <v>8</v>
       </c>
       <c r="I14" s="63">
         <v>1</v>
       </c>
       <c r="J14" s="12"/>
       <c r="K14" s="12"/>
       <c r="L14" s="64">
-        <v>3417</v>
+        <v>3403</v>
       </c>
       <c r="M14" s="61">
         <v>38</v>
       </c>
       <c r="N14" s="61">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="O14" s="61">
-        <v>821</v>
+        <v>817</v>
       </c>
       <c r="P14" s="61">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="Q14" s="62">
         <v>30</v>
       </c>
       <c r="R14" s="61">
-        <v>1307</v>
+        <v>1298</v>
       </c>
       <c r="S14" s="65" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="15" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B15" s="58" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C15" s="59">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D15" s="60">
         <v>-29</v>
       </c>
       <c r="E15" s="61">
         <v>23</v>
       </c>
       <c r="F15" s="61">
         <v>283</v>
       </c>
       <c r="G15" s="61">
         <v>28</v>
       </c>
       <c r="H15" s="62">
         <v>8</v>
       </c>
       <c r="I15" s="63">
         <v>1</v>
       </c>
       <c r="J15" s="12"/>
       <c r="K15" s="12"/>
       <c r="L15" s="64">
-        <v>3403</v>
+        <v>3405</v>
       </c>
       <c r="M15" s="61">
         <v>38</v>
       </c>
       <c r="N15" s="61">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="O15" s="61">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="P15" s="61">
         <v>43</v>
       </c>
       <c r="Q15" s="62">
         <v>30</v>
       </c>
       <c r="R15" s="61">
         <v>1298</v>
       </c>
       <c r="S15" s="65" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="16" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B16" s="58" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C16" s="59">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D16" s="60">
         <v>-29</v>
       </c>
       <c r="E16" s="61">
         <v>23</v>
       </c>
       <c r="F16" s="61">
         <v>283</v>
       </c>
       <c r="G16" s="61">
         <v>28</v>
       </c>
       <c r="H16" s="62">
         <v>8</v>
       </c>
       <c r="I16" s="63">
         <v>1</v>
       </c>
       <c r="J16" s="12"/>
       <c r="K16" s="12"/>
       <c r="L16" s="64">
-        <v>3405</v>
+        <v>3403</v>
       </c>
       <c r="M16" s="61">
         <v>38</v>
       </c>
       <c r="N16" s="61">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="O16" s="61">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="P16" s="61">
         <v>43</v>
       </c>
       <c r="Q16" s="62">
         <v>30</v>
       </c>
       <c r="R16" s="61">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="S16" s="65" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="17" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B17" s="58" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="59">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D17" s="60">
-        <v>-29</v>
+        <v>-30</v>
       </c>
       <c r="E17" s="61">
         <v>23</v>
       </c>
       <c r="F17" s="61">
         <v>283</v>
       </c>
       <c r="G17" s="61">
         <v>28</v>
       </c>
       <c r="H17" s="62">
         <v>8</v>
       </c>
       <c r="I17" s="63">
         <v>1</v>
       </c>
       <c r="J17" s="12"/>
       <c r="K17" s="12"/>
       <c r="L17" s="64">
-        <v>3403</v>
+        <v>3404</v>
       </c>
       <c r="M17" s="61">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="N17" s="61">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="O17" s="61">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="P17" s="61">
         <v>43</v>
       </c>
       <c r="Q17" s="62">
         <v>30</v>
       </c>
       <c r="R17" s="61">
-        <v>1300</v>
+        <v>1299</v>
       </c>
       <c r="S17" s="65" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B18" s="58" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C18" s="59">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D18" s="60">
-        <v>-30</v>
+        <v>-31</v>
       </c>
       <c r="E18" s="61">
         <v>23</v>
       </c>
       <c r="F18" s="61">
         <v>283</v>
       </c>
       <c r="G18" s="61">
         <v>28</v>
       </c>
       <c r="H18" s="62">
         <v>8</v>
       </c>
       <c r="I18" s="63">
         <v>1</v>
       </c>
       <c r="J18" s="12"/>
       <c r="K18" s="12"/>
       <c r="L18" s="64">
-        <v>3404</v>
+        <v>3384</v>
       </c>
       <c r="M18" s="61">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="N18" s="61">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="O18" s="61">
-        <v>809</v>
+        <v>803</v>
       </c>
       <c r="P18" s="61">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="Q18" s="62">
         <v>30</v>
       </c>
       <c r="R18" s="61">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="S18" s="65" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="19" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B19" s="58" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C19" s="59">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D19" s="60">
         <v>-31</v>
       </c>
       <c r="E19" s="61">
         <v>23</v>
       </c>
       <c r="F19" s="61">
         <v>283</v>
       </c>
       <c r="G19" s="61">
         <v>28</v>
       </c>
       <c r="H19" s="62">
         <v>8</v>
       </c>
       <c r="I19" s="63">
         <v>1</v>
       </c>
       <c r="J19" s="12"/>
       <c r="K19" s="12"/>
       <c r="L19" s="64">
-        <v>3384</v>
+        <v>3393</v>
       </c>
       <c r="M19" s="61">
         <v>40</v>
       </c>
       <c r="N19" s="61">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="O19" s="61">
-        <v>803</v>
+        <v>798</v>
       </c>
       <c r="P19" s="61">
         <v>44</v>
       </c>
       <c r="Q19" s="62">
         <v>30</v>
       </c>
       <c r="R19" s="61">
-        <v>1298</v>
+        <v>1296</v>
       </c>
       <c r="S19" s="65" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="20" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B20" s="58" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C20" s="59">
         <v>38</v>
       </c>
       <c r="D20" s="60">
         <v>-31</v>
       </c>
       <c r="E20" s="61">
         <v>23</v>
       </c>
       <c r="F20" s="61">
         <v>283</v>
       </c>
       <c r="G20" s="61">
         <v>28</v>
       </c>
       <c r="H20" s="62">
         <v>8</v>
       </c>
       <c r="I20" s="63">
         <v>1</v>
       </c>
       <c r="J20" s="12"/>
       <c r="K20" s="12"/>
       <c r="L20" s="64">
-        <v>3393</v>
+        <v>3379</v>
       </c>
       <c r="M20" s="61">
         <v>40</v>
       </c>
       <c r="N20" s="61">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="O20" s="61">
-        <v>798</v>
+        <v>797</v>
       </c>
       <c r="P20" s="61">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="Q20" s="62">
         <v>30</v>
       </c>
       <c r="R20" s="61">
-        <v>1296</v>
+        <v>1295</v>
       </c>
       <c r="S20" s="65" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="21" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B21" s="58" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C21" s="59">
         <v>38</v>
       </c>
       <c r="D21" s="60">
         <v>-31</v>
       </c>
       <c r="E21" s="61">
         <v>23</v>
       </c>
       <c r="F21" s="61">
         <v>283</v>
       </c>
       <c r="G21" s="61">
         <v>28</v>
       </c>
       <c r="H21" s="62">
         <v>8</v>
       </c>
       <c r="I21" s="63">
         <v>1</v>
       </c>
       <c r="J21" s="12"/>
       <c r="K21" s="12"/>
       <c r="L21" s="64">
-        <v>3379</v>
+        <v>3351</v>
       </c>
       <c r="M21" s="61">
         <v>40</v>
       </c>
       <c r="N21" s="61">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="O21" s="61">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="P21" s="61">
         <v>43</v>
       </c>
       <c r="Q21" s="62">
         <v>30</v>
       </c>
       <c r="R21" s="61">
-        <v>1295</v>
+        <v>1285</v>
       </c>
       <c r="S21" s="65" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="22" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="42" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C22" s="43">
         <v>38</v>
       </c>
       <c r="D22" s="44">
         <v>-31</v>
       </c>
       <c r="E22" s="45">
         <v>23</v>
       </c>
       <c r="F22" s="45">
         <v>283</v>
       </c>
       <c r="G22" s="45">
         <v>28</v>
       </c>
       <c r="H22" s="46">
         <v>8</v>
       </c>
       <c r="I22" s="47">
         <v>1</v>
       </c>
       <c r="J22" s="12"/>
       <c r="K22" s="12"/>
       <c r="L22" s="48">
         <v>3379</v>
       </c>
       <c r="M22" s="45">
         <v>40</v>
       </c>
       <c r="N22" s="45">
         <v>291</v>
       </c>
       <c r="O22" s="45">
         <v>797</v>
       </c>
       <c r="P22" s="45">
         <v>43</v>
       </c>
       <c r="Q22" s="46">
         <v>30</v>
       </c>
       <c r="R22" s="45">
         <v>1295</v>
       </c>
       <c r="S22" s="49" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="23" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="42" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C23" s="43">
         <v>38</v>
       </c>
       <c r="D23" s="44">
         <v>-31</v>
       </c>
       <c r="E23" s="45">
         <v>23</v>
       </c>
       <c r="F23" s="45">
         <v>283</v>
       </c>
       <c r="G23" s="45">
         <v>28</v>
       </c>
       <c r="H23" s="46">
         <v>8</v>
       </c>
       <c r="I23" s="47">
         <v>1</v>
       </c>
       <c r="J23" s="12"/>
       <c r="K23" s="12"/>
       <c r="L23" s="48">
-        <v>3379</v>
+        <v>3376</v>
       </c>
       <c r="M23" s="45">
         <v>40</v>
       </c>
       <c r="N23" s="45">
         <v>291</v>
       </c>
       <c r="O23" s="45">
         <v>797</v>
       </c>
       <c r="P23" s="45">
         <v>43</v>
       </c>
       <c r="Q23" s="46">
         <v>30</v>
       </c>
       <c r="R23" s="45">
         <v>1295</v>
       </c>
       <c r="S23" s="49" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="24" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B24" s="58" t="s">
-[...8 lines deleted...]
-      <c r="I24" s="47"/>
+      <c r="B24" s="42" t="s">
+        <v>56</v>
+      </c>
+      <c r="C24" s="43">
+        <v>38</v>
+      </c>
+      <c r="D24" s="44">
+        <v>-31</v>
+      </c>
+      <c r="E24" s="45">
+        <v>23</v>
+      </c>
+      <c r="F24" s="45">
+        <v>283</v>
+      </c>
+      <c r="G24" s="45">
+        <v>28</v>
+      </c>
+      <c r="H24" s="46">
+        <v>8</v>
+      </c>
+      <c r="I24" s="47">
+        <v>1</v>
+      </c>
       <c r="J24" s="12"/>
       <c r="K24" s="12"/>
-      <c r="L24" s="48"/>
-[...7 lines deleted...]
-        <v>82</v>
+      <c r="L24" s="48">
+        <v>3374</v>
+      </c>
+      <c r="M24" s="45">
+        <v>40</v>
+      </c>
+      <c r="N24" s="45">
+        <v>291</v>
+      </c>
+      <c r="O24" s="45">
+        <v>797</v>
+      </c>
+      <c r="P24" s="45">
+        <v>43</v>
+      </c>
+      <c r="Q24" s="46">
+        <v>30</v>
+      </c>
+      <c r="R24" s="45">
+        <v>1295</v>
+      </c>
+      <c r="S24" s="49" t="s">
+        <v>83</v>
       </c>
     </row>
     <row r="25" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="42" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C25" s="43">
         <v>38</v>
       </c>
       <c r="D25" s="44">
         <v>-31</v>
       </c>
       <c r="E25" s="45">
         <v>23</v>
       </c>
       <c r="F25" s="45">
         <v>283</v>
       </c>
       <c r="G25" s="45">
         <v>28</v>
       </c>
       <c r="H25" s="46">
         <v>8</v>
       </c>
       <c r="I25" s="47">
         <v>1</v>
       </c>
       <c r="J25" s="12"/>
       <c r="K25" s="12"/>
       <c r="L25" s="48">
-        <v>3379</v>
+        <v>3370</v>
       </c>
       <c r="M25" s="45">
         <v>40</v>
       </c>
       <c r="N25" s="45">
         <v>291</v>
       </c>
       <c r="O25" s="45">
         <v>797</v>
       </c>
       <c r="P25" s="45">
         <v>43</v>
       </c>
       <c r="Q25" s="46">
         <v>30</v>
       </c>
       <c r="R25" s="45">
         <v>1295</v>
       </c>
       <c r="S25" s="49" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="26" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B26" s="42" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C26" s="43">
         <v>38</v>
       </c>
       <c r="D26" s="44">
         <v>-31</v>
       </c>
       <c r="E26" s="45">
         <v>23</v>
       </c>
       <c r="F26" s="45">
         <v>283</v>
       </c>
       <c r="G26" s="45">
         <v>28</v>
       </c>
       <c r="H26" s="46">
         <v>8</v>
       </c>
       <c r="I26" s="47">
         <v>1</v>
       </c>
       <c r="J26" s="12"/>
       <c r="K26" s="12"/>
       <c r="L26" s="48">
-        <v>3376</v>
+        <v>3369</v>
       </c>
       <c r="M26" s="45">
         <v>40</v>
       </c>
       <c r="N26" s="45">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="O26" s="45">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="P26" s="45">
         <v>43</v>
       </c>
       <c r="Q26" s="46">
         <v>30</v>
       </c>
       <c r="R26" s="45">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="S26" s="49" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="27" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B27" s="42" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27" s="43">
         <v>38</v>
       </c>
       <c r="D27" s="44">
         <v>-31</v>
       </c>
       <c r="E27" s="45">
         <v>23</v>
       </c>
       <c r="F27" s="45">
         <v>283</v>
       </c>
       <c r="G27" s="45">
         <v>28</v>
       </c>
       <c r="H27" s="46">
         <v>8</v>
       </c>
       <c r="I27" s="47">
         <v>1</v>
       </c>
       <c r="J27" s="12"/>
       <c r="K27" s="12"/>
       <c r="L27" s="48">
-        <v>3374</v>
+        <v>3369</v>
       </c>
       <c r="M27" s="45">
         <v>40</v>
       </c>
       <c r="N27" s="45">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="O27" s="45">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="P27" s="45">
         <v>43</v>
       </c>
       <c r="Q27" s="46">
         <v>30</v>
       </c>
       <c r="R27" s="45">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="S27" s="49" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="28" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="42" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C28" s="43">
         <v>38</v>
       </c>
       <c r="D28" s="44">
         <v>-31</v>
       </c>
       <c r="E28" s="45">
         <v>23</v>
       </c>
       <c r="F28" s="45">
         <v>283</v>
       </c>
       <c r="G28" s="45">
         <v>28</v>
       </c>
       <c r="H28" s="46">
         <v>8</v>
       </c>
       <c r="I28" s="47">
         <v>1</v>
       </c>
       <c r="J28" s="12"/>
       <c r="K28" s="12"/>
       <c r="L28" s="48">
-        <v>3370</v>
+        <v>3366</v>
       </c>
       <c r="M28" s="45">
         <v>40</v>
       </c>
       <c r="N28" s="45">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="O28" s="45">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="P28" s="45">
         <v>43</v>
       </c>
       <c r="Q28" s="46">
         <v>30</v>
       </c>
       <c r="R28" s="45">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="S28" s="49" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="29" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="42" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C29" s="43">
         <v>38</v>
       </c>
       <c r="D29" s="44">
         <v>-31</v>
       </c>
       <c r="E29" s="45">
         <v>23</v>
       </c>
       <c r="F29" s="45">
         <v>283</v>
       </c>
       <c r="G29" s="45">
         <v>28</v>
       </c>
       <c r="H29" s="46">
         <v>8</v>
       </c>
       <c r="I29" s="47">
         <v>1</v>
       </c>
       <c r="J29" s="12"/>
       <c r="K29" s="12"/>
       <c r="L29" s="48">
-        <v>3369</v>
+        <v>3358</v>
       </c>
       <c r="M29" s="45">
         <v>40</v>
       </c>
       <c r="N29" s="45">
         <v>292</v>
       </c>
       <c r="O29" s="45">
         <v>796</v>
       </c>
       <c r="P29" s="45">
         <v>43</v>
       </c>
       <c r="Q29" s="46">
         <v>30</v>
       </c>
       <c r="R29" s="45">
         <v>1294</v>
       </c>
       <c r="S29" s="49" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="30" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="42" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C30" s="43">
         <v>38</v>
       </c>
       <c r="D30" s="44">
         <v>-31</v>
       </c>
       <c r="E30" s="45">
         <v>23</v>
       </c>
       <c r="F30" s="45">
         <v>283</v>
       </c>
       <c r="G30" s="45">
         <v>28</v>
       </c>
       <c r="H30" s="46">
         <v>8</v>
       </c>
       <c r="I30" s="47">
         <v>1</v>
       </c>
       <c r="J30" s="12"/>
       <c r="K30" s="12"/>
       <c r="L30" s="48">
-        <v>3369</v>
+        <v>3358</v>
       </c>
       <c r="M30" s="45">
         <v>40</v>
       </c>
       <c r="N30" s="45">
         <v>292</v>
       </c>
       <c r="O30" s="45">
         <v>796</v>
       </c>
       <c r="P30" s="45">
         <v>43</v>
       </c>
       <c r="Q30" s="46">
         <v>30</v>
       </c>
       <c r="R30" s="45">
         <v>1294</v>
       </c>
       <c r="S30" s="49" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B31" s="42" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C31" s="43">
         <v>38</v>
       </c>
       <c r="D31" s="44">
         <v>-31</v>
       </c>
       <c r="E31" s="45">
         <v>23</v>
       </c>
       <c r="F31" s="45">
         <v>283</v>
       </c>
       <c r="G31" s="45">
         <v>28</v>
       </c>
       <c r="H31" s="46">
         <v>8</v>
       </c>
       <c r="I31" s="47">
         <v>1</v>
       </c>
       <c r="J31" s="12"/>
       <c r="K31" s="12"/>
       <c r="L31" s="48">
-        <v>3366</v>
+        <v>3359</v>
       </c>
       <c r="M31" s="45">
         <v>40</v>
       </c>
       <c r="N31" s="45">
         <v>292</v>
       </c>
       <c r="O31" s="45">
-        <v>796</v>
+        <v>795</v>
       </c>
       <c r="P31" s="45">
         <v>43</v>
       </c>
       <c r="Q31" s="46">
         <v>30</v>
       </c>
       <c r="R31" s="45">
         <v>1294</v>
       </c>
       <c r="S31" s="49" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="32" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="42" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C32" s="43">
         <v>38</v>
       </c>
       <c r="D32" s="44">
         <v>-31</v>
       </c>
       <c r="E32" s="45">
         <v>23</v>
       </c>
       <c r="F32" s="45">
         <v>283</v>
       </c>
       <c r="G32" s="45">
         <v>28</v>
       </c>
       <c r="H32" s="46">
         <v>8</v>
       </c>
       <c r="I32" s="47">
         <v>1</v>
       </c>
       <c r="J32" s="12"/>
       <c r="K32" s="12"/>
       <c r="L32" s="48">
-        <v>3358</v>
+        <v>3353</v>
       </c>
       <c r="M32" s="45">
         <v>40</v>
       </c>
       <c r="N32" s="45">
         <v>292</v>
       </c>
       <c r="O32" s="45">
         <v>796</v>
       </c>
       <c r="P32" s="45">
         <v>43</v>
       </c>
       <c r="Q32" s="46">
         <v>30</v>
       </c>
       <c r="R32" s="45">
-        <v>1294</v>
+        <v>1292</v>
       </c>
       <c r="S32" s="49" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="33" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B33" s="42" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C33" s="43">
         <v>38</v>
       </c>
       <c r="D33" s="44">
         <v>-31</v>
       </c>
       <c r="E33" s="45">
         <v>23</v>
       </c>
       <c r="F33" s="45">
         <v>283</v>
       </c>
       <c r="G33" s="45">
         <v>28</v>
       </c>
       <c r="H33" s="46">
         <v>8</v>
       </c>
       <c r="I33" s="47">
         <v>1</v>
       </c>
       <c r="J33" s="12"/>
       <c r="K33" s="12"/>
       <c r="L33" s="48">
-        <v>3358</v>
+        <v>3351</v>
       </c>
       <c r="M33" s="45">
         <v>40</v>
       </c>
       <c r="N33" s="45">
         <v>292</v>
       </c>
       <c r="O33" s="45">
         <v>796</v>
       </c>
       <c r="P33" s="45">
         <v>43</v>
       </c>
       <c r="Q33" s="46">
         <v>30</v>
       </c>
       <c r="R33" s="45">
-        <v>1294</v>
+        <v>1285</v>
       </c>
       <c r="S33" s="49" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="34" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B34" s="42" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B34" s="58" t="s">
+        <v>66</v>
+      </c>
+      <c r="C34" s="43"/>
+      <c r="D34" s="44"/>
+      <c r="E34" s="45"/>
+      <c r="F34" s="45"/>
+      <c r="G34" s="45"/>
+      <c r="H34" s="46"/>
+      <c r="I34" s="47"/>
       <c r="J34" s="12"/>
       <c r="K34" s="12"/>
-      <c r="L34" s="48">
-[...21 lines deleted...]
-        <v>92</v>
+      <c r="L34" s="48"/>
+      <c r="M34" s="45"/>
+      <c r="N34" s="45"/>
+      <c r="O34" s="45"/>
+      <c r="P34" s="45"/>
+      <c r="Q34" s="46"/>
+      <c r="R34" s="45"/>
+      <c r="S34" s="65" t="s">
+        <v>93</v>
       </c>
     </row>
     <row r="35" spans="2:19" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="42" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C35" s="43">
         <v>38</v>
       </c>
       <c r="D35" s="44">
         <v>-31</v>
       </c>
       <c r="E35" s="45">
         <v>23</v>
       </c>
       <c r="F35" s="45">
         <v>283</v>
       </c>
       <c r="G35" s="45">
         <v>28</v>
       </c>
       <c r="H35" s="46">
         <v>8</v>
       </c>
       <c r="I35" s="47">
         <v>1</v>
       </c>
       <c r="J35" s="12"/>
       <c r="K35" s="12"/>
       <c r="L35" s="48">
         <v>3353</v>
       </c>
       <c r="M35" s="45">
         <v>40</v>
       </c>
       <c r="N35" s="45">
         <v>292</v>
       </c>
       <c r="O35" s="45">
         <v>796</v>
       </c>
       <c r="P35" s="45">
         <v>43</v>
       </c>
       <c r="Q35" s="46">
         <v>30</v>
       </c>
       <c r="R35" s="45">
-        <v>1292</v>
+        <v>1284</v>
       </c>
       <c r="S35" s="49" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="36" spans="2:19" s="3" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B36" s="94" t="s">
         <v>94</v>
       </c>
       <c r="C36" s="38"/>
       <c r="D36" s="38"/>
       <c r="E36" s="38"/>
       <c r="F36" s="38"/>
       <c r="G36" s="38"/>
       <c r="H36" s="38"/>
       <c r="I36" s="38"/>
       <c r="J36" s="24"/>
       <c r="K36" s="24"/>
       <c r="L36" s="34" t="s">
         <v>22</v>
       </c>
       <c r="M36" s="35"/>
       <c r="N36" s="35"/>
       <c r="O36" s="35"/>
       <c r="P36" s="35"/>
       <c r="Q36" s="35"/>
       <c r="R36" s="33"/>
       <c r="S36" s="35"/>
     </row>
     <row r="37" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B37" s="96" t="s">
-        <v>96</v>
+      <c r="B37" s="95" t="s">
+        <v>95</v>
       </c>
       <c r="C37" s="39"/>
       <c r="D37" s="37"/>
       <c r="E37" s="37"/>
       <c r="F37" s="37"/>
       <c r="G37" s="39"/>
       <c r="H37" s="39"/>
       <c r="I37" s="39"/>
       <c r="J37" s="12"/>
       <c r="K37" s="12"/>
       <c r="L37" s="32" t="s">
         <v>23</v>
       </c>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
       <c r="O37" s="3"/>
       <c r="P37" s="3"/>
       <c r="Q37" s="3"/>
       <c r="R37" s="23"/>
       <c r="S37" s="3"/>
     </row>
     <row r="38" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B38" s="95" t="s">
-        <v>95</v>
+      <c r="B38" s="50" t="s">
+        <v>34</v>
       </c>
       <c r="C38" s="37"/>
       <c r="D38" s="37"/>
       <c r="E38" s="37"/>
       <c r="F38" s="37"/>
       <c r="G38" s="40"/>
       <c r="H38" s="40"/>
       <c r="I38" s="40"/>
       <c r="J38" s="12"/>
       <c r="K38" s="12"/>
-      <c r="L38" s="32" t="s">
-        <v>93</v>
+      <c r="L38" s="32" t="str">
+        <f>"Note:1.By "&amp;INT(F47)+1911&amp;"/"&amp;G47&amp;", "&amp;D47&amp;"FHCs have been established."</f>
+        <v>Note:1.By 2026/1, 14FHCs have been established.</v>
       </c>
       <c r="M38" s="3"/>
       <c r="N38" s="3"/>
       <c r="O38" s="3"/>
       <c r="P38" s="3"/>
       <c r="Q38" s="3"/>
       <c r="R38" s="25"/>
       <c r="S38" s="3"/>
     </row>
     <row r="39" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B39" s="50" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C39" s="37"/>
       <c r="D39" s="37"/>
       <c r="E39" s="37"/>
       <c r="F39" s="37"/>
       <c r="G39" s="40"/>
       <c r="H39" s="40"/>
       <c r="I39" s="40"/>
       <c r="J39" s="12"/>
       <c r="K39" s="12"/>
       <c r="L39" s="32" t="s">
         <v>30</v>
       </c>
       <c r="M39" s="26"/>
       <c r="N39" s="26"/>
       <c r="O39" s="26"/>
       <c r="P39" s="26"/>
       <c r="Q39" s="26"/>
       <c r="R39" s="25"/>
       <c r="S39" s="3"/>
     </row>
     <row r="40" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B40" s="51" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C40" s="37"/>
       <c r="D40" s="37"/>
       <c r="E40" s="37"/>
       <c r="F40" s="37"/>
       <c r="G40" s="40"/>
       <c r="H40" s="40"/>
       <c r="I40" s="40"/>
       <c r="J40" s="12"/>
       <c r="K40" s="12"/>
       <c r="L40" s="32" t="s">
         <v>32</v>
       </c>
       <c r="M40" s="26"/>
       <c r="N40" s="26"/>
       <c r="O40" s="26"/>
       <c r="P40" s="26"/>
       <c r="Q40" s="26"/>
       <c r="R40" s="25"/>
       <c r="S40" s="3"/>
     </row>
     <row r="41" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B41" s="51" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C41" s="37"/>
       <c r="D41" s="37"/>
       <c r="E41" s="37"/>
       <c r="F41" s="37"/>
       <c r="G41" s="40"/>
       <c r="H41" s="40"/>
       <c r="I41" s="40"/>
       <c r="J41" s="12"/>
       <c r="K41" s="12"/>
       <c r="L41" s="32" t="s">
         <v>31</v>
       </c>
       <c r="M41" s="26"/>
       <c r="N41" s="26"/>
       <c r="O41" s="26"/>
       <c r="P41" s="26"/>
       <c r="Q41" s="26"/>
       <c r="R41" s="25"/>
       <c r="S41" s="3"/>
     </row>
     <row r="42" spans="2:19" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B42" s="51" t="s">
         <v>26</v>
       </c>
@@ -4399,65 +4394,65 @@
       <c r="R44" s="77"/>
       <c r="S44" s="77"/>
     </row>
     <row r="45" spans="2:19" ht="16.5" x14ac:dyDescent="0.3">
       <c r="B45" s="5"/>
       <c r="C45" s="18"/>
       <c r="D45" s="1"/>
       <c r="E45" s="66"/>
       <c r="F45" s="66"/>
     </row>
     <row r="46" spans="2:19" x14ac:dyDescent="0.25">
       <c r="C46" s="19"/>
       <c r="D46" s="19"/>
       <c r="E46" s="19"/>
       <c r="F46" s="19"/>
       <c r="G46" s="19"/>
       <c r="H46" s="19"/>
       <c r="I46" s="19"/>
       <c r="R46" s="19"/>
     </row>
     <row r="47" spans="2:19" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B47" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C47" s="55" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D47" s="56">
         <v>14</v>
       </c>
       <c r="E47" s="57" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F47" s="54">
         <f>INT(E47)</f>
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G47" s="53" t="str">
         <f>MID(E47,FIND(".",E47)+1,2)</f>
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B50" s="20"/>
     </row>
     <row r="56" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B56" s="41"/>
     </row>
     <row r="57" spans="2:2" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B57" s="36"/>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="Q5:Q6"/>
     <mergeCell ref="B44:I44"/>
     <mergeCell ref="L44:S44"/>
     <mergeCell ref="S4:S7"/>
     <mergeCell ref="C4:I4"/>
     <mergeCell ref="L4:Q4"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="B4:B7"/>
     <mergeCell ref="R5:R6"/>
     <mergeCell ref="O5:O6"/>
     <mergeCell ref="P5:P6"/>
     <mergeCell ref="E5:E6"/>