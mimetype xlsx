--- v0 (2025-12-08)
+++ v1 (2026-03-07)
@@ -1,96 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\48753\48753\02承辦公文\【☆電支機構統計資料】\114年9月\114年9月\10. 年度彙整表(提供統計室上稿)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\48753\48753\02承辦公文\【☆電支機構統計資料】\114年12月\114年12月\10. 年度彙整表(提供統計室上稿)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B1AB5C94-D9CE-40B6-B734-32E690C2D4AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{017C0CEC-D9FA-4AA3-9225-A05C976E47E1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="儲值卡統計表" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">儲值卡統計表!$A$1:$D$172</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">儲值卡統計表!$A$1:$D$175</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D157" i="1" l="1"/>
-  <c r="C157" i="1"/>
+  <c r="C157" i="1" l="1"/>
+  <c r="D157" i="1"/>
   <c r="B157" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="178" uniqueCount="55">
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <color rgb="FF000000"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>儲值卡統計表</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>單位：千元，張</t>
     </r>
   </si>
@@ -884,50 +884,95 @@
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t/>
     </r>
   </si>
   <si>
     <r>
       <t>8月</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t/>
     </r>
   </si>
   <si>
     <r>
       <t>9月</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="標楷體"/>
+        <family val="4"/>
+        <charset val="136"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>10月</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="標楷體"/>
+        <family val="4"/>
+        <charset val="136"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>11月</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="標楷體"/>
+        <family val="4"/>
+        <charset val="136"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>12月</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t/>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="176" formatCode="_-* #,##0_-;\-* #,##0_-;_-* \-??_-;_-@_-"/>
     <numFmt numFmtId="177" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* \-??_-;_-@_-"/>
     <numFmt numFmtId="178" formatCode="#,##0_);[Red]\(#,##0\)"/>
     <numFmt numFmtId="179" formatCode="#,##0_ "/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
@@ -1440,57 +1485,57 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AMK172"/>
+  <dimension ref="A1:AMK175"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="B79" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="3" topLeftCell="B131" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="E131" sqref="E131"/>
+      <selection pane="bottomRight" activeCell="E160" sqref="E160"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.6" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.88671875" style="4" customWidth="1"/>
     <col min="2" max="4" width="18.44140625" style="4" customWidth="1"/>
     <col min="5" max="1025" width="9" style="1" customWidth="1"/>
     <col min="1026" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="22.2" x14ac:dyDescent="0.25">
       <c r="A1" s="29" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
     </row>
     <row r="2" spans="1:4" ht="16.2" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="3"/>
       <c r="D2" s="5"/>
     </row>
@@ -3637,65 +3682,65 @@
       </c>
       <c r="B155" s="27">
         <v>187951363</v>
       </c>
       <c r="C155" s="27">
         <v>6348435</v>
       </c>
       <c r="D155" s="27">
         <v>14885044</v>
       </c>
     </row>
     <row r="156" spans="1:4" ht="22.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A156" s="11" t="s">
         <v>32</v>
       </c>
       <c r="B156" s="27">
         <v>188805953</v>
       </c>
       <c r="C156" s="27">
         <v>6597464</v>
       </c>
       <c r="D156" s="27">
         <v>15068176</v>
       </c>
     </row>
-    <row r="157" spans="1:4" ht="16.2" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A157" s="8" t="s">
         <v>41</v>
       </c>
       <c r="B157" s="25">
-        <f>B166</f>
-        <v>197881890</v>
+        <f>B169</f>
+        <v>200136314</v>
       </c>
       <c r="C157" s="25">
-        <f>SUM(C158:C166)</f>
-        <v>58107192</v>
+        <f>SUM(C158:C169)</f>
+        <v>78084311</v>
       </c>
       <c r="D157" s="25">
-        <f>D166</f>
-        <v>15729795</v>
+        <f>D169</f>
+        <v>15740280</v>
       </c>
     </row>
     <row r="158" spans="1:4" ht="16.2" x14ac:dyDescent="0.25">
       <c r="A158" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B158" s="27">
         <v>189748106</v>
       </c>
       <c r="C158" s="27">
         <v>6167230</v>
       </c>
       <c r="D158" s="27">
         <v>15263514</v>
       </c>
     </row>
     <row r="159" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A159" s="11" t="s">
         <v>34</v>
       </c>
       <c r="B159" s="27">
         <v>190754133</v>
       </c>
       <c r="C159" s="27">
         <v>5850806</v>
@@ -3780,77 +3825,119 @@
       </c>
       <c r="B165" s="27">
         <v>197126698</v>
       </c>
       <c r="C165" s="27">
         <v>6855085</v>
       </c>
       <c r="D165" s="27">
         <v>15321900</v>
       </c>
     </row>
     <row r="166" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A166" s="11" t="s">
         <v>51</v>
       </c>
       <c r="B166" s="27">
         <v>197881890</v>
       </c>
       <c r="C166" s="27">
         <v>6632945</v>
       </c>
       <c r="D166" s="27">
         <v>15729795</v>
       </c>
     </row>
-    <row r="167" spans="1:4" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-        <v>43</v>
+    <row r="167" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B167" s="27">
+        <v>198679918</v>
+      </c>
+      <c r="C167" s="27">
+        <v>6789082</v>
+      </c>
+      <c r="D167" s="27">
+        <v>15715503</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="B168" s="27">
+        <v>199445673</v>
+      </c>
+      <c r="C168" s="27">
+        <v>6483953</v>
+      </c>
+      <c r="D168" s="27">
+        <v>15740897</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="B169" s="27">
+        <v>200136314</v>
+      </c>
+      <c r="C169" s="27">
+        <v>6704084</v>
+      </c>
+      <c r="D169" s="27">
+        <v>15740280</v>
       </c>
     </row>
     <row r="170" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A170" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="171" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A171" s="1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A172" s="1" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="173" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A173" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="174" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A174" s="1" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="172" spans="1:4" ht="16.2" x14ac:dyDescent="0.25">
-      <c r="A172" s="2" t="s">
+    <row r="175" spans="1:4" ht="16.2" x14ac:dyDescent="0.25">
+      <c r="A175" s="2" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>