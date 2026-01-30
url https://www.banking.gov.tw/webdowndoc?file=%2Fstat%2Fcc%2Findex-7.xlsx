--- v0 (2025-11-01)
+++ v1 (2026-01-30)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\▲信用卡-上網\11408_信用卡\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\▲信用卡-上網\11411_信用卡\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A6A84758-8700-4B0B-A6E3-22621DF3B9FF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{116AA93F-F7FD-4366-A1F9-3C1095F5E3C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="25820" windowHeight="13900" tabRatio="599" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="信用卡 " sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'信用卡 '!$A$7:$L$296</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'信用卡 '!$A$1:$L$303</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'信用卡 '!$A$1:$L$306</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="L229" i="1" l="1"/>
   <c r="L216" i="1"/>
   <c r="L203" i="1"/>
   <c r="L190" i="1"/>
   <c r="L177" i="1"/>
@@ -71,51 +71,51 @@
   <c r="L112" i="1"/>
   <c r="L86" i="1"/>
   <c r="L73" i="1"/>
   <c r="L60" i="1"/>
   <c r="L47" i="1"/>
   <c r="L34" i="1"/>
   <c r="L21" i="1"/>
   <c r="L9" i="1"/>
   <c r="L10" i="1"/>
   <c r="L11" i="1"/>
   <c r="L12" i="1"/>
   <c r="L13" i="1"/>
   <c r="L14" i="1"/>
   <c r="L15" i="1"/>
   <c r="L16" i="1"/>
   <c r="L17" i="1"/>
   <c r="L18" i="1"/>
   <c r="L19" i="1"/>
   <c r="L20" i="1"/>
   <c r="L8" i="1"/>
   <c r="L125" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="617" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="623" uniqueCount="150">
   <si>
     <r>
       <t>86</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>年</t>
     </r>
   </si>
   <si>
     <r>
       <t>80</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="標楷體"/>
@@ -3526,54 +3526,54 @@
           <a:solidFill>
             <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="400000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="工作表1"/>
-  <dimension ref="A1:M304"/>
+  <dimension ref="A1:M307"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" zoomScaleSheetLayoutView="91" workbookViewId="0">
-      <selection activeCell="J2" sqref="J2"/>
+      <selection activeCell="C2" sqref="C2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="7.36328125" style="53" customWidth="1"/>
     <col min="2" max="2" width="11.1796875" style="5" customWidth="1"/>
     <col min="3" max="4" width="10.81640625" style="5" customWidth="1"/>
     <col min="5" max="5" width="9.36328125" style="5" customWidth="1"/>
     <col min="6" max="7" width="9.36328125" style="5" hidden="1" customWidth="1"/>
     <col min="8" max="9" width="9.36328125" style="5" customWidth="1"/>
     <col min="10" max="10" width="8.81640625" style="5" customWidth="1"/>
     <col min="11" max="11" width="9.81640625" style="5" customWidth="1"/>
     <col min="12" max="12" width="7.36328125" style="7" customWidth="1"/>
     <col min="13" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="20" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="41" t="s">
         <v>148</v>
       </c>
       <c r="B1" s="40"/>
       <c r="C1" s="40"/>
       <c r="D1" s="40"/>
       <c r="E1" s="40"/>
       <c r="F1" s="40"/>
@@ -13289,85 +13289,85 @@
       </c>
       <c r="D288" s="59">
         <v>340956</v>
       </c>
       <c r="E288" s="59">
         <v>55795</v>
       </c>
       <c r="F288" s="73"/>
       <c r="G288" s="73"/>
       <c r="H288" s="71">
         <v>1848</v>
       </c>
       <c r="I288" s="59">
         <v>1813</v>
       </c>
       <c r="J288" s="59">
         <v>35</v>
       </c>
       <c r="K288" s="74">
         <v>110401</v>
       </c>
       <c r="L288" s="46" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="289" spans="1:12" ht="14" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="289" spans="1:12" ht="14" hidden="1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A289" s="47" t="s">
         <v>30</v>
       </c>
       <c r="B289" s="59">
         <v>58691</v>
       </c>
       <c r="C289" s="70">
         <v>365189</v>
       </c>
       <c r="D289" s="59">
         <v>315584</v>
       </c>
       <c r="E289" s="59">
         <v>49604</v>
       </c>
       <c r="F289" s="73"/>
       <c r="G289" s="73"/>
       <c r="H289" s="71">
         <v>1802</v>
       </c>
       <c r="I289" s="59">
         <v>1765</v>
       </c>
       <c r="J289" s="59">
         <v>37</v>
       </c>
       <c r="K289" s="74">
         <v>111924</v>
       </c>
       <c r="L289" s="46" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="290" spans="1:12" ht="14" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="290" spans="1:12" ht="14" hidden="1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A290" s="47" t="s">
         <v>31</v>
       </c>
       <c r="B290" s="59">
         <v>58596</v>
       </c>
       <c r="C290" s="70">
         <v>367656</v>
       </c>
       <c r="D290" s="59">
         <v>318238</v>
       </c>
       <c r="E290" s="59">
         <v>49419</v>
       </c>
       <c r="F290" s="73"/>
       <c r="G290" s="73"/>
       <c r="H290" s="71">
         <v>1647</v>
       </c>
       <c r="I290" s="59">
         <v>1612</v>
       </c>
       <c r="J290" s="59">
         <v>35</v>
@@ -13749,66 +13749,168 @@
       </c>
       <c r="D302" s="59">
         <v>317454</v>
       </c>
       <c r="E302" s="59">
         <v>58797</v>
       </c>
       <c r="F302" s="73"/>
       <c r="G302" s="73"/>
       <c r="H302" s="71">
         <v>1468</v>
       </c>
       <c r="I302" s="59">
         <v>1436</v>
       </c>
       <c r="J302" s="59">
         <v>32</v>
       </c>
       <c r="K302" s="74">
         <v>115041</v>
       </c>
       <c r="L302" s="46" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="303" spans="1:12" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...14 lines deleted...]
-      <c r="K304" s="6"/>
+    <row r="303" spans="1:12" ht="14" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A303" s="47" t="s">
+        <v>31</v>
+      </c>
+      <c r="B303" s="59">
+        <v>60354</v>
+      </c>
+      <c r="C303" s="70">
+        <v>403174</v>
+      </c>
+      <c r="D303" s="59">
+        <v>342421</v>
+      </c>
+      <c r="E303" s="59">
+        <v>60753</v>
+      </c>
+      <c r="F303" s="73"/>
+      <c r="G303" s="73"/>
+      <c r="H303" s="71">
+        <v>1585</v>
+      </c>
+      <c r="I303" s="59">
+        <v>1552</v>
+      </c>
+      <c r="J303" s="59">
+        <v>32</v>
+      </c>
+      <c r="K303" s="74">
+        <v>117177</v>
+      </c>
+      <c r="L303" s="46" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="304" spans="1:12" ht="14" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A304" s="47" t="s">
+        <v>32</v>
+      </c>
+      <c r="B304" s="59">
+        <v>60479</v>
+      </c>
+      <c r="C304" s="70">
+        <v>453412</v>
+      </c>
+      <c r="D304" s="59">
+        <v>383911</v>
+      </c>
+      <c r="E304" s="59">
+        <v>69501</v>
+      </c>
+      <c r="F304" s="73"/>
+      <c r="G304" s="73"/>
+      <c r="H304" s="71">
+        <v>1674</v>
+      </c>
+      <c r="I304" s="59">
+        <v>1636</v>
+      </c>
+      <c r="J304" s="59">
+        <v>39</v>
+      </c>
+      <c r="K304" s="74">
+        <v>117913</v>
+      </c>
+      <c r="L304" s="46" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="305" spans="1:12" ht="14" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A305" s="47" t="s">
+        <v>33</v>
+      </c>
+      <c r="B305" s="59">
+        <v>60425</v>
+      </c>
+      <c r="C305" s="70">
+        <v>396705</v>
+      </c>
+      <c r="D305" s="59">
+        <v>336582</v>
+      </c>
+      <c r="E305" s="59">
+        <v>60122</v>
+      </c>
+      <c r="F305" s="73"/>
+      <c r="G305" s="73"/>
+      <c r="H305" s="71">
+        <v>1337</v>
+      </c>
+      <c r="I305" s="59">
+        <v>1305</v>
+      </c>
+      <c r="J305" s="59">
+        <v>32</v>
+      </c>
+      <c r="K305" s="74">
+        <v>117777</v>
+      </c>
+      <c r="L305" s="46" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="306" spans="1:12" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A306" s="52"/>
+      <c r="B306" s="75"/>
+      <c r="C306" s="76"/>
+      <c r="D306" s="75"/>
+      <c r="E306" s="75"/>
+      <c r="F306" s="77"/>
+      <c r="G306" s="77"/>
+      <c r="H306" s="78"/>
+      <c r="I306" s="75"/>
+      <c r="J306" s="75"/>
+      <c r="K306" s="79"/>
+      <c r="L306" s="8"/>
+    </row>
+    <row r="307" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="K307" s="6"/>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.59055118110236227" bottom="0.39370078740157483" header="0.59055118110236227" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>