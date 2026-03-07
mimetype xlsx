--- v0 (2025-12-08)
+++ v1 (2026-03-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\48753\48753\02承辦公文\【☆電支機構統計資料】\114年9月\114年9月\10. 年度彙整表(提供統計室上稿)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\48753\48753\02承辦公文\【☆電支機構統計資料】\114年12月\114年12月\10. 年度彙整表(提供統計室上稿)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{21072630-6B53-4CC2-9E53-A4DCB9776770}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{45FDEF1A-EECE-4536-97C0-81BC51A90903}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="電支帳戶統計表" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">電支帳戶統計表!$A$1:$H$107</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">電支帳戶統計表!$A$1:$H$110</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G93" i="1" l="1"/>
   <c r="H93" i="1"/>
   <c r="F93" i="1"/>
   <c r="D93" i="1"/>
   <c r="E93" i="1"/>
   <c r="C93" i="1"/>
   <c r="B93" i="1"/>
   <c r="H38" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="52">
   <si>
     <r>
       <rPr>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>電子支付帳戶統計表</t>
     </r>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>單位：人、新臺幣千元</t>
     </r>
     <phoneticPr fontId="1" type="noConversion"/>
@@ -1073,50 +1073,95 @@
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t/>
     </r>
   </si>
   <si>
     <r>
       <t>8月</t>
     </r>
     <r>
       <rPr>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t/>
     </r>
   </si>
   <si>
     <r>
       <t>9月</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="1"/>
+        <rFont val="新細明體"/>
+        <family val="1"/>
+        <charset val="136"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>10月</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="1"/>
+        <rFont val="新細明體"/>
+        <family val="1"/>
+        <charset val="136"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>11月</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="1"/>
+        <rFont val="新細明體"/>
+        <family val="1"/>
+        <charset val="136"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>12月</t>
     </r>
     <r>
       <rPr>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t/>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="176" formatCode="#,##0_);[Red]\(#,##0\)"/>
     <numFmt numFmtId="177" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="178" formatCode="#,##0_ "/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
@@ -1654,55 +1699,55 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H105"/>
+  <dimension ref="A1:H108"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="E93" sqref="E93"/>
+    <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
+      <pane ySplit="4" topLeftCell="A67" activePane="bottomLeft" state="frozenSplit"/>
+      <selection pane="bottomLeft" activeCell="J99" sqref="J99"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="21" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9" style="1" customWidth="1"/>
     <col min="2" max="2" width="25" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="5" width="22.21875" style="1" customWidth="1"/>
     <col min="6" max="6" width="18.88671875" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="21" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="17.77734375" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="22.2" x14ac:dyDescent="0.3">
       <c r="A1" s="18" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="18"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
     </row>
@@ -3911,76 +3956,76 @@
       </c>
       <c r="C92" s="16">
         <v>18195768</v>
       </c>
       <c r="D92" s="13">
         <v>18023010</v>
       </c>
       <c r="E92" s="13">
         <v>29831281</v>
       </c>
       <c r="F92" s="13">
         <v>4889324</v>
       </c>
       <c r="G92" s="13">
         <v>12407395</v>
       </c>
       <c r="H92" s="13">
         <v>17296719</v>
       </c>
     </row>
     <row r="93" spans="1:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A93" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B93" s="12">
-        <f>B102</f>
-        <v>34453727</v>
+        <f>B105</f>
+        <v>37650194</v>
       </c>
       <c r="C93" s="12">
-        <f>SUM(C94:C102)</f>
-        <v>177834561</v>
+        <f>SUM(C94:C105)</f>
+        <v>240573244</v>
       </c>
       <c r="D93" s="12">
-        <f t="shared" ref="D93:E93" si="0">SUM(D94:D102)</f>
-        <v>165019700</v>
+        <f t="shared" ref="D93:E93" si="0">SUM(D94:D105)</f>
+        <v>217517259</v>
       </c>
       <c r="E93" s="12">
         <f t="shared" si="0"/>
-        <v>272408550</v>
+        <v>359600094</v>
       </c>
       <c r="F93" s="12">
-        <f>F102</f>
-        <v>5209519</v>
+        <f>F105</f>
+        <v>5343634</v>
       </c>
       <c r="G93" s="12">
-        <f t="shared" ref="G93:H93" si="1">G102</f>
-        <v>13289720</v>
+        <f>G105</f>
+        <v>10170925</v>
       </c>
       <c r="H93" s="12">
-        <f t="shared" si="1"/>
-        <v>18499239</v>
+        <f t="shared" ref="G93:H93" si="1">H105</f>
+        <v>15514560</v>
       </c>
     </row>
     <row r="94" spans="1:8" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A94" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B94" s="13">
         <v>31009146</v>
       </c>
       <c r="C94" s="13">
         <v>17991809</v>
       </c>
       <c r="D94" s="13">
         <v>20663835</v>
       </c>
       <c r="E94" s="13">
         <v>33988841</v>
       </c>
       <c r="F94" s="13">
         <v>5128211</v>
       </c>
       <c r="G94" s="13">
         <v>15906356</v>
       </c>
       <c r="H94" s="13">
@@ -4173,85 +4218,163 @@
       <c r="A102" s="8" t="s">
         <v>48</v>
       </c>
       <c r="B102" s="13">
         <v>34453727</v>
       </c>
       <c r="C102" s="13">
         <v>21360895</v>
       </c>
       <c r="D102" s="13">
         <v>18144789</v>
       </c>
       <c r="E102" s="13">
         <v>29991552</v>
       </c>
       <c r="F102" s="13">
         <v>5209519</v>
       </c>
       <c r="G102" s="13">
         <v>13289720</v>
       </c>
       <c r="H102" s="13">
         <v>18499239</v>
       </c>
     </row>
-    <row r="103" spans="1:8" ht="22.2" x14ac:dyDescent="0.3">
-      <c r="A103" s="19" t="s">
+    <row r="103" spans="1:8" ht="34.799999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B103" s="13">
+        <v>34813764</v>
+      </c>
+      <c r="C103" s="13">
+        <v>20729940</v>
+      </c>
+      <c r="D103" s="13">
+        <v>18329827</v>
+      </c>
+      <c r="E103" s="13">
+        <v>29504165</v>
+      </c>
+      <c r="F103" s="13">
+        <v>5267410</v>
+      </c>
+      <c r="G103" s="13">
+        <v>12737555</v>
+      </c>
+      <c r="H103" s="13">
+        <v>18004966</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" ht="34.799999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B104" s="13">
+        <v>35128867</v>
+      </c>
+      <c r="C104" s="13">
+        <v>21717821</v>
+      </c>
+      <c r="D104" s="13">
+        <v>18381649</v>
+      </c>
+      <c r="E104" s="13">
+        <v>30070398</v>
+      </c>
+      <c r="F104" s="13">
+        <v>5271379</v>
+      </c>
+      <c r="G104" s="13">
+        <v>13571216</v>
+      </c>
+      <c r="H104" s="13">
+        <v>18842594</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" ht="34.799999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B105" s="13">
+        <v>37650194</v>
+      </c>
+      <c r="C105" s="13">
+        <v>20290922</v>
+      </c>
+      <c r="D105" s="13">
+        <v>15786083</v>
+      </c>
+      <c r="E105" s="13">
+        <v>27616981</v>
+      </c>
+      <c r="F105" s="13">
+        <v>5343634</v>
+      </c>
+      <c r="G105" s="13">
+        <v>10170925</v>
+      </c>
+      <c r="H105" s="13">
+        <v>15514560</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" ht="22.2" x14ac:dyDescent="0.3">
+      <c r="A106" s="19" t="s">
         <v>42</v>
       </c>
-      <c r="B103" s="19"/>
-[...8 lines deleted...]
-      <c r="A104" s="17" t="s">
+      <c r="B106" s="19"/>
+      <c r="C106" s="19"/>
+      <c r="D106" s="19"/>
+      <c r="E106" s="19"/>
+      <c r="F106" s="19"/>
+      <c r="G106" s="19"/>
+      <c r="H106" s="19"/>
+    </row>
+    <row r="107" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="17" t="s">
         <v>43</v>
       </c>
-      <c r="B104" s="17"/>
-[...8 lines deleted...]
-      <c r="A105" s="1" t="s">
+      <c r="B107" s="17"/>
+      <c r="C107" s="17"/>
+      <c r="D107" s="17"/>
+      <c r="E107" s="17"/>
+      <c r="F107" s="17"/>
+      <c r="G107" s="17"/>
+      <c r="H107" s="17"/>
+    </row>
+    <row r="108" spans="1:8" ht="22.2" x14ac:dyDescent="0.3">
+      <c r="A108" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
-    <mergeCell ref="A104:H104"/>
+    <mergeCell ref="A107:H107"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="C2:D2"/>
-    <mergeCell ref="A103:H103"/>
+    <mergeCell ref="A106:H106"/>
     <mergeCell ref="F3:H3"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="62" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>