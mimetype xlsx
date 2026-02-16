--- v0 (2025-10-27)
+++ v1 (2026-02-16)
@@ -199,51 +199,51 @@
   <si>
     <r>
       <t>機　　構　　別</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Issuer</t>
     </r>
   </si>
   <si>
-    <t>民國114年 8月</t>
+    <t>民國114年12月</t>
   </si>
   <si>
     <t>循環信</t>
   </si>
   <si>
     <t>用餘額</t>
   </si>
   <si>
     <t>本月簽</t>
   </si>
   <si>
     <t>帳金額</t>
   </si>
   <si>
     <t>流通</t>
   </si>
   <si>
     <t>有效</t>
   </si>
   <si>
     <t>卡數</t>
   </si>
   <si>
     <t>(Over 3</t>
   </si>
@@ -769,51 +769,51 @@
   <si>
     <t>　國泰世華商業銀行　#</t>
   </si>
   <si>
     <t xml:space="preserve">     Cathay United Bank</t>
   </si>
   <si>
     <t>　高雄銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Bank of Kaohsiung</t>
   </si>
   <si>
     <t>　兆豐國際商業銀行　#</t>
   </si>
   <si>
     <t xml:space="preserve">     Mega International Commercial Bank Co., Ltd.</t>
   </si>
   <si>
     <t>　花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Citibank Taiwan Ltd.</t>
   </si>
   <si>
-    <t xml:space="preserve"> Aug. 2025</t>
+    <t xml:space="preserve"> Dec. 2025</t>
   </si>
   <si>
     <t>　臺灣中小企業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Taiwan Business Bank</t>
   </si>
   <si>
     <t>　渣打國際商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>　台中商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Taichung Commercial Bank</t>
   </si>
   <si>
     <t>　滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     HSBC Bank(Taiwan) Ltd.</t>
   </si>
@@ -2575,944 +2575,944 @@
       </c>
       <c r="J9" s="12" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="12" t="s">
         <v>44</v>
       </c>
       <c r="L9" s="22" t="s">
         <v>31</v>
       </c>
       <c r="M9" s="12" t="s">
         <v>45</v>
       </c>
       <c r="N9" s="12" t="s">
         <v>46</v>
       </c>
       <c r="O9" s="25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="12.6" customHeight="1">
       <c r="A10" s="52" t="s">
         <v>86</v>
       </c>
       <c r="B10" s="55">
-        <v>60149284</v>
+        <v>60485911</v>
       </c>
       <c r="C10" s="55">
-        <v>39931101</v>
+        <v>40554453</v>
       </c>
       <c r="D10" s="55">
-        <v>624107</v>
+        <v>570553</v>
       </c>
       <c r="E10" s="55">
-        <v>437907</v>
+        <v>523432</v>
       </c>
       <c r="F10" s="55">
-        <v>115041</v>
+        <v>118589</v>
       </c>
       <c r="G10" s="55">
-        <v>376250</v>
+        <v>453664</v>
       </c>
       <c r="H10" s="55">
-        <v>1468</v>
+        <v>1649</v>
       </c>
       <c r="I10" s="58">
-        <v>0.25</v>
+        <v>0.24</v>
       </c>
       <c r="J10" s="61">
-        <v>465.91</v>
+        <v>502.41</v>
       </c>
       <c r="K10" s="55">
-        <v>572</v>
+        <v>645</v>
       </c>
       <c r="L10" s="55">
-        <v>1437</v>
+        <v>1494</v>
       </c>
       <c r="M10" s="55">
-        <v>4955</v>
+        <v>6272</v>
       </c>
       <c r="N10" s="55">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="O10" s="64">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="11.1" customHeight="1">
       <c r="A11" s="66" t="s">
         <v>87</v>
       </c>
       <c r="B11" s="31"/>
       <c r="C11" s="31"/>
       <c r="D11" s="31"/>
       <c r="E11" s="31"/>
       <c r="F11" s="31"/>
       <c r="G11" s="31"/>
       <c r="H11" s="31"/>
       <c r="I11" s="31"/>
       <c r="J11" s="31"/>
       <c r="K11" s="31"/>
       <c r="L11" s="31"/>
       <c r="M11" s="31"/>
       <c r="N11" s="31"/>
       <c r="O11" s="42"/>
     </row>
     <row r="12" spans="1:15" ht="12.6" customHeight="1">
       <c r="A12" s="52" t="s">
         <v>88</v>
       </c>
       <c r="B12" s="69">
-        <v>59437396</v>
+        <v>59684940</v>
       </c>
       <c r="C12" s="69">
-        <v>39629231</v>
+        <v>40230686</v>
       </c>
       <c r="D12" s="69">
-        <v>618845</v>
+        <v>529353</v>
       </c>
       <c r="E12" s="69">
-        <v>432278</v>
+        <v>501571</v>
       </c>
       <c r="F12" s="69">
-        <v>113967</v>
+        <v>117503</v>
       </c>
       <c r="G12" s="69">
-        <v>369092</v>
+        <v>445935</v>
       </c>
       <c r="H12" s="69">
-        <v>1463</v>
+        <v>1642</v>
       </c>
       <c r="I12" s="72">
-        <v>0.25</v>
+        <v>0.23</v>
       </c>
       <c r="J12" s="75">
-        <v>469.83</v>
+        <v>507.57</v>
       </c>
       <c r="K12" s="69">
-        <v>563</v>
+        <v>642</v>
       </c>
       <c r="L12" s="69">
-        <v>1421</v>
+        <v>1477</v>
       </c>
       <c r="M12" s="69">
-        <v>4800</v>
+        <v>6101</v>
       </c>
       <c r="N12" s="69">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="O12" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="11.1" customHeight="1">
       <c r="A13" s="66" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="31"/>
       <c r="C13" s="31"/>
       <c r="D13" s="31"/>
       <c r="E13" s="31"/>
       <c r="F13" s="31"/>
       <c r="G13" s="31"/>
       <c r="H13" s="31"/>
       <c r="I13" s="31"/>
       <c r="J13" s="31"/>
       <c r="K13" s="31"/>
       <c r="L13" s="31"/>
       <c r="M13" s="31"/>
       <c r="N13" s="31"/>
       <c r="O13" s="42"/>
     </row>
     <row r="14" spans="1:15" ht="12.6" customHeight="1">
       <c r="A14" s="51" t="s">
         <v>90</v>
       </c>
       <c r="B14" s="68">
-        <v>269830</v>
+        <v>289455</v>
       </c>
       <c r="C14" s="68">
-        <v>131617</v>
+        <v>148176</v>
       </c>
       <c r="D14" s="68">
-        <v>2235</v>
+        <v>4746</v>
       </c>
       <c r="E14" s="68">
-        <v>1178</v>
+        <v>2137</v>
       </c>
       <c r="F14" s="68">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="G14" s="68">
-        <v>954</v>
+        <v>1201</v>
       </c>
       <c r="H14" s="68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I14" s="71">
-        <v>0.17</v>
+        <v>0.11</v>
       </c>
       <c r="J14" s="74">
-        <v>817.81</v>
+        <v>996.7</v>
       </c>
       <c r="K14" s="68">
         <v>1</v>
       </c>
       <c r="L14" s="68">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M14" s="68">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="N14" s="68">
         <v>0</v>
       </c>
       <c r="O14" s="80">
-        <v>3231</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="11.1" customHeight="1">
       <c r="A15" s="65" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="31"/>
       <c r="C15" s="31"/>
       <c r="D15" s="31"/>
       <c r="E15" s="31"/>
       <c r="F15" s="31"/>
       <c r="G15" s="31"/>
       <c r="H15" s="31"/>
       <c r="I15" s="31"/>
       <c r="J15" s="31"/>
       <c r="K15" s="31"/>
       <c r="L15" s="31"/>
       <c r="M15" s="31"/>
       <c r="N15" s="31"/>
       <c r="O15" s="42"/>
     </row>
     <row r="16" spans="1:15" ht="12.6" customHeight="1">
       <c r="A16" s="51" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="68">
-        <v>319174</v>
+        <v>306978</v>
       </c>
       <c r="C16" s="68">
-        <v>142040</v>
+        <v>140249</v>
       </c>
       <c r="D16" s="68">
-        <v>1166</v>
+        <v>590</v>
       </c>
       <c r="E16" s="68">
-        <v>2729</v>
+        <v>5147</v>
       </c>
       <c r="F16" s="68">
         <v>312</v>
       </c>
       <c r="G16" s="68">
-        <v>814</v>
+        <v>1011</v>
       </c>
       <c r="H16" s="68">
         <v>1</v>
       </c>
       <c r="I16" s="71">
-        <v>0.28</v>
+        <v>0.33</v>
       </c>
       <c r="J16" s="74">
-        <v>863.18</v>
+        <v>658.89</v>
       </c>
       <c r="K16" s="68">
         <v>2</v>
       </c>
       <c r="L16" s="68">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M16" s="68">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="N16" s="68">
         <v>0</v>
       </c>
       <c r="O16" s="80">
-        <v>6864</v>
+        <v>6849</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="11.1" customHeight="1">
       <c r="A17" s="65" t="s">
         <v>93</v>
       </c>
       <c r="B17" s="31"/>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
       <c r="I17" s="31"/>
       <c r="J17" s="31"/>
       <c r="K17" s="31"/>
       <c r="L17" s="31"/>
       <c r="M17" s="31"/>
       <c r="N17" s="31"/>
       <c r="O17" s="42"/>
     </row>
     <row r="18" spans="1:15" ht="12.6" customHeight="1">
       <c r="A18" s="51" t="s">
         <v>94</v>
       </c>
       <c r="B18" s="68">
-        <v>682494</v>
+        <v>672680</v>
       </c>
       <c r="C18" s="68">
-        <v>398556</v>
+        <v>395942</v>
       </c>
       <c r="D18" s="68">
-        <v>5666</v>
+        <v>3319</v>
       </c>
       <c r="E18" s="68">
-        <v>7631</v>
+        <v>9742</v>
       </c>
       <c r="F18" s="68">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="G18" s="68">
-        <v>4260</v>
+        <v>4595</v>
       </c>
       <c r="H18" s="68">
         <v>2</v>
       </c>
       <c r="I18" s="71">
-        <v>0.12</v>
+        <v>0.13</v>
       </c>
       <c r="J18" s="74">
-        <v>460.28</v>
+        <v>1146.28</v>
       </c>
       <c r="K18" s="68">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L18" s="68">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="M18" s="68">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="N18" s="68">
         <v>0</v>
       </c>
       <c r="O18" s="80">
-        <v>48809</v>
+        <v>48083</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="11.1" customHeight="1">
       <c r="A19" s="65" t="s">
         <v>95</v>
       </c>
       <c r="B19" s="31"/>
       <c r="C19" s="31"/>
       <c r="D19" s="31"/>
       <c r="E19" s="31"/>
       <c r="F19" s="31"/>
       <c r="G19" s="31"/>
       <c r="H19" s="31"/>
       <c r="I19" s="31"/>
       <c r="J19" s="31"/>
       <c r="K19" s="31"/>
       <c r="L19" s="31"/>
       <c r="M19" s="31"/>
       <c r="N19" s="31"/>
       <c r="O19" s="42"/>
     </row>
     <row r="20" spans="1:15" ht="12.6" customHeight="1">
       <c r="A20" s="51" t="s">
         <v>96</v>
       </c>
       <c r="B20" s="68">
-        <v>1515684</v>
+        <v>1531235</v>
       </c>
       <c r="C20" s="68">
-        <v>950546</v>
+        <v>952857</v>
       </c>
       <c r="D20" s="68">
-        <v>11461</v>
+        <v>8277</v>
       </c>
       <c r="E20" s="68">
-        <v>5222</v>
+        <v>6433</v>
       </c>
       <c r="F20" s="68">
-        <v>1264</v>
+        <v>1297</v>
       </c>
       <c r="G20" s="68">
-        <v>6451</v>
+        <v>7583</v>
       </c>
       <c r="H20" s="68">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I20" s="71">
-        <v>0.17</v>
+        <v>0.15</v>
       </c>
       <c r="J20" s="74">
-        <v>939.08</v>
+        <v>1034.41</v>
       </c>
       <c r="K20" s="68">
         <v>7</v>
       </c>
       <c r="L20" s="68">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M20" s="68">
-        <v>96</v>
+        <v>113</v>
       </c>
       <c r="N20" s="68">
         <v>0</v>
       </c>
       <c r="O20" s="80">
-        <v>32055</v>
+        <v>33068</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="11.1" customHeight="1">
       <c r="A21" s="65" t="s">
         <v>97</v>
       </c>
       <c r="B21" s="31"/>
       <c r="C21" s="31"/>
       <c r="D21" s="31"/>
       <c r="E21" s="31"/>
       <c r="F21" s="31"/>
       <c r="G21" s="31"/>
       <c r="H21" s="31"/>
       <c r="I21" s="31"/>
       <c r="J21" s="31"/>
       <c r="K21" s="31"/>
       <c r="L21" s="31"/>
       <c r="M21" s="31"/>
       <c r="N21" s="31"/>
       <c r="O21" s="42"/>
     </row>
     <row r="22" spans="1:15" ht="12.6" customHeight="1">
       <c r="A22" s="51" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="68">
-        <v>1034499</v>
+        <v>1014753</v>
       </c>
       <c r="C22" s="68">
-        <v>804386</v>
+        <v>788586</v>
       </c>
       <c r="D22" s="68">
-        <v>4239</v>
+        <v>2605</v>
       </c>
       <c r="E22" s="68">
-        <v>6491</v>
+        <v>7115</v>
       </c>
       <c r="F22" s="68">
-        <v>1206</v>
+        <v>1200</v>
       </c>
       <c r="G22" s="68">
-        <v>4856</v>
+        <v>5771</v>
       </c>
       <c r="H22" s="68">
         <v>1</v>
       </c>
       <c r="I22" s="71">
-        <v>0.18</v>
+        <v>0.09</v>
       </c>
       <c r="J22" s="74">
-        <v>328.54</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>359.58</v>
+      </c>
+      <c r="K22" s="68">
+        <v>30</v>
       </c>
       <c r="L22" s="68">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="M22" s="68">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="N22" s="68">
         <v>0</v>
       </c>
       <c r="O22" s="80">
-        <v>20472</v>
+        <v>20813</v>
       </c>
     </row>
     <row r="23" spans="1:15" ht="11.1" customHeight="1">
       <c r="A23" s="65" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="31"/>
       <c r="C23" s="31"/>
       <c r="D23" s="31"/>
       <c r="E23" s="31"/>
       <c r="F23" s="31"/>
       <c r="G23" s="31"/>
       <c r="H23" s="31"/>
       <c r="I23" s="31"/>
       <c r="J23" s="31"/>
       <c r="K23" s="31"/>
       <c r="L23" s="31"/>
       <c r="M23" s="31"/>
       <c r="N23" s="31"/>
       <c r="O23" s="42"/>
     </row>
     <row r="24" spans="1:15" ht="12.6" customHeight="1">
       <c r="A24" s="51" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="68">
-        <v>572031</v>
+        <v>575263</v>
       </c>
       <c r="C24" s="68">
-        <v>295801</v>
+        <v>302736</v>
       </c>
       <c r="D24" s="68">
-        <v>3607</v>
+        <v>2126</v>
       </c>
       <c r="E24" s="68">
-        <v>2919</v>
+        <v>3124</v>
       </c>
       <c r="F24" s="68">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="G24" s="68">
-        <v>2098</v>
+        <v>2415</v>
       </c>
       <c r="H24" s="68">
         <v>1</v>
       </c>
       <c r="I24" s="71">
-        <v>0.17</v>
+        <v>0.21</v>
       </c>
       <c r="J24" s="74">
-        <v>654.98</v>
+        <v>519.01</v>
       </c>
       <c r="K24" s="68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L24" s="68">
         <v>6</v>
       </c>
       <c r="M24" s="68">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="N24" s="68">
         <v>0</v>
       </c>
       <c r="O24" s="80">
-        <v>15412</v>
+        <v>15636</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="11.1" customHeight="1">
       <c r="A25" s="65" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="31"/>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="31"/>
       <c r="J25" s="31"/>
       <c r="K25" s="31"/>
       <c r="L25" s="31"/>
       <c r="M25" s="31"/>
       <c r="N25" s="31"/>
       <c r="O25" s="42"/>
     </row>
     <row r="26" spans="1:15" ht="12.6" customHeight="1">
       <c r="A26" s="51" t="s">
         <v>102</v>
       </c>
       <c r="B26" s="68">
-        <v>388710</v>
+        <v>384715</v>
       </c>
       <c r="C26" s="68">
-        <v>201140</v>
+        <v>195583</v>
       </c>
       <c r="D26" s="68">
-        <v>2883</v>
+        <v>909</v>
       </c>
       <c r="E26" s="68">
-        <v>2261</v>
+        <v>2476</v>
       </c>
       <c r="F26" s="68">
-        <v>672</v>
+        <v>666</v>
       </c>
       <c r="G26" s="68">
-        <v>1552</v>
+        <v>1786</v>
       </c>
       <c r="H26" s="68">
+        <v>5</v>
+      </c>
+      <c r="I26" s="71">
+        <v>0.23</v>
+      </c>
+      <c r="J26" s="74">
+        <v>678.43</v>
+      </c>
+      <c r="K26" s="68">
         <v>4</v>
-      </c>
-[...7 lines deleted...]
-        <v>3</v>
       </c>
       <c r="L26" s="68">
         <v>8</v>
       </c>
       <c r="M26" s="68">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="N26" s="68">
         <v>0</v>
       </c>
       <c r="O26" s="80">
-        <v>1316</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="11.1" customHeight="1">
       <c r="A27" s="65" t="s">
         <v>103</v>
       </c>
       <c r="B27" s="31"/>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="31"/>
       <c r="J27" s="31"/>
       <c r="K27" s="31"/>
       <c r="L27" s="31"/>
       <c r="M27" s="31"/>
       <c r="N27" s="31"/>
       <c r="O27" s="42"/>
     </row>
     <row r="28" spans="1:15" ht="12.6" customHeight="1">
       <c r="A28" s="51" t="s">
         <v>104</v>
       </c>
       <c r="B28" s="68">
-        <v>7466246</v>
+        <v>7391132</v>
       </c>
       <c r="C28" s="68">
-        <v>5799168</v>
+        <v>5849375</v>
       </c>
       <c r="D28" s="68">
-        <v>38579</v>
+        <v>36440</v>
       </c>
       <c r="E28" s="68">
-        <v>13547</v>
+        <v>14172</v>
       </c>
       <c r="F28" s="68">
-        <v>11137</v>
+        <v>11468</v>
       </c>
       <c r="G28" s="68">
-        <v>47356</v>
+        <v>58874</v>
       </c>
       <c r="H28" s="68">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="I28" s="71">
-        <v>0.2</v>
+        <v>0.18</v>
       </c>
       <c r="J28" s="74">
-        <v>1282.26</v>
+        <v>1461.64</v>
       </c>
       <c r="K28" s="68">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="L28" s="68">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="M28" s="68">
-        <v>547</v>
+        <v>653</v>
       </c>
       <c r="N28" s="68">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O28" s="80">
-        <v>17807</v>
+        <v>18024</v>
       </c>
     </row>
     <row r="29" spans="1:15" ht="11.1" customHeight="1">
       <c r="A29" s="65" t="s">
         <v>105</v>
       </c>
       <c r="B29" s="31"/>
       <c r="C29" s="31"/>
       <c r="D29" s="31"/>
       <c r="E29" s="31"/>
       <c r="F29" s="31"/>
       <c r="G29" s="31"/>
       <c r="H29" s="31"/>
       <c r="I29" s="31"/>
       <c r="J29" s="31"/>
       <c r="K29" s="31"/>
       <c r="L29" s="31"/>
       <c r="M29" s="31"/>
       <c r="N29" s="31"/>
       <c r="O29" s="42"/>
     </row>
     <row r="30" spans="1:15" ht="12.6" customHeight="1">
       <c r="A30" s="51" t="s">
         <v>106</v>
       </c>
       <c r="B30" s="68">
-        <v>7315782</v>
+        <v>7337214</v>
       </c>
       <c r="C30" s="68">
-        <v>5140127</v>
+        <v>5209203</v>
       </c>
       <c r="D30" s="68">
-        <v>43658</v>
+        <v>46441</v>
       </c>
       <c r="E30" s="68">
-        <v>28552</v>
+        <v>87779</v>
       </c>
       <c r="F30" s="68">
-        <v>21732</v>
+        <v>22171</v>
       </c>
       <c r="G30" s="68">
-        <v>65056</v>
+        <v>81878</v>
       </c>
       <c r="H30" s="68">
-        <v>196</v>
+        <v>226</v>
       </c>
       <c r="I30" s="71">
         <v>0.23</v>
       </c>
       <c r="J30" s="74">
-        <v>968.06</v>
+        <v>975.83</v>
       </c>
       <c r="K30" s="68">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="L30" s="68">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="M30" s="68">
-        <v>773</v>
+        <v>1092</v>
       </c>
       <c r="N30" s="68">
         <v>5</v>
       </c>
       <c r="O30" s="80">
-        <v>156186</v>
+        <v>157168</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="11.1" customHeight="1">
       <c r="A31" s="65" t="s">
         <v>107</v>
       </c>
       <c r="B31" s="31"/>
       <c r="C31" s="31"/>
       <c r="D31" s="31"/>
       <c r="E31" s="31"/>
       <c r="F31" s="31"/>
       <c r="G31" s="31"/>
       <c r="H31" s="31"/>
       <c r="I31" s="31"/>
       <c r="J31" s="31"/>
       <c r="K31" s="31"/>
       <c r="L31" s="31"/>
       <c r="M31" s="31"/>
       <c r="N31" s="31"/>
       <c r="O31" s="42"/>
     </row>
     <row r="32" spans="1:15" ht="12.6" customHeight="1">
       <c r="A32" s="51" t="s">
         <v>108</v>
       </c>
       <c r="B32" s="68">
-        <v>9929</v>
+        <v>9825</v>
       </c>
       <c r="C32" s="68">
-        <v>4658</v>
+        <v>4435</v>
       </c>
       <c r="D32" s="68">
-        <v>125</v>
+        <v>8</v>
       </c>
       <c r="E32" s="68">
-        <v>99</v>
+        <v>35</v>
       </c>
       <c r="F32" s="68">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="G32" s="68">
-        <v>201</v>
+        <v>168</v>
       </c>
       <c r="H32" s="68">
         <v>0</v>
       </c>
       <c r="I32" s="71">
-        <v>0.28</v>
+        <v>0.31</v>
       </c>
       <c r="J32" s="74">
-        <v>271.42</v>
+        <v>257.68</v>
       </c>
       <c r="K32" s="68">
         <v>0</v>
       </c>
       <c r="L32" s="68">
         <v>0</v>
       </c>
       <c r="M32" s="68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N32" s="68">
         <v>0</v>
       </c>
       <c r="O32" s="80">
-        <v>780</v>
+        <v>766</v>
       </c>
     </row>
     <row r="33" spans="1:15" ht="11.1" customHeight="1">
       <c r="A33" s="65" t="s">
         <v>109</v>
       </c>
       <c r="B33" s="31"/>
       <c r="C33" s="31"/>
       <c r="D33" s="31"/>
       <c r="E33" s="31"/>
       <c r="F33" s="31"/>
       <c r="G33" s="31"/>
       <c r="H33" s="31"/>
       <c r="I33" s="31"/>
       <c r="J33" s="31"/>
       <c r="K33" s="31"/>
       <c r="L33" s="31"/>
       <c r="M33" s="31"/>
       <c r="N33" s="31"/>
       <c r="O33" s="42"/>
     </row>
     <row r="34" spans="1:15" ht="12.6" customHeight="1">
       <c r="A34" s="51" t="s">
         <v>110</v>
       </c>
       <c r="B34" s="68">
-        <v>1128915</v>
+        <v>1106955</v>
       </c>
       <c r="C34" s="68">
-        <v>625785</v>
+        <v>613344</v>
       </c>
       <c r="D34" s="68">
-        <v>8099</v>
+        <v>3733</v>
       </c>
       <c r="E34" s="68">
-        <v>8795</v>
+        <v>8015</v>
       </c>
       <c r="F34" s="68">
-        <v>1606</v>
+        <v>1562</v>
       </c>
       <c r="G34" s="68">
-        <v>4398</v>
+        <v>4921</v>
       </c>
       <c r="H34" s="68">
         <v>12</v>
       </c>
       <c r="I34" s="71">
-        <v>0.19</v>
+        <v>0.2</v>
       </c>
       <c r="J34" s="74">
-        <v>546.23</v>
+        <v>508.18</v>
       </c>
       <c r="K34" s="68">
         <v>7</v>
       </c>
       <c r="L34" s="68">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="M34" s="68">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="N34" s="68">
         <v>0</v>
       </c>
       <c r="O34" s="80">
-        <v>14438</v>
+        <v>14687</v>
       </c>
     </row>
     <row r="35" spans="1:15" ht="11.1" customHeight="1">
       <c r="A35" s="65" t="s">
         <v>111</v>
       </c>
       <c r="B35" s="31"/>
       <c r="C35" s="31"/>
       <c r="D35" s="31"/>
       <c r="E35" s="31"/>
       <c r="F35" s="31"/>
       <c r="G35" s="31"/>
       <c r="H35" s="31"/>
       <c r="I35" s="31"/>
       <c r="J35" s="31"/>
       <c r="K35" s="31"/>
       <c r="L35" s="31"/>
       <c r="M35" s="31"/>
       <c r="N35" s="31"/>
       <c r="O35" s="42"/>
     </row>
     <row r="36" spans="1:15" ht="12.6" customHeight="1">
       <c r="A36" s="51" t="s">
         <v>112</v>
       </c>
       <c r="B36" s="68">
-        <v>24076</v>
+        <v>26662</v>
       </c>
       <c r="C36" s="68">
-        <v>14420</v>
+        <v>16921</v>
       </c>
       <c r="D36" s="68">
-        <v>575</v>
+        <v>535</v>
       </c>
       <c r="E36" s="68">
-        <v>532</v>
+        <v>180</v>
       </c>
       <c r="F36" s="82">
         <v>0</v>
       </c>
       <c r="G36" s="68">
-        <v>531</v>
+        <v>667</v>
       </c>
       <c r="H36" s="68">
         <v>0</v>
       </c>
       <c r="I36" s="71">
-        <v>0.04</v>
+        <v>0.15</v>
       </c>
       <c r="J36" s="74">
-        <v>463.91</v>
+        <v>121.28</v>
       </c>
       <c r="K36" s="82">
         <v>0</v>
       </c>
       <c r="L36" s="82">
         <v>0</v>
       </c>
       <c r="M36" s="68">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="N36" s="82">
+        <v>12</v>
+      </c>
+      <c r="N36" s="68">
         <v>0</v>
       </c>
       <c r="O36" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:15" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="83" t="s">
         <v>113</v>
       </c>
       <c r="B37" s="33"/>
       <c r="C37" s="33"/>
       <c r="D37" s="33"/>
       <c r="E37" s="33"/>
       <c r="F37" s="33"/>
       <c r="G37" s="33"/>
       <c r="H37" s="33"/>
       <c r="I37" s="33"/>
       <c r="J37" s="33"/>
       <c r="K37" s="33"/>
       <c r="L37" s="33"/>
       <c r="M37" s="33"/>
       <c r="N37" s="33"/>
       <c r="O37" s="44"/>
     </row>
@@ -3887,58 +3887,58 @@
     <row r="2" spans="1:15" ht="21" customHeight="1">
       <c r="A2" s="45" t="s">
         <v>74</v>
       </c>
       <c r="B2" s="46"/>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="46"/>
       <c r="I2" s="46"/>
       <c r="J2" s="46"/>
       <c r="K2" s="46"/>
       <c r="L2" s="46"/>
       <c r="M2" s="46"/>
       <c r="N2" s="46"/>
       <c r="O2" s="46"/>
     </row>
     <row r="3" spans="1:15" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="6"/>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="48" t="str">
         <f>'9-1'!D3:G3</f>
-        <v>民國114年 8月</v>
+        <v>民國114年12月</v>
       </c>
       <c r="E3" s="48"/>
       <c r="F3" s="48"/>
       <c r="G3" s="48"/>
       <c r="H3" s="47" t="str">
         <f>'9-1'!H3:J3</f>
-        <v> Aug. 2025</v>
+        <v> Dec. 2025</v>
       </c>
       <c r="I3" s="47"/>
       <c r="J3" s="47"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="7" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="12.6" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="15" t="s">
         <v>54</v>
       </c>
       <c r="C4" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D4" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="15" t="s">
@@ -4175,948 +4175,948 @@
       </c>
       <c r="J9" s="12" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="12" t="s">
         <v>44</v>
       </c>
       <c r="L9" s="22" t="s">
         <v>31</v>
       </c>
       <c r="M9" s="12" t="s">
         <v>45</v>
       </c>
       <c r="N9" s="12" t="s">
         <v>46</v>
       </c>
       <c r="O9" s="25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="12.6" customHeight="1">
       <c r="A10" s="51" t="s">
         <v>115</v>
       </c>
       <c r="B10" s="54">
-        <v>174309</v>
+        <v>174504</v>
       </c>
       <c r="C10" s="54">
-        <v>100748</v>
+        <v>100320</v>
       </c>
       <c r="D10" s="54">
-        <v>982</v>
+        <v>584</v>
       </c>
       <c r="E10" s="54">
-        <v>569</v>
+        <v>613</v>
       </c>
       <c r="F10" s="54">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="G10" s="54">
-        <v>1009</v>
+        <v>1127</v>
       </c>
       <c r="H10" s="54">
         <v>1</v>
       </c>
       <c r="I10" s="57">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
       <c r="J10" s="60">
-        <v>248.02</v>
+        <v>255.8</v>
       </c>
       <c r="K10" s="54">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L10" s="54">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M10" s="54">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="N10" s="54">
         <v>0</v>
       </c>
       <c r="O10" s="85">
-        <v>1674</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="11.1" customHeight="1">
       <c r="A11" s="65" t="s">
         <v>116</v>
       </c>
       <c r="B11" s="31"/>
       <c r="C11" s="31"/>
       <c r="D11" s="31"/>
       <c r="E11" s="31"/>
       <c r="F11" s="31"/>
       <c r="G11" s="31"/>
       <c r="H11" s="31"/>
       <c r="I11" s="31"/>
       <c r="J11" s="31"/>
       <c r="K11" s="31"/>
       <c r="L11" s="31"/>
       <c r="M11" s="31"/>
       <c r="N11" s="31"/>
       <c r="O11" s="42"/>
     </row>
     <row r="12" spans="1:15" ht="12.6" customHeight="1">
       <c r="A12" s="51" t="s">
         <v>117</v>
       </c>
       <c r="B12" s="68">
-        <v>237677</v>
+        <v>225917</v>
       </c>
       <c r="C12" s="68">
-        <v>150862</v>
+        <v>141822</v>
       </c>
       <c r="D12" s="68">
-        <v>354</v>
+        <v>267</v>
       </c>
       <c r="E12" s="68">
-        <v>2828</v>
+        <v>2604</v>
       </c>
       <c r="F12" s="68">
-        <v>834</v>
+        <v>822</v>
       </c>
       <c r="G12" s="68">
-        <v>1298</v>
+        <v>1408</v>
       </c>
       <c r="H12" s="68">
         <v>2</v>
       </c>
       <c r="I12" s="71">
         <v>0.29</v>
       </c>
       <c r="J12" s="74">
-        <v>778.21</v>
+        <v>659.15</v>
       </c>
       <c r="K12" s="68">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L12" s="68">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="M12" s="68">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="N12" s="68">
         <v>0</v>
       </c>
       <c r="O12" s="80">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="11.1" customHeight="1">
       <c r="A13" s="65" t="s">
         <v>118</v>
       </c>
       <c r="B13" s="31"/>
       <c r="C13" s="31"/>
       <c r="D13" s="31"/>
       <c r="E13" s="31"/>
       <c r="F13" s="31"/>
       <c r="G13" s="31"/>
       <c r="H13" s="31"/>
       <c r="I13" s="31"/>
       <c r="J13" s="31"/>
       <c r="K13" s="31"/>
       <c r="L13" s="31"/>
       <c r="M13" s="31"/>
       <c r="N13" s="31"/>
       <c r="O13" s="42"/>
     </row>
     <row r="14" spans="1:15" ht="12.6" customHeight="1">
       <c r="A14" s="51" t="s">
         <v>119</v>
       </c>
       <c r="B14" s="68">
-        <v>158149</v>
+        <v>154419</v>
       </c>
       <c r="C14" s="68">
-        <v>79670</v>
+        <v>78769</v>
       </c>
       <c r="D14" s="68">
-        <v>1113</v>
+        <v>1124</v>
       </c>
       <c r="E14" s="68">
-        <v>611</v>
+        <v>555</v>
       </c>
       <c r="F14" s="68">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="G14" s="68">
-        <v>585</v>
+        <v>668</v>
       </c>
       <c r="H14" s="68">
         <v>0</v>
       </c>
       <c r="I14" s="71">
-        <v>0.25</v>
+        <v>0.24</v>
       </c>
       <c r="J14" s="74">
-        <v>1099.4</v>
+        <v>1138.71</v>
       </c>
       <c r="K14" s="68">
         <v>2</v>
       </c>
       <c r="L14" s="68">
         <v>4</v>
       </c>
       <c r="M14" s="68">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="N14" s="68">
         <v>0</v>
       </c>
       <c r="O14" s="80">
-        <v>597</v>
+        <v>592</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="11.1" customHeight="1">
       <c r="A15" s="65" t="s">
         <v>120</v>
       </c>
       <c r="B15" s="31"/>
       <c r="C15" s="31"/>
       <c r="D15" s="31"/>
       <c r="E15" s="31"/>
       <c r="F15" s="31"/>
       <c r="G15" s="31"/>
       <c r="H15" s="31"/>
       <c r="I15" s="31"/>
       <c r="J15" s="31"/>
       <c r="K15" s="31"/>
       <c r="L15" s="31"/>
       <c r="M15" s="31"/>
       <c r="N15" s="31"/>
       <c r="O15" s="42"/>
     </row>
     <row r="16" spans="1:15" ht="12.6" customHeight="1">
       <c r="A16" s="51" t="s">
         <v>121</v>
       </c>
       <c r="B16" s="68">
-        <v>832115</v>
+        <v>852459</v>
       </c>
       <c r="C16" s="68">
-        <v>581418</v>
+        <v>590428</v>
       </c>
       <c r="D16" s="68">
-        <v>12865</v>
+        <v>6001</v>
       </c>
       <c r="E16" s="68">
-        <v>3513</v>
+        <v>3523</v>
       </c>
       <c r="F16" s="68">
-        <v>1685</v>
+        <v>1711</v>
       </c>
       <c r="G16" s="68">
-        <v>9820</v>
+        <v>11715</v>
       </c>
       <c r="H16" s="68">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I16" s="71">
         <v>0.24</v>
       </c>
       <c r="J16" s="74">
-        <v>785.23</v>
+        <v>840.16</v>
       </c>
       <c r="K16" s="68">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L16" s="68">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="M16" s="68">
-        <v>149</v>
+        <v>175</v>
       </c>
       <c r="N16" s="68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="O16" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="11.1" customHeight="1">
       <c r="A17" s="65" t="s">
         <v>122</v>
       </c>
       <c r="B17" s="31"/>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
       <c r="I17" s="31"/>
       <c r="J17" s="31"/>
       <c r="K17" s="31"/>
       <c r="L17" s="31"/>
       <c r="M17" s="31"/>
       <c r="N17" s="31"/>
       <c r="O17" s="42"/>
     </row>
     <row r="18" spans="1:15" ht="12.6" customHeight="1">
       <c r="A18" s="51" t="s">
         <v>123</v>
       </c>
       <c r="B18" s="68">
-        <v>9292</v>
+        <v>9224</v>
       </c>
       <c r="C18" s="68">
-        <v>4914</v>
+        <v>4935</v>
       </c>
       <c r="D18" s="68">
-        <v>76</v>
+        <v>17</v>
       </c>
       <c r="E18" s="68">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="F18" s="68">
         <v>7</v>
       </c>
       <c r="G18" s="68">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="H18" s="82">
         <v>0</v>
       </c>
       <c r="I18" s="71">
-        <v>0.01</v>
+        <v>0.13</v>
       </c>
       <c r="J18" s="74">
-        <v>657.52</v>
-[...1 lines deleted...]
-      <c r="K18" s="68">
+        <v>650.89</v>
+      </c>
+      <c r="K18" s="82">
         <v>0</v>
       </c>
       <c r="L18" s="68">
         <v>0</v>
       </c>
       <c r="M18" s="68">
         <v>1</v>
       </c>
       <c r="N18" s="82">
         <v>0</v>
       </c>
       <c r="O18" s="80">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="11.1" customHeight="1">
       <c r="A19" s="65" t="s">
         <v>124</v>
       </c>
       <c r="B19" s="31"/>
       <c r="C19" s="31"/>
       <c r="D19" s="31"/>
       <c r="E19" s="31"/>
       <c r="F19" s="31"/>
       <c r="G19" s="31"/>
       <c r="H19" s="31"/>
       <c r="I19" s="31"/>
       <c r="J19" s="31"/>
       <c r="K19" s="31"/>
       <c r="L19" s="31"/>
       <c r="M19" s="31"/>
       <c r="N19" s="31"/>
       <c r="O19" s="42"/>
     </row>
     <row r="20" spans="1:15" ht="12.6" customHeight="1">
       <c r="A20" s="51" t="s">
         <v>125</v>
       </c>
       <c r="B20" s="68">
-        <v>1074206</v>
+        <v>1062582</v>
       </c>
       <c r="C20" s="68">
-        <v>561728</v>
+        <v>547522</v>
       </c>
       <c r="D20" s="68">
-        <v>3175</v>
+        <v>1175</v>
       </c>
       <c r="E20" s="68">
-        <v>4082</v>
+        <v>11785</v>
       </c>
       <c r="F20" s="68">
-        <v>1663</v>
+        <v>1659</v>
       </c>
       <c r="G20" s="68">
-        <v>3936</v>
+        <v>5184</v>
       </c>
       <c r="H20" s="68">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I20" s="71">
-        <v>0.25</v>
+        <v>0.21</v>
       </c>
       <c r="J20" s="74">
-        <v>555.83</v>
+        <v>581.78</v>
       </c>
       <c r="K20" s="68">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L20" s="68">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="M20" s="68">
-        <v>110</v>
+        <v>127</v>
       </c>
       <c r="N20" s="68">
         <v>0</v>
       </c>
       <c r="O20" s="80">
-        <v>8227</v>
+        <v>8209</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="11.1" customHeight="1">
       <c r="A21" s="65" t="s">
         <v>126</v>
       </c>
       <c r="B21" s="31"/>
       <c r="C21" s="31"/>
       <c r="D21" s="31"/>
       <c r="E21" s="31"/>
       <c r="F21" s="31"/>
       <c r="G21" s="31"/>
       <c r="H21" s="31"/>
       <c r="I21" s="31"/>
       <c r="J21" s="31"/>
       <c r="K21" s="31"/>
       <c r="L21" s="31"/>
       <c r="M21" s="31"/>
       <c r="N21" s="31"/>
       <c r="O21" s="42"/>
     </row>
     <row r="22" spans="1:15" ht="12.6" customHeight="1">
       <c r="A22" s="51" t="s">
         <v>127</v>
       </c>
       <c r="B22" s="68">
-        <v>118150</v>
+        <v>112998</v>
       </c>
       <c r="C22" s="68">
-        <v>58987</v>
+        <v>58937</v>
       </c>
       <c r="D22" s="68">
-        <v>709</v>
+        <v>1223</v>
       </c>
       <c r="E22" s="68">
-        <v>851</v>
+        <v>924</v>
       </c>
       <c r="F22" s="68">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="G22" s="68">
-        <v>510</v>
+        <v>637</v>
       </c>
       <c r="H22" s="68">
         <v>0</v>
       </c>
       <c r="I22" s="71">
-        <v>0.58</v>
+        <v>0.36</v>
       </c>
       <c r="J22" s="74">
-        <v>407.28</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>575.91</v>
+      </c>
+      <c r="K22" s="68">
+        <v>4</v>
       </c>
       <c r="L22" s="68">
         <v>3</v>
       </c>
       <c r="M22" s="68">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N22" s="68">
         <v>0</v>
       </c>
       <c r="O22" s="80">
-        <v>4104</v>
+        <v>4043</v>
       </c>
     </row>
     <row r="23" spans="1:15" ht="11.1" customHeight="1">
       <c r="A23" s="65" t="s">
         <v>128</v>
       </c>
       <c r="B23" s="31"/>
       <c r="C23" s="31"/>
       <c r="D23" s="31"/>
       <c r="E23" s="31"/>
       <c r="F23" s="31"/>
       <c r="G23" s="31"/>
       <c r="H23" s="31"/>
       <c r="I23" s="31"/>
       <c r="J23" s="31"/>
       <c r="K23" s="31"/>
       <c r="L23" s="31"/>
       <c r="M23" s="31"/>
       <c r="N23" s="31"/>
       <c r="O23" s="42"/>
     </row>
     <row r="24" spans="1:15" ht="12.6" customHeight="1">
       <c r="A24" s="51" t="s">
         <v>129</v>
       </c>
       <c r="B24" s="68">
-        <v>21232</v>
+        <v>21049</v>
       </c>
       <c r="C24" s="68">
-        <v>13530</v>
+        <v>13524</v>
       </c>
       <c r="D24" s="68">
-        <v>152</v>
+        <v>75</v>
       </c>
       <c r="E24" s="68">
-        <v>86</v>
+        <v>110</v>
       </c>
       <c r="F24" s="68">
         <v>37</v>
       </c>
       <c r="G24" s="68">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="H24" s="68">
         <v>0</v>
       </c>
       <c r="I24" s="71">
-        <v>0.25</v>
+        <v>0.41</v>
       </c>
       <c r="J24" s="74">
-        <v>3143.54</v>
+        <v>2379.79</v>
       </c>
       <c r="K24" s="68">
         <v>0</v>
       </c>
       <c r="L24" s="68">
         <v>0</v>
       </c>
       <c r="M24" s="68">
         <v>1</v>
       </c>
       <c r="N24" s="68">
         <v>0</v>
       </c>
       <c r="O24" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="11.1" customHeight="1">
       <c r="A25" s="65" t="s">
         <v>130</v>
       </c>
       <c r="B25" s="31"/>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="31"/>
       <c r="J25" s="31"/>
       <c r="K25" s="31"/>
       <c r="L25" s="31"/>
       <c r="M25" s="31"/>
       <c r="N25" s="31"/>
       <c r="O25" s="42"/>
     </row>
     <row r="26" spans="1:15" ht="12.6" customHeight="1">
       <c r="A26" s="51" t="s">
         <v>131</v>
       </c>
       <c r="B26" s="68">
-        <v>2759352</v>
+        <v>2731780</v>
       </c>
       <c r="C26" s="68">
-        <v>1846922</v>
+        <v>1849324</v>
       </c>
       <c r="D26" s="68">
-        <v>23065</v>
+        <v>31298</v>
       </c>
       <c r="E26" s="68">
-        <v>23273</v>
+        <v>23944</v>
       </c>
       <c r="F26" s="68">
-        <v>6473</v>
+        <v>6592</v>
       </c>
       <c r="G26" s="68">
-        <v>14376</v>
+        <v>15001</v>
       </c>
       <c r="H26" s="68">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="I26" s="71">
         <v>0.18</v>
       </c>
       <c r="J26" s="74">
-        <v>281.08</v>
+        <v>278.51</v>
       </c>
       <c r="K26" s="68">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L26" s="68">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="M26" s="68">
-        <v>189</v>
+        <v>204</v>
       </c>
       <c r="N26" s="68">
         <v>1</v>
       </c>
       <c r="O26" s="80">
-        <v>43009</v>
+        <v>42202</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="11.1" customHeight="1">
       <c r="A27" s="65" t="s">
         <v>132</v>
       </c>
       <c r="B27" s="31"/>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="31"/>
       <c r="J27" s="31"/>
       <c r="K27" s="31"/>
       <c r="L27" s="31"/>
       <c r="M27" s="31"/>
       <c r="N27" s="31"/>
       <c r="O27" s="42"/>
     </row>
     <row r="28" spans="1:15" ht="12.6" customHeight="1">
       <c r="A28" s="51" t="s">
         <v>133</v>
       </c>
       <c r="B28" s="68">
-        <v>1294859</v>
+        <v>1290052</v>
       </c>
       <c r="C28" s="68">
-        <v>926739</v>
+        <v>910122</v>
       </c>
       <c r="D28" s="68">
-        <v>7637</v>
+        <v>5702</v>
       </c>
       <c r="E28" s="68">
-        <v>73883</v>
+        <v>8259</v>
       </c>
       <c r="F28" s="68">
-        <v>3250</v>
+        <v>3186</v>
       </c>
       <c r="G28" s="68">
-        <v>3934</v>
+        <v>4517</v>
       </c>
       <c r="H28" s="68">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I28" s="71">
-        <v>0.26</v>
+        <v>0.28</v>
       </c>
       <c r="J28" s="74">
-        <v>103.14</v>
+        <v>102.98</v>
       </c>
       <c r="K28" s="68">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="L28" s="68">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="M28" s="68">
-        <v>49</v>
+        <v>67</v>
       </c>
       <c r="N28" s="68">
         <v>0</v>
       </c>
       <c r="O28" s="80">
-        <v>11056</v>
+        <v>11650</v>
       </c>
     </row>
     <row r="29" spans="1:15" ht="11.1" customHeight="1">
       <c r="A29" s="65" t="s">
         <v>134</v>
       </c>
       <c r="B29" s="31"/>
       <c r="C29" s="31"/>
       <c r="D29" s="31"/>
       <c r="E29" s="31"/>
       <c r="F29" s="31"/>
       <c r="G29" s="31"/>
       <c r="H29" s="31"/>
       <c r="I29" s="31"/>
       <c r="J29" s="31"/>
       <c r="K29" s="31"/>
       <c r="L29" s="31"/>
       <c r="M29" s="31"/>
       <c r="N29" s="31"/>
       <c r="O29" s="42"/>
     </row>
     <row r="30" spans="1:15" ht="12.6" customHeight="1">
       <c r="A30" s="51" t="s">
         <v>135</v>
       </c>
       <c r="B30" s="68">
-        <v>1216680</v>
+        <v>1216355</v>
       </c>
       <c r="C30" s="68">
-        <v>537465</v>
+        <v>538589</v>
       </c>
       <c r="D30" s="68">
-        <v>4576</v>
+        <v>4046</v>
       </c>
       <c r="E30" s="68">
-        <v>6297</v>
+        <v>6149</v>
       </c>
       <c r="F30" s="68">
-        <v>1179</v>
+        <v>1178</v>
       </c>
       <c r="G30" s="68">
-        <v>4652</v>
+        <v>5455</v>
       </c>
       <c r="H30" s="68">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I30" s="71">
         <v>0.09</v>
       </c>
       <c r="J30" s="74">
-        <v>964.97</v>
+        <v>938.79</v>
       </c>
       <c r="K30" s="68">
         <v>8</v>
       </c>
       <c r="L30" s="68">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="M30" s="68">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="N30" s="68">
         <v>0</v>
       </c>
       <c r="O30" s="80">
-        <v>218</v>
+        <v>210</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="11.1" customHeight="1">
       <c r="A31" s="65" t="s">
         <v>136</v>
       </c>
       <c r="B31" s="31"/>
       <c r="C31" s="31"/>
       <c r="D31" s="31"/>
       <c r="E31" s="31"/>
       <c r="F31" s="31"/>
       <c r="G31" s="31"/>
       <c r="H31" s="31"/>
       <c r="I31" s="31"/>
       <c r="J31" s="31"/>
       <c r="K31" s="31"/>
       <c r="L31" s="31"/>
       <c r="M31" s="31"/>
       <c r="N31" s="31"/>
       <c r="O31" s="42"/>
     </row>
     <row r="32" spans="1:15" ht="12.6" customHeight="1">
       <c r="A32" s="51" t="s">
         <v>137</v>
       </c>
       <c r="B32" s="68">
-        <v>2432150</v>
+        <v>2478579</v>
       </c>
       <c r="C32" s="68">
-        <v>1525417</v>
+        <v>1545721</v>
       </c>
       <c r="D32" s="68">
-        <v>20756</v>
+        <v>17921</v>
       </c>
       <c r="E32" s="68">
-        <v>5769</v>
+        <v>6985</v>
       </c>
       <c r="F32" s="68">
-        <v>3950</v>
+        <v>3898</v>
       </c>
       <c r="G32" s="68">
-        <v>13856</v>
+        <v>15838</v>
       </c>
       <c r="H32" s="68">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="I32" s="71">
         <v>0.15</v>
       </c>
       <c r="J32" s="74">
-        <v>537.75</v>
+        <v>548.83</v>
       </c>
       <c r="K32" s="68">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="L32" s="68">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="M32" s="68">
-        <v>216</v>
+        <v>233</v>
       </c>
       <c r="N32" s="68">
         <v>2</v>
       </c>
       <c r="O32" s="80">
-        <v>19031</v>
+        <v>19898</v>
       </c>
     </row>
     <row r="33" spans="1:15" ht="11.1" customHeight="1">
       <c r="A33" s="65" t="s">
         <v>138</v>
       </c>
       <c r="B33" s="31"/>
       <c r="C33" s="31"/>
       <c r="D33" s="31"/>
       <c r="E33" s="31"/>
       <c r="F33" s="31"/>
       <c r="G33" s="31"/>
       <c r="H33" s="31"/>
       <c r="I33" s="31"/>
       <c r="J33" s="31"/>
       <c r="K33" s="31"/>
       <c r="L33" s="31"/>
       <c r="M33" s="31"/>
       <c r="N33" s="31"/>
       <c r="O33" s="42"/>
     </row>
     <row r="34" spans="1:15" ht="12.6" customHeight="1">
       <c r="A34" s="51" t="s">
         <v>139</v>
       </c>
       <c r="B34" s="68">
-        <v>8804641</v>
+        <v>8748065</v>
       </c>
       <c r="C34" s="68">
-        <v>5429148</v>
+        <v>5340523</v>
       </c>
       <c r="D34" s="68">
-        <v>133762</v>
+        <v>128776</v>
       </c>
       <c r="E34" s="68">
-        <v>65009</v>
+        <v>87318</v>
       </c>
       <c r="F34" s="68">
-        <v>16199</v>
+        <v>17958</v>
       </c>
       <c r="G34" s="68">
-        <v>47848</v>
+        <v>54300</v>
       </c>
       <c r="H34" s="68">
-        <v>232</v>
+        <v>259</v>
       </c>
       <c r="I34" s="71">
-        <v>0.39</v>
+        <v>0.37</v>
       </c>
       <c r="J34" s="74">
-        <v>260</v>
+        <v>372.09</v>
       </c>
       <c r="K34" s="68">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="L34" s="68">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="M34" s="68">
-        <v>590</v>
+        <v>719</v>
       </c>
       <c r="N34" s="68">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="O34" s="80">
-        <v>40448</v>
+        <v>40435</v>
       </c>
     </row>
     <row r="35" spans="1:15" ht="11.1" customHeight="1">
       <c r="A35" s="65" t="s">
         <v>140</v>
       </c>
       <c r="B35" s="31"/>
       <c r="C35" s="31"/>
       <c r="D35" s="31"/>
       <c r="E35" s="31"/>
       <c r="F35" s="31"/>
       <c r="G35" s="31"/>
       <c r="H35" s="31"/>
       <c r="I35" s="31"/>
       <c r="J35" s="31"/>
       <c r="K35" s="31"/>
       <c r="L35" s="31"/>
       <c r="M35" s="31"/>
       <c r="N35" s="31"/>
       <c r="O35" s="42"/>
     </row>
     <row r="36" spans="1:15" ht="12.6" customHeight="1">
       <c r="A36" s="51" t="s">
         <v>141</v>
       </c>
       <c r="B36" s="68">
-        <v>402185</v>
+        <v>423651</v>
       </c>
       <c r="C36" s="68">
-        <v>187620</v>
+        <v>203805</v>
       </c>
       <c r="D36" s="68">
-        <v>7899</v>
+        <v>6788</v>
       </c>
       <c r="E36" s="68">
-        <v>1716</v>
+        <v>1912</v>
       </c>
       <c r="F36" s="68">
-        <v>1244</v>
+        <v>1283</v>
       </c>
       <c r="G36" s="68">
-        <v>1641</v>
+        <v>2202</v>
       </c>
       <c r="H36" s="68">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I36" s="71">
-        <v>0.87</v>
+        <v>0.75</v>
       </c>
       <c r="J36" s="74">
-        <v>173.28</v>
+        <v>179.43</v>
       </c>
       <c r="K36" s="68">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="L36" s="68">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="M36" s="68">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="N36" s="68">
         <v>0</v>
       </c>
       <c r="O36" s="80">
-        <v>8854</v>
+        <v>9078</v>
       </c>
     </row>
     <row r="37" spans="1:15" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="83" t="s">
         <v>142</v>
       </c>
       <c r="B37" s="33"/>
       <c r="C37" s="33"/>
       <c r="D37" s="33"/>
       <c r="E37" s="33"/>
       <c r="F37" s="33"/>
       <c r="G37" s="33"/>
       <c r="H37" s="33"/>
       <c r="I37" s="33"/>
       <c r="J37" s="33"/>
       <c r="K37" s="33"/>
       <c r="L37" s="33"/>
       <c r="M37" s="33"/>
       <c r="N37" s="33"/>
       <c r="O37" s="44"/>
     </row>
     <row r="38" spans="1:15" ht="13.5" customHeight="1">
       <c r="A38" s="13" t="s">
         <v>76</v>
       </c>
@@ -5489,58 +5489,58 @@
     <row r="2" spans="1:15" ht="21" customHeight="1">
       <c r="A2" s="45" t="s">
         <v>81</v>
       </c>
       <c r="B2" s="46"/>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="46"/>
       <c r="I2" s="46"/>
       <c r="J2" s="46"/>
       <c r="K2" s="46"/>
       <c r="L2" s="46"/>
       <c r="M2" s="46"/>
       <c r="N2" s="46"/>
       <c r="O2" s="46"/>
     </row>
     <row r="3" spans="1:15" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="6"/>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="48" t="str">
         <f>'9-1'!D3:G3</f>
-        <v>民國114年 8月</v>
+        <v>民國114年12月</v>
       </c>
       <c r="E3" s="48"/>
       <c r="F3" s="48"/>
       <c r="G3" s="48"/>
       <c r="H3" s="47" t="str">
         <f>'9-1'!H3:J3</f>
-        <v> Aug. 2025</v>
+        <v> Dec. 2025</v>
       </c>
       <c r="I3" s="47"/>
       <c r="J3" s="47"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="7" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="12.6" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="15" t="s">
         <v>54</v>
       </c>
       <c r="C4" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D4" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="15" t="s">
@@ -5777,486 +5777,486 @@
       </c>
       <c r="J9" s="12" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="12" t="s">
         <v>44</v>
       </c>
       <c r="L9" s="22" t="s">
         <v>31</v>
       </c>
       <c r="M9" s="12" t="s">
         <v>45</v>
       </c>
       <c r="N9" s="12" t="s">
         <v>46</v>
       </c>
       <c r="O9" s="25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="12.6" customHeight="1">
       <c r="A10" s="51" t="s">
         <v>143</v>
       </c>
       <c r="B10" s="54">
-        <v>3319504</v>
+        <v>3324547</v>
       </c>
       <c r="C10" s="54">
-        <v>2047205</v>
+        <v>2087494</v>
       </c>
       <c r="D10" s="54">
-        <v>14733</v>
+        <v>20983</v>
       </c>
       <c r="E10" s="54">
-        <v>19156</v>
+        <v>61543</v>
       </c>
       <c r="F10" s="54">
-        <v>8726</v>
+        <v>8915</v>
       </c>
       <c r="G10" s="54">
-        <v>20454</v>
+        <v>23991</v>
       </c>
       <c r="H10" s="54">
-        <v>120</v>
+        <v>141</v>
       </c>
       <c r="I10" s="57">
-        <v>0.53</v>
+        <v>0.5</v>
       </c>
       <c r="J10" s="60">
-        <v>515.72</v>
+        <v>507.79</v>
       </c>
       <c r="K10" s="54">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="L10" s="54">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="M10" s="54">
-        <v>345</v>
+        <v>413</v>
       </c>
       <c r="N10" s="54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O10" s="85">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="11.1" customHeight="1">
       <c r="A11" s="65" t="s">
         <v>144</v>
       </c>
       <c r="B11" s="31"/>
       <c r="C11" s="31"/>
       <c r="D11" s="31"/>
       <c r="E11" s="31"/>
       <c r="F11" s="31"/>
       <c r="G11" s="31"/>
       <c r="H11" s="31"/>
       <c r="I11" s="31"/>
       <c r="J11" s="31"/>
       <c r="K11" s="31"/>
       <c r="L11" s="31"/>
       <c r="M11" s="31"/>
       <c r="N11" s="31"/>
       <c r="O11" s="42"/>
     </row>
     <row r="12" spans="1:15" ht="12.6" customHeight="1">
       <c r="A12" s="51" t="s">
         <v>145</v>
       </c>
       <c r="B12" s="68">
-        <v>6628129</v>
+        <v>6632949</v>
       </c>
       <c r="C12" s="68">
-        <v>4875411</v>
+        <v>4852939</v>
       </c>
       <c r="D12" s="68">
-        <v>38737</v>
+        <v>44324</v>
       </c>
       <c r="E12" s="68">
-        <v>36243</v>
+        <v>44428</v>
       </c>
       <c r="F12" s="68">
-        <v>11059</v>
+        <v>11315</v>
       </c>
       <c r="G12" s="68">
-        <v>39022</v>
+        <v>48400</v>
       </c>
       <c r="H12" s="68">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="I12" s="71">
-        <v>0.24</v>
+        <v>0.22</v>
       </c>
       <c r="J12" s="74">
-        <v>579.17</v>
+        <v>629.07</v>
       </c>
       <c r="K12" s="68">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="L12" s="68">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="M12" s="68">
-        <v>503</v>
+        <v>645</v>
       </c>
       <c r="N12" s="68">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="O12" s="80">
-        <v>183531</v>
+        <v>187086</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="11.1" customHeight="1">
       <c r="A13" s="65" t="s">
         <v>146</v>
       </c>
       <c r="B13" s="31"/>
       <c r="C13" s="31"/>
       <c r="D13" s="31"/>
       <c r="E13" s="31"/>
       <c r="F13" s="31"/>
       <c r="G13" s="31"/>
       <c r="H13" s="31"/>
       <c r="I13" s="31"/>
       <c r="J13" s="31"/>
       <c r="K13" s="31"/>
       <c r="L13" s="31"/>
       <c r="M13" s="31"/>
       <c r="N13" s="31"/>
       <c r="O13" s="42"/>
     </row>
     <row r="14" spans="1:15" ht="12.6" customHeight="1">
       <c r="A14" s="51" t="s">
         <v>147</v>
       </c>
       <c r="B14" s="68">
-        <v>120569</v>
+        <v>120826</v>
       </c>
       <c r="C14" s="68">
-        <v>61737</v>
+        <v>62645</v>
       </c>
       <c r="D14" s="68">
-        <v>799</v>
+        <v>575</v>
       </c>
       <c r="E14" s="68">
-        <v>637</v>
+        <v>528</v>
       </c>
       <c r="F14" s="68">
         <v>144</v>
       </c>
       <c r="G14" s="68">
-        <v>469</v>
+        <v>513</v>
       </c>
       <c r="H14" s="68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I14" s="71">
-        <v>0.34</v>
+        <v>0.19</v>
       </c>
       <c r="J14" s="74">
-        <v>220.15</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>184.32</v>
+      </c>
+      <c r="K14" s="68">
+        <v>2</v>
       </c>
       <c r="L14" s="68">
         <v>2</v>
       </c>
       <c r="M14" s="68">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="N14" s="68">
         <v>0</v>
       </c>
       <c r="O14" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="11.1" customHeight="1">
       <c r="A15" s="65" t="s">
         <v>148</v>
       </c>
       <c r="B15" s="31"/>
       <c r="C15" s="31"/>
       <c r="D15" s="31"/>
       <c r="E15" s="31"/>
       <c r="F15" s="31"/>
       <c r="G15" s="31"/>
       <c r="H15" s="31"/>
       <c r="I15" s="31"/>
       <c r="J15" s="31"/>
       <c r="K15" s="31"/>
       <c r="L15" s="31"/>
       <c r="M15" s="31"/>
       <c r="N15" s="31"/>
       <c r="O15" s="42"/>
     </row>
     <row r="16" spans="1:15" ht="12.6" customHeight="1">
       <c r="A16" s="51" t="s">
         <v>149</v>
       </c>
       <c r="B16" s="68">
-        <v>9106827</v>
+        <v>9458117</v>
       </c>
       <c r="C16" s="68">
-        <v>6131466</v>
+        <v>6685860</v>
       </c>
       <c r="D16" s="68">
-        <v>225162</v>
+        <v>148745</v>
       </c>
       <c r="E16" s="68">
-        <v>107738</v>
+        <v>93990</v>
       </c>
       <c r="F16" s="68">
-        <v>17382</v>
+        <v>17912</v>
       </c>
       <c r="G16" s="68">
-        <v>66950</v>
+        <v>83918</v>
       </c>
       <c r="H16" s="68">
-        <v>469</v>
+        <v>539</v>
       </c>
       <c r="I16" s="71">
-        <v>0.11</v>
+        <v>0.12</v>
       </c>
       <c r="J16" s="74">
-        <v>314.24</v>
+        <v>299.62</v>
       </c>
       <c r="K16" s="68">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="L16" s="68">
-        <v>217</v>
+        <v>228</v>
       </c>
       <c r="M16" s="68">
-        <v>840</v>
+        <v>1192</v>
       </c>
       <c r="N16" s="68">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O16" s="80">
-        <v>164113</v>
+        <v>163655</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="11.1" customHeight="1">
       <c r="A17" s="65" t="s">
         <v>150</v>
       </c>
       <c r="B17" s="31"/>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
       <c r="I17" s="31"/>
       <c r="J17" s="31"/>
       <c r="K17" s="31"/>
       <c r="L17" s="31"/>
       <c r="M17" s="31"/>
       <c r="N17" s="31"/>
       <c r="O17" s="42"/>
     </row>
     <row r="18" spans="1:15" ht="12.6" customHeight="1">
       <c r="A18" s="52" t="s">
         <v>151</v>
       </c>
       <c r="B18" s="69">
-        <v>711888</v>
+        <v>800971</v>
       </c>
       <c r="C18" s="69">
-        <v>301870</v>
+        <v>323767</v>
       </c>
       <c r="D18" s="69">
-        <v>5262</v>
+        <v>41200</v>
       </c>
       <c r="E18" s="69">
-        <v>5629</v>
+        <v>21861</v>
       </c>
       <c r="F18" s="69">
-        <v>1075</v>
+        <v>1085</v>
       </c>
       <c r="G18" s="69">
-        <v>7159</v>
+        <v>7728</v>
       </c>
       <c r="H18" s="69">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I18" s="72">
-        <v>0.75</v>
+        <v>0.62</v>
       </c>
       <c r="J18" s="75">
-        <v>282.61</v>
+        <v>236.33</v>
       </c>
       <c r="K18" s="69">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="L18" s="69">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="M18" s="69">
-        <v>155</v>
+        <v>171</v>
       </c>
       <c r="N18" s="69">
         <v>0</v>
       </c>
       <c r="O18" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="11.1" customHeight="1">
       <c r="A19" s="66" t="s">
         <v>152</v>
       </c>
       <c r="B19" s="31"/>
       <c r="C19" s="31"/>
       <c r="D19" s="31"/>
       <c r="E19" s="31"/>
       <c r="F19" s="31"/>
       <c r="G19" s="31"/>
       <c r="H19" s="31"/>
       <c r="I19" s="31"/>
       <c r="J19" s="31"/>
       <c r="K19" s="31"/>
       <c r="L19" s="31"/>
       <c r="M19" s="31"/>
       <c r="N19" s="31"/>
       <c r="O19" s="42"/>
     </row>
     <row r="20" spans="1:15" ht="12.6" customHeight="1">
       <c r="A20" s="51" t="s">
         <v>153</v>
       </c>
       <c r="B20" s="68">
-        <v>511390</v>
+        <v>602725</v>
       </c>
       <c r="C20" s="68">
-        <v>168778</v>
+        <v>192537</v>
       </c>
       <c r="D20" s="68">
-        <v>2268</v>
+        <v>38723</v>
       </c>
       <c r="E20" s="68">
-        <v>2788</v>
+        <v>18387</v>
       </c>
       <c r="F20" s="68">
-        <v>789</v>
+        <v>827</v>
       </c>
       <c r="G20" s="68">
-        <v>720</v>
+        <v>876</v>
       </c>
       <c r="H20" s="68">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I20" s="71">
-        <v>2.22</v>
+        <v>2.02</v>
       </c>
       <c r="J20" s="74">
-        <v>155.61</v>
+        <v>116.19</v>
       </c>
       <c r="K20" s="68">
         <v>1</v>
       </c>
       <c r="L20" s="68">
         <v>14</v>
       </c>
       <c r="M20" s="68">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="N20" s="68">
         <v>0</v>
       </c>
       <c r="O20" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="11.1" customHeight="1">
       <c r="A21" s="65" t="s">
         <v>154</v>
       </c>
       <c r="B21" s="31"/>
       <c r="C21" s="31"/>
       <c r="D21" s="31"/>
       <c r="E21" s="31"/>
       <c r="F21" s="31"/>
       <c r="G21" s="31"/>
       <c r="H21" s="31"/>
       <c r="I21" s="31"/>
       <c r="J21" s="31"/>
       <c r="K21" s="31"/>
       <c r="L21" s="31"/>
       <c r="M21" s="31"/>
       <c r="N21" s="31"/>
       <c r="O21" s="42"/>
     </row>
     <row r="22" spans="1:15" ht="12.6" customHeight="1">
       <c r="A22" s="51" t="s">
         <v>155</v>
       </c>
       <c r="B22" s="68">
-        <v>200498</v>
+        <v>198246</v>
       </c>
       <c r="C22" s="68">
-        <v>133092</v>
+        <v>131230</v>
       </c>
       <c r="D22" s="68">
-        <v>2994</v>
+        <v>2477</v>
       </c>
       <c r="E22" s="68">
-        <v>2841</v>
+        <v>3474</v>
       </c>
       <c r="F22" s="68">
-        <v>285</v>
+        <v>259</v>
       </c>
       <c r="G22" s="68">
-        <v>6439</v>
+        <v>6852</v>
       </c>
       <c r="H22" s="68">
         <v>1</v>
       </c>
       <c r="I22" s="71">
-        <v>0.27</v>
+        <v>0.15</v>
       </c>
       <c r="J22" s="74">
-        <v>617.69</v>
+        <v>632.71</v>
       </c>
       <c r="K22" s="68">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="L22" s="68">
         <v>3</v>
       </c>
       <c r="M22" s="68">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="N22" s="82">
         <v>0</v>
       </c>
       <c r="O22" s="80">
-        <v>94736</v>
+        <v>95510</v>
       </c>
     </row>
     <row r="23" spans="1:15" ht="11.1" customHeight="1">
       <c r="A23" s="65" t="s">
         <v>156</v>
       </c>
       <c r="B23" s="31"/>
       <c r="C23" s="31"/>
       <c r="D23" s="31"/>
       <c r="E23" s="31"/>
       <c r="F23" s="31"/>
       <c r="G23" s="31"/>
       <c r="H23" s="31"/>
       <c r="I23" s="31"/>
       <c r="J23" s="31"/>
       <c r="K23" s="31"/>
       <c r="L23" s="31"/>
       <c r="M23" s="31"/>
       <c r="N23" s="31"/>
       <c r="O23" s="42"/>
     </row>
     <row r="24" spans="1:15" ht="12.6" customHeight="1">
       <c r="A24" s="51" t="s">
         <v>157</v>
       </c>
@@ -6278,51 +6278,51 @@
       <c r="G24" s="82">
         <v>0</v>
       </c>
       <c r="H24" s="82">
         <v>0</v>
       </c>
       <c r="I24" s="87">
         <v>0</v>
       </c>
       <c r="J24" s="89">
         <v>0</v>
       </c>
       <c r="K24" s="82">
         <v>0</v>
       </c>
       <c r="L24" s="82">
         <v>0</v>
       </c>
       <c r="M24" s="82">
         <v>0</v>
       </c>
       <c r="N24" s="82">
         <v>0</v>
       </c>
       <c r="O24" s="80">
-        <v>6836</v>
+        <v>6934</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="11.1" customHeight="1">
       <c r="A25" s="65" t="s">
         <v>158</v>
       </c>
       <c r="B25" s="31"/>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="31"/>
       <c r="J25" s="31"/>
       <c r="K25" s="31"/>
       <c r="L25" s="31"/>
       <c r="M25" s="31"/>
       <c r="N25" s="31"/>
       <c r="O25" s="42"/>
     </row>
     <row r="26" spans="1:15" ht="12.6" customHeight="1">
       <c r="A26" s="51" t="s">
         <v>159</v>
       </c>
@@ -6344,51 +6344,51 @@
       <c r="G26" s="82">
         <v>0</v>
       </c>
       <c r="H26" s="82">
         <v>0</v>
       </c>
       <c r="I26" s="87">
         <v>0</v>
       </c>
       <c r="J26" s="89">
         <v>0</v>
       </c>
       <c r="K26" s="82">
         <v>0</v>
       </c>
       <c r="L26" s="82">
         <v>0</v>
       </c>
       <c r="M26" s="82">
         <v>0</v>
       </c>
       <c r="N26" s="82">
         <v>0</v>
       </c>
       <c r="O26" s="80">
-        <v>94235</v>
+        <v>95499</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="11.1" customHeight="1">
       <c r="A27" s="65" t="s">
         <v>160</v>
       </c>
       <c r="B27" s="31"/>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="31"/>
       <c r="J27" s="31"/>
       <c r="K27" s="31"/>
       <c r="L27" s="31"/>
       <c r="M27" s="31"/>
       <c r="N27" s="31"/>
       <c r="O27" s="42"/>
     </row>
     <row r="28" spans="1:15" ht="12.6" customHeight="1">
       <c r="A28" s="26"/>
       <c r="B28" s="32"/>
       <c r="C28" s="32"/>