--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -143,54 +143,54 @@
   <si>
     <t>羅琳</t>
   </si>
   <si>
     <t>02-27293636</t>
   </si>
   <si>
     <t>臺北市信義區基隆路1段333號32樓3203室</t>
   </si>
   <si>
     <t>104/12/30</t>
   </si>
   <si>
     <t>Agricultural Bank Of China Taipei Representative Office</t>
   </si>
   <si>
     <t>LUO LIN</t>
   </si>
   <si>
     <t>Source：Provided by Individual Institutions.</t>
   </si>
   <si>
     <t>資料來源：大陸地區銀行在臺代表人辦事處Web申報基本資料檔。</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
-[...2 lines deleted...]
-    <t>中華民國114年 9月底</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
+  </si>
+  <si>
+    <t>中華民國114年12月底</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="12">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="173" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="174" formatCode="\-###0\-"/>
     <numFmt numFmtId="175" formatCode="\-\ ###0\ \-"/>
   </numFmts>
   <fonts count="34">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <charset val="136"/>