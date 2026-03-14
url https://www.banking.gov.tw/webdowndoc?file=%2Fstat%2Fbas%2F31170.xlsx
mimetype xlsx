--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -109,117 +109,117 @@
       <t>Date of Opening</t>
     </r>
   </si>
   <si>
     <r>
       <t>地　　　　　　址</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve">
 Address</t>
     </r>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>大陸商中國銀行股份有限公司臺北分行</t>
   </si>
   <si>
-    <t>陳長江</t>
+    <t>聶林</t>
   </si>
   <si>
     <t>02-27585600</t>
   </si>
   <si>
     <t>臺北市信義區松仁路105號1-5樓及107號2、4、5樓</t>
   </si>
   <si>
     <t>101/06/22</t>
   </si>
   <si>
-    <t>CHEN CHANGJIANG</t>
+    <t>NIE LIN</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>大陸商交通銀行股份有限公司臺北分行</t>
   </si>
   <si>
     <t>陳永晉</t>
   </si>
   <si>
     <t>02-81011009</t>
   </si>
   <si>
     <t>臺北市信義區信義路五段7號29樓</t>
   </si>
   <si>
     <t>101/07/16</t>
   </si>
   <si>
     <t>Chen Yong Jin</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>大陸商中國建設銀行股份有限公司臺北分行</t>
   </si>
   <si>
     <t>楊達遠</t>
   </si>
   <si>
     <t>02-87298088</t>
   </si>
   <si>
     <t>臺北市信義區信義路五段108號1樓及106號11樓</t>
   </si>
   <si>
     <t>102/06/27</t>
   </si>
   <si>
     <t>YANG DA YUAN</t>
   </si>
   <si>
     <t>Source：Provided by Individual Institutions.</t>
   </si>
   <si>
     <t>資料來源：大陸地區銀行在臺分行Web申報基本資料檔。</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
-[...2 lines deleted...]
-    <t>中華民國114年 9月底</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
+  </si>
+  <si>
+    <t>中華民國114年12月底</t>
   </si>
   <si>
     <t>在臺分行一覽表</t>
   </si>
   <si>
     <t>of Mainland Chinese Banks</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="12">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="173" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="174" formatCode="\-###0\-"/>
     <numFmt numFmtId="175" formatCode="\-\ ###0\ \-"/>