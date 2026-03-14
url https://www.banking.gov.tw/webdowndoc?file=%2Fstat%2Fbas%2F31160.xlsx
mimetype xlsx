--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -525,54 +525,54 @@
   <si>
     <t>新加坡商新加坡華僑銀行股份有限公司台北分行</t>
   </si>
   <si>
     <t>吳智明</t>
   </si>
   <si>
     <t>02-87268100</t>
   </si>
   <si>
     <t>110台北市信義區忠孝東路五段68號41樓</t>
   </si>
   <si>
     <t>087/07/02</t>
   </si>
   <si>
     <t>Wu Chi Ming David</t>
   </si>
   <si>
     <t>Source：Provided by Individual Institutions.</t>
   </si>
   <si>
     <t>資料來源：外國銀行在台分行Web申報基本資料檔。</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
-[...2 lines deleted...]
-    <t>中華民國114年 9月底</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
+  </si>
+  <si>
+    <t>中華民國114年12月底</t>
   </si>
   <si>
     <t>在臺分行一覽表</t>
   </si>
   <si>
     <t>Branches of Foreign Banks</t>
   </si>
   <si>
     <t>086</t>
   </si>
   <si>
     <t>法商東方匯理銀行股份有限公司台北分行</t>
   </si>
   <si>
     <t>羅弘伯</t>
   </si>
   <si>
     <t>02-27175252</t>
   </si>
   <si>
     <t>臺北市信義區松仁路100號28樓之1</t>
   </si>
   <si>
     <t>077/05/30</t>
   </si>
@@ -717,51 +717,51 @@
   <si>
     <t>日商三井住友銀行股份有限公司台北分行</t>
   </si>
   <si>
     <t>森達郎</t>
   </si>
   <si>
     <t>02-27208100</t>
   </si>
   <si>
     <t>台北市信義區松智路1號3樓</t>
   </si>
   <si>
     <t>091/05/17</t>
   </si>
   <si>
     <t>Tatsuro Mori</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>美商花旗銀行股份有限公司台北分行</t>
   </si>
   <si>
-    <t>陳昭雯(代)</t>
+    <t>陳昭雯</t>
   </si>
   <si>
     <t>02-87269700</t>
   </si>
   <si>
     <t>台北市松智路1號15樓</t>
   </si>
   <si>
     <t>053/09/23</t>
   </si>
   <si>
     <t>Joey Chen</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>香港商香港上海滙豐銀行股份有限公司台北分行</t>
   </si>
   <si>
     <t>蔣書城</t>
   </si>
   <si>
     <t>02-66317501</t>
   </si>