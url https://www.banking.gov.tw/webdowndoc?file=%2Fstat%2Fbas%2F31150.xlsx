--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -485,51 +485,51 @@
   <si>
     <t>渣打國際商業銀行國際金融業務分行</t>
   </si>
   <si>
     <t>朱佳玲</t>
   </si>
   <si>
     <t>02-2716-6261</t>
   </si>
   <si>
     <t>02-2718-9663</t>
   </si>
   <si>
     <t>臺北市中山區遼寧街179號3樓</t>
   </si>
   <si>
     <t>084/01/16</t>
   </si>
   <si>
     <t>053</t>
   </si>
   <si>
     <t>台中商業銀行國際金融業務分行</t>
   </si>
   <si>
-    <t>鹿志宏</t>
+    <t>呂政道</t>
   </si>
   <si>
     <t>02-23219858</t>
   </si>
   <si>
     <t>02-23216358</t>
   </si>
   <si>
     <t>臺北市大安區復興南路一段368號3樓</t>
   </si>
   <si>
     <t>085/09/25</t>
   </si>
   <si>
     <t>054</t>
   </si>
   <si>
     <t>京城商業銀行國際金融業務分行</t>
   </si>
   <si>
     <t>戴頌琪</t>
   </si>
   <si>
     <t>06-215-5238</t>
   </si>
@@ -590,54 +590,54 @@
   <si>
     <t>華泰商業銀行國際金融業務分行</t>
   </si>
   <si>
     <t>張英亮</t>
   </si>
   <si>
     <t>02-27525252</t>
   </si>
   <si>
     <t>02-25327686</t>
   </si>
   <si>
     <t>臺北市中山區敬業四路33號1樓</t>
   </si>
   <si>
     <t>094/02/24</t>
   </si>
   <si>
     <t>Source：Provided by Individual Institutions.</t>
   </si>
   <si>
     <t>資料來源：國際金融業務分行 Web申報基本資料檔。</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
-[...2 lines deleted...]
-    <t>中華民國114年 9月底</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
+  </si>
+  <si>
+    <t>中華民國114年12月底</t>
   </si>
   <si>
     <t>分行一覽表</t>
   </si>
   <si>
     <t>Branch Offices</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>臺灣新光商業銀行國際金融業務分行</t>
   </si>
   <si>
     <t>林倚光</t>
   </si>
   <si>
     <t>02-27786818</t>
   </si>
   <si>
     <t>02-27319008</t>
   </si>
   <si>
     <t>台北市大安區新生南路一段99號5樓</t>
   </si>
@@ -695,51 +695,51 @@
   <si>
     <t>周保貴</t>
   </si>
   <si>
     <t>04-22800336</t>
   </si>
   <si>
     <t>04-22800360</t>
   </si>
   <si>
     <t>臺中市東區大智路339號2、3樓</t>
   </si>
   <si>
     <t>095/07/06</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>聯邦商業銀行國際金融業務分行</t>
   </si>
   <si>
     <t>張弘儒</t>
   </si>
   <si>
-    <t>02-27180001-2201</t>
+    <t>02-27180001</t>
   </si>
   <si>
     <t>02-27137515</t>
   </si>
   <si>
     <t>台北市松山區民生東路三段109號2樓</t>
   </si>
   <si>
     <t>083/12/08</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>遠東國際商業銀行國際金融業務分行</t>
   </si>
   <si>
     <t>方新雅</t>
   </si>
   <si>
     <t>02-25508811</t>
   </si>
   <si>
     <t>02-25553102</t>
   </si>
@@ -1418,51 +1418,51 @@
   <si>
     <t>02-27208287</t>
   </si>
   <si>
     <t>台北市信義區松智路1號3樓</t>
   </si>
   <si>
     <t>091/05/17</t>
   </si>
   <si>
     <t>Tatsuro Mori</t>
   </si>
   <si>
     <t>分行一覽表(續二)</t>
   </si>
   <si>
     <t>Branch Offices(Cont.2)</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>美商花旗銀行國際金融業務分行</t>
   </si>
   <si>
-    <t>陳昭雯(代)</t>
+    <t>陳昭雯</t>
   </si>
   <si>
     <t>02-87269700</t>
   </si>
   <si>
     <t>02-87860903</t>
   </si>
   <si>
     <t>台北市松智路1號15樓</t>
   </si>
   <si>
     <t>Joey Chen</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>香港商香港上海滙豐銀行國際金融業務分行</t>
   </si>
   <si>
     <t>蔣書城</t>
   </si>
   <si>
     <t>02-66317501</t>
   </si>