--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -70,51 +70,51 @@
     <sheet name="表十四續十四" sheetId="15" r:id="rId17"/>
     <sheet name="表十四續十五" sheetId="16" r:id="rId18"/>
     <sheet name="表十四續十六" sheetId="17" r:id="rId19"/>
     <sheet name="表十四續十七" sheetId="18" r:id="rId20"/>
     <sheet name="表十四續十八" sheetId="19" r:id="rId21"/>
     <sheet name="表十四續十九" sheetId="20" r:id="rId22"/>
     <sheet name="表十四續二十" sheetId="21" r:id="rId23"/>
     <sheet name="表十四續二十一" sheetId="22" r:id="rId24"/>
     <sheet name="表十四續二十二" sheetId="23" r:id="rId25"/>
     <sheet name="表十四續二十三" sheetId="24" r:id="rId26"/>
     <sheet name="表十四續二十四" sheetId="25" r:id="rId27"/>
     <sheet name="表十四續二十五" sheetId="26" r:id="rId28"/>
     <sheet name="表十四續二十六" sheetId="27" r:id="rId29"/>
     <sheet name="表十四續二十七" sheetId="28" r:id="rId30"/>
     <sheet name="表十四續二十八" sheetId="29" r:id="rId31"/>
     <sheet name="表十四續二十九" sheetId="30" r:id="rId32"/>
     <sheet name="表十四續三十" sheetId="31" r:id="rId33"/>
     <sheet name="表十四續三十一" sheetId="32" r:id="rId34"/>
     <sheet name="表十四續完" sheetId="33" r:id="rId35"/>
   </sheets>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3340">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3351">
   <si>
     <t>表十四　本國銀行國外</t>
   </si>
   <si>
     <t>Table 14. Listing of Overseas</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">負責人
 </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Director</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">傳真
 </t>
@@ -216,51 +216,51 @@
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Address</t>
     </r>
   </si>
   <si>
     <t>004</t>
   </si>
   <si>
     <t>臺灣銀行紐約分行</t>
   </si>
   <si>
     <t>美國</t>
   </si>
   <si>
     <t>梁思齊</t>
   </si>
   <si>
     <t>1-212-968-8128</t>
   </si>
   <si>
     <t>1-212-968-8370</t>
   </si>
   <si>
-    <t>100 Wall Street, 11Th Floor, New York Ny 10005 Usa</t>
+    <t>100 Wall Street, 16Th Floor, New York Ny 10005 Usa</t>
   </si>
   <si>
     <t>079/09/27</t>
   </si>
   <si>
     <t>臺灣銀行洛杉磯分行</t>
   </si>
   <si>
     <t>金元虎</t>
   </si>
   <si>
     <t>1-213-629-6600</t>
   </si>
   <si>
     <t>1-213-629-6610</t>
   </si>
   <si>
     <t>601 S. Figueroa St., Suite 4525  L A,  Ca90017 Usa</t>
   </si>
   <si>
     <t>082/03/25</t>
   </si>
   <si>
     <t>臺灣銀行香港分行</t>
   </si>
@@ -339,51 +339,51 @@
   <si>
     <t>27-11-447-1868</t>
   </si>
   <si>
     <t>11 Cradock Ave. Rosebank 2196 Johannesburg  South Africa</t>
   </si>
   <si>
     <t>081/04/02</t>
   </si>
   <si>
     <t>臺灣銀行倫敦分行</t>
   </si>
   <si>
     <t>英國</t>
   </si>
   <si>
     <t>孫世嘉</t>
   </si>
   <si>
     <t>44-20-73824530</t>
   </si>
   <si>
     <t>44-20-73748899</t>
   </si>
   <si>
-    <t>Level 17, 99 Bishopsgate, London Ec2M 3Xd,U.K.</t>
+    <t>4 Floor, 10 Dominion Street, London, Ec2M 2Ef Uk</t>
   </si>
   <si>
     <t>093/08/16</t>
   </si>
   <si>
     <t>臺灣銀行上海分行</t>
   </si>
   <si>
     <t>大陸地區</t>
   </si>
   <si>
     <t>陳清溝</t>
   </si>
   <si>
     <t>86-21-3256-9900</t>
   </si>
   <si>
     <t>86-21-3256-9477</t>
   </si>
   <si>
     <t>中國大陸上海市靜安區南京西路1788號30樓</t>
   </si>
   <si>
     <t>101/07/10</t>
   </si>
@@ -498,51 +498,51 @@
   <si>
     <t>86-591-2830-1020</t>
   </si>
   <si>
     <t>中國大陸福州市台江區光明南路1號升龍匯金中心39樓3908室</t>
   </si>
   <si>
     <t>105/06/06</t>
   </si>
   <si>
     <t>臺灣銀行胡志明市代表人辦事處</t>
   </si>
   <si>
     <t>越南</t>
   </si>
   <si>
     <t>梁懷文</t>
   </si>
   <si>
     <t>+84-28-3925-3096</t>
   </si>
   <si>
     <t>+84-28-3925-3095</t>
   </si>
   <si>
-    <t>Rm 503-1,5F,Royal Tower B,Royal Centre Building,235 Nguyen Van Cu Street,Nguyen Cu Trinh Ward,District 1,Ho Chi Minh City, Vietnam</t>
+    <t>Rm 503-1,5F,Royal Tower B,Royal Centre Bldg,235 Nguyen Van Cu St., Nguyen Cu Trinh Ward,Dist.1,Ho Chi Minh City, Vietnam</t>
   </si>
   <si>
     <t>108/08/14</t>
   </si>
   <si>
     <t>臺灣銀行曼谷代表人辦事處</t>
   </si>
   <si>
     <t>泰國</t>
   </si>
   <si>
     <t>顧劍玉</t>
   </si>
   <si>
     <t>66-2-046-4926</t>
   </si>
   <si>
     <t>66-2-046-4924</t>
   </si>
   <si>
     <t>Unit 3,22Th Floor, Aia Sathorn Tower,11/1 South Sathorn Road, Yannawa, Sathorn, Bangkok 10120, Thailand</t>
   </si>
   <si>
     <t>107/01/11</t>
   </si>
@@ -612,54 +612,54 @@
   <si>
     <t>德國</t>
   </si>
   <si>
     <t>林忠毅</t>
   </si>
   <si>
     <t>+49-69-977-8876-00</t>
   </si>
   <si>
     <t>+49-69-977-8876-01</t>
   </si>
   <si>
     <t>4Th Floor, Bockenheimer Landstrasse 51-53, 60325 Frankfurt Am Main, Germany</t>
   </si>
   <si>
     <t>107/05/23</t>
   </si>
   <si>
     <t>Source：Provided by Individual Institutions.</t>
   </si>
   <si>
     <t>資料來源：本國金融機構 Web申報基本資料檔。</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
-[...2 lines deleted...]
-    <t>中華民國114年 9月底</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
+  </si>
+  <si>
+    <t>中華民國114年12月底</t>
   </si>
   <si>
     <t>分支機構一覽表</t>
   </si>
   <si>
     <t>Branches of Domestic Banks</t>
   </si>
   <si>
     <t>臺灣銀行吉隆坡代表人辦事處</t>
   </si>
   <si>
     <t>馬來西亞</t>
   </si>
   <si>
     <t>林吟霞</t>
   </si>
   <si>
     <t>+60-3-2181-1616</t>
   </si>
   <si>
     <t>+60-3-2181-5588</t>
   </si>
   <si>
     <t>Unit 1-30-3A, Level 30, Menara Bangkok Bank, No. 105, Jalan Ampang, 50450 Kuala Lumpur, Malaysia.</t>
   </si>
@@ -681,60 +681,60 @@
   <si>
     <t>臺灣銀行東京分行福岡出張所</t>
   </si>
   <si>
     <t>黃崇韋</t>
   </si>
   <si>
     <t>+81-92-409-0628</t>
   </si>
   <si>
     <t>+81-92-409-0627</t>
   </si>
   <si>
     <t>810-0802日本福岡縣福岡市博多區中洲中島町1番3號904</t>
   </si>
   <si>
     <t>114/09/29</t>
   </si>
   <si>
     <t>005</t>
   </si>
   <si>
     <t>臺灣土地銀行洛杉磯分行</t>
   </si>
   <si>
-    <t>李遠清</t>
+    <t>王志忠</t>
   </si>
   <si>
     <t>002-1-213-532-3789</t>
   </si>
   <si>
     <t>002-1-213-532-3766</t>
   </si>
   <si>
-    <t>Suite 1900 , 811 Wilshire Boulevard Los Angeles</t>
+    <t>515 South Flower Street, Suite 2350, Los Angeles, Ca 90071, U.S.A.</t>
   </si>
   <si>
     <t>086/09/18</t>
   </si>
   <si>
     <t>臺灣土地銀行香港分行</t>
   </si>
   <si>
     <t>黃寶興</t>
   </si>
   <si>
     <t>002-852-2581-0788</t>
   </si>
   <si>
     <t>002-852-2581-0777</t>
   </si>
   <si>
     <t>香港九龍尖沙咀廣東道25號港威大廈第一座31樓3101-6及12室</t>
   </si>
   <si>
     <t>096/07/09</t>
   </si>
   <si>
     <t>臺灣土地銀行新加坡分行</t>
   </si>
@@ -936,108 +936,108 @@
   <si>
     <t>091/11/07</t>
   </si>
   <si>
     <t>合作金庫商業銀行雪梨分行</t>
   </si>
   <si>
     <t>陳志焜</t>
   </si>
   <si>
     <t>+61-2-92990068</t>
   </si>
   <si>
     <t>+61-2-92903897</t>
   </si>
   <si>
     <t>Suite 101, Level 1, 50 Carrington Street, Sydney Nsw 2000, Australia</t>
   </si>
   <si>
     <t>100/09/20</t>
   </si>
   <si>
     <t>合作金庫商業銀行蘇州分行</t>
   </si>
   <si>
-    <t>唐文傑</t>
+    <t>張誌錚</t>
   </si>
   <si>
     <t>+86-512-6295-3336</t>
   </si>
   <si>
     <t>+86-512-6295-5335</t>
   </si>
   <si>
     <t>中國江蘇省蘇州市工業園區華池街圓融時代廣場24幢1601室</t>
   </si>
   <si>
     <t>合作金庫商業銀行蘇州高新支行</t>
   </si>
   <si>
-    <t>謝盛正</t>
+    <t>周佳宏</t>
   </si>
   <si>
     <t>+86-512-86868168</t>
   </si>
   <si>
     <t>+86-512-87660869</t>
   </si>
   <si>
     <t>中國江蘇省蘇州市高新區獅山路28號蘇州高新廣場36樓3601室</t>
   </si>
   <si>
     <t>102/10/12</t>
   </si>
   <si>
     <t>合作金庫商業銀行天津分行</t>
   </si>
   <si>
     <t>賴秋蘭</t>
   </si>
   <si>
     <t>+86-22-5852-6999</t>
   </si>
   <si>
     <t>+86-22-5995-6011</t>
   </si>
   <si>
     <t>中國天津市和平區濱江道1號金之谷大廈1號樓18樓1801,1802,1803,1804,1807室</t>
   </si>
   <si>
     <t>103/08/01</t>
   </si>
   <si>
     <t>分支機構一覽表(續一)</t>
   </si>
   <si>
     <t>Branches of Domestic Banks(Cont.1)</t>
   </si>
   <si>
     <t>合作金庫商業銀行福州分行</t>
   </si>
   <si>
-    <t>張誌錚</t>
+    <t>許貞瓏</t>
   </si>
   <si>
     <t>+86-591-86320069</t>
   </si>
   <si>
     <t>+86-591-86320109</t>
   </si>
   <si>
     <t>中國福建省福州市台江區光明南路1號升龍匯金中心26樓2608室</t>
   </si>
   <si>
     <t>104/01/06</t>
   </si>
   <si>
     <t>合作金庫商業銀行金邊分行德他拉支行</t>
   </si>
   <si>
     <t>柬埔寨</t>
   </si>
   <si>
     <t>羅淑芬</t>
   </si>
   <si>
     <t>+855-23-430703</t>
   </si>
@@ -1209,50 +1209,68 @@
   <si>
     <t>1200 Smith St., Suite 850, Houston, Texas77002, Usa</t>
   </si>
   <si>
     <t>110/12/21</t>
   </si>
   <si>
     <t>合作金庫商業銀行捷克布拉格代表人辦事處</t>
   </si>
   <si>
     <t>捷克</t>
   </si>
   <si>
     <t>謝宗昇</t>
   </si>
   <si>
     <t>+420-272-143-399#43</t>
   </si>
   <si>
     <t>7F, Na Příkopě 583/15, 110 00 Prague 1, Czech Republic</t>
   </si>
   <si>
     <t>111/11/14</t>
   </si>
   <si>
+    <t>合作金庫商業銀行東京分行</t>
+  </si>
+  <si>
+    <t>陳乃嘉</t>
+  </si>
+  <si>
+    <t>+81-3-6262-2088</t>
+  </si>
+  <si>
+    <t>+81-3-6262-6218</t>
+  </si>
+  <si>
+    <t>東京都千代田区大手町二丁目６番４号</t>
+  </si>
+  <si>
+    <t>114/10/27</t>
+  </si>
+  <si>
     <t>合作金庫商業銀行金邊分行市中心支行</t>
   </si>
   <si>
     <t>許進賢</t>
   </si>
   <si>
     <t>+855-23430058</t>
   </si>
   <si>
     <t>No. A2-2 ,Street 169, Sangkat Veal Vong, Khan Prampir Meakkakra, Phnom Penh, Cambodia</t>
   </si>
   <si>
     <t>106/10/27</t>
   </si>
   <si>
     <t>合作金庫商業銀行墨爾本分行</t>
   </si>
   <si>
     <t>廖浩良</t>
   </si>
   <si>
     <t>+613-99771800</t>
   </si>
   <si>
     <t>+613-99771809</t>
@@ -1317,74 +1335,74 @@
   <si>
     <t>080/04/30</t>
   </si>
   <si>
     <t>007</t>
   </si>
   <si>
     <t>第一商業銀行上海分行自貿區試驗支行</t>
   </si>
   <si>
     <t>李永勝</t>
   </si>
   <si>
     <t>86-21-2069-0611</t>
   </si>
   <si>
     <t>86-21-2069-0500</t>
   </si>
   <si>
     <t>中國大陸上海市浦東新區濰坊西路55號世茂財富大廈2305室</t>
   </si>
   <si>
     <t>103/09/30</t>
   </si>
   <si>
+    <t>分支機構一覽表(續二)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.2)</t>
+  </si>
+  <si>
     <t>大阪出張所</t>
   </si>
   <si>
     <t>吳彥賓</t>
   </si>
   <si>
     <t>+81-6-6755-8808</t>
   </si>
   <si>
     <t>+81-6-6755-8906</t>
   </si>
   <si>
     <t>541-0052大阪府大阪市中央区安土町三丁目5番13号　本町ガーデンシティテラス16階</t>
   </si>
   <si>
     <t>114/08/01</t>
   </si>
   <si>
-    <t>分支機構一覽表(續二)</t>
-[...4 lines deleted...]
-  <si>
     <t>第一商業銀行金邊分行新速支行</t>
   </si>
   <si>
     <t>吳長吉</t>
   </si>
   <si>
     <t>855-23890371~3</t>
   </si>
   <si>
     <t>855-23890393</t>
   </si>
   <si>
     <t>No.111&amp;113,Street 1003,Bayab Village,Sangkat Phnom Penh Thmei,Khan Saensokh,Phnom Penh,Cambodia</t>
   </si>
   <si>
     <t>108/12/19</t>
   </si>
   <si>
     <t>第一商業銀行金邊分行中洲支行</t>
   </si>
   <si>
     <t>周茂靜</t>
   </si>
   <si>
     <t>855-23-865171~3</t>
@@ -1464,632 +1482,629 @@
   <si>
     <t>No.F08-F09,Street National Road No6, Phum3, Sangkat Chroy Changva, Khan Russey Keo, Phnom Penh, Cambodia</t>
   </si>
   <si>
     <t>105/01/27</t>
   </si>
   <si>
     <t>第一商業銀行金邊分行永盛支行</t>
   </si>
   <si>
     <t>柯忠旺</t>
   </si>
   <si>
     <t>855-23-238547</t>
   </si>
   <si>
     <t>855-23-210-029</t>
   </si>
   <si>
     <t>No 14A&amp;15A, Street Chaom Chau, Phum Damnak Thum, Sangkat Stueng Meanchey, Khan Meanchey, Phnom Penh, Cambodia</t>
   </si>
   <si>
     <t>第一商業銀行金邊分行暹粒支行</t>
   </si>
   <si>
+    <t>葉正彬</t>
+  </si>
+  <si>
+    <t>+855-63963187~9</t>
+  </si>
+  <si>
+    <t>+855-23210029</t>
+  </si>
+  <si>
+    <t>No.602&amp;604, Preah Sangreach Tep  Vong Street, Phum Mondol 2, Sangkat Svay Dongkum, Siem Reap Province,  Cambodia</t>
+  </si>
+  <si>
+    <t>106/11/15</t>
+  </si>
+  <si>
+    <t>第一商業銀行金邊分行登高支行</t>
+  </si>
+  <si>
+    <t>855-23232126~8</t>
+  </si>
+  <si>
+    <t>855-23232129</t>
+  </si>
+  <si>
+    <t>No.231,Street 271,Phum 4,Sangkat Tuol Tumpung Ti Pir,Khan Chamkar Mon,Phnom Penh,Cambodia</t>
+  </si>
+  <si>
+    <t>第一商業銀行關島分行</t>
+  </si>
+  <si>
+    <t>許勝瑋</t>
+  </si>
+  <si>
+    <t>1-671-4726864</t>
+  </si>
+  <si>
+    <t>1-671-4778921</t>
+  </si>
+  <si>
+    <t>862 South Marine Corps Drive, Tamuning, Guam 96913 U.S.A.</t>
+  </si>
+  <si>
+    <t>066/01/03</t>
+  </si>
+  <si>
+    <t>第一商業銀行紐約分行</t>
+  </si>
+  <si>
+    <t>沈家鳳</t>
+  </si>
+  <si>
+    <t>1-212-5996868</t>
+  </si>
+  <si>
+    <t>1-212-5996133</t>
+  </si>
+  <si>
+    <t>777 Third Avenue, 35Th Floor, New York, Ny 10017, Usa</t>
+  </si>
+  <si>
+    <t>079/03/06</t>
+  </si>
+  <si>
+    <t>第一商業銀行洛杉磯分行</t>
+  </si>
+  <si>
+    <t>黃嘉龍</t>
+  </si>
+  <si>
+    <t>1-213-3620200</t>
+  </si>
+  <si>
+    <t>1-213-3620244</t>
+  </si>
+  <si>
+    <t>600 Wilshire Blvd, Suite 800,  Los Angeles,Ca90017, Usa</t>
+  </si>
+  <si>
+    <t>079/02/28</t>
+  </si>
+  <si>
+    <t>第一商業銀行美國第一銀行</t>
+  </si>
+  <si>
+    <t>周朝崇</t>
+  </si>
+  <si>
+    <t>1-626-3006000</t>
+  </si>
+  <si>
+    <t>1-626-3005972</t>
+  </si>
+  <si>
+    <t>200 E. Main St., Alhambra, Ca91801, Usa</t>
+  </si>
+  <si>
+    <t>086/05/20</t>
+  </si>
+  <si>
+    <t>第一商銀美國第一銀行工業市分行</t>
+  </si>
+  <si>
+    <t>1-6269641-888</t>
+  </si>
+  <si>
+    <t>1-6269640-066</t>
+  </si>
+  <si>
+    <t>18725 E. Gale Ave., # 150, City Of Industry, Ca 91748, Usa</t>
+  </si>
+  <si>
+    <t>087/04/15</t>
+  </si>
+  <si>
+    <t>第一商銀美國第一銀行矽谷分行</t>
+  </si>
+  <si>
+    <t>1-408-253-4666</t>
+  </si>
+  <si>
+    <t>1-408-253-4672</t>
+  </si>
+  <si>
+    <t>7270 Bollinger Road, Suite 10, San Jose, Ca 95129, U.S.A.</t>
+  </si>
+  <si>
+    <t>089/04/18</t>
+  </si>
+  <si>
+    <t>第一商銀美國第一銀行爾灣分行</t>
+  </si>
+  <si>
+    <t>1-949-6542888</t>
+  </si>
+  <si>
+    <t>1-949-6542899</t>
+  </si>
+  <si>
+    <t>4250 Barranca Parkway Suite E, Irvine, Ca 92604, Usa</t>
+  </si>
+  <si>
+    <t>090/08/08</t>
+  </si>
+  <si>
+    <t>第一商業銀行溫哥華分行</t>
+  </si>
+  <si>
+    <t>加拿大</t>
+  </si>
+  <si>
+    <t>楊博任</t>
+  </si>
+  <si>
+    <t>1-604-2079600</t>
+  </si>
+  <si>
+    <t>1-604-2079638</t>
+  </si>
+  <si>
+    <t>#100-5611 Cooney Road, Richmond, B.C. V6X 3J6, Canada</t>
+  </si>
+  <si>
+    <t>091/07/09</t>
+  </si>
+  <si>
+    <t>第一商業銀行多倫多分行</t>
+  </si>
+  <si>
+    <t>吳炳輝</t>
+  </si>
+  <si>
+    <t>1-416-250-8788</t>
+  </si>
+  <si>
+    <t>1-416-250-8081</t>
+  </si>
+  <si>
+    <t>5000 Yonge Street, Suite 1803, Toronto, On M2N 7E9, Canada</t>
+  </si>
+  <si>
+    <t>096/10/02</t>
+  </si>
+  <si>
+    <t>第一商業銀行新加坡分行</t>
+  </si>
+  <si>
+    <t>李政憲</t>
+  </si>
+  <si>
+    <t>65-6593-0888</t>
+  </si>
+  <si>
+    <t>65-6225-1905</t>
+  </si>
+  <si>
+    <t>77, Robinson Road, #29-01, Singapore 068896</t>
+  </si>
+  <si>
+    <t>066/03/25</t>
+  </si>
+  <si>
+    <t>分支機構一覽表(續三)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.3)</t>
+  </si>
+  <si>
+    <t>第一商業銀行曼谷代表辦事處</t>
+  </si>
+  <si>
+    <t>陳宥丞</t>
+  </si>
+  <si>
+    <t>662-6795291</t>
+  </si>
+  <si>
+    <t>662-6795295</t>
+  </si>
+  <si>
+    <t>9Th Fl.,Sathorn City Tower No.175,South Sathorn Rd.,Tungmahamek, Sathorn, Bankok 10120, Thailand</t>
+  </si>
+  <si>
+    <t>084/06/26</t>
+  </si>
+  <si>
+    <t>第一商業銀行河內市分行</t>
+  </si>
+  <si>
+    <t>任志浩</t>
+  </si>
+  <si>
+    <t>84-24-3-9362111</t>
+  </si>
+  <si>
+    <t>84-24-3-9362112</t>
+  </si>
+  <si>
+    <t>8Th Floor, Charmvit Tower, 117 Tran Duy Hung Road, Yen Hoa Ward, Hanoi City, Vietnam</t>
+  </si>
+  <si>
+    <t>100/02/14</t>
+  </si>
+  <si>
+    <t>第一商業銀行仰光代表辦事處</t>
+  </si>
+  <si>
+    <t>95-1-9669568</t>
+  </si>
+  <si>
+    <t>95-1-9669582</t>
+  </si>
+  <si>
+    <t>No. 7 Nichols Avenue, Parami Road, Mayangone Township, Yangon, Myanmar</t>
+  </si>
+  <si>
+    <t>第一商業銀行金邊分行</t>
+  </si>
+  <si>
+    <t>劉本豪</t>
+  </si>
+  <si>
+    <t>855-23-210026</t>
+  </si>
+  <si>
+    <t>855-23-210029</t>
+  </si>
+  <si>
+    <t>1F&amp;2F, No.66, Norodom Blvd, Sangkat Chey Chomnas, Khan Daun Penh, Phnom Penh, Cambodia</t>
+  </si>
+  <si>
+    <t>087/09/25</t>
+  </si>
+  <si>
+    <t>第一商業銀行胡志明市分行</t>
+  </si>
+  <si>
+    <t>李葆源</t>
+  </si>
+  <si>
+    <t>84-28-3-8238111</t>
+  </si>
+  <si>
+    <t>84-28-3-8221747</t>
+  </si>
+  <si>
+    <t>21Fl A&amp;B Tower, 76A Le Lai Street, Ben Thanh Ward, Ho Chi Minh City, Vietnam</t>
+  </si>
+  <si>
+    <t>092/03/03</t>
+  </si>
+  <si>
+    <t>第一商業銀行倫敦分行</t>
+  </si>
+  <si>
+    <t>吳文翰</t>
+  </si>
+  <si>
+    <t>44-20-74170000</t>
+  </si>
+  <si>
+    <t>44-20-74170011</t>
+  </si>
+  <si>
+    <t>Bowman House, 29 Wilson St., London Ec2M 2Sj, United Kindom</t>
+  </si>
+  <si>
+    <t>073/04/26</t>
+  </si>
+  <si>
+    <t>第一商業銀行法蘭克福分行</t>
+  </si>
+  <si>
+    <t>傅國禎</t>
+  </si>
+  <si>
+    <t>49-69-408095-0</t>
+  </si>
+  <si>
+    <t>49-69-408095-299</t>
+  </si>
+  <si>
+    <t>Bockenheimer Landstrasse 51-53, 60325 Frankfurt Am Main, Germany</t>
+  </si>
+  <si>
+    <t>112/01/09</t>
+  </si>
+  <si>
+    <t>第一商業銀行馬尼拉分行</t>
+  </si>
+  <si>
+    <t>胡永沂</t>
+  </si>
+  <si>
+    <t>63-2-88968888</t>
+  </si>
+  <si>
+    <t>63-2-85419219</t>
+  </si>
+  <si>
+    <t>20F., Tower6789, 6789 Ayala Avenue, Makati City, Metro Manila, Philippines</t>
+  </si>
+  <si>
+    <t>105/12/16</t>
+  </si>
+  <si>
+    <t>第一商業銀行休士頓分行</t>
+  </si>
+  <si>
+    <t>白又仁</t>
+  </si>
+  <si>
+    <t>1-713-684-8511</t>
+  </si>
+  <si>
+    <t>1-832-831-2185</t>
+  </si>
+  <si>
+    <t>1201 Louisiana St., Suite 750, Houston, Tx 77002, Usa</t>
+  </si>
+  <si>
+    <t>110/02/26</t>
+  </si>
+  <si>
+    <t>第一商業銀行永珍分行</t>
+  </si>
+  <si>
+    <t>李志杰</t>
+  </si>
+  <si>
+    <t>856-21-415318</t>
+  </si>
+  <si>
+    <t>856-21-415317</t>
+  </si>
+  <si>
+    <t>No.61,23 Singha Road,Phonxay Village,Saysettha District,Vientiane Capital Lao Pdr</t>
+  </si>
+  <si>
+    <t>104/03/31</t>
+  </si>
+  <si>
+    <t>第一商銀美國第一銀行佛利蒙分行</t>
+  </si>
+  <si>
+    <t>1-510-933-0270</t>
+  </si>
+  <si>
+    <t>1-510-933-0278</t>
+  </si>
+  <si>
+    <t>47000 Warm Springs Boulevard, Suite 3, Fremont, Ca 94539, U.S.A.</t>
+  </si>
+  <si>
+    <t>098/01/09</t>
+  </si>
+  <si>
+    <t>第一商業銀行雅加達代表辦事處</t>
+  </si>
+  <si>
     <t>施佑宗</t>
   </si>
   <si>
-    <t>+855-63963187~9</t>
-[...182 lines deleted...]
-    <t>第一商業銀行新加坡分行</t>
+    <t>62-21-3048-8788</t>
+  </si>
+  <si>
+    <t>62-21-3048-8780</t>
+  </si>
+  <si>
+    <t>World Trade Centre – Wtc 3 27Th Floor, Jl. Jend. Sudirman Kav. 29 – 31, Jakarta 12920, Indonesia</t>
+  </si>
+  <si>
+    <t>108/09/30</t>
+  </si>
+  <si>
+    <t>第一商業銀行香港分行</t>
+  </si>
+  <si>
+    <t>林建宏</t>
+  </si>
+  <si>
+    <t>852-28689008</t>
+  </si>
+  <si>
+    <t>852-25262900</t>
+  </si>
+  <si>
+    <t>1702,17F, Prudential Tower,The Gateway,Harbour City,21 Canton Road,  Tsimshatsui, Kowloon, Hong Kong</t>
+  </si>
+  <si>
+    <t>083/07/08</t>
+  </si>
+  <si>
+    <t>第一商業銀行上海分行</t>
+  </si>
+  <si>
+    <t>張倧瑋</t>
+  </si>
+  <si>
+    <t>86-21-22270611</t>
+  </si>
+  <si>
+    <t>86-21-32096117</t>
+  </si>
+  <si>
+    <t>中國大陸上海市長寧區榮華東道86號競衡古北88大廈</t>
+  </si>
+  <si>
+    <t>099/12/23</t>
+  </si>
+  <si>
+    <t>第一商業銀行澳門分行</t>
+  </si>
+  <si>
+    <t>澳門</t>
+  </si>
+  <si>
+    <t>林政助</t>
+  </si>
+  <si>
+    <t>853-28575088</t>
+  </si>
+  <si>
+    <t>853-28722772</t>
+  </si>
+  <si>
+    <t>澳門商業大馬路澳門財富中心16樓B&amp;C室</t>
+  </si>
+  <si>
+    <t>099/07/08</t>
+  </si>
+  <si>
+    <t>第一商業銀行成都分行</t>
+  </si>
+  <si>
+    <t>呂斌毓</t>
+  </si>
+  <si>
+    <t>86-28-86586311</t>
+  </si>
+  <si>
+    <t>86-28-86586312</t>
+  </si>
+  <si>
+    <t>中國大陸四川省成都市錦江區紅星路三段1號國際金融中心1號辦公樓16樓單元1、9、10號</t>
+  </si>
+  <si>
+    <t>103/09/15</t>
+  </si>
+  <si>
+    <t>第一商業銀行廈門分行</t>
+  </si>
+  <si>
+    <t>吳春貴</t>
+  </si>
+  <si>
+    <t>86-592-8169111</t>
+  </si>
+  <si>
+    <t>86-592-2260900</t>
+  </si>
+  <si>
+    <t>中國福建省廈門市思明區鷺江道8號國際銀行大廈30樓Efgh單元</t>
+  </si>
+  <si>
+    <t>104/04/30</t>
+  </si>
+  <si>
+    <t>第一商業銀行東京分行</t>
+  </si>
+  <si>
+    <t>李威德</t>
+  </si>
+  <si>
+    <t>81-3-3279-0888</t>
+  </si>
+  <si>
+    <t>81-3-3279-0887</t>
+  </si>
+  <si>
+    <t>日本東京都千代田区大手町2-1-1大成大手町ビル23階</t>
+  </si>
+  <si>
+    <t>083/09/09</t>
+  </si>
+  <si>
+    <t>第一商業銀行美國第一銀行奇諾崗分行</t>
+  </si>
+  <si>
+    <t>1-909-993-5888</t>
+  </si>
+  <si>
+    <t>1-909-993-5027</t>
+  </si>
+  <si>
+    <t>2911 Chino Avenue, Unit F2, Chino Hills, Ca 91709, U.S.A.</t>
+  </si>
+  <si>
+    <t>108/04/17</t>
+  </si>
+  <si>
+    <t>第一商業銀行布里斯本分行</t>
   </si>
   <si>
     <t>梁甫謙</t>
   </si>
   <si>
-    <t>65-6593-0888</t>
-[...355 lines deleted...]
-  <si>
     <t>61-7-3211-1001</t>
   </si>
   <si>
     <t>61-7-3211-1002</t>
   </si>
   <si>
     <t>Mezzanine Floor,199 George Street, Brisbane Qld, 4000, Australia</t>
   </si>
   <si>
     <t>098/09/01</t>
   </si>
   <si>
+    <t>分支機構一覽表(續四)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.4)</t>
+  </si>
+  <si>
     <t>第一商業銀行美國第一銀行聖馬特奧分行</t>
   </si>
   <si>
     <t>1-650-931-8568</t>
   </si>
   <si>
     <t>1-650-931-8555</t>
   </si>
   <si>
     <t>2727 S. El Camino Real, Suite G, San Mateo, Ca 94403, U.S.A.</t>
   </si>
   <si>
     <t>111/02/10</t>
   </si>
   <si>
-    <t>分支機構一覽表(續四)</t>
-[...4 lines deleted...]
-  <si>
     <t>美國第一銀行安大略放款辦事處</t>
   </si>
   <si>
     <t>1-909-212-8888</t>
   </si>
   <si>
     <t>1-909-466-8986</t>
   </si>
   <si>
     <t>3990 Concours Street, Suite 340, Ontario, Ca 91764, U.S.A</t>
   </si>
   <si>
     <t>113/05/06</t>
   </si>
   <si>
     <t>第一商業銀行美國第一銀行亞凱迪亞分行</t>
   </si>
   <si>
     <t>1-626-254-1828</t>
   </si>
   <si>
     <t>1-626-254-1883</t>
   </si>
   <si>
     <t>1309 S. Baldwin Ave, Arcadia, Ca91007, Usa</t>
@@ -2388,74 +2403,74 @@
   <si>
     <t>110/03/10</t>
   </si>
   <si>
     <t>009</t>
   </si>
   <si>
     <t>彰銀商業銀行有限公司</t>
   </si>
   <si>
     <t>徐志誠</t>
   </si>
   <si>
     <t>86-025-88811000</t>
   </si>
   <si>
     <t>86-025-85300172</t>
   </si>
   <si>
     <t>中國江蘇省南京市建鄴區江東中路371號</t>
   </si>
   <si>
     <t>107/12/11</t>
   </si>
   <si>
+    <t>分支機構一覽表(續五)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.5)</t>
+  </si>
+  <si>
     <t>彰化商業銀行新加坡分行</t>
   </si>
   <si>
     <t>鄭凱鴻</t>
   </si>
   <si>
     <t>65-6532-0820</t>
   </si>
   <si>
     <t>65-6532-0374</t>
   </si>
   <si>
     <t>No. 1 Finlayson Green #08-00 Singapore 049246</t>
   </si>
   <si>
     <t>086/10/16</t>
   </si>
   <si>
-    <t>分支機構一覽表(續五)</t>
-[...4 lines deleted...]
-  <si>
     <t>彰銀商業銀行有限公司昆山分行</t>
   </si>
   <si>
     <t>蔡玉虹</t>
   </si>
   <si>
     <t>86-512-5736-7576</t>
   </si>
   <si>
     <t>86-512-5732-5778</t>
   </si>
   <si>
     <t>中國江蘇省昆山市黑龍江北路88號A座1、2樓</t>
   </si>
   <si>
     <t>彰化商業銀行股份有限公司馬尼拉分行</t>
   </si>
   <si>
     <t>周宏傑</t>
   </si>
   <si>
     <t>63-2-7621-0088</t>
   </si>
   <si>
     <t>63-2-8820-6749</t>
@@ -2496,51 +2511,51 @@
   <si>
     <t>11F Grand Front Osaka Tower－B, 3-1, Ofuka-Cho, Kita-Ku, Osaka City, Osaka 530-0011, Japan</t>
   </si>
   <si>
     <t>113/03/25</t>
   </si>
   <si>
     <t>彰銀商業銀行有限公司東莞分行</t>
   </si>
   <si>
     <t>尤麗菁</t>
   </si>
   <si>
     <t>86-769-23660101</t>
   </si>
   <si>
     <t>86-769-22883582</t>
   </si>
   <si>
     <t>中國廣東省東莞市東城區東莞大道11號台商大廈1座8樓801室</t>
   </si>
   <si>
     <t>彰銀商業銀行有限公司福州分行</t>
   </si>
   <si>
-    <t>唐玉鳳(代)</t>
+    <t>唐玉鳳</t>
   </si>
   <si>
     <t>86-591-86211320</t>
   </si>
   <si>
     <t>86-591-86211330</t>
   </si>
   <si>
     <t>中國福建省福州市鼓樓區鼓東街道五四路128-1號恆力城辦公樓第14層04、05單元</t>
   </si>
   <si>
     <t>彰化商業銀行仰光代表人辦事處</t>
   </si>
   <si>
     <t>方彥茂</t>
   </si>
   <si>
     <t>95-1-8202095</t>
   </si>
   <si>
     <t>95-1-8202097</t>
   </si>
   <si>
     <t>422/426 Corner Of Strand Road And Botahtaung Pagoda Road, #10-02, Botahtaung Township, Yangon, Republic Of The Union Of Myanmar</t>
   </si>
@@ -2736,74 +2751,74 @@
   <si>
     <t>16Th F1.,Sathorn Square Office Tower,No.98 North Sathorn Road,Silom Bangrak,Bangkok,10500,Thailand</t>
   </si>
   <si>
     <t>101/09/28</t>
   </si>
   <si>
     <t>上海商業儲蓄銀行柬埔寨代表人辦事處</t>
   </si>
   <si>
     <t>楊仁佑</t>
   </si>
   <si>
     <t>855-23-964811</t>
   </si>
   <si>
     <t>855-23-964711</t>
   </si>
   <si>
     <t>13F,Phnom Penh Tower, No.445, Preah Monivong Blvd., Sangkat Boeung Prolit, Khan 7 Makara, Phnom Penh, Cambodia</t>
   </si>
   <si>
     <t>102/12/02</t>
   </si>
   <si>
+    <t>分支機構一覽表(續六)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.6)</t>
+  </si>
+  <si>
     <t>上海商業儲蓄銀行印尼雅加達代表人辦事處</t>
   </si>
   <si>
     <t>林學堯</t>
   </si>
   <si>
     <t>62-21-57908111</t>
   </si>
   <si>
     <t>62-21-57907111</t>
   </si>
   <si>
     <t>Gd. Menara Batavia Lt.8,Jl.Kh.Mas Mansyur Kav.126 Kel. Karet Tengsin, Kec. Tanah Abang, Jakarta Pusat Indonesia.</t>
   </si>
   <si>
     <t>104/12/11</t>
   </si>
   <si>
-    <t>分支機構一覽表(續六)</t>
-[...4 lines deleted...]
-  <si>
     <t>上海商業儲蓄銀行越南北寧代表人辦事處</t>
   </si>
   <si>
     <t>林俊宏</t>
   </si>
   <si>
     <t>84-222-3656111</t>
   </si>
   <si>
     <t>84-222-3630111</t>
   </si>
   <si>
     <t>3F, Viet Long Complex Building, No. 30 Ly Thai To Street, Kinh Bac Ward, Bac Ninh Province, Vietnam</t>
   </si>
   <si>
     <t>110/05/28</t>
   </si>
   <si>
     <t>香港上海商業銀行有限公司</t>
   </si>
   <si>
     <t>李慶言</t>
   </si>
   <si>
     <t>(852)2841 5415</t>
@@ -2832,51 +2847,51 @@
   <si>
     <t>040/01/01</t>
   </si>
   <si>
     <t>香港上海商業銀行旺角分行</t>
   </si>
   <si>
     <t>鍾卓基</t>
   </si>
   <si>
     <t>2394 0266</t>
   </si>
   <si>
     <t>2398 0685</t>
   </si>
   <si>
     <t>香港旺角彌敦道666號</t>
   </si>
   <si>
     <t>044/06/27</t>
   </si>
   <si>
     <t>香港上海商業銀行銅鑼灣分行</t>
   </si>
   <si>
-    <t>黃廣操</t>
+    <t>林寶玉</t>
   </si>
   <si>
     <t>2576 4377</t>
   </si>
   <si>
     <t>2577 7949</t>
   </si>
   <si>
     <t>香港銅鑼灣邊寧頓街18號</t>
   </si>
   <si>
     <t>048/10/29</t>
   </si>
   <si>
     <t>香港上海商業銀行西環分行</t>
   </si>
   <si>
     <t>關浩明</t>
   </si>
   <si>
     <t>2818 6363</t>
   </si>
   <si>
     <t>2819 1179</t>
   </si>
@@ -3012,51 +3027,51 @@
   <si>
     <t>059/11/03</t>
   </si>
   <si>
     <t>香港上海商業銀行坪石邨分行</t>
   </si>
   <si>
     <t>蘇家希(代)</t>
   </si>
   <si>
     <t>2323 4261</t>
   </si>
   <si>
     <t>2327 6289</t>
   </si>
   <si>
     <t>香港牛池灣坪石邨鑽石樓115號</t>
   </si>
   <si>
     <t>060/01/12</t>
   </si>
   <si>
     <t>香港上海商業銀行新蒲崗分行</t>
   </si>
   <si>
-    <t>何國司</t>
+    <t>鄭樂恆(代)</t>
   </si>
   <si>
     <t>2325 0241</t>
   </si>
   <si>
     <t>2352 1007</t>
   </si>
   <si>
     <t>香港新蒲崗康強街28號</t>
   </si>
   <si>
     <t>061/05/15</t>
   </si>
   <si>
     <t>香港上海商業銀行美孚新邨(第四期)分行</t>
   </si>
   <si>
     <t>2742 5211</t>
   </si>
   <si>
     <t>2785 8379</t>
   </si>
   <si>
     <t>香港荔枝角美孚新邨百老匯街83號B</t>
   </si>
@@ -3096,74 +3111,74 @@
   <si>
     <t>香港觀塘康寧道57-61號</t>
   </si>
   <si>
     <t>065/07/14</t>
   </si>
   <si>
     <t>香港上海商業銀行葵涌分行</t>
   </si>
   <si>
     <t>廖永倫</t>
   </si>
   <si>
     <t>2429 7291</t>
   </si>
   <si>
     <t>2489 2239</t>
   </si>
   <si>
     <t>香港葵涌青山公路482號和記新邨3號</t>
   </si>
   <si>
     <t>066/06/22</t>
   </si>
   <si>
+    <t>分支機構一覽表(續七)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.7)</t>
+  </si>
+  <si>
     <t>香港上海商業銀行德士古道分行</t>
   </si>
   <si>
     <t>趙梽聰</t>
   </si>
   <si>
     <t>2492 4121</t>
   </si>
   <si>
     <t>2493 7560</t>
   </si>
   <si>
     <t>香港荃灣德士古道36-60號東亞商場B128-131號</t>
   </si>
   <si>
     <t>066/11/18</t>
   </si>
   <si>
-    <t>分支機構一覽表(續七)</t>
-[...4 lines deleted...]
-  <si>
     <t>香港上海商業銀行上環分行</t>
   </si>
   <si>
     <t>黃妙芳</t>
   </si>
   <si>
     <t>2545 8738</t>
   </si>
   <si>
     <t>2544 8384</t>
   </si>
   <si>
     <t>香港上環蘇杭街41-47號地下</t>
   </si>
   <si>
     <t>067/04/01</t>
   </si>
   <si>
     <t>香港上海商業銀行土瓜灣分行</t>
   </si>
   <si>
     <t>區麗嫦</t>
   </si>
   <si>
     <t>2365 9098</t>
@@ -3177,51 +3192,51 @@
   <si>
     <t>067/09/02</t>
   </si>
   <si>
     <t>香港上海商業銀行筲箕灣分行</t>
   </si>
   <si>
     <t>許森煌</t>
   </si>
   <si>
     <t>2568 5163</t>
   </si>
   <si>
     <t>2885 1507</t>
   </si>
   <si>
     <t>香港筲箕灣筲箕灣東大街136號</t>
   </si>
   <si>
     <t>068/11/24</t>
   </si>
   <si>
     <t>香港上海商業銀行香港仔分行</t>
   </si>
   <si>
-    <t>李國華(代)</t>
+    <t>余家灝(代)</t>
   </si>
   <si>
     <t>2553 9218</t>
   </si>
   <si>
     <t>2873 4025</t>
   </si>
   <si>
     <t>香港香港仔香港仔大道118號</t>
   </si>
   <si>
     <t>069/05/24</t>
   </si>
   <si>
     <t>香港上海商業銀行灣仔分行</t>
   </si>
   <si>
     <t>馬嘉儀</t>
   </si>
   <si>
     <t>2527 2556</t>
   </si>
   <si>
     <t>2865 4785</t>
   </si>
@@ -3372,51 +3387,51 @@
   <si>
     <t>香港紅磡黃埔花園(第四期)棕櫚苑商場9號</t>
   </si>
   <si>
     <t>077/05/06</t>
   </si>
   <si>
     <t>香港上海商業銀行荔枝角分行</t>
   </si>
   <si>
     <t>2785 8544</t>
   </si>
   <si>
     <t>2744 8146</t>
   </si>
   <si>
     <t>香港青山道438號麗群閣地下5-8號</t>
   </si>
   <si>
     <t>080/11/01</t>
   </si>
   <si>
     <t>香港上海商業銀行三藩市分行</t>
   </si>
   <si>
-    <t>李社海</t>
+    <t>陳開興</t>
   </si>
   <si>
     <t>(1-415)-4336700</t>
   </si>
   <si>
     <t>(1-415)-4330210</t>
   </si>
   <si>
     <t>231 Sansome Street, San Francisco, Ca 94104, U.S.A.</t>
   </si>
   <si>
     <t>080/07/01</t>
   </si>
   <si>
     <t>香港上海商業銀行倫敦分行</t>
   </si>
   <si>
     <t>吳志強</t>
   </si>
   <si>
     <t>(44 20) 7369 8888</t>
   </si>
   <si>
     <t>(44 20) 7369 8800</t>
   </si>
@@ -3456,96 +3471,96 @@
   <si>
     <t>(1 626) 293 8833</t>
   </si>
   <si>
     <t>383 East Valley Boulevard, Alhambra, Ca 91801, U.S.A.</t>
   </si>
   <si>
     <t>香港上海商業銀行深圳分行</t>
   </si>
   <si>
     <t>姚錦雄</t>
   </si>
   <si>
     <t>(86 755) 8220 0319</t>
   </si>
   <si>
     <t>(86 755) 8219 7056</t>
   </si>
   <si>
     <t>中國深圳市福田區中心四路1號嘉里建設廣場1座20樓01-03室 郵編：518048</t>
   </si>
   <si>
     <t>093/09/06</t>
   </si>
   <si>
+    <t>分支機構一覽表(續八)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.8)</t>
+  </si>
+  <si>
     <t>香港上海商業銀行上海分行</t>
   </si>
   <si>
     <t>孫富國</t>
   </si>
   <si>
     <t>(86-21)-20891888</t>
   </si>
   <si>
     <t>(86-21)-20891811</t>
   </si>
   <si>
     <t>中國上海市浦東新區陸家嘴東路161號上海招商局大厦913室郵編：200120</t>
   </si>
   <si>
     <t>102/01/24</t>
   </si>
   <si>
-    <t>分支機構一覽表(續八)</t>
-[...4 lines deleted...]
-  <si>
     <t>香港上海商業銀行上海自貿試驗區支行</t>
   </si>
   <si>
     <t>劉吟</t>
   </si>
   <si>
     <t>(86-21)-20891988</t>
   </si>
   <si>
     <t>(86-21)-68681878</t>
   </si>
   <si>
     <t>中國上海市埔東新區基隆路55號15層03-05室郵編：200131</t>
   </si>
   <si>
     <t>104/02/01</t>
   </si>
   <si>
     <t>香港上海商業銀行上水分行</t>
   </si>
   <si>
-    <t>鄧錦強(代)</t>
+    <t>朱佩絲(代)</t>
   </si>
   <si>
     <t>2639 5500</t>
   </si>
   <si>
     <t>2671 3811</t>
   </si>
   <si>
     <t>香港上水新豐路82號</t>
   </si>
   <si>
     <t>085/07/23</t>
   </si>
   <si>
     <t>香港上海商業銀行馬鞍山分行</t>
   </si>
   <si>
     <t>鄭雪山</t>
   </si>
   <si>
     <t>2633 8377</t>
   </si>
   <si>
     <t>2633 9147</t>
   </si>
@@ -3588,68 +3603,50 @@
   <si>
     <t>香港天水圍天恩路18號嘉湖二期地下G08號</t>
   </si>
   <si>
     <t>088/09/20</t>
   </si>
   <si>
     <t>香港上海商業銀行將軍澳分行</t>
   </si>
   <si>
     <t>黎安娜</t>
   </si>
   <si>
     <t>3194 6382</t>
   </si>
   <si>
     <t>3194 6232</t>
   </si>
   <si>
     <t>香港將軍澳貿業路8號新都城商場第三期地下G1-2號舖</t>
   </si>
   <si>
     <t>089/07/03</t>
   </si>
   <si>
-    <t>香港上海商業銀行東涌分行</t>
-[...16 lines deleted...]
-  <si>
     <t>香港上海商業銀行大埔分行</t>
   </si>
   <si>
     <t>李志豪</t>
   </si>
   <si>
     <t>2650 6626</t>
   </si>
   <si>
     <t>2650 5313</t>
   </si>
   <si>
     <t>香港大埔廣福道27-31,35-43號美德大廈地下4號舖</t>
   </si>
   <si>
     <t>093/12/07</t>
   </si>
   <si>
     <t>香港上海商業銀行黃大仙分行</t>
   </si>
   <si>
     <t>霍子良</t>
   </si>
   <si>
     <t>2326 0096</t>
@@ -3663,86 +3660,101 @@
   <si>
     <t>096/08/16</t>
   </si>
   <si>
     <t>香港上海商業銀行麼地道分行</t>
   </si>
   <si>
     <t>房子偉</t>
   </si>
   <si>
     <t>2841 5366</t>
   </si>
   <si>
     <t>2162 8090</t>
   </si>
   <si>
     <t>香港東尖沙咀麼地道62號永安廣場一樓101-103室</t>
   </si>
   <si>
     <t>101/07/06</t>
   </si>
   <si>
     <t>香港上海商業銀行干諾道分行</t>
   </si>
   <si>
-    <t>何國司(代)</t>
-[...1 lines deleted...]
-  <si>
     <t>2232 9788</t>
   </si>
   <si>
     <t>2310 8310</t>
   </si>
   <si>
     <t>香港中環干諾道中48號南源大廈地下及一樓</t>
   </si>
   <si>
     <t>105/05/09</t>
   </si>
   <si>
     <t>012</t>
   </si>
   <si>
     <t>台北富邦商業銀行子行富邦華一銀行濟南分行</t>
   </si>
   <si>
     <t>劉寵</t>
   </si>
   <si>
     <t>+86-531-81787100</t>
   </si>
   <si>
     <t>+86-531-88510588</t>
   </si>
   <si>
     <t>山東省濟南市歷下區經十路11001號中國人壽大廈北樓30層01、06單位</t>
   </si>
   <si>
     <t>112/05/31</t>
   </si>
   <si>
+    <t>台北富邦商業銀行子行富邦華一銀行杭州分行</t>
+  </si>
+  <si>
+    <t>薛鴻源</t>
+  </si>
+  <si>
+    <t>+86-571-56107289</t>
+  </si>
+  <si>
+    <t>+86-571-56107231</t>
+  </si>
+  <si>
+    <t>浙江省杭州市蕭山區觀瀾路288-32號L115、L116、L212、L213室</t>
+  </si>
+  <si>
+    <t>114/10/28</t>
+  </si>
+  <si>
     <t>台北富邦商業銀行首爾代表人辦事處</t>
   </si>
   <si>
     <t>韓國</t>
   </si>
   <si>
     <t>朴京謨</t>
   </si>
   <si>
     <t>+82-2-6137-9710</t>
   </si>
   <si>
     <t>Unit 1720, 17F, Three International Finance Centre, 10 Gukjegeumyung-Ro, Yeongdeungpo-Gu, Seoul 07326, South Korea</t>
   </si>
   <si>
     <t>114/02/27</t>
   </si>
   <si>
     <t>台北富邦商業銀行新加坡分行</t>
   </si>
   <si>
     <t>任正龍</t>
   </si>
   <si>
     <t>+65-6470-9860</t>
@@ -3810,86 +3822,83 @@
   <si>
     <t>091/09/30</t>
   </si>
   <si>
     <t>台北富邦商業銀行平陽分行</t>
   </si>
   <si>
     <t>陳宏圖</t>
   </si>
   <si>
     <t>+84-274-627-8899</t>
   </si>
   <si>
     <t>+84-274-625-9488</t>
   </si>
   <si>
     <t>Unit 1, Floor 2, Minh Sang Plaza Tower, No.888 Binh Duong Boulevard, Thuan Giao Ward,Ho Chi Minh City, Vn</t>
   </si>
   <si>
     <t>097/06/02</t>
   </si>
   <si>
     <t>台北富邦商業銀行河內分行</t>
   </si>
   <si>
-    <t>林金源</t>
+    <t>廖志文</t>
   </si>
   <si>
     <t>+84-24-3772-2212</t>
   </si>
   <si>
     <t>+84-24-3772-2216</t>
   </si>
   <si>
     <t>22Nd Floor, Tn Grand Plaza-Charmvit Tower, 117 Tran Duy Hung, Yen Hoa Ward, Hanoi City</t>
   </si>
   <si>
     <t>099/03/06</t>
   </si>
   <si>
+    <t>分支機構一覽表(續九)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.9)</t>
+  </si>
+  <si>
     <t>台北富邦商業銀行胡志明市分行</t>
   </si>
   <si>
-    <t>廖志文</t>
-[...1 lines deleted...]
-  <si>
     <t>+84-28-3932-5888</t>
   </si>
   <si>
     <t>+84-28-3932-6431</t>
   </si>
   <si>
     <t>9Th Floor, Saigon Centre Building, Tower 2, 67 Le Loi Street, Saigon Ward, Ho Chi Minh City</t>
   </si>
   <si>
-    <t>分支機構一覽表(續九)</t>
-[...4 lines deleted...]
-  <si>
     <t>台北富邦商業銀行子行富邦華一銀行寧波分行</t>
   </si>
   <si>
     <t>周英華</t>
   </si>
   <si>
     <t>+86-574-87861306</t>
   </si>
   <si>
     <t>+86-574-87961055</t>
   </si>
   <si>
     <t>浙江省寧波市鄞州區首南西路68號鄞州金融大廈A座13樓</t>
   </si>
   <si>
     <t>109/11/03</t>
   </si>
   <si>
     <t>台北富邦商業銀行子行富邦華一銀行重慶分行</t>
   </si>
   <si>
     <t>劉暢</t>
   </si>
   <si>
     <t>+86-23-89197333</t>
@@ -3993,320 +4002,317 @@
   <si>
     <t>105/12/09</t>
   </si>
   <si>
     <t>台北富邦商業銀行子行富邦華一銀行北京分行</t>
   </si>
   <si>
     <t>馬喜良</t>
   </si>
   <si>
     <t>+86-10-83329666</t>
   </si>
   <si>
     <t>+86-10-83329777</t>
   </si>
   <si>
     <t>北京市東城區朝陽門北大街9號泓晟國際中心6層601、602單元</t>
   </si>
   <si>
     <t>105/04/28</t>
   </si>
   <si>
     <t>台北富邦商業銀行子行富邦華一銀行上海外灘支行</t>
   </si>
   <si>
+    <t>沈芸蕾</t>
+  </si>
+  <si>
+    <t>+86-21-2037-7588</t>
+  </si>
+  <si>
+    <t>+86-21-5309-5070</t>
+  </si>
+  <si>
+    <t>上海市黃浦區中山東一路1號1層02區</t>
+  </si>
+  <si>
+    <t>105/05/13</t>
+  </si>
+  <si>
+    <t>台北富邦商業銀行子行富邦華一銀行深圳前海支行</t>
+  </si>
+  <si>
+    <t>尹麗</t>
+  </si>
+  <si>
+    <t>+86-755-23675800</t>
+  </si>
+  <si>
+    <t>+86-755-26657053</t>
+  </si>
+  <si>
+    <t>深圳市南山區東濱路與科苑南路交匯處深圳灣壹號廣場1棟103、104、202、203、204</t>
+  </si>
+  <si>
+    <t>105/03/08</t>
+  </si>
+  <si>
+    <t>台北富邦商業銀行子行富邦華一銀行</t>
+  </si>
+  <si>
+    <t>陳峰</t>
+  </si>
+  <si>
+    <t>+86-21-20619888</t>
+  </si>
+  <si>
+    <t>+86-21-68863630</t>
+  </si>
+  <si>
+    <t>上海市浦東新區世紀大道1168號東方金融廣場A座1樓101室、18樓、19樓及20樓</t>
+  </si>
+  <si>
+    <t>103/01/07</t>
+  </si>
+  <si>
+    <t>台北富邦商業銀行子行富邦華一銀行上海虹橋支行</t>
+  </si>
+  <si>
     <t>徐于雯</t>
   </si>
   <si>
-    <t>+86-21-2037-7588</t>
-[...47 lines deleted...]
-    <t>台北富邦商業銀行子行富邦華一銀行上海虹橋支行</t>
+    <t>+86-21-20292888</t>
+  </si>
+  <si>
+    <t>+86-21-62786617</t>
+  </si>
+  <si>
+    <t>上海市長寧區榮華東道86-90号（雙）（西部）1層</t>
+  </si>
+  <si>
+    <t>台北富邦商業銀行子行富邦華一銀行上海徐匯支行</t>
+  </si>
+  <si>
+    <t>侯至剛</t>
+  </si>
+  <si>
+    <t>+86-21-20293288</t>
+  </si>
+  <si>
+    <t>+86-21-64697196</t>
+  </si>
+  <si>
+    <t>上海市徐匯區中山西路2020號105室、205室、303室</t>
+  </si>
+  <si>
+    <t>台北富邦商業銀行子行富邦華一銀行上海世紀大道支行</t>
   </si>
   <si>
     <t>郭祐妏</t>
   </si>
   <si>
-    <t>+86-21-20292888</t>
-[...8 lines deleted...]
-    <t>台北富邦商業銀行子行富邦華一銀行上海徐匯支行</t>
+    <t>+86-21-20619088</t>
+  </si>
+  <si>
+    <t>+86-21-68865915</t>
+  </si>
+  <si>
+    <t>上海市浦東新區世紀大道1168號A座102室</t>
+  </si>
+  <si>
+    <t>台北富邦商業銀行子行富邦華一銀行深圳分行</t>
+  </si>
+  <si>
+    <t>陳崇俊</t>
+  </si>
+  <si>
+    <t>+86-755-23675700</t>
+  </si>
+  <si>
+    <t>+86-755-86726245</t>
+  </si>
+  <si>
+    <t>深圳市福田區蓮花街道福新社區鵬程一路9號廣電金融中心第34層De1單元</t>
+  </si>
+  <si>
+    <t>台北富邦商業銀行子行富邦華一銀行上海閔行支行</t>
+  </si>
+  <si>
+    <t>杜豔</t>
+  </si>
+  <si>
+    <t>+86-21-20292999</t>
+  </si>
+  <si>
+    <t>+86-21-64058603</t>
+  </si>
+  <si>
+    <t>上海市閔行區吳中路1799號萬象城辦公樓B棟Ug層</t>
+  </si>
+  <si>
+    <t>台北富邦商業銀行子行富邦華一銀行天津分行</t>
+  </si>
+  <si>
+    <t>崔寳勇</t>
+  </si>
+  <si>
+    <t>+86-22-27503188</t>
+  </si>
+  <si>
+    <t>+86-22-27778950</t>
+  </si>
+  <si>
+    <t>天津市南開區衛津路16號、62號</t>
+  </si>
+  <si>
+    <t>台北富邦商業銀行子行富邦華一銀行上海陸家嘴支行</t>
+  </si>
+  <si>
+    <t>劉慧瑩</t>
+  </si>
+  <si>
+    <t>+86-21-20293188</t>
+  </si>
+  <si>
+    <t>+86-21-58408383</t>
+  </si>
+  <si>
+    <t>上海市浦東南路360號新上海國際大廈底層</t>
+  </si>
+  <si>
+    <t>台北富邦商業銀行子行富邦華一銀行上海新天地支行</t>
   </si>
   <si>
     <t>陳冠宇</t>
   </si>
   <si>
-    <t>+86-21-20293288</t>
-[...88 lines deleted...]
-  <si>
     <t>+86-21-20377600</t>
   </si>
   <si>
     <t>+86-21-53067691</t>
   </si>
   <si>
     <t>上海市黃浦區馬當路188號1層（A5),186號1層（A6）</t>
   </si>
   <si>
+    <t>分支機構一覽表(續十)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.10)</t>
+  </si>
+  <si>
     <t>台北富邦商業銀行子行富邦華一銀行上海臨港新片區支行</t>
   </si>
   <si>
     <t>徐慰</t>
   </si>
   <si>
     <t>+86-21-20377522</t>
   </si>
   <si>
     <t>+86-21-52980290</t>
   </si>
   <si>
     <t>上海市浦東新區海洋二路88弄1幢3號</t>
   </si>
   <si>
-    <t>分支機構一覽表(續十)</t>
-[...4 lines deleted...]
-  <si>
     <t>台北富邦商業銀行子行富邦華一銀行蘇州分行</t>
   </si>
   <si>
     <t>毛迪</t>
   </si>
   <si>
     <t>+86-512-62555777</t>
   </si>
   <si>
     <t>+86-512-62555701</t>
   </si>
   <si>
     <t>蘇州工業園區星海街188號恆宇廣場1F-3F</t>
   </si>
   <si>
-    <t>台北富邦商業銀行子行富邦華一銀行上海日月光支行</t>
-[...2 lines deleted...]
-    <t>楊寧暉</t>
+    <t>台北富邦商業銀行子行富邦華一銀行上海靜安支行</t>
+  </si>
+  <si>
+    <t>閻艷華</t>
   </si>
   <si>
     <t>+86-21-20377688</t>
   </si>
   <si>
-    <t>+86-21-61735566</t>
-[...2 lines deleted...]
-    <t>上海市黃浦區徐家匯路618號2F-Rj11-14室</t>
+    <t>+86-21-64756195</t>
+  </si>
+  <si>
+    <t>上海市静安區南京西路1468號1P01室</t>
   </si>
   <si>
     <t>104/09/10</t>
   </si>
   <si>
     <t>台北富邦商業銀行子行富邦華一銀行南京分行</t>
   </si>
   <si>
     <t>陳雨章</t>
   </si>
   <si>
     <t>+86-25-51869600</t>
   </si>
   <si>
     <t>+86-25-51869606</t>
   </si>
   <si>
     <t>江蘇省南京市建鄴區江東中路258號3幢19層1903、1904室</t>
   </si>
   <si>
     <t>104/10/23</t>
   </si>
   <si>
     <t>013</t>
   </si>
   <si>
     <t>國泰世華商業銀行仰光分行</t>
   </si>
   <si>
     <t>潘崇恩</t>
   </si>
   <si>
     <t>+95-1-9253386</t>
   </si>
   <si>
     <t>+95-1-9253387</t>
   </si>
   <si>
     <t>#21-07 To 10, 21St Floor, Junction City Tower, No. 3/A, Corner Of Bogyoke Aung San Rd &amp; 27Th St, Pabedan Tsp, Yangon, Mm</t>
   </si>
   <si>
     <t>110/01/08</t>
   </si>
   <si>
     <t>世越銀行平陽分行土龍木支行</t>
   </si>
   <si>
-    <t>劉俊豪</t>
-[...1 lines deleted...]
-  <si>
     <t>84-274-3868880</t>
   </si>
   <si>
     <t>84-274-3868887</t>
   </si>
   <si>
     <t>Block 07, Lot Np4 (Becamex City Center), 230 Binh Duong Boulevard, Phu Loi Ward, Ho Chi Minh City, Vietnam</t>
   </si>
   <si>
     <t>111/11/01</t>
   </si>
   <si>
     <t>國泰世華商業銀行納閩島分行</t>
   </si>
   <si>
     <t>趙師辰</t>
   </si>
   <si>
     <t>60-87-452168</t>
   </si>
   <si>
     <t>60-87-453678</t>
   </si>
   <si>
     <t>Unit 13F(2), Main Office Tower, Financial Park Labuan Complex, 87000 W.P. Labuan, Malaysia</t>
@@ -4365,194 +4371,194 @@
   <si>
     <t>8 Marina Boulevard #13-01/03, Tower 1 Marina Bay Financial Centre Singapore 018981</t>
   </si>
   <si>
     <t>098/04/03</t>
   </si>
   <si>
     <t>世越銀行</t>
   </si>
   <si>
     <t>84-28-3942-1042</t>
   </si>
   <si>
     <t>84-28-3942-1043</t>
   </si>
   <si>
     <t>No.97A Nguyen Van Troi Street, Phu Nhuan Ward, Ho Chi Minh City, Vietnam</t>
   </si>
   <si>
     <t>079/11/21</t>
   </si>
   <si>
     <t>國泰世華銀行(中國)有限公司上海分行</t>
   </si>
   <si>
+    <t>江旻叡(代)</t>
+  </si>
+  <si>
+    <t>+86-21-68863785</t>
+  </si>
+  <si>
+    <t>+86-21-68863787</t>
+  </si>
+  <si>
+    <t>中國大陸上海市自由貿易試驗區陸家嘴環路1366號富士康大廈8樓04單元</t>
+  </si>
+  <si>
+    <t>107/09/03</t>
+  </si>
+  <si>
+    <t>國泰世華商業銀行香港分行</t>
+  </si>
+  <si>
+    <t>劉昌豪</t>
+  </si>
+  <si>
+    <t>852-28775488</t>
+  </si>
+  <si>
+    <t>852-25270966</t>
+  </si>
+  <si>
+    <t>香港銅鑼灣告士打道281號港島壹號中心23樓</t>
+  </si>
+  <si>
+    <t>090/10/03</t>
+  </si>
+  <si>
+    <t>國泰世華銀行(柬埔寨)股份有限公司森速分行</t>
+  </si>
+  <si>
+    <t>葉展皓</t>
+  </si>
+  <si>
+    <t>855-23-990-688</t>
+  </si>
+  <si>
+    <t>Lot No. 1212, Roung Chakr 1 Village, Sangkat Kouk Khleang, Khan Saensokh, Phnom Penh</t>
+  </si>
+  <si>
+    <t>108/04/08</t>
+  </si>
+  <si>
+    <t>國泰世華銀行(中國)有限公司</t>
+  </si>
+  <si>
+    <t>李子明</t>
+  </si>
+  <si>
+    <t>中國大陸上海市自由貿易試驗區陸家嘴環路1366號富士康大廈8樓01~03單元、15樓01及04B單元</t>
+  </si>
+  <si>
+    <t>國泰世華銀行(柬埔寨)股份有限公司宋仁芷分行</t>
+  </si>
+  <si>
+    <t>855-23-424661</t>
+  </si>
+  <si>
+    <t>855-23-424662</t>
+  </si>
+  <si>
+    <t>No. 3 &amp; 4, Preah Monireth Blvd, Damnak Thum Muoy Village, Sangkat Stueng Mean Chey 2, Khan Mean Chey, Phnom Penh</t>
+  </si>
+  <si>
+    <t>106/07/03</t>
+  </si>
+  <si>
+    <t>國泰世華銀行(柬埔寨)股份有限公司舊運動場分行</t>
+  </si>
+  <si>
+    <t>855-23-901608</t>
+  </si>
+  <si>
+    <t>No. A03, St. 70 &amp; No. A05, St. 90, Sangkat Srah Chak, Khan Doun Penh, Phnom Penh</t>
+  </si>
+  <si>
+    <t>國泰世華銀行(中國)有限公司深圳分行</t>
+  </si>
+  <si>
     <t>馬千慧</t>
   </si>
   <si>
-    <t>+86-21-68863785</t>
-[...82 lines deleted...]
-  <si>
     <t>+86-755-88663939</t>
   </si>
   <si>
     <t>+86-755-88663737</t>
   </si>
   <si>
     <t>中國大陸廣東省深圳市福田區深南大道7888號東海國際中心A座2501</t>
   </si>
   <si>
     <t>國泰世華銀行(柬埔寨)股份有限公司鐵橋頭分行</t>
   </si>
   <si>
     <t>855-23-720-172</t>
   </si>
   <si>
     <t>855-23-720-182</t>
   </si>
   <si>
     <t>No.586 &amp; 587A 587B, National Road Nº 1, Sangkat Chbar Ampov Ti Pir, Khan Chbar Ampov, Phnom Penh</t>
   </si>
   <si>
     <t>105/09/26</t>
   </si>
   <si>
     <t>國泰世華銀行(柬埔寨)股份有限公司中洲分行</t>
   </si>
   <si>
     <t>855-23-890-399</t>
   </si>
   <si>
     <t>855-23-890-613</t>
   </si>
   <si>
     <t>No. 8C &amp; 9C (Eo+E1), Russian Federal Blvd. Corner Of New Road, Sangkat Kakab, Khan Pur Sen Chey, Phnom Penh</t>
   </si>
   <si>
     <t>105/03/25</t>
   </si>
   <si>
+    <t>分支機構一覽表(續十一)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.11)</t>
+  </si>
+  <si>
     <t>國泰世華銀行(柬埔寨)股份有限公司興利分行</t>
   </si>
   <si>
     <t>855-23-887-755</t>
   </si>
   <si>
     <t>855-23-880-665</t>
   </si>
   <si>
     <t>No.2 (Eo+E1+E2), Street 271 Corner Street 2002, Sangkat Tuek Thla, Khan Saensokh, Phnom Penh</t>
   </si>
   <si>
-    <t>分支機構一覽表(續十一)</t>
-[...4 lines deleted...]
-  <si>
     <t>國泰世華銀行(中國)有限公司上海嘉定支行</t>
   </si>
   <si>
     <t>張李萍</t>
   </si>
   <si>
     <t>+86-21-60406939</t>
   </si>
   <si>
     <t>+86-21-60402160</t>
   </si>
   <si>
     <t>中國大陸上海市嘉定區雙單路1068號嘉定新城中信泰富萬達廣場1805－1808室</t>
   </si>
   <si>
     <t>世越銀行會安分行</t>
   </si>
   <si>
     <t>84-235-3963368</t>
   </si>
   <si>
     <t>84-235-3963367</t>
   </si>
   <si>
     <t>No. 429 Hai Ba Trung Street, Hoi An Dong Ward, Da Nang City, Vietnam</t>
@@ -4611,51 +4617,51 @@
   <si>
     <t>62-21-2951-8572</t>
   </si>
   <si>
     <t>62-21-2951-8573</t>
   </si>
   <si>
     <t>Mayapada Tower 1. 18Th Floor. 18-03. Jl. Jend. Sudirman Kav. 28, Jakarta 12920, Indonesia</t>
   </si>
   <si>
     <t>104/05/26</t>
   </si>
   <si>
     <t>國泰世華商業銀行永珍分行</t>
   </si>
   <si>
     <t>蔡篤恆</t>
   </si>
   <si>
     <t>856-21-255-688</t>
   </si>
   <si>
     <t>856-21-255-686</t>
   </si>
   <si>
-    <t>No. 40, Tut Mai Rd., Hatsady Village, Chanthabouly District, Vientiane Capital, Lao Pdr</t>
+    <t>Khun Bu Lom Rd., Hatsady Village, Chanthabouly District, Vientiane Capital, Lao Pdr</t>
   </si>
   <si>
     <t>103/12/16</t>
   </si>
   <si>
     <t>國泰世華銀行(中國)有限公司青島分行</t>
   </si>
   <si>
     <t>陳偉智</t>
   </si>
   <si>
     <t>+86-532-55769888</t>
   </si>
   <si>
     <t>+86-532-55785898</t>
   </si>
   <si>
     <t>中國大陸山東省青島市市南區香港中路26號23樓2305-2307室</t>
   </si>
   <si>
     <t>國泰世華銀行(中國)有限公司上海自貿試驗區支行</t>
   </si>
   <si>
     <t>王天翔</t>
   </si>
@@ -4770,276 +4776,276 @@
   <si>
     <t>098/10/29</t>
   </si>
   <si>
     <t>國泰世華銀行(柬埔寨)股份有限公司</t>
   </si>
   <si>
     <t>855-23211211</t>
   </si>
   <si>
     <t>No. 48, Samdach Pan Avenue, Sangkat Boeng Reang, Khan Doun Penh, Phnom Penh, Cambodia</t>
   </si>
   <si>
     <t>082/07/05</t>
   </si>
   <si>
     <t>世越銀行河內分行CIPUTRA P2支行</t>
   </si>
   <si>
     <t>84-24-22204628</t>
   </si>
   <si>
     <t>84-24-22204629</t>
   </si>
   <si>
-    <t>Gf, P2-Rs1/1 Building, Ciputra City Complex, Xuan Dinh Ward, Bac Tu Liem District, Ha Noi City, Vietnam</t>
+    <t>Ground Floor, P2 Rs1/1 Building, Ciputra Urban Area, Phu Thuong Ward, Ha Noi City, Vietnam</t>
   </si>
   <si>
     <t>100/08/25</t>
   </si>
   <si>
     <t>世越銀行峴港分行黃耀支行</t>
   </si>
   <si>
     <t>84-236-3689985</t>
   </si>
   <si>
     <t>84-236-3689993</t>
   </si>
   <si>
     <t>No. 806 Ton Duc Thang Street, Hoa Khanh Ward, Da Nang City, Vietnam</t>
   </si>
   <si>
     <t>099/05/20</t>
   </si>
   <si>
+    <t>分支機構一覽表(續十二)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.12)</t>
+  </si>
+  <si>
     <t>世越銀行海防分行新武支行</t>
   </si>
   <si>
     <t>84-225-3747121</t>
   </si>
   <si>
     <t>84-225-3747122</t>
   </si>
   <si>
-    <t>Dinh Vu Plaza Bldg, Zone C, Service Area At The End Of Dinh Vu Route, Dong Hai 2 Ward, Hai An, Hai Phong City, Vietnam</t>
+    <t>Dinh Vu Plaza Building, Zone  C - Service Area At The End Of Dinh Vu Route, Dong Hai Ward, Hai Phong City, Vietnam</t>
   </si>
   <si>
     <t>097/02/26</t>
   </si>
   <si>
-    <t>分支機構一覽表(續十二)</t>
-[...4 lines deleted...]
-  <si>
     <t>世越銀行美亭分行安和支行</t>
   </si>
   <si>
     <t>84-24-37834700</t>
   </si>
   <si>
     <t>84-24-37834703</t>
   </si>
   <si>
-    <t>No. 6, Lot 11, Block A, Trung Yen Area, Trung Hoa Ward, Cau Giay District, Ha Noi City, Vietnam</t>
+    <t>No. 82 Trung Hoa Street, Yen Hoa Ward, Ha Noi City, Vietnam</t>
   </si>
   <si>
     <t>099/06/30</t>
   </si>
   <si>
     <t>世越銀行棟多分行吳權支行</t>
   </si>
   <si>
     <t>84-24-39386188</t>
   </si>
   <si>
-    <t>No. 1C Ngo Quyen, Ly Thai To Ward, Hoan Kiem District, Ha Noi City, Vietnam</t>
+    <t>No. 1C Ngo Quyen Street, Hoan Kiem Ward, Ha Noi City, Vietnam</t>
   </si>
   <si>
     <t>097/04/07</t>
   </si>
   <si>
     <t>世越銀行河內分行陳仁宗支行</t>
   </si>
   <si>
     <t>84-24-39449240</t>
   </si>
   <si>
     <t>84-24-39449239</t>
   </si>
   <si>
-    <t>1St Floor, Hh03- Ecolakeview Apartment Bldg, No.32 Dai Tu Street, Dai Kim Ward, Hoang Mai District, Hanoi City, Vietnam</t>
+    <t>1St Floor, Commercial Center - Hh03 - Ecolakeview Building, No.32 Dai Tu Street, Dinh Cong Ward, Ha Noi City, Vietnam</t>
   </si>
   <si>
     <t>099/06/28</t>
   </si>
   <si>
     <t>世越銀行新平分行李常傑支行</t>
   </si>
   <si>
     <t>84-28-39718556</t>
   </si>
   <si>
     <t>84-28-39718557</t>
   </si>
   <si>
     <t>Floor 1, No. 528 Ly Thuong Kiet Street, Tan Son Nhat Ward, Ho Chi Minh City, Vietnam</t>
   </si>
   <si>
     <t>099/03/25</t>
   </si>
   <si>
     <t>世越銀行同奈分行展鵬支行</t>
   </si>
   <si>
     <t>84-251-8971781</t>
   </si>
   <si>
     <t>84-251-8971784</t>
   </si>
   <si>
     <t>No. 5, National Route 1A, Thanh Hoa Hamlet, Ho Nai Ward, Dong Nai Province, Ho Chi Minh City, Vietnam</t>
   </si>
   <si>
     <t>099/08/03</t>
   </si>
   <si>
     <t>世越銀行天龍分行黃梅支行</t>
   </si>
   <si>
     <t>84-24-35667400</t>
   </si>
   <si>
     <t>84-24-35667402</t>
   </si>
   <si>
-    <t>Mezzanine And 2Nd Floor, No. 22 Nguyen An Ninh Street, Tuong Mai Ward, Hoang Mai District, Hanoi City, Vietnam.</t>
+    <t>Mezzanie Floor And 2Nd Floor, No. 22 Nguyen An Ninh Street, Tuong Mai Ward, Ha Noi City, Vietnam</t>
   </si>
   <si>
     <t>099/07/12</t>
   </si>
   <si>
     <t>世越銀行天龍分行</t>
   </si>
   <si>
     <t>84-24-35145656</t>
   </si>
   <si>
     <t>84-24-35149438</t>
   </si>
   <si>
-    <t>No. 36 Hoang Cau Street, O Cho Dưa Ward, Dong Da District, Ha Noi City, Vietnam</t>
+    <t>No. 36 Hoang Cau Street, O Cho Dua Ward, Ha Noi City, Vietnam</t>
   </si>
   <si>
     <t>099/02/03</t>
   </si>
   <si>
     <t>世越銀行芹苴分行興利支行</t>
   </si>
   <si>
     <t>84-292-3508325</t>
   </si>
   <si>
     <t>84-292-3782556</t>
   </si>
   <si>
     <t>First Floor, Bao Minh Building, No. 8, Phan Van Tri Street, Ninh Kieu Ward, Can Tho City, Vietnam</t>
   </si>
   <si>
     <t>098/08/18</t>
   </si>
   <si>
     <t>世越銀行堤岸分行平新支行</t>
   </si>
   <si>
     <t>84-28-62851616</t>
   </si>
   <si>
     <t>84-28-62851717</t>
   </si>
   <si>
     <t>No. 271 Vanh Dai Trong Street, An Lac Ward, Ho Chi Minh City, Vietnam</t>
   </si>
   <si>
     <t>098/11/10</t>
   </si>
   <si>
     <t>世越銀行天龍分行李太祖支行</t>
   </si>
   <si>
     <t>84-24-39264896</t>
   </si>
   <si>
     <t>84-24-39264897</t>
   </si>
   <si>
-    <t>Anh Minh Building, No. 36 Hoang Cau Street, O Cho Dưa Ward, Dong Da District, Ha Noi City, Vietnam</t>
+    <t>Anh Minh Building, No. 36 Hoang Cau Street, O Cho Dua Ward, Ha Noi City, Vietnam</t>
   </si>
   <si>
     <t>098/11/17</t>
   </si>
   <si>
     <t>世越銀行棟多分行黎鴻鋒支行</t>
   </si>
   <si>
     <t>+84-24-38489214</t>
   </si>
   <si>
     <t>+84-24-38489215</t>
   </si>
   <si>
-    <t>1St Floor, No. 492-494-496 Thuy Khue Street, Buoi Ward, Tay Ho District, Hanoi City</t>
+    <t>1St Floor, No. 492-494-496 Thuy Khue Street, Tay Ho Ward, Ha Noi City, Vietnam</t>
   </si>
   <si>
     <t>098/07/20</t>
   </si>
   <si>
     <t>世越銀行峴港分行雄王支行</t>
   </si>
   <si>
     <t>84-236-3689988</t>
   </si>
   <si>
     <t>84-236-3689980</t>
   </si>
   <si>
     <t>No. 217 Hung Vuong Street, Hai Chau Ward, Da Nang City, Vietnam</t>
   </si>
   <si>
     <t>世越銀行美亭分行</t>
   </si>
   <si>
     <t>84-24-37678199</t>
   </si>
   <si>
     <t>84-24-37678197</t>
   </si>
   <si>
-    <t>No. 81, Tran Thai Tong Street, Dich Vong Ward, Cau Giay District, Ha Noi City, Vietnam</t>
+    <t>No. 81 Tran Thai Tong Street, Cau Giay Ward, Ha Noi City, Vietnam</t>
   </si>
   <si>
     <t>099/05/12</t>
   </si>
   <si>
     <t>世越銀行平陽分行美福支行</t>
   </si>
   <si>
     <t>84-274-3556283</t>
   </si>
   <si>
     <t>84-274-3556287</t>
   </si>
   <si>
     <t>Lot D-1, Commercial Center My Phuoc 2, Ben Cat Ward, Ho Chi Minh City, Vietnam</t>
   </si>
   <si>
     <t>098/03/23</t>
   </si>
   <si>
     <t>世越銀行新平分行</t>
   </si>
   <si>
     <t>84-28-62967102</t>
   </si>
@@ -5085,243 +5091,240 @@
   <si>
     <t>世越銀行峴港分行</t>
   </si>
   <si>
     <t>84-236-3651575</t>
   </si>
   <si>
     <t>84-236-3651567</t>
   </si>
   <si>
     <t>No. 02 Bach Dang Street, Hai Chau Ward, Da Nang City, Vietnam</t>
   </si>
   <si>
     <t>096/07/03</t>
   </si>
   <si>
     <t>世越銀行海防分行日本工業園區支行</t>
   </si>
   <si>
     <t>84-255-3743054</t>
   </si>
   <si>
     <t>84-255-3743050</t>
   </si>
   <si>
-    <t>Management Building, Japan – Hai Phong Industrial Zone, Tan Tien Ward, An Duong District, Hai Phong City, Vietnam</t>
+    <t>Japan - Hai Phong Industrial Zone Management Building, Hong An Ward, Hai Phong City, Vietnam</t>
   </si>
   <si>
     <t>087/05/20</t>
   </si>
   <si>
+    <t>分支機構一覽表(續十三)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.13)</t>
+  </si>
+  <si>
     <t>世越銀行河內分行CIPUTRA G02支行</t>
   </si>
   <si>
     <t>84-24-37583411</t>
   </si>
   <si>
     <t>84-24-37583412</t>
   </si>
   <si>
-    <t>Gf, Go2 Rs1 Building, Ciputra City Complex, Xuan La Ward, West Lake District, Ha Noi City, Vietnam</t>
+    <t>Ground Floor, G02 Rs1 Building, Ciputra Urban Area, Phu Thuong Ward, Ha Noi City, Vietnam</t>
   </si>
   <si>
     <t>095/06/27</t>
   </si>
   <si>
-    <t>分支機構一覽表(續十三)</t>
-[...4 lines deleted...]
-  <si>
     <t>世越銀行同奈分行仁澤支行</t>
   </si>
   <si>
     <t>84-251-3569029</t>
   </si>
   <si>
     <t>84-251-3569028</t>
   </si>
   <si>
     <t>No. 133 Tran Phu Street, Ben Cam Hamlet, Nhon Trach Commune, Dong Nai Province, Vietnam</t>
   </si>
   <si>
     <t>095/12/07</t>
   </si>
   <si>
     <t>國泰世華商業銀行吉隆坡共同服務處</t>
   </si>
   <si>
     <t>60-3-20706729</t>
   </si>
   <si>
     <t>60-3-20789057</t>
   </si>
   <si>
     <t>Unit 28-03, Level 28 Menara Public Bank 2, No. 78, Jalan Raja Chulan, 50200 Kuala Lumpur, Malaysia</t>
   </si>
   <si>
     <t>世越銀行棟多分行</t>
   </si>
   <si>
     <t>84-24-62750930</t>
   </si>
   <si>
     <t>84-24-62750935</t>
   </si>
   <si>
-    <t>1St Floor, Vit Building, No. 519 Kim Ma Street, Ngoc Khanh Ward, Ba Dinh District, Ha Noi City, Vietnam</t>
+    <t>519 Kim Ma Street, Giang Vo Ward, Ha Noi City, Vietnam</t>
   </si>
   <si>
     <t>095/12/04</t>
   </si>
   <si>
     <t>世越銀行同奈分行</t>
   </si>
   <si>
     <t>84-251-3832955</t>
   </si>
   <si>
     <t>84-251-3931920</t>
   </si>
   <si>
     <t>Floor 1&amp;2, Sonadezi Long Binh Bldg., No1, Road 3A, Bien Hoa2 Industrial Zone, Long Hung Ward, Dong Nai Province, Vietnam</t>
   </si>
   <si>
     <t>094/11/15</t>
   </si>
   <si>
     <t>世越銀行海防分行</t>
   </si>
   <si>
     <t>84-225-3921330</t>
   </si>
   <si>
     <t>84-225-3921640</t>
   </si>
   <si>
-    <t>No. A1-9, Lot 8A, Le Hong Phong Street, Ngo Quyen District, Hai Phong City, Vietnam</t>
+    <t>No. A1-9 Lot 8A, Le Hong Phong Street, Gia Vien Ward, Hai Phong City, Vietnam</t>
   </si>
   <si>
     <t>083/08/12</t>
   </si>
   <si>
     <t>世越銀行芹苴分行</t>
   </si>
   <si>
     <t>84-292-3827368</t>
   </si>
   <si>
     <t>84-292-3827361</t>
   </si>
   <si>
     <t>No. 08, Phan Van Tri Street, Ninh Kieu Ward, Can Tho City, Vietnam</t>
   </si>
   <si>
     <t>086/05/07</t>
   </si>
   <si>
     <t>世越銀行平陽分行</t>
   </si>
   <si>
     <t>84-274-3732591</t>
   </si>
   <si>
     <t>84-274-3732597</t>
   </si>
   <si>
     <t>No. 22 Doc Lap Boulevard, Song Than 1 Iz, Di An Ward, Ho Chi Minh City, Vietnam</t>
   </si>
   <si>
     <t>092/04/15</t>
   </si>
   <si>
     <t>世越銀行河內分行</t>
   </si>
   <si>
     <t>84-24-38266321</t>
   </si>
   <si>
     <t>84-24-38266320</t>
   </si>
   <si>
-    <t>No. 88 Hai Ba Trung Street, Hoan Kiem District, Ha Noi City, Vietnam</t>
+    <t>88 Hai Ba Trung Street, Cua Nam Ward, Ha Noi City, Vietnam</t>
   </si>
   <si>
     <t>080/11/21</t>
   </si>
   <si>
     <t>國泰世華商業銀行胡志明市分行</t>
   </si>
   <si>
     <t>呂偉傑</t>
   </si>
   <si>
     <t>84-28-3825-8768</t>
   </si>
   <si>
     <t>84-28-3825-8700</t>
   </si>
   <si>
     <t>Floor 19, Lim Tower 3, No. 29A Nguyen Dinh Chieu Street, Sai Gon Ward, Ho Chi Minh City, Vietnam</t>
   </si>
   <si>
     <t>094/11/01</t>
   </si>
   <si>
     <t>國泰世華商業銀行廣南代表人辦事處</t>
   </si>
   <si>
     <t>黃國彰</t>
   </si>
   <si>
     <t>84-235-38-13035</t>
   </si>
   <si>
-    <t>84-235-38-13044</t>
-[...1 lines deleted...]
-  <si>
     <t>4Th Floor, Viettel Quang Nam Building, No. 121 Hung Vuong Street, Tam Ky Ward, Da Nang City, Vietnam</t>
   </si>
   <si>
     <t>094/09/15</t>
   </si>
   <si>
     <t>國泰世華商業銀行河內代表人辦事處</t>
   </si>
   <si>
     <t>陳咨博</t>
   </si>
   <si>
     <t>84-24-3936-6566</t>
   </si>
   <si>
     <t>84-24-3936-6568</t>
   </si>
   <si>
-    <t>Unit No.506 On 5Th Floor, Hanoi Tower, 49 Hai Ba Trung Street, Hoan Kiem District, Hanoi City, Vietnam.</t>
+    <t>Unit 1101-1104, 11Th Floor, Hanoi Tower Building, No. 49 Hai Ba Trung Street, Cua Nam Ward, Hanoi City, Vietnam</t>
   </si>
   <si>
     <t>094/04/28</t>
   </si>
   <si>
     <t>015</t>
   </si>
   <si>
     <t>中國輸出入銀行捷克布拉格代表人辦事處</t>
   </si>
   <si>
     <t>張珮瑩</t>
   </si>
   <si>
     <t>+420-234-107-222</t>
   </si>
   <si>
     <t>+420-234-107-223</t>
   </si>
   <si>
     <t>Evropska 2591/33D, 160 00 Prague 6, Czech Republic</t>
   </si>
   <si>
     <t>111/10/31</t>
   </si>
@@ -5436,74 +5439,74 @@
   <si>
     <t>Avenida Balboa, Torre Davivienda, Piso 9, Oficina No. 9A-B, Panama City, Republic Of Panama (P.O. Box 0832-01598)</t>
   </si>
   <si>
     <t>063/08/01</t>
   </si>
   <si>
     <t>兆豐國際商業銀行大眾股份有限公司曼谷總行</t>
   </si>
   <si>
     <t>許瀛欽</t>
   </si>
   <si>
     <t>66-2-2592000</t>
   </si>
   <si>
     <t>66-2-2591330</t>
   </si>
   <si>
     <t>36/12,P.S. Tower,Asoke,Sukhumvit 21 Road,Klongtoey-Nua,Wattana,Bangkok 10110, Thailand</t>
   </si>
   <si>
     <t>094/08/08</t>
   </si>
   <si>
+    <t>分支機構一覽表(續十四)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.14)</t>
+  </si>
+  <si>
     <t>兆豐國際商業銀行東京分行</t>
   </si>
   <si>
     <t>蔡宗豪</t>
   </si>
   <si>
     <t>81-3-3211-6688</t>
   </si>
   <si>
     <t>81-3-3216-5686</t>
   </si>
   <si>
     <t>日本東京都千代田區丸之內2丁目2-1號 岸本大樓7樓〒100-0005</t>
   </si>
   <si>
     <t>037/09/01</t>
   </si>
   <si>
-    <t>分支機構一覽表(續十四)</t>
-[...4 lines deleted...]
-  <si>
     <t>兆豐國際商業銀行大阪分行</t>
   </si>
   <si>
     <t>王朝右</t>
   </si>
   <si>
     <t>81_6_69438805</t>
   </si>
   <si>
     <t>81_6_69438663</t>
   </si>
   <si>
     <t>日本大阪市中央區內本町二丁目4番7號大阪U2大樓3樓</t>
   </si>
   <si>
     <t>039/06/01</t>
   </si>
   <si>
     <t>兆豐國際商業銀行新加坡分行</t>
   </si>
   <si>
     <t>蔡戊鑫</t>
   </si>
   <si>
     <t>65-62277667</t>
@@ -5526,51 +5529,51 @@
   <si>
     <t>632-88115807</t>
   </si>
   <si>
     <t>632-88115815</t>
   </si>
   <si>
     <t>3Rd Floor Pacific Star Bldg. Makati Avenue,Makati City,Philippines</t>
   </si>
   <si>
     <t>084/07/04</t>
   </si>
   <si>
     <t>兆豐國際商業銀行胡志明市分行</t>
   </si>
   <si>
     <t>黃建智</t>
   </si>
   <si>
     <t>84-28-38225697</t>
   </si>
   <si>
     <t>84-28-38229191</t>
   </si>
   <si>
-    <t>Ground Fl. Landmark Bldg. 5B, Ton Duc Thang, Saigon Ward, Ho Chi Minh City,Vietnam</t>
+    <t>18Th Floor, Friendship Tower, 31 Le Duan Street, Sai Gon Ward, Ho Chi Minh City, Vietnam</t>
   </si>
   <si>
     <t>085/08/10</t>
   </si>
   <si>
     <t>兆豐國際商業銀行納閩分行</t>
   </si>
   <si>
     <t>郭閩南</t>
   </si>
   <si>
     <t>6087-581688</t>
   </si>
   <si>
     <t>6087-581668</t>
   </si>
   <si>
     <t>Level 7(E2),Main Office Tower,Financial Park Labuan Complex,Jalan Merdeka,87000 F.T. Labuan, Malaysia</t>
   </si>
   <si>
     <t>兆豐國際商業銀行蘇州分行</t>
   </si>
   <si>
     <t>張廷豪</t>
   </si>
@@ -5790,120 +5793,120 @@
   <si>
     <t>Suite 1-3, 3 Zamia Street, Sunnybank, Qld. 4109, Australia</t>
   </si>
   <si>
     <t>088/04/20</t>
   </si>
   <si>
     <t>兆豐國際商業銀行墨爾本分行</t>
   </si>
   <si>
     <t>鄭義憲</t>
   </si>
   <si>
     <t>61-3-8610-8500</t>
   </si>
   <si>
     <t>61-3-9620-0600</t>
   </si>
   <si>
     <t>Level 20, 459 Collins Street Melbourne Vic 3000, Australia</t>
   </si>
   <si>
     <t>095/11/27</t>
   </si>
   <si>
+    <t>分支機構一覽表(續十五)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.15)</t>
+  </si>
+  <si>
     <t>兆豐國際商業銀行倫敦分行</t>
   </si>
   <si>
     <t>廖啟助</t>
   </si>
   <si>
     <t>44-20-7562-7350</t>
   </si>
   <si>
     <t>44-20-7562-7369</t>
   </si>
   <si>
     <t>4Th Floor, Michael House, 35 Chiswell Street,London Ec1Y 4Se, United Kingdom</t>
   </si>
   <si>
     <t>096/05/21</t>
   </si>
   <si>
-    <t>分支機構一覽表(續十五)</t>
-[...4 lines deleted...]
-  <si>
     <t>兆豐國際商業銀行海防代表人辦事處</t>
   </si>
   <si>
     <t>黃信嘉</t>
   </si>
   <si>
     <t>+84-225-3556188</t>
   </si>
   <si>
     <t>+84-225-3556168</t>
   </si>
   <si>
     <t>6F., Thanh Dat Building Lot 01/10B, Le Hong Phong St., Nga Nam Intersection, Hai An District, Hai Phong City, Vietnam</t>
   </si>
   <si>
     <t>111/01/25</t>
   </si>
   <si>
     <t>兆豐國際商業銀行巴黎分行</t>
   </si>
   <si>
     <t>法國</t>
   </si>
   <si>
     <t>曹文賢</t>
   </si>
   <si>
     <t>33-1-44230868</t>
   </si>
   <si>
     <t>33-1-45821844</t>
   </si>
   <si>
     <t>102 Terrasse Boieldieu Tour W, 92800 Puteaux, France</t>
   </si>
   <si>
     <t>075/01/16</t>
   </si>
   <si>
     <t>兆豐國際商業銀行阿姆斯特丹分行</t>
   </si>
   <si>
     <t>荷蘭</t>
   </si>
   <si>
-    <t>李孟芳</t>
+    <t>林亮儀</t>
   </si>
   <si>
     <t>31-20-6621566</t>
   </si>
   <si>
     <t>31-20-6649599</t>
   </si>
   <si>
     <t>World Trade Center,Strawinskylaan 387, 1077 Xx Amsterdam, The Netherlands</t>
   </si>
   <si>
     <t>079/10/22</t>
   </si>
   <si>
     <t>兆豐國際商業銀行多倫多分行</t>
   </si>
   <si>
     <t>林棟樑</t>
   </si>
   <si>
     <t>1-416-9472800</t>
   </si>
   <si>
     <t>1-416-9479964</t>
   </si>
@@ -6135,71 +6138,71 @@
   <si>
     <t>1-626-854-9727</t>
   </si>
   <si>
     <t>18645 E. Gale Ave. #110, City Of Industry, Ca 91748 Usa</t>
   </si>
   <si>
     <t>084/05/01</t>
   </si>
   <si>
     <t>王道商業銀行股份有限公司美國華信銀行Arcadia分行</t>
   </si>
   <si>
     <t>1-626-566-2888</t>
   </si>
   <si>
     <t>1-626-247-2378</t>
   </si>
   <si>
     <t>1228 S. Baldwin Ave., Arcadia, Ca 91007</t>
   </si>
   <si>
     <t>097/12/22</t>
   </si>
   <si>
+    <t>分支機構一覽表(續十六)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.16)</t>
+  </si>
+  <si>
     <t>王道商業銀行股份有限公司美國華信銀行Cupertino分行</t>
   </si>
   <si>
     <t>1-408-207-0010</t>
   </si>
   <si>
     <t>1-408-996-0682</t>
   </si>
   <si>
     <t>20568 Stevens Creek Blvd., Cupertino, Ca 95014</t>
   </si>
   <si>
     <t>107/08/13</t>
   </si>
   <si>
-    <t>分支機構一覽表(續十六)</t>
-[...4 lines deleted...]
-  <si>
     <t>王道商業銀行股份有限公司美國華信銀行Cerritos分行</t>
   </si>
   <si>
     <t>1-562-677-8800</t>
   </si>
   <si>
     <t>1-562-677-8818</t>
   </si>
   <si>
     <t>11458 South St. Cerritos, Ca 90703</t>
   </si>
   <si>
     <t>103/08/18</t>
   </si>
   <si>
     <t>王道商業銀行股份有限公司美國華信銀行Irvine分行</t>
   </si>
   <si>
     <t>1-949-552-9800</t>
   </si>
   <si>
     <t>1-949-552-2590</t>
   </si>
   <si>
     <t>14250  Culver  Dr.#C, Irvine,  Ca 92604</t>
@@ -6306,51 +6309,51 @@
   <si>
     <t>090/07/27</t>
   </si>
   <si>
     <t>臺灣中小企業銀行上海分行</t>
   </si>
   <si>
     <t>丁竹英</t>
   </si>
   <si>
     <t>86-21-62627171</t>
   </si>
   <si>
     <t>86-21-62627077</t>
   </si>
   <si>
     <t>中國上海市長寧區凱旋路399號龍之夢雅仕大廈38樓3806室(200051)</t>
   </si>
   <si>
     <t>102/08/30</t>
   </si>
   <si>
     <t>臺灣中小企業銀行布里斯本分行</t>
   </si>
   <si>
-    <t>黃榮強</t>
+    <t>曾錫彬</t>
   </si>
   <si>
     <t>61-7-3317-3000</t>
   </si>
   <si>
     <t>61-7-3317-3010</t>
   </si>
   <si>
     <t>Suite 903, Level 9, 239 George Street, Brisbane, Qld 4000, Australia</t>
   </si>
   <si>
     <t>103/05/14</t>
   </si>
   <si>
     <t>臺灣中小企業銀行紐約分行</t>
   </si>
   <si>
     <t>吳豐昌</t>
   </si>
   <si>
     <t>+1-646-213-3258</t>
   </si>
   <si>
     <t>+1-646-213-3010</t>
   </si>
@@ -6399,149 +6402,149 @@
   <si>
     <t>臺灣中小企業銀行仰光代表人辦事處</t>
   </si>
   <si>
     <t>陳淑貞</t>
   </si>
   <si>
     <t>+95-1-8202101</t>
   </si>
   <si>
     <t>+95-1-8202102</t>
   </si>
   <si>
     <t>422 Strand Road, #04-08, Botahtaung Township, Yangon, Myanmar</t>
   </si>
   <si>
     <t>104/12/07</t>
   </si>
   <si>
     <t>053</t>
   </si>
   <si>
     <t>台中商業銀行馬來西亞納閩分行檳城共同服務處</t>
   </si>
   <si>
-    <t>王火炎</t>
+    <t>蔡頴達</t>
   </si>
   <si>
     <t>+60-42292648</t>
   </si>
   <si>
     <t>+60-42189988</t>
   </si>
   <si>
     <t>10.06,Menara Boustead Penang,39,Jalan Sultan Ahmad Shah 10050 Pulau Pinang,Malaysia</t>
   </si>
   <si>
     <t>110/09/14</t>
   </si>
   <si>
     <t>台中商業銀行越南胡志明市代表人辦事處</t>
   </si>
   <si>
     <t>史安</t>
   </si>
   <si>
     <t>+84-28-35358528</t>
   </si>
   <si>
     <t>+84-28-35358628</t>
   </si>
   <si>
-    <t>604,6F,Royal Tower,Royal Centre Building,235 Nguyen Van Cu,Nguyen Cu Trinh Ward,District 1,Ho Chi Minh City,Vietnam</t>
+    <t>Room 604, 6F, Royal Tower A, Royal Centre Building, No. 235 Nguyen Van Cu, Cau Ong Lanh Ward, Ho Chi Minh City, Vietnam</t>
   </si>
   <si>
     <t>112/06/19</t>
   </si>
   <si>
     <t>台中商業銀行馬來西亞納閩分行亞庇共同服務處</t>
   </si>
   <si>
     <t>+60-88212648</t>
   </si>
   <si>
     <t>+60-88203276</t>
   </si>
   <si>
     <t>L06-05, Level 6, Plaza Shell, 29, Jalan Tunku Abdul Rahman, 88000 Kota Kinabalu, Sabah, Malaysia</t>
   </si>
   <si>
     <t>111/06/14</t>
   </si>
   <si>
     <t>台中商業銀行馬來西亞納閩分行吉隆坡共同服務處</t>
   </si>
   <si>
     <t>+60-321812648</t>
   </si>
   <si>
     <t>+60-321813266</t>
   </si>
   <si>
     <t>1-25-5, Menara Bangkok Bank, Laman Sentral Berjaya No. 105, Jalan Ampang, 50450 Kuala Lumpur, Malaysia.</t>
   </si>
   <si>
     <t>107/10/22</t>
   </si>
   <si>
     <t>台中商業銀行馬來西亞納閩分行</t>
   </si>
   <si>
     <t>+60-87419988</t>
   </si>
   <si>
     <t>+60-87429988</t>
   </si>
   <si>
     <t>Unit Office 10E(1), Main Office Tower, Financial Park Complex Labuan, Jalan Merdeka, 87000 W.P. Labuan, Malaysia.</t>
   </si>
   <si>
+    <t>分支機構一覽表(續十七)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.17)</t>
+  </si>
+  <si>
     <t>103</t>
   </si>
   <si>
     <t>臺灣新光商業銀行緬甸仰光代表人辦事處</t>
   </si>
   <si>
     <t>張哲維</t>
   </si>
   <si>
     <t>+95-9766207666</t>
   </si>
   <si>
     <t>Unit 1009, 10Th Floor,Sakura Tower,339 Bogyoke Aung San Road,Kyauktada Township,Yangon,Myanmar</t>
   </si>
   <si>
     <t>104/09/19</t>
   </si>
   <si>
-    <t>分支機構一覽表(續十七)</t>
-[...4 lines deleted...]
-  <si>
     <t>臺灣新光商業銀行越南胡志明市代表人辦事處</t>
   </si>
   <si>
     <t>(84)-28-3770-0806</t>
   </si>
   <si>
     <t>(84)-28-3770-0805</t>
   </si>
   <si>
     <t>2F, Building B, Lot D.01, Tan Thuan Street, Tan Thuan Dong Ward,District 7, Hcmc, Vietnam</t>
   </si>
   <si>
     <t>096/12/20</t>
   </si>
   <si>
     <t>臺灣新光商業銀行香港分行</t>
   </si>
   <si>
     <t>陳正泰</t>
   </si>
   <si>
     <t>852-3557-4666</t>
   </si>
   <si>
     <t>852-2956-2180</t>
@@ -6651,83 +6654,50 @@
   <si>
     <t>+63-2-88453838</t>
   </si>
   <si>
     <t>Ground Floor, Chatham House Building, 116 Valero Corner Rufino Streets, Salcedo Village, Makati City, Philippines</t>
   </si>
   <si>
     <t>086/11/05</t>
   </si>
   <si>
     <t>Yuanta Commercial Bank Co., Ltd. (Yangon Representative Office)</t>
   </si>
   <si>
     <t>朱挺儀</t>
   </si>
   <si>
     <t>+95-01-202051</t>
   </si>
   <si>
     <t>Suite 09-07, 422/426,Corner Of Strand Road And Botahtaung Pagoda Road, Botahtaung Township, Yangon, Myanmar</t>
   </si>
   <si>
     <t>105/03/29</t>
   </si>
   <si>
-    <t>Yuanta Savings Bank Korea Co., Ltd.</t>
-[...31 lines deleted...]
-  <si>
     <t>Yuanta Commercial Bank Co., Ltd.(Hong Kong Branch)</t>
   </si>
   <si>
     <t>莊芸婷</t>
   </si>
   <si>
     <t>+852-2511-1719</t>
   </si>
   <si>
     <t>+852-2511-1897</t>
   </si>
   <si>
     <t>香港夏愨道18號海富中心一座17樓1706-7室</t>
   </si>
   <si>
     <t>107/01/01</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>永豐銀行(中國)有限公司成都分行</t>
   </si>
   <si>
     <t>86-28-82448204</t>
@@ -6768,51 +6738,51 @@
   <si>
     <t>852-2801-2801</t>
   </si>
   <si>
     <t>852-2851-3163</t>
   </si>
   <si>
     <t>香港中環皇后大道中二十八號中匯大廈26樓</t>
   </si>
   <si>
     <t>091/10/15</t>
   </si>
   <si>
     <t>永豐商業銀行越南代表人辦事處</t>
   </si>
   <si>
     <t>顏全祥</t>
   </si>
   <si>
     <t>84-24-32444264</t>
   </si>
   <si>
     <t>84-24-3244-4241</t>
   </si>
   <si>
-    <t>Daeha Business Tower, 12 F, No. 360 Kim Ma Street, Ba Dinh District ,Hanoi,Vietnam</t>
+    <t>Room 1211, Floor 12, Daeha Business Center, 360 Kim Ma, Giang Vo Ward, Hanoi, Vietnam.</t>
   </si>
   <si>
     <t>087/11/18</t>
   </si>
   <si>
     <t>永豐商業銀行洛杉磯分行</t>
   </si>
   <si>
     <t>蔡鎮坤</t>
   </si>
   <si>
     <t>1-213-4374800</t>
   </si>
   <si>
     <t>1-213-4374848</t>
   </si>
   <si>
     <t>177 E. Colorado Boulevard,10Th Floor, Suite 1068, Pasadena, California 91105, Usa.</t>
   </si>
   <si>
     <t>088/06/25</t>
   </si>
   <si>
     <t>永豐(香港)保險經紀有限公司</t>
   </si>
@@ -6843,123 +6813,123 @@
   <si>
     <t>江蘇省南京市建鄴區廬山路248號4號樓3501室、3601室</t>
   </si>
   <si>
     <t>103/02/28</t>
   </si>
   <si>
     <t>永豐銀行（中國）有限公司廣州分行</t>
   </si>
   <si>
     <t>方國章</t>
   </si>
   <si>
     <t>86-20-22115399</t>
   </si>
   <si>
     <t>86-20-22115388</t>
   </si>
   <si>
     <t>廣州市天河區珠江西路15號珠江城大廈第41層自編06-08單元</t>
   </si>
   <si>
     <t>106/08/09</t>
   </si>
   <si>
+    <t>永豐銀行（中國）有限公司上海分行</t>
+  </si>
+  <si>
+    <t>賴錦宏</t>
+  </si>
+  <si>
+    <t>86-21-52036800</t>
+  </si>
+  <si>
+    <t>86-21-62523305</t>
+  </si>
+  <si>
+    <t>中國大陸江蘇省上海市長寧區古北路666號嘉麒大廈1樓102室、2樓202室、17樓</t>
+  </si>
+  <si>
+    <t>105/08/18</t>
+  </si>
+  <si>
     <t>分支機構一覽表(續十八)</t>
   </si>
   <si>
     <t>Branches of Domestic Banks(Cont.18)</t>
   </si>
   <si>
-    <t>永豐銀行（中國）有限公司上海分行</t>
-[...16 lines deleted...]
-  <si>
     <t>永豐商業銀行澳門分行</t>
   </si>
   <si>
     <t>周聖哲</t>
   </si>
   <si>
     <t>853-2871-5175</t>
   </si>
   <si>
     <t>853-2871-5186</t>
   </si>
   <si>
     <t>澳門蘇亞利斯博士大馬路澳門財富中心9樓A座</t>
   </si>
   <si>
     <t>086/01/09</t>
   </si>
   <si>
     <t>永豐商業銀行九龍分行</t>
   </si>
   <si>
     <t>黃家聰</t>
   </si>
   <si>
     <t>852-3655-8688</t>
   </si>
   <si>
     <t>852-3655-8610</t>
   </si>
   <si>
     <t>香港九龍尖沙咀北京道1號18樓、12A樓03-06室</t>
   </si>
   <si>
     <t>095/11/13</t>
   </si>
   <si>
     <t>永豐商業銀行胡志明市分行</t>
   </si>
   <si>
     <t>于信章</t>
   </si>
   <si>
     <t>84-28-38220566</t>
   </si>
   <si>
     <t>84-28-38220560</t>
   </si>
   <si>
-    <t>9Th Floor, Friendship Tower Building, 31 Le Duan Street, Ben Nghe Ward, District 1, Ho Chi Minh</t>
+    <t>9Th Floor, Friendship Tower, No. 31 Le Duan Street, Saigon Ward, Ho Chi Minh City.</t>
   </si>
   <si>
     <t>104/11/01</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>玉山銀行(中國)有限公司</t>
   </si>
   <si>
     <t>曹中仁</t>
   </si>
   <si>
     <t>+86-755-88981313</t>
   </si>
   <si>
     <t>+86-755-23805513</t>
   </si>
   <si>
     <t>深圳市前海深港合作區夢海大道5109號卓越前海壹號7棟1層01至06單元、2層03至05單元及30、31層整層</t>
   </si>
   <si>
     <t>105/03/11</t>
   </si>
@@ -7134,65 +7104,65 @@
   <si>
     <t>聯合商業銀行舊運動場分行</t>
   </si>
   <si>
     <t>+855-2393-1313</t>
   </si>
   <si>
     <t>No. B41 &amp; B43, Street No. 70, Phum 19, Sangkat Srah Chak, Khan Doun Penh, Phnom Penh.</t>
   </si>
   <si>
     <t>105/08/11</t>
   </si>
   <si>
     <t>聯合商業銀行上棉芷分行</t>
   </si>
   <si>
     <t>+855-2392-1313</t>
   </si>
   <si>
     <t>No. 16B &amp; 17B, Samdech Munireth Blvd, Group 1, Phum Trea Bei, Sangkat Stueng Mean Chey 1, Khan Mean Chey, Phnom Penh.</t>
   </si>
   <si>
     <t>105/12/28</t>
   </si>
   <si>
+    <t>聯合商業銀行舊市場分行</t>
+  </si>
+  <si>
+    <t>+855-2342-7995</t>
+  </si>
+  <si>
+    <t>Building No. 61, Street No. 130, Group 5, Phum 4, Sangkat Phsar Chas, Khan Doun Penh, Phnom Penh.</t>
+  </si>
+  <si>
     <t>分支機構一覽表(續十九)</t>
   </si>
   <si>
     <t>Branches of Domestic Banks(Cont.19)</t>
   </si>
   <si>
-    <t>聯合商業銀行舊市場分行</t>
-[...7 lines deleted...]
-  <si>
     <t>聯合商業銀行水淨華分行</t>
   </si>
   <si>
     <t>+855-23-992-313</t>
   </si>
   <si>
     <t>No. 53 &amp; 55, National Road No. 6A, Phum Preaek Lieb, Sangkat Preaek Lieb, Khan Chraoy Chongvar, Phnom Penh.</t>
   </si>
   <si>
     <t>110/06/28</t>
   </si>
   <si>
     <t>聯合商業銀行中洲分行</t>
   </si>
   <si>
     <t>+855-23-901-313</t>
   </si>
   <si>
     <t>No. 09 &amp; 10, Kmh Street, Phum Trapeang Thloeng 1, Sangkat Chaom Chau 1, Khan Pur Senchey, Phnom Penh</t>
   </si>
   <si>
     <t>111/03/22</t>
   </si>
   <si>
     <t>聯合商業銀行柴楨分行</t>
@@ -7251,51 +7221,51 @@
   <si>
     <t>+65-6533-1313</t>
   </si>
   <si>
     <t>+65-6636-3113</t>
   </si>
   <si>
     <t>8 Marina Boulevard #09-01 Marina Bay Financial Centre Tower 1, Singapore 018981</t>
   </si>
   <si>
     <t>101/07/23</t>
   </si>
   <si>
     <t>玉山銀行同奈分行</t>
   </si>
   <si>
     <t>宋狄裕</t>
   </si>
   <si>
     <t>+84-251-3671313</t>
   </si>
   <si>
     <t>+84-251-3936317</t>
   </si>
   <si>
-    <t>Suites 101&amp;209, 1&amp;2 Floors, Amata Commercial Complex, Bien Hoa City, Dong Nai Province, Vietnam.</t>
+    <t>Suites 101 &amp; 209, Amata Service Center Building, Amata Commercial Complex, Long Binh Ward, Dong Nai Province, Vietnam</t>
   </si>
   <si>
     <t>104/09/18</t>
   </si>
   <si>
     <t>玉山商業銀行雪梨分行</t>
   </si>
   <si>
     <t>魏黃賢</t>
   </si>
   <si>
     <t>+61-2-9295-1399</t>
   </si>
   <si>
     <t>+61-2-9295-1388</t>
   </si>
   <si>
     <t>Level 35, 259 George Street, Sydney, Nsw 2000, Australia</t>
   </si>
   <si>
     <t>105/04/20</t>
   </si>
   <si>
     <t>玉山商業銀行仰光分行</t>
   </si>
@@ -7392,105 +7362,123 @@
   <si>
     <t>+66-2-286-1313</t>
   </si>
   <si>
     <t>+66-2-286-1314</t>
   </si>
   <si>
     <t>No.1, Empire Tower, 29Th Floor, Unit 2905, South Sathorn Road, Yannawa Sub-District, Sathorn District, Bangkok 10120</t>
   </si>
   <si>
     <t>111/07/05</t>
   </si>
   <si>
     <t>玉山商業銀行胡志明市代表人辦事處</t>
   </si>
   <si>
     <t>郭永正</t>
   </si>
   <si>
     <t>+84-28-3551-1313</t>
   </si>
   <si>
     <t>+84-28-3911-1113</t>
   </si>
   <si>
-    <t>Suite 905-906, 9Th Floor, Saigon Tower, 29 Le Duan Street, Ben Nghe Ward, District 1, Ho Chi Minh City</t>
+    <t>Suite 905-906, 9Th Floor, Saigon Tower, 29 Le Duan Street, Sai Gon Ward, Ho Chi Minh City, Vietnam</t>
   </si>
   <si>
     <t>111/06/29</t>
   </si>
   <si>
     <t>玉山商業銀行吉隆坡代表人辦事處</t>
   </si>
   <si>
     <t>王冠為</t>
   </si>
   <si>
     <t>+60-3-86791313</t>
   </si>
   <si>
     <t>+60-3-86791314</t>
   </si>
   <si>
     <t>Suite 29.02 Of Level 29, Menara Exchange 106, Lingkaran Trx, Tun Razak Exchange, 55188 Kuala Lumpur, Malaysia</t>
   </si>
   <si>
     <t>113/07/16</t>
   </si>
   <si>
+    <t>玉山商業銀行達拉斯代表人辦事處</t>
+  </si>
+  <si>
+    <t>邱惇</t>
+  </si>
+  <si>
+    <t>+1-214-888-7113</t>
+  </si>
+  <si>
+    <t>+1-214-888-7111</t>
+  </si>
+  <si>
+    <t>2323 Ross Ave, Suite 730, Dallas, Tx 75201 Usa</t>
+  </si>
+  <si>
+    <t>114/10/15</t>
+  </si>
+  <si>
     <t>玉山商業銀行河內代表人辦事處</t>
   </si>
   <si>
     <t>+84-24-35551313</t>
   </si>
   <si>
     <t>+84-24-32444303</t>
   </si>
   <si>
-    <t>Room 1902, 19Th Floor, West Tower, Lotte Center Hanoi, 54 Lieu Giai Street, Cong Vi Ward, Ba Dinh District, Hanoi City</t>
+    <t>Suite 1902, 19Th Floor, West Tower, Lotte Center Hanoi, No. 54 Lieu Giai Street, Giang Vo Ward, Hanoi City, Vietnam</t>
   </si>
   <si>
     <t>105/10/14</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>凱基商業銀行香港分行</t>
   </si>
   <si>
     <t>楊明仁</t>
   </si>
   <si>
     <t>+852-2746-8588</t>
   </si>
   <si>
     <t>+852-2746-0788</t>
   </si>
   <si>
-    <t>香港金鐘皇后大道東1號太古廣場三座12樓1206-09室</t>
+    <t>香港金鐘道88號太古廣場一座33樓</t>
   </si>
   <si>
     <t>114/07/21</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>台新國際商業銀行上海代表人辦事處</t>
   </si>
   <si>
     <t>陳彥奇</t>
   </si>
   <si>
     <t>+86-21-50380398</t>
   </si>
   <si>
     <t>+86-21-50386056</t>
   </si>
   <si>
     <t>上海市浦東新區陸家嘴環路1000號5樓05-122室</t>
   </si>
   <si>
     <t>109/08/18</t>
   </si>
@@ -7536,51 +7524,51 @@
   <si>
     <t>103/06/24</t>
   </si>
   <si>
     <t>台新國際商業銀行布里斯本分行</t>
   </si>
   <si>
     <t>徐千涵</t>
   </si>
   <si>
     <t>+61-7-32299869</t>
   </si>
   <si>
     <t>+61-7-32119469</t>
   </si>
   <si>
     <t>Level 24, 111 Eagle Street, Brisbane, Qld 4000 Australia</t>
   </si>
   <si>
     <t>106/07/31</t>
   </si>
   <si>
     <t>台新國際商業銀行東京分行</t>
   </si>
   <si>
-    <t>高森幸太郎</t>
+    <t>王柏璋</t>
   </si>
   <si>
     <t>+81-3-3212-6668</t>
   </si>
   <si>
     <t>+81-3-3212-6660</t>
   </si>
   <si>
     <t>8F, Meiji Yasuda Life Insurance Bldg.,2-1-1 Marunouchi, Chiyoda-Ku, Tokyo 100-0005</t>
   </si>
   <si>
     <t>105/10/17</t>
   </si>
   <si>
     <t>台新國際商業銀行緬甸仰光代表人辦事處</t>
   </si>
   <si>
     <t>劉振國</t>
   </si>
   <si>
     <t>(95)-1-8203409</t>
   </si>
   <si>
     <t>(95)-1-8203410</t>
   </si>
@@ -7674,69 +7662,69 @@
   <si>
     <t>+66 2359-0000</t>
   </si>
   <si>
     <t>+66 2677-7223</t>
   </si>
   <si>
     <t>1 Q. House Lumpini Building, G, 1St, 5-6Th, 10Th, 20Th, 26-27Th, 31-32Nd Fl., South Sathon Rd., Thungmahamek, Sathon,</t>
   </si>
   <si>
     <t>110/10/25</t>
   </si>
   <si>
     <t>LH Financial Group Public Company Limited</t>
   </si>
   <si>
     <t>Waravoot Tocharoenta</t>
   </si>
   <si>
     <t>1 Q. House Lumpini Building, 5 Th Floor, South Sathon Road, Thungmahamek, Sathon, Bangkok Thailand 10120</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - HEAD OFFICE (LUMPINI)</t>
   </si>
   <si>
-    <t>+66 2359-0000#4801</t>
-[...2 lines deleted...]
-    <t>1 Q. House Lumpini Bld. G Floor, South Sathorn Rd., Thungmahamek, Sathorn, Bangkok 10120</t>
+    <t>+662359-0000#4801-4</t>
+  </si>
+  <si>
+    <t>1 Q. House Lumpini Building. G Floor, South Sathorn Rd., Thungmahamek, Sathorn, Bangkok 10120</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited -FASHION ISLAND BRANCH</t>
   </si>
   <si>
-    <t>+66 2947-5588</t>
+    <t>+66 2947-5586</t>
   </si>
   <si>
     <t>587, 589, 589/7-9 Fashion Island B Floor, Ramindra Rd., Khannayao, Khannayao, Bangkok 10230</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - THE MALL BANGKAPI BRANCH</t>
   </si>
   <si>
-    <t>+66 2363-3489</t>
+    <t>+66 2136-2836</t>
   </si>
   <si>
     <t>3522 The Mall Bangkapi 2Nd Floor, Latphrao Rd., Klongjan, Bangkapi, Bangkok 10240</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - THE OLD SIAM BRANCH</t>
   </si>
   <si>
     <t>+66 2223-9866</t>
   </si>
   <si>
     <t>12 The Old Siam Plaza, 1St Floor, Treephet Rd., Wang Burapha Phirom, Phra Nakhon Bangkok 10200</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - CENTRALWORLD BRANCH</t>
   </si>
   <si>
     <t>+66 2255-9505</t>
   </si>
   <si>
     <t>4,4/1-4/2,4/4 Centralworld 4Th Floor, Ratchadamri Rd., Pathumwan, Pathumwan, Bangkok 10330</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - BIG C BANGNA BRANCH</t>
   </si>
@@ -7779,522 +7767,522 @@
   <si>
     <t>433/4 Moo 7 Big C Hangdong 1St Floor, Mae Hia, Muangchiangmai, Chiangmai 50100</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - FUTURE PARK RANGSIT BR.</t>
   </si>
   <si>
     <t>+66 2958-5271</t>
   </si>
   <si>
     <t>94 Future Park Rangsit 2 Nd Floor, Pahonyothin Rd., Prachathipat, Thanyaburi, Patumthanee 12130</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - THE MALL THAPRA BRANCH</t>
   </si>
   <si>
     <t>+66 2477-8235</t>
   </si>
   <si>
     <t>129 The Mall Thapra 3Rd Floor, Ratchadapisek Rd., Bukkaro, Thonburi, Bangkok 10600</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - SRIRACHA BRANCH</t>
   </si>
   <si>
-    <t>+66 3832-5793</t>
+    <t>+66 3832-5693</t>
   </si>
   <si>
     <t>28 Srirachanakorn 2 Rd., Sriracha, Chonburi 20110</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - YAOWARAJ BRANCH</t>
   </si>
   <si>
     <t>+66 2221-4600</t>
   </si>
   <si>
     <t>106 Padungdao Rd., Samphantawong, Bangkok 10100</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - LOTUS NORTH RATCHAPRUEK</t>
   </si>
   <si>
     <t>+66 2581-0160</t>
   </si>
   <si>
     <t>30/17 Moo 4. Lotus North Ratchapruek 2Nd Floor, Om Kret, Pak Kret, Nonthaburi 11120</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - THE MALL NGAMWONGWAN BR.</t>
   </si>
   <si>
-    <t>+66 2550-0987</t>
-[...2 lines deleted...]
-    <t>30/39-50  Moo  2, The Mall Ngamwongwan 1St Floor, Bangkhen, Muangnonthaburi, Nonthaburi 11000</t>
+    <t>+66 2550-1287</t>
+  </si>
+  <si>
+    <t>30/39-50  Moo  2, The Mall Ngamwongwan 5Th Floor, Bangkhen, Muangnonthaburi, Nonthaburi 11000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - LOTUS PHUKET BRANCH</t>
   </si>
   <si>
     <t>+66 7630-4113</t>
   </si>
   <si>
     <t>104 Moo 5 Lotus Phuket G Floor, Charoemprakiat Ror 9 Rd.,  Ratsada, Muangphuket, Phuket  83000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - BANGRAK BRANCH</t>
   </si>
   <si>
     <t>+66 2235-7050</t>
   </si>
   <si>
     <t>1445  Charoenkrung Rd.,  Silom, Bangrak, Bangkok 10500</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - BIG C ONNUT BRANCH</t>
   </si>
   <si>
     <t>+66 2331-6471</t>
   </si>
   <si>
     <t>114 Big C Onnut 3Rd Floor, Soi Sukhumvit 77 (Onnut), Sukhumvit Rd., Phrakhanong Nua, Wattana, Bangkok 10110</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - SAPHANKHWAI BRANCH</t>
   </si>
   <si>
-    <t>+66 2278-1855</t>
+    <t>+66 2278-1755</t>
   </si>
   <si>
     <t>552/4  Phahonyothin Rd., Samsennai  Phayathai, Bangkok 10400</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - TALAT WAROROT BRANCH</t>
   </si>
   <si>
     <t>+66 5325-2223</t>
   </si>
   <si>
     <t>167  Wichayanont Rd., Chang Moi, Muang Chiangmai, Chiangmai  50300</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - WORACHAK   BRANCH</t>
   </si>
   <si>
     <t>+66 2221-6946</t>
   </si>
   <si>
     <t>104  Worachak Rd., Banbat, Pomprap Sattruphai, Bangkok  10100</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - TERMINAL 21 PATTAYA  BR.</t>
   </si>
   <si>
     <t>+66 3325-2021</t>
   </si>
   <si>
     <t>777 Terminal 21 Pattaya 1St. Floor, Moo 6, Pattaya Nua Rd.,  Na Klua, Banglamung, Chonburi  20150</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - KHONKAEN BRANCH</t>
   </si>
   <si>
-    <t>+66 4323-5844</t>
+    <t>+66 4323-5244</t>
   </si>
   <si>
     <t>425-429  Sri Chan Rd., Nai Muang, Muang Khonkaen, Khonkaen  40000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - THE CIRCLE RATCHAPRUK BR</t>
   </si>
   <si>
     <t>+66 2863-8757</t>
   </si>
   <si>
     <t>39 The Circle Ratchapruk, Ratchapruk Rd., Bangramat,  Taling Chan, Bangkok  10170</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - TERMINAL 21 BRANCH</t>
   </si>
   <si>
     <t>+66 2254-0045</t>
   </si>
   <si>
     <t>2, 88 Terminal 21 Lg Floor Sukhumvit  Soi 19 (Wattana), Sukhumvit Rd. Klongtoey Nua, Wattana, Bangkok 10110</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - PATONG BRANCH</t>
   </si>
   <si>
-    <t>+66 7634-0870</t>
+    <t>+66 7634-0770</t>
   </si>
   <si>
     <t>121,123 Rat Uthit 200 Years Rd., Patong, Kathu, Phuket  83150</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - SAMUTSAKHON BRANCH</t>
   </si>
   <si>
     <t>+66 3487-0737</t>
   </si>
   <si>
     <t>923/140 Setthakit 1 Rd., Maharchai, Muang Samutsakhon, Samutsakhon 74000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - CENTRAL RAMA 9 BRANCH</t>
   </si>
   <si>
     <t>+66 2160-3866</t>
   </si>
   <si>
     <t>9/9 Central Plaza Rama 9 5Th Floor, Rama 9 Rd., Huaikhwang, Huaikhwang, Bangkok 10310</t>
   </si>
   <si>
     <t>分支機構一覽表(續二十二)</t>
   </si>
   <si>
     <t>Branches of Domestic Banks(Cont.22)</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - SUKSAWAT BRANCH</t>
   </si>
   <si>
-    <t>+66 2462-8764</t>
+    <t>+66 2462-8364</t>
   </si>
   <si>
     <t>105/6, 105/7 Moo 10 Suksawat Rd., Bangkhru Phra Pradaeng, Samutprakan 10130</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - PARK LANE (EKKAMAI) BR.</t>
   </si>
   <si>
     <t>+66 2381-6573</t>
   </si>
   <si>
     <t>18 Park Lane Community Mall 1St Floor, Soi Sukhumvit 61 (Setthabut), Khlong Tan Nua, Wattana, Bangkok 10110</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - SURATTHANI BRANCH</t>
   </si>
   <si>
-    <t>+66 7760-2711</t>
+    <t>+66 7760-5361</t>
   </si>
   <si>
     <t>88 Moo 10, Central Plaza Suratthani 3Rd Floor,Wat Pardu, Muang Suratthani, Suratthani 84000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - LOTUS RAMA 4 BRANCH</t>
   </si>
   <si>
     <t>+66 2249-5758</t>
   </si>
   <si>
     <t>3300 Lotus Rama 4  2Nd Floor Rama 4 Rd.  Khlongtan, Khlongtoei,  Bangkok  10110</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - NAKHONPATHOM  BRANCH</t>
   </si>
   <si>
     <t>+66 3427-1981</t>
   </si>
   <si>
     <t>141/23  Ratchawithi Rd.,  Phra Pathom Chedi,  Muang Nakhonpathom, Nakhonpathom  73000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - HUA HIN BRANCH</t>
   </si>
   <si>
     <t>+66 3251-3420</t>
   </si>
   <si>
     <t>26/52  Petchkasem Rd., Huahin, Huahin Prachuapkhirikhan  77110</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - CENTRAL PINKLAO BRANCH</t>
   </si>
   <si>
-    <t>+66 2433-1352</t>
+    <t>+66 2433-1155</t>
   </si>
   <si>
     <t>7/222  Central Plaza Pinklao, 4Th Floor Borom  Rachachonnanee Rd., Arunamarin, Bangkok Noi, Bangkok 10700</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - RAYONG BRANCH</t>
   </si>
   <si>
     <t>+66 3861-9434</t>
   </si>
   <si>
     <t>144/31-32 Sukhumvit Rd., Tha Pradu, Muang Rayong, Rayong 21000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - CENTRAL  KHONKAEN BRANCH</t>
   </si>
   <si>
     <t>+66 4328-8540</t>
   </si>
   <si>
     <t>99  Central Plaza Khonkaen, 2Nd Floor, Srichan Rd., Nai Muang, Muang Khonkaen, Khonkaen  40000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - BIG C HATYAI 2 BRANCH</t>
   </si>
   <si>
     <t>+66 7455-5211</t>
   </si>
   <si>
     <t>677  Big C Hatyai 2, 1St Floor, Petchkasem Rd., Hatyai, Hatyai, Songkhla 90110</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - PHITSANULOK BRANCH</t>
   </si>
   <si>
     <t>+66 5525-8051</t>
   </si>
   <si>
     <t>113  Boromtrailokanat Rd., And 27-28 Phayalithai Rd. Naimuang, Muang Phitsanulok, Phitsanulok 65000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - HATYAI BRANCH</t>
   </si>
   <si>
-    <t>+66 7422-5522</t>
+    <t>+66 7422-5622</t>
   </si>
   <si>
     <t>55 Nipatutid 2  Rd. Hatyai,  Hatyai, Songkhla  90110</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - UBON RATCHATHANI  BRANCH</t>
   </si>
   <si>
-    <t>+66 4524-2684</t>
+    <t>+66 4524-2584</t>
   </si>
   <si>
     <t>343-345 Chayangkul Rd, Naimuang, Muang Ubon Ratchathani, Ubon Ratchathani, 34000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - NAKHONSAWAN BRANCH</t>
   </si>
   <si>
     <t>+66 5622-8521</t>
   </si>
   <si>
     <t>232/12-13  Sawanvitee Rd, Paknampho, Muang Nakhonsawan, Nakhonsawan 60000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - KANCHANABURI BRANCH</t>
   </si>
   <si>
     <t>+66 3454-0773</t>
   </si>
   <si>
     <t>1,3 Soi 2, U-Thong Road, Ban Nuea, Mueang Kanchanaburi, Kanchanaburi 71000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited-LOTUS RUAMCHOK (CHIANGMAI)</t>
   </si>
   <si>
-    <t>+66 5301-4154</t>
+    <t>+66 5324-3124-5</t>
   </si>
   <si>
     <t>6 Moo 6 Lotus Ruamchok 2Nd Floor, Fahaam, Muang Chiangmai, Chiangmai 50000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - CENTRAL SALAYA BRANCH</t>
   </si>
   <si>
     <t>+66 2429-6513</t>
   </si>
   <si>
     <t>99/19, 99/20 Central Salaya 3Rd Floor, Moo 2, Bangtoei, Samphran, Nakhon Pathom 73210</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - HOMEPRO CHUMPHON BRANCH</t>
   </si>
   <si>
-    <t>+66 7765-8863</t>
+    <t>+66 7765-8894</t>
   </si>
   <si>
     <t>63 Moo 11, Homepro Chumphon 1St Floor, Wang Phai,  Muang Chumphon, Chumphon 86000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - HOMEPRO SARABURI BRANCH</t>
   </si>
   <si>
-    <t>+66 3622-4471</t>
+    <t>+66 3622-4472</t>
   </si>
   <si>
     <t>24/3 Moo 2  Homepro Saraburi 1St Floor, Takud, Muang Sasaburi, Sasaburi 18000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - HOMEPRO CHACHOENGSAO BR.</t>
   </si>
   <si>
-    <t>+66 3851-3428</t>
+    <t>+66 3851-3419</t>
   </si>
   <si>
     <t>187/9 Homepro Chachoengsao 1St Floor, Chachoengsao-Bangpakong Rd., Namuang, Muang Chachoengsao, Chachoengsao 24000</t>
   </si>
   <si>
     <t>分支機構一覽表(續二十三)</t>
   </si>
   <si>
     <t>Branches of Domestic Banks(Cont.23)</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - HOMEPRO CHAIYAPHUM BR.</t>
   </si>
   <si>
-    <t>+66 4405-1842</t>
+    <t>+66 4405-1843</t>
   </si>
   <si>
     <t>164 Moo 7, Homepro Chaiyaphum 1St Floor, Nongnasaeng, Muang Chaiyaphum, Chaiyaphum 36000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - NAKHON SI THAMMARAT BR.</t>
   </si>
   <si>
     <t>+66 7535-7617</t>
   </si>
   <si>
     <t>73/120 Pattanakarn-Khukhwang Rd, Thawang, Muang Nakhon Si Thammarat, Nakhon Si Thammarat 80000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - HOMEPRO ROIET BRANCH</t>
   </si>
   <si>
-    <t>+66 4351-6859</t>
+    <t>+66 4351-6850</t>
   </si>
   <si>
     <t>116 Moo 3, Homepro Roiet 1St Floor, Dong Lan , Muang Roiet, Roiet 45000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - ROBINSON RATCHABURI BR.</t>
   </si>
   <si>
     <t>+66 3232-8025</t>
   </si>
   <si>
     <t>265 Robinson Department Store Ratchaburi 1St Floor, Srisuriyawong Rd.,  Na Muang, Muang Ratchaburi, Ratchaburi 70000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - PHUKET BRANCH</t>
   </si>
   <si>
     <t>+66 7635-5305</t>
   </si>
   <si>
     <t>156/46 Phang-Nga Rd., Talat Yai, Muang Phuket, Phuket 83000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - KRABI BRANCH</t>
   </si>
   <si>
     <t>+66 7562-0292</t>
   </si>
   <si>
     <t>6 Maharaj Rd., Paknam, Muang Krabi, Krabi 81000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - LOTUS SRINAKARIN BRANCH</t>
   </si>
   <si>
-    <t>+66 2175-7722</t>
+    <t>+66 2175-7712</t>
   </si>
   <si>
     <t>9 Moo 6, Lotus Srinakarin 2Nd. Floor, Bangmuangmai, Muang Samutprakan,   Samutprakan 10270</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - CENTRAL RAMA 3 BRANCH</t>
   </si>
   <si>
     <t>+66 2212-3233</t>
   </si>
   <si>
     <t>79 Sathu Pradit Rd., Chong Nonsi, Yan Nawa, Bangkok 10120</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - CHIANGRAI BRANCH</t>
   </si>
   <si>
     <t>+66 5371-7873</t>
   </si>
   <si>
     <t>673/9-10  Thanalai Rd.,  Wiang, Muang Chiangrai, Chiangrai  57000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - HOMEPRO LAMPANG BRANCH</t>
   </si>
   <si>
-    <t>+66 5481-1481</t>
+    <t>+66 5481-1482</t>
   </si>
   <si>
     <t>224 Homepro Lampang 1St Floor, Highway-Lampang-Ngao Rd., Prabat, Muang Lampang, Lampang 52000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - HOMEPRO SURIN BRANCH</t>
   </si>
   <si>
-    <t>+66 4451-9902</t>
+    <t>+66 4451-9903</t>
   </si>
   <si>
     <t>188 Homepro Surin 1St Floor, Moo 6, Nokmuang, Muang Surin, Surin 32000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - UD TOWN UDONTHANI BRANCH</t>
   </si>
   <si>
-    <t>+66 4213-6154</t>
+    <t>+66 4213-6155</t>
   </si>
   <si>
     <t>455 Ud Town 1St. Floor, Thong Yai Rd., Mak Khaeng, Mueang Udonthani, Udonthani 41000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - HOMEPRO SUVARNABHUMI BR.</t>
   </si>
   <si>
     <t>+66 2316-6701</t>
   </si>
   <si>
     <t>99/29 Homepro Suvarnabhumi 3Rd Floor, Moo 1, Rachatawa, Bangplee, Samutprakan  10540</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - HOMEPRO PHETCHABURI BR.</t>
   </si>
   <si>
-    <t>+66 3247-4575</t>
+    <t>+66 3247-4576</t>
   </si>
   <si>
     <t>526 Homepro Phetchaburi 1St Floor, Moo 6, Ban Mo, Muang Phetchaburi, Phetchaburi 76000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - AYUTTHAYA CITY PARK BR.</t>
   </si>
   <si>
-    <t>+66 3580-1939</t>
+    <t>+66 3580-1929</t>
   </si>
   <si>
     <t>126 Moo 3, Ayutthaya City Park 1St Floor, Asia Road, Klong  Suan  Plu, Ayutthaya, Ayutthaya 13000</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited-THE PASEO MALL(LADKRABANG)</t>
   </si>
   <si>
     <t>+66 2346-4211</t>
   </si>
   <si>
     <t>318/5 The Paseo Mall, Ladkrabang Rd., Ladkrabang, Bangkok 10520</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - PAK CHONG BRANCH</t>
   </si>
   <si>
     <t>+66 4431-4882</t>
   </si>
   <si>
     <t>461,463 Mittraphap Rd., Pak Chong, Pak Chong, Nakhon Ratchasima 30130</t>
   </si>
   <si>
     <t>Land and Houses Bank Public Company Limited - TERMINAL 21 KORAT BRANCH</t>
   </si>
@@ -8634,50 +8622,104 @@
   <si>
     <t>One Bangkok, Parade Building, 4Th Floor, 1877 Rama 4 Road, Lumphini, Pathumwan, Bangkok 10330</t>
   </si>
   <si>
     <t>114/04/18</t>
   </si>
   <si>
     <t>中國信託商業銀行深圳福田支行</t>
   </si>
   <si>
     <t>廖建瑋</t>
   </si>
   <si>
     <t>+86-0755-25760999</t>
   </si>
   <si>
     <t>+86-0755-25767900</t>
   </si>
   <si>
     <t>中國大陸深圳市福田區深南大道西、農園路西東海國際中心(一期)東海國際中心A-1401號</t>
   </si>
   <si>
     <t>114/09/12</t>
   </si>
   <si>
+    <t>中國信託商業銀行印尼子行- Semarang(三寶瓏分行)</t>
+  </si>
+  <si>
+    <t>Iwan Satawidinata</t>
+  </si>
+  <si>
+    <t>62-24-29207999</t>
+  </si>
+  <si>
+    <t>62-24-29207990</t>
+  </si>
+  <si>
+    <t>Jalan Gajah Mada No 113, Kelurahan Miroto, Kecamatan Semarang Tengah, Kota Semarang, Jawa Tengah, 50134, Indonesia</t>
+  </si>
+  <si>
+    <t>114/12/09</t>
+  </si>
+  <si>
+    <t>中國信託商業銀行海防代表人辦事處</t>
+  </si>
+  <si>
+    <t>蔡志文</t>
+  </si>
+  <si>
+    <t>84-22-53222783</t>
+  </si>
+  <si>
+    <t>84-22-53222784</t>
+  </si>
+  <si>
+    <t>Room P802, 8Th Floor, The May Legend, 55-57 Dien Bien Phu, Minh Khai Ward, Hong Bang District, Hai Phong City, Vietnam</t>
+  </si>
+  <si>
+    <t>114/12/17</t>
+  </si>
+  <si>
+    <t>中國信託商業銀行胡志明市(平陽)代表人辦事處</t>
+  </si>
+  <si>
+    <t>陳志達</t>
+  </si>
+  <si>
+    <t>84-27-43801727</t>
+  </si>
+  <si>
+    <t>84-27-43801728</t>
+  </si>
+  <si>
+    <t>Unit 06-07, 17F, Wtc Tower, No1 Hung Vuong Str., Binh Duong Ward, Hcmc, Vietnam</t>
+  </si>
+  <si>
+    <t>114/12/15</t>
+  </si>
+  <si>
     <t>東京之星銀行-子公司Tokyo Star Servicer, Ltd.</t>
   </si>
   <si>
     <t>岩波義則</t>
   </si>
   <si>
     <t>81-3-6280-7730</t>
   </si>
   <si>
     <t>81-3-6280-7763</t>
   </si>
   <si>
     <t>1-4, Shimomiyabi-Cho, Shinjuku-Ku, Tokyo 162-0822 Japan</t>
   </si>
   <si>
     <t>美國中信銀行-Arcadia</t>
   </si>
   <si>
     <t>1-626-829-8068</t>
   </si>
   <si>
     <t>1-626-294-2931</t>
   </si>
   <si>
     <t>Suite 108, 56E. Duarte Road, Suite 108, Arcadia, Ca 91006,  U.S.A.</t>
@@ -8832,50 +8874,56 @@
   <si>
     <t>951-230-7347</t>
   </si>
   <si>
     <t>Unit #506, No.53, Strand Road, Pabedan Township, Yangon, Myanmar</t>
   </si>
   <si>
     <t>中國信託商業銀行雪梨代表人辦事處</t>
   </si>
   <si>
     <t>朱志浩</t>
   </si>
   <si>
     <t>61-2-9251-3655</t>
   </si>
   <si>
     <t>61-2-9251-3644</t>
   </si>
   <si>
     <t>Suite 2702, Level 27, 259 George Street, Sydney, Nsw 2000, Australia</t>
   </si>
   <si>
     <t>104/12/22</t>
   </si>
   <si>
+    <t>分支機構一覽表(續二十六)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.26)</t>
+  </si>
+  <si>
     <t>中國信託商業銀行吉隆坡代表人辦事處</t>
   </si>
   <si>
     <t>劉大隆</t>
   </si>
   <si>
     <t>603-2022-3299</t>
   </si>
   <si>
     <t>603-2022-3277</t>
   </si>
   <si>
     <t>Lot 11-09, Level 11, Menara Hap Seng 2, Letter Box 21, Plaza Hap Seng,No. 1 Jalan P. Ramlee 50250 Kuala Lumpur, Malaysia</t>
   </si>
   <si>
     <t>104/11/13</t>
   </si>
   <si>
     <t>東京之星銀行-梅田分行</t>
   </si>
   <si>
     <t>81-6-6809-4650</t>
   </si>
   <si>
     <t>81-6-6366-2065</t>
@@ -8883,98 +8931,89 @@
   <si>
     <t>2-12-7 Sonezaki, Kita-Ku Osaka-Shi, Osaka, 530-0057, Japan</t>
   </si>
   <si>
     <t>104/09/14</t>
   </si>
   <si>
     <t>中國信託商業銀行廈門分行</t>
   </si>
   <si>
     <t>黃楚淵</t>
   </si>
   <si>
     <t>+86-592-566-9686</t>
   </si>
   <si>
     <t>+86-592-566-8738</t>
   </si>
   <si>
     <t>中國（福建）自由貿易試驗區廈門片區東港北路29號港航大廈29層</t>
   </si>
   <si>
     <t>105/07/01</t>
   </si>
   <si>
-    <t>分支機構一覽表(續二十六)</t>
-[...4 lines deleted...]
-  <si>
     <t>中國信託商業銀行廣州分行</t>
   </si>
   <si>
     <t>王凱宏</t>
   </si>
   <si>
     <t>+86-20-3856-0388</t>
   </si>
   <si>
     <t>+86-20-3856-0333</t>
   </si>
   <si>
     <t>中國廣東省廣州市天河區華夏路8號601房、1001房自編02單元</t>
   </si>
   <si>
     <t>104/08/06</t>
   </si>
   <si>
     <t>中國信託商業銀行上海長寧支行</t>
   </si>
   <si>
     <t>廖晨星</t>
   </si>
   <si>
     <t>+86-21-2080-5888</t>
   </si>
   <si>
     <t>+86-21-6287-0078</t>
   </si>
   <si>
     <t>中國上海市長寧區虹橋路1438號1幢古北國際財富中心實際樓層25層01、04A、04B單元,名義樓層29層</t>
   </si>
   <si>
     <t>104/08/19</t>
   </si>
   <si>
     <t>中國信託商業銀行印尼子行-Jakarta(雅加達分行)</t>
   </si>
   <si>
-    <t>Iwan Satawidinata</t>
-[...1 lines deleted...]
-  <si>
     <t>62-21-2557-8787</t>
   </si>
   <si>
     <t>62-21-520-6780</t>
   </si>
   <si>
     <t>Tamara Center, 16Th Fl., Jl. Jend. Sudirman Kav. 24, Jakarta, 12920, Indonesia</t>
   </si>
   <si>
     <t>086/05/19</t>
   </si>
   <si>
     <t>中國信託商業銀行加拿大子行-Vancouver</t>
   </si>
   <si>
     <t>盧樹弘</t>
   </si>
   <si>
     <t>1-604-6833882</t>
   </si>
   <si>
     <t>1-604-6833723</t>
   </si>
   <si>
     <t>2799 Granville Street, Vancouver, B.C., V6H 3J1, Canada</t>
@@ -9048,131 +9087,125 @@
   <si>
     <t>81-33-583-8224</t>
   </si>
   <si>
     <t>1F, Akasaka Star Gate Plaza, 2-3-5, Akasaka, Minato-Ku, Tokyo, 107-8480, Japan</t>
   </si>
   <si>
     <t>東京之星銀行-札幌分行</t>
   </si>
   <si>
     <t>東京之星銀行-大宮分行</t>
   </si>
   <si>
     <t>2-4-1 Sakuragicho, Omiya-Ku Saitama-Shi, Saitama, 330-0854, Japan</t>
   </si>
   <si>
     <t>東京之星銀行-浦和分行</t>
   </si>
   <si>
     <t>東京之星銀行-船橋分行</t>
   </si>
   <si>
     <t>81-43-227-8311</t>
   </si>
   <si>
+    <t>81-43-225-2804</t>
+  </si>
+  <si>
     <t>2-3-1 Fujimi, Chuo-Ku, Chiba-City, Chiba-Prefecture, 260-0015, Japan</t>
   </si>
   <si>
     <t>東京之星銀行-松戶分行</t>
   </si>
   <si>
     <t>81-47-363-3201</t>
   </si>
   <si>
     <t>81-47-367-9989</t>
   </si>
   <si>
     <t>Floor 1 Kitemitematsudo, 1307-1 Matsudo, Matsudo-Shi, Chiba, Japan</t>
   </si>
   <si>
     <t>東京之星銀行-千葉分行</t>
   </si>
   <si>
-    <t>81-43-225-2804</t>
-[...1 lines deleted...]
-  <si>
     <t>2-3-1 Fujimi, Chuo-Ku Chiba-Shi, Chiba, 260-0015, Japan</t>
   </si>
   <si>
+    <t>分支機構一覽表(續二十七)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.27)</t>
+  </si>
+  <si>
     <t>東京之星銀行-港南台分行</t>
   </si>
   <si>
     <t>81-45-311-1771</t>
   </si>
   <si>
     <t>81-45-311-1786</t>
   </si>
   <si>
     <t>1F, Yokohama Tenri Building, 1-4-1, Kita-Saiwai, Nishi-Ku, Yokohama, Kanagawa,220-0004, Japan</t>
   </si>
   <si>
     <t>東京之星銀行-渋谷站前分行(原溝之口分行搬遷後更名)</t>
   </si>
   <si>
-    <t>81-3-3461-5210</t>
-[...1 lines deleted...]
-  <si>
     <t>2-3-2 Dogenzaka, Shibuya-Ku, Tokyo, 150-0043, Japan</t>
   </si>
   <si>
     <t>東京之星銀行-藤澤分行</t>
   </si>
   <si>
     <t>81-466-29-7422</t>
   </si>
   <si>
     <t>81-466-27-4322</t>
   </si>
   <si>
     <t>3-12 Minami Fujisawa, Fujisawa-Shi, Kanagawa, 251-8581, Japan</t>
   </si>
   <si>
-    <t>分支機構一覽表(續二十七)</t>
-[...4 lines deleted...]
-  <si>
     <t>東京之星銀行-橫濱分行</t>
   </si>
   <si>
     <t>1-4-1 Kitasaiwai, Nishi-Ku Yokohama-Shi, Kanagawa, 220-0004, Japan</t>
   </si>
   <si>
     <t>東京之星銀行-調布分行</t>
   </si>
   <si>
     <t>11F, Jr Shinjuku Miraina Tower, 4-1-6, Shinjuku, Shinjuku-Ku, Tokyo,160-0022, Japan</t>
   </si>
   <si>
     <t>東京之星銀行-自由之丘分行</t>
   </si>
   <si>
-    <t>81-3-3461-6050</t>
-[...1 lines deleted...]
-  <si>
     <t>東京之星銀行-日比谷分行</t>
   </si>
   <si>
     <t>東京之星銀行-高島平分行</t>
   </si>
   <si>
     <t>81-3-3986-1111</t>
   </si>
   <si>
     <t>81-3-3971-1851</t>
   </si>
   <si>
     <t>1F, Sumitomo Ikebukuro Ekimae Building, 1-10-1, Higashi-Ikebukuro, Toshima-Ku, Tokyo,170-0013, Japan</t>
   </si>
   <si>
     <t>東京之星銀行-新宿分行</t>
   </si>
   <si>
     <t>4-1-6,Shinjuku, Shinjuku-Ku, Tokyo, 160-0022, Japan</t>
   </si>
   <si>
     <t>東京之星銀行-小平分行</t>
   </si>
   <si>
     <t>81-42-522-2171</t>
@@ -9279,101 +9312,101 @@
   <si>
     <t>Kioi Tower, 28F, Tokyo Garden Terrace Kioicho, 1-3 Kioicho, Chiyoda-Ku, Tokyo, 102-0094, Japan</t>
   </si>
   <si>
     <t>089/05/08</t>
   </si>
   <si>
     <t>中國信託商業銀行胡志明市分行</t>
   </si>
   <si>
     <t>陳清泉</t>
   </si>
   <si>
     <t>84-28-39101888</t>
   </si>
   <si>
     <t>84-28-39101999</t>
   </si>
   <si>
     <t>Room 1, 2, 3, 9 Floor 7 And Room 1-9, Floor 9, Mplaza Saigon Building, 39 Le Duan Street, District 1, Ho Chi Minh City</t>
   </si>
   <si>
     <t>091/07/19</t>
   </si>
   <si>
+    <t>分支機構一覽表(續二十八)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.28)</t>
+  </si>
+  <si>
     <t>中國信託商業銀行印尼子行-Karawaci</t>
   </si>
   <si>
     <t>62-21-5576-4558</t>
   </si>
   <si>
     <t>62-21-5576-4556</t>
   </si>
   <si>
     <t>Karawaci Office Park, Ruko Pinangsia Blok M No. 19, Lippo Karawaci 1200, Tangerang 15811 - Indonesia</t>
   </si>
   <si>
     <t>091/10/25</t>
   </si>
   <si>
     <t>中國信託商業銀行卡圖帕克姆分行(清奈)</t>
   </si>
   <si>
     <t>王怡中</t>
   </si>
   <si>
     <t>91-44-6924-7700</t>
   </si>
   <si>
     <t>91-44-6924-7798</t>
   </si>
   <si>
     <t>Poojaa Diamond Anandam, Ground Floor, G1A No.222, Poonamallee High Road, Kumananchavadi, Kattupakkam, Chennai-600056</t>
   </si>
   <si>
     <t>101/06/06</t>
   </si>
   <si>
     <t>中國信託商業銀行上海分行</t>
   </si>
   <si>
     <t>羅森榮</t>
   </si>
   <si>
     <t>+86-21-6877-8788</t>
   </si>
   <si>
     <t>中國上海市浦東新區世紀大道100號 上海環球金融中心27樓</t>
   </si>
   <si>
-    <t>分支機構一覽表(續二十八)</t>
-[...4 lines deleted...]
-  <si>
     <t>東京之星銀行-銀座分行</t>
   </si>
   <si>
     <t>東京之星銀行-池袋分行</t>
   </si>
   <si>
     <t>1-10-1 Higashi Ikebukuro, Toshima-Ku, Tokyo, 170-0013, Japan</t>
   </si>
   <si>
     <t>東京之星銀行-總行</t>
   </si>
   <si>
     <t>81-3-3224-1510</t>
   </si>
   <si>
     <t>東京之星銀行-子公司 Tokyo Star Business Finance, Ltd.</t>
   </si>
   <si>
     <t>大庭芳昭</t>
   </si>
   <si>
     <t>81-3-5339-5321</t>
   </si>
   <si>
     <t>81-3-3344-2611</t>
@@ -9420,51 +9453,51 @@
   <si>
     <t>Ground Floor, Fort Legend Towers, 31St Street Corner 3Rd Ave, Bonifacio Global City, Taguig City, Philippines</t>
   </si>
   <si>
     <t>中國信託商業銀行印尼子行-Darmo</t>
   </si>
   <si>
     <t>62-31-732-2277</t>
   </si>
   <si>
     <t>62-31-732-2266</t>
   </si>
   <si>
     <t>Ruko Bukit Darmo Golf B2 No 20-21 Bukit Darmo Boulevard Surabaya 60226, Indonesia</t>
   </si>
   <si>
     <t>中國信託商業銀行印尼子行-Pluit</t>
   </si>
   <si>
     <t>62-21-6667-3100</t>
   </si>
   <si>
     <t>62-21-6667-3411</t>
   </si>
   <si>
-    <t>Ruko Cbd Pluit Blok S/11, Jl. Pluit Selatan Raya Jakarta 14450, Indonesia</t>
+    <t>Ruko Cbd Pluit Blok S/11, Jl. Pluit Selatan Raya Jakarta 14440, Indonesia</t>
   </si>
   <si>
     <t>099/01/28</t>
   </si>
   <si>
     <t>中國信託商業銀行印尼子行-Dago</t>
   </si>
   <si>
     <t>62-22-421-8708</t>
   </si>
   <si>
     <t>62-22-426-5101</t>
   </si>
   <si>
     <t>Jl. Ir. H. Juanda (Jl. Dago) No. 56 Bandung 40115, Indonesia</t>
   </si>
   <si>
     <t>098/11/09</t>
   </si>
   <si>
     <t>中國信託商業銀行新加坡分行</t>
   </si>
   <si>
     <t>陳育廷</t>
   </si>
@@ -9540,126 +9573,126 @@
   <si>
     <t>63-45-6255758</t>
   </si>
   <si>
     <t>63-45-6255723</t>
   </si>
   <si>
     <t>Ground Floor, Jev Building, Macarthur Highway,Balibago, Angeles City, Pampanga, Philippines</t>
   </si>
   <si>
     <t>095/10/16</t>
   </si>
   <si>
     <t>CTBC Capital Corp.</t>
   </si>
   <si>
     <t>1-310-7912828</t>
   </si>
   <si>
     <t>Suite 2300, 801 S. Figueroa Street, Los Angeles, Ca 90017, U.S.A.</t>
   </si>
   <si>
     <t>078/02/27</t>
   </si>
   <si>
+    <t>分支機構一覽表(續二十九)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.29)</t>
+  </si>
+  <si>
     <t>中國信託商業銀行洛杉磯代表人辦事處</t>
   </si>
   <si>
     <t>楊華南</t>
   </si>
   <si>
     <t>1-626-8397660</t>
   </si>
   <si>
     <t>1-626-9120868</t>
   </si>
   <si>
     <t>Suite A2, 17851 Colima Road, City Of Industry, Ca 91748, U.S.A.</t>
   </si>
   <si>
     <t>095/05/12</t>
   </si>
   <si>
     <t>美國中信銀行-Rowland Heights</t>
   </si>
   <si>
     <t>1-626-839-6656</t>
   </si>
   <si>
     <t>1-626-839-7706</t>
   </si>
   <si>
     <t>17851- A1 Colima Road, City Of Industry, Ca 91748, U.S.A.</t>
   </si>
   <si>
     <t>090/05/05</t>
   </si>
   <si>
     <t>中國信託商業銀行加拿大子行-Burnaby</t>
   </si>
   <si>
     <t>1-604-4373868</t>
   </si>
   <si>
     <t>1-604-6292195</t>
   </si>
   <si>
     <t>105-4501 Kingsway, Burnaby, B.C., V5H 0E5, Canada</t>
   </si>
   <si>
     <t>094/10/13</t>
   </si>
   <si>
-    <t>分支機構一覽表(續二十九)</t>
-[...4 lines deleted...]
-  <si>
     <t>中國信託商業銀行九龍分行(支行)</t>
   </si>
   <si>
     <t>+852-2916-1688</t>
   </si>
   <si>
     <t>+852-2805-0899</t>
   </si>
   <si>
     <t>香港九龍九龍灣宏泰道23號Manhattan Place20樓</t>
   </si>
   <si>
     <t>中國信託商業銀行印尼子行-Mangga Dua</t>
   </si>
   <si>
     <t>62-21-612-5058</t>
   </si>
   <si>
     <t>62-21-612-5056</t>
   </si>
   <si>
-    <t>Komplek Ruko Textile Blok E4 No. 2 Jl. Mangga Dua Raya Jakarta 14230, Indonesia</t>
+    <t>Komplek Ruko Textile Blok E4 No. 2 Jl. Mangga Dua Raya Jakarta 14430, Indonesia</t>
   </si>
   <si>
     <t>092/12/29</t>
   </si>
   <si>
     <t>中國信託商業銀行加拿大子行-Richmond</t>
   </si>
   <si>
     <t>1-604-233-1261</t>
   </si>
   <si>
     <t>1-604-273-1251</t>
   </si>
   <si>
     <t>120-5911 No. 3 Road, Richmond, B.C., V6X 0K9, Canada</t>
   </si>
   <si>
     <t>094/03/31</t>
   </si>
   <si>
     <t>中國信託商業銀行印尼子行-Kelapa Gading</t>
   </si>
   <si>
     <t>62-21-4587-7078</t>
   </si>
@@ -9846,101 +9879,101 @@
   <si>
     <t>63-2-8635-3834</t>
   </si>
   <si>
     <t>Ground Floor, Unit 101 Prestige Tower, F. Ortigas Jr. Road, Ortigas Centre, Pasig City, Philippines</t>
   </si>
   <si>
     <t>088/08/19</t>
   </si>
   <si>
     <t>中國信託商業銀行菲律賓子行-Marikina</t>
   </si>
   <si>
     <t>63-2-8646-4325</t>
   </si>
   <si>
     <t>63-2-8646-4361</t>
   </si>
   <si>
     <t>J.P. Rizal Cor. E. Dela Paz St., San Roque, Marikina City,Philippines</t>
   </si>
   <si>
     <t>086/08/04</t>
   </si>
   <si>
+    <t>分支機構一覽表(續三十)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.30)</t>
+  </si>
+  <si>
     <t>中國信託商業銀行菲律賓子行-Mabini</t>
   </si>
   <si>
     <t>63-2-8400-8035</t>
   </si>
   <si>
     <t>63-2-8400-8036</t>
   </si>
   <si>
     <t>Ground Floor, Unit B Echelon Tower, 2100 A. Mabini St., Malate, Manila, Philippines</t>
   </si>
   <si>
     <t>088/10/03</t>
   </si>
   <si>
     <t>中國信託商業銀行菲律賓子行-Taytay</t>
   </si>
   <si>
     <t>63-2-8234-0763</t>
   </si>
   <si>
     <t>63-2-234-0763</t>
   </si>
   <si>
     <t>Ground Floor, More Business Center, Ortigas Avenue Extension Taytay, Rizal, Philippines</t>
   </si>
   <si>
     <t>086/03/03</t>
   </si>
   <si>
     <t>中國信託商業銀行菲律賓子行-Greenhills</t>
   </si>
   <si>
     <t>63-2-8724-9126</t>
   </si>
   <si>
     <t>63-2-7744-2228</t>
   </si>
   <si>
     <t>Ground Floor,  Lgi Building, Ortigas Ave., San Juan, Metro Manila, Philippines</t>
   </si>
   <si>
     <t>086/02/14</t>
   </si>
   <si>
-    <t>分支機構一覽表(續三十)</t>
-[...4 lines deleted...]
-  <si>
     <t>中國信託商業銀行菲律賓子行-Cebu Banilad</t>
   </si>
   <si>
     <t>63-32-233-3308</t>
   </si>
   <si>
     <t>Ground Floor, The Forum, Archbishop Reyes Avenue, Cebu City, Philippines</t>
   </si>
   <si>
     <t>087/12/21</t>
   </si>
   <si>
     <t>中國信託商業銀行菲律賓子行-Cavite</t>
   </si>
   <si>
     <t>63-46-471-9886</t>
   </si>
   <si>
     <t>63-2-8529-8518</t>
   </si>
   <si>
     <t>Ground Floor, Prb Building, Gen. Aguinaldo, Highway, Palico, Imus, Cavite, Philippines</t>
   </si>
   <si>
     <t>087/12/18</t>
@@ -10107,81 +10140,81 @@
   <si>
     <t>美國中信銀行-Milpitas</t>
   </si>
   <si>
     <t>1-408-955-7288</t>
   </si>
   <si>
     <t>1-408-955-7286</t>
   </si>
   <si>
     <t>258 Barber Court, Milpitas, Ca 95035, U.S.A.</t>
   </si>
   <si>
     <t>中國信託(菲律賓)商業銀行</t>
   </si>
   <si>
     <t>63-2-8988-9287</t>
   </si>
   <si>
     <t>63-2-8576-7935</t>
   </si>
   <si>
     <t>16Th To 19Th Floors, Fort Legend Towers, 31St Street Corner 3Rd Avenue, Bonifacio Global City, Taguig City, Philippines</t>
   </si>
   <si>
+    <t>分支機構一覽表(續三十一)</t>
+  </si>
+  <si>
+    <t>Branches of Domestic Banks(Cont.31)</t>
+  </si>
+  <si>
     <t>中國信託商業銀行(加拿大)</t>
   </si>
   <si>
     <t>1-778-3096800</t>
   </si>
   <si>
     <t>1-778-3091556</t>
   </si>
   <si>
     <t>Suite #350-2608 Granville Street, Vancouver, B.C., V6H 3V3, Canada</t>
   </si>
   <si>
     <t>中國信託商業銀行(印尼)</t>
   </si>
   <si>
     <t>Tamara Center, 15Th-17Th Fl., Jl Jenderal Sudirman Kav. 24, Jakarta, 12920, Indonesia</t>
   </si>
   <si>
     <t>美國中信銀行</t>
   </si>
   <si>
     <t>1-424-2774698</t>
   </si>
   <si>
     <t>Suite 2300 (22F And  23F), 801 S. Figueroa Street, Los Angeles, Ca 90017, U.S.A.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Branches of Domestic Banks(Cont.31)</t>
   </si>
   <si>
     <t>中國信託商業銀行河內代表人辦事處</t>
   </si>
   <si>
     <t>鄭錦鎗</t>
   </si>
   <si>
     <t>84-24-38249088</t>
   </si>
   <si>
     <t>84-24-38249099</t>
   </si>
   <si>
     <t>East-3002, 30Th Floor, Lotte Center Hanoi, No.54 Lieu Giai Street, Cong Vi Ward, Ba Dinh District, Hanoi, Vietnam</t>
   </si>
   <si>
     <t>084/07/17</t>
   </si>
   <si>
     <t>美國中信銀行-Irvine</t>
   </si>
   <si>
     <t>1-949-262-7168</t>
   </si>
@@ -12109,638 +12142,638 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>1224</v>
+        <v>1223</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>1225</v>
+        <v>1224</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>1104</v>
+        <v>1103</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>60</v>
       </c>
       <c r="E5" s="25" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F5" s="52" t="s">
         <v>1105</v>
       </c>
-      <c r="F5" s="52" t="s">
+      <c r="G5" s="54" t="s">
         <v>1106</v>
-      </c>
-[...1 lines deleted...]
-        <v>1107</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
+        <v>1107</v>
+      </c>
+      <c r="J5" s="58" t="s">
         <v>1108</v>
-      </c>
-[...1 lines deleted...]
-        <v>1109</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D6" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" s="26" t="s">
         <v>1110</v>
       </c>
-      <c r="D6" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="26" t="s">
+      <c r="F6" s="60" t="s">
         <v>1111</v>
       </c>
-      <c r="F6" s="60" t="s">
+      <c r="G6" s="60" t="s">
         <v>1112</v>
-      </c>
-[...1 lines deleted...]
-        <v>1113</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
+        <v>1113</v>
+      </c>
+      <c r="J6" s="64" t="s">
         <v>1114</v>
-      </c>
-[...1 lines deleted...]
-        <v>1115</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>1116</v>
+        <v>1115</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="26" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F7" s="60" t="s">
         <v>1117</v>
       </c>
-      <c r="F7" s="60" t="s">
+      <c r="G7" s="60" t="s">
         <v>1118</v>
-      </c>
-[...1 lines deleted...]
-        <v>1119</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
+        <v>1119</v>
+      </c>
+      <c r="J7" s="64" t="s">
         <v>1120</v>
-      </c>
-[...1 lines deleted...]
-        <v>1121</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>1122</v>
+        <v>1121</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E8" s="26" t="s">
+        <v>1122</v>
+      </c>
+      <c r="F8" s="60" t="s">
         <v>1123</v>
       </c>
-      <c r="F8" s="60" t="s">
+      <c r="G8" s="60" t="s">
         <v>1124</v>
-      </c>
-[...1 lines deleted...]
-        <v>1125</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
+        <v>1125</v>
+      </c>
+      <c r="J8" s="64" t="s">
         <v>1126</v>
-      </c>
-[...1 lines deleted...]
-        <v>1127</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E9" s="26" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F9" s="60" t="s">
         <v>1129</v>
       </c>
-      <c r="F9" s="60" t="s">
+      <c r="G9" s="60" t="s">
         <v>1130</v>
-      </c>
-[...1 lines deleted...]
-        <v>1131</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
+        <v>1131</v>
+      </c>
+      <c r="J9" s="64" t="s">
         <v>1132</v>
-      </c>
-[...1 lines deleted...]
-        <v>1133</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>1134</v>
+        <v>1133</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E10" s="26" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F10" s="60" t="s">
         <v>1135</v>
       </c>
-      <c r="F10" s="60" t="s">
+      <c r="G10" s="60" t="s">
         <v>1136</v>
-      </c>
-[...1 lines deleted...]
-        <v>1137</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
+        <v>1137</v>
+      </c>
+      <c r="J10" s="64" t="s">
         <v>1138</v>
-      </c>
-[...1 lines deleted...]
-        <v>1139</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>1140</v>
+        <v>1139</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="26" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F11" s="60" t="s">
         <v>1141</v>
       </c>
-      <c r="F11" s="60" t="s">
+      <c r="G11" s="60" t="s">
         <v>1142</v>
-      </c>
-[...1 lines deleted...]
-        <v>1143</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
+        <v>1143</v>
+      </c>
+      <c r="J11" s="64" t="s">
         <v>1144</v>
-      </c>
-[...1 lines deleted...]
-        <v>1145</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>1146</v>
+        <v>1145</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E12" s="26" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F12" s="60" t="s">
         <v>1147</v>
       </c>
-      <c r="F12" s="60" t="s">
+      <c r="G12" s="60" t="s">
         <v>1148</v>
-      </c>
-[...1 lines deleted...]
-        <v>1149</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
+        <v>1149</v>
+      </c>
+      <c r="J12" s="64" t="s">
         <v>1150</v>
-      </c>
-[...1 lines deleted...]
-        <v>1151</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>1152</v>
+        <v>1151</v>
       </c>
       <c r="D13" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="26" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F13" s="60" t="s">
         <v>1153</v>
       </c>
-      <c r="F13" s="60" t="s">
+      <c r="G13" s="60" t="s">
         <v>1154</v>
-      </c>
-[...1 lines deleted...]
-        <v>1155</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
+        <v>1155</v>
+      </c>
+      <c r="J13" s="64" t="s">
         <v>1156</v>
-      </c>
-[...1 lines deleted...]
-        <v>1157</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>1158</v>
+        <v>1157</v>
       </c>
       <c r="D14" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E14" s="26" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F14" s="60" t="s">
         <v>1159</v>
       </c>
-      <c r="F14" s="60" t="s">
+      <c r="G14" s="60" t="s">
         <v>1160</v>
-      </c>
-[...1 lines deleted...]
-        <v>1161</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
+        <v>1161</v>
+      </c>
+      <c r="J14" s="64" t="s">
         <v>1162</v>
-      </c>
-[...1 lines deleted...]
-        <v>1163</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>1164</v>
+        <v>1163</v>
       </c>
       <c r="D15" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E15" s="26" t="s">
+        <v>953</v>
+      </c>
+      <c r="F15" s="60" t="s">
+        <v>1164</v>
+      </c>
+      <c r="G15" s="60" t="s">
         <v>1165</v>
-      </c>
-[...4 lines deleted...]
-        <v>1167</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>1168</v>
+        <v>1166</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>1169</v>
+        <v>1167</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A16" s="2" t="s">
-        <v>1170</v>
+        <v>1168</v>
       </c>
       <c r="B16" s="10" t="s">
-        <v>1170</v>
+        <v>1168</v>
       </c>
       <c r="C16" s="36" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E16" s="26" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F16" s="60" t="s">
+        <v>1171</v>
+      </c>
+      <c r="G16" s="60" t="s">
         <v>1172</v>
-      </c>
-[...4 lines deleted...]
-        <v>1174</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>1175</v>
+        <v>1173</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>1176</v>
+        <v>1174</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D17" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E17" s="26" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F17" s="60" t="s">
         <v>1177</v>
       </c>
-      <c r="D17" s="26" t="s">
+      <c r="G17" s="60" t="s">
         <v>1178</v>
-      </c>
-[...7 lines deleted...]
-        <v>70</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>1181</v>
+        <v>1179</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>1182</v>
+        <v>1180</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D18" s="26" t="s">
+        <v>1182</v>
+      </c>
+      <c r="E18" s="26" t="s">
         <v>1183</v>
       </c>
-      <c r="D18" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="26" t="s">
+      <c r="F18" s="60" t="s">
         <v>1184</v>
       </c>
-      <c r="F18" s="60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G18" s="60" t="s">
-        <v>1186</v>
+        <v>70</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>1187</v>
+        <v>1185</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>1188</v>
+        <v>1186</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D19" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="E19" s="26" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F19" s="60" t="s">
         <v>1189</v>
       </c>
-      <c r="D19" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="26" t="s">
+      <c r="G19" s="60" t="s">
         <v>1190</v>
-      </c>
-[...4 lines deleted...]
-        <v>1192</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>1193</v>
+        <v>1191</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>1194</v>
+        <v>1192</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D20" s="26" t="s">
+        <v>120</v>
+      </c>
+      <c r="E20" s="26" t="s">
+        <v>1194</v>
+      </c>
+      <c r="F20" s="60" t="s">
         <v>1195</v>
       </c>
-      <c r="D20" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="26" t="s">
+      <c r="G20" s="60" t="s">
         <v>1196</v>
-      </c>
-[...4 lines deleted...]
-        <v>1198</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>1199</v>
+        <v>1197</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>1200</v>
+        <v>1198</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D21" s="26" t="s">
+        <v>74</v>
+      </c>
+      <c r="E21" s="26" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F21" s="60" t="s">
         <v>1201</v>
       </c>
-      <c r="D21" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="26" t="s">
+      <c r="G21" s="60" t="s">
         <v>1202</v>
-      </c>
-[...4 lines deleted...]
-        <v>1204</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>1205</v>
+        <v>1203</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>1206</v>
+        <v>1204</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D22" s="26" t="s">
+        <v>25</v>
+      </c>
+      <c r="E22" s="26" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F22" s="60" t="s">
         <v>1207</v>
       </c>
-      <c r="D22" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="26" t="s">
+      <c r="G22" s="60" t="s">
         <v>1208</v>
-      </c>
-[...4 lines deleted...]
-        <v>1210</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>1211</v>
+        <v>1209</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>1212</v>
+        <v>1210</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>1213</v>
+        <v>1211</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E23" s="26" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F23" s="60" t="s">
+        <v>1213</v>
+      </c>
+      <c r="G23" s="60" t="s">
         <v>1214</v>
-      </c>
-[...4 lines deleted...]
-        <v>1216</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>1217</v>
+        <v>1215</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>1218</v>
+        <v>1216</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>1219</v>
+        <v>1217</v>
       </c>
       <c r="D24" s="27" t="s">
         <v>106</v>
       </c>
       <c r="E24" s="27" t="s">
+        <v>1218</v>
+      </c>
+      <c r="F24" s="66" t="s">
+        <v>1219</v>
+      </c>
+      <c r="G24" s="66" t="s">
         <v>1220</v>
-      </c>
-[...4 lines deleted...]
-        <v>1222</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>1223</v>
+        <v>1221</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -12800,633 +12833,633 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>1337</v>
+        <v>1335</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>1338</v>
+        <v>1336</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>1170</v>
+        <v>1168</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>1170</v>
+        <v>1168</v>
       </c>
       <c r="C5" s="35" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D5" s="25" t="s">
+        <v>106</v>
+      </c>
+      <c r="E5" s="25" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F5" s="52" t="s">
         <v>1226</v>
       </c>
-      <c r="D5" s="25" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="25" t="s">
+      <c r="G5" s="54" t="s">
         <v>1227</v>
-      </c>
-[...4 lines deleted...]
-        <v>1229</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>1230</v>
+        <v>1228</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>1231</v>
+        <v>1222</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="D6" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>1233</v>
+        <v>1230</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>1234</v>
+        <v>1231</v>
       </c>
       <c r="G6" s="60" t="s">
-        <v>1235</v>
+        <v>1232</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>1236</v>
+        <v>1233</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>1237</v>
+        <v>1234</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>1238</v>
+        <v>1235</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>1239</v>
+        <v>1236</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>1240</v>
+        <v>1237</v>
       </c>
       <c r="G7" s="60" t="s">
-        <v>1241</v>
+        <v>1238</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>1242</v>
+        <v>1239</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>1243</v>
+        <v>1240</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>1244</v>
+        <v>1241</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>1245</v>
+        <v>1242</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>1246</v>
+        <v>1243</v>
       </c>
       <c r="G8" s="60" t="s">
-        <v>1247</v>
+        <v>1244</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>1248</v>
+        <v>1245</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>1251</v>
+        <v>1248</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="G9" s="60" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>1256</v>
+        <v>1253</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>1257</v>
+        <v>1254</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="G10" s="60" t="s">
-        <v>1259</v>
+        <v>1256</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>1260</v>
+        <v>1257</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>1261</v>
+        <v>1258</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>1262</v>
+        <v>1259</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>1264</v>
+        <v>1261</v>
       </c>
       <c r="G11" s="60" t="s">
-        <v>1265</v>
+        <v>1262</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>1267</v>
+        <v>1264</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>1268</v>
+        <v>1265</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>1270</v>
+        <v>1267</v>
       </c>
       <c r="G12" s="60" t="s">
-        <v>1271</v>
+        <v>1268</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>1273</v>
+        <v>1270</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>1274</v>
+        <v>1271</v>
       </c>
       <c r="D13" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="F13" s="60" t="s">
-        <v>1276</v>
+        <v>1273</v>
       </c>
       <c r="G13" s="60" t="s">
-        <v>1277</v>
+        <v>1274</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="D14" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>1281</v>
+        <v>1278</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>1282</v>
+        <v>1279</v>
       </c>
       <c r="G14" s="60" t="s">
-        <v>1283</v>
+        <v>1280</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>1284</v>
+        <v>1281</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>1285</v>
+        <v>1282</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>1286</v>
+        <v>1283</v>
       </c>
       <c r="D15" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>1287</v>
+        <v>1284</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>1288</v>
+        <v>1285</v>
       </c>
       <c r="G15" s="60" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>1290</v>
+        <v>1287</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>1291</v>
+        <v>1288</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>1292</v>
+        <v>1289</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>1293</v>
+        <v>1290</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>1294</v>
+        <v>1291</v>
       </c>
       <c r="G16" s="60" t="s">
-        <v>1295</v>
+        <v>1292</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>1296</v>
+        <v>1293</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>1297</v>
+        <v>1295</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E17" s="26" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F17" s="60" t="s">
+        <v>1297</v>
+      </c>
+      <c r="G17" s="60" t="s">
         <v>1298</v>
-      </c>
-[...4 lines deleted...]
-        <v>1300</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>1301</v>
+        <v>1299</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>1302</v>
+        <v>1300</v>
       </c>
       <c r="D18" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="26" t="s">
+        <v>1301</v>
+      </c>
+      <c r="F18" s="60" t="s">
+        <v>1302</v>
+      </c>
+      <c r="G18" s="60" t="s">
         <v>1303</v>
-      </c>
-[...4 lines deleted...]
-        <v>1305</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>1306</v>
+        <v>1304</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>1307</v>
+        <v>1305</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="26" t="s">
+        <v>1306</v>
+      </c>
+      <c r="F19" s="60" t="s">
+        <v>1307</v>
+      </c>
+      <c r="G19" s="60" t="s">
         <v>1308</v>
-      </c>
-[...4 lines deleted...]
-        <v>1310</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>1311</v>
+        <v>1309</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E20" s="26" t="s">
+        <v>1311</v>
+      </c>
+      <c r="F20" s="60" t="s">
+        <v>1312</v>
+      </c>
+      <c r="G20" s="60" t="s">
         <v>1313</v>
-      </c>
-[...4 lines deleted...]
-        <v>1315</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>1316</v>
+        <v>1314</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>1317</v>
+        <v>1315</v>
       </c>
       <c r="D21" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="26" t="s">
+        <v>1316</v>
+      </c>
+      <c r="F21" s="60" t="s">
+        <v>1317</v>
+      </c>
+      <c r="G21" s="60" t="s">
         <v>1318</v>
-      </c>
-[...4 lines deleted...]
-        <v>1320</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>1321</v>
+        <v>1319</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>1322</v>
+        <v>1320</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E22" s="26" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F22" s="60" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G22" s="60" t="s">
         <v>1323</v>
-      </c>
-[...4 lines deleted...]
-        <v>1325</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>1326</v>
+        <v>1324</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>1327</v>
+        <v>1325</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E23" s="26" t="s">
+        <v>1326</v>
+      </c>
+      <c r="F23" s="60" t="s">
+        <v>1327</v>
+      </c>
+      <c r="G23" s="60" t="s">
         <v>1328</v>
-      </c>
-[...4 lines deleted...]
-        <v>1330</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>1331</v>
+        <v>1329</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>1332</v>
+        <v>1330</v>
       </c>
       <c r="D24" s="27" t="s">
         <v>60</v>
       </c>
       <c r="E24" s="27" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F24" s="66" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G24" s="66" t="s">
         <v>1333</v>
-      </c>
-[...4 lines deleted...]
-        <v>1335</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>1336</v>
+        <v>1334</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -13486,638 +13519,638 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>1445</v>
+        <v>1443</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>1446</v>
+        <v>1444</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>1170</v>
+        <v>1168</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>1170</v>
+        <v>1168</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>1339</v>
+        <v>1337</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>60</v>
       </c>
       <c r="E5" s="25" t="s">
+        <v>1338</v>
+      </c>
+      <c r="F5" s="52" t="s">
+        <v>1339</v>
+      </c>
+      <c r="G5" s="54" t="s">
         <v>1340</v>
-      </c>
-[...4 lines deleted...]
-        <v>1342</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>1344</v>
+        <v>1342</v>
       </c>
       <c r="D6" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E6" s="26" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F6" s="60" t="s">
+        <v>1344</v>
+      </c>
+      <c r="G6" s="60" t="s">
         <v>1345</v>
-      </c>
-[...4 lines deleted...]
-        <v>1347</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>1348</v>
+        <v>1346</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>1349</v>
+        <v>1294</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>1351</v>
+        <v>1348</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>1352</v>
+        <v>1349</v>
       </c>
       <c r="G7" s="60" t="s">
-        <v>1353</v>
+        <v>1350</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
+        <v>1351</v>
+      </c>
+      <c r="J7" s="64" t="s">
+        <v>1352</v>
+      </c>
+      <c r="K7" s="9"/>
+    </row>
+    <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="B8" s="10"/>
+      <c r="C8" s="36" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D8" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E8" s="26" t="s">
         <v>1354</v>
       </c>
-      <c r="J7" s="64" t="s">
+      <c r="F8" s="60" t="s">
         <v>1355</v>
       </c>
-      <c r="K7" s="9"/>
-[...2 lines deleted...]
-      <c r="A8" s="2" t="s">
+      <c r="G8" s="60" t="s">
         <v>1356</v>
-      </c>
-[...16 lines deleted...]
-        <v>1360</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
+        <v>1357</v>
+      </c>
+      <c r="J8" s="64" t="s">
+        <v>1358</v>
+      </c>
+      <c r="K8" s="9"/>
+    </row>
+    <row r="9" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="A9" s="2" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B9" s="10" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C9" s="36" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D9" s="26" t="s">
+        <v>87</v>
+      </c>
+      <c r="E9" s="26" t="s">
         <v>1361</v>
       </c>
-      <c r="J8" s="64" t="s">
+      <c r="F9" s="60" t="s">
         <v>1362</v>
       </c>
-      <c r="K8" s="9"/>
-[...3 lines deleted...]
-      <c r="C9" s="36" t="s">
+      <c r="G9" s="60" t="s">
         <v>1363</v>
-      </c>
-[...10 lines deleted...]
-        <v>1366</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>1367</v>
+        <v>1364</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>1368</v>
+        <v>1365</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>1369</v>
+        <v>1366</v>
       </c>
       <c r="D10" s="26" t="s">
-        <v>153</v>
+        <v>106</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>1370</v>
+        <v>70</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>1371</v>
+        <v>1367</v>
       </c>
       <c r="G10" s="60" t="s">
-        <v>1372</v>
+        <v>1368</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>1373</v>
+        <v>1369</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>1374</v>
+        <v>1370</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>1375</v>
+        <v>1371</v>
       </c>
       <c r="D11" s="26" t="s">
-        <v>127</v>
+        <v>153</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>1376</v>
+        <v>1372</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>1377</v>
+        <v>1373</v>
       </c>
       <c r="G11" s="60" t="s">
-        <v>1378</v>
+        <v>1374</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>1379</v>
+        <v>1375</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>1380</v>
+        <v>1376</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>1381</v>
+        <v>1377</v>
       </c>
       <c r="D12" s="26" t="s">
-        <v>113</v>
+        <v>127</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>1382</v>
+        <v>1378</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>1383</v>
+        <v>1379</v>
       </c>
       <c r="G12" s="60" t="s">
-        <v>1384</v>
+        <v>1380</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>1385</v>
+        <v>1381</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>1386</v>
+        <v>1382</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>1387</v>
+        <v>1383</v>
       </c>
       <c r="D13" s="26" t="s">
-        <v>39</v>
+        <v>113</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>1388</v>
+        <v>1384</v>
       </c>
       <c r="F13" s="60" t="s">
-        <v>1389</v>
+        <v>1385</v>
       </c>
       <c r="G13" s="60" t="s">
-        <v>1390</v>
+        <v>1386</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>1391</v>
+        <v>1387</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>1392</v>
+        <v>1388</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>1393</v>
+        <v>1389</v>
       </c>
       <c r="D14" s="26" t="s">
-        <v>106</v>
+        <v>39</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>1364</v>
+        <v>1390</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>1394</v>
+        <v>1391</v>
       </c>
       <c r="G14" s="60" t="s">
-        <v>1395</v>
+        <v>1392</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>1396</v>
+        <v>1393</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>1397</v>
+        <v>1394</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>1398</v>
+        <v>1395</v>
       </c>
       <c r="D15" s="26" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>1399</v>
+        <v>70</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>1400</v>
+        <v>1396</v>
       </c>
       <c r="G15" s="60" t="s">
-        <v>1401</v>
+        <v>1397</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>1402</v>
+        <v>1398</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>1403</v>
+        <v>1399</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>1404</v>
+        <v>1400</v>
       </c>
       <c r="D16" s="26" t="s">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>1405</v>
+        <v>1401</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>1406</v>
+        <v>1402</v>
       </c>
       <c r="G16" s="60" t="s">
-        <v>1407</v>
+        <v>1403</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>1408</v>
+        <v>1404</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>1409</v>
+        <v>1405</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>1410</v>
+        <v>1406</v>
       </c>
       <c r="D17" s="26" t="s">
-        <v>281</v>
+        <v>25</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>1411</v>
+        <v>1407</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>1412</v>
+        <v>1408</v>
       </c>
       <c r="G17" s="60" t="s">
-        <v>70</v>
+        <v>1409</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>1413</v>
+        <v>1410</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>1414</v>
+        <v>1411</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>1415</v>
+        <v>1412</v>
       </c>
       <c r="D18" s="26" t="s">
-        <v>60</v>
+        <v>281</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>1416</v>
+        <v>1413</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>1400</v>
+        <v>1414</v>
       </c>
       <c r="G18" s="60" t="s">
-        <v>1401</v>
+        <v>70</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>1417</v>
+        <v>1415</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>1403</v>
+        <v>1416</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D19" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E19" s="26" t="s">
         <v>1418</v>
       </c>
-      <c r="D19" s="26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="60" t="s">
-        <v>1419</v>
+        <v>1402</v>
       </c>
       <c r="G19" s="60" t="s">
-        <v>1420</v>
+        <v>1403</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>1421</v>
+        <v>1419</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>1422</v>
+        <v>1405</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>1423</v>
+        <v>1420</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>1424</v>
+        <v>1421</v>
       </c>
       <c r="G20" s="60" t="s">
-        <v>70</v>
+        <v>1422</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>1425</v>
+        <v>1423</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D21" s="26" t="s">
+        <v>281</v>
+      </c>
+      <c r="E21" s="26" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F21" s="60" t="s">
         <v>1426</v>
       </c>
-      <c r="D21" s="26" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G21" s="60" t="s">
-        <v>1429</v>
+        <v>70</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>1430</v>
+        <v>1427</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>1403</v>
+        <v>1424</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D22" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E22" s="26" t="s">
+        <v>1429</v>
+      </c>
+      <c r="F22" s="60" t="s">
+        <v>1430</v>
+      </c>
+      <c r="G22" s="60" t="s">
         <v>1431</v>
-      </c>
-[...10 lines deleted...]
-        <v>1433</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>1434</v>
+        <v>1432</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>1435</v>
+        <v>1405</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>1436</v>
+        <v>1433</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>1437</v>
+        <v>1434</v>
       </c>
       <c r="G23" s="60" t="s">
-        <v>1438</v>
+        <v>1435</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>1439</v>
+        <v>1436</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>1440</v>
+        <v>1437</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>1441</v>
+        <v>1438</v>
       </c>
       <c r="D24" s="27" t="s">
         <v>281</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>1442</v>
+        <v>1439</v>
       </c>
       <c r="G24" s="66" t="s">
-        <v>1443</v>
+        <v>1440</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>1444</v>
+        <v>1441</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -14177,633 +14210,633 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>1546</v>
+        <v>1543</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>1547</v>
+        <v>1544</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="C5" s="35" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D5" s="25" t="s">
+        <v>281</v>
+      </c>
+      <c r="E5" s="25" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F5" s="52" t="s">
+        <v>1446</v>
+      </c>
+      <c r="G5" s="54" t="s">
         <v>1447</v>
-      </c>
-[...10 lines deleted...]
-        <v>1450</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>1451</v>
+        <v>1448</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>1403</v>
+        <v>1442</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D6" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" s="26" t="s">
+        <v>1450</v>
+      </c>
+      <c r="F6" s="60" t="s">
+        <v>1451</v>
+      </c>
+      <c r="G6" s="60" t="s">
         <v>1452</v>
-      </c>
-[...10 lines deleted...]
-        <v>1454</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>1455</v>
+        <v>1453</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>1456</v>
+        <v>1405</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>1457</v>
+        <v>1454</v>
       </c>
       <c r="D7" s="26" t="s">
-        <v>281</v>
+        <v>106</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>1411</v>
+        <v>70</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>1458</v>
+        <v>1455</v>
       </c>
       <c r="G7" s="60" t="s">
-        <v>1459</v>
+        <v>1456</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>1460</v>
+        <v>1457</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>1461</v>
+        <v>1458</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>1462</v>
+        <v>1459</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>1463</v>
+        <v>1460</v>
       </c>
       <c r="G8" s="60" t="s">
-        <v>1463</v>
+        <v>1461</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>1464</v>
+        <v>1462</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>1465</v>
+        <v>1463</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>1466</v>
+        <v>1464</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>1467</v>
+        <v>1465</v>
       </c>
       <c r="G9" s="60" t="s">
-        <v>1468</v>
+        <v>1465</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>1469</v>
+        <v>1466</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>1470</v>
+        <v>1467</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>1471</v>
+        <v>1468</v>
       </c>
       <c r="D10" s="26" t="s">
-        <v>120</v>
+        <v>281</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>1472</v>
+        <v>1413</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>1473</v>
+        <v>1469</v>
       </c>
       <c r="G10" s="60" t="s">
-        <v>1474</v>
+        <v>1470</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>1475</v>
+        <v>1471</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>1476</v>
+        <v>1472</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>1477</v>
+        <v>1473</v>
       </c>
       <c r="D11" s="26" t="s">
-        <v>330</v>
+        <v>120</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>1478</v>
+        <v>1474</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>1479</v>
+        <v>1475</v>
       </c>
       <c r="G11" s="60" t="s">
-        <v>1480</v>
+        <v>1476</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>1481</v>
+        <v>1477</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>1482</v>
+        <v>1478</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>1483</v>
+        <v>1479</v>
       </c>
       <c r="D12" s="26" t="s">
-        <v>60</v>
+        <v>330</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>1484</v>
+        <v>1480</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>1485</v>
+        <v>1481</v>
       </c>
       <c r="G12" s="60" t="s">
-        <v>1486</v>
+        <v>1482</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>1487</v>
+        <v>1483</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>1403</v>
+        <v>1484</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>1488</v>
+        <v>1485</v>
       </c>
       <c r="D13" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>1489</v>
+        <v>1486</v>
       </c>
       <c r="F13" s="60" t="s">
-        <v>1490</v>
+        <v>1487</v>
       </c>
       <c r="G13" s="60" t="s">
-        <v>70</v>
+        <v>1488</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>1491</v>
+        <v>1489</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>1492</v>
+        <v>1490</v>
       </c>
       <c r="D14" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>1493</v>
+        <v>1491</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>1494</v>
+        <v>1492</v>
       </c>
       <c r="G14" s="60" t="s">
-        <v>1495</v>
+        <v>70</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>1496</v>
+        <v>1493</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D15" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E15" s="26" t="s">
+        <v>1495</v>
+      </c>
+      <c r="F15" s="60" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G15" s="60" t="s">
         <v>1497</v>
-      </c>
-[...10 lines deleted...]
-        <v>1499</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>1500</v>
+        <v>1498</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>1501</v>
+        <v>1405</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>1502</v>
+        <v>1499</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>1503</v>
+        <v>1500</v>
       </c>
       <c r="G16" s="60" t="s">
-        <v>1504</v>
+        <v>1501</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>1505</v>
+        <v>1502</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>1506</v>
+        <v>1503</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>1507</v>
+        <v>1504</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>1508</v>
+        <v>1505</v>
       </c>
       <c r="G17" s="60" t="s">
-        <v>1509</v>
+        <v>1506</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>1510</v>
+        <v>1507</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>1511</v>
+        <v>1508</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>1512</v>
+        <v>1509</v>
       </c>
       <c r="D18" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>1513</v>
+        <v>1510</v>
       </c>
       <c r="G18" s="60" t="s">
-        <v>1514</v>
+        <v>1511</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>1515</v>
+        <v>1512</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>1516</v>
+        <v>1513</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>1517</v>
+        <v>1514</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="F19" s="60" t="s">
-        <v>1518</v>
+        <v>1515</v>
       </c>
       <c r="G19" s="60" t="s">
-        <v>1519</v>
+        <v>1516</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>1520</v>
+        <v>1517</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>1521</v>
+        <v>1518</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>1522</v>
+        <v>1519</v>
       </c>
       <c r="D20" s="26" t="s">
-        <v>106</v>
+        <v>281</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>1364</v>
+        <v>1413</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>1523</v>
+        <v>1520</v>
       </c>
       <c r="G20" s="60" t="s">
-        <v>1524</v>
+        <v>1521</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>1525</v>
+        <v>1522</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>1526</v>
+        <v>1523</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>1527</v>
+        <v>1524</v>
       </c>
       <c r="D21" s="26" t="s">
-        <v>281</v>
+        <v>106</v>
       </c>
       <c r="E21" s="26" t="s">
-        <v>1411</v>
+        <v>70</v>
       </c>
       <c r="F21" s="60" t="s">
-        <v>1528</v>
+        <v>1525</v>
       </c>
       <c r="G21" s="60" t="s">
-        <v>70</v>
+        <v>1526</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>1529</v>
+        <v>1527</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>1530</v>
+        <v>1528</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>1531</v>
+        <v>1529</v>
       </c>
       <c r="D22" s="26" t="s">
-        <v>106</v>
+        <v>281</v>
       </c>
       <c r="E22" s="26" t="s">
-        <v>1364</v>
+        <v>1413</v>
       </c>
       <c r="F22" s="60" t="s">
-        <v>1532</v>
+        <v>1530</v>
       </c>
       <c r="G22" s="60" t="s">
-        <v>1533</v>
+        <v>70</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>1534</v>
+        <v>1531</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>1535</v>
+        <v>1532</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>1536</v>
+        <v>1533</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>1537</v>
+        <v>1534</v>
       </c>
       <c r="G23" s="60" t="s">
-        <v>1538</v>
+        <v>1535</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>1539</v>
+        <v>1536</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>1540</v>
+        <v>1537</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>1541</v>
+        <v>1538</v>
       </c>
       <c r="D24" s="27" t="s">
         <v>106</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>1542</v>
+        <v>1539</v>
       </c>
       <c r="G24" s="66" t="s">
-        <v>1543</v>
+        <v>1540</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>1544</v>
+        <v>1541</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>1545</v>
+        <v>1542</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -14863,633 +14896,633 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>1646</v>
+        <v>1643</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>1647</v>
+        <v>1644</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>1548</v>
+        <v>1545</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>106</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>1549</v>
+        <v>1546</v>
       </c>
       <c r="G5" s="54" t="s">
-        <v>1550</v>
+        <v>1547</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>1551</v>
+        <v>1548</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>1552</v>
+        <v>1549</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>1553</v>
+        <v>1550</v>
       </c>
       <c r="D6" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>1554</v>
+        <v>1551</v>
       </c>
       <c r="G6" s="60" t="s">
-        <v>70</v>
+        <v>1552</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>1555</v>
+        <v>1553</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>1556</v>
+        <v>1554</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>1557</v>
+        <v>1555</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>1558</v>
+        <v>1556</v>
       </c>
       <c r="G7" s="60" t="s">
-        <v>1559</v>
+        <v>70</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>1560</v>
+        <v>1557</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>1561</v>
+        <v>1558</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>1562</v>
+        <v>1559</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>1563</v>
+        <v>1560</v>
       </c>
       <c r="G8" s="60" t="s">
-        <v>1564</v>
+        <v>1561</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>1565</v>
+        <v>1562</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>1566</v>
+        <v>1563</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>1567</v>
+        <v>1564</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>1568</v>
+        <v>1565</v>
       </c>
       <c r="G9" s="60" t="s">
-        <v>1569</v>
+        <v>1566</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>1570</v>
+        <v>1567</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>1571</v>
+        <v>1568</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>1572</v>
+        <v>1569</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>1573</v>
+        <v>1570</v>
       </c>
       <c r="G10" s="60" t="s">
-        <v>1574</v>
+        <v>1571</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>1578</v>
+        <v>1575</v>
       </c>
       <c r="G11" s="60" t="s">
-        <v>1579</v>
+        <v>1576</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>1580</v>
+        <v>1577</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>1581</v>
+        <v>1578</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
       <c r="G12" s="60" t="s">
-        <v>1584</v>
+        <v>1581</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>1585</v>
+        <v>1582</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>1586</v>
+        <v>1583</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>1587</v>
+        <v>1584</v>
       </c>
       <c r="D13" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F13" s="60" t="s">
-        <v>1588</v>
+        <v>1585</v>
       </c>
       <c r="G13" s="60" t="s">
-        <v>1589</v>
+        <v>1586</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>1590</v>
+        <v>1587</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>1591</v>
+        <v>1588</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>1592</v>
+        <v>1589</v>
       </c>
       <c r="D14" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>1593</v>
+        <v>1590</v>
       </c>
       <c r="G14" s="60" t="s">
-        <v>1594</v>
+        <v>1591</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>1595</v>
+        <v>1592</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>1596</v>
+        <v>1593</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>1597</v>
+        <v>1594</v>
       </c>
       <c r="D15" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>1598</v>
+        <v>1595</v>
       </c>
       <c r="G15" s="60" t="s">
-        <v>1599</v>
+        <v>1596</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>1600</v>
+        <v>1597</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>1601</v>
+        <v>1598</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>1602</v>
+        <v>1599</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>1603</v>
+        <v>1600</v>
       </c>
       <c r="G16" s="60" t="s">
-        <v>1604</v>
+        <v>1601</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>1605</v>
+        <v>1602</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>1540</v>
+        <v>1603</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>1606</v>
+        <v>1604</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>1607</v>
+        <v>1605</v>
       </c>
       <c r="G17" s="60" t="s">
-        <v>1608</v>
+        <v>1606</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>1609</v>
+        <v>1607</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>1610</v>
+        <v>1542</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>1611</v>
+        <v>1608</v>
       </c>
       <c r="D18" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>1612</v>
+        <v>1609</v>
       </c>
       <c r="G18" s="60" t="s">
-        <v>1613</v>
+        <v>1610</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>1614</v>
+        <v>1611</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>1615</v>
+        <v>1612</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>1616</v>
+        <v>1613</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F19" s="60" t="s">
-        <v>1617</v>
+        <v>1614</v>
       </c>
       <c r="G19" s="60" t="s">
-        <v>1618</v>
+        <v>1615</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>1619</v>
+        <v>1616</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>1620</v>
+        <v>1617</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>1621</v>
+        <v>1618</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>1622</v>
+        <v>1619</v>
       </c>
       <c r="G20" s="60" t="s">
-        <v>1623</v>
+        <v>1620</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>1624</v>
+        <v>1621</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>1625</v>
+        <v>1622</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>1626</v>
+        <v>1623</v>
       </c>
       <c r="D21" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E21" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F21" s="60" t="s">
-        <v>1627</v>
+        <v>1624</v>
       </c>
       <c r="G21" s="60" t="s">
-        <v>1628</v>
+        <v>1625</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>1629</v>
+        <v>1626</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>1630</v>
+        <v>1627</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>1631</v>
+        <v>1628</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E22" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F22" s="60" t="s">
-        <v>1632</v>
+        <v>1629</v>
       </c>
       <c r="G22" s="60" t="s">
-        <v>1633</v>
+        <v>1630</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>1634</v>
+        <v>1631</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>1635</v>
+        <v>1632</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>1636</v>
+        <v>1633</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>1637</v>
+        <v>1634</v>
       </c>
       <c r="G23" s="60" t="s">
-        <v>1638</v>
+        <v>1635</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>1639</v>
+        <v>1636</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>1640</v>
+        <v>1637</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>1641</v>
+        <v>1638</v>
       </c>
       <c r="D24" s="27" t="s">
         <v>106</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>1642</v>
+        <v>1639</v>
       </c>
       <c r="G24" s="66" t="s">
-        <v>1643</v>
+        <v>1640</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>1644</v>
+        <v>1641</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>1645</v>
+        <v>1642</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -15549,643 +15582,643 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>1762</v>
+        <v>1757</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>1763</v>
+        <v>1758</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>1648</v>
+        <v>1645</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>106</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>1649</v>
+        <v>1646</v>
       </c>
       <c r="G5" s="54" t="s">
-        <v>1650</v>
+        <v>1647</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>1651</v>
+        <v>1648</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>1652</v>
+        <v>1649</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>1653</v>
+        <v>1650</v>
       </c>
       <c r="D6" s="26" t="s">
-        <v>153</v>
+        <v>106</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>1370</v>
+        <v>70</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>1654</v>
+        <v>1651</v>
       </c>
       <c r="G6" s="60" t="s">
-        <v>1655</v>
+        <v>1652</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>1656</v>
+        <v>1653</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>1374</v>
+        <v>1654</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D7" s="26" t="s">
+        <v>153</v>
+      </c>
+      <c r="E7" s="26" t="s">
+        <v>1372</v>
+      </c>
+      <c r="F7" s="60" t="s">
+        <v>1656</v>
+      </c>
+      <c r="G7" s="60" t="s">
         <v>1657</v>
-      </c>
-[...10 lines deleted...]
-        <v>1659</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>1660</v>
+        <v>1658</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>1661</v>
+        <v>1376</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>1662</v>
+        <v>1659</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>1663</v>
+        <v>1660</v>
       </c>
       <c r="G8" s="60" t="s">
-        <v>1664</v>
+        <v>1661</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>1665</v>
+        <v>1662</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>1666</v>
+        <v>1663</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>1667</v>
+        <v>1664</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>1668</v>
+        <v>1665</v>
       </c>
       <c r="G9" s="60" t="s">
-        <v>1669</v>
+        <v>1666</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>1670</v>
+        <v>1667</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>1671</v>
+        <v>1668</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>1672</v>
+        <v>1669</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>1673</v>
+        <v>1670</v>
       </c>
       <c r="G10" s="60" t="s">
-        <v>1674</v>
+        <v>1671</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>1675</v>
+        <v>1672</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>1676</v>
+        <v>1673</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>1677</v>
+        <v>1674</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>1678</v>
+        <v>1675</v>
       </c>
       <c r="G11" s="60" t="s">
-        <v>1679</v>
+        <v>1676</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>1680</v>
+        <v>1677</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>1681</v>
+        <v>1678</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>1682</v>
+        <v>1679</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>1683</v>
+        <v>1680</v>
       </c>
       <c r="G12" s="60" t="s">
-        <v>1684</v>
+        <v>1681</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>1685</v>
+        <v>1682</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>1686</v>
+        <v>1683</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>1687</v>
+        <v>1684</v>
       </c>
       <c r="D13" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>1688</v>
+        <v>70</v>
       </c>
       <c r="F13" s="60" t="s">
-        <v>1689</v>
+        <v>1685</v>
       </c>
       <c r="G13" s="60" t="s">
-        <v>1690</v>
+        <v>1686</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>1691</v>
+        <v>1687</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>1692</v>
+        <v>1688</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>1693</v>
+        <v>1689</v>
       </c>
       <c r="D14" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>1694</v>
+        <v>1690</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>1695</v>
+        <v>1691</v>
       </c>
       <c r="G14" s="60" t="s">
-        <v>1696</v>
+        <v>1692</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>1697</v>
+        <v>1693</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>1698</v>
+        <v>1694</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>1699</v>
+        <v>1695</v>
       </c>
       <c r="D15" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>1700</v>
+        <v>1696</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>1701</v>
+        <v>1697</v>
       </c>
       <c r="G15" s="60" t="s">
-        <v>1702</v>
+        <v>70</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
+        <v>1698</v>
+      </c>
+      <c r="J15" s="64" t="s">
+        <v>1699</v>
+      </c>
+      <c r="K15" s="9"/>
+    </row>
+    <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="B16" s="10"/>
+      <c r="C16" s="36" t="s">
+        <v>1700</v>
+      </c>
+      <c r="D16" s="26" t="s">
+        <v>106</v>
+      </c>
+      <c r="E16" s="26" t="s">
+        <v>1701</v>
+      </c>
+      <c r="F16" s="60" t="s">
+        <v>1702</v>
+      </c>
+      <c r="G16" s="60" t="s">
         <v>1703</v>
-      </c>
-[...25 lines deleted...]
-        <v>1709</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
+        <v>1704</v>
+      </c>
+      <c r="J16" s="64" t="s">
+        <v>1705</v>
+      </c>
+      <c r="K16" s="9"/>
+    </row>
+    <row r="17" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="A17" s="2" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B17" s="10" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C17" s="36" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D17" s="26" t="s">
+        <v>342</v>
+      </c>
+      <c r="E17" s="26" t="s">
+        <v>1708</v>
+      </c>
+      <c r="F17" s="60" t="s">
+        <v>1709</v>
+      </c>
+      <c r="G17" s="60" t="s">
         <v>1710</v>
-      </c>
-[...20 lines deleted...]
-        <v>1715</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>1716</v>
+        <v>1711</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>1717</v>
+        <v>1712</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>1718</v>
+        <v>1713</v>
       </c>
       <c r="D18" s="26" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>1719</v>
+        <v>1714</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>1720</v>
+        <v>1715</v>
       </c>
       <c r="G18" s="60" t="s">
-        <v>1721</v>
+        <v>1716</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
+        <v>1717</v>
+      </c>
+      <c r="J18" s="64" t="s">
+        <v>1718</v>
+      </c>
+      <c r="K18" s="9"/>
+    </row>
+    <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="B19" s="10"/>
+      <c r="C19" s="36" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D19" s="26" t="s">
+        <v>113</v>
+      </c>
+      <c r="E19" s="26" t="s">
+        <v>1720</v>
+      </c>
+      <c r="F19" s="60" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G19" s="60" t="s">
         <v>1722</v>
-      </c>
-[...25 lines deleted...]
-        <v>1728</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>1729</v>
+        <v>1723</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>1730</v>
+        <v>1724</v>
       </c>
       <c r="K19" s="9"/>
     </row>
-    <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
-      <c r="B20" s="10"/>
+    <row r="20" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="A20" s="2" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B20" s="10" t="s">
+        <v>1725</v>
+      </c>
       <c r="C20" s="36" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>1732</v>
+        <v>1727</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>1733</v>
+        <v>1728</v>
       </c>
       <c r="G20" s="60" t="s">
-        <v>1734</v>
+        <v>1729</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>1735</v>
+        <v>1730</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>1736</v>
+        <v>1731</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>1737</v>
+        <v>1732</v>
       </c>
       <c r="D21" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="26" t="s">
-        <v>1738</v>
+        <v>1733</v>
       </c>
       <c r="F21" s="60" t="s">
-        <v>1739</v>
+        <v>1734</v>
       </c>
       <c r="G21" s="60" t="s">
-        <v>1740</v>
+        <v>1735</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>1741</v>
+        <v>1736</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>1742</v>
+        <v>1737</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>1743</v>
+        <v>1738</v>
       </c>
       <c r="D22" s="26" t="s">
-        <v>1744</v>
+        <v>12</v>
       </c>
       <c r="E22" s="26" t="s">
-        <v>1745</v>
+        <v>1739</v>
       </c>
       <c r="F22" s="60" t="s">
-        <v>1746</v>
+        <v>1740</v>
       </c>
       <c r="G22" s="60" t="s">
-        <v>1747</v>
+        <v>1741</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>1748</v>
+        <v>1742</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>1749</v>
+        <v>1743</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>1750</v>
+        <v>1744</v>
       </c>
       <c r="D23" s="26" t="s">
-        <v>113</v>
+        <v>1745</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>1751</v>
+        <v>1746</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>1752</v>
+        <v>1747</v>
       </c>
       <c r="G23" s="60" t="s">
-        <v>1753</v>
+        <v>1748</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>1754</v>
+        <v>1749</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>1755</v>
+        <v>1750</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>1756</v>
+        <v>1751</v>
       </c>
       <c r="D24" s="27" t="s">
-        <v>32</v>
+        <v>113</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>1757</v>
+        <v>1752</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>1758</v>
+        <v>1753</v>
       </c>
       <c r="G24" s="66" t="s">
-        <v>1759</v>
+        <v>1754</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>1760</v>
+        <v>1755</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>1761</v>
+        <v>1756</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -16245,633 +16278,633 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>1880</v>
+        <v>1875</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>1881</v>
+        <v>1876</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>1764</v>
+        <v>1759</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>1765</v>
+        <v>1760</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>1766</v>
+        <v>1761</v>
       </c>
       <c r="G5" s="54" t="s">
-        <v>1767</v>
+        <v>1762</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>1768</v>
+        <v>1763</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>1769</v>
+        <v>1764</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>1770</v>
+        <v>1765</v>
       </c>
       <c r="D6" s="26" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>1771</v>
+        <v>1766</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>1772</v>
+        <v>1767</v>
       </c>
       <c r="G6" s="60" t="s">
-        <v>1773</v>
+        <v>1768</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>1774</v>
+        <v>1769</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>1775</v>
+        <v>1770</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>1776</v>
+        <v>1771</v>
       </c>
       <c r="D7" s="26" t="s">
-        <v>127</v>
+        <v>39</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>1777</v>
+        <v>1772</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>1778</v>
+        <v>1773</v>
       </c>
       <c r="G7" s="60" t="s">
-        <v>1779</v>
+        <v>1774</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>1780</v>
+        <v>1775</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>1781</v>
+        <v>1776</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>1782</v>
+        <v>1777</v>
       </c>
       <c r="D8" s="26" t="s">
-        <v>106</v>
+        <v>127</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>1783</v>
+        <v>1778</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>1784</v>
+        <v>1779</v>
       </c>
       <c r="G8" s="60" t="s">
-        <v>1785</v>
+        <v>1780</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>1786</v>
+        <v>1781</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>1787</v>
+        <v>1782</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>1788</v>
+        <v>1783</v>
       </c>
       <c r="D9" s="26" t="s">
-        <v>153</v>
+        <v>106</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>1789</v>
+        <v>1784</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>1790</v>
+        <v>1785</v>
       </c>
       <c r="G9" s="60" t="s">
-        <v>1791</v>
+        <v>1786</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>1792</v>
+        <v>1787</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>1374</v>
+        <v>1788</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>1793</v>
+        <v>1789</v>
       </c>
       <c r="D10" s="26" t="s">
-        <v>60</v>
+        <v>153</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>1794</v>
+        <v>1790</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>1795</v>
+        <v>1791</v>
       </c>
       <c r="G10" s="60" t="s">
-        <v>1796</v>
+        <v>1792</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>1797</v>
+        <v>1793</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>1798</v>
+        <v>1376</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>1799</v>
+        <v>1794</v>
       </c>
       <c r="D11" s="26" t="s">
-        <v>281</v>
+        <v>60</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>1800</v>
+        <v>1795</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>1801</v>
+        <v>1796</v>
       </c>
       <c r="G11" s="60" t="s">
-        <v>1802</v>
+        <v>1797</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>1803</v>
+        <v>1798</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>1804</v>
+        <v>1799</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>1805</v>
+        <v>1800</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>1806</v>
+        <v>1801</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>1807</v>
+        <v>1802</v>
       </c>
       <c r="G12" s="60" t="s">
-        <v>1808</v>
+        <v>1803</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>1809</v>
+        <v>1804</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>1810</v>
+        <v>1805</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>1811</v>
+        <v>1806</v>
       </c>
       <c r="D13" s="26" t="s">
-        <v>60</v>
+        <v>281</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>1812</v>
+        <v>1807</v>
       </c>
       <c r="F13" s="60" t="s">
-        <v>1813</v>
+        <v>1808</v>
       </c>
       <c r="G13" s="60" t="s">
-        <v>1814</v>
+        <v>1809</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>1815</v>
+        <v>1810</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>1816</v>
+        <v>1811</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>1817</v>
+        <v>1812</v>
       </c>
       <c r="D14" s="26" t="s">
-        <v>281</v>
+        <v>60</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>1818</v>
+        <v>1813</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>1819</v>
+        <v>1814</v>
       </c>
       <c r="G14" s="60" t="s">
-        <v>1820</v>
+        <v>1815</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>1821</v>
+        <v>1816</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>1822</v>
+        <v>1817</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>1823</v>
+        <v>1818</v>
       </c>
       <c r="D15" s="26" t="s">
-        <v>60</v>
+        <v>281</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>1824</v>
+        <v>1819</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>1825</v>
+        <v>1820</v>
       </c>
       <c r="G15" s="60" t="s">
-        <v>1826</v>
+        <v>1821</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>1827</v>
+        <v>1822</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>1828</v>
+        <v>1823</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>1829</v>
+        <v>1824</v>
       </c>
       <c r="D16" s="26" t="s">
-        <v>281</v>
+        <v>60</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>1830</v>
+        <v>1825</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>1831</v>
+        <v>1826</v>
       </c>
       <c r="G16" s="60" t="s">
-        <v>1832</v>
+        <v>1827</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>1833</v>
+        <v>1828</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>1834</v>
+        <v>1829</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>1835</v>
+        <v>1830</v>
       </c>
       <c r="D17" s="26" t="s">
-        <v>60</v>
+        <v>281</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>1836</v>
+        <v>1831</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>1837</v>
+        <v>1832</v>
       </c>
       <c r="G17" s="60" t="s">
-        <v>1838</v>
+        <v>1833</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>1839</v>
+        <v>1834</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>1723</v>
+        <v>1835</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>1840</v>
+        <v>1836</v>
       </c>
       <c r="D18" s="26" t="s">
-        <v>281</v>
+        <v>60</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>1841</v>
+        <v>1837</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>1842</v>
+        <v>1838</v>
       </c>
       <c r="G18" s="60" t="s">
-        <v>70</v>
+        <v>1839</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>1843</v>
+        <v>1840</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>1844</v>
+        <v>1724</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>1845</v>
+        <v>1841</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>1846</v>
+        <v>1842</v>
       </c>
       <c r="F19" s="60" t="s">
-        <v>1847</v>
+        <v>1843</v>
       </c>
       <c r="G19" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>1848</v>
+        <v>1844</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>1849</v>
+        <v>1845</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>1850</v>
+        <v>1846</v>
       </c>
       <c r="D20" s="26" t="s">
-        <v>87</v>
+        <v>281</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>1851</v>
+        <v>1847</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>1852</v>
+        <v>1848</v>
       </c>
       <c r="G20" s="60" t="s">
-        <v>1853</v>
+        <v>70</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>1854</v>
+        <v>1849</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>1855</v>
+        <v>1850</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>1856</v>
+        <v>1851</v>
       </c>
       <c r="D21" s="26" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="E21" s="26" t="s">
-        <v>1857</v>
+        <v>1852</v>
       </c>
       <c r="F21" s="60" t="s">
-        <v>1858</v>
+        <v>1853</v>
       </c>
       <c r="G21" s="60" t="s">
-        <v>1859</v>
+        <v>1854</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>1860</v>
+        <v>1855</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>1861</v>
+        <v>1856</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>1862</v>
+        <v>1857</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>74</v>
       </c>
       <c r="E22" s="26" t="s">
-        <v>1863</v>
+        <v>1858</v>
       </c>
       <c r="F22" s="60" t="s">
-        <v>1864</v>
+        <v>1859</v>
       </c>
       <c r="G22" s="60" t="s">
-        <v>1865</v>
+        <v>1860</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>1866</v>
+        <v>1861</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>1867</v>
+        <v>1862</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>1868</v>
+        <v>1863</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>74</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>1869</v>
+        <v>1864</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>1870</v>
+        <v>1865</v>
       </c>
       <c r="G23" s="60" t="s">
-        <v>1871</v>
+        <v>1866</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>1872</v>
+        <v>1867</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>1873</v>
+        <v>1868</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>1874</v>
+        <v>1869</v>
       </c>
       <c r="D24" s="27" t="s">
-        <v>53</v>
+        <v>74</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>1875</v>
+        <v>1870</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>1876</v>
+        <v>1871</v>
       </c>
       <c r="G24" s="66" t="s">
-        <v>1877</v>
+        <v>1872</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>1878</v>
+        <v>1873</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>1879</v>
+        <v>1874</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -16931,638 +16964,638 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>1994</v>
+        <v>1990</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>1995</v>
+        <v>1991</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>1882</v>
+        <v>1877</v>
       </c>
       <c r="D5" s="25" t="s">
-        <v>106</v>
+        <v>53</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>1883</v>
+        <v>1878</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>1884</v>
+        <v>1879</v>
       </c>
       <c r="G5" s="54" t="s">
-        <v>1885</v>
+        <v>1880</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>1886</v>
+        <v>1881</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>1887</v>
+        <v>1882</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>1888</v>
+        <v>1883</v>
       </c>
       <c r="D6" s="26" t="s">
-        <v>1889</v>
+        <v>106</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>1890</v>
+        <v>1884</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>1891</v>
+        <v>1885</v>
       </c>
       <c r="G6" s="60" t="s">
-        <v>1892</v>
+        <v>1886</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>1893</v>
+        <v>1887</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>1894</v>
+        <v>1888</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>1895</v>
+        <v>1889</v>
       </c>
       <c r="D7" s="26" t="s">
-        <v>1896</v>
+        <v>1890</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>1897</v>
+        <v>1891</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>1898</v>
+        <v>1892</v>
       </c>
       <c r="G7" s="60" t="s">
-        <v>1899</v>
+        <v>1893</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>1900</v>
+        <v>1894</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>1901</v>
+        <v>1895</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>1902</v>
+        <v>1896</v>
       </c>
       <c r="D8" s="26" t="s">
-        <v>482</v>
+        <v>1897</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>1903</v>
+        <v>1898</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>1904</v>
+        <v>1899</v>
       </c>
       <c r="G8" s="60" t="s">
-        <v>1905</v>
+        <v>1900</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>1906</v>
+        <v>1901</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>1907</v>
+        <v>1902</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>1908</v>
+        <v>1903</v>
       </c>
       <c r="D9" s="26" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="G9" s="60" t="s">
-        <v>1911</v>
+        <v>1906</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>1912</v>
+        <v>1907</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>1913</v>
+        <v>1909</v>
       </c>
       <c r="D10" s="26" t="s">
-        <v>113</v>
+        <v>487</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>1914</v>
+        <v>1910</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>1915</v>
+        <v>1911</v>
       </c>
       <c r="G10" s="60" t="s">
-        <v>1916</v>
+        <v>1912</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>1917</v>
+        <v>1913</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>1755</v>
+        <v>1908</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>1918</v>
+        <v>1914</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>1919</v>
+        <v>1915</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>1920</v>
+        <v>1916</v>
       </c>
       <c r="G11" s="60" t="s">
-        <v>1921</v>
+        <v>1917</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>1922</v>
+        <v>1918</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>1923</v>
+        <v>1756</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>1924</v>
+        <v>1919</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>1925</v>
+        <v>1920</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>1926</v>
+        <v>1921</v>
       </c>
       <c r="G12" s="60" t="s">
-        <v>1927</v>
+        <v>1922</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>1928</v>
+        <v>1923</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>1929</v>
+        <v>1924</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>1930</v>
+        <v>1925</v>
       </c>
       <c r="D13" s="26" t="s">
-        <v>153</v>
+        <v>113</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>1789</v>
+        <v>1926</v>
       </c>
       <c r="F13" s="60" t="s">
-        <v>1931</v>
+        <v>1927</v>
       </c>
       <c r="G13" s="60" t="s">
-        <v>1932</v>
+        <v>1928</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>1933</v>
+        <v>1929</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>1374</v>
+        <v>1930</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>1934</v>
+        <v>1931</v>
       </c>
       <c r="D14" s="26" t="s">
-        <v>25</v>
+        <v>153</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>1935</v>
+        <v>1790</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>1936</v>
+        <v>1932</v>
       </c>
       <c r="G14" s="60" t="s">
-        <v>1937</v>
+        <v>1933</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>1938</v>
+        <v>1934</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>1939</v>
+        <v>1376</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>1940</v>
+        <v>1935</v>
       </c>
       <c r="D15" s="26" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>1941</v>
+        <v>1936</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>1942</v>
+        <v>1937</v>
       </c>
       <c r="G15" s="60" t="s">
-        <v>1943</v>
+        <v>1938</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>1944</v>
+        <v>1939</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>1945</v>
+        <v>1940</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>1946</v>
+        <v>1941</v>
       </c>
       <c r="D16" s="26" t="s">
-        <v>67</v>
+        <v>12</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>1947</v>
+        <v>1942</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>1948</v>
+        <v>1943</v>
       </c>
       <c r="G16" s="60" t="s">
-        <v>70</v>
+        <v>1944</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>1949</v>
+        <v>1945</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>1950</v>
+        <v>1946</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>1951</v>
+        <v>1947</v>
       </c>
       <c r="D17" s="26" t="s">
-        <v>113</v>
+        <v>67</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>1952</v>
+        <v>1948</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>1953</v>
+        <v>1949</v>
       </c>
       <c r="G17" s="60" t="s">
-        <v>1954</v>
+        <v>70</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
+        <v>1950</v>
+      </c>
+      <c r="J17" s="64" t="s">
+        <v>1951</v>
+      </c>
+      <c r="K17" s="9"/>
+    </row>
+    <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="B18" s="10"/>
+      <c r="C18" s="36" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D18" s="26" t="s">
+        <v>113</v>
+      </c>
+      <c r="E18" s="26" t="s">
+        <v>1953</v>
+      </c>
+      <c r="F18" s="60" t="s">
+        <v>1954</v>
+      </c>
+      <c r="G18" s="60" t="s">
         <v>1955</v>
-      </c>
-[...25 lines deleted...]
-        <v>70</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
+        <v>1956</v>
+      </c>
+      <c r="J18" s="64" t="s">
+        <v>1957</v>
+      </c>
+      <c r="K18" s="9"/>
+    </row>
+    <row r="19" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="A19" s="2" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B19" s="10" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C19" s="36" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D19" s="26" t="s">
+        <v>74</v>
+      </c>
+      <c r="E19" s="26" t="s">
+        <v>1960</v>
+      </c>
+      <c r="F19" s="60" t="s">
         <v>1961</v>
       </c>
-      <c r="J18" s="64" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="G19" s="60" t="s">
-        <v>1966</v>
+        <v>70</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>1967</v>
+        <v>1962</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>1907</v>
+        <v>1963</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>1968</v>
+        <v>1964</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>1969</v>
+        <v>1966</v>
       </c>
       <c r="G20" s="60" t="s">
-        <v>1970</v>
+        <v>1967</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>1971</v>
+        <v>1968</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>1972</v>
+        <v>1908</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>1973</v>
+        <v>1969</v>
       </c>
       <c r="D21" s="26" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="E21" s="26" t="s">
-        <v>1974</v>
+        <v>1965</v>
       </c>
       <c r="F21" s="60" t="s">
-        <v>1975</v>
+        <v>1970</v>
       </c>
       <c r="G21" s="60" t="s">
-        <v>1976</v>
+        <v>1971</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>1977</v>
+        <v>1972</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>1978</v>
+        <v>1973</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>1979</v>
+        <v>1974</v>
       </c>
       <c r="D22" s="26" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="E22" s="26" t="s">
-        <v>1964</v>
+        <v>1975</v>
       </c>
       <c r="F22" s="60" t="s">
-        <v>1980</v>
+        <v>1976</v>
       </c>
       <c r="G22" s="60" t="s">
-        <v>1981</v>
+        <v>1977</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>1982</v>
+        <v>1978</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>1983</v>
+        <v>1979</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>1984</v>
+        <v>1980</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>1985</v>
+        <v>1981</v>
       </c>
       <c r="G23" s="60" t="s">
-        <v>1986</v>
+        <v>1982</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>1987</v>
+        <v>1983</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>1988</v>
+        <v>1984</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>1989</v>
+        <v>1985</v>
       </c>
       <c r="D24" s="27" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>1990</v>
+        <v>1986</v>
       </c>
       <c r="G24" s="66" t="s">
-        <v>1991</v>
+        <v>1987</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>1992</v>
+        <v>1988</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>1993</v>
+        <v>1989</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -17622,648 +17655,643 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>2108</v>
+        <v>2103</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>2109</v>
+        <v>2104</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>1997</v>
+        <v>1993</v>
       </c>
       <c r="G5" s="54" t="s">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="D6" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="G6" s="60" t="s">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="G7" s="60" t="s">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="D8" s="26" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>2012</v>
+        <v>1965</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="G8" s="60" t="s">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="D9" s="26" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>1964</v>
+        <v>2013</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>1969</v>
+        <v>2014</v>
       </c>
       <c r="G9" s="60" t="s">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>1971</v>
+        <v>2016</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="K9" s="9"/>
     </row>
-    <row r="10" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
-[...5 lines deleted...]
-      </c>
+    <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>2022</v>
+        <v>1965</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>2023</v>
+        <v>1970</v>
       </c>
       <c r="G10" s="60" t="s">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
+        <v>1972</v>
+      </c>
+      <c r="J10" s="64" t="s">
+        <v>2020</v>
+      </c>
+      <c r="K10" s="9"/>
+    </row>
+    <row r="11" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="A11" s="2" t="s">
+        <v>2021</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>2021</v>
+      </c>
+      <c r="C11" s="36" t="s">
+        <v>2022</v>
+      </c>
+      <c r="D11" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="26" t="s">
+        <v>2023</v>
+      </c>
+      <c r="F11" s="60" t="s">
+        <v>2024</v>
+      </c>
+      <c r="G11" s="60" t="s">
         <v>2025</v>
-      </c>
-[...20 lines deleted...]
-        <v>2030</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>2031</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>2032</v>
+        <v>2027</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>2033</v>
+        <v>2028</v>
       </c>
       <c r="D12" s="26" t="s">
-        <v>74</v>
+        <v>25</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>2034</v>
+        <v>2029</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>2035</v>
+        <v>2030</v>
       </c>
       <c r="G12" s="60" t="s">
-        <v>2036</v>
+        <v>2031</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>2037</v>
+        <v>2032</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>2038</v>
+        <v>2033</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>2039</v>
+        <v>2034</v>
       </c>
       <c r="D13" s="26" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>2040</v>
+        <v>2035</v>
       </c>
       <c r="F13" s="60" t="s">
-        <v>2041</v>
+        <v>2036</v>
       </c>
       <c r="G13" s="60" t="s">
-        <v>2042</v>
+        <v>2037</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>2043</v>
+        <v>2038</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>2044</v>
+        <v>2039</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>2045</v>
+        <v>2040</v>
       </c>
       <c r="D14" s="26" t="s">
-        <v>74</v>
+        <v>60</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>2046</v>
+        <v>2041</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>2047</v>
+        <v>2042</v>
       </c>
       <c r="G14" s="60" t="s">
-        <v>2048</v>
+        <v>2043</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>2049</v>
+        <v>2044</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>2050</v>
+        <v>2045</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>2051</v>
+        <v>2046</v>
       </c>
       <c r="D15" s="26" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>2052</v>
+        <v>2047</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>2053</v>
+        <v>2048</v>
       </c>
       <c r="G15" s="60" t="s">
-        <v>2054</v>
+        <v>2049</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>2055</v>
+        <v>2050</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>2056</v>
+        <v>2051</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>2057</v>
+        <v>2052</v>
       </c>
       <c r="D16" s="26" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>2058</v>
+        <v>2053</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>2059</v>
+        <v>2054</v>
       </c>
       <c r="G16" s="60" t="s">
-        <v>2060</v>
+        <v>2055</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>2061</v>
+        <v>2056</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>2062</v>
+        <v>2057</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>2063</v>
+        <v>2058</v>
       </c>
       <c r="D17" s="26" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>2064</v>
+        <v>2059</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>2065</v>
+        <v>2060</v>
       </c>
       <c r="G17" s="60" t="s">
-        <v>2066</v>
+        <v>2061</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>2067</v>
+        <v>2062</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>2068</v>
+        <v>2063</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>2069</v>
+        <v>2064</v>
       </c>
       <c r="D18" s="26" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>2070</v>
+        <v>2065</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>2071</v>
+        <v>2066</v>
       </c>
       <c r="G18" s="60" t="s">
-        <v>2072</v>
+        <v>2067</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
+        <v>2068</v>
+      </c>
+      <c r="J18" s="64" t="s">
+        <v>2069</v>
+      </c>
+      <c r="K18" s="9"/>
+    </row>
+    <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="B19" s="10"/>
+      <c r="C19" s="36" t="s">
+        <v>2070</v>
+      </c>
+      <c r="D19" s="26" t="s">
+        <v>87</v>
+      </c>
+      <c r="E19" s="26" t="s">
+        <v>2071</v>
+      </c>
+      <c r="F19" s="60" t="s">
+        <v>2072</v>
+      </c>
+      <c r="G19" s="60" t="s">
         <v>2073</v>
-      </c>
-[...25 lines deleted...]
-        <v>2079</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
+        <v>2074</v>
+      </c>
+      <c r="J19" s="64" t="s">
+        <v>2075</v>
+      </c>
+      <c r="K19" s="9"/>
+    </row>
+    <row r="20" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="A20" s="2" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B20" s="10" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C20" s="36" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D20" s="26" t="s">
+        <v>153</v>
+      </c>
+      <c r="E20" s="26" t="s">
+        <v>2078</v>
+      </c>
+      <c r="F20" s="60" t="s">
+        <v>2079</v>
+      </c>
+      <c r="G20" s="60" t="s">
         <v>2080</v>
-      </c>
-[...20 lines deleted...]
-        <v>2085</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>2086</v>
+        <v>2081</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>2087</v>
+        <v>2082</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>2088</v>
+        <v>2083</v>
       </c>
       <c r="D21" s="26" t="s">
-        <v>153</v>
+        <v>106</v>
       </c>
       <c r="E21" s="26" t="s">
-        <v>2077</v>
+        <v>2084</v>
       </c>
       <c r="F21" s="60" t="s">
-        <v>2089</v>
+        <v>2085</v>
       </c>
       <c r="G21" s="60" t="s">
-        <v>2090</v>
+        <v>2086</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>2091</v>
+        <v>2087</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>2092</v>
+        <v>2088</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>2093</v>
+        <v>2089</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>153</v>
       </c>
       <c r="E22" s="26" t="s">
-        <v>2077</v>
+        <v>2078</v>
       </c>
       <c r="F22" s="60" t="s">
-        <v>2094</v>
+        <v>2090</v>
       </c>
       <c r="G22" s="60" t="s">
-        <v>2095</v>
+        <v>2091</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>2096</v>
+        <v>2092</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>2097</v>
+        <v>2093</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>2098</v>
+        <v>2094</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>153</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>2077</v>
+        <v>2078</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>2099</v>
+        <v>2095</v>
       </c>
       <c r="G23" s="60" t="s">
-        <v>2100</v>
+        <v>2096</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
+        <v>2097</v>
+      </c>
+      <c r="J23" s="64" t="s">
+        <v>2098</v>
+      </c>
+      <c r="K23" s="9"/>
+    </row>
+    <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
+      <c r="B24" s="11"/>
+      <c r="C24" s="37" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D24" s="27" t="s">
+        <v>153</v>
+      </c>
+      <c r="E24" s="27" t="s">
+        <v>2078</v>
+      </c>
+      <c r="F24" s="66" t="s">
+        <v>2100</v>
+      </c>
+      <c r="G24" s="66" t="s">
         <v>2101</v>
-      </c>
-[...25 lines deleted...]
-        <v>70</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>2106</v>
+        <v>2102</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>2107</v>
+        <v>2098</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -18323,653 +18351,653 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>2225</v>
+        <v>2221</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>2226</v>
+        <v>2222</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>2102</v>
+        <v>2105</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>2102</v>
+        <v>2105</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>2110</v>
+        <v>2106</v>
       </c>
       <c r="D5" s="25" t="s">
-        <v>106</v>
+        <v>87</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>2104</v>
+        <v>2107</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>2111</v>
+        <v>2108</v>
       </c>
       <c r="G5" s="54" t="s">
-        <v>2112</v>
+        <v>70</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>2113</v>
+        <v>2109</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>2114</v>
+        <v>2110</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>2115</v>
+        <v>2111</v>
       </c>
       <c r="D6" s="26" t="s">
-        <v>25</v>
+        <v>106</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>2116</v>
+        <v>2107</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>2117</v>
+        <v>2112</v>
       </c>
       <c r="G6" s="60" t="s">
-        <v>2118</v>
+        <v>2113</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
+        <v>2114</v>
+      </c>
+      <c r="J6" s="64" t="s">
+        <v>2115</v>
+      </c>
+      <c r="K6" s="9"/>
+    </row>
+    <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="B7" s="10"/>
+      <c r="C7" s="36" t="s">
+        <v>2116</v>
+      </c>
+      <c r="D7" s="26" t="s">
+        <v>25</v>
+      </c>
+      <c r="E7" s="26" t="s">
+        <v>2117</v>
+      </c>
+      <c r="F7" s="60" t="s">
+        <v>2118</v>
+      </c>
+      <c r="G7" s="60" t="s">
         <v>2119</v>
-      </c>
-[...25 lines deleted...]
-        <v>2125</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>2126</v>
+        <v>2120</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>1127</v>
+        <v>2121</v>
       </c>
       <c r="K7" s="9"/>
     </row>
-    <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
-      <c r="B8" s="10"/>
+    <row r="8" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="A8" s="2" t="s">
+        <v>2122</v>
+      </c>
+      <c r="B8" s="10" t="s">
+        <v>2122</v>
+      </c>
       <c r="C8" s="36" t="s">
-        <v>2127</v>
+        <v>2123</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>2128</v>
+        <v>2125</v>
       </c>
       <c r="G8" s="60" t="s">
-        <v>2129</v>
+        <v>2126</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>2130</v>
+        <v>2127</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>2131</v>
+        <v>1132</v>
       </c>
       <c r="K8" s="9"/>
     </row>
-    <row r="9" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
-[...5 lines deleted...]
-      </c>
+    <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>2133</v>
+        <v>2128</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>2134</v>
+        <v>2124</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>2135</v>
+        <v>2129</v>
       </c>
       <c r="G9" s="60" t="s">
-        <v>2136</v>
+        <v>2130</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
+        <v>2131</v>
+      </c>
+      <c r="J9" s="64" t="s">
+        <v>2132</v>
+      </c>
+      <c r="K9" s="9"/>
+    </row>
+    <row r="10" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="A10" s="2" t="s">
+        <v>2133</v>
+      </c>
+      <c r="B10" s="10" t="s">
+        <v>2133</v>
+      </c>
+      <c r="C10" s="36" t="s">
+        <v>2134</v>
+      </c>
+      <c r="D10" s="26" t="s">
+        <v>106</v>
+      </c>
+      <c r="E10" s="26" t="s">
+        <v>2135</v>
+      </c>
+      <c r="F10" s="60" t="s">
+        <v>2136</v>
+      </c>
+      <c r="G10" s="60" t="s">
         <v>2137</v>
-      </c>
-[...20 lines deleted...]
-        <v>2142</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>2143</v>
+        <v>2138</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>2144</v>
+        <v>2139</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>2145</v>
+        <v>2140</v>
       </c>
       <c r="D11" s="26" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>2146</v>
+        <v>2141</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>2147</v>
+        <v>2142</v>
       </c>
       <c r="G11" s="60" t="s">
-        <v>2147</v>
+        <v>2143</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
+        <v>2144</v>
+      </c>
+      <c r="J11" s="64" t="s">
+        <v>2145</v>
+      </c>
+      <c r="K11" s="9"/>
+    </row>
+    <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="B12" s="10"/>
+      <c r="C12" s="36" t="s">
+        <v>2146</v>
+      </c>
+      <c r="D12" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="E12" s="26" t="s">
+        <v>2147</v>
+      </c>
+      <c r="F12" s="60" t="s">
         <v>2148</v>
       </c>
-      <c r="J11" s="64" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="G12" s="60" t="s">
-        <v>70</v>
+        <v>2148</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
+        <v>2149</v>
+      </c>
+      <c r="J12" s="64" t="s">
+        <v>2150</v>
+      </c>
+      <c r="K12" s="9"/>
+    </row>
+    <row r="13" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="A13" s="2" t="s">
+        <v>2151</v>
+      </c>
+      <c r="B13" s="10" t="s">
+        <v>2151</v>
+      </c>
+      <c r="C13" s="36" t="s">
+        <v>2152</v>
+      </c>
+      <c r="D13" s="26" t="s">
+        <v>127</v>
+      </c>
+      <c r="E13" s="26" t="s">
+        <v>2153</v>
+      </c>
+      <c r="F13" s="60" t="s">
         <v>2154</v>
-      </c>
-[...17 lines deleted...]
-        <v>2158</v>
       </c>
       <c r="G13" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>2159</v>
+        <v>2155</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>2160</v>
+        <v>2156</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>2161</v>
+        <v>2157</v>
       </c>
       <c r="D14" s="26" t="s">
-        <v>1178</v>
+        <v>87</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>2162</v>
+        <v>2158</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>2163</v>
+        <v>2159</v>
       </c>
       <c r="G14" s="60" t="s">
-        <v>2164</v>
+        <v>70</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>2165</v>
+        <v>2160</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>2166</v>
+        <v>2161</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>2167</v>
+        <v>2162</v>
       </c>
       <c r="D15" s="26" t="s">
-        <v>1178</v>
+        <v>25</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>2162</v>
+        <v>2163</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>2168</v>
+        <v>2164</v>
       </c>
       <c r="G15" s="60" t="s">
-        <v>2169</v>
+        <v>2165</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
+        <v>2166</v>
+      </c>
+      <c r="J15" s="64" t="s">
+        <v>2167</v>
+      </c>
+      <c r="K15" s="9"/>
+    </row>
+    <row r="16" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="A16" s="2" t="s">
+        <v>2168</v>
+      </c>
+      <c r="B16" s="10" t="s">
+        <v>2168</v>
+      </c>
+      <c r="C16" s="36" t="s">
+        <v>2169</v>
+      </c>
+      <c r="D16" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E16" s="26" t="s">
+        <v>1784</v>
+      </c>
+      <c r="F16" s="60" t="s">
         <v>2170</v>
       </c>
-      <c r="J15" s="64" t="s">
+      <c r="G16" s="60" t="s">
         <v>2171</v>
-      </c>
-[...17 lines deleted...]
-        <v>2175</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>2176</v>
+        <v>2172</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>2177</v>
+        <v>2173</v>
       </c>
       <c r="K16" s="9"/>
     </row>
-    <row r="17" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
-[...5 lines deleted...]
-      </c>
+    <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>2179</v>
+        <v>2174</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>1783</v>
+        <v>2175</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>2180</v>
+        <v>2176</v>
       </c>
       <c r="G17" s="60" t="s">
-        <v>2181</v>
+        <v>2177</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>2182</v>
+        <v>2178</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>2183</v>
+        <v>2179</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>2184</v>
+        <v>2180</v>
       </c>
       <c r="D18" s="26" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>2185</v>
+        <v>2181</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>2186</v>
+        <v>2182</v>
       </c>
       <c r="G18" s="60" t="s">
-        <v>2187</v>
+        <v>2183</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>2188</v>
+        <v>2184</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>2189</v>
+        <v>2185</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>2190</v>
+        <v>2186</v>
       </c>
       <c r="D19" s="26" t="s">
-        <v>25</v>
+        <v>106</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>2191</v>
+        <v>2187</v>
       </c>
       <c r="F19" s="60" t="s">
-        <v>2192</v>
+        <v>2188</v>
       </c>
       <c r="G19" s="60" t="s">
-        <v>2193</v>
+        <v>2189</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>2194</v>
+        <v>2190</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>2195</v>
+        <v>2191</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>2196</v>
+        <v>2192</v>
       </c>
       <c r="D20" s="26" t="s">
-        <v>106</v>
+        <v>12</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>2197</v>
+        <v>2193</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>2198</v>
+        <v>2194</v>
       </c>
       <c r="G20" s="60" t="s">
-        <v>2199</v>
+        <v>2195</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>2200</v>
+        <v>2196</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>2201</v>
+        <v>2197</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>2202</v>
+        <v>2198</v>
       </c>
       <c r="D21" s="26" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E21" s="26" t="s">
-        <v>2203</v>
+        <v>2199</v>
       </c>
       <c r="F21" s="60" t="s">
-        <v>2204</v>
+        <v>2200</v>
       </c>
       <c r="G21" s="60" t="s">
-        <v>2205</v>
+        <v>2201</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>2206</v>
+        <v>2202</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>2207</v>
+        <v>2203</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>2208</v>
+        <v>2204</v>
       </c>
       <c r="D22" s="26" t="s">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="E22" s="26" t="s">
-        <v>2209</v>
+        <v>2205</v>
       </c>
       <c r="F22" s="60" t="s">
-        <v>2210</v>
+        <v>2176</v>
       </c>
       <c r="G22" s="60" t="s">
-        <v>2211</v>
+        <v>2206</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>2212</v>
+        <v>2207</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>2213</v>
+        <v>2208</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>2214</v>
+        <v>2209</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>2215</v>
+        <v>2210</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>2186</v>
+        <v>2211</v>
       </c>
       <c r="G23" s="60" t="s">
-        <v>2216</v>
+        <v>2212</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>2217</v>
+        <v>2213</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>2218</v>
+        <v>2214</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>2219</v>
+        <v>2215</v>
       </c>
       <c r="D24" s="27" t="s">
         <v>60</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>2220</v>
+        <v>2216</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>2221</v>
+        <v>2217</v>
       </c>
       <c r="G24" s="66" t="s">
-        <v>2222</v>
+        <v>2218</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>2223</v>
+        <v>2219</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>2224</v>
+        <v>2220</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -19725,638 +19753,638 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>2322</v>
+        <v>2315</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>2323</v>
+        <v>2316</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>2178</v>
+        <v>2168</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>2178</v>
+        <v>2168</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>2227</v>
+        <v>2223</v>
       </c>
       <c r="D5" s="25" t="s">
-        <v>60</v>
+        <v>589</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>2228</v>
+        <v>2224</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>2229</v>
+        <v>2225</v>
       </c>
       <c r="G5" s="54" t="s">
-        <v>2230</v>
+        <v>2226</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>2231</v>
+        <v>2227</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>2232</v>
+        <v>2228</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>2233</v>
+        <v>2229</v>
       </c>
       <c r="D6" s="26" t="s">
-        <v>584</v>
+        <v>25</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>2234</v>
+        <v>2230</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>2235</v>
+        <v>2231</v>
       </c>
       <c r="G6" s="60" t="s">
-        <v>2236</v>
+        <v>2232</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>2237</v>
+        <v>2233</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>2238</v>
+        <v>2234</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>2239</v>
+        <v>2235</v>
       </c>
       <c r="D7" s="26" t="s">
-        <v>25</v>
+        <v>106</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>2240</v>
+        <v>2236</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>2241</v>
+        <v>2237</v>
       </c>
       <c r="G7" s="60" t="s">
-        <v>2242</v>
+        <v>2238</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
+        <v>2239</v>
+      </c>
+      <c r="J7" s="64" t="s">
+        <v>2240</v>
+      </c>
+      <c r="K7" s="9"/>
+    </row>
+    <row r="8" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="A8" s="2" t="s">
+        <v>2241</v>
+      </c>
+      <c r="B8" s="10" t="s">
+        <v>2241</v>
+      </c>
+      <c r="C8" s="36" t="s">
+        <v>2242</v>
+      </c>
+      <c r="D8" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E8" s="26" t="s">
         <v>2243</v>
       </c>
-      <c r="J7" s="64" t="s">
+      <c r="F8" s="60" t="s">
         <v>2244</v>
       </c>
-      <c r="K7" s="9"/>
-[...3 lines deleted...]
-      <c r="C8" s="36" t="s">
+      <c r="G8" s="60" t="s">
         <v>2245</v>
-      </c>
-[...10 lines deleted...]
-        <v>2248</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>2249</v>
+        <v>2246</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>2250</v>
+        <v>2247</v>
       </c>
       <c r="K8" s="9"/>
     </row>
-    <row r="9" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
-[...5 lines deleted...]
-      </c>
+    <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>2252</v>
+        <v>2248</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>2253</v>
+        <v>2249</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>2254</v>
+        <v>2250</v>
       </c>
       <c r="G9" s="60" t="s">
-        <v>2255</v>
+        <v>2251</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>2256</v>
+        <v>2252</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>2257</v>
+        <v>2253</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>2258</v>
+        <v>2254</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>2259</v>
+        <v>2255</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>2260</v>
+        <v>2256</v>
       </c>
       <c r="G10" s="60" t="s">
-        <v>2261</v>
+        <v>2257</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>2262</v>
+        <v>2258</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>2263</v>
+        <v>2253</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>2264</v>
+        <v>2259</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>2265</v>
+        <v>2260</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>2266</v>
+        <v>2261</v>
       </c>
       <c r="G11" s="60" t="s">
-        <v>2267</v>
+        <v>2262</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>2268</v>
+        <v>2263</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>2263</v>
+        <v>2247</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>2269</v>
+        <v>2264</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>2270</v>
+        <v>2265</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>2271</v>
+        <v>2266</v>
       </c>
       <c r="G12" s="60" t="s">
-        <v>2272</v>
+        <v>2267</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>2273</v>
+        <v>2268</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>2257</v>
+        <v>2269</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>2274</v>
+        <v>2270</v>
       </c>
       <c r="D13" s="26" t="s">
-        <v>60</v>
+        <v>281</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>2275</v>
+        <v>2271</v>
       </c>
       <c r="F13" s="60" t="s">
-        <v>2276</v>
+        <v>2272</v>
       </c>
       <c r="G13" s="60" t="s">
-        <v>2277</v>
+        <v>70</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>2278</v>
+        <v>2273</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>2279</v>
+        <v>2274</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>2280</v>
+        <v>2275</v>
       </c>
       <c r="D14" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>2281</v>
+        <v>2271</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>2282</v>
+        <v>2276</v>
       </c>
       <c r="G14" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>2283</v>
+        <v>2277</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>2284</v>
+        <v>2278</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>2285</v>
+        <v>2279</v>
       </c>
       <c r="D15" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>2281</v>
+        <v>2271</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>2286</v>
+        <v>2280</v>
       </c>
       <c r="G15" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>2287</v>
+        <v>2281</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>2288</v>
+        <v>2282</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>2289</v>
+        <v>2283</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>2281</v>
+        <v>2271</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>2290</v>
+        <v>2284</v>
       </c>
       <c r="G16" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>2291</v>
+        <v>2285</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>2292</v>
+        <v>2286</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>2293</v>
+        <v>2287</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>2281</v>
+        <v>2271</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>2294</v>
+        <v>2288</v>
       </c>
       <c r="G17" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>2295</v>
+        <v>2289</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>2296</v>
+        <v>2290</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>2297</v>
+        <v>2291</v>
       </c>
       <c r="D18" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>2281</v>
+        <v>2271</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>2298</v>
+        <v>2292</v>
       </c>
       <c r="G18" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>2299</v>
+        <v>2293</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>2300</v>
+        <v>2290</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>2301</v>
+        <v>2294</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>2281</v>
+        <v>2271</v>
       </c>
       <c r="F19" s="60" t="s">
-        <v>2302</v>
+        <v>2295</v>
       </c>
       <c r="G19" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>2303</v>
+        <v>2296</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>2300</v>
+        <v>85</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>2304</v>
+        <v>2297</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>2281</v>
+        <v>2271</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>2305</v>
+        <v>2298</v>
       </c>
       <c r="G20" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>2306</v>
+        <v>2299</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>85</v>
+        <v>2300</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>2307</v>
+        <v>2301</v>
       </c>
       <c r="D21" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E21" s="26" t="s">
-        <v>2281</v>
+        <v>2271</v>
       </c>
       <c r="F21" s="60" t="s">
-        <v>2308</v>
+        <v>2302</v>
       </c>
       <c r="G21" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>2309</v>
+        <v>2303</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>2310</v>
+        <v>2300</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>2311</v>
+        <v>2304</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E22" s="26" t="s">
-        <v>2281</v>
+        <v>2271</v>
       </c>
       <c r="F22" s="60" t="s">
-        <v>2312</v>
+        <v>2305</v>
       </c>
       <c r="G22" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>2313</v>
+        <v>2306</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>2310</v>
+        <v>2307</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>2314</v>
+        <v>2308</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>2281</v>
+        <v>2271</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>2315</v>
+        <v>2309</v>
       </c>
       <c r="G23" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>2316</v>
+        <v>2310</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>2317</v>
+        <v>2311</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>2318</v>
+        <v>2312</v>
       </c>
       <c r="D24" s="27" t="s">
         <v>281</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>2281</v>
+        <v>2271</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>2319</v>
+        <v>2313</v>
       </c>
       <c r="G24" s="66" t="s">
         <v>70</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>2320</v>
+        <v>2314</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>2321</v>
+        <v>744</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -20416,643 +20444,643 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>2435</v>
+        <v>2431</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>2436</v>
+        <v>2432</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>2251</v>
+        <v>2241</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>2251</v>
+        <v>2241</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>2324</v>
+        <v>2317</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>281</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>2281</v>
+        <v>2271</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>2325</v>
+        <v>2318</v>
       </c>
       <c r="G5" s="54" t="s">
         <v>70</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>2326</v>
+        <v>2319</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>739</v>
+        <v>2320</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>2327</v>
+        <v>2321</v>
       </c>
       <c r="D6" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>2281</v>
+        <v>2271</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>2328</v>
+        <v>2322</v>
       </c>
       <c r="G6" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>2329</v>
+        <v>2323</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>2330</v>
+        <v>2324</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>2331</v>
+        <v>2325</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>2281</v>
+        <v>2271</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>2332</v>
+        <v>2326</v>
       </c>
       <c r="G7" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>2333</v>
+        <v>2327</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>2334</v>
+        <v>2328</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>2335</v>
+        <v>2329</v>
       </c>
       <c r="D8" s="26" t="s">
-        <v>281</v>
+        <v>12</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>2281</v>
+        <v>2330</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>2336</v>
+        <v>2331</v>
       </c>
       <c r="G8" s="60" t="s">
-        <v>70</v>
+        <v>2332</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>2337</v>
+        <v>2333</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>2338</v>
+        <v>2334</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>2339</v>
+        <v>2335</v>
       </c>
       <c r="D9" s="26" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>2340</v>
+        <v>2336</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>2341</v>
+        <v>2337</v>
       </c>
       <c r="G9" s="60" t="s">
-        <v>2342</v>
+        <v>2338</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>2343</v>
+        <v>2339</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>2344</v>
+        <v>2340</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>2345</v>
+        <v>2341</v>
       </c>
       <c r="D10" s="26" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>2346</v>
+        <v>2342</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>2347</v>
+        <v>2343</v>
       </c>
       <c r="G10" s="60" t="s">
-        <v>2348</v>
+        <v>2344</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>2349</v>
+        <v>2345</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>2350</v>
+        <v>2346</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>2351</v>
+        <v>2347</v>
       </c>
       <c r="D11" s="26" t="s">
-        <v>39</v>
+        <v>106</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>2352</v>
+        <v>2348</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>2353</v>
+        <v>2349</v>
       </c>
       <c r="G11" s="60" t="s">
-        <v>2354</v>
+        <v>2350</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>2355</v>
+        <v>2351</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>2356</v>
+        <v>2352</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>2357</v>
+        <v>2353</v>
       </c>
       <c r="D12" s="26" t="s">
-        <v>106</v>
+        <v>74</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>2358</v>
+        <v>2354</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>2359</v>
+        <v>2355</v>
       </c>
       <c r="G12" s="60" t="s">
-        <v>2360</v>
+        <v>2356</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>2361</v>
+        <v>2357</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>2362</v>
+        <v>2358</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>2363</v>
+        <v>2359</v>
       </c>
       <c r="D13" s="26" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>2364</v>
+        <v>2360</v>
       </c>
       <c r="F13" s="60" t="s">
-        <v>2365</v>
+        <v>2361</v>
       </c>
       <c r="G13" s="60" t="s">
-        <v>2366</v>
+        <v>2362</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>2367</v>
+        <v>2363</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>2368</v>
+        <v>2364</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>2369</v>
+        <v>2365</v>
       </c>
       <c r="D14" s="26" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>2370</v>
+        <v>2366</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>2371</v>
+        <v>2367</v>
       </c>
       <c r="G14" s="60" t="s">
-        <v>2372</v>
+        <v>2368</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>2373</v>
+        <v>2369</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>2374</v>
+        <v>2370</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>2375</v>
+        <v>2371</v>
       </c>
       <c r="D15" s="26" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>2376</v>
+        <v>2372</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>2377</v>
+        <v>2373</v>
       </c>
       <c r="G15" s="60" t="s">
-        <v>2378</v>
+        <v>2374</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>2379</v>
+        <v>2375</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>2380</v>
+        <v>2376</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>2381</v>
+        <v>2377</v>
       </c>
       <c r="D16" s="26" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>2382</v>
+        <v>2378</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>2383</v>
+        <v>2379</v>
       </c>
       <c r="G16" s="60" t="s">
-        <v>2384</v>
+        <v>2380</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>2385</v>
+        <v>2381</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>2386</v>
+        <v>2382</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>2387</v>
+        <v>2383</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>2388</v>
+        <v>2378</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>2389</v>
+        <v>2384</v>
       </c>
       <c r="G17" s="60" t="s">
-        <v>2390</v>
+        <v>2385</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>2391</v>
+        <v>2386</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>2392</v>
+        <v>2387</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>2393</v>
+        <v>2388</v>
       </c>
       <c r="D18" s="26" t="s">
-        <v>32</v>
+        <v>113</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>2388</v>
+        <v>2389</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>2394</v>
+        <v>2390</v>
       </c>
       <c r="G18" s="60" t="s">
-        <v>2395</v>
+        <v>2391</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>2396</v>
+        <v>2392</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>2397</v>
+        <v>2393</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>2398</v>
+        <v>2394</v>
       </c>
       <c r="D19" s="26" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>2399</v>
+        <v>2395</v>
       </c>
       <c r="F19" s="60" t="s">
-        <v>2400</v>
+        <v>2396</v>
       </c>
       <c r="G19" s="60" t="s">
-        <v>2401</v>
+        <v>2397</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>2402</v>
+        <v>2398</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>2403</v>
+        <v>2399</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>2404</v>
+        <v>2400</v>
       </c>
       <c r="D20" s="26" t="s">
-        <v>106</v>
+        <v>153</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>2405</v>
+        <v>2401</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>2406</v>
+        <v>2402</v>
       </c>
       <c r="G20" s="60" t="s">
-        <v>2407</v>
+        <v>2403</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>2408</v>
+        <v>2404</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>2409</v>
+        <v>2405</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>2410</v>
+        <v>2406</v>
       </c>
       <c r="D21" s="26" t="s">
-        <v>153</v>
+        <v>12</v>
       </c>
       <c r="E21" s="26" t="s">
-        <v>2411</v>
+        <v>2407</v>
       </c>
       <c r="F21" s="60" t="s">
-        <v>2412</v>
+        <v>2408</v>
       </c>
       <c r="G21" s="60" t="s">
-        <v>2413</v>
+        <v>2409</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>2414</v>
+        <v>2410</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>2415</v>
+        <v>2411</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>2416</v>
+        <v>2412</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E22" s="26" t="s">
-        <v>2405</v>
+        <v>2395</v>
       </c>
       <c r="F22" s="60" t="s">
-        <v>2417</v>
+        <v>2413</v>
       </c>
       <c r="G22" s="60" t="s">
-        <v>2418</v>
+        <v>2414</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>2419</v>
+        <v>2415</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>2420</v>
+        <v>2416</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A23" s="2" t="s">
-        <v>2421</v>
+        <v>2417</v>
       </c>
       <c r="B23" s="10" t="s">
-        <v>2421</v>
+        <v>2417</v>
       </c>
       <c r="C23" s="36" t="s">
-        <v>2422</v>
+        <v>2418</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>2423</v>
+        <v>2419</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>2424</v>
+        <v>2420</v>
       </c>
       <c r="G23" s="60" t="s">
-        <v>2425</v>
+        <v>2421</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>2426</v>
+        <v>2422</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>2427</v>
+        <v>2423</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="A24" s="2" t="s">
-        <v>2428</v>
+        <v>2424</v>
       </c>
       <c r="B24" s="11" t="s">
-        <v>2428</v>
+        <v>2424</v>
       </c>
       <c r="C24" s="37" t="s">
-        <v>2429</v>
+        <v>2425</v>
       </c>
       <c r="D24" s="27" t="s">
         <v>60</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>2430</v>
+        <v>2426</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>2431</v>
+        <v>2427</v>
       </c>
       <c r="G24" s="66" t="s">
-        <v>2432</v>
+        <v>2428</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>2433</v>
+        <v>2429</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>2434</v>
+        <v>2430</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -21112,638 +21140,638 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>2525</v>
+        <v>2521</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>2526</v>
+        <v>2522</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>2428</v>
+        <v>2424</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>2428</v>
+        <v>2424</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>2437</v>
+        <v>2433</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>25</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>2438</v>
+        <v>2434</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>2439</v>
+        <v>2435</v>
       </c>
       <c r="G5" s="54" t="s">
-        <v>2440</v>
+        <v>2436</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>2441</v>
+        <v>2437</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>2442</v>
+        <v>2438</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>2443</v>
+        <v>2439</v>
       </c>
       <c r="D6" s="26" t="s">
         <v>39</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>2444</v>
+        <v>2440</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>2445</v>
+        <v>2441</v>
       </c>
       <c r="G6" s="60" t="s">
-        <v>2446</v>
+        <v>2442</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>2447</v>
+        <v>2443</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>2448</v>
+        <v>2444</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>2449</v>
+        <v>2445</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>74</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>2450</v>
+        <v>2446</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>2451</v>
+        <v>2447</v>
       </c>
       <c r="G7" s="60" t="s">
-        <v>2452</v>
+        <v>2448</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>2453</v>
+        <v>2449</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>2454</v>
+        <v>2450</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>2455</v>
+        <v>2451</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>2456</v>
+        <v>2452</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>2457</v>
+        <v>2453</v>
       </c>
       <c r="G8" s="60" t="s">
-        <v>2458</v>
+        <v>2454</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>2459</v>
+        <v>2455</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>2460</v>
+        <v>2456</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>2461</v>
+        <v>2457</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>87</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>2462</v>
+        <v>2458</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>2463</v>
+        <v>2459</v>
       </c>
       <c r="G9" s="60" t="s">
-        <v>2464</v>
+        <v>2460</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>2465</v>
+        <v>2461</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>2466</v>
+        <v>2462</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>2467</v>
+        <v>2463</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>153</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>2468</v>
+        <v>2464</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>2469</v>
+        <v>2465</v>
       </c>
       <c r="G10" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>2470</v>
+        <v>2466</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>2471</v>
+        <v>2467</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>2472</v>
+        <v>2468</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>153</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>2468</v>
+        <v>2464</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>2473</v>
+        <v>2469</v>
       </c>
       <c r="G11" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>2474</v>
+        <v>2470</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>2471</v>
+        <v>2467</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>2475</v>
+        <v>2471</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>2476</v>
+        <v>2472</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>2477</v>
+        <v>2473</v>
       </c>
       <c r="G12" s="60" t="s">
-        <v>2478</v>
+        <v>2474</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>2479</v>
+        <v>2475</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>2330</v>
+        <v>2320</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>2480</v>
+        <v>2476</v>
       </c>
       <c r="D13" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>2456</v>
+        <v>2452</v>
       </c>
       <c r="F13" s="60" t="s">
-        <v>2481</v>
+        <v>2477</v>
       </c>
       <c r="G13" s="60" t="s">
-        <v>2482</v>
+        <v>2478</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>2483</v>
+        <v>2479</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>2484</v>
+        <v>2480</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>2485</v>
+        <v>2481</v>
       </c>
       <c r="D14" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>2486</v>
+        <v>2482</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>2487</v>
+        <v>2483</v>
       </c>
       <c r="G14" s="60" t="s">
-        <v>2488</v>
+        <v>2484</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>2489</v>
+        <v>2485</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>2490</v>
+        <v>2486</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A15" s="2" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="B15" s="10" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="C15" s="36" t="s">
-        <v>2492</v>
+        <v>2488</v>
       </c>
       <c r="D15" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>2494</v>
+        <v>2490</v>
       </c>
       <c r="G15" s="60" t="s">
-        <v>2495</v>
+        <v>2491</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>2496</v>
+        <v>2492</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>2498</v>
+        <v>2494</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>2499</v>
+        <v>2495</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>2494</v>
+        <v>2490</v>
       </c>
       <c r="G16" s="60" t="s">
-        <v>2495</v>
+        <v>2491</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>2500</v>
+        <v>2496</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>2501</v>
+        <v>2497</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>2502</v>
+        <v>2498</v>
       </c>
       <c r="G17" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>2503</v>
+        <v>2499</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>2504</v>
+        <v>2500</v>
       </c>
       <c r="D18" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>2505</v>
+        <v>2501</v>
       </c>
       <c r="G18" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>2506</v>
+        <v>2502</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>2507</v>
+        <v>2503</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F19" s="60" t="s">
-        <v>2508</v>
+        <v>2504</v>
       </c>
       <c r="G19" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>2509</v>
+        <v>2505</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>2510</v>
+        <v>2506</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>2511</v>
+        <v>2507</v>
       </c>
       <c r="G20" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>2512</v>
+        <v>2508</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>2513</v>
+        <v>2509</v>
       </c>
       <c r="D21" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E21" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F21" s="60" t="s">
-        <v>2514</v>
+        <v>2510</v>
       </c>
       <c r="G21" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>2515</v>
+        <v>2511</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>2516</v>
+        <v>2512</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E22" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F22" s="60" t="s">
-        <v>2517</v>
+        <v>2513</v>
       </c>
       <c r="G22" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>2518</v>
+        <v>2514</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>2519</v>
+        <v>2515</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>2520</v>
+        <v>2516</v>
       </c>
       <c r="G23" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>2521</v>
+        <v>2517</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>2522</v>
+        <v>2518</v>
       </c>
       <c r="D24" s="27" t="s">
         <v>113</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>2523</v>
+        <v>2519</v>
       </c>
       <c r="G24" s="66" t="s">
         <v>70</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>2524</v>
+        <v>2520</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -21803,633 +21831,633 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>2587</v>
+        <v>2583</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>2588</v>
+        <v>2584</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>2527</v>
+        <v>2523</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>113</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>2528</v>
+        <v>2524</v>
       </c>
       <c r="G5" s="54" t="s">
         <v>70</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>2529</v>
+        <v>2525</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>2530</v>
+        <v>2526</v>
       </c>
       <c r="D6" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>2531</v>
+        <v>2527</v>
       </c>
       <c r="G6" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>2532</v>
+        <v>2528</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>2533</v>
+        <v>2529</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>2534</v>
+        <v>2530</v>
       </c>
       <c r="G7" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>2535</v>
+        <v>2531</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>2536</v>
+        <v>2532</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>2537</v>
+        <v>2533</v>
       </c>
       <c r="G8" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>2538</v>
+        <v>2534</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>2539</v>
+        <v>2535</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>2540</v>
+        <v>2536</v>
       </c>
       <c r="G9" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>2541</v>
+        <v>2537</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>2542</v>
+        <v>2538</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>2543</v>
+        <v>2539</v>
       </c>
       <c r="G10" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>2544</v>
+        <v>2540</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>2545</v>
+        <v>2541</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>2546</v>
+        <v>2542</v>
       </c>
       <c r="G11" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>2547</v>
+        <v>2543</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>2548</v>
+        <v>2544</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>2549</v>
+        <v>2545</v>
       </c>
       <c r="G12" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>2550</v>
+        <v>2546</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>2551</v>
+        <v>2547</v>
       </c>
       <c r="D13" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F13" s="60" t="s">
-        <v>2552</v>
+        <v>2548</v>
       </c>
       <c r="G13" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>2553</v>
+        <v>2549</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>2554</v>
+        <v>2550</v>
       </c>
       <c r="D14" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>2555</v>
+        <v>2551</v>
       </c>
       <c r="G14" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>2556</v>
+        <v>2552</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>2557</v>
+        <v>2553</v>
       </c>
       <c r="D15" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>2558</v>
+        <v>2554</v>
       </c>
       <c r="G15" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>2559</v>
+        <v>2555</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>2560</v>
+        <v>2556</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>2561</v>
+        <v>2557</v>
       </c>
       <c r="G16" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>2562</v>
+        <v>2558</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>2563</v>
+        <v>2559</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>2564</v>
+        <v>2560</v>
       </c>
       <c r="G17" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>2565</v>
+        <v>2561</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>2566</v>
+        <v>2562</v>
       </c>
       <c r="D18" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>2567</v>
+        <v>2563</v>
       </c>
       <c r="G18" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>2568</v>
+        <v>2564</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>2569</v>
+        <v>2565</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F19" s="60" t="s">
-        <v>2570</v>
+        <v>2566</v>
       </c>
       <c r="G19" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>2571</v>
+        <v>2567</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>2572</v>
+        <v>2568</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>2573</v>
+        <v>2569</v>
       </c>
       <c r="G20" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>2574</v>
+        <v>2570</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>2575</v>
+        <v>2571</v>
       </c>
       <c r="D21" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E21" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F21" s="60" t="s">
-        <v>2576</v>
+        <v>2572</v>
       </c>
       <c r="G21" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>2577</v>
+        <v>2573</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>2578</v>
+        <v>2574</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E22" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F22" s="60" t="s">
-        <v>2579</v>
+        <v>2575</v>
       </c>
       <c r="G22" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>2580</v>
+        <v>2576</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>2581</v>
+        <v>2577</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>2582</v>
+        <v>2578</v>
       </c>
       <c r="G23" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>2583</v>
+        <v>2579</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>2584</v>
+        <v>2580</v>
       </c>
       <c r="D24" s="27" t="s">
         <v>113</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>2585</v>
+        <v>2581</v>
       </c>
       <c r="G24" s="66" t="s">
         <v>70</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>2586</v>
+        <v>2582</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -22489,633 +22517,633 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>2649</v>
+        <v>2645</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>2650</v>
+        <v>2646</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>2589</v>
+        <v>2585</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>113</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>2590</v>
+        <v>2586</v>
       </c>
       <c r="G5" s="54" t="s">
         <v>70</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>2591</v>
+        <v>2587</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>2592</v>
+        <v>2588</v>
       </c>
       <c r="D6" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>2593</v>
+        <v>2589</v>
       </c>
       <c r="G6" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>2594</v>
+        <v>2590</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>2595</v>
+        <v>2591</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>2596</v>
+        <v>2592</v>
       </c>
       <c r="G7" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>2597</v>
+        <v>2593</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>2598</v>
+        <v>2594</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>2599</v>
+        <v>2595</v>
       </c>
       <c r="G8" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>2600</v>
+        <v>2596</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>2601</v>
+        <v>2597</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>2602</v>
+        <v>2598</v>
       </c>
       <c r="G9" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>2603</v>
+        <v>2599</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>2604</v>
+        <v>2600</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>2605</v>
+        <v>2601</v>
       </c>
       <c r="G10" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>2606</v>
+        <v>2602</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>2607</v>
+        <v>2603</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>2608</v>
+        <v>2604</v>
       </c>
       <c r="G11" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>2609</v>
+        <v>2605</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>2610</v>
+        <v>2606</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>2611</v>
+        <v>2607</v>
       </c>
       <c r="G12" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>2612</v>
+        <v>2608</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>2613</v>
+        <v>2609</v>
       </c>
       <c r="D13" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F13" s="60" t="s">
-        <v>2614</v>
+        <v>2610</v>
       </c>
       <c r="G13" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>2615</v>
+        <v>2611</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>2616</v>
+        <v>2612</v>
       </c>
       <c r="D14" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>2617</v>
+        <v>2613</v>
       </c>
       <c r="G14" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>2618</v>
+        <v>2614</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>2619</v>
+        <v>2615</v>
       </c>
       <c r="D15" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>2620</v>
+        <v>2616</v>
       </c>
       <c r="G15" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>2621</v>
+        <v>2617</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>2622</v>
+        <v>2618</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>2623</v>
+        <v>2619</v>
       </c>
       <c r="G16" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>2624</v>
+        <v>2620</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>2625</v>
+        <v>2621</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>2626</v>
+        <v>2622</v>
       </c>
       <c r="G17" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>2627</v>
+        <v>2623</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>2628</v>
+        <v>2624</v>
       </c>
       <c r="D18" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>2629</v>
+        <v>2625</v>
       </c>
       <c r="G18" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>2630</v>
+        <v>2626</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>2631</v>
+        <v>2627</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F19" s="60" t="s">
-        <v>2632</v>
+        <v>2628</v>
       </c>
       <c r="G19" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>2633</v>
+        <v>2629</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>2634</v>
+        <v>2630</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>2635</v>
+        <v>2631</v>
       </c>
       <c r="G20" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>2636</v>
+        <v>2632</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>2637</v>
+        <v>2633</v>
       </c>
       <c r="D21" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E21" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F21" s="60" t="s">
-        <v>2638</v>
+        <v>2634</v>
       </c>
       <c r="G21" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>2639</v>
+        <v>2635</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>2640</v>
+        <v>2636</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E22" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F22" s="60" t="s">
-        <v>2641</v>
+        <v>2637</v>
       </c>
       <c r="G22" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>2642</v>
+        <v>2638</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>2643</v>
+        <v>2639</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>2644</v>
+        <v>2640</v>
       </c>
       <c r="G23" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>2645</v>
+        <v>2641</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>2646</v>
+        <v>2642</v>
       </c>
       <c r="D24" s="27" t="s">
         <v>113</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>2647</v>
+        <v>2643</v>
       </c>
       <c r="G24" s="66" t="s">
         <v>70</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>2648</v>
+        <v>2644</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -23175,633 +23203,633 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>2711</v>
+        <v>2707</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>2712</v>
+        <v>2708</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>2651</v>
+        <v>2647</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>113</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>2652</v>
+        <v>2648</v>
       </c>
       <c r="G5" s="54" t="s">
         <v>70</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>2653</v>
+        <v>2649</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>2654</v>
+        <v>2650</v>
       </c>
       <c r="D6" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>2655</v>
+        <v>2651</v>
       </c>
       <c r="G6" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>2656</v>
+        <v>2652</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>2657</v>
+        <v>2653</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>2658</v>
+        <v>2654</v>
       </c>
       <c r="G7" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>2659</v>
+        <v>2655</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>2660</v>
+        <v>2656</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>2661</v>
+        <v>2657</v>
       </c>
       <c r="G8" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>2662</v>
+        <v>2658</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>2663</v>
+        <v>2659</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>2664</v>
+        <v>2660</v>
       </c>
       <c r="G9" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>2665</v>
+        <v>2661</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>2666</v>
+        <v>2662</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>2667</v>
+        <v>2663</v>
       </c>
       <c r="G10" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>2668</v>
+        <v>2664</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>2669</v>
+        <v>2665</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>2670</v>
+        <v>2666</v>
       </c>
       <c r="G11" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>2671</v>
+        <v>2667</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>2672</v>
+        <v>2668</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>2673</v>
+        <v>2669</v>
       </c>
       <c r="G12" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>2674</v>
+        <v>2670</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>2675</v>
+        <v>2671</v>
       </c>
       <c r="D13" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F13" s="60" t="s">
-        <v>2676</v>
+        <v>2672</v>
       </c>
       <c r="G13" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>2677</v>
+        <v>2673</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>2678</v>
+        <v>2674</v>
       </c>
       <c r="D14" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>2679</v>
+        <v>2675</v>
       </c>
       <c r="G14" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>2680</v>
+        <v>2676</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>2681</v>
+        <v>2677</v>
       </c>
       <c r="D15" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>2682</v>
+        <v>2678</v>
       </c>
       <c r="G15" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>2683</v>
+        <v>2679</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>2684</v>
+        <v>2680</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>2685</v>
+        <v>2681</v>
       </c>
       <c r="G16" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>2686</v>
+        <v>2682</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>2687</v>
+        <v>2683</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>2688</v>
+        <v>2684</v>
       </c>
       <c r="G17" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>2689</v>
+        <v>2685</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>2690</v>
+        <v>2686</v>
       </c>
       <c r="D18" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>2691</v>
+        <v>2687</v>
       </c>
       <c r="G18" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>2692</v>
+        <v>2688</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>2693</v>
+        <v>2689</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F19" s="60" t="s">
-        <v>2694</v>
+        <v>2690</v>
       </c>
       <c r="G19" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>2695</v>
+        <v>2691</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>2696</v>
+        <v>2692</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>2697</v>
+        <v>2693</v>
       </c>
       <c r="G20" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>2698</v>
+        <v>2694</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>2699</v>
+        <v>2695</v>
       </c>
       <c r="D21" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E21" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F21" s="60" t="s">
-        <v>2700</v>
+        <v>2696</v>
       </c>
       <c r="G21" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>2701</v>
+        <v>2697</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>2702</v>
+        <v>2698</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E22" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F22" s="60" t="s">
-        <v>2703</v>
+        <v>2699</v>
       </c>
       <c r="G22" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>2704</v>
+        <v>2700</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>2705</v>
+        <v>2701</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>2706</v>
+        <v>2702</v>
       </c>
       <c r="G23" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>2707</v>
+        <v>2703</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>2708</v>
+        <v>2704</v>
       </c>
       <c r="D24" s="27" t="s">
         <v>113</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>2709</v>
+        <v>2705</v>
       </c>
       <c r="G24" s="66" t="s">
         <v>70</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>2710</v>
+        <v>2706</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -23861,633 +23889,633 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>2802</v>
+        <v>2798</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>2803</v>
+        <v>2799</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>2713</v>
+        <v>2709</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>113</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>2714</v>
+        <v>2710</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>2715</v>
+        <v>2711</v>
       </c>
       <c r="G5" s="54" t="s">
-        <v>2716</v>
+        <v>2712</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>2717</v>
+        <v>2713</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>2718</v>
+        <v>2714</v>
       </c>
       <c r="D6" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>2719</v>
+        <v>2715</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>2720</v>
+        <v>2716</v>
       </c>
       <c r="G6" s="60" t="s">
-        <v>2721</v>
+        <v>2717</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>2722</v>
+        <v>2718</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>2723</v>
+        <v>2719</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>2719</v>
+        <v>2715</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>2724</v>
+        <v>2720</v>
       </c>
       <c r="G7" s="60" t="s">
-        <v>2725</v>
+        <v>2721</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>2726</v>
+        <v>2722</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>2727</v>
+        <v>2723</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>2719</v>
+        <v>2715</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>2728</v>
+        <v>2724</v>
       </c>
       <c r="G8" s="60" t="s">
-        <v>2729</v>
+        <v>2725</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>2730</v>
+        <v>2726</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>2731</v>
+        <v>2727</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>2719</v>
+        <v>2715</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>2732</v>
+        <v>2728</v>
       </c>
       <c r="G9" s="60" t="s">
-        <v>2733</v>
+        <v>2729</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>2734</v>
+        <v>2730</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>2735</v>
+        <v>2731</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>2719</v>
+        <v>2715</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>2736</v>
+        <v>2732</v>
       </c>
       <c r="G10" s="60" t="s">
-        <v>2737</v>
+        <v>2733</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>2738</v>
+        <v>2734</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>2739</v>
+        <v>2735</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>2719</v>
+        <v>2715</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>2740</v>
+        <v>2736</v>
       </c>
       <c r="G11" s="60" t="s">
-        <v>2741</v>
+        <v>2737</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>2742</v>
+        <v>2738</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>2743</v>
+        <v>2739</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>2719</v>
+        <v>2715</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>2744</v>
+        <v>2740</v>
       </c>
       <c r="G12" s="60" t="s">
-        <v>2745</v>
+        <v>2741</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>2746</v>
+        <v>2742</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>2747</v>
+        <v>2743</v>
       </c>
       <c r="D13" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>2719</v>
+        <v>2715</v>
       </c>
       <c r="F13" s="60" t="s">
-        <v>2748</v>
+        <v>2744</v>
       </c>
       <c r="G13" s="60" t="s">
-        <v>2749</v>
+        <v>2745</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>2750</v>
+        <v>2746</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>2751</v>
+        <v>2747</v>
       </c>
       <c r="D14" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>2719</v>
+        <v>2715</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>2752</v>
+        <v>2748</v>
       </c>
       <c r="G14" s="60" t="s">
-        <v>2753</v>
+        <v>2749</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>2754</v>
+        <v>2750</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>2755</v>
+        <v>2751</v>
       </c>
       <c r="D15" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>2719</v>
+        <v>2715</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>2756</v>
+        <v>2752</v>
       </c>
       <c r="G15" s="60" t="s">
-        <v>2757</v>
+        <v>2753</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>2758</v>
+        <v>2754</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>2759</v>
+        <v>2755</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>2719</v>
+        <v>2715</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>2760</v>
+        <v>2756</v>
       </c>
       <c r="G16" s="60" t="s">
-        <v>2761</v>
+        <v>2757</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>2762</v>
+        <v>2758</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>2763</v>
+        <v>2759</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>2764</v>
+        <v>2760</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>2765</v>
+        <v>2761</v>
       </c>
       <c r="G17" s="60" t="s">
-        <v>2766</v>
+        <v>2762</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>2767</v>
+        <v>2763</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>2768</v>
+        <v>2764</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>2769</v>
+        <v>2765</v>
       </c>
       <c r="D18" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>2764</v>
+        <v>2760</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>2770</v>
+        <v>2766</v>
       </c>
       <c r="G18" s="60" t="s">
-        <v>2771</v>
+        <v>2767</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>2772</v>
+        <v>2768</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>2773</v>
+        <v>2769</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>2774</v>
+        <v>2770</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>2764</v>
+        <v>2760</v>
       </c>
       <c r="F19" s="60" t="s">
-        <v>2775</v>
+        <v>2771</v>
       </c>
       <c r="G19" s="60" t="s">
-        <v>2776</v>
+        <v>2772</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>2777</v>
+        <v>2773</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>2778</v>
+        <v>2774</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>2764</v>
+        <v>2760</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>2779</v>
+        <v>2775</v>
       </c>
       <c r="G20" s="60" t="s">
-        <v>2780</v>
+        <v>2776</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>2781</v>
+        <v>2777</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>2782</v>
+        <v>2778</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>2783</v>
+        <v>2779</v>
       </c>
       <c r="D21" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="26" t="s">
-        <v>2764</v>
+        <v>2760</v>
       </c>
       <c r="F21" s="60" t="s">
-        <v>2784</v>
+        <v>2780</v>
       </c>
       <c r="G21" s="60" t="s">
-        <v>2785</v>
+        <v>2781</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>2786</v>
+        <v>2782</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>2787</v>
+        <v>2783</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>2788</v>
+        <v>2784</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="26" t="s">
-        <v>2764</v>
+        <v>2760</v>
       </c>
       <c r="F22" s="60" t="s">
-        <v>2789</v>
+        <v>2785</v>
       </c>
       <c r="G22" s="60" t="s">
-        <v>2790</v>
+        <v>2786</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>2791</v>
+        <v>2787</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>2792</v>
+        <v>2788</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>2793</v>
+        <v>2789</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>2764</v>
+        <v>2760</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>2794</v>
+        <v>2790</v>
       </c>
       <c r="G23" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>2795</v>
+        <v>2791</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>2796</v>
+        <v>2792</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>2797</v>
+        <v>2793</v>
       </c>
       <c r="D24" s="27" t="s">
         <v>32</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>2799</v>
+        <v>2795</v>
       </c>
       <c r="G24" s="66" t="s">
         <v>70</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>2800</v>
+        <v>2796</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>2801</v>
+        <v>2797</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -24547,633 +24575,633 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>2905</v>
+        <v>2902</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>2906</v>
+        <v>2903</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>2804</v>
+        <v>2800</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>113</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>2805</v>
+        <v>2801</v>
       </c>
       <c r="G5" s="54" t="s">
         <v>70</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>2806</v>
+        <v>2802</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>2807</v>
+        <v>2803</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>2808</v>
+        <v>2804</v>
       </c>
       <c r="D6" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>2809</v>
+        <v>2805</v>
       </c>
       <c r="G6" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>2810</v>
+        <v>2806</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>2811</v>
+        <v>2807</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>2812</v>
+        <v>2808</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>2813</v>
+        <v>2809</v>
       </c>
       <c r="G7" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>2814</v>
+        <v>2810</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>2815</v>
+        <v>2811</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>2816</v>
+        <v>2812</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>2817</v>
+        <v>2813</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>2818</v>
+        <v>2814</v>
       </c>
       <c r="G8" s="60" t="s">
-        <v>2819</v>
+        <v>2815</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>2820</v>
+        <v>2816</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>2821</v>
+        <v>2817</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>2822</v>
+        <v>2818</v>
       </c>
       <c r="D9" s="26" t="s">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>2823</v>
+        <v>2819</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>2824</v>
+        <v>2820</v>
       </c>
       <c r="G9" s="60" t="s">
-        <v>2825</v>
+        <v>2821</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>2826</v>
+        <v>2822</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>388</v>
+        <v>2823</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
+        <v>2824</v>
+      </c>
+      <c r="D10" s="26" t="s">
+        <v>106</v>
+      </c>
+      <c r="E10" s="26" t="s">
+        <v>2825</v>
+      </c>
+      <c r="F10" s="60" t="s">
+        <v>2826</v>
+      </c>
+      <c r="G10" s="60" t="s">
         <v>2827</v>
-      </c>
-[...10 lines deleted...]
-        <v>2829</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>2830</v>
+        <v>2828</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>2831</v>
+        <v>2829</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
+        <v>2830</v>
+      </c>
+      <c r="D11" s="26" t="s">
+        <v>106</v>
+      </c>
+      <c r="E11" s="26" t="s">
+        <v>2831</v>
+      </c>
+      <c r="F11" s="60" t="s">
         <v>2832</v>
       </c>
-      <c r="D11" s="26" t="s">
-[...5 lines deleted...]
-      <c r="F11" s="60" t="s">
+      <c r="G11" s="60" t="s">
         <v>2833</v>
-      </c>
-[...1 lines deleted...]
-        <v>2834</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
+        <v>2834</v>
+      </c>
+      <c r="J11" s="64" t="s">
         <v>2835</v>
-      </c>
-[...1 lines deleted...]
-        <v>2836</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>2837</v>
+        <v>2836</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>2798</v>
+        <v>2837</v>
       </c>
       <c r="F12" s="60" t="s">
         <v>2838</v>
       </c>
       <c r="G12" s="60" t="s">
         <v>2839</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
         <v>2840</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>2841</v>
+        <v>396</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
+        <v>2841</v>
+      </c>
+      <c r="D13" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="26" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F13" s="60" t="s">
         <v>2842</v>
       </c>
-      <c r="D13" s="26" t="s">
-[...5 lines deleted...]
-      <c r="F13" s="60" t="s">
+      <c r="G13" s="60" t="s">
         <v>2843</v>
-      </c>
-[...1 lines deleted...]
-        <v>2844</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
+        <v>2844</v>
+      </c>
+      <c r="J13" s="64" t="s">
         <v>2845</v>
-      </c>
-[...1 lines deleted...]
-        <v>2846</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
+        <v>2846</v>
+      </c>
+      <c r="D14" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" s="26" t="s">
+        <v>2794</v>
+      </c>
+      <c r="F14" s="60" t="s">
         <v>2847</v>
       </c>
-      <c r="D14" s="26" t="s">
-[...5 lines deleted...]
-      <c r="F14" s="60" t="s">
+      <c r="G14" s="60" t="s">
         <v>2848</v>
-      </c>
-[...1 lines deleted...]
-        <v>2849</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
+        <v>2849</v>
+      </c>
+      <c r="J14" s="64" t="s">
         <v>2850</v>
-      </c>
-[...1 lines deleted...]
-        <v>2851</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
+        <v>2851</v>
+      </c>
+      <c r="D15" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" s="26" t="s">
+        <v>2794</v>
+      </c>
+      <c r="F15" s="60" t="s">
         <v>2852</v>
       </c>
-      <c r="D15" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E15" s="26" t="s">
+      <c r="G15" s="60" t="s">
         <v>2853</v>
-      </c>
-[...4 lines deleted...]
-        <v>2855</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>2856</v>
+        <v>2854</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>2857</v>
+        <v>2855</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
+        <v>2856</v>
+      </c>
+      <c r="D16" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" s="26" t="s">
+        <v>2794</v>
+      </c>
+      <c r="F16" s="60" t="s">
+        <v>2857</v>
+      </c>
+      <c r="G16" s="60" t="s">
         <v>2858</v>
-      </c>
-[...10 lines deleted...]
-        <v>2861</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>2862</v>
+        <v>2859</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>2863</v>
+        <v>2860</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>2864</v>
+        <v>2861</v>
       </c>
       <c r="D17" s="26" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>2798</v>
+        <v>2760</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>2838</v>
+        <v>2862</v>
       </c>
       <c r="G17" s="60" t="s">
-        <v>2839</v>
+        <v>2863</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>2840</v>
+        <v>2864</v>
       </c>
       <c r="J17" s="64" t="s">
         <v>2865</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
         <v>2866</v>
       </c>
       <c r="D18" s="26" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>2798</v>
+        <v>2867</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>2867</v>
+        <v>2868</v>
       </c>
       <c r="G18" s="60" t="s">
-        <v>2868</v>
+        <v>2869</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>2869</v>
+        <v>2870</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>2870</v>
+        <v>2871</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>2871</v>
+        <v>2872</v>
       </c>
       <c r="D19" s="26" t="s">
-        <v>127</v>
+        <v>60</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>2872</v>
+        <v>2873</v>
       </c>
       <c r="F19" s="60" t="s">
-        <v>2873</v>
+        <v>2874</v>
       </c>
       <c r="G19" s="60" t="s">
-        <v>2874</v>
+        <v>2875</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>2875</v>
+        <v>2876</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>2876</v>
+        <v>2877</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>2877</v>
+        <v>2878</v>
       </c>
       <c r="D20" s="26" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>2878</v>
+        <v>2794</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>2879</v>
+        <v>2852</v>
       </c>
       <c r="G20" s="60" t="s">
-        <v>2880</v>
+        <v>2853</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>2881</v>
+        <v>2854</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>307</v>
+        <v>2879</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
+        <v>2880</v>
+      </c>
+      <c r="D21" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" s="26" t="s">
+        <v>2794</v>
+      </c>
+      <c r="F21" s="60" t="s">
+        <v>2881</v>
+      </c>
+      <c r="G21" s="60" t="s">
         <v>2882</v>
-      </c>
-[...10 lines deleted...]
-        <v>2885</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>2886</v>
+        <v>2883</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>2887</v>
+        <v>2884</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
+        <v>2885</v>
+      </c>
+      <c r="D22" s="26" t="s">
+        <v>127</v>
+      </c>
+      <c r="E22" s="26" t="s">
+        <v>2886</v>
+      </c>
+      <c r="F22" s="60" t="s">
+        <v>2887</v>
+      </c>
+      <c r="G22" s="60" t="s">
         <v>2888</v>
-      </c>
-[...10 lines deleted...]
-        <v>2891</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>2892</v>
+        <v>2889</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>2893</v>
+        <v>2890</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
+        <v>2891</v>
+      </c>
+      <c r="D23" s="26" t="s">
+        <v>87</v>
+      </c>
+      <c r="E23" s="26" t="s">
+        <v>2892</v>
+      </c>
+      <c r="F23" s="60" t="s">
+        <v>2893</v>
+      </c>
+      <c r="G23" s="60" t="s">
         <v>2894</v>
-      </c>
-[...10 lines deleted...]
-        <v>2896</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>2897</v>
+        <v>2895</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>2898</v>
+        <v>307</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
+        <v>2896</v>
+      </c>
+      <c r="D24" s="27" t="s">
+        <v>74</v>
+      </c>
+      <c r="E24" s="27" t="s">
+        <v>2897</v>
+      </c>
+      <c r="F24" s="66" t="s">
+        <v>2898</v>
+      </c>
+      <c r="G24" s="66" t="s">
         <v>2899</v>
-      </c>
-[...10 lines deleted...]
-        <v>2902</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>2903</v>
+        <v>2900</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>2904</v>
+        <v>2901</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -25233,633 +25261,633 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>2979</v>
+        <v>2981</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>2980</v>
+        <v>2982</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="C5" s="35" t="s">
+        <v>2904</v>
+      </c>
+      <c r="D5" s="25" t="s">
+        <v>153</v>
+      </c>
+      <c r="E5" s="25" t="s">
+        <v>2905</v>
+      </c>
+      <c r="F5" s="52" t="s">
+        <v>2906</v>
+      </c>
+      <c r="G5" s="54" t="s">
         <v>2907</v>
-      </c>
-[...10 lines deleted...]
-        <v>2910</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>2911</v>
+        <v>2908</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>2912</v>
+        <v>2909</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>2913</v>
+        <v>2910</v>
       </c>
       <c r="D6" s="26" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>2914</v>
+        <v>2794</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>2915</v>
+        <v>2911</v>
       </c>
       <c r="G6" s="60" t="s">
-        <v>2916</v>
+        <v>2912</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>2917</v>
+        <v>2913</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>2918</v>
+        <v>2914</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>2919</v>
+        <v>2915</v>
       </c>
       <c r="D7" s="26" t="s">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>2920</v>
+        <v>2916</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>2921</v>
+        <v>2917</v>
       </c>
       <c r="G7" s="60" t="s">
-        <v>2922</v>
+        <v>2918</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>2923</v>
+        <v>2919</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>2924</v>
+        <v>2920</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>2925</v>
+        <v>2921</v>
       </c>
       <c r="D8" s="26" t="s">
-        <v>482</v>
+        <v>60</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>2926</v>
+        <v>2922</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>2927</v>
+        <v>2923</v>
       </c>
       <c r="G8" s="60" t="s">
-        <v>2928</v>
+        <v>2924</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>2929</v>
+        <v>2925</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>2930</v>
+        <v>2926</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>2931</v>
+        <v>2927</v>
       </c>
       <c r="D9" s="26" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>2798</v>
+        <v>2928</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>2932</v>
+        <v>2929</v>
       </c>
       <c r="G9" s="60" t="s">
-        <v>2933</v>
+        <v>2930</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>2934</v>
+        <v>2931</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>2935</v>
+        <v>2932</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>2936</v>
+        <v>2933</v>
       </c>
       <c r="D10" s="26" t="s">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>2798</v>
+        <v>2819</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>2895</v>
+        <v>2934</v>
       </c>
       <c r="G10" s="60" t="s">
-        <v>70</v>
+        <v>2935</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>2897</v>
+        <v>2936</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>2935</v>
+        <v>2937</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>2937</v>
+        <v>2938</v>
       </c>
       <c r="D11" s="26" t="s">
-        <v>32</v>
+        <v>487</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>2798</v>
+        <v>2939</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>2938</v>
+        <v>2940</v>
       </c>
       <c r="G11" s="60" t="s">
-        <v>2939</v>
+        <v>2941</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>2940</v>
+        <v>2942</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>2935</v>
+        <v>2943</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>2941</v>
+        <v>2944</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>2942</v>
+        <v>2945</v>
       </c>
       <c r="G12" s="60" t="s">
-        <v>2943</v>
+        <v>2946</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>2944</v>
+        <v>2947</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>2945</v>
+        <v>2949</v>
       </c>
       <c r="D13" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F13" s="60" t="s">
-        <v>2942</v>
+        <v>2911</v>
       </c>
       <c r="G13" s="60" t="s">
-        <v>2943</v>
+        <v>2912</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>2944</v>
+        <v>2913</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>2946</v>
+        <v>2950</v>
       </c>
       <c r="D14" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>2947</v>
+        <v>2951</v>
       </c>
       <c r="G14" s="60" t="s">
-        <v>2948</v>
+        <v>2952</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>2949</v>
+        <v>2953</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>2950</v>
+        <v>2954</v>
       </c>
       <c r="D15" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>2951</v>
+        <v>2955</v>
       </c>
       <c r="G15" s="60" t="s">
-        <v>2952</v>
+        <v>2956</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>2953</v>
+        <v>2957</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>2954</v>
+        <v>2958</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>2951</v>
+        <v>2955</v>
       </c>
       <c r="G16" s="60" t="s">
-        <v>2952</v>
+        <v>2956</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>2953</v>
+        <v>2957</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>2955</v>
+        <v>2959</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>2833</v>
+        <v>2960</v>
       </c>
       <c r="G17" s="60" t="s">
-        <v>2834</v>
+        <v>2961</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>2956</v>
+        <v>2962</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>2957</v>
+        <v>2963</v>
       </c>
       <c r="D18" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>2833</v>
+        <v>2964</v>
       </c>
       <c r="G18" s="60" t="s">
-        <v>2834</v>
+        <v>2965</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>2835</v>
+        <v>2966</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>2958</v>
+        <v>2967</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F19" s="60" t="s">
-        <v>2959</v>
+        <v>2964</v>
       </c>
       <c r="G19" s="60" t="s">
-        <v>70</v>
+        <v>2965</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>2960</v>
+        <v>2966</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>2961</v>
+        <v>2968</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>2962</v>
+        <v>2847</v>
       </c>
       <c r="G20" s="60" t="s">
-        <v>2963</v>
+        <v>2848</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>2964</v>
+        <v>2969</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>2965</v>
+        <v>2970</v>
       </c>
       <c r="D21" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E21" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F21" s="60" t="s">
-        <v>2959</v>
+        <v>2847</v>
       </c>
       <c r="G21" s="60" t="s">
-        <v>2966</v>
+        <v>2848</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>2967</v>
+        <v>2849</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>2968</v>
+        <v>2971</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E22" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F22" s="60" t="s">
-        <v>2969</v>
+        <v>2972</v>
       </c>
       <c r="G22" s="60" t="s">
-        <v>2970</v>
+        <v>2973</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>2971</v>
+        <v>2974</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>2972</v>
+        <v>2975</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>2973</v>
+        <v>2976</v>
       </c>
       <c r="G23" s="60" t="s">
-        <v>2844</v>
+        <v>2977</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>2974</v>
+        <v>2978</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>2975</v>
+        <v>2979</v>
       </c>
       <c r="D24" s="27" t="s">
         <v>32</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>2976</v>
+        <v>2972</v>
       </c>
       <c r="G24" s="66" t="s">
-        <v>2977</v>
+        <v>2973</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>2978</v>
+        <v>2980</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -25919,633 +25947,633 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>3052</v>
+        <v>3048</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>3053</v>
+        <v>3049</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>2981</v>
+        <v>2983</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>2969</v>
+        <v>2984</v>
       </c>
       <c r="G5" s="54" t="s">
-        <v>2970</v>
+        <v>2985</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>2982</v>
+        <v>2986</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>2983</v>
+        <v>2987</v>
       </c>
       <c r="D6" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>2838</v>
+        <v>2857</v>
       </c>
       <c r="G6" s="60" t="s">
-        <v>2839</v>
+        <v>2858</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>2984</v>
+        <v>2988</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>2985</v>
+        <v>2989</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>2986</v>
+        <v>2990</v>
       </c>
       <c r="G7" s="60" t="s">
-        <v>2844</v>
+        <v>2991</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>2974</v>
+        <v>2992</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>2987</v>
+        <v>2993</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>2932</v>
+        <v>2984</v>
       </c>
       <c r="G8" s="60" t="s">
-        <v>2933</v>
+        <v>2985</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>2953</v>
+        <v>2994</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>2988</v>
+        <v>2995</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>2989</v>
+        <v>2852</v>
       </c>
       <c r="G9" s="60" t="s">
-        <v>2990</v>
+        <v>2853</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>2991</v>
+        <v>2996</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>2992</v>
+        <v>2997</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>2838</v>
+        <v>2857</v>
       </c>
       <c r="G10" s="60" t="s">
-        <v>2839</v>
+        <v>2858</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>2993</v>
+        <v>2988</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>2994</v>
+        <v>2998</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>2995</v>
+        <v>2945</v>
       </c>
       <c r="G11" s="60" t="s">
-        <v>2996</v>
+        <v>2946</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>2997</v>
+        <v>2966</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>2998</v>
+        <v>2999</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>2995</v>
+        <v>3000</v>
       </c>
       <c r="G12" s="60" t="s">
-        <v>2996</v>
+        <v>3001</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>2999</v>
+        <v>3002</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>3000</v>
+        <v>3003</v>
       </c>
       <c r="D13" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F13" s="60" t="s">
-        <v>2838</v>
+        <v>2852</v>
       </c>
       <c r="G13" s="60" t="s">
-        <v>2839</v>
+        <v>2853</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>2984</v>
+        <v>3004</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>3001</v>
+        <v>3005</v>
       </c>
       <c r="D14" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>3002</v>
+        <v>3006</v>
       </c>
       <c r="G14" s="60" t="s">
-        <v>3003</v>
+        <v>3007</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>2869</v>
+        <v>3008</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>3004</v>
+        <v>3009</v>
       </c>
       <c r="D15" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>2867</v>
+        <v>3006</v>
       </c>
       <c r="G15" s="60" t="s">
-        <v>2868</v>
+        <v>3007</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>3005</v>
+        <v>3010</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>3006</v>
+        <v>3011</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>2843</v>
+        <v>2852</v>
       </c>
       <c r="G16" s="60" t="s">
-        <v>2844</v>
+        <v>2853</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>2974</v>
+        <v>2996</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>3007</v>
+        <v>3012</v>
       </c>
       <c r="D17" s="26" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>3008</v>
+        <v>2794</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>3009</v>
+        <v>3013</v>
       </c>
       <c r="G17" s="60" t="s">
-        <v>3010</v>
+        <v>3014</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>3011</v>
+        <v>2883</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>3012</v>
+        <v>2948</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>3013</v>
+        <v>3015</v>
       </c>
       <c r="D18" s="26" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>3014</v>
+        <v>2794</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>3015</v>
+        <v>2881</v>
       </c>
       <c r="G18" s="60" t="s">
-        <v>3016</v>
+        <v>2882</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>3017</v>
+        <v>3016</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>3018</v>
+        <v>2948</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>3019</v>
+        <v>3017</v>
       </c>
       <c r="D19" s="26" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>3020</v>
+        <v>2794</v>
       </c>
       <c r="F19" s="60" t="s">
-        <v>3021</v>
+        <v>2857</v>
       </c>
       <c r="G19" s="60" t="s">
-        <v>3022</v>
+        <v>2858</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>3023</v>
+        <v>2988</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>3024</v>
+        <v>2948</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>3025</v>
+        <v>3018</v>
       </c>
       <c r="D20" s="26" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>3026</v>
+        <v>3019</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>3027</v>
+        <v>3020</v>
       </c>
       <c r="G20" s="60" t="s">
-        <v>3028</v>
+        <v>3021</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>3029</v>
+        <v>3022</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>3030</v>
+        <v>3023</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>3031</v>
+        <v>3024</v>
       </c>
       <c r="D21" s="26" t="s">
-        <v>106</v>
+        <v>25</v>
       </c>
       <c r="E21" s="26" t="s">
-        <v>3032</v>
+        <v>3025</v>
       </c>
       <c r="F21" s="60" t="s">
-        <v>3033</v>
+        <v>3026</v>
       </c>
       <c r="G21" s="60" t="s">
-        <v>3034</v>
+        <v>3027</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>3035</v>
+        <v>3028</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>3036</v>
+        <v>3029</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>3037</v>
+        <v>3030</v>
       </c>
       <c r="D22" s="26" t="s">
-        <v>120</v>
+        <v>12</v>
       </c>
       <c r="E22" s="26" t="s">
-        <v>2920</v>
+        <v>3031</v>
       </c>
       <c r="F22" s="60" t="s">
-        <v>3038</v>
+        <v>3032</v>
       </c>
       <c r="G22" s="60" t="s">
-        <v>3039</v>
+        <v>3033</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>3040</v>
+        <v>3034</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>3041</v>
+        <v>3035</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>3042</v>
+        <v>3036</v>
       </c>
       <c r="D23" s="26" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>3043</v>
+        <v>3037</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>3044</v>
+        <v>3038</v>
       </c>
       <c r="G23" s="60" t="s">
-        <v>3045</v>
+        <v>3039</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>3046</v>
+        <v>3040</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>3047</v>
+        <v>3041</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>3048</v>
+        <v>3042</v>
       </c>
       <c r="D24" s="27" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>3049</v>
+        <v>3043</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>2915</v>
+        <v>3044</v>
       </c>
       <c r="G24" s="66" t="s">
-        <v>3050</v>
+        <v>3045</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>3051</v>
+        <v>3046</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>1978</v>
+        <v>3047</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -27015,212 +27043,212 @@
       </c>
       <c r="E17" s="26" t="s">
         <v>343</v>
       </c>
       <c r="F17" s="60" t="s">
         <v>344</v>
       </c>
       <c r="G17" s="60" t="s">
         <v>70</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
         <v>345</v>
       </c>
       <c r="J17" s="64" t="s">
         <v>346</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
         <v>347</v>
       </c>
       <c r="D18" s="26" t="s">
-        <v>281</v>
+        <v>32</v>
       </c>
       <c r="E18" s="26" t="s">
         <v>348</v>
       </c>
       <c r="F18" s="60" t="s">
         <v>349</v>
       </c>
       <c r="G18" s="60" t="s">
-        <v>70</v>
+        <v>350</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D19" s="26" t="s">
-        <v>74</v>
+        <v>281</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F19" s="60" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G19" s="60" t="s">
-        <v>355</v>
+        <v>70</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
         <v>356</v>
       </c>
       <c r="J19" s="64" t="s">
         <v>357</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
         <v>358</v>
       </c>
       <c r="D20" s="26" t="s">
-        <v>281</v>
+        <v>74</v>
       </c>
       <c r="E20" s="26" t="s">
         <v>359</v>
       </c>
       <c r="F20" s="60" t="s">
         <v>360</v>
       </c>
       <c r="G20" s="60" t="s">
         <v>361</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
         <v>362</v>
       </c>
       <c r="J20" s="64" t="s">
         <v>363</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
         <v>364</v>
       </c>
       <c r="D21" s="26" t="s">
-        <v>12</v>
+        <v>281</v>
       </c>
       <c r="E21" s="26" t="s">
         <v>365</v>
       </c>
       <c r="F21" s="60" t="s">
         <v>366</v>
       </c>
       <c r="G21" s="60" t="s">
         <v>367</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
         <v>368</v>
       </c>
       <c r="J21" s="64" t="s">
         <v>369</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
         <v>370</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="26" t="s">
         <v>371</v>
       </c>
       <c r="F22" s="60" t="s">
         <v>372</v>
       </c>
       <c r="G22" s="60" t="s">
         <v>373</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
         <v>374</v>
       </c>
       <c r="J22" s="64" t="s">
         <v>375</v>
       </c>
       <c r="K22" s="9"/>
     </row>
-    <row r="23" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
-      <c r="A23" s="2" t="s">
+    <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="B23" s="10"/>
+      <c r="C23" s="36" t="s">
         <v>376</v>
       </c>
-      <c r="B23" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="36" t="s">
+      <c r="D23" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="26" t="s">
         <v>377</v>
       </c>
-      <c r="D23" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="26" t="s">
+      <c r="F23" s="60" t="s">
         <v>378</v>
       </c>
-      <c r="F23" s="60" t="s">
+      <c r="G23" s="60" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
+        <v>380</v>
+      </c>
+      <c r="J23" s="64" t="s">
         <v>381</v>
       </c>
-      <c r="J23" s="64" t="s">
+      <c r="K23" s="9"/>
+    </row>
+    <row r="24" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
+      <c r="A24" s="2" t="s">
         <v>382</v>
       </c>
-      <c r="K23" s="9"/>
-[...2 lines deleted...]
-      <c r="B24" s="11"/>
+      <c r="B24" s="11" t="s">
+        <v>382</v>
+      </c>
       <c r="C24" s="37" t="s">
         <v>383</v>
       </c>
       <c r="D24" s="27" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="E24" s="27" t="s">
         <v>384</v>
       </c>
       <c r="F24" s="66" t="s">
         <v>385</v>
       </c>
       <c r="G24" s="66" t="s">
         <v>386</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
         <v>387</v>
       </c>
       <c r="J24" s="70" t="s">
         <v>388</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
@@ -27296,633 +27324,633 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>3140</v>
+        <v>3135</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>3141</v>
+        <v>3136</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>3054</v>
+        <v>3050</v>
       </c>
       <c r="D5" s="25" t="s">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>2798</v>
+        <v>2819</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>2932</v>
+        <v>3051</v>
       </c>
       <c r="G5" s="54" t="s">
-        <v>2933</v>
+        <v>3052</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>2953</v>
+        <v>3053</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>2935</v>
+        <v>3054</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
         <v>3055</v>
       </c>
       <c r="D6" s="26" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>2798</v>
+        <v>3056</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>2989</v>
+        <v>3057</v>
       </c>
       <c r="G6" s="60" t="s">
-        <v>2990</v>
+        <v>3058</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>3056</v>
+        <v>3059</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>2935</v>
+        <v>3060</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>3057</v>
+        <v>3061</v>
       </c>
       <c r="D7" s="26" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>2798</v>
+        <v>3062</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>2932</v>
+        <v>2929</v>
       </c>
       <c r="G7" s="60" t="s">
-        <v>3058</v>
+        <v>3063</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>2934</v>
+        <v>3064</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>2935</v>
+        <v>1979</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>3059</v>
+        <v>3065</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>3060</v>
+        <v>2794</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>3061</v>
+        <v>2945</v>
       </c>
       <c r="G8" s="60" t="s">
-        <v>3062</v>
+        <v>2946</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>3063</v>
+        <v>2966</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>3064</v>
+        <v>3066</v>
       </c>
       <c r="D9" s="26" t="s">
-        <v>482</v>
+        <v>32</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>2926</v>
+        <v>2794</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>3065</v>
+        <v>3000</v>
       </c>
       <c r="G9" s="60" t="s">
-        <v>3066</v>
+        <v>3001</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
         <v>3067</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>3068</v>
+        <v>2948</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
+        <v>3068</v>
+      </c>
+      <c r="D10" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" s="26" t="s">
+        <v>2794</v>
+      </c>
+      <c r="F10" s="60" t="s">
+        <v>2945</v>
+      </c>
+      <c r="G10" s="60" t="s">
         <v>3069</v>
-      </c>
-[...10 lines deleted...]
-        <v>3071</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>3072</v>
+        <v>2947</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>3073</v>
+        <v>2948</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>3074</v>
+        <v>3070</v>
       </c>
       <c r="D11" s="26" t="s">
-        <v>127</v>
+        <v>32</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>2872</v>
+        <v>3071</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>3075</v>
+        <v>3072</v>
       </c>
       <c r="G11" s="60" t="s">
-        <v>3075</v>
+        <v>3073</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>3076</v>
+        <v>3074</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>1561</v>
+        <v>2948</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
+        <v>3075</v>
+      </c>
+      <c r="D12" s="26" t="s">
+        <v>487</v>
+      </c>
+      <c r="E12" s="26" t="s">
+        <v>2939</v>
+      </c>
+      <c r="F12" s="60" t="s">
+        <v>3076</v>
+      </c>
+      <c r="G12" s="60" t="s">
         <v>3077</v>
-      </c>
-[...10 lines deleted...]
-        <v>3079</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>3080</v>
+        <v>3078</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>1540</v>
+        <v>3079</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>3081</v>
+        <v>3080</v>
       </c>
       <c r="D13" s="26" t="s">
         <v>120</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>2920</v>
+        <v>2819</v>
       </c>
       <c r="F13" s="60" t="s">
+        <v>3081</v>
+      </c>
+      <c r="G13" s="60" t="s">
         <v>3082</v>
-      </c>
-[...1 lines deleted...]
-        <v>3083</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
+        <v>3083</v>
+      </c>
+      <c r="J13" s="64" t="s">
         <v>3084</v>
-      </c>
-[...1 lines deleted...]
-        <v>3085</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
+        <v>3085</v>
+      </c>
+      <c r="D14" s="26" t="s">
+        <v>127</v>
+      </c>
+      <c r="E14" s="26" t="s">
+        <v>2886</v>
+      </c>
+      <c r="F14" s="60" t="s">
         <v>3086</v>
       </c>
-      <c r="D14" s="26" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G14" s="60" t="s">
-        <v>3088</v>
+        <v>3086</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>3089</v>
+        <v>3087</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>3090</v>
+        <v>1563</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>3091</v>
+        <v>3088</v>
       </c>
       <c r="D15" s="26" t="s">
-        <v>39</v>
+        <v>120</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>3092</v>
+        <v>2819</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>3093</v>
+        <v>3089</v>
       </c>
       <c r="G15" s="60" t="s">
-        <v>3094</v>
+        <v>3090</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>3095</v>
+        <v>3091</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>3096</v>
+        <v>1542</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>3097</v>
+        <v>3092</v>
       </c>
       <c r="D16" s="26" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>2872</v>
+        <v>2819</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>3098</v>
+        <v>3093</v>
       </c>
       <c r="G16" s="60" t="s">
-        <v>3098</v>
+        <v>3094</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>3099</v>
+        <v>3095</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>3100</v>
+        <v>3096</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>3101</v>
+        <v>3097</v>
       </c>
       <c r="D17" s="26" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>2872</v>
+        <v>2819</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>3102</v>
+        <v>3098</v>
       </c>
       <c r="G17" s="60" t="s">
-        <v>3103</v>
+        <v>3099</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>3104</v>
+        <v>3100</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>3105</v>
+        <v>3101</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>3106</v>
+        <v>3102</v>
       </c>
       <c r="D18" s="26" t="s">
-        <v>127</v>
+        <v>39</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>2872</v>
+        <v>3103</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>3107</v>
+        <v>3104</v>
       </c>
       <c r="G18" s="60" t="s">
-        <v>3108</v>
+        <v>3105</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>3109</v>
+        <v>3106</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>3110</v>
+        <v>3107</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>3111</v>
+        <v>3108</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>127</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="F19" s="60" t="s">
-        <v>3112</v>
+        <v>3109</v>
       </c>
       <c r="G19" s="60" t="s">
-        <v>3112</v>
+        <v>3109</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>3113</v>
+        <v>3110</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>3114</v>
+        <v>3111</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>3115</v>
+        <v>3112</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>127</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>3116</v>
+        <v>3113</v>
       </c>
       <c r="G20" s="60" t="s">
-        <v>3117</v>
+        <v>3114</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>3118</v>
+        <v>3115</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>3119</v>
+        <v>3116</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>3120</v>
+        <v>3117</v>
       </c>
       <c r="D21" s="26" t="s">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="E21" s="26" t="s">
-        <v>2764</v>
+        <v>2886</v>
       </c>
       <c r="F21" s="60" t="s">
-        <v>3121</v>
+        <v>3118</v>
       </c>
       <c r="G21" s="60" t="s">
-        <v>70</v>
+        <v>3119</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>3122</v>
+        <v>3120</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>3123</v>
+        <v>3121</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>3124</v>
+        <v>3122</v>
       </c>
       <c r="D22" s="26" t="s">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="E22" s="26" t="s">
-        <v>3125</v>
+        <v>2886</v>
       </c>
       <c r="F22" s="60" t="s">
-        <v>3126</v>
+        <v>3123</v>
       </c>
       <c r="G22" s="60" t="s">
-        <v>3127</v>
+        <v>3123</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>3128</v>
+        <v>3124</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>3129</v>
+        <v>3125</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>3130</v>
+        <v>3126</v>
       </c>
       <c r="D23" s="26" t="s">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>2764</v>
+        <v>2886</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>3131</v>
+        <v>3127</v>
       </c>
       <c r="G23" s="60" t="s">
-        <v>3132</v>
+        <v>3128</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>3133</v>
+        <v>3129</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>3134</v>
+        <v>3130</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>3135</v>
+        <v>3131</v>
       </c>
       <c r="D24" s="27" t="s">
-        <v>482</v>
+        <v>12</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>2926</v>
+        <v>2760</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>3136</v>
+        <v>3132</v>
       </c>
       <c r="G24" s="66" t="s">
-        <v>3137</v>
+        <v>70</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>3138</v>
+        <v>3133</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>3139</v>
+        <v>3134</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -27982,633 +28010,633 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>3241</v>
+        <v>3237</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>3242</v>
+        <v>3238</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>3142</v>
+        <v>3137</v>
       </c>
       <c r="D5" s="25" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>3014</v>
+        <v>3138</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>3143</v>
+        <v>3139</v>
       </c>
       <c r="G5" s="54" t="s">
-        <v>3144</v>
+        <v>3140</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>3145</v>
+        <v>3141</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>1755</v>
+        <v>3142</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>3146</v>
+        <v>3143</v>
       </c>
       <c r="D6" s="26" t="s">
-        <v>120</v>
+        <v>12</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>2920</v>
+        <v>2760</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>3147</v>
+        <v>3144</v>
       </c>
       <c r="G6" s="60" t="s">
-        <v>3148</v>
+        <v>3145</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>3149</v>
+        <v>3146</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>3150</v>
+        <v>3147</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>3151</v>
+        <v>3148</v>
       </c>
       <c r="D7" s="26" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>2926</v>
+        <v>2939</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>3152</v>
+        <v>3149</v>
       </c>
       <c r="G7" s="60" t="s">
-        <v>3153</v>
+        <v>3150</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>3154</v>
+        <v>3151</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>3155</v>
+        <v>3152</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>3156</v>
+        <v>3153</v>
       </c>
       <c r="D8" s="26" t="s">
-        <v>120</v>
+        <v>25</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>2920</v>
+        <v>3025</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>3157</v>
+        <v>3154</v>
       </c>
       <c r="G8" s="60" t="s">
-        <v>3158</v>
+        <v>3155</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>3159</v>
+        <v>3156</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>3160</v>
+        <v>1756</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>3161</v>
+        <v>3157</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>120</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>2920</v>
+        <v>2819</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>3162</v>
+        <v>3158</v>
       </c>
       <c r="G9" s="60" t="s">
-        <v>3163</v>
+        <v>3159</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>3164</v>
+        <v>3160</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>3165</v>
+        <v>3161</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>3166</v>
+        <v>3162</v>
       </c>
       <c r="D10" s="26" t="s">
-        <v>120</v>
+        <v>487</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>2920</v>
+        <v>2939</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>3167</v>
+        <v>3163</v>
       </c>
       <c r="G10" s="60" t="s">
-        <v>3168</v>
+        <v>3164</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>3169</v>
+        <v>3165</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>3170</v>
+        <v>3166</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>3171</v>
+        <v>3167</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>120</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>2920</v>
+        <v>2819</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>3172</v>
+        <v>3168</v>
       </c>
       <c r="G11" s="60" t="s">
-        <v>3173</v>
+        <v>3169</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>3174</v>
+        <v>3170</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>3170</v>
+        <v>3171</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>3175</v>
+        <v>3172</v>
       </c>
       <c r="D12" s="26" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>3176</v>
+        <v>2819</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>3177</v>
+        <v>3173</v>
       </c>
       <c r="G12" s="60" t="s">
-        <v>3178</v>
+        <v>3174</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>3179</v>
+        <v>3175</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>3180</v>
+        <v>3176</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>3181</v>
+        <v>3177</v>
       </c>
       <c r="D13" s="26" t="s">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>3182</v>
+        <v>2819</v>
       </c>
       <c r="F13" s="60" t="s">
-        <v>3183</v>
+        <v>3178</v>
       </c>
       <c r="G13" s="60" t="s">
-        <v>3184</v>
+        <v>3179</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>3185</v>
+        <v>3180</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>3186</v>
+        <v>3181</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>3187</v>
+        <v>3182</v>
       </c>
       <c r="D14" s="26" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>2872</v>
+        <v>2819</v>
       </c>
       <c r="F14" s="60" t="s">
-        <v>3188</v>
+        <v>3183</v>
       </c>
       <c r="G14" s="60" t="s">
-        <v>3189</v>
+        <v>3184</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>3190</v>
+        <v>3185</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>3191</v>
+        <v>3181</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>3192</v>
+        <v>3186</v>
       </c>
       <c r="D15" s="26" t="s">
-        <v>127</v>
+        <v>113</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>2872</v>
+        <v>3187</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>3193</v>
+        <v>3188</v>
       </c>
       <c r="G15" s="60" t="s">
-        <v>3193</v>
+        <v>3189</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>3194</v>
+        <v>3190</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>3195</v>
+        <v>3191</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>3196</v>
+        <v>3192</v>
       </c>
       <c r="D16" s="26" t="s">
-        <v>127</v>
+        <v>60</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>2872</v>
+        <v>3193</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>3197</v>
+        <v>3194</v>
       </c>
       <c r="G16" s="60" t="s">
-        <v>3198</v>
+        <v>3195</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>3199</v>
+        <v>3196</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>3200</v>
+        <v>3197</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>3201</v>
+        <v>3198</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>127</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>3202</v>
+        <v>3199</v>
       </c>
       <c r="G17" s="60" t="s">
-        <v>3203</v>
+        <v>3200</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>3204</v>
+        <v>3201</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>3205</v>
+        <v>3202</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>3206</v>
+        <v>3203</v>
       </c>
       <c r="D18" s="26" t="s">
         <v>127</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>3207</v>
+        <v>3204</v>
       </c>
       <c r="G18" s="60" t="s">
-        <v>3208</v>
+        <v>3204</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>3209</v>
+        <v>3205</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>3210</v>
+        <v>3206</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>3211</v>
+        <v>3207</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>127</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="F19" s="60" t="s">
-        <v>3212</v>
+        <v>3208</v>
       </c>
       <c r="G19" s="60" t="s">
-        <v>3213</v>
+        <v>3209</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>3214</v>
+        <v>3210</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>3215</v>
+        <v>3211</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>3216</v>
+        <v>3212</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>127</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="F20" s="60" t="s">
-        <v>3217</v>
+        <v>3213</v>
       </c>
       <c r="G20" s="60" t="s">
-        <v>3218</v>
+        <v>3214</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>3219</v>
+        <v>3215</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>3220</v>
+        <v>3216</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
-        <v>3221</v>
+        <v>3217</v>
       </c>
       <c r="D21" s="26" t="s">
         <v>127</v>
       </c>
       <c r="E21" s="26" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="F21" s="60" t="s">
-        <v>3222</v>
+        <v>3218</v>
       </c>
       <c r="G21" s="60" t="s">
-        <v>3223</v>
+        <v>3219</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>3224</v>
+        <v>3220</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>3225</v>
+        <v>3221</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>3226</v>
+        <v>3222</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>127</v>
       </c>
       <c r="E22" s="26" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="F22" s="60" t="s">
-        <v>3227</v>
+        <v>3223</v>
       </c>
       <c r="G22" s="60" t="s">
-        <v>3228</v>
+        <v>3224</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>3229</v>
+        <v>3225</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>3230</v>
+        <v>3226</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>3231</v>
+        <v>3227</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>127</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="F23" s="60" t="s">
-        <v>3232</v>
+        <v>3228</v>
       </c>
       <c r="G23" s="60" t="s">
-        <v>3233</v>
+        <v>3229</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>3234</v>
+        <v>3230</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>3235</v>
+        <v>3231</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>3236</v>
+        <v>3232</v>
       </c>
       <c r="D24" s="27" t="s">
         <v>127</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>3237</v>
+        <v>3233</v>
       </c>
       <c r="G24" s="66" t="s">
-        <v>3238</v>
+        <v>3234</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>3239</v>
+        <v>3235</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>3240</v>
+        <v>3236</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -28668,633 +28696,633 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>3322</v>
+        <v>3324</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>3323</v>
+        <v>3325</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>3243</v>
+        <v>3239</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>127</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>3244</v>
+        <v>3240</v>
       </c>
       <c r="G5" s="54" t="s">
-        <v>3244</v>
+        <v>3241</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>3245</v>
+        <v>3242</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>3246</v>
+        <v>3243</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>3247</v>
+        <v>3244</v>
       </c>
       <c r="D6" s="26" t="s">
         <v>127</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>3248</v>
+        <v>3245</v>
       </c>
       <c r="G6" s="60" t="s">
-        <v>3249</v>
+        <v>3246</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>3250</v>
+        <v>3247</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>3251</v>
+        <v>3248</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>3252</v>
+        <v>3249</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>127</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>3253</v>
+        <v>3250</v>
       </c>
       <c r="G7" s="60" t="s">
-        <v>3254</v>
+        <v>3251</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>3255</v>
+        <v>3252</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>3256</v>
+        <v>3253</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>3257</v>
+        <v>3254</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>127</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="F8" s="60" t="s">
-        <v>3258</v>
+        <v>3255</v>
       </c>
       <c r="G8" s="60" t="s">
-        <v>3259</v>
+        <v>3255</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
-        <v>3260</v>
+        <v>3256</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>3261</v>
+        <v>3257</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>3262</v>
+        <v>3258</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>127</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="F9" s="60" t="s">
-        <v>3263</v>
+        <v>3259</v>
       </c>
       <c r="G9" s="60" t="s">
-        <v>3264</v>
+        <v>3260</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
-        <v>3265</v>
+        <v>3261</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>3215</v>
+        <v>3262</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>3266</v>
+        <v>3263</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>127</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>3267</v>
+        <v>3264</v>
       </c>
       <c r="G10" s="60" t="s">
-        <v>3268</v>
+        <v>3265</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>3269</v>
+        <v>3266</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>3210</v>
+        <v>3267</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>3270</v>
+        <v>3268</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>127</v>
       </c>
       <c r="E11" s="26" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="F11" s="60" t="s">
-        <v>3271</v>
+        <v>3269</v>
       </c>
       <c r="G11" s="60" t="s">
-        <v>3272</v>
+        <v>3270</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
-        <v>3273</v>
+        <v>3271</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>3274</v>
+        <v>3272</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
+        <v>3273</v>
+      </c>
+      <c r="D12" s="26" t="s">
+        <v>127</v>
+      </c>
+      <c r="E12" s="26" t="s">
+        <v>2886</v>
+      </c>
+      <c r="F12" s="60" t="s">
+        <v>3274</v>
+      </c>
+      <c r="G12" s="60" t="s">
         <v>3275</v>
-      </c>
-[...10 lines deleted...]
-        <v>3277</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>3278</v>
+        <v>3276</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>3134</v>
+        <v>3226</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
+        <v>3277</v>
+      </c>
+      <c r="D13" s="26" t="s">
+        <v>127</v>
+      </c>
+      <c r="E13" s="26" t="s">
+        <v>2886</v>
+      </c>
+      <c r="F13" s="60" t="s">
+        <v>3278</v>
+      </c>
+      <c r="G13" s="60" t="s">
         <v>3279</v>
-      </c>
-[...10 lines deleted...]
-        <v>3281</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
-        <v>3282</v>
+        <v>3280</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>3134</v>
+        <v>3221</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
+        <v>3281</v>
+      </c>
+      <c r="D14" s="26" t="s">
+        <v>127</v>
+      </c>
+      <c r="E14" s="26" t="s">
+        <v>2886</v>
+      </c>
+      <c r="F14" s="60" t="s">
+        <v>3282</v>
+      </c>
+      <c r="G14" s="60" t="s">
         <v>3283</v>
-      </c>
-[...10 lines deleted...]
-        <v>3285</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
-        <v>3286</v>
+        <v>3284</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>3134</v>
+        <v>3285</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>3287</v>
+        <v>3286</v>
       </c>
       <c r="D15" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>2764</v>
+        <v>2760</v>
       </c>
       <c r="F15" s="60" t="s">
-        <v>3121</v>
+        <v>3287</v>
       </c>
       <c r="G15" s="60" t="s">
         <v>3288</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
-        <v>3122</v>
+        <v>3289</v>
       </c>
       <c r="J15" s="64" t="s">
-        <v>3134</v>
+        <v>3147</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>3289</v>
+        <v>3290</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>2764</v>
+        <v>2760</v>
       </c>
       <c r="F16" s="60" t="s">
-        <v>3290</v>
+        <v>3291</v>
       </c>
       <c r="G16" s="60" t="s">
-        <v>3291</v>
+        <v>3292</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
-        <v>3292</v>
+        <v>3293</v>
       </c>
       <c r="J16" s="64" t="s">
-        <v>3134</v>
+        <v>3147</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>3293</v>
+        <v>3294</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="26" t="s">
-        <v>2764</v>
+        <v>2760</v>
       </c>
       <c r="F17" s="60" t="s">
-        <v>3294</v>
+        <v>3295</v>
       </c>
       <c r="G17" s="60" t="s">
-        <v>3295</v>
+        <v>3296</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>3296</v>
+        <v>3297</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>3134</v>
+        <v>3147</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>3297</v>
+        <v>3298</v>
       </c>
       <c r="D18" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>2764</v>
+        <v>2760</v>
       </c>
       <c r="F18" s="60" t="s">
-        <v>3298</v>
+        <v>3132</v>
       </c>
       <c r="G18" s="60" t="s">
         <v>3299</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>3300</v>
+        <v>3133</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>3134</v>
+        <v>3147</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>3301</v>
+        <v>3300</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>2764</v>
+        <v>2760</v>
       </c>
       <c r="F19" s="60" t="s">
+        <v>3301</v>
+      </c>
+      <c r="G19" s="60" t="s">
         <v>3302</v>
-      </c>
-[...1 lines deleted...]
-        <v>3303</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
-        <v>3304</v>
+        <v>3303</v>
       </c>
       <c r="J19" s="64" t="s">
-        <v>3134</v>
+        <v>3147</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>3305</v>
+        <v>3304</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>2764</v>
+        <v>2760</v>
       </c>
       <c r="F20" s="60" t="s">
+        <v>3305</v>
+      </c>
+      <c r="G20" s="60" t="s">
         <v>3306</v>
-      </c>
-[...1 lines deleted...]
-        <v>3307</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
-        <v>3308</v>
+        <v>3307</v>
       </c>
       <c r="J20" s="64" t="s">
-        <v>3134</v>
+        <v>3147</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
+        <v>3308</v>
+      </c>
+      <c r="D21" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="26" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F21" s="60" t="s">
         <v>3309</v>
       </c>
-      <c r="D21" s="26" t="s">
-[...5 lines deleted...]
-      <c r="F21" s="60" t="s">
+      <c r="G21" s="60" t="s">
         <v>3310</v>
-      </c>
-[...1 lines deleted...]
-        <v>3311</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>3312</v>
+        <v>3311</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>3215</v>
+        <v>3147</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
+        <v>3312</v>
+      </c>
+      <c r="D22" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" s="26" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F22" s="60" t="s">
         <v>3313</v>
       </c>
-      <c r="D22" s="26" t="s">
-[...5 lines deleted...]
-      <c r="F22" s="60" t="s">
+      <c r="G22" s="60" t="s">
         <v>3314</v>
-      </c>
-[...1 lines deleted...]
-        <v>3315</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
-        <v>3316</v>
+        <v>3315</v>
       </c>
       <c r="J22" s="64" t="s">
-        <v>2930</v>
+        <v>3147</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
+        <v>3316</v>
+      </c>
+      <c r="D23" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="26" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F23" s="60" t="s">
         <v>3317</v>
       </c>
-      <c r="D23" s="26" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G23" s="60" t="s">
-        <v>2922</v>
+        <v>3318</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
-        <v>3318</v>
+        <v>3319</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>2924</v>
+        <v>3147</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>3319</v>
+        <v>3320</v>
       </c>
       <c r="D24" s="27" t="s">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>2764</v>
+        <v>2886</v>
       </c>
       <c r="F24" s="66" t="s">
-        <v>3121</v>
+        <v>3321</v>
       </c>
       <c r="G24" s="66" t="s">
-        <v>3320</v>
+        <v>3322</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
-        <v>3321</v>
+        <v>3323</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>3134</v>
+        <v>3226</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -29354,228 +29382,270 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>3338</v>
+        <v>3349</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>3339</v>
+        <v>3350</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>3324</v>
+        <v>3326</v>
       </c>
       <c r="D5" s="25" t="s">
-        <v>106</v>
+        <v>487</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>3325</v>
+        <v>2939</v>
       </c>
       <c r="F5" s="52" t="s">
-        <v>3326</v>
+        <v>3327</v>
       </c>
       <c r="G5" s="54" t="s">
-        <v>3327</v>
+        <v>3328</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
-        <v>3328</v>
+        <v>3329</v>
       </c>
       <c r="J5" s="58" t="s">
-        <v>3329</v>
+        <v>2943</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
         <v>3330</v>
       </c>
       <c r="D6" s="26" t="s">
-        <v>12</v>
+        <v>120</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>2764</v>
+        <v>2819</v>
       </c>
       <c r="F6" s="60" t="s">
-        <v>3331</v>
+        <v>2934</v>
       </c>
       <c r="G6" s="60" t="s">
-        <v>3332</v>
+        <v>2935</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
-        <v>3333</v>
+        <v>3331</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>3134</v>
+        <v>2937</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>3334</v>
+        <v>3332</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>2764</v>
+        <v>2760</v>
       </c>
       <c r="F7" s="60" t="s">
-        <v>3335</v>
+        <v>3132</v>
       </c>
       <c r="G7" s="60" t="s">
-        <v>3336</v>
+        <v>3333</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
-        <v>3337</v>
+        <v>3334</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>3134</v>
+        <v>3147</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
-      <c r="C8" s="36"/>
-[...3 lines deleted...]
-      <c r="G8" s="30"/>
+      <c r="C8" s="36" t="s">
+        <v>3335</v>
+      </c>
+      <c r="D8" s="26" t="s">
+        <v>106</v>
+      </c>
+      <c r="E8" s="26" t="s">
+        <v>3336</v>
+      </c>
+      <c r="F8" s="60" t="s">
+        <v>3337</v>
+      </c>
+      <c r="G8" s="60" t="s">
+        <v>3338</v>
+      </c>
       <c r="H8" s="8"/>
-      <c r="I8" s="19"/>
-      <c r="J8" s="23"/>
+      <c r="I8" s="62" t="s">
+        <v>3339</v>
+      </c>
+      <c r="J8" s="64" t="s">
+        <v>3340</v>
+      </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
-      <c r="C9" s="36"/>
-[...3 lines deleted...]
-      <c r="G9" s="30"/>
+      <c r="C9" s="36" t="s">
+        <v>3341</v>
+      </c>
+      <c r="D9" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="26" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F9" s="60" t="s">
+        <v>3342</v>
+      </c>
+      <c r="G9" s="60" t="s">
+        <v>3343</v>
+      </c>
       <c r="H9" s="8"/>
-      <c r="I9" s="19"/>
-      <c r="J9" s="23"/>
+      <c r="I9" s="62" t="s">
+        <v>3344</v>
+      </c>
+      <c r="J9" s="64" t="s">
+        <v>3147</v>
+      </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
-      <c r="C10" s="36"/>
-[...3 lines deleted...]
-      <c r="G10" s="30"/>
+      <c r="C10" s="36" t="s">
+        <v>3345</v>
+      </c>
+      <c r="D10" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" s="26" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F10" s="60" t="s">
+        <v>3346</v>
+      </c>
+      <c r="G10" s="60" t="s">
+        <v>3347</v>
+      </c>
       <c r="H10" s="8"/>
-      <c r="I10" s="19"/>
-      <c r="J10" s="23"/>
+      <c r="I10" s="62" t="s">
+        <v>3348</v>
+      </c>
+      <c r="J10" s="64" t="s">
+        <v>3147</v>
+      </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36"/>
       <c r="D11" s="26"/>
       <c r="E11" s="26"/>
       <c r="F11" s="30"/>
       <c r="G11" s="30"/>
       <c r="H11" s="8"/>
       <c r="I11" s="19"/>
       <c r="J11" s="23"/>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36"/>
       <c r="D12" s="26"/>
       <c r="E12" s="26"/>
       <c r="F12" s="30"/>
       <c r="G12" s="30"/>
       <c r="H12" s="8"/>
       <c r="I12" s="19"/>
       <c r="J12" s="23"/>
       <c r="K12" s="9"/>
@@ -29802,123 +29872,123 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="C5" s="35" t="s">
         <v>391</v>
       </c>
       <c r="D5" s="25" t="s">
-        <v>281</v>
+        <v>32</v>
       </c>
       <c r="E5" s="25" t="s">
         <v>392</v>
       </c>
       <c r="F5" s="52" t="s">
         <v>393</v>
       </c>
       <c r="G5" s="54" t="s">
         <v>394</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
         <v>395</v>
       </c>
       <c r="J5" s="58" t="s">
         <v>396</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
         <v>397</v>
       </c>
       <c r="D6" s="26" t="s">
@@ -29994,441 +30064,441 @@
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
         <v>415</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E9" s="26" t="s">
         <v>416</v>
       </c>
       <c r="F9" s="60" t="s">
         <v>417</v>
       </c>
       <c r="G9" s="60" t="s">
         <v>418</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
         <v>419</v>
       </c>
       <c r="J9" s="64" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="F10" s="60" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="G10" s="60" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
         <v>426</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E11" s="26" t="s">
         <v>427</v>
       </c>
       <c r="F11" s="60" t="s">
         <v>428</v>
       </c>
       <c r="G11" s="60" t="s">
         <v>429</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
         <v>430</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="F12" s="60" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="G12" s="60" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="J12" s="64" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
         <v>437</v>
       </c>
       <c r="D13" s="26" t="s">
         <v>281</v>
       </c>
       <c r="E13" s="26" t="s">
         <v>438</v>
       </c>
       <c r="F13" s="60" t="s">
         <v>439</v>
       </c>
       <c r="G13" s="60" t="s">
         <v>440</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
         <v>441</v>
       </c>
       <c r="J13" s="64" t="s">
-        <v>396</v>
+        <v>442</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D14" s="26" t="s">
-        <v>12</v>
+        <v>281</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>443</v>
+        <v>416</v>
       </c>
       <c r="F14" s="60" t="s">
         <v>444</v>
       </c>
       <c r="G14" s="60" t="s">
         <v>445</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
         <v>446</v>
       </c>
       <c r="J14" s="64" t="s">
-        <v>447</v>
+        <v>402</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="D15" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="26" t="s">
+        <v>448</v>
+      </c>
+      <c r="F15" s="60" t="s">
         <v>449</v>
       </c>
-      <c r="F15" s="60" t="s">
+      <c r="G15" s="60" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
+        <v>451</v>
+      </c>
+      <c r="J15" s="64" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="26" t="s">
+        <v>454</v>
+      </c>
+      <c r="F16" s="60" t="s">
         <v>455</v>
       </c>
-      <c r="F16" s="60" t="s">
+      <c r="G16" s="60" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
+        <v>457</v>
+      </c>
+      <c r="J16" s="64" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="26" t="s">
+        <v>460</v>
+      </c>
+      <c r="F17" s="60" t="s">
         <v>461</v>
       </c>
-      <c r="F17" s="60" t="s">
+      <c r="G17" s="60" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
+        <v>463</v>
+      </c>
+      <c r="J17" s="64" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="D18" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="F18" s="60" t="s">
         <v>467</v>
       </c>
       <c r="G18" s="60" t="s">
         <v>468</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
         <v>469</v>
       </c>
       <c r="J18" s="64" t="s">
         <v>470</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
         <v>471</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="F19" s="60" t="s">
         <v>472</v>
       </c>
       <c r="G19" s="60" t="s">
         <v>473</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
         <v>474</v>
       </c>
       <c r="J19" s="64" t="s">
         <v>475</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
         <v>476</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="F20" s="60" t="s">
         <v>477</v>
       </c>
       <c r="G20" s="60" t="s">
         <v>478</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
         <v>479</v>
       </c>
       <c r="J20" s="64" t="s">
         <v>480</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
         <v>481</v>
       </c>
       <c r="D21" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="26" t="s">
+        <v>466</v>
+      </c>
+      <c r="F21" s="60" t="s">
         <v>482</v>
       </c>
-      <c r="E21" s="26" t="s">
+      <c r="G21" s="60" t="s">
         <v>483</v>
-      </c>
-[...4 lines deleted...]
-        <v>485</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="J21" s="64" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
+        <v>486</v>
+      </c>
+      <c r="D22" s="26" t="s">
+        <v>487</v>
+      </c>
+      <c r="E22" s="26" t="s">
         <v>488</v>
       </c>
-      <c r="D22" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="26" t="s">
+      <c r="F22" s="60" t="s">
         <v>489</v>
       </c>
-      <c r="F22" s="60" t="s">
+      <c r="G22" s="60" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
+        <v>491</v>
+      </c>
+      <c r="J22" s="64" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
+        <v>493</v>
+      </c>
+      <c r="D23" s="26" t="s">
+        <v>487</v>
+      </c>
+      <c r="E23" s="26" t="s">
         <v>494</v>
       </c>
-      <c r="D23" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="26" t="s">
+      <c r="F23" s="60" t="s">
         <v>495</v>
       </c>
-      <c r="F23" s="60" t="s">
+      <c r="G23" s="60" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
+        <v>497</v>
+      </c>
+      <c r="J23" s="64" t="s">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
+        <v>499</v>
+      </c>
+      <c r="D24" s="27" t="s">
+        <v>39</v>
+      </c>
+      <c r="E24" s="27" t="s">
         <v>500</v>
       </c>
-      <c r="D24" s="27" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="27" t="s">
+      <c r="F24" s="66" t="s">
         <v>501</v>
       </c>
-      <c r="F24" s="66" t="s">
+      <c r="G24" s="66" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
+        <v>503</v>
+      </c>
+      <c r="J24" s="70" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -30551,557 +30621,557 @@
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="C5" s="35" t="s">
+        <v>507</v>
+      </c>
+      <c r="D5" s="25" t="s">
+        <v>113</v>
+      </c>
+      <c r="E5" s="25" t="s">
         <v>508</v>
       </c>
-      <c r="D5" s="25" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="25" t="s">
+      <c r="F5" s="52" t="s">
         <v>509</v>
       </c>
-      <c r="F5" s="52" t="s">
+      <c r="G5" s="54" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
+        <v>511</v>
+      </c>
+      <c r="J5" s="58" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
+        <v>513</v>
+      </c>
+      <c r="D6" s="26" t="s">
+        <v>106</v>
+      </c>
+      <c r="E6" s="26" t="s">
         <v>514</v>
-      </c>
-[...4 lines deleted...]
-        <v>501</v>
       </c>
       <c r="F6" s="60" t="s">
         <v>515</v>
       </c>
       <c r="G6" s="60" t="s">
         <v>516</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
         <v>517</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>363</v>
+        <v>518</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D7" s="26" t="s">
-        <v>281</v>
+        <v>87</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>519</v>
+        <v>508</v>
       </c>
       <c r="F7" s="60" t="s">
         <v>520</v>
       </c>
       <c r="G7" s="60" t="s">
         <v>521</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
         <v>522</v>
       </c>
       <c r="J7" s="64" t="s">
-        <v>523</v>
+        <v>369</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
+        <v>523</v>
+      </c>
+      <c r="D8" s="26" t="s">
+        <v>281</v>
+      </c>
+      <c r="E8" s="26" t="s">
         <v>524</v>
       </c>
-      <c r="D8" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="26" t="s">
+      <c r="F8" s="60" t="s">
         <v>525</v>
       </c>
-      <c r="F8" s="60" t="s">
+      <c r="G8" s="60" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
+        <v>527</v>
+      </c>
+      <c r="J8" s="64" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
+        <v>529</v>
+      </c>
+      <c r="D9" s="26" t="s">
+        <v>106</v>
+      </c>
+      <c r="E9" s="26" t="s">
         <v>530</v>
       </c>
-      <c r="D9" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="26" t="s">
+      <c r="F9" s="60" t="s">
         <v>531</v>
       </c>
-      <c r="F9" s="60" t="s">
+      <c r="G9" s="60" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
+        <v>533</v>
+      </c>
+      <c r="J9" s="64" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
+        <v>535</v>
+      </c>
+      <c r="D10" s="26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" s="26" t="s">
         <v>536</v>
       </c>
-      <c r="D10" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="26" t="s">
+      <c r="F10" s="60" t="s">
         <v>537</v>
       </c>
-      <c r="F10" s="60" t="s">
+      <c r="G10" s="60" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
+        <v>539</v>
+      </c>
+      <c r="J10" s="64" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
+        <v>541</v>
+      </c>
+      <c r="D11" s="26" t="s">
+        <v>140</v>
+      </c>
+      <c r="E11" s="26" t="s">
         <v>542</v>
       </c>
-      <c r="D11" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="26" t="s">
+      <c r="F11" s="60" t="s">
         <v>543</v>
       </c>
-      <c r="F11" s="60" t="s">
+      <c r="G11" s="60" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
+        <v>545</v>
+      </c>
+      <c r="J11" s="64" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
+        <v>547</v>
+      </c>
+      <c r="D12" s="26" t="s">
+        <v>127</v>
+      </c>
+      <c r="E12" s="26" t="s">
         <v>548</v>
       </c>
-      <c r="D12" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="26" t="s">
+      <c r="F12" s="60" t="s">
         <v>549</v>
       </c>
-      <c r="F12" s="60" t="s">
+      <c r="G12" s="60" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
+        <v>551</v>
+      </c>
+      <c r="J12" s="64" t="s">
         <v>552</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
+        <v>553</v>
+      </c>
+      <c r="D13" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="26" t="s">
         <v>554</v>
       </c>
-      <c r="D13" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="26" t="s">
+      <c r="F13" s="60" t="s">
         <v>555</v>
       </c>
-      <c r="F13" s="60" t="s">
+      <c r="G13" s="60" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
+        <v>557</v>
+      </c>
+      <c r="J13" s="64" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
+        <v>559</v>
+      </c>
+      <c r="D14" s="26" t="s">
+        <v>330</v>
+      </c>
+      <c r="E14" s="26" t="s">
         <v>560</v>
-      </c>
-[...4 lines deleted...]
-        <v>461</v>
       </c>
       <c r="F14" s="60" t="s">
         <v>561</v>
       </c>
       <c r="G14" s="60" t="s">
         <v>562</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
         <v>563</v>
       </c>
       <c r="J14" s="64" t="s">
         <v>564</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
         <v>565</v>
       </c>
       <c r="D15" s="26" t="s">
-        <v>120</v>
+        <v>12</v>
       </c>
       <c r="E15" s="26" t="s">
+        <v>466</v>
+      </c>
+      <c r="F15" s="60" t="s">
         <v>566</v>
       </c>
-      <c r="F15" s="60" t="s">
+      <c r="G15" s="60" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
+        <v>568</v>
+      </c>
+      <c r="J15" s="64" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
+        <v>570</v>
+      </c>
+      <c r="D16" s="26" t="s">
+        <v>120</v>
+      </c>
+      <c r="E16" s="26" t="s">
         <v>571</v>
       </c>
-      <c r="D16" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="26" t="s">
+      <c r="F16" s="60" t="s">
         <v>572</v>
       </c>
-      <c r="F16" s="60" t="s">
+      <c r="G16" s="60" t="s">
         <v>573</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
+        <v>574</v>
+      </c>
+      <c r="J16" s="64" t="s">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>576</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
+        <v>576</v>
+      </c>
+      <c r="D17" s="26" t="s">
+        <v>25</v>
+      </c>
+      <c r="E17" s="26" t="s">
         <v>577</v>
       </c>
-      <c r="D17" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="26" t="s">
+      <c r="F17" s="60" t="s">
         <v>578</v>
       </c>
-      <c r="F17" s="60" t="s">
+      <c r="G17" s="60" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
+        <v>580</v>
+      </c>
+      <c r="J17" s="64" t="s">
         <v>581</v>
-      </c>
-[...1 lines deleted...]
-        <v>582</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
+        <v>582</v>
+      </c>
+      <c r="D18" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E18" s="26" t="s">
         <v>583</v>
       </c>
-      <c r="D18" s="26" t="s">
+      <c r="F18" s="60" t="s">
         <v>584</v>
       </c>
-      <c r="E18" s="26" t="s">
+      <c r="G18" s="60" t="s">
         <v>585</v>
-      </c>
-[...4 lines deleted...]
-        <v>587</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="J18" s="64" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
+        <v>588</v>
+      </c>
+      <c r="D19" s="26" t="s">
+        <v>589</v>
+      </c>
+      <c r="E19" s="26" t="s">
         <v>590</v>
       </c>
-      <c r="D19" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="26" t="s">
+      <c r="F19" s="60" t="s">
         <v>591</v>
       </c>
-      <c r="F19" s="60" t="s">
+      <c r="G19" s="60" t="s">
         <v>592</v>
-      </c>
-[...1 lines deleted...]
-        <v>593</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
+        <v>593</v>
+      </c>
+      <c r="J19" s="64" t="s">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>595</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E20" s="26" t="s">
+        <v>596</v>
+      </c>
+      <c r="F20" s="60" t="s">
         <v>597</v>
       </c>
-      <c r="F20" s="60" t="s">
+      <c r="G20" s="60" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
+        <v>599</v>
+      </c>
+      <c r="J20" s="64" t="s">
         <v>600</v>
-      </c>
-[...1 lines deleted...]
-        <v>601</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
+        <v>601</v>
+      </c>
+      <c r="D21" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E21" s="26" t="s">
         <v>602</v>
       </c>
-      <c r="D21" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="26" t="s">
+      <c r="F21" s="60" t="s">
         <v>603</v>
       </c>
-      <c r="F21" s="60" t="s">
+      <c r="G21" s="60" t="s">
         <v>604</v>
-      </c>
-[...1 lines deleted...]
-        <v>605</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
+        <v>605</v>
+      </c>
+      <c r="J21" s="64" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
+        <v>607</v>
+      </c>
+      <c r="D22" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" s="26" t="s">
         <v>608</v>
-      </c>
-[...4 lines deleted...]
-        <v>461</v>
       </c>
       <c r="F22" s="60" t="s">
         <v>609</v>
       </c>
       <c r="G22" s="60" t="s">
         <v>610</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
         <v>611</v>
       </c>
       <c r="J22" s="64" t="s">
         <v>612</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
         <v>613</v>
       </c>
       <c r="D23" s="26" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="E23" s="26" t="s">
+        <v>466</v>
+      </c>
+      <c r="F23" s="60" t="s">
         <v>614</v>
       </c>
-      <c r="F23" s="60" t="s">
+      <c r="G23" s="60" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
+        <v>616</v>
+      </c>
+      <c r="J23" s="64" t="s">
         <v>617</v>
-      </c>
-[...1 lines deleted...]
-        <v>618</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
+        <v>618</v>
+      </c>
+      <c r="D24" s="27" t="s">
+        <v>74</v>
+      </c>
+      <c r="E24" s="27" t="s">
         <v>619</v>
-      </c>
-[...4 lines deleted...]
-        <v>461</v>
       </c>
       <c r="F24" s="66" t="s">
         <v>620</v>
       </c>
       <c r="G24" s="66" t="s">
         <v>621</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
         <v>622</v>
       </c>
       <c r="J24" s="70" t="s">
         <v>623</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
@@ -31174,643 +31244,643 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="C5" s="35" t="s">
         <v>626</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="25" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="F5" s="52" t="s">
         <v>627</v>
       </c>
       <c r="G5" s="54" t="s">
         <v>628</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
         <v>629</v>
       </c>
       <c r="J5" s="58" t="s">
         <v>630</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
         <v>631</v>
       </c>
       <c r="D6" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="F6" s="60" t="s">
         <v>632</v>
       </c>
       <c r="G6" s="60" t="s">
         <v>633</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
         <v>634</v>
       </c>
       <c r="J6" s="64" t="s">
         <v>635</v>
       </c>
       <c r="K6" s="9"/>
     </row>
-    <row r="7" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
-      <c r="A7" s="2" t="s">
+    <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="B7" s="10"/>
+      <c r="C7" s="36" t="s">
         <v>636</v>
-      </c>
-[...4 lines deleted...]
-        <v>637</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="26" t="s">
+        <v>466</v>
+      </c>
+      <c r="F7" s="60" t="s">
+        <v>637</v>
+      </c>
+      <c r="G7" s="60" t="s">
         <v>638</v>
-      </c>
-[...4 lines deleted...]
-        <v>640</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
+        <v>639</v>
+      </c>
+      <c r="J7" s="64" t="s">
+        <v>640</v>
+      </c>
+      <c r="K7" s="9"/>
+    </row>
+    <row r="8" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="A8" s="2" t="s">
         <v>641</v>
       </c>
-      <c r="J7" s="64" t="s">
+      <c r="B8" s="10" t="s">
+        <v>641</v>
+      </c>
+      <c r="C8" s="36" t="s">
         <v>642</v>
-      </c>
-[...5 lines deleted...]
-        <v>643</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="26" t="s">
+        <v>643</v>
+      </c>
+      <c r="F8" s="60" t="s">
         <v>644</v>
       </c>
-      <c r="F8" s="60" t="s">
+      <c r="G8" s="60" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>646</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
+        <v>646</v>
+      </c>
+      <c r="J8" s="64" t="s">
         <v>647</v>
-      </c>
-[...1 lines deleted...]
-        <v>648</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
+        <v>648</v>
+      </c>
+      <c r="D9" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="26" t="s">
         <v>649</v>
       </c>
-      <c r="D9" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="26" t="s">
+      <c r="F9" s="60" t="s">
         <v>650</v>
       </c>
-      <c r="F9" s="60" t="s">
+      <c r="G9" s="60" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
+        <v>652</v>
+      </c>
+      <c r="J9" s="64" t="s">
         <v>653</v>
-      </c>
-[...1 lines deleted...]
-        <v>654</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
+        <v>654</v>
+      </c>
+      <c r="D10" s="26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" s="26" t="s">
         <v>655</v>
       </c>
-      <c r="D10" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="26" t="s">
+      <c r="F10" s="60" t="s">
         <v>656</v>
       </c>
-      <c r="F10" s="60" t="s">
+      <c r="G10" s="60" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>658</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
+        <v>658</v>
+      </c>
+      <c r="J10" s="64" t="s">
         <v>659</v>
-      </c>
-[...1 lines deleted...]
-        <v>660</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
+        <v>660</v>
+      </c>
+      <c r="D11" s="26" t="s">
+        <v>25</v>
+      </c>
+      <c r="E11" s="26" t="s">
         <v>661</v>
       </c>
-      <c r="D11" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="26" t="s">
+      <c r="F11" s="60" t="s">
         <v>662</v>
       </c>
-      <c r="F11" s="60" t="s">
+      <c r="G11" s="60" t="s">
         <v>663</v>
-      </c>
-[...1 lines deleted...]
-        <v>664</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
+        <v>664</v>
+      </c>
+      <c r="J11" s="64" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
+        <v>666</v>
+      </c>
+      <c r="D12" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="E12" s="26" t="s">
         <v>667</v>
       </c>
-      <c r="D12" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="26" t="s">
+      <c r="F12" s="60" t="s">
         <v>668</v>
       </c>
-      <c r="F12" s="60" t="s">
+      <c r="G12" s="60" t="s">
         <v>669</v>
-      </c>
-[...1 lines deleted...]
-        <v>670</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
+        <v>670</v>
+      </c>
+      <c r="J12" s="64" t="s">
         <v>671</v>
-      </c>
-[...1 lines deleted...]
-        <v>672</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
+        <v>672</v>
+      </c>
+      <c r="D13" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E13" s="26" t="s">
         <v>673</v>
       </c>
-      <c r="D13" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="26" t="s">
+      <c r="F13" s="60" t="s">
         <v>674</v>
       </c>
-      <c r="F13" s="60" t="s">
+      <c r="G13" s="60" t="s">
         <v>675</v>
-      </c>
-[...1 lines deleted...]
-        <v>676</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
+        <v>676</v>
+      </c>
+      <c r="J13" s="64" t="s">
         <v>677</v>
-      </c>
-[...1 lines deleted...]
-        <v>678</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="D14" s="26" t="s">
         <v>106</v>
       </c>
       <c r="E14" s="26" t="s">
+        <v>679</v>
+      </c>
+      <c r="F14" s="60" t="s">
         <v>680</v>
       </c>
-      <c r="F14" s="60" t="s">
+      <c r="G14" s="60" t="s">
         <v>681</v>
-      </c>
-[...1 lines deleted...]
-        <v>682</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
+        <v>682</v>
+      </c>
+      <c r="J14" s="64" t="s">
         <v>683</v>
-      </c>
-[...1 lines deleted...]
-        <v>684</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
+        <v>684</v>
+      </c>
+      <c r="D15" s="26" t="s">
+        <v>106</v>
+      </c>
+      <c r="E15" s="26" t="s">
         <v>685</v>
       </c>
-      <c r="D15" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E15" s="26" t="s">
+      <c r="F15" s="60" t="s">
         <v>686</v>
       </c>
-      <c r="F15" s="60" t="s">
+      <c r="G15" s="60" t="s">
         <v>687</v>
-      </c>
-[...1 lines deleted...]
-        <v>688</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
+        <v>688</v>
+      </c>
+      <c r="J15" s="64" t="s">
         <v>689</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
+        <v>690</v>
+      </c>
+      <c r="D16" s="26" t="s">
+        <v>589</v>
+      </c>
+      <c r="E16" s="26" t="s">
         <v>691</v>
       </c>
-      <c r="D16" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="26" t="s">
+      <c r="F16" s="60" t="s">
         <v>692</v>
       </c>
-      <c r="F16" s="60" t="s">
+      <c r="G16" s="60" t="s">
         <v>693</v>
-      </c>
-[...1 lines deleted...]
-        <v>694</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
+        <v>694</v>
+      </c>
+      <c r="J16" s="64" t="s">
         <v>695</v>
-      </c>
-[...1 lines deleted...]
-        <v>696</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
+        <v>696</v>
+      </c>
+      <c r="D17" s="26" t="s">
+        <v>74</v>
+      </c>
+      <c r="E17" s="26" t="s">
         <v>697</v>
       </c>
-      <c r="D17" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="26" t="s">
+      <c r="F17" s="60" t="s">
         <v>698</v>
       </c>
-      <c r="F17" s="60" t="s">
+      <c r="G17" s="60" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>700</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
+        <v>700</v>
+      </c>
+      <c r="J17" s="64" t="s">
         <v>701</v>
-      </c>
-[...1 lines deleted...]
-        <v>702</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="D18" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="F18" s="60" t="s">
         <v>704</v>
       </c>
-      <c r="F18" s="60" t="s">
+      <c r="G18" s="60" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
+        <v>706</v>
+      </c>
+      <c r="J18" s="64" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>708</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="26" t="s">
+        <v>709</v>
+      </c>
+      <c r="F19" s="60" t="s">
         <v>710</v>
       </c>
-      <c r="F19" s="60" t="s">
+      <c r="G19" s="60" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
+        <v>712</v>
+      </c>
+      <c r="J19" s="64" t="s">
         <v>713</v>
-      </c>
-[...1 lines deleted...]
-        <v>714</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
+        <v>714</v>
+      </c>
+      <c r="D20" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E20" s="26" t="s">
         <v>715</v>
       </c>
-      <c r="D20" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="26" t="s">
+      <c r="F20" s="60" t="s">
         <v>716</v>
       </c>
-      <c r="F20" s="60" t="s">
+      <c r="G20" s="60" t="s">
         <v>717</v>
-      </c>
-[...1 lines deleted...]
-        <v>718</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
+        <v>718</v>
+      </c>
+      <c r="J20" s="64" t="s">
         <v>719</v>
-      </c>
-[...1 lines deleted...]
-        <v>720</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
+        <v>720</v>
+      </c>
+      <c r="D21" s="26" t="s">
+        <v>127</v>
+      </c>
+      <c r="E21" s="26" t="s">
         <v>721</v>
       </c>
-      <c r="D21" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="26" t="s">
+      <c r="F21" s="60" t="s">
         <v>722</v>
       </c>
-      <c r="F21" s="60" t="s">
+      <c r="G21" s="60" t="s">
         <v>723</v>
-      </c>
-[...1 lines deleted...]
-        <v>724</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
+        <v>724</v>
+      </c>
+      <c r="J21" s="64" t="s">
         <v>725</v>
-      </c>
-[...1 lines deleted...]
-        <v>726</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
+        <v>726</v>
+      </c>
+      <c r="D22" s="26" t="s">
+        <v>87</v>
+      </c>
+      <c r="E22" s="26" t="s">
         <v>727</v>
       </c>
-      <c r="D22" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="26" t="s">
+      <c r="F22" s="60" t="s">
         <v>728</v>
       </c>
-      <c r="F22" s="60" t="s">
+      <c r="G22" s="60" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>730</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
+        <v>730</v>
+      </c>
+      <c r="J22" s="64" t="s">
         <v>731</v>
       </c>
-      <c r="J22" s="64" t="s">
+      <c r="K22" s="9"/>
+    </row>
+    <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="B23" s="10"/>
+      <c r="C23" s="36" t="s">
         <v>732</v>
       </c>
-      <c r="K22" s="9"/>
-[...2 lines deleted...]
-      <c r="A23" s="2" t="s">
+      <c r="D23" s="26" t="s">
+        <v>113</v>
+      </c>
+      <c r="E23" s="26" t="s">
         <v>733</v>
       </c>
-      <c r="B23" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="36" t="s">
+      <c r="F23" s="60" t="s">
         <v>734</v>
       </c>
-      <c r="D23" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="26" t="s">
+      <c r="G23" s="60" t="s">
         <v>735</v>
-      </c>
-[...4 lines deleted...]
-        <v>737</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
+        <v>736</v>
+      </c>
+      <c r="J23" s="64" t="s">
+        <v>737</v>
+      </c>
+      <c r="K23" s="9"/>
+    </row>
+    <row r="24" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
+      <c r="A24" s="2" t="s">
         <v>738</v>
       </c>
-      <c r="J23" s="64" t="s">
+      <c r="B24" s="11" t="s">
+        <v>738</v>
+      </c>
+      <c r="C24" s="37" t="s">
         <v>739</v>
       </c>
-      <c r="K23" s="9"/>
-[...3 lines deleted...]
-      <c r="C24" s="37" t="s">
+      <c r="D24" s="27" t="s">
+        <v>60</v>
+      </c>
+      <c r="E24" s="27" t="s">
         <v>740</v>
       </c>
-      <c r="D24" s="27" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="27" t="s">
+      <c r="F24" s="66" t="s">
         <v>741</v>
       </c>
-      <c r="F24" s="66" t="s">
+      <c r="G24" s="66" t="s">
         <v>742</v>
-      </c>
-[...1 lines deleted...]
-        <v>743</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
+        <v>743</v>
+      </c>
+      <c r="J24" s="70" t="s">
         <v>744</v>
-      </c>
-[...1 lines deleted...]
-        <v>745</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -31870,638 +31940,638 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>863</v>
+        <v>862</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="C5" s="35" t="s">
+        <v>747</v>
+      </c>
+      <c r="D5" s="25" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" s="25" t="s">
         <v>748</v>
       </c>
-      <c r="D5" s="25" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="25" t="s">
+      <c r="F5" s="52" t="s">
         <v>749</v>
       </c>
-      <c r="F5" s="52" t="s">
+      <c r="G5" s="54" t="s">
         <v>750</v>
-      </c>
-[...1 lines deleted...]
-        <v>751</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
+        <v>751</v>
+      </c>
+      <c r="J5" s="58" t="s">
         <v>752</v>
-      </c>
-[...1 lines deleted...]
-        <v>739</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
         <v>753</v>
       </c>
       <c r="D6" s="26" t="s">
-        <v>127</v>
+        <v>60</v>
       </c>
       <c r="E6" s="26" t="s">
         <v>754</v>
       </c>
       <c r="F6" s="60" t="s">
         <v>755</v>
       </c>
       <c r="G6" s="60" t="s">
         <v>756</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
         <v>757</v>
       </c>
       <c r="J6" s="64" t="s">
-        <v>758</v>
+        <v>744</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
+        <v>758</v>
+      </c>
+      <c r="D7" s="26" t="s">
+        <v>127</v>
+      </c>
+      <c r="E7" s="26" t="s">
         <v>759</v>
       </c>
-      <c r="D7" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="26" t="s">
+      <c r="F7" s="60" t="s">
         <v>760</v>
       </c>
-      <c r="F7" s="60" t="s">
+      <c r="G7" s="60" t="s">
         <v>761</v>
-      </c>
-[...1 lines deleted...]
-        <v>762</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
+        <v>762</v>
+      </c>
+      <c r="J7" s="64" t="s">
         <v>763</v>
-      </c>
-[...1 lines deleted...]
-        <v>739</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
         <v>764</v>
       </c>
       <c r="D8" s="26" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="E8" s="26" t="s">
         <v>765</v>
       </c>
       <c r="F8" s="60" t="s">
         <v>766</v>
       </c>
       <c r="G8" s="60" t="s">
         <v>767</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
         <v>768</v>
       </c>
       <c r="J8" s="64" t="s">
-        <v>769</v>
+        <v>744</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
+        <v>769</v>
+      </c>
+      <c r="D9" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" s="26" t="s">
         <v>770</v>
       </c>
-      <c r="D9" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="26" t="s">
+      <c r="F9" s="60" t="s">
         <v>771</v>
       </c>
-      <c r="F9" s="60" t="s">
+      <c r="G9" s="60" t="s">
         <v>772</v>
-      </c>
-[...1 lines deleted...]
-        <v>773</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
+        <v>773</v>
+      </c>
+      <c r="J9" s="64" t="s">
         <v>774</v>
-      </c>
-[...1 lines deleted...]
-        <v>739</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
         <v>775</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E10" s="26" t="s">
         <v>776</v>
       </c>
       <c r="F10" s="60" t="s">
         <v>777</v>
       </c>
       <c r="G10" s="60" t="s">
         <v>778</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
         <v>779</v>
       </c>
       <c r="J10" s="64" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
         <v>780</v>
       </c>
       <c r="D11" s="26" t="s">
-        <v>87</v>
+        <v>60</v>
       </c>
       <c r="E11" s="26" t="s">
         <v>781</v>
       </c>
       <c r="F11" s="60" t="s">
         <v>782</v>
       </c>
       <c r="G11" s="60" t="s">
         <v>783</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
         <v>784</v>
       </c>
       <c r="J11" s="64" t="s">
-        <v>785</v>
+        <v>744</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
+        <v>785</v>
+      </c>
+      <c r="D12" s="26" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" s="26" t="s">
         <v>786</v>
       </c>
-      <c r="D12" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="26" t="s">
+      <c r="F12" s="60" t="s">
         <v>787</v>
       </c>
-      <c r="F12" s="60" t="s">
+      <c r="G12" s="60" t="s">
         <v>788</v>
-      </c>
-[...1 lines deleted...]
-        <v>789</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
+        <v>789</v>
+      </c>
+      <c r="J12" s="64" t="s">
         <v>790</v>
-      </c>
-[...1 lines deleted...]
-        <v>791</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>792</v>
+        <v>791</v>
       </c>
       <c r="D13" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="26" t="s">
+        <v>792</v>
+      </c>
+      <c r="F13" s="60" t="s">
         <v>793</v>
       </c>
-      <c r="F13" s="60" t="s">
+      <c r="G13" s="60" t="s">
         <v>794</v>
-      </c>
-[...1 lines deleted...]
-        <v>795</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
+        <v>795</v>
+      </c>
+      <c r="J13" s="64" t="s">
         <v>796</v>
-      </c>
-[...1 lines deleted...]
-        <v>797</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
+        <v>797</v>
+      </c>
+      <c r="D14" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="26" t="s">
         <v>798</v>
       </c>
-      <c r="D14" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="26" t="s">
+      <c r="F14" s="60" t="s">
         <v>799</v>
       </c>
-      <c r="F14" s="60" t="s">
+      <c r="G14" s="60" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
+        <v>801</v>
+      </c>
+      <c r="J14" s="64" t="s">
         <v>802</v>
-      </c>
-[...1 lines deleted...]
-        <v>803</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
+        <v>803</v>
+      </c>
+      <c r="D15" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" s="26" t="s">
         <v>804</v>
       </c>
-      <c r="D15" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E15" s="26" t="s">
+      <c r="F15" s="60" t="s">
         <v>805</v>
       </c>
-      <c r="F15" s="60" t="s">
+      <c r="G15" s="60" t="s">
         <v>806</v>
-      </c>
-[...1 lines deleted...]
-        <v>807</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
+        <v>807</v>
+      </c>
+      <c r="J15" s="64" t="s">
         <v>808</v>
-      </c>
-[...1 lines deleted...]
-        <v>809</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
+        <v>809</v>
+      </c>
+      <c r="D16" s="26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E16" s="26" t="s">
         <v>810</v>
       </c>
-      <c r="D16" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="26" t="s">
+      <c r="F16" s="60" t="s">
         <v>811</v>
       </c>
-      <c r="F16" s="60" t="s">
+      <c r="G16" s="60" t="s">
         <v>812</v>
-      </c>
-[...1 lines deleted...]
-        <v>813</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
+        <v>813</v>
+      </c>
+      <c r="J16" s="64" t="s">
         <v>814</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
         <v>815</v>
       </c>
       <c r="D17" s="26" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="E17" s="26" t="s">
         <v>816</v>
       </c>
       <c r="F17" s="60" t="s">
         <v>817</v>
       </c>
       <c r="G17" s="60" t="s">
         <v>818</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
-        <v>738</v>
+        <v>819</v>
       </c>
       <c r="J17" s="64" t="s">
-        <v>739</v>
+        <v>612</v>
       </c>
       <c r="K17" s="9"/>
     </row>
-    <row r="18" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
-[...5 lines deleted...]
-      </c>
+    <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
         <v>820</v>
       </c>
       <c r="D18" s="26" t="s">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="E18" s="26" t="s">
         <v>821</v>
       </c>
       <c r="F18" s="60" t="s">
         <v>822</v>
       </c>
       <c r="G18" s="60" t="s">
         <v>823</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
+        <v>743</v>
+      </c>
+      <c r="J18" s="64" t="s">
+        <v>744</v>
+      </c>
+      <c r="K18" s="9"/>
+    </row>
+    <row r="19" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
+      <c r="A19" s="2" t="s">
         <v>824</v>
       </c>
-      <c r="J18" s="64" t="s">
+      <c r="B19" s="10" t="s">
+        <v>824</v>
+      </c>
+      <c r="C19" s="36" t="s">
         <v>825</v>
       </c>
-      <c r="K18" s="9"/>
-[...3 lines deleted...]
-      <c r="C19" s="36" t="s">
+      <c r="D19" s="26" t="s">
+        <v>25</v>
+      </c>
+      <c r="E19" s="26" t="s">
         <v>826</v>
       </c>
-      <c r="D19" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="26" t="s">
+      <c r="F19" s="60" t="s">
         <v>827</v>
       </c>
-      <c r="F19" s="60" t="s">
+      <c r="G19" s="60" t="s">
         <v>828</v>
-      </c>
-[...1 lines deleted...]
-        <v>829</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
+        <v>829</v>
+      </c>
+      <c r="J19" s="64" t="s">
         <v>830</v>
-      </c>
-[...1 lines deleted...]
-        <v>831</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
+        <v>831</v>
+      </c>
+      <c r="D20" s="26" t="s">
+        <v>106</v>
+      </c>
+      <c r="E20" s="26" t="s">
         <v>832</v>
       </c>
-      <c r="D20" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="26" t="s">
+      <c r="F20" s="60" t="s">
         <v>833</v>
       </c>
-      <c r="F20" s="60" t="s">
+      <c r="G20" s="60" t="s">
         <v>834</v>
-      </c>
-[...1 lines deleted...]
-        <v>835</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
+        <v>835</v>
+      </c>
+      <c r="J20" s="64" t="s">
         <v>836</v>
-      </c>
-[...1 lines deleted...]
-        <v>837</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
+        <v>837</v>
+      </c>
+      <c r="D21" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="E21" s="26" t="s">
         <v>838</v>
       </c>
-      <c r="D21" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="26" t="s">
+      <c r="F21" s="60" t="s">
         <v>839</v>
       </c>
-      <c r="F21" s="60" t="s">
+      <c r="G21" s="60" t="s">
         <v>840</v>
-      </c>
-[...1 lines deleted...]
-        <v>841</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
+        <v>841</v>
+      </c>
+      <c r="J21" s="64" t="s">
         <v>842</v>
-      </c>
-[...1 lines deleted...]
-        <v>843</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
+        <v>843</v>
+      </c>
+      <c r="D22" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E22" s="26" t="s">
         <v>844</v>
       </c>
-      <c r="D22" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="26" t="s">
+      <c r="F22" s="60" t="s">
         <v>845</v>
       </c>
-      <c r="F22" s="60" t="s">
+      <c r="G22" s="60" t="s">
         <v>846</v>
-      </c>
-[...1 lines deleted...]
-        <v>847</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
+        <v>847</v>
+      </c>
+      <c r="J22" s="64" t="s">
         <v>848</v>
-      </c>
-[...1 lines deleted...]
-        <v>849</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
+        <v>849</v>
+      </c>
+      <c r="D23" s="26" t="s">
+        <v>113</v>
+      </c>
+      <c r="E23" s="26" t="s">
         <v>850</v>
       </c>
-      <c r="D23" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="26" t="s">
+      <c r="F23" s="60" t="s">
         <v>851</v>
       </c>
-      <c r="F23" s="60" t="s">
+      <c r="G23" s="60" t="s">
         <v>852</v>
-      </c>
-[...1 lines deleted...]
-        <v>853</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
+        <v>853</v>
+      </c>
+      <c r="J23" s="64" t="s">
         <v>854</v>
-      </c>
-[...1 lines deleted...]
-        <v>855</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
+        <v>855</v>
+      </c>
+      <c r="D24" s="27" t="s">
+        <v>281</v>
+      </c>
+      <c r="E24" s="27" t="s">
         <v>856</v>
       </c>
-      <c r="D24" s="27" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="27" t="s">
+      <c r="F24" s="66" t="s">
         <v>857</v>
       </c>
-      <c r="F24" s="66" t="s">
+      <c r="G24" s="66" t="s">
         <v>858</v>
-      </c>
-[...1 lines deleted...]
-        <v>859</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
+        <v>859</v>
+      </c>
+      <c r="J24" s="70" t="s">
         <v>860</v>
-      </c>
-[...1 lines deleted...]
-        <v>861</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -32561,633 +32631,633 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>982</v>
+        <v>981</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="C5" s="35" t="s">
+        <v>863</v>
+      </c>
+      <c r="D5" s="25" t="s">
+        <v>120</v>
+      </c>
+      <c r="E5" s="25" t="s">
         <v>864</v>
       </c>
-      <c r="D5" s="25" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="25" t="s">
+      <c r="F5" s="52" t="s">
         <v>865</v>
       </c>
-      <c r="F5" s="52" t="s">
+      <c r="G5" s="54" t="s">
         <v>866</v>
-      </c>
-[...1 lines deleted...]
-        <v>867</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
+        <v>867</v>
+      </c>
+      <c r="J5" s="58" t="s">
         <v>868</v>
-      </c>
-[...1 lines deleted...]
-        <v>869</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
+        <v>869</v>
+      </c>
+      <c r="D6" s="26" t="s">
+        <v>106</v>
+      </c>
+      <c r="E6" s="26" t="s">
         <v>870</v>
       </c>
-      <c r="D6" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="26" t="s">
+      <c r="F6" s="60" t="s">
         <v>871</v>
       </c>
-      <c r="F6" s="60" t="s">
+      <c r="G6" s="60" t="s">
         <v>872</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
         <v>873</v>
       </c>
       <c r="J6" s="64" t="s">
         <v>874</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
         <v>875</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="26" t="s">
         <v>876</v>
       </c>
       <c r="F7" s="60" t="s">
         <v>877</v>
       </c>
       <c r="G7" s="60" t="s">
-        <v>878</v>
+        <v>70</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
+        <v>878</v>
+      </c>
+      <c r="J7" s="64" t="s">
         <v>879</v>
-      </c>
-[...1 lines deleted...]
-        <v>880</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E8" s="26" t="s">
+        <v>881</v>
+      </c>
+      <c r="F8" s="60" t="s">
         <v>882</v>
       </c>
-      <c r="F8" s="60" t="s">
+      <c r="G8" s="60" t="s">
         <v>883</v>
-      </c>
-[...1 lines deleted...]
-        <v>884</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
+        <v>884</v>
+      </c>
+      <c r="J8" s="64" t="s">
         <v>885</v>
-      </c>
-[...1 lines deleted...]
-        <v>886</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E9" s="26" t="s">
+        <v>887</v>
+      </c>
+      <c r="F9" s="60" t="s">
         <v>888</v>
       </c>
-      <c r="F9" s="60" t="s">
+      <c r="G9" s="60" t="s">
         <v>889</v>
-      </c>
-[...1 lines deleted...]
-        <v>890</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
+        <v>890</v>
+      </c>
+      <c r="J9" s="64" t="s">
         <v>891</v>
-      </c>
-[...1 lines deleted...]
-        <v>892</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E10" s="26" t="s">
+        <v>893</v>
+      </c>
+      <c r="F10" s="60" t="s">
         <v>894</v>
       </c>
-      <c r="F10" s="60" t="s">
+      <c r="G10" s="60" t="s">
         <v>895</v>
-      </c>
-[...1 lines deleted...]
-        <v>896</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
+        <v>896</v>
+      </c>
+      <c r="J10" s="64" t="s">
         <v>897</v>
-      </c>
-[...1 lines deleted...]
-        <v>898</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>899</v>
+        <v>898</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="26" t="s">
+        <v>899</v>
+      </c>
+      <c r="F11" s="60" t="s">
         <v>900</v>
       </c>
-      <c r="F11" s="60" t="s">
+      <c r="G11" s="60" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>902</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
+        <v>902</v>
+      </c>
+      <c r="J11" s="64" t="s">
         <v>903</v>
-      </c>
-[...1 lines deleted...]
-        <v>904</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E12" s="26" t="s">
+        <v>905</v>
+      </c>
+      <c r="F12" s="60" t="s">
         <v>906</v>
       </c>
-      <c r="F12" s="60" t="s">
+      <c r="G12" s="60" t="s">
         <v>907</v>
-      </c>
-[...1 lines deleted...]
-        <v>908</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
+        <v>908</v>
+      </c>
+      <c r="J12" s="64" t="s">
         <v>909</v>
-      </c>
-[...1 lines deleted...]
-        <v>910</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="D13" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="26" t="s">
+        <v>911</v>
+      </c>
+      <c r="F13" s="60" t="s">
         <v>912</v>
       </c>
-      <c r="F13" s="60" t="s">
+      <c r="G13" s="60" t="s">
         <v>913</v>
-      </c>
-[...1 lines deleted...]
-        <v>914</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
+        <v>914</v>
+      </c>
+      <c r="J13" s="64" t="s">
         <v>915</v>
-      </c>
-[...1 lines deleted...]
-        <v>916</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="D14" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E14" s="26" t="s">
+        <v>917</v>
+      </c>
+      <c r="F14" s="60" t="s">
         <v>918</v>
       </c>
-      <c r="F14" s="60" t="s">
+      <c r="G14" s="60" t="s">
         <v>919</v>
-      </c>
-[...1 lines deleted...]
-        <v>920</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
+        <v>920</v>
+      </c>
+      <c r="J14" s="64" t="s">
         <v>921</v>
-      </c>
-[...1 lines deleted...]
-        <v>922</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>923</v>
+        <v>922</v>
       </c>
       <c r="D15" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E15" s="26" t="s">
+        <v>923</v>
+      </c>
+      <c r="F15" s="60" t="s">
         <v>924</v>
       </c>
-      <c r="F15" s="60" t="s">
+      <c r="G15" s="60" t="s">
         <v>925</v>
-      </c>
-[...1 lines deleted...]
-        <v>926</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
+        <v>926</v>
+      </c>
+      <c r="J15" s="64" t="s">
         <v>927</v>
-      </c>
-[...1 lines deleted...]
-        <v>928</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>929</v>
+        <v>928</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E16" s="26" t="s">
+        <v>929</v>
+      </c>
+      <c r="F16" s="60" t="s">
         <v>930</v>
       </c>
-      <c r="F16" s="60" t="s">
+      <c r="G16" s="60" t="s">
         <v>931</v>
-      </c>
-[...1 lines deleted...]
-        <v>932</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
+        <v>932</v>
+      </c>
+      <c r="J16" s="64" t="s">
         <v>933</v>
-      </c>
-[...1 lines deleted...]
-        <v>934</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E17" s="26" t="s">
+        <v>935</v>
+      </c>
+      <c r="F17" s="60" t="s">
         <v>936</v>
       </c>
-      <c r="F17" s="60" t="s">
+      <c r="G17" s="60" t="s">
         <v>937</v>
-      </c>
-[...1 lines deleted...]
-        <v>938</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
+        <v>938</v>
+      </c>
+      <c r="J17" s="64" t="s">
         <v>939</v>
-      </c>
-[...1 lines deleted...]
-        <v>940</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>941</v>
+        <v>940</v>
       </c>
       <c r="D18" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E18" s="26" t="s">
+        <v>941</v>
+      </c>
+      <c r="F18" s="60" t="s">
         <v>942</v>
       </c>
-      <c r="F18" s="60" t="s">
+      <c r="G18" s="60" t="s">
         <v>943</v>
-      </c>
-[...1 lines deleted...]
-        <v>944</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
+        <v>944</v>
+      </c>
+      <c r="J18" s="64" t="s">
         <v>945</v>
-      </c>
-[...1 lines deleted...]
-        <v>946</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
-        <v>947</v>
+        <v>946</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E19" s="26" t="s">
+        <v>947</v>
+      </c>
+      <c r="F19" s="60" t="s">
         <v>948</v>
       </c>
-      <c r="F19" s="60" t="s">
+      <c r="G19" s="60" t="s">
         <v>949</v>
-      </c>
-[...1 lines deleted...]
-        <v>950</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
+        <v>950</v>
+      </c>
+      <c r="J19" s="64" t="s">
         <v>951</v>
-      </c>
-[...1 lines deleted...]
-        <v>952</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
-        <v>953</v>
+        <v>952</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E20" s="26" t="s">
-        <v>924</v>
+        <v>953</v>
       </c>
       <c r="F20" s="60" t="s">
         <v>954</v>
       </c>
       <c r="G20" s="60" t="s">
         <v>955</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
         <v>956</v>
       </c>
       <c r="J20" s="64" t="s">
         <v>957</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
         <v>958</v>
       </c>
       <c r="D21" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E21" s="26" t="s">
+        <v>929</v>
+      </c>
+      <c r="F21" s="60" t="s">
         <v>959</v>
       </c>
-      <c r="F21" s="60" t="s">
+      <c r="G21" s="60" t="s">
         <v>960</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
+        <v>961</v>
+      </c>
+      <c r="J21" s="64" t="s">
         <v>962</v>
-      </c>
-[...1 lines deleted...]
-        <v>963</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>964</v>
+        <v>963</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E22" s="26" t="s">
+        <v>964</v>
+      </c>
+      <c r="F22" s="60" t="s">
         <v>965</v>
       </c>
-      <c r="F22" s="60" t="s">
+      <c r="G22" s="60" t="s">
         <v>966</v>
-      </c>
-[...1 lines deleted...]
-        <v>967</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
+        <v>967</v>
+      </c>
+      <c r="J22" s="64" t="s">
         <v>968</v>
-      </c>
-[...1 lines deleted...]
-        <v>969</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E23" s="26" t="s">
+        <v>970</v>
+      </c>
+      <c r="F23" s="60" t="s">
         <v>971</v>
       </c>
-      <c r="F23" s="60" t="s">
+      <c r="G23" s="60" t="s">
         <v>972</v>
-      </c>
-[...1 lines deleted...]
-        <v>973</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
+        <v>973</v>
+      </c>
+      <c r="J23" s="64" t="s">
         <v>974</v>
-      </c>
-[...1 lines deleted...]
-        <v>975</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>976</v>
+        <v>975</v>
       </c>
       <c r="D24" s="27" t="s">
         <v>25</v>
       </c>
       <c r="E24" s="27" t="s">
+        <v>976</v>
+      </c>
+      <c r="F24" s="66" t="s">
         <v>977</v>
       </c>
-      <c r="F24" s="66" t="s">
+      <c r="G24" s="66" t="s">
         <v>978</v>
-      </c>
-[...1 lines deleted...]
-        <v>979</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
+        <v>979</v>
+      </c>
+      <c r="J24" s="70" t="s">
         <v>980</v>
-      </c>
-[...1 lines deleted...]
-        <v>981</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
@@ -33247,633 +33317,633 @@
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="6.125" customWidth="1"/>
     <col min="3" max="3" width="39.25" style="33" customWidth="1"/>
     <col min="4" max="4" width="9.625" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.625" customWidth="1"/>
     <col min="6" max="7" width="17.625" customWidth="1"/>
     <col min="8" max="8" width="9.25" customWidth="1"/>
     <col min="9" max="9" width="80.625" customWidth="1"/>
     <col min="10" max="10" width="18.625" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="35.1" customHeight="1">
       <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="1"/>
       <c r="I1" s="42" t="s">
-        <v>1102</v>
+        <v>1101</v>
       </c>
       <c r="J1" s="42"/>
     </row>
     <row r="2" spans="2:10" ht="24" customHeight="1">
       <c r="B2" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="17"/>
       <c r="I2" s="47" t="s">
-        <v>1103</v>
+        <v>1102</v>
       </c>
       <c r="J2" s="47"/>
     </row>
     <row r="3" spans="2:10" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="B3" s="3"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="73" t="s">
         <v>149</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" s="2" customFormat="1" ht="69.95" customHeight="1" thickBot="1">
       <c r="B4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="34" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="14"/>
       <c r="I4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="A5" s="49" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>984</v>
+        <v>983</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>25</v>
       </c>
       <c r="E5" s="25" t="s">
+        <v>984</v>
+      </c>
+      <c r="F5" s="52" t="s">
         <v>985</v>
       </c>
-      <c r="F5" s="52" t="s">
+      <c r="G5" s="54" t="s">
         <v>986</v>
-      </c>
-[...1 lines deleted...]
-        <v>987</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="56" t="s">
+        <v>987</v>
+      </c>
+      <c r="J5" s="58" t="s">
         <v>988</v>
-      </c>
-[...1 lines deleted...]
-        <v>989</v>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B6" s="10"/>
       <c r="C6" s="36" t="s">
-        <v>990</v>
+        <v>989</v>
       </c>
       <c r="D6" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E6" s="26" t="s">
+        <v>990</v>
+      </c>
+      <c r="F6" s="60" t="s">
         <v>991</v>
       </c>
-      <c r="F6" s="60" t="s">
+      <c r="G6" s="60" t="s">
         <v>992</v>
-      </c>
-[...1 lines deleted...]
-        <v>993</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="62" t="s">
+        <v>993</v>
+      </c>
+      <c r="J6" s="64" t="s">
         <v>994</v>
-      </c>
-[...1 lines deleted...]
-        <v>995</v>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B7" s="10"/>
       <c r="C7" s="36" t="s">
-        <v>996</v>
+        <v>995</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="26" t="s">
+        <v>996</v>
+      </c>
+      <c r="F7" s="60" t="s">
         <v>997</v>
       </c>
-      <c r="F7" s="60" t="s">
+      <c r="G7" s="60" t="s">
         <v>998</v>
-      </c>
-[...1 lines deleted...]
-        <v>999</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="62" t="s">
+        <v>999</v>
+      </c>
+      <c r="J7" s="64" t="s">
         <v>1000</v>
-      </c>
-[...1 lines deleted...]
-        <v>1001</v>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row r="8" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="36" t="s">
-        <v>1002</v>
+        <v>1001</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E8" s="26" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F8" s="60" t="s">
         <v>1003</v>
       </c>
-      <c r="F8" s="60" t="s">
+      <c r="G8" s="60" t="s">
         <v>1004</v>
-      </c>
-[...1 lines deleted...]
-        <v>1005</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="62" t="s">
+        <v>1005</v>
+      </c>
+      <c r="J8" s="64" t="s">
         <v>1006</v>
-      </c>
-[...1 lines deleted...]
-        <v>1007</v>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row r="9" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B9" s="10"/>
       <c r="C9" s="36" t="s">
-        <v>1008</v>
+        <v>1007</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E9" s="26" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F9" s="60" t="s">
         <v>1009</v>
       </c>
-      <c r="F9" s="60" t="s">
+      <c r="G9" s="60" t="s">
         <v>1010</v>
-      </c>
-[...1 lines deleted...]
-        <v>1011</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="62" t="s">
+        <v>1011</v>
+      </c>
+      <c r="J9" s="64" t="s">
         <v>1012</v>
-      </c>
-[...1 lines deleted...]
-        <v>1013</v>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B10" s="10"/>
       <c r="C10" s="36" t="s">
-        <v>1014</v>
+        <v>1013</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E10" s="26" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F10" s="60" t="s">
         <v>1015</v>
       </c>
-      <c r="F10" s="60" t="s">
+      <c r="G10" s="60" t="s">
         <v>1016</v>
-      </c>
-[...1 lines deleted...]
-        <v>1017</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="62" t="s">
+        <v>1017</v>
+      </c>
+      <c r="J10" s="64" t="s">
         <v>1018</v>
-      </c>
-[...1 lines deleted...]
-        <v>1019</v>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B11" s="10"/>
       <c r="C11" s="36" t="s">
-        <v>1020</v>
+        <v>1019</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="26" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F11" s="60" t="s">
         <v>1021</v>
       </c>
-      <c r="F11" s="60" t="s">
+      <c r="G11" s="60" t="s">
         <v>1022</v>
-      </c>
-[...1 lines deleted...]
-        <v>1023</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="62" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J11" s="64" t="s">
         <v>1024</v>
-      </c>
-[...1 lines deleted...]
-        <v>1025</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B12" s="10"/>
       <c r="C12" s="36" t="s">
-        <v>1026</v>
+        <v>1025</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E12" s="26" t="s">
+        <v>1026</v>
+      </c>
+      <c r="F12" s="60" t="s">
         <v>1027</v>
       </c>
-      <c r="F12" s="60" t="s">
+      <c r="G12" s="60" t="s">
         <v>1028</v>
-      </c>
-[...1 lines deleted...]
-        <v>1029</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="62" t="s">
+        <v>1029</v>
+      </c>
+      <c r="J12" s="64" t="s">
         <v>1030</v>
-      </c>
-[...1 lines deleted...]
-        <v>1031</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B13" s="10"/>
       <c r="C13" s="36" t="s">
-        <v>1032</v>
+        <v>1031</v>
       </c>
       <c r="D13" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="26" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F13" s="60" t="s">
         <v>1033</v>
       </c>
-      <c r="F13" s="60" t="s">
+      <c r="G13" s="60" t="s">
         <v>1034</v>
-      </c>
-[...1 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="62" t="s">
+        <v>1035</v>
+      </c>
+      <c r="J13" s="64" t="s">
         <v>1036</v>
-      </c>
-[...1 lines deleted...]
-        <v>1037</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B14" s="10"/>
       <c r="C14" s="36" t="s">
-        <v>1038</v>
+        <v>1037</v>
       </c>
       <c r="D14" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E14" s="26" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F14" s="60" t="s">
         <v>1039</v>
       </c>
-      <c r="F14" s="60" t="s">
+      <c r="G14" s="60" t="s">
         <v>1040</v>
-      </c>
-[...1 lines deleted...]
-        <v>1041</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="62" t="s">
+        <v>1041</v>
+      </c>
+      <c r="J14" s="64" t="s">
         <v>1042</v>
-      </c>
-[...1 lines deleted...]
-        <v>1043</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B15" s="10"/>
       <c r="C15" s="36" t="s">
-        <v>1044</v>
+        <v>1043</v>
       </c>
       <c r="D15" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E15" s="26" t="s">
+        <v>1044</v>
+      </c>
+      <c r="F15" s="60" t="s">
         <v>1045</v>
       </c>
-      <c r="F15" s="60" t="s">
+      <c r="G15" s="60" t="s">
         <v>1046</v>
-      </c>
-[...1 lines deleted...]
-        <v>1047</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="62" t="s">
+        <v>1047</v>
+      </c>
+      <c r="J15" s="64" t="s">
         <v>1048</v>
-      </c>
-[...1 lines deleted...]
-        <v>1049</v>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B16" s="10"/>
       <c r="C16" s="36" t="s">
-        <v>1050</v>
+        <v>1049</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E16" s="26" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F16" s="60" t="s">
         <v>1051</v>
       </c>
-      <c r="F16" s="60" t="s">
+      <c r="G16" s="60" t="s">
         <v>1052</v>
-      </c>
-[...1 lines deleted...]
-        <v>1053</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="62" t="s">
+        <v>1053</v>
+      </c>
+      <c r="J16" s="64" t="s">
         <v>1054</v>
-      </c>
-[...1 lines deleted...]
-        <v>1055</v>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B17" s="10"/>
       <c r="C17" s="36" t="s">
-        <v>1056</v>
+        <v>1055</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E17" s="26" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F17" s="60" t="s">
         <v>1057</v>
       </c>
-      <c r="F17" s="60" t="s">
+      <c r="G17" s="60" t="s">
         <v>1058</v>
-      </c>
-[...1 lines deleted...]
-        <v>1059</v>
       </c>
       <c r="H17" s="8"/>
       <c r="I17" s="62" t="s">
+        <v>1059</v>
+      </c>
+      <c r="J17" s="64" t="s">
         <v>1060</v>
-      </c>
-[...1 lines deleted...]
-        <v>1061</v>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row r="18" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B18" s="10"/>
       <c r="C18" s="36" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
       <c r="D18" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>912</v>
+        <v>1062</v>
       </c>
       <c r="F18" s="60" t="s">
         <v>1063</v>
       </c>
       <c r="G18" s="60" t="s">
         <v>1064</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="62" t="s">
         <v>1065</v>
       </c>
       <c r="J18" s="64" t="s">
         <v>1066</v>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B19" s="10"/>
       <c r="C19" s="36" t="s">
         <v>1067</v>
       </c>
       <c r="D19" s="26" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E19" s="26" t="s">
+        <v>917</v>
+      </c>
+      <c r="F19" s="60" t="s">
         <v>1068</v>
       </c>
-      <c r="F19" s="60" t="s">
+      <c r="G19" s="60" t="s">
         <v>1069</v>
-      </c>
-[...1 lines deleted...]
-        <v>1070</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="62" t="s">
+        <v>1070</v>
+      </c>
+      <c r="J19" s="64" t="s">
         <v>1071</v>
-      </c>
-[...1 lines deleted...]
-        <v>1072</v>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row r="20" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B20" s="10"/>
       <c r="C20" s="36" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D20" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="26" t="s">
         <v>1073</v>
       </c>
-      <c r="D20" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="26" t="s">
+      <c r="F20" s="60" t="s">
         <v>1074</v>
       </c>
-      <c r="F20" s="60" t="s">
+      <c r="G20" s="60" t="s">
         <v>1075</v>
-      </c>
-[...1 lines deleted...]
-        <v>1076</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="62" t="s">
+        <v>1076</v>
+      </c>
+      <c r="J20" s="64" t="s">
         <v>1077</v>
-      </c>
-[...1 lines deleted...]
-        <v>1078</v>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row r="21" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B21" s="10"/>
       <c r="C21" s="36" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D21" s="26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" s="26" t="s">
         <v>1079</v>
       </c>
-      <c r="D21" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="26" t="s">
+      <c r="F21" s="60" t="s">
         <v>1080</v>
       </c>
-      <c r="F21" s="60" t="s">
+      <c r="G21" s="60" t="s">
         <v>1081</v>
-      </c>
-[...1 lines deleted...]
-        <v>1082</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="62" t="s">
+        <v>1082</v>
+      </c>
+      <c r="J21" s="64" t="s">
         <v>1083</v>
-      </c>
-[...1 lines deleted...]
-        <v>1084</v>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row r="22" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B22" s="10"/>
       <c r="C22" s="36" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="26" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F22" s="60" t="s">
         <v>1086</v>
       </c>
-      <c r="F22" s="60" t="s">
+      <c r="G22" s="60" t="s">
         <v>1087</v>
-      </c>
-[...1 lines deleted...]
-        <v>1088</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="62" t="s">
+        <v>1088</v>
+      </c>
+      <c r="J22" s="64" t="s">
         <v>1089</v>
-      </c>
-[...1 lines deleted...]
-        <v>1072</v>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row r="23" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1">
       <c r="B23" s="10"/>
       <c r="C23" s="36" t="s">
         <v>1090</v>
       </c>
       <c r="D23" s="26" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="E23" s="26" t="s">
         <v>1091</v>
       </c>
       <c r="F23" s="60" t="s">
         <v>1092</v>
       </c>
       <c r="G23" s="60" t="s">
         <v>1093</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="62" t="s">
         <v>1094</v>
       </c>
       <c r="J23" s="64" t="s">
-        <v>1095</v>
+        <v>1077</v>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row r="24" spans="2:11" s="2" customFormat="1" ht="32.45" customHeight="1" thickBot="1">
       <c r="B24" s="11"/>
       <c r="C24" s="37" t="s">
-        <v>1096</v>
+        <v>1095</v>
       </c>
       <c r="D24" s="27" t="s">
         <v>60</v>
       </c>
       <c r="E24" s="27" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F24" s="66" t="s">
         <v>1097</v>
       </c>
-      <c r="F24" s="66" t="s">
+      <c r="G24" s="66" t="s">
         <v>1098</v>
-      </c>
-[...1 lines deleted...]
-        <v>1099</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="68" t="s">
+        <v>1099</v>
+      </c>
+      <c r="J24" s="70" t="s">
         <v>1100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1101</v>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row r="25" spans="2:10" customHeight="1">
       <c r="B25" s="40" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="41"/>
       <c r="H25"/>
       <c r="I25" s="72" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="44"/>
     </row>
     <row r="26" spans="2:10" customHeight="1">
       <c r="B26" s="43"/>
       <c r="C26" s="43"/>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>