--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -343,54 +343,54 @@
   </si>
   <si>
     <t>Taiwan Finance Corp.</t>
   </si>
   <si>
     <t>邱彥郎</t>
   </si>
   <si>
     <t>陳健民</t>
   </si>
   <si>
     <t>Notes：1. Ranking is measured by "Equities".</t>
   </si>
   <si>
     <t>說　　明：1. 本表係以淨值為準依序排名。
 　　　　　2. 承銷及首次買入與交易額係指本年短期票券累計數。
 　　　　　3. #係金融控股公司之子公司。</t>
   </si>
   <si>
     <t>Source：Provided by Individual Institution.</t>
   </si>
   <si>
     <t>資料來源：票券金融公司單一申報資料。</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
-[...2 lines deleted...]
-    <t>中華民國114年 9月底</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
+  </si>
+  <si>
+    <t>中華民國114年12月底</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="16">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="173" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="174" formatCode="\-###0\-"/>
     <numFmt numFmtId="175" formatCode="\-\ ###0\ \-"/>
     <numFmt numFmtId="176" formatCode="###,###,##0\ "/>
     <numFmt numFmtId="177" formatCode="##0\ "/>
     <numFmt numFmtId="178" formatCode="###,###,##0"/>
     <numFmt numFmtId="179" formatCode="##0"/>
   </numFmts>
   <fonts count="36">
@@ -1903,340 +1903,340 @@
       </c>
       <c r="K4" s="22" t="s">
         <v>14</v>
       </c>
       <c r="L4" s="22" t="s">
         <v>6</v>
       </c>
       <c r="M4" s="23" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="36" customHeight="1">
       <c r="A5" s="49" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="45" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="46"/>
       <c r="D5" s="46"/>
       <c r="E5" s="47"/>
       <c r="F5" s="5"/>
       <c r="G5" s="11"/>
       <c r="H5" s="5"/>
       <c r="I5" s="72">
-        <v>147624</v>
+        <v>151288</v>
       </c>
       <c r="J5" s="72">
-        <v>12586906</v>
+        <v>17297774</v>
       </c>
       <c r="K5" s="75">
-        <v>21600351</v>
+        <v>29133425</v>
       </c>
       <c r="L5" s="78">
-        <v>1305035</v>
+        <v>1328001</v>
       </c>
       <c r="M5" s="81">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="36" customHeight="1">
       <c r="A6" s="50"/>
       <c r="B6" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="28" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="60" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="30"/>
       <c r="F6" s="12" t="s">
         <v>20</v>
       </c>
       <c r="G6" s="11"/>
       <c r="H6" s="12" t="s">
         <v>21</v>
       </c>
       <c r="I6" s="63">
-        <v>44767</v>
+        <v>45908</v>
       </c>
       <c r="J6" s="63">
-        <v>3879787</v>
+        <v>5305544</v>
       </c>
       <c r="K6" s="66">
-        <v>5751175</v>
+        <v>7715834</v>
       </c>
       <c r="L6" s="66">
-        <v>347433</v>
+        <v>361301</v>
       </c>
       <c r="M6" s="69">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:13" ht="36" customHeight="1">
       <c r="A7" s="50"/>
       <c r="B7" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="28" t="s">
         <v>23</v>
       </c>
       <c r="D7" s="60" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="30"/>
       <c r="F7" s="12" t="s">
         <v>25</v>
       </c>
       <c r="G7" s="11"/>
       <c r="H7" s="12" t="s">
         <v>26</v>
       </c>
       <c r="I7" s="63">
-        <v>33987</v>
+        <v>34831</v>
       </c>
       <c r="J7" s="63">
-        <v>2122348</v>
+        <v>2987145</v>
       </c>
       <c r="K7" s="66">
-        <v>4818211</v>
+        <v>6542741</v>
       </c>
       <c r="L7" s="66">
-        <v>304632</v>
+        <v>306876</v>
       </c>
       <c r="M7" s="69">
         <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:13" ht="36" customHeight="1">
       <c r="A8" s="50"/>
       <c r="B8" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="28" t="s">
         <v>28</v>
       </c>
       <c r="D8" s="60" t="s">
         <v>29</v>
       </c>
       <c r="E8" s="30"/>
       <c r="F8" s="12" t="s">
         <v>30</v>
       </c>
       <c r="G8" s="11"/>
       <c r="H8" s="12" t="s">
         <v>31</v>
       </c>
       <c r="I8" s="63">
-        <v>27153</v>
+        <v>27830</v>
       </c>
       <c r="J8" s="63">
-        <v>2796942</v>
+        <v>3794694</v>
       </c>
       <c r="K8" s="66">
-        <v>4458680</v>
+        <v>6016644</v>
       </c>
       <c r="L8" s="66">
-        <v>257194</v>
+        <v>265527</v>
       </c>
       <c r="M8" s="69">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="36" customHeight="1">
       <c r="A9" s="50"/>
       <c r="B9" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="28" t="s">
         <v>33</v>
       </c>
       <c r="D9" s="60" t="s">
         <v>34</v>
       </c>
       <c r="E9" s="30"/>
       <c r="F9" s="12" t="s">
         <v>35</v>
       </c>
       <c r="G9" s="11"/>
       <c r="H9" s="12" t="s">
         <v>36</v>
       </c>
       <c r="I9" s="63">
-        <v>9345</v>
+        <v>9581</v>
       </c>
       <c r="J9" s="63">
-        <v>1117819</v>
+        <v>1540273</v>
       </c>
       <c r="K9" s="66">
-        <v>1990148</v>
+        <v>2647408</v>
       </c>
       <c r="L9" s="66">
-        <v>87564</v>
+        <v>87258</v>
       </c>
       <c r="M9" s="69">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="36" customHeight="1">
       <c r="A10" s="50"/>
       <c r="B10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="28" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="60" t="s">
         <v>39</v>
       </c>
       <c r="E10" s="30"/>
       <c r="F10" s="12" t="s">
         <v>40</v>
       </c>
       <c r="G10" s="11"/>
       <c r="H10" s="12" t="s">
         <v>41</v>
       </c>
       <c r="I10" s="63">
-        <v>9331</v>
+        <v>9512</v>
       </c>
       <c r="J10" s="63">
-        <v>611266</v>
+        <v>835098</v>
       </c>
       <c r="K10" s="66">
-        <v>914713</v>
+        <v>1254968</v>
       </c>
       <c r="L10" s="66">
-        <v>88543</v>
+        <v>88477</v>
       </c>
       <c r="M10" s="69">
         <v>3</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="36" customHeight="1">
       <c r="A11" s="50"/>
       <c r="B11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="28" t="s">
         <v>43</v>
       </c>
       <c r="D11" s="60" t="s">
         <v>44</v>
       </c>
       <c r="E11" s="30"/>
       <c r="F11" s="12" t="s">
         <v>45</v>
       </c>
       <c r="G11" s="11"/>
       <c r="H11" s="12" t="s">
         <v>46</v>
       </c>
       <c r="I11" s="63">
-        <v>7996</v>
+        <v>8233</v>
       </c>
       <c r="J11" s="63">
-        <v>906108</v>
+        <v>1242044</v>
       </c>
       <c r="K11" s="66">
-        <v>1576398</v>
+        <v>2170198</v>
       </c>
       <c r="L11" s="66">
-        <v>75322</v>
+        <v>75644</v>
       </c>
       <c r="M11" s="69">
         <v>3</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="36" customHeight="1">
       <c r="A12" s="50"/>
       <c r="B12" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C12" s="28" t="s">
         <v>48</v>
       </c>
       <c r="D12" s="60" t="s">
         <v>49</v>
       </c>
       <c r="E12" s="30"/>
       <c r="F12" s="12" t="s">
         <v>50</v>
       </c>
       <c r="G12" s="11"/>
       <c r="H12" s="12" t="s">
         <v>51</v>
       </c>
       <c r="I12" s="63">
-        <v>7618</v>
+        <v>7769</v>
       </c>
       <c r="J12" s="63">
-        <v>542135</v>
+        <v>750039</v>
       </c>
       <c r="K12" s="66">
-        <v>1102138</v>
+        <v>1452929</v>
       </c>
       <c r="L12" s="66">
-        <v>70434</v>
+        <v>70127</v>
       </c>
       <c r="M12" s="69">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:13" ht="36" customHeight="1">
       <c r="A13" s="50"/>
       <c r="B13" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C13" s="28" t="s">
         <v>53</v>
       </c>
       <c r="D13" s="60" t="s">
         <v>54</v>
       </c>
       <c r="E13" s="30"/>
       <c r="F13" s="12" t="s">
         <v>55</v>
       </c>
       <c r="G13" s="11"/>
       <c r="H13" s="12" t="s">
         <v>56</v>
       </c>
       <c r="I13" s="63">
-        <v>7426</v>
+        <v>7625</v>
       </c>
       <c r="J13" s="63">
-        <v>610502</v>
+        <v>842936</v>
       </c>
       <c r="K13" s="66">
-        <v>988889</v>
+        <v>1332702</v>
       </c>
       <c r="L13" s="66">
-        <v>73912</v>
+        <v>72791</v>
       </c>
       <c r="M13" s="69">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="36" customHeight="1">
       <c r="A14" s="50"/>
       <c r="B14" s="6"/>
       <c r="C14" s="28"/>
       <c r="D14" s="32"/>
       <c r="E14" s="30"/>
       <c r="F14" s="12"/>
       <c r="G14" s="11"/>
       <c r="H14" s="12"/>
       <c r="I14" s="34"/>
       <c r="J14" s="34"/>
       <c r="K14" s="36"/>
       <c r="L14" s="36"/>
       <c r="M14" s="37"/>
     </row>
     <row r="15" spans="1:13" ht="36" customHeight="1">
       <c r="A15" s="50"/>
       <c r="B15" s="6"/>
       <c r="C15" s="28"/>
       <c r="D15" s="32"/>