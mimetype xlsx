--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -215,261 +215,261 @@
   <si>
     <t>日商三井住友銀行</t>
   </si>
   <si>
     <t>Sumitomo Mitsui Banking Corporation</t>
   </si>
   <si>
     <t>森達郎</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>美商美國銀行</t>
   </si>
   <si>
     <t>Bank of America</t>
   </si>
   <si>
     <t>廖文宏</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
+    <t>新加坡商大華銀行</t>
+  </si>
+  <si>
+    <t>United Overseas Bank</t>
+  </si>
+  <si>
+    <t>王植華</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
     <t>新加坡商星展銀行</t>
   </si>
   <si>
     <t>DBS Bank Ltd.</t>
   </si>
   <si>
     <t>洪國注</t>
   </si>
   <si>
-    <t>6</t>
-[...10 lines deleted...]
-  <si>
     <t>7</t>
   </si>
   <si>
     <t>法國東方匯理銀行</t>
   </si>
   <si>
     <t>Credit Agricole Corporate and Investment Bank</t>
   </si>
   <si>
     <t>羅弘伯</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
+    <t>泰國盤谷銀行</t>
+  </si>
+  <si>
+    <t>Bangkok Bank Public Company Ltd.</t>
+  </si>
+  <si>
+    <t>潘亮成</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
     <t>澳商澳盛銀行</t>
   </si>
   <si>
     <t>Australia and New Zealand Bank</t>
   </si>
   <si>
     <t>梁玳偉</t>
   </si>
   <si>
-    <t>9</t>
-[...10 lines deleted...]
-  <si>
     <t>10</t>
   </si>
   <si>
     <t>美商摩根大通銀行</t>
   </si>
   <si>
     <t>JPMorgan Chase Bank, N.A.</t>
   </si>
   <si>
     <t>錢國維</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
+    <t>法商法國巴黎銀行</t>
+  </si>
+  <si>
+    <t>BNP Paribas</t>
+  </si>
+  <si>
+    <t>寶森</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>新加坡商新加坡華僑銀行</t>
+  </si>
+  <si>
+    <t>Oversea-Chinese Banking Corporation Ltd.</t>
+  </si>
+  <si>
+    <t>吳智明</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
     <t>瑞士商瑞士銀行</t>
   </si>
   <si>
     <t>UBS AG</t>
   </si>
   <si>
-    <t>林慧如</t>
-[...2 lines deleted...]
-    <t>12</t>
+    <t>蘇韋毓</t>
+  </si>
+  <si>
+    <t>14</t>
   </si>
   <si>
     <t>美商道富銀行</t>
   </si>
   <si>
     <t>State Street Bank and Trust Company</t>
   </si>
   <si>
     <t>陳怡蓉</t>
   </si>
   <si>
-    <t>13</t>
+    <t>15</t>
+  </si>
+  <si>
+    <t>美商花旗銀行</t>
+  </si>
+  <si>
+    <t>Citibank N. A.</t>
+  </si>
+  <si>
+    <t>陳昭雯(代)</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>西班牙商西班牙對外銀行</t>
+  </si>
+  <si>
+    <t>Banco Bilbao Vizcaya Argentaria S.A.</t>
+  </si>
+  <si>
+    <t>高國洲</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>香港東亞銀行</t>
+  </si>
+  <si>
+    <t>The Bank of East Asia Ltd.</t>
+  </si>
+  <si>
+    <t>溫珍菡</t>
+  </si>
+  <si>
+    <t>18</t>
   </si>
   <si>
     <t>荷蘭商安智銀行</t>
   </si>
   <si>
     <t>ING BANK, N. V.</t>
   </si>
   <si>
     <t>張崇崗</t>
   </si>
   <si>
-    <t>14</t>
-[...58 lines deleted...]
-  <si>
     <t>19</t>
   </si>
   <si>
     <t>德商德意志銀行</t>
   </si>
   <si>
     <t>Deutsche Bank AG</t>
   </si>
   <si>
     <t>詹翠芳</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>英商渣打銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank</t>
   </si>
   <si>
     <t>馬德駒</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
+    <t>香港上海滙豐銀行</t>
+  </si>
+  <si>
+    <t>The Hongkong and Shanghai Banking Corp.Ltd.</t>
+  </si>
+  <si>
+    <t>蔣書城</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
     <t>法國興業銀行</t>
   </si>
   <si>
     <t>Societe Generale</t>
   </si>
   <si>
     <t>劉光卿</t>
-  </si>
-[...10 lines deleted...]
-    <t>蔣書城</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>美商美國紐約梅隆銀行</t>
   </si>
   <si>
     <t>The Bank of New York Mellon</t>
   </si>
   <si>
     <t>黃蔚文</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>印尼商印尼人民銀行</t>
   </si>
   <si>
     <t>PT Bank Rakyat Indonesia (Persero) Tbk.</t>
   </si>
   <si>
     <t>柯昂棣</t>
   </si>
@@ -504,54 +504,54 @@
     <t>美商富國銀行</t>
   </si>
   <si>
     <t>Wells Fargo Bank, National Association</t>
   </si>
   <si>
     <t>劉和峯</t>
   </si>
   <si>
     <t>Notes：1. Figures in this table include  OBU.
 　　　 2. Ranking is measured by "Equities".
 　　　 3. Deposits include "the deposits replaces by the Postal Saving System".</t>
   </si>
   <si>
     <t>說　　明：1. 本表以各外國銀行在臺分行（含OBU）之資料統計。
 　　　　　2. 本表以淨值為準依序排名，淨值一致者，以資產總額為準依序排名。
 　　　　　3. 存款餘額包括郵匯轉存款。</t>
   </si>
   <si>
     <t>Source：Provided by Individual Institution.</t>
   </si>
   <si>
     <t>資料來源：外國銀行單一申報資料。</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of June 2025</t>
-[...2 lines deleted...]
-    <t>中華民國114年 6月底</t>
+    <t xml:space="preserve"> End of Sept. 2025</t>
+  </si>
+  <si>
+    <t>中華民國114年 9月底</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>法商法國外貿銀行</t>
   </si>
   <si>
     <t>NATIXIS Bank</t>
   </si>
   <si>
     <t>邱明億</t>
   </si>
   <si>
     <t>在臺分行排名表(續完)</t>
   </si>
   <si>
     <t>Branches of Foreign Banks(Cont'd)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="15">
@@ -2011,864 +2011,864 @@
       </c>
       <c r="G4" s="16" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="17" t="s">
         <v>10</v>
       </c>
       <c r="I4" s="17" t="s">
         <v>7</v>
       </c>
       <c r="J4" s="18" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A5" s="45" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="45"/>
       <c r="C5" s="27" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="4"/>
       <c r="E5" s="7"/>
       <c r="F5" s="78">
-        <v>151481</v>
+        <v>151025</v>
       </c>
       <c r="G5" s="81">
-        <v>3892104</v>
+        <v>3791185</v>
       </c>
       <c r="H5" s="84">
-        <v>1684995</v>
+        <v>1712182</v>
       </c>
       <c r="I5" s="84">
-        <v>1218115</v>
+        <v>1271901</v>
       </c>
       <c r="J5" s="87">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="24" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="49" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="50" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="7"/>
       <c r="F6" s="52">
-        <v>26249</v>
+        <v>28660</v>
       </c>
       <c r="G6" s="55">
-        <v>652651</v>
+        <v>655671</v>
       </c>
       <c r="H6" s="58">
-        <v>387938</v>
+        <v>379390</v>
       </c>
       <c r="I6" s="58">
-        <v>219490</v>
+        <v>268623</v>
       </c>
       <c r="J6" s="61">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="24" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="49" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="50" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="7"/>
       <c r="F7" s="52">
-        <v>21504</v>
+        <v>19374</v>
       </c>
       <c r="G7" s="55">
-        <v>304360</v>
+        <v>346842</v>
       </c>
       <c r="H7" s="58">
-        <v>143364</v>
+        <v>181119</v>
       </c>
       <c r="I7" s="58">
-        <v>106331</v>
+        <v>117056</v>
       </c>
       <c r="J7" s="61">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="24" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="49" t="s">
         <v>25</v>
       </c>
       <c r="D8" s="50" t="s">
         <v>26</v>
       </c>
       <c r="E8" s="7"/>
       <c r="F8" s="52">
-        <v>14692</v>
+        <v>14812</v>
       </c>
       <c r="G8" s="55">
-        <v>499715</v>
+        <v>474317</v>
       </c>
       <c r="H8" s="58">
-        <v>372542</v>
+        <v>349900</v>
       </c>
       <c r="I8" s="58">
-        <v>79418</v>
+        <v>78881</v>
       </c>
       <c r="J8" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="24" t="s">
         <v>28</v>
       </c>
       <c r="C9" s="49" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="50" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="7"/>
       <c r="F9" s="52">
-        <v>12573</v>
+        <v>12990</v>
       </c>
       <c r="G9" s="55">
-        <v>103168</v>
+        <v>88069</v>
       </c>
       <c r="H9" s="58">
-        <v>59505</v>
+        <v>52263</v>
       </c>
       <c r="I9" s="58">
-        <v>24825</v>
+        <v>26989</v>
       </c>
       <c r="J9" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="24" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="49" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="50" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="7"/>
       <c r="F10" s="52">
-        <v>6967</v>
+        <v>7338</v>
       </c>
       <c r="G10" s="55">
-        <v>221485</v>
+        <v>157379</v>
       </c>
       <c r="H10" s="58">
-        <v>44848</v>
+        <v>2908</v>
       </c>
       <c r="I10" s="58">
-        <v>104459</v>
+        <v>42016</v>
       </c>
       <c r="J10" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="24" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="49" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="50" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="7"/>
       <c r="F11" s="52">
-        <v>6895</v>
+        <v>7194</v>
       </c>
       <c r="G11" s="55">
-        <v>171837</v>
+        <v>197940</v>
       </c>
       <c r="H11" s="58">
-        <v>3157</v>
+        <v>42101</v>
       </c>
       <c r="I11" s="58">
-        <v>59386</v>
+        <v>130263</v>
       </c>
       <c r="J11" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A12" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B12" s="24" t="s">
         <v>40</v>
       </c>
       <c r="C12" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="50" t="s">
         <v>42</v>
       </c>
       <c r="E12" s="7"/>
       <c r="F12" s="52">
-        <v>6347</v>
+        <v>6622</v>
       </c>
       <c r="G12" s="55">
-        <v>178846</v>
+        <v>188686</v>
       </c>
       <c r="H12" s="58">
-        <v>72434</v>
+        <v>96476</v>
       </c>
       <c r="I12" s="58">
-        <v>70971</v>
+        <v>72225</v>
       </c>
       <c r="J12" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A13" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B13" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C13" s="49" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="50" t="s">
         <v>46</v>
       </c>
       <c r="E13" s="7"/>
       <c r="F13" s="52">
-        <v>5379</v>
+        <v>5237</v>
       </c>
       <c r="G13" s="55">
-        <v>191107</v>
+        <v>24432</v>
       </c>
       <c r="H13" s="58">
-        <v>67753</v>
+        <v>8475</v>
       </c>
       <c r="I13" s="58">
-        <v>49761</v>
+        <v>18709</v>
       </c>
       <c r="J13" s="61">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A14" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B14" s="24" t="s">
         <v>48</v>
       </c>
       <c r="C14" s="49" t="s">
         <v>49</v>
       </c>
       <c r="D14" s="50" t="s">
         <v>50</v>
       </c>
       <c r="E14" s="7"/>
       <c r="F14" s="52">
-        <v>5195</v>
+        <v>4926</v>
       </c>
       <c r="G14" s="55">
-        <v>25173</v>
+        <v>126909</v>
       </c>
       <c r="H14" s="58">
-        <v>8476</v>
+        <v>46003</v>
       </c>
       <c r="I14" s="58">
-        <v>17488</v>
+        <v>33383</v>
       </c>
       <c r="J14" s="61">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A15" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B15" s="24" t="s">
         <v>52</v>
       </c>
       <c r="C15" s="49" t="s">
         <v>53</v>
       </c>
       <c r="D15" s="50" t="s">
         <v>54</v>
       </c>
       <c r="E15" s="7"/>
       <c r="F15" s="52">
-        <v>5192</v>
+        <v>4715</v>
       </c>
       <c r="G15" s="55">
-        <v>106116</v>
+        <v>90985</v>
       </c>
       <c r="H15" s="58">
-        <v>58088</v>
+        <v>59862</v>
       </c>
       <c r="I15" s="58">
-        <v>2184</v>
+        <v>3367</v>
       </c>
       <c r="J15" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A16" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B16" s="24" t="s">
         <v>56</v>
       </c>
       <c r="C16" s="49" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="50" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="7"/>
       <c r="F16" s="52">
-        <v>4125</v>
+        <v>3650</v>
       </c>
       <c r="G16" s="55">
-        <v>167756</v>
+        <v>219506</v>
       </c>
       <c r="H16" s="58">
-        <v>106105</v>
+        <v>82094</v>
       </c>
       <c r="I16" s="58">
-        <v>73570</v>
+        <v>65177</v>
       </c>
       <c r="J16" s="61">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A17" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B17" s="24" t="s">
         <v>60</v>
       </c>
       <c r="C17" s="49" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="50" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="7"/>
       <c r="F17" s="52">
-        <v>3576</v>
+        <v>3259</v>
       </c>
       <c r="G17" s="55">
-        <v>31540</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>157455</v>
+      </c>
+      <c r="H17" s="58">
+        <v>7002</v>
+      </c>
+      <c r="I17" s="58">
+        <v>80905</v>
       </c>
       <c r="J17" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A18" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>64</v>
       </c>
       <c r="C18" s="49" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="50" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="7"/>
       <c r="F18" s="52">
-        <v>3540</v>
+        <v>3126</v>
       </c>
       <c r="G18" s="55">
-        <v>233585</v>
+        <v>172068</v>
       </c>
       <c r="H18" s="58">
-        <v>89318</v>
+        <v>109050</v>
       </c>
       <c r="I18" s="58">
-        <v>48473</v>
+        <v>74735</v>
       </c>
       <c r="J18" s="61">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A19" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B19" s="24" t="s">
         <v>68</v>
       </c>
       <c r="C19" s="49" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="50" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="7"/>
       <c r="F19" s="52">
-        <v>3283</v>
+        <v>3056</v>
       </c>
       <c r="G19" s="55">
-        <v>139662</v>
-[...5 lines deleted...]
-        <v>51529</v>
+        <v>16780</v>
+      </c>
+      <c r="H19" s="64">
+        <v>0</v>
+      </c>
+      <c r="I19" s="64">
+        <v>0</v>
       </c>
       <c r="J19" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A20" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>72</v>
       </c>
       <c r="C20" s="49" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="50" t="s">
         <v>74</v>
       </c>
       <c r="E20" s="7"/>
       <c r="F20" s="52">
-        <v>3188</v>
+        <v>3036</v>
       </c>
       <c r="G20" s="55">
-        <v>246314</v>
-[...2 lines deleted...]
-        <v>78564</v>
+        <v>46490</v>
+      </c>
+      <c r="H20" s="64">
+        <v>0</v>
       </c>
       <c r="I20" s="58">
-        <v>70175</v>
+        <v>42354</v>
       </c>
       <c r="J20" s="61">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A21" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B21" s="24" t="s">
         <v>76</v>
       </c>
       <c r="C21" s="49" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="50" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="7"/>
       <c r="F21" s="52">
-        <v>3065</v>
+        <v>2977</v>
       </c>
       <c r="G21" s="55">
-        <v>93209</v>
+        <v>67220</v>
       </c>
       <c r="H21" s="58">
-        <v>366</v>
+        <v>980</v>
       </c>
       <c r="I21" s="58">
-        <v>60602</v>
+        <v>25304</v>
       </c>
       <c r="J21" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A22" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B22" s="24" t="s">
         <v>80</v>
       </c>
       <c r="C22" s="49" t="s">
         <v>81</v>
       </c>
       <c r="D22" s="50" t="s">
         <v>82</v>
       </c>
       <c r="E22" s="7"/>
       <c r="F22" s="52">
-        <v>2981</v>
+        <v>2854</v>
       </c>
       <c r="G22" s="55">
-        <v>47432</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>37565</v>
+      </c>
+      <c r="H22" s="58">
+        <v>14509</v>
       </c>
       <c r="I22" s="58">
-        <v>44194</v>
+        <v>34564</v>
       </c>
       <c r="J22" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A23" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B23" s="24" t="s">
         <v>84</v>
       </c>
       <c r="C23" s="49" t="s">
         <v>85</v>
       </c>
       <c r="D23" s="50" t="s">
         <v>86</v>
       </c>
       <c r="E23" s="7"/>
       <c r="F23" s="52">
-        <v>2694</v>
+        <v>2771</v>
       </c>
       <c r="G23" s="55">
-        <v>37052</v>
+        <v>269775</v>
       </c>
       <c r="H23" s="58">
-        <v>14642</v>
+        <v>112991</v>
       </c>
       <c r="I23" s="58">
-        <v>34429</v>
+        <v>40789</v>
       </c>
       <c r="J23" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A24" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B24" s="24" t="s">
         <v>88</v>
       </c>
       <c r="C24" s="49" t="s">
         <v>89</v>
       </c>
       <c r="D24" s="50" t="s">
         <v>90</v>
       </c>
       <c r="E24" s="7"/>
       <c r="F24" s="52">
-        <v>2473</v>
+        <v>2701</v>
       </c>
       <c r="G24" s="55">
-        <v>210888</v>
+        <v>222019</v>
       </c>
       <c r="H24" s="58">
-        <v>161014</v>
+        <v>161355</v>
       </c>
       <c r="I24" s="58">
-        <v>8187</v>
+        <v>13152</v>
       </c>
       <c r="J24" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A25" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B25" s="24" t="s">
         <v>92</v>
       </c>
       <c r="C25" s="49" t="s">
         <v>93</v>
       </c>
       <c r="D25" s="50" t="s">
         <v>94</v>
       </c>
       <c r="E25" s="7"/>
       <c r="F25" s="52">
-        <v>2005</v>
+        <v>2047</v>
       </c>
       <c r="G25" s="55">
-        <v>21174</v>
+        <v>21533</v>
       </c>
       <c r="H25" s="58">
-        <v>642</v>
+        <v>510</v>
       </c>
       <c r="I25" s="58">
-        <v>17701</v>
+        <v>18831</v>
       </c>
       <c r="J25" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A26" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B26" s="24" t="s">
         <v>96</v>
       </c>
       <c r="C26" s="49" t="s">
         <v>97</v>
       </c>
       <c r="D26" s="50" t="s">
         <v>98</v>
       </c>
       <c r="E26" s="7"/>
       <c r="F26" s="52">
-        <v>1973</v>
+        <v>1981</v>
       </c>
       <c r="G26" s="55">
-        <v>104352</v>
-[...2 lines deleted...]
-        <v>1824</v>
+        <v>50241</v>
+      </c>
+      <c r="H26" s="64">
+        <v>0</v>
       </c>
       <c r="I26" s="58">
-        <v>14103</v>
+        <v>46556</v>
       </c>
       <c r="J26" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A27" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B27" s="24" t="s">
         <v>100</v>
       </c>
       <c r="C27" s="49" t="s">
         <v>101</v>
       </c>
       <c r="D27" s="50" t="s">
         <v>102</v>
       </c>
       <c r="E27" s="7"/>
       <c r="F27" s="52">
-        <v>1899</v>
+        <v>1950</v>
       </c>
       <c r="G27" s="55">
-        <v>40406</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>98230</v>
+      </c>
+      <c r="H27" s="58">
+        <v>2031</v>
       </c>
       <c r="I27" s="58">
-        <v>38563</v>
+        <v>16715</v>
       </c>
       <c r="J27" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A28" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B28" s="24" t="s">
         <v>104</v>
       </c>
       <c r="C28" s="49" t="s">
         <v>105</v>
       </c>
       <c r="D28" s="50" t="s">
         <v>106</v>
       </c>
       <c r="E28" s="7"/>
       <c r="F28" s="52">
-        <v>1847</v>
+        <v>1916</v>
       </c>
       <c r="G28" s="55">
-        <v>9665</v>
+        <v>7883</v>
       </c>
       <c r="H28" s="58">
         <v>7</v>
       </c>
       <c r="I28" s="64">
         <v>0</v>
       </c>
       <c r="J28" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A29" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B29" s="24" t="s">
         <v>108</v>
       </c>
       <c r="C29" s="49" t="s">
         <v>109</v>
       </c>
       <c r="D29" s="50" t="s">
         <v>110</v>
       </c>
       <c r="E29" s="7"/>
       <c r="F29" s="52">
-        <v>1191</v>
+        <v>1223</v>
       </c>
       <c r="G29" s="55">
-        <v>9785</v>
+        <v>10470</v>
       </c>
       <c r="H29" s="58">
-        <v>960</v>
+        <v>897</v>
       </c>
       <c r="I29" s="58">
-        <v>1450</v>
+        <v>1438</v>
       </c>
       <c r="J29" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A30" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B30" s="24" t="s">
         <v>112</v>
       </c>
       <c r="C30" s="49" t="s">
         <v>113</v>
       </c>
       <c r="D30" s="50" t="s">
         <v>114</v>
       </c>
       <c r="E30" s="7"/>
       <c r="F30" s="52">
-        <v>978</v>
+        <v>1003</v>
       </c>
       <c r="G30" s="55">
-        <v>11619</v>
+        <v>8740</v>
       </c>
       <c r="H30" s="58">
-        <v>721</v>
+        <v>171</v>
       </c>
       <c r="I30" s="58">
-        <v>8884</v>
+        <v>6588</v>
       </c>
       <c r="J30" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A31" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B31" s="24" t="s">
         <v>116</v>
       </c>
       <c r="C31" s="49" t="s">
         <v>117</v>
       </c>
       <c r="D31" s="50" t="s">
         <v>118</v>
       </c>
       <c r="E31" s="7"/>
       <c r="F31" s="52">
-        <v>668</v>
+        <v>657</v>
       </c>
       <c r="G31" s="55">
-        <v>5043</v>
+        <v>6377</v>
       </c>
       <c r="H31" s="58">
-        <v>1972</v>
+        <v>2088</v>
       </c>
       <c r="I31" s="58">
-        <v>3178</v>
+        <v>4521</v>
       </c>
       <c r="J31" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1" thickBot="1">
       <c r="A32" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B32" s="24" t="s">
         <v>120</v>
       </c>
       <c r="C32" s="65" t="s">
         <v>121</v>
       </c>
       <c r="D32" s="50" t="s">
         <v>122</v>
       </c>
       <c r="E32" s="7"/>
       <c r="F32" s="67">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="G32" s="70">
-        <v>829</v>
+        <v>912</v>
       </c>
       <c r="H32" s="73">
         <v>0</v>
       </c>
       <c r="I32" s="73">
         <v>0</v>
       </c>
       <c r="J32" s="76">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:10" customFormat="1" customHeight="1">
       <c r="A33" s="46" t="s">
         <v>126</v>
       </c>
       <c r="B33" s="46"/>
       <c r="C33" s="46"/>
       <c r="D33" s="46"/>
       <c r="E33"/>
       <c r="F33" s="93" t="s">
         <v>125</v>
       </c>
       <c r="G33" s="44"/>
       <c r="H33" s="44"/>
       <c r="I33" s="44"/>
@@ -3043,54 +3043,54 @@
       <c r="H4" s="17" t="s">
         <v>10</v>
       </c>
       <c r="I4" s="17" t="s">
         <v>7</v>
       </c>
       <c r="J4" s="18" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A5" s="28" t="s">
         <v>129</v>
       </c>
       <c r="B5" s="24" t="s">
         <v>130</v>
       </c>
       <c r="C5" s="95" t="s">
         <v>131</v>
       </c>
       <c r="D5" s="96" t="s">
         <v>132</v>
       </c>
       <c r="E5" s="7"/>
       <c r="F5" s="78">
-        <v>474</v>
+        <v>427</v>
       </c>
       <c r="G5" s="81">
-        <v>27333</v>
+        <v>26691</v>
       </c>
       <c r="H5" s="99">
         <v>0</v>
       </c>
       <c r="I5" s="84">
         <v>8764</v>
       </c>
       <c r="J5" s="87">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A6" s="3"/>
       <c r="B6" s="24"/>
       <c r="C6" s="25"/>
       <c r="D6" s="8"/>
       <c r="E6" s="7"/>
       <c r="F6" s="33"/>
       <c r="G6" s="34"/>
       <c r="H6" s="35"/>
       <c r="I6" s="35"/>
       <c r="J6" s="36"/>
     </row>
     <row r="7" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A7" s="3"/>