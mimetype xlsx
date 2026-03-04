--- v1 (2025-12-02)
+++ v2 (2026-03-04)
@@ -215,355 +215,355 @@
   <si>
     <t>日商三井住友銀行</t>
   </si>
   <si>
     <t>Sumitomo Mitsui Banking Corporation</t>
   </si>
   <si>
     <t>森達郎</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>美商美國銀行</t>
   </si>
   <si>
     <t>Bank of America</t>
   </si>
   <si>
     <t>廖文宏</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
+    <t>新加坡商星展銀行</t>
+  </si>
+  <si>
+    <t>DBS Bank Ltd.</t>
+  </si>
+  <si>
+    <t>洪國注</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
     <t>新加坡商大華銀行</t>
   </si>
   <si>
     <t>United Overseas Bank</t>
   </si>
   <si>
     <t>王植華</t>
   </si>
   <si>
-    <t>6</t>
-[...10 lines deleted...]
-  <si>
     <t>7</t>
   </si>
   <si>
     <t>法國東方匯理銀行</t>
   </si>
   <si>
     <t>Credit Agricole Corporate and Investment Bank</t>
   </si>
   <si>
     <t>羅弘伯</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
+    <t>西班牙商西班牙對外銀行</t>
+  </si>
+  <si>
+    <t>Banco Bilbao Vizcaya Argentaria S.A.</t>
+  </si>
+  <si>
+    <t>高國洲</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
     <t>泰國盤谷銀行</t>
   </si>
   <si>
     <t>Bangkok Bank Public Company Ltd.</t>
   </si>
   <si>
     <t>潘亮成</t>
   </si>
   <si>
-    <t>9</t>
+    <t>10</t>
   </si>
   <si>
     <t>澳商澳盛銀行</t>
   </si>
   <si>
     <t>Australia and New Zealand Bank</t>
   </si>
   <si>
     <t>梁玳偉</t>
   </si>
   <si>
-    <t>10</t>
+    <t>11</t>
+  </si>
+  <si>
+    <t>法商法國巴黎銀行</t>
+  </si>
+  <si>
+    <t>BNP Paribas</t>
+  </si>
+  <si>
+    <t>寶森</t>
+  </si>
+  <si>
+    <t>12</t>
   </si>
   <si>
     <t>美商摩根大通銀行</t>
   </si>
   <si>
     <t>JPMorgan Chase Bank, N.A.</t>
   </si>
   <si>
     <t>錢國維</t>
   </si>
   <si>
-    <t>11</t>
-[...11 lines deleted...]
-    <t>12</t>
+    <t>13</t>
+  </si>
+  <si>
+    <t>荷蘭商安智銀行</t>
+  </si>
+  <si>
+    <t>ING BANK, N. V.</t>
+  </si>
+  <si>
+    <t>張崇崗</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>瑞士商瑞士銀行</t>
+  </si>
+  <si>
+    <t>UBS AG</t>
+  </si>
+  <si>
+    <t>蘇韋毓</t>
+  </si>
+  <si>
+    <t>15</t>
   </si>
   <si>
     <t>新加坡商新加坡華僑銀行</t>
   </si>
   <si>
     <t>Oversea-Chinese Banking Corporation Ltd.</t>
   </si>
   <si>
     <t>吳智明</t>
   </si>
   <si>
-    <t>13</t>
-[...11 lines deleted...]
-    <t>14</t>
+    <t>16</t>
   </si>
   <si>
     <t>美商道富銀行</t>
   </si>
   <si>
     <t>State Street Bank and Trust Company</t>
   </si>
   <si>
     <t>陳怡蓉</t>
   </si>
   <si>
-    <t>15</t>
+    <t>17</t>
+  </si>
+  <si>
+    <t>香港東亞銀行</t>
+  </si>
+  <si>
+    <t>The Bank of East Asia Ltd.</t>
+  </si>
+  <si>
+    <t>溫珍菡</t>
+  </si>
+  <si>
+    <t>18</t>
   </si>
   <si>
     <t>美商花旗銀行</t>
   </si>
   <si>
     <t>Citibank N. A.</t>
   </si>
   <si>
-    <t>陳昭雯(代)</t>
-[...35 lines deleted...]
-    <t>張崇崗</t>
+    <t>陳昭雯</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>德商德意志銀行</t>
   </si>
   <si>
     <t>Deutsche Bank AG</t>
   </si>
   <si>
     <t>詹翠芳</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>英商渣打銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank</t>
   </si>
   <si>
     <t>馬德駒</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
+    <t>美商美國紐約梅隆銀行</t>
+  </si>
+  <si>
+    <t>The Bank of New York Mellon</t>
+  </si>
+  <si>
+    <t>黃蔚文</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>法國興業銀行</t>
+  </si>
+  <si>
+    <t>Societe Generale</t>
+  </si>
+  <si>
+    <t>劉光卿</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
     <t>香港上海滙豐銀行</t>
   </si>
   <si>
     <t>The Hongkong and Shanghai Banking Corp.Ltd.</t>
   </si>
   <si>
     <t>蔣書城</t>
   </si>
   <si>
-    <t>22</t>
-[...22 lines deleted...]
-  <si>
     <t>24</t>
   </si>
   <si>
     <t>印尼商印尼人民銀行</t>
   </si>
   <si>
     <t>PT Bank Rakyat Indonesia (Persero) Tbk.</t>
   </si>
   <si>
     <t>柯昂棣</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>菲律賓首都銀行</t>
   </si>
   <si>
     <t>Metropolitan Bank and Trust Company</t>
   </si>
   <si>
     <t>蔡光超</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>韓商韓亞銀行</t>
   </si>
   <si>
     <t>KEB Hana Bank</t>
   </si>
   <si>
     <t>金健日</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>美商富國銀行</t>
-[...5 lines deleted...]
-    <t>劉和峯</t>
+    <t>法商法國外貿銀行</t>
+  </si>
+  <si>
+    <t>NATIXIS Bank</t>
+  </si>
+  <si>
+    <t>邱明億</t>
   </si>
   <si>
     <t>Notes：1. Figures in this table include  OBU.
 　　　 2. Ranking is measured by "Equities".
 　　　 3. Deposits include "the deposits replaces by the Postal Saving System".</t>
   </si>
   <si>
     <t>說　　明：1. 本表以各外國銀行在臺分行（含OBU）之資料統計。
 　　　　　2. 本表以淨值為準依序排名，淨值一致者，以資產總額為準依序排名。
 　　　　　3. 存款餘額包括郵匯轉存款。</t>
   </si>
   <si>
     <t>Source：Provided by Individual Institution.</t>
   </si>
   <si>
     <t>資料來源：外國銀行單一申報資料。</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
-[...2 lines deleted...]
-    <t>中華民國114年 9月底</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
+  </si>
+  <si>
+    <t>中華民國114年12月底</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>法商法國外貿銀行</t>
-[...5 lines deleted...]
-    <t>邱明億</t>
+    <t>美商富國銀行</t>
+  </si>
+  <si>
+    <t>Wells Fargo Bank, National Association</t>
+  </si>
+  <si>
+    <t>劉和峯</t>
   </si>
   <si>
     <t>在臺分行排名表(續完)</t>
   </si>
   <si>
     <t>Branches of Foreign Banks(Cont'd)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="15">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="173" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="174" formatCode="\-###0\-"/>
     <numFmt numFmtId="175" formatCode="\-\ ###0\ \-"/>
@@ -1771,124 +1771,133 @@
     </xf>
     <xf xxid="127" numFmtId="177" fontId="5" fillId="2" borderId="27" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="128" numFmtId="177" fontId="0" fillId="2" borderId="27" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="129" numFmtId="177" fontId="8" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="130" numFmtId="177" fontId="31" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="131" numFmtId="177" fontId="30" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="132" numFmtId="178" fontId="8" fillId="2" borderId="28" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="133" numFmtId="178" fontId="31" fillId="2" borderId="28" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="134" numFmtId="178" fontId="30" fillId="2" borderId="28" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="135" numFmtId="177" fontId="8" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="135" numFmtId="177" fontId="8" fillId="2" borderId="28" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="136" numFmtId="177" fontId="31" fillId="2" borderId="28" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="137" numFmtId="177" fontId="30" fillId="2" borderId="28" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="138" numFmtId="177" fontId="8" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf xxid="136" numFmtId="177" fontId="31" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="139" numFmtId="177" fontId="31" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf xxid="137" numFmtId="177" fontId="30" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="140" numFmtId="177" fontId="30" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf xxid="138" numFmtId="177" fontId="5" fillId="2" borderId="14" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...23 lines deleted...]
-    <xf xxid="146" numFmtId="177" fontId="8" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="141" numFmtId="177" fontId="5" fillId="2" borderId="14" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="142" numFmtId="177" fontId="0" fillId="2" borderId="14" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="143" numFmtId="177" fontId="8" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="144" numFmtId="177" fontId="31" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="145" numFmtId="177" fontId="30" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="146" numFmtId="177" fontId="8" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="147" numFmtId="177" fontId="31" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="148" numFmtId="177" fontId="30" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="149" numFmtId="177" fontId="8" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf xxid="147" numFmtId="177" fontId="31" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="150" numFmtId="177" fontId="31" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf xxid="148" numFmtId="177" fontId="30" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="151" numFmtId="177" fontId="30" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf xxid="149" numFmtId="49" fontId="2" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="152" numFmtId="49" fontId="2" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf xxid="150" numFmtId="49" fontId="30" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="153" numFmtId="49" fontId="30" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf xxid="151" numFmtId="49" fontId="32" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="154" numFmtId="49" fontId="32" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf xxid="152" numFmtId="49" fontId="0" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="155" numFmtId="49" fontId="0" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf xxid="153" numFmtId="49" fontId="30" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="156" numFmtId="49" fontId="30" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf xxid="154" numFmtId="49" fontId="32" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="157" numFmtId="49" fontId="32" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf xxid="155" numFmtId="0" fontId="31" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
-    <xf xxid="156" numFmtId="49" fontId="30" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="158" numFmtId="0" fontId="31" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
+    <xf xxid="159" numFmtId="49" fontId="30" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf xxid="157" numFmtId="49" fontId="0" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="160" numFmtId="49" fontId="0" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf xxid="158" numFmtId="178" fontId="8" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf xxid="160" numFmtId="178" fontId="30" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="161" numFmtId="178" fontId="8" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="162" numFmtId="178" fontId="31" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="163" numFmtId="178" fontId="30" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="47">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色2" xfId="16"/>
     <cellStyle name="20% - 輔色3" xfId="17"/>
     <cellStyle name="20% - 輔色4" xfId="18"/>
     <cellStyle name="20% - 輔色5" xfId="19"/>
     <cellStyle name="20% - 輔色6" xfId="20"/>
     <cellStyle name="40% - 輔色1" xfId="21"/>
     <cellStyle name="40% - 輔色2" xfId="22"/>
     <cellStyle name="40% - 輔色3" xfId="23"/>
     <cellStyle name="40% - 輔色4" xfId="24"/>
     <cellStyle name="40% - 輔色5" xfId="25"/>
     <cellStyle name="40% - 輔色6" xfId="26"/>
     <cellStyle name="60% - 輔色1" xfId="27"/>
     <cellStyle name="60% - 輔色2" xfId="28"/>
     <cellStyle name="60% - 輔色3" xfId="29"/>
     <cellStyle name="60% - 輔色4" xfId="30"/>
     <cellStyle name="60% - 輔色5" xfId="31"/>
     <cellStyle name="60% - 輔色6" xfId="32"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="33" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="34" builtinId="6"/>
@@ -1962,949 +1971,949 @@
       <c r="I1" s="6"/>
     </row>
     <row r="2" spans="1:9" ht="24" customHeight="1">
       <c r="A2" s="5"/>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="1"/>
       <c r="F2" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="20"/>
     </row>
     <row r="3" spans="1:10" s="9" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="A3" s="9"/>
       <c r="B3" s="9"/>
       <c r="C3" s="9"/>
       <c r="D3" s="10" t="s">
         <v>128</v>
       </c>
       <c r="E3" s="9"/>
-      <c r="F3" s="94" t="s">
+      <c r="F3" s="97" t="s">
         <v>127</v>
       </c>
       <c r="G3" s="11"/>
       <c r="H3" s="47" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="47"/>
       <c r="J3" s="47"/>
     </row>
     <row r="4" spans="1:10" s="19" customFormat="1" ht="52.9" customHeight="1" thickBot="1">
       <c r="A4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="18" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="41"/>
       <c r="D4" s="14" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="15"/>
       <c r="F4" s="13" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="16" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="17" t="s">
         <v>10</v>
       </c>
       <c r="I4" s="17" t="s">
         <v>7</v>
       </c>
       <c r="J4" s="18" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A5" s="45" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="45"/>
       <c r="C5" s="27" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="4"/>
       <c r="E5" s="7"/>
-      <c r="F5" s="78">
-[...11 lines deleted...]
-      <c r="J5" s="87">
+      <c r="F5" s="81">
+        <v>159700</v>
+      </c>
+      <c r="G5" s="84">
+        <v>4219942</v>
+      </c>
+      <c r="H5" s="87">
+        <v>1881673</v>
+      </c>
+      <c r="I5" s="87">
+        <v>1404883</v>
+      </c>
+      <c r="J5" s="90">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="24" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="49" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="50" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="7"/>
       <c r="F6" s="52">
-        <v>28660</v>
+        <v>29707</v>
       </c>
       <c r="G6" s="55">
-        <v>655671</v>
+        <v>681379</v>
       </c>
       <c r="H6" s="58">
-        <v>379390</v>
+        <v>377363</v>
       </c>
       <c r="I6" s="58">
-        <v>268623</v>
+        <v>282229</v>
       </c>
       <c r="J6" s="61">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="24" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="49" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="50" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="7"/>
       <c r="F7" s="52">
-        <v>19374</v>
+        <v>20446</v>
       </c>
       <c r="G7" s="55">
-        <v>346842</v>
+        <v>342492</v>
       </c>
       <c r="H7" s="58">
-        <v>181119</v>
+        <v>175674</v>
       </c>
       <c r="I7" s="58">
-        <v>117056</v>
+        <v>106896</v>
       </c>
       <c r="J7" s="61">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="24" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="49" t="s">
         <v>25</v>
       </c>
       <c r="D8" s="50" t="s">
         <v>26</v>
       </c>
       <c r="E8" s="7"/>
       <c r="F8" s="52">
-        <v>14812</v>
+        <v>15222</v>
       </c>
       <c r="G8" s="55">
-        <v>474317</v>
+        <v>550846</v>
       </c>
       <c r="H8" s="58">
-        <v>349900</v>
+        <v>421517</v>
       </c>
       <c r="I8" s="58">
-        <v>78881</v>
+        <v>113656</v>
       </c>
       <c r="J8" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="24" t="s">
         <v>28</v>
       </c>
       <c r="C9" s="49" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="50" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="7"/>
       <c r="F9" s="52">
-        <v>12990</v>
+        <v>13669</v>
       </c>
       <c r="G9" s="55">
-        <v>88069</v>
+        <v>140904</v>
       </c>
       <c r="H9" s="58">
-        <v>52263</v>
+        <v>75992</v>
       </c>
       <c r="I9" s="58">
-        <v>26989</v>
+        <v>35669</v>
       </c>
       <c r="J9" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="24" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="49" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="50" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="7"/>
       <c r="F10" s="52">
-        <v>7338</v>
+        <v>8031</v>
       </c>
       <c r="G10" s="55">
-        <v>157379</v>
+        <v>218110</v>
       </c>
       <c r="H10" s="58">
-        <v>2908</v>
+        <v>42365</v>
       </c>
       <c r="I10" s="58">
-        <v>42016</v>
+        <v>136367</v>
       </c>
       <c r="J10" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="24" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="49" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="50" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="7"/>
       <c r="F11" s="52">
-        <v>7194</v>
+        <v>7488</v>
       </c>
       <c r="G11" s="55">
-        <v>197940</v>
+        <v>162026</v>
       </c>
       <c r="H11" s="58">
-        <v>42101</v>
+        <v>2831</v>
       </c>
       <c r="I11" s="58">
-        <v>130263</v>
+        <v>41200</v>
       </c>
       <c r="J11" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A12" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B12" s="24" t="s">
         <v>40</v>
       </c>
       <c r="C12" s="49" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="50" t="s">
         <v>42</v>
       </c>
       <c r="E12" s="7"/>
       <c r="F12" s="52">
-        <v>6622</v>
+        <v>6631</v>
       </c>
       <c r="G12" s="55">
-        <v>188686</v>
+        <v>217620</v>
       </c>
       <c r="H12" s="58">
-        <v>96476</v>
+        <v>126629</v>
       </c>
       <c r="I12" s="58">
-        <v>72225</v>
+        <v>78013</v>
       </c>
       <c r="J12" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A13" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B13" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C13" s="49" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="50" t="s">
         <v>46</v>
       </c>
       <c r="E13" s="7"/>
       <c r="F13" s="52">
-        <v>5237</v>
+        <v>5985</v>
       </c>
       <c r="G13" s="55">
-        <v>24432</v>
+        <v>113388</v>
       </c>
       <c r="H13" s="58">
-        <v>8475</v>
+        <v>6381</v>
       </c>
       <c r="I13" s="58">
-        <v>18709</v>
+        <v>37018</v>
       </c>
       <c r="J13" s="61">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A14" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B14" s="24" t="s">
         <v>48</v>
       </c>
       <c r="C14" s="49" t="s">
         <v>49</v>
       </c>
       <c r="D14" s="50" t="s">
         <v>50</v>
       </c>
       <c r="E14" s="7"/>
       <c r="F14" s="52">
-        <v>4926</v>
+        <v>5294</v>
       </c>
       <c r="G14" s="55">
-        <v>126909</v>
+        <v>27383</v>
       </c>
       <c r="H14" s="58">
-        <v>46003</v>
+        <v>8416</v>
       </c>
       <c r="I14" s="58">
-        <v>33383</v>
+        <v>19337</v>
       </c>
       <c r="J14" s="61">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A15" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B15" s="24" t="s">
         <v>52</v>
       </c>
       <c r="C15" s="49" t="s">
         <v>53</v>
       </c>
       <c r="D15" s="50" t="s">
         <v>54</v>
       </c>
       <c r="E15" s="7"/>
       <c r="F15" s="52">
-        <v>4715</v>
+        <v>4971</v>
       </c>
       <c r="G15" s="55">
-        <v>90985</v>
+        <v>204851</v>
       </c>
       <c r="H15" s="58">
-        <v>59862</v>
+        <v>87589</v>
       </c>
       <c r="I15" s="58">
-        <v>3367</v>
+        <v>41766</v>
       </c>
       <c r="J15" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A16" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B16" s="24" t="s">
         <v>56</v>
       </c>
       <c r="C16" s="49" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="50" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="7"/>
       <c r="F16" s="52">
-        <v>3650</v>
+        <v>4409</v>
       </c>
       <c r="G16" s="55">
-        <v>219506</v>
+        <v>231793</v>
       </c>
       <c r="H16" s="58">
-        <v>82094</v>
+        <v>90717</v>
       </c>
       <c r="I16" s="58">
-        <v>65177</v>
+        <v>63919</v>
       </c>
       <c r="J16" s="61">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A17" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B17" s="24" t="s">
         <v>60</v>
       </c>
       <c r="C17" s="49" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="50" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="7"/>
       <c r="F17" s="52">
-        <v>3259</v>
+        <v>4119</v>
       </c>
       <c r="G17" s="55">
-        <v>157455</v>
+        <v>96587</v>
       </c>
       <c r="H17" s="58">
-        <v>7002</v>
+        <v>64791</v>
       </c>
       <c r="I17" s="58">
-        <v>80905</v>
+        <v>1915</v>
       </c>
       <c r="J17" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A18" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>64</v>
       </c>
       <c r="C18" s="49" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="50" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="7"/>
       <c r="F18" s="52">
-        <v>3126</v>
+        <v>3851</v>
       </c>
       <c r="G18" s="55">
-        <v>172068</v>
+        <v>332253</v>
       </c>
       <c r="H18" s="58">
-        <v>109050</v>
+        <v>122727</v>
       </c>
       <c r="I18" s="58">
-        <v>74735</v>
+        <v>50883</v>
       </c>
       <c r="J18" s="61">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A19" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B19" s="24" t="s">
         <v>68</v>
       </c>
       <c r="C19" s="49" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="50" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="7"/>
       <c r="F19" s="52">
-        <v>3056</v>
+        <v>3361</v>
       </c>
       <c r="G19" s="55">
-        <v>16780</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>190980</v>
+      </c>
+      <c r="H19" s="58">
+        <v>129521</v>
+      </c>
+      <c r="I19" s="58">
+        <v>76591</v>
       </c>
       <c r="J19" s="61">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A20" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>72</v>
       </c>
       <c r="C20" s="49" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="50" t="s">
         <v>74</v>
       </c>
       <c r="E20" s="7"/>
       <c r="F20" s="52">
-        <v>3036</v>
+        <v>3326</v>
       </c>
       <c r="G20" s="55">
-        <v>46490</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>144238</v>
+      </c>
+      <c r="H20" s="58">
+        <v>4483</v>
       </c>
       <c r="I20" s="58">
-        <v>42354</v>
+        <v>80536</v>
       </c>
       <c r="J20" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A21" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B21" s="24" t="s">
         <v>76</v>
       </c>
       <c r="C21" s="49" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="50" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="7"/>
       <c r="F21" s="52">
-        <v>2977</v>
+        <v>3201</v>
       </c>
       <c r="G21" s="55">
-        <v>67220</v>
-[...5 lines deleted...]
-        <v>25304</v>
+        <v>12335</v>
+      </c>
+      <c r="H21" s="64">
+        <v>0</v>
+      </c>
+      <c r="I21" s="64">
+        <v>0</v>
       </c>
       <c r="J21" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A22" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B22" s="24" t="s">
         <v>80</v>
       </c>
       <c r="C22" s="49" t="s">
         <v>81</v>
       </c>
       <c r="D22" s="50" t="s">
         <v>82</v>
       </c>
       <c r="E22" s="7"/>
       <c r="F22" s="52">
-        <v>2854</v>
+        <v>2974</v>
       </c>
       <c r="G22" s="55">
-        <v>37565</v>
+        <v>40754</v>
       </c>
       <c r="H22" s="58">
-        <v>14509</v>
+        <v>18028</v>
       </c>
       <c r="I22" s="58">
-        <v>34564</v>
+        <v>37742</v>
       </c>
       <c r="J22" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A23" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B23" s="24" t="s">
         <v>84</v>
       </c>
       <c r="C23" s="49" t="s">
         <v>85</v>
       </c>
       <c r="D23" s="50" t="s">
         <v>86</v>
       </c>
       <c r="E23" s="7"/>
       <c r="F23" s="52">
-        <v>2771</v>
+        <v>2918</v>
       </c>
       <c r="G23" s="55">
-        <v>269775</v>
-[...2 lines deleted...]
-        <v>112991</v>
+        <v>68519</v>
+      </c>
+      <c r="H23" s="64">
+        <v>0</v>
       </c>
       <c r="I23" s="58">
-        <v>40789</v>
+        <v>63380</v>
       </c>
       <c r="J23" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A24" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B24" s="24" t="s">
         <v>88</v>
       </c>
       <c r="C24" s="49" t="s">
         <v>89</v>
       </c>
       <c r="D24" s="50" t="s">
         <v>90</v>
       </c>
       <c r="E24" s="7"/>
       <c r="F24" s="52">
-        <v>2701</v>
+        <v>2247</v>
       </c>
       <c r="G24" s="55">
-        <v>222019</v>
+        <v>201827</v>
       </c>
       <c r="H24" s="58">
-        <v>161355</v>
+        <v>121563</v>
       </c>
       <c r="I24" s="58">
-        <v>13152</v>
+        <v>11930</v>
       </c>
       <c r="J24" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A25" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B25" s="24" t="s">
         <v>92</v>
       </c>
       <c r="C25" s="49" t="s">
         <v>93</v>
       </c>
       <c r="D25" s="50" t="s">
         <v>94</v>
       </c>
       <c r="E25" s="7"/>
       <c r="F25" s="52">
-        <v>2047</v>
+        <v>2103</v>
       </c>
       <c r="G25" s="55">
-        <v>21533</v>
+        <v>18630</v>
       </c>
       <c r="H25" s="58">
-        <v>510</v>
+        <v>83</v>
       </c>
       <c r="I25" s="58">
-        <v>18831</v>
+        <v>16883</v>
       </c>
       <c r="J25" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A26" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B26" s="24" t="s">
         <v>96</v>
       </c>
       <c r="C26" s="49" t="s">
         <v>97</v>
       </c>
       <c r="D26" s="50" t="s">
         <v>98</v>
       </c>
       <c r="E26" s="7"/>
       <c r="F26" s="52">
-        <v>1981</v>
+        <v>1978</v>
       </c>
       <c r="G26" s="55">
-        <v>50241</v>
-[...1 lines deleted...]
-      <c r="H26" s="64">
+        <v>7064</v>
+      </c>
+      <c r="H26" s="58">
+        <v>7</v>
+      </c>
+      <c r="I26" s="64">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>46556</v>
       </c>
       <c r="J26" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A27" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B27" s="24" t="s">
         <v>100</v>
       </c>
       <c r="C27" s="49" t="s">
         <v>101</v>
       </c>
       <c r="D27" s="50" t="s">
         <v>102</v>
       </c>
       <c r="E27" s="7"/>
       <c r="F27" s="52">
-        <v>1950</v>
+        <v>1939</v>
       </c>
       <c r="G27" s="55">
-        <v>98230</v>
+        <v>89892</v>
       </c>
       <c r="H27" s="58">
-        <v>2031</v>
+        <v>2122</v>
       </c>
       <c r="I27" s="58">
-        <v>16715</v>
+        <v>16566</v>
       </c>
       <c r="J27" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A28" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B28" s="24" t="s">
         <v>104</v>
       </c>
       <c r="C28" s="49" t="s">
         <v>105</v>
       </c>
       <c r="D28" s="50" t="s">
         <v>106</v>
       </c>
       <c r="E28" s="7"/>
       <c r="F28" s="52">
-        <v>1916</v>
+        <v>1892</v>
       </c>
       <c r="G28" s="55">
-        <v>7883</v>
-[...4 lines deleted...]
-      <c r="I28" s="64">
+        <v>69317</v>
+      </c>
+      <c r="H28" s="64">
         <v>0</v>
+      </c>
+      <c r="I28" s="58">
+        <v>65650</v>
       </c>
       <c r="J28" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A29" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B29" s="24" t="s">
         <v>108</v>
       </c>
       <c r="C29" s="49" t="s">
         <v>109</v>
       </c>
       <c r="D29" s="50" t="s">
         <v>110</v>
       </c>
       <c r="E29" s="7"/>
       <c r="F29" s="52">
-        <v>1223</v>
+        <v>1251</v>
       </c>
       <c r="G29" s="55">
-        <v>10470</v>
+        <v>12142</v>
       </c>
       <c r="H29" s="58">
-        <v>897</v>
+        <v>972</v>
       </c>
       <c r="I29" s="58">
-        <v>1438</v>
+        <v>1600</v>
       </c>
       <c r="J29" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A30" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B30" s="24" t="s">
         <v>112</v>
       </c>
       <c r="C30" s="49" t="s">
         <v>113</v>
       </c>
       <c r="D30" s="50" t="s">
         <v>114</v>
       </c>
       <c r="E30" s="7"/>
       <c r="F30" s="52">
-        <v>1003</v>
+        <v>1015</v>
       </c>
       <c r="G30" s="55">
-        <v>8740</v>
+        <v>12146</v>
       </c>
       <c r="H30" s="58">
-        <v>171</v>
+        <v>529</v>
       </c>
       <c r="I30" s="58">
-        <v>6588</v>
+        <v>8936</v>
       </c>
       <c r="J30" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A31" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B31" s="24" t="s">
         <v>116</v>
       </c>
       <c r="C31" s="49" t="s">
         <v>117</v>
       </c>
       <c r="D31" s="50" t="s">
         <v>118</v>
       </c>
       <c r="E31" s="7"/>
       <c r="F31" s="52">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="G31" s="55">
-        <v>6377</v>
+        <v>7060</v>
       </c>
       <c r="H31" s="58">
-        <v>2088</v>
+        <v>1374</v>
       </c>
       <c r="I31" s="58">
-        <v>4521</v>
+        <v>5848</v>
       </c>
       <c r="J31" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1" thickBot="1">
       <c r="A32" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B32" s="24" t="s">
         <v>120</v>
       </c>
       <c r="C32" s="65" t="s">
         <v>121</v>
       </c>
       <c r="D32" s="50" t="s">
         <v>122</v>
       </c>
       <c r="E32" s="7"/>
       <c r="F32" s="67">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="G32" s="70">
-        <v>912</v>
+        <v>24643</v>
       </c>
       <c r="H32" s="73">
         <v>0</v>
       </c>
-      <c r="I32" s="73">
-[...2 lines deleted...]
-      <c r="J32" s="76">
+      <c r="I32" s="76">
+        <v>10352</v>
+      </c>
+      <c r="J32" s="79">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:10" customFormat="1" customHeight="1">
       <c r="A33" s="46" t="s">
         <v>126</v>
       </c>
       <c r="B33" s="46"/>
       <c r="C33" s="46"/>
       <c r="D33" s="46"/>
       <c r="E33"/>
-      <c r="F33" s="93" t="s">
+      <c r="F33" s="96" t="s">
         <v>125</v>
       </c>
       <c r="G33" s="44"/>
       <c r="H33" s="44"/>
       <c r="I33" s="44"/>
       <c r="J33" s="44"/>
     </row>
     <row r="34" spans="1:10" customFormat="1" customHeight="1">
-      <c r="A34" s="91" t="s">
+      <c r="A34" s="94" t="s">
         <v>124</v>
       </c>
       <c r="B34" s="43"/>
       <c r="C34" s="43"/>
       <c r="D34" s="43"/>
       <c r="E34"/>
-      <c r="F34" s="90" t="s">
+      <c r="F34" s="93" t="s">
         <v>123</v>
       </c>
       <c r="G34" s="44"/>
       <c r="H34" s="44"/>
       <c r="I34" s="44"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" customFormat="1" customHeight="1">
       <c r="A35" s="43"/>
       <c r="B35" s="43"/>
       <c r="C35" s="43"/>
       <c r="D35" s="43"/>
       <c r="E35"/>
       <c r="F35" s="44"/>
       <c r="G35" s="44"/>
       <c r="H35" s="44"/>
       <c r="I35" s="44"/>
       <c r="J35" s="44"/>
     </row>
     <row r="36" spans="1:10">
       <c r="A36"/>
       <c r="B36"/>
       <c r="C36"/>
       <c r="D36"/>
       <c r="F36"/>
@@ -2990,115 +2999,115 @@
       <c r="I1" s="6"/>
     </row>
     <row r="2" spans="1:9" ht="24" customHeight="1">
       <c r="A2" s="5"/>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="1"/>
       <c r="F2" s="23" t="s">
         <v>134</v>
       </c>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="20"/>
     </row>
     <row r="3" spans="1:10" s="9" customFormat="1" ht="33" customHeight="1" thickBot="1">
       <c r="A3" s="9"/>
       <c r="B3" s="9"/>
       <c r="C3" s="9"/>
       <c r="D3" s="10" t="s">
         <v>128</v>
       </c>
       <c r="E3" s="9"/>
-      <c r="F3" s="94" t="s">
+      <c r="F3" s="97" t="s">
         <v>127</v>
       </c>
       <c r="G3" s="11"/>
       <c r="H3" s="47" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="47"/>
       <c r="J3" s="47"/>
     </row>
     <row r="4" spans="1:10" s="19" customFormat="1" ht="52.9" customHeight="1" thickBot="1">
       <c r="A4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="18" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="41"/>
       <c r="D4" s="14" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="15"/>
       <c r="F4" s="13" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="16" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="17" t="s">
         <v>10</v>
       </c>
       <c r="I4" s="17" t="s">
         <v>7</v>
       </c>
       <c r="J4" s="18" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A5" s="28" t="s">
         <v>129</v>
       </c>
       <c r="B5" s="24" t="s">
         <v>130</v>
       </c>
-      <c r="C5" s="95" t="s">
+      <c r="C5" s="98" t="s">
         <v>131</v>
       </c>
-      <c r="D5" s="96" t="s">
+      <c r="D5" s="99" t="s">
         <v>132</v>
       </c>
       <c r="E5" s="7"/>
-      <c r="F5" s="78">
-[...5 lines deleted...]
-      <c r="H5" s="99">
+      <c r="F5" s="81">
+        <v>485</v>
+      </c>
+      <c r="G5" s="84">
+        <v>763</v>
+      </c>
+      <c r="H5" s="102">
         <v>0</v>
       </c>
-      <c r="I5" s="84">
-[...2 lines deleted...]
-      <c r="J5" s="87">
+      <c r="I5" s="102">
+        <v>0</v>
+      </c>
+      <c r="J5" s="90">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A6" s="3"/>
       <c r="B6" s="24"/>
       <c r="C6" s="25"/>
       <c r="D6" s="8"/>
       <c r="E6" s="7"/>
       <c r="F6" s="33"/>
       <c r="G6" s="34"/>
       <c r="H6" s="35"/>
       <c r="I6" s="35"/>
       <c r="J6" s="36"/>
     </row>
     <row r="7" spans="1:10" s="2" customFormat="1" ht="23.1" customHeight="1">
       <c r="A7" s="3"/>
       <c r="B7" s="24"/>
       <c r="C7" s="25"/>
       <c r="D7" s="8"/>
       <c r="E7" s="7"/>
       <c r="F7" s="33"/>
       <c r="G7" s="34"/>
       <c r="H7" s="35"/>
       <c r="I7" s="35"/>