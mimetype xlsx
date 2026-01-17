--- v0 (2025-10-16)
+++ v1 (2026-01-17)
@@ -302,51 +302,51 @@
   <si>
     <t>兆豐國際商業銀行　#</t>
   </si>
   <si>
     <t>Mega International Commercial Bank</t>
   </si>
   <si>
     <t>董瑞斌</t>
   </si>
   <si>
     <t>黃永貞</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>國泰世華商業銀行　#</t>
   </si>
   <si>
     <t>Cathay United Bank</t>
   </si>
   <si>
     <t>郭明鑑</t>
   </si>
   <si>
-    <t>鄧崇儀(代)</t>
+    <t>鄧崇儀</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>台北富邦商業銀行　#</t>
   </si>
   <si>
     <t>Taipei Fubon Commercial Bank Co., Ltd.</t>
   </si>
   <si>
     <t>蔡明興</t>
   </si>
   <si>
     <t>郭倍廷</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>第一商業銀行　　　#</t>
   </si>
   <si>
     <t>First Commercial Bank</t>
   </si>
@@ -488,201 +488,201 @@
   <si>
     <t>張財育</t>
   </si>
   <si>
     <t>翁素卿</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank, Ltd.</t>
   </si>
   <si>
     <t>李嘉祥</t>
   </si>
   <si>
     <t>李國忠</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
+    <t>星展(台灣)商業銀行</t>
+  </si>
+  <si>
+    <t>DBS Bank (Taiwan) Ltd.</t>
+  </si>
+  <si>
+    <t>伍維洪</t>
+  </si>
+  <si>
+    <t>黃思翰</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>台中商業銀行</t>
+  </si>
+  <si>
+    <t>Taichung Commercial Bank</t>
+  </si>
+  <si>
+    <t>李瑞倉</t>
+  </si>
+  <si>
+    <t>董益源</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>聯邦商業銀行</t>
+  </si>
+  <si>
+    <t>Union Bank Of Taiwan</t>
+  </si>
+  <si>
+    <t>林鴻聯</t>
+  </si>
+  <si>
+    <t>許維文</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>臺灣新光商業銀行　#</t>
+  </si>
+  <si>
+    <t>Taiwan Shin Kong Commercial Bank</t>
+  </si>
+  <si>
+    <t>賴進淵</t>
+  </si>
+  <si>
+    <t>尚瑞強</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>凱基商業銀行　　　#</t>
+  </si>
+  <si>
+    <t>KGI Bank</t>
+  </si>
+  <si>
+    <t>楊文鈞</t>
+  </si>
+  <si>
+    <t>林素真</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>遠東國際商業銀行</t>
+  </si>
+  <si>
+    <t>Far Eastern International Bank</t>
+  </si>
+  <si>
+    <t>－</t>
+  </si>
+  <si>
+    <t>周添財</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>Citibank Taiwan Limited</t>
   </si>
   <si>
     <t>張聖心</t>
   </si>
   <si>
     <t>馮淑儀</t>
-  </si>
-[...88 lines deleted...]
-    <t>陳志堅</t>
   </si>
   <si>
     <t>Notes：1. Figures in this table include all branches and Ranking is measured by "Equities" .
 　　 　2. Deposits include "the deposits replaces by the Postal Saving System".
 　　 　3. Loans include short-,medium- and long-term loans,overdrafts,discounts,advances on import and exports etc.</t>
   </si>
   <si>
     <t>說　　明：1. 本表按各銀行全行資料統計，並以淨值為準依序排名。
 　　　　　2. 存款餘額包括郵匯轉存款。
 　　　　　3. 放款餘額包括短中長期放款、透支、貼現及進出口押匯。
 　　　　　4. ◎臺銀、臺灣企銀、土銀、合庫集資設立比利時臺灣聯合銀行一家，列入合作金庫統計。
 　　　　　5. #係金融控股公司之子公司。</t>
   </si>
   <si>
     <t>Source：Provided by Individual Institution.</t>
   </si>
   <si>
     <t>資料來源：本國銀行單一申報資料。</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of June 2025</t>
-[...2 lines deleted...]
-    <t>中華民國114年 6月底</t>
+    <t xml:space="preserve"> End of Sept. 2025</t>
+  </si>
+  <si>
+    <t>中華民國114年 9月底</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>遠東國際商業銀行</t>
-[...8 lines deleted...]
-    <t>周添財</t>
+    <t>滙豐(台灣)商業銀行</t>
+  </si>
+  <si>
+    <t>HSBC Bank (Taiwan) Limited</t>
+  </si>
+  <si>
+    <t>紀睿明</t>
+  </si>
+  <si>
+    <t>陳志堅</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>京城商業銀行</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
-    <t>戴誠志</t>
+    <t>歐陽子能</t>
   </si>
   <si>
     <t>姜宏亮</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>陽信商業銀行</t>
   </si>
   <si>
     <t>Sunny Bank Ltd.</t>
   </si>
   <si>
     <t>陳勝宏</t>
   </si>
   <si>
     <t>丁偉豪</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
@@ -767,75 +767,75 @@
   <si>
     <t>謝娟娟</t>
   </si>
   <si>
     <t>曾學智</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>三信商業銀行</t>
   </si>
   <si>
     <t>Cota Bank</t>
   </si>
   <si>
     <t>廖松岳</t>
   </si>
   <si>
     <t>李世昭</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
+    <t>華泰商業銀行</t>
+  </si>
+  <si>
+    <t>Hwatai Bank</t>
+  </si>
+  <si>
+    <t>賴昭銑</t>
+  </si>
+  <si>
+    <t>傅瑞媛</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
     <t>連線商業銀行</t>
   </si>
   <si>
     <t>LINE Bank</t>
   </si>
   <si>
     <t>黃仁埈</t>
   </si>
   <si>
     <t>黃以孟</t>
-  </si>
-[...13 lines deleted...]
-    <t>傅瑞媛</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>將來商業銀行</t>
   </si>
   <si>
     <t>NEXT Commercial Bank Co., Ltd.</t>
   </si>
   <si>
     <t>郭水義</t>
   </si>
   <si>
     <t>許柏林</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>樂天國際商業銀行　#</t>
   </si>
   <si>
     <t>Rakuten International Commercial Bank Co., LTD.</t>
   </si>
@@ -2215,66 +2215,75 @@
     <xf xxid="170" numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf xxid="171" numFmtId="0" fontId="34" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf xxid="172" numFmtId="0" fontId="35" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf xxid="173" numFmtId="49" fontId="0" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf xxid="174" numFmtId="49" fontId="34" fillId="2" borderId="26" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf xxid="175" numFmtId="49" fontId="35" fillId="2" borderId="26" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf xxid="176" numFmtId="0" fontId="33" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
     <xf xxid="177" numFmtId="49" fontId="32" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf xxid="178" numFmtId="49" fontId="0" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf xxid="179" numFmtId="180" fontId="7" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...14 lines deleted...]
-    <xf xxid="184" numFmtId="181" fontId="34" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="179" numFmtId="180" fontId="7" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="180" numFmtId="180" fontId="33" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="181" numFmtId="180" fontId="34" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="182" numFmtId="180" fontId="7" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="183" numFmtId="180" fontId="33" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="184" numFmtId="180" fontId="34" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="185" numFmtId="181" fontId="7" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="186" numFmtId="181" fontId="33" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="187" numFmtId="181" fontId="34" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="47">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色2" xfId="16"/>
     <cellStyle name="20% - 輔色3" xfId="17"/>
     <cellStyle name="20% - 輔色4" xfId="18"/>
     <cellStyle name="20% - 輔色5" xfId="19"/>
     <cellStyle name="20% - 輔色6" xfId="20"/>
     <cellStyle name="40% - 輔色1" xfId="21"/>
     <cellStyle name="40% - 輔色2" xfId="22"/>
     <cellStyle name="40% - 輔色3" xfId="23"/>
     <cellStyle name="40% - 輔色4" xfId="24"/>
     <cellStyle name="40% - 輔色5" xfId="25"/>
     <cellStyle name="40% - 輔色6" xfId="26"/>
     <cellStyle name="60% - 輔色1" xfId="27"/>
     <cellStyle name="60% - 輔色2" xfId="28"/>
     <cellStyle name="60% - 輔色3" xfId="29"/>
     <cellStyle name="60% - 輔色4" xfId="30"/>
     <cellStyle name="60% - 輔色5" xfId="31"/>
     <cellStyle name="60% - 輔色6" xfId="32"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="33" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="34" builtinId="6"/>
@@ -2449,1052 +2458,1052 @@
       <c r="K5" s="54"/>
       <c r="L5" s="54"/>
       <c r="M5" s="16" t="s">
         <v>11</v>
       </c>
       <c r="N5" s="16" t="s">
         <v>13</v>
       </c>
       <c r="O5" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:15" ht="21" customHeight="1">
       <c r="A6" s="48" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="48"/>
       <c r="C6" s="47" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="26"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="2"/>
       <c r="H6" s="96">
-        <v>5228365</v>
+        <v>5426400</v>
       </c>
       <c r="I6" s="99">
-        <v>73596700</v>
+        <v>75260862</v>
       </c>
       <c r="J6" s="102">
-        <v>60193789</v>
+        <v>61893698</v>
       </c>
       <c r="K6" s="102">
-        <v>43032032</v>
+        <v>44078482</v>
       </c>
       <c r="L6" s="105">
-        <v>3369</v>
+        <v>3358</v>
       </c>
       <c r="M6" s="105">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N6" s="105">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="O6" s="108">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="7" spans="1:15" ht="21" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="24" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="65" t="s">
         <v>22</v>
       </c>
       <c r="D7" s="27"/>
       <c r="E7" s="66" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="67" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="70">
-        <v>504084</v>
+        <v>523493</v>
       </c>
       <c r="I7" s="73">
-        <v>6769254</v>
+        <v>6945969</v>
       </c>
       <c r="J7" s="76">
-        <v>5278732</v>
+        <v>5336054</v>
       </c>
       <c r="K7" s="76">
-        <v>3468837</v>
+        <v>3450211</v>
       </c>
       <c r="L7" s="79">
         <v>163</v>
       </c>
       <c r="M7" s="79">
         <v>11</v>
       </c>
       <c r="N7" s="79">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="O7" s="82">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:15" ht="21" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="65" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="27"/>
       <c r="E8" s="66" t="s">
         <v>28</v>
       </c>
       <c r="F8" s="67" t="s">
         <v>29</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="70">
-        <v>387986</v>
+        <v>408758</v>
       </c>
       <c r="I8" s="73">
-        <v>5543811</v>
+        <v>5636255</v>
       </c>
       <c r="J8" s="76">
-        <v>4564140</v>
+        <v>4710828</v>
       </c>
       <c r="K8" s="76">
-        <v>3239424</v>
+        <v>3311303</v>
       </c>
       <c r="L8" s="79">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="M8" s="79">
         <v>12</v>
       </c>
       <c r="N8" s="79">
         <v>7</v>
       </c>
       <c r="O8" s="82">
-        <v>196</v>
+        <v>194</v>
       </c>
     </row>
     <row r="9" spans="1:15" ht="21" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="65" t="s">
         <v>32</v>
       </c>
       <c r="D9" s="27"/>
       <c r="E9" s="66" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="67" t="s">
         <v>34</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="70">
-        <v>350112</v>
+        <v>366199</v>
       </c>
       <c r="I9" s="73">
-        <v>4071243</v>
+        <v>4273027</v>
       </c>
       <c r="J9" s="76">
-        <v>2939022</v>
+        <v>3139464</v>
       </c>
       <c r="K9" s="76">
-        <v>2290922</v>
+        <v>2373762</v>
       </c>
       <c r="L9" s="79">
         <v>107</v>
       </c>
       <c r="M9" s="79">
         <v>24</v>
       </c>
       <c r="N9" s="79">
         <v>2</v>
       </c>
       <c r="O9" s="82">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="21" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B10" s="24" t="s">
         <v>36</v>
       </c>
       <c r="C10" s="65" t="s">
         <v>37</v>
       </c>
       <c r="D10" s="27"/>
       <c r="E10" s="66" t="s">
         <v>38</v>
       </c>
       <c r="F10" s="67" t="s">
         <v>39</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="70">
-        <v>294739</v>
+        <v>308099</v>
       </c>
       <c r="I10" s="73">
-        <v>4745569</v>
+        <v>4888295</v>
       </c>
       <c r="J10" s="76">
-        <v>3982921</v>
+        <v>4250761</v>
       </c>
       <c r="K10" s="76">
-        <v>2686329</v>
+        <v>2739898</v>
       </c>
       <c r="L10" s="79">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M10" s="79">
         <v>7</v>
       </c>
       <c r="N10" s="79">
         <v>4</v>
       </c>
       <c r="O10" s="82">
         <v>57</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="21" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B11" s="24" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="65" t="s">
         <v>42</v>
       </c>
       <c r="D11" s="27"/>
       <c r="E11" s="66" t="s">
         <v>43</v>
       </c>
       <c r="F11" s="83" t="s">
         <v>44</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="70">
-        <v>292205</v>
+        <v>306395</v>
       </c>
       <c r="I11" s="73">
-        <v>4252850</v>
+        <v>4377032</v>
       </c>
       <c r="J11" s="76">
-        <v>3515063</v>
+        <v>3576353</v>
       </c>
       <c r="K11" s="76">
-        <v>2364774</v>
+        <v>2460098</v>
       </c>
       <c r="L11" s="79">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="M11" s="79">
         <v>5</v>
       </c>
       <c r="N11" s="79">
         <v>3</v>
       </c>
       <c r="O11" s="82">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="21" customHeight="1">
       <c r="A12" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B12" s="24" t="s">
         <v>46</v>
       </c>
       <c r="C12" s="65" t="s">
         <v>47</v>
       </c>
       <c r="D12" s="27"/>
       <c r="E12" s="66" t="s">
         <v>48</v>
       </c>
       <c r="F12" s="67" t="s">
         <v>49</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="70">
-        <v>280310</v>
+        <v>297999</v>
       </c>
       <c r="I12" s="73">
-        <v>4640367</v>
+        <v>4737960</v>
       </c>
       <c r="J12" s="76">
-        <v>3797969</v>
+        <v>3908675</v>
       </c>
       <c r="K12" s="76">
-        <v>2655395</v>
+        <v>2744055</v>
       </c>
       <c r="L12" s="79">
         <v>182</v>
       </c>
       <c r="M12" s="79">
         <v>21</v>
       </c>
       <c r="N12" s="79">
         <v>3</v>
       </c>
       <c r="O12" s="82">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="21" customHeight="1">
       <c r="A13" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B13" s="24" t="s">
         <v>51</v>
       </c>
       <c r="C13" s="65" t="s">
         <v>52</v>
       </c>
       <c r="D13" s="27"/>
       <c r="E13" s="66" t="s">
         <v>53</v>
       </c>
       <c r="F13" s="67" t="s">
         <v>54</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="70">
-        <v>277072</v>
+        <v>292012</v>
       </c>
       <c r="I13" s="73">
-        <v>5038404</v>
+        <v>5169062</v>
       </c>
       <c r="J13" s="76">
-        <v>4325142</v>
+        <v>4338178</v>
       </c>
       <c r="K13" s="76">
-        <v>3043783</v>
+        <v>3197710</v>
       </c>
       <c r="L13" s="79">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="M13" s="79">
         <v>14</v>
       </c>
       <c r="N13" s="79">
         <v>3</v>
       </c>
       <c r="O13" s="82">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="21" customHeight="1">
       <c r="A14" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B14" s="24" t="s">
         <v>56</v>
       </c>
       <c r="C14" s="65" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="27"/>
       <c r="E14" s="66" t="s">
         <v>58</v>
       </c>
       <c r="F14" s="67" t="s">
         <v>59</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="70">
-        <v>270004</v>
+        <v>280727</v>
       </c>
       <c r="I14" s="73">
-        <v>4035961</v>
+        <v>4151404</v>
       </c>
       <c r="J14" s="76">
-        <v>3394642</v>
+        <v>3477137</v>
       </c>
       <c r="K14" s="76">
-        <v>2391781</v>
+        <v>2492681</v>
       </c>
       <c r="L14" s="79">
         <v>138</v>
       </c>
       <c r="M14" s="79">
         <v>9</v>
       </c>
       <c r="N14" s="79">
         <v>4</v>
       </c>
       <c r="O14" s="82">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="21" customHeight="1">
       <c r="A15" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B15" s="24" t="s">
         <v>61</v>
       </c>
       <c r="C15" s="65" t="s">
         <v>62</v>
       </c>
       <c r="D15" s="27"/>
       <c r="E15" s="66" t="s">
         <v>63</v>
       </c>
       <c r="F15" s="67" t="s">
         <v>64</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="70">
-        <v>235348</v>
+        <v>246027</v>
       </c>
       <c r="I15" s="73">
-        <v>4086647</v>
+        <v>4123094</v>
       </c>
       <c r="J15" s="76">
-        <v>3312047</v>
+        <v>3414743</v>
       </c>
       <c r="K15" s="76">
-        <v>2374985</v>
+        <v>2399325</v>
       </c>
       <c r="L15" s="79">
         <v>185</v>
       </c>
       <c r="M15" s="79">
         <v>12</v>
       </c>
       <c r="N15" s="79">
         <v>3</v>
       </c>
       <c r="O15" s="82">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="21" customHeight="1">
       <c r="A16" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B16" s="24" t="s">
         <v>66</v>
       </c>
       <c r="C16" s="65" t="s">
         <v>67</v>
       </c>
       <c r="D16" s="27"/>
       <c r="E16" s="66" t="s">
         <v>68</v>
       </c>
       <c r="F16" s="67" t="s">
         <v>69</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="70">
-        <v>233821</v>
+        <v>243840</v>
       </c>
       <c r="I16" s="73">
-        <v>3568746</v>
+        <v>3696302</v>
       </c>
       <c r="J16" s="76">
-        <v>3010651</v>
+        <v>3122690</v>
       </c>
       <c r="K16" s="76">
-        <v>2468719</v>
+        <v>2518170</v>
       </c>
       <c r="L16" s="79">
         <v>148</v>
       </c>
       <c r="M16" s="79">
         <v>8</v>
       </c>
       <c r="N16" s="79">
         <v>1</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="21" customHeight="1">
       <c r="A17" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B17" s="24" t="s">
         <v>71</v>
       </c>
       <c r="C17" s="65" t="s">
         <v>72</v>
       </c>
       <c r="D17" s="27"/>
       <c r="E17" s="66" t="s">
         <v>73</v>
       </c>
       <c r="F17" s="67" t="s">
         <v>74</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="70">
-        <v>202034</v>
+        <v>212486</v>
       </c>
       <c r="I17" s="73">
-        <v>3284988</v>
+        <v>3325964</v>
       </c>
       <c r="J17" s="76">
-        <v>2772619</v>
+        <v>2812432</v>
       </c>
       <c r="K17" s="76">
-        <v>1981631</v>
+        <v>2020925</v>
       </c>
       <c r="L17" s="79">
         <v>184</v>
       </c>
       <c r="M17" s="79">
         <v>7</v>
       </c>
       <c r="N17" s="79">
         <v>1</v>
       </c>
       <c r="O17" s="82">
         <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="21" customHeight="1">
       <c r="A18" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>76</v>
       </c>
       <c r="C18" s="65" t="s">
         <v>77</v>
       </c>
       <c r="D18" s="27"/>
       <c r="E18" s="66" t="s">
         <v>78</v>
       </c>
       <c r="F18" s="67" t="s">
         <v>79</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="70">
-        <v>201303</v>
+        <v>207595</v>
       </c>
       <c r="I18" s="73">
-        <v>2950998</v>
+        <v>3021222</v>
       </c>
       <c r="J18" s="76">
-        <v>2424900</v>
+        <v>2510054</v>
       </c>
       <c r="K18" s="76">
-        <v>1798600</v>
+        <v>1885334</v>
       </c>
       <c r="L18" s="79">
         <v>100</v>
       </c>
       <c r="M18" s="79">
         <v>5</v>
       </c>
       <c r="N18" s="79">
         <v>4</v>
       </c>
       <c r="O18" s="82">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="21" customHeight="1">
       <c r="A19" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B19" s="24" t="s">
         <v>81</v>
       </c>
       <c r="C19" s="65" t="s">
         <v>82</v>
       </c>
       <c r="D19" s="27"/>
       <c r="E19" s="66" t="s">
         <v>83</v>
       </c>
       <c r="F19" s="67" t="s">
         <v>84</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="70">
-        <v>188568</v>
+        <v>197095</v>
       </c>
       <c r="I19" s="73">
-        <v>1582278</v>
+        <v>1586132</v>
       </c>
       <c r="J19" s="76">
-        <v>1260813</v>
+        <v>1260156</v>
       </c>
       <c r="K19" s="76">
-        <v>887023</v>
+        <v>889094</v>
       </c>
       <c r="L19" s="79">
         <v>73</v>
       </c>
       <c r="M19" s="79">
         <v>4</v>
       </c>
       <c r="N19" s="79">
         <v>4</v>
       </c>
       <c r="O19" s="82">
         <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="21" customHeight="1">
       <c r="A20" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>86</v>
       </c>
       <c r="C20" s="65" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="27"/>
       <c r="E20" s="66" t="s">
         <v>88</v>
       </c>
       <c r="F20" s="67" t="s">
         <v>89</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="70">
-        <v>188308</v>
+        <v>195643</v>
       </c>
       <c r="I20" s="73">
-        <v>2692786</v>
+        <v>2781087</v>
       </c>
       <c r="J20" s="76">
-        <v>2210643</v>
+        <v>2309890</v>
       </c>
       <c r="K20" s="76">
-        <v>1601022</v>
+        <v>1629679</v>
       </c>
       <c r="L20" s="79">
         <v>124</v>
       </c>
       <c r="M20" s="79">
         <v>4</v>
       </c>
       <c r="N20" s="79">
         <v>1</v>
       </c>
       <c r="O20" s="82">
         <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="21" customHeight="1">
       <c r="A21" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B21" s="24" t="s">
         <v>91</v>
       </c>
       <c r="C21" s="65" t="s">
         <v>92</v>
       </c>
       <c r="D21" s="27"/>
       <c r="E21" s="66" t="s">
         <v>93</v>
       </c>
       <c r="F21" s="67" t="s">
         <v>94</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="70">
-        <v>146973</v>
+        <v>151787</v>
       </c>
       <c r="I21" s="73">
-        <v>2169937</v>
+        <v>2312210</v>
       </c>
       <c r="J21" s="76">
-        <v>1936246</v>
+        <v>2061850</v>
       </c>
       <c r="K21" s="76">
-        <v>1323865</v>
+        <v>1393894</v>
       </c>
       <c r="L21" s="79">
         <v>148</v>
       </c>
       <c r="M21" s="79">
         <v>1</v>
       </c>
       <c r="N21" s="79">
         <v>1</v>
       </c>
       <c r="O21" s="82">
         <v>3</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="21" customHeight="1">
       <c r="A22" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B22" s="24" t="s">
         <v>96</v>
       </c>
       <c r="C22" s="65" t="s">
         <v>97</v>
       </c>
       <c r="D22" s="27"/>
       <c r="E22" s="66" t="s">
         <v>98</v>
       </c>
       <c r="F22" s="67" t="s">
         <v>99</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="70">
-        <v>136149</v>
+        <v>143217</v>
       </c>
       <c r="I22" s="73">
-        <v>2402095</v>
+        <v>2459288</v>
       </c>
       <c r="J22" s="76">
-        <v>2097923</v>
+        <v>2155388</v>
       </c>
       <c r="K22" s="76">
-        <v>1655309</v>
+        <v>1676201</v>
       </c>
       <c r="L22" s="79">
         <v>124</v>
       </c>
       <c r="M22" s="79">
         <v>8</v>
       </c>
       <c r="N22" s="79">
         <v>1</v>
       </c>
       <c r="O22" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:15" ht="21" customHeight="1">
       <c r="A23" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B23" s="24" t="s">
         <v>101</v>
       </c>
       <c r="C23" s="65" t="s">
         <v>102</v>
       </c>
       <c r="D23" s="27"/>
       <c r="E23" s="66" t="s">
         <v>103</v>
       </c>
       <c r="F23" s="67" t="s">
         <v>104</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="70">
-        <v>98352</v>
+        <v>100451</v>
       </c>
       <c r="I23" s="73">
-        <v>508096</v>
+        <v>988715</v>
       </c>
       <c r="J23" s="76">
-        <v>347160</v>
+        <v>811584</v>
       </c>
       <c r="K23" s="76">
-        <v>65657</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>550819</v>
+      </c>
+      <c r="L23" s="79">
+        <v>67</v>
       </c>
       <c r="M23" s="89">
         <v>0</v>
       </c>
       <c r="N23" s="89">
         <v>0</v>
       </c>
       <c r="O23" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="21" customHeight="1">
       <c r="A24" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B24" s="24" t="s">
         <v>106</v>
       </c>
       <c r="C24" s="65" t="s">
         <v>107</v>
       </c>
       <c r="D24" s="27"/>
       <c r="E24" s="66" t="s">
         <v>108</v>
       </c>
       <c r="F24" s="67" t="s">
         <v>109</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="70">
-        <v>98126</v>
+        <v>87695</v>
       </c>
       <c r="I24" s="73">
-        <v>986684</v>
+        <v>977879</v>
       </c>
       <c r="J24" s="76">
-        <v>772836</v>
+        <v>846324</v>
       </c>
       <c r="K24" s="76">
-        <v>553039</v>
+        <v>633896</v>
       </c>
       <c r="L24" s="79">
-        <v>67</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>85</v>
+      </c>
+      <c r="M24" s="79">
+        <v>1</v>
+      </c>
+      <c r="N24" s="79">
+        <v>1</v>
+      </c>
+      <c r="O24" s="82">
+        <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="21" customHeight="1">
       <c r="A25" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B25" s="24" t="s">
         <v>111</v>
       </c>
       <c r="C25" s="65" t="s">
         <v>112</v>
       </c>
       <c r="D25" s="27"/>
       <c r="E25" s="66" t="s">
         <v>113</v>
       </c>
       <c r="F25" s="67" t="s">
         <v>114</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="70">
-        <v>84546</v>
+        <v>82338</v>
       </c>
       <c r="I25" s="73">
-        <v>987553</v>
+        <v>1022981</v>
       </c>
       <c r="J25" s="76">
-        <v>852959</v>
+        <v>834974</v>
       </c>
       <c r="K25" s="76">
-        <v>633149</v>
+        <v>631345</v>
       </c>
       <c r="L25" s="79">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>89</v>
+      </c>
+      <c r="M25" s="89">
+        <v>0</v>
       </c>
       <c r="N25" s="79">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="O25" s="86">
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:15" ht="21" customHeight="1">
       <c r="A26" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B26" s="24" t="s">
         <v>116</v>
       </c>
       <c r="C26" s="65" t="s">
         <v>117</v>
       </c>
       <c r="D26" s="27"/>
       <c r="E26" s="66" t="s">
         <v>118</v>
       </c>
       <c r="F26" s="67" t="s">
         <v>119</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="70">
-        <v>79419</v>
+        <v>79804</v>
       </c>
       <c r="I26" s="73">
-        <v>1000795</v>
+        <v>1386224</v>
       </c>
       <c r="J26" s="76">
-        <v>821662</v>
+        <v>1183084</v>
       </c>
       <c r="K26" s="76">
-        <v>620811</v>
+        <v>891299</v>
       </c>
       <c r="L26" s="79">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>102</v>
+      </c>
+      <c r="M26" s="79">
+        <v>1</v>
       </c>
       <c r="N26" s="79">
         <v>2</v>
       </c>
       <c r="O26" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="21" customHeight="1">
       <c r="A27" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B27" s="24" t="s">
         <v>121</v>
       </c>
       <c r="C27" s="65" t="s">
         <v>122</v>
       </c>
       <c r="D27" s="27"/>
       <c r="E27" s="66" t="s">
         <v>123</v>
       </c>
       <c r="F27" s="67" t="s">
         <v>124</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="70">
-        <v>76538</v>
+        <v>76062</v>
       </c>
       <c r="I27" s="73">
-        <v>1354289</v>
+        <v>895902</v>
       </c>
       <c r="J27" s="76">
-        <v>1147761</v>
+        <v>659525</v>
       </c>
       <c r="K27" s="76">
-        <v>875100</v>
+        <v>518449</v>
       </c>
       <c r="L27" s="79">
-        <v>102</v>
+        <v>51</v>
       </c>
       <c r="M27" s="79">
         <v>1</v>
       </c>
-      <c r="N27" s="79">
-        <v>2</v>
+      <c r="N27" s="89">
+        <v>0</v>
       </c>
       <c r="O27" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="21" customHeight="1">
       <c r="A28" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B28" s="24" t="s">
         <v>126</v>
       </c>
       <c r="C28" s="65" t="s">
         <v>127</v>
       </c>
       <c r="D28" s="27"/>
       <c r="E28" s="66" t="s">
         <v>128</v>
       </c>
       <c r="F28" s="67" t="s">
         <v>129</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="70">
-        <v>73106</v>
+        <v>68249</v>
       </c>
       <c r="I28" s="73">
-        <v>914389</v>
+        <v>878126</v>
       </c>
       <c r="J28" s="76">
-        <v>665722</v>
+        <v>715573</v>
       </c>
       <c r="K28" s="76">
-        <v>508433</v>
+        <v>510880</v>
       </c>
       <c r="L28" s="79">
-        <v>51</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>52</v>
+      </c>
+      <c r="M28" s="79">
+        <v>1</v>
+      </c>
+      <c r="N28" s="79">
+        <v>2</v>
       </c>
       <c r="O28" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:15" ht="21" customHeight="1" thickBot="1">
       <c r="A29" s="21" t="s">
         <v>130</v>
       </c>
       <c r="B29" s="25" t="s">
         <v>131</v>
       </c>
       <c r="C29" s="90" t="s">
         <v>132</v>
       </c>
       <c r="D29" s="28"/>
       <c r="E29" s="66" t="s">
         <v>133</v>
       </c>
       <c r="F29" s="67" t="s">
         <v>134</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="70">
-        <v>64377</v>
+        <v>67548</v>
       </c>
       <c r="I29" s="73">
-        <v>747001</v>
+        <v>470125</v>
       </c>
       <c r="J29" s="76">
-        <v>553784</v>
+        <v>360637</v>
       </c>
       <c r="K29" s="76">
-        <v>336850</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>69378</v>
+      </c>
+      <c r="L29" s="89">
+        <v>0</v>
       </c>
       <c r="M29" s="89">
         <v>0</v>
       </c>
       <c r="N29" s="89">
         <v>0</v>
       </c>
       <c r="O29" s="93">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:15" customFormat="1" customHeight="1">
       <c r="A30" s="62" t="s">
         <v>138</v>
       </c>
       <c r="B30" s="62"/>
       <c r="C30" s="62"/>
       <c r="D30" s="62"/>
       <c r="E30" s="62"/>
       <c r="F30" s="62"/>
       <c r="G30"/>
       <c r="H30" s="114" t="s">
         <v>137</v>
       </c>
       <c r="I30" s="51"/>
@@ -3790,662 +3799,662 @@
         <v>13</v>
       </c>
       <c r="O5" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:15" ht="22.5" customHeight="1">
       <c r="A6" s="11" t="s">
         <v>141</v>
       </c>
       <c r="B6" s="29" t="s">
         <v>142</v>
       </c>
       <c r="C6" s="116" t="s">
         <v>143</v>
       </c>
       <c r="D6" s="26"/>
       <c r="E6" s="117" t="s">
         <v>144</v>
       </c>
       <c r="F6" s="117" t="s">
         <v>145</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="96">
-        <v>61061</v>
+        <v>66901</v>
       </c>
       <c r="I6" s="99">
-        <v>872861</v>
+        <v>712618</v>
       </c>
       <c r="J6" s="102">
-        <v>716018</v>
+        <v>565981</v>
       </c>
       <c r="K6" s="102">
-        <v>502889</v>
+        <v>333153</v>
       </c>
       <c r="L6" s="105">
-        <v>53</v>
-[...7 lines deleted...]
-      <c r="O6" s="120">
+        <v>26</v>
+      </c>
+      <c r="M6" s="120">
+        <v>0</v>
+      </c>
+      <c r="N6" s="120">
+        <v>0</v>
+      </c>
+      <c r="O6" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:15" ht="22.5" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B7" s="24" t="s">
         <v>147</v>
       </c>
       <c r="C7" s="65" t="s">
         <v>148</v>
       </c>
       <c r="D7" s="27"/>
       <c r="E7" s="66" t="s">
         <v>149</v>
       </c>
       <c r="F7" s="67" t="s">
         <v>150</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="70">
-        <v>57416</v>
+        <v>59955</v>
       </c>
       <c r="I7" s="73">
-        <v>356232</v>
+        <v>360281</v>
       </c>
       <c r="J7" s="76">
-        <v>281949</v>
+        <v>282361</v>
       </c>
       <c r="K7" s="76">
-        <v>225404</v>
+        <v>225971</v>
       </c>
       <c r="L7" s="79">
         <v>65</v>
       </c>
       <c r="M7" s="89">
         <v>0</v>
       </c>
       <c r="N7" s="89">
         <v>0</v>
       </c>
       <c r="O7" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:15" ht="22.5" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B8" s="24" t="s">
         <v>152</v>
       </c>
       <c r="C8" s="65" t="s">
         <v>153</v>
       </c>
       <c r="D8" s="27"/>
       <c r="E8" s="66" t="s">
         <v>154</v>
       </c>
       <c r="F8" s="67" t="s">
         <v>155</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="70">
-        <v>52576</v>
+        <v>55642</v>
       </c>
       <c r="I8" s="73">
-        <v>775181</v>
+        <v>799394</v>
       </c>
       <c r="J8" s="76">
-        <v>691381</v>
+        <v>702953</v>
       </c>
       <c r="K8" s="76">
-        <v>516135</v>
+        <v>523331</v>
       </c>
       <c r="L8" s="79">
         <v>107</v>
       </c>
       <c r="M8" s="89">
         <v>0</v>
       </c>
       <c r="N8" s="89">
         <v>0</v>
       </c>
       <c r="O8" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:15" ht="22.5" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B9" s="24" t="s">
         <v>157</v>
       </c>
       <c r="C9" s="65" t="s">
         <v>158</v>
       </c>
       <c r="D9" s="27"/>
       <c r="E9" s="66" t="s">
         <v>159</v>
       </c>
       <c r="F9" s="67" t="s">
         <v>160</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="70">
-        <v>52426</v>
+        <v>54105</v>
       </c>
       <c r="I9" s="73">
-        <v>794295</v>
+        <v>769278</v>
       </c>
       <c r="J9" s="76">
-        <v>629690</v>
+        <v>620000</v>
       </c>
       <c r="K9" s="76">
-        <v>320674</v>
+        <v>319791</v>
       </c>
       <c r="L9" s="79">
         <v>51</v>
       </c>
       <c r="M9" s="89">
         <v>0</v>
       </c>
       <c r="N9" s="89">
         <v>0</v>
       </c>
       <c r="O9" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="22.5" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B10" s="24" t="s">
         <v>162</v>
       </c>
       <c r="C10" s="65" t="s">
         <v>163</v>
       </c>
       <c r="D10" s="27"/>
       <c r="E10" s="66" t="s">
         <v>164</v>
       </c>
       <c r="F10" s="67" t="s">
         <v>165</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="70">
-        <v>45436</v>
+        <v>46398</v>
       </c>
       <c r="I10" s="73">
-        <v>218406</v>
-[...1 lines deleted...]
-      <c r="J10" s="123">
+        <v>226416</v>
+      </c>
+      <c r="J10" s="126">
         <v>0</v>
       </c>
       <c r="K10" s="76">
-        <v>210275</v>
+        <v>218773</v>
       </c>
       <c r="L10" s="79">
         <v>4</v>
       </c>
       <c r="M10" s="89">
         <v>0</v>
       </c>
       <c r="N10" s="79">
         <v>3</v>
       </c>
       <c r="O10" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="22.5" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B11" s="24" t="s">
         <v>167</v>
       </c>
       <c r="C11" s="65" t="s">
         <v>168</v>
       </c>
       <c r="D11" s="27"/>
       <c r="E11" s="66" t="s">
         <v>169</v>
       </c>
       <c r="F11" s="83" t="s">
         <v>170</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="70">
-        <v>42243</v>
+        <v>43528</v>
       </c>
       <c r="I11" s="73">
-        <v>409924</v>
+        <v>411908</v>
       </c>
       <c r="J11" s="76">
-        <v>303040</v>
+        <v>299895</v>
       </c>
       <c r="K11" s="76">
-        <v>233146</v>
+        <v>235677</v>
       </c>
       <c r="L11" s="79">
         <v>5</v>
       </c>
       <c r="M11" s="79">
         <v>1</v>
       </c>
       <c r="N11" s="79">
         <v>2</v>
       </c>
       <c r="O11" s="82">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="22.5" customHeight="1">
       <c r="A12" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B12" s="24" t="s">
         <v>172</v>
       </c>
       <c r="C12" s="65" t="s">
         <v>173</v>
       </c>
       <c r="D12" s="27"/>
       <c r="E12" s="66" t="s">
         <v>174</v>
       </c>
       <c r="F12" s="67" t="s">
         <v>175</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="70">
-        <v>34802</v>
+        <v>35533</v>
       </c>
       <c r="I12" s="73">
-        <v>375376</v>
+        <v>384558</v>
       </c>
       <c r="J12" s="76">
-        <v>330939</v>
+        <v>335446</v>
       </c>
       <c r="K12" s="76">
-        <v>243011</v>
+        <v>252824</v>
       </c>
       <c r="L12" s="79">
         <v>49</v>
       </c>
       <c r="M12" s="89">
         <v>0</v>
       </c>
       <c r="N12" s="89">
         <v>0</v>
       </c>
       <c r="O12" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="22.5" customHeight="1">
       <c r="A13" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B13" s="24" t="s">
         <v>177</v>
       </c>
       <c r="C13" s="65" t="s">
         <v>178</v>
       </c>
       <c r="D13" s="27"/>
       <c r="E13" s="66" t="s">
         <v>179</v>
       </c>
       <c r="F13" s="67" t="s">
         <v>180</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="70">
-        <v>25663</v>
+        <v>26383</v>
       </c>
       <c r="I13" s="73">
-        <v>361414</v>
+        <v>359793</v>
       </c>
       <c r="J13" s="76">
-        <v>302924</v>
+        <v>302215</v>
       </c>
       <c r="K13" s="76">
-        <v>228677</v>
+        <v>230155</v>
       </c>
       <c r="L13" s="79">
         <v>35</v>
       </c>
       <c r="M13" s="89">
         <v>0</v>
       </c>
       <c r="N13" s="89">
         <v>0</v>
       </c>
       <c r="O13" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="22.5" customHeight="1">
       <c r="A14" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B14" s="24" t="s">
         <v>182</v>
       </c>
       <c r="C14" s="65" t="s">
         <v>183</v>
       </c>
       <c r="D14" s="27"/>
       <c r="E14" s="66" t="s">
         <v>184</v>
       </c>
       <c r="F14" s="67" t="s">
         <v>185</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="70">
-        <v>23758</v>
+        <v>24333</v>
       </c>
       <c r="I14" s="73">
-        <v>340692</v>
+        <v>343543</v>
       </c>
       <c r="J14" s="76">
-        <v>296430</v>
+        <v>300412</v>
       </c>
       <c r="K14" s="76">
-        <v>218601</v>
+        <v>226502</v>
       </c>
       <c r="L14" s="79">
         <v>66</v>
       </c>
       <c r="M14" s="89">
         <v>0</v>
       </c>
       <c r="N14" s="89">
         <v>0</v>
       </c>
       <c r="O14" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="22.5" customHeight="1">
       <c r="A15" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B15" s="24" t="s">
         <v>187</v>
       </c>
       <c r="C15" s="65" t="s">
         <v>188</v>
       </c>
       <c r="D15" s="27"/>
       <c r="E15" s="66" t="s">
         <v>189</v>
       </c>
       <c r="F15" s="67" t="s">
         <v>190</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="70">
-        <v>16074</v>
+        <v>16462</v>
       </c>
       <c r="I15" s="73">
-        <v>210144</v>
+        <v>214299</v>
       </c>
       <c r="J15" s="76">
-        <v>188277</v>
+        <v>192374</v>
       </c>
       <c r="K15" s="76">
-        <v>149954</v>
+        <v>150974</v>
       </c>
       <c r="L15" s="79">
         <v>31</v>
       </c>
       <c r="M15" s="89">
         <v>0</v>
       </c>
       <c r="N15" s="89">
         <v>0</v>
       </c>
       <c r="O15" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="22.5" customHeight="1">
       <c r="A16" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B16" s="24" t="s">
         <v>192</v>
       </c>
       <c r="C16" s="65" t="s">
         <v>193</v>
       </c>
       <c r="D16" s="27"/>
       <c r="E16" s="66" t="s">
         <v>194</v>
       </c>
       <c r="F16" s="67" t="s">
         <v>195</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="70">
-        <v>16012</v>
+        <v>16328</v>
       </c>
       <c r="I16" s="73">
-        <v>93604</v>
+        <v>259768</v>
       </c>
       <c r="J16" s="76">
-        <v>76402</v>
+        <v>234707</v>
       </c>
       <c r="K16" s="76">
-        <v>66424</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>187194</v>
+      </c>
+      <c r="L16" s="79">
+        <v>33</v>
       </c>
       <c r="M16" s="89">
         <v>0</v>
       </c>
       <c r="N16" s="89">
         <v>0</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="22.5" customHeight="1">
       <c r="A17" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B17" s="24" t="s">
         <v>197</v>
       </c>
       <c r="C17" s="65" t="s">
         <v>198</v>
       </c>
       <c r="D17" s="27"/>
       <c r="E17" s="66" t="s">
         <v>199</v>
       </c>
       <c r="F17" s="67" t="s">
         <v>200</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="70">
-        <v>15927</v>
+        <v>15958</v>
       </c>
       <c r="I17" s="73">
-        <v>251171</v>
+        <v>99376</v>
       </c>
       <c r="J17" s="76">
-        <v>226056</v>
+        <v>82422</v>
       </c>
       <c r="K17" s="76">
-        <v>182550</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>71435</v>
+      </c>
+      <c r="L17" s="89">
+        <v>0</v>
       </c>
       <c r="M17" s="89">
         <v>0</v>
       </c>
       <c r="N17" s="89">
         <v>0</v>
       </c>
       <c r="O17" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="22.5" customHeight="1">
       <c r="A18" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>202</v>
       </c>
       <c r="C18" s="65" t="s">
         <v>203</v>
       </c>
       <c r="D18" s="27"/>
       <c r="E18" s="66" t="s">
         <v>204</v>
       </c>
       <c r="F18" s="67" t="s">
         <v>205</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="70">
-        <v>8158</v>
+        <v>7998</v>
       </c>
       <c r="I18" s="73">
-        <v>55729</v>
+        <v>62981</v>
       </c>
       <c r="J18" s="76">
-        <v>46194</v>
+        <v>53291</v>
       </c>
       <c r="K18" s="76">
-        <v>27256</v>
+        <v>30978</v>
       </c>
       <c r="L18" s="89">
         <v>0</v>
       </c>
       <c r="M18" s="89">
         <v>0</v>
       </c>
       <c r="N18" s="89">
         <v>0</v>
       </c>
       <c r="O18" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="22.5" customHeight="1">
       <c r="A19" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B19" s="24" t="s">
         <v>207</v>
       </c>
       <c r="C19" s="65" t="s">
         <v>208</v>
       </c>
       <c r="D19" s="27"/>
       <c r="E19" s="66" t="s">
         <v>209</v>
       </c>
       <c r="F19" s="67" t="s">
         <v>210</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="70">
-        <v>7332</v>
+        <v>7262</v>
       </c>
       <c r="I19" s="73">
-        <v>53758</v>
+        <v>56951</v>
       </c>
       <c r="J19" s="76">
-        <v>40236</v>
+        <v>43377</v>
       </c>
       <c r="K19" s="76">
-        <v>20726</v>
+        <v>21741</v>
       </c>
       <c r="L19" s="89">
         <v>0</v>
       </c>
       <c r="M19" s="89">
         <v>0</v>
       </c>
       <c r="N19" s="89">
         <v>0</v>
       </c>
       <c r="O19" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="22.5" customHeight="1">
       <c r="A20" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>212</v>
       </c>
       <c r="C20" s="65" t="s">
         <v>213</v>
       </c>
       <c r="D20" s="27"/>
       <c r="E20" s="66" t="s">
         <v>214</v>
       </c>
       <c r="F20" s="67" t="s">
         <v>215</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="70">
-        <v>6002</v>
+        <v>6094</v>
       </c>
       <c r="I20" s="73">
-        <v>93176</v>
+        <v>95440</v>
       </c>
       <c r="J20" s="76">
-        <v>78895</v>
+        <v>81910</v>
       </c>
       <c r="K20" s="76">
-        <v>60872</v>
+        <v>61572</v>
       </c>
       <c r="L20" s="79">
         <v>21</v>
       </c>
       <c r="M20" s="89">
         <v>0</v>
       </c>
       <c r="N20" s="89">
         <v>0</v>
       </c>
       <c r="O20" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="22.5" customHeight="1">
       <c r="A21" s="3"/>
       <c r="B21" s="24"/>
       <c r="C21" s="32"/>
       <c r="D21" s="27"/>
       <c r="E21" s="12"/>
       <c r="F21" s="13"/>
       <c r="G21" s="2"/>
       <c r="H21" s="41"/>
       <c r="I21" s="42"/>
       <c r="J21" s="43"/>