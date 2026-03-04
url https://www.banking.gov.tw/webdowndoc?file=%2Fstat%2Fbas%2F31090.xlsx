--- v1 (2026-01-17)
+++ v2 (2026-03-04)
@@ -569,155 +569,155 @@
   <si>
     <t>21</t>
   </si>
   <si>
     <t>凱基商業銀行　　　#</t>
   </si>
   <si>
     <t>KGI Bank</t>
   </si>
   <si>
     <t>楊文鈞</t>
   </si>
   <si>
     <t>林素真</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>遠東國際商業銀行</t>
   </si>
   <si>
     <t>Far Eastern International Bank</t>
   </si>
   <si>
-    <t>－</t>
-[...1 lines deleted...]
-  <si>
     <t>周添財</t>
+  </si>
+  <si>
+    <t>林建忠</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>Citibank Taiwan Limited</t>
   </si>
   <si>
     <t>張聖心</t>
   </si>
   <si>
     <t>馮淑儀</t>
   </si>
   <si>
     <t>Notes：1. Figures in this table include all branches and Ranking is measured by "Equities" .
 　　 　2. Deposits include "the deposits replaces by the Postal Saving System".
 　　 　3. Loans include short-,medium- and long-term loans,overdrafts,discounts,advances on import and exports etc.</t>
   </si>
   <si>
     <t>說　　明：1. 本表按各銀行全行資料統計，並以淨值為準依序排名。
 　　　　　2. 存款餘額包括郵匯轉存款。
 　　　　　3. 放款餘額包括短中長期放款、透支、貼現及進出口押匯。
 　　　　　4. ◎臺銀、臺灣企銀、土銀、合庫集資設立比利時臺灣聯合銀行一家，列入合作金庫統計。
 　　　　　5. #係金融控股公司之子公司。</t>
   </si>
   <si>
     <t>Source：Provided by Individual Institution.</t>
   </si>
   <si>
     <t>資料來源：本國銀行單一申報資料。</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
-[...2 lines deleted...]
-    <t>中華民國114年 9月底</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
+  </si>
+  <si>
+    <t>中華民國114年12月底</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>紀睿明</t>
   </si>
   <si>
     <t>陳志堅</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>陽信商業銀行</t>
+  </si>
+  <si>
+    <t>Sunny Bank Ltd.</t>
+  </si>
+  <si>
+    <t>陳勝宏</t>
+  </si>
+  <si>
+    <t>丁偉豪</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>渣打國際商業銀行</t>
+  </si>
+  <si>
+    <t>Standard Chartered Bank (Taiwan)</t>
+  </si>
+  <si>
+    <t>陳銘僑</t>
+  </si>
+  <si>
+    <t>游天立</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>京城商業銀行　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>歐陽子能</t>
   </si>
   <si>
     <t>姜宏亮</t>
   </si>
   <si>
-    <t>26</t>
-[...28 lines deleted...]
-  <si>
     <t>28</t>
   </si>
   <si>
     <t>中國輸出入銀行</t>
   </si>
   <si>
     <t>The Export-Import Bank Of The Republic Of China</t>
   </si>
   <si>
     <t>戴燈山</t>
   </si>
   <si>
     <t>謝富華</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>駱怡君</t>
@@ -752,117 +752,117 @@
   <si>
     <t>陳勇勝(代)</t>
   </si>
   <si>
     <t>張榮泰(代)</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>板信商業銀行</t>
   </si>
   <si>
     <t>Bank Of Panhsin</t>
   </si>
   <si>
     <t>謝娟娟</t>
   </si>
   <si>
     <t>曾學智</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
+    <t>華泰商業銀行</t>
+  </si>
+  <si>
+    <t>Hwatai Bank</t>
+  </si>
+  <si>
+    <t>賴昭銑</t>
+  </si>
+  <si>
+    <t>傅瑞媛</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
     <t>三信商業銀行</t>
   </si>
   <si>
     <t>Cota Bank</t>
   </si>
   <si>
     <t>廖松岳</t>
   </si>
   <si>
-    <t>李世昭</t>
-[...14 lines deleted...]
-    <t>傅瑞媛</t>
+    <t>江鴻蒼</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>連線商業銀行</t>
   </si>
   <si>
     <t>LINE Bank</t>
   </si>
   <si>
     <t>黃仁埈</t>
   </si>
   <si>
     <t>黃以孟</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>將來商業銀行</t>
   </si>
   <si>
     <t>NEXT Commercial Bank Co., Ltd.</t>
   </si>
   <si>
     <t>郭水義</t>
   </si>
   <si>
-    <t>許柏林</t>
+    <t>張恭賀</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>樂天國際商業銀行　#</t>
   </si>
   <si>
     <t>Rakuten International Commercial Bank Co., LTD.</t>
   </si>
   <si>
-    <t>王東和</t>
+    <t>王世熙</t>
   </si>
   <si>
     <t>佐伯 和彦</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>郭釧溥</t>
   </si>
   <si>
     <t>陳瑞璋</t>
   </si>
   <si>
     <t>排名表(續完)</t>
   </si>
   <si>
     <t>Domestic Banks(Cont'd)</t>
   </si>
@@ -2458,1049 +2458,1049 @@
       <c r="K5" s="54"/>
       <c r="L5" s="54"/>
       <c r="M5" s="16" t="s">
         <v>11</v>
       </c>
       <c r="N5" s="16" t="s">
         <v>13</v>
       </c>
       <c r="O5" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:15" ht="21" customHeight="1">
       <c r="A6" s="48" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="48"/>
       <c r="C6" s="47" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="26"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="2"/>
       <c r="H6" s="96">
-        <v>5426400</v>
+        <v>5588124</v>
       </c>
       <c r="I6" s="99">
-        <v>75260862</v>
+        <v>76645665</v>
       </c>
       <c r="J6" s="102">
-        <v>61893698</v>
+        <v>63092384</v>
       </c>
       <c r="K6" s="102">
-        <v>44078482</v>
+        <v>44767238</v>
       </c>
       <c r="L6" s="105">
-        <v>3358</v>
+        <v>3351</v>
       </c>
       <c r="M6" s="105">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="N6" s="105">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="O6" s="108">
-        <v>422</v>
+        <v>421</v>
       </c>
     </row>
     <row r="7" spans="1:15" ht="21" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="24" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="65" t="s">
         <v>22</v>
       </c>
       <c r="D7" s="27"/>
       <c r="E7" s="66" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="67" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="70">
-        <v>523493</v>
+        <v>536297</v>
       </c>
       <c r="I7" s="73">
-        <v>6945969</v>
+        <v>6860893</v>
       </c>
       <c r="J7" s="76">
-        <v>5336054</v>
+        <v>5260831</v>
       </c>
       <c r="K7" s="76">
-        <v>3450211</v>
+        <v>3536487</v>
       </c>
       <c r="L7" s="79">
         <v>163</v>
       </c>
       <c r="M7" s="79">
         <v>11</v>
       </c>
       <c r="N7" s="79">
         <v>10</v>
       </c>
       <c r="O7" s="82">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:15" ht="21" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="65" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="27"/>
       <c r="E8" s="66" t="s">
         <v>28</v>
       </c>
       <c r="F8" s="67" t="s">
         <v>29</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="70">
-        <v>408758</v>
+        <v>430971</v>
       </c>
       <c r="I8" s="73">
-        <v>5636255</v>
+        <v>5765573</v>
       </c>
       <c r="J8" s="76">
-        <v>4710828</v>
+        <v>4751017</v>
       </c>
       <c r="K8" s="76">
-        <v>3311303</v>
+        <v>3398825</v>
       </c>
       <c r="L8" s="79">
         <v>156</v>
       </c>
       <c r="M8" s="79">
         <v>12</v>
       </c>
       <c r="N8" s="79">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="O8" s="82">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="9" spans="1:15" ht="21" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="65" t="s">
         <v>32</v>
       </c>
       <c r="D9" s="27"/>
       <c r="E9" s="66" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="67" t="s">
         <v>34</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="70">
-        <v>366199</v>
+        <v>373896</v>
       </c>
       <c r="I9" s="73">
-        <v>4273027</v>
+        <v>4547129</v>
       </c>
       <c r="J9" s="76">
-        <v>3139464</v>
+        <v>3421658</v>
       </c>
       <c r="K9" s="76">
-        <v>2373762</v>
+        <v>2443199</v>
       </c>
       <c r="L9" s="79">
         <v>107</v>
       </c>
       <c r="M9" s="79">
         <v>24</v>
       </c>
       <c r="N9" s="79">
         <v>2</v>
       </c>
       <c r="O9" s="82">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="21" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B10" s="24" t="s">
         <v>36</v>
       </c>
       <c r="C10" s="65" t="s">
         <v>37</v>
       </c>
       <c r="D10" s="27"/>
       <c r="E10" s="66" t="s">
         <v>38</v>
       </c>
       <c r="F10" s="67" t="s">
         <v>39</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="70">
-        <v>308099</v>
+        <v>319856</v>
       </c>
       <c r="I10" s="73">
-        <v>4888295</v>
+        <v>4929453</v>
       </c>
       <c r="J10" s="76">
-        <v>4250761</v>
+        <v>4317382</v>
       </c>
       <c r="K10" s="76">
-        <v>2739898</v>
+        <v>2822445</v>
       </c>
       <c r="L10" s="79">
         <v>165</v>
       </c>
       <c r="M10" s="79">
         <v>7</v>
       </c>
       <c r="N10" s="79">
         <v>4</v>
       </c>
       <c r="O10" s="82">
         <v>57</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="21" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B11" s="24" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="65" t="s">
         <v>42</v>
       </c>
       <c r="D11" s="27"/>
       <c r="E11" s="66" t="s">
         <v>43</v>
       </c>
       <c r="F11" s="83" t="s">
         <v>44</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="70">
-        <v>306395</v>
+        <v>318151</v>
       </c>
       <c r="I11" s="73">
-        <v>4377032</v>
+        <v>4544430</v>
       </c>
       <c r="J11" s="76">
-        <v>3576353</v>
+        <v>3712224</v>
       </c>
       <c r="K11" s="76">
-        <v>2460098</v>
+        <v>2520307</v>
       </c>
       <c r="L11" s="79">
         <v>168</v>
       </c>
       <c r="M11" s="79">
         <v>5</v>
       </c>
       <c r="N11" s="79">
         <v>3</v>
       </c>
       <c r="O11" s="82">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="21" customHeight="1">
       <c r="A12" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B12" s="24" t="s">
         <v>46</v>
       </c>
       <c r="C12" s="65" t="s">
         <v>47</v>
       </c>
       <c r="D12" s="27"/>
       <c r="E12" s="66" t="s">
         <v>48</v>
       </c>
       <c r="F12" s="67" t="s">
         <v>49</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="70">
-        <v>297999</v>
+        <v>308338</v>
       </c>
       <c r="I12" s="73">
-        <v>4737960</v>
+        <v>4850748</v>
       </c>
       <c r="J12" s="76">
-        <v>3908675</v>
+        <v>3992758</v>
       </c>
       <c r="K12" s="76">
-        <v>2744055</v>
+        <v>2808330</v>
       </c>
       <c r="L12" s="79">
         <v>182</v>
       </c>
       <c r="M12" s="79">
         <v>21</v>
       </c>
       <c r="N12" s="79">
         <v>3</v>
       </c>
       <c r="O12" s="82">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="21" customHeight="1">
       <c r="A13" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B13" s="24" t="s">
         <v>51</v>
       </c>
       <c r="C13" s="65" t="s">
         <v>52</v>
       </c>
       <c r="D13" s="27"/>
       <c r="E13" s="66" t="s">
         <v>53</v>
       </c>
       <c r="F13" s="67" t="s">
         <v>54</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="70">
-        <v>292012</v>
+        <v>303064</v>
       </c>
       <c r="I13" s="73">
-        <v>5169062</v>
+        <v>5136374</v>
       </c>
       <c r="J13" s="76">
-        <v>4338178</v>
+        <v>4384435</v>
       </c>
       <c r="K13" s="76">
-        <v>3197710</v>
+        <v>3146687</v>
       </c>
       <c r="L13" s="79">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="M13" s="79">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="N13" s="79">
         <v>3</v>
       </c>
       <c r="O13" s="82">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="21" customHeight="1">
       <c r="A14" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B14" s="24" t="s">
         <v>56</v>
       </c>
       <c r="C14" s="65" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="27"/>
       <c r="E14" s="66" t="s">
         <v>58</v>
       </c>
       <c r="F14" s="67" t="s">
         <v>59</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="70">
-        <v>280727</v>
+        <v>292681</v>
       </c>
       <c r="I14" s="73">
-        <v>4151404</v>
+        <v>4352343</v>
       </c>
       <c r="J14" s="76">
-        <v>3477137</v>
+        <v>3680680</v>
       </c>
       <c r="K14" s="76">
-        <v>2492681</v>
+        <v>2567935</v>
       </c>
       <c r="L14" s="79">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="M14" s="79">
         <v>9</v>
       </c>
       <c r="N14" s="79">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O14" s="82">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="21" customHeight="1">
       <c r="A15" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B15" s="24" t="s">
         <v>61</v>
       </c>
       <c r="C15" s="65" t="s">
         <v>62</v>
       </c>
       <c r="D15" s="27"/>
       <c r="E15" s="66" t="s">
         <v>63</v>
       </c>
       <c r="F15" s="67" t="s">
         <v>64</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="70">
-        <v>246027</v>
+        <v>253805</v>
       </c>
       <c r="I15" s="73">
-        <v>4123094</v>
+        <v>4200655</v>
       </c>
       <c r="J15" s="76">
-        <v>3414743</v>
+        <v>3467475</v>
       </c>
       <c r="K15" s="76">
-        <v>2399325</v>
+        <v>2433058</v>
       </c>
       <c r="L15" s="79">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="M15" s="79">
         <v>12</v>
       </c>
       <c r="N15" s="79">
         <v>3</v>
       </c>
       <c r="O15" s="82">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="21" customHeight="1">
       <c r="A16" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B16" s="24" t="s">
         <v>66</v>
       </c>
       <c r="C16" s="65" t="s">
         <v>67</v>
       </c>
       <c r="D16" s="27"/>
       <c r="E16" s="66" t="s">
         <v>68</v>
       </c>
       <c r="F16" s="67" t="s">
         <v>69</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="70">
-        <v>243840</v>
+        <v>246355</v>
       </c>
       <c r="I16" s="73">
-        <v>3696302</v>
+        <v>3786546</v>
       </c>
       <c r="J16" s="76">
-        <v>3122690</v>
+        <v>3179394</v>
       </c>
       <c r="K16" s="76">
-        <v>2518170</v>
+        <v>2536709</v>
       </c>
       <c r="L16" s="79">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="M16" s="79">
         <v>8</v>
       </c>
       <c r="N16" s="79">
         <v>1</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="21" customHeight="1">
       <c r="A17" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B17" s="24" t="s">
         <v>71</v>
       </c>
       <c r="C17" s="65" t="s">
         <v>72</v>
       </c>
       <c r="D17" s="27"/>
       <c r="E17" s="66" t="s">
         <v>73</v>
       </c>
       <c r="F17" s="67" t="s">
         <v>74</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="70">
-        <v>212486</v>
+        <v>220342</v>
       </c>
       <c r="I17" s="73">
-        <v>3325964</v>
+        <v>3343111</v>
       </c>
       <c r="J17" s="76">
-        <v>2812432</v>
+        <v>2827622</v>
       </c>
       <c r="K17" s="76">
-        <v>2020925</v>
+        <v>2072514</v>
       </c>
       <c r="L17" s="79">
         <v>184</v>
       </c>
       <c r="M17" s="79">
         <v>7</v>
       </c>
       <c r="N17" s="79">
         <v>1</v>
       </c>
       <c r="O17" s="82">
         <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="21" customHeight="1">
       <c r="A18" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>76</v>
       </c>
       <c r="C18" s="65" t="s">
         <v>77</v>
       </c>
       <c r="D18" s="27"/>
       <c r="E18" s="66" t="s">
         <v>78</v>
       </c>
       <c r="F18" s="67" t="s">
         <v>79</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="70">
-        <v>207595</v>
+        <v>214317</v>
       </c>
       <c r="I18" s="73">
-        <v>3021222</v>
+        <v>3000512</v>
       </c>
       <c r="J18" s="76">
-        <v>2510054</v>
+        <v>2491777</v>
       </c>
       <c r="K18" s="76">
-        <v>1885334</v>
+        <v>1814918</v>
       </c>
       <c r="L18" s="79">
         <v>100</v>
       </c>
       <c r="M18" s="79">
         <v>5</v>
       </c>
       <c r="N18" s="79">
         <v>4</v>
       </c>
       <c r="O18" s="82">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="21" customHeight="1">
       <c r="A19" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B19" s="24" t="s">
         <v>81</v>
       </c>
       <c r="C19" s="65" t="s">
         <v>82</v>
       </c>
       <c r="D19" s="27"/>
       <c r="E19" s="66" t="s">
         <v>83</v>
       </c>
       <c r="F19" s="67" t="s">
         <v>84</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="70">
-        <v>197095</v>
+        <v>204458</v>
       </c>
       <c r="I19" s="73">
-        <v>1586132</v>
+        <v>1597910</v>
       </c>
       <c r="J19" s="76">
-        <v>1260156</v>
+        <v>1264856</v>
       </c>
       <c r="K19" s="76">
-        <v>889094</v>
+        <v>907692</v>
       </c>
       <c r="L19" s="79">
         <v>73</v>
       </c>
       <c r="M19" s="79">
         <v>4</v>
       </c>
       <c r="N19" s="79">
         <v>4</v>
       </c>
       <c r="O19" s="82">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="21" customHeight="1">
       <c r="A20" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>86</v>
       </c>
       <c r="C20" s="65" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="27"/>
       <c r="E20" s="66" t="s">
         <v>88</v>
       </c>
       <c r="F20" s="67" t="s">
         <v>89</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="70">
-        <v>195643</v>
+        <v>199505</v>
       </c>
       <c r="I20" s="73">
-        <v>2781087</v>
+        <v>2841340</v>
       </c>
       <c r="J20" s="76">
-        <v>2309890</v>
+        <v>2332623</v>
       </c>
       <c r="K20" s="76">
-        <v>1629679</v>
+        <v>1646793</v>
       </c>
       <c r="L20" s="79">
         <v>124</v>
       </c>
       <c r="M20" s="79">
         <v>4</v>
       </c>
       <c r="N20" s="79">
         <v>1</v>
       </c>
       <c r="O20" s="82">
         <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="21" customHeight="1">
       <c r="A21" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B21" s="24" t="s">
         <v>91</v>
       </c>
       <c r="C21" s="65" t="s">
         <v>92</v>
       </c>
       <c r="D21" s="27"/>
       <c r="E21" s="66" t="s">
         <v>93</v>
       </c>
       <c r="F21" s="67" t="s">
         <v>94</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="70">
-        <v>151787</v>
+        <v>155066</v>
       </c>
       <c r="I21" s="73">
-        <v>2312210</v>
+        <v>2365606</v>
       </c>
       <c r="J21" s="76">
-        <v>2061850</v>
+        <v>2114114</v>
       </c>
       <c r="K21" s="76">
-        <v>1393894</v>
+        <v>1476611</v>
       </c>
       <c r="L21" s="79">
         <v>148</v>
       </c>
       <c r="M21" s="79">
         <v>1</v>
       </c>
       <c r="N21" s="79">
         <v>1</v>
       </c>
       <c r="O21" s="82">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="21" customHeight="1">
       <c r="A22" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B22" s="24" t="s">
         <v>96</v>
       </c>
       <c r="C22" s="65" t="s">
         <v>97</v>
       </c>
       <c r="D22" s="27"/>
       <c r="E22" s="66" t="s">
         <v>98</v>
       </c>
       <c r="F22" s="67" t="s">
         <v>99</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="70">
-        <v>143217</v>
+        <v>147085</v>
       </c>
       <c r="I22" s="73">
-        <v>2459288</v>
+        <v>2508491</v>
       </c>
       <c r="J22" s="76">
-        <v>2155388</v>
+        <v>2192754</v>
       </c>
       <c r="K22" s="76">
-        <v>1676201</v>
+        <v>1690172</v>
       </c>
       <c r="L22" s="79">
         <v>124</v>
       </c>
       <c r="M22" s="79">
         <v>8</v>
       </c>
       <c r="N22" s="79">
         <v>1</v>
       </c>
       <c r="O22" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:15" ht="21" customHeight="1">
       <c r="A23" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B23" s="24" t="s">
         <v>101</v>
       </c>
       <c r="C23" s="65" t="s">
         <v>102</v>
       </c>
       <c r="D23" s="27"/>
       <c r="E23" s="66" t="s">
         <v>103</v>
       </c>
       <c r="F23" s="67" t="s">
         <v>104</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="70">
-        <v>100451</v>
+        <v>102514</v>
       </c>
       <c r="I23" s="73">
-        <v>988715</v>
+        <v>1070413</v>
       </c>
       <c r="J23" s="76">
-        <v>811584</v>
+        <v>892019</v>
       </c>
       <c r="K23" s="76">
-        <v>550819</v>
+        <v>527977</v>
       </c>
       <c r="L23" s="79">
         <v>67</v>
       </c>
       <c r="M23" s="89">
         <v>0</v>
       </c>
       <c r="N23" s="89">
         <v>0</v>
       </c>
       <c r="O23" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="21" customHeight="1">
       <c r="A24" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B24" s="24" t="s">
         <v>106</v>
       </c>
       <c r="C24" s="65" t="s">
         <v>107</v>
       </c>
       <c r="D24" s="27"/>
       <c r="E24" s="66" t="s">
         <v>108</v>
       </c>
       <c r="F24" s="67" t="s">
         <v>109</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="70">
-        <v>87695</v>
+        <v>91678</v>
       </c>
       <c r="I24" s="73">
-        <v>977879</v>
+        <v>997307</v>
       </c>
       <c r="J24" s="76">
-        <v>846324</v>
+        <v>852729</v>
       </c>
       <c r="K24" s="76">
-        <v>633896</v>
+        <v>638544</v>
       </c>
       <c r="L24" s="79">
         <v>85</v>
       </c>
       <c r="M24" s="79">
         <v>1</v>
       </c>
       <c r="N24" s="79">
         <v>1</v>
       </c>
       <c r="O24" s="82">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="21" customHeight="1">
       <c r="A25" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B25" s="24" t="s">
         <v>111</v>
       </c>
       <c r="C25" s="65" t="s">
         <v>112</v>
       </c>
       <c r="D25" s="27"/>
       <c r="E25" s="66" t="s">
         <v>113</v>
       </c>
       <c r="F25" s="67" t="s">
         <v>114</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="70">
-        <v>82338</v>
+        <v>85528</v>
       </c>
       <c r="I25" s="73">
-        <v>1022981</v>
+        <v>1034859</v>
       </c>
       <c r="J25" s="76">
-        <v>834974</v>
+        <v>835057</v>
       </c>
       <c r="K25" s="76">
-        <v>631345</v>
+        <v>642589</v>
       </c>
       <c r="L25" s="79">
         <v>89</v>
       </c>
       <c r="M25" s="89">
         <v>0</v>
       </c>
       <c r="N25" s="79">
         <v>2</v>
       </c>
       <c r="O25" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:15" ht="21" customHeight="1">
       <c r="A26" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B26" s="24" t="s">
         <v>116</v>
       </c>
       <c r="C26" s="65" t="s">
         <v>117</v>
       </c>
       <c r="D26" s="27"/>
       <c r="E26" s="66" t="s">
         <v>118</v>
       </c>
       <c r="F26" s="67" t="s">
         <v>119</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="70">
-        <v>79804</v>
+        <v>82030</v>
       </c>
       <c r="I26" s="73">
-        <v>1386224</v>
+        <v>1387664</v>
       </c>
       <c r="J26" s="76">
-        <v>1183084</v>
+        <v>1180722</v>
       </c>
       <c r="K26" s="76">
-        <v>891299</v>
+        <v>895904</v>
       </c>
       <c r="L26" s="79">
         <v>102</v>
       </c>
       <c r="M26" s="79">
         <v>1</v>
       </c>
       <c r="N26" s="79">
         <v>2</v>
       </c>
       <c r="O26" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="21" customHeight="1">
       <c r="A27" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B27" s="24" t="s">
         <v>121</v>
       </c>
       <c r="C27" s="65" t="s">
         <v>122</v>
       </c>
       <c r="D27" s="27"/>
       <c r="E27" s="66" t="s">
         <v>123</v>
       </c>
       <c r="F27" s="67" t="s">
         <v>124</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="70">
-        <v>76062</v>
+        <v>78457</v>
       </c>
       <c r="I27" s="73">
-        <v>895902</v>
+        <v>934471</v>
       </c>
       <c r="J27" s="76">
-        <v>659525</v>
+        <v>686064</v>
       </c>
       <c r="K27" s="76">
-        <v>518449</v>
+        <v>531316</v>
       </c>
       <c r="L27" s="79">
         <v>51</v>
       </c>
       <c r="M27" s="79">
         <v>1</v>
       </c>
       <c r="N27" s="89">
         <v>0</v>
       </c>
       <c r="O27" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="21" customHeight="1">
       <c r="A28" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B28" s="24" t="s">
         <v>126</v>
       </c>
       <c r="C28" s="65" t="s">
         <v>127</v>
       </c>
       <c r="D28" s="27"/>
       <c r="E28" s="66" t="s">
         <v>128</v>
       </c>
       <c r="F28" s="67" t="s">
         <v>129</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="70">
-        <v>68249</v>
+        <v>69849</v>
       </c>
       <c r="I28" s="73">
-        <v>878126</v>
+        <v>872756</v>
       </c>
       <c r="J28" s="76">
-        <v>715573</v>
+        <v>711818</v>
       </c>
       <c r="K28" s="76">
-        <v>510880</v>
+        <v>512885</v>
       </c>
       <c r="L28" s="79">
         <v>52</v>
       </c>
       <c r="M28" s="79">
         <v>1</v>
       </c>
       <c r="N28" s="79">
         <v>2</v>
       </c>
       <c r="O28" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:15" ht="21" customHeight="1" thickBot="1">
       <c r="A29" s="21" t="s">
         <v>130</v>
       </c>
       <c r="B29" s="25" t="s">
         <v>131</v>
       </c>
       <c r="C29" s="90" t="s">
         <v>132</v>
       </c>
       <c r="D29" s="28"/>
       <c r="E29" s="66" t="s">
         <v>133</v>
       </c>
       <c r="F29" s="67" t="s">
         <v>134</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="70">
-        <v>67548</v>
+        <v>69323</v>
       </c>
       <c r="I29" s="73">
-        <v>470125</v>
+        <v>490356</v>
       </c>
       <c r="J29" s="76">
-        <v>360637</v>
+        <v>366649</v>
       </c>
       <c r="K29" s="76">
-        <v>69378</v>
+        <v>57742</v>
       </c>
       <c r="L29" s="89">
         <v>0</v>
       </c>
       <c r="M29" s="89">
         <v>0</v>
       </c>
       <c r="N29" s="89">
         <v>0</v>
       </c>
       <c r="O29" s="93">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:15" customFormat="1" customHeight="1">
       <c r="A30" s="62" t="s">
         <v>138</v>
       </c>
       <c r="B30" s="62"/>
       <c r="C30" s="62"/>
       <c r="D30" s="62"/>
       <c r="E30" s="62"/>
       <c r="F30" s="62"/>
       <c r="G30"/>
       <c r="H30" s="114" t="s">
@@ -3799,662 +3799,662 @@
         <v>13</v>
       </c>
       <c r="O5" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:15" ht="22.5" customHeight="1">
       <c r="A6" s="11" t="s">
         <v>141</v>
       </c>
       <c r="B6" s="29" t="s">
         <v>142</v>
       </c>
       <c r="C6" s="116" t="s">
         <v>143</v>
       </c>
       <c r="D6" s="26"/>
       <c r="E6" s="117" t="s">
         <v>144</v>
       </c>
       <c r="F6" s="117" t="s">
         <v>145</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="96">
-        <v>66901</v>
+        <v>68345</v>
       </c>
       <c r="I6" s="99">
-        <v>712618</v>
+        <v>751237</v>
       </c>
       <c r="J6" s="102">
-        <v>565981</v>
+        <v>591054</v>
       </c>
       <c r="K6" s="102">
-        <v>333153</v>
+        <v>342037</v>
       </c>
       <c r="L6" s="105">
         <v>26</v>
       </c>
       <c r="M6" s="120">
         <v>0</v>
       </c>
       <c r="N6" s="120">
         <v>0</v>
       </c>
       <c r="O6" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:15" ht="22.5" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B7" s="24" t="s">
         <v>147</v>
       </c>
       <c r="C7" s="65" t="s">
         <v>148</v>
       </c>
       <c r="D7" s="27"/>
       <c r="E7" s="66" t="s">
         <v>149</v>
       </c>
       <c r="F7" s="67" t="s">
         <v>150</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="70">
-        <v>59955</v>
+        <v>55906</v>
       </c>
       <c r="I7" s="73">
-        <v>360281</v>
+        <v>811483</v>
       </c>
       <c r="J7" s="76">
-        <v>282361</v>
+        <v>723099</v>
       </c>
       <c r="K7" s="76">
-        <v>225971</v>
+        <v>535782</v>
       </c>
       <c r="L7" s="79">
-        <v>65</v>
+        <v>107</v>
       </c>
       <c r="M7" s="89">
         <v>0</v>
       </c>
       <c r="N7" s="89">
         <v>0</v>
       </c>
       <c r="O7" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:15" ht="22.5" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B8" s="24" t="s">
         <v>152</v>
       </c>
       <c r="C8" s="65" t="s">
         <v>153</v>
       </c>
       <c r="D8" s="27"/>
       <c r="E8" s="66" t="s">
         <v>154</v>
       </c>
       <c r="F8" s="67" t="s">
         <v>155</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="70">
-        <v>55642</v>
+        <v>55338</v>
       </c>
       <c r="I8" s="73">
-        <v>799394</v>
+        <v>752949</v>
       </c>
       <c r="J8" s="76">
-        <v>702953</v>
+        <v>612775</v>
       </c>
       <c r="K8" s="76">
-        <v>523331</v>
+        <v>320771</v>
       </c>
       <c r="L8" s="79">
-        <v>107</v>
+        <v>50</v>
       </c>
       <c r="M8" s="89">
         <v>0</v>
       </c>
       <c r="N8" s="89">
         <v>0</v>
       </c>
       <c r="O8" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:15" ht="22.5" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B9" s="24" t="s">
         <v>157</v>
       </c>
       <c r="C9" s="65" t="s">
         <v>158</v>
       </c>
       <c r="D9" s="27"/>
       <c r="E9" s="66" t="s">
         <v>159</v>
       </c>
       <c r="F9" s="67" t="s">
         <v>160</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="70">
-        <v>54105</v>
+        <v>54568</v>
       </c>
       <c r="I9" s="73">
-        <v>769278</v>
+        <v>362898</v>
       </c>
       <c r="J9" s="76">
-        <v>620000</v>
+        <v>291490</v>
       </c>
       <c r="K9" s="76">
-        <v>319791</v>
+        <v>228156</v>
       </c>
       <c r="L9" s="79">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="M9" s="89">
         <v>0</v>
       </c>
       <c r="N9" s="89">
         <v>0</v>
       </c>
       <c r="O9" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="22.5" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B10" s="24" t="s">
         <v>162</v>
       </c>
       <c r="C10" s="65" t="s">
         <v>163</v>
       </c>
       <c r="D10" s="27"/>
       <c r="E10" s="66" t="s">
         <v>164</v>
       </c>
       <c r="F10" s="67" t="s">
         <v>165</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="70">
-        <v>46398</v>
+        <v>47060</v>
       </c>
       <c r="I10" s="73">
-        <v>226416</v>
+        <v>231392</v>
       </c>
       <c r="J10" s="126">
         <v>0</v>
       </c>
       <c r="K10" s="76">
-        <v>218773</v>
+        <v>223429</v>
       </c>
       <c r="L10" s="79">
         <v>4</v>
       </c>
       <c r="M10" s="89">
         <v>0</v>
       </c>
       <c r="N10" s="79">
         <v>3</v>
       </c>
       <c r="O10" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="22.5" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B11" s="24" t="s">
         <v>167</v>
       </c>
       <c r="C11" s="65" t="s">
         <v>168</v>
       </c>
       <c r="D11" s="27"/>
       <c r="E11" s="66" t="s">
         <v>169</v>
       </c>
       <c r="F11" s="83" t="s">
         <v>170</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="70">
-        <v>43528</v>
+        <v>44214</v>
       </c>
       <c r="I11" s="73">
-        <v>411908</v>
+        <v>416468</v>
       </c>
       <c r="J11" s="76">
-        <v>299895</v>
+        <v>314609</v>
       </c>
       <c r="K11" s="76">
-        <v>235677</v>
+        <v>234813</v>
       </c>
       <c r="L11" s="79">
         <v>5</v>
       </c>
       <c r="M11" s="79">
         <v>1</v>
       </c>
       <c r="N11" s="79">
         <v>2</v>
       </c>
       <c r="O11" s="82">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="22.5" customHeight="1">
       <c r="A12" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B12" s="24" t="s">
         <v>172</v>
       </c>
       <c r="C12" s="65" t="s">
         <v>173</v>
       </c>
       <c r="D12" s="27"/>
       <c r="E12" s="66" t="s">
         <v>174</v>
       </c>
       <c r="F12" s="67" t="s">
         <v>175</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="70">
-        <v>35533</v>
+        <v>36150</v>
       </c>
       <c r="I12" s="73">
-        <v>384558</v>
+        <v>388405</v>
       </c>
       <c r="J12" s="76">
-        <v>335446</v>
+        <v>340844</v>
       </c>
       <c r="K12" s="76">
-        <v>252824</v>
+        <v>253050</v>
       </c>
       <c r="L12" s="79">
         <v>49</v>
       </c>
       <c r="M12" s="89">
         <v>0</v>
       </c>
       <c r="N12" s="89">
         <v>0</v>
       </c>
       <c r="O12" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="22.5" customHeight="1">
       <c r="A13" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B13" s="24" t="s">
         <v>177</v>
       </c>
       <c r="C13" s="65" t="s">
         <v>178</v>
       </c>
       <c r="D13" s="27"/>
       <c r="E13" s="66" t="s">
         <v>179</v>
       </c>
       <c r="F13" s="67" t="s">
         <v>180</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="70">
-        <v>26383</v>
+        <v>26711</v>
       </c>
       <c r="I13" s="73">
-        <v>359793</v>
+        <v>355849</v>
       </c>
       <c r="J13" s="76">
-        <v>302215</v>
+        <v>295911</v>
       </c>
       <c r="K13" s="76">
-        <v>230155</v>
+        <v>226459</v>
       </c>
       <c r="L13" s="79">
         <v>35</v>
       </c>
       <c r="M13" s="89">
         <v>0</v>
       </c>
       <c r="N13" s="89">
         <v>0</v>
       </c>
       <c r="O13" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="22.5" customHeight="1">
       <c r="A14" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B14" s="24" t="s">
         <v>182</v>
       </c>
       <c r="C14" s="65" t="s">
         <v>183</v>
       </c>
       <c r="D14" s="27"/>
       <c r="E14" s="66" t="s">
         <v>184</v>
       </c>
       <c r="F14" s="67" t="s">
         <v>185</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="70">
-        <v>24333</v>
+        <v>24632</v>
       </c>
       <c r="I14" s="73">
-        <v>343543</v>
+        <v>350493</v>
       </c>
       <c r="J14" s="76">
-        <v>300412</v>
+        <v>304062</v>
       </c>
       <c r="K14" s="76">
-        <v>226502</v>
+        <v>235337</v>
       </c>
       <c r="L14" s="79">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M14" s="89">
         <v>0</v>
       </c>
       <c r="N14" s="89">
         <v>0</v>
       </c>
       <c r="O14" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="22.5" customHeight="1">
       <c r="A15" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B15" s="24" t="s">
         <v>187</v>
       </c>
       <c r="C15" s="65" t="s">
         <v>188</v>
       </c>
       <c r="D15" s="27"/>
       <c r="E15" s="66" t="s">
         <v>189</v>
       </c>
       <c r="F15" s="67" t="s">
         <v>190</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="70">
-        <v>16462</v>
+        <v>17723</v>
       </c>
       <c r="I15" s="73">
-        <v>214299</v>
+        <v>263997</v>
       </c>
       <c r="J15" s="76">
-        <v>192374</v>
+        <v>236950</v>
       </c>
       <c r="K15" s="76">
-        <v>150974</v>
+        <v>187250</v>
       </c>
       <c r="L15" s="79">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="M15" s="89">
         <v>0</v>
       </c>
       <c r="N15" s="89">
         <v>0</v>
       </c>
       <c r="O15" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="22.5" customHeight="1">
       <c r="A16" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B16" s="24" t="s">
         <v>192</v>
       </c>
       <c r="C16" s="65" t="s">
         <v>193</v>
       </c>
       <c r="D16" s="27"/>
       <c r="E16" s="66" t="s">
         <v>194</v>
       </c>
       <c r="F16" s="67" t="s">
         <v>195</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="70">
-        <v>16328</v>
+        <v>16821</v>
       </c>
       <c r="I16" s="73">
-        <v>259768</v>
+        <v>219642</v>
       </c>
       <c r="J16" s="76">
-        <v>234707</v>
+        <v>198914</v>
       </c>
       <c r="K16" s="76">
-        <v>187194</v>
+        <v>152886</v>
       </c>
       <c r="L16" s="79">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="M16" s="89">
         <v>0</v>
       </c>
       <c r="N16" s="89">
         <v>0</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="22.5" customHeight="1">
       <c r="A17" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B17" s="24" t="s">
         <v>197</v>
       </c>
       <c r="C17" s="65" t="s">
         <v>198</v>
       </c>
       <c r="D17" s="27"/>
       <c r="E17" s="66" t="s">
         <v>199</v>
       </c>
       <c r="F17" s="67" t="s">
         <v>200</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="70">
-        <v>15958</v>
+        <v>15956</v>
       </c>
       <c r="I17" s="73">
-        <v>99376</v>
+        <v>104880</v>
       </c>
       <c r="J17" s="76">
-        <v>82422</v>
+        <v>87423</v>
       </c>
       <c r="K17" s="76">
-        <v>71435</v>
+        <v>75067</v>
       </c>
       <c r="L17" s="89">
         <v>0</v>
       </c>
       <c r="M17" s="89">
         <v>0</v>
       </c>
       <c r="N17" s="89">
         <v>0</v>
       </c>
       <c r="O17" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="22.5" customHeight="1">
       <c r="A18" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>202</v>
       </c>
       <c r="C18" s="65" t="s">
         <v>203</v>
       </c>
       <c r="D18" s="27"/>
       <c r="E18" s="66" t="s">
         <v>204</v>
       </c>
       <c r="F18" s="67" t="s">
         <v>205</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="70">
-        <v>7998</v>
+        <v>7803</v>
       </c>
       <c r="I18" s="73">
-        <v>62981</v>
+        <v>65360</v>
       </c>
       <c r="J18" s="76">
-        <v>53291</v>
+        <v>56244</v>
       </c>
       <c r="K18" s="76">
-        <v>30978</v>
+        <v>37678</v>
       </c>
       <c r="L18" s="89">
         <v>0</v>
       </c>
       <c r="M18" s="89">
         <v>0</v>
       </c>
       <c r="N18" s="89">
         <v>0</v>
       </c>
       <c r="O18" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="22.5" customHeight="1">
       <c r="A19" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B19" s="24" t="s">
         <v>207</v>
       </c>
       <c r="C19" s="65" t="s">
         <v>208</v>
       </c>
       <c r="D19" s="27"/>
       <c r="E19" s="66" t="s">
         <v>209</v>
       </c>
       <c r="F19" s="67" t="s">
         <v>210</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="70">
-        <v>7262</v>
+        <v>7169</v>
       </c>
       <c r="I19" s="73">
-        <v>56951</v>
+        <v>54923</v>
       </c>
       <c r="J19" s="76">
-        <v>43377</v>
+        <v>40296</v>
       </c>
       <c r="K19" s="76">
-        <v>21741</v>
+        <v>22398</v>
       </c>
       <c r="L19" s="89">
         <v>0</v>
       </c>
       <c r="M19" s="89">
         <v>0</v>
       </c>
       <c r="N19" s="89">
         <v>0</v>
       </c>
       <c r="O19" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="22.5" customHeight="1">
       <c r="A20" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>212</v>
       </c>
       <c r="C20" s="65" t="s">
         <v>213</v>
       </c>
       <c r="D20" s="27"/>
       <c r="E20" s="66" t="s">
         <v>214</v>
       </c>
       <c r="F20" s="67" t="s">
         <v>215</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="70">
-        <v>6094</v>
+        <v>6167</v>
       </c>
       <c r="I20" s="73">
-        <v>95440</v>
+        <v>96750</v>
       </c>
       <c r="J20" s="76">
-        <v>81910</v>
+        <v>82055</v>
       </c>
       <c r="K20" s="76">
-        <v>61572</v>
+        <v>62487</v>
       </c>
       <c r="L20" s="79">
         <v>21</v>
       </c>
       <c r="M20" s="89">
         <v>0</v>
       </c>
       <c r="N20" s="89">
         <v>0</v>
       </c>
       <c r="O20" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="22.5" customHeight="1">
       <c r="A21" s="3"/>
       <c r="B21" s="24"/>
       <c r="C21" s="32"/>
       <c r="D21" s="27"/>
       <c r="E21" s="12"/>
       <c r="F21" s="13"/>
       <c r="G21" s="2"/>
       <c r="H21" s="41"/>
       <c r="I21" s="42"/>
       <c r="J21" s="43"/>