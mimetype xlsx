--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -85,51 +85,51 @@
       <rPr>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Expenses &amp; Losses</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">收益
 </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Revenues &amp; Gains</t>
     </r>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　#</t>
   </si>
@@ -331,52 +331,52 @@
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
     <t>Notes：1. Figures in this table include all branches.
 　　　 2. To be in line with the implementation of Financial Accounting Standard No.34, the titles of the related columns, 
 　　　 　which are under the categories of domestic banks, local branches of foreign banks and bills finance companies,  
 　　　 　were changed to "Revenues &amp; Gains" and "Expenses &amp; Losses" from Jan. 2006.</t>
   </si>
   <si>
     <t>說　　明：1. 本表按全行統計。　　　　　
 　　　　　2. #係金融控股公司之子公司。　　　　　
 　　　　　3. 為配合34號公報的實施，自95年1月起，本國銀行、外國銀行及票券公司之相關欄位
 　　　　　    改以「收益」、「費損」列示。</t>
   </si>
   <si>
     <t>Source：Provided by Individual Institution.</t>
   </si>
   <si>
     <t>資料來源：金融機構單一申報資料。</t>
   </si>
   <si>
-    <t>中華民國114年1至9月
-Jan. - Sept. 2025</t>
+    <t>中華民國114年 1 -12月
+Jan. - Dec. 2025</t>
   </si>
   <si>
     <t>表八　金融機構損益簡表</t>
   </si>
   <si>
     <t>表八　金融機構損益簡表(續一)</t>
   </si>
   <si>
     <t>Table 8. Abridged Income Statement of Financial Institutions</t>
   </si>
   <si>
     <t>Table 8. Abridged Income Statement of Financial Institutions(Cont.1)</t>
   </si>
   <si>
     <t>法國東方匯理銀行</t>
   </si>
   <si>
     <t>Credit Agricole Corporate and Investment Bank</t>
   </si>
   <si>
     <t>瑞士商瑞士銀行</t>
   </si>
   <si>
     <t>UBS AG</t>
   </si>
@@ -2281,52 +2281,52 @@
       <c r="E2" s="13"/>
       <c r="F2" s="13"/>
       <c r="G2" s="1"/>
       <c r="H2" s="13" t="s">
         <v>89</v>
       </c>
       <c r="I2" s="13"/>
       <c r="J2" s="13"/>
       <c r="K2" s="13"/>
       <c r="L2" s="13"/>
       <c r="M2" s="13"/>
     </row>
     <row r="3" spans="1:13" ht="20.1" customHeight="1">
       <c r="A3" s="13"/>
       <c r="B3" s="19" t="s">
         <v>85</v>
       </c>
       <c r="C3" s="18"/>
       <c r="D3" s="18"/>
       <c r="E3" s="13"/>
       <c r="F3" s="13"/>
       <c r="G3" s="1"/>
       <c r="H3" s="13"/>
       <c r="I3" s="19" t="str">
         <f>B3</f>
-        <v>中華民國114年1至9月
-Jan. - Sept. 2025</v>
+        <v>中華民國114年 1 -12月
+Jan. - Dec. 2025</v>
       </c>
       <c r="J3" s="19"/>
       <c r="K3" s="19"/>
       <c r="L3" s="13"/>
       <c r="M3" s="13"/>
     </row>
     <row r="4" spans="1:13" s="4" customFormat="1" ht="20.1" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="43"/>
       <c r="C4" s="43"/>
       <c r="D4" s="45" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="45"/>
       <c r="F4" s="45"/>
       <c r="H4" s="8"/>
       <c r="I4" s="44"/>
       <c r="J4" s="44"/>
       <c r="K4" s="45" t="s">
         <v>2</v>
       </c>
       <c r="L4" s="45"/>
       <c r="M4" s="45"/>
     </row>
     <row r="5" spans="1:13" s="2" customFormat="1" ht="61.5" customHeight="1" thickBot="1">
@@ -2357,687 +2357,687 @@
       </c>
       <c r="M5" s="7" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="30" customHeight="1">
       <c r="A6" s="9" t="s">
         <v>43</v>
       </c>
       <c r="B6" s="54" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="14"/>
       <c r="D6" s="24"/>
       <c r="E6" s="25"/>
       <c r="F6" s="26"/>
       <c r="G6" s="3"/>
       <c r="H6" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I6" s="54" t="s">
         <v>6</v>
       </c>
       <c r="J6" s="14"/>
       <c r="K6" s="57">
-        <v>11044</v>
+        <v>14327</v>
       </c>
       <c r="L6" s="60">
-        <v>7456</v>
+        <v>9469</v>
       </c>
       <c r="M6" s="63">
-        <v>3588</v>
+        <v>4858</v>
       </c>
     </row>
     <row r="7" spans="1:13" ht="30" customHeight="1">
       <c r="A7" s="10" t="s">
         <v>45</v>
       </c>
       <c r="B7" s="64" t="s">
         <v>46</v>
       </c>
       <c r="C7" s="15"/>
       <c r="D7" s="83">
-        <v>3050503</v>
+        <v>3999282</v>
       </c>
       <c r="E7" s="86">
-        <v>2594348</v>
+        <v>3415686</v>
       </c>
       <c r="F7" s="89">
-        <v>456155</v>
+        <v>583596</v>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="10" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="64" t="s">
         <v>8</v>
       </c>
       <c r="J7" s="15"/>
       <c r="K7" s="67">
-        <v>115618</v>
+        <v>139424</v>
       </c>
       <c r="L7" s="70">
-        <v>105850</v>
+        <v>127505</v>
       </c>
       <c r="M7" s="73">
-        <v>9768</v>
+        <v>11920</v>
       </c>
     </row>
     <row r="8" spans="1:13" ht="30" customHeight="1">
       <c r="A8" s="10" t="s">
         <v>47</v>
       </c>
       <c r="B8" s="64" t="s">
         <v>48</v>
       </c>
       <c r="C8" s="15"/>
       <c r="D8" s="83">
-        <v>414038</v>
+        <v>611313</v>
       </c>
       <c r="E8" s="86">
-        <v>388333</v>
+        <v>578590</v>
       </c>
       <c r="F8" s="89">
-        <v>25706</v>
+        <v>32723</v>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="10" t="s">
         <v>9</v>
       </c>
       <c r="I8" s="64" t="s">
         <v>10</v>
       </c>
       <c r="J8" s="15"/>
       <c r="K8" s="67">
-        <v>2058</v>
+        <v>2734</v>
       </c>
       <c r="L8" s="70">
-        <v>1816</v>
+        <v>2424</v>
       </c>
       <c r="M8" s="73">
-        <v>242</v>
+        <v>310</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="30" customHeight="1">
       <c r="A9" s="10" t="s">
         <v>49</v>
       </c>
       <c r="B9" s="64" t="s">
         <v>50</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="83">
-        <v>80299</v>
+        <v>103350</v>
       </c>
       <c r="E9" s="86">
-        <v>65133</v>
+        <v>83316</v>
       </c>
       <c r="F9" s="89">
-        <v>15166</v>
+        <v>20034</v>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="10" t="s">
         <v>11</v>
       </c>
       <c r="I9" s="64" t="s">
         <v>12</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="67">
-        <v>5568</v>
+        <v>7592</v>
       </c>
       <c r="L9" s="70">
-        <v>4440</v>
+        <v>6070</v>
       </c>
       <c r="M9" s="73">
-        <v>1128</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="30" customHeight="1">
       <c r="A10" s="10" t="s">
         <v>51</v>
       </c>
       <c r="B10" s="64" t="s">
         <v>52</v>
       </c>
       <c r="C10" s="15"/>
       <c r="D10" s="83">
-        <v>125256</v>
+        <v>155505</v>
       </c>
       <c r="E10" s="86">
-        <v>105585</v>
+        <v>130344</v>
       </c>
       <c r="F10" s="89">
-        <v>19671</v>
+        <v>25161</v>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="10" t="s">
         <v>13</v>
       </c>
       <c r="I10" s="64" t="s">
         <v>14</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="67">
-        <v>48634</v>
+        <v>64531</v>
       </c>
       <c r="L10" s="70">
-        <v>43855</v>
+        <v>57344</v>
       </c>
       <c r="M10" s="73">
-        <v>4779</v>
+        <v>7187</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="30" customHeight="1">
       <c r="A11" s="10" t="s">
         <v>53</v>
       </c>
       <c r="B11" s="64" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="15"/>
       <c r="D11" s="83">
-        <v>221381</v>
+        <v>285390</v>
       </c>
       <c r="E11" s="86">
-        <v>196452</v>
+        <v>253872</v>
       </c>
       <c r="F11" s="89">
-        <v>24929</v>
+        <v>31518</v>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="10" t="s">
         <v>15</v>
       </c>
       <c r="I11" s="64" t="s">
         <v>16</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="67">
-        <v>17704</v>
+        <v>23888</v>
       </c>
       <c r="L11" s="70">
-        <v>12799</v>
+        <v>19075</v>
       </c>
       <c r="M11" s="73">
-        <v>4905</v>
+        <v>4813</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="30" customHeight="1">
       <c r="A12" s="10" t="s">
         <v>55</v>
       </c>
       <c r="B12" s="64" t="s">
         <v>56</v>
       </c>
       <c r="C12" s="15"/>
       <c r="D12" s="83">
-        <v>129849</v>
+        <v>156921</v>
       </c>
       <c r="E12" s="86">
-        <v>107393</v>
+        <v>127626</v>
       </c>
       <c r="F12" s="89">
-        <v>22457</v>
+        <v>29295</v>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="10" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="64" t="s">
         <v>18</v>
       </c>
       <c r="J12" s="15"/>
       <c r="K12" s="67">
-        <v>7977</v>
+        <v>10703</v>
       </c>
       <c r="L12" s="70">
-        <v>6559</v>
+        <v>8967</v>
       </c>
       <c r="M12" s="73">
-        <v>1417</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="13" spans="1:13" ht="30" customHeight="1">
       <c r="A13" s="10" t="s">
         <v>57</v>
       </c>
       <c r="B13" s="64" t="s">
         <v>58</v>
       </c>
       <c r="C13" s="15"/>
       <c r="D13" s="83">
-        <v>108306</v>
+        <v>137728</v>
       </c>
       <c r="E13" s="86">
-        <v>91395</v>
+        <v>116622</v>
       </c>
       <c r="F13" s="89">
-        <v>16911</v>
+        <v>21106</v>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I13" s="64" t="s">
         <v>20</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="67">
-        <v>4683</v>
+        <v>6289</v>
       </c>
       <c r="L13" s="70">
-        <v>3694</v>
+        <v>5088</v>
       </c>
       <c r="M13" s="73">
-        <v>990</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="30" customHeight="1">
       <c r="A14" s="10" t="s">
         <v>59</v>
       </c>
       <c r="B14" s="64" t="s">
         <v>60</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="83">
-        <v>47031</v>
+        <v>58753</v>
       </c>
       <c r="E14" s="86">
-        <v>33068</v>
+        <v>42016</v>
       </c>
       <c r="F14" s="89">
-        <v>13963</v>
+        <v>16737</v>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="10" t="s">
         <v>21</v>
       </c>
       <c r="I14" s="64" t="s">
         <v>22</v>
       </c>
       <c r="J14" s="15"/>
       <c r="K14" s="67">
-        <v>29221</v>
+        <v>38621</v>
       </c>
       <c r="L14" s="70">
-        <v>23948</v>
+        <v>31451</v>
       </c>
       <c r="M14" s="73">
-        <v>5273</v>
+        <v>7170</v>
       </c>
     </row>
     <row r="15" spans="1:13" ht="30" customHeight="1">
       <c r="A15" s="10" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="64" t="s">
         <v>62</v>
       </c>
       <c r="C15" s="15"/>
       <c r="D15" s="83">
-        <v>202210</v>
+        <v>265062</v>
       </c>
       <c r="E15" s="86">
-        <v>168031</v>
+        <v>222435</v>
       </c>
       <c r="F15" s="89">
-        <v>34179</v>
+        <v>42627</v>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="I15" s="64" t="s">
         <v>24</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="67">
-        <v>28723</v>
+        <v>38925</v>
       </c>
       <c r="L15" s="70">
-        <v>25309</v>
+        <v>34264</v>
       </c>
       <c r="M15" s="73">
-        <v>3415</v>
+        <v>4661</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="30" customHeight="1">
       <c r="A16" s="10" t="s">
         <v>63</v>
       </c>
       <c r="B16" s="64" t="s">
         <v>64</v>
       </c>
       <c r="C16" s="15"/>
       <c r="D16" s="83">
-        <v>277215</v>
+        <v>343931</v>
       </c>
       <c r="E16" s="86">
-        <v>235725</v>
+        <v>292082</v>
       </c>
       <c r="F16" s="89">
-        <v>41490</v>
+        <v>51849</v>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="10" t="s">
         <v>25</v>
       </c>
       <c r="I16" s="64" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="67">
-        <v>62569</v>
+        <v>84656</v>
       </c>
       <c r="L16" s="70">
-        <v>52278</v>
+        <v>71576</v>
       </c>
       <c r="M16" s="73">
-        <v>10291</v>
+        <v>13080</v>
       </c>
     </row>
     <row r="17" spans="1:13" ht="30" customHeight="1">
       <c r="A17" s="10" t="s">
         <v>65</v>
       </c>
       <c r="B17" s="64" t="s">
         <v>66</v>
       </c>
       <c r="C17" s="15"/>
       <c r="D17" s="83">
-        <v>6106</v>
+        <v>8178</v>
       </c>
       <c r="E17" s="86">
-        <v>4623</v>
+        <v>6379</v>
       </c>
       <c r="F17" s="89">
-        <v>1483</v>
+        <v>1799</v>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="10" t="s">
         <v>27</v>
       </c>
       <c r="I17" s="64" t="s">
         <v>28</v>
       </c>
       <c r="J17" s="15"/>
       <c r="K17" s="67">
-        <v>128642</v>
+        <v>162800</v>
       </c>
       <c r="L17" s="70">
-        <v>109556</v>
+        <v>139696</v>
       </c>
       <c r="M17" s="73">
-        <v>19086</v>
+        <v>23103</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="30" customHeight="1">
       <c r="A18" s="10" t="s">
         <v>67</v>
       </c>
       <c r="B18" s="64" t="s">
         <v>68</v>
       </c>
       <c r="C18" s="15"/>
       <c r="D18" s="83">
-        <v>8287</v>
+        <v>10809</v>
       </c>
       <c r="E18" s="86">
-        <v>7136</v>
+        <v>9242</v>
       </c>
       <c r="F18" s="89">
-        <v>1151</v>
+        <v>1567</v>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="10" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="64" t="s">
         <v>30</v>
       </c>
       <c r="J18" s="15"/>
       <c r="K18" s="67">
-        <v>170971</v>
+        <v>215311</v>
       </c>
       <c r="L18" s="70">
-        <v>141591</v>
+        <v>176708</v>
       </c>
       <c r="M18" s="73">
-        <v>29379</v>
+        <v>38603</v>
       </c>
     </row>
     <row r="19" spans="1:13" ht="30" customHeight="1">
       <c r="A19" s="10" t="s">
         <v>69</v>
       </c>
       <c r="B19" s="64" t="s">
         <v>70</v>
       </c>
       <c r="C19" s="15"/>
       <c r="D19" s="83">
-        <v>114021</v>
+        <v>149941</v>
       </c>
       <c r="E19" s="86">
-        <v>85948</v>
+        <v>116639</v>
       </c>
       <c r="F19" s="89">
-        <v>28073</v>
+        <v>33302</v>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="10" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="64" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="67">
-        <v>54779</v>
+        <v>71306</v>
       </c>
       <c r="L19" s="70">
-        <v>48693</v>
+        <v>63485</v>
       </c>
       <c r="M19" s="73">
-        <v>6085</v>
+        <v>7820</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="30" customHeight="1">
       <c r="A20" s="10" t="s">
         <v>71</v>
       </c>
       <c r="B20" s="64" t="s">
         <v>72</v>
       </c>
       <c r="C20" s="15"/>
       <c r="D20" s="83">
-        <v>18910</v>
+        <v>26872</v>
       </c>
       <c r="E20" s="86">
-        <v>10476</v>
+        <v>16442</v>
       </c>
       <c r="F20" s="89">
-        <v>8434</v>
+        <v>10429</v>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="10" t="s">
         <v>33</v>
       </c>
       <c r="I20" s="64" t="s">
         <v>34</v>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="67">
-        <v>37469</v>
+        <v>50379</v>
       </c>
       <c r="L20" s="70">
-        <v>29776</v>
+        <v>40142</v>
       </c>
       <c r="M20" s="73">
-        <v>7692</v>
+        <v>10237</v>
       </c>
     </row>
     <row r="21" spans="1:13" ht="30" customHeight="1">
       <c r="A21" s="10" t="s">
         <v>73</v>
       </c>
       <c r="B21" s="64" t="s">
         <v>74</v>
       </c>
       <c r="C21" s="15"/>
       <c r="D21" s="83">
-        <v>25799</v>
+        <v>32387</v>
       </c>
       <c r="E21" s="86">
-        <v>23945</v>
+        <v>30192</v>
       </c>
       <c r="F21" s="89">
-        <v>1854</v>
+        <v>2196</v>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="10" t="s">
         <v>35</v>
       </c>
       <c r="I21" s="64" t="s">
         <v>36</v>
       </c>
       <c r="J21" s="15"/>
       <c r="K21" s="67">
-        <v>149200</v>
+        <v>199543</v>
       </c>
       <c r="L21" s="70">
-        <v>130580</v>
+        <v>173582</v>
       </c>
       <c r="M21" s="73">
-        <v>18620</v>
+        <v>25961</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="30" customHeight="1">
       <c r="A22" s="10" t="s">
         <v>75</v>
       </c>
       <c r="B22" s="64" t="s">
         <v>76</v>
       </c>
       <c r="C22" s="15"/>
       <c r="D22" s="83">
-        <v>56492</v>
+        <v>75080</v>
       </c>
       <c r="E22" s="86">
-        <v>44581</v>
+        <v>59869</v>
       </c>
       <c r="F22" s="89">
-        <v>11911</v>
+        <v>15211</v>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="10" t="s">
         <v>37</v>
       </c>
       <c r="I22" s="64" t="s">
         <v>38</v>
       </c>
       <c r="J22" s="15"/>
       <c r="K22" s="67">
-        <v>9674</v>
+        <v>13082</v>
       </c>
       <c r="L22" s="70">
-        <v>8388</v>
+        <v>11378</v>
       </c>
       <c r="M22" s="73">
-        <v>1285</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="23" spans="1:13" ht="30" customHeight="1">
       <c r="A23" s="10" t="s">
         <v>77</v>
       </c>
       <c r="B23" s="64" t="s">
         <v>78</v>
       </c>
       <c r="C23" s="15"/>
       <c r="D23" s="83">
-        <v>30982</v>
+        <v>36581</v>
       </c>
       <c r="E23" s="86">
-        <v>25899</v>
+        <v>29787</v>
       </c>
       <c r="F23" s="89">
-        <v>5083</v>
+        <v>6794</v>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="10" t="s">
         <v>39</v>
       </c>
       <c r="I23" s="64" t="s">
         <v>40</v>
       </c>
       <c r="J23" s="15"/>
       <c r="K23" s="67">
-        <v>258209</v>
+        <v>343203</v>
       </c>
       <c r="L23" s="70">
-        <v>208587</v>
+        <v>276310</v>
       </c>
       <c r="M23" s="73">
-        <v>49622</v>
+        <v>66893</v>
       </c>
     </row>
     <row r="24" spans="1:13" ht="30" customHeight="1" thickBot="1">
       <c r="A24" s="11" t="s">
         <v>79</v>
       </c>
       <c r="B24" s="90" t="s">
         <v>80</v>
       </c>
       <c r="C24" s="16"/>
       <c r="D24" s="93">
-        <v>37285</v>
+        <v>48110</v>
       </c>
       <c r="E24" s="96">
-        <v>29404</v>
+        <v>37471</v>
       </c>
       <c r="F24" s="99">
-        <v>7881</v>
+        <v>10639</v>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="11" t="s">
         <v>41</v>
       </c>
       <c r="I24" s="74" t="s">
         <v>42</v>
       </c>
       <c r="J24" s="17"/>
       <c r="K24" s="77">
-        <v>898</v>
+        <v>1276</v>
       </c>
       <c r="L24" s="80">
-        <v>1693</v>
+        <v>2338</v>
       </c>
       <c r="M24" s="63">
-        <v>-795</v>
+        <v>-1062</v>
       </c>
     </row>
     <row r="25" spans="1:13" ht="16.5" customHeight="1">
       <c r="A25" s="50" t="s">
         <v>84</v>
       </c>
       <c r="B25" s="50"/>
       <c r="C25" s="50"/>
       <c r="D25" s="50"/>
       <c r="E25" s="50"/>
       <c r="F25" s="50"/>
       <c r="G25"/>
       <c r="H25" s="105" t="s">
         <v>83</v>
       </c>
       <c r="I25" s="47"/>
       <c r="J25" s="47"/>
       <c r="K25" s="47"/>
       <c r="L25" s="47"/>
       <c r="M25" s="47"/>
     </row>
     <row r="26" spans="1:13" ht="16.5" customHeight="1">
       <c r="A26" s="103" t="s">
         <v>82</v>
       </c>
@@ -3230,52 +3230,52 @@
       <c r="E2" s="13"/>
       <c r="F2" s="13"/>
       <c r="G2" s="1"/>
       <c r="H2" s="13" t="s">
         <v>166</v>
       </c>
       <c r="I2" s="13"/>
       <c r="J2" s="13"/>
       <c r="K2" s="13"/>
       <c r="L2" s="13"/>
       <c r="M2" s="13"/>
     </row>
     <row r="3" spans="1:13" ht="20.1" customHeight="1">
       <c r="A3" s="13"/>
       <c r="B3" s="19" t="s">
         <v>85</v>
       </c>
       <c r="C3" s="18"/>
       <c r="D3" s="18"/>
       <c r="E3" s="13"/>
       <c r="F3" s="13"/>
       <c r="G3" s="1"/>
       <c r="H3" s="13"/>
       <c r="I3" s="19" t="str">
         <f>B3</f>
-        <v>中華民國114年1至9月
-Jan. - Sept. 2025</v>
+        <v>中華民國114年 1 -12月
+Jan. - Dec. 2025</v>
       </c>
       <c r="J3" s="19"/>
       <c r="K3" s="19"/>
       <c r="L3" s="13"/>
       <c r="M3" s="13"/>
     </row>
     <row r="4" spans="1:13" s="4" customFormat="1" ht="20.1" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="43"/>
       <c r="C4" s="43"/>
       <c r="D4" s="45" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="45"/>
       <c r="F4" s="45"/>
       <c r="H4" s="8"/>
       <c r="I4" s="44"/>
       <c r="J4" s="44"/>
       <c r="K4" s="45" t="s">
         <v>2</v>
       </c>
       <c r="L4" s="45"/>
       <c r="M4" s="45"/>
     </row>
     <row r="5" spans="1:13" s="2" customFormat="1" ht="61.5" customHeight="1" thickBot="1">
@@ -3295,675 +3295,675 @@
       </c>
       <c r="H5" s="48" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="48"/>
       <c r="J5" s="48"/>
       <c r="K5" s="12" t="s">
         <v>4</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>3</v>
       </c>
       <c r="M5" s="7" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="30" customHeight="1">
       <c r="A6" s="9" t="s">
         <v>127</v>
       </c>
       <c r="B6" s="54" t="s">
         <v>128</v>
       </c>
       <c r="C6" s="14"/>
       <c r="D6" s="108">
-        <v>2604</v>
+        <v>3708</v>
       </c>
       <c r="E6" s="111">
-        <v>3103</v>
+        <v>4217</v>
       </c>
       <c r="F6" s="114">
-        <v>-499</v>
+        <v>-509</v>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="9" t="s">
         <v>90</v>
       </c>
       <c r="I6" s="54" t="s">
         <v>91</v>
       </c>
       <c r="J6" s="14"/>
       <c r="K6" s="57">
-        <v>13293</v>
+        <v>16418</v>
       </c>
       <c r="L6" s="60">
-        <v>12341</v>
+        <v>15431</v>
       </c>
       <c r="M6" s="63">
-        <v>953</v>
+        <v>987</v>
       </c>
     </row>
     <row r="7" spans="1:13" ht="30" customHeight="1">
       <c r="A7" s="10" t="s">
         <v>129</v>
       </c>
       <c r="B7" s="64" t="s">
         <v>130</v>
       </c>
       <c r="C7" s="15"/>
       <c r="D7" s="83">
-        <v>791</v>
+        <v>1074</v>
       </c>
       <c r="E7" s="86">
-        <v>1248</v>
+        <v>1675</v>
       </c>
       <c r="F7" s="89">
-        <v>-457</v>
+        <v>-601</v>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="10" t="s">
         <v>92</v>
       </c>
       <c r="I7" s="64" t="s">
         <v>93</v>
       </c>
       <c r="J7" s="15"/>
       <c r="K7" s="67">
-        <v>6974</v>
+        <v>9199</v>
       </c>
       <c r="L7" s="70">
-        <v>5801</v>
+        <v>7750</v>
       </c>
       <c r="M7" s="73">
-        <v>1173</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="8" spans="1:13" ht="30" customHeight="1">
       <c r="A8" s="10" t="s">
         <v>131</v>
       </c>
       <c r="B8" s="64" t="s">
         <v>132</v>
       </c>
       <c r="C8" s="15"/>
       <c r="D8" s="27"/>
       <c r="E8" s="28"/>
       <c r="F8" s="29"/>
       <c r="G8" s="3"/>
       <c r="H8" s="10" t="s">
         <v>94</v>
       </c>
       <c r="I8" s="64" t="s">
         <v>95</v>
       </c>
       <c r="J8" s="15"/>
       <c r="K8" s="67">
-        <v>8526</v>
+        <v>12630</v>
       </c>
       <c r="L8" s="70">
-        <v>8382</v>
+        <v>12574</v>
       </c>
       <c r="M8" s="73">
-        <v>144</v>
+        <v>56</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="30" customHeight="1">
       <c r="A9" s="10" t="s">
         <v>118</v>
       </c>
       <c r="B9" s="64" t="s">
         <v>46</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="83">
-        <v>197270</v>
+        <v>251669</v>
       </c>
       <c r="E9" s="86">
-        <v>179463</v>
+        <v>229643</v>
       </c>
       <c r="F9" s="89">
-        <v>17807</v>
+        <v>22026</v>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="10" t="s">
         <v>96</v>
       </c>
       <c r="I9" s="64" t="s">
         <v>97</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="67">
-        <v>207</v>
+        <v>254</v>
       </c>
       <c r="L9" s="70">
-        <v>208</v>
+        <v>290</v>
       </c>
       <c r="M9" s="73">
-        <v>-2</v>
+        <v>-37</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="30" customHeight="1">
       <c r="A10" s="10" t="s">
         <v>133</v>
       </c>
       <c r="B10" s="64" t="s">
         <v>134</v>
       </c>
       <c r="C10" s="15"/>
       <c r="D10" s="83">
-        <v>18614</v>
+        <v>24557</v>
       </c>
       <c r="E10" s="86">
-        <v>16256</v>
+        <v>21414</v>
       </c>
       <c r="F10" s="89">
-        <v>2358</v>
+        <v>3143</v>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="10" t="s">
         <v>98</v>
       </c>
       <c r="I10" s="64" t="s">
         <v>99</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="67">
-        <v>32652</v>
+        <v>40742</v>
       </c>
       <c r="L10" s="70">
-        <v>30016</v>
+        <v>37034</v>
       </c>
       <c r="M10" s="73">
-        <v>2636</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="30" customHeight="1">
       <c r="A11" s="10" t="s">
         <v>135</v>
       </c>
       <c r="B11" s="64" t="s">
         <v>136</v>
       </c>
       <c r="C11" s="15"/>
       <c r="D11" s="83">
-        <v>6726</v>
+        <v>7121</v>
       </c>
       <c r="E11" s="86">
-        <v>5460</v>
+        <v>5321</v>
       </c>
       <c r="F11" s="89">
-        <v>1266</v>
+        <v>1800</v>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="10" t="s">
         <v>100</v>
       </c>
       <c r="I11" s="64" t="s">
         <v>101</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="67">
-        <v>19813</v>
+        <v>27406</v>
       </c>
       <c r="L11" s="70">
-        <v>18439</v>
+        <v>25543</v>
       </c>
       <c r="M11" s="73">
-        <v>1375</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="30" customHeight="1">
       <c r="A12" s="10" t="s">
         <v>137</v>
       </c>
       <c r="B12" s="64" t="s">
         <v>138</v>
       </c>
       <c r="C12" s="15"/>
       <c r="D12" s="83">
-        <v>1096</v>
+        <v>1355</v>
       </c>
       <c r="E12" s="86">
-        <v>990</v>
+        <v>1231</v>
       </c>
       <c r="F12" s="89">
-        <v>107</v>
+        <v>124</v>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="10" t="s">
         <v>102</v>
       </c>
       <c r="I12" s="64" t="s">
         <v>103</v>
       </c>
       <c r="J12" s="15"/>
       <c r="K12" s="67">
-        <v>1481</v>
+        <v>2001</v>
       </c>
       <c r="L12" s="70">
-        <v>1575</v>
+        <v>2239</v>
       </c>
       <c r="M12" s="73">
-        <v>-94</v>
+        <v>-238</v>
       </c>
     </row>
     <row r="13" spans="1:13" ht="30" customHeight="1">
       <c r="A13" s="10" t="s">
         <v>139</v>
       </c>
       <c r="B13" s="64" t="s">
         <v>140</v>
       </c>
       <c r="C13" s="15"/>
       <c r="D13" s="83">
-        <v>418</v>
+        <v>534</v>
       </c>
       <c r="E13" s="86">
-        <v>379</v>
+        <v>481</v>
       </c>
       <c r="F13" s="89">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="10" t="s">
         <v>104</v>
       </c>
       <c r="I13" s="64" t="s">
         <v>105</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="67">
-        <v>1506</v>
+        <v>2104</v>
       </c>
       <c r="L13" s="70">
-        <v>1216</v>
+        <v>1927</v>
       </c>
       <c r="M13" s="73">
-        <v>290</v>
+        <v>177</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="30" customHeight="1">
       <c r="A14" s="10" t="s">
         <v>141</v>
       </c>
       <c r="B14" s="64" t="s">
         <v>142</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="83">
-        <v>397</v>
+        <v>512</v>
       </c>
       <c r="E14" s="86">
-        <v>397</v>
+        <v>412</v>
       </c>
       <c r="F14" s="89">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="10" t="s">
         <v>106</v>
       </c>
       <c r="I14" s="64" t="s">
         <v>107</v>
       </c>
       <c r="J14" s="15"/>
       <c r="K14" s="67">
-        <v>2884</v>
+        <v>3247</v>
       </c>
       <c r="L14" s="70">
-        <v>3015</v>
+        <v>3598</v>
       </c>
       <c r="M14" s="73">
-        <v>-132</v>
+        <v>-351</v>
       </c>
     </row>
     <row r="15" spans="1:13" ht="30" customHeight="1">
       <c r="A15" s="10" t="s">
         <v>143</v>
       </c>
       <c r="B15" s="64" t="s">
         <v>144</v>
       </c>
       <c r="C15" s="15"/>
       <c r="D15" s="83">
-        <v>7061</v>
+        <v>8083</v>
       </c>
       <c r="E15" s="86">
-        <v>7008</v>
+        <v>7899</v>
       </c>
       <c r="F15" s="89">
-        <v>54</v>
+        <v>183</v>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="10" t="s">
         <v>108</v>
       </c>
       <c r="I15" s="64" t="s">
         <v>109</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="67">
-        <v>5381</v>
+        <v>6772</v>
       </c>
       <c r="L15" s="70">
-        <v>4999</v>
+        <v>6321</v>
       </c>
       <c r="M15" s="73">
-        <v>382</v>
+        <v>451</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="30" customHeight="1">
       <c r="A16" s="10" t="s">
         <v>145</v>
       </c>
       <c r="B16" s="64" t="s">
         <v>146</v>
       </c>
       <c r="C16" s="15"/>
       <c r="D16" s="83">
-        <v>2919</v>
+        <v>3950</v>
       </c>
       <c r="E16" s="86">
-        <v>2220</v>
+        <v>3063</v>
       </c>
       <c r="F16" s="89">
-        <v>699</v>
+        <v>887</v>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="10" t="s">
         <v>110</v>
       </c>
       <c r="I16" s="64" t="s">
         <v>111</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="67">
-        <v>3282</v>
+        <v>4091</v>
       </c>
       <c r="L16" s="70">
-        <v>3253</v>
+        <v>3936</v>
       </c>
       <c r="M16" s="73">
-        <v>29</v>
+        <v>155</v>
       </c>
     </row>
     <row r="17" spans="1:13" ht="30" customHeight="1">
       <c r="A17" s="10" t="s">
         <v>147</v>
       </c>
       <c r="B17" s="64" t="s">
         <v>148</v>
       </c>
       <c r="C17" s="15"/>
       <c r="D17" s="83">
-        <v>25601</v>
+        <v>34300</v>
       </c>
       <c r="E17" s="86">
-        <v>25282</v>
+        <v>34038</v>
       </c>
       <c r="F17" s="89">
-        <v>319</v>
+        <v>262</v>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="10" t="s">
         <v>112</v>
       </c>
       <c r="I17" s="64" t="s">
         <v>113</v>
       </c>
       <c r="J17" s="15"/>
       <c r="K17" s="67">
-        <v>360</v>
+        <v>503</v>
       </c>
       <c r="L17" s="70">
-        <v>258</v>
+        <v>369</v>
       </c>
       <c r="M17" s="73">
-        <v>102</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="30" customHeight="1">
       <c r="A18" s="10" t="s">
         <v>149</v>
       </c>
       <c r="B18" s="64" t="s">
         <v>150</v>
       </c>
       <c r="C18" s="15"/>
       <c r="D18" s="83">
-        <v>7743</v>
+        <v>8898</v>
       </c>
       <c r="E18" s="86">
-        <v>6436</v>
+        <v>8089</v>
       </c>
       <c r="F18" s="89">
-        <v>1307</v>
+        <v>809</v>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="10" t="s">
         <v>114</v>
       </c>
       <c r="I18" s="64" t="s">
         <v>115</v>
       </c>
       <c r="J18" s="15"/>
       <c r="K18" s="67">
-        <v>115</v>
+        <v>211</v>
       </c>
       <c r="L18" s="70">
-        <v>155</v>
+        <v>246</v>
       </c>
       <c r="M18" s="73">
-        <v>-40</v>
+        <v>-35</v>
       </c>
     </row>
     <row r="19" spans="1:13" ht="30" customHeight="1">
       <c r="A19" s="10" t="s">
         <v>151</v>
       </c>
       <c r="B19" s="64" t="s">
         <v>152</v>
       </c>
       <c r="C19" s="15"/>
       <c r="D19" s="83">
-        <v>1962</v>
+        <v>2396</v>
       </c>
       <c r="E19" s="86">
-        <v>1778</v>
+        <v>2146</v>
       </c>
       <c r="F19" s="89">
-        <v>184</v>
+        <v>250</v>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="10" t="s">
         <v>116</v>
       </c>
       <c r="I19" s="64" t="s">
         <v>117</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="36"/>
       <c r="L19" s="37"/>
       <c r="M19" s="38"/>
     </row>
     <row r="20" spans="1:13" ht="30" customHeight="1">
       <c r="A20" s="10" t="s">
         <v>153</v>
       </c>
       <c r="B20" s="64" t="s">
         <v>154</v>
       </c>
       <c r="C20" s="15"/>
       <c r="D20" s="83">
-        <v>4860</v>
+        <v>5486</v>
       </c>
       <c r="E20" s="86">
-        <v>2847</v>
+        <v>3921</v>
       </c>
       <c r="F20" s="89">
-        <v>2012</v>
+        <v>1565</v>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="10" t="s">
         <v>118</v>
       </c>
       <c r="I20" s="64" t="s">
         <v>46</v>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="67">
-        <v>52473</v>
+        <v>66736</v>
       </c>
       <c r="L20" s="70">
-        <v>50007</v>
+        <v>63230</v>
       </c>
       <c r="M20" s="73">
-        <v>2466</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="21" spans="1:13" ht="30" customHeight="1">
       <c r="A21" s="10" t="s">
         <v>155</v>
       </c>
       <c r="B21" s="64" t="s">
         <v>156</v>
       </c>
       <c r="C21" s="15"/>
       <c r="D21" s="83">
-        <v>5388</v>
+        <v>7747</v>
       </c>
       <c r="E21" s="86">
-        <v>4889</v>
+        <v>6378</v>
       </c>
       <c r="F21" s="89">
-        <v>499</v>
+        <v>1368</v>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="10" t="s">
         <v>119</v>
       </c>
       <c r="I21" s="64" t="s">
         <v>120</v>
       </c>
       <c r="J21" s="15"/>
       <c r="K21" s="67">
-        <v>19994</v>
+        <v>24250</v>
       </c>
       <c r="L21" s="70">
-        <v>19228</v>
+        <v>23191</v>
       </c>
       <c r="M21" s="73">
-        <v>766</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="30" customHeight="1">
       <c r="A22" s="10" t="s">
         <v>157</v>
       </c>
       <c r="B22" s="64" t="s">
         <v>158</v>
       </c>
       <c r="C22" s="15"/>
       <c r="D22" s="83">
-        <v>7422</v>
+        <v>10204</v>
       </c>
       <c r="E22" s="86">
-        <v>5478</v>
+        <v>7395</v>
       </c>
       <c r="F22" s="89">
-        <v>1944</v>
+        <v>2809</v>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="10" t="s">
         <v>121</v>
       </c>
       <c r="I22" s="64" t="s">
         <v>122</v>
       </c>
       <c r="J22" s="15"/>
       <c r="K22" s="67">
-        <v>12203</v>
+        <v>14097</v>
       </c>
       <c r="L22" s="70">
-        <v>11267</v>
+        <v>13135</v>
       </c>
       <c r="M22" s="73">
-        <v>936</v>
+        <v>963</v>
       </c>
     </row>
     <row r="23" spans="1:13" ht="30" customHeight="1">
       <c r="A23" s="10" t="s">
         <v>159</v>
       </c>
       <c r="B23" s="64" t="s">
         <v>160</v>
       </c>
       <c r="C23" s="15"/>
       <c r="D23" s="83">
-        <v>544</v>
+        <v>679</v>
       </c>
       <c r="E23" s="86">
-        <v>354</v>
+        <v>444</v>
       </c>
       <c r="F23" s="89">
-        <v>190</v>
+        <v>236</v>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="10" t="s">
         <v>123</v>
       </c>
       <c r="I23" s="64" t="s">
         <v>124</v>
       </c>
       <c r="J23" s="15"/>
       <c r="K23" s="67">
-        <v>20275</v>
+        <v>28389</v>
       </c>
       <c r="L23" s="70">
-        <v>19512</v>
+        <v>26905</v>
       </c>
       <c r="M23" s="73">
-        <v>764</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="24" spans="1:13" ht="30" customHeight="1" thickBot="1">
       <c r="A24" s="11" t="s">
         <v>161</v>
       </c>
       <c r="B24" s="90" t="s">
         <v>162</v>
       </c>
       <c r="C24" s="16"/>
       <c r="D24" s="93">
-        <v>10044</v>
+        <v>10269</v>
       </c>
       <c r="E24" s="96">
-        <v>10030</v>
+        <v>10152</v>
       </c>
       <c r="F24" s="99">
-        <v>14</v>
+        <v>117</v>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="11" t="s">
         <v>125</v>
       </c>
       <c r="I24" s="74" t="s">
         <v>126</v>
       </c>
       <c r="J24" s="17"/>
       <c r="K24" s="39"/>
       <c r="L24" s="40"/>
       <c r="M24" s="35"/>
     </row>
     <row r="25" spans="1:13" ht="16.5" customHeight="1">
       <c r="A25" s="50" t="s">
         <v>84</v>
       </c>
       <c r="B25" s="50"/>
       <c r="C25" s="50"/>
       <c r="D25" s="50"/>
       <c r="E25" s="50"/>
       <c r="F25" s="50"/>
       <c r="G25"/>
       <c r="H25" s="104" t="s">
         <v>84</v>
@@ -4163,52 +4163,52 @@
       <c r="E2" s="13"/>
       <c r="F2" s="13"/>
       <c r="G2" s="1"/>
       <c r="H2" s="13" t="s">
         <v>235</v>
       </c>
       <c r="I2" s="13"/>
       <c r="J2" s="13"/>
       <c r="K2" s="13"/>
       <c r="L2" s="13"/>
       <c r="M2" s="13"/>
     </row>
     <row r="3" spans="1:13" ht="20.1" customHeight="1">
       <c r="A3" s="13"/>
       <c r="B3" s="19" t="s">
         <v>85</v>
       </c>
       <c r="C3" s="18"/>
       <c r="D3" s="18"/>
       <c r="E3" s="13"/>
       <c r="F3" s="13"/>
       <c r="G3" s="1"/>
       <c r="H3" s="13"/>
       <c r="I3" s="19" t="str">
         <f>B3</f>
-        <v>中華民國114年1至9月
-Jan. - Sept. 2025</v>
+        <v>中華民國114年 1 -12月
+Jan. - Dec. 2025</v>
       </c>
       <c r="J3" s="19"/>
       <c r="K3" s="19"/>
       <c r="L3" s="13"/>
       <c r="M3" s="13"/>
     </row>
     <row r="4" spans="1:13" s="4" customFormat="1" ht="20.1" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="43"/>
       <c r="C4" s="43"/>
       <c r="D4" s="45" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="45"/>
       <c r="F4" s="45"/>
       <c r="H4" s="8"/>
       <c r="I4" s="44"/>
       <c r="J4" s="44"/>
       <c r="K4" s="45" t="s">
         <v>2</v>
       </c>
       <c r="L4" s="45"/>
       <c r="M4" s="45"/>
     </row>
     <row r="5" spans="1:13" s="2" customFormat="1" ht="61.5" customHeight="1" thickBot="1">
@@ -4228,651 +4228,651 @@
       </c>
       <c r="H5" s="48" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="48"/>
       <c r="J5" s="48"/>
       <c r="K5" s="12" t="s">
         <v>4</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>3</v>
       </c>
       <c r="M5" s="7" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="30" customHeight="1">
       <c r="A6" s="9" t="s">
         <v>197</v>
       </c>
       <c r="B6" s="54" t="s">
         <v>46</v>
       </c>
       <c r="C6" s="14"/>
       <c r="D6" s="108">
-        <v>26325</v>
+        <v>35430</v>
       </c>
       <c r="E6" s="111">
-        <v>18432</v>
+        <v>25016</v>
       </c>
       <c r="F6" s="114">
-        <v>7893</v>
+        <v>10414</v>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="9" t="s">
         <v>167</v>
       </c>
       <c r="I6" s="54" t="s">
         <v>168</v>
       </c>
       <c r="J6" s="14"/>
       <c r="K6" s="57">
-        <v>762</v>
+        <v>1016</v>
       </c>
       <c r="L6" s="60">
-        <v>554</v>
+        <v>880</v>
       </c>
       <c r="M6" s="63">
-        <v>208</v>
+        <v>136</v>
       </c>
     </row>
     <row r="7" spans="1:13" ht="30" customHeight="1">
       <c r="A7" s="10" t="s">
         <v>198</v>
       </c>
       <c r="B7" s="64" t="s">
         <v>199</v>
       </c>
       <c r="C7" s="15"/>
       <c r="D7" s="83">
-        <v>7305</v>
+        <v>9755</v>
       </c>
       <c r="E7" s="86">
-        <v>4955</v>
+        <v>6630</v>
       </c>
       <c r="F7" s="89">
-        <v>2350</v>
+        <v>3125</v>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="10" t="s">
         <v>169</v>
       </c>
       <c r="I7" s="64" t="s">
         <v>170</v>
       </c>
       <c r="J7" s="15"/>
       <c r="K7" s="67">
-        <v>2181</v>
+        <v>2905</v>
       </c>
       <c r="L7" s="70">
-        <v>1615</v>
+        <v>2415</v>
       </c>
       <c r="M7" s="73">
-        <v>566</v>
+        <v>490</v>
       </c>
     </row>
     <row r="8" spans="1:13" ht="30" customHeight="1">
       <c r="A8" s="10" t="s">
         <v>200</v>
       </c>
       <c r="B8" s="64" t="s">
         <v>201</v>
       </c>
       <c r="C8" s="15"/>
       <c r="D8" s="83">
-        <v>5399</v>
+        <v>7149</v>
       </c>
       <c r="E8" s="86">
-        <v>3617</v>
+        <v>4894</v>
       </c>
       <c r="F8" s="89">
-        <v>1782</v>
+        <v>2255</v>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="10" t="s">
         <v>171</v>
       </c>
       <c r="I8" s="64" t="s">
         <v>172</v>
       </c>
       <c r="J8" s="15"/>
       <c r="K8" s="67">
-        <v>460</v>
+        <v>612</v>
       </c>
       <c r="L8" s="70">
-        <v>389</v>
+        <v>564</v>
       </c>
       <c r="M8" s="73">
-        <v>71</v>
+        <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="30" customHeight="1">
       <c r="A9" s="10" t="s">
         <v>202</v>
       </c>
       <c r="B9" s="64" t="s">
         <v>203</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="83">
-        <v>6002</v>
+        <v>8275</v>
       </c>
       <c r="E9" s="86">
-        <v>4222</v>
+        <v>5861</v>
       </c>
       <c r="F9" s="89">
-        <v>1780</v>
+        <v>2415</v>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="10" t="s">
         <v>173</v>
       </c>
       <c r="I9" s="64" t="s">
         <v>174</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="67">
-        <v>339</v>
+        <v>451</v>
       </c>
       <c r="L9" s="70">
-        <v>265</v>
+        <v>388</v>
       </c>
       <c r="M9" s="73">
-        <v>74</v>
+        <v>63</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="30" customHeight="1">
       <c r="A10" s="10" t="s">
         <v>204</v>
       </c>
       <c r="B10" s="64" t="s">
         <v>205</v>
       </c>
       <c r="C10" s="15"/>
       <c r="D10" s="83">
-        <v>1777</v>
+        <v>2437</v>
       </c>
       <c r="E10" s="86">
-        <v>1340</v>
+        <v>1827</v>
       </c>
       <c r="F10" s="89">
-        <v>437</v>
+        <v>610</v>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="10" t="s">
         <v>175</v>
       </c>
       <c r="I10" s="64" t="s">
         <v>176</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="67">
-        <v>1208</v>
+        <v>1621</v>
       </c>
       <c r="L10" s="70">
-        <v>866</v>
+        <v>1286</v>
       </c>
       <c r="M10" s="73">
-        <v>343</v>
+        <v>335</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="30" customHeight="1">
       <c r="A11" s="10" t="s">
         <v>206</v>
       </c>
       <c r="B11" s="64" t="s">
         <v>207</v>
       </c>
       <c r="C11" s="15"/>
       <c r="D11" s="83">
-        <v>1298</v>
+        <v>1747</v>
       </c>
       <c r="E11" s="86">
-        <v>1001</v>
+        <v>1360</v>
       </c>
       <c r="F11" s="89">
-        <v>298</v>
+        <v>388</v>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="10" t="s">
         <v>177</v>
       </c>
       <c r="I11" s="64" t="s">
         <v>178</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="67">
-        <v>321</v>
+        <v>427</v>
       </c>
       <c r="L11" s="70">
-        <v>230</v>
+        <v>332</v>
       </c>
       <c r="M11" s="73">
-        <v>91</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="30" customHeight="1">
       <c r="A12" s="10" t="s">
         <v>208</v>
       </c>
       <c r="B12" s="64" t="s">
         <v>209</v>
       </c>
       <c r="C12" s="15"/>
       <c r="D12" s="83">
-        <v>1643</v>
+        <v>2200</v>
       </c>
       <c r="E12" s="86">
-        <v>1243</v>
+        <v>1626</v>
       </c>
       <c r="F12" s="89">
-        <v>400</v>
+        <v>574</v>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="10" t="s">
         <v>179</v>
       </c>
       <c r="I12" s="64" t="s">
         <v>180</v>
       </c>
       <c r="J12" s="15"/>
       <c r="K12" s="67">
-        <v>576</v>
+        <v>769</v>
       </c>
       <c r="L12" s="70">
-        <v>422</v>
+        <v>594</v>
       </c>
       <c r="M12" s="73">
-        <v>154</v>
+        <v>174</v>
       </c>
     </row>
     <row r="13" spans="1:13" ht="30" customHeight="1">
       <c r="A13" s="10" t="s">
         <v>210</v>
       </c>
       <c r="B13" s="64" t="s">
         <v>211</v>
       </c>
       <c r="C13" s="15"/>
       <c r="D13" s="83">
-        <v>1511</v>
+        <v>2039</v>
       </c>
       <c r="E13" s="86">
-        <v>1007</v>
+        <v>1414</v>
       </c>
       <c r="F13" s="89">
-        <v>504</v>
+        <v>625</v>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="10" t="s">
         <v>181</v>
       </c>
       <c r="I13" s="64" t="s">
         <v>182</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="67">
-        <v>283</v>
+        <v>380</v>
       </c>
       <c r="L13" s="70">
-        <v>205</v>
+        <v>304</v>
       </c>
       <c r="M13" s="73">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="30" customHeight="1">
       <c r="A14" s="10" t="s">
         <v>212</v>
       </c>
       <c r="B14" s="64" t="s">
         <v>213</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="83">
-        <v>1390</v>
+        <v>1827</v>
       </c>
       <c r="E14" s="86">
-        <v>1047</v>
+        <v>1405</v>
       </c>
       <c r="F14" s="89">
-        <v>343</v>
+        <v>422</v>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="10" t="s">
         <v>183</v>
       </c>
       <c r="I14" s="64" t="s">
         <v>184</v>
       </c>
       <c r="J14" s="15"/>
       <c r="K14" s="67">
-        <v>532</v>
+        <v>714</v>
       </c>
       <c r="L14" s="70">
-        <v>435</v>
+        <v>611</v>
       </c>
       <c r="M14" s="73">
-        <v>98</v>
+        <v>102</v>
       </c>
     </row>
     <row r="15" spans="1:13" ht="30" customHeight="1">
       <c r="A15" s="10" t="s">
         <v>214</v>
       </c>
       <c r="B15" s="64" t="s">
         <v>215</v>
       </c>
       <c r="C15" s="15"/>
       <c r="D15" s="27"/>
       <c r="E15" s="28"/>
       <c r="F15" s="29"/>
       <c r="G15" s="3"/>
       <c r="H15" s="10" t="s">
         <v>185</v>
       </c>
       <c r="I15" s="64" t="s">
         <v>186</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="67">
-        <v>1764</v>
+        <v>2344</v>
       </c>
       <c r="L15" s="70">
-        <v>1164</v>
+        <v>1661</v>
       </c>
       <c r="M15" s="73">
-        <v>600</v>
+        <v>684</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="30" customHeight="1">
       <c r="A16" s="10" t="s">
         <v>197</v>
       </c>
       <c r="B16" s="64" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="15"/>
       <c r="D16" s="83">
-        <v>18138</v>
+        <v>24267</v>
       </c>
       <c r="E16" s="86">
-        <v>13696</v>
+        <v>19782</v>
       </c>
       <c r="F16" s="89">
-        <v>4442</v>
+        <v>4484</v>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="10" t="s">
         <v>187</v>
       </c>
       <c r="I16" s="64" t="s">
         <v>188</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="67">
-        <v>698</v>
+        <v>933</v>
       </c>
       <c r="L16" s="70">
-        <v>605</v>
+        <v>802</v>
       </c>
       <c r="M16" s="73">
-        <v>94</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:13" ht="30" customHeight="1">
       <c r="A17" s="10" t="s">
         <v>216</v>
       </c>
       <c r="B17" s="64" t="s">
         <v>217</v>
       </c>
       <c r="C17" s="15"/>
       <c r="D17" s="83">
-        <v>522</v>
+        <v>697</v>
       </c>
       <c r="E17" s="86">
-        <v>437</v>
+        <v>632</v>
       </c>
       <c r="F17" s="89">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="10" t="s">
         <v>189</v>
       </c>
       <c r="I17" s="64" t="s">
         <v>190</v>
       </c>
       <c r="J17" s="15"/>
       <c r="K17" s="67">
-        <v>1716</v>
+        <v>2289</v>
       </c>
       <c r="L17" s="70">
-        <v>1425</v>
+        <v>1884</v>
       </c>
       <c r="M17" s="73">
-        <v>290</v>
+        <v>405</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="30" customHeight="1">
       <c r="A18" s="10" t="s">
         <v>218</v>
       </c>
       <c r="B18" s="64" t="s">
         <v>219</v>
       </c>
       <c r="C18" s="15"/>
       <c r="D18" s="83">
-        <v>803</v>
+        <v>1069</v>
       </c>
       <c r="E18" s="86">
-        <v>606</v>
+        <v>814</v>
       </c>
       <c r="F18" s="89">
-        <v>197</v>
+        <v>255</v>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="10" t="s">
         <v>191</v>
       </c>
       <c r="I18" s="64" t="s">
         <v>192</v>
       </c>
       <c r="J18" s="15"/>
       <c r="K18" s="67">
-        <v>111</v>
+        <v>149</v>
       </c>
       <c r="L18" s="70">
-        <v>78</v>
+        <v>129</v>
       </c>
       <c r="M18" s="73">
-        <v>33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13" ht="30" customHeight="1">
       <c r="A19" s="10" t="s">
         <v>220</v>
       </c>
       <c r="B19" s="64" t="s">
         <v>221</v>
       </c>
       <c r="C19" s="15"/>
       <c r="D19" s="83">
-        <v>736</v>
+        <v>989</v>
       </c>
       <c r="E19" s="86">
-        <v>533</v>
+        <v>738</v>
       </c>
       <c r="F19" s="89">
-        <v>203</v>
+        <v>251</v>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="10" t="s">
         <v>193</v>
       </c>
       <c r="I19" s="64" t="s">
         <v>194</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="67">
-        <v>191</v>
+        <v>256</v>
       </c>
       <c r="L19" s="70">
-        <v>134</v>
+        <v>231</v>
       </c>
       <c r="M19" s="73">
-        <v>57</v>
+        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="30" customHeight="1">
       <c r="A20" s="10" t="s">
         <v>222</v>
       </c>
       <c r="B20" s="64" t="s">
         <v>223</v>
       </c>
       <c r="C20" s="15"/>
       <c r="D20" s="83">
-        <v>2077</v>
+        <v>2800</v>
       </c>
       <c r="E20" s="86">
-        <v>1703</v>
+        <v>2353</v>
       </c>
       <c r="F20" s="89">
-        <v>374</v>
+        <v>448</v>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="10" t="s">
         <v>195</v>
       </c>
       <c r="I20" s="64" t="s">
         <v>196</v>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="67">
-        <v>125</v>
+        <v>168</v>
       </c>
       <c r="L20" s="70">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M20" s="73">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13" ht="30" customHeight="1">
       <c r="A21" s="10" t="s">
         <v>224</v>
       </c>
       <c r="B21" s="64" t="s">
         <v>225</v>
       </c>
       <c r="C21" s="15"/>
       <c r="D21" s="83">
-        <v>556</v>
+        <v>743</v>
       </c>
       <c r="E21" s="86">
-        <v>402</v>
+        <v>657</v>
       </c>
       <c r="F21" s="89">
-        <v>153</v>
+        <v>86</v>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="10"/>
       <c r="I21" s="21"/>
       <c r="J21" s="15"/>
       <c r="K21" s="36"/>
       <c r="L21" s="37"/>
       <c r="M21" s="38"/>
     </row>
     <row r="22" spans="1:13" ht="30" customHeight="1">
       <c r="A22" s="10" t="s">
         <v>226</v>
       </c>
       <c r="B22" s="64" t="s">
         <v>227</v>
       </c>
       <c r="C22" s="15"/>
       <c r="D22" s="83">
-        <v>288</v>
+        <v>389</v>
       </c>
       <c r="E22" s="86">
-        <v>217</v>
+        <v>325</v>
       </c>
       <c r="F22" s="89">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="10"/>
       <c r="I22" s="21"/>
       <c r="J22" s="15"/>
       <c r="K22" s="36"/>
       <c r="L22" s="37"/>
       <c r="M22" s="38"/>
     </row>
     <row r="23" spans="1:13" ht="30" customHeight="1">
       <c r="A23" s="10" t="s">
         <v>228</v>
       </c>
       <c r="B23" s="64" t="s">
         <v>229</v>
       </c>
       <c r="C23" s="15"/>
       <c r="D23" s="83">
-        <v>396</v>
+        <v>529</v>
       </c>
       <c r="E23" s="86">
-        <v>309</v>
+        <v>449</v>
       </c>
       <c r="F23" s="89">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="10"/>
       <c r="I23" s="21"/>
       <c r="J23" s="15"/>
       <c r="K23" s="36"/>
       <c r="L23" s="37"/>
       <c r="M23" s="38"/>
     </row>
     <row r="24" spans="1:13" ht="30" customHeight="1" thickBot="1">
       <c r="A24" s="11" t="s">
         <v>230</v>
       </c>
       <c r="B24" s="90" t="s">
         <v>231</v>
       </c>
       <c r="C24" s="16"/>
       <c r="D24" s="93">
-        <v>1492</v>
+        <v>2016</v>
       </c>
       <c r="E24" s="96">
-        <v>1000</v>
+        <v>1594</v>
       </c>
       <c r="F24" s="99">
-        <v>493</v>
+        <v>422</v>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="11"/>
       <c r="I24" s="23"/>
       <c r="J24" s="17"/>
       <c r="K24" s="39"/>
       <c r="L24" s="40"/>
       <c r="M24" s="35"/>
     </row>
     <row r="25" spans="1:13" ht="16.5" customHeight="1">
       <c r="A25" s="115" t="s">
         <v>84</v>
       </c>
       <c r="B25" s="50"/>
       <c r="C25" s="50"/>
       <c r="D25" s="50"/>
       <c r="E25" s="50"/>
       <c r="F25" s="50"/>
       <c r="G25"/>
       <c r="H25" s="47"/>
       <c r="I25" s="47"/>
       <c r="J25" s="47"/>
       <c r="K25" s="47"/>
       <c r="L25" s="47"/>
       <c r="M25" s="47"/>