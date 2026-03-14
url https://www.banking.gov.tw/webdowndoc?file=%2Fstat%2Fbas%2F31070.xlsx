--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -383,54 +383,54 @@
     <t>II. Credit Cooperatives</t>
   </si>
   <si>
     <t xml:space="preserve"> 彰化第六信用合作社</t>
   </si>
   <si>
     <t xml:space="preserve"> The Sixth Credit Cooperation Of Changhua</t>
   </si>
   <si>
     <t>6.逾放比率：截至基準日當月底之逾期放款占放款餘額(含催收款)比率（自94年7月起，逾期放款之認定標準
 　係依財政部93年1月6日台財融(一)第0934000442號函規定列報）。
 7.已提列備抵呆帳餘額：截至基準日當月底對現金卡業務所提列之備抵呆帳總餘額。
 8.當月轉銷呆帳金額：基準日當月份轉銷呆帳之金額。
 9.當年度累計轉銷呆帳金額：截至基準日當月底止，當年度累計轉銷呆帳之金額。
 10.#係金融控股公司之子公司。</t>
   </si>
   <si>
     <t>資料來源：各金融機構自行申報資料。
 說　　明：1.已動用額度卡數：指「截至基準日當月底止有動用餘額」之卡數。
 　　　　　2.未動用額度卡數：指「截至基準日當月底止無動用餘額」之卡數。
 　　　　　3.放款契約額度總和：截至基準日當月底核給所有持卡人現金卡契約額度之總和。
 　　　　　4.放款可動用額度總和：截至基準日當月底核給所有持卡人現金卡可動用額度之總和。
 　　　　　5.放款餘額(含催收款)：截至基準日當月底核給所有持卡人現金卡動用餘額之總和(含催收款)。</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
-[...2 lines deleted...]
-    <t>中華民國114年 9月底</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
+  </si>
+  <si>
+    <t>中華民國114年12月底</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="21">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="173" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="174" formatCode="\-###0\-"/>
     <numFmt numFmtId="175" formatCode="\-\ ###0\ \-"/>
     <numFmt numFmtId="176" formatCode="###,###,##0\ "/>
     <numFmt numFmtId="177" formatCode="#,###,##0.00\ "/>
     <numFmt numFmtId="178" formatCode="###,##0.000;\-###,##0.000;&quot;         －&quot;"/>
     <numFmt numFmtId="179" formatCode="###,##0;\-###,##0;&quot;         －&quot;"/>
     <numFmt numFmtId="180" formatCode="###,###,##0;\-###,###,##0;&quot;         －&quot;"/>
     <numFmt numFmtId="181" formatCode="###,###,##0"/>
@@ -1598,75 +1598,75 @@
     </xf>
     <xf xxid="144" numFmtId="181" fontId="32" fillId="2" borderId="15" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="145" numFmtId="181" fontId="33" fillId="2" borderId="15" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="146" numFmtId="183" fontId="2" fillId="2" borderId="21" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="147" numFmtId="183" fontId="32" fillId="2" borderId="21" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="148" numFmtId="183" fontId="33" fillId="2" borderId="21" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="149" numFmtId="184" fontId="2" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="150" numFmtId="184" fontId="32" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="151" numFmtId="184" fontId="33" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="152" numFmtId="183" fontId="2" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...23 lines deleted...]
-    <xf xxid="160" numFmtId="183" fontId="33" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="152" numFmtId="183" fontId="2" fillId="2" borderId="20" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="153" numFmtId="183" fontId="32" fillId="2" borderId="20" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="154" numFmtId="183" fontId="33" fillId="2" borderId="20" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="155" numFmtId="183" fontId="2" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="156" numFmtId="183" fontId="32" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="157" numFmtId="183" fontId="33" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="158" numFmtId="183" fontId="2" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="159" numFmtId="183" fontId="32" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="160" numFmtId="183" fontId="33" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="161" numFmtId="183" fontId="2" fillId="2" borderId="15" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="162" numFmtId="183" fontId="32" fillId="2" borderId="15" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="163" numFmtId="183" fontId="33" fillId="2" borderId="15" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="164" numFmtId="49" fontId="10" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf xxid="165" numFmtId="49" fontId="10" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf xxid="166" numFmtId="49" fontId="33" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf xxid="167" numFmtId="49" fontId="32" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf xxid="168" numFmtId="49" fontId="0" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
@@ -1825,612 +1825,612 @@
       </c>
       <c r="H4" s="8" t="s">
         <v>11</v>
       </c>
       <c r="I4" s="7" t="s">
         <v>8</v>
       </c>
       <c r="J4" s="7" t="s">
         <v>9</v>
       </c>
       <c r="K4" s="7" t="s">
         <v>10</v>
       </c>
       <c r="L4" s="9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:12" s="1" customFormat="1" ht="26.4" customHeight="1">
       <c r="A5" s="16" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="43" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="46">
-        <v>279563</v>
+        <v>276567</v>
       </c>
       <c r="D5" s="49">
-        <v>186580</v>
+        <v>182015</v>
       </c>
       <c r="E5" s="25"/>
       <c r="F5" s="46">
-        <v>267918</v>
+        <v>264344</v>
       </c>
       <c r="G5" s="52">
-        <v>40522</v>
+        <v>39878</v>
       </c>
       <c r="H5" s="52">
-        <v>9921</v>
+        <v>9878</v>
       </c>
       <c r="I5" s="55">
-        <v>1.141</v>
+        <v>1.09</v>
       </c>
       <c r="J5" s="58">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="K5" s="58">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="L5" s="61">
-        <v>197</v>
+        <v>267</v>
       </c>
     </row>
     <row r="6" spans="1:12" s="1" customFormat="1" ht="26.4" customHeight="1">
       <c r="A6" s="62" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="64" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="67">
-        <v>279563</v>
+        <v>276567</v>
       </c>
       <c r="D6" s="70">
-        <v>186580</v>
+        <v>182015</v>
       </c>
       <c r="E6" s="25"/>
       <c r="F6" s="67">
-        <v>267918</v>
+        <v>264344</v>
       </c>
       <c r="G6" s="73">
-        <v>40522</v>
+        <v>39878</v>
       </c>
       <c r="H6" s="73">
-        <v>9921</v>
+        <v>9878</v>
       </c>
       <c r="I6" s="76">
-        <v>1.141</v>
+        <v>1.09</v>
       </c>
       <c r="J6" s="79">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="K6" s="79">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="L6" s="82">
-        <v>197</v>
+        <v>267</v>
       </c>
     </row>
     <row r="7" spans="1:12" s="1" customFormat="1" ht="26.4" customHeight="1">
       <c r="A7" s="18" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="64" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="67">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="D7" s="85">
         <v>0</v>
       </c>
       <c r="E7" s="25"/>
       <c r="F7" s="67">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="G7" s="73">
         <v>48</v>
       </c>
       <c r="H7" s="73">
         <v>0</v>
       </c>
       <c r="I7" s="88">
         <v>0</v>
       </c>
       <c r="J7" s="79">
         <v>0</v>
       </c>
-      <c r="K7" s="91">
+      <c r="K7" s="79">
         <v>0</v>
       </c>
       <c r="L7" s="82">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:12" s="1" customFormat="1" ht="26.4" customHeight="1">
       <c r="A8" s="18" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="64" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="67">
-        <v>198</v>
+        <v>185</v>
       </c>
       <c r="D8" s="70">
-        <v>2442</v>
+        <v>2434</v>
       </c>
       <c r="E8" s="25"/>
       <c r="F8" s="67">
-        <v>1299</v>
+        <v>1288</v>
       </c>
       <c r="G8" s="73">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="H8" s="73">
         <v>3</v>
       </c>
       <c r="I8" s="88">
         <v>0</v>
       </c>
       <c r="J8" s="79">
         <v>2</v>
       </c>
       <c r="K8" s="79">
         <v>0</v>
       </c>
       <c r="L8" s="82">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" s="1" customFormat="1" ht="26.4" customHeight="1">
       <c r="A9" s="18" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="64" t="s">
         <v>24</v>
       </c>
-      <c r="C9" s="94">
+      <c r="C9" s="91">
         <v>0</v>
       </c>
       <c r="D9" s="70">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E9" s="25"/>
       <c r="F9" s="67">
         <v>1</v>
       </c>
-      <c r="G9" s="97">
-[...2 lines deleted...]
-      <c r="H9" s="97">
+      <c r="G9" s="94">
+        <v>0</v>
+      </c>
+      <c r="H9" s="94">
         <v>0</v>
       </c>
       <c r="I9" s="88">
         <v>0</v>
       </c>
       <c r="J9" s="79">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="K9" s="91">
+        <v>21</v>
+      </c>
+      <c r="K9" s="97">
         <v>0</v>
       </c>
       <c r="L9" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:12" s="1" customFormat="1" ht="26.4" customHeight="1">
       <c r="A10" s="18" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="64" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="67">
-        <v>1164</v>
+        <v>1111</v>
       </c>
       <c r="D10" s="70">
-        <v>1634</v>
+        <v>1633</v>
       </c>
       <c r="E10" s="25"/>
       <c r="F10" s="67">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="G10" s="73">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="H10" s="73">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="I10" s="76">
-        <v>0.065</v>
+        <v>0.038</v>
       </c>
       <c r="J10" s="79">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K10" s="79">
         <v>0</v>
       </c>
       <c r="L10" s="82">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" s="1" customFormat="1" ht="26.4" customHeight="1">
       <c r="A11" s="18" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="64" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="67">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D11" s="85">
         <v>0</v>
       </c>
       <c r="E11" s="25"/>
       <c r="F11" s="67">
         <v>0</v>
       </c>
-      <c r="G11" s="97">
+      <c r="G11" s="94">
         <v>0</v>
       </c>
       <c r="H11" s="73">
         <v>0</v>
       </c>
       <c r="I11" s="88">
         <v>0</v>
       </c>
-      <c r="J11" s="91">
-[...5 lines deleted...]
-      <c r="L11" s="100">
+      <c r="J11" s="97">
+        <v>0</v>
+      </c>
+      <c r="K11" s="97">
+        <v>0</v>
+      </c>
+      <c r="L11" s="82">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:12" s="1" customFormat="1" ht="26.4" customHeight="1">
       <c r="A12" s="18" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="64" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="67">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D12" s="85">
         <v>0</v>
       </c>
       <c r="E12" s="25"/>
       <c r="F12" s="67">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G12" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H12" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I12" s="76">
-        <v>0.086</v>
+        <v>5.883</v>
       </c>
       <c r="J12" s="79">
         <v>0</v>
       </c>
-      <c r="K12" s="91">
+      <c r="K12" s="97">
         <v>0</v>
       </c>
       <c r="L12" s="82">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" s="1" customFormat="1" ht="26.4" customHeight="1">
       <c r="A13" s="18" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="64" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="67">
-        <v>728</v>
+        <v>669</v>
       </c>
       <c r="D13" s="70">
-        <v>16934</v>
+        <v>16929</v>
       </c>
       <c r="E13" s="25"/>
       <c r="F13" s="67">
-        <v>5299</v>
-[...1 lines deleted...]
-      <c r="G13" s="97">
+        <v>5279</v>
+      </c>
+      <c r="G13" s="94">
         <v>0</v>
       </c>
       <c r="H13" s="73">
         <v>6</v>
       </c>
-      <c r="I13" s="76">
-        <v>0.19</v>
+      <c r="I13" s="88">
+        <v>0</v>
       </c>
       <c r="J13" s="79">
         <v>0</v>
       </c>
       <c r="K13" s="79">
         <v>0</v>
       </c>
       <c r="L13" s="82">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:12" s="1" customFormat="1" ht="26.4" customHeight="1">
       <c r="A14" s="18" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="64" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="67">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="D14" s="85">
         <v>0</v>
       </c>
       <c r="E14" s="25"/>
       <c r="F14" s="67">
         <v>1</v>
       </c>
-      <c r="G14" s="97">
+      <c r="G14" s="94">
         <v>0</v>
       </c>
       <c r="H14" s="73">
         <v>1</v>
       </c>
       <c r="I14" s="88">
         <v>0</v>
       </c>
       <c r="J14" s="79">
         <v>0</v>
       </c>
-      <c r="K14" s="91">
+      <c r="K14" s="79">
         <v>0</v>
       </c>
       <c r="L14" s="82">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" s="1" customFormat="1" ht="26.4" customHeight="1">
       <c r="A15" s="18" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="64" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="67">
-        <v>271744</v>
+        <v>269252</v>
       </c>
       <c r="D15" s="70">
-        <v>141940</v>
+        <v>141216</v>
       </c>
       <c r="E15" s="25"/>
       <c r="F15" s="67">
-        <v>251653</v>
+        <v>250069</v>
       </c>
       <c r="G15" s="73">
-        <v>38504</v>
+        <v>38208</v>
       </c>
       <c r="H15" s="73">
-        <v>9694</v>
+        <v>9671</v>
       </c>
       <c r="I15" s="76">
-        <v>1.152</v>
+        <v>1.096</v>
       </c>
       <c r="J15" s="79">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="K15" s="79">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="L15" s="82">
-        <v>170</v>
+        <v>231</v>
       </c>
     </row>
     <row r="16" spans="1:12" s="1" customFormat="1" ht="26.4" customHeight="1">
       <c r="A16" s="18" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="64" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="67">
-        <v>844</v>
+        <v>820</v>
       </c>
       <c r="D16" s="70">
-        <v>10096</v>
+        <v>10082</v>
       </c>
       <c r="E16" s="25"/>
       <c r="F16" s="67">
-        <v>1329</v>
+        <v>1321</v>
       </c>
       <c r="G16" s="73">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="H16" s="73">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="I16" s="88">
         <v>0</v>
       </c>
       <c r="J16" s="79">
         <v>1</v>
       </c>
       <c r="K16" s="79">
         <v>0</v>
       </c>
       <c r="L16" s="82">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" s="1" customFormat="1" ht="26.4" customHeight="1">
       <c r="A17" s="18" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="64" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="67">
-        <v>1920</v>
+        <v>1736</v>
       </c>
       <c r="D17" s="70">
-        <v>9678</v>
+        <v>9561</v>
       </c>
       <c r="E17" s="25"/>
       <c r="F17" s="67">
-        <v>5283</v>
+        <v>5140</v>
       </c>
       <c r="G17" s="73">
-        <v>1035</v>
+        <v>1007</v>
       </c>
       <c r="H17" s="73">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="I17" s="76">
-        <v>0.708</v>
+        <v>1.133</v>
       </c>
       <c r="J17" s="79">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="K17" s="79">
         <v>0</v>
       </c>
       <c r="L17" s="82">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:12" s="1" customFormat="1" ht="26.4" customHeight="1">
       <c r="A18" s="18" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="64" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="67">
-        <v>1727</v>
+        <v>1577</v>
       </c>
       <c r="D18" s="70">
-        <v>3844</v>
+        <v>149</v>
       </c>
       <c r="E18" s="25"/>
       <c r="F18" s="67">
-        <v>2593</v>
+        <v>793</v>
       </c>
       <c r="G18" s="73">
-        <v>538</v>
+        <v>222</v>
       </c>
       <c r="H18" s="73">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="I18" s="76">
-        <v>1.982</v>
+        <v>1.96</v>
       </c>
       <c r="J18" s="79">
         <v>4</v>
       </c>
       <c r="K18" s="79">
         <v>2</v>
       </c>
       <c r="L18" s="82">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:12" s="1" customFormat="1" ht="26.4" customHeight="1">
       <c r="A19" s="18" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="64" t="s">
         <v>44</v>
       </c>
-      <c r="C19" s="94">
+      <c r="C19" s="91">
         <v>0</v>
       </c>
       <c r="D19" s="85">
         <v>0</v>
       </c>
       <c r="E19" s="25"/>
-      <c r="F19" s="94">
-[...5 lines deleted...]
-      <c r="H19" s="97">
+      <c r="F19" s="91">
+        <v>0</v>
+      </c>
+      <c r="G19" s="94">
+        <v>0</v>
+      </c>
+      <c r="H19" s="94">
         <v>0</v>
       </c>
       <c r="I19" s="88">
         <v>0</v>
       </c>
-      <c r="J19" s="91">
-[...2 lines deleted...]
-      <c r="K19" s="91">
+      <c r="J19" s="97">
+        <v>0</v>
+      </c>
+      <c r="K19" s="97">
         <v>0</v>
       </c>
       <c r="L19" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:12" s="1" customFormat="1" ht="26.4" customHeight="1">
       <c r="A20" s="18" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="64" t="s">
         <v>46</v>
       </c>
-      <c r="C20" s="94">
+      <c r="C20" s="91">
         <v>0</v>
       </c>
       <c r="D20" s="85">
         <v>0</v>
       </c>
       <c r="E20" s="25"/>
-      <c r="F20" s="94">
-[...5 lines deleted...]
-      <c r="H20" s="97">
+      <c r="F20" s="91">
+        <v>0</v>
+      </c>
+      <c r="G20" s="94">
+        <v>0</v>
+      </c>
+      <c r="H20" s="94">
         <v>0</v>
       </c>
       <c r="I20" s="88">
         <v>0</v>
       </c>
-      <c r="J20" s="91">
-[...2 lines deleted...]
-      <c r="K20" s="91">
+      <c r="J20" s="97">
+        <v>0</v>
+      </c>
+      <c r="K20" s="97">
         <v>0</v>
       </c>
       <c r="L20" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" s="1" customFormat="1" ht="26.4" customHeight="1">
       <c r="A21" s="18"/>
       <c r="B21" s="20"/>
       <c r="C21" s="28"/>
       <c r="D21" s="29"/>
       <c r="E21" s="25"/>
       <c r="F21" s="28"/>
       <c r="G21" s="30"/>
       <c r="H21" s="30"/>
       <c r="I21" s="31"/>
       <c r="J21" s="31"/>
       <c r="K21" s="31"/>
       <c r="L21" s="33"/>
     </row>
     <row r="22" spans="1:12" s="1" customFormat="1" ht="26.4" customHeight="1">
       <c r="A22" s="18"/>
       <c r="B22" s="20"/>
       <c r="C22" s="28"/>
       <c r="D22" s="29"/>