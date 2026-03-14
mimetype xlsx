--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -468,54 +468,54 @@
     <t xml:space="preserve"> Hwatai Bank</t>
   </si>
   <si>
     <t xml:space="preserve"> 臺灣新光商業銀行　　#</t>
   </si>
   <si>
     <t xml:space="preserve"> Taiwan Shin Kong Commercial Bank</t>
   </si>
   <si>
     <t>Notes：1. Card in Circulations : No. of cards issued  and in normal condition minus No. of cards cancelled.
 　　　 2. Active cards : Cards with charge activity in the past six months, excluding debit cards; cards with installment payment
 　　 　　activity included; cards with revolving payment activity only excluded.</t>
   </si>
   <si>
     <t>說　　明：1. 流通卡數：發卡總數減停卡總數，且卡片狀況正常者。
 　　　　　2. 有效卡數：最近六個月有消費紀錄之卡片，不含Debit卡，只有郵購分期交易亦算有效卡，
 　　　　　　不含只有循環繳款之卡。</t>
   </si>
   <si>
     <t>Sources：Provided by Individual Institutions.</t>
   </si>
   <si>
     <t>資料來源：各金融機構自行申報資料。</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
-[...2 lines deleted...]
-    <t>中華民國114年 9月底</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
+  </si>
+  <si>
+    <t>中華民國114年12月底</t>
   </si>
   <si>
     <t xml:space="preserve"> 陽信商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve"> Sunny Bank Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve"> 三信商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve"> Cota Bank</t>
   </si>
   <si>
     <t xml:space="preserve"> 聯邦商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve"> Union Bank Of Taiwan</t>
   </si>
   <si>
     <t xml:space="preserve"> 遠東國際商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve"> Far Eastern International Bank</t>
   </si>
@@ -2148,817 +2148,817 @@
       </c>
       <c r="I4" s="7" t="s">
         <v>3</v>
       </c>
       <c r="J4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="K4" s="7" t="s">
         <v>12</v>
       </c>
       <c r="L4" s="7" t="s">
         <v>13</v>
       </c>
       <c r="M4" s="9" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A5" s="16" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="53" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="56">
-        <v>60354497</v>
+        <v>60485911</v>
       </c>
       <c r="D5" s="59">
-        <v>40185047</v>
+        <v>40554453</v>
       </c>
       <c r="E5" s="28"/>
       <c r="F5" s="56">
-        <v>686004</v>
+        <v>570553</v>
       </c>
       <c r="G5" s="62">
-        <v>498235</v>
+        <v>523432</v>
       </c>
       <c r="H5" s="62">
-        <v>117177</v>
+        <v>118589</v>
       </c>
       <c r="I5" s="65">
-        <v>403174</v>
+        <v>453664</v>
       </c>
       <c r="J5" s="65">
-        <v>1585</v>
+        <v>1649</v>
       </c>
       <c r="K5" s="68">
         <v>0.24</v>
       </c>
       <c r="L5" s="68">
-        <v>468.1</v>
+        <v>502.41</v>
       </c>
       <c r="M5" s="71">
-        <v>633</v>
+        <v>645</v>
       </c>
     </row>
     <row r="6" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A6" s="72" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="74" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="77">
-        <v>59643767</v>
+        <v>59684940</v>
       </c>
       <c r="D6" s="80">
-        <v>39885476</v>
+        <v>40230686</v>
       </c>
       <c r="E6" s="28"/>
       <c r="F6" s="77">
-        <v>681394</v>
+        <v>529353</v>
       </c>
       <c r="G6" s="83">
-        <v>491822</v>
+        <v>501571</v>
       </c>
       <c r="H6" s="83">
-        <v>116118</v>
+        <v>117503</v>
       </c>
       <c r="I6" s="86">
-        <v>395808</v>
+        <v>445935</v>
       </c>
       <c r="J6" s="86">
-        <v>1578</v>
+        <v>1642</v>
       </c>
       <c r="K6" s="89">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
       <c r="L6" s="89">
-        <v>472.79</v>
+        <v>507.57</v>
       </c>
       <c r="M6" s="92">
-        <v>628</v>
+        <v>642</v>
       </c>
     </row>
     <row r="7" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A7" s="18" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="74" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="77">
-        <v>278299</v>
+        <v>289455</v>
       </c>
       <c r="D7" s="80">
-        <v>136649</v>
+        <v>148176</v>
       </c>
       <c r="E7" s="28"/>
       <c r="F7" s="77">
-        <v>9480</v>
+        <v>4746</v>
       </c>
       <c r="G7" s="83">
-        <v>1446</v>
+        <v>2137</v>
       </c>
       <c r="H7" s="83">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="I7" s="86">
-        <v>1035</v>
+        <v>1201</v>
       </c>
       <c r="J7" s="86">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K7" s="89">
-        <v>0.2</v>
+        <v>0.11</v>
       </c>
       <c r="L7" s="89">
-        <v>713.21</v>
+        <v>996.7</v>
       </c>
       <c r="M7" s="92">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A8" s="18" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="74" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="77">
-        <v>317482</v>
+        <v>306978</v>
       </c>
       <c r="D8" s="80">
-        <v>141441</v>
+        <v>140249</v>
       </c>
       <c r="E8" s="28"/>
       <c r="F8" s="77">
-        <v>1026</v>
+        <v>590</v>
       </c>
       <c r="G8" s="83">
-        <v>2969</v>
+        <v>5147</v>
       </c>
       <c r="H8" s="83">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="I8" s="86">
-        <v>868</v>
+        <v>1011</v>
       </c>
       <c r="J8" s="86">
         <v>1</v>
       </c>
       <c r="K8" s="89">
-        <v>0.25</v>
+        <v>0.33</v>
       </c>
       <c r="L8" s="89">
-        <v>825.14</v>
+        <v>658.89</v>
       </c>
       <c r="M8" s="92">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A9" s="18" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="74" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="77">
-        <v>680869</v>
+        <v>672680</v>
       </c>
       <c r="D9" s="80">
-        <v>398445</v>
+        <v>395942</v>
       </c>
       <c r="E9" s="28"/>
       <c r="F9" s="77">
-        <v>4637</v>
+        <v>3319</v>
       </c>
       <c r="G9" s="83">
-        <v>7579</v>
+        <v>9742</v>
       </c>
       <c r="H9" s="83">
-        <v>992</v>
+        <v>990</v>
       </c>
       <c r="I9" s="86">
-        <v>4114</v>
+        <v>4595</v>
       </c>
       <c r="J9" s="86">
         <v>2</v>
       </c>
       <c r="K9" s="89">
-        <v>0.17</v>
+        <v>0.13</v>
       </c>
       <c r="L9" s="89">
-        <v>408.87</v>
+        <v>1146.28</v>
       </c>
       <c r="M9" s="92">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A10" s="18" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="74" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="77">
-        <v>1521089</v>
+        <v>1531235</v>
       </c>
       <c r="D10" s="80">
-        <v>948177</v>
+        <v>952857</v>
       </c>
       <c r="E10" s="28"/>
       <c r="F10" s="77">
-        <v>11293</v>
+        <v>8277</v>
       </c>
       <c r="G10" s="83">
-        <v>6273</v>
+        <v>6433</v>
       </c>
       <c r="H10" s="83">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="I10" s="86">
-        <v>6574</v>
+        <v>7583</v>
       </c>
       <c r="J10" s="86">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K10" s="89">
-        <v>0.17</v>
+        <v>0.15</v>
       </c>
       <c r="L10" s="89">
-        <v>941.83</v>
+        <v>1034.41</v>
       </c>
       <c r="M10" s="92">
         <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A11" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="74" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="77">
-        <v>1030510</v>
+        <v>1014753</v>
       </c>
       <c r="D11" s="80">
-        <v>799773</v>
+        <v>788586</v>
       </c>
       <c r="E11" s="28"/>
       <c r="F11" s="77">
-        <v>4411</v>
+        <v>2605</v>
       </c>
       <c r="G11" s="83">
-        <v>6768</v>
+        <v>7115</v>
       </c>
       <c r="H11" s="83">
-        <v>1206</v>
+        <v>1200</v>
       </c>
       <c r="I11" s="86">
-        <v>5286</v>
+        <v>5771</v>
       </c>
       <c r="J11" s="86">
         <v>1</v>
       </c>
       <c r="K11" s="89">
-        <v>0.07</v>
+        <v>0.09</v>
       </c>
       <c r="L11" s="89">
-        <v>431.23</v>
+        <v>359.58</v>
       </c>
       <c r="M11" s="92">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A12" s="18" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="74" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="77">
-        <v>573747</v>
+        <v>575263</v>
       </c>
       <c r="D12" s="80">
-        <v>299575</v>
+        <v>302736</v>
       </c>
       <c r="E12" s="28"/>
       <c r="F12" s="77">
-        <v>3652</v>
+        <v>2126</v>
       </c>
       <c r="G12" s="83">
-        <v>2855</v>
+        <v>3124</v>
       </c>
       <c r="H12" s="83">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="I12" s="86">
-        <v>2330</v>
+        <v>2415</v>
       </c>
       <c r="J12" s="86">
         <v>1</v>
       </c>
       <c r="K12" s="89">
-        <v>0.19</v>
+        <v>0.21</v>
       </c>
       <c r="L12" s="89">
-        <v>577.26</v>
+        <v>519.01</v>
       </c>
       <c r="M12" s="92">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A13" s="18" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="74" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="77">
-        <v>388221</v>
+        <v>384715</v>
       </c>
       <c r="D13" s="80">
-        <v>199417</v>
+        <v>195583</v>
       </c>
       <c r="E13" s="28"/>
       <c r="F13" s="77">
-        <v>1100</v>
+        <v>909</v>
       </c>
       <c r="G13" s="83">
-        <v>2323</v>
+        <v>2476</v>
       </c>
       <c r="H13" s="83">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="I13" s="86">
-        <v>1590</v>
+        <v>1786</v>
       </c>
       <c r="J13" s="86">
         <v>5</v>
       </c>
       <c r="K13" s="89">
-        <v>0.22</v>
+        <v>0.23</v>
       </c>
       <c r="L13" s="89">
-        <v>693.6</v>
+        <v>678.43</v>
       </c>
       <c r="M13" s="92">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A14" s="18" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="74" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="77">
-        <v>7488656</v>
+        <v>7391132</v>
       </c>
       <c r="D14" s="80">
-        <v>5803191</v>
+        <v>5849375</v>
       </c>
       <c r="E14" s="28"/>
       <c r="F14" s="77">
-        <v>38593</v>
+        <v>36440</v>
       </c>
       <c r="G14" s="83">
-        <v>16183</v>
+        <v>14172</v>
       </c>
       <c r="H14" s="83">
-        <v>11389</v>
+        <v>11468</v>
       </c>
       <c r="I14" s="86">
-        <v>48349</v>
+        <v>58874</v>
       </c>
       <c r="J14" s="86">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="K14" s="89">
-        <v>0.2</v>
+        <v>0.18</v>
       </c>
       <c r="L14" s="89">
-        <v>1325.25</v>
+        <v>1461.64</v>
       </c>
       <c r="M14" s="92">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A15" s="18" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="74" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="77">
-        <v>7333465</v>
+        <v>7337214</v>
       </c>
       <c r="D15" s="80">
-        <v>5169904</v>
+        <v>5209203</v>
       </c>
       <c r="E15" s="28"/>
       <c r="F15" s="77">
-        <v>49438</v>
+        <v>46441</v>
       </c>
       <c r="G15" s="83">
-        <v>31750</v>
+        <v>87779</v>
       </c>
       <c r="H15" s="83">
-        <v>21006</v>
+        <v>22171</v>
       </c>
       <c r="I15" s="86">
-        <v>71463</v>
+        <v>81878</v>
       </c>
       <c r="J15" s="86">
-        <v>213</v>
+        <v>226</v>
       </c>
       <c r="K15" s="89">
-        <v>0.22</v>
+        <v>0.23</v>
       </c>
       <c r="L15" s="89">
-        <v>946.82</v>
+        <v>975.83</v>
       </c>
       <c r="M15" s="92">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="16" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A16" s="18" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="74" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="77">
-        <v>9893</v>
+        <v>9825</v>
       </c>
       <c r="D16" s="80">
-        <v>4632</v>
+        <v>4435</v>
       </c>
       <c r="E16" s="28"/>
       <c r="F16" s="77">
-        <v>59</v>
+        <v>8</v>
       </c>
       <c r="G16" s="83">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="H16" s="83">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="I16" s="86">
-        <v>243</v>
+        <v>168</v>
       </c>
       <c r="J16" s="86">
         <v>0</v>
       </c>
       <c r="K16" s="89">
-        <v>0.26</v>
+        <v>0.31</v>
       </c>
       <c r="L16" s="89">
-        <v>255.48</v>
+        <v>257.68</v>
       </c>
       <c r="M16" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A17" s="18" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="74" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="77">
-        <v>1124956</v>
+        <v>1106955</v>
       </c>
       <c r="D17" s="80">
-        <v>621917</v>
+        <v>613344</v>
       </c>
       <c r="E17" s="28"/>
       <c r="F17" s="77">
-        <v>4094</v>
+        <v>3733</v>
       </c>
       <c r="G17" s="83">
-        <v>8053</v>
+        <v>8015</v>
       </c>
       <c r="H17" s="83">
-        <v>1615</v>
+        <v>1562</v>
       </c>
       <c r="I17" s="86">
-        <v>4526</v>
+        <v>4921</v>
       </c>
       <c r="J17" s="86">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="K17" s="89">
-        <v>0.19</v>
+        <v>0.2</v>
       </c>
       <c r="L17" s="89">
-        <v>540.83</v>
+        <v>508.18</v>
       </c>
       <c r="M17" s="92">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A18" s="18" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="74" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="77">
-        <v>24944</v>
+        <v>26662</v>
       </c>
       <c r="D18" s="80">
-        <v>14515</v>
+        <v>16921</v>
       </c>
       <c r="E18" s="28"/>
       <c r="F18" s="77">
-        <v>1142</v>
+        <v>535</v>
       </c>
       <c r="G18" s="83">
-        <v>261</v>
+        <v>180</v>
       </c>
       <c r="H18" s="95">
         <v>0</v>
       </c>
       <c r="I18" s="86">
-        <v>556</v>
+        <v>667</v>
       </c>
       <c r="J18" s="86">
         <v>0</v>
       </c>
       <c r="K18" s="89">
-        <v>0.03</v>
+        <v>0.15</v>
       </c>
       <c r="L18" s="89">
-        <v>460.2</v>
+        <v>121.28</v>
       </c>
       <c r="M18" s="98">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A19" s="18" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="74" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="77">
-        <v>174561</v>
+        <v>174504</v>
       </c>
       <c r="D19" s="80">
-        <v>100529</v>
+        <v>100320</v>
       </c>
       <c r="E19" s="28"/>
       <c r="F19" s="77">
-        <v>756</v>
+        <v>584</v>
       </c>
       <c r="G19" s="83">
-        <v>504</v>
+        <v>613</v>
       </c>
       <c r="H19" s="83">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="I19" s="86">
-        <v>984</v>
+        <v>1127</v>
       </c>
       <c r="J19" s="86">
         <v>1</v>
       </c>
       <c r="K19" s="89">
-        <v>0.06</v>
+        <v>0.04</v>
       </c>
       <c r="L19" s="89">
-        <v>248.18</v>
+        <v>255.8</v>
       </c>
       <c r="M19" s="92">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A20" s="18" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="74" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="77">
-        <v>234174</v>
+        <v>225917</v>
       </c>
       <c r="D20" s="80">
-        <v>148572</v>
+        <v>141822</v>
       </c>
       <c r="E20" s="28"/>
       <c r="F20" s="77">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="G20" s="83">
-        <v>3343</v>
+        <v>2604</v>
       </c>
       <c r="H20" s="83">
-        <v>829</v>
+        <v>822</v>
       </c>
       <c r="I20" s="86">
-        <v>1401</v>
+        <v>1408</v>
       </c>
       <c r="J20" s="86">
         <v>2</v>
       </c>
       <c r="K20" s="89">
-        <v>0.3</v>
+        <v>0.29</v>
       </c>
       <c r="L20" s="89">
-        <v>722.04</v>
+        <v>659.15</v>
       </c>
       <c r="M20" s="92">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A21" s="18" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="74" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="77">
-        <v>152947</v>
+        <v>154419</v>
       </c>
       <c r="D21" s="80">
-        <v>79206</v>
+        <v>78769</v>
       </c>
       <c r="E21" s="28"/>
       <c r="F21" s="77">
-        <v>1088</v>
+        <v>1124</v>
       </c>
       <c r="G21" s="83">
-        <v>6334</v>
+        <v>555</v>
       </c>
       <c r="H21" s="83">
         <v>221</v>
       </c>
       <c r="I21" s="86">
-        <v>601</v>
+        <v>668</v>
       </c>
       <c r="J21" s="86">
         <v>0</v>
       </c>
       <c r="K21" s="89">
-        <v>0.28</v>
+        <v>0.24</v>
       </c>
       <c r="L21" s="89">
-        <v>1071.5</v>
+        <v>1138.71</v>
       </c>
       <c r="M21" s="92">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A22" s="18" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="74" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="77">
-        <v>841252</v>
+        <v>852459</v>
       </c>
       <c r="D22" s="80">
-        <v>586100</v>
+        <v>590428</v>
       </c>
       <c r="E22" s="28"/>
       <c r="F22" s="77">
-        <v>12365</v>
+        <v>6001</v>
       </c>
       <c r="G22" s="83">
-        <v>3228</v>
+        <v>3523</v>
       </c>
       <c r="H22" s="83">
-        <v>1644</v>
+        <v>1711</v>
       </c>
       <c r="I22" s="86">
-        <v>10195</v>
+        <v>11715</v>
       </c>
       <c r="J22" s="86">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K22" s="89">
         <v>0.24</v>
       </c>
       <c r="L22" s="89">
-        <v>787.09</v>
+        <v>840.16</v>
       </c>
       <c r="M22" s="92">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1">
       <c r="A23" s="18" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="74" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="77">
-        <v>9299</v>
+        <v>9224</v>
       </c>
       <c r="D23" s="80">
-        <v>4943</v>
+        <v>4935</v>
       </c>
       <c r="E23" s="28"/>
       <c r="F23" s="77">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="G23" s="83">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="H23" s="83">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I23" s="86">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="J23" s="101">
         <v>0</v>
       </c>
       <c r="K23" s="89">
-        <v>0.01</v>
+        <v>0.13</v>
       </c>
       <c r="L23" s="89">
-        <v>666.21</v>
+        <v>650.89</v>
       </c>
       <c r="M23" s="98">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:13" s="1" customFormat="1" ht="26.45" customHeight="1" thickBot="1">
       <c r="A24" s="19" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="103" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="106">
-        <v>1073284</v>
+        <v>1062582</v>
       </c>
       <c r="D24" s="109">
-        <v>560224</v>
+        <v>547522</v>
       </c>
       <c r="E24" s="28"/>
       <c r="F24" s="106">
-        <v>2746</v>
+        <v>1175</v>
       </c>
       <c r="G24" s="112">
-        <v>3668</v>
+        <v>11785</v>
       </c>
       <c r="H24" s="112">
-        <v>1687</v>
+        <v>1659</v>
       </c>
       <c r="I24" s="115">
-        <v>4779</v>
+        <v>5184</v>
       </c>
       <c r="J24" s="115">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K24" s="118">
-        <v>0.24</v>
+        <v>0.21</v>
       </c>
       <c r="L24" s="118">
-        <v>540.71</v>
+        <v>581.78</v>
       </c>
       <c r="M24" s="121">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:13" s="4" customFormat="1" customHeight="1">
       <c r="A25" s="24" t="s">
         <v>59</v>
       </c>
       <c r="B25" s="24"/>
       <c r="C25" s="24"/>
       <c r="D25" s="24"/>
       <c r="E25" s="12"/>
       <c r="F25" s="127" t="s">
         <v>58</v>
       </c>
       <c r="G25" s="46"/>
       <c r="H25" s="46"/>
       <c r="I25" s="46"/>
       <c r="J25" s="46"/>
       <c r="K25" s="46"/>
       <c r="L25" s="46"/>
       <c r="M25" s="46"/>
     </row>
     <row r="26" spans="1:13" s="4" customFormat="1" customHeight="1">
@@ -3160,625 +3160,625 @@
       </c>
       <c r="I4" s="7" t="s">
         <v>3</v>
       </c>
       <c r="J4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="K4" s="7" t="s">
         <v>12</v>
       </c>
       <c r="L4" s="7" t="s">
         <v>13</v>
       </c>
       <c r="M4" s="9" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:13" s="1" customFormat="1" ht="25.7" customHeight="1">
       <c r="A5" s="16" t="s">
         <v>62</v>
       </c>
       <c r="B5" s="53" t="s">
         <v>63</v>
       </c>
       <c r="C5" s="56">
-        <v>118202</v>
+        <v>112998</v>
       </c>
       <c r="D5" s="59">
-        <v>58667</v>
+        <v>58937</v>
       </c>
       <c r="E5" s="28"/>
       <c r="F5" s="56">
-        <v>706</v>
+        <v>1223</v>
       </c>
       <c r="G5" s="62">
-        <v>820</v>
+        <v>924</v>
       </c>
       <c r="H5" s="62">
         <v>176</v>
       </c>
       <c r="I5" s="65">
-        <v>516</v>
+        <v>637</v>
       </c>
       <c r="J5" s="65">
         <v>0</v>
       </c>
       <c r="K5" s="68">
-        <v>0.28</v>
+        <v>0.36</v>
       </c>
       <c r="L5" s="68">
-        <v>722.42</v>
+        <v>575.91</v>
       </c>
       <c r="M5" s="71">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:13" s="1" customFormat="1" ht="25.7" customHeight="1">
       <c r="A6" s="72" t="s">
         <v>64</v>
       </c>
       <c r="B6" s="74" t="s">
         <v>65</v>
       </c>
       <c r="C6" s="77">
-        <v>21247</v>
+        <v>21049</v>
       </c>
       <c r="D6" s="80">
-        <v>13584</v>
+        <v>13524</v>
       </c>
       <c r="E6" s="28"/>
       <c r="F6" s="77">
-        <v>151</v>
+        <v>75</v>
       </c>
       <c r="G6" s="83">
-        <v>76</v>
+        <v>110</v>
       </c>
       <c r="H6" s="83">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I6" s="86">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="J6" s="86">
         <v>0</v>
       </c>
       <c r="K6" s="89">
-        <v>0.35</v>
+        <v>0.41</v>
       </c>
       <c r="L6" s="89">
-        <v>2884.09</v>
+        <v>2379.79</v>
       </c>
       <c r="M6" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:13" s="1" customFormat="1" ht="25.7" customHeight="1">
       <c r="A7" s="18" t="s">
         <v>66</v>
       </c>
       <c r="B7" s="74" t="s">
         <v>67</v>
       </c>
       <c r="C7" s="77">
-        <v>2756495</v>
+        <v>2731780</v>
       </c>
       <c r="D7" s="80">
-        <v>1850898</v>
+        <v>1849324</v>
       </c>
       <c r="E7" s="28"/>
       <c r="F7" s="77">
-        <v>21314</v>
+        <v>31298</v>
       </c>
       <c r="G7" s="83">
-        <v>24171</v>
+        <v>23944</v>
       </c>
       <c r="H7" s="83">
-        <v>6530</v>
+        <v>6592</v>
       </c>
       <c r="I7" s="86">
-        <v>14540</v>
+        <v>15001</v>
       </c>
       <c r="J7" s="86">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="K7" s="89">
         <v>0.18</v>
       </c>
       <c r="L7" s="89">
-        <v>281.78</v>
+        <v>278.51</v>
       </c>
       <c r="M7" s="92">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:13" s="1" customFormat="1" ht="25.7" customHeight="1">
       <c r="A8" s="18" t="s">
         <v>68</v>
       </c>
       <c r="B8" s="74" t="s">
         <v>69</v>
       </c>
       <c r="C8" s="77">
-        <v>1294614</v>
+        <v>1290052</v>
       </c>
       <c r="D8" s="80">
-        <v>919975</v>
+        <v>910122</v>
       </c>
       <c r="E8" s="28"/>
       <c r="F8" s="77">
-        <v>7476</v>
+        <v>5702</v>
       </c>
       <c r="G8" s="83">
-        <v>7754</v>
+        <v>8259</v>
       </c>
       <c r="H8" s="83">
-        <v>3254</v>
+        <v>3186</v>
       </c>
       <c r="I8" s="86">
-        <v>4252</v>
+        <v>4517</v>
       </c>
       <c r="J8" s="86">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="K8" s="89">
-        <v>0.26</v>
+        <v>0.28</v>
       </c>
       <c r="L8" s="89">
-        <v>102.93</v>
+        <v>102.98</v>
       </c>
       <c r="M8" s="92">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:13" s="1" customFormat="1" ht="25.7" customHeight="1">
       <c r="A9" s="18" t="s">
         <v>70</v>
       </c>
       <c r="B9" s="74" t="s">
         <v>71</v>
       </c>
       <c r="C9" s="77">
-        <v>1217425</v>
+        <v>1216355</v>
       </c>
       <c r="D9" s="80">
-        <v>538634</v>
+        <v>538589</v>
       </c>
       <c r="E9" s="28"/>
       <c r="F9" s="77">
-        <v>4319</v>
+        <v>4046</v>
       </c>
       <c r="G9" s="83">
-        <v>6229</v>
+        <v>6149</v>
       </c>
       <c r="H9" s="83">
-        <v>1174</v>
+        <v>1178</v>
       </c>
       <c r="I9" s="86">
-        <v>4660</v>
+        <v>5455</v>
       </c>
       <c r="J9" s="86">
         <v>18</v>
       </c>
       <c r="K9" s="89">
         <v>0.09</v>
       </c>
       <c r="L9" s="89">
-        <v>992.31</v>
+        <v>938.79</v>
       </c>
       <c r="M9" s="92">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:13" s="1" customFormat="1" ht="25.7" customHeight="1">
       <c r="A10" s="18" t="s">
         <v>72</v>
       </c>
       <c r="B10" s="74" t="s">
         <v>73</v>
       </c>
       <c r="C10" s="77">
-        <v>2446109</v>
+        <v>2478579</v>
       </c>
       <c r="D10" s="80">
-        <v>1528884</v>
+        <v>1545721</v>
       </c>
       <c r="E10" s="28"/>
       <c r="F10" s="77">
-        <v>20809</v>
+        <v>17921</v>
       </c>
       <c r="G10" s="83">
-        <v>6392</v>
+        <v>6985</v>
       </c>
       <c r="H10" s="83">
-        <v>4046</v>
+        <v>3898</v>
       </c>
       <c r="I10" s="86">
-        <v>14140</v>
+        <v>15838</v>
       </c>
       <c r="J10" s="86">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="K10" s="89">
         <v>0.15</v>
       </c>
       <c r="L10" s="89">
-        <v>525.95</v>
+        <v>548.83</v>
       </c>
       <c r="M10" s="92">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13" s="1" customFormat="1" ht="25.7" customHeight="1">
       <c r="A11" s="18" t="s">
         <v>74</v>
       </c>
       <c r="B11" s="74" t="s">
         <v>75</v>
       </c>
       <c r="C11" s="77">
-        <v>8752377</v>
+        <v>8748065</v>
       </c>
       <c r="D11" s="80">
-        <v>5437724</v>
+        <v>5340523</v>
       </c>
       <c r="E11" s="28"/>
       <c r="F11" s="77">
-        <v>64162</v>
+        <v>128776</v>
       </c>
       <c r="G11" s="83">
-        <v>116426</v>
+        <v>87318</v>
       </c>
       <c r="H11" s="83">
-        <v>18455</v>
+        <v>17958</v>
       </c>
       <c r="I11" s="86">
-        <v>51252</v>
+        <v>54300</v>
       </c>
       <c r="J11" s="86">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="K11" s="89">
         <v>0.37</v>
       </c>
       <c r="L11" s="89">
-        <v>278</v>
+        <v>372.09</v>
       </c>
       <c r="M11" s="92">
-        <v>86</v>
+        <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:13" s="1" customFormat="1" ht="25.7" customHeight="1">
       <c r="A12" s="18" t="s">
         <v>76</v>
       </c>
       <c r="B12" s="74" t="s">
         <v>77</v>
       </c>
       <c r="C12" s="77">
-        <v>408356</v>
+        <v>423651</v>
       </c>
       <c r="D12" s="80">
-        <v>191403</v>
+        <v>203805</v>
       </c>
       <c r="E12" s="28"/>
       <c r="F12" s="77">
-        <v>7849</v>
+        <v>6788</v>
       </c>
       <c r="G12" s="83">
-        <v>1779</v>
+        <v>1912</v>
       </c>
       <c r="H12" s="83">
-        <v>1263</v>
+        <v>1283</v>
       </c>
       <c r="I12" s="86">
-        <v>1801</v>
+        <v>2202</v>
       </c>
       <c r="J12" s="86">
         <v>7</v>
       </c>
       <c r="K12" s="89">
-        <v>0.83</v>
+        <v>0.75</v>
       </c>
       <c r="L12" s="89">
-        <v>179.13</v>
+        <v>179.43</v>
       </c>
       <c r="M12" s="92">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:13" s="1" customFormat="1" ht="25.7" customHeight="1">
       <c r="A13" s="18" t="s">
         <v>78</v>
       </c>
       <c r="B13" s="74" t="s">
         <v>79</v>
       </c>
       <c r="C13" s="77">
-        <v>3316008</v>
+        <v>3324547</v>
       </c>
       <c r="D13" s="80">
-        <v>2046800</v>
+        <v>2087494</v>
       </c>
       <c r="E13" s="28"/>
       <c r="F13" s="77">
-        <v>11701</v>
+        <v>20983</v>
       </c>
       <c r="G13" s="83">
-        <v>25670</v>
+        <v>61543</v>
       </c>
       <c r="H13" s="83">
-        <v>8781</v>
+        <v>8915</v>
       </c>
       <c r="I13" s="86">
-        <v>21395</v>
+        <v>23991</v>
       </c>
       <c r="J13" s="86">
-        <v>119</v>
+        <v>141</v>
       </c>
       <c r="K13" s="89">
         <v>0.5</v>
       </c>
       <c r="L13" s="89">
-        <v>502</v>
+        <v>507.79</v>
       </c>
       <c r="M13" s="92">
-        <v>62</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:13" s="1" customFormat="1" ht="25.7" customHeight="1">
       <c r="A14" s="18" t="s">
         <v>80</v>
       </c>
       <c r="B14" s="74" t="s">
         <v>81</v>
       </c>
       <c r="C14" s="77">
-        <v>6629102</v>
+        <v>6632949</v>
       </c>
       <c r="D14" s="80">
-        <v>4844510</v>
+        <v>4852939</v>
       </c>
       <c r="E14" s="28"/>
       <c r="F14" s="77">
-        <v>65893</v>
+        <v>44324</v>
       </c>
       <c r="G14" s="83">
-        <v>64920</v>
+        <v>44428</v>
       </c>
       <c r="H14" s="83">
-        <v>11121</v>
+        <v>11315</v>
       </c>
       <c r="I14" s="86">
-        <v>43936</v>
+        <v>48400</v>
       </c>
       <c r="J14" s="86">
-        <v>134</v>
+        <v>108</v>
       </c>
       <c r="K14" s="89">
-        <v>0.23</v>
+        <v>0.22</v>
       </c>
       <c r="L14" s="89">
-        <v>613.38</v>
+        <v>629.07</v>
       </c>
       <c r="M14" s="92">
-        <v>48</v>
+        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:13" s="1" customFormat="1" ht="25.7" customHeight="1">
       <c r="A15" s="18" t="s">
         <v>82</v>
       </c>
       <c r="B15" s="74" t="s">
         <v>83</v>
       </c>
       <c r="C15" s="77">
-        <v>120676</v>
+        <v>120826</v>
       </c>
       <c r="D15" s="80">
-        <v>61723</v>
+        <v>62645</v>
       </c>
       <c r="E15" s="28"/>
       <c r="F15" s="77">
-        <v>744</v>
+        <v>575</v>
       </c>
       <c r="G15" s="83">
-        <v>2514</v>
+        <v>528</v>
       </c>
       <c r="H15" s="83">
         <v>144</v>
       </c>
       <c r="I15" s="86">
-        <v>496</v>
+        <v>513</v>
       </c>
       <c r="J15" s="86">
         <v>1</v>
       </c>
       <c r="K15" s="89">
-        <v>0.2</v>
+        <v>0.19</v>
       </c>
       <c r="L15" s="89">
-        <v>281.77</v>
+        <v>184.32</v>
       </c>
       <c r="M15" s="92">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:13" s="1" customFormat="1" ht="25.7" customHeight="1">
       <c r="A16" s="18" t="s">
         <v>84</v>
       </c>
       <c r="B16" s="74" t="s">
         <v>85</v>
       </c>
       <c r="C16" s="77">
-        <v>9305508</v>
+        <v>9458117</v>
       </c>
       <c r="D16" s="80">
-        <v>6375464</v>
+        <v>6685860</v>
       </c>
       <c r="E16" s="28"/>
       <c r="F16" s="77">
-        <v>330062</v>
+        <v>148745</v>
       </c>
       <c r="G16" s="83">
-        <v>131381</v>
+        <v>93990</v>
       </c>
       <c r="H16" s="83">
-        <v>17442</v>
+        <v>17912</v>
       </c>
       <c r="I16" s="86">
-        <v>73734</v>
+        <v>83918</v>
       </c>
       <c r="J16" s="86">
-        <v>514</v>
+        <v>539</v>
       </c>
       <c r="K16" s="89">
-        <v>0.11</v>
+        <v>0.12</v>
       </c>
       <c r="L16" s="89">
-        <v>306.53</v>
+        <v>299.62</v>
       </c>
       <c r="M16" s="92">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:13" s="1" customFormat="1" ht="25.7" customHeight="1">
       <c r="A17" s="18" t="s">
         <v>86</v>
       </c>
       <c r="B17" s="74" t="s">
         <v>87</v>
       </c>
       <c r="C17" s="77">
-        <v>710730</v>
+        <v>800971</v>
       </c>
       <c r="D17" s="80">
-        <v>299571</v>
+        <v>323767</v>
       </c>
       <c r="E17" s="28"/>
       <c r="F17" s="77">
-        <v>4610</v>
+        <v>41200</v>
       </c>
       <c r="G17" s="83">
-        <v>6413</v>
+        <v>21861</v>
       </c>
       <c r="H17" s="83">
-        <v>1060</v>
+        <v>1085</v>
       </c>
       <c r="I17" s="86">
-        <v>7366</v>
+        <v>7728</v>
       </c>
       <c r="J17" s="86">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K17" s="89">
-        <v>0.73</v>
+        <v>0.62</v>
       </c>
       <c r="L17" s="89">
-        <v>256.8</v>
+        <v>236.33</v>
       </c>
       <c r="M17" s="92">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:13" s="1" customFormat="1" ht="25.7" customHeight="1">
       <c r="A18" s="18" t="s">
         <v>88</v>
       </c>
       <c r="B18" s="74" t="s">
         <v>89</v>
       </c>
       <c r="C18" s="77">
-        <v>510332</v>
+        <v>602725</v>
       </c>
       <c r="D18" s="80">
-        <v>166654</v>
+        <v>192537</v>
       </c>
       <c r="E18" s="28"/>
       <c r="F18" s="77">
-        <v>1818</v>
+        <v>38723</v>
       </c>
       <c r="G18" s="83">
-        <v>3521</v>
+        <v>18387</v>
       </c>
       <c r="H18" s="83">
-        <v>802</v>
+        <v>827</v>
       </c>
       <c r="I18" s="86">
-        <v>781</v>
+        <v>876</v>
       </c>
       <c r="J18" s="86">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K18" s="89">
-        <v>2.34</v>
+        <v>2.02</v>
       </c>
       <c r="L18" s="89">
-        <v>152.39</v>
+        <v>116.19</v>
       </c>
       <c r="M18" s="92">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:13" s="1" customFormat="1" ht="25.7" customHeight="1">
       <c r="A19" s="18" t="s">
         <v>90</v>
       </c>
       <c r="B19" s="74" t="s">
         <v>91</v>
       </c>
       <c r="C19" s="77">
-        <v>200398</v>
+        <v>198246</v>
       </c>
       <c r="D19" s="80">
-        <v>132917</v>
+        <v>131230</v>
       </c>
       <c r="E19" s="28"/>
       <c r="F19" s="77">
-        <v>2792</v>
+        <v>2477</v>
       </c>
       <c r="G19" s="83">
-        <v>2892</v>
+        <v>3474</v>
       </c>
       <c r="H19" s="83">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="I19" s="86">
-        <v>6585</v>
+        <v>6852</v>
       </c>
       <c r="J19" s="86">
         <v>1</v>
       </c>
       <c r="K19" s="89">
-        <v>0.23</v>
+        <v>0.15</v>
       </c>
       <c r="L19" s="89">
-        <v>575.74</v>
+        <v>632.71</v>
       </c>
       <c r="M19" s="92">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:13" s="1" customFormat="1" ht="25.7" customHeight="1">
       <c r="A20" s="18"/>
       <c r="B20" s="21"/>
       <c r="C20" s="32"/>
       <c r="D20" s="33"/>
       <c r="E20" s="28"/>
       <c r="F20" s="32"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="35"/>
       <c r="J20" s="35"/>
       <c r="K20" s="35"/>
       <c r="L20" s="35"/>
       <c r="M20" s="36"/>
     </row>
     <row r="21" spans="1:13" s="1" customFormat="1" ht="25.7" customHeight="1">
       <c r="A21" s="18"/>
       <c r="B21" s="21"/>
       <c r="C21" s="32"/>
       <c r="D21" s="33"/>
       <c r="E21" s="28"/>
       <c r="F21" s="32"/>
       <c r="G21" s="34"/>