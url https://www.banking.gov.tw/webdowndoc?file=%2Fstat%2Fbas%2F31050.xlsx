--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -170,123 +170,123 @@
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan)</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業業銀行</t>
+    <t>京城商業銀行　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　#</t>
   </si>
   <si>
     <t>Taiwan Shin Kong Commercial Bank</t>
   </si>
   <si>
     <t>Notes：The definitions for small and medium enterprises are based on the "Criteria for Small and Medium 
 　　 　 Enterprises" set by the Ministry of Economic Affairs.</t>
   </si>
   <si>
     <t>說　　明：1. 「中小企業」依據經濟部之「中小企業認定標準」予以界定。
 　　　　　2. 占放款％係指占各銀行國內總分行放款餘額(含催收款)之百分比。
 　　　　　3. #係金融控股公司之子公司。</t>
   </si>
   <si>
     <t>Source：Provided by Individual Institutions.</t>
   </si>
   <si>
     <t>資料來源：金融機構單一申報資料。</t>
   </si>
   <si>
+    <t>End of Dec. 2025</t>
+  </si>
+  <si>
     <t>End of Sept. 2025</t>
   </si>
   <si>
-    <t>End of June 2025</t>
+    <t>End of Dec. 2024</t>
   </si>
   <si>
     <t>End of Sept. 2024</t>
   </si>
   <si>
-    <t>End of June 2024</t>
+    <t>114年12月底</t>
   </si>
   <si>
     <t>114年9月底</t>
   </si>
   <si>
-    <t>114年6月底</t>
+    <t>113年12月底</t>
   </si>
   <si>
     <t>113年9月底</t>
   </si>
   <si>
-    <t>113年6月底</t>
-[...5 lines deleted...]
-    <t>中華民國114年9月底</t>
+    <t>End of  Dec. 2025</t>
+  </si>
+  <si>
+    <t>中華民國114年12月底</t>
   </si>
   <si>
     <t>放款(含催收款)餘額</t>
   </si>
   <si>
     <t>Enterprises at General Banks</t>
   </si>
   <si>
     <t>陽信商業銀行</t>
   </si>
   <si>
     <t>Sunny Bank Ltd.</t>
   </si>
   <si>
     <t>板信商業銀行</t>
   </si>
   <si>
     <t>Bank Of Panhsin</t>
   </si>
   <si>
     <t>三信商業銀行</t>
   </si>
   <si>
     <t>Cota Bank</t>
   </si>
@@ -1686,84 +1686,84 @@
     </xf>
     <xf xxid="165" numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf xxid="166" numFmtId="49" fontId="0" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf xxid="167" numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf xxid="168" numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf xxid="169" numFmtId="0" fontId="30" fillId="2" borderId="31" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf xxid="170" numFmtId="0" fontId="30" fillId="2" borderId="28" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf xxid="171" numFmtId="0" fontId="30" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf xxid="172" numFmtId="0" fontId="31" fillId="2" borderId="23" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf xxid="173" numFmtId="180" fontId="2" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...32 lines deleted...]
-    <xf xxid="184" numFmtId="181" fontId="28" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="173" numFmtId="180" fontId="2" fillId="2" borderId="21" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="174" numFmtId="180" fontId="28" fillId="2" borderId="21" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="175" numFmtId="181" fontId="2" fillId="2" borderId="22" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="176" numFmtId="181" fontId="28" fillId="2" borderId="22" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="177" numFmtId="181" fontId="2" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="178" numFmtId="181" fontId="28" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="179" numFmtId="180" fontId="2" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="180" numFmtId="180" fontId="28" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="181" numFmtId="181" fontId="2" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="182" numFmtId="181" fontId="28" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="183" numFmtId="181" fontId="2" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="184" numFmtId="181" fontId="28" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="47">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色2" xfId="16"/>
     <cellStyle name="20% - 輔色3" xfId="17"/>
     <cellStyle name="20% - 輔色4" xfId="18"/>
     <cellStyle name="20% - 輔色5" xfId="19"/>
     <cellStyle name="20% - 輔色6" xfId="20"/>
     <cellStyle name="40% - 輔色1" xfId="21"/>
     <cellStyle name="40% - 輔色2" xfId="22"/>
     <cellStyle name="40% - 輔色3" xfId="23"/>
     <cellStyle name="40% - 輔色4" xfId="24"/>
     <cellStyle name="40% - 輔色5" xfId="25"/>
     <cellStyle name="40% - 輔色6" xfId="26"/>
     <cellStyle name="60% - 輔色1" xfId="27"/>
     <cellStyle name="60% - 輔色2" xfId="28"/>
     <cellStyle name="60% - 輔色3" xfId="29"/>
     <cellStyle name="60% - 輔色4" xfId="30"/>
     <cellStyle name="60% - 輔色5" xfId="31"/>
     <cellStyle name="60% - 輔色6" xfId="32"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="33" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="34" builtinId="6"/>
@@ -1937,799 +1937,799 @@
       </c>
       <c r="G6" s="2" t="s">
         <v>1</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="24.9" customHeight="1">
       <c r="A7" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="63" t="s">
         <v>7</v>
       </c>
       <c r="C7" s="65">
-        <v>10934835</v>
+        <v>11049424</v>
       </c>
       <c r="D7" s="67">
         <v>27.11</v>
       </c>
       <c r="E7"/>
       <c r="F7" s="65">
-        <v>10721630</v>
+        <v>10934835</v>
       </c>
       <c r="G7" s="69">
-        <v>27.14</v>
+        <v>27.11</v>
       </c>
       <c r="H7" s="71">
+        <v>10506509</v>
+      </c>
+      <c r="I7" s="73">
+        <v>27.31</v>
+      </c>
+      <c r="J7" s="71">
         <v>10435870</v>
       </c>
-      <c r="I7" s="73">
+      <c r="K7" s="75">
         <v>27.51</v>
-      </c>
-[...4 lines deleted...]
-        <v>28.01</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="24.9" customHeight="1">
       <c r="A8" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="77" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="79">
-        <v>427376</v>
+        <v>431534</v>
       </c>
       <c r="D8" s="81">
-        <v>13.11</v>
+        <v>12.96</v>
       </c>
       <c r="E8"/>
       <c r="F8" s="79">
-        <v>429473</v>
+        <v>427376</v>
       </c>
       <c r="G8" s="83">
-        <v>13.05</v>
+        <v>13.11</v>
       </c>
       <c r="H8" s="85">
+        <v>445853</v>
+      </c>
+      <c r="I8" s="87">
+        <v>13.83</v>
+      </c>
+      <c r="J8" s="85">
         <v>446820</v>
       </c>
-      <c r="I8" s="87">
+      <c r="K8" s="89">
         <v>14.18</v>
-      </c>
-[...4 lines deleted...]
-        <v>15.11</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="24.9" customHeight="1">
       <c r="A9" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="77" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="79">
-        <v>583492</v>
+        <v>579366</v>
       </c>
       <c r="D9" s="81">
-        <v>24.53</v>
+        <v>24.34</v>
       </c>
       <c r="E9"/>
       <c r="F9" s="79">
-        <v>575867</v>
+        <v>583492</v>
       </c>
       <c r="G9" s="83">
-        <v>24.69</v>
+        <v>24.53</v>
       </c>
       <c r="H9" s="85">
+        <v>585296</v>
+      </c>
+      <c r="I9" s="87">
+        <v>25.49</v>
+      </c>
+      <c r="J9" s="85">
         <v>587698</v>
       </c>
-      <c r="I9" s="87">
+      <c r="K9" s="89">
         <v>26.57</v>
-      </c>
-[...4 lines deleted...]
-        <v>27.49</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="24.9" customHeight="1">
       <c r="A10" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="77" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="79">
-        <v>877456</v>
+        <v>855136</v>
       </c>
       <c r="D10" s="81">
-        <v>29.73</v>
+        <v>29.66</v>
       </c>
       <c r="E10"/>
       <c r="F10" s="79">
-        <v>843464</v>
+        <v>877456</v>
       </c>
       <c r="G10" s="83">
-        <v>29.97</v>
+        <v>29.73</v>
       </c>
       <c r="H10" s="85">
+        <v>837773</v>
+      </c>
+      <c r="I10" s="87">
+        <v>29.58</v>
+      </c>
+      <c r="J10" s="85">
         <v>843763</v>
       </c>
-      <c r="I10" s="87">
+      <c r="K10" s="89">
         <v>30.58</v>
-      </c>
-[...4 lines deleted...]
-        <v>31.23</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="24.9" customHeight="1">
       <c r="A11" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="77" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="79">
-        <v>992778</v>
+        <v>1017834</v>
       </c>
       <c r="D11" s="81">
-        <v>42.47</v>
+        <v>42.88</v>
       </c>
       <c r="E11"/>
       <c r="F11" s="79">
-        <v>978345</v>
+        <v>992778</v>
       </c>
       <c r="G11" s="83">
-        <v>43.03</v>
+        <v>42.47</v>
       </c>
       <c r="H11" s="85">
+        <v>960570</v>
+      </c>
+      <c r="I11" s="87">
+        <v>42.93</v>
+      </c>
+      <c r="J11" s="85">
         <v>947789</v>
       </c>
-      <c r="I11" s="87">
+      <c r="K11" s="89">
         <v>43.55</v>
-      </c>
-[...4 lines deleted...]
-        <v>45.13</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="24.9" customHeight="1">
       <c r="A12" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="77" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="79">
-        <v>776376</v>
+        <v>782200</v>
       </c>
       <c r="D12" s="81">
-        <v>36.31</v>
+        <v>36.18</v>
       </c>
       <c r="E12"/>
       <c r="F12" s="79">
-        <v>779400</v>
+        <v>776376</v>
       </c>
       <c r="G12" s="83">
-        <v>36.63</v>
+        <v>36.31</v>
       </c>
       <c r="H12" s="85">
+        <v>788323</v>
+      </c>
+      <c r="I12" s="87">
+        <v>36.95</v>
+      </c>
+      <c r="J12" s="85">
         <v>799148</v>
       </c>
-      <c r="I12" s="87">
+      <c r="K12" s="89">
         <v>37.58</v>
-      </c>
-[...4 lines deleted...]
-        <v>37.79</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="24.9" customHeight="1">
       <c r="A13" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="77" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="79">
-        <v>681361</v>
+        <v>700900</v>
       </c>
       <c r="D13" s="81">
-        <v>38.81</v>
+        <v>39.15</v>
       </c>
       <c r="E13"/>
       <c r="F13" s="79">
-        <v>662235</v>
+        <v>681361</v>
       </c>
       <c r="G13" s="83">
-        <v>38.23</v>
+        <v>38.81</v>
       </c>
       <c r="H13" s="85">
+        <v>665980</v>
+      </c>
+      <c r="I13" s="87">
+        <v>38.7</v>
+      </c>
+      <c r="J13" s="85">
         <v>671771</v>
       </c>
-      <c r="I13" s="87">
+      <c r="K13" s="89">
         <v>39.04</v>
-      </c>
-[...4 lines deleted...]
-        <v>39.28</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="24.9" customHeight="1">
       <c r="A14" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="77" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="79">
-        <v>295688</v>
+        <v>302396</v>
       </c>
       <c r="D14" s="81">
-        <v>37.89</v>
+        <v>37.87</v>
       </c>
       <c r="E14"/>
       <c r="F14" s="79">
-        <v>297825</v>
+        <v>295688</v>
       </c>
       <c r="G14" s="83">
-        <v>38.28</v>
+        <v>37.89</v>
       </c>
       <c r="H14" s="85">
+        <v>289142</v>
+      </c>
+      <c r="I14" s="87">
+        <v>37.83</v>
+      </c>
+      <c r="J14" s="85">
         <v>290265</v>
       </c>
-      <c r="I14" s="87">
+      <c r="K14" s="89">
         <v>38.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>38.4</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="24.9" customHeight="1">
       <c r="A15" s="11" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="77" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="79">
-        <v>438018</v>
+        <v>443780</v>
       </c>
       <c r="D15" s="81">
-        <v>20.52</v>
+        <v>20.36</v>
       </c>
       <c r="E15"/>
       <c r="F15" s="79">
-        <v>420629</v>
+        <v>438018</v>
       </c>
       <c r="G15" s="83">
-        <v>20.37</v>
+        <v>20.52</v>
       </c>
       <c r="H15" s="85">
+        <v>390745</v>
+      </c>
+      <c r="I15" s="87">
+        <v>19.72</v>
+      </c>
+      <c r="J15" s="85">
         <v>385249</v>
       </c>
-      <c r="I15" s="87">
+      <c r="K15" s="89">
         <v>19.71</v>
-      </c>
-[...4 lines deleted...]
-        <v>19.65</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="24.9" customHeight="1">
       <c r="A16" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="77" t="s">
         <v>25</v>
       </c>
       <c r="C16" s="79">
-        <v>360479</v>
+        <v>361795</v>
       </c>
       <c r="D16" s="81">
-        <v>14.39</v>
+        <v>14.13</v>
       </c>
       <c r="E16"/>
       <c r="F16" s="79">
-        <v>350924</v>
+        <v>360479</v>
       </c>
       <c r="G16" s="83">
-        <v>14.29</v>
+        <v>14.39</v>
       </c>
       <c r="H16" s="85">
+        <v>335199</v>
+      </c>
+      <c r="I16" s="87">
+        <v>14.08</v>
+      </c>
+      <c r="J16" s="85">
         <v>337927</v>
       </c>
-      <c r="I16" s="87">
+      <c r="K16" s="89">
         <v>14.57</v>
-      </c>
-[...4 lines deleted...]
-        <v>14.95</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="24.9" customHeight="1">
       <c r="A17" s="11" t="s">
         <v>26</v>
       </c>
       <c r="B17" s="77" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="79">
-        <v>13167</v>
+        <v>13359</v>
       </c>
       <c r="D17" s="81">
-        <v>9.74</v>
+        <v>9.96</v>
       </c>
       <c r="E17"/>
       <c r="F17" s="79">
-        <v>13111</v>
+        <v>13167</v>
       </c>
       <c r="G17" s="83">
-        <v>9.9</v>
+        <v>9.74</v>
       </c>
       <c r="H17" s="85">
+        <v>10350</v>
+      </c>
+      <c r="I17" s="87">
+        <v>8.32</v>
+      </c>
+      <c r="J17" s="85">
         <v>9860</v>
       </c>
-      <c r="I17" s="87">
+      <c r="K17" s="89">
         <v>8.16</v>
-      </c>
-[...4 lines deleted...]
-        <v>8.51</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="24.9" customHeight="1">
       <c r="A18" s="11" t="s">
         <v>28</v>
       </c>
       <c r="B18" s="77" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="79">
-        <v>92918</v>
+        <v>90494</v>
       </c>
       <c r="D18" s="81">
-        <v>43.75</v>
+        <v>43.55</v>
       </c>
       <c r="E18"/>
       <c r="F18" s="79">
-        <v>94704</v>
+        <v>92918</v>
       </c>
       <c r="G18" s="83">
-        <v>44.84</v>
+        <v>43.75</v>
       </c>
       <c r="H18" s="85">
+        <v>94377</v>
+      </c>
+      <c r="I18" s="87">
+        <v>47.36</v>
+      </c>
+      <c r="J18" s="85">
         <v>91716</v>
       </c>
-      <c r="I18" s="87">
+      <c r="K18" s="89">
         <v>47.03</v>
-      </c>
-[...4 lines deleted...]
-        <v>46.4</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="24.9" customHeight="1">
       <c r="A19" s="11" t="s">
         <v>30</v>
       </c>
       <c r="B19" s="77" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="79">
-        <v>727856</v>
+        <v>744398</v>
       </c>
       <c r="D19" s="81">
-        <v>38.31</v>
+        <v>38.24</v>
       </c>
       <c r="E19"/>
       <c r="F19" s="79">
-        <v>714950</v>
+        <v>727856</v>
       </c>
       <c r="G19" s="83">
-        <v>38.91</v>
+        <v>38.31</v>
       </c>
       <c r="H19" s="85">
+        <v>708400</v>
+      </c>
+      <c r="I19" s="87">
+        <v>39.79</v>
+      </c>
+      <c r="J19" s="85">
         <v>707546</v>
       </c>
-      <c r="I19" s="87">
+      <c r="K19" s="89">
         <v>40.58</v>
-      </c>
-[...4 lines deleted...]
-        <v>40.73</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="24.9" customHeight="1">
       <c r="A20" s="11" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="77" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="79">
-        <v>5655</v>
+        <v>4876</v>
       </c>
       <c r="D20" s="81">
-        <v>8.95</v>
+        <v>8.99</v>
       </c>
       <c r="E20"/>
       <c r="F20" s="79">
-        <v>4776</v>
+        <v>5655</v>
       </c>
       <c r="G20" s="83">
-        <v>7.89</v>
+        <v>8.95</v>
       </c>
       <c r="H20" s="85">
+        <v>5729</v>
+      </c>
+      <c r="I20" s="87">
+        <v>7.22</v>
+      </c>
+      <c r="J20" s="85">
         <v>6024</v>
       </c>
-      <c r="I20" s="87">
+      <c r="K20" s="89">
         <v>7.67</v>
-      </c>
-[...4 lines deleted...]
-        <v>8.64</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="24.9" customHeight="1">
       <c r="A21" s="11" t="s">
         <v>34</v>
       </c>
       <c r="B21" s="77" t="s">
         <v>35</v>
       </c>
       <c r="C21" s="79">
-        <v>41210</v>
+        <v>40994</v>
       </c>
       <c r="D21" s="81">
-        <v>25.74</v>
+        <v>24.99</v>
       </c>
       <c r="E21"/>
       <c r="F21" s="79">
-        <v>40714</v>
+        <v>41210</v>
       </c>
       <c r="G21" s="83">
-        <v>25.32</v>
+        <v>25.74</v>
       </c>
       <c r="H21" s="85">
-        <v>40183</v>
+        <v>40615</v>
       </c>
       <c r="I21" s="87">
         <v>26.39</v>
       </c>
       <c r="J21" s="85">
-        <v>38420</v>
+        <v>40183</v>
       </c>
       <c r="K21" s="89">
-        <v>26.4</v>
+        <v>26.39</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="24.9" customHeight="1">
       <c r="A22" s="11" t="s">
         <v>36</v>
       </c>
       <c r="B22" s="77" t="s">
         <v>37</v>
       </c>
       <c r="C22" s="79">
-        <v>814094</v>
+        <v>822443</v>
       </c>
       <c r="D22" s="81">
-        <v>53.81</v>
+        <v>54.56</v>
       </c>
       <c r="E22"/>
       <c r="F22" s="79">
-        <v>804723</v>
+        <v>814094</v>
       </c>
       <c r="G22" s="83">
-        <v>53.58</v>
+        <v>53.81</v>
       </c>
       <c r="H22" s="85">
+        <v>807073</v>
+      </c>
+      <c r="I22" s="87">
+        <v>54.5</v>
+      </c>
+      <c r="J22" s="85">
         <v>792527</v>
       </c>
-      <c r="I22" s="87">
+      <c r="K22" s="89">
         <v>55.06</v>
-      </c>
-[...4 lines deleted...]
-        <v>55.59</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="24.9" customHeight="1">
       <c r="A23" s="11" t="s">
         <v>38</v>
       </c>
       <c r="B23" s="77" t="s">
         <v>39</v>
       </c>
       <c r="C23" s="79">
-        <v>4913</v>
+        <v>4075</v>
       </c>
       <c r="D23" s="81">
-        <v>1.62</v>
+        <v>1.35</v>
       </c>
       <c r="E23"/>
       <c r="F23" s="79">
-        <v>4525</v>
+        <v>4913</v>
       </c>
       <c r="G23" s="83">
-        <v>1.49</v>
+        <v>1.62</v>
       </c>
       <c r="H23" s="85">
+        <v>2806</v>
+      </c>
+      <c r="I23" s="87">
+        <v>0.95</v>
+      </c>
+      <c r="J23" s="85">
         <v>1341</v>
       </c>
-      <c r="I23" s="87">
+      <c r="K23" s="89">
         <v>0.46</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.57</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="24.9" customHeight="1">
       <c r="A24" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B24" s="77" t="s">
         <v>41</v>
       </c>
       <c r="C24" s="79">
-        <v>227393</v>
+        <v>226838</v>
       </c>
       <c r="D24" s="81">
-        <v>38.42</v>
+        <v>38.27</v>
       </c>
       <c r="E24"/>
       <c r="F24" s="79">
-        <v>229727</v>
+        <v>227393</v>
       </c>
       <c r="G24" s="83">
-        <v>38.8</v>
+        <v>38.42</v>
       </c>
       <c r="H24" s="85">
+        <v>217485</v>
+      </c>
+      <c r="I24" s="87">
+        <v>38.49</v>
+      </c>
+      <c r="J24" s="85">
         <v>209551</v>
       </c>
-      <c r="I24" s="87">
+      <c r="K24" s="89">
         <v>38.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>38.13</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="24.9" customHeight="1">
       <c r="A25" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B25" s="77" t="s">
         <v>43</v>
       </c>
       <c r="C25" s="79">
-        <v>141101</v>
+        <v>142961</v>
       </c>
       <c r="D25" s="81">
-        <v>63.67</v>
+        <v>63.68</v>
       </c>
       <c r="E25"/>
       <c r="F25" s="79">
-        <v>139998</v>
+        <v>141101</v>
       </c>
       <c r="G25" s="83">
-        <v>63.4</v>
+        <v>63.67</v>
       </c>
       <c r="H25" s="85">
+        <v>151957</v>
+      </c>
+      <c r="I25" s="87">
+        <v>65.28</v>
+      </c>
+      <c r="J25" s="85">
         <v>141475</v>
       </c>
-      <c r="I25" s="87">
+      <c r="K25" s="89">
         <v>64.66</v>
-      </c>
-[...4 lines deleted...]
-        <v>65.31</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="24.9" customHeight="1">
       <c r="A26" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B26" s="77" t="s">
         <v>45</v>
       </c>
       <c r="C26" s="79">
-        <v>28908</v>
+        <v>23467</v>
       </c>
       <c r="D26" s="81">
-        <v>8.93</v>
+        <v>7.07</v>
       </c>
       <c r="E26"/>
       <c r="F26" s="79">
-        <v>27852</v>
+        <v>28908</v>
       </c>
       <c r="G26" s="83">
-        <v>8.66</v>
+        <v>8.93</v>
       </c>
       <c r="H26" s="85">
+        <v>27739</v>
+      </c>
+      <c r="I26" s="87">
+        <v>8.84</v>
+      </c>
+      <c r="J26" s="85">
         <v>32501</v>
       </c>
-      <c r="I26" s="87">
+      <c r="K26" s="89">
         <v>10.25</v>
-      </c>
-[...4 lines deleted...]
-        <v>8.98</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="24.9" customHeight="1">
       <c r="A27" s="11" t="s">
         <v>46</v>
       </c>
       <c r="B27" s="77" t="s">
         <v>47</v>
       </c>
       <c r="C27" s="79">
-        <v>21611</v>
+        <v>22257</v>
       </c>
       <c r="D27" s="81">
-        <v>35.04</v>
+        <v>35.58</v>
       </c>
       <c r="E27"/>
       <c r="F27" s="79">
-        <v>21097</v>
+        <v>21611</v>
       </c>
       <c r="G27" s="83">
-        <v>34.63</v>
+        <v>35.04</v>
       </c>
       <c r="H27" s="85">
+        <v>18607</v>
+      </c>
+      <c r="I27" s="87">
+        <v>32.14</v>
+      </c>
+      <c r="J27" s="85">
         <v>18310</v>
       </c>
-      <c r="I27" s="87">
+      <c r="K27" s="89">
         <v>32.52</v>
-      </c>
-[...4 lines deleted...]
-        <v>32.84</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="24.9" customHeight="1">
       <c r="A28" s="11" t="s">
         <v>48</v>
       </c>
       <c r="B28" s="77" t="s">
         <v>49</v>
       </c>
       <c r="C28" s="79">
-        <v>84089</v>
+        <v>84744</v>
       </c>
       <c r="D28" s="81">
-        <v>44.94</v>
+        <v>45.26</v>
       </c>
       <c r="E28"/>
       <c r="F28" s="79">
-        <v>81316</v>
+        <v>84089</v>
       </c>
       <c r="G28" s="83">
-        <v>44.57</v>
+        <v>44.94</v>
       </c>
       <c r="H28" s="85">
+        <v>75874</v>
+      </c>
+      <c r="I28" s="87">
+        <v>44.81</v>
+      </c>
+      <c r="J28" s="85">
         <v>74142</v>
       </c>
-      <c r="I28" s="87">
+      <c r="K28" s="89">
         <v>45.56</v>
-      </c>
-[...4 lines deleted...]
-        <v>47.65</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="24.9" customHeight="1" thickBot="1">
       <c r="A29" s="12" t="s">
         <v>50</v>
       </c>
       <c r="B29" s="91" t="s">
         <v>51</v>
       </c>
       <c r="C29" s="79">
-        <v>222368</v>
+        <v>227187</v>
       </c>
       <c r="D29" s="81">
-        <v>26.44</v>
+        <v>26.9</v>
       </c>
       <c r="E29"/>
       <c r="F29" s="93">
-        <v>213801</v>
+        <v>222368</v>
       </c>
       <c r="G29" s="95">
-        <v>26.01</v>
+        <v>26.44</v>
       </c>
       <c r="H29" s="97">
+        <v>203248</v>
+      </c>
+      <c r="I29" s="99">
+        <v>25.5</v>
+      </c>
+      <c r="J29" s="97">
         <v>199700</v>
       </c>
-      <c r="I29" s="99">
+      <c r="K29" s="101">
         <v>25.32</v>
-      </c>
-[...4 lines deleted...]
-        <v>25.25</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="53" t="s">
         <v>55</v>
       </c>
       <c r="B30" s="54"/>
       <c r="C30" s="54"/>
       <c r="D30" s="54"/>
       <c r="E30"/>
       <c r="F30" s="107" t="s">
         <v>54</v>
       </c>
       <c r="G30" s="40"/>
       <c r="H30" s="40"/>
       <c r="I30" s="40"/>
       <c r="J30" s="40"/>
       <c r="K30" s="40"/>
     </row>
     <row r="31" spans="1:11" ht="16.5" customHeight="1">
       <c r="A31" s="105" t="s">
         <v>53</v>
       </c>
       <c r="B31" s="49"/>
       <c r="C31" s="49"/>
@@ -2968,628 +2968,628 @@
       </c>
       <c r="G6" s="2" t="s">
         <v>1</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="24.9" customHeight="1">
       <c r="A7" s="10" t="s">
         <v>68</v>
       </c>
       <c r="B7" s="63" t="s">
         <v>69</v>
       </c>
       <c r="C7" s="65">
-        <v>236306</v>
+        <v>240654</v>
       </c>
       <c r="D7" s="67">
-        <v>46.29</v>
+        <v>46.14</v>
       </c>
       <c r="E7"/>
       <c r="F7" s="65">
-        <v>232713</v>
+        <v>236306</v>
       </c>
       <c r="G7" s="69">
-        <v>46.21</v>
+        <v>46.29</v>
       </c>
       <c r="H7" s="71">
+        <v>227836</v>
+      </c>
+      <c r="I7" s="73">
+        <v>46.39</v>
+      </c>
+      <c r="J7" s="71">
         <v>226584</v>
       </c>
-      <c r="I7" s="73">
+      <c r="K7" s="75">
         <v>46.98</v>
-      </c>
-[...4 lines deleted...]
-        <v>47.16</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="24.9" customHeight="1">
       <c r="A8" s="11" t="s">
         <v>70</v>
       </c>
       <c r="B8" s="77" t="s">
         <v>71</v>
       </c>
       <c r="C8" s="79">
-        <v>100857</v>
+        <v>103345</v>
       </c>
       <c r="D8" s="81">
-        <v>48.29</v>
+        <v>47.88</v>
       </c>
       <c r="E8"/>
       <c r="F8" s="79">
-        <v>100037</v>
+        <v>100857</v>
       </c>
       <c r="G8" s="83">
-        <v>49.11</v>
+        <v>48.29</v>
       </c>
       <c r="H8" s="85">
+        <v>99874</v>
+      </c>
+      <c r="I8" s="87">
+        <v>49.63</v>
+      </c>
+      <c r="J8" s="85">
         <v>97943</v>
       </c>
-      <c r="I8" s="87">
+      <c r="K8" s="89">
         <v>49.52</v>
-      </c>
-[...4 lines deleted...]
-        <v>50.39</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="24.9" customHeight="1">
       <c r="A9" s="11" t="s">
         <v>72</v>
       </c>
       <c r="B9" s="77" t="s">
         <v>73</v>
       </c>
       <c r="C9" s="79">
-        <v>34453</v>
+        <v>35694</v>
       </c>
       <c r="D9" s="81">
-        <v>23.05</v>
+        <v>23.69</v>
       </c>
       <c r="E9"/>
       <c r="F9" s="79">
-        <v>34641</v>
+        <v>34453</v>
       </c>
       <c r="G9" s="83">
-        <v>23.26</v>
+        <v>23.05</v>
       </c>
       <c r="H9" s="85">
+        <v>35819</v>
+      </c>
+      <c r="I9" s="87">
+        <v>24.74</v>
+      </c>
+      <c r="J9" s="85">
         <v>35422</v>
       </c>
-      <c r="I9" s="87">
+      <c r="K9" s="89">
         <v>25.52</v>
-      </c>
-[...4 lines deleted...]
-        <v>26.21</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="24.9" customHeight="1">
       <c r="A10" s="11" t="s">
         <v>74</v>
       </c>
       <c r="B10" s="77" t="s">
         <v>75</v>
       </c>
       <c r="C10" s="79">
-        <v>155339</v>
+        <v>157223</v>
       </c>
       <c r="D10" s="81">
-        <v>25.11</v>
+        <v>25.07</v>
       </c>
       <c r="E10"/>
       <c r="F10" s="79">
-        <v>150813</v>
+        <v>155339</v>
       </c>
       <c r="G10" s="83">
-        <v>24.71</v>
+        <v>25.11</v>
       </c>
       <c r="H10" s="85">
+        <v>149805</v>
+      </c>
+      <c r="I10" s="87">
+        <v>24.78</v>
+      </c>
+      <c r="J10" s="85">
         <v>151554</v>
       </c>
-      <c r="I10" s="87">
+      <c r="K10" s="89">
         <v>25.39</v>
-      </c>
-[...4 lines deleted...]
-        <v>25.83</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="24.9" customHeight="1">
       <c r="A11" s="11" t="s">
         <v>76</v>
       </c>
       <c r="B11" s="77" t="s">
         <v>77</v>
       </c>
       <c r="C11" s="79">
-        <v>81908</v>
+        <v>79331</v>
       </c>
       <c r="D11" s="81">
-        <v>18.35</v>
+        <v>17.87</v>
       </c>
       <c r="E11"/>
       <c r="F11" s="79">
-        <v>80234</v>
+        <v>81908</v>
       </c>
       <c r="G11" s="83">
-        <v>18.13</v>
+        <v>18.35</v>
       </c>
       <c r="H11" s="85">
+        <v>74534</v>
+      </c>
+      <c r="I11" s="87">
+        <v>17.3</v>
+      </c>
+      <c r="J11" s="85">
         <v>75031</v>
       </c>
-      <c r="I11" s="87">
+      <c r="K11" s="89">
         <v>17.23</v>
-      </c>
-[...4 lines deleted...]
-        <v>15.89</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="24.9" customHeight="1">
       <c r="A12" s="11" t="s">
         <v>78</v>
       </c>
       <c r="B12" s="77" t="s">
         <v>79</v>
       </c>
       <c r="C12" s="79">
-        <v>241627</v>
+        <v>248947</v>
       </c>
       <c r="D12" s="81">
-        <v>18.21</v>
+        <v>17.79</v>
       </c>
       <c r="E12"/>
       <c r="F12" s="79">
-        <v>240355</v>
+        <v>241627</v>
       </c>
       <c r="G12" s="83">
-        <v>18.99</v>
+        <v>18.21</v>
       </c>
       <c r="H12" s="85">
+        <v>227388</v>
+      </c>
+      <c r="I12" s="87">
+        <v>18.8</v>
+      </c>
+      <c r="J12" s="85">
         <v>217877</v>
       </c>
-      <c r="I12" s="87">
+      <c r="K12" s="89">
         <v>18.45</v>
-      </c>
-[...4 lines deleted...]
-        <v>17.77</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="24.9" customHeight="1">
       <c r="A13" s="11" t="s">
         <v>80</v>
       </c>
       <c r="B13" s="77" t="s">
         <v>81</v>
       </c>
       <c r="C13" s="79">
-        <v>428459</v>
+        <v>430637</v>
       </c>
       <c r="D13" s="81">
-        <v>31.91</v>
+        <v>32.25</v>
       </c>
       <c r="E13"/>
       <c r="F13" s="79">
-        <v>419827</v>
+        <v>428459</v>
       </c>
       <c r="G13" s="83">
-        <v>31.67</v>
+        <v>31.91</v>
       </c>
       <c r="H13" s="85">
+        <v>400314</v>
+      </c>
+      <c r="I13" s="87">
+        <v>30.77</v>
+      </c>
+      <c r="J13" s="85">
         <v>384587</v>
       </c>
-      <c r="I13" s="87">
+      <c r="K13" s="89">
         <v>29.73</v>
-      </c>
-[...4 lines deleted...]
-        <v>29.38</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="24.9" customHeight="1">
       <c r="A14" s="11" t="s">
         <v>82</v>
       </c>
       <c r="B14" s="77" t="s">
         <v>83</v>
       </c>
       <c r="C14" s="79">
-        <v>651747</v>
+        <v>676589</v>
       </c>
       <c r="D14" s="81">
-        <v>30.85</v>
+        <v>31.5</v>
       </c>
       <c r="E14"/>
       <c r="F14" s="79">
-        <v>633780</v>
+        <v>651747</v>
       </c>
       <c r="G14" s="83">
-        <v>31.18</v>
+        <v>30.85</v>
       </c>
       <c r="H14" s="85">
+        <v>605250</v>
+      </c>
+      <c r="I14" s="87">
+        <v>31.33</v>
+      </c>
+      <c r="J14" s="85">
         <v>598119</v>
       </c>
-      <c r="I14" s="87">
+      <c r="K14" s="89">
         <v>31.17</v>
-      </c>
-[...4 lines deleted...]
-        <v>31.41</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="24.9" customHeight="1">
       <c r="A15" s="11" t="s">
         <v>84</v>
       </c>
       <c r="B15" s="77" t="s">
         <v>85</v>
       </c>
       <c r="C15" s="79">
-        <v>78583</v>
+        <v>78655</v>
       </c>
       <c r="D15" s="81">
-        <v>18.62</v>
+        <v>18.34</v>
       </c>
       <c r="E15"/>
       <c r="F15" s="79">
-        <v>77805</v>
+        <v>78583</v>
       </c>
       <c r="G15" s="83">
-        <v>18.73</v>
+        <v>18.62</v>
       </c>
       <c r="H15" s="85">
+        <v>71698</v>
+      </c>
+      <c r="I15" s="87">
+        <v>18.48</v>
+      </c>
+      <c r="J15" s="85">
         <v>71087</v>
       </c>
-      <c r="I15" s="87">
+      <c r="K15" s="89">
         <v>18.79</v>
-      </c>
-[...4 lines deleted...]
-        <v>18.43</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="24.9" customHeight="1">
       <c r="A16" s="11" t="s">
         <v>86</v>
       </c>
       <c r="B16" s="77" t="s">
         <v>87</v>
       </c>
       <c r="C16" s="79">
-        <v>34524</v>
+        <v>33252</v>
       </c>
       <c r="D16" s="81">
-        <v>6.53</v>
+        <v>6.59</v>
       </c>
       <c r="E16"/>
       <c r="F16" s="79">
-        <v>33982</v>
+        <v>34524</v>
       </c>
       <c r="G16" s="83">
-        <v>6.44</v>
+        <v>6.53</v>
       </c>
       <c r="H16" s="85">
+        <v>26286</v>
+      </c>
+      <c r="I16" s="87">
+        <v>5.41</v>
+      </c>
+      <c r="J16" s="85">
         <v>26139</v>
       </c>
-      <c r="I16" s="87">
+      <c r="K16" s="89">
         <v>5.18</v>
-      </c>
-[...4 lines deleted...]
-        <v>4.88</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="24.9" customHeight="1">
       <c r="A17" s="11" t="s">
         <v>88</v>
       </c>
       <c r="B17" s="77" t="s">
         <v>89</v>
       </c>
       <c r="C17" s="79">
-        <v>349758</v>
+        <v>335999</v>
       </c>
       <c r="D17" s="81">
-        <v>22.45</v>
+        <v>22.7</v>
       </c>
       <c r="E17"/>
       <c r="F17" s="79">
-        <v>335989</v>
+        <v>349758</v>
       </c>
       <c r="G17" s="83">
-        <v>22.29</v>
+        <v>22.45</v>
       </c>
       <c r="H17" s="85">
+        <v>304265</v>
+      </c>
+      <c r="I17" s="87">
+        <v>21.84</v>
+      </c>
+      <c r="J17" s="85">
         <v>305659</v>
       </c>
-      <c r="I17" s="87">
+      <c r="K17" s="89">
         <v>21.41</v>
-      </c>
-[...4 lines deleted...]
-        <v>21.27</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="24.9" customHeight="1">
       <c r="A18" s="11" t="s">
         <v>90</v>
       </c>
       <c r="B18" s="77" t="s">
         <v>91</v>
       </c>
       <c r="C18" s="79">
-        <v>63338</v>
+        <v>64286</v>
       </c>
       <c r="D18" s="81">
-        <v>27.49</v>
+        <v>28.12</v>
       </c>
       <c r="E18"/>
       <c r="F18" s="79">
-        <v>58365</v>
+        <v>63338</v>
       </c>
       <c r="G18" s="83">
-        <v>26.16</v>
+        <v>27.49</v>
       </c>
       <c r="H18" s="85">
+        <v>53834</v>
+      </c>
+      <c r="I18" s="87">
+        <v>25.32</v>
+      </c>
+      <c r="J18" s="85">
         <v>52813</v>
       </c>
-      <c r="I18" s="87">
+      <c r="K18" s="89">
         <v>25.09</v>
-      </c>
-[...4 lines deleted...]
-        <v>25.66</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="24.9" customHeight="1">
       <c r="A19" s="11" t="s">
         <v>92</v>
       </c>
       <c r="B19" s="77" t="s">
         <v>93</v>
       </c>
       <c r="C19" s="79">
-        <v>449570</v>
+        <v>474552</v>
       </c>
       <c r="D19" s="81">
-        <v>16.63</v>
+        <v>17.19</v>
       </c>
       <c r="E19"/>
       <c r="F19" s="79">
-        <v>435585</v>
+        <v>449570</v>
       </c>
       <c r="G19" s="83">
-        <v>16.32</v>
+        <v>16.63</v>
       </c>
       <c r="H19" s="85">
+        <v>394424</v>
+      </c>
+      <c r="I19" s="87">
+        <v>15.87</v>
+      </c>
+      <c r="J19" s="85">
         <v>381604</v>
       </c>
-      <c r="I19" s="87">
+      <c r="K19" s="89">
         <v>15.47</v>
-      </c>
-[...4 lines deleted...]
-        <v>15.71</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="24.9" customHeight="1">
       <c r="A20" s="11" t="s">
         <v>94</v>
       </c>
       <c r="B20" s="77" t="s">
         <v>95</v>
       </c>
       <c r="C20" s="79">
-        <v>1810</v>
+        <v>2421</v>
       </c>
       <c r="D20" s="81">
-        <v>5.84</v>
+        <v>6.42</v>
       </c>
       <c r="E20"/>
       <c r="F20" s="79">
-        <v>1564</v>
+        <v>1810</v>
       </c>
       <c r="G20" s="83">
-        <v>5.74</v>
+        <v>5.84</v>
       </c>
       <c r="H20" s="85">
+        <v>959</v>
+      </c>
+      <c r="I20" s="87">
+        <v>4.23</v>
+      </c>
+      <c r="J20" s="85">
         <v>586</v>
       </c>
-      <c r="I20" s="87">
+      <c r="K20" s="89">
         <v>2.91</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="24.9" customHeight="1">
       <c r="A21" s="11" t="s">
         <v>96</v>
       </c>
       <c r="B21" s="77" t="s">
         <v>97</v>
       </c>
-      <c r="C21" s="117">
+      <c r="C21" s="113">
         <v>0</v>
       </c>
-      <c r="D21" s="119">
+      <c r="D21" s="115">
         <v>0</v>
       </c>
       <c r="E21"/>
-      <c r="F21" s="117">
+      <c r="F21" s="113">
         <v>0</v>
       </c>
-      <c r="G21" s="121">
+      <c r="G21" s="117">
         <v>0</v>
       </c>
-      <c r="H21" s="113">
+      <c r="H21" s="119">
         <v>0</v>
       </c>
-      <c r="I21" s="123">
+      <c r="I21" s="121">
         <v>0</v>
       </c>
-      <c r="J21" s="113">
+      <c r="J21" s="119">
         <v>0</v>
       </c>
-      <c r="K21" s="115">
+      <c r="K21" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="24.9" customHeight="1">
       <c r="A22" s="11" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="77" t="s">
         <v>99</v>
       </c>
       <c r="C22" s="79">
-        <v>4311</v>
+        <v>3818</v>
       </c>
       <c r="D22" s="81">
-        <v>19.83</v>
+        <v>17.05</v>
       </c>
       <c r="E22"/>
       <c r="F22" s="79">
-        <v>3852</v>
+        <v>4311</v>
       </c>
       <c r="G22" s="83">
-        <v>18.58</v>
+        <v>19.83</v>
       </c>
       <c r="H22" s="85">
+        <v>2574</v>
+      </c>
+      <c r="I22" s="87">
+        <v>13.86</v>
+      </c>
+      <c r="J22" s="85">
         <v>2264</v>
-      </c>
-[...4 lines deleted...]
-        <v>1764</v>
       </c>
       <c r="K22" s="89">
         <v>14.16</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="24.9" customHeight="1">
       <c r="A23" s="11" t="s">
         <v>100</v>
       </c>
       <c r="B23" s="77" t="s">
         <v>101</v>
       </c>
       <c r="C23" s="79">
-        <v>157922</v>
+        <v>154345</v>
       </c>
       <c r="D23" s="81">
-        <v>14.25</v>
+        <v>12.94</v>
       </c>
       <c r="E23"/>
       <c r="F23" s="79">
-        <v>145741</v>
+        <v>157922</v>
       </c>
       <c r="G23" s="83">
-        <v>13.59</v>
+        <v>14.25</v>
       </c>
       <c r="H23" s="85">
+        <v>168381</v>
+      </c>
+      <c r="I23" s="87">
+        <v>15.03</v>
+      </c>
+      <c r="J23" s="85">
         <v>173166</v>
       </c>
-      <c r="I23" s="87">
+      <c r="K23" s="89">
         <v>14.52</v>
-      </c>
-[...4 lines deleted...]
-        <v>15.31</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="24.9" customHeight="1">
       <c r="A24" s="11" t="s">
         <v>102</v>
       </c>
       <c r="B24" s="77" t="s">
         <v>103</v>
       </c>
       <c r="C24" s="79">
-        <v>6015</v>
+        <v>6643</v>
       </c>
       <c r="D24" s="81">
-        <v>3.24</v>
+        <v>3.96</v>
       </c>
       <c r="E24"/>
       <c r="F24" s="79">
-        <v>6892</v>
+        <v>6015</v>
       </c>
       <c r="G24" s="83">
-        <v>4.43</v>
+        <v>3.24</v>
       </c>
       <c r="H24" s="85">
         <v>129</v>
       </c>
       <c r="I24" s="87">
-        <v>0.1</v>
+        <v>0.08</v>
       </c>
       <c r="J24" s="85">
         <v>129</v>
       </c>
       <c r="K24" s="89">
         <v>0.1</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="24.9" customHeight="1">
       <c r="A25" s="11"/>
       <c r="B25" s="15"/>
       <c r="C25" s="25"/>
       <c r="D25" s="26"/>
       <c r="E25"/>
       <c r="F25" s="25"/>
       <c r="G25" s="27"/>
       <c r="H25" s="28"/>
       <c r="I25" s="28"/>
       <c r="J25" s="28"/>
       <c r="K25" s="29"/>
     </row>
     <row r="26" spans="1:11" ht="24.9" customHeight="1">
       <c r="A26" s="11"/>
       <c r="B26" s="15"/>
       <c r="C26" s="25"/>