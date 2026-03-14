--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -248,54 +248,54 @@
   <si>
     <t>美國</t>
   </si>
   <si>
     <t>U.S.A.</t>
   </si>
   <si>
     <t>非洲地區</t>
   </si>
   <si>
     <t>African area</t>
   </si>
   <si>
     <t>南非</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Source ：Provided by Individual Institutions.</t>
   </si>
   <si>
     <t>資料來源：外國銀行Web申報資料檔。</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
-[...2 lines deleted...]
-    <t>中華民國114年 9月底</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
+  </si>
+  <si>
+    <t>中華民國114年12月底</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="15">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="173" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="174" formatCode="\-###0\-"/>
     <numFmt numFmtId="175" formatCode="\-\ ###0\ \-"/>
     <numFmt numFmtId="176" formatCode="###,##0\ "/>
     <numFmt numFmtId="177" formatCode="##0"/>
     <numFmt numFmtId="178" formatCode="##0;-##0;&quot;－&quot;"/>
   </numFmts>
   <fonts count="32">
     <font>