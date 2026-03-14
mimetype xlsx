--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -300,54 +300,54 @@
   </si>
   <si>
     <t>Note: 1. Financial Institutions include Monetary Institutions and Insurance Corporation.            
          2. Monetary Institutions include Central Bank, Domestic Banks, Local Branches of Foreign Banks, Credit Cooperatives, 
              Agricutural Bank of Taiwan, the Trust Department of Agriculture and Fishing Association and Postal savings system.
          3. General Banks include Domestic Banks, Local Branches of Foreign Banks and Local Branches of Mainland Chinese 
              Banks, but not include the Central Bank and Agricutural Bank of Taiwan.
          4. * by domestic branches of general banks.</t>
   </si>
   <si>
     <t>說　　明：1. 全體金融機構包括貨幣機構及人壽保險公司。
 　　　　　2. 全體貨幣機構包括中央銀行、本國銀行、外國銀行在臺分行、信用合作社、全國農業金庫及
 　　　　　    農漁會信用部及中華郵政公司儲匯處。
 　　　　　3. 一般銀行為本國銀行（不包括中央銀行及全國農業金庫）、外國銀行在臺分行及大陸地區銀
 　　　　　    行在臺分行。
 　　　　　4. ＊按一般銀行國內總分行統計。</t>
   </si>
   <si>
     <t>Sources: Financial Statistics Monthly Economic Research Department of the Central Bank, provided  by the DGBAS,
               Executive Yuan and by Individual Institutions.</t>
   </si>
   <si>
     <t>資料來源：中央銀行金融統計月報、各行庫存款準備月報、行政院主計總處及金融機構單一申報資料。</t>
   </si>
   <si>
-    <t>End of  Sept. 2025</t>
-[...2 lines deleted...]
-    <t>中華民國114年9月底</t>
+    <t>End of  Dec. 2025</t>
+  </si>
+  <si>
+    <t>中華民國114年12月底</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="21">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="173" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="174" formatCode="\-###0\-"/>
     <numFmt numFmtId="175" formatCode="\-\ ###0\ \-"/>
     <numFmt numFmtId="176" formatCode="#,###,###,##0\ "/>
     <numFmt numFmtId="177" formatCode="#,###,##0.00\ "/>
     <numFmt numFmtId="178" formatCode="##,###,##0.00\ "/>
     <numFmt numFmtId="179" formatCode="000"/>
     <numFmt numFmtId="180" formatCode="#,###,###,##0"/>
     <numFmt numFmtId="181" formatCode="####,##0.00"/>
@@ -1751,96 +1751,93 @@
     </xf>
     <xf xxid="184" numFmtId="184" fontId="0" fillId="2" borderId="28" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="185" numFmtId="184" fontId="9" fillId="2" borderId="28" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="186" numFmtId="184" fontId="0" fillId="2" borderId="28" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="187" numFmtId="184" fontId="0" fillId="2" borderId="30" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="188" numFmtId="184" fontId="9" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="189" numFmtId="184" fontId="0" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="190" numFmtId="181" fontId="9" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="191" numFmtId="181" fontId="0" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="192" numFmtId="182" fontId="0" fillId="2" borderId="30" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...35 lines deleted...]
-    <xf xxid="204" numFmtId="49" fontId="12" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="192" numFmtId="183" fontId="9" fillId="2" borderId="26" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="193" numFmtId="183" fontId="0" fillId="2" borderId="26" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="194" numFmtId="183" fontId="9" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="195" numFmtId="183" fontId="0" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="196" numFmtId="180" fontId="0" fillId="2" borderId="32" xfId="34" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="197" numFmtId="180" fontId="9" fillId="2" borderId="32" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="198" numFmtId="180" fontId="0" fillId="2" borderId="32" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="199" numFmtId="181" fontId="9" fillId="2" borderId="32" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="200" numFmtId="181" fontId="0" fillId="2" borderId="32" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="201" numFmtId="181" fontId="9" fillId="2" borderId="33" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="202" numFmtId="181" fontId="0" fillId="2" borderId="33" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="203" numFmtId="49" fontId="12" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf xxid="205" numFmtId="49" fontId="33" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="204" numFmtId="49" fontId="33" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf xxid="206" numFmtId="49" fontId="33" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="205" numFmtId="49" fontId="33" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="207" numFmtId="0" fontId="34" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="206" numFmtId="0" fontId="34" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="49">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色2" xfId="16"/>
     <cellStyle name="20% - 輔色3" xfId="17"/>
     <cellStyle name="20% - 輔色4" xfId="18"/>
     <cellStyle name="20% - 輔色5" xfId="19"/>
     <cellStyle name="20% - 輔色6" xfId="20"/>
     <cellStyle name="40% - 輔色1" xfId="21"/>
     <cellStyle name="40% - 輔色2" xfId="22"/>
     <cellStyle name="40% - 輔色3" xfId="23"/>
     <cellStyle name="40% - 輔色4" xfId="24"/>
     <cellStyle name="40% - 輔色5" xfId="25"/>
     <cellStyle name="40% - 輔色6" xfId="26"/>
     <cellStyle name="60% - 輔色1" xfId="27"/>
     <cellStyle name="60% - 輔色2" xfId="28"/>
     <cellStyle name="60% - 輔色3" xfId="29"/>
     <cellStyle name="60% - 輔色4" xfId="30"/>
     <cellStyle name="60% - 輔色5" xfId="31"/>
     <cellStyle name="60% - 輔色6" xfId="32"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="33" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="34" builtinId="6"/>
@@ -1918,51 +1915,51 @@
       <c r="J1" s="14"/>
     </row>
     <row r="2" spans="4:10" ht="24" customHeight="1">
       <c r="D2" s="16"/>
       <c r="E2" s="16"/>
       <c r="F2" s="26"/>
       <c r="G2" s="26" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="18"/>
       <c r="I2" s="61" t="s">
         <v>28</v>
       </c>
       <c r="J2" s="61"/>
     </row>
     <row r="3" spans="1:13" ht="33" customHeight="1" thickBot="1">
       <c r="A3"/>
       <c r="B3"/>
       <c r="D3" s="17"/>
       <c r="E3" s="17"/>
       <c r="F3" s="17"/>
       <c r="G3" s="17" t="s">
         <v>58</v>
       </c>
       <c r="H3" s="20"/>
-      <c r="I3" s="144" t="s">
+      <c r="I3" s="143" t="s">
         <v>57</v>
       </c>
       <c r="J3" s="22"/>
       <c r="M3" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:13" ht="41.25" customHeight="1">
       <c r="A4" s="63" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="63"/>
       <c r="C4" s="79"/>
       <c r="D4" s="81" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="82"/>
       <c r="F4" s="82" t="s">
         <v>14</v>
       </c>
       <c r="G4" s="82" t="s">
         <v>15</v>
       </c>
       <c r="H4" s="21"/>
       <c r="I4" s="82" t="s">
@@ -1981,629 +1978,629 @@
       <c r="A5" s="64"/>
       <c r="B5" s="64"/>
       <c r="C5" s="80"/>
       <c r="D5" s="83"/>
       <c r="E5" s="84"/>
       <c r="F5" s="85"/>
       <c r="G5" s="85"/>
       <c r="H5"/>
       <c r="I5" s="85"/>
       <c r="J5" s="78"/>
       <c r="K5" s="64"/>
       <c r="L5" s="64"/>
       <c r="M5" s="64"/>
     </row>
     <row r="6" spans="1:13" ht="28.9" customHeight="1">
       <c r="A6" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="6"/>
       <c r="D6" s="55" t="str">
         <f>IF(MID(G3,5,3)&lt;=111,"ｐ","")</f>
         <v/>
       </c>
       <c r="E6" s="88">
-        <v>28935913</v>
+        <v>29261437</v>
       </c>
       <c r="F6" s="90">
-        <v>28251162</v>
+        <v>28935757</v>
       </c>
       <c r="G6" s="90">
-        <v>27475506</v>
+        <v>27845456</v>
       </c>
       <c r="H6" s="37"/>
       <c r="I6" s="92">
-        <v>2.42</v>
+        <v>1.13</v>
       </c>
       <c r="J6" s="94">
-        <v>5.32</v>
+        <v>5.09</v>
       </c>
       <c r="K6" s="27" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="27"/>
       <c r="M6" s="28"/>
     </row>
     <row r="7" spans="1:13" ht="28.9" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="7"/>
       <c r="D7" s="56" t="str">
         <f>IF(MID(G3,5,3)&lt;=111,"ｐ","")</f>
         <v/>
       </c>
       <c r="E7" s="95">
-        <v>64986703</v>
+        <v>65727238</v>
       </c>
       <c r="F7" s="97">
-        <v>63212052</v>
+        <v>64979772</v>
       </c>
       <c r="G7" s="97">
-        <v>61513701</v>
+        <v>62523764</v>
       </c>
       <c r="H7" s="37"/>
       <c r="I7" s="99">
-        <v>2.81</v>
+        <v>1.15</v>
       </c>
       <c r="J7" s="101">
-        <v>5.65</v>
+        <v>5.12</v>
       </c>
       <c r="K7" s="29" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="29"/>
       <c r="M7" s="30"/>
     </row>
     <row r="8" spans="1:13" ht="28.9" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="3"/>
       <c r="C8" s="7"/>
       <c r="D8" s="56" t="str">
         <f>IF(MID(G3,5,3)&lt;=111,"ｐ","")</f>
         <v/>
       </c>
       <c r="E8" s="95">
-        <v>44811028</v>
+        <v>45357442</v>
       </c>
       <c r="F8" s="97">
-        <v>43877795</v>
+        <v>44815694</v>
       </c>
       <c r="G8" s="97">
-        <v>42228341</v>
+        <v>42820304</v>
       </c>
       <c r="H8" s="37"/>
       <c r="I8" s="99">
-        <v>2.13</v>
+        <v>1.21</v>
       </c>
       <c r="J8" s="101">
-        <v>6.12</v>
+        <v>5.93</v>
       </c>
       <c r="K8" s="29" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="29"/>
       <c r="M8" s="30"/>
     </row>
     <row r="9" spans="1:13" ht="28.9" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="7"/>
       <c r="D9" s="56" t="str">
         <f>IF(MID(G3,5,3)&lt;=111,"ｐ","")</f>
         <v/>
       </c>
       <c r="E9" s="95">
-        <v>64986703</v>
+        <v>65727238</v>
       </c>
       <c r="F9" s="97">
-        <v>63212052</v>
+        <v>64979772</v>
       </c>
       <c r="G9" s="97">
-        <v>61513701</v>
+        <v>62523764</v>
       </c>
       <c r="H9" s="37"/>
       <c r="I9" s="99">
-        <v>2.81</v>
+        <v>1.15</v>
       </c>
       <c r="J9" s="101">
-        <v>5.65</v>
+        <v>5.12</v>
       </c>
       <c r="K9" s="29" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="29"/>
       <c r="M9" s="30"/>
     </row>
     <row r="10" spans="1:13" ht="28.9" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="3"/>
       <c r="C10" s="7"/>
       <c r="D10" s="56" t="str">
         <f>IF(MID(G3,5,3)&lt;=111,"ｐ","")</f>
         <v/>
       </c>
       <c r="E10" s="95">
-        <v>43525264</v>
+        <v>44023599</v>
       </c>
       <c r="F10" s="97">
-        <v>42612393</v>
+        <v>43529930</v>
       </c>
       <c r="G10" s="97">
-        <v>41016085</v>
+        <v>41585526</v>
       </c>
       <c r="H10" s="37"/>
       <c r="I10" s="99">
-        <v>2.14</v>
+        <v>1.13</v>
       </c>
       <c r="J10" s="101">
-        <v>6.12</v>
+        <v>5.86</v>
       </c>
       <c r="K10" s="29" t="s">
         <v>21</v>
       </c>
       <c r="L10" s="29"/>
       <c r="M10" s="30"/>
     </row>
     <row r="11" spans="1:13" ht="28.9" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="7"/>
       <c r="D11" s="56"/>
       <c r="E11" s="95">
+        <v>11049424</v>
+      </c>
+      <c r="F11" s="97">
         <v>10934835</v>
       </c>
-      <c r="F11" s="97">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="97">
-        <v>10435870</v>
+        <v>10506509</v>
       </c>
       <c r="H11" s="37"/>
       <c r="I11" s="99">
-        <v>1.99</v>
+        <v>1.05</v>
       </c>
       <c r="J11" s="101">
-        <v>4.78</v>
+        <v>5.17</v>
       </c>
       <c r="K11" s="29" t="s">
         <v>33</v>
       </c>
       <c r="L11" s="29"/>
       <c r="M11" s="30"/>
     </row>
     <row r="12" spans="1:13" ht="28.9" customHeight="1">
       <c r="A12" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="3"/>
       <c r="C12" s="7"/>
       <c r="D12" s="56"/>
       <c r="E12" s="95">
+        <v>1943569</v>
+      </c>
+      <c r="F12" s="97">
         <v>1884563</v>
       </c>
-      <c r="F12" s="97">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="97">
-        <v>1727794</v>
+        <v>1754663</v>
       </c>
       <c r="H12" s="37"/>
       <c r="I12" s="99">
-        <v>3.77</v>
+        <v>3.13</v>
       </c>
       <c r="J12" s="101">
-        <v>9.07</v>
+        <v>10.77</v>
       </c>
       <c r="K12" s="29" t="s">
         <v>22</v>
       </c>
       <c r="L12" s="29"/>
       <c r="M12" s="30"/>
     </row>
     <row r="13" spans="1:13" ht="28.9" customHeight="1">
       <c r="A13" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="7"/>
       <c r="D13" s="56"/>
       <c r="E13" s="95">
+        <v>55291</v>
+      </c>
+      <c r="F13" s="97">
         <v>41130</v>
       </c>
-      <c r="F13" s="97">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="97">
-        <v>54162</v>
+        <v>38774</v>
       </c>
       <c r="H13" s="37"/>
       <c r="I13" s="99">
-        <v>26.46</v>
+        <v>34.43</v>
       </c>
       <c r="J13" s="101">
-        <v>-24.06</v>
+        <v>42.6</v>
       </c>
       <c r="K13" s="29" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="29"/>
       <c r="M13" s="30"/>
     </row>
     <row r="14" spans="1:13" ht="28.9" customHeight="1">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="7"/>
       <c r="D14" s="56"/>
       <c r="E14" s="95">
+        <v>13349005</v>
+      </c>
+      <c r="F14" s="97">
         <v>13182559</v>
       </c>
-      <c r="F14" s="97">
-[...1 lines deleted...]
-      </c>
       <c r="G14" s="97">
-        <v>12507786</v>
+        <v>12756780</v>
       </c>
       <c r="H14" s="37"/>
       <c r="I14" s="99">
-        <v>1.2</v>
+        <v>1.26</v>
       </c>
       <c r="J14" s="101">
-        <v>5.39</v>
+        <v>4.64</v>
       </c>
       <c r="K14" s="29" t="s">
         <v>32</v>
       </c>
       <c r="L14" s="29"/>
       <c r="M14" s="30"/>
     </row>
     <row r="15" spans="1:13" ht="28.9" customHeight="1">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="7"/>
       <c r="D15" s="56"/>
       <c r="E15" s="95">
+        <v>10574</v>
+      </c>
+      <c r="F15" s="97">
         <v>9960</v>
       </c>
-      <c r="F15" s="97">
-[...1 lines deleted...]
-      </c>
       <c r="G15" s="97">
-        <v>8118</v>
+        <v>7903</v>
       </c>
       <c r="H15" s="37"/>
       <c r="I15" s="99">
-        <v>5.35</v>
+        <v>6.16</v>
       </c>
       <c r="J15" s="101">
-        <v>22.69</v>
+        <v>33.8</v>
       </c>
       <c r="K15" s="29" t="s">
         <v>38</v>
       </c>
       <c r="L15" s="29"/>
       <c r="M15" s="30"/>
     </row>
     <row r="16" spans="1:13" ht="28.35" customHeight="1">
       <c r="A16" s="73" t="s">
         <v>52</v>
       </c>
       <c r="B16" s="75" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="57"/>
       <c r="E16" s="102">
+        <v>7533073</v>
+      </c>
+      <c r="F16" s="104">
         <v>7742057</v>
       </c>
-      <c r="F16" s="104">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="104">
-        <v>6751168</v>
+        <v>7083293</v>
       </c>
       <c r="H16" s="37"/>
       <c r="I16" s="106">
-        <v>8.06</v>
+        <v>-2.7</v>
       </c>
       <c r="J16" s="108">
-        <v>14.68</v>
+        <v>6.35</v>
       </c>
       <c r="K16" s="12" t="s">
         <v>39</v>
       </c>
       <c r="L16" s="65" t="s">
         <v>11</v>
       </c>
       <c r="M16" s="12" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13" ht="28.35" customHeight="1">
       <c r="A17" s="74"/>
       <c r="B17" s="76"/>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="58"/>
       <c r="E17" s="109">
-        <v>21600351</v>
+        <v>29133425</v>
       </c>
       <c r="F17" s="111">
         <v>0</v>
       </c>
       <c r="G17" s="113">
-        <v>18352933</v>
+        <v>25436226</v>
       </c>
       <c r="H17" s="37"/>
       <c r="I17" s="115">
         <v>0</v>
       </c>
       <c r="J17" s="117">
-        <v>17.69</v>
+        <v>14.54</v>
       </c>
       <c r="K17" s="19"/>
       <c r="L17" s="66"/>
       <c r="M17" s="19" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="28.9" customHeight="1">
       <c r="A18" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="7"/>
       <c r="D18" s="56"/>
       <c r="E18" s="118">
+        <v>28963.6</v>
+      </c>
+      <c r="F18" s="120">
         <v>25820.54</v>
       </c>
-      <c r="F18" s="120">
-[...1 lines deleted...]
-      </c>
       <c r="G18" s="120">
-        <v>22224.54</v>
+        <v>23035.1</v>
       </c>
       <c r="H18" s="37"/>
       <c r="I18" s="99">
-        <v>16.02</v>
+        <v>12.17</v>
       </c>
       <c r="J18" s="101">
-        <v>16.18</v>
+        <v>25.74</v>
       </c>
       <c r="K18" s="29" t="s">
         <v>40</v>
       </c>
       <c r="L18" s="29"/>
       <c r="M18" s="30"/>
     </row>
     <row r="19" spans="1:13" ht="28.35" customHeight="1">
       <c r="A19" s="73" t="s">
         <v>48</v>
       </c>
       <c r="B19" s="75" t="s">
         <v>11</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="57" t="str">
         <f>IF(MID(G3,5,3)&lt;=111,"ｐ","")</f>
         <v/>
       </c>
       <c r="E19" s="121">
+        <v>109.08</v>
+      </c>
+      <c r="F19" s="123">
         <v>106.76</v>
       </c>
-      <c r="F19" s="123">
-[...1 lines deleted...]
-      </c>
       <c r="G19" s="123">
-        <v>112.4</v>
+        <v>111.97</v>
       </c>
       <c r="H19" s="37"/>
       <c r="I19" s="106">
-        <v>-1.51</v>
+        <v>2.17</v>
       </c>
       <c r="J19" s="108">
-        <v>-5.02</v>
+        <v>-2.58</v>
       </c>
       <c r="K19" s="12" t="s">
         <v>51</v>
       </c>
       <c r="L19" s="65" t="s">
         <v>11</v>
       </c>
       <c r="M19" s="12" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="28.35" customHeight="1">
       <c r="A20" s="74"/>
       <c r="B20" s="76"/>
       <c r="C20" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="58" t="str">
         <f>IF(MID(G3,5,3)&lt;=111,"ｐ","")</f>
         <v/>
       </c>
       <c r="E20" s="124">
+        <v>110.25</v>
+      </c>
+      <c r="F20" s="126">
         <v>109.82</v>
       </c>
-      <c r="F20" s="126">
-[...1 lines deleted...]
-      </c>
       <c r="G20" s="126">
-        <v>108.24</v>
+        <v>108.8</v>
       </c>
       <c r="H20" s="37"/>
       <c r="I20" s="128">
-        <v>0.59</v>
+        <v>0.39</v>
       </c>
       <c r="J20" s="117">
-        <v>1.46</v>
+        <v>1.33</v>
       </c>
       <c r="K20" s="19"/>
       <c r="L20" s="66"/>
       <c r="M20" s="19" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:13" ht="28.9" customHeight="1">
       <c r="A21" s="52" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="33"/>
       <c r="C21" s="34"/>
       <c r="D21" s="9"/>
       <c r="E21" s="95">
+        <v>602553</v>
+      </c>
+      <c r="F21" s="97">
         <v>602943</v>
       </c>
-      <c r="F21" s="97">
-[...1 lines deleted...]
-      </c>
       <c r="G21" s="97">
-        <v>577929</v>
+        <v>576677</v>
       </c>
       <c r="H21" s="48"/>
       <c r="I21" s="99">
-        <v>0.75</v>
+        <v>-0.06</v>
       </c>
       <c r="J21" s="101">
-        <v>4.33</v>
+        <v>4.49</v>
       </c>
       <c r="K21" s="59" t="s">
         <v>41</v>
       </c>
       <c r="L21" s="59"/>
       <c r="M21" s="59"/>
     </row>
     <row r="22" spans="1:13" ht="28.9" customHeight="1">
       <c r="A22" s="53" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="31"/>
       <c r="C22" s="32"/>
       <c r="D22" s="10"/>
-      <c r="E22" s="129">
-        <v>0</v>
+      <c r="E22" s="109">
+        <v>6500</v>
       </c>
       <c r="F22" s="111">
         <v>0</v>
       </c>
       <c r="G22" s="111">
         <v>0</v>
       </c>
       <c r="H22" s="48"/>
-      <c r="I22" s="131">
+      <c r="I22" s="130">
         <v>0</v>
       </c>
-      <c r="J22" s="133">
+      <c r="J22" s="132">
         <v>0</v>
       </c>
       <c r="K22" s="59" t="s">
         <v>42</v>
       </c>
       <c r="L22" s="59"/>
       <c r="M22" s="59"/>
     </row>
     <row r="23" spans="1:13" ht="28.9" customHeight="1" thickBot="1">
       <c r="A23" s="54" t="s">
         <v>47</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="8"/>
       <c r="D23" s="11"/>
-      <c r="E23" s="134">
+      <c r="E23" s="133">
+        <v>63326303</v>
+      </c>
+      <c r="F23" s="135">
         <v>70774423</v>
       </c>
-      <c r="F23" s="136">
-[...3 lines deleted...]
-        <v>66494668</v>
+      <c r="G23" s="135">
+        <v>66937546</v>
       </c>
       <c r="H23" s="48"/>
-      <c r="I23" s="138">
-[...3 lines deleted...]
-        <v>6.44</v>
+      <c r="I23" s="137">
+        <v>-10.52</v>
+      </c>
+      <c r="J23" s="139">
+        <v>-5.39</v>
       </c>
       <c r="K23" s="60" t="s">
         <v>43</v>
       </c>
       <c r="L23" s="60"/>
       <c r="M23" s="60"/>
     </row>
     <row r="24" spans="1:13" ht="35.1" customHeight="1">
       <c r="A24" s="71" t="s">
         <v>56</v>
       </c>
       <c r="B24" s="71"/>
       <c r="C24" s="71"/>
       <c r="D24" s="71"/>
       <c r="E24" s="71"/>
       <c r="F24" s="71"/>
       <c r="G24" s="71"/>
       <c r="H24" s="23"/>
-      <c r="I24" s="143" t="s">
+      <c r="I24" s="142" t="s">
         <v>55</v>
       </c>
       <c r="J24" s="68"/>
       <c r="K24" s="68"/>
       <c r="L24" s="68"/>
       <c r="M24" s="68"/>
     </row>
     <row r="25" spans="1:13" ht="118.5" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="69"/>
       <c r="C25" s="69"/>
       <c r="D25" s="69"/>
       <c r="E25" s="69"/>
       <c r="F25" s="69"/>
       <c r="G25" s="69"/>
       <c r="H25" s="15"/>
-      <c r="I25" s="142" t="s">
+      <c r="I25" s="141" t="s">
         <v>53</v>
       </c>
       <c r="J25" s="70"/>
       <c r="K25" s="70"/>
       <c r="L25" s="70"/>
       <c r="M25" s="70"/>
     </row>
     <row r="26" spans="1:13" customHeight="1">
       <c r="A26" s="67">
         <v>1</v>
       </c>
       <c r="B26" s="72"/>
       <c r="C26" s="72"/>
       <c r="D26" s="72"/>
       <c r="E26" s="72"/>
       <c r="F26" s="72"/>
       <c r="G26" s="72"/>
       <c r="H26" s="25"/>
       <c r="I26" s="67">
         <f>A26+1</f>
         <v>2</v>
       </c>
       <c r="J26" s="67"/>
       <c r="K26" s="67"/>
       <c r="L26" s="67"/>