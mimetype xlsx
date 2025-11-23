--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -183,54 +183,54 @@
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve"> NT$ Million</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">機　　構　　別
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Issuer</t>
     </r>
   </si>
   <si>
     <t>逾放比率</t>
   </si>
   <si>
-    <t>民國114年 7月</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> July 2025</t>
+    <t>民國114年 9月</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sept. 2025</t>
   </si>
   <si>
     <r>
       <t>9-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　現金卡重要業務及財務資訊</t>
     </r>
   </si>
   <si>
     <t>9-2 Important Cash Card Business and Financial Information (Cont.)</t>
   </si>
   <si>
     <r>
       <t>單位：新臺幣百萬元</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
@@ -1965,299 +1965,299 @@
       <c r="D8" s="16" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="16" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="16" t="s">
         <v>34</v>
       </c>
       <c r="G8" s="22"/>
       <c r="H8" s="16" t="s">
         <v>27</v>
       </c>
       <c r="I8" s="17" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="18" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="57">
-        <v>281175</v>
+        <v>279563</v>
       </c>
       <c r="C9" s="57">
-        <v>187153</v>
+        <v>186580</v>
       </c>
       <c r="D9" s="57">
-        <v>268916</v>
+        <v>267918</v>
       </c>
       <c r="E9" s="57">
-        <v>40706</v>
+        <v>40522</v>
       </c>
       <c r="F9" s="57">
-        <v>10152</v>
+        <v>9921</v>
       </c>
       <c r="G9" s="61">
-        <v>1.134</v>
+        <v>1.141</v>
       </c>
       <c r="H9" s="57">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="I9" s="57">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="J9" s="65">
-        <v>150</v>
+        <v>197</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="68" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="29"/>
       <c r="C10" s="29"/>
       <c r="D10" s="29"/>
       <c r="E10" s="29"/>
       <c r="F10" s="29"/>
       <c r="G10" s="29"/>
       <c r="H10" s="29"/>
       <c r="I10" s="29"/>
       <c r="J10" s="34"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="70" t="s">
         <v>60</v>
       </c>
       <c r="B11" s="74">
-        <v>281175</v>
+        <v>279563</v>
       </c>
       <c r="C11" s="74">
-        <v>187153</v>
+        <v>186580</v>
       </c>
       <c r="D11" s="74">
-        <v>268916</v>
+        <v>267918</v>
       </c>
       <c r="E11" s="74">
-        <v>40706</v>
+        <v>40522</v>
       </c>
       <c r="F11" s="74">
-        <v>10152</v>
+        <v>9921</v>
       </c>
       <c r="G11" s="78">
-        <v>1.134</v>
+        <v>1.141</v>
       </c>
       <c r="H11" s="74">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="I11" s="74">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="J11" s="82">
-        <v>150</v>
+        <v>197</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="68" t="s">
         <v>61</v>
       </c>
       <c r="B12" s="31"/>
       <c r="C12" s="31"/>
       <c r="D12" s="31"/>
       <c r="E12" s="31"/>
       <c r="F12" s="31"/>
       <c r="G12" s="31"/>
       <c r="H12" s="31"/>
       <c r="I12" s="31"/>
       <c r="J12" s="36"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="73">
-        <v>988</v>
+        <v>986</v>
       </c>
       <c r="C13" s="85">
         <v>0</v>
       </c>
       <c r="D13" s="73">
         <v>276</v>
       </c>
       <c r="E13" s="73">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F13" s="73">
         <v>0</v>
       </c>
       <c r="G13" s="88">
         <v>0</v>
       </c>
       <c r="H13" s="73">
         <v>0</v>
       </c>
       <c r="I13" s="85">
         <v>0</v>
       </c>
       <c r="J13" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="67" t="s">
         <v>63</v>
       </c>
       <c r="B14" s="31"/>
       <c r="C14" s="31"/>
       <c r="D14" s="31"/>
       <c r="E14" s="31"/>
       <c r="F14" s="31"/>
       <c r="G14" s="31"/>
       <c r="H14" s="31"/>
       <c r="I14" s="31"/>
       <c r="J14" s="36"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="69" t="s">
         <v>64</v>
       </c>
       <c r="B15" s="73">
-        <v>214</v>
+        <v>198</v>
       </c>
       <c r="C15" s="73">
-        <v>2444</v>
+        <v>2442</v>
       </c>
       <c r="D15" s="73">
-        <v>1307</v>
+        <v>1299</v>
       </c>
       <c r="E15" s="73">
         <v>113</v>
       </c>
       <c r="F15" s="73">
         <v>3</v>
       </c>
       <c r="G15" s="88">
         <v>0</v>
       </c>
       <c r="H15" s="73">
         <v>2</v>
       </c>
-      <c r="I15" s="85">
+      <c r="I15" s="73">
         <v>0</v>
       </c>
       <c r="J15" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="67" t="s">
         <v>65</v>
       </c>
       <c r="B16" s="31"/>
       <c r="C16" s="31"/>
       <c r="D16" s="31"/>
       <c r="E16" s="31"/>
       <c r="F16" s="31"/>
       <c r="G16" s="31"/>
       <c r="H16" s="31"/>
       <c r="I16" s="31"/>
       <c r="J16" s="36"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="69" t="s">
         <v>66</v>
       </c>
       <c r="B17" s="85">
         <v>0</v>
       </c>
       <c r="C17" s="73">
         <v>12</v>
       </c>
       <c r="D17" s="73">
         <v>1</v>
       </c>
       <c r="E17" s="85">
         <v>0</v>
       </c>
       <c r="F17" s="85">
         <v>0</v>
       </c>
       <c r="G17" s="88">
         <v>0</v>
       </c>
       <c r="H17" s="73">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="I17" s="85">
         <v>0</v>
       </c>
       <c r="J17" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="67" t="s">
         <v>67</v>
       </c>
       <c r="B18" s="31"/>
       <c r="C18" s="31"/>
       <c r="D18" s="31"/>
       <c r="E18" s="31"/>
       <c r="F18" s="31"/>
       <c r="G18" s="31"/>
       <c r="H18" s="31"/>
       <c r="I18" s="31"/>
       <c r="J18" s="36"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="69" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="73">
-        <v>1197</v>
+        <v>1164</v>
       </c>
       <c r="C19" s="73">
-        <v>1639</v>
+        <v>1634</v>
       </c>
       <c r="D19" s="73">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="E19" s="73">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F19" s="73">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G19" s="77">
-        <v>0.034</v>
+        <v>0.065</v>
       </c>
       <c r="H19" s="73">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I19" s="73">
         <v>0</v>
       </c>
       <c r="J19" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="67" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="31"/>
       <c r="C20" s="31"/>
       <c r="D20" s="31"/>
       <c r="E20" s="31"/>
       <c r="F20" s="31"/>
       <c r="G20" s="31"/>
       <c r="H20" s="31"/>
       <c r="I20" s="31"/>
       <c r="J20" s="36"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="69" t="s">
         <v>70</v>
@@ -2287,351 +2287,351 @@
         <v>0</v>
       </c>
       <c r="J21" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="67" t="s">
         <v>71</v>
       </c>
       <c r="B22" s="31"/>
       <c r="C22" s="31"/>
       <c r="D22" s="31"/>
       <c r="E22" s="31"/>
       <c r="F22" s="31"/>
       <c r="G22" s="31"/>
       <c r="H22" s="31"/>
       <c r="I22" s="31"/>
       <c r="J22" s="36"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="69" t="s">
         <v>72</v>
       </c>
       <c r="B23" s="73">
-        <v>163</v>
+        <v>151</v>
       </c>
       <c r="C23" s="85">
         <v>0</v>
       </c>
       <c r="D23" s="73">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E23" s="73">
         <v>2</v>
       </c>
       <c r="F23" s="73">
         <v>2</v>
       </c>
       <c r="G23" s="77">
-        <v>0.46</v>
+        <v>0.086</v>
       </c>
       <c r="H23" s="73">
         <v>0</v>
       </c>
       <c r="I23" s="85">
         <v>0</v>
       </c>
       <c r="J23" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="67" t="s">
         <v>73</v>
       </c>
       <c r="B24" s="31"/>
       <c r="C24" s="31"/>
       <c r="D24" s="31"/>
       <c r="E24" s="31"/>
       <c r="F24" s="31"/>
       <c r="G24" s="31"/>
       <c r="H24" s="31"/>
       <c r="I24" s="31"/>
       <c r="J24" s="36"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="73">
-        <v>769</v>
+        <v>728</v>
       </c>
       <c r="C25" s="73">
-        <v>16933</v>
+        <v>16934</v>
       </c>
       <c r="D25" s="73">
-        <v>5311</v>
+        <v>5299</v>
       </c>
       <c r="E25" s="85">
         <v>0</v>
       </c>
       <c r="F25" s="73">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G25" s="77">
-        <v>0.186</v>
+        <v>0.19</v>
       </c>
       <c r="H25" s="73">
         <v>0</v>
       </c>
-      <c r="I25" s="85">
+      <c r="I25" s="73">
         <v>0</v>
       </c>
       <c r="J25" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="67" t="s">
         <v>75</v>
       </c>
       <c r="B26" s="31"/>
       <c r="C26" s="31"/>
       <c r="D26" s="31"/>
       <c r="E26" s="31"/>
       <c r="F26" s="31"/>
       <c r="G26" s="31"/>
       <c r="H26" s="31"/>
       <c r="I26" s="31"/>
       <c r="J26" s="36"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="69" t="s">
         <v>76</v>
       </c>
       <c r="B27" s="73">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C27" s="85">
         <v>0</v>
       </c>
       <c r="D27" s="73">
         <v>1</v>
       </c>
       <c r="E27" s="85">
         <v>0</v>
       </c>
       <c r="F27" s="73">
         <v>1</v>
       </c>
       <c r="G27" s="88">
         <v>0</v>
       </c>
       <c r="H27" s="73">
         <v>0</v>
       </c>
       <c r="I27" s="85">
         <v>0</v>
       </c>
       <c r="J27" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="67" t="s">
         <v>77</v>
       </c>
       <c r="B28" s="31"/>
       <c r="C28" s="31"/>
       <c r="D28" s="31"/>
       <c r="E28" s="31"/>
       <c r="F28" s="31"/>
       <c r="G28" s="31"/>
       <c r="H28" s="31"/>
       <c r="I28" s="31"/>
       <c r="J28" s="36"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="69" t="s">
         <v>78</v>
       </c>
       <c r="B29" s="73">
-        <v>273024</v>
+        <v>271744</v>
       </c>
       <c r="C29" s="73">
-        <v>142438</v>
+        <v>141940</v>
       </c>
       <c r="D29" s="73">
-        <v>252490</v>
+        <v>251653</v>
       </c>
       <c r="E29" s="73">
-        <v>38660</v>
+        <v>38504</v>
       </c>
       <c r="F29" s="73">
-        <v>9912</v>
+        <v>9694</v>
       </c>
       <c r="G29" s="77">
-        <v>1.142</v>
+        <v>1.152</v>
       </c>
       <c r="H29" s="73">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="I29" s="73">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="J29" s="81">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="67" t="s">
         <v>79</v>
       </c>
       <c r="B30" s="31"/>
       <c r="C30" s="31"/>
       <c r="D30" s="31"/>
       <c r="E30" s="31"/>
       <c r="F30" s="31"/>
       <c r="G30" s="31"/>
       <c r="H30" s="31"/>
       <c r="I30" s="31"/>
       <c r="J30" s="36"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>80</v>
       </c>
       <c r="B31" s="73">
-        <v>850</v>
+        <v>844</v>
       </c>
       <c r="C31" s="73">
-        <v>10131</v>
+        <v>10096</v>
       </c>
       <c r="D31" s="73">
-        <v>1337</v>
+        <v>1329</v>
       </c>
       <c r="E31" s="73">
         <v>274</v>
       </c>
       <c r="F31" s="73">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G31" s="88">
         <v>0</v>
       </c>
       <c r="H31" s="73">
         <v>1</v>
       </c>
-      <c r="I31" s="85">
+      <c r="I31" s="73">
         <v>0</v>
       </c>
       <c r="J31" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="67" t="s">
         <v>81</v>
       </c>
       <c r="B32" s="31"/>
       <c r="C32" s="31"/>
       <c r="D32" s="31"/>
       <c r="E32" s="31"/>
       <c r="F32" s="31"/>
       <c r="G32" s="31"/>
       <c r="H32" s="31"/>
       <c r="I32" s="31"/>
       <c r="J32" s="36"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="69" t="s">
         <v>82</v>
       </c>
       <c r="B33" s="73">
-        <v>2047</v>
+        <v>1920</v>
       </c>
       <c r="C33" s="73">
-        <v>9686</v>
+        <v>9678</v>
       </c>
       <c r="D33" s="73">
-        <v>5352</v>
+        <v>5283</v>
       </c>
       <c r="E33" s="73">
-        <v>1048</v>
+        <v>1035</v>
       </c>
       <c r="F33" s="73">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="G33" s="77">
-        <v>1.032</v>
+        <v>0.708</v>
       </c>
       <c r="H33" s="73">
         <v>28</v>
       </c>
       <c r="I33" s="73">
         <v>0</v>
       </c>
       <c r="J33" s="81">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="67" t="s">
         <v>83</v>
       </c>
       <c r="B34" s="31"/>
       <c r="C34" s="31"/>
       <c r="D34" s="31"/>
       <c r="E34" s="31"/>
       <c r="F34" s="31"/>
       <c r="G34" s="31"/>
       <c r="H34" s="31"/>
       <c r="I34" s="31"/>
       <c r="J34" s="36"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="69" t="s">
         <v>84</v>
       </c>
       <c r="B35" s="73">
-        <v>1819</v>
+        <v>1727</v>
       </c>
       <c r="C35" s="73">
-        <v>3870</v>
+        <v>3844</v>
       </c>
       <c r="D35" s="73">
-        <v>2650</v>
+        <v>2593</v>
       </c>
       <c r="E35" s="73">
-        <v>551</v>
+        <v>538</v>
       </c>
       <c r="F35" s="73">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G35" s="77">
-        <v>2.009</v>
+        <v>1.982</v>
       </c>
       <c r="H35" s="73">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I35" s="73">
         <v>2</v>
       </c>
       <c r="J35" s="81">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="93" t="s">
         <v>85</v>
       </c>
       <c r="B36" s="32"/>
       <c r="C36" s="32"/>
       <c r="D36" s="32"/>
       <c r="E36" s="32"/>
       <c r="F36" s="32"/>
       <c r="G36" s="32"/>
       <c r="H36" s="32"/>
       <c r="I36" s="32"/>
       <c r="J36" s="37"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="8" t="s">
         <v>56</v>
       </c>
       <c r="B37" s="6"/>
       <c r="C37" s="6"/>
       <c r="D37" s="6"/>
       <c r="E37" s="6"/>
       <c r="F37" s="6"/>
@@ -2883,56 +2883,56 @@
       <c r="F1" s="46"/>
       <c r="G1" s="46"/>
       <c r="H1" s="46"/>
       <c r="I1" s="46"/>
       <c r="J1" s="46"/>
     </row>
     <row r="2" spans="1:10" ht="21" customHeight="1">
       <c r="A2" s="46" t="s">
         <v>50</v>
       </c>
       <c r="B2" s="49"/>
       <c r="C2" s="49"/>
       <c r="D2" s="49"/>
       <c r="E2" s="49"/>
       <c r="F2" s="49"/>
       <c r="G2" s="49"/>
       <c r="H2" s="49"/>
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="8"/>
       <c r="B3" s="8"/>
       <c r="C3" s="47" t="str">
         <f>'9-2'!C3:D3</f>
-        <v>民國114年 7月</v>
+        <v>民國114年 9月</v>
       </c>
       <c r="D3" s="47"/>
       <c r="E3" s="48" t="str">
         <f>'9-2'!E3:F3</f>
-        <v> July 2025</v>
+        <v> Sept. 2025</v>
       </c>
       <c r="F3" s="48"/>
       <c r="G3" s="19"/>
       <c r="H3" s="8"/>
       <c r="I3" s="8"/>
       <c r="J3" s="9" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="12" customHeight="1">
       <c r="A4" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>3</v>
       </c>