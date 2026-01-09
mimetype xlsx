--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -183,54 +183,54 @@
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve"> NT$ Million</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">機　　構　　別
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Issuer</t>
     </r>
   </si>
   <si>
     <t>逾放比率</t>
   </si>
   <si>
-    <t>民國114年 9月</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> Sept. 2025</t>
+    <t>民國114年10月</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Oct. 2025</t>
   </si>
   <si>
     <r>
       <t>9-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　現金卡重要業務及財務資訊</t>
     </r>
   </si>
   <si>
     <t>9-2 Important Cash Card Business and Financial Information (Cont.)</t>
   </si>
   <si>
     <r>
       <t>單位：新臺幣百萬元</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
@@ -1965,121 +1965,121 @@
       <c r="D8" s="16" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="16" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="16" t="s">
         <v>34</v>
       </c>
       <c r="G8" s="22"/>
       <c r="H8" s="16" t="s">
         <v>27</v>
       </c>
       <c r="I8" s="17" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="18" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="57">
-        <v>279563</v>
+        <v>278721</v>
       </c>
       <c r="C9" s="57">
-        <v>186580</v>
+        <v>185672</v>
       </c>
       <c r="D9" s="57">
-        <v>267918</v>
+        <v>267118</v>
       </c>
       <c r="E9" s="57">
-        <v>40522</v>
+        <v>40370</v>
       </c>
       <c r="F9" s="57">
-        <v>9921</v>
+        <v>9865</v>
       </c>
       <c r="G9" s="61">
-        <v>1.141</v>
+        <v>1.085</v>
       </c>
       <c r="H9" s="57">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="I9" s="57">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="J9" s="65">
-        <v>197</v>
+        <v>225</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="68" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="29"/>
       <c r="C10" s="29"/>
       <c r="D10" s="29"/>
       <c r="E10" s="29"/>
       <c r="F10" s="29"/>
       <c r="G10" s="29"/>
       <c r="H10" s="29"/>
       <c r="I10" s="29"/>
       <c r="J10" s="34"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="70" t="s">
         <v>60</v>
       </c>
       <c r="B11" s="74">
-        <v>279563</v>
+        <v>278721</v>
       </c>
       <c r="C11" s="74">
-        <v>186580</v>
+        <v>185672</v>
       </c>
       <c r="D11" s="74">
-        <v>267918</v>
+        <v>267118</v>
       </c>
       <c r="E11" s="74">
-        <v>40522</v>
+        <v>40370</v>
       </c>
       <c r="F11" s="74">
-        <v>9921</v>
+        <v>9865</v>
       </c>
       <c r="G11" s="78">
-        <v>1.141</v>
+        <v>1.085</v>
       </c>
       <c r="H11" s="74">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="I11" s="74">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="J11" s="82">
-        <v>197</v>
+        <v>225</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="68" t="s">
         <v>61</v>
       </c>
       <c r="B12" s="31"/>
       <c r="C12" s="31"/>
       <c r="D12" s="31"/>
       <c r="E12" s="31"/>
       <c r="F12" s="31"/>
       <c r="G12" s="31"/>
       <c r="H12" s="31"/>
       <c r="I12" s="31"/>
       <c r="J12" s="36"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="73">
         <v>986</v>
       </c>
       <c r="C13" s="85">
         <v>0</v>
@@ -2103,71 +2103,71 @@
         <v>0</v>
       </c>
       <c r="J13" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="67" t="s">
         <v>63</v>
       </c>
       <c r="B14" s="31"/>
       <c r="C14" s="31"/>
       <c r="D14" s="31"/>
       <c r="E14" s="31"/>
       <c r="F14" s="31"/>
       <c r="G14" s="31"/>
       <c r="H14" s="31"/>
       <c r="I14" s="31"/>
       <c r="J14" s="36"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="69" t="s">
         <v>64</v>
       </c>
       <c r="B15" s="73">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C15" s="73">
-        <v>2442</v>
+        <v>2440</v>
       </c>
       <c r="D15" s="73">
-        <v>1299</v>
+        <v>1295</v>
       </c>
       <c r="E15" s="73">
         <v>113</v>
       </c>
       <c r="F15" s="73">
         <v>3</v>
       </c>
       <c r="G15" s="88">
         <v>0</v>
       </c>
       <c r="H15" s="73">
         <v>2</v>
       </c>
-      <c r="I15" s="73">
+      <c r="I15" s="85">
         <v>0</v>
       </c>
       <c r="J15" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="67" t="s">
         <v>65</v>
       </c>
       <c r="B16" s="31"/>
       <c r="C16" s="31"/>
       <c r="D16" s="31"/>
       <c r="E16" s="31"/>
       <c r="F16" s="31"/>
       <c r="G16" s="31"/>
       <c r="H16" s="31"/>
       <c r="I16" s="31"/>
       <c r="J16" s="36"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="69" t="s">
         <v>66</v>
       </c>
       <c r="B17" s="85">
@@ -2195,75 +2195,75 @@
         <v>0</v>
       </c>
       <c r="J17" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="67" t="s">
         <v>67</v>
       </c>
       <c r="B18" s="31"/>
       <c r="C18" s="31"/>
       <c r="D18" s="31"/>
       <c r="E18" s="31"/>
       <c r="F18" s="31"/>
       <c r="G18" s="31"/>
       <c r="H18" s="31"/>
       <c r="I18" s="31"/>
       <c r="J18" s="36"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="69" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="73">
-        <v>1164</v>
+        <v>1147</v>
       </c>
       <c r="C19" s="73">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="D19" s="73">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="E19" s="73">
         <v>8</v>
       </c>
       <c r="F19" s="73">
         <v>30</v>
       </c>
       <c r="G19" s="77">
-        <v>0.065</v>
+        <v>0.07</v>
       </c>
       <c r="H19" s="73">
         <v>20</v>
       </c>
       <c r="I19" s="73">
         <v>0</v>
       </c>
       <c r="J19" s="81">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="67" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="31"/>
       <c r="C20" s="31"/>
       <c r="D20" s="31"/>
       <c r="E20" s="31"/>
       <c r="F20" s="31"/>
       <c r="G20" s="31"/>
       <c r="H20" s="31"/>
       <c r="I20" s="31"/>
       <c r="J20" s="36"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="69" t="s">
         <v>70</v>
       </c>
       <c r="B21" s="73">
         <v>12</v>
       </c>
       <c r="C21" s="85">
         <v>0</v>
@@ -2287,351 +2287,351 @@
         <v>0</v>
       </c>
       <c r="J21" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="67" t="s">
         <v>71</v>
       </c>
       <c r="B22" s="31"/>
       <c r="C22" s="31"/>
       <c r="D22" s="31"/>
       <c r="E22" s="31"/>
       <c r="F22" s="31"/>
       <c r="G22" s="31"/>
       <c r="H22" s="31"/>
       <c r="I22" s="31"/>
       <c r="J22" s="36"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="69" t="s">
         <v>72</v>
       </c>
       <c r="B23" s="73">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C23" s="85">
         <v>0</v>
       </c>
       <c r="D23" s="73">
         <v>16</v>
       </c>
       <c r="E23" s="73">
         <v>2</v>
       </c>
       <c r="F23" s="73">
         <v>2</v>
       </c>
       <c r="G23" s="77">
-        <v>0.086</v>
+        <v>0.083</v>
       </c>
       <c r="H23" s="73">
         <v>0</v>
       </c>
       <c r="I23" s="85">
         <v>0</v>
       </c>
       <c r="J23" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="67" t="s">
         <v>73</v>
       </c>
       <c r="B24" s="31"/>
       <c r="C24" s="31"/>
       <c r="D24" s="31"/>
       <c r="E24" s="31"/>
       <c r="F24" s="31"/>
       <c r="G24" s="31"/>
       <c r="H24" s="31"/>
       <c r="I24" s="31"/>
       <c r="J24" s="36"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="73">
-        <v>728</v>
+        <v>710</v>
       </c>
       <c r="C25" s="73">
-        <v>16934</v>
+        <v>16933</v>
       </c>
       <c r="D25" s="73">
-        <v>5299</v>
+        <v>5293</v>
       </c>
       <c r="E25" s="85">
         <v>0</v>
       </c>
       <c r="F25" s="73">
         <v>6</v>
       </c>
       <c r="G25" s="77">
-        <v>0.19</v>
+        <v>0.237</v>
       </c>
       <c r="H25" s="73">
         <v>0</v>
       </c>
       <c r="I25" s="73">
         <v>0</v>
       </c>
       <c r="J25" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="67" t="s">
         <v>75</v>
       </c>
       <c r="B26" s="31"/>
       <c r="C26" s="31"/>
       <c r="D26" s="31"/>
       <c r="E26" s="31"/>
       <c r="F26" s="31"/>
       <c r="G26" s="31"/>
       <c r="H26" s="31"/>
       <c r="I26" s="31"/>
       <c r="J26" s="36"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="69" t="s">
         <v>76</v>
       </c>
       <c r="B27" s="73">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="C27" s="85">
         <v>0</v>
       </c>
       <c r="D27" s="73">
         <v>1</v>
       </c>
       <c r="E27" s="85">
         <v>0</v>
       </c>
       <c r="F27" s="73">
         <v>1</v>
       </c>
       <c r="G27" s="88">
         <v>0</v>
       </c>
       <c r="H27" s="73">
         <v>0</v>
       </c>
-      <c r="I27" s="85">
+      <c r="I27" s="73">
         <v>0</v>
       </c>
       <c r="J27" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="67" t="s">
         <v>77</v>
       </c>
       <c r="B28" s="31"/>
       <c r="C28" s="31"/>
       <c r="D28" s="31"/>
       <c r="E28" s="31"/>
       <c r="F28" s="31"/>
       <c r="G28" s="31"/>
       <c r="H28" s="31"/>
       <c r="I28" s="31"/>
       <c r="J28" s="36"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="69" t="s">
         <v>78</v>
       </c>
       <c r="B29" s="73">
-        <v>271744</v>
+        <v>271077</v>
       </c>
       <c r="C29" s="73">
-        <v>141940</v>
+        <v>141736</v>
       </c>
       <c r="D29" s="73">
-        <v>251653</v>
+        <v>251237</v>
       </c>
       <c r="E29" s="73">
-        <v>38504</v>
+        <v>38420</v>
       </c>
       <c r="F29" s="73">
-        <v>9694</v>
+        <v>9646</v>
       </c>
       <c r="G29" s="77">
-        <v>1.152</v>
+        <v>1.09</v>
       </c>
       <c r="H29" s="73">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="I29" s="73">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="J29" s="81">
-        <v>170</v>
+        <v>194</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="67" t="s">
         <v>79</v>
       </c>
       <c r="B30" s="31"/>
       <c r="C30" s="31"/>
       <c r="D30" s="31"/>
       <c r="E30" s="31"/>
       <c r="F30" s="31"/>
       <c r="G30" s="31"/>
       <c r="H30" s="31"/>
       <c r="I30" s="31"/>
       <c r="J30" s="36"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>80</v>
       </c>
       <c r="B31" s="73">
-        <v>844</v>
+        <v>829</v>
       </c>
       <c r="C31" s="73">
         <v>10096</v>
       </c>
       <c r="D31" s="73">
-        <v>1329</v>
+        <v>1326</v>
       </c>
       <c r="E31" s="73">
         <v>274</v>
       </c>
       <c r="F31" s="73">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G31" s="88">
         <v>0</v>
       </c>
       <c r="H31" s="73">
         <v>1</v>
       </c>
-      <c r="I31" s="73">
+      <c r="I31" s="85">
         <v>0</v>
       </c>
       <c r="J31" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="67" t="s">
         <v>81</v>
       </c>
       <c r="B32" s="31"/>
       <c r="C32" s="31"/>
       <c r="D32" s="31"/>
       <c r="E32" s="31"/>
       <c r="F32" s="31"/>
       <c r="G32" s="31"/>
       <c r="H32" s="31"/>
       <c r="I32" s="31"/>
       <c r="J32" s="36"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="69" t="s">
         <v>82</v>
       </c>
       <c r="B33" s="73">
-        <v>1920</v>
+        <v>1861</v>
       </c>
       <c r="C33" s="73">
-        <v>9678</v>
+        <v>9590</v>
       </c>
       <c r="D33" s="73">
-        <v>5283</v>
+        <v>5215</v>
       </c>
       <c r="E33" s="73">
-        <v>1035</v>
+        <v>1019</v>
       </c>
       <c r="F33" s="73">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="G33" s="77">
-        <v>0.708</v>
+        <v>1.331</v>
       </c>
       <c r="H33" s="73">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="I33" s="73">
         <v>0</v>
       </c>
       <c r="J33" s="81">
         <v>3</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="67" t="s">
         <v>83</v>
       </c>
       <c r="B34" s="31"/>
       <c r="C34" s="31"/>
       <c r="D34" s="31"/>
       <c r="E34" s="31"/>
       <c r="F34" s="31"/>
       <c r="G34" s="31"/>
       <c r="H34" s="31"/>
       <c r="I34" s="31"/>
       <c r="J34" s="36"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="69" t="s">
         <v>84</v>
       </c>
       <c r="B35" s="73">
-        <v>1727</v>
+        <v>1672</v>
       </c>
       <c r="C35" s="73">
-        <v>3844</v>
+        <v>3230</v>
       </c>
       <c r="D35" s="73">
-        <v>2593</v>
+        <v>2290</v>
       </c>
       <c r="E35" s="73">
-        <v>538</v>
+        <v>486</v>
       </c>
       <c r="F35" s="73">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="G35" s="77">
-        <v>1.982</v>
+        <v>1.986</v>
       </c>
       <c r="H35" s="73">
         <v>4</v>
       </c>
       <c r="I35" s="73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J35" s="81">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="93" t="s">
         <v>85</v>
       </c>
       <c r="B36" s="32"/>
       <c r="C36" s="32"/>
       <c r="D36" s="32"/>
       <c r="E36" s="32"/>
       <c r="F36" s="32"/>
       <c r="G36" s="32"/>
       <c r="H36" s="32"/>
       <c r="I36" s="32"/>
       <c r="J36" s="37"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="8" t="s">
         <v>56</v>
       </c>
       <c r="B37" s="6"/>
       <c r="C37" s="6"/>
       <c r="D37" s="6"/>
       <c r="E37" s="6"/>
       <c r="F37" s="6"/>
@@ -2883,56 +2883,56 @@
       <c r="F1" s="46"/>
       <c r="G1" s="46"/>
       <c r="H1" s="46"/>
       <c r="I1" s="46"/>
       <c r="J1" s="46"/>
     </row>
     <row r="2" spans="1:10" ht="21" customHeight="1">
       <c r="A2" s="46" t="s">
         <v>50</v>
       </c>
       <c r="B2" s="49"/>
       <c r="C2" s="49"/>
       <c r="D2" s="49"/>
       <c r="E2" s="49"/>
       <c r="F2" s="49"/>
       <c r="G2" s="49"/>
       <c r="H2" s="49"/>
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="8"/>
       <c r="B3" s="8"/>
       <c r="C3" s="47" t="str">
         <f>'9-2'!C3:D3</f>
-        <v>民國114年 9月</v>
+        <v>民國114年10月</v>
       </c>
       <c r="D3" s="47"/>
       <c r="E3" s="48" t="str">
         <f>'9-2'!E3:F3</f>
-        <v> Sept. 2025</v>
+        <v> Oct. 2025</v>
       </c>
       <c r="F3" s="48"/>
       <c r="G3" s="19"/>
       <c r="H3" s="8"/>
       <c r="I3" s="8"/>
       <c r="J3" s="9" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="12" customHeight="1">
       <c r="A4" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>3</v>
       </c>