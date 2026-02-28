--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -183,54 +183,54 @@
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve"> NT$ Million</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">機　　構　　別
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Issuer</t>
     </r>
   </si>
   <si>
     <t>逾放比率</t>
   </si>
   <si>
-    <t>民國114年10月</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> Oct. 2025</t>
+    <t>民國114年12月</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dec. 2025</t>
   </si>
   <si>
     <r>
       <t>9-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　現金卡重要業務及財務資訊</t>
     </r>
   </si>
   <si>
     <t>9-2 Important Cash Card Business and Financial Information (Cont.)</t>
   </si>
   <si>
     <r>
       <t>單位：新臺幣百萬元</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
@@ -1965,673 +1965,673 @@
       <c r="D8" s="16" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="16" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="16" t="s">
         <v>34</v>
       </c>
       <c r="G8" s="22"/>
       <c r="H8" s="16" t="s">
         <v>27</v>
       </c>
       <c r="I8" s="17" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="18" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="57">
-        <v>278721</v>
+        <v>276567</v>
       </c>
       <c r="C9" s="57">
-        <v>185672</v>
+        <v>182015</v>
       </c>
       <c r="D9" s="57">
-        <v>267118</v>
+        <v>264344</v>
       </c>
       <c r="E9" s="57">
-        <v>40370</v>
+        <v>39878</v>
       </c>
       <c r="F9" s="57">
-        <v>9865</v>
+        <v>9878</v>
       </c>
       <c r="G9" s="61">
-        <v>1.085</v>
+        <v>1.09</v>
       </c>
       <c r="H9" s="57">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="I9" s="57">
         <v>28</v>
       </c>
       <c r="J9" s="65">
-        <v>225</v>
+        <v>267</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="68" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="29"/>
       <c r="C10" s="29"/>
       <c r="D10" s="29"/>
       <c r="E10" s="29"/>
       <c r="F10" s="29"/>
       <c r="G10" s="29"/>
       <c r="H10" s="29"/>
       <c r="I10" s="29"/>
       <c r="J10" s="34"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="70" t="s">
         <v>60</v>
       </c>
       <c r="B11" s="74">
-        <v>278721</v>
+        <v>276567</v>
       </c>
       <c r="C11" s="74">
-        <v>185672</v>
+        <v>182015</v>
       </c>
       <c r="D11" s="74">
-        <v>267118</v>
+        <v>264344</v>
       </c>
       <c r="E11" s="74">
-        <v>40370</v>
+        <v>39878</v>
       </c>
       <c r="F11" s="74">
-        <v>9865</v>
+        <v>9878</v>
       </c>
       <c r="G11" s="78">
-        <v>1.085</v>
+        <v>1.09</v>
       </c>
       <c r="H11" s="74">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="I11" s="74">
         <v>28</v>
       </c>
       <c r="J11" s="82">
-        <v>225</v>
+        <v>267</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="68" t="s">
         <v>61</v>
       </c>
       <c r="B12" s="31"/>
       <c r="C12" s="31"/>
       <c r="D12" s="31"/>
       <c r="E12" s="31"/>
       <c r="F12" s="31"/>
       <c r="G12" s="31"/>
       <c r="H12" s="31"/>
       <c r="I12" s="31"/>
       <c r="J12" s="36"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="73">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="C13" s="85">
         <v>0</v>
       </c>
       <c r="D13" s="73">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="E13" s="73">
         <v>48</v>
       </c>
       <c r="F13" s="73">
         <v>0</v>
       </c>
       <c r="G13" s="88">
         <v>0</v>
       </c>
       <c r="H13" s="73">
         <v>0</v>
       </c>
-      <c r="I13" s="85">
+      <c r="I13" s="73">
         <v>0</v>
       </c>
       <c r="J13" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="67" t="s">
         <v>63</v>
       </c>
       <c r="B14" s="31"/>
       <c r="C14" s="31"/>
       <c r="D14" s="31"/>
       <c r="E14" s="31"/>
       <c r="F14" s="31"/>
       <c r="G14" s="31"/>
       <c r="H14" s="31"/>
       <c r="I14" s="31"/>
       <c r="J14" s="36"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="69" t="s">
         <v>64</v>
       </c>
       <c r="B15" s="73">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="C15" s="73">
-        <v>2440</v>
+        <v>2434</v>
       </c>
       <c r="D15" s="73">
-        <v>1295</v>
+        <v>1288</v>
       </c>
       <c r="E15" s="73">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F15" s="73">
         <v>3</v>
       </c>
       <c r="G15" s="88">
         <v>0</v>
       </c>
       <c r="H15" s="73">
         <v>2</v>
       </c>
-      <c r="I15" s="85">
+      <c r="I15" s="73">
         <v>0</v>
       </c>
       <c r="J15" s="81">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="67" t="s">
         <v>65</v>
       </c>
       <c r="B16" s="31"/>
       <c r="C16" s="31"/>
       <c r="D16" s="31"/>
       <c r="E16" s="31"/>
       <c r="F16" s="31"/>
       <c r="G16" s="31"/>
       <c r="H16" s="31"/>
       <c r="I16" s="31"/>
       <c r="J16" s="36"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="69" t="s">
         <v>66</v>
       </c>
       <c r="B17" s="85">
         <v>0</v>
       </c>
       <c r="C17" s="73">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D17" s="73">
         <v>1</v>
       </c>
       <c r="E17" s="85">
         <v>0</v>
       </c>
       <c r="F17" s="85">
         <v>0</v>
       </c>
       <c r="G17" s="88">
         <v>0</v>
       </c>
       <c r="H17" s="73">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I17" s="85">
         <v>0</v>
       </c>
       <c r="J17" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="67" t="s">
         <v>67</v>
       </c>
       <c r="B18" s="31"/>
       <c r="C18" s="31"/>
       <c r="D18" s="31"/>
       <c r="E18" s="31"/>
       <c r="F18" s="31"/>
       <c r="G18" s="31"/>
       <c r="H18" s="31"/>
       <c r="I18" s="31"/>
       <c r="J18" s="36"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="69" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="73">
-        <v>1147</v>
+        <v>1111</v>
       </c>
       <c r="C19" s="73">
-        <v>1635</v>
+        <v>1633</v>
       </c>
       <c r="D19" s="73">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="E19" s="73">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F19" s="73">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="G19" s="77">
-        <v>0.07</v>
+        <v>0.038</v>
       </c>
       <c r="H19" s="73">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="I19" s="73">
         <v>0</v>
       </c>
       <c r="J19" s="81">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="67" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="31"/>
       <c r="C20" s="31"/>
       <c r="D20" s="31"/>
       <c r="E20" s="31"/>
       <c r="F20" s="31"/>
       <c r="G20" s="31"/>
       <c r="H20" s="31"/>
       <c r="I20" s="31"/>
       <c r="J20" s="36"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="69" t="s">
         <v>70</v>
       </c>
       <c r="B21" s="73">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C21" s="85">
         <v>0</v>
       </c>
       <c r="D21" s="73">
         <v>0</v>
       </c>
       <c r="E21" s="85">
         <v>0</v>
       </c>
       <c r="F21" s="73">
         <v>0</v>
       </c>
       <c r="G21" s="88">
         <v>0</v>
       </c>
       <c r="H21" s="85">
         <v>0</v>
       </c>
       <c r="I21" s="85">
         <v>0</v>
       </c>
-      <c r="J21" s="91">
+      <c r="J21" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="67" t="s">
         <v>71</v>
       </c>
       <c r="B22" s="31"/>
       <c r="C22" s="31"/>
       <c r="D22" s="31"/>
       <c r="E22" s="31"/>
       <c r="F22" s="31"/>
       <c r="G22" s="31"/>
       <c r="H22" s="31"/>
       <c r="I22" s="31"/>
       <c r="J22" s="36"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="69" t="s">
         <v>72</v>
       </c>
       <c r="B23" s="73">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C23" s="85">
         <v>0</v>
       </c>
       <c r="D23" s="73">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E23" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F23" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G23" s="77">
-        <v>0.083</v>
+        <v>5.883</v>
       </c>
       <c r="H23" s="73">
         <v>0</v>
       </c>
       <c r="I23" s="85">
         <v>0</v>
       </c>
       <c r="J23" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="67" t="s">
         <v>73</v>
       </c>
       <c r="B24" s="31"/>
       <c r="C24" s="31"/>
       <c r="D24" s="31"/>
       <c r="E24" s="31"/>
       <c r="F24" s="31"/>
       <c r="G24" s="31"/>
       <c r="H24" s="31"/>
       <c r="I24" s="31"/>
       <c r="J24" s="36"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="73">
-        <v>710</v>
+        <v>669</v>
       </c>
       <c r="C25" s="73">
-        <v>16933</v>
+        <v>16929</v>
       </c>
       <c r="D25" s="73">
-        <v>5293</v>
+        <v>5279</v>
       </c>
       <c r="E25" s="85">
         <v>0</v>
       </c>
       <c r="F25" s="73">
         <v>6</v>
       </c>
-      <c r="G25" s="77">
-        <v>0.237</v>
+      <c r="G25" s="88">
+        <v>0</v>
       </c>
       <c r="H25" s="73">
         <v>0</v>
       </c>
       <c r="I25" s="73">
         <v>0</v>
       </c>
       <c r="J25" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="67" t="s">
         <v>75</v>
       </c>
       <c r="B26" s="31"/>
       <c r="C26" s="31"/>
       <c r="D26" s="31"/>
       <c r="E26" s="31"/>
       <c r="F26" s="31"/>
       <c r="G26" s="31"/>
       <c r="H26" s="31"/>
       <c r="I26" s="31"/>
       <c r="J26" s="36"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="69" t="s">
         <v>76</v>
       </c>
       <c r="B27" s="73">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="C27" s="85">
         <v>0</v>
       </c>
       <c r="D27" s="73">
         <v>1</v>
       </c>
       <c r="E27" s="85">
         <v>0</v>
       </c>
       <c r="F27" s="73">
         <v>1</v>
       </c>
       <c r="G27" s="88">
         <v>0</v>
       </c>
       <c r="H27" s="73">
         <v>0</v>
       </c>
       <c r="I27" s="73">
         <v>0</v>
       </c>
       <c r="J27" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="67" t="s">
         <v>77</v>
       </c>
       <c r="B28" s="31"/>
       <c r="C28" s="31"/>
       <c r="D28" s="31"/>
       <c r="E28" s="31"/>
       <c r="F28" s="31"/>
       <c r="G28" s="31"/>
       <c r="H28" s="31"/>
       <c r="I28" s="31"/>
       <c r="J28" s="36"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="69" t="s">
         <v>78</v>
       </c>
       <c r="B29" s="73">
-        <v>271077</v>
+        <v>269252</v>
       </c>
       <c r="C29" s="73">
-        <v>141736</v>
+        <v>141216</v>
       </c>
       <c r="D29" s="73">
-        <v>251237</v>
+        <v>250069</v>
       </c>
       <c r="E29" s="73">
-        <v>38420</v>
+        <v>38208</v>
       </c>
       <c r="F29" s="73">
-        <v>9646</v>
+        <v>9671</v>
       </c>
       <c r="G29" s="77">
-        <v>1.09</v>
+        <v>1.096</v>
       </c>
       <c r="H29" s="73">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="I29" s="73">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J29" s="81">
-        <v>194</v>
+        <v>231</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="67" t="s">
         <v>79</v>
       </c>
       <c r="B30" s="31"/>
       <c r="C30" s="31"/>
       <c r="D30" s="31"/>
       <c r="E30" s="31"/>
       <c r="F30" s="31"/>
       <c r="G30" s="31"/>
       <c r="H30" s="31"/>
       <c r="I30" s="31"/>
       <c r="J30" s="36"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>80</v>
       </c>
       <c r="B31" s="73">
-        <v>829</v>
+        <v>820</v>
       </c>
       <c r="C31" s="73">
-        <v>10096</v>
+        <v>10082</v>
       </c>
       <c r="D31" s="73">
-        <v>1326</v>
+        <v>1321</v>
       </c>
       <c r="E31" s="73">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="F31" s="73">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G31" s="88">
         <v>0</v>
       </c>
       <c r="H31" s="73">
         <v>1</v>
       </c>
-      <c r="I31" s="85">
+      <c r="I31" s="73">
         <v>0</v>
       </c>
       <c r="J31" s="81">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="67" t="s">
         <v>81</v>
       </c>
       <c r="B32" s="31"/>
       <c r="C32" s="31"/>
       <c r="D32" s="31"/>
       <c r="E32" s="31"/>
       <c r="F32" s="31"/>
       <c r="G32" s="31"/>
       <c r="H32" s="31"/>
       <c r="I32" s="31"/>
       <c r="J32" s="36"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="69" t="s">
         <v>82</v>
       </c>
       <c r="B33" s="73">
-        <v>1861</v>
+        <v>1736</v>
       </c>
       <c r="C33" s="73">
-        <v>9590</v>
+        <v>9561</v>
       </c>
       <c r="D33" s="73">
-        <v>5215</v>
+        <v>5140</v>
       </c>
       <c r="E33" s="73">
-        <v>1019</v>
+        <v>1007</v>
       </c>
       <c r="F33" s="73">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="G33" s="77">
-        <v>1.331</v>
+        <v>1.133</v>
       </c>
       <c r="H33" s="73">
         <v>27</v>
       </c>
       <c r="I33" s="73">
         <v>0</v>
       </c>
       <c r="J33" s="81">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="67" t="s">
         <v>83</v>
       </c>
       <c r="B34" s="31"/>
       <c r="C34" s="31"/>
       <c r="D34" s="31"/>
       <c r="E34" s="31"/>
       <c r="F34" s="31"/>
       <c r="G34" s="31"/>
       <c r="H34" s="31"/>
       <c r="I34" s="31"/>
       <c r="J34" s="36"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="69" t="s">
         <v>84</v>
       </c>
       <c r="B35" s="73">
-        <v>1672</v>
+        <v>1577</v>
       </c>
       <c r="C35" s="73">
-        <v>3230</v>
+        <v>149</v>
       </c>
       <c r="D35" s="73">
-        <v>2290</v>
+        <v>793</v>
       </c>
       <c r="E35" s="73">
-        <v>486</v>
+        <v>222</v>
       </c>
       <c r="F35" s="73">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="G35" s="77">
-        <v>1.986</v>
+        <v>1.96</v>
       </c>
       <c r="H35" s="73">
         <v>4</v>
       </c>
       <c r="I35" s="73">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J35" s="81">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="93" t="s">
         <v>85</v>
       </c>
       <c r="B36" s="32"/>
       <c r="C36" s="32"/>
       <c r="D36" s="32"/>
       <c r="E36" s="32"/>
       <c r="F36" s="32"/>
       <c r="G36" s="32"/>
       <c r="H36" s="32"/>
       <c r="I36" s="32"/>
       <c r="J36" s="37"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="8" t="s">
         <v>56</v>
       </c>
       <c r="B37" s="6"/>
       <c r="C37" s="6"/>
       <c r="D37" s="6"/>
       <c r="E37" s="6"/>
       <c r="F37" s="6"/>
@@ -2883,56 +2883,56 @@
       <c r="F1" s="46"/>
       <c r="G1" s="46"/>
       <c r="H1" s="46"/>
       <c r="I1" s="46"/>
       <c r="J1" s="46"/>
     </row>
     <row r="2" spans="1:10" ht="21" customHeight="1">
       <c r="A2" s="46" t="s">
         <v>50</v>
       </c>
       <c r="B2" s="49"/>
       <c r="C2" s="49"/>
       <c r="D2" s="49"/>
       <c r="E2" s="49"/>
       <c r="F2" s="49"/>
       <c r="G2" s="49"/>
       <c r="H2" s="49"/>
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="8"/>
       <c r="B3" s="8"/>
       <c r="C3" s="47" t="str">
         <f>'9-2'!C3:D3</f>
-        <v>民國114年10月</v>
+        <v>民國114年12月</v>
       </c>
       <c r="D3" s="47"/>
       <c r="E3" s="48" t="str">
         <f>'9-2'!E3:F3</f>
-        <v> Oct. 2025</v>
+        <v> Dec. 2025</v>
       </c>
       <c r="F3" s="48"/>
       <c r="G3" s="19"/>
       <c r="H3" s="8"/>
       <c r="I3" s="8"/>
       <c r="J3" s="9" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="12" customHeight="1">
       <c r="A4" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>3</v>
       </c>