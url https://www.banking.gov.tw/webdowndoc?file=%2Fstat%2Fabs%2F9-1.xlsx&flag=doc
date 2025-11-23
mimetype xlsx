--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -199,51 +199,51 @@
   <si>
     <r>
       <t>機　　構　　別</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Issuer</t>
     </r>
   </si>
   <si>
-    <t>民國114年 7月</t>
+    <t>民國114年 9月</t>
   </si>
   <si>
     <t>循環信</t>
   </si>
   <si>
     <t>用餘額</t>
   </si>
   <si>
     <t>本月簽</t>
   </si>
   <si>
     <t>帳金額</t>
   </si>
   <si>
     <t>流通</t>
   </si>
   <si>
     <t>有效</t>
   </si>
   <si>
     <t>卡數</t>
   </si>
   <si>
     <t>(Over 3</t>
   </si>
@@ -769,51 +769,51 @@
   <si>
     <t>　國泰世華商業銀行　#</t>
   </si>
   <si>
     <t xml:space="preserve">     Cathay United Bank</t>
   </si>
   <si>
     <t>　高雄銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Bank of Kaohsiung</t>
   </si>
   <si>
     <t>　兆豐國際商業銀行　#</t>
   </si>
   <si>
     <t xml:space="preserve">     Mega International Commercial Bank Co., Ltd.</t>
   </si>
   <si>
     <t>　花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Citibank Taiwan Ltd.</t>
   </si>
   <si>
-    <t xml:space="preserve"> July 2025</t>
+    <t xml:space="preserve"> Sept. 2025</t>
   </si>
   <si>
     <t>　臺灣中小企業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Taiwan Business Bank</t>
   </si>
   <si>
     <t>　渣打國際商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>　台中商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Taichung Commercial Bank</t>
   </si>
   <si>
     <t>　滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     HSBC Bank(Taiwan) Ltd.</t>
   </si>
@@ -2575,942 +2575,942 @@
       </c>
       <c r="J9" s="12" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="12" t="s">
         <v>44</v>
       </c>
       <c r="L9" s="22" t="s">
         <v>31</v>
       </c>
       <c r="M9" s="12" t="s">
         <v>45</v>
       </c>
       <c r="N9" s="12" t="s">
         <v>46</v>
       </c>
       <c r="O9" s="25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="12.6" customHeight="1">
       <c r="A10" s="52" t="s">
         <v>86</v>
       </c>
       <c r="B10" s="55">
-        <v>59947219</v>
+        <v>60354497</v>
       </c>
       <c r="C10" s="55">
-        <v>39861195</v>
+        <v>40185047</v>
       </c>
       <c r="D10" s="55">
-        <v>486815</v>
+        <v>686004</v>
       </c>
       <c r="E10" s="55">
-        <v>420921</v>
+        <v>498235</v>
       </c>
       <c r="F10" s="55">
-        <v>114459</v>
+        <v>117177</v>
       </c>
       <c r="G10" s="55">
-        <v>653265</v>
+        <v>403174</v>
       </c>
       <c r="H10" s="55">
-        <v>1639</v>
+        <v>1585</v>
       </c>
       <c r="I10" s="58">
-        <v>0.23</v>
+        <v>0.24</v>
       </c>
       <c r="J10" s="61">
-        <v>461.1</v>
+        <v>468.1</v>
       </c>
       <c r="K10" s="55">
-        <v>589</v>
+        <v>633</v>
       </c>
       <c r="L10" s="55">
-        <v>1412</v>
+        <v>1436</v>
       </c>
       <c r="M10" s="55">
-        <v>5559</v>
+        <v>5347</v>
       </c>
       <c r="N10" s="55">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="O10" s="64">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="11.1" customHeight="1">
       <c r="A11" s="66" t="s">
         <v>87</v>
       </c>
       <c r="B11" s="31"/>
       <c r="C11" s="31"/>
       <c r="D11" s="31"/>
       <c r="E11" s="31"/>
       <c r="F11" s="31"/>
       <c r="G11" s="31"/>
       <c r="H11" s="31"/>
       <c r="I11" s="31"/>
       <c r="J11" s="31"/>
       <c r="K11" s="31"/>
       <c r="L11" s="31"/>
       <c r="M11" s="31"/>
       <c r="N11" s="31"/>
       <c r="O11" s="42"/>
     </row>
     <row r="12" spans="1:15" ht="12.6" customHeight="1">
       <c r="A12" s="52" t="s">
         <v>88</v>
       </c>
       <c r="B12" s="69">
-        <v>59236235</v>
+        <v>59643767</v>
       </c>
       <c r="C12" s="69">
-        <v>39557305</v>
+        <v>39885476</v>
       </c>
       <c r="D12" s="69">
-        <v>481138</v>
+        <v>681394</v>
       </c>
       <c r="E12" s="69">
-        <v>414991</v>
+        <v>491822</v>
       </c>
       <c r="F12" s="69">
-        <v>113403</v>
+        <v>116118</v>
       </c>
       <c r="G12" s="69">
-        <v>646056</v>
+        <v>395808</v>
       </c>
       <c r="H12" s="69">
-        <v>1633</v>
+        <v>1578</v>
       </c>
       <c r="I12" s="72">
-        <v>0.22</v>
+        <v>0.24</v>
       </c>
       <c r="J12" s="75">
-        <v>465.24</v>
+        <v>472.79</v>
       </c>
       <c r="K12" s="69">
-        <v>580</v>
+        <v>628</v>
       </c>
       <c r="L12" s="69">
-        <v>1397</v>
+        <v>1420</v>
       </c>
       <c r="M12" s="69">
-        <v>5413</v>
+        <v>5167</v>
       </c>
       <c r="N12" s="69">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="O12" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="11.1" customHeight="1">
       <c r="A13" s="66" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="31"/>
       <c r="C13" s="31"/>
       <c r="D13" s="31"/>
       <c r="E13" s="31"/>
       <c r="F13" s="31"/>
       <c r="G13" s="31"/>
       <c r="H13" s="31"/>
       <c r="I13" s="31"/>
       <c r="J13" s="31"/>
       <c r="K13" s="31"/>
       <c r="L13" s="31"/>
       <c r="M13" s="31"/>
       <c r="N13" s="31"/>
       <c r="O13" s="42"/>
     </row>
     <row r="14" spans="1:15" ht="12.6" customHeight="1">
       <c r="A14" s="51" t="s">
         <v>90</v>
       </c>
       <c r="B14" s="68">
-        <v>268363</v>
+        <v>278299</v>
       </c>
       <c r="C14" s="68">
-        <v>131102</v>
+        <v>136649</v>
       </c>
       <c r="D14" s="68">
-        <v>1687</v>
+        <v>9480</v>
       </c>
       <c r="E14" s="68">
-        <v>1066</v>
+        <v>1446</v>
       </c>
       <c r="F14" s="68">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="G14" s="68">
-        <v>1822</v>
+        <v>1035</v>
       </c>
       <c r="H14" s="68">
         <v>0</v>
       </c>
       <c r="I14" s="71">
-        <v>0.13</v>
+        <v>0.2</v>
       </c>
       <c r="J14" s="74">
-        <v>983.49</v>
+        <v>713.21</v>
       </c>
       <c r="K14" s="68">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L14" s="68">
         <v>2</v>
       </c>
       <c r="M14" s="68">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N14" s="68">
         <v>0</v>
       </c>
       <c r="O14" s="80">
-        <v>3202</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="11.1" customHeight="1">
       <c r="A15" s="65" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="31"/>
       <c r="C15" s="31"/>
       <c r="D15" s="31"/>
       <c r="E15" s="31"/>
       <c r="F15" s="31"/>
       <c r="G15" s="31"/>
       <c r="H15" s="31"/>
       <c r="I15" s="31"/>
       <c r="J15" s="31"/>
       <c r="K15" s="31"/>
       <c r="L15" s="31"/>
       <c r="M15" s="31"/>
       <c r="N15" s="31"/>
       <c r="O15" s="42"/>
     </row>
     <row r="16" spans="1:15" ht="12.6" customHeight="1">
       <c r="A16" s="51" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="68">
-        <v>320572</v>
+        <v>317482</v>
       </c>
       <c r="C16" s="68">
-        <v>143302</v>
+        <v>141441</v>
       </c>
       <c r="D16" s="68">
-        <v>1429</v>
+        <v>1026</v>
       </c>
       <c r="E16" s="68">
-        <v>2384</v>
+        <v>2969</v>
       </c>
       <c r="F16" s="68">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="G16" s="68">
-        <v>1217</v>
+        <v>868</v>
       </c>
       <c r="H16" s="68">
         <v>1</v>
       </c>
       <c r="I16" s="71">
-        <v>0.27</v>
+        <v>0.25</v>
       </c>
       <c r="J16" s="74">
-        <v>1146.69</v>
+        <v>825.14</v>
       </c>
       <c r="K16" s="68">
         <v>2</v>
       </c>
       <c r="L16" s="68">
         <v>4</v>
       </c>
       <c r="M16" s="68">
         <v>12</v>
       </c>
       <c r="N16" s="68">
         <v>0</v>
       </c>
       <c r="O16" s="80">
-        <v>6874</v>
+        <v>6849</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="11.1" customHeight="1">
       <c r="A17" s="65" t="s">
         <v>93</v>
       </c>
       <c r="B17" s="31"/>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
       <c r="I17" s="31"/>
       <c r="J17" s="31"/>
       <c r="K17" s="31"/>
       <c r="L17" s="31"/>
       <c r="M17" s="31"/>
       <c r="N17" s="31"/>
       <c r="O17" s="42"/>
     </row>
     <row r="18" spans="1:15" ht="12.6" customHeight="1">
       <c r="A18" s="51" t="s">
         <v>94</v>
       </c>
       <c r="B18" s="68">
-        <v>683061</v>
+        <v>680869</v>
       </c>
       <c r="C18" s="68">
-        <v>396744</v>
+        <v>398445</v>
       </c>
       <c r="D18" s="68">
-        <v>6368</v>
+        <v>4637</v>
       </c>
       <c r="E18" s="68">
-        <v>7395</v>
+        <v>7579</v>
       </c>
       <c r="F18" s="68">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="G18" s="68">
-        <v>10235</v>
+        <v>4114</v>
       </c>
       <c r="H18" s="68">
         <v>2</v>
       </c>
       <c r="I18" s="71">
-        <v>0.06</v>
+        <v>0.17</v>
       </c>
       <c r="J18" s="74">
-        <v>485.32</v>
+        <v>408.87</v>
       </c>
       <c r="K18" s="68">
         <v>5</v>
       </c>
       <c r="L18" s="68">
         <v>8</v>
       </c>
       <c r="M18" s="68">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="N18" s="68">
         <v>0</v>
       </c>
       <c r="O18" s="80">
-        <v>48500</v>
+        <v>48354</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="11.1" customHeight="1">
       <c r="A19" s="65" t="s">
         <v>95</v>
       </c>
       <c r="B19" s="31"/>
       <c r="C19" s="31"/>
       <c r="D19" s="31"/>
       <c r="E19" s="31"/>
       <c r="F19" s="31"/>
       <c r="G19" s="31"/>
       <c r="H19" s="31"/>
       <c r="I19" s="31"/>
       <c r="J19" s="31"/>
       <c r="K19" s="31"/>
       <c r="L19" s="31"/>
       <c r="M19" s="31"/>
       <c r="N19" s="31"/>
       <c r="O19" s="42"/>
     </row>
     <row r="20" spans="1:15" ht="12.6" customHeight="1">
       <c r="A20" s="51" t="s">
         <v>96</v>
       </c>
       <c r="B20" s="68">
-        <v>1508990</v>
+        <v>1521089</v>
       </c>
       <c r="C20" s="68">
-        <v>952237</v>
+        <v>948177</v>
       </c>
       <c r="D20" s="68">
-        <v>12130</v>
+        <v>11293</v>
       </c>
       <c r="E20" s="68">
-        <v>6051</v>
+        <v>6273</v>
       </c>
       <c r="F20" s="68">
-        <v>1256</v>
+        <v>1294</v>
       </c>
       <c r="G20" s="68">
-        <v>10410</v>
+        <v>6574</v>
       </c>
       <c r="H20" s="68">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I20" s="71">
-        <v>0.15</v>
+        <v>0.17</v>
       </c>
       <c r="J20" s="74">
-        <v>971.54</v>
+        <v>941.83</v>
       </c>
       <c r="K20" s="68">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L20" s="68">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M20" s="68">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="N20" s="68">
         <v>0</v>
       </c>
       <c r="O20" s="80">
-        <v>31879</v>
+        <v>32328</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="11.1" customHeight="1">
       <c r="A21" s="65" t="s">
         <v>97</v>
       </c>
       <c r="B21" s="31"/>
       <c r="C21" s="31"/>
       <c r="D21" s="31"/>
       <c r="E21" s="31"/>
       <c r="F21" s="31"/>
       <c r="G21" s="31"/>
       <c r="H21" s="31"/>
       <c r="I21" s="31"/>
       <c r="J21" s="31"/>
       <c r="K21" s="31"/>
       <c r="L21" s="31"/>
       <c r="M21" s="31"/>
       <c r="N21" s="31"/>
       <c r="O21" s="42"/>
     </row>
     <row r="22" spans="1:15" ht="12.6" customHeight="1">
       <c r="A22" s="51" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="68">
-        <v>1038657</v>
+        <v>1030510</v>
       </c>
       <c r="C22" s="68">
-        <v>813945</v>
+        <v>799773</v>
       </c>
       <c r="D22" s="68">
-        <v>4330</v>
+        <v>4411</v>
       </c>
       <c r="E22" s="68">
-        <v>7202</v>
+        <v>6768</v>
       </c>
       <c r="F22" s="68">
-        <v>1164</v>
+        <v>1206</v>
       </c>
       <c r="G22" s="68">
-        <v>11584</v>
+        <v>5286</v>
       </c>
       <c r="H22" s="68">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I22" s="71">
-        <v>0.1</v>
+        <v>0.07</v>
       </c>
       <c r="J22" s="74">
-        <v>380.9</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>431.23</v>
+      </c>
+      <c r="K22" s="68">
+        <v>24</v>
       </c>
       <c r="L22" s="68">
         <v>12</v>
       </c>
       <c r="M22" s="68">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="N22" s="68">
         <v>0</v>
       </c>
       <c r="O22" s="80">
-        <v>20390</v>
+        <v>20582</v>
       </c>
     </row>
     <row r="23" spans="1:15" ht="11.1" customHeight="1">
       <c r="A23" s="65" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="31"/>
       <c r="C23" s="31"/>
       <c r="D23" s="31"/>
       <c r="E23" s="31"/>
       <c r="F23" s="31"/>
       <c r="G23" s="31"/>
       <c r="H23" s="31"/>
       <c r="I23" s="31"/>
       <c r="J23" s="31"/>
       <c r="K23" s="31"/>
       <c r="L23" s="31"/>
       <c r="M23" s="31"/>
       <c r="N23" s="31"/>
       <c r="O23" s="42"/>
     </row>
     <row r="24" spans="1:15" ht="12.6" customHeight="1">
       <c r="A24" s="51" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="68">
-        <v>570449</v>
+        <v>573747</v>
       </c>
       <c r="C24" s="68">
-        <v>290775</v>
+        <v>299575</v>
       </c>
       <c r="D24" s="68">
-        <v>4548</v>
+        <v>3652</v>
       </c>
       <c r="E24" s="68">
-        <v>3258</v>
+        <v>2855</v>
       </c>
       <c r="F24" s="68">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="G24" s="68">
-        <v>4017</v>
+        <v>2330</v>
       </c>
       <c r="H24" s="68">
         <v>1</v>
       </c>
       <c r="I24" s="71">
-        <v>0.17</v>
+        <v>0.19</v>
       </c>
       <c r="J24" s="74">
-        <v>504.21</v>
+        <v>577.26</v>
       </c>
       <c r="K24" s="68">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L24" s="68">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="M24" s="68">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="N24" s="68">
         <v>0</v>
       </c>
       <c r="O24" s="80">
-        <v>15315</v>
+        <v>15505</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="11.1" customHeight="1">
       <c r="A25" s="65" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="31"/>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="31"/>
       <c r="J25" s="31"/>
       <c r="K25" s="31"/>
       <c r="L25" s="31"/>
       <c r="M25" s="31"/>
       <c r="N25" s="31"/>
       <c r="O25" s="42"/>
     </row>
     <row r="26" spans="1:15" ht="12.6" customHeight="1">
       <c r="A26" s="51" t="s">
         <v>102</v>
       </c>
       <c r="B26" s="68">
-        <v>387307</v>
+        <v>388221</v>
       </c>
       <c r="C26" s="68">
-        <v>202159</v>
+        <v>199417</v>
       </c>
       <c r="D26" s="68">
-        <v>1306</v>
+        <v>1100</v>
       </c>
       <c r="E26" s="68">
-        <v>2420</v>
+        <v>2323</v>
       </c>
       <c r="F26" s="68">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="G26" s="68">
-        <v>2856</v>
+        <v>1590</v>
       </c>
       <c r="H26" s="68">
         <v>5</v>
       </c>
       <c r="I26" s="71">
-        <v>0.15</v>
+        <v>0.22</v>
       </c>
       <c r="J26" s="74">
-        <v>799.9</v>
+        <v>693.6</v>
       </c>
       <c r="K26" s="68">
         <v>3</v>
       </c>
       <c r="L26" s="68">
         <v>8</v>
       </c>
       <c r="M26" s="68">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="N26" s="68">
         <v>0</v>
       </c>
       <c r="O26" s="80">
-        <v>1283</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="11.1" customHeight="1">
       <c r="A27" s="65" t="s">
         <v>103</v>
       </c>
       <c r="B27" s="31"/>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="31"/>
       <c r="J27" s="31"/>
       <c r="K27" s="31"/>
       <c r="L27" s="31"/>
       <c r="M27" s="31"/>
       <c r="N27" s="31"/>
       <c r="O27" s="42"/>
     </row>
     <row r="28" spans="1:15" ht="12.6" customHeight="1">
       <c r="A28" s="51" t="s">
         <v>104</v>
       </c>
       <c r="B28" s="68">
-        <v>7441214</v>
+        <v>7488656</v>
       </c>
       <c r="C28" s="68">
-        <v>5796909</v>
+        <v>5803191</v>
       </c>
       <c r="D28" s="68">
-        <v>41160</v>
+        <v>38593</v>
       </c>
       <c r="E28" s="68">
-        <v>16358</v>
+        <v>16183</v>
       </c>
       <c r="F28" s="68">
-        <v>10919</v>
+        <v>11389</v>
       </c>
       <c r="G28" s="68">
-        <v>70997</v>
+        <v>48349</v>
       </c>
       <c r="H28" s="68">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="I28" s="71">
-        <v>0.16</v>
+        <v>0.2</v>
       </c>
       <c r="J28" s="74">
-        <v>1428.04</v>
+        <v>1325.25</v>
       </c>
       <c r="K28" s="68">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="L28" s="68">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="M28" s="68">
-        <v>624</v>
+        <v>551</v>
       </c>
       <c r="N28" s="68">
         <v>4</v>
       </c>
       <c r="O28" s="80">
-        <v>17744</v>
+        <v>17877</v>
       </c>
     </row>
     <row r="29" spans="1:15" ht="11.1" customHeight="1">
       <c r="A29" s="65" t="s">
         <v>105</v>
       </c>
       <c r="B29" s="31"/>
       <c r="C29" s="31"/>
       <c r="D29" s="31"/>
       <c r="E29" s="31"/>
       <c r="F29" s="31"/>
       <c r="G29" s="31"/>
       <c r="H29" s="31"/>
       <c r="I29" s="31"/>
       <c r="J29" s="31"/>
       <c r="K29" s="31"/>
       <c r="L29" s="31"/>
       <c r="M29" s="31"/>
       <c r="N29" s="31"/>
       <c r="O29" s="42"/>
     </row>
     <row r="30" spans="1:15" ht="12.6" customHeight="1">
       <c r="A30" s="51" t="s">
         <v>106</v>
       </c>
       <c r="B30" s="68">
-        <v>7300676</v>
+        <v>7333465</v>
       </c>
       <c r="C30" s="68">
-        <v>5127114</v>
+        <v>5169904</v>
       </c>
       <c r="D30" s="68">
-        <v>46299</v>
+        <v>49438</v>
       </c>
       <c r="E30" s="68">
-        <v>23977</v>
+        <v>31750</v>
       </c>
       <c r="F30" s="68">
-        <v>21499</v>
+        <v>21006</v>
       </c>
       <c r="G30" s="68">
-        <v>101706</v>
+        <v>71463</v>
       </c>
       <c r="H30" s="68">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="I30" s="71">
-        <v>0.21</v>
+        <v>0.22</v>
       </c>
       <c r="J30" s="74">
-        <v>976.76</v>
+        <v>946.82</v>
       </c>
       <c r="K30" s="68">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="L30" s="68">
-        <v>256</v>
+        <v>275</v>
       </c>
       <c r="M30" s="68">
-        <v>958</v>
+        <v>809</v>
       </c>
       <c r="N30" s="68">
         <v>5</v>
       </c>
       <c r="O30" s="80">
-        <v>156370</v>
+        <v>156209</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="11.1" customHeight="1">
       <c r="A31" s="65" t="s">
         <v>107</v>
       </c>
       <c r="B31" s="31"/>
       <c r="C31" s="31"/>
       <c r="D31" s="31"/>
       <c r="E31" s="31"/>
       <c r="F31" s="31"/>
       <c r="G31" s="31"/>
       <c r="H31" s="31"/>
       <c r="I31" s="31"/>
       <c r="J31" s="31"/>
       <c r="K31" s="31"/>
       <c r="L31" s="31"/>
       <c r="M31" s="31"/>
       <c r="N31" s="31"/>
       <c r="O31" s="42"/>
     </row>
     <row r="32" spans="1:15" ht="12.6" customHeight="1">
       <c r="A32" s="51" t="s">
         <v>108</v>
       </c>
       <c r="B32" s="68">
-        <v>9899</v>
+        <v>9893</v>
       </c>
       <c r="C32" s="68">
-        <v>4643</v>
+        <v>4632</v>
       </c>
       <c r="D32" s="68">
-        <v>108</v>
+        <v>59</v>
       </c>
       <c r="E32" s="68">
-        <v>73</v>
+        <v>104</v>
       </c>
       <c r="F32" s="68">
         <v>12</v>
       </c>
       <c r="G32" s="68">
-        <v>263</v>
+        <v>243</v>
       </c>
       <c r="H32" s="68">
         <v>0</v>
       </c>
       <c r="I32" s="71">
-        <v>0.19</v>
+        <v>0.26</v>
       </c>
       <c r="J32" s="74">
-        <v>297.59</v>
+        <v>255.48</v>
       </c>
       <c r="K32" s="68">
         <v>0</v>
       </c>
       <c r="L32" s="68">
         <v>0</v>
       </c>
       <c r="M32" s="68">
         <v>1</v>
       </c>
       <c r="N32" s="68">
         <v>0</v>
       </c>
       <c r="O32" s="80">
-        <v>784</v>
+        <v>776</v>
       </c>
     </row>
     <row r="33" spans="1:15" ht="11.1" customHeight="1">
       <c r="A33" s="65" t="s">
         <v>109</v>
       </c>
       <c r="B33" s="31"/>
       <c r="C33" s="31"/>
       <c r="D33" s="31"/>
       <c r="E33" s="31"/>
       <c r="F33" s="31"/>
       <c r="G33" s="31"/>
       <c r="H33" s="31"/>
       <c r="I33" s="31"/>
       <c r="J33" s="31"/>
       <c r="K33" s="31"/>
       <c r="L33" s="31"/>
       <c r="M33" s="31"/>
       <c r="N33" s="31"/>
       <c r="O33" s="42"/>
     </row>
     <row r="34" spans="1:15" ht="12.6" customHeight="1">
       <c r="A34" s="51" t="s">
         <v>110</v>
       </c>
       <c r="B34" s="68">
-        <v>1129611</v>
+        <v>1124956</v>
       </c>
       <c r="C34" s="68">
-        <v>629656</v>
+        <v>621917</v>
       </c>
       <c r="D34" s="68">
-        <v>5174</v>
+        <v>4094</v>
       </c>
       <c r="E34" s="68">
-        <v>13118</v>
+        <v>8053</v>
       </c>
       <c r="F34" s="68">
-        <v>1586</v>
+        <v>1615</v>
       </c>
       <c r="G34" s="68">
-        <v>7142</v>
+        <v>4526</v>
       </c>
       <c r="H34" s="68">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I34" s="71">
         <v>0.19</v>
       </c>
       <c r="J34" s="74">
-        <v>485.42</v>
+        <v>540.83</v>
       </c>
       <c r="K34" s="68">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="L34" s="68">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="M34" s="68">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="N34" s="68">
         <v>0</v>
       </c>
       <c r="O34" s="80">
-        <v>14362</v>
+        <v>14505</v>
       </c>
     </row>
     <row r="35" spans="1:15" ht="11.1" customHeight="1">
       <c r="A35" s="65" t="s">
         <v>111</v>
       </c>
       <c r="B35" s="31"/>
       <c r="C35" s="31"/>
       <c r="D35" s="31"/>
       <c r="E35" s="31"/>
       <c r="F35" s="31"/>
       <c r="G35" s="31"/>
       <c r="H35" s="31"/>
       <c r="I35" s="31"/>
       <c r="J35" s="31"/>
       <c r="K35" s="31"/>
       <c r="L35" s="31"/>
       <c r="M35" s="31"/>
       <c r="N35" s="31"/>
       <c r="O35" s="42"/>
     </row>
     <row r="36" spans="1:15" ht="12.6" customHeight="1">
       <c r="A36" s="51" t="s">
         <v>112</v>
       </c>
       <c r="B36" s="68">
-        <v>23922</v>
+        <v>24944</v>
       </c>
       <c r="C36" s="68">
-        <v>14352</v>
+        <v>14515</v>
       </c>
       <c r="D36" s="68">
-        <v>533</v>
+        <v>1142</v>
       </c>
       <c r="E36" s="68">
-        <v>367</v>
+        <v>261</v>
       </c>
       <c r="F36" s="82">
         <v>0</v>
       </c>
       <c r="G36" s="68">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="H36" s="68">
         <v>0</v>
       </c>
       <c r="I36" s="71">
-        <v>0.06</v>
+        <v>0.03</v>
       </c>
       <c r="J36" s="74">
-        <v>311.7</v>
+        <v>460.2</v>
       </c>
       <c r="K36" s="82">
         <v>0</v>
       </c>
       <c r="L36" s="82">
         <v>0</v>
       </c>
       <c r="M36" s="68">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="N36" s="68">
         <v>0</v>
       </c>
       <c r="O36" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:15" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="83" t="s">
         <v>113</v>
       </c>
       <c r="B37" s="33"/>
       <c r="C37" s="33"/>
       <c r="D37" s="33"/>
       <c r="E37" s="33"/>
       <c r="F37" s="33"/>
       <c r="G37" s="33"/>
       <c r="H37" s="33"/>
       <c r="I37" s="33"/>
       <c r="J37" s="33"/>
       <c r="K37" s="33"/>
       <c r="L37" s="33"/>
       <c r="M37" s="33"/>
       <c r="N37" s="33"/>
@@ -3887,58 +3887,58 @@
     <row r="2" spans="1:15" ht="21" customHeight="1">
       <c r="A2" s="45" t="s">
         <v>74</v>
       </c>
       <c r="B2" s="46"/>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="46"/>
       <c r="I2" s="46"/>
       <c r="J2" s="46"/>
       <c r="K2" s="46"/>
       <c r="L2" s="46"/>
       <c r="M2" s="46"/>
       <c r="N2" s="46"/>
       <c r="O2" s="46"/>
     </row>
     <row r="3" spans="1:15" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="6"/>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="48" t="str">
         <f>'9-1'!D3:G3</f>
-        <v>民國114年 7月</v>
+        <v>民國114年 9月</v>
       </c>
       <c r="E3" s="48"/>
       <c r="F3" s="48"/>
       <c r="G3" s="48"/>
       <c r="H3" s="47" t="str">
         <f>'9-1'!H3:J3</f>
-        <v> July 2025</v>
+        <v> Sept. 2025</v>
       </c>
       <c r="I3" s="47"/>
       <c r="J3" s="47"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="7" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="12.6" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="15" t="s">
         <v>54</v>
       </c>
       <c r="C4" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D4" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="15" t="s">
@@ -4175,948 +4175,948 @@
       </c>
       <c r="J9" s="12" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="12" t="s">
         <v>44</v>
       </c>
       <c r="L9" s="22" t="s">
         <v>31</v>
       </c>
       <c r="M9" s="12" t="s">
         <v>45</v>
       </c>
       <c r="N9" s="12" t="s">
         <v>46</v>
       </c>
       <c r="O9" s="25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="12.6" customHeight="1">
       <c r="A10" s="51" t="s">
         <v>115</v>
       </c>
       <c r="B10" s="54">
-        <v>173896</v>
+        <v>174561</v>
       </c>
       <c r="C10" s="54">
-        <v>100576</v>
+        <v>100529</v>
       </c>
       <c r="D10" s="54">
-        <v>1386</v>
+        <v>756</v>
       </c>
       <c r="E10" s="54">
-        <v>544</v>
+        <v>504</v>
       </c>
       <c r="F10" s="54">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="G10" s="54">
-        <v>1230</v>
+        <v>984</v>
       </c>
       <c r="H10" s="54">
         <v>1</v>
       </c>
       <c r="I10" s="57">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
       <c r="J10" s="60">
-        <v>249.03</v>
+        <v>248.18</v>
       </c>
       <c r="K10" s="54">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L10" s="54">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M10" s="54">
         <v>12</v>
       </c>
       <c r="N10" s="54">
         <v>0</v>
       </c>
       <c r="O10" s="85">
-        <v>1640</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="11.1" customHeight="1">
       <c r="A11" s="65" t="s">
         <v>116</v>
       </c>
       <c r="B11" s="31"/>
       <c r="C11" s="31"/>
       <c r="D11" s="31"/>
       <c r="E11" s="31"/>
       <c r="F11" s="31"/>
       <c r="G11" s="31"/>
       <c r="H11" s="31"/>
       <c r="I11" s="31"/>
       <c r="J11" s="31"/>
       <c r="K11" s="31"/>
       <c r="L11" s="31"/>
       <c r="M11" s="31"/>
       <c r="N11" s="31"/>
       <c r="O11" s="42"/>
     </row>
     <row r="12" spans="1:15" ht="12.6" customHeight="1">
       <c r="A12" s="51" t="s">
         <v>117</v>
       </c>
       <c r="B12" s="68">
-        <v>240386</v>
+        <v>234174</v>
       </c>
       <c r="C12" s="68">
-        <v>153032</v>
+        <v>148572</v>
       </c>
       <c r="D12" s="68">
-        <v>347</v>
+        <v>272</v>
       </c>
       <c r="E12" s="68">
-        <v>2671</v>
+        <v>3343</v>
       </c>
       <c r="F12" s="68">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="G12" s="68">
-        <v>2044</v>
+        <v>1401</v>
       </c>
       <c r="H12" s="68">
         <v>2</v>
       </c>
       <c r="I12" s="71">
-        <v>0.24</v>
+        <v>0.3</v>
       </c>
       <c r="J12" s="74">
-        <v>782.57</v>
+        <v>722.04</v>
       </c>
       <c r="K12" s="68">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L12" s="68">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="M12" s="68">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="N12" s="68">
         <v>0</v>
       </c>
       <c r="O12" s="80">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="11.1" customHeight="1">
       <c r="A13" s="65" t="s">
         <v>118</v>
       </c>
       <c r="B13" s="31"/>
       <c r="C13" s="31"/>
       <c r="D13" s="31"/>
       <c r="E13" s="31"/>
       <c r="F13" s="31"/>
       <c r="G13" s="31"/>
       <c r="H13" s="31"/>
       <c r="I13" s="31"/>
       <c r="J13" s="31"/>
       <c r="K13" s="31"/>
       <c r="L13" s="31"/>
       <c r="M13" s="31"/>
       <c r="N13" s="31"/>
       <c r="O13" s="42"/>
     </row>
     <row r="14" spans="1:15" ht="12.6" customHeight="1">
       <c r="A14" s="51" t="s">
         <v>119</v>
       </c>
       <c r="B14" s="68">
-        <v>157583</v>
+        <v>152947</v>
       </c>
       <c r="C14" s="68">
-        <v>79756</v>
+        <v>79206</v>
       </c>
       <c r="D14" s="68">
-        <v>1251</v>
+        <v>1088</v>
       </c>
       <c r="E14" s="68">
-        <v>643</v>
+        <v>6334</v>
       </c>
       <c r="F14" s="68">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="G14" s="68">
-        <v>688</v>
+        <v>601</v>
       </c>
       <c r="H14" s="68">
         <v>0</v>
       </c>
       <c r="I14" s="71">
-        <v>0.21</v>
+        <v>0.28</v>
       </c>
       <c r="J14" s="74">
-        <v>1134.16</v>
+        <v>1071.5</v>
       </c>
       <c r="K14" s="68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L14" s="68">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M14" s="68">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="N14" s="68">
         <v>0</v>
       </c>
       <c r="O14" s="80">
-        <v>593</v>
+        <v>598</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="11.1" customHeight="1">
       <c r="A15" s="65" t="s">
         <v>120</v>
       </c>
       <c r="B15" s="31"/>
       <c r="C15" s="31"/>
       <c r="D15" s="31"/>
       <c r="E15" s="31"/>
       <c r="F15" s="31"/>
       <c r="G15" s="31"/>
       <c r="H15" s="31"/>
       <c r="I15" s="31"/>
       <c r="J15" s="31"/>
       <c r="K15" s="31"/>
       <c r="L15" s="31"/>
       <c r="M15" s="31"/>
       <c r="N15" s="31"/>
       <c r="O15" s="42"/>
     </row>
     <row r="16" spans="1:15" ht="12.6" customHeight="1">
       <c r="A16" s="51" t="s">
         <v>121</v>
       </c>
       <c r="B16" s="68">
-        <v>822763</v>
+        <v>841252</v>
       </c>
       <c r="C16" s="68">
-        <v>575355</v>
+        <v>586100</v>
       </c>
       <c r="D16" s="68">
-        <v>10876</v>
+        <v>12365</v>
       </c>
       <c r="E16" s="68">
-        <v>3126</v>
+        <v>3228</v>
       </c>
       <c r="F16" s="68">
-        <v>1719</v>
+        <v>1644</v>
       </c>
       <c r="G16" s="68">
-        <v>12011</v>
+        <v>10195</v>
       </c>
       <c r="H16" s="68">
         <v>9</v>
       </c>
       <c r="I16" s="71">
-        <v>0.2</v>
+        <v>0.24</v>
       </c>
       <c r="J16" s="74">
-        <v>876.46</v>
+        <v>787.09</v>
       </c>
       <c r="K16" s="68">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="L16" s="68">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="M16" s="68">
         <v>153</v>
       </c>
       <c r="N16" s="68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="O16" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="11.1" customHeight="1">
       <c r="A17" s="65" t="s">
         <v>122</v>
       </c>
       <c r="B17" s="31"/>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
       <c r="I17" s="31"/>
       <c r="J17" s="31"/>
       <c r="K17" s="31"/>
       <c r="L17" s="31"/>
       <c r="M17" s="31"/>
       <c r="N17" s="31"/>
       <c r="O17" s="42"/>
     </row>
     <row r="18" spans="1:15" ht="12.6" customHeight="1">
       <c r="A18" s="51" t="s">
         <v>123</v>
       </c>
       <c r="B18" s="68">
-        <v>9277</v>
+        <v>9299</v>
       </c>
       <c r="C18" s="68">
-        <v>4867</v>
+        <v>4943</v>
       </c>
       <c r="D18" s="68">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E18" s="68">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F18" s="68">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G18" s="68">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="H18" s="82">
         <v>0</v>
       </c>
       <c r="I18" s="71">
-        <v>0.3</v>
+        <v>0.01</v>
       </c>
       <c r="J18" s="74">
-        <v>548.99</v>
+        <v>666.21</v>
       </c>
       <c r="K18" s="82">
         <v>0</v>
       </c>
       <c r="L18" s="68">
         <v>0</v>
       </c>
       <c r="M18" s="68">
         <v>1</v>
       </c>
       <c r="N18" s="82">
         <v>0</v>
       </c>
       <c r="O18" s="80">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="11.1" customHeight="1">
       <c r="A19" s="65" t="s">
         <v>124</v>
       </c>
       <c r="B19" s="31"/>
       <c r="C19" s="31"/>
       <c r="D19" s="31"/>
       <c r="E19" s="31"/>
       <c r="F19" s="31"/>
       <c r="G19" s="31"/>
       <c r="H19" s="31"/>
       <c r="I19" s="31"/>
       <c r="J19" s="31"/>
       <c r="K19" s="31"/>
       <c r="L19" s="31"/>
       <c r="M19" s="31"/>
       <c r="N19" s="31"/>
       <c r="O19" s="42"/>
     </row>
     <row r="20" spans="1:15" ht="12.6" customHeight="1">
       <c r="A20" s="51" t="s">
         <v>125</v>
       </c>
       <c r="B20" s="68">
-        <v>1075113</v>
+        <v>1073284</v>
       </c>
       <c r="C20" s="68">
-        <v>563922</v>
+        <v>560224</v>
       </c>
       <c r="D20" s="68">
-        <v>3834</v>
+        <v>2746</v>
       </c>
       <c r="E20" s="68">
-        <v>4154</v>
+        <v>3668</v>
       </c>
       <c r="F20" s="68">
-        <v>1646</v>
+        <v>1687</v>
       </c>
       <c r="G20" s="68">
-        <v>6250</v>
+        <v>4779</v>
       </c>
       <c r="H20" s="68">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="I20" s="71">
-        <v>0.21</v>
+        <v>0.24</v>
       </c>
       <c r="J20" s="74">
-        <v>568.02</v>
+        <v>540.71</v>
       </c>
       <c r="K20" s="68">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L20" s="68">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="M20" s="68">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="N20" s="68">
         <v>0</v>
       </c>
       <c r="O20" s="80">
-        <v>8181</v>
+        <v>8193</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="11.1" customHeight="1">
       <c r="A21" s="65" t="s">
         <v>126</v>
       </c>
       <c r="B21" s="31"/>
       <c r="C21" s="31"/>
       <c r="D21" s="31"/>
       <c r="E21" s="31"/>
       <c r="F21" s="31"/>
       <c r="G21" s="31"/>
       <c r="H21" s="31"/>
       <c r="I21" s="31"/>
       <c r="J21" s="31"/>
       <c r="K21" s="31"/>
       <c r="L21" s="31"/>
       <c r="M21" s="31"/>
       <c r="N21" s="31"/>
       <c r="O21" s="42"/>
     </row>
     <row r="22" spans="1:15" ht="12.6" customHeight="1">
       <c r="A22" s="51" t="s">
         <v>127</v>
       </c>
       <c r="B22" s="68">
-        <v>118126</v>
+        <v>118202</v>
       </c>
       <c r="C22" s="68">
-        <v>59030</v>
+        <v>58667</v>
       </c>
       <c r="D22" s="68">
-        <v>1112</v>
+        <v>706</v>
       </c>
       <c r="E22" s="68">
-        <v>913</v>
+        <v>820</v>
       </c>
       <c r="F22" s="68">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="G22" s="68">
-        <v>702</v>
+        <v>516</v>
       </c>
       <c r="H22" s="68">
         <v>0</v>
       </c>
       <c r="I22" s="71">
-        <v>0.45</v>
+        <v>0.28</v>
       </c>
       <c r="J22" s="74">
-        <v>720.77</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>722.42</v>
+      </c>
+      <c r="K22" s="68">
+        <v>4</v>
       </c>
       <c r="L22" s="68">
         <v>3</v>
       </c>
       <c r="M22" s="68">
         <v>3</v>
       </c>
       <c r="N22" s="68">
         <v>0</v>
       </c>
       <c r="O22" s="80">
-        <v>4085</v>
+        <v>4061</v>
       </c>
     </row>
     <row r="23" spans="1:15" ht="11.1" customHeight="1">
       <c r="A23" s="65" t="s">
         <v>128</v>
       </c>
       <c r="B23" s="31"/>
       <c r="C23" s="31"/>
       <c r="D23" s="31"/>
       <c r="E23" s="31"/>
       <c r="F23" s="31"/>
       <c r="G23" s="31"/>
       <c r="H23" s="31"/>
       <c r="I23" s="31"/>
       <c r="J23" s="31"/>
       <c r="K23" s="31"/>
       <c r="L23" s="31"/>
       <c r="M23" s="31"/>
       <c r="N23" s="31"/>
       <c r="O23" s="42"/>
     </row>
     <row r="24" spans="1:15" ht="12.6" customHeight="1">
       <c r="A24" s="51" t="s">
         <v>129</v>
       </c>
       <c r="B24" s="68">
-        <v>21234</v>
+        <v>21247</v>
       </c>
       <c r="C24" s="68">
-        <v>13616</v>
+        <v>13584</v>
       </c>
       <c r="D24" s="68">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="E24" s="68">
-        <v>114</v>
+        <v>76</v>
       </c>
       <c r="F24" s="68">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G24" s="68">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="H24" s="68">
         <v>0</v>
       </c>
       <c r="I24" s="71">
-        <v>0.22</v>
+        <v>0.35</v>
       </c>
       <c r="J24" s="74">
-        <v>3192.17</v>
+        <v>2884.09</v>
       </c>
       <c r="K24" s="68">
         <v>0</v>
       </c>
       <c r="L24" s="68">
         <v>0</v>
       </c>
       <c r="M24" s="68">
         <v>1</v>
       </c>
       <c r="N24" s="68">
         <v>0</v>
       </c>
       <c r="O24" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="11.1" customHeight="1">
       <c r="A25" s="65" t="s">
         <v>130</v>
       </c>
       <c r="B25" s="31"/>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="31"/>
       <c r="J25" s="31"/>
       <c r="K25" s="31"/>
       <c r="L25" s="31"/>
       <c r="M25" s="31"/>
       <c r="N25" s="31"/>
       <c r="O25" s="42"/>
     </row>
     <row r="26" spans="1:15" ht="12.6" customHeight="1">
       <c r="A26" s="51" t="s">
         <v>131</v>
       </c>
       <c r="B26" s="68">
-        <v>2759560</v>
+        <v>2756495</v>
       </c>
       <c r="C26" s="68">
-        <v>1842667</v>
+        <v>1850898</v>
       </c>
       <c r="D26" s="68">
-        <v>30833</v>
+        <v>21314</v>
       </c>
       <c r="E26" s="68">
-        <v>23769</v>
+        <v>24171</v>
       </c>
       <c r="F26" s="68">
-        <v>6462</v>
+        <v>6530</v>
       </c>
       <c r="G26" s="68">
-        <v>23142</v>
+        <v>14540</v>
       </c>
       <c r="H26" s="68">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I26" s="71">
-        <v>0.16</v>
+        <v>0.18</v>
       </c>
       <c r="J26" s="74">
-        <v>283.51</v>
+        <v>281.78</v>
       </c>
       <c r="K26" s="68">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L26" s="68">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="M26" s="68">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="N26" s="68">
         <v>1</v>
       </c>
       <c r="O26" s="80">
-        <v>42848</v>
+        <v>43012</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="11.1" customHeight="1">
       <c r="A27" s="65" t="s">
         <v>132</v>
       </c>
       <c r="B27" s="31"/>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="31"/>
       <c r="J27" s="31"/>
       <c r="K27" s="31"/>
       <c r="L27" s="31"/>
       <c r="M27" s="31"/>
       <c r="N27" s="31"/>
       <c r="O27" s="42"/>
     </row>
     <row r="28" spans="1:15" ht="12.6" customHeight="1">
       <c r="A28" s="51" t="s">
         <v>133</v>
       </c>
       <c r="B28" s="68">
-        <v>1361053</v>
+        <v>1294614</v>
       </c>
       <c r="C28" s="68">
-        <v>934831</v>
+        <v>919975</v>
       </c>
       <c r="D28" s="68">
-        <v>8711</v>
+        <v>7476</v>
       </c>
       <c r="E28" s="68">
-        <v>7739</v>
+        <v>7754</v>
       </c>
       <c r="F28" s="68">
-        <v>3153</v>
+        <v>3254</v>
       </c>
       <c r="G28" s="68">
-        <v>5171</v>
+        <v>4252</v>
       </c>
       <c r="H28" s="68">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="I28" s="71">
-        <v>0.24</v>
+        <v>0.26</v>
       </c>
       <c r="J28" s="74">
-        <v>102.98</v>
+        <v>102.93</v>
       </c>
       <c r="K28" s="68">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="L28" s="68">
         <v>60</v>
       </c>
       <c r="M28" s="68">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="N28" s="68">
         <v>0</v>
       </c>
       <c r="O28" s="80">
-        <v>10882</v>
+        <v>11129</v>
       </c>
     </row>
     <row r="29" spans="1:15" ht="11.1" customHeight="1">
       <c r="A29" s="65" t="s">
         <v>134</v>
       </c>
       <c r="B29" s="31"/>
       <c r="C29" s="31"/>
       <c r="D29" s="31"/>
       <c r="E29" s="31"/>
       <c r="F29" s="31"/>
       <c r="G29" s="31"/>
       <c r="H29" s="31"/>
       <c r="I29" s="31"/>
       <c r="J29" s="31"/>
       <c r="K29" s="31"/>
       <c r="L29" s="31"/>
       <c r="M29" s="31"/>
       <c r="N29" s="31"/>
       <c r="O29" s="42"/>
     </row>
     <row r="30" spans="1:15" ht="12.6" customHeight="1">
       <c r="A30" s="51" t="s">
         <v>135</v>
       </c>
       <c r="B30" s="68">
-        <v>1215660</v>
+        <v>1217425</v>
       </c>
       <c r="C30" s="68">
-        <v>538154</v>
+        <v>538634</v>
       </c>
       <c r="D30" s="68">
-        <v>4828</v>
+        <v>4319</v>
       </c>
       <c r="E30" s="68">
-        <v>6900</v>
+        <v>6229</v>
       </c>
       <c r="F30" s="68">
-        <v>1159</v>
+        <v>1174</v>
       </c>
       <c r="G30" s="68">
-        <v>6516</v>
+        <v>4660</v>
       </c>
       <c r="H30" s="68">
         <v>18</v>
       </c>
       <c r="I30" s="71">
         <v>0.09</v>
       </c>
       <c r="J30" s="74">
-        <v>955.6</v>
+        <v>992.31</v>
       </c>
       <c r="K30" s="68">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L30" s="68">
         <v>16</v>
       </c>
       <c r="M30" s="68">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="N30" s="68">
         <v>0</v>
       </c>
       <c r="O30" s="80">
-        <v>217</v>
+        <v>216</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="11.1" customHeight="1">
       <c r="A31" s="65" t="s">
         <v>136</v>
       </c>
       <c r="B31" s="31"/>
       <c r="C31" s="31"/>
       <c r="D31" s="31"/>
       <c r="E31" s="31"/>
       <c r="F31" s="31"/>
       <c r="G31" s="31"/>
       <c r="H31" s="31"/>
       <c r="I31" s="31"/>
       <c r="J31" s="31"/>
       <c r="K31" s="31"/>
       <c r="L31" s="31"/>
       <c r="M31" s="31"/>
       <c r="N31" s="31"/>
       <c r="O31" s="42"/>
     </row>
     <row r="32" spans="1:15" ht="12.6" customHeight="1">
       <c r="A32" s="51" t="s">
         <v>137</v>
       </c>
       <c r="B32" s="68">
-        <v>2417555</v>
+        <v>2446109</v>
       </c>
       <c r="C32" s="68">
-        <v>1522570</v>
+        <v>1528884</v>
       </c>
       <c r="D32" s="68">
-        <v>25593</v>
+        <v>20809</v>
       </c>
       <c r="E32" s="68">
-        <v>5971</v>
+        <v>6392</v>
       </c>
       <c r="F32" s="68">
-        <v>3798</v>
+        <v>4046</v>
       </c>
       <c r="G32" s="68">
-        <v>21084</v>
+        <v>14140</v>
       </c>
       <c r="H32" s="68">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I32" s="71">
-        <v>0.14</v>
+        <v>0.15</v>
       </c>
       <c r="J32" s="74">
-        <v>500.98</v>
+        <v>525.95</v>
       </c>
       <c r="K32" s="68">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="L32" s="68">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M32" s="68">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="N32" s="68">
         <v>2</v>
       </c>
       <c r="O32" s="80">
-        <v>18759</v>
+        <v>19229</v>
       </c>
     </row>
     <row r="33" spans="1:15" ht="11.1" customHeight="1">
       <c r="A33" s="65" t="s">
         <v>138</v>
       </c>
       <c r="B33" s="31"/>
       <c r="C33" s="31"/>
       <c r="D33" s="31"/>
       <c r="E33" s="31"/>
       <c r="F33" s="31"/>
       <c r="G33" s="31"/>
       <c r="H33" s="31"/>
       <c r="I33" s="31"/>
       <c r="J33" s="31"/>
       <c r="K33" s="31"/>
       <c r="L33" s="31"/>
       <c r="M33" s="31"/>
       <c r="N33" s="31"/>
       <c r="O33" s="42"/>
     </row>
     <row r="34" spans="1:15" ht="12.6" customHeight="1">
       <c r="A34" s="51" t="s">
         <v>139</v>
       </c>
       <c r="B34" s="68">
-        <v>8735888</v>
+        <v>8752377</v>
       </c>
       <c r="C34" s="68">
-        <v>5403271</v>
+        <v>5437724</v>
       </c>
       <c r="D34" s="68">
-        <v>110939</v>
+        <v>64162</v>
       </c>
       <c r="E34" s="68">
-        <v>79514</v>
+        <v>116426</v>
       </c>
       <c r="F34" s="68">
-        <v>16742</v>
+        <v>18455</v>
       </c>
       <c r="G34" s="68">
-        <v>121151</v>
+        <v>51252</v>
       </c>
       <c r="H34" s="68">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="I34" s="71">
-        <v>0.39</v>
+        <v>0.37</v>
       </c>
       <c r="J34" s="74">
-        <v>244</v>
+        <v>278</v>
       </c>
       <c r="K34" s="68">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="L34" s="68">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="M34" s="68">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="N34" s="68">
         <v>8</v>
       </c>
       <c r="O34" s="80">
-        <v>40516</v>
+        <v>40201</v>
       </c>
     </row>
     <row r="35" spans="1:15" ht="11.1" customHeight="1">
       <c r="A35" s="65" t="s">
         <v>140</v>
       </c>
       <c r="B35" s="31"/>
       <c r="C35" s="31"/>
       <c r="D35" s="31"/>
       <c r="E35" s="31"/>
       <c r="F35" s="31"/>
       <c r="G35" s="31"/>
       <c r="H35" s="31"/>
       <c r="I35" s="31"/>
       <c r="J35" s="31"/>
       <c r="K35" s="31"/>
       <c r="L35" s="31"/>
       <c r="M35" s="31"/>
       <c r="N35" s="31"/>
       <c r="O35" s="42"/>
     </row>
     <row r="36" spans="1:15" ht="12.6" customHeight="1">
       <c r="A36" s="51" t="s">
         <v>141</v>
       </c>
       <c r="B36" s="68">
-        <v>395899</v>
+        <v>408356</v>
       </c>
       <c r="C36" s="68">
-        <v>183717</v>
+        <v>191403</v>
       </c>
       <c r="D36" s="68">
-        <v>8100</v>
+        <v>7849</v>
       </c>
       <c r="E36" s="68">
-        <v>1761</v>
+        <v>1779</v>
       </c>
       <c r="F36" s="68">
-        <v>1243</v>
+        <v>1263</v>
       </c>
       <c r="G36" s="68">
-        <v>2274</v>
+        <v>1801</v>
       </c>
       <c r="H36" s="68">
         <v>7</v>
       </c>
       <c r="I36" s="71">
         <v>0.83</v>
       </c>
       <c r="J36" s="74">
-        <v>174.28</v>
+        <v>179.13</v>
       </c>
       <c r="K36" s="68">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L36" s="68">
         <v>15</v>
       </c>
       <c r="M36" s="68">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="N36" s="68">
         <v>0</v>
       </c>
       <c r="O36" s="80">
-        <v>8837</v>
+        <v>8887</v>
       </c>
     </row>
     <row r="37" spans="1:15" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="83" t="s">
         <v>142</v>
       </c>
       <c r="B37" s="33"/>
       <c r="C37" s="33"/>
       <c r="D37" s="33"/>
       <c r="E37" s="33"/>
       <c r="F37" s="33"/>
       <c r="G37" s="33"/>
       <c r="H37" s="33"/>
       <c r="I37" s="33"/>
       <c r="J37" s="33"/>
       <c r="K37" s="33"/>
       <c r="L37" s="33"/>
       <c r="M37" s="33"/>
       <c r="N37" s="33"/>
       <c r="O37" s="44"/>
     </row>
     <row r="38" spans="1:15" ht="13.5" customHeight="1">
       <c r="A38" s="13" t="s">
         <v>76</v>
       </c>
@@ -5489,58 +5489,58 @@
     <row r="2" spans="1:15" ht="21" customHeight="1">
       <c r="A2" s="45" t="s">
         <v>81</v>
       </c>
       <c r="B2" s="46"/>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="46"/>
       <c r="I2" s="46"/>
       <c r="J2" s="46"/>
       <c r="K2" s="46"/>
       <c r="L2" s="46"/>
       <c r="M2" s="46"/>
       <c r="N2" s="46"/>
       <c r="O2" s="46"/>
     </row>
     <row r="3" spans="1:15" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="6"/>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="48" t="str">
         <f>'9-1'!D3:G3</f>
-        <v>民國114年 7月</v>
+        <v>民國114年 9月</v>
       </c>
       <c r="E3" s="48"/>
       <c r="F3" s="48"/>
       <c r="G3" s="48"/>
       <c r="H3" s="47" t="str">
         <f>'9-1'!H3:J3</f>
-        <v> July 2025</v>
+        <v> Sept. 2025</v>
       </c>
       <c r="I3" s="47"/>
       <c r="J3" s="47"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="7" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="12.6" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="15" t="s">
         <v>54</v>
       </c>
       <c r="C4" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D4" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="15" t="s">
@@ -5777,486 +5777,486 @@
       </c>
       <c r="J9" s="12" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="12" t="s">
         <v>44</v>
       </c>
       <c r="L9" s="22" t="s">
         <v>31</v>
       </c>
       <c r="M9" s="12" t="s">
         <v>45</v>
       </c>
       <c r="N9" s="12" t="s">
         <v>46</v>
       </c>
       <c r="O9" s="25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="12.6" customHeight="1">
       <c r="A10" s="51" t="s">
         <v>143</v>
       </c>
       <c r="B10" s="54">
-        <v>3314136</v>
+        <v>3316008</v>
       </c>
       <c r="C10" s="54">
-        <v>2035831</v>
+        <v>2046800</v>
       </c>
       <c r="D10" s="54">
-        <v>14597</v>
+        <v>11701</v>
       </c>
       <c r="E10" s="54">
-        <v>18348</v>
+        <v>25670</v>
       </c>
       <c r="F10" s="54">
-        <v>8605</v>
+        <v>8781</v>
       </c>
       <c r="G10" s="54">
-        <v>31221</v>
+        <v>21395</v>
       </c>
       <c r="H10" s="54">
-        <v>140</v>
+        <v>119</v>
       </c>
       <c r="I10" s="57">
         <v>0.5</v>
       </c>
       <c r="J10" s="60">
-        <v>496.04</v>
+        <v>502</v>
       </c>
       <c r="K10" s="54">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="L10" s="54">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="M10" s="54">
-        <v>395</v>
+        <v>358</v>
       </c>
       <c r="N10" s="54">
         <v>4</v>
       </c>
       <c r="O10" s="85">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="11.1" customHeight="1">
       <c r="A11" s="65" t="s">
         <v>144</v>
       </c>
       <c r="B11" s="31"/>
       <c r="C11" s="31"/>
       <c r="D11" s="31"/>
       <c r="E11" s="31"/>
       <c r="F11" s="31"/>
       <c r="G11" s="31"/>
       <c r="H11" s="31"/>
       <c r="I11" s="31"/>
       <c r="J11" s="31"/>
       <c r="K11" s="31"/>
       <c r="L11" s="31"/>
       <c r="M11" s="31"/>
       <c r="N11" s="31"/>
       <c r="O11" s="42"/>
     </row>
     <row r="12" spans="1:15" ht="12.6" customHeight="1">
       <c r="A12" s="51" t="s">
         <v>145</v>
       </c>
       <c r="B12" s="68">
-        <v>6625635</v>
+        <v>6629102</v>
       </c>
       <c r="C12" s="68">
-        <v>4873151</v>
+        <v>4844510</v>
       </c>
       <c r="D12" s="68">
-        <v>50054</v>
+        <v>65893</v>
       </c>
       <c r="E12" s="68">
-        <v>48325</v>
+        <v>64920</v>
       </c>
       <c r="F12" s="68">
-        <v>10977</v>
+        <v>11121</v>
       </c>
       <c r="G12" s="68">
-        <v>63004</v>
+        <v>43936</v>
       </c>
       <c r="H12" s="68">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="I12" s="71">
-        <v>0.21</v>
+        <v>0.23</v>
       </c>
       <c r="J12" s="74">
-        <v>664.6</v>
+        <v>613.38</v>
       </c>
       <c r="K12" s="68">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="L12" s="68">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="M12" s="68">
-        <v>582</v>
+        <v>570</v>
       </c>
       <c r="N12" s="68">
         <v>7</v>
       </c>
       <c r="O12" s="80">
-        <v>182080</v>
+        <v>183583</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="11.1" customHeight="1">
       <c r="A13" s="65" t="s">
         <v>146</v>
       </c>
       <c r="B13" s="31"/>
       <c r="C13" s="31"/>
       <c r="D13" s="31"/>
       <c r="E13" s="31"/>
       <c r="F13" s="31"/>
       <c r="G13" s="31"/>
       <c r="H13" s="31"/>
       <c r="I13" s="31"/>
       <c r="J13" s="31"/>
       <c r="K13" s="31"/>
       <c r="L13" s="31"/>
       <c r="M13" s="31"/>
       <c r="N13" s="31"/>
       <c r="O13" s="42"/>
     </row>
     <row r="14" spans="1:15" ht="12.6" customHeight="1">
       <c r="A14" s="51" t="s">
         <v>147</v>
       </c>
       <c r="B14" s="68">
-        <v>120347</v>
+        <v>120676</v>
       </c>
       <c r="C14" s="68">
-        <v>61030</v>
+        <v>61723</v>
       </c>
       <c r="D14" s="68">
-        <v>850</v>
+        <v>744</v>
       </c>
       <c r="E14" s="68">
-        <v>639</v>
+        <v>2514</v>
       </c>
       <c r="F14" s="68">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G14" s="68">
-        <v>579</v>
+        <v>496</v>
       </c>
       <c r="H14" s="68">
         <v>1</v>
       </c>
       <c r="I14" s="71">
-        <v>0.29</v>
+        <v>0.2</v>
       </c>
       <c r="J14" s="74">
-        <v>193.48</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>281.77</v>
+      </c>
+      <c r="K14" s="68">
+        <v>3</v>
       </c>
       <c r="L14" s="68">
         <v>2</v>
       </c>
       <c r="M14" s="68">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="N14" s="68">
         <v>0</v>
       </c>
       <c r="O14" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="11.1" customHeight="1">
       <c r="A15" s="65" t="s">
         <v>148</v>
       </c>
       <c r="B15" s="31"/>
       <c r="C15" s="31"/>
       <c r="D15" s="31"/>
       <c r="E15" s="31"/>
       <c r="F15" s="31"/>
       <c r="G15" s="31"/>
       <c r="H15" s="31"/>
       <c r="I15" s="31"/>
       <c r="J15" s="31"/>
       <c r="K15" s="31"/>
       <c r="L15" s="31"/>
       <c r="M15" s="31"/>
       <c r="N15" s="31"/>
       <c r="O15" s="42"/>
     </row>
     <row r="16" spans="1:15" ht="12.6" customHeight="1">
       <c r="A16" s="51" t="s">
         <v>149</v>
       </c>
       <c r="B16" s="68">
-        <v>8989403</v>
+        <v>9305508</v>
       </c>
       <c r="C16" s="68">
-        <v>6108991</v>
+        <v>6375464</v>
       </c>
       <c r="D16" s="68">
-        <v>82553</v>
+        <v>330062</v>
       </c>
       <c r="E16" s="68">
-        <v>126141</v>
+        <v>131381</v>
       </c>
       <c r="F16" s="68">
-        <v>17294</v>
+        <v>17442</v>
       </c>
       <c r="G16" s="68">
-        <v>125977</v>
+        <v>73734</v>
       </c>
       <c r="H16" s="68">
-        <v>534</v>
+        <v>514</v>
       </c>
       <c r="I16" s="71">
-        <v>0.08</v>
+        <v>0.11</v>
       </c>
       <c r="J16" s="74">
-        <v>299.49</v>
+        <v>306.53</v>
       </c>
       <c r="K16" s="68">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="L16" s="68">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="M16" s="68">
-        <v>916</v>
+        <v>1000</v>
       </c>
       <c r="N16" s="68">
         <v>31</v>
       </c>
       <c r="O16" s="80">
-        <v>163572</v>
+        <v>162908</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="11.1" customHeight="1">
       <c r="A17" s="65" t="s">
         <v>150</v>
       </c>
       <c r="B17" s="31"/>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
       <c r="I17" s="31"/>
       <c r="J17" s="31"/>
       <c r="K17" s="31"/>
       <c r="L17" s="31"/>
       <c r="M17" s="31"/>
       <c r="N17" s="31"/>
       <c r="O17" s="42"/>
     </row>
     <row r="18" spans="1:15" ht="12.6" customHeight="1">
       <c r="A18" s="52" t="s">
         <v>151</v>
       </c>
       <c r="B18" s="69">
-        <v>710984</v>
+        <v>710730</v>
       </c>
       <c r="C18" s="69">
-        <v>303890</v>
+        <v>299571</v>
       </c>
       <c r="D18" s="69">
-        <v>5677</v>
+        <v>4610</v>
       </c>
       <c r="E18" s="69">
-        <v>5930</v>
+        <v>6413</v>
       </c>
       <c r="F18" s="69">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="G18" s="69">
-        <v>7208</v>
+        <v>7366</v>
       </c>
       <c r="H18" s="69">
         <v>6</v>
       </c>
       <c r="I18" s="72">
-        <v>0.8</v>
+        <v>0.73</v>
       </c>
       <c r="J18" s="75">
-        <v>274.15</v>
+        <v>256.8</v>
       </c>
       <c r="K18" s="69">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="L18" s="69">
         <v>16</v>
       </c>
       <c r="M18" s="69">
-        <v>146</v>
+        <v>180</v>
       </c>
       <c r="N18" s="69">
         <v>0</v>
       </c>
       <c r="O18" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="11.1" customHeight="1">
       <c r="A19" s="66" t="s">
         <v>152</v>
       </c>
       <c r="B19" s="31"/>
       <c r="C19" s="31"/>
       <c r="D19" s="31"/>
       <c r="E19" s="31"/>
       <c r="F19" s="31"/>
       <c r="G19" s="31"/>
       <c r="H19" s="31"/>
       <c r="I19" s="31"/>
       <c r="J19" s="31"/>
       <c r="K19" s="31"/>
       <c r="L19" s="31"/>
       <c r="M19" s="31"/>
       <c r="N19" s="31"/>
       <c r="O19" s="42"/>
     </row>
     <row r="20" spans="1:15" ht="12.6" customHeight="1">
       <c r="A20" s="51" t="s">
         <v>153</v>
       </c>
       <c r="B20" s="68">
-        <v>510639</v>
+        <v>510332</v>
       </c>
       <c r="C20" s="68">
-        <v>171671</v>
+        <v>166654</v>
       </c>
       <c r="D20" s="68">
-        <v>2311</v>
+        <v>1818</v>
       </c>
       <c r="E20" s="68">
-        <v>2941</v>
+        <v>3521</v>
       </c>
       <c r="F20" s="68">
-        <v>772</v>
+        <v>802</v>
       </c>
       <c r="G20" s="68">
-        <v>860</v>
+        <v>781</v>
       </c>
       <c r="H20" s="68">
         <v>5</v>
       </c>
       <c r="I20" s="71">
-        <v>2.05</v>
+        <v>2.34</v>
       </c>
       <c r="J20" s="74">
-        <v>163.31</v>
+        <v>152.39</v>
       </c>
       <c r="K20" s="68">
         <v>1</v>
       </c>
       <c r="L20" s="68">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="M20" s="68">
         <v>18</v>
       </c>
       <c r="N20" s="68">
         <v>0</v>
       </c>
       <c r="O20" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="11.1" customHeight="1">
       <c r="A21" s="65" t="s">
         <v>154</v>
       </c>
       <c r="B21" s="31"/>
       <c r="C21" s="31"/>
       <c r="D21" s="31"/>
       <c r="E21" s="31"/>
       <c r="F21" s="31"/>
       <c r="G21" s="31"/>
       <c r="H21" s="31"/>
       <c r="I21" s="31"/>
       <c r="J21" s="31"/>
       <c r="K21" s="31"/>
       <c r="L21" s="31"/>
       <c r="M21" s="31"/>
       <c r="N21" s="31"/>
       <c r="O21" s="42"/>
     </row>
     <row r="22" spans="1:15" ht="12.6" customHeight="1">
       <c r="A22" s="51" t="s">
         <v>155</v>
       </c>
       <c r="B22" s="68">
-        <v>200345</v>
+        <v>200398</v>
       </c>
       <c r="C22" s="68">
-        <v>132219</v>
+        <v>132917</v>
       </c>
       <c r="D22" s="68">
-        <v>3366</v>
+        <v>2792</v>
       </c>
       <c r="E22" s="68">
-        <v>2989</v>
+        <v>2892</v>
       </c>
       <c r="F22" s="68">
-        <v>284</v>
+        <v>258</v>
       </c>
       <c r="G22" s="68">
-        <v>6348</v>
+        <v>6585</v>
       </c>
       <c r="H22" s="68">
         <v>1</v>
       </c>
       <c r="I22" s="71">
-        <v>0.36</v>
+        <v>0.23</v>
       </c>
       <c r="J22" s="74">
-        <v>513.57</v>
+        <v>575.74</v>
       </c>
       <c r="K22" s="68">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="L22" s="68">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M22" s="68">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="N22" s="82">
         <v>0</v>
       </c>
       <c r="O22" s="80">
-        <v>94065</v>
+        <v>95005</v>
       </c>
     </row>
     <row r="23" spans="1:15" ht="11.1" customHeight="1">
       <c r="A23" s="65" t="s">
         <v>156</v>
       </c>
       <c r="B23" s="31"/>
       <c r="C23" s="31"/>
       <c r="D23" s="31"/>
       <c r="E23" s="31"/>
       <c r="F23" s="31"/>
       <c r="G23" s="31"/>
       <c r="H23" s="31"/>
       <c r="I23" s="31"/>
       <c r="J23" s="31"/>
       <c r="K23" s="31"/>
       <c r="L23" s="31"/>
       <c r="M23" s="31"/>
       <c r="N23" s="31"/>
       <c r="O23" s="42"/>
     </row>
     <row r="24" spans="1:15" ht="12.6" customHeight="1">
       <c r="A24" s="51" t="s">
         <v>157</v>
       </c>
@@ -6278,51 +6278,51 @@
       <c r="G24" s="82">
         <v>0</v>
       </c>
       <c r="H24" s="82">
         <v>0</v>
       </c>
       <c r="I24" s="87">
         <v>0</v>
       </c>
       <c r="J24" s="89">
         <v>0</v>
       </c>
       <c r="K24" s="82">
         <v>0</v>
       </c>
       <c r="L24" s="82">
         <v>0</v>
       </c>
       <c r="M24" s="82">
         <v>0</v>
       </c>
       <c r="N24" s="82">
         <v>0</v>
       </c>
       <c r="O24" s="80">
-        <v>7007</v>
+        <v>6872</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="11.1" customHeight="1">
       <c r="A25" s="65" t="s">
         <v>158</v>
       </c>
       <c r="B25" s="31"/>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="31"/>
       <c r="J25" s="31"/>
       <c r="K25" s="31"/>
       <c r="L25" s="31"/>
       <c r="M25" s="31"/>
       <c r="N25" s="31"/>
       <c r="O25" s="42"/>
     </row>
     <row r="26" spans="1:15" ht="12.6" customHeight="1">
       <c r="A26" s="51" t="s">
         <v>159</v>
       </c>
@@ -6344,51 +6344,51 @@
       <c r="G26" s="82">
         <v>0</v>
       </c>
       <c r="H26" s="82">
         <v>0</v>
       </c>
       <c r="I26" s="87">
         <v>0</v>
       </c>
       <c r="J26" s="89">
         <v>0</v>
       </c>
       <c r="K26" s="82">
         <v>0</v>
       </c>
       <c r="L26" s="82">
         <v>0</v>
       </c>
       <c r="M26" s="82">
         <v>0</v>
       </c>
       <c r="N26" s="82">
         <v>0</v>
       </c>
       <c r="O26" s="80">
-        <v>93676</v>
+        <v>94630</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="11.1" customHeight="1">
       <c r="A27" s="65" t="s">
         <v>160</v>
       </c>
       <c r="B27" s="31"/>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="31"/>
       <c r="J27" s="31"/>
       <c r="K27" s="31"/>
       <c r="L27" s="31"/>
       <c r="M27" s="31"/>
       <c r="N27" s="31"/>
       <c r="O27" s="42"/>
     </row>
     <row r="28" spans="1:15" ht="12.6" customHeight="1">
       <c r="A28" s="26"/>
       <c r="B28" s="32"/>
       <c r="C28" s="32"/>