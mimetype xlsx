--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -199,51 +199,51 @@
   <si>
     <r>
       <t>機　　構　　別</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Issuer</t>
     </r>
   </si>
   <si>
-    <t>民國114年 9月</t>
+    <t>民國114年10月</t>
   </si>
   <si>
     <t>循環信</t>
   </si>
   <si>
     <t>用餘額</t>
   </si>
   <si>
     <t>本月簽</t>
   </si>
   <si>
     <t>帳金額</t>
   </si>
   <si>
     <t>流通</t>
   </si>
   <si>
     <t>有效</t>
   </si>
   <si>
     <t>卡數</t>
   </si>
   <si>
     <t>(Over 3</t>
   </si>
@@ -769,51 +769,51 @@
   <si>
     <t>　國泰世華商業銀行　#</t>
   </si>
   <si>
     <t xml:space="preserve">     Cathay United Bank</t>
   </si>
   <si>
     <t>　高雄銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Bank of Kaohsiung</t>
   </si>
   <si>
     <t>　兆豐國際商業銀行　#</t>
   </si>
   <si>
     <t xml:space="preserve">     Mega International Commercial Bank Co., Ltd.</t>
   </si>
   <si>
     <t>　花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Citibank Taiwan Ltd.</t>
   </si>
   <si>
-    <t xml:space="preserve"> Sept. 2025</t>
+    <t xml:space="preserve"> Oct. 2025</t>
   </si>
   <si>
     <t>　臺灣中小企業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Taiwan Business Bank</t>
   </si>
   <si>
     <t>　渣打國際商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>　台中商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Taichung Commercial Bank</t>
   </si>
   <si>
     <t>　滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     HSBC Bank(Taiwan) Ltd.</t>
   </si>
@@ -2575,944 +2575,944 @@
       </c>
       <c r="J9" s="12" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="12" t="s">
         <v>44</v>
       </c>
       <c r="L9" s="22" t="s">
         <v>31</v>
       </c>
       <c r="M9" s="12" t="s">
         <v>45</v>
       </c>
       <c r="N9" s="12" t="s">
         <v>46</v>
       </c>
       <c r="O9" s="25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="12.6" customHeight="1">
       <c r="A10" s="52" t="s">
         <v>86</v>
       </c>
       <c r="B10" s="55">
-        <v>60354497</v>
+        <v>60479206</v>
       </c>
       <c r="C10" s="55">
-        <v>40185047</v>
+        <v>40376943</v>
       </c>
       <c r="D10" s="55">
-        <v>686004</v>
+        <v>547476</v>
       </c>
       <c r="E10" s="55">
-        <v>498235</v>
+        <v>438541</v>
       </c>
       <c r="F10" s="55">
-        <v>117177</v>
+        <v>117913</v>
       </c>
       <c r="G10" s="55">
-        <v>403174</v>
+        <v>453412</v>
       </c>
       <c r="H10" s="55">
-        <v>1585</v>
+        <v>1674</v>
       </c>
       <c r="I10" s="58">
-        <v>0.24</v>
+        <v>0.25</v>
       </c>
       <c r="J10" s="61">
-        <v>468.1</v>
+        <v>464.9</v>
       </c>
       <c r="K10" s="55">
-        <v>633</v>
+        <v>624</v>
       </c>
       <c r="L10" s="55">
-        <v>1436</v>
+        <v>1452</v>
       </c>
       <c r="M10" s="55">
-        <v>5347</v>
+        <v>6106</v>
       </c>
       <c r="N10" s="55">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="O10" s="64">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="11.1" customHeight="1">
       <c r="A11" s="66" t="s">
         <v>87</v>
       </c>
       <c r="B11" s="31"/>
       <c r="C11" s="31"/>
       <c r="D11" s="31"/>
       <c r="E11" s="31"/>
       <c r="F11" s="31"/>
       <c r="G11" s="31"/>
       <c r="H11" s="31"/>
       <c r="I11" s="31"/>
       <c r="J11" s="31"/>
       <c r="K11" s="31"/>
       <c r="L11" s="31"/>
       <c r="M11" s="31"/>
       <c r="N11" s="31"/>
       <c r="O11" s="42"/>
     </row>
     <row r="12" spans="1:15" ht="12.6" customHeight="1">
       <c r="A12" s="52" t="s">
         <v>88</v>
       </c>
       <c r="B12" s="69">
-        <v>59643767</v>
+        <v>59735537</v>
       </c>
       <c r="C12" s="69">
-        <v>39885476</v>
+        <v>40075501</v>
       </c>
       <c r="D12" s="69">
-        <v>681394</v>
+        <v>509205</v>
       </c>
       <c r="E12" s="69">
-        <v>491822</v>
+        <v>431754</v>
       </c>
       <c r="F12" s="69">
-        <v>116118</v>
+        <v>116846</v>
       </c>
       <c r="G12" s="69">
-        <v>395808</v>
+        <v>445974</v>
       </c>
       <c r="H12" s="69">
-        <v>1578</v>
+        <v>1668</v>
       </c>
       <c r="I12" s="72">
         <v>0.24</v>
       </c>
       <c r="J12" s="75">
-        <v>472.79</v>
+        <v>468.49</v>
       </c>
       <c r="K12" s="69">
-        <v>628</v>
+        <v>610</v>
       </c>
       <c r="L12" s="69">
-        <v>1420</v>
+        <v>1436</v>
       </c>
       <c r="M12" s="69">
-        <v>5167</v>
+        <v>5929</v>
       </c>
       <c r="N12" s="69">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="O12" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="11.1" customHeight="1">
       <c r="A13" s="66" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="31"/>
       <c r="C13" s="31"/>
       <c r="D13" s="31"/>
       <c r="E13" s="31"/>
       <c r="F13" s="31"/>
       <c r="G13" s="31"/>
       <c r="H13" s="31"/>
       <c r="I13" s="31"/>
       <c r="J13" s="31"/>
       <c r="K13" s="31"/>
       <c r="L13" s="31"/>
       <c r="M13" s="31"/>
       <c r="N13" s="31"/>
       <c r="O13" s="42"/>
     </row>
     <row r="14" spans="1:15" ht="12.6" customHeight="1">
       <c r="A14" s="51" t="s">
         <v>90</v>
       </c>
       <c r="B14" s="68">
-        <v>278299</v>
+        <v>286987</v>
       </c>
       <c r="C14" s="68">
-        <v>136649</v>
+        <v>141818</v>
       </c>
       <c r="D14" s="68">
-        <v>9480</v>
+        <v>9578</v>
       </c>
       <c r="E14" s="68">
-        <v>1446</v>
+        <v>1299</v>
       </c>
       <c r="F14" s="68">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="G14" s="68">
-        <v>1035</v>
+        <v>1066</v>
       </c>
       <c r="H14" s="68">
         <v>0</v>
       </c>
       <c r="I14" s="71">
-        <v>0.2</v>
+        <v>0.23</v>
       </c>
       <c r="J14" s="74">
-        <v>713.21</v>
+        <v>557.58</v>
       </c>
       <c r="K14" s="68">
         <v>0</v>
       </c>
       <c r="L14" s="68">
         <v>2</v>
       </c>
       <c r="M14" s="68">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N14" s="68">
         <v>0</v>
       </c>
       <c r="O14" s="80">
-        <v>3242</v>
+        <v>3243</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="11.1" customHeight="1">
       <c r="A15" s="65" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="31"/>
       <c r="C15" s="31"/>
       <c r="D15" s="31"/>
       <c r="E15" s="31"/>
       <c r="F15" s="31"/>
       <c r="G15" s="31"/>
       <c r="H15" s="31"/>
       <c r="I15" s="31"/>
       <c r="J15" s="31"/>
       <c r="K15" s="31"/>
       <c r="L15" s="31"/>
       <c r="M15" s="31"/>
       <c r="N15" s="31"/>
       <c r="O15" s="42"/>
     </row>
     <row r="16" spans="1:15" ht="12.6" customHeight="1">
       <c r="A16" s="51" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="68">
-        <v>317482</v>
+        <v>315389</v>
       </c>
       <c r="C16" s="68">
-        <v>141441</v>
+        <v>140349</v>
       </c>
       <c r="D16" s="68">
-        <v>1026</v>
+        <v>1032</v>
       </c>
       <c r="E16" s="68">
-        <v>2969</v>
+        <v>3323</v>
       </c>
       <c r="F16" s="68">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="G16" s="68">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="H16" s="68">
         <v>1</v>
       </c>
       <c r="I16" s="71">
-        <v>0.25</v>
+        <v>0.33</v>
       </c>
       <c r="J16" s="74">
-        <v>825.14</v>
+        <v>721.39</v>
       </c>
       <c r="K16" s="68">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L16" s="68">
         <v>4</v>
       </c>
       <c r="M16" s="68">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="N16" s="68">
         <v>0</v>
       </c>
       <c r="O16" s="80">
-        <v>6849</v>
+        <v>6862</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="11.1" customHeight="1">
       <c r="A17" s="65" t="s">
         <v>93</v>
       </c>
       <c r="B17" s="31"/>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
       <c r="I17" s="31"/>
       <c r="J17" s="31"/>
       <c r="K17" s="31"/>
       <c r="L17" s="31"/>
       <c r="M17" s="31"/>
       <c r="N17" s="31"/>
       <c r="O17" s="42"/>
     </row>
     <row r="18" spans="1:15" ht="12.6" customHeight="1">
       <c r="A18" s="51" t="s">
         <v>94</v>
       </c>
       <c r="B18" s="68">
-        <v>680869</v>
+        <v>679597</v>
       </c>
       <c r="C18" s="68">
-        <v>398445</v>
+        <v>397795</v>
       </c>
       <c r="D18" s="68">
-        <v>4637</v>
+        <v>3699</v>
       </c>
       <c r="E18" s="68">
-        <v>7579</v>
+        <v>6528</v>
       </c>
       <c r="F18" s="68">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="G18" s="68">
-        <v>4114</v>
+        <v>4303</v>
       </c>
       <c r="H18" s="68">
         <v>2</v>
       </c>
       <c r="I18" s="71">
-        <v>0.17</v>
+        <v>0.19</v>
       </c>
       <c r="J18" s="74">
-        <v>408.87</v>
+        <v>381.75</v>
       </c>
       <c r="K18" s="68">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="L18" s="68">
         <v>8</v>
       </c>
       <c r="M18" s="68">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="N18" s="68">
         <v>0</v>
       </c>
       <c r="O18" s="80">
-        <v>48354</v>
+        <v>48424</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="11.1" customHeight="1">
       <c r="A19" s="65" t="s">
         <v>95</v>
       </c>
       <c r="B19" s="31"/>
       <c r="C19" s="31"/>
       <c r="D19" s="31"/>
       <c r="E19" s="31"/>
       <c r="F19" s="31"/>
       <c r="G19" s="31"/>
       <c r="H19" s="31"/>
       <c r="I19" s="31"/>
       <c r="J19" s="31"/>
       <c r="K19" s="31"/>
       <c r="L19" s="31"/>
       <c r="M19" s="31"/>
       <c r="N19" s="31"/>
       <c r="O19" s="42"/>
     </row>
     <row r="20" spans="1:15" ht="12.6" customHeight="1">
       <c r="A20" s="51" t="s">
         <v>96</v>
       </c>
       <c r="B20" s="68">
-        <v>1521089</v>
+        <v>1525439</v>
       </c>
       <c r="C20" s="68">
-        <v>948177</v>
+        <v>946353</v>
       </c>
       <c r="D20" s="68">
-        <v>11293</v>
+        <v>9415</v>
       </c>
       <c r="E20" s="68">
-        <v>6273</v>
+        <v>5517</v>
       </c>
       <c r="F20" s="68">
-        <v>1294</v>
+        <v>1299</v>
       </c>
       <c r="G20" s="68">
-        <v>6574</v>
+        <v>7618</v>
       </c>
       <c r="H20" s="68">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I20" s="71">
-        <v>0.17</v>
+        <v>0.16</v>
       </c>
       <c r="J20" s="74">
-        <v>941.83</v>
+        <v>969.16</v>
       </c>
       <c r="K20" s="68">
         <v>7</v>
       </c>
       <c r="L20" s="68">
         <v>20</v>
       </c>
       <c r="M20" s="68">
-        <v>96</v>
+        <v>117</v>
       </c>
       <c r="N20" s="68">
         <v>0</v>
       </c>
       <c r="O20" s="80">
-        <v>32328</v>
+        <v>32552</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="11.1" customHeight="1">
       <c r="A21" s="65" t="s">
         <v>97</v>
       </c>
       <c r="B21" s="31"/>
       <c r="C21" s="31"/>
       <c r="D21" s="31"/>
       <c r="E21" s="31"/>
       <c r="F21" s="31"/>
       <c r="G21" s="31"/>
       <c r="H21" s="31"/>
       <c r="I21" s="31"/>
       <c r="J21" s="31"/>
       <c r="K21" s="31"/>
       <c r="L21" s="31"/>
       <c r="M21" s="31"/>
       <c r="N21" s="31"/>
       <c r="O21" s="42"/>
     </row>
     <row r="22" spans="1:15" ht="12.6" customHeight="1">
       <c r="A22" s="51" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="68">
-        <v>1030510</v>
+        <v>1026188</v>
       </c>
       <c r="C22" s="68">
-        <v>799773</v>
+        <v>797084</v>
       </c>
       <c r="D22" s="68">
-        <v>4411</v>
+        <v>3606</v>
       </c>
       <c r="E22" s="68">
-        <v>6768</v>
+        <v>6499</v>
       </c>
       <c r="F22" s="68">
-        <v>1206</v>
+        <v>1215</v>
       </c>
       <c r="G22" s="68">
-        <v>5286</v>
+        <v>5896</v>
       </c>
       <c r="H22" s="68">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I22" s="71">
-        <v>0.07</v>
+        <v>0.15</v>
       </c>
       <c r="J22" s="74">
-        <v>431.23</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>328.29</v>
+      </c>
+      <c r="K22" s="82">
+        <v>0</v>
       </c>
       <c r="L22" s="68">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="M22" s="68">
-        <v>87</v>
+        <v>98</v>
       </c>
       <c r="N22" s="68">
         <v>0</v>
       </c>
       <c r="O22" s="80">
-        <v>20582</v>
+        <v>20641</v>
       </c>
     </row>
     <row r="23" spans="1:15" ht="11.1" customHeight="1">
       <c r="A23" s="65" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="31"/>
       <c r="C23" s="31"/>
       <c r="D23" s="31"/>
       <c r="E23" s="31"/>
       <c r="F23" s="31"/>
       <c r="G23" s="31"/>
       <c r="H23" s="31"/>
       <c r="I23" s="31"/>
       <c r="J23" s="31"/>
       <c r="K23" s="31"/>
       <c r="L23" s="31"/>
       <c r="M23" s="31"/>
       <c r="N23" s="31"/>
       <c r="O23" s="42"/>
     </row>
     <row r="24" spans="1:15" ht="12.6" customHeight="1">
       <c r="A24" s="51" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="68">
-        <v>573747</v>
+        <v>574187</v>
       </c>
       <c r="C24" s="68">
-        <v>299575</v>
+        <v>300725</v>
       </c>
       <c r="D24" s="68">
-        <v>3652</v>
+        <v>2119</v>
       </c>
       <c r="E24" s="68">
-        <v>2855</v>
+        <v>2572</v>
       </c>
       <c r="F24" s="68">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="G24" s="68">
-        <v>2330</v>
+        <v>2237</v>
       </c>
       <c r="H24" s="68">
         <v>1</v>
       </c>
       <c r="I24" s="71">
-        <v>0.19</v>
+        <v>0.23</v>
       </c>
       <c r="J24" s="74">
-        <v>577.26</v>
+        <v>525.64</v>
       </c>
       <c r="K24" s="68">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L24" s="68">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M24" s="68">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="N24" s="68">
         <v>0</v>
       </c>
       <c r="O24" s="80">
-        <v>15505</v>
+        <v>15543</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="11.1" customHeight="1">
       <c r="A25" s="65" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="31"/>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="31"/>
       <c r="J25" s="31"/>
       <c r="K25" s="31"/>
       <c r="L25" s="31"/>
       <c r="M25" s="31"/>
       <c r="N25" s="31"/>
       <c r="O25" s="42"/>
     </row>
     <row r="26" spans="1:15" ht="12.6" customHeight="1">
       <c r="A26" s="51" t="s">
         <v>102</v>
       </c>
       <c r="B26" s="68">
-        <v>388221</v>
+        <v>385840</v>
       </c>
       <c r="C26" s="68">
-        <v>199417</v>
+        <v>198229</v>
       </c>
       <c r="D26" s="68">
-        <v>1100</v>
+        <v>1106</v>
       </c>
       <c r="E26" s="68">
-        <v>2323</v>
+        <v>4327</v>
       </c>
       <c r="F26" s="68">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="G26" s="68">
-        <v>1590</v>
+        <v>1795</v>
       </c>
       <c r="H26" s="68">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I26" s="71">
-        <v>0.22</v>
+        <v>0.23</v>
       </c>
       <c r="J26" s="74">
-        <v>693.6</v>
+        <v>666.8</v>
       </c>
       <c r="K26" s="68">
         <v>3</v>
       </c>
       <c r="L26" s="68">
         <v>8</v>
       </c>
       <c r="M26" s="68">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="N26" s="68">
         <v>0</v>
       </c>
       <c r="O26" s="80">
-        <v>1324</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="11.1" customHeight="1">
       <c r="A27" s="65" t="s">
         <v>103</v>
       </c>
       <c r="B27" s="31"/>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="31"/>
       <c r="J27" s="31"/>
       <c r="K27" s="31"/>
       <c r="L27" s="31"/>
       <c r="M27" s="31"/>
       <c r="N27" s="31"/>
       <c r="O27" s="42"/>
     </row>
     <row r="28" spans="1:15" ht="12.6" customHeight="1">
       <c r="A28" s="51" t="s">
         <v>104</v>
       </c>
       <c r="B28" s="68">
-        <v>7488656</v>
+        <v>7491291</v>
       </c>
       <c r="C28" s="68">
-        <v>5803191</v>
+        <v>5807168</v>
       </c>
       <c r="D28" s="68">
-        <v>38593</v>
+        <v>37104</v>
       </c>
       <c r="E28" s="68">
-        <v>16183</v>
+        <v>34469</v>
       </c>
       <c r="F28" s="68">
-        <v>11389</v>
+        <v>11229</v>
       </c>
       <c r="G28" s="68">
-        <v>48349</v>
+        <v>56554</v>
       </c>
       <c r="H28" s="68">
-        <v>103</v>
+        <v>118</v>
       </c>
       <c r="I28" s="71">
         <v>0.2</v>
       </c>
       <c r="J28" s="74">
-        <v>1325.25</v>
+        <v>1349.33</v>
       </c>
       <c r="K28" s="68">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="L28" s="68">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="M28" s="68">
-        <v>551</v>
+        <v>643</v>
       </c>
       <c r="N28" s="68">
         <v>4</v>
       </c>
       <c r="O28" s="80">
-        <v>17877</v>
+        <v>17941</v>
       </c>
     </row>
     <row r="29" spans="1:15" ht="11.1" customHeight="1">
       <c r="A29" s="65" t="s">
         <v>105</v>
       </c>
       <c r="B29" s="31"/>
       <c r="C29" s="31"/>
       <c r="D29" s="31"/>
       <c r="E29" s="31"/>
       <c r="F29" s="31"/>
       <c r="G29" s="31"/>
       <c r="H29" s="31"/>
       <c r="I29" s="31"/>
       <c r="J29" s="31"/>
       <c r="K29" s="31"/>
       <c r="L29" s="31"/>
       <c r="M29" s="31"/>
       <c r="N29" s="31"/>
       <c r="O29" s="42"/>
     </row>
     <row r="30" spans="1:15" ht="12.6" customHeight="1">
       <c r="A30" s="51" t="s">
         <v>106</v>
       </c>
       <c r="B30" s="68">
-        <v>7333465</v>
+        <v>7347244</v>
       </c>
       <c r="C30" s="68">
-        <v>5169904</v>
+        <v>5186971</v>
       </c>
       <c r="D30" s="68">
-        <v>49438</v>
+        <v>42223</v>
       </c>
       <c r="E30" s="68">
-        <v>31750</v>
+        <v>28449</v>
       </c>
       <c r="F30" s="68">
-        <v>21006</v>
+        <v>22203</v>
       </c>
       <c r="G30" s="68">
-        <v>71463</v>
+        <v>79077</v>
       </c>
       <c r="H30" s="68">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="I30" s="71">
         <v>0.22</v>
       </c>
       <c r="J30" s="74">
-        <v>946.82</v>
+        <v>927.66</v>
       </c>
       <c r="K30" s="68">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="L30" s="68">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="M30" s="68">
-        <v>809</v>
+        <v>1010</v>
       </c>
       <c r="N30" s="68">
         <v>5</v>
       </c>
       <c r="O30" s="80">
-        <v>156209</v>
+        <v>156254</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="11.1" customHeight="1">
       <c r="A31" s="65" t="s">
         <v>107</v>
       </c>
       <c r="B31" s="31"/>
       <c r="C31" s="31"/>
       <c r="D31" s="31"/>
       <c r="E31" s="31"/>
       <c r="F31" s="31"/>
       <c r="G31" s="31"/>
       <c r="H31" s="31"/>
       <c r="I31" s="31"/>
       <c r="J31" s="31"/>
       <c r="K31" s="31"/>
       <c r="L31" s="31"/>
       <c r="M31" s="31"/>
       <c r="N31" s="31"/>
       <c r="O31" s="42"/>
     </row>
     <row r="32" spans="1:15" ht="12.6" customHeight="1">
       <c r="A32" s="51" t="s">
         <v>108</v>
       </c>
       <c r="B32" s="68">
-        <v>9893</v>
+        <v>9896</v>
       </c>
       <c r="C32" s="68">
-        <v>4632</v>
+        <v>4624</v>
       </c>
       <c r="D32" s="68">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="E32" s="68">
-        <v>104</v>
+        <v>42</v>
       </c>
       <c r="F32" s="68">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="G32" s="68">
-        <v>243</v>
+        <v>219</v>
       </c>
       <c r="H32" s="68">
         <v>0</v>
       </c>
       <c r="I32" s="71">
-        <v>0.26</v>
+        <v>0.3</v>
       </c>
       <c r="J32" s="74">
-        <v>255.48</v>
-[...1 lines deleted...]
-      <c r="K32" s="68">
+        <v>255.26</v>
+      </c>
+      <c r="K32" s="82">
         <v>0</v>
       </c>
       <c r="L32" s="68">
         <v>0</v>
       </c>
       <c r="M32" s="68">
         <v>1</v>
       </c>
       <c r="N32" s="68">
         <v>0</v>
       </c>
       <c r="O32" s="80">
-        <v>776</v>
+        <v>775</v>
       </c>
     </row>
     <row r="33" spans="1:15" ht="11.1" customHeight="1">
       <c r="A33" s="65" t="s">
         <v>109</v>
       </c>
       <c r="B33" s="31"/>
       <c r="C33" s="31"/>
       <c r="D33" s="31"/>
       <c r="E33" s="31"/>
       <c r="F33" s="31"/>
       <c r="G33" s="31"/>
       <c r="H33" s="31"/>
       <c r="I33" s="31"/>
       <c r="J33" s="31"/>
       <c r="K33" s="31"/>
       <c r="L33" s="31"/>
       <c r="M33" s="31"/>
       <c r="N33" s="31"/>
       <c r="O33" s="42"/>
     </row>
     <row r="34" spans="1:15" ht="12.6" customHeight="1">
       <c r="A34" s="51" t="s">
         <v>110</v>
       </c>
       <c r="B34" s="68">
-        <v>1124956</v>
+        <v>1115663</v>
       </c>
       <c r="C34" s="68">
-        <v>621917</v>
+        <v>617795</v>
       </c>
       <c r="D34" s="68">
-        <v>4094</v>
+        <v>7529</v>
       </c>
       <c r="E34" s="68">
-        <v>8053</v>
+        <v>16822</v>
       </c>
       <c r="F34" s="68">
-        <v>1615</v>
+        <v>1577</v>
       </c>
       <c r="G34" s="68">
-        <v>4526</v>
+        <v>4616</v>
       </c>
       <c r="H34" s="68">
         <v>14</v>
       </c>
       <c r="I34" s="71">
-        <v>0.19</v>
+        <v>0.2</v>
       </c>
       <c r="J34" s="74">
-        <v>540.83</v>
+        <v>514.51</v>
       </c>
       <c r="K34" s="68">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="L34" s="68">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="M34" s="68">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="N34" s="68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="O34" s="80">
-        <v>14505</v>
+        <v>14599</v>
       </c>
     </row>
     <row r="35" spans="1:15" ht="11.1" customHeight="1">
       <c r="A35" s="65" t="s">
         <v>111</v>
       </c>
       <c r="B35" s="31"/>
       <c r="C35" s="31"/>
       <c r="D35" s="31"/>
       <c r="E35" s="31"/>
       <c r="F35" s="31"/>
       <c r="G35" s="31"/>
       <c r="H35" s="31"/>
       <c r="I35" s="31"/>
       <c r="J35" s="31"/>
       <c r="K35" s="31"/>
       <c r="L35" s="31"/>
       <c r="M35" s="31"/>
       <c r="N35" s="31"/>
       <c r="O35" s="42"/>
     </row>
     <row r="36" spans="1:15" ht="12.6" customHeight="1">
       <c r="A36" s="51" t="s">
         <v>112</v>
       </c>
       <c r="B36" s="68">
-        <v>24944</v>
+        <v>25554</v>
       </c>
       <c r="C36" s="68">
-        <v>14515</v>
+        <v>14963</v>
       </c>
       <c r="D36" s="68">
-        <v>1142</v>
+        <v>807</v>
       </c>
       <c r="E36" s="68">
-        <v>261</v>
+        <v>225</v>
       </c>
       <c r="F36" s="82">
         <v>0</v>
       </c>
       <c r="G36" s="68">
-        <v>556</v>
+        <v>607</v>
       </c>
       <c r="H36" s="68">
         <v>0</v>
       </c>
       <c r="I36" s="71">
-        <v>0.03</v>
+        <v>0.08</v>
       </c>
       <c r="J36" s="74">
-        <v>460.2</v>
+        <v>242.03</v>
       </c>
       <c r="K36" s="82">
         <v>0</v>
       </c>
       <c r="L36" s="82">
         <v>0</v>
       </c>
       <c r="M36" s="68">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="N36" s="68">
+        <v>11</v>
+      </c>
+      <c r="N36" s="82">
         <v>0</v>
       </c>
       <c r="O36" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:15" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="83" t="s">
         <v>113</v>
       </c>
       <c r="B37" s="33"/>
       <c r="C37" s="33"/>
       <c r="D37" s="33"/>
       <c r="E37" s="33"/>
       <c r="F37" s="33"/>
       <c r="G37" s="33"/>
       <c r="H37" s="33"/>
       <c r="I37" s="33"/>
       <c r="J37" s="33"/>
       <c r="K37" s="33"/>
       <c r="L37" s="33"/>
       <c r="M37" s="33"/>
       <c r="N37" s="33"/>
       <c r="O37" s="44"/>
     </row>
@@ -3887,58 +3887,58 @@
     <row r="2" spans="1:15" ht="21" customHeight="1">
       <c r="A2" s="45" t="s">
         <v>74</v>
       </c>
       <c r="B2" s="46"/>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="46"/>
       <c r="I2" s="46"/>
       <c r="J2" s="46"/>
       <c r="K2" s="46"/>
       <c r="L2" s="46"/>
       <c r="M2" s="46"/>
       <c r="N2" s="46"/>
       <c r="O2" s="46"/>
     </row>
     <row r="3" spans="1:15" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="6"/>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="48" t="str">
         <f>'9-1'!D3:G3</f>
-        <v>民國114年 9月</v>
+        <v>民國114年10月</v>
       </c>
       <c r="E3" s="48"/>
       <c r="F3" s="48"/>
       <c r="G3" s="48"/>
       <c r="H3" s="47" t="str">
         <f>'9-1'!H3:J3</f>
-        <v> Sept. 2025</v>
+        <v> Oct. 2025</v>
       </c>
       <c r="I3" s="47"/>
       <c r="J3" s="47"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="7" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="12.6" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="15" t="s">
         <v>54</v>
       </c>
       <c r="C4" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D4" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="15" t="s">
@@ -4175,948 +4175,948 @@
       </c>
       <c r="J9" s="12" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="12" t="s">
         <v>44</v>
       </c>
       <c r="L9" s="22" t="s">
         <v>31</v>
       </c>
       <c r="M9" s="12" t="s">
         <v>45</v>
       </c>
       <c r="N9" s="12" t="s">
         <v>46</v>
       </c>
       <c r="O9" s="25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="12.6" customHeight="1">
       <c r="A10" s="51" t="s">
         <v>115</v>
       </c>
       <c r="B10" s="54">
-        <v>174561</v>
+        <v>174527</v>
       </c>
       <c r="C10" s="54">
-        <v>100529</v>
+        <v>100765</v>
       </c>
       <c r="D10" s="54">
-        <v>756</v>
+        <v>607</v>
       </c>
       <c r="E10" s="54">
-        <v>504</v>
+        <v>641</v>
       </c>
       <c r="F10" s="54">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="G10" s="54">
-        <v>984</v>
+        <v>1059</v>
       </c>
       <c r="H10" s="54">
         <v>1</v>
       </c>
       <c r="I10" s="57">
-        <v>0.06</v>
+        <v>0.05</v>
       </c>
       <c r="J10" s="60">
-        <v>248.18</v>
+        <v>261.87</v>
       </c>
       <c r="K10" s="54">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L10" s="54">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M10" s="54">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="N10" s="54">
         <v>0</v>
       </c>
       <c r="O10" s="85">
-        <v>1704</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="11.1" customHeight="1">
       <c r="A11" s="65" t="s">
         <v>116</v>
       </c>
       <c r="B11" s="31"/>
       <c r="C11" s="31"/>
       <c r="D11" s="31"/>
       <c r="E11" s="31"/>
       <c r="F11" s="31"/>
       <c r="G11" s="31"/>
       <c r="H11" s="31"/>
       <c r="I11" s="31"/>
       <c r="J11" s="31"/>
       <c r="K11" s="31"/>
       <c r="L11" s="31"/>
       <c r="M11" s="31"/>
       <c r="N11" s="31"/>
       <c r="O11" s="42"/>
     </row>
     <row r="12" spans="1:15" ht="12.6" customHeight="1">
       <c r="A12" s="51" t="s">
         <v>117</v>
       </c>
       <c r="B12" s="68">
-        <v>234174</v>
+        <v>230894</v>
       </c>
       <c r="C12" s="68">
-        <v>148572</v>
+        <v>146016</v>
       </c>
       <c r="D12" s="68">
-        <v>272</v>
+        <v>235</v>
       </c>
       <c r="E12" s="68">
-        <v>3343</v>
+        <v>3069</v>
       </c>
       <c r="F12" s="68">
-        <v>829</v>
+        <v>824</v>
       </c>
       <c r="G12" s="68">
-        <v>1401</v>
+        <v>1393</v>
       </c>
       <c r="H12" s="68">
         <v>2</v>
       </c>
       <c r="I12" s="71">
-        <v>0.3</v>
+        <v>0.26</v>
       </c>
       <c r="J12" s="74">
-        <v>722.04</v>
+        <v>776.59</v>
       </c>
       <c r="K12" s="68">
         <v>5</v>
       </c>
       <c r="L12" s="68">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="M12" s="68">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="N12" s="68">
         <v>0</v>
       </c>
       <c r="O12" s="80">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="11.1" customHeight="1">
       <c r="A13" s="65" t="s">
         <v>118</v>
       </c>
       <c r="B13" s="31"/>
       <c r="C13" s="31"/>
       <c r="D13" s="31"/>
       <c r="E13" s="31"/>
       <c r="F13" s="31"/>
       <c r="G13" s="31"/>
       <c r="H13" s="31"/>
       <c r="I13" s="31"/>
       <c r="J13" s="31"/>
       <c r="K13" s="31"/>
       <c r="L13" s="31"/>
       <c r="M13" s="31"/>
       <c r="N13" s="31"/>
       <c r="O13" s="42"/>
     </row>
     <row r="14" spans="1:15" ht="12.6" customHeight="1">
       <c r="A14" s="51" t="s">
         <v>119</v>
       </c>
       <c r="B14" s="68">
-        <v>152947</v>
+        <v>153608</v>
       </c>
       <c r="C14" s="68">
-        <v>79206</v>
+        <v>79251</v>
       </c>
       <c r="D14" s="68">
-        <v>1088</v>
+        <v>1151</v>
       </c>
       <c r="E14" s="68">
-        <v>6334</v>
+        <v>640</v>
       </c>
       <c r="F14" s="68">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="G14" s="68">
-        <v>601</v>
+        <v>673</v>
       </c>
       <c r="H14" s="68">
         <v>0</v>
       </c>
       <c r="I14" s="71">
-        <v>0.28</v>
+        <v>0.23</v>
       </c>
       <c r="J14" s="74">
-        <v>1071.5</v>
+        <v>1105.43</v>
       </c>
       <c r="K14" s="68">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L14" s="68">
         <v>3</v>
       </c>
       <c r="M14" s="68">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="N14" s="68">
         <v>0</v>
       </c>
       <c r="O14" s="80">
-        <v>598</v>
+        <v>602</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="11.1" customHeight="1">
       <c r="A15" s="65" t="s">
         <v>120</v>
       </c>
       <c r="B15" s="31"/>
       <c r="C15" s="31"/>
       <c r="D15" s="31"/>
       <c r="E15" s="31"/>
       <c r="F15" s="31"/>
       <c r="G15" s="31"/>
       <c r="H15" s="31"/>
       <c r="I15" s="31"/>
       <c r="J15" s="31"/>
       <c r="K15" s="31"/>
       <c r="L15" s="31"/>
       <c r="M15" s="31"/>
       <c r="N15" s="31"/>
       <c r="O15" s="42"/>
     </row>
     <row r="16" spans="1:15" ht="12.6" customHeight="1">
       <c r="A16" s="51" t="s">
         <v>121</v>
       </c>
       <c r="B16" s="68">
-        <v>841252</v>
+        <v>846231</v>
       </c>
       <c r="C16" s="68">
-        <v>586100</v>
+        <v>588373</v>
       </c>
       <c r="D16" s="68">
-        <v>12365</v>
+        <v>8476</v>
       </c>
       <c r="E16" s="68">
-        <v>3228</v>
+        <v>3497</v>
       </c>
       <c r="F16" s="68">
-        <v>1644</v>
+        <v>1703</v>
       </c>
       <c r="G16" s="68">
-        <v>10195</v>
+        <v>11634</v>
       </c>
       <c r="H16" s="68">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I16" s="71">
         <v>0.24</v>
       </c>
       <c r="J16" s="74">
-        <v>787.09</v>
+        <v>833.08</v>
       </c>
       <c r="K16" s="68">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="L16" s="68">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="M16" s="68">
-        <v>153</v>
+        <v>171</v>
       </c>
       <c r="N16" s="68">
         <v>1</v>
       </c>
       <c r="O16" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="11.1" customHeight="1">
       <c r="A17" s="65" t="s">
         <v>122</v>
       </c>
       <c r="B17" s="31"/>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
       <c r="I17" s="31"/>
       <c r="J17" s="31"/>
       <c r="K17" s="31"/>
       <c r="L17" s="31"/>
       <c r="M17" s="31"/>
       <c r="N17" s="31"/>
       <c r="O17" s="42"/>
     </row>
     <row r="18" spans="1:15" ht="12.6" customHeight="1">
       <c r="A18" s="51" t="s">
         <v>123</v>
       </c>
       <c r="B18" s="68">
-        <v>9299</v>
+        <v>9301</v>
       </c>
       <c r="C18" s="68">
-        <v>4943</v>
+        <v>4988</v>
       </c>
       <c r="D18" s="68">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="E18" s="68">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="F18" s="68">
         <v>8</v>
       </c>
       <c r="G18" s="68">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="H18" s="82">
         <v>0</v>
       </c>
       <c r="I18" s="71">
-        <v>0.01</v>
+        <v>0.08</v>
       </c>
       <c r="J18" s="74">
-        <v>666.21</v>
+        <v>639.51</v>
       </c>
       <c r="K18" s="82">
         <v>0</v>
       </c>
       <c r="L18" s="68">
         <v>0</v>
       </c>
       <c r="M18" s="68">
         <v>1</v>
       </c>
       <c r="N18" s="82">
         <v>0</v>
       </c>
       <c r="O18" s="80">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="11.1" customHeight="1">
       <c r="A19" s="65" t="s">
         <v>124</v>
       </c>
       <c r="B19" s="31"/>
       <c r="C19" s="31"/>
       <c r="D19" s="31"/>
       <c r="E19" s="31"/>
       <c r="F19" s="31"/>
       <c r="G19" s="31"/>
       <c r="H19" s="31"/>
       <c r="I19" s="31"/>
       <c r="J19" s="31"/>
       <c r="K19" s="31"/>
       <c r="L19" s="31"/>
       <c r="M19" s="31"/>
       <c r="N19" s="31"/>
       <c r="O19" s="42"/>
     </row>
     <row r="20" spans="1:15" ht="12.6" customHeight="1">
       <c r="A20" s="51" t="s">
         <v>125</v>
       </c>
       <c r="B20" s="68">
-        <v>1073284</v>
+        <v>1070374</v>
       </c>
       <c r="C20" s="68">
-        <v>560224</v>
+        <v>558158</v>
       </c>
       <c r="D20" s="68">
-        <v>2746</v>
+        <v>1694</v>
       </c>
       <c r="E20" s="68">
-        <v>3668</v>
+        <v>4604</v>
       </c>
       <c r="F20" s="68">
-        <v>1687</v>
+        <v>1659</v>
       </c>
       <c r="G20" s="68">
-        <v>4779</v>
+        <v>4631</v>
       </c>
       <c r="H20" s="68">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I20" s="71">
-        <v>0.24</v>
+        <v>0.25</v>
       </c>
       <c r="J20" s="74">
-        <v>540.71</v>
+        <v>546.81</v>
       </c>
       <c r="K20" s="68">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L20" s="68">
         <v>24</v>
       </c>
       <c r="M20" s="68">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="N20" s="68">
         <v>0</v>
       </c>
       <c r="O20" s="80">
-        <v>8193</v>
+        <v>8200</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="11.1" customHeight="1">
       <c r="A21" s="65" t="s">
         <v>126</v>
       </c>
       <c r="B21" s="31"/>
       <c r="C21" s="31"/>
       <c r="D21" s="31"/>
       <c r="E21" s="31"/>
       <c r="F21" s="31"/>
       <c r="G21" s="31"/>
       <c r="H21" s="31"/>
       <c r="I21" s="31"/>
       <c r="J21" s="31"/>
       <c r="K21" s="31"/>
       <c r="L21" s="31"/>
       <c r="M21" s="31"/>
       <c r="N21" s="31"/>
       <c r="O21" s="42"/>
     </row>
     <row r="22" spans="1:15" ht="12.6" customHeight="1">
       <c r="A22" s="51" t="s">
         <v>127</v>
       </c>
       <c r="B22" s="68">
-        <v>118202</v>
+        <v>118210</v>
       </c>
       <c r="C22" s="68">
-        <v>58667</v>
+        <v>58544</v>
       </c>
       <c r="D22" s="68">
-        <v>706</v>
+        <v>684</v>
       </c>
       <c r="E22" s="68">
-        <v>820</v>
+        <v>843</v>
       </c>
       <c r="F22" s="68">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="G22" s="68">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="H22" s="68">
         <v>0</v>
       </c>
       <c r="I22" s="71">
-        <v>0.28</v>
+        <v>0.53</v>
       </c>
       <c r="J22" s="74">
-        <v>722.42</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>608.64</v>
+      </c>
+      <c r="K22" s="82">
+        <v>0</v>
       </c>
       <c r="L22" s="68">
         <v>3</v>
       </c>
       <c r="M22" s="68">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N22" s="68">
         <v>0</v>
       </c>
       <c r="O22" s="80">
-        <v>4061</v>
+        <v>4046</v>
       </c>
     </row>
     <row r="23" spans="1:15" ht="11.1" customHeight="1">
       <c r="A23" s="65" t="s">
         <v>128</v>
       </c>
       <c r="B23" s="31"/>
       <c r="C23" s="31"/>
       <c r="D23" s="31"/>
       <c r="E23" s="31"/>
       <c r="F23" s="31"/>
       <c r="G23" s="31"/>
       <c r="H23" s="31"/>
       <c r="I23" s="31"/>
       <c r="J23" s="31"/>
       <c r="K23" s="31"/>
       <c r="L23" s="31"/>
       <c r="M23" s="31"/>
       <c r="N23" s="31"/>
       <c r="O23" s="42"/>
     </row>
     <row r="24" spans="1:15" ht="12.6" customHeight="1">
       <c r="A24" s="51" t="s">
         <v>129</v>
       </c>
       <c r="B24" s="68">
-        <v>21247</v>
+        <v>21220</v>
       </c>
       <c r="C24" s="68">
-        <v>13584</v>
+        <v>13596</v>
       </c>
       <c r="D24" s="68">
-        <v>151</v>
+        <v>90</v>
       </c>
       <c r="E24" s="68">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="F24" s="68">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G24" s="68">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="H24" s="68">
         <v>0</v>
       </c>
       <c r="I24" s="71">
-        <v>0.35</v>
+        <v>0.45</v>
       </c>
       <c r="J24" s="74">
-        <v>2884.09</v>
+        <v>2512.9</v>
       </c>
       <c r="K24" s="68">
         <v>0</v>
       </c>
       <c r="L24" s="68">
         <v>0</v>
       </c>
       <c r="M24" s="68">
         <v>1</v>
       </c>
       <c r="N24" s="68">
         <v>0</v>
       </c>
       <c r="O24" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="11.1" customHeight="1">
       <c r="A25" s="65" t="s">
         <v>130</v>
       </c>
       <c r="B25" s="31"/>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="31"/>
       <c r="J25" s="31"/>
       <c r="K25" s="31"/>
       <c r="L25" s="31"/>
       <c r="M25" s="31"/>
       <c r="N25" s="31"/>
       <c r="O25" s="42"/>
     </row>
     <row r="26" spans="1:15" ht="12.6" customHeight="1">
       <c r="A26" s="51" t="s">
         <v>131</v>
       </c>
       <c r="B26" s="68">
-        <v>2756495</v>
+        <v>2752053</v>
       </c>
       <c r="C26" s="68">
-        <v>1850898</v>
+        <v>1849732</v>
       </c>
       <c r="D26" s="68">
-        <v>21314</v>
+        <v>19370</v>
       </c>
       <c r="E26" s="68">
-        <v>24171</v>
+        <v>23812</v>
       </c>
       <c r="F26" s="68">
-        <v>6530</v>
+        <v>6566</v>
       </c>
       <c r="G26" s="68">
-        <v>14540</v>
+        <v>14413</v>
       </c>
       <c r="H26" s="68">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I26" s="71">
-        <v>0.18</v>
+        <v>0.19</v>
       </c>
       <c r="J26" s="74">
-        <v>281.78</v>
+        <v>272.83</v>
       </c>
       <c r="K26" s="68">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="L26" s="68">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="M26" s="68">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="N26" s="68">
         <v>1</v>
       </c>
       <c r="O26" s="80">
-        <v>43012</v>
+        <v>43323</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="11.1" customHeight="1">
       <c r="A27" s="65" t="s">
         <v>132</v>
       </c>
       <c r="B27" s="31"/>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="31"/>
       <c r="J27" s="31"/>
       <c r="K27" s="31"/>
       <c r="L27" s="31"/>
       <c r="M27" s="31"/>
       <c r="N27" s="31"/>
       <c r="O27" s="42"/>
     </row>
     <row r="28" spans="1:15" ht="12.6" customHeight="1">
       <c r="A28" s="51" t="s">
         <v>133</v>
       </c>
       <c r="B28" s="68">
-        <v>1294614</v>
+        <v>1293778</v>
       </c>
       <c r="C28" s="68">
-        <v>919975</v>
+        <v>915673</v>
       </c>
       <c r="D28" s="68">
-        <v>7476</v>
+        <v>7184</v>
       </c>
       <c r="E28" s="68">
-        <v>7754</v>
+        <v>8078</v>
       </c>
       <c r="F28" s="68">
-        <v>3254</v>
+        <v>3178</v>
       </c>
       <c r="G28" s="68">
-        <v>4252</v>
+        <v>4598</v>
       </c>
       <c r="H28" s="68">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="I28" s="71">
-        <v>0.26</v>
+        <v>0.28</v>
       </c>
       <c r="J28" s="74">
-        <v>102.93</v>
+        <v>102.88</v>
       </c>
       <c r="K28" s="68">
         <v>12</v>
       </c>
       <c r="L28" s="68">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="M28" s="68">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="N28" s="68">
         <v>0</v>
       </c>
       <c r="O28" s="80">
         <v>11129</v>
       </c>
     </row>
     <row r="29" spans="1:15" ht="11.1" customHeight="1">
       <c r="A29" s="65" t="s">
         <v>134</v>
       </c>
       <c r="B29" s="31"/>
       <c r="C29" s="31"/>
       <c r="D29" s="31"/>
       <c r="E29" s="31"/>
       <c r="F29" s="31"/>
       <c r="G29" s="31"/>
       <c r="H29" s="31"/>
       <c r="I29" s="31"/>
       <c r="J29" s="31"/>
       <c r="K29" s="31"/>
       <c r="L29" s="31"/>
       <c r="M29" s="31"/>
       <c r="N29" s="31"/>
       <c r="O29" s="42"/>
     </row>
     <row r="30" spans="1:15" ht="12.6" customHeight="1">
       <c r="A30" s="51" t="s">
         <v>135</v>
       </c>
       <c r="B30" s="68">
-        <v>1217425</v>
+        <v>1216352</v>
       </c>
       <c r="C30" s="68">
-        <v>538634</v>
+        <v>538424</v>
       </c>
       <c r="D30" s="68">
-        <v>4319</v>
+        <v>3683</v>
       </c>
       <c r="E30" s="68">
-        <v>6229</v>
+        <v>7275</v>
       </c>
       <c r="F30" s="68">
-        <v>1174</v>
+        <v>1219</v>
       </c>
       <c r="G30" s="68">
-        <v>4660</v>
+        <v>5379</v>
       </c>
       <c r="H30" s="68">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="I30" s="71">
         <v>0.09</v>
       </c>
       <c r="J30" s="74">
-        <v>992.31</v>
+        <v>969</v>
       </c>
       <c r="K30" s="68">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L30" s="68">
         <v>16</v>
       </c>
       <c r="M30" s="68">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="N30" s="68">
         <v>0</v>
       </c>
       <c r="O30" s="80">
-        <v>216</v>
+        <v>213</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="11.1" customHeight="1">
       <c r="A31" s="65" t="s">
         <v>136</v>
       </c>
       <c r="B31" s="31"/>
       <c r="C31" s="31"/>
       <c r="D31" s="31"/>
       <c r="E31" s="31"/>
       <c r="F31" s="31"/>
       <c r="G31" s="31"/>
       <c r="H31" s="31"/>
       <c r="I31" s="31"/>
       <c r="J31" s="31"/>
       <c r="K31" s="31"/>
       <c r="L31" s="31"/>
       <c r="M31" s="31"/>
       <c r="N31" s="31"/>
       <c r="O31" s="42"/>
     </row>
     <row r="32" spans="1:15" ht="12.6" customHeight="1">
       <c r="A32" s="51" t="s">
         <v>137</v>
       </c>
       <c r="B32" s="68">
-        <v>2446109</v>
+        <v>2458266</v>
       </c>
       <c r="C32" s="68">
-        <v>1528884</v>
+        <v>1538563</v>
       </c>
       <c r="D32" s="68">
-        <v>20809</v>
+        <v>18894</v>
       </c>
       <c r="E32" s="68">
-        <v>6392</v>
+        <v>6341</v>
       </c>
       <c r="F32" s="68">
-        <v>4046</v>
+        <v>3866</v>
       </c>
       <c r="G32" s="68">
-        <v>14140</v>
+        <v>16091</v>
       </c>
       <c r="H32" s="68">
+        <v>70</v>
+      </c>
+      <c r="I32" s="71">
+        <v>0.16</v>
+      </c>
+      <c r="J32" s="74">
+        <v>537.07</v>
+      </c>
+      <c r="K32" s="68">
+        <v>24</v>
+      </c>
+      <c r="L32" s="68">
         <v>64</v>
       </c>
-      <c r="I32" s="71">
-[...10 lines deleted...]
-      </c>
       <c r="M32" s="68">
-        <v>222</v>
+        <v>239</v>
       </c>
       <c r="N32" s="68">
         <v>2</v>
       </c>
       <c r="O32" s="80">
-        <v>19229</v>
+        <v>19413</v>
       </c>
     </row>
     <row r="33" spans="1:15" ht="11.1" customHeight="1">
       <c r="A33" s="65" t="s">
         <v>138</v>
       </c>
       <c r="B33" s="31"/>
       <c r="C33" s="31"/>
       <c r="D33" s="31"/>
       <c r="E33" s="31"/>
       <c r="F33" s="31"/>
       <c r="G33" s="31"/>
       <c r="H33" s="31"/>
       <c r="I33" s="31"/>
       <c r="J33" s="31"/>
       <c r="K33" s="31"/>
       <c r="L33" s="31"/>
       <c r="M33" s="31"/>
       <c r="N33" s="31"/>
       <c r="O33" s="42"/>
     </row>
     <row r="34" spans="1:15" ht="12.6" customHeight="1">
       <c r="A34" s="51" t="s">
         <v>139</v>
       </c>
       <c r="B34" s="68">
-        <v>8752377</v>
+        <v>8732871</v>
       </c>
       <c r="C34" s="68">
-        <v>5437724</v>
+        <v>5420952</v>
       </c>
       <c r="D34" s="68">
-        <v>64162</v>
+        <v>62591</v>
       </c>
       <c r="E34" s="68">
-        <v>116426</v>
+        <v>82097</v>
       </c>
       <c r="F34" s="68">
-        <v>18455</v>
+        <v>17839</v>
       </c>
       <c r="G34" s="68">
-        <v>51252</v>
+        <v>63827</v>
       </c>
       <c r="H34" s="68">
-        <v>248</v>
+        <v>261</v>
       </c>
       <c r="I34" s="71">
-        <v>0.37</v>
+        <v>0.4</v>
       </c>
       <c r="J34" s="74">
-        <v>278</v>
+        <v>290.94</v>
       </c>
       <c r="K34" s="68">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="L34" s="68">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="M34" s="68">
-        <v>655</v>
+        <v>681</v>
       </c>
       <c r="N34" s="68">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="O34" s="80">
-        <v>40201</v>
+        <v>40211</v>
       </c>
     </row>
     <row r="35" spans="1:15" ht="11.1" customHeight="1">
       <c r="A35" s="65" t="s">
         <v>140</v>
       </c>
       <c r="B35" s="31"/>
       <c r="C35" s="31"/>
       <c r="D35" s="31"/>
       <c r="E35" s="31"/>
       <c r="F35" s="31"/>
       <c r="G35" s="31"/>
       <c r="H35" s="31"/>
       <c r="I35" s="31"/>
       <c r="J35" s="31"/>
       <c r="K35" s="31"/>
       <c r="L35" s="31"/>
       <c r="M35" s="31"/>
       <c r="N35" s="31"/>
       <c r="O35" s="42"/>
     </row>
     <row r="36" spans="1:15" ht="12.6" customHeight="1">
       <c r="A36" s="51" t="s">
         <v>141</v>
       </c>
       <c r="B36" s="68">
-        <v>408356</v>
+        <v>414024</v>
       </c>
       <c r="C36" s="68">
-        <v>191403</v>
+        <v>196845</v>
       </c>
       <c r="D36" s="68">
-        <v>7849</v>
+        <v>7437</v>
       </c>
       <c r="E36" s="68">
-        <v>1779</v>
+        <v>1888</v>
       </c>
       <c r="F36" s="68">
-        <v>1263</v>
+        <v>1286</v>
       </c>
       <c r="G36" s="68">
-        <v>1801</v>
+        <v>2099</v>
       </c>
       <c r="H36" s="68">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I36" s="71">
-        <v>0.83</v>
+        <v>0.84</v>
       </c>
       <c r="J36" s="74">
-        <v>179.13</v>
+        <v>178.2</v>
       </c>
       <c r="K36" s="68">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L36" s="68">
         <v>15</v>
       </c>
       <c r="M36" s="68">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="N36" s="68">
         <v>0</v>
       </c>
       <c r="O36" s="80">
-        <v>8887</v>
+        <v>8918</v>
       </c>
     </row>
     <row r="37" spans="1:15" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="83" t="s">
         <v>142</v>
       </c>
       <c r="B37" s="33"/>
       <c r="C37" s="33"/>
       <c r="D37" s="33"/>
       <c r="E37" s="33"/>
       <c r="F37" s="33"/>
       <c r="G37" s="33"/>
       <c r="H37" s="33"/>
       <c r="I37" s="33"/>
       <c r="J37" s="33"/>
       <c r="K37" s="33"/>
       <c r="L37" s="33"/>
       <c r="M37" s="33"/>
       <c r="N37" s="33"/>
       <c r="O37" s="44"/>
     </row>
     <row r="38" spans="1:15" ht="13.5" customHeight="1">
       <c r="A38" s="13" t="s">
         <v>76</v>
       </c>
@@ -5489,58 +5489,58 @@
     <row r="2" spans="1:15" ht="21" customHeight="1">
       <c r="A2" s="45" t="s">
         <v>81</v>
       </c>
       <c r="B2" s="46"/>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="46"/>
       <c r="I2" s="46"/>
       <c r="J2" s="46"/>
       <c r="K2" s="46"/>
       <c r="L2" s="46"/>
       <c r="M2" s="46"/>
       <c r="N2" s="46"/>
       <c r="O2" s="46"/>
     </row>
     <row r="3" spans="1:15" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="6"/>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="48" t="str">
         <f>'9-1'!D3:G3</f>
-        <v>民國114年 9月</v>
+        <v>民國114年10月</v>
       </c>
       <c r="E3" s="48"/>
       <c r="F3" s="48"/>
       <c r="G3" s="48"/>
       <c r="H3" s="47" t="str">
         <f>'9-1'!H3:J3</f>
-        <v> Sept. 2025</v>
+        <v> Oct. 2025</v>
       </c>
       <c r="I3" s="47"/>
       <c r="J3" s="47"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="7" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="12.6" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="15" t="s">
         <v>54</v>
       </c>
       <c r="C4" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D4" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="15" t="s">
@@ -5777,486 +5777,486 @@
       </c>
       <c r="J9" s="12" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="12" t="s">
         <v>44</v>
       </c>
       <c r="L9" s="22" t="s">
         <v>31</v>
       </c>
       <c r="M9" s="12" t="s">
         <v>45</v>
       </c>
       <c r="N9" s="12" t="s">
         <v>46</v>
       </c>
       <c r="O9" s="25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="12.6" customHeight="1">
       <c r="A10" s="51" t="s">
         <v>143</v>
       </c>
       <c r="B10" s="54">
-        <v>3316008</v>
+        <v>3345537</v>
       </c>
       <c r="C10" s="54">
-        <v>2046800</v>
+        <v>2066047</v>
       </c>
       <c r="D10" s="54">
-        <v>11701</v>
+        <v>38079</v>
       </c>
       <c r="E10" s="54">
-        <v>25670</v>
+        <v>17745</v>
       </c>
       <c r="F10" s="54">
-        <v>8781</v>
+        <v>8829</v>
       </c>
       <c r="G10" s="54">
-        <v>21395</v>
+        <v>25239</v>
       </c>
       <c r="H10" s="54">
-        <v>119</v>
+        <v>143</v>
       </c>
       <c r="I10" s="57">
         <v>0.5</v>
       </c>
       <c r="J10" s="60">
-        <v>502</v>
+        <v>497.15</v>
       </c>
       <c r="K10" s="54">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="L10" s="54">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M10" s="54">
-        <v>358</v>
+        <v>440</v>
       </c>
       <c r="N10" s="54">
         <v>4</v>
       </c>
       <c r="O10" s="85">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="11.1" customHeight="1">
       <c r="A11" s="65" t="s">
         <v>144</v>
       </c>
       <c r="B11" s="31"/>
       <c r="C11" s="31"/>
       <c r="D11" s="31"/>
       <c r="E11" s="31"/>
       <c r="F11" s="31"/>
       <c r="G11" s="31"/>
       <c r="H11" s="31"/>
       <c r="I11" s="31"/>
       <c r="J11" s="31"/>
       <c r="K11" s="31"/>
       <c r="L11" s="31"/>
       <c r="M11" s="31"/>
       <c r="N11" s="31"/>
       <c r="O11" s="42"/>
     </row>
     <row r="12" spans="1:15" ht="12.6" customHeight="1">
       <c r="A12" s="51" t="s">
         <v>145</v>
       </c>
       <c r="B12" s="68">
-        <v>6629102</v>
+        <v>6631624</v>
       </c>
       <c r="C12" s="68">
-        <v>4844510</v>
+        <v>4861994</v>
       </c>
       <c r="D12" s="68">
-        <v>65893</v>
+        <v>51185</v>
       </c>
       <c r="E12" s="68">
-        <v>64920</v>
+        <v>48663</v>
       </c>
       <c r="F12" s="68">
-        <v>11121</v>
+        <v>11208</v>
       </c>
       <c r="G12" s="68">
-        <v>43936</v>
+        <v>48769</v>
       </c>
       <c r="H12" s="68">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="I12" s="71">
-        <v>0.23</v>
+        <v>0.22</v>
       </c>
       <c r="J12" s="74">
-        <v>613.38</v>
+        <v>626.58</v>
       </c>
       <c r="K12" s="68">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="L12" s="68">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="M12" s="68">
-        <v>570</v>
+        <v>649</v>
       </c>
       <c r="N12" s="68">
         <v>7</v>
       </c>
       <c r="O12" s="80">
-        <v>183583</v>
+        <v>184844</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="11.1" customHeight="1">
       <c r="A13" s="65" t="s">
         <v>146</v>
       </c>
       <c r="B13" s="31"/>
       <c r="C13" s="31"/>
       <c r="D13" s="31"/>
       <c r="E13" s="31"/>
       <c r="F13" s="31"/>
       <c r="G13" s="31"/>
       <c r="H13" s="31"/>
       <c r="I13" s="31"/>
       <c r="J13" s="31"/>
       <c r="K13" s="31"/>
       <c r="L13" s="31"/>
       <c r="M13" s="31"/>
       <c r="N13" s="31"/>
       <c r="O13" s="42"/>
     </row>
     <row r="14" spans="1:15" ht="12.6" customHeight="1">
       <c r="A14" s="51" t="s">
         <v>147</v>
       </c>
       <c r="B14" s="68">
-        <v>120676</v>
+        <v>120812</v>
       </c>
       <c r="C14" s="68">
-        <v>61723</v>
+        <v>62082</v>
       </c>
       <c r="D14" s="68">
-        <v>744</v>
+        <v>705</v>
       </c>
       <c r="E14" s="68">
-        <v>2514</v>
+        <v>600</v>
       </c>
       <c r="F14" s="68">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G14" s="68">
-        <v>496</v>
+        <v>462</v>
       </c>
       <c r="H14" s="68">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I14" s="71">
-        <v>0.2</v>
+        <v>0.17</v>
       </c>
       <c r="J14" s="74">
-        <v>281.77</v>
+        <v>321.22</v>
       </c>
       <c r="K14" s="68">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L14" s="68">
         <v>2</v>
       </c>
       <c r="M14" s="68">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="N14" s="68">
         <v>0</v>
       </c>
       <c r="O14" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="11.1" customHeight="1">
       <c r="A15" s="65" t="s">
         <v>148</v>
       </c>
       <c r="B15" s="31"/>
       <c r="C15" s="31"/>
       <c r="D15" s="31"/>
       <c r="E15" s="31"/>
       <c r="F15" s="31"/>
       <c r="G15" s="31"/>
       <c r="H15" s="31"/>
       <c r="I15" s="31"/>
       <c r="J15" s="31"/>
       <c r="K15" s="31"/>
       <c r="L15" s="31"/>
       <c r="M15" s="31"/>
       <c r="N15" s="31"/>
       <c r="O15" s="42"/>
     </row>
     <row r="16" spans="1:15" ht="12.6" customHeight="1">
       <c r="A16" s="51" t="s">
         <v>149</v>
       </c>
       <c r="B16" s="68">
-        <v>9305508</v>
+        <v>9362580</v>
       </c>
       <c r="C16" s="68">
-        <v>6375464</v>
+        <v>6521624</v>
       </c>
       <c r="D16" s="68">
-        <v>330062</v>
+        <v>168834</v>
       </c>
       <c r="E16" s="68">
-        <v>131381</v>
+        <v>111762</v>
       </c>
       <c r="F16" s="68">
-        <v>17442</v>
+        <v>17767</v>
       </c>
       <c r="G16" s="68">
-        <v>73734</v>
+        <v>80097</v>
       </c>
       <c r="H16" s="68">
-        <v>514</v>
+        <v>528</v>
       </c>
       <c r="I16" s="71">
         <v>0.11</v>
       </c>
       <c r="J16" s="74">
-        <v>306.53</v>
+        <v>298.28</v>
       </c>
       <c r="K16" s="68">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="L16" s="68">
-        <v>212</v>
+        <v>224</v>
       </c>
       <c r="M16" s="68">
-        <v>1000</v>
+        <v>1128</v>
       </c>
       <c r="N16" s="68">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="O16" s="80">
-        <v>162908</v>
+        <v>162761</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="11.1" customHeight="1">
       <c r="A17" s="65" t="s">
         <v>150</v>
       </c>
       <c r="B17" s="31"/>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
       <c r="I17" s="31"/>
       <c r="J17" s="31"/>
       <c r="K17" s="31"/>
       <c r="L17" s="31"/>
       <c r="M17" s="31"/>
       <c r="N17" s="31"/>
       <c r="O17" s="42"/>
     </row>
     <row r="18" spans="1:15" ht="12.6" customHeight="1">
       <c r="A18" s="52" t="s">
         <v>151</v>
       </c>
       <c r="B18" s="69">
-        <v>710730</v>
+        <v>743669</v>
       </c>
       <c r="C18" s="69">
-        <v>299571</v>
+        <v>301442</v>
       </c>
       <c r="D18" s="69">
-        <v>4610</v>
+        <v>38271</v>
       </c>
       <c r="E18" s="69">
-        <v>6413</v>
+        <v>6787</v>
       </c>
       <c r="F18" s="69">
-        <v>1060</v>
+        <v>1067</v>
       </c>
       <c r="G18" s="69">
-        <v>7366</v>
+        <v>7438</v>
       </c>
       <c r="H18" s="69">
         <v>6</v>
       </c>
       <c r="I18" s="72">
-        <v>0.73</v>
+        <v>0.63</v>
       </c>
       <c r="J18" s="75">
-        <v>256.8</v>
+        <v>268.37</v>
       </c>
       <c r="K18" s="69">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="L18" s="69">
         <v>16</v>
       </c>
       <c r="M18" s="69">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="N18" s="69">
         <v>0</v>
       </c>
       <c r="O18" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="11.1" customHeight="1">
       <c r="A19" s="66" t="s">
         <v>152</v>
       </c>
       <c r="B19" s="31"/>
       <c r="C19" s="31"/>
       <c r="D19" s="31"/>
       <c r="E19" s="31"/>
       <c r="F19" s="31"/>
       <c r="G19" s="31"/>
       <c r="H19" s="31"/>
       <c r="I19" s="31"/>
       <c r="J19" s="31"/>
       <c r="K19" s="31"/>
       <c r="L19" s="31"/>
       <c r="M19" s="31"/>
       <c r="N19" s="31"/>
       <c r="O19" s="42"/>
     </row>
     <row r="20" spans="1:15" ht="12.6" customHeight="1">
       <c r="A20" s="51" t="s">
         <v>153</v>
       </c>
       <c r="B20" s="68">
-        <v>510332</v>
+        <v>543906</v>
       </c>
       <c r="C20" s="68">
-        <v>166654</v>
+        <v>168998</v>
       </c>
       <c r="D20" s="68">
-        <v>1818</v>
+        <v>35783</v>
       </c>
       <c r="E20" s="68">
-        <v>3521</v>
+        <v>3664</v>
       </c>
       <c r="F20" s="68">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="G20" s="68">
-        <v>781</v>
+        <v>792</v>
       </c>
       <c r="H20" s="68">
         <v>5</v>
       </c>
       <c r="I20" s="71">
-        <v>2.34</v>
+        <v>1.98</v>
       </c>
       <c r="J20" s="74">
-        <v>152.39</v>
+        <v>175.93</v>
       </c>
       <c r="K20" s="68">
         <v>1</v>
       </c>
       <c r="L20" s="68">
         <v>14</v>
       </c>
       <c r="M20" s="68">
         <v>18</v>
       </c>
       <c r="N20" s="68">
         <v>0</v>
       </c>
       <c r="O20" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="11.1" customHeight="1">
       <c r="A21" s="65" t="s">
         <v>154</v>
       </c>
       <c r="B21" s="31"/>
       <c r="C21" s="31"/>
       <c r="D21" s="31"/>
       <c r="E21" s="31"/>
       <c r="F21" s="31"/>
       <c r="G21" s="31"/>
       <c r="H21" s="31"/>
       <c r="I21" s="31"/>
       <c r="J21" s="31"/>
       <c r="K21" s="31"/>
       <c r="L21" s="31"/>
       <c r="M21" s="31"/>
       <c r="N21" s="31"/>
       <c r="O21" s="42"/>
     </row>
     <row r="22" spans="1:15" ht="12.6" customHeight="1">
       <c r="A22" s="51" t="s">
         <v>155</v>
       </c>
       <c r="B22" s="68">
-        <v>200398</v>
+        <v>199763</v>
       </c>
       <c r="C22" s="68">
-        <v>132917</v>
+        <v>132444</v>
       </c>
       <c r="D22" s="68">
-        <v>2792</v>
+        <v>2488</v>
       </c>
       <c r="E22" s="68">
-        <v>2892</v>
+        <v>3123</v>
       </c>
       <c r="F22" s="68">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="G22" s="68">
-        <v>6585</v>
+        <v>6646</v>
       </c>
       <c r="H22" s="68">
         <v>1</v>
       </c>
       <c r="I22" s="71">
-        <v>0.23</v>
+        <v>0.17</v>
       </c>
       <c r="J22" s="74">
-        <v>575.74</v>
+        <v>565.57</v>
       </c>
       <c r="K22" s="68">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="L22" s="68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M22" s="68">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="N22" s="82">
         <v>0</v>
       </c>
       <c r="O22" s="80">
-        <v>95005</v>
+        <v>95578</v>
       </c>
     </row>
     <row r="23" spans="1:15" ht="11.1" customHeight="1">
       <c r="A23" s="65" t="s">
         <v>156</v>
       </c>
       <c r="B23" s="31"/>
       <c r="C23" s="31"/>
       <c r="D23" s="31"/>
       <c r="E23" s="31"/>
       <c r="F23" s="31"/>
       <c r="G23" s="31"/>
       <c r="H23" s="31"/>
       <c r="I23" s="31"/>
       <c r="J23" s="31"/>
       <c r="K23" s="31"/>
       <c r="L23" s="31"/>
       <c r="M23" s="31"/>
       <c r="N23" s="31"/>
       <c r="O23" s="42"/>
     </row>
     <row r="24" spans="1:15" ht="12.6" customHeight="1">
       <c r="A24" s="51" t="s">
         <v>157</v>
       </c>
@@ -6278,51 +6278,51 @@
       <c r="G24" s="82">
         <v>0</v>
       </c>
       <c r="H24" s="82">
         <v>0</v>
       </c>
       <c r="I24" s="87">
         <v>0</v>
       </c>
       <c r="J24" s="89">
         <v>0</v>
       </c>
       <c r="K24" s="82">
         <v>0</v>
       </c>
       <c r="L24" s="82">
         <v>0</v>
       </c>
       <c r="M24" s="82">
         <v>0</v>
       </c>
       <c r="N24" s="82">
         <v>0</v>
       </c>
       <c r="O24" s="80">
-        <v>6872</v>
+        <v>6903</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="11.1" customHeight="1">
       <c r="A25" s="65" t="s">
         <v>158</v>
       </c>
       <c r="B25" s="31"/>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="31"/>
       <c r="J25" s="31"/>
       <c r="K25" s="31"/>
       <c r="L25" s="31"/>
       <c r="M25" s="31"/>
       <c r="N25" s="31"/>
       <c r="O25" s="42"/>
     </row>
     <row r="26" spans="1:15" ht="12.6" customHeight="1">
       <c r="A26" s="51" t="s">
         <v>159</v>
       </c>
@@ -6344,51 +6344,51 @@
       <c r="G26" s="82">
         <v>0</v>
       </c>
       <c r="H26" s="82">
         <v>0</v>
       </c>
       <c r="I26" s="87">
         <v>0</v>
       </c>
       <c r="J26" s="89">
         <v>0</v>
       </c>
       <c r="K26" s="82">
         <v>0</v>
       </c>
       <c r="L26" s="82">
         <v>0</v>
       </c>
       <c r="M26" s="82">
         <v>0</v>
       </c>
       <c r="N26" s="82">
         <v>0</v>
       </c>
       <c r="O26" s="80">
-        <v>94630</v>
+        <v>95069</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="11.1" customHeight="1">
       <c r="A27" s="65" t="s">
         <v>160</v>
       </c>
       <c r="B27" s="31"/>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="31"/>
       <c r="J27" s="31"/>
       <c r="K27" s="31"/>
       <c r="L27" s="31"/>
       <c r="M27" s="31"/>
       <c r="N27" s="31"/>
       <c r="O27" s="42"/>
     </row>
     <row r="28" spans="1:15" ht="12.6" customHeight="1">
       <c r="A28" s="26"/>
       <c r="B28" s="32"/>
       <c r="C28" s="32"/>