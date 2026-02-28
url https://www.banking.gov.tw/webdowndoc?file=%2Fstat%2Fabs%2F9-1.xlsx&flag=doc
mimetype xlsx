--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -199,51 +199,51 @@
   <si>
     <r>
       <t>機　　構　　別</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Issuer</t>
     </r>
   </si>
   <si>
-    <t>民國114年10月</t>
+    <t>民國114年12月</t>
   </si>
   <si>
     <t>循環信</t>
   </si>
   <si>
     <t>用餘額</t>
   </si>
   <si>
     <t>本月簽</t>
   </si>
   <si>
     <t>帳金額</t>
   </si>
   <si>
     <t>流通</t>
   </si>
   <si>
     <t>有效</t>
   </si>
   <si>
     <t>卡數</t>
   </si>
   <si>
     <t>(Over 3</t>
   </si>
@@ -769,51 +769,51 @@
   <si>
     <t>　國泰世華商業銀行　#</t>
   </si>
   <si>
     <t xml:space="preserve">     Cathay United Bank</t>
   </si>
   <si>
     <t>　高雄銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Bank of Kaohsiung</t>
   </si>
   <si>
     <t>　兆豐國際商業銀行　#</t>
   </si>
   <si>
     <t xml:space="preserve">     Mega International Commercial Bank Co., Ltd.</t>
   </si>
   <si>
     <t>　花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Citibank Taiwan Ltd.</t>
   </si>
   <si>
-    <t xml:space="preserve"> Oct. 2025</t>
+    <t xml:space="preserve"> Dec. 2025</t>
   </si>
   <si>
     <t>　臺灣中小企業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Taiwan Business Bank</t>
   </si>
   <si>
     <t>　渣打國際商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>　台中商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Taichung Commercial Bank</t>
   </si>
   <si>
     <t>　滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     HSBC Bank(Taiwan) Ltd.</t>
   </si>
@@ -2575,944 +2575,944 @@
       </c>
       <c r="J9" s="12" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="12" t="s">
         <v>44</v>
       </c>
       <c r="L9" s="22" t="s">
         <v>31</v>
       </c>
       <c r="M9" s="12" t="s">
         <v>45</v>
       </c>
       <c r="N9" s="12" t="s">
         <v>46</v>
       </c>
       <c r="O9" s="25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="12.6" customHeight="1">
       <c r="A10" s="52" t="s">
         <v>86</v>
       </c>
       <c r="B10" s="55">
-        <v>60479206</v>
+        <v>60485911</v>
       </c>
       <c r="C10" s="55">
-        <v>40376943</v>
+        <v>40554453</v>
       </c>
       <c r="D10" s="55">
-        <v>547476</v>
+        <v>570553</v>
       </c>
       <c r="E10" s="55">
-        <v>438541</v>
+        <v>523432</v>
       </c>
       <c r="F10" s="55">
-        <v>117913</v>
+        <v>118589</v>
       </c>
       <c r="G10" s="55">
-        <v>453412</v>
+        <v>453664</v>
       </c>
       <c r="H10" s="55">
-        <v>1674</v>
+        <v>1649</v>
       </c>
       <c r="I10" s="58">
-        <v>0.25</v>
+        <v>0.24</v>
       </c>
       <c r="J10" s="61">
-        <v>464.9</v>
+        <v>502.41</v>
       </c>
       <c r="K10" s="55">
-        <v>624</v>
+        <v>645</v>
       </c>
       <c r="L10" s="55">
-        <v>1452</v>
+        <v>1494</v>
       </c>
       <c r="M10" s="55">
-        <v>6106</v>
+        <v>6272</v>
       </c>
       <c r="N10" s="55">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="O10" s="64">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="11.1" customHeight="1">
       <c r="A11" s="66" t="s">
         <v>87</v>
       </c>
       <c r="B11" s="31"/>
       <c r="C11" s="31"/>
       <c r="D11" s="31"/>
       <c r="E11" s="31"/>
       <c r="F11" s="31"/>
       <c r="G11" s="31"/>
       <c r="H11" s="31"/>
       <c r="I11" s="31"/>
       <c r="J11" s="31"/>
       <c r="K11" s="31"/>
       <c r="L11" s="31"/>
       <c r="M11" s="31"/>
       <c r="N11" s="31"/>
       <c r="O11" s="42"/>
     </row>
     <row r="12" spans="1:15" ht="12.6" customHeight="1">
       <c r="A12" s="52" t="s">
         <v>88</v>
       </c>
       <c r="B12" s="69">
-        <v>59735537</v>
+        <v>59684940</v>
       </c>
       <c r="C12" s="69">
-        <v>40075501</v>
+        <v>40230686</v>
       </c>
       <c r="D12" s="69">
-        <v>509205</v>
+        <v>529353</v>
       </c>
       <c r="E12" s="69">
-        <v>431754</v>
+        <v>501571</v>
       </c>
       <c r="F12" s="69">
-        <v>116846</v>
+        <v>117503</v>
       </c>
       <c r="G12" s="69">
-        <v>445974</v>
+        <v>445935</v>
       </c>
       <c r="H12" s="69">
-        <v>1668</v>
+        <v>1642</v>
       </c>
       <c r="I12" s="72">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
       <c r="J12" s="75">
-        <v>468.49</v>
+        <v>507.57</v>
       </c>
       <c r="K12" s="69">
-        <v>610</v>
+        <v>642</v>
       </c>
       <c r="L12" s="69">
-        <v>1436</v>
+        <v>1477</v>
       </c>
       <c r="M12" s="69">
-        <v>5929</v>
+        <v>6101</v>
       </c>
       <c r="N12" s="69">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="O12" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="11.1" customHeight="1">
       <c r="A13" s="66" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="31"/>
       <c r="C13" s="31"/>
       <c r="D13" s="31"/>
       <c r="E13" s="31"/>
       <c r="F13" s="31"/>
       <c r="G13" s="31"/>
       <c r="H13" s="31"/>
       <c r="I13" s="31"/>
       <c r="J13" s="31"/>
       <c r="K13" s="31"/>
       <c r="L13" s="31"/>
       <c r="M13" s="31"/>
       <c r="N13" s="31"/>
       <c r="O13" s="42"/>
     </row>
     <row r="14" spans="1:15" ht="12.6" customHeight="1">
       <c r="A14" s="51" t="s">
         <v>90</v>
       </c>
       <c r="B14" s="68">
-        <v>286987</v>
+        <v>289455</v>
       </c>
       <c r="C14" s="68">
-        <v>141818</v>
+        <v>148176</v>
       </c>
       <c r="D14" s="68">
-        <v>9578</v>
+        <v>4746</v>
       </c>
       <c r="E14" s="68">
-        <v>1299</v>
+        <v>2137</v>
       </c>
       <c r="F14" s="68">
         <v>162</v>
       </c>
       <c r="G14" s="68">
-        <v>1066</v>
+        <v>1201</v>
       </c>
       <c r="H14" s="68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I14" s="71">
-        <v>0.23</v>
+        <v>0.11</v>
       </c>
       <c r="J14" s="74">
-        <v>557.58</v>
+        <v>996.7</v>
       </c>
       <c r="K14" s="68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L14" s="68">
         <v>2</v>
       </c>
       <c r="M14" s="68">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N14" s="68">
         <v>0</v>
       </c>
       <c r="O14" s="80">
-        <v>3243</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="11.1" customHeight="1">
       <c r="A15" s="65" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="31"/>
       <c r="C15" s="31"/>
       <c r="D15" s="31"/>
       <c r="E15" s="31"/>
       <c r="F15" s="31"/>
       <c r="G15" s="31"/>
       <c r="H15" s="31"/>
       <c r="I15" s="31"/>
       <c r="J15" s="31"/>
       <c r="K15" s="31"/>
       <c r="L15" s="31"/>
       <c r="M15" s="31"/>
       <c r="N15" s="31"/>
       <c r="O15" s="42"/>
     </row>
     <row r="16" spans="1:15" ht="12.6" customHeight="1">
       <c r="A16" s="51" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="68">
-        <v>315389</v>
+        <v>306978</v>
       </c>
       <c r="C16" s="68">
-        <v>140349</v>
+        <v>140249</v>
       </c>
       <c r="D16" s="68">
-        <v>1032</v>
+        <v>590</v>
       </c>
       <c r="E16" s="68">
-        <v>3323</v>
+        <v>5147</v>
       </c>
       <c r="F16" s="68">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="G16" s="68">
-        <v>867</v>
+        <v>1011</v>
       </c>
       <c r="H16" s="68">
         <v>1</v>
       </c>
       <c r="I16" s="71">
         <v>0.33</v>
       </c>
       <c r="J16" s="74">
-        <v>721.39</v>
+        <v>658.89</v>
       </c>
       <c r="K16" s="68">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L16" s="68">
         <v>4</v>
       </c>
       <c r="M16" s="68">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="N16" s="68">
         <v>0</v>
       </c>
       <c r="O16" s="80">
-        <v>6862</v>
+        <v>6849</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="11.1" customHeight="1">
       <c r="A17" s="65" t="s">
         <v>93</v>
       </c>
       <c r="B17" s="31"/>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
       <c r="I17" s="31"/>
       <c r="J17" s="31"/>
       <c r="K17" s="31"/>
       <c r="L17" s="31"/>
       <c r="M17" s="31"/>
       <c r="N17" s="31"/>
       <c r="O17" s="42"/>
     </row>
     <row r="18" spans="1:15" ht="12.6" customHeight="1">
       <c r="A18" s="51" t="s">
         <v>94</v>
       </c>
       <c r="B18" s="68">
-        <v>679597</v>
+        <v>672680</v>
       </c>
       <c r="C18" s="68">
-        <v>397795</v>
+        <v>395942</v>
       </c>
       <c r="D18" s="68">
-        <v>3699</v>
+        <v>3319</v>
       </c>
       <c r="E18" s="68">
-        <v>6528</v>
+        <v>9742</v>
       </c>
       <c r="F18" s="68">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="G18" s="68">
-        <v>4303</v>
+        <v>4595</v>
       </c>
       <c r="H18" s="68">
         <v>2</v>
       </c>
       <c r="I18" s="71">
-        <v>0.19</v>
+        <v>0.13</v>
       </c>
       <c r="J18" s="74">
-        <v>381.75</v>
+        <v>1146.28</v>
       </c>
       <c r="K18" s="68">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L18" s="68">
         <v>8</v>
       </c>
       <c r="M18" s="68">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="N18" s="68">
         <v>0</v>
       </c>
       <c r="O18" s="80">
-        <v>48424</v>
+        <v>48083</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="11.1" customHeight="1">
       <c r="A19" s="65" t="s">
         <v>95</v>
       </c>
       <c r="B19" s="31"/>
       <c r="C19" s="31"/>
       <c r="D19" s="31"/>
       <c r="E19" s="31"/>
       <c r="F19" s="31"/>
       <c r="G19" s="31"/>
       <c r="H19" s="31"/>
       <c r="I19" s="31"/>
       <c r="J19" s="31"/>
       <c r="K19" s="31"/>
       <c r="L19" s="31"/>
       <c r="M19" s="31"/>
       <c r="N19" s="31"/>
       <c r="O19" s="42"/>
     </row>
     <row r="20" spans="1:15" ht="12.6" customHeight="1">
       <c r="A20" s="51" t="s">
         <v>96</v>
       </c>
       <c r="B20" s="68">
-        <v>1525439</v>
+        <v>1531235</v>
       </c>
       <c r="C20" s="68">
-        <v>946353</v>
+        <v>952857</v>
       </c>
       <c r="D20" s="68">
-        <v>9415</v>
+        <v>8277</v>
       </c>
       <c r="E20" s="68">
-        <v>5517</v>
+        <v>6433</v>
       </c>
       <c r="F20" s="68">
-        <v>1299</v>
+        <v>1297</v>
       </c>
       <c r="G20" s="68">
-        <v>7618</v>
+        <v>7583</v>
       </c>
       <c r="H20" s="68">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="I20" s="71">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
       <c r="J20" s="74">
-        <v>969.16</v>
+        <v>1034.41</v>
       </c>
       <c r="K20" s="68">
         <v>7</v>
       </c>
       <c r="L20" s="68">
         <v>20</v>
       </c>
       <c r="M20" s="68">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="N20" s="68">
         <v>0</v>
       </c>
       <c r="O20" s="80">
-        <v>32552</v>
+        <v>33068</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="11.1" customHeight="1">
       <c r="A21" s="65" t="s">
         <v>97</v>
       </c>
       <c r="B21" s="31"/>
       <c r="C21" s="31"/>
       <c r="D21" s="31"/>
       <c r="E21" s="31"/>
       <c r="F21" s="31"/>
       <c r="G21" s="31"/>
       <c r="H21" s="31"/>
       <c r="I21" s="31"/>
       <c r="J21" s="31"/>
       <c r="K21" s="31"/>
       <c r="L21" s="31"/>
       <c r="M21" s="31"/>
       <c r="N21" s="31"/>
       <c r="O21" s="42"/>
     </row>
     <row r="22" spans="1:15" ht="12.6" customHeight="1">
       <c r="A22" s="51" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="68">
-        <v>1026188</v>
+        <v>1014753</v>
       </c>
       <c r="C22" s="68">
-        <v>797084</v>
+        <v>788586</v>
       </c>
       <c r="D22" s="68">
-        <v>3606</v>
+        <v>2605</v>
       </c>
       <c r="E22" s="68">
-        <v>6499</v>
+        <v>7115</v>
       </c>
       <c r="F22" s="68">
-        <v>1215</v>
+        <v>1200</v>
       </c>
       <c r="G22" s="68">
-        <v>5896</v>
+        <v>5771</v>
       </c>
       <c r="H22" s="68">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I22" s="71">
-        <v>0.15</v>
+        <v>0.09</v>
       </c>
       <c r="J22" s="74">
-        <v>328.29</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>359.58</v>
+      </c>
+      <c r="K22" s="68">
+        <v>30</v>
       </c>
       <c r="L22" s="68">
         <v>13</v>
       </c>
       <c r="M22" s="68">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="N22" s="68">
         <v>0</v>
       </c>
       <c r="O22" s="80">
-        <v>20641</v>
+        <v>20813</v>
       </c>
     </row>
     <row r="23" spans="1:15" ht="11.1" customHeight="1">
       <c r="A23" s="65" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="31"/>
       <c r="C23" s="31"/>
       <c r="D23" s="31"/>
       <c r="E23" s="31"/>
       <c r="F23" s="31"/>
       <c r="G23" s="31"/>
       <c r="H23" s="31"/>
       <c r="I23" s="31"/>
       <c r="J23" s="31"/>
       <c r="K23" s="31"/>
       <c r="L23" s="31"/>
       <c r="M23" s="31"/>
       <c r="N23" s="31"/>
       <c r="O23" s="42"/>
     </row>
     <row r="24" spans="1:15" ht="12.6" customHeight="1">
       <c r="A24" s="51" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="68">
-        <v>574187</v>
+        <v>575263</v>
       </c>
       <c r="C24" s="68">
-        <v>300725</v>
+        <v>302736</v>
       </c>
       <c r="D24" s="68">
-        <v>2119</v>
+        <v>2126</v>
       </c>
       <c r="E24" s="68">
-        <v>2572</v>
+        <v>3124</v>
       </c>
       <c r="F24" s="68">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="G24" s="68">
-        <v>2237</v>
+        <v>2415</v>
       </c>
       <c r="H24" s="68">
         <v>1</v>
       </c>
       <c r="I24" s="71">
-        <v>0.23</v>
+        <v>0.21</v>
       </c>
       <c r="J24" s="74">
-        <v>525.64</v>
+        <v>519.01</v>
       </c>
       <c r="K24" s="68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L24" s="68">
         <v>6</v>
       </c>
       <c r="M24" s="68">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="N24" s="68">
         <v>0</v>
       </c>
       <c r="O24" s="80">
-        <v>15543</v>
+        <v>15636</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="11.1" customHeight="1">
       <c r="A25" s="65" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="31"/>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="31"/>
       <c r="J25" s="31"/>
       <c r="K25" s="31"/>
       <c r="L25" s="31"/>
       <c r="M25" s="31"/>
       <c r="N25" s="31"/>
       <c r="O25" s="42"/>
     </row>
     <row r="26" spans="1:15" ht="12.6" customHeight="1">
       <c r="A26" s="51" t="s">
         <v>102</v>
       </c>
       <c r="B26" s="68">
-        <v>385840</v>
+        <v>384715</v>
       </c>
       <c r="C26" s="68">
-        <v>198229</v>
+        <v>195583</v>
       </c>
       <c r="D26" s="68">
-        <v>1106</v>
+        <v>909</v>
       </c>
       <c r="E26" s="68">
-        <v>4327</v>
+        <v>2476</v>
       </c>
       <c r="F26" s="68">
         <v>666</v>
       </c>
       <c r="G26" s="68">
-        <v>1795</v>
+        <v>1786</v>
       </c>
       <c r="H26" s="68">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I26" s="71">
         <v>0.23</v>
       </c>
       <c r="J26" s="74">
-        <v>666.8</v>
+        <v>678.43</v>
       </c>
       <c r="K26" s="68">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L26" s="68">
         <v>8</v>
       </c>
       <c r="M26" s="68">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N26" s="68">
         <v>0</v>
       </c>
       <c r="O26" s="80">
-        <v>1322</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="11.1" customHeight="1">
       <c r="A27" s="65" t="s">
         <v>103</v>
       </c>
       <c r="B27" s="31"/>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="31"/>
       <c r="J27" s="31"/>
       <c r="K27" s="31"/>
       <c r="L27" s="31"/>
       <c r="M27" s="31"/>
       <c r="N27" s="31"/>
       <c r="O27" s="42"/>
     </row>
     <row r="28" spans="1:15" ht="12.6" customHeight="1">
       <c r="A28" s="51" t="s">
         <v>104</v>
       </c>
       <c r="B28" s="68">
-        <v>7491291</v>
+        <v>7391132</v>
       </c>
       <c r="C28" s="68">
-        <v>5807168</v>
+        <v>5849375</v>
       </c>
       <c r="D28" s="68">
-        <v>37104</v>
+        <v>36440</v>
       </c>
       <c r="E28" s="68">
-        <v>34469</v>
+        <v>14172</v>
       </c>
       <c r="F28" s="68">
-        <v>11229</v>
+        <v>11468</v>
       </c>
       <c r="G28" s="68">
-        <v>56554</v>
+        <v>58874</v>
       </c>
       <c r="H28" s="68">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="I28" s="71">
-        <v>0.2</v>
+        <v>0.18</v>
       </c>
       <c r="J28" s="74">
-        <v>1349.33</v>
+        <v>1461.64</v>
       </c>
       <c r="K28" s="68">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="L28" s="68">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="M28" s="68">
-        <v>643</v>
+        <v>653</v>
       </c>
       <c r="N28" s="68">
         <v>4</v>
       </c>
       <c r="O28" s="80">
-        <v>17941</v>
+        <v>18024</v>
       </c>
     </row>
     <row r="29" spans="1:15" ht="11.1" customHeight="1">
       <c r="A29" s="65" t="s">
         <v>105</v>
       </c>
       <c r="B29" s="31"/>
       <c r="C29" s="31"/>
       <c r="D29" s="31"/>
       <c r="E29" s="31"/>
       <c r="F29" s="31"/>
       <c r="G29" s="31"/>
       <c r="H29" s="31"/>
       <c r="I29" s="31"/>
       <c r="J29" s="31"/>
       <c r="K29" s="31"/>
       <c r="L29" s="31"/>
       <c r="M29" s="31"/>
       <c r="N29" s="31"/>
       <c r="O29" s="42"/>
     </row>
     <row r="30" spans="1:15" ht="12.6" customHeight="1">
       <c r="A30" s="51" t="s">
         <v>106</v>
       </c>
       <c r="B30" s="68">
-        <v>7347244</v>
+        <v>7337214</v>
       </c>
       <c r="C30" s="68">
-        <v>5186971</v>
+        <v>5209203</v>
       </c>
       <c r="D30" s="68">
-        <v>42223</v>
+        <v>46441</v>
       </c>
       <c r="E30" s="68">
-        <v>28449</v>
+        <v>87779</v>
       </c>
       <c r="F30" s="68">
-        <v>22203</v>
+        <v>22171</v>
       </c>
       <c r="G30" s="68">
-        <v>79077</v>
+        <v>81878</v>
       </c>
       <c r="H30" s="68">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="I30" s="71">
-        <v>0.22</v>
+        <v>0.23</v>
       </c>
       <c r="J30" s="74">
-        <v>927.66</v>
+        <v>975.83</v>
       </c>
       <c r="K30" s="68">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="L30" s="68">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="M30" s="68">
-        <v>1010</v>
+        <v>1092</v>
       </c>
       <c r="N30" s="68">
         <v>5</v>
       </c>
       <c r="O30" s="80">
-        <v>156254</v>
+        <v>157168</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="11.1" customHeight="1">
       <c r="A31" s="65" t="s">
         <v>107</v>
       </c>
       <c r="B31" s="31"/>
       <c r="C31" s="31"/>
       <c r="D31" s="31"/>
       <c r="E31" s="31"/>
       <c r="F31" s="31"/>
       <c r="G31" s="31"/>
       <c r="H31" s="31"/>
       <c r="I31" s="31"/>
       <c r="J31" s="31"/>
       <c r="K31" s="31"/>
       <c r="L31" s="31"/>
       <c r="M31" s="31"/>
       <c r="N31" s="31"/>
       <c r="O31" s="42"/>
     </row>
     <row r="32" spans="1:15" ht="12.6" customHeight="1">
       <c r="A32" s="51" t="s">
         <v>108</v>
       </c>
       <c r="B32" s="68">
-        <v>9896</v>
+        <v>9825</v>
       </c>
       <c r="C32" s="68">
-        <v>4624</v>
+        <v>4435</v>
       </c>
       <c r="D32" s="68">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="E32" s="68">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="F32" s="68">
         <v>14</v>
       </c>
       <c r="G32" s="68">
-        <v>219</v>
+        <v>168</v>
       </c>
       <c r="H32" s="68">
         <v>0</v>
       </c>
       <c r="I32" s="71">
-        <v>0.3</v>
+        <v>0.31</v>
       </c>
       <c r="J32" s="74">
-        <v>255.26</v>
-[...1 lines deleted...]
-      <c r="K32" s="82">
+        <v>257.68</v>
+      </c>
+      <c r="K32" s="68">
         <v>0</v>
       </c>
       <c r="L32" s="68">
         <v>0</v>
       </c>
       <c r="M32" s="68">
         <v>1</v>
       </c>
       <c r="N32" s="68">
         <v>0</v>
       </c>
       <c r="O32" s="80">
-        <v>775</v>
+        <v>766</v>
       </c>
     </row>
     <row r="33" spans="1:15" ht="11.1" customHeight="1">
       <c r="A33" s="65" t="s">
         <v>109</v>
       </c>
       <c r="B33" s="31"/>
       <c r="C33" s="31"/>
       <c r="D33" s="31"/>
       <c r="E33" s="31"/>
       <c r="F33" s="31"/>
       <c r="G33" s="31"/>
       <c r="H33" s="31"/>
       <c r="I33" s="31"/>
       <c r="J33" s="31"/>
       <c r="K33" s="31"/>
       <c r="L33" s="31"/>
       <c r="M33" s="31"/>
       <c r="N33" s="31"/>
       <c r="O33" s="42"/>
     </row>
     <row r="34" spans="1:15" ht="12.6" customHeight="1">
       <c r="A34" s="51" t="s">
         <v>110</v>
       </c>
       <c r="B34" s="68">
-        <v>1115663</v>
+        <v>1106955</v>
       </c>
       <c r="C34" s="68">
-        <v>617795</v>
+        <v>613344</v>
       </c>
       <c r="D34" s="68">
-        <v>7529</v>
+        <v>3733</v>
       </c>
       <c r="E34" s="68">
-        <v>16822</v>
+        <v>8015</v>
       </c>
       <c r="F34" s="68">
-        <v>1577</v>
+        <v>1562</v>
       </c>
       <c r="G34" s="68">
-        <v>4616</v>
+        <v>4921</v>
       </c>
       <c r="H34" s="68">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="I34" s="71">
         <v>0.2</v>
       </c>
       <c r="J34" s="74">
-        <v>514.51</v>
+        <v>508.18</v>
       </c>
       <c r="K34" s="68">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="L34" s="68">
         <v>17</v>
       </c>
       <c r="M34" s="68">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="N34" s="68">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="O34" s="80">
-        <v>14599</v>
+        <v>14687</v>
       </c>
     </row>
     <row r="35" spans="1:15" ht="11.1" customHeight="1">
       <c r="A35" s="65" t="s">
         <v>111</v>
       </c>
       <c r="B35" s="31"/>
       <c r="C35" s="31"/>
       <c r="D35" s="31"/>
       <c r="E35" s="31"/>
       <c r="F35" s="31"/>
       <c r="G35" s="31"/>
       <c r="H35" s="31"/>
       <c r="I35" s="31"/>
       <c r="J35" s="31"/>
       <c r="K35" s="31"/>
       <c r="L35" s="31"/>
       <c r="M35" s="31"/>
       <c r="N35" s="31"/>
       <c r="O35" s="42"/>
     </row>
     <row r="36" spans="1:15" ht="12.6" customHeight="1">
       <c r="A36" s="51" t="s">
         <v>112</v>
       </c>
       <c r="B36" s="68">
-        <v>25554</v>
+        <v>26662</v>
       </c>
       <c r="C36" s="68">
-        <v>14963</v>
+        <v>16921</v>
       </c>
       <c r="D36" s="68">
-        <v>807</v>
+        <v>535</v>
       </c>
       <c r="E36" s="68">
-        <v>225</v>
+        <v>180</v>
       </c>
       <c r="F36" s="82">
         <v>0</v>
       </c>
       <c r="G36" s="68">
-        <v>607</v>
+        <v>667</v>
       </c>
       <c r="H36" s="68">
         <v>0</v>
       </c>
       <c r="I36" s="71">
-        <v>0.08</v>
+        <v>0.15</v>
       </c>
       <c r="J36" s="74">
-        <v>242.03</v>
+        <v>121.28</v>
       </c>
       <c r="K36" s="82">
         <v>0</v>
       </c>
       <c r="L36" s="82">
         <v>0</v>
       </c>
       <c r="M36" s="68">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="N36" s="82">
+        <v>12</v>
+      </c>
+      <c r="N36" s="68">
         <v>0</v>
       </c>
       <c r="O36" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:15" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="83" t="s">
         <v>113</v>
       </c>
       <c r="B37" s="33"/>
       <c r="C37" s="33"/>
       <c r="D37" s="33"/>
       <c r="E37" s="33"/>
       <c r="F37" s="33"/>
       <c r="G37" s="33"/>
       <c r="H37" s="33"/>
       <c r="I37" s="33"/>
       <c r="J37" s="33"/>
       <c r="K37" s="33"/>
       <c r="L37" s="33"/>
       <c r="M37" s="33"/>
       <c r="N37" s="33"/>
       <c r="O37" s="44"/>
     </row>
@@ -3887,58 +3887,58 @@
     <row r="2" spans="1:15" ht="21" customHeight="1">
       <c r="A2" s="45" t="s">
         <v>74</v>
       </c>
       <c r="B2" s="46"/>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="46"/>
       <c r="I2" s="46"/>
       <c r="J2" s="46"/>
       <c r="K2" s="46"/>
       <c r="L2" s="46"/>
       <c r="M2" s="46"/>
       <c r="N2" s="46"/>
       <c r="O2" s="46"/>
     </row>
     <row r="3" spans="1:15" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="6"/>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="48" t="str">
         <f>'9-1'!D3:G3</f>
-        <v>民國114年10月</v>
+        <v>民國114年12月</v>
       </c>
       <c r="E3" s="48"/>
       <c r="F3" s="48"/>
       <c r="G3" s="48"/>
       <c r="H3" s="47" t="str">
         <f>'9-1'!H3:J3</f>
-        <v> Oct. 2025</v>
+        <v> Dec. 2025</v>
       </c>
       <c r="I3" s="47"/>
       <c r="J3" s="47"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="7" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="12.6" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="15" t="s">
         <v>54</v>
       </c>
       <c r="C4" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D4" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="15" t="s">
@@ -4175,948 +4175,948 @@
       </c>
       <c r="J9" s="12" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="12" t="s">
         <v>44</v>
       </c>
       <c r="L9" s="22" t="s">
         <v>31</v>
       </c>
       <c r="M9" s="12" t="s">
         <v>45</v>
       </c>
       <c r="N9" s="12" t="s">
         <v>46</v>
       </c>
       <c r="O9" s="25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="12.6" customHeight="1">
       <c r="A10" s="51" t="s">
         <v>115</v>
       </c>
       <c r="B10" s="54">
-        <v>174527</v>
+        <v>174504</v>
       </c>
       <c r="C10" s="54">
-        <v>100765</v>
+        <v>100320</v>
       </c>
       <c r="D10" s="54">
-        <v>607</v>
+        <v>584</v>
       </c>
       <c r="E10" s="54">
-        <v>641</v>
+        <v>613</v>
       </c>
       <c r="F10" s="54">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="G10" s="54">
-        <v>1059</v>
+        <v>1127</v>
       </c>
       <c r="H10" s="54">
         <v>1</v>
       </c>
       <c r="I10" s="57">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
       <c r="J10" s="60">
-        <v>261.87</v>
+        <v>255.8</v>
       </c>
       <c r="K10" s="54">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L10" s="54">
         <v>5</v>
       </c>
       <c r="M10" s="54">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="N10" s="54">
         <v>0</v>
       </c>
       <c r="O10" s="85">
-        <v>1763</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="11.1" customHeight="1">
       <c r="A11" s="65" t="s">
         <v>116</v>
       </c>
       <c r="B11" s="31"/>
       <c r="C11" s="31"/>
       <c r="D11" s="31"/>
       <c r="E11" s="31"/>
       <c r="F11" s="31"/>
       <c r="G11" s="31"/>
       <c r="H11" s="31"/>
       <c r="I11" s="31"/>
       <c r="J11" s="31"/>
       <c r="K11" s="31"/>
       <c r="L11" s="31"/>
       <c r="M11" s="31"/>
       <c r="N11" s="31"/>
       <c r="O11" s="42"/>
     </row>
     <row r="12" spans="1:15" ht="12.6" customHeight="1">
       <c r="A12" s="51" t="s">
         <v>117</v>
       </c>
       <c r="B12" s="68">
-        <v>230894</v>
+        <v>225917</v>
       </c>
       <c r="C12" s="68">
-        <v>146016</v>
+        <v>141822</v>
       </c>
       <c r="D12" s="68">
-        <v>235</v>
+        <v>267</v>
       </c>
       <c r="E12" s="68">
-        <v>3069</v>
+        <v>2604</v>
       </c>
       <c r="F12" s="68">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="G12" s="68">
-        <v>1393</v>
+        <v>1408</v>
       </c>
       <c r="H12" s="68">
         <v>2</v>
       </c>
       <c r="I12" s="71">
-        <v>0.26</v>
+        <v>0.29</v>
       </c>
       <c r="J12" s="74">
-        <v>776.59</v>
+        <v>659.15</v>
       </c>
       <c r="K12" s="68">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L12" s="68">
         <v>8</v>
       </c>
       <c r="M12" s="68">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N12" s="68">
         <v>0</v>
       </c>
       <c r="O12" s="80">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="11.1" customHeight="1">
       <c r="A13" s="65" t="s">
         <v>118</v>
       </c>
       <c r="B13" s="31"/>
       <c r="C13" s="31"/>
       <c r="D13" s="31"/>
       <c r="E13" s="31"/>
       <c r="F13" s="31"/>
       <c r="G13" s="31"/>
       <c r="H13" s="31"/>
       <c r="I13" s="31"/>
       <c r="J13" s="31"/>
       <c r="K13" s="31"/>
       <c r="L13" s="31"/>
       <c r="M13" s="31"/>
       <c r="N13" s="31"/>
       <c r="O13" s="42"/>
     </row>
     <row r="14" spans="1:15" ht="12.6" customHeight="1">
       <c r="A14" s="51" t="s">
         <v>119</v>
       </c>
       <c r="B14" s="68">
-        <v>153608</v>
+        <v>154419</v>
       </c>
       <c r="C14" s="68">
-        <v>79251</v>
+        <v>78769</v>
       </c>
       <c r="D14" s="68">
-        <v>1151</v>
+        <v>1124</v>
       </c>
       <c r="E14" s="68">
-        <v>640</v>
+        <v>555</v>
       </c>
       <c r="F14" s="68">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="G14" s="68">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="H14" s="68">
         <v>0</v>
       </c>
       <c r="I14" s="71">
-        <v>0.23</v>
+        <v>0.24</v>
       </c>
       <c r="J14" s="74">
-        <v>1105.43</v>
+        <v>1138.71</v>
       </c>
       <c r="K14" s="68">
         <v>2</v>
       </c>
       <c r="L14" s="68">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M14" s="68">
         <v>7</v>
       </c>
       <c r="N14" s="68">
         <v>0</v>
       </c>
       <c r="O14" s="80">
-        <v>602</v>
+        <v>592</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="11.1" customHeight="1">
       <c r="A15" s="65" t="s">
         <v>120</v>
       </c>
       <c r="B15" s="31"/>
       <c r="C15" s="31"/>
       <c r="D15" s="31"/>
       <c r="E15" s="31"/>
       <c r="F15" s="31"/>
       <c r="G15" s="31"/>
       <c r="H15" s="31"/>
       <c r="I15" s="31"/>
       <c r="J15" s="31"/>
       <c r="K15" s="31"/>
       <c r="L15" s="31"/>
       <c r="M15" s="31"/>
       <c r="N15" s="31"/>
       <c r="O15" s="42"/>
     </row>
     <row r="16" spans="1:15" ht="12.6" customHeight="1">
       <c r="A16" s="51" t="s">
         <v>121</v>
       </c>
       <c r="B16" s="68">
-        <v>846231</v>
+        <v>852459</v>
       </c>
       <c r="C16" s="68">
-        <v>588373</v>
+        <v>590428</v>
       </c>
       <c r="D16" s="68">
-        <v>8476</v>
+        <v>6001</v>
       </c>
       <c r="E16" s="68">
-        <v>3497</v>
+        <v>3523</v>
       </c>
       <c r="F16" s="68">
-        <v>1703</v>
+        <v>1711</v>
       </c>
       <c r="G16" s="68">
-        <v>11634</v>
+        <v>11715</v>
       </c>
       <c r="H16" s="68">
         <v>10</v>
       </c>
       <c r="I16" s="71">
         <v>0.24</v>
       </c>
       <c r="J16" s="74">
-        <v>833.08</v>
+        <v>840.16</v>
       </c>
       <c r="K16" s="68">
         <v>12</v>
       </c>
       <c r="L16" s="68">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="M16" s="68">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="N16" s="68">
         <v>1</v>
       </c>
       <c r="O16" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="11.1" customHeight="1">
       <c r="A17" s="65" t="s">
         <v>122</v>
       </c>
       <c r="B17" s="31"/>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
       <c r="I17" s="31"/>
       <c r="J17" s="31"/>
       <c r="K17" s="31"/>
       <c r="L17" s="31"/>
       <c r="M17" s="31"/>
       <c r="N17" s="31"/>
       <c r="O17" s="42"/>
     </row>
     <row r="18" spans="1:15" ht="12.6" customHeight="1">
       <c r="A18" s="51" t="s">
         <v>123</v>
       </c>
       <c r="B18" s="68">
-        <v>9301</v>
+        <v>9224</v>
       </c>
       <c r="C18" s="68">
-        <v>4988</v>
+        <v>4935</v>
       </c>
       <c r="D18" s="68">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="E18" s="68">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F18" s="68">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G18" s="68">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H18" s="82">
         <v>0</v>
       </c>
       <c r="I18" s="71">
-        <v>0.08</v>
+        <v>0.13</v>
       </c>
       <c r="J18" s="74">
-        <v>639.51</v>
+        <v>650.89</v>
       </c>
       <c r="K18" s="82">
         <v>0</v>
       </c>
       <c r="L18" s="68">
         <v>0</v>
       </c>
       <c r="M18" s="68">
         <v>1</v>
       </c>
       <c r="N18" s="82">
         <v>0</v>
       </c>
       <c r="O18" s="80">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="11.1" customHeight="1">
       <c r="A19" s="65" t="s">
         <v>124</v>
       </c>
       <c r="B19" s="31"/>
       <c r="C19" s="31"/>
       <c r="D19" s="31"/>
       <c r="E19" s="31"/>
       <c r="F19" s="31"/>
       <c r="G19" s="31"/>
       <c r="H19" s="31"/>
       <c r="I19" s="31"/>
       <c r="J19" s="31"/>
       <c r="K19" s="31"/>
       <c r="L19" s="31"/>
       <c r="M19" s="31"/>
       <c r="N19" s="31"/>
       <c r="O19" s="42"/>
     </row>
     <row r="20" spans="1:15" ht="12.6" customHeight="1">
       <c r="A20" s="51" t="s">
         <v>125</v>
       </c>
       <c r="B20" s="68">
-        <v>1070374</v>
+        <v>1062582</v>
       </c>
       <c r="C20" s="68">
-        <v>558158</v>
+        <v>547522</v>
       </c>
       <c r="D20" s="68">
-        <v>1694</v>
+        <v>1175</v>
       </c>
       <c r="E20" s="68">
-        <v>4604</v>
+        <v>11785</v>
       </c>
       <c r="F20" s="68">
         <v>1659</v>
       </c>
       <c r="G20" s="68">
-        <v>4631</v>
+        <v>5184</v>
       </c>
       <c r="H20" s="68">
         <v>7</v>
       </c>
       <c r="I20" s="71">
-        <v>0.25</v>
+        <v>0.21</v>
       </c>
       <c r="J20" s="74">
-        <v>546.81</v>
+        <v>581.78</v>
       </c>
       <c r="K20" s="68">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L20" s="68">
         <v>24</v>
       </c>
       <c r="M20" s="68">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="N20" s="68">
         <v>0</v>
       </c>
       <c r="O20" s="80">
-        <v>8200</v>
+        <v>8209</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="11.1" customHeight="1">
       <c r="A21" s="65" t="s">
         <v>126</v>
       </c>
       <c r="B21" s="31"/>
       <c r="C21" s="31"/>
       <c r="D21" s="31"/>
       <c r="E21" s="31"/>
       <c r="F21" s="31"/>
       <c r="G21" s="31"/>
       <c r="H21" s="31"/>
       <c r="I21" s="31"/>
       <c r="J21" s="31"/>
       <c r="K21" s="31"/>
       <c r="L21" s="31"/>
       <c r="M21" s="31"/>
       <c r="N21" s="31"/>
       <c r="O21" s="42"/>
     </row>
     <row r="22" spans="1:15" ht="12.6" customHeight="1">
       <c r="A22" s="51" t="s">
         <v>127</v>
       </c>
       <c r="B22" s="68">
-        <v>118210</v>
+        <v>112998</v>
       </c>
       <c r="C22" s="68">
-        <v>58544</v>
+        <v>58937</v>
       </c>
       <c r="D22" s="68">
-        <v>684</v>
+        <v>1223</v>
       </c>
       <c r="E22" s="68">
-        <v>843</v>
+        <v>924</v>
       </c>
       <c r="F22" s="68">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="G22" s="68">
-        <v>562</v>
+        <v>637</v>
       </c>
       <c r="H22" s="68">
         <v>0</v>
       </c>
       <c r="I22" s="71">
-        <v>0.53</v>
+        <v>0.36</v>
       </c>
       <c r="J22" s="74">
-        <v>608.64</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>575.91</v>
+      </c>
+      <c r="K22" s="68">
+        <v>4</v>
       </c>
       <c r="L22" s="68">
         <v>3</v>
       </c>
       <c r="M22" s="68">
         <v>4</v>
       </c>
       <c r="N22" s="68">
         <v>0</v>
       </c>
       <c r="O22" s="80">
-        <v>4046</v>
+        <v>4043</v>
       </c>
     </row>
     <row r="23" spans="1:15" ht="11.1" customHeight="1">
       <c r="A23" s="65" t="s">
         <v>128</v>
       </c>
       <c r="B23" s="31"/>
       <c r="C23" s="31"/>
       <c r="D23" s="31"/>
       <c r="E23" s="31"/>
       <c r="F23" s="31"/>
       <c r="G23" s="31"/>
       <c r="H23" s="31"/>
       <c r="I23" s="31"/>
       <c r="J23" s="31"/>
       <c r="K23" s="31"/>
       <c r="L23" s="31"/>
       <c r="M23" s="31"/>
       <c r="N23" s="31"/>
       <c r="O23" s="42"/>
     </row>
     <row r="24" spans="1:15" ht="12.6" customHeight="1">
       <c r="A24" s="51" t="s">
         <v>129</v>
       </c>
       <c r="B24" s="68">
-        <v>21220</v>
+        <v>21049</v>
       </c>
       <c r="C24" s="68">
-        <v>13596</v>
+        <v>13524</v>
       </c>
       <c r="D24" s="68">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="E24" s="68">
-        <v>86</v>
+        <v>110</v>
       </c>
       <c r="F24" s="68">
         <v>37</v>
       </c>
       <c r="G24" s="68">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="H24" s="68">
         <v>0</v>
       </c>
       <c r="I24" s="71">
-        <v>0.45</v>
+        <v>0.41</v>
       </c>
       <c r="J24" s="74">
-        <v>2512.9</v>
+        <v>2379.79</v>
       </c>
       <c r="K24" s="68">
         <v>0</v>
       </c>
       <c r="L24" s="68">
         <v>0</v>
       </c>
       <c r="M24" s="68">
         <v>1</v>
       </c>
       <c r="N24" s="68">
         <v>0</v>
       </c>
       <c r="O24" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="11.1" customHeight="1">
       <c r="A25" s="65" t="s">
         <v>130</v>
       </c>
       <c r="B25" s="31"/>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="31"/>
       <c r="J25" s="31"/>
       <c r="K25" s="31"/>
       <c r="L25" s="31"/>
       <c r="M25" s="31"/>
       <c r="N25" s="31"/>
       <c r="O25" s="42"/>
     </row>
     <row r="26" spans="1:15" ht="12.6" customHeight="1">
       <c r="A26" s="51" t="s">
         <v>131</v>
       </c>
       <c r="B26" s="68">
-        <v>2752053</v>
+        <v>2731780</v>
       </c>
       <c r="C26" s="68">
-        <v>1849732</v>
+        <v>1849324</v>
       </c>
       <c r="D26" s="68">
-        <v>19370</v>
+        <v>31298</v>
       </c>
       <c r="E26" s="68">
-        <v>23812</v>
+        <v>23944</v>
       </c>
       <c r="F26" s="68">
-        <v>6566</v>
+        <v>6592</v>
       </c>
       <c r="G26" s="68">
-        <v>14413</v>
+        <v>15001</v>
       </c>
       <c r="H26" s="68">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="I26" s="71">
-        <v>0.19</v>
+        <v>0.18</v>
       </c>
       <c r="J26" s="74">
-        <v>272.83</v>
+        <v>278.51</v>
       </c>
       <c r="K26" s="68">
         <v>28</v>
       </c>
       <c r="L26" s="68">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M26" s="68">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="N26" s="68">
         <v>1</v>
       </c>
       <c r="O26" s="80">
-        <v>43323</v>
+        <v>42202</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="11.1" customHeight="1">
       <c r="A27" s="65" t="s">
         <v>132</v>
       </c>
       <c r="B27" s="31"/>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="31"/>
       <c r="J27" s="31"/>
       <c r="K27" s="31"/>
       <c r="L27" s="31"/>
       <c r="M27" s="31"/>
       <c r="N27" s="31"/>
       <c r="O27" s="42"/>
     </row>
     <row r="28" spans="1:15" ht="12.6" customHeight="1">
       <c r="A28" s="51" t="s">
         <v>133</v>
       </c>
       <c r="B28" s="68">
-        <v>1293778</v>
+        <v>1290052</v>
       </c>
       <c r="C28" s="68">
-        <v>915673</v>
+        <v>910122</v>
       </c>
       <c r="D28" s="68">
-        <v>7184</v>
+        <v>5702</v>
       </c>
       <c r="E28" s="68">
-        <v>8078</v>
+        <v>8259</v>
       </c>
       <c r="F28" s="68">
-        <v>3178</v>
+        <v>3186</v>
       </c>
       <c r="G28" s="68">
-        <v>4598</v>
+        <v>4517</v>
       </c>
       <c r="H28" s="68">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="I28" s="71">
         <v>0.28</v>
       </c>
       <c r="J28" s="74">
-        <v>102.88</v>
+        <v>102.98</v>
       </c>
       <c r="K28" s="68">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="L28" s="68">
         <v>62</v>
       </c>
       <c r="M28" s="68">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="N28" s="68">
         <v>0</v>
       </c>
       <c r="O28" s="80">
-        <v>11129</v>
+        <v>11650</v>
       </c>
     </row>
     <row r="29" spans="1:15" ht="11.1" customHeight="1">
       <c r="A29" s="65" t="s">
         <v>134</v>
       </c>
       <c r="B29" s="31"/>
       <c r="C29" s="31"/>
       <c r="D29" s="31"/>
       <c r="E29" s="31"/>
       <c r="F29" s="31"/>
       <c r="G29" s="31"/>
       <c r="H29" s="31"/>
       <c r="I29" s="31"/>
       <c r="J29" s="31"/>
       <c r="K29" s="31"/>
       <c r="L29" s="31"/>
       <c r="M29" s="31"/>
       <c r="N29" s="31"/>
       <c r="O29" s="42"/>
     </row>
     <row r="30" spans="1:15" ht="12.6" customHeight="1">
       <c r="A30" s="51" t="s">
         <v>135</v>
       </c>
       <c r="B30" s="68">
-        <v>1216352</v>
+        <v>1216355</v>
       </c>
       <c r="C30" s="68">
-        <v>538424</v>
+        <v>538589</v>
       </c>
       <c r="D30" s="68">
-        <v>3683</v>
+        <v>4046</v>
       </c>
       <c r="E30" s="68">
-        <v>7275</v>
+        <v>6149</v>
       </c>
       <c r="F30" s="68">
-        <v>1219</v>
+        <v>1178</v>
       </c>
       <c r="G30" s="68">
-        <v>5379</v>
+        <v>5455</v>
       </c>
       <c r="H30" s="68">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="I30" s="71">
         <v>0.09</v>
       </c>
       <c r="J30" s="74">
-        <v>969</v>
+        <v>938.79</v>
       </c>
       <c r="K30" s="68">
         <v>8</v>
       </c>
       <c r="L30" s="68">
         <v>16</v>
       </c>
       <c r="M30" s="68">
         <v>78</v>
       </c>
       <c r="N30" s="68">
         <v>0</v>
       </c>
       <c r="O30" s="80">
-        <v>213</v>
+        <v>210</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="11.1" customHeight="1">
       <c r="A31" s="65" t="s">
         <v>136</v>
       </c>
       <c r="B31" s="31"/>
       <c r="C31" s="31"/>
       <c r="D31" s="31"/>
       <c r="E31" s="31"/>
       <c r="F31" s="31"/>
       <c r="G31" s="31"/>
       <c r="H31" s="31"/>
       <c r="I31" s="31"/>
       <c r="J31" s="31"/>
       <c r="K31" s="31"/>
       <c r="L31" s="31"/>
       <c r="M31" s="31"/>
       <c r="N31" s="31"/>
       <c r="O31" s="42"/>
     </row>
     <row r="32" spans="1:15" ht="12.6" customHeight="1">
       <c r="A32" s="51" t="s">
         <v>137</v>
       </c>
       <c r="B32" s="68">
-        <v>2458266</v>
+        <v>2478579</v>
       </c>
       <c r="C32" s="68">
-        <v>1538563</v>
+        <v>1545721</v>
       </c>
       <c r="D32" s="68">
-        <v>18894</v>
+        <v>17921</v>
       </c>
       <c r="E32" s="68">
-        <v>6341</v>
+        <v>6985</v>
       </c>
       <c r="F32" s="68">
-        <v>3866</v>
+        <v>3898</v>
       </c>
       <c r="G32" s="68">
-        <v>16091</v>
+        <v>15838</v>
       </c>
       <c r="H32" s="68">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="I32" s="71">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
       <c r="J32" s="74">
-        <v>537.07</v>
+        <v>548.83</v>
       </c>
       <c r="K32" s="68">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L32" s="68">
         <v>64</v>
       </c>
       <c r="M32" s="68">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="N32" s="68">
         <v>2</v>
       </c>
       <c r="O32" s="80">
-        <v>19413</v>
+        <v>19898</v>
       </c>
     </row>
     <row r="33" spans="1:15" ht="11.1" customHeight="1">
       <c r="A33" s="65" t="s">
         <v>138</v>
       </c>
       <c r="B33" s="31"/>
       <c r="C33" s="31"/>
       <c r="D33" s="31"/>
       <c r="E33" s="31"/>
       <c r="F33" s="31"/>
       <c r="G33" s="31"/>
       <c r="H33" s="31"/>
       <c r="I33" s="31"/>
       <c r="J33" s="31"/>
       <c r="K33" s="31"/>
       <c r="L33" s="31"/>
       <c r="M33" s="31"/>
       <c r="N33" s="31"/>
       <c r="O33" s="42"/>
     </row>
     <row r="34" spans="1:15" ht="12.6" customHeight="1">
       <c r="A34" s="51" t="s">
         <v>139</v>
       </c>
       <c r="B34" s="68">
-        <v>8732871</v>
+        <v>8748065</v>
       </c>
       <c r="C34" s="68">
-        <v>5420952</v>
+        <v>5340523</v>
       </c>
       <c r="D34" s="68">
-        <v>62591</v>
+        <v>128776</v>
       </c>
       <c r="E34" s="68">
-        <v>82097</v>
+        <v>87318</v>
       </c>
       <c r="F34" s="68">
-        <v>17839</v>
+        <v>17958</v>
       </c>
       <c r="G34" s="68">
-        <v>63827</v>
+        <v>54300</v>
       </c>
       <c r="H34" s="68">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="I34" s="71">
-        <v>0.4</v>
+        <v>0.37</v>
       </c>
       <c r="J34" s="74">
-        <v>290.94</v>
+        <v>372.09</v>
       </c>
       <c r="K34" s="68">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="L34" s="68">
-        <v>152</v>
+        <v>164</v>
       </c>
       <c r="M34" s="68">
-        <v>681</v>
+        <v>719</v>
       </c>
       <c r="N34" s="68">
         <v>9</v>
       </c>
       <c r="O34" s="80">
-        <v>40211</v>
+        <v>40435</v>
       </c>
     </row>
     <row r="35" spans="1:15" ht="11.1" customHeight="1">
       <c r="A35" s="65" t="s">
         <v>140</v>
       </c>
       <c r="B35" s="31"/>
       <c r="C35" s="31"/>
       <c r="D35" s="31"/>
       <c r="E35" s="31"/>
       <c r="F35" s="31"/>
       <c r="G35" s="31"/>
       <c r="H35" s="31"/>
       <c r="I35" s="31"/>
       <c r="J35" s="31"/>
       <c r="K35" s="31"/>
       <c r="L35" s="31"/>
       <c r="M35" s="31"/>
       <c r="N35" s="31"/>
       <c r="O35" s="42"/>
     </row>
     <row r="36" spans="1:15" ht="12.6" customHeight="1">
       <c r="A36" s="51" t="s">
         <v>141</v>
       </c>
       <c r="B36" s="68">
-        <v>414024</v>
+        <v>423651</v>
       </c>
       <c r="C36" s="68">
-        <v>196845</v>
+        <v>203805</v>
       </c>
       <c r="D36" s="68">
-        <v>7437</v>
+        <v>6788</v>
       </c>
       <c r="E36" s="68">
-        <v>1888</v>
+        <v>1912</v>
       </c>
       <c r="F36" s="68">
-        <v>1286</v>
+        <v>1283</v>
       </c>
       <c r="G36" s="68">
-        <v>2099</v>
+        <v>2202</v>
       </c>
       <c r="H36" s="68">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I36" s="71">
-        <v>0.84</v>
+        <v>0.75</v>
       </c>
       <c r="J36" s="74">
-        <v>178.2</v>
+        <v>179.43</v>
       </c>
       <c r="K36" s="68">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="L36" s="68">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="M36" s="68">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="N36" s="68">
         <v>0</v>
       </c>
       <c r="O36" s="80">
-        <v>8918</v>
+        <v>9078</v>
       </c>
     </row>
     <row r="37" spans="1:15" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="83" t="s">
         <v>142</v>
       </c>
       <c r="B37" s="33"/>
       <c r="C37" s="33"/>
       <c r="D37" s="33"/>
       <c r="E37" s="33"/>
       <c r="F37" s="33"/>
       <c r="G37" s="33"/>
       <c r="H37" s="33"/>
       <c r="I37" s="33"/>
       <c r="J37" s="33"/>
       <c r="K37" s="33"/>
       <c r="L37" s="33"/>
       <c r="M37" s="33"/>
       <c r="N37" s="33"/>
       <c r="O37" s="44"/>
     </row>
     <row r="38" spans="1:15" ht="13.5" customHeight="1">
       <c r="A38" s="13" t="s">
         <v>76</v>
       </c>
@@ -5489,58 +5489,58 @@
     <row r="2" spans="1:15" ht="21" customHeight="1">
       <c r="A2" s="45" t="s">
         <v>81</v>
       </c>
       <c r="B2" s="46"/>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="46"/>
       <c r="I2" s="46"/>
       <c r="J2" s="46"/>
       <c r="K2" s="46"/>
       <c r="L2" s="46"/>
       <c r="M2" s="46"/>
       <c r="N2" s="46"/>
       <c r="O2" s="46"/>
     </row>
     <row r="3" spans="1:15" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="6"/>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="48" t="str">
         <f>'9-1'!D3:G3</f>
-        <v>民國114年10月</v>
+        <v>民國114年12月</v>
       </c>
       <c r="E3" s="48"/>
       <c r="F3" s="48"/>
       <c r="G3" s="48"/>
       <c r="H3" s="47" t="str">
         <f>'9-1'!H3:J3</f>
-        <v> Oct. 2025</v>
+        <v> Dec. 2025</v>
       </c>
       <c r="I3" s="47"/>
       <c r="J3" s="47"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="7" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="12.6" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="15" t="s">
         <v>54</v>
       </c>
       <c r="C4" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D4" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="15" t="s">
@@ -5777,486 +5777,486 @@
       </c>
       <c r="J9" s="12" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="12" t="s">
         <v>44</v>
       </c>
       <c r="L9" s="22" t="s">
         <v>31</v>
       </c>
       <c r="M9" s="12" t="s">
         <v>45</v>
       </c>
       <c r="N9" s="12" t="s">
         <v>46</v>
       </c>
       <c r="O9" s="25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="12.6" customHeight="1">
       <c r="A10" s="51" t="s">
         <v>143</v>
       </c>
       <c r="B10" s="54">
-        <v>3345537</v>
+        <v>3324547</v>
       </c>
       <c r="C10" s="54">
-        <v>2066047</v>
+        <v>2087494</v>
       </c>
       <c r="D10" s="54">
-        <v>38079</v>
+        <v>20983</v>
       </c>
       <c r="E10" s="54">
-        <v>17745</v>
+        <v>61543</v>
       </c>
       <c r="F10" s="54">
-        <v>8829</v>
+        <v>8915</v>
       </c>
       <c r="G10" s="54">
-        <v>25239</v>
+        <v>23991</v>
       </c>
       <c r="H10" s="54">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="I10" s="57">
         <v>0.5</v>
       </c>
       <c r="J10" s="60">
-        <v>497.15</v>
+        <v>507.79</v>
       </c>
       <c r="K10" s="54">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="L10" s="54">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="M10" s="54">
-        <v>440</v>
+        <v>413</v>
       </c>
       <c r="N10" s="54">
         <v>4</v>
       </c>
       <c r="O10" s="85">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="11.1" customHeight="1">
       <c r="A11" s="65" t="s">
         <v>144</v>
       </c>
       <c r="B11" s="31"/>
       <c r="C11" s="31"/>
       <c r="D11" s="31"/>
       <c r="E11" s="31"/>
       <c r="F11" s="31"/>
       <c r="G11" s="31"/>
       <c r="H11" s="31"/>
       <c r="I11" s="31"/>
       <c r="J11" s="31"/>
       <c r="K11" s="31"/>
       <c r="L11" s="31"/>
       <c r="M11" s="31"/>
       <c r="N11" s="31"/>
       <c r="O11" s="42"/>
     </row>
     <row r="12" spans="1:15" ht="12.6" customHeight="1">
       <c r="A12" s="51" t="s">
         <v>145</v>
       </c>
       <c r="B12" s="68">
-        <v>6631624</v>
+        <v>6632949</v>
       </c>
       <c r="C12" s="68">
-        <v>4861994</v>
+        <v>4852939</v>
       </c>
       <c r="D12" s="68">
-        <v>51185</v>
+        <v>44324</v>
       </c>
       <c r="E12" s="68">
-        <v>48663</v>
+        <v>44428</v>
       </c>
       <c r="F12" s="68">
-        <v>11208</v>
+        <v>11315</v>
       </c>
       <c r="G12" s="68">
-        <v>48769</v>
+        <v>48400</v>
       </c>
       <c r="H12" s="68">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="I12" s="71">
         <v>0.22</v>
       </c>
       <c r="J12" s="74">
-        <v>626.58</v>
+        <v>629.07</v>
       </c>
       <c r="K12" s="68">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="L12" s="68">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M12" s="68">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="N12" s="68">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="O12" s="80">
-        <v>184844</v>
+        <v>187086</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="11.1" customHeight="1">
       <c r="A13" s="65" t="s">
         <v>146</v>
       </c>
       <c r="B13" s="31"/>
       <c r="C13" s="31"/>
       <c r="D13" s="31"/>
       <c r="E13" s="31"/>
       <c r="F13" s="31"/>
       <c r="G13" s="31"/>
       <c r="H13" s="31"/>
       <c r="I13" s="31"/>
       <c r="J13" s="31"/>
       <c r="K13" s="31"/>
       <c r="L13" s="31"/>
       <c r="M13" s="31"/>
       <c r="N13" s="31"/>
       <c r="O13" s="42"/>
     </row>
     <row r="14" spans="1:15" ht="12.6" customHeight="1">
       <c r="A14" s="51" t="s">
         <v>147</v>
       </c>
       <c r="B14" s="68">
-        <v>120812</v>
+        <v>120826</v>
       </c>
       <c r="C14" s="68">
-        <v>62082</v>
+        <v>62645</v>
       </c>
       <c r="D14" s="68">
-        <v>705</v>
+        <v>575</v>
       </c>
       <c r="E14" s="68">
-        <v>600</v>
+        <v>528</v>
       </c>
       <c r="F14" s="68">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G14" s="68">
-        <v>462</v>
+        <v>513</v>
       </c>
       <c r="H14" s="68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I14" s="71">
-        <v>0.17</v>
+        <v>0.19</v>
       </c>
       <c r="J14" s="74">
-        <v>321.22</v>
+        <v>184.32</v>
       </c>
       <c r="K14" s="68">
         <v>2</v>
       </c>
       <c r="L14" s="68">
         <v>2</v>
       </c>
       <c r="M14" s="68">
         <v>7</v>
       </c>
       <c r="N14" s="68">
         <v>0</v>
       </c>
       <c r="O14" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="11.1" customHeight="1">
       <c r="A15" s="65" t="s">
         <v>148</v>
       </c>
       <c r="B15" s="31"/>
       <c r="C15" s="31"/>
       <c r="D15" s="31"/>
       <c r="E15" s="31"/>
       <c r="F15" s="31"/>
       <c r="G15" s="31"/>
       <c r="H15" s="31"/>
       <c r="I15" s="31"/>
       <c r="J15" s="31"/>
       <c r="K15" s="31"/>
       <c r="L15" s="31"/>
       <c r="M15" s="31"/>
       <c r="N15" s="31"/>
       <c r="O15" s="42"/>
     </row>
     <row r="16" spans="1:15" ht="12.6" customHeight="1">
       <c r="A16" s="51" t="s">
         <v>149</v>
       </c>
       <c r="B16" s="68">
-        <v>9362580</v>
+        <v>9458117</v>
       </c>
       <c r="C16" s="68">
-        <v>6521624</v>
+        <v>6685860</v>
       </c>
       <c r="D16" s="68">
-        <v>168834</v>
+        <v>148745</v>
       </c>
       <c r="E16" s="68">
-        <v>111762</v>
+        <v>93990</v>
       </c>
       <c r="F16" s="68">
-        <v>17767</v>
+        <v>17912</v>
       </c>
       <c r="G16" s="68">
-        <v>80097</v>
+        <v>83918</v>
       </c>
       <c r="H16" s="68">
-        <v>528</v>
+        <v>539</v>
       </c>
       <c r="I16" s="71">
-        <v>0.11</v>
+        <v>0.12</v>
       </c>
       <c r="J16" s="74">
-        <v>298.28</v>
+        <v>299.62</v>
       </c>
       <c r="K16" s="68">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="L16" s="68">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="M16" s="68">
-        <v>1128</v>
+        <v>1192</v>
       </c>
       <c r="N16" s="68">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="O16" s="80">
-        <v>162761</v>
+        <v>163655</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="11.1" customHeight="1">
       <c r="A17" s="65" t="s">
         <v>150</v>
       </c>
       <c r="B17" s="31"/>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
       <c r="I17" s="31"/>
       <c r="J17" s="31"/>
       <c r="K17" s="31"/>
       <c r="L17" s="31"/>
       <c r="M17" s="31"/>
       <c r="N17" s="31"/>
       <c r="O17" s="42"/>
     </row>
     <row r="18" spans="1:15" ht="12.6" customHeight="1">
       <c r="A18" s="52" t="s">
         <v>151</v>
       </c>
       <c r="B18" s="69">
-        <v>743669</v>
+        <v>800971</v>
       </c>
       <c r="C18" s="69">
-        <v>301442</v>
+        <v>323767</v>
       </c>
       <c r="D18" s="69">
-        <v>38271</v>
+        <v>41200</v>
       </c>
       <c r="E18" s="69">
-        <v>6787</v>
+        <v>21861</v>
       </c>
       <c r="F18" s="69">
-        <v>1067</v>
+        <v>1085</v>
       </c>
       <c r="G18" s="69">
-        <v>7438</v>
+        <v>7728</v>
       </c>
       <c r="H18" s="69">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I18" s="72">
-        <v>0.63</v>
+        <v>0.62</v>
       </c>
       <c r="J18" s="75">
-        <v>268.37</v>
+        <v>236.33</v>
       </c>
       <c r="K18" s="69">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="L18" s="69">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="M18" s="69">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="N18" s="69">
         <v>0</v>
       </c>
       <c r="O18" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="11.1" customHeight="1">
       <c r="A19" s="66" t="s">
         <v>152</v>
       </c>
       <c r="B19" s="31"/>
       <c r="C19" s="31"/>
       <c r="D19" s="31"/>
       <c r="E19" s="31"/>
       <c r="F19" s="31"/>
       <c r="G19" s="31"/>
       <c r="H19" s="31"/>
       <c r="I19" s="31"/>
       <c r="J19" s="31"/>
       <c r="K19" s="31"/>
       <c r="L19" s="31"/>
       <c r="M19" s="31"/>
       <c r="N19" s="31"/>
       <c r="O19" s="42"/>
     </row>
     <row r="20" spans="1:15" ht="12.6" customHeight="1">
       <c r="A20" s="51" t="s">
         <v>153</v>
       </c>
       <c r="B20" s="68">
-        <v>543906</v>
+        <v>602725</v>
       </c>
       <c r="C20" s="68">
-        <v>168998</v>
+        <v>192537</v>
       </c>
       <c r="D20" s="68">
-        <v>35783</v>
+        <v>38723</v>
       </c>
       <c r="E20" s="68">
-        <v>3664</v>
+        <v>18387</v>
       </c>
       <c r="F20" s="68">
-        <v>808</v>
+        <v>827</v>
       </c>
       <c r="G20" s="68">
-        <v>792</v>
+        <v>876</v>
       </c>
       <c r="H20" s="68">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I20" s="71">
-        <v>1.98</v>
+        <v>2.02</v>
       </c>
       <c r="J20" s="74">
-        <v>175.93</v>
+        <v>116.19</v>
       </c>
       <c r="K20" s="68">
         <v>1</v>
       </c>
       <c r="L20" s="68">
         <v>14</v>
       </c>
       <c r="M20" s="68">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="N20" s="68">
         <v>0</v>
       </c>
       <c r="O20" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="11.1" customHeight="1">
       <c r="A21" s="65" t="s">
         <v>154</v>
       </c>
       <c r="B21" s="31"/>
       <c r="C21" s="31"/>
       <c r="D21" s="31"/>
       <c r="E21" s="31"/>
       <c r="F21" s="31"/>
       <c r="G21" s="31"/>
       <c r="H21" s="31"/>
       <c r="I21" s="31"/>
       <c r="J21" s="31"/>
       <c r="K21" s="31"/>
       <c r="L21" s="31"/>
       <c r="M21" s="31"/>
       <c r="N21" s="31"/>
       <c r="O21" s="42"/>
     </row>
     <row r="22" spans="1:15" ht="12.6" customHeight="1">
       <c r="A22" s="51" t="s">
         <v>155</v>
       </c>
       <c r="B22" s="68">
-        <v>199763</v>
+        <v>198246</v>
       </c>
       <c r="C22" s="68">
-        <v>132444</v>
+        <v>131230</v>
       </c>
       <c r="D22" s="68">
-        <v>2488</v>
+        <v>2477</v>
       </c>
       <c r="E22" s="68">
-        <v>3123</v>
+        <v>3474</v>
       </c>
       <c r="F22" s="68">
         <v>259</v>
       </c>
       <c r="G22" s="68">
-        <v>6646</v>
+        <v>6852</v>
       </c>
       <c r="H22" s="68">
         <v>1</v>
       </c>
       <c r="I22" s="71">
-        <v>0.17</v>
+        <v>0.15</v>
       </c>
       <c r="J22" s="74">
-        <v>565.57</v>
+        <v>632.71</v>
       </c>
       <c r="K22" s="68">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="L22" s="68">
         <v>3</v>
       </c>
       <c r="M22" s="68">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="N22" s="82">
         <v>0</v>
       </c>
       <c r="O22" s="80">
-        <v>95578</v>
+        <v>95510</v>
       </c>
     </row>
     <row r="23" spans="1:15" ht="11.1" customHeight="1">
       <c r="A23" s="65" t="s">
         <v>156</v>
       </c>
       <c r="B23" s="31"/>
       <c r="C23" s="31"/>
       <c r="D23" s="31"/>
       <c r="E23" s="31"/>
       <c r="F23" s="31"/>
       <c r="G23" s="31"/>
       <c r="H23" s="31"/>
       <c r="I23" s="31"/>
       <c r="J23" s="31"/>
       <c r="K23" s="31"/>
       <c r="L23" s="31"/>
       <c r="M23" s="31"/>
       <c r="N23" s="31"/>
       <c r="O23" s="42"/>
     </row>
     <row r="24" spans="1:15" ht="12.6" customHeight="1">
       <c r="A24" s="51" t="s">
         <v>157</v>
       </c>
@@ -6278,51 +6278,51 @@
       <c r="G24" s="82">
         <v>0</v>
       </c>
       <c r="H24" s="82">
         <v>0</v>
       </c>
       <c r="I24" s="87">
         <v>0</v>
       </c>
       <c r="J24" s="89">
         <v>0</v>
       </c>
       <c r="K24" s="82">
         <v>0</v>
       </c>
       <c r="L24" s="82">
         <v>0</v>
       </c>
       <c r="M24" s="82">
         <v>0</v>
       </c>
       <c r="N24" s="82">
         <v>0</v>
       </c>
       <c r="O24" s="80">
-        <v>6903</v>
+        <v>6934</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="11.1" customHeight="1">
       <c r="A25" s="65" t="s">
         <v>158</v>
       </c>
       <c r="B25" s="31"/>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="31"/>
       <c r="J25" s="31"/>
       <c r="K25" s="31"/>
       <c r="L25" s="31"/>
       <c r="M25" s="31"/>
       <c r="N25" s="31"/>
       <c r="O25" s="42"/>
     </row>
     <row r="26" spans="1:15" ht="12.6" customHeight="1">
       <c r="A26" s="51" t="s">
         <v>159</v>
       </c>
@@ -6344,51 +6344,51 @@
       <c r="G26" s="82">
         <v>0</v>
       </c>
       <c r="H26" s="82">
         <v>0</v>
       </c>
       <c r="I26" s="87">
         <v>0</v>
       </c>
       <c r="J26" s="89">
         <v>0</v>
       </c>
       <c r="K26" s="82">
         <v>0</v>
       </c>
       <c r="L26" s="82">
         <v>0</v>
       </c>
       <c r="M26" s="82">
         <v>0</v>
       </c>
       <c r="N26" s="82">
         <v>0</v>
       </c>
       <c r="O26" s="80">
-        <v>95069</v>
+        <v>95499</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="11.1" customHeight="1">
       <c r="A27" s="65" t="s">
         <v>160</v>
       </c>
       <c r="B27" s="31"/>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="31"/>
       <c r="J27" s="31"/>
       <c r="K27" s="31"/>
       <c r="L27" s="31"/>
       <c r="M27" s="31"/>
       <c r="N27" s="31"/>
       <c r="O27" s="42"/>
     </row>
     <row r="28" spans="1:15" ht="12.6" customHeight="1">
       <c r="A28" s="26"/>
       <c r="B28" s="32"/>
       <c r="C28" s="32"/>