--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -41,51 +41,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
     <t>發　　行</t>
   </si>
   <si>
     <t>流　　通</t>
   </si>
   <si>
     <t>裝設臺數</t>
   </si>
   <si>
     <t>金融卡數</t>
   </si>
   <si>
     <t>本年累計</t>
   </si>
   <si>
     <t>說　　明：1.交易次數不包含查詢次數及失敗次數。</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
-    <t>民國114年 7月底</t>
+    <t>民國114年 9月底</t>
   </si>
   <si>
     <r>
       <t>8-1 Automatic Service Machines of Financial Institutions</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">金　融　機　構　別
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
@@ -386,51 +386,51 @@
   <si>
     <t>　高雄銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Bank of Kaohsiung</t>
   </si>
   <si>
     <t>　兆豐國際商業銀行　#</t>
   </si>
   <si>
     <t xml:space="preserve">     Mega International Commercial Bank Co., Ltd.</t>
   </si>
   <si>
     <t>　王道商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>　臺灣中小企業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Taiwan Business Bank</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of July 2025</t>
+    <t xml:space="preserve"> End of Sept. 2025</t>
   </si>
   <si>
     <t>　渣打國際商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>　台中商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Taichung Commercial Bank</t>
   </si>
   <si>
     <t>　京城商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Kings Town Bank</t>
   </si>
   <si>
     <t>　滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     HSBC Bank(Taiwan) Ltd.</t>
   </si>
@@ -1944,601 +1944,601 @@
       </c>
       <c r="C7" s="18" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="18" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>18</v>
       </c>
       <c r="G7" s="11" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="12.6" customHeight="1">
       <c r="A8" s="48" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="51">
-        <v>251732018</v>
+        <v>252927773</v>
       </c>
       <c r="C8" s="51">
-        <v>125557641</v>
+        <v>125992521</v>
       </c>
       <c r="D8" s="51">
-        <v>33262</v>
+        <v>33285</v>
       </c>
       <c r="E8" s="51">
-        <v>76292440</v>
+        <v>77772262</v>
       </c>
       <c r="F8" s="51">
-        <v>539021451</v>
+        <v>693217486</v>
       </c>
       <c r="G8" s="51">
-        <v>997225</v>
+        <v>1004875</v>
       </c>
       <c r="H8" s="54">
-        <v>7208826</v>
+        <v>9191888</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="11.1" customHeight="1">
       <c r="A9" s="56" t="s">
         <v>36</v>
       </c>
       <c r="B9" s="23"/>
       <c r="C9" s="23"/>
       <c r="D9" s="23"/>
       <c r="E9" s="23"/>
       <c r="F9" s="23"/>
       <c r="G9" s="23"/>
       <c r="H9" s="25"/>
     </row>
     <row r="10" spans="1:8" ht="12.6" customHeight="1">
       <c r="A10" s="48" t="s">
         <v>37</v>
       </c>
       <c r="B10" s="59">
-        <v>185019994</v>
+        <v>185954593</v>
       </c>
       <c r="C10" s="59">
-        <v>103479798</v>
+        <v>103836281</v>
       </c>
       <c r="D10" s="59">
-        <v>28374</v>
+        <v>28402</v>
       </c>
       <c r="E10" s="59">
-        <v>57484142</v>
+        <v>57659999</v>
       </c>
       <c r="F10" s="59">
-        <v>405575985</v>
+        <v>521520644</v>
       </c>
       <c r="G10" s="59">
-        <v>795609</v>
+        <v>795776</v>
       </c>
       <c r="H10" s="62">
-        <v>5734268</v>
+        <v>7315532</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="11.1" customHeight="1">
       <c r="A11" s="56" t="s">
         <v>38</v>
       </c>
       <c r="B11" s="23"/>
       <c r="C11" s="23"/>
       <c r="D11" s="23"/>
       <c r="E11" s="23"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="25"/>
     </row>
     <row r="12" spans="1:8" ht="12.6" customHeight="1">
       <c r="A12" s="47" t="s">
         <v>39</v>
       </c>
       <c r="B12" s="58">
-        <v>10447971</v>
+        <v>10488623</v>
       </c>
       <c r="C12" s="58">
-        <v>5362519</v>
+        <v>5381386</v>
       </c>
       <c r="D12" s="58">
-        <v>761</v>
+        <v>760</v>
       </c>
       <c r="E12" s="58">
-        <v>1389623</v>
+        <v>1418497</v>
       </c>
       <c r="F12" s="58">
-        <v>11881676</v>
+        <v>14617059</v>
       </c>
       <c r="G12" s="58">
-        <v>24458</v>
+        <v>24599</v>
       </c>
       <c r="H12" s="61">
-        <v>200336</v>
+        <v>247831</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="11.1" customHeight="1">
       <c r="A13" s="55" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="23"/>
       <c r="C13" s="23"/>
       <c r="D13" s="23"/>
       <c r="E13" s="23"/>
       <c r="F13" s="23"/>
       <c r="G13" s="23"/>
       <c r="H13" s="25"/>
     </row>
     <row r="14" spans="1:8" ht="12.6" customHeight="1">
       <c r="A14" s="47" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="58">
-        <v>8406381</v>
+        <v>8426622</v>
       </c>
       <c r="C14" s="58">
-        <v>3970214</v>
+        <v>3979908</v>
       </c>
       <c r="D14" s="58">
         <v>645</v>
       </c>
       <c r="E14" s="58">
-        <v>1781000</v>
+        <v>1865936</v>
       </c>
       <c r="F14" s="58">
-        <v>12815025</v>
+        <v>16386761</v>
       </c>
       <c r="G14" s="58">
-        <v>24242</v>
+        <v>25201</v>
       </c>
       <c r="H14" s="61">
-        <v>181309</v>
+        <v>229628</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="11.1" customHeight="1">
       <c r="A15" s="55" t="s">
         <v>42</v>
       </c>
       <c r="B15" s="23"/>
       <c r="C15" s="23"/>
       <c r="D15" s="23"/>
       <c r="E15" s="23"/>
       <c r="F15" s="23"/>
       <c r="G15" s="23"/>
       <c r="H15" s="25"/>
     </row>
     <row r="16" spans="1:8" ht="12.6" customHeight="1">
       <c r="A16" s="47" t="s">
         <v>43</v>
       </c>
       <c r="B16" s="58">
-        <v>9602448</v>
+        <v>9630419</v>
       </c>
       <c r="C16" s="58">
-        <v>7362253</v>
+        <v>7376382</v>
       </c>
       <c r="D16" s="58">
-        <v>1160</v>
+        <v>1156</v>
       </c>
       <c r="E16" s="58">
-        <v>3079516</v>
+        <v>3042287</v>
       </c>
       <c r="F16" s="58">
-        <v>21090584</v>
+        <v>27100794</v>
       </c>
       <c r="G16" s="58">
-        <v>37513</v>
+        <v>36516</v>
       </c>
       <c r="H16" s="61">
-        <v>261821</v>
+        <v>333852</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="11.1" customHeight="1">
       <c r="A17" s="55" t="s">
         <v>44</v>
       </c>
       <c r="B17" s="23"/>
       <c r="C17" s="23"/>
       <c r="D17" s="23"/>
       <c r="E17" s="23"/>
       <c r="F17" s="23"/>
       <c r="G17" s="23"/>
       <c r="H17" s="25"/>
     </row>
     <row r="18" spans="1:8" ht="12.6" customHeight="1">
       <c r="A18" s="47" t="s">
         <v>45</v>
       </c>
       <c r="B18" s="58">
-        <v>12428803</v>
+        <v>12478258</v>
       </c>
       <c r="C18" s="58">
-        <v>7973611</v>
+        <v>8007725</v>
       </c>
       <c r="D18" s="58">
         <v>543</v>
       </c>
       <c r="E18" s="58">
-        <v>3006595</v>
+        <v>2992828</v>
       </c>
       <c r="F18" s="58">
-        <v>21265070</v>
+        <v>27354877</v>
       </c>
       <c r="G18" s="58">
-        <v>34684</v>
+        <v>34396</v>
       </c>
       <c r="H18" s="61">
-        <v>252444</v>
+        <v>321946</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="11.1" customHeight="1">
       <c r="A19" s="55" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="23"/>
       <c r="C19" s="23"/>
       <c r="D19" s="23"/>
       <c r="E19" s="23"/>
       <c r="F19" s="23"/>
       <c r="G19" s="23"/>
       <c r="H19" s="25"/>
     </row>
     <row r="20" spans="1:8" ht="12.6" customHeight="1">
       <c r="A20" s="47" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="58">
-        <v>12982894</v>
+        <v>13035039</v>
       </c>
       <c r="C20" s="58">
-        <v>6967499</v>
+        <v>6988121</v>
       </c>
       <c r="D20" s="58">
-        <v>660</v>
+        <v>659</v>
       </c>
       <c r="E20" s="58">
-        <v>2232624</v>
+        <v>2228330</v>
       </c>
       <c r="F20" s="58">
-        <v>15823719</v>
+        <v>20348734</v>
       </c>
       <c r="G20" s="58">
-        <v>28533</v>
+        <v>28559</v>
       </c>
       <c r="H20" s="61">
-        <v>208881</v>
+        <v>266438</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="11.1" customHeight="1">
       <c r="A21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="23"/>
       <c r="C21" s="23"/>
       <c r="D21" s="23"/>
       <c r="E21" s="23"/>
       <c r="F21" s="23"/>
       <c r="G21" s="23"/>
       <c r="H21" s="25"/>
     </row>
     <row r="22" spans="1:8" ht="12.6" customHeight="1">
       <c r="A22" s="47" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="58">
-        <v>9855758</v>
+        <v>9871859</v>
       </c>
       <c r="C22" s="58">
-        <v>5280231</v>
+        <v>5280165</v>
       </c>
       <c r="D22" s="58">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="E22" s="58">
-        <v>2641282</v>
+        <v>2729037</v>
       </c>
       <c r="F22" s="58">
-        <v>19567550</v>
+        <v>25174274</v>
       </c>
       <c r="G22" s="58">
-        <v>32171</v>
+        <v>33113</v>
       </c>
       <c r="H22" s="61">
-        <v>232060</v>
+        <v>295508</v>
       </c>
     </row>
     <row r="23" spans="1:8" ht="11.1" customHeight="1">
       <c r="A23" s="55" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="23"/>
       <c r="C23" s="23"/>
       <c r="D23" s="23"/>
       <c r="E23" s="23"/>
       <c r="F23" s="23"/>
       <c r="G23" s="23"/>
       <c r="H23" s="25"/>
     </row>
     <row r="24" spans="1:8" ht="12.6" customHeight="1">
       <c r="A24" s="47" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="58">
-        <v>3465247</v>
+        <v>3477430</v>
       </c>
       <c r="C24" s="58">
-        <v>1739553</v>
+        <v>1744340</v>
       </c>
       <c r="D24" s="58">
         <v>269</v>
       </c>
       <c r="E24" s="58">
-        <v>527692</v>
+        <v>544131</v>
       </c>
       <c r="F24" s="58">
-        <v>3767092</v>
+        <v>4815423</v>
       </c>
       <c r="G24" s="58">
-        <v>11913</v>
+        <v>12455</v>
       </c>
       <c r="H24" s="61">
-        <v>81378</v>
+        <v>105188</v>
       </c>
     </row>
     <row r="25" spans="1:8" ht="11.1" customHeight="1">
       <c r="A25" s="55" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="23"/>
       <c r="C25" s="23"/>
       <c r="D25" s="23"/>
       <c r="E25" s="23"/>
       <c r="F25" s="23"/>
       <c r="G25" s="23"/>
       <c r="H25" s="25"/>
     </row>
     <row r="26" spans="1:8" ht="12.6" customHeight="1">
       <c r="A26" s="47" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="58">
-        <v>11676615</v>
+        <v>11751130</v>
       </c>
       <c r="C26" s="58">
-        <v>5648748</v>
+        <v>5686647</v>
       </c>
       <c r="D26" s="58">
-        <v>699</v>
+        <v>694</v>
       </c>
       <c r="E26" s="58">
-        <v>2556798</v>
+        <v>2556410</v>
       </c>
       <c r="F26" s="58">
-        <v>18053291</v>
+        <v>23234785</v>
       </c>
       <c r="G26" s="58">
-        <v>35928</v>
+        <v>36369</v>
       </c>
       <c r="H26" s="61">
-        <v>262302</v>
+        <v>335238</v>
       </c>
     </row>
     <row r="27" spans="1:8" ht="11.1" customHeight="1">
       <c r="A27" s="55" t="s">
         <v>54</v>
       </c>
       <c r="B27" s="23"/>
       <c r="C27" s="23"/>
       <c r="D27" s="23"/>
       <c r="E27" s="23"/>
       <c r="F27" s="23"/>
       <c r="G27" s="23"/>
       <c r="H27" s="25"/>
     </row>
     <row r="28" spans="1:8" ht="12.6" customHeight="1">
       <c r="A28" s="47" t="s">
         <v>55</v>
       </c>
       <c r="B28" s="58">
-        <v>12254423</v>
+        <v>12334068</v>
       </c>
       <c r="C28" s="58">
-        <v>6546263</v>
+        <v>6554773</v>
       </c>
       <c r="D28" s="58">
-        <v>5393</v>
+        <v>5429</v>
       </c>
       <c r="E28" s="58">
-        <v>7364107</v>
+        <v>7447484</v>
       </c>
       <c r="F28" s="58">
-        <v>51294257</v>
+        <v>66287754</v>
       </c>
       <c r="G28" s="58">
-        <v>137149</v>
+        <v>136891</v>
       </c>
       <c r="H28" s="61">
-        <v>966327</v>
+        <v>1239097</v>
       </c>
     </row>
     <row r="29" spans="1:8" ht="11.1" customHeight="1">
       <c r="A29" s="55" t="s">
         <v>56</v>
       </c>
       <c r="B29" s="23"/>
       <c r="C29" s="23"/>
       <c r="D29" s="23"/>
       <c r="E29" s="23"/>
       <c r="F29" s="23"/>
       <c r="G29" s="23"/>
       <c r="H29" s="25"/>
     </row>
     <row r="30" spans="1:8" ht="12.6" customHeight="1">
       <c r="A30" s="47" t="s">
         <v>57</v>
       </c>
       <c r="B30" s="58">
-        <v>1191179</v>
+        <v>1196465</v>
       </c>
       <c r="C30" s="58">
-        <v>853036</v>
+        <v>857494</v>
       </c>
       <c r="D30" s="58">
         <v>97</v>
       </c>
       <c r="E30" s="58">
-        <v>276839</v>
+        <v>289496</v>
       </c>
       <c r="F30" s="58">
-        <v>2014594</v>
+        <v>2567420</v>
       </c>
       <c r="G30" s="58">
-        <v>3950</v>
+        <v>4018</v>
       </c>
       <c r="H30" s="61">
-        <v>29886</v>
+        <v>37665</v>
       </c>
     </row>
     <row r="31" spans="1:8" ht="11.1" customHeight="1">
       <c r="A31" s="55" t="s">
         <v>58</v>
       </c>
       <c r="B31" s="23"/>
       <c r="C31" s="23"/>
       <c r="D31" s="23"/>
       <c r="E31" s="23"/>
       <c r="F31" s="23"/>
       <c r="G31" s="23"/>
       <c r="H31" s="25"/>
     </row>
     <row r="32" spans="1:8" ht="12.6" customHeight="1">
       <c r="A32" s="47" t="s">
         <v>59</v>
       </c>
       <c r="B32" s="58">
-        <v>6265541</v>
+        <v>6293698</v>
       </c>
       <c r="C32" s="58">
-        <v>3224553</v>
+        <v>3146998</v>
       </c>
       <c r="D32" s="58">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E32" s="58">
-        <v>1670165</v>
+        <v>1655813</v>
       </c>
       <c r="F32" s="58">
-        <v>11934949</v>
+        <v>15315712</v>
       </c>
       <c r="G32" s="58">
-        <v>19269</v>
+        <v>18781</v>
       </c>
       <c r="H32" s="61">
-        <v>140577</v>
+        <v>179027</v>
       </c>
     </row>
     <row r="33" spans="1:8" ht="11.1" customHeight="1">
       <c r="A33" s="55" t="s">
         <v>60</v>
       </c>
       <c r="B33" s="23"/>
       <c r="C33" s="23"/>
       <c r="D33" s="23"/>
       <c r="E33" s="23"/>
       <c r="F33" s="23"/>
       <c r="G33" s="23"/>
       <c r="H33" s="25"/>
     </row>
     <row r="34" spans="1:8" ht="12.6" customHeight="1">
       <c r="A34" s="47" t="s">
         <v>61</v>
       </c>
       <c r="B34" s="58">
-        <v>834748</v>
+        <v>845214</v>
       </c>
       <c r="C34" s="58">
-        <v>459975</v>
+        <v>464682</v>
       </c>
       <c r="D34" s="64">
         <v>0</v>
       </c>
       <c r="E34" s="58">
-        <v>141638</v>
+        <v>148619</v>
       </c>
       <c r="F34" s="58">
-        <v>963821</v>
+        <v>1251868</v>
       </c>
       <c r="G34" s="58">
-        <v>1090</v>
+        <v>1125</v>
       </c>
       <c r="H34" s="61">
-        <v>7320</v>
+        <v>9498</v>
       </c>
     </row>
     <row r="35" spans="1:8" ht="11.1" customHeight="1">
       <c r="A35" s="55" t="s">
         <v>62</v>
       </c>
       <c r="B35" s="23"/>
       <c r="C35" s="23"/>
       <c r="D35" s="23"/>
       <c r="E35" s="23"/>
       <c r="F35" s="23"/>
       <c r="G35" s="23"/>
       <c r="H35" s="25"/>
     </row>
     <row r="36" spans="1:8" ht="12.6" customHeight="1">
       <c r="A36" s="47" t="s">
         <v>63</v>
       </c>
       <c r="B36" s="58">
-        <v>6853035</v>
+        <v>6870606</v>
       </c>
       <c r="C36" s="58">
-        <v>2340552</v>
+        <v>2349621</v>
       </c>
       <c r="D36" s="58">
         <v>405</v>
       </c>
       <c r="E36" s="58">
-        <v>1341383</v>
+        <v>1330299</v>
       </c>
       <c r="F36" s="58">
-        <v>10435716</v>
+        <v>13153158</v>
       </c>
       <c r="G36" s="58">
-        <v>16004</v>
+        <v>15813</v>
       </c>
       <c r="H36" s="61">
-        <v>143745</v>
+        <v>175910</v>
       </c>
     </row>
     <row r="37" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="65" t="s">
         <v>64</v>
       </c>
       <c r="B37" s="29"/>
       <c r="C37" s="29"/>
       <c r="D37" s="29"/>
       <c r="E37" s="29"/>
       <c r="F37" s="29"/>
       <c r="G37" s="29"/>
       <c r="H37" s="27"/>
     </row>
     <row r="38" spans="1:8" ht="13.5" customHeight="1">
       <c r="A38" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B38" s="4"/>
       <c r="C38" s="4"/>
       <c r="D38" s="4"/>
       <c r="E38" s="4"/>
       <c r="F38" s="4"/>
       <c r="G38" s="4"/>
       <c r="H38" s="4"/>
@@ -2737,56 +2737,56 @@
       </c>
       <c r="B1" s="37"/>
       <c r="C1" s="37"/>
       <c r="D1" s="37"/>
       <c r="E1" s="37"/>
       <c r="F1" s="37"/>
       <c r="G1" s="37"/>
       <c r="H1" s="37"/>
     </row>
     <row r="2" spans="1:8" ht="21" customHeight="1">
       <c r="A2" s="37" t="s">
         <v>25</v>
       </c>
       <c r="B2" s="38"/>
       <c r="C2" s="38"/>
       <c r="D2" s="38"/>
       <c r="E2" s="38"/>
       <c r="F2" s="38"/>
       <c r="G2" s="38"/>
       <c r="H2" s="38"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="6"/>
       <c r="B3" s="44" t="str">
         <f>'8-1'!B3:C3</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="C3" s="44"/>
       <c r="D3" s="45" t="str">
         <f>'8-1'!D3:F3</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="E3" s="45"/>
       <c r="F3" s="45"/>
       <c r="G3" s="6"/>
       <c r="H3" s="7"/>
     </row>
     <row r="4" spans="1:8" ht="15" customHeight="1">
       <c r="A4" s="31" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="34" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="35"/>
       <c r="G4" s="34" t="s">
         <v>10</v>
@@ -2842,601 +2842,601 @@
       </c>
       <c r="C7" s="18" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="18" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>18</v>
       </c>
       <c r="G7" s="11" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="12.6" customHeight="1">
       <c r="A8" s="47" t="s">
         <v>66</v>
       </c>
       <c r="B8" s="50">
-        <v>2840822</v>
+        <v>2849917</v>
       </c>
       <c r="C8" s="50">
-        <v>1827736</v>
+        <v>1832515</v>
       </c>
       <c r="D8" s="50">
         <v>72</v>
       </c>
       <c r="E8" s="50">
-        <v>507474</v>
+        <v>496824</v>
       </c>
       <c r="F8" s="50">
-        <v>3431699</v>
+        <v>4418446</v>
       </c>
       <c r="G8" s="50">
-        <v>6428</v>
+        <v>6192</v>
       </c>
       <c r="H8" s="53">
-        <v>44997</v>
+        <v>57277</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="11.1" customHeight="1">
       <c r="A9" s="55" t="s">
         <v>67</v>
       </c>
       <c r="B9" s="23"/>
       <c r="C9" s="23"/>
       <c r="D9" s="23"/>
       <c r="E9" s="23"/>
       <c r="F9" s="23"/>
       <c r="G9" s="23"/>
       <c r="H9" s="25"/>
     </row>
     <row r="10" spans="1:8" ht="12.6" customHeight="1">
       <c r="A10" s="47" t="s">
         <v>68</v>
       </c>
       <c r="B10" s="58">
-        <v>2598779</v>
+        <v>2607521</v>
       </c>
       <c r="C10" s="58">
-        <v>983486</v>
+        <v>984308</v>
       </c>
       <c r="D10" s="58">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="E10" s="58">
-        <v>517590</v>
+        <v>548548</v>
       </c>
       <c r="F10" s="58">
-        <v>3652237</v>
+        <v>4704230</v>
       </c>
       <c r="G10" s="58">
-        <v>9011</v>
+        <v>9498</v>
       </c>
       <c r="H10" s="61">
-        <v>64788</v>
+        <v>82951</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="11.1" customHeight="1">
       <c r="A11" s="55" t="s">
         <v>69</v>
       </c>
       <c r="B11" s="23"/>
       <c r="C11" s="23"/>
       <c r="D11" s="23"/>
       <c r="E11" s="23"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="25"/>
     </row>
     <row r="12" spans="1:8" ht="12.6" customHeight="1">
       <c r="A12" s="47" t="s">
         <v>70</v>
       </c>
       <c r="B12" s="58">
-        <v>1218729</v>
+        <v>1221384</v>
       </c>
       <c r="C12" s="58">
-        <v>471138</v>
+        <v>472191</v>
       </c>
       <c r="D12" s="58">
         <v>74</v>
       </c>
       <c r="E12" s="58">
-        <v>181614</v>
+        <v>181867</v>
       </c>
       <c r="F12" s="58">
-        <v>1299154</v>
+        <v>1665285</v>
       </c>
       <c r="G12" s="58">
-        <v>3090</v>
+        <v>3111</v>
       </c>
       <c r="H12" s="61">
-        <v>22584</v>
+        <v>28729</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="11.1" customHeight="1">
       <c r="A13" s="55" t="s">
         <v>71</v>
       </c>
       <c r="B13" s="23"/>
       <c r="C13" s="23"/>
       <c r="D13" s="23"/>
       <c r="E13" s="23"/>
       <c r="F13" s="23"/>
       <c r="G13" s="23"/>
       <c r="H13" s="25"/>
     </row>
     <row r="14" spans="1:8" ht="12.6" customHeight="1">
       <c r="A14" s="47" t="s">
         <v>72</v>
       </c>
       <c r="B14" s="58">
-        <v>1894081</v>
+        <v>1904156</v>
       </c>
       <c r="C14" s="58">
-        <v>364207</v>
+        <v>369546</v>
       </c>
       <c r="D14" s="58">
         <v>37</v>
       </c>
       <c r="E14" s="58">
-        <v>190012</v>
+        <v>190046</v>
       </c>
       <c r="F14" s="58">
-        <v>1299340</v>
+        <v>1668247</v>
       </c>
       <c r="G14" s="58">
-        <v>2840</v>
+        <v>3199</v>
       </c>
       <c r="H14" s="61">
-        <v>19579</v>
+        <v>25094</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="11.1" customHeight="1">
       <c r="A15" s="55" t="s">
         <v>73</v>
       </c>
       <c r="B15" s="23"/>
       <c r="C15" s="23"/>
       <c r="D15" s="23"/>
       <c r="E15" s="23"/>
       <c r="F15" s="23"/>
       <c r="G15" s="23"/>
       <c r="H15" s="25"/>
     </row>
     <row r="16" spans="1:8" ht="12.6" customHeight="1">
       <c r="A16" s="47" t="s">
         <v>74</v>
       </c>
       <c r="B16" s="58">
-        <v>144574</v>
+        <v>145318</v>
       </c>
       <c r="C16" s="58">
-        <v>95711</v>
+        <v>96138</v>
       </c>
       <c r="D16" s="58">
         <v>35</v>
       </c>
       <c r="E16" s="58">
-        <v>48367</v>
+        <v>49131</v>
       </c>
       <c r="F16" s="58">
-        <v>338480</v>
+        <v>434573</v>
       </c>
       <c r="G16" s="58">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="H16" s="61">
-        <v>3828</v>
+        <v>4931</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="11.1" customHeight="1">
       <c r="A17" s="55" t="s">
         <v>75</v>
       </c>
       <c r="B17" s="23"/>
       <c r="C17" s="23"/>
       <c r="D17" s="23"/>
       <c r="E17" s="23"/>
       <c r="F17" s="23"/>
       <c r="G17" s="23"/>
       <c r="H17" s="25"/>
     </row>
     <row r="18" spans="1:8" ht="12.6" customHeight="1">
       <c r="A18" s="47" t="s">
         <v>76</v>
       </c>
       <c r="B18" s="58">
-        <v>355117</v>
+        <v>355851</v>
       </c>
       <c r="C18" s="58">
-        <v>278364</v>
+        <v>278541</v>
       </c>
       <c r="D18" s="58">
         <v>47</v>
       </c>
       <c r="E18" s="58">
-        <v>80221</v>
+        <v>79346</v>
       </c>
       <c r="F18" s="58">
-        <v>562216</v>
+        <v>722775</v>
       </c>
       <c r="G18" s="58">
-        <v>983</v>
+        <v>1062</v>
       </c>
       <c r="H18" s="61">
-        <v>7074</v>
+        <v>9086</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="11.1" customHeight="1">
       <c r="A19" s="55" t="s">
         <v>77</v>
       </c>
       <c r="B19" s="23"/>
       <c r="C19" s="23"/>
       <c r="D19" s="23"/>
       <c r="E19" s="23"/>
       <c r="F19" s="23"/>
       <c r="G19" s="23"/>
       <c r="H19" s="25"/>
     </row>
     <row r="20" spans="1:8" ht="12.6" customHeight="1">
       <c r="A20" s="47" t="s">
         <v>78</v>
       </c>
       <c r="B20" s="58">
-        <v>4564191</v>
+        <v>4582329</v>
       </c>
       <c r="C20" s="58">
-        <v>3336969</v>
+        <v>3351161</v>
       </c>
       <c r="D20" s="58">
         <v>494</v>
       </c>
       <c r="E20" s="58">
-        <v>820209</v>
+        <v>820670</v>
       </c>
       <c r="F20" s="58">
-        <v>5520246</v>
+        <v>7124507</v>
       </c>
       <c r="G20" s="58">
-        <v>11894</v>
+        <v>12169</v>
       </c>
       <c r="H20" s="61">
-        <v>82896</v>
+        <v>106525</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="11.1" customHeight="1">
       <c r="A21" s="55" t="s">
         <v>79</v>
       </c>
       <c r="B21" s="23"/>
       <c r="C21" s="23"/>
       <c r="D21" s="23"/>
       <c r="E21" s="23"/>
       <c r="F21" s="23"/>
       <c r="G21" s="23"/>
       <c r="H21" s="25"/>
     </row>
     <row r="22" spans="1:8" ht="12.6" customHeight="1">
       <c r="A22" s="47" t="s">
         <v>80</v>
       </c>
       <c r="B22" s="58">
-        <v>1081012</v>
+        <v>1085190</v>
       </c>
       <c r="C22" s="58">
-        <v>744576</v>
+        <v>747353</v>
       </c>
       <c r="D22" s="58">
         <v>136</v>
       </c>
       <c r="E22" s="58">
-        <v>212490</v>
+        <v>204333</v>
       </c>
       <c r="F22" s="58">
-        <v>1471390</v>
+        <v>1889000</v>
       </c>
       <c r="G22" s="58">
-        <v>3132</v>
+        <v>3130</v>
       </c>
       <c r="H22" s="61">
-        <v>22280</v>
+        <v>28486</v>
       </c>
     </row>
     <row r="23" spans="1:8" ht="11.1" customHeight="1">
       <c r="A23" s="55" t="s">
         <v>81</v>
       </c>
       <c r="B23" s="23"/>
       <c r="C23" s="23"/>
       <c r="D23" s="23"/>
       <c r="E23" s="23"/>
       <c r="F23" s="23"/>
       <c r="G23" s="23"/>
       <c r="H23" s="25"/>
     </row>
     <row r="24" spans="1:8" ht="12.6" customHeight="1">
       <c r="A24" s="47" t="s">
         <v>82</v>
       </c>
       <c r="B24" s="58">
-        <v>924196</v>
+        <v>926161</v>
       </c>
       <c r="C24" s="58">
-        <v>561622</v>
+        <v>562297</v>
       </c>
       <c r="D24" s="58">
         <v>128</v>
       </c>
       <c r="E24" s="58">
-        <v>121731</v>
+        <v>114918</v>
       </c>
       <c r="F24" s="58">
-        <v>791335</v>
+        <v>1016739</v>
       </c>
       <c r="G24" s="58">
-        <v>1767</v>
+        <v>1709</v>
       </c>
       <c r="H24" s="61">
-        <v>11618</v>
+        <v>14907</v>
       </c>
     </row>
     <row r="25" spans="1:8" ht="11.1" customHeight="1">
       <c r="A25" s="55" t="s">
         <v>83</v>
       </c>
       <c r="B25" s="23"/>
       <c r="C25" s="23"/>
       <c r="D25" s="23"/>
       <c r="E25" s="23"/>
       <c r="F25" s="23"/>
       <c r="G25" s="23"/>
       <c r="H25" s="25"/>
     </row>
     <row r="26" spans="1:8" ht="12.6" customHeight="1">
       <c r="A26" s="47" t="s">
         <v>84</v>
       </c>
       <c r="B26" s="58">
-        <v>324935</v>
+        <v>326598</v>
       </c>
       <c r="C26" s="58">
-        <v>312662</v>
+        <v>314243</v>
       </c>
       <c r="D26" s="58">
         <v>67</v>
       </c>
       <c r="E26" s="58">
-        <v>103289</v>
+        <v>102125</v>
       </c>
       <c r="F26" s="58">
-        <v>723153</v>
+        <v>930334</v>
       </c>
       <c r="G26" s="58">
-        <v>1850</v>
+        <v>1809</v>
       </c>
       <c r="H26" s="61">
-        <v>13044</v>
+        <v>16693</v>
       </c>
     </row>
     <row r="27" spans="1:8" ht="11.1" customHeight="1">
       <c r="A27" s="55" t="s">
         <v>85</v>
       </c>
       <c r="B27" s="23"/>
       <c r="C27" s="23"/>
       <c r="D27" s="23"/>
       <c r="E27" s="23"/>
       <c r="F27" s="23"/>
       <c r="G27" s="23"/>
       <c r="H27" s="25"/>
     </row>
     <row r="28" spans="1:8" ht="12.6" customHeight="1">
       <c r="A28" s="47" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="58">
-        <v>3844140</v>
+        <v>3859653</v>
       </c>
       <c r="C28" s="58">
-        <v>2005893</v>
+        <v>2016837</v>
       </c>
       <c r="D28" s="58">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="E28" s="58">
-        <v>715124</v>
+        <v>735933</v>
       </c>
       <c r="F28" s="58">
-        <v>4977760</v>
+        <v>6392078</v>
       </c>
       <c r="G28" s="58">
-        <v>10379</v>
+        <v>10784</v>
       </c>
       <c r="H28" s="61">
-        <v>72605</v>
+        <v>93266</v>
       </c>
     </row>
     <row r="29" spans="1:8" ht="11.1" customHeight="1">
       <c r="A29" s="55" t="s">
         <v>87</v>
       </c>
       <c r="B29" s="23"/>
       <c r="C29" s="23"/>
       <c r="D29" s="23"/>
       <c r="E29" s="23"/>
       <c r="F29" s="23"/>
       <c r="G29" s="23"/>
       <c r="H29" s="25"/>
     </row>
     <row r="30" spans="1:8" ht="12.6" customHeight="1">
       <c r="A30" s="47" t="s">
         <v>88</v>
       </c>
       <c r="B30" s="58">
-        <v>1988093</v>
+        <v>1995566</v>
       </c>
       <c r="C30" s="58">
-        <v>1079129</v>
+        <v>1083881</v>
       </c>
       <c r="D30" s="58">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E30" s="58">
-        <v>332317</v>
+        <v>342440</v>
       </c>
       <c r="F30" s="58">
-        <v>2351877</v>
+        <v>3007936</v>
       </c>
       <c r="G30" s="58">
-        <v>4628</v>
+        <v>4793</v>
       </c>
       <c r="H30" s="61">
-        <v>32779</v>
+        <v>41911</v>
       </c>
     </row>
     <row r="31" spans="1:8" ht="11.1" customHeight="1">
       <c r="A31" s="55" t="s">
         <v>89</v>
       </c>
       <c r="B31" s="23"/>
       <c r="C31" s="23"/>
       <c r="D31" s="23"/>
       <c r="E31" s="23"/>
       <c r="F31" s="23"/>
       <c r="G31" s="23"/>
       <c r="H31" s="25"/>
     </row>
     <row r="32" spans="1:8" ht="12.6" customHeight="1">
       <c r="A32" s="47" t="s">
         <v>90</v>
       </c>
       <c r="B32" s="58">
-        <v>4836403</v>
+        <v>4873755</v>
       </c>
       <c r="C32" s="58">
-        <v>3712058</v>
+        <v>3742098</v>
       </c>
       <c r="D32" s="58">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E32" s="58">
-        <v>1226560</v>
+        <v>1274132</v>
       </c>
       <c r="F32" s="58">
-        <v>8425947</v>
+        <v>10986462</v>
       </c>
       <c r="G32" s="58">
-        <v>20570</v>
+        <v>22585</v>
       </c>
       <c r="H32" s="61">
-        <v>147722</v>
+        <v>191940</v>
       </c>
     </row>
     <row r="33" spans="1:8" ht="11.1" customHeight="1">
       <c r="A33" s="55" t="s">
         <v>91</v>
       </c>
       <c r="B33" s="23"/>
       <c r="C33" s="23"/>
       <c r="D33" s="23"/>
       <c r="E33" s="23"/>
       <c r="F33" s="23"/>
       <c r="G33" s="23"/>
       <c r="H33" s="25"/>
     </row>
     <row r="34" spans="1:8" ht="12.6" customHeight="1">
       <c r="A34" s="47" t="s">
         <v>92</v>
       </c>
       <c r="B34" s="58">
-        <v>7463625</v>
+        <v>7511849</v>
       </c>
       <c r="C34" s="58">
-        <v>4162099</v>
+        <v>4194248</v>
       </c>
       <c r="D34" s="58">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="E34" s="58">
-        <v>1699945</v>
+        <v>1810473</v>
       </c>
       <c r="F34" s="58">
-        <v>11919170</v>
+        <v>15377883</v>
       </c>
       <c r="G34" s="58">
-        <v>24911</v>
+        <v>26675</v>
       </c>
       <c r="H34" s="61">
-        <v>179832</v>
+        <v>230531</v>
       </c>
     </row>
     <row r="35" spans="1:8" ht="11.1" customHeight="1">
       <c r="A35" s="55" t="s">
         <v>93</v>
       </c>
       <c r="B35" s="23"/>
       <c r="C35" s="23"/>
       <c r="D35" s="23"/>
       <c r="E35" s="23"/>
       <c r="F35" s="23"/>
       <c r="G35" s="23"/>
       <c r="H35" s="25"/>
     </row>
     <row r="36" spans="1:8" ht="12.6" customHeight="1">
       <c r="A36" s="47" t="s">
         <v>94</v>
       </c>
       <c r="B36" s="58">
-        <v>8486059</v>
+        <v>8559092</v>
       </c>
       <c r="C36" s="58">
-        <v>5903521</v>
+        <v>5940852</v>
       </c>
       <c r="D36" s="58">
-        <v>1373</v>
+        <v>1384</v>
       </c>
       <c r="E36" s="58">
-        <v>3335139</v>
+        <v>3329047</v>
       </c>
       <c r="F36" s="58">
-        <v>23390149</v>
+        <v>30129786</v>
       </c>
       <c r="G36" s="58">
-        <v>49478</v>
+        <v>49028</v>
       </c>
       <c r="H36" s="61">
-        <v>353260</v>
+        <v>451571</v>
       </c>
     </row>
     <row r="37" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="65" t="s">
         <v>95</v>
       </c>
       <c r="B37" s="29"/>
       <c r="C37" s="29"/>
       <c r="D37" s="29"/>
       <c r="E37" s="29"/>
       <c r="F37" s="29"/>
       <c r="G37" s="29"/>
       <c r="H37" s="27"/>
     </row>
     <row r="38" spans="1:8" ht="13.5" customHeight="1">
       <c r="A38" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="4"/>
       <c r="C38" s="4"/>
       <c r="D38" s="4"/>
       <c r="E38" s="4"/>
       <c r="F38" s="4"/>
       <c r="G38" s="4"/>
       <c r="H38" s="4"/>
@@ -3628,56 +3628,56 @@
       </c>
       <c r="B1" s="37"/>
       <c r="C1" s="37"/>
       <c r="D1" s="37"/>
       <c r="E1" s="37"/>
       <c r="F1" s="37"/>
       <c r="G1" s="37"/>
       <c r="H1" s="37"/>
     </row>
     <row r="2" spans="1:8" ht="21" customHeight="1">
       <c r="A2" s="37" t="s">
         <v>28</v>
       </c>
       <c r="B2" s="38"/>
       <c r="C2" s="38"/>
       <c r="D2" s="38"/>
       <c r="E2" s="38"/>
       <c r="F2" s="38"/>
       <c r="G2" s="38"/>
       <c r="H2" s="38"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="6"/>
       <c r="B3" s="44" t="str">
         <f>'8-1'!B3:C3</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="C3" s="44"/>
       <c r="D3" s="45" t="str">
         <f>'8-1'!D3:F3</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="E3" s="45"/>
       <c r="F3" s="45"/>
       <c r="G3" s="6"/>
       <c r="H3" s="7"/>
     </row>
     <row r="4" spans="1:8" ht="15" customHeight="1">
       <c r="A4" s="31" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="34" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="35"/>
       <c r="G4" s="34" t="s">
         <v>10</v>
@@ -3733,563 +3733,563 @@
       </c>
       <c r="C7" s="18" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="18" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>18</v>
       </c>
       <c r="G7" s="11" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="12.6" customHeight="1">
       <c r="A8" s="47" t="s">
         <v>96</v>
       </c>
       <c r="B8" s="50">
-        <v>4447032</v>
+        <v>4452474</v>
       </c>
       <c r="C8" s="50">
-        <v>1587245</v>
+        <v>1586652</v>
       </c>
       <c r="D8" s="50">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="E8" s="50">
-        <v>363913</v>
+        <v>356876</v>
       </c>
       <c r="F8" s="50">
-        <v>2519894</v>
+        <v>3246204</v>
       </c>
       <c r="G8" s="50">
-        <v>5286</v>
+        <v>5292</v>
       </c>
       <c r="H8" s="53">
-        <v>36852</v>
+        <v>47178</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="11.1" customHeight="1">
       <c r="A9" s="55" t="s">
         <v>97</v>
       </c>
       <c r="B9" s="23"/>
       <c r="C9" s="23"/>
       <c r="D9" s="23"/>
       <c r="E9" s="23"/>
       <c r="F9" s="23"/>
       <c r="G9" s="23"/>
       <c r="H9" s="25"/>
     </row>
     <row r="10" spans="1:8" ht="12.6" customHeight="1">
       <c r="A10" s="47" t="s">
         <v>98</v>
       </c>
       <c r="B10" s="58">
-        <v>1650416</v>
+        <v>1657869</v>
       </c>
       <c r="C10" s="58">
-        <v>609603</v>
+        <v>614443</v>
       </c>
       <c r="D10" s="64">
         <v>0</v>
       </c>
       <c r="E10" s="58">
-        <v>264152</v>
+        <v>273061</v>
       </c>
       <c r="F10" s="58">
-        <v>1861367</v>
+        <v>2384225</v>
       </c>
       <c r="G10" s="58">
-        <v>1501</v>
+        <v>1530</v>
       </c>
       <c r="H10" s="61">
-        <v>10792</v>
+        <v>13729</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="11.1" customHeight="1">
       <c r="A11" s="55" t="s">
         <v>99</v>
       </c>
       <c r="B11" s="23"/>
       <c r="C11" s="23"/>
       <c r="D11" s="23"/>
       <c r="E11" s="23"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="25"/>
     </row>
     <row r="12" spans="1:8" ht="12.6" customHeight="1">
       <c r="A12" s="47" t="s">
         <v>100</v>
       </c>
       <c r="B12" s="58">
-        <v>11514261</v>
+        <v>11582245</v>
       </c>
       <c r="C12" s="58">
-        <v>7016613</v>
+        <v>7044685</v>
       </c>
       <c r="D12" s="58">
-        <v>4282</v>
+        <v>4246</v>
       </c>
       <c r="E12" s="58">
-        <v>4758592</v>
+        <v>4578551</v>
       </c>
       <c r="F12" s="58">
-        <v>33921783</v>
+        <v>43353860</v>
       </c>
       <c r="G12" s="58">
-        <v>64080</v>
+        <v>61606</v>
       </c>
       <c r="H12" s="61">
-        <v>466584</v>
+        <v>592533</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="11.1" customHeight="1">
       <c r="A13" s="55" t="s">
         <v>101</v>
       </c>
       <c r="B13" s="23"/>
       <c r="C13" s="23"/>
       <c r="D13" s="23"/>
       <c r="E13" s="23"/>
       <c r="F13" s="23"/>
       <c r="G13" s="23"/>
       <c r="H13" s="25"/>
     </row>
     <row r="14" spans="1:8" ht="12.6" customHeight="1">
       <c r="A14" s="47" t="s">
         <v>102</v>
       </c>
       <c r="B14" s="58">
-        <v>1279962</v>
+        <v>1282851</v>
       </c>
       <c r="C14" s="58">
-        <v>744739</v>
+        <v>745949</v>
       </c>
       <c r="D14" s="58">
         <v>63</v>
       </c>
       <c r="E14" s="58">
-        <v>75646</v>
+        <v>79657</v>
       </c>
       <c r="F14" s="58">
-        <v>517784</v>
+        <v>670213</v>
       </c>
       <c r="G14" s="58">
-        <v>957</v>
+        <v>1014</v>
       </c>
       <c r="H14" s="61">
-        <v>6840</v>
+        <v>8792</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="11.1" customHeight="1">
       <c r="A15" s="55" t="s">
         <v>103</v>
       </c>
       <c r="B15" s="23"/>
       <c r="C15" s="23"/>
       <c r="D15" s="23"/>
       <c r="E15" s="23"/>
       <c r="F15" s="23"/>
       <c r="G15" s="23"/>
       <c r="H15" s="25"/>
     </row>
     <row r="16" spans="1:8" ht="12.6" customHeight="1">
       <c r="A16" s="47" t="s">
         <v>104</v>
       </c>
       <c r="B16" s="58">
-        <v>14420282</v>
+        <v>14531092</v>
       </c>
       <c r="C16" s="58">
-        <v>7582580</v>
+        <v>7622725</v>
       </c>
       <c r="D16" s="58">
-        <v>7682</v>
+        <v>7713</v>
       </c>
       <c r="E16" s="58">
-        <v>13455259</v>
+        <v>13357433</v>
       </c>
       <c r="F16" s="58">
-        <v>92529061</v>
+        <v>119654476</v>
       </c>
       <c r="G16" s="58">
-        <v>162007</v>
+        <v>158621</v>
       </c>
       <c r="H16" s="61">
-        <v>1143821</v>
+        <v>1463396</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="11.1" customHeight="1">
       <c r="A17" s="55" t="s">
         <v>105</v>
       </c>
       <c r="B17" s="23"/>
       <c r="C17" s="23"/>
       <c r="D17" s="23"/>
       <c r="E17" s="23"/>
       <c r="F17" s="23"/>
       <c r="G17" s="23"/>
       <c r="H17" s="25"/>
     </row>
     <row r="18" spans="1:8" ht="12.6" customHeight="1">
       <c r="A18" s="47" t="s">
         <v>106</v>
       </c>
       <c r="B18" s="58">
-        <v>456855</v>
+        <v>476062</v>
       </c>
       <c r="C18" s="58">
-        <v>364836</v>
+        <v>378626</v>
       </c>
       <c r="D18" s="64">
         <v>0</v>
       </c>
       <c r="E18" s="58">
-        <v>116724</v>
+        <v>119668</v>
       </c>
       <c r="F18" s="58">
-        <v>768864</v>
+        <v>1008902</v>
       </c>
       <c r="G18" s="58">
-        <v>1035</v>
+        <v>1052</v>
       </c>
       <c r="H18" s="61">
-        <v>6476</v>
+        <v>8548</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="11.1" customHeight="1">
       <c r="A19" s="55" t="s">
         <v>107</v>
       </c>
       <c r="B19" s="23"/>
       <c r="C19" s="23"/>
       <c r="D19" s="23"/>
       <c r="E19" s="23"/>
       <c r="F19" s="23"/>
       <c r="G19" s="23"/>
       <c r="H19" s="25"/>
     </row>
     <row r="20" spans="1:8" ht="12.6" customHeight="1">
       <c r="A20" s="47" t="s">
         <v>108</v>
       </c>
       <c r="B20" s="58">
-        <v>2183169</v>
+        <v>2224038</v>
       </c>
       <c r="C20" s="58">
-        <v>1775488</v>
+        <v>1802692</v>
       </c>
       <c r="D20" s="64">
         <v>0</v>
       </c>
       <c r="E20" s="58">
-        <v>306719</v>
+        <v>321544</v>
       </c>
       <c r="F20" s="58">
-        <v>2108657</v>
+        <v>2750742</v>
       </c>
       <c r="G20" s="58">
-        <v>1994</v>
+        <v>2143</v>
       </c>
       <c r="H20" s="61">
-        <v>13479</v>
+        <v>17709</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="11.1" customHeight="1">
       <c r="A21" s="55" t="s">
         <v>109</v>
       </c>
       <c r="B21" s="23"/>
       <c r="C21" s="23"/>
       <c r="D21" s="23"/>
       <c r="E21" s="23"/>
       <c r="F21" s="23"/>
       <c r="G21" s="23"/>
       <c r="H21" s="25"/>
     </row>
     <row r="22" spans="1:8" ht="12.6" customHeight="1">
       <c r="A22" s="47" t="s">
         <v>110</v>
       </c>
       <c r="B22" s="58">
-        <v>238218</v>
+        <v>244191</v>
       </c>
       <c r="C22" s="58">
-        <v>230516</v>
+        <v>236058</v>
       </c>
       <c r="D22" s="64">
         <v>0</v>
       </c>
       <c r="E22" s="58">
-        <v>41793</v>
+        <v>44209</v>
       </c>
       <c r="F22" s="58">
-        <v>287078</v>
+        <v>375122</v>
       </c>
       <c r="G22" s="58">
-        <v>317</v>
+        <v>376</v>
       </c>
       <c r="H22" s="61">
-        <v>2152</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="23" spans="1:8" ht="11.1" customHeight="1">
       <c r="A23" s="55" t="s">
         <v>111</v>
       </c>
       <c r="B23" s="23"/>
       <c r="C23" s="23"/>
       <c r="D23" s="23"/>
       <c r="E23" s="23"/>
       <c r="F23" s="23"/>
       <c r="G23" s="23"/>
       <c r="H23" s="25"/>
     </row>
     <row r="24" spans="1:8" ht="12.6" customHeight="1">
       <c r="A24" s="48" t="s">
         <v>112</v>
       </c>
       <c r="B24" s="59">
-        <v>289</v>
+        <v>586</v>
       </c>
       <c r="C24" s="59">
-        <v>288</v>
+        <v>582</v>
       </c>
       <c r="D24" s="66">
         <v>0</v>
       </c>
       <c r="E24" s="59">
-        <v>379</v>
+        <v>336</v>
       </c>
       <c r="F24" s="59">
-        <v>1649</v>
+        <v>2276</v>
       </c>
       <c r="G24" s="59">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H24" s="62">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:8" ht="11.1" customHeight="1">
       <c r="A25" s="56" t="s">
         <v>113</v>
       </c>
       <c r="B25" s="23"/>
       <c r="C25" s="23"/>
       <c r="D25" s="23"/>
       <c r="E25" s="23"/>
       <c r="F25" s="23"/>
       <c r="G25" s="23"/>
       <c r="H25" s="25"/>
     </row>
     <row r="26" spans="1:8" ht="12.6" customHeight="1">
       <c r="A26" s="48" t="s">
         <v>114</v>
       </c>
       <c r="B26" s="59">
-        <v>6107152</v>
+        <v>6134587</v>
       </c>
       <c r="C26" s="59">
-        <v>4015139</v>
+        <v>4032592</v>
       </c>
       <c r="D26" s="59">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="E26" s="59">
-        <v>1926473</v>
+        <v>2018140</v>
       </c>
       <c r="F26" s="59">
-        <v>13423537</v>
+        <v>17280219</v>
       </c>
       <c r="G26" s="59">
-        <v>26620</v>
+        <v>27980</v>
       </c>
       <c r="H26" s="62">
-        <v>190596</v>
+        <v>243972</v>
       </c>
     </row>
     <row r="27" spans="1:8" ht="11.1" customHeight="1">
       <c r="A27" s="56" t="s">
         <v>115</v>
       </c>
       <c r="B27" s="23"/>
       <c r="C27" s="23"/>
       <c r="D27" s="23"/>
       <c r="E27" s="23"/>
       <c r="F27" s="23"/>
       <c r="G27" s="23"/>
       <c r="H27" s="25"/>
     </row>
     <row r="28" spans="1:8" ht="12.6" customHeight="1">
       <c r="A28" s="47" t="s">
         <v>116</v>
       </c>
       <c r="B28" s="58">
-        <v>2704580</v>
+        <v>2712453</v>
       </c>
       <c r="C28" s="58">
-        <v>1508993</v>
+        <v>1513808</v>
       </c>
       <c r="D28" s="58">
         <v>442</v>
       </c>
       <c r="E28" s="58">
-        <v>463817</v>
+        <v>478998</v>
       </c>
       <c r="F28" s="58">
-        <v>3233787</v>
+        <v>4152074</v>
       </c>
       <c r="G28" s="58">
-        <v>6472</v>
+        <v>6716</v>
       </c>
       <c r="H28" s="61">
-        <v>46521</v>
+        <v>59473</v>
       </c>
     </row>
     <row r="29" spans="1:8" ht="11.1" customHeight="1">
       <c r="A29" s="55" t="s">
         <v>117</v>
       </c>
       <c r="B29" s="23"/>
       <c r="C29" s="23"/>
       <c r="D29" s="23"/>
       <c r="E29" s="23"/>
       <c r="F29" s="23"/>
       <c r="G29" s="23"/>
       <c r="H29" s="25"/>
     </row>
     <row r="30" spans="1:8" ht="12.6" customHeight="1">
       <c r="A30" s="47" t="s">
         <v>118</v>
       </c>
       <c r="B30" s="58">
-        <v>3402572</v>
+        <v>3422134</v>
       </c>
       <c r="C30" s="58">
-        <v>2506146</v>
+        <v>2518784</v>
       </c>
       <c r="D30" s="58">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="E30" s="58">
-        <v>1462656</v>
+        <v>1539142</v>
       </c>
       <c r="F30" s="58">
-        <v>10189750</v>
+        <v>13128145</v>
       </c>
       <c r="G30" s="58">
-        <v>20149</v>
+        <v>21263</v>
       </c>
       <c r="H30" s="61">
-        <v>144075</v>
+        <v>184498</v>
       </c>
     </row>
     <row r="31" spans="1:8" ht="11.1" customHeight="1">
       <c r="A31" s="55" t="s">
         <v>119</v>
       </c>
       <c r="B31" s="23"/>
       <c r="C31" s="23"/>
       <c r="D31" s="23"/>
       <c r="E31" s="23"/>
       <c r="F31" s="23"/>
       <c r="G31" s="23"/>
       <c r="H31" s="25"/>
     </row>
     <row r="32" spans="1:8" ht="12.6" customHeight="1">
       <c r="A32" s="48" t="s">
         <v>120</v>
       </c>
       <c r="B32" s="59">
-        <v>60600401</v>
+        <v>60833768</v>
       </c>
       <c r="C32" s="59">
-        <v>18059659</v>
+        <v>18120263</v>
       </c>
       <c r="D32" s="59">
-        <v>3186</v>
+        <v>3179</v>
       </c>
       <c r="E32" s="59">
-        <v>16875752</v>
+        <v>18086741</v>
       </c>
       <c r="F32" s="59">
-        <v>119976582</v>
+        <v>154357759</v>
       </c>
       <c r="G32" s="59">
-        <v>174514</v>
+        <v>180631</v>
       </c>
       <c r="H32" s="62">
-        <v>1280984</v>
+        <v>1628568</v>
       </c>
     </row>
     <row r="33" spans="1:8" ht="11.1" customHeight="1">
       <c r="A33" s="56" t="s">
         <v>121</v>
       </c>
       <c r="B33" s="23"/>
       <c r="C33" s="23"/>
       <c r="D33" s="23"/>
       <c r="E33" s="23"/>
       <c r="F33" s="23"/>
       <c r="G33" s="23"/>
       <c r="H33" s="25"/>
     </row>
     <row r="34" spans="1:8" ht="12.6" customHeight="1">
       <c r="A34" s="48" t="s">
         <v>122</v>
       </c>
       <c r="B34" s="59">
-        <v>4182</v>
+        <v>4239</v>
       </c>
       <c r="C34" s="59">
-        <v>2757</v>
+        <v>2803</v>
       </c>
       <c r="D34" s="59">
         <v>4</v>
       </c>
       <c r="E34" s="59">
-        <v>5694</v>
+        <v>7046</v>
       </c>
       <c r="F34" s="59">
-        <v>43698</v>
+        <v>56588</v>
       </c>
       <c r="G34" s="59">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="H34" s="62">
-        <v>2956</v>
+        <v>3788</v>
       </c>
     </row>
     <row r="35" spans="1:8" ht="11.1" customHeight="1">
       <c r="A35" s="56" t="s">
         <v>123</v>
       </c>
       <c r="B35" s="23"/>
       <c r="C35" s="23"/>
       <c r="D35" s="23"/>
       <c r="E35" s="23"/>
       <c r="F35" s="23"/>
       <c r="G35" s="23"/>
       <c r="H35" s="25"/>
     </row>
     <row r="36" spans="1:8" ht="12.6" customHeight="1">
       <c r="A36" s="19"/>
       <c r="B36" s="22"/>
       <c r="C36" s="22"/>
       <c r="D36" s="22"/>
       <c r="E36" s="22"/>
       <c r="F36" s="22"/>
       <c r="G36" s="22"/>
       <c r="H36" s="24"/>
     </row>
     <row r="37" spans="1:8" ht="11.1" customHeight="1" thickBot="1">