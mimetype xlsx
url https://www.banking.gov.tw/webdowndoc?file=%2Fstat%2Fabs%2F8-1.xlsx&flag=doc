--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -41,51 +41,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
     <t>發　　行</t>
   </si>
   <si>
     <t>流　　通</t>
   </si>
   <si>
     <t>裝設臺數</t>
   </si>
   <si>
     <t>金融卡數</t>
   </si>
   <si>
     <t>本年累計</t>
   </si>
   <si>
     <t>說　　明：1.交易次數不包含查詢次數及失敗次數。</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
-    <t>民國114年 9月底</t>
+    <t>民國114年10月底</t>
   </si>
   <si>
     <r>
       <t>8-1 Automatic Service Machines of Financial Institutions</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">金　融　機　構　別
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
@@ -386,66 +386,66 @@
   <si>
     <t>　高雄銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Bank of Kaohsiung</t>
   </si>
   <si>
     <t>　兆豐國際商業銀行　#</t>
   </si>
   <si>
     <t xml:space="preserve">     Mega International Commercial Bank Co., Ltd.</t>
   </si>
   <si>
     <t>　王道商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>　臺灣中小企業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Taiwan Business Bank</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
+    <t xml:space="preserve"> End of Oct. 2025</t>
   </si>
   <si>
     <t>　渣打國際商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>　台中商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>　京城商業銀行</t>
+    <t>　京城商業銀行　　　#</t>
   </si>
   <si>
     <t xml:space="preserve">     Kings Town Bank</t>
   </si>
   <si>
     <t>　滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>　瑞興商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Taipei Star Bank</t>
   </si>
   <si>
     <t>　華泰商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Hwatai Bank</t>
   </si>
   <si>
     <t>　臺灣新光商業銀行　#</t>
   </si>
@@ -1944,601 +1944,601 @@
       </c>
       <c r="C7" s="18" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="18" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>18</v>
       </c>
       <c r="G7" s="11" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="12.6" customHeight="1">
       <c r="A8" s="48" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="51">
-        <v>252927773</v>
+        <v>253550430</v>
       </c>
       <c r="C8" s="51">
-        <v>125992521</v>
+        <v>125676728</v>
       </c>
       <c r="D8" s="51">
-        <v>33285</v>
+        <v>33332</v>
       </c>
       <c r="E8" s="51">
-        <v>77772262</v>
+        <v>77731008</v>
       </c>
       <c r="F8" s="51">
-        <v>693217486</v>
+        <v>770948494</v>
       </c>
       <c r="G8" s="51">
-        <v>1004875</v>
+        <v>991905</v>
       </c>
       <c r="H8" s="54">
-        <v>9191888</v>
+        <v>10183793</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="11.1" customHeight="1">
       <c r="A9" s="56" t="s">
         <v>36</v>
       </c>
       <c r="B9" s="23"/>
       <c r="C9" s="23"/>
       <c r="D9" s="23"/>
       <c r="E9" s="23"/>
       <c r="F9" s="23"/>
       <c r="G9" s="23"/>
       <c r="H9" s="25"/>
     </row>
     <row r="10" spans="1:8" ht="12.6" customHeight="1">
       <c r="A10" s="48" t="s">
         <v>37</v>
       </c>
       <c r="B10" s="59">
-        <v>185954593</v>
+        <v>186463349</v>
       </c>
       <c r="C10" s="59">
-        <v>103836281</v>
+        <v>103491100</v>
       </c>
       <c r="D10" s="59">
-        <v>28402</v>
+        <v>28449</v>
       </c>
       <c r="E10" s="59">
-        <v>57659999</v>
+        <v>58233025</v>
       </c>
       <c r="F10" s="59">
-        <v>521520644</v>
+        <v>579753669</v>
       </c>
       <c r="G10" s="59">
-        <v>795776</v>
+        <v>789639</v>
       </c>
       <c r="H10" s="62">
-        <v>7315532</v>
+        <v>8105171</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="11.1" customHeight="1">
       <c r="A11" s="56" t="s">
         <v>38</v>
       </c>
       <c r="B11" s="23"/>
       <c r="C11" s="23"/>
       <c r="D11" s="23"/>
       <c r="E11" s="23"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="25"/>
     </row>
     <row r="12" spans="1:8" ht="12.6" customHeight="1">
       <c r="A12" s="47" t="s">
         <v>39</v>
       </c>
       <c r="B12" s="58">
-        <v>10488623</v>
+        <v>10505908</v>
       </c>
       <c r="C12" s="58">
-        <v>5381386</v>
+        <v>5387564</v>
       </c>
       <c r="D12" s="58">
         <v>760</v>
       </c>
       <c r="E12" s="58">
-        <v>1418497</v>
+        <v>1380296</v>
       </c>
       <c r="F12" s="58">
-        <v>14617059</v>
+        <v>15997355</v>
       </c>
       <c r="G12" s="58">
-        <v>24599</v>
+        <v>23705</v>
       </c>
       <c r="H12" s="61">
-        <v>247831</v>
+        <v>271536</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="11.1" customHeight="1">
       <c r="A13" s="55" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="23"/>
       <c r="C13" s="23"/>
       <c r="D13" s="23"/>
       <c r="E13" s="23"/>
       <c r="F13" s="23"/>
       <c r="G13" s="23"/>
       <c r="H13" s="25"/>
     </row>
     <row r="14" spans="1:8" ht="12.6" customHeight="1">
       <c r="A14" s="47" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="58">
-        <v>8426622</v>
+        <v>8435678</v>
       </c>
       <c r="C14" s="58">
-        <v>3979908</v>
+        <v>3983807</v>
       </c>
       <c r="D14" s="58">
         <v>645</v>
       </c>
       <c r="E14" s="58">
-        <v>1865936</v>
+        <v>1790316</v>
       </c>
       <c r="F14" s="58">
-        <v>16386761</v>
+        <v>18177077</v>
       </c>
       <c r="G14" s="58">
-        <v>25201</v>
+        <v>24191</v>
       </c>
       <c r="H14" s="61">
-        <v>229628</v>
+        <v>253819</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="11.1" customHeight="1">
       <c r="A15" s="55" t="s">
         <v>42</v>
       </c>
       <c r="B15" s="23"/>
       <c r="C15" s="23"/>
       <c r="D15" s="23"/>
       <c r="E15" s="23"/>
       <c r="F15" s="23"/>
       <c r="G15" s="23"/>
       <c r="H15" s="25"/>
     </row>
     <row r="16" spans="1:8" ht="12.6" customHeight="1">
       <c r="A16" s="47" t="s">
         <v>43</v>
       </c>
       <c r="B16" s="58">
-        <v>9630419</v>
+        <v>9643001</v>
       </c>
       <c r="C16" s="58">
-        <v>7376382</v>
+        <v>7381243</v>
       </c>
       <c r="D16" s="58">
-        <v>1156</v>
+        <v>1150</v>
       </c>
       <c r="E16" s="58">
-        <v>3042287</v>
+        <v>3086905</v>
       </c>
       <c r="F16" s="58">
-        <v>27100794</v>
+        <v>30187699</v>
       </c>
       <c r="G16" s="58">
-        <v>36516</v>
+        <v>36934</v>
       </c>
       <c r="H16" s="61">
-        <v>333852</v>
+        <v>370787</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="11.1" customHeight="1">
       <c r="A17" s="55" t="s">
         <v>44</v>
       </c>
       <c r="B17" s="23"/>
       <c r="C17" s="23"/>
       <c r="D17" s="23"/>
       <c r="E17" s="23"/>
       <c r="F17" s="23"/>
       <c r="G17" s="23"/>
       <c r="H17" s="25"/>
     </row>
     <row r="18" spans="1:8" ht="12.6" customHeight="1">
       <c r="A18" s="47" t="s">
         <v>45</v>
       </c>
       <c r="B18" s="58">
-        <v>12478258</v>
+        <v>12500946</v>
       </c>
       <c r="C18" s="58">
-        <v>8007725</v>
+        <v>8022455</v>
       </c>
       <c r="D18" s="58">
         <v>543</v>
       </c>
       <c r="E18" s="58">
-        <v>2992828</v>
+        <v>3051346</v>
       </c>
       <c r="F18" s="58">
-        <v>27354877</v>
+        <v>30406223</v>
       </c>
       <c r="G18" s="58">
-        <v>34396</v>
+        <v>34906</v>
       </c>
       <c r="H18" s="61">
-        <v>321946</v>
+        <v>356852</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="11.1" customHeight="1">
       <c r="A19" s="55" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="23"/>
       <c r="C19" s="23"/>
       <c r="D19" s="23"/>
       <c r="E19" s="23"/>
       <c r="F19" s="23"/>
       <c r="G19" s="23"/>
       <c r="H19" s="25"/>
     </row>
     <row r="20" spans="1:8" ht="12.6" customHeight="1">
       <c r="A20" s="47" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="58">
-        <v>13035039</v>
+        <v>13061346</v>
       </c>
       <c r="C20" s="58">
-        <v>6988121</v>
+        <v>6998958</v>
       </c>
       <c r="D20" s="58">
         <v>659</v>
       </c>
       <c r="E20" s="58">
-        <v>2228330</v>
+        <v>2263204</v>
       </c>
       <c r="F20" s="58">
-        <v>20348734</v>
+        <v>22611938</v>
       </c>
       <c r="G20" s="58">
-        <v>28559</v>
+        <v>28898</v>
       </c>
       <c r="H20" s="61">
-        <v>266438</v>
+        <v>295336</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="11.1" customHeight="1">
       <c r="A21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="23"/>
       <c r="C21" s="23"/>
       <c r="D21" s="23"/>
       <c r="E21" s="23"/>
       <c r="F21" s="23"/>
       <c r="G21" s="23"/>
       <c r="H21" s="25"/>
     </row>
     <row r="22" spans="1:8" ht="12.6" customHeight="1">
       <c r="A22" s="47" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="58">
-        <v>9871859</v>
+        <v>9878637</v>
       </c>
       <c r="C22" s="58">
-        <v>5280165</v>
+        <v>5279105</v>
       </c>
       <c r="D22" s="58">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="E22" s="58">
-        <v>2729037</v>
+        <v>3039378</v>
       </c>
       <c r="F22" s="58">
-        <v>25174274</v>
+        <v>28213652</v>
       </c>
       <c r="G22" s="58">
-        <v>33113</v>
+        <v>31893</v>
       </c>
       <c r="H22" s="61">
-        <v>295508</v>
+        <v>327401</v>
       </c>
     </row>
     <row r="23" spans="1:8" ht="11.1" customHeight="1">
       <c r="A23" s="55" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="23"/>
       <c r="C23" s="23"/>
       <c r="D23" s="23"/>
       <c r="E23" s="23"/>
       <c r="F23" s="23"/>
       <c r="G23" s="23"/>
       <c r="H23" s="25"/>
     </row>
     <row r="24" spans="1:8" ht="12.6" customHeight="1">
       <c r="A24" s="47" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="58">
-        <v>3477430</v>
+        <v>3483369</v>
       </c>
       <c r="C24" s="58">
-        <v>1744340</v>
+        <v>1746554</v>
       </c>
       <c r="D24" s="58">
         <v>269</v>
       </c>
       <c r="E24" s="58">
-        <v>544131</v>
+        <v>525710</v>
       </c>
       <c r="F24" s="58">
-        <v>4815423</v>
+        <v>5341133</v>
       </c>
       <c r="G24" s="58">
-        <v>12455</v>
+        <v>11989</v>
       </c>
       <c r="H24" s="61">
-        <v>105188</v>
+        <v>117177</v>
       </c>
     </row>
     <row r="25" spans="1:8" ht="11.1" customHeight="1">
       <c r="A25" s="55" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="23"/>
       <c r="C25" s="23"/>
       <c r="D25" s="23"/>
       <c r="E25" s="23"/>
       <c r="F25" s="23"/>
       <c r="G25" s="23"/>
       <c r="H25" s="25"/>
     </row>
     <row r="26" spans="1:8" ht="12.6" customHeight="1">
       <c r="A26" s="47" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="58">
-        <v>11751130</v>
+        <v>11789109</v>
       </c>
       <c r="C26" s="58">
-        <v>5686647</v>
+        <v>5705073</v>
       </c>
       <c r="D26" s="58">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="E26" s="58">
-        <v>2556410</v>
+        <v>2596190</v>
       </c>
       <c r="F26" s="58">
-        <v>23234785</v>
+        <v>25830975</v>
       </c>
       <c r="G26" s="58">
-        <v>36369</v>
+        <v>36459</v>
       </c>
       <c r="H26" s="61">
-        <v>335238</v>
+        <v>371697</v>
       </c>
     </row>
     <row r="27" spans="1:8" ht="11.1" customHeight="1">
       <c r="A27" s="55" t="s">
         <v>54</v>
       </c>
       <c r="B27" s="23"/>
       <c r="C27" s="23"/>
       <c r="D27" s="23"/>
       <c r="E27" s="23"/>
       <c r="F27" s="23"/>
       <c r="G27" s="23"/>
       <c r="H27" s="25"/>
     </row>
     <row r="28" spans="1:8" ht="12.6" customHeight="1">
       <c r="A28" s="47" t="s">
         <v>55</v>
       </c>
       <c r="B28" s="58">
-        <v>12334068</v>
+        <v>12369305</v>
       </c>
       <c r="C28" s="58">
-        <v>6554773</v>
+        <v>6559372</v>
       </c>
       <c r="D28" s="58">
-        <v>5429</v>
+        <v>5439</v>
       </c>
       <c r="E28" s="58">
-        <v>7447484</v>
+        <v>7566905</v>
       </c>
       <c r="F28" s="58">
-        <v>66287754</v>
+        <v>73854659</v>
       </c>
       <c r="G28" s="58">
-        <v>136891</v>
+        <v>136610</v>
       </c>
       <c r="H28" s="61">
-        <v>1239097</v>
+        <v>1375707</v>
       </c>
     </row>
     <row r="29" spans="1:8" ht="11.1" customHeight="1">
       <c r="A29" s="55" t="s">
         <v>56</v>
       </c>
       <c r="B29" s="23"/>
       <c r="C29" s="23"/>
       <c r="D29" s="23"/>
       <c r="E29" s="23"/>
       <c r="F29" s="23"/>
       <c r="G29" s="23"/>
       <c r="H29" s="25"/>
     </row>
     <row r="30" spans="1:8" ht="12.6" customHeight="1">
       <c r="A30" s="47" t="s">
         <v>57</v>
       </c>
       <c r="B30" s="58">
-        <v>1196465</v>
+        <v>1198329</v>
       </c>
       <c r="C30" s="58">
-        <v>857494</v>
+        <v>858956</v>
       </c>
       <c r="D30" s="58">
         <v>97</v>
       </c>
       <c r="E30" s="58">
-        <v>289496</v>
+        <v>279090</v>
       </c>
       <c r="F30" s="58">
-        <v>2567420</v>
+        <v>2846510</v>
       </c>
       <c r="G30" s="58">
-        <v>4018</v>
+        <v>3925</v>
       </c>
       <c r="H30" s="61">
-        <v>37665</v>
+        <v>41590</v>
       </c>
     </row>
     <row r="31" spans="1:8" ht="11.1" customHeight="1">
       <c r="A31" s="55" t="s">
         <v>58</v>
       </c>
       <c r="B31" s="23"/>
       <c r="C31" s="23"/>
       <c r="D31" s="23"/>
       <c r="E31" s="23"/>
       <c r="F31" s="23"/>
       <c r="G31" s="23"/>
       <c r="H31" s="25"/>
     </row>
     <row r="32" spans="1:8" ht="12.6" customHeight="1">
       <c r="A32" s="47" t="s">
         <v>59</v>
       </c>
       <c r="B32" s="58">
-        <v>6293698</v>
+        <v>6306127</v>
       </c>
       <c r="C32" s="58">
-        <v>3146998</v>
+        <v>2531928</v>
       </c>
       <c r="D32" s="58">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="E32" s="58">
-        <v>1655813</v>
+        <v>1693277</v>
       </c>
       <c r="F32" s="58">
-        <v>15315712</v>
+        <v>17008989</v>
       </c>
       <c r="G32" s="58">
-        <v>18781</v>
+        <v>18988</v>
       </c>
       <c r="H32" s="61">
-        <v>179027</v>
+        <v>198015</v>
       </c>
     </row>
     <row r="33" spans="1:8" ht="11.1" customHeight="1">
       <c r="A33" s="55" t="s">
         <v>60</v>
       </c>
       <c r="B33" s="23"/>
       <c r="C33" s="23"/>
       <c r="D33" s="23"/>
       <c r="E33" s="23"/>
       <c r="F33" s="23"/>
       <c r="G33" s="23"/>
       <c r="H33" s="25"/>
     </row>
     <row r="34" spans="1:8" ht="12.6" customHeight="1">
       <c r="A34" s="47" t="s">
         <v>61</v>
       </c>
       <c r="B34" s="58">
-        <v>845214</v>
+        <v>849741</v>
       </c>
       <c r="C34" s="58">
-        <v>464682</v>
+        <v>466745</v>
       </c>
       <c r="D34" s="64">
         <v>0</v>
       </c>
       <c r="E34" s="58">
-        <v>148619</v>
+        <v>143833</v>
       </c>
       <c r="F34" s="58">
-        <v>1251868</v>
+        <v>1395701</v>
       </c>
       <c r="G34" s="58">
-        <v>1125</v>
+        <v>1158</v>
       </c>
       <c r="H34" s="61">
-        <v>9498</v>
+        <v>10656</v>
       </c>
     </row>
     <row r="35" spans="1:8" ht="11.1" customHeight="1">
       <c r="A35" s="55" t="s">
         <v>62</v>
       </c>
       <c r="B35" s="23"/>
       <c r="C35" s="23"/>
       <c r="D35" s="23"/>
       <c r="E35" s="23"/>
       <c r="F35" s="23"/>
       <c r="G35" s="23"/>
       <c r="H35" s="25"/>
     </row>
     <row r="36" spans="1:8" ht="12.6" customHeight="1">
       <c r="A36" s="47" t="s">
         <v>63</v>
       </c>
       <c r="B36" s="58">
-        <v>6870606</v>
+        <v>6879398</v>
       </c>
       <c r="C36" s="58">
-        <v>2349621</v>
+        <v>2353661</v>
       </c>
       <c r="D36" s="58">
         <v>405</v>
       </c>
       <c r="E36" s="58">
-        <v>1330299</v>
+        <v>1431813</v>
       </c>
       <c r="F36" s="58">
-        <v>13153158</v>
+        <v>14584971</v>
       </c>
       <c r="G36" s="58">
-        <v>15813</v>
+        <v>16818</v>
       </c>
       <c r="H36" s="61">
-        <v>175910</v>
+        <v>192727</v>
       </c>
     </row>
     <row r="37" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="65" t="s">
         <v>64</v>
       </c>
       <c r="B37" s="29"/>
       <c r="C37" s="29"/>
       <c r="D37" s="29"/>
       <c r="E37" s="29"/>
       <c r="F37" s="29"/>
       <c r="G37" s="29"/>
       <c r="H37" s="27"/>
     </row>
     <row r="38" spans="1:8" ht="13.5" customHeight="1">
       <c r="A38" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B38" s="4"/>
       <c r="C38" s="4"/>
       <c r="D38" s="4"/>
       <c r="E38" s="4"/>
       <c r="F38" s="4"/>
       <c r="G38" s="4"/>
       <c r="H38" s="4"/>
@@ -2737,56 +2737,56 @@
       </c>
       <c r="B1" s="37"/>
       <c r="C1" s="37"/>
       <c r="D1" s="37"/>
       <c r="E1" s="37"/>
       <c r="F1" s="37"/>
       <c r="G1" s="37"/>
       <c r="H1" s="37"/>
     </row>
     <row r="2" spans="1:8" ht="21" customHeight="1">
       <c r="A2" s="37" t="s">
         <v>25</v>
       </c>
       <c r="B2" s="38"/>
       <c r="C2" s="38"/>
       <c r="D2" s="38"/>
       <c r="E2" s="38"/>
       <c r="F2" s="38"/>
       <c r="G2" s="38"/>
       <c r="H2" s="38"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="6"/>
       <c r="B3" s="44" t="str">
         <f>'8-1'!B3:C3</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="C3" s="44"/>
       <c r="D3" s="45" t="str">
         <f>'8-1'!D3:F3</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="E3" s="45"/>
       <c r="F3" s="45"/>
       <c r="G3" s="6"/>
       <c r="H3" s="7"/>
     </row>
     <row r="4" spans="1:8" ht="15" customHeight="1">
       <c r="A4" s="31" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="34" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="35"/>
       <c r="G4" s="34" t="s">
         <v>10</v>
@@ -2842,601 +2842,601 @@
       </c>
       <c r="C7" s="18" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="18" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>18</v>
       </c>
       <c r="G7" s="11" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="12.6" customHeight="1">
       <c r="A8" s="47" t="s">
         <v>66</v>
       </c>
       <c r="B8" s="50">
-        <v>2849917</v>
+        <v>2854970</v>
       </c>
       <c r="C8" s="50">
-        <v>1832515</v>
+        <v>1835628</v>
       </c>
       <c r="D8" s="50">
         <v>72</v>
       </c>
       <c r="E8" s="50">
-        <v>496824</v>
+        <v>500134</v>
       </c>
       <c r="F8" s="50">
-        <v>4418446</v>
+        <v>4918580</v>
       </c>
       <c r="G8" s="50">
-        <v>6192</v>
+        <v>6134</v>
       </c>
       <c r="H8" s="53">
-        <v>57277</v>
+        <v>63411</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="11.1" customHeight="1">
       <c r="A9" s="55" t="s">
         <v>67</v>
       </c>
       <c r="B9" s="23"/>
       <c r="C9" s="23"/>
       <c r="D9" s="23"/>
       <c r="E9" s="23"/>
       <c r="F9" s="23"/>
       <c r="G9" s="23"/>
       <c r="H9" s="25"/>
     </row>
     <row r="10" spans="1:8" ht="12.6" customHeight="1">
       <c r="A10" s="47" t="s">
         <v>68</v>
       </c>
       <c r="B10" s="58">
-        <v>2607521</v>
+        <v>2611100</v>
       </c>
       <c r="C10" s="58">
-        <v>984308</v>
+        <v>984595</v>
       </c>
       <c r="D10" s="58">
         <v>205</v>
       </c>
       <c r="E10" s="58">
-        <v>548548</v>
+        <v>526845</v>
       </c>
       <c r="F10" s="58">
-        <v>4704230</v>
+        <v>5231075</v>
       </c>
       <c r="G10" s="58">
-        <v>9498</v>
+        <v>9136</v>
       </c>
       <c r="H10" s="61">
-        <v>82951</v>
+        <v>92087</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="11.1" customHeight="1">
       <c r="A11" s="55" t="s">
         <v>69</v>
       </c>
       <c r="B11" s="23"/>
       <c r="C11" s="23"/>
       <c r="D11" s="23"/>
       <c r="E11" s="23"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="25"/>
     </row>
     <row r="12" spans="1:8" ht="12.6" customHeight="1">
       <c r="A12" s="47" t="s">
         <v>70</v>
       </c>
       <c r="B12" s="58">
-        <v>1221384</v>
+        <v>1222760</v>
       </c>
       <c r="C12" s="58">
-        <v>472191</v>
+        <v>472802</v>
       </c>
       <c r="D12" s="58">
         <v>74</v>
       </c>
       <c r="E12" s="58">
-        <v>181867</v>
+        <v>183226</v>
       </c>
       <c r="F12" s="58">
-        <v>1665285</v>
+        <v>1848511</v>
       </c>
       <c r="G12" s="58">
-        <v>3111</v>
+        <v>3080</v>
       </c>
       <c r="H12" s="61">
-        <v>28729</v>
+        <v>31809</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="11.1" customHeight="1">
       <c r="A13" s="55" t="s">
         <v>71</v>
       </c>
       <c r="B13" s="23"/>
       <c r="C13" s="23"/>
       <c r="D13" s="23"/>
       <c r="E13" s="23"/>
       <c r="F13" s="23"/>
       <c r="G13" s="23"/>
       <c r="H13" s="25"/>
     </row>
     <row r="14" spans="1:8" ht="12.6" customHeight="1">
       <c r="A14" s="47" t="s">
         <v>72</v>
       </c>
       <c r="B14" s="58">
-        <v>1904156</v>
+        <v>1908252</v>
       </c>
       <c r="C14" s="58">
-        <v>369546</v>
+        <v>371684</v>
       </c>
       <c r="D14" s="58">
         <v>37</v>
       </c>
       <c r="E14" s="58">
-        <v>190046</v>
+        <v>192012</v>
       </c>
       <c r="F14" s="58">
-        <v>1668247</v>
+        <v>1860259</v>
       </c>
       <c r="G14" s="58">
-        <v>3199</v>
+        <v>2532</v>
       </c>
       <c r="H14" s="61">
-        <v>25094</v>
+        <v>27626</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="11.1" customHeight="1">
       <c r="A15" s="55" t="s">
         <v>73</v>
       </c>
       <c r="B15" s="23"/>
       <c r="C15" s="23"/>
       <c r="D15" s="23"/>
       <c r="E15" s="23"/>
       <c r="F15" s="23"/>
       <c r="G15" s="23"/>
       <c r="H15" s="25"/>
     </row>
     <row r="16" spans="1:8" ht="12.6" customHeight="1">
       <c r="A16" s="47" t="s">
         <v>74</v>
       </c>
       <c r="B16" s="58">
-        <v>145318</v>
+        <v>145460</v>
       </c>
       <c r="C16" s="58">
-        <v>96138</v>
+        <v>96139</v>
       </c>
       <c r="D16" s="58">
         <v>35</v>
       </c>
       <c r="E16" s="58">
-        <v>49131</v>
+        <v>47130</v>
       </c>
       <c r="F16" s="58">
-        <v>434573</v>
+        <v>481703</v>
       </c>
       <c r="G16" s="58">
-        <v>563</v>
+        <v>492</v>
       </c>
       <c r="H16" s="61">
-        <v>4931</v>
+        <v>5423</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="11.1" customHeight="1">
       <c r="A17" s="55" t="s">
         <v>75</v>
       </c>
       <c r="B17" s="23"/>
       <c r="C17" s="23"/>
       <c r="D17" s="23"/>
       <c r="E17" s="23"/>
       <c r="F17" s="23"/>
       <c r="G17" s="23"/>
       <c r="H17" s="25"/>
     </row>
     <row r="18" spans="1:8" ht="12.6" customHeight="1">
       <c r="A18" s="47" t="s">
         <v>76</v>
       </c>
       <c r="B18" s="58">
-        <v>355851</v>
+        <v>356133</v>
       </c>
       <c r="C18" s="58">
-        <v>278541</v>
+        <v>278583</v>
       </c>
       <c r="D18" s="58">
         <v>47</v>
       </c>
       <c r="E18" s="58">
-        <v>79346</v>
+        <v>79685</v>
       </c>
       <c r="F18" s="58">
-        <v>722775</v>
+        <v>802460</v>
       </c>
       <c r="G18" s="58">
-        <v>1062</v>
+        <v>983</v>
       </c>
       <c r="H18" s="61">
-        <v>9086</v>
+        <v>10069</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="11.1" customHeight="1">
       <c r="A19" s="55" t="s">
         <v>77</v>
       </c>
       <c r="B19" s="23"/>
       <c r="C19" s="23"/>
       <c r="D19" s="23"/>
       <c r="E19" s="23"/>
       <c r="F19" s="23"/>
       <c r="G19" s="23"/>
       <c r="H19" s="25"/>
     </row>
     <row r="20" spans="1:8" ht="12.6" customHeight="1">
       <c r="A20" s="47" t="s">
         <v>78</v>
       </c>
       <c r="B20" s="58">
-        <v>4582329</v>
+        <v>4590241</v>
       </c>
       <c r="C20" s="58">
-        <v>3351161</v>
+        <v>3357153</v>
       </c>
       <c r="D20" s="58">
         <v>494</v>
       </c>
       <c r="E20" s="58">
-        <v>820670</v>
+        <v>824764</v>
       </c>
       <c r="F20" s="58">
-        <v>7124507</v>
+        <v>7949271</v>
       </c>
       <c r="G20" s="58">
-        <v>12169</v>
+        <v>11993</v>
       </c>
       <c r="H20" s="61">
-        <v>106525</v>
+        <v>118518</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="11.1" customHeight="1">
       <c r="A21" s="55" t="s">
         <v>79</v>
       </c>
       <c r="B21" s="23"/>
       <c r="C21" s="23"/>
       <c r="D21" s="23"/>
       <c r="E21" s="23"/>
       <c r="F21" s="23"/>
       <c r="G21" s="23"/>
       <c r="H21" s="25"/>
     </row>
     <row r="22" spans="1:8" ht="12.6" customHeight="1">
       <c r="A22" s="47" t="s">
         <v>80</v>
       </c>
       <c r="B22" s="58">
-        <v>1085190</v>
+        <v>1087238</v>
       </c>
       <c r="C22" s="58">
-        <v>747353</v>
+        <v>748796</v>
       </c>
       <c r="D22" s="58">
         <v>136</v>
       </c>
       <c r="E22" s="58">
-        <v>204333</v>
+        <v>201861</v>
       </c>
       <c r="F22" s="58">
-        <v>1889000</v>
+        <v>2090861</v>
       </c>
       <c r="G22" s="58">
-        <v>3130</v>
+        <v>3180</v>
       </c>
       <c r="H22" s="61">
-        <v>28486</v>
+        <v>31666</v>
       </c>
     </row>
     <row r="23" spans="1:8" ht="11.1" customHeight="1">
       <c r="A23" s="55" t="s">
         <v>81</v>
       </c>
       <c r="B23" s="23"/>
       <c r="C23" s="23"/>
       <c r="D23" s="23"/>
       <c r="E23" s="23"/>
       <c r="F23" s="23"/>
       <c r="G23" s="23"/>
       <c r="H23" s="25"/>
     </row>
     <row r="24" spans="1:8" ht="12.6" customHeight="1">
       <c r="A24" s="47" t="s">
         <v>82</v>
       </c>
       <c r="B24" s="58">
-        <v>926161</v>
+        <v>927053</v>
       </c>
       <c r="C24" s="58">
-        <v>562297</v>
+        <v>562553</v>
       </c>
       <c r="D24" s="58">
         <v>128</v>
       </c>
       <c r="E24" s="58">
-        <v>114918</v>
+        <v>116047</v>
       </c>
       <c r="F24" s="58">
-        <v>1016739</v>
+        <v>1132786</v>
       </c>
       <c r="G24" s="58">
-        <v>1709</v>
+        <v>1668</v>
       </c>
       <c r="H24" s="61">
-        <v>14907</v>
+        <v>16575</v>
       </c>
     </row>
     <row r="25" spans="1:8" ht="11.1" customHeight="1">
       <c r="A25" s="55" t="s">
         <v>83</v>
       </c>
       <c r="B25" s="23"/>
       <c r="C25" s="23"/>
       <c r="D25" s="23"/>
       <c r="E25" s="23"/>
       <c r="F25" s="23"/>
       <c r="G25" s="23"/>
       <c r="H25" s="25"/>
     </row>
     <row r="26" spans="1:8" ht="12.6" customHeight="1">
       <c r="A26" s="47" t="s">
         <v>84</v>
       </c>
       <c r="B26" s="58">
-        <v>326598</v>
+        <v>327341</v>
       </c>
       <c r="C26" s="58">
-        <v>314243</v>
+        <v>314934</v>
       </c>
       <c r="D26" s="58">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="E26" s="58">
-        <v>102125</v>
+        <v>102722</v>
       </c>
       <c r="F26" s="58">
-        <v>930334</v>
+        <v>1033056</v>
       </c>
       <c r="G26" s="58">
-        <v>1809</v>
+        <v>1823</v>
       </c>
       <c r="H26" s="61">
-        <v>16693</v>
+        <v>18516</v>
       </c>
     </row>
     <row r="27" spans="1:8" ht="11.1" customHeight="1">
       <c r="A27" s="55" t="s">
         <v>85</v>
       </c>
       <c r="B27" s="23"/>
       <c r="C27" s="23"/>
       <c r="D27" s="23"/>
       <c r="E27" s="23"/>
       <c r="F27" s="23"/>
       <c r="G27" s="23"/>
       <c r="H27" s="25"/>
     </row>
     <row r="28" spans="1:8" ht="12.6" customHeight="1">
       <c r="A28" s="47" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="58">
-        <v>3859653</v>
+        <v>3866293</v>
       </c>
       <c r="C28" s="58">
-        <v>2016837</v>
+        <v>2021319</v>
       </c>
       <c r="D28" s="58">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="E28" s="58">
-        <v>735933</v>
+        <v>602612</v>
       </c>
       <c r="F28" s="58">
-        <v>6392078</v>
+        <v>6994690</v>
       </c>
       <c r="G28" s="58">
-        <v>10784</v>
+        <v>8662</v>
       </c>
       <c r="H28" s="61">
-        <v>93266</v>
+        <v>101927</v>
       </c>
     </row>
     <row r="29" spans="1:8" ht="11.1" customHeight="1">
       <c r="A29" s="55" t="s">
         <v>87</v>
       </c>
       <c r="B29" s="23"/>
       <c r="C29" s="23"/>
       <c r="D29" s="23"/>
       <c r="E29" s="23"/>
       <c r="F29" s="23"/>
       <c r="G29" s="23"/>
       <c r="H29" s="25"/>
     </row>
     <row r="30" spans="1:8" ht="12.6" customHeight="1">
       <c r="A30" s="47" t="s">
         <v>88</v>
       </c>
       <c r="B30" s="58">
-        <v>1995566</v>
+        <v>1999057</v>
       </c>
       <c r="C30" s="58">
-        <v>1083881</v>
+        <v>1086053</v>
       </c>
       <c r="D30" s="58">
         <v>147</v>
       </c>
       <c r="E30" s="58">
-        <v>342440</v>
+        <v>330372</v>
       </c>
       <c r="F30" s="58">
-        <v>3007936</v>
+        <v>3338308</v>
       </c>
       <c r="G30" s="58">
-        <v>4793</v>
+        <v>4622</v>
       </c>
       <c r="H30" s="61">
-        <v>41911</v>
+        <v>46533</v>
       </c>
     </row>
     <row r="31" spans="1:8" ht="11.1" customHeight="1">
       <c r="A31" s="55" t="s">
         <v>89</v>
       </c>
       <c r="B31" s="23"/>
       <c r="C31" s="23"/>
       <c r="D31" s="23"/>
       <c r="E31" s="23"/>
       <c r="F31" s="23"/>
       <c r="G31" s="23"/>
       <c r="H31" s="25"/>
     </row>
     <row r="32" spans="1:8" ht="12.6" customHeight="1">
       <c r="A32" s="47" t="s">
         <v>90</v>
       </c>
       <c r="B32" s="58">
-        <v>4873755</v>
+        <v>4892061</v>
       </c>
       <c r="C32" s="58">
-        <v>3742098</v>
+        <v>3756734</v>
       </c>
       <c r="D32" s="58">
         <v>521</v>
       </c>
       <c r="E32" s="58">
-        <v>1274132</v>
+        <v>1285872</v>
       </c>
       <c r="F32" s="58">
-        <v>10986462</v>
+        <v>12272334</v>
       </c>
       <c r="G32" s="58">
-        <v>22585</v>
+        <v>22022</v>
       </c>
       <c r="H32" s="61">
-        <v>191940</v>
+        <v>213963</v>
       </c>
     </row>
     <row r="33" spans="1:8" ht="11.1" customHeight="1">
       <c r="A33" s="55" t="s">
         <v>91</v>
       </c>
       <c r="B33" s="23"/>
       <c r="C33" s="23"/>
       <c r="D33" s="23"/>
       <c r="E33" s="23"/>
       <c r="F33" s="23"/>
       <c r="G33" s="23"/>
       <c r="H33" s="25"/>
     </row>
     <row r="34" spans="1:8" ht="12.6" customHeight="1">
       <c r="A34" s="47" t="s">
         <v>92</v>
       </c>
       <c r="B34" s="58">
-        <v>7511849</v>
+        <v>7534446</v>
       </c>
       <c r="C34" s="58">
-        <v>4194248</v>
+        <v>4209440</v>
       </c>
       <c r="D34" s="58">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="E34" s="58">
-        <v>1810473</v>
+        <v>1727157</v>
       </c>
       <c r="F34" s="58">
-        <v>15377883</v>
+        <v>17105040</v>
       </c>
       <c r="G34" s="58">
-        <v>26675</v>
+        <v>25344</v>
       </c>
       <c r="H34" s="61">
-        <v>230531</v>
+        <v>255876</v>
       </c>
     </row>
     <row r="35" spans="1:8" ht="11.1" customHeight="1">
       <c r="A35" s="55" t="s">
         <v>93</v>
       </c>
       <c r="B35" s="23"/>
       <c r="C35" s="23"/>
       <c r="D35" s="23"/>
       <c r="E35" s="23"/>
       <c r="F35" s="23"/>
       <c r="G35" s="23"/>
       <c r="H35" s="25"/>
     </row>
     <row r="36" spans="1:8" ht="12.6" customHeight="1">
       <c r="A36" s="47" t="s">
         <v>94</v>
       </c>
       <c r="B36" s="58">
-        <v>8559092</v>
+        <v>8594783</v>
       </c>
       <c r="C36" s="58">
-        <v>5940852</v>
+        <v>5957759</v>
       </c>
       <c r="D36" s="58">
-        <v>1384</v>
+        <v>1391</v>
       </c>
       <c r="E36" s="58">
-        <v>3329047</v>
+        <v>3378400</v>
       </c>
       <c r="F36" s="58">
-        <v>30129786</v>
+        <v>33508186</v>
       </c>
       <c r="G36" s="58">
-        <v>49028</v>
+        <v>49623</v>
       </c>
       <c r="H36" s="61">
-        <v>451571</v>
+        <v>501194</v>
       </c>
     </row>
     <row r="37" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="65" t="s">
         <v>95</v>
       </c>
       <c r="B37" s="29"/>
       <c r="C37" s="29"/>
       <c r="D37" s="29"/>
       <c r="E37" s="29"/>
       <c r="F37" s="29"/>
       <c r="G37" s="29"/>
       <c r="H37" s="27"/>
     </row>
     <row r="38" spans="1:8" ht="13.5" customHeight="1">
       <c r="A38" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="4"/>
       <c r="C38" s="4"/>
       <c r="D38" s="4"/>
       <c r="E38" s="4"/>
       <c r="F38" s="4"/>
       <c r="G38" s="4"/>
       <c r="H38" s="4"/>
@@ -3628,56 +3628,56 @@
       </c>
       <c r="B1" s="37"/>
       <c r="C1" s="37"/>
       <c r="D1" s="37"/>
       <c r="E1" s="37"/>
       <c r="F1" s="37"/>
       <c r="G1" s="37"/>
       <c r="H1" s="37"/>
     </row>
     <row r="2" spans="1:8" ht="21" customHeight="1">
       <c r="A2" s="37" t="s">
         <v>28</v>
       </c>
       <c r="B2" s="38"/>
       <c r="C2" s="38"/>
       <c r="D2" s="38"/>
       <c r="E2" s="38"/>
       <c r="F2" s="38"/>
       <c r="G2" s="38"/>
       <c r="H2" s="38"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="6"/>
       <c r="B3" s="44" t="str">
         <f>'8-1'!B3:C3</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="C3" s="44"/>
       <c r="D3" s="45" t="str">
         <f>'8-1'!D3:F3</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="E3" s="45"/>
       <c r="F3" s="45"/>
       <c r="G3" s="6"/>
       <c r="H3" s="7"/>
     </row>
     <row r="4" spans="1:8" ht="15" customHeight="1">
       <c r="A4" s="31" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="34" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="35"/>
       <c r="G4" s="34" t="s">
         <v>10</v>
@@ -3733,563 +3733,563 @@
       </c>
       <c r="C7" s="18" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="18" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>18</v>
       </c>
       <c r="G7" s="11" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="12.6" customHeight="1">
       <c r="A8" s="47" t="s">
         <v>96</v>
       </c>
       <c r="B8" s="50">
-        <v>4452474</v>
+        <v>4454972</v>
       </c>
       <c r="C8" s="50">
-        <v>1586652</v>
+        <v>1585601</v>
       </c>
       <c r="D8" s="50">
         <v>96</v>
       </c>
       <c r="E8" s="50">
-        <v>356876</v>
+        <v>365253</v>
       </c>
       <c r="F8" s="50">
-        <v>3246204</v>
+        <v>3611457</v>
       </c>
       <c r="G8" s="50">
-        <v>5292</v>
+        <v>5465</v>
       </c>
       <c r="H8" s="53">
-        <v>47178</v>
+        <v>52643</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="11.1" customHeight="1">
       <c r="A9" s="55" t="s">
         <v>97</v>
       </c>
       <c r="B9" s="23"/>
       <c r="C9" s="23"/>
       <c r="D9" s="23"/>
       <c r="E9" s="23"/>
       <c r="F9" s="23"/>
       <c r="G9" s="23"/>
       <c r="H9" s="25"/>
     </row>
     <row r="10" spans="1:8" ht="12.6" customHeight="1">
       <c r="A10" s="47" t="s">
         <v>98</v>
       </c>
       <c r="B10" s="58">
-        <v>1657869</v>
+        <v>1740047</v>
       </c>
       <c r="C10" s="58">
-        <v>614443</v>
+        <v>695185</v>
       </c>
       <c r="D10" s="64">
         <v>0</v>
       </c>
       <c r="E10" s="58">
-        <v>273061</v>
+        <v>262414</v>
       </c>
       <c r="F10" s="58">
-        <v>2384225</v>
+        <v>2646639</v>
       </c>
       <c r="G10" s="58">
-        <v>1530</v>
+        <v>1513</v>
       </c>
       <c r="H10" s="61">
-        <v>13729</v>
+        <v>15242</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="11.1" customHeight="1">
       <c r="A11" s="55" t="s">
         <v>99</v>
       </c>
       <c r="B11" s="23"/>
       <c r="C11" s="23"/>
       <c r="D11" s="23"/>
       <c r="E11" s="23"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="25"/>
     </row>
     <row r="12" spans="1:8" ht="12.6" customHeight="1">
       <c r="A12" s="47" t="s">
         <v>100</v>
       </c>
       <c r="B12" s="58">
-        <v>11582245</v>
+        <v>11611676</v>
       </c>
       <c r="C12" s="58">
-        <v>7044685</v>
+        <v>7056133</v>
       </c>
       <c r="D12" s="58">
-        <v>4246</v>
+        <v>4254</v>
       </c>
       <c r="E12" s="58">
-        <v>4578551</v>
+        <v>4636684</v>
       </c>
       <c r="F12" s="58">
-        <v>43353860</v>
+        <v>47990544</v>
       </c>
       <c r="G12" s="58">
-        <v>61606</v>
+        <v>61053</v>
       </c>
       <c r="H12" s="61">
-        <v>592533</v>
+        <v>653586</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="11.1" customHeight="1">
       <c r="A13" s="55" t="s">
         <v>101</v>
       </c>
       <c r="B13" s="23"/>
       <c r="C13" s="23"/>
       <c r="D13" s="23"/>
       <c r="E13" s="23"/>
       <c r="F13" s="23"/>
       <c r="G13" s="23"/>
       <c r="H13" s="25"/>
     </row>
     <row r="14" spans="1:8" ht="12.6" customHeight="1">
       <c r="A14" s="47" t="s">
         <v>102</v>
       </c>
       <c r="B14" s="58">
-        <v>1282851</v>
+        <v>1283954</v>
       </c>
       <c r="C14" s="58">
-        <v>745949</v>
+        <v>746229</v>
       </c>
       <c r="D14" s="58">
         <v>63</v>
       </c>
       <c r="E14" s="58">
-        <v>79657</v>
+        <v>71632</v>
       </c>
       <c r="F14" s="58">
-        <v>670213</v>
+        <v>741845</v>
       </c>
       <c r="G14" s="58">
-        <v>1014</v>
+        <v>934</v>
       </c>
       <c r="H14" s="61">
-        <v>8792</v>
+        <v>9726</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="11.1" customHeight="1">
       <c r="A15" s="55" t="s">
         <v>103</v>
       </c>
       <c r="B15" s="23"/>
       <c r="C15" s="23"/>
       <c r="D15" s="23"/>
       <c r="E15" s="23"/>
       <c r="F15" s="23"/>
       <c r="G15" s="23"/>
       <c r="H15" s="25"/>
     </row>
     <row r="16" spans="1:8" ht="12.6" customHeight="1">
       <c r="A16" s="47" t="s">
         <v>104</v>
       </c>
       <c r="B16" s="58">
-        <v>14531092</v>
+        <v>14579634</v>
       </c>
       <c r="C16" s="58">
-        <v>7622725</v>
+        <v>7640993</v>
       </c>
       <c r="D16" s="58">
-        <v>7713</v>
+        <v>7733</v>
       </c>
       <c r="E16" s="58">
-        <v>13357433</v>
+        <v>13446670</v>
       </c>
       <c r="F16" s="58">
-        <v>119654476</v>
+        <v>133101146</v>
       </c>
       <c r="G16" s="58">
-        <v>158621</v>
+        <v>159165</v>
       </c>
       <c r="H16" s="61">
-        <v>1463396</v>
+        <v>1622561</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="11.1" customHeight="1">
       <c r="A17" s="55" t="s">
         <v>105</v>
       </c>
       <c r="B17" s="23"/>
       <c r="C17" s="23"/>
       <c r="D17" s="23"/>
       <c r="E17" s="23"/>
       <c r="F17" s="23"/>
       <c r="G17" s="23"/>
       <c r="H17" s="25"/>
     </row>
     <row r="18" spans="1:8" ht="12.6" customHeight="1">
       <c r="A18" s="47" t="s">
         <v>106</v>
       </c>
       <c r="B18" s="58">
-        <v>476062</v>
+        <v>485193</v>
       </c>
       <c r="C18" s="58">
-        <v>378626</v>
+        <v>383949</v>
       </c>
       <c r="D18" s="64">
         <v>0</v>
       </c>
       <c r="E18" s="58">
-        <v>119668</v>
+        <v>126620</v>
       </c>
       <c r="F18" s="58">
-        <v>1008902</v>
+        <v>1135522</v>
       </c>
       <c r="G18" s="58">
-        <v>1052</v>
+        <v>1111</v>
       </c>
       <c r="H18" s="61">
-        <v>8548</v>
+        <v>9660</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="11.1" customHeight="1">
       <c r="A19" s="55" t="s">
         <v>107</v>
       </c>
       <c r="B19" s="23"/>
       <c r="C19" s="23"/>
       <c r="D19" s="23"/>
       <c r="E19" s="23"/>
       <c r="F19" s="23"/>
       <c r="G19" s="23"/>
       <c r="H19" s="25"/>
     </row>
     <row r="20" spans="1:8" ht="12.6" customHeight="1">
       <c r="A20" s="47" t="s">
         <v>108</v>
       </c>
       <c r="B20" s="58">
-        <v>2224038</v>
+        <v>2243467</v>
       </c>
       <c r="C20" s="58">
-        <v>1802692</v>
+        <v>1815464</v>
       </c>
       <c r="D20" s="64">
         <v>0</v>
       </c>
       <c r="E20" s="58">
-        <v>321544</v>
+        <v>331163</v>
       </c>
       <c r="F20" s="58">
-        <v>2750742</v>
+        <v>3081905</v>
       </c>
       <c r="G20" s="58">
-        <v>2143</v>
+        <v>2228</v>
       </c>
       <c r="H20" s="61">
-        <v>17709</v>
+        <v>19938</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="11.1" customHeight="1">
       <c r="A21" s="55" t="s">
         <v>109</v>
       </c>
       <c r="B21" s="23"/>
       <c r="C21" s="23"/>
       <c r="D21" s="23"/>
       <c r="E21" s="23"/>
       <c r="F21" s="23"/>
       <c r="G21" s="23"/>
       <c r="H21" s="25"/>
     </row>
     <row r="22" spans="1:8" ht="12.6" customHeight="1">
       <c r="A22" s="47" t="s">
         <v>110</v>
       </c>
       <c r="B22" s="58">
-        <v>244191</v>
+        <v>246324</v>
       </c>
       <c r="C22" s="58">
-        <v>236058</v>
+        <v>237953</v>
       </c>
       <c r="D22" s="64">
         <v>0</v>
       </c>
       <c r="E22" s="58">
-        <v>44209</v>
+        <v>45487</v>
       </c>
       <c r="F22" s="58">
-        <v>375122</v>
+        <v>420609</v>
       </c>
       <c r="G22" s="58">
-        <v>376</v>
+        <v>400</v>
       </c>
       <c r="H22" s="61">
-        <v>2921</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="23" spans="1:8" ht="11.1" customHeight="1">
       <c r="A23" s="55" t="s">
         <v>111</v>
       </c>
       <c r="B23" s="23"/>
       <c r="C23" s="23"/>
       <c r="D23" s="23"/>
       <c r="E23" s="23"/>
       <c r="F23" s="23"/>
       <c r="G23" s="23"/>
       <c r="H23" s="25"/>
     </row>
     <row r="24" spans="1:8" ht="12.6" customHeight="1">
       <c r="A24" s="48" t="s">
         <v>112</v>
       </c>
       <c r="B24" s="59">
-        <v>586</v>
+        <v>853</v>
       </c>
       <c r="C24" s="59">
-        <v>582</v>
+        <v>848</v>
       </c>
       <c r="D24" s="66">
         <v>0</v>
       </c>
       <c r="E24" s="59">
-        <v>336</v>
+        <v>497</v>
       </c>
       <c r="F24" s="59">
-        <v>2276</v>
+        <v>2773</v>
       </c>
       <c r="G24" s="59">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H24" s="62">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:8" ht="11.1" customHeight="1">
       <c r="A25" s="56" t="s">
         <v>113</v>
       </c>
       <c r="B25" s="23"/>
       <c r="C25" s="23"/>
       <c r="D25" s="23"/>
       <c r="E25" s="23"/>
       <c r="F25" s="23"/>
       <c r="G25" s="23"/>
       <c r="H25" s="25"/>
     </row>
     <row r="26" spans="1:8" ht="12.6" customHeight="1">
       <c r="A26" s="48" t="s">
         <v>114</v>
       </c>
       <c r="B26" s="59">
-        <v>6134587</v>
+        <v>6147720</v>
       </c>
       <c r="C26" s="59">
-        <v>4032592</v>
+        <v>4040552</v>
       </c>
       <c r="D26" s="59">
         <v>1700</v>
       </c>
       <c r="E26" s="59">
-        <v>2018140</v>
+        <v>1953838</v>
       </c>
       <c r="F26" s="59">
-        <v>17280219</v>
+        <v>19234057</v>
       </c>
       <c r="G26" s="59">
-        <v>27980</v>
+        <v>26820</v>
       </c>
       <c r="H26" s="62">
-        <v>243972</v>
+        <v>270791</v>
       </c>
     </row>
     <row r="27" spans="1:8" ht="11.1" customHeight="1">
       <c r="A27" s="56" t="s">
         <v>115</v>
       </c>
       <c r="B27" s="23"/>
       <c r="C27" s="23"/>
       <c r="D27" s="23"/>
       <c r="E27" s="23"/>
       <c r="F27" s="23"/>
       <c r="G27" s="23"/>
       <c r="H27" s="25"/>
     </row>
     <row r="28" spans="1:8" ht="12.6" customHeight="1">
       <c r="A28" s="47" t="s">
         <v>116</v>
       </c>
       <c r="B28" s="58">
-        <v>2712453</v>
+        <v>2715853</v>
       </c>
       <c r="C28" s="58">
-        <v>1513808</v>
+        <v>1515802</v>
       </c>
       <c r="D28" s="58">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="E28" s="58">
-        <v>478998</v>
+        <v>465813</v>
       </c>
       <c r="F28" s="58">
-        <v>4152074</v>
+        <v>4617887</v>
       </c>
       <c r="G28" s="58">
-        <v>6716</v>
+        <v>6500</v>
       </c>
       <c r="H28" s="61">
-        <v>59473</v>
+        <v>65974</v>
       </c>
     </row>
     <row r="29" spans="1:8" ht="11.1" customHeight="1">
       <c r="A29" s="55" t="s">
         <v>117</v>
       </c>
       <c r="B29" s="23"/>
       <c r="C29" s="23"/>
       <c r="D29" s="23"/>
       <c r="E29" s="23"/>
       <c r="F29" s="23"/>
       <c r="G29" s="23"/>
       <c r="H29" s="25"/>
     </row>
     <row r="30" spans="1:8" ht="12.6" customHeight="1">
       <c r="A30" s="47" t="s">
         <v>118</v>
       </c>
       <c r="B30" s="58">
-        <v>3422134</v>
+        <v>3431867</v>
       </c>
       <c r="C30" s="58">
-        <v>2518784</v>
+        <v>2524750</v>
       </c>
       <c r="D30" s="58">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="E30" s="58">
-        <v>1539142</v>
+        <v>1488025</v>
       </c>
       <c r="F30" s="58">
-        <v>13128145</v>
+        <v>14616170</v>
       </c>
       <c r="G30" s="58">
-        <v>21263</v>
+        <v>20319</v>
       </c>
       <c r="H30" s="61">
-        <v>184498</v>
+        <v>204818</v>
       </c>
     </row>
     <row r="31" spans="1:8" ht="11.1" customHeight="1">
       <c r="A31" s="55" t="s">
         <v>119</v>
       </c>
       <c r="B31" s="23"/>
       <c r="C31" s="23"/>
       <c r="D31" s="23"/>
       <c r="E31" s="23"/>
       <c r="F31" s="23"/>
       <c r="G31" s="23"/>
       <c r="H31" s="25"/>
     </row>
     <row r="32" spans="1:8" ht="12.6" customHeight="1">
       <c r="A32" s="48" t="s">
         <v>120</v>
       </c>
       <c r="B32" s="59">
-        <v>60833768</v>
+        <v>60934218</v>
       </c>
       <c r="C32" s="59">
-        <v>18120263</v>
+        <v>18141381</v>
       </c>
       <c r="D32" s="59">
         <v>3179</v>
       </c>
       <c r="E32" s="59">
-        <v>18086741</v>
+        <v>17537172</v>
       </c>
       <c r="F32" s="59">
-        <v>154357759</v>
+        <v>171894931</v>
       </c>
       <c r="G32" s="59">
-        <v>180631</v>
+        <v>175028</v>
       </c>
       <c r="H32" s="62">
-        <v>1628568</v>
+        <v>1803596</v>
       </c>
     </row>
     <row r="33" spans="1:8" ht="11.1" customHeight="1">
       <c r="A33" s="56" t="s">
         <v>121</v>
       </c>
       <c r="B33" s="23"/>
       <c r="C33" s="23"/>
       <c r="D33" s="23"/>
       <c r="E33" s="23"/>
       <c r="F33" s="23"/>
       <c r="G33" s="23"/>
       <c r="H33" s="25"/>
     </row>
     <row r="34" spans="1:8" ht="12.6" customHeight="1">
       <c r="A34" s="48" t="s">
         <v>122</v>
       </c>
       <c r="B34" s="59">
-        <v>4239</v>
+        <v>4290</v>
       </c>
       <c r="C34" s="59">
-        <v>2803</v>
+        <v>2847</v>
       </c>
       <c r="D34" s="59">
         <v>4</v>
       </c>
       <c r="E34" s="59">
-        <v>7046</v>
+        <v>6476</v>
       </c>
       <c r="F34" s="59">
-        <v>56588</v>
+        <v>63064</v>
       </c>
       <c r="G34" s="59">
-        <v>485</v>
+        <v>414</v>
       </c>
       <c r="H34" s="62">
-        <v>3788</v>
+        <v>4202</v>
       </c>
     </row>
     <row r="35" spans="1:8" ht="11.1" customHeight="1">
       <c r="A35" s="56" t="s">
         <v>123</v>
       </c>
       <c r="B35" s="23"/>
       <c r="C35" s="23"/>
       <c r="D35" s="23"/>
       <c r="E35" s="23"/>
       <c r="F35" s="23"/>
       <c r="G35" s="23"/>
       <c r="H35" s="25"/>
     </row>
     <row r="36" spans="1:8" ht="12.6" customHeight="1">
       <c r="A36" s="19"/>
       <c r="B36" s="22"/>
       <c r="C36" s="22"/>
       <c r="D36" s="22"/>
       <c r="E36" s="22"/>
       <c r="F36" s="22"/>
       <c r="G36" s="22"/>
       <c r="H36" s="24"/>
     </row>
     <row r="37" spans="1:8" ht="11.1" customHeight="1" thickBot="1">