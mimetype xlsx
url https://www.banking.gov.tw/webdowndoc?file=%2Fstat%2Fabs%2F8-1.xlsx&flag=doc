--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -41,51 +41,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
     <t>發　　行</t>
   </si>
   <si>
     <t>流　　通</t>
   </si>
   <si>
     <t>裝設臺數</t>
   </si>
   <si>
     <t>金融卡數</t>
   </si>
   <si>
     <t>本年累計</t>
   </si>
   <si>
     <t>說　　明：1.交易次數不包含查詢次數及失敗次數。</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
-    <t>民國114年10月底</t>
+    <t>民國114年12月底</t>
   </si>
   <si>
     <r>
       <t>8-1 Automatic Service Machines of Financial Institutions</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">金　融　機　構　別
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
@@ -386,51 +386,51 @@
   <si>
     <t>　高雄銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Bank of Kaohsiung</t>
   </si>
   <si>
     <t>　兆豐國際商業銀行　#</t>
   </si>
   <si>
     <t xml:space="preserve">     Mega International Commercial Bank Co., Ltd.</t>
   </si>
   <si>
     <t>　王道商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>　臺灣中小企業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Taiwan Business Bank</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Oct. 2025</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
   </si>
   <si>
     <t>　渣打國際商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>　台中商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     Taichung Commercial Bank</t>
   </si>
   <si>
     <t>　京城商業銀行　　　#</t>
   </si>
   <si>
     <t xml:space="preserve">     Kings Town Bank</t>
   </si>
   <si>
     <t>　滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve">     HSBC Bank(Taiwan) Ltd.</t>
   </si>
@@ -1944,601 +1944,601 @@
       </c>
       <c r="C7" s="18" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="18" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>18</v>
       </c>
       <c r="G7" s="11" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="12.6" customHeight="1">
       <c r="A8" s="48" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="51">
-        <v>253550430</v>
+        <v>254753913</v>
       </c>
       <c r="C8" s="51">
-        <v>125676728</v>
+        <v>126170298</v>
       </c>
       <c r="D8" s="51">
-        <v>33332</v>
+        <v>33420</v>
       </c>
       <c r="E8" s="51">
-        <v>77731008</v>
+        <v>80699932</v>
       </c>
       <c r="F8" s="51">
-        <v>770948494</v>
+        <v>927237642</v>
       </c>
       <c r="G8" s="51">
-        <v>991905</v>
+        <v>1039367</v>
       </c>
       <c r="H8" s="54">
-        <v>10183793</v>
+        <v>12198101</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="11.1" customHeight="1">
       <c r="A9" s="56" t="s">
         <v>36</v>
       </c>
       <c r="B9" s="23"/>
       <c r="C9" s="23"/>
       <c r="D9" s="23"/>
       <c r="E9" s="23"/>
       <c r="F9" s="23"/>
       <c r="G9" s="23"/>
       <c r="H9" s="25"/>
     </row>
     <row r="10" spans="1:8" ht="12.6" customHeight="1">
       <c r="A10" s="48" t="s">
         <v>37</v>
       </c>
       <c r="B10" s="59">
-        <v>186463349</v>
+        <v>187401921</v>
       </c>
       <c r="C10" s="59">
-        <v>103491100</v>
+        <v>103910488</v>
       </c>
       <c r="D10" s="59">
-        <v>28449</v>
+        <v>28535</v>
       </c>
       <c r="E10" s="59">
-        <v>58233025</v>
+        <v>59755966</v>
       </c>
       <c r="F10" s="59">
-        <v>579753669</v>
+        <v>696351418</v>
       </c>
       <c r="G10" s="59">
-        <v>789639</v>
+        <v>821008</v>
       </c>
       <c r="H10" s="62">
-        <v>8105171</v>
+        <v>9705545</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="11.1" customHeight="1">
       <c r="A11" s="56" t="s">
         <v>38</v>
       </c>
       <c r="B11" s="23"/>
       <c r="C11" s="23"/>
       <c r="D11" s="23"/>
       <c r="E11" s="23"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="25"/>
     </row>
     <row r="12" spans="1:8" ht="12.6" customHeight="1">
       <c r="A12" s="47" t="s">
         <v>39</v>
       </c>
       <c r="B12" s="58">
-        <v>10505908</v>
+        <v>10539851</v>
       </c>
       <c r="C12" s="58">
-        <v>5387564</v>
+        <v>5400475</v>
       </c>
       <c r="D12" s="58">
         <v>760</v>
       </c>
       <c r="E12" s="58">
-        <v>1380296</v>
+        <v>1511728</v>
       </c>
       <c r="F12" s="58">
-        <v>15997355</v>
+        <v>18849368</v>
       </c>
       <c r="G12" s="58">
-        <v>23705</v>
+        <v>25837</v>
       </c>
       <c r="H12" s="61">
-        <v>271536</v>
+        <v>320126</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="11.1" customHeight="1">
       <c r="A13" s="55" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="23"/>
       <c r="C13" s="23"/>
       <c r="D13" s="23"/>
       <c r="E13" s="23"/>
       <c r="F13" s="23"/>
       <c r="G13" s="23"/>
       <c r="H13" s="25"/>
     </row>
     <row r="14" spans="1:8" ht="12.6" customHeight="1">
       <c r="A14" s="47" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="58">
-        <v>8435678</v>
+        <v>8469868</v>
       </c>
       <c r="C14" s="58">
-        <v>3983807</v>
+        <v>4007777</v>
       </c>
       <c r="D14" s="58">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="E14" s="58">
-        <v>1790316</v>
+        <v>1963239</v>
       </c>
       <c r="F14" s="58">
-        <v>18177077</v>
+        <v>21818775</v>
       </c>
       <c r="G14" s="58">
-        <v>24191</v>
+        <v>27827</v>
       </c>
       <c r="H14" s="61">
-        <v>253819</v>
+        <v>304715</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="11.1" customHeight="1">
       <c r="A15" s="55" t="s">
         <v>42</v>
       </c>
       <c r="B15" s="23"/>
       <c r="C15" s="23"/>
       <c r="D15" s="23"/>
       <c r="E15" s="23"/>
       <c r="F15" s="23"/>
       <c r="G15" s="23"/>
       <c r="H15" s="25"/>
     </row>
     <row r="16" spans="1:8" ht="12.6" customHeight="1">
       <c r="A16" s="47" t="s">
         <v>43</v>
       </c>
       <c r="B16" s="58">
-        <v>9643001</v>
+        <v>9667287</v>
       </c>
       <c r="C16" s="58">
-        <v>7381243</v>
+        <v>7387623</v>
       </c>
       <c r="D16" s="58">
-        <v>1150</v>
+        <v>1130</v>
       </c>
       <c r="E16" s="58">
-        <v>3086905</v>
+        <v>3127136</v>
       </c>
       <c r="F16" s="58">
-        <v>30187699</v>
+        <v>36304644</v>
       </c>
       <c r="G16" s="58">
-        <v>36934</v>
+        <v>37815</v>
       </c>
       <c r="H16" s="61">
-        <v>370787</v>
+        <v>444557</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="11.1" customHeight="1">
       <c r="A17" s="55" t="s">
         <v>44</v>
       </c>
       <c r="B17" s="23"/>
       <c r="C17" s="23"/>
       <c r="D17" s="23"/>
       <c r="E17" s="23"/>
       <c r="F17" s="23"/>
       <c r="G17" s="23"/>
       <c r="H17" s="25"/>
     </row>
     <row r="18" spans="1:8" ht="12.6" customHeight="1">
       <c r="A18" s="47" t="s">
         <v>45</v>
       </c>
       <c r="B18" s="58">
-        <v>12500946</v>
+        <v>12544841</v>
       </c>
       <c r="C18" s="58">
-        <v>8022455</v>
+        <v>8049108</v>
       </c>
       <c r="D18" s="58">
         <v>543</v>
       </c>
       <c r="E18" s="58">
-        <v>3051346</v>
+        <v>3062365</v>
       </c>
       <c r="F18" s="58">
-        <v>30406223</v>
+        <v>36482124</v>
       </c>
       <c r="G18" s="58">
-        <v>34906</v>
+        <v>35321</v>
       </c>
       <c r="H18" s="61">
-        <v>356852</v>
+        <v>426617</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="11.1" customHeight="1">
       <c r="A19" s="55" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="23"/>
       <c r="C19" s="23"/>
       <c r="D19" s="23"/>
       <c r="E19" s="23"/>
       <c r="F19" s="23"/>
       <c r="G19" s="23"/>
       <c r="H19" s="25"/>
     </row>
     <row r="20" spans="1:8" ht="12.6" customHeight="1">
       <c r="A20" s="47" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="58">
-        <v>13061346</v>
+        <v>13122049</v>
       </c>
       <c r="C20" s="58">
-        <v>6998958</v>
+        <v>7008579</v>
       </c>
       <c r="D20" s="58">
-        <v>659</v>
+        <v>650</v>
       </c>
       <c r="E20" s="58">
-        <v>2263204</v>
+        <v>2271675</v>
       </c>
       <c r="F20" s="58">
-        <v>22611938</v>
+        <v>27113391</v>
       </c>
       <c r="G20" s="58">
-        <v>28898</v>
+        <v>29302</v>
       </c>
       <c r="H20" s="61">
-        <v>295336</v>
+        <v>353045</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="11.1" customHeight="1">
       <c r="A21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="23"/>
       <c r="C21" s="23"/>
       <c r="D21" s="23"/>
       <c r="E21" s="23"/>
       <c r="F21" s="23"/>
       <c r="G21" s="23"/>
       <c r="H21" s="25"/>
     </row>
     <row r="22" spans="1:8" ht="12.6" customHeight="1">
       <c r="A22" s="47" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="58">
-        <v>9878637</v>
+        <v>9892276</v>
       </c>
       <c r="C22" s="58">
-        <v>5279105</v>
+        <v>5276167</v>
       </c>
       <c r="D22" s="58">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="E22" s="58">
-        <v>3039378</v>
+        <v>3188465</v>
       </c>
       <c r="F22" s="58">
-        <v>28213652</v>
+        <v>33899677</v>
       </c>
       <c r="G22" s="58">
-        <v>31893</v>
+        <v>33793</v>
       </c>
       <c r="H22" s="61">
-        <v>327401</v>
+        <v>391631</v>
       </c>
     </row>
     <row r="23" spans="1:8" ht="11.1" customHeight="1">
       <c r="A23" s="55" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="23"/>
       <c r="C23" s="23"/>
       <c r="D23" s="23"/>
       <c r="E23" s="23"/>
       <c r="F23" s="23"/>
       <c r="G23" s="23"/>
       <c r="H23" s="25"/>
     </row>
     <row r="24" spans="1:8" ht="12.6" customHeight="1">
       <c r="A24" s="47" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="58">
-        <v>3483369</v>
+        <v>3495162</v>
       </c>
       <c r="C24" s="58">
-        <v>1746554</v>
+        <v>1750562</v>
       </c>
       <c r="D24" s="58">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E24" s="58">
-        <v>525710</v>
+        <v>548478</v>
       </c>
       <c r="F24" s="58">
-        <v>5341133</v>
+        <v>6378622</v>
       </c>
       <c r="G24" s="58">
-        <v>11989</v>
+        <v>12321</v>
       </c>
       <c r="H24" s="61">
-        <v>117177</v>
+        <v>140304</v>
       </c>
     </row>
     <row r="25" spans="1:8" ht="11.1" customHeight="1">
       <c r="A25" s="55" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="23"/>
       <c r="C25" s="23"/>
       <c r="D25" s="23"/>
       <c r="E25" s="23"/>
       <c r="F25" s="23"/>
       <c r="G25" s="23"/>
       <c r="H25" s="25"/>
     </row>
     <row r="26" spans="1:8" ht="12.6" customHeight="1">
       <c r="A26" s="47" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="58">
-        <v>11789109</v>
+        <v>11859801</v>
       </c>
       <c r="C26" s="58">
-        <v>5705073</v>
+        <v>5736713</v>
       </c>
       <c r="D26" s="58">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="E26" s="58">
-        <v>2596190</v>
+        <v>2658624</v>
       </c>
       <c r="F26" s="58">
-        <v>25830975</v>
+        <v>31100318</v>
       </c>
       <c r="G26" s="58">
-        <v>36459</v>
+        <v>37950</v>
       </c>
       <c r="H26" s="61">
-        <v>371697</v>
+        <v>446435</v>
       </c>
     </row>
     <row r="27" spans="1:8" ht="11.1" customHeight="1">
       <c r="A27" s="55" t="s">
         <v>54</v>
       </c>
       <c r="B27" s="23"/>
       <c r="C27" s="23"/>
       <c r="D27" s="23"/>
       <c r="E27" s="23"/>
       <c r="F27" s="23"/>
       <c r="G27" s="23"/>
       <c r="H27" s="25"/>
     </row>
     <row r="28" spans="1:8" ht="12.6" customHeight="1">
       <c r="A28" s="47" t="s">
         <v>55</v>
       </c>
       <c r="B28" s="58">
-        <v>12369305</v>
+        <v>12441898</v>
       </c>
       <c r="C28" s="58">
-        <v>6559372</v>
+        <v>6567400</v>
       </c>
       <c r="D28" s="58">
-        <v>5439</v>
+        <v>5483</v>
       </c>
       <c r="E28" s="58">
-        <v>7566905</v>
+        <v>7816171</v>
       </c>
       <c r="F28" s="58">
-        <v>73854659</v>
+        <v>89294377</v>
       </c>
       <c r="G28" s="58">
-        <v>136610</v>
+        <v>142576</v>
       </c>
       <c r="H28" s="61">
-        <v>1375707</v>
+        <v>1657151</v>
       </c>
     </row>
     <row r="29" spans="1:8" ht="11.1" customHeight="1">
       <c r="A29" s="55" t="s">
         <v>56</v>
       </c>
       <c r="B29" s="23"/>
       <c r="C29" s="23"/>
       <c r="D29" s="23"/>
       <c r="E29" s="23"/>
       <c r="F29" s="23"/>
       <c r="G29" s="23"/>
       <c r="H29" s="25"/>
     </row>
     <row r="30" spans="1:8" ht="12.6" customHeight="1">
       <c r="A30" s="47" t="s">
         <v>57</v>
       </c>
       <c r="B30" s="58">
-        <v>1198329</v>
+        <v>1201077</v>
       </c>
       <c r="C30" s="58">
-        <v>858956</v>
+        <v>860889</v>
       </c>
       <c r="D30" s="58">
         <v>97</v>
       </c>
       <c r="E30" s="58">
-        <v>279090</v>
+        <v>280219</v>
       </c>
       <c r="F30" s="58">
-        <v>2846510</v>
+        <v>3383622</v>
       </c>
       <c r="G30" s="58">
-        <v>3925</v>
+        <v>3782</v>
       </c>
       <c r="H30" s="61">
-        <v>41590</v>
+        <v>48988</v>
       </c>
     </row>
     <row r="31" spans="1:8" ht="11.1" customHeight="1">
       <c r="A31" s="55" t="s">
         <v>58</v>
       </c>
       <c r="B31" s="23"/>
       <c r="C31" s="23"/>
       <c r="D31" s="23"/>
       <c r="E31" s="23"/>
       <c r="F31" s="23"/>
       <c r="G31" s="23"/>
       <c r="H31" s="25"/>
     </row>
     <row r="32" spans="1:8" ht="12.6" customHeight="1">
       <c r="A32" s="47" t="s">
         <v>59</v>
       </c>
       <c r="B32" s="58">
-        <v>6306127</v>
+        <v>6330805</v>
       </c>
       <c r="C32" s="58">
-        <v>2531928</v>
+        <v>2539611</v>
       </c>
       <c r="D32" s="58">
         <v>558</v>
       </c>
       <c r="E32" s="58">
-        <v>1693277</v>
+        <v>1677500</v>
       </c>
       <c r="F32" s="58">
-        <v>17008989</v>
+        <v>20346185</v>
       </c>
       <c r="G32" s="58">
-        <v>18988</v>
+        <v>19025</v>
       </c>
       <c r="H32" s="61">
-        <v>198015</v>
+        <v>235695</v>
       </c>
     </row>
     <row r="33" spans="1:8" ht="11.1" customHeight="1">
       <c r="A33" s="55" t="s">
         <v>60</v>
       </c>
       <c r="B33" s="23"/>
       <c r="C33" s="23"/>
       <c r="D33" s="23"/>
       <c r="E33" s="23"/>
       <c r="F33" s="23"/>
       <c r="G33" s="23"/>
       <c r="H33" s="25"/>
     </row>
     <row r="34" spans="1:8" ht="12.6" customHeight="1">
       <c r="A34" s="47" t="s">
         <v>61</v>
       </c>
       <c r="B34" s="58">
-        <v>849741</v>
+        <v>858162</v>
       </c>
       <c r="C34" s="58">
-        <v>466745</v>
+        <v>469992</v>
       </c>
       <c r="D34" s="64">
         <v>0</v>
       </c>
       <c r="E34" s="58">
-        <v>143833</v>
+        <v>156217</v>
       </c>
       <c r="F34" s="58">
-        <v>1395701</v>
+        <v>1689149</v>
       </c>
       <c r="G34" s="58">
-        <v>1158</v>
+        <v>1293</v>
       </c>
       <c r="H34" s="61">
-        <v>10656</v>
+        <v>13067</v>
       </c>
     </row>
     <row r="35" spans="1:8" ht="11.1" customHeight="1">
       <c r="A35" s="55" t="s">
         <v>62</v>
       </c>
       <c r="B35" s="23"/>
       <c r="C35" s="23"/>
       <c r="D35" s="23"/>
       <c r="E35" s="23"/>
       <c r="F35" s="23"/>
       <c r="G35" s="23"/>
       <c r="H35" s="25"/>
     </row>
     <row r="36" spans="1:8" ht="12.6" customHeight="1">
       <c r="A36" s="47" t="s">
         <v>63</v>
       </c>
       <c r="B36" s="58">
-        <v>6879398</v>
+        <v>6897010</v>
       </c>
       <c r="C36" s="58">
-        <v>2353661</v>
+        <v>2361241</v>
       </c>
       <c r="D36" s="58">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="E36" s="58">
-        <v>1431813</v>
+        <v>1388369</v>
       </c>
       <c r="F36" s="58">
-        <v>14584971</v>
+        <v>17248559</v>
       </c>
       <c r="G36" s="58">
-        <v>16818</v>
+        <v>16564</v>
       </c>
       <c r="H36" s="61">
-        <v>192727</v>
+        <v>224472</v>
       </c>
     </row>
     <row r="37" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="65" t="s">
         <v>64</v>
       </c>
       <c r="B37" s="29"/>
       <c r="C37" s="29"/>
       <c r="D37" s="29"/>
       <c r="E37" s="29"/>
       <c r="F37" s="29"/>
       <c r="G37" s="29"/>
       <c r="H37" s="27"/>
     </row>
     <row r="38" spans="1:8" ht="13.5" customHeight="1">
       <c r="A38" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B38" s="4"/>
       <c r="C38" s="4"/>
       <c r="D38" s="4"/>
       <c r="E38" s="4"/>
       <c r="F38" s="4"/>
       <c r="G38" s="4"/>
       <c r="H38" s="4"/>
@@ -2737,56 +2737,56 @@
       </c>
       <c r="B1" s="37"/>
       <c r="C1" s="37"/>
       <c r="D1" s="37"/>
       <c r="E1" s="37"/>
       <c r="F1" s="37"/>
       <c r="G1" s="37"/>
       <c r="H1" s="37"/>
     </row>
     <row r="2" spans="1:8" ht="21" customHeight="1">
       <c r="A2" s="37" t="s">
         <v>25</v>
       </c>
       <c r="B2" s="38"/>
       <c r="C2" s="38"/>
       <c r="D2" s="38"/>
       <c r="E2" s="38"/>
       <c r="F2" s="38"/>
       <c r="G2" s="38"/>
       <c r="H2" s="38"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="6"/>
       <c r="B3" s="44" t="str">
         <f>'8-1'!B3:C3</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="C3" s="44"/>
       <c r="D3" s="45" t="str">
         <f>'8-1'!D3:F3</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="E3" s="45"/>
       <c r="F3" s="45"/>
       <c r="G3" s="6"/>
       <c r="H3" s="7"/>
     </row>
     <row r="4" spans="1:8" ht="15" customHeight="1">
       <c r="A4" s="31" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="34" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="35"/>
       <c r="G4" s="34" t="s">
         <v>10</v>
@@ -2842,601 +2842,601 @@
       </c>
       <c r="C7" s="18" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="18" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>18</v>
       </c>
       <c r="G7" s="11" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="12.6" customHeight="1">
       <c r="A8" s="47" t="s">
         <v>66</v>
       </c>
       <c r="B8" s="50">
-        <v>2854970</v>
+        <v>2863530</v>
       </c>
       <c r="C8" s="50">
-        <v>1835628</v>
+        <v>1839941</v>
       </c>
       <c r="D8" s="50">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="E8" s="50">
-        <v>500134</v>
+        <v>488682</v>
       </c>
       <c r="F8" s="50">
-        <v>4918580</v>
+        <v>5858620</v>
       </c>
       <c r="G8" s="50">
-        <v>6134</v>
+        <v>6068</v>
       </c>
       <c r="H8" s="53">
-        <v>63411</v>
+        <v>74977</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="11.1" customHeight="1">
       <c r="A9" s="55" t="s">
         <v>67</v>
       </c>
       <c r="B9" s="23"/>
       <c r="C9" s="23"/>
       <c r="D9" s="23"/>
       <c r="E9" s="23"/>
       <c r="F9" s="23"/>
       <c r="G9" s="23"/>
       <c r="H9" s="25"/>
     </row>
     <row r="10" spans="1:8" ht="12.6" customHeight="1">
       <c r="A10" s="47" t="s">
         <v>68</v>
       </c>
       <c r="B10" s="58">
-        <v>2611100</v>
+        <v>2617756</v>
       </c>
       <c r="C10" s="58">
-        <v>984595</v>
+        <v>985102</v>
       </c>
       <c r="D10" s="58">
         <v>205</v>
       </c>
       <c r="E10" s="58">
-        <v>526845</v>
+        <v>557730</v>
       </c>
       <c r="F10" s="58">
-        <v>5231075</v>
+        <v>6277945</v>
       </c>
       <c r="G10" s="58">
-        <v>9136</v>
+        <v>9402</v>
       </c>
       <c r="H10" s="61">
-        <v>92087</v>
+        <v>109889</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="11.1" customHeight="1">
       <c r="A11" s="55" t="s">
         <v>69</v>
       </c>
       <c r="B11" s="23"/>
       <c r="C11" s="23"/>
       <c r="D11" s="23"/>
       <c r="E11" s="23"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="25"/>
     </row>
     <row r="12" spans="1:8" ht="12.6" customHeight="1">
       <c r="A12" s="47" t="s">
         <v>70</v>
       </c>
       <c r="B12" s="58">
-        <v>1222760</v>
+        <v>1225603</v>
       </c>
       <c r="C12" s="58">
-        <v>472802</v>
+        <v>474267</v>
       </c>
       <c r="D12" s="58">
         <v>74</v>
       </c>
       <c r="E12" s="58">
-        <v>183226</v>
+        <v>180565</v>
       </c>
       <c r="F12" s="58">
-        <v>1848511</v>
+        <v>2206083</v>
       </c>
       <c r="G12" s="58">
-        <v>3080</v>
+        <v>3086</v>
       </c>
       <c r="H12" s="61">
-        <v>31809</v>
+        <v>37929</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="11.1" customHeight="1">
       <c r="A13" s="55" t="s">
         <v>71</v>
       </c>
       <c r="B13" s="23"/>
       <c r="C13" s="23"/>
       <c r="D13" s="23"/>
       <c r="E13" s="23"/>
       <c r="F13" s="23"/>
       <c r="G13" s="23"/>
       <c r="H13" s="25"/>
     </row>
     <row r="14" spans="1:8" ht="12.6" customHeight="1">
       <c r="A14" s="47" t="s">
         <v>72</v>
       </c>
       <c r="B14" s="58">
-        <v>1908252</v>
+        <v>1916084</v>
       </c>
       <c r="C14" s="58">
-        <v>371684</v>
+        <v>375396</v>
       </c>
       <c r="D14" s="58">
         <v>37</v>
       </c>
       <c r="E14" s="58">
-        <v>192012</v>
+        <v>204783</v>
       </c>
       <c r="F14" s="58">
-        <v>1860259</v>
+        <v>2236277</v>
       </c>
       <c r="G14" s="58">
-        <v>2532</v>
+        <v>3009</v>
       </c>
       <c r="H14" s="61">
-        <v>27626</v>
+        <v>33577</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="11.1" customHeight="1">
       <c r="A15" s="55" t="s">
         <v>73</v>
       </c>
       <c r="B15" s="23"/>
       <c r="C15" s="23"/>
       <c r="D15" s="23"/>
       <c r="E15" s="23"/>
       <c r="F15" s="23"/>
       <c r="G15" s="23"/>
       <c r="H15" s="25"/>
     </row>
     <row r="16" spans="1:8" ht="12.6" customHeight="1">
       <c r="A16" s="47" t="s">
         <v>74</v>
       </c>
       <c r="B16" s="58">
-        <v>145460</v>
+        <v>145804</v>
       </c>
       <c r="C16" s="58">
-        <v>96139</v>
+        <v>96165</v>
       </c>
       <c r="D16" s="58">
         <v>35</v>
       </c>
       <c r="E16" s="58">
-        <v>47130</v>
+        <v>47699</v>
       </c>
       <c r="F16" s="58">
-        <v>481703</v>
+        <v>573111</v>
       </c>
       <c r="G16" s="58">
-        <v>492</v>
+        <v>533</v>
       </c>
       <c r="H16" s="61">
-        <v>5423</v>
+        <v>6473</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="11.1" customHeight="1">
       <c r="A17" s="55" t="s">
         <v>75</v>
       </c>
       <c r="B17" s="23"/>
       <c r="C17" s="23"/>
       <c r="D17" s="23"/>
       <c r="E17" s="23"/>
       <c r="F17" s="23"/>
       <c r="G17" s="23"/>
       <c r="H17" s="25"/>
     </row>
     <row r="18" spans="1:8" ht="12.6" customHeight="1">
       <c r="A18" s="47" t="s">
         <v>76</v>
       </c>
       <c r="B18" s="58">
-        <v>356133</v>
+        <v>356743</v>
       </c>
       <c r="C18" s="58">
-        <v>278583</v>
+        <v>278637</v>
       </c>
       <c r="D18" s="58">
         <v>47</v>
       </c>
       <c r="E18" s="58">
-        <v>79685</v>
+        <v>79605</v>
       </c>
       <c r="F18" s="58">
-        <v>802460</v>
+        <v>959425</v>
       </c>
       <c r="G18" s="58">
-        <v>983</v>
+        <v>962</v>
       </c>
       <c r="H18" s="61">
-        <v>10069</v>
+        <v>12029</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="11.1" customHeight="1">
       <c r="A19" s="55" t="s">
         <v>77</v>
       </c>
       <c r="B19" s="23"/>
       <c r="C19" s="23"/>
       <c r="D19" s="23"/>
       <c r="E19" s="23"/>
       <c r="F19" s="23"/>
       <c r="G19" s="23"/>
       <c r="H19" s="25"/>
     </row>
     <row r="20" spans="1:8" ht="12.6" customHeight="1">
       <c r="A20" s="47" t="s">
         <v>78</v>
       </c>
       <c r="B20" s="58">
-        <v>4590241</v>
+        <v>4600355</v>
       </c>
       <c r="C20" s="58">
-        <v>3357153</v>
+        <v>3363238</v>
       </c>
       <c r="D20" s="58">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="E20" s="58">
-        <v>824764</v>
+        <v>828838</v>
       </c>
       <c r="F20" s="58">
-        <v>7949271</v>
+        <v>9531346</v>
       </c>
       <c r="G20" s="58">
-        <v>11993</v>
+        <v>12290</v>
       </c>
       <c r="H20" s="61">
-        <v>118518</v>
+        <v>142054</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="11.1" customHeight="1">
       <c r="A21" s="55" t="s">
         <v>79</v>
       </c>
       <c r="B21" s="23"/>
       <c r="C21" s="23"/>
       <c r="D21" s="23"/>
       <c r="E21" s="23"/>
       <c r="F21" s="23"/>
       <c r="G21" s="23"/>
       <c r="H21" s="25"/>
     </row>
     <row r="22" spans="1:8" ht="12.6" customHeight="1">
       <c r="A22" s="47" t="s">
         <v>80</v>
       </c>
       <c r="B22" s="58">
-        <v>1087238</v>
+        <v>1091391</v>
       </c>
       <c r="C22" s="58">
-        <v>748796</v>
+        <v>751571</v>
       </c>
       <c r="D22" s="58">
         <v>136</v>
       </c>
       <c r="E22" s="58">
-        <v>201861</v>
+        <v>204632</v>
       </c>
       <c r="F22" s="58">
-        <v>2090861</v>
+        <v>2492696</v>
       </c>
       <c r="G22" s="58">
-        <v>3180</v>
+        <v>3341</v>
       </c>
       <c r="H22" s="61">
-        <v>31666</v>
+        <v>38146</v>
       </c>
     </row>
     <row r="23" spans="1:8" ht="11.1" customHeight="1">
       <c r="A23" s="55" t="s">
         <v>81</v>
       </c>
       <c r="B23" s="23"/>
       <c r="C23" s="23"/>
       <c r="D23" s="23"/>
       <c r="E23" s="23"/>
       <c r="F23" s="23"/>
       <c r="G23" s="23"/>
       <c r="H23" s="25"/>
     </row>
     <row r="24" spans="1:8" ht="12.6" customHeight="1">
       <c r="A24" s="47" t="s">
         <v>82</v>
       </c>
       <c r="B24" s="58">
-        <v>927053</v>
+        <v>929036</v>
       </c>
       <c r="C24" s="58">
-        <v>562553</v>
+        <v>563136</v>
       </c>
       <c r="D24" s="58">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="E24" s="58">
-        <v>116047</v>
+        <v>118414</v>
       </c>
       <c r="F24" s="58">
-        <v>1132786</v>
+        <v>1358955</v>
       </c>
       <c r="G24" s="58">
-        <v>1668</v>
+        <v>1687</v>
       </c>
       <c r="H24" s="61">
-        <v>16575</v>
+        <v>19867</v>
       </c>
     </row>
     <row r="25" spans="1:8" ht="11.1" customHeight="1">
       <c r="A25" s="55" t="s">
         <v>83</v>
       </c>
       <c r="B25" s="23"/>
       <c r="C25" s="23"/>
       <c r="D25" s="23"/>
       <c r="E25" s="23"/>
       <c r="F25" s="23"/>
       <c r="G25" s="23"/>
       <c r="H25" s="25"/>
     </row>
     <row r="26" spans="1:8" ht="12.6" customHeight="1">
       <c r="A26" s="47" t="s">
         <v>84</v>
       </c>
       <c r="B26" s="58">
-        <v>327341</v>
+        <v>328944</v>
       </c>
       <c r="C26" s="58">
-        <v>314934</v>
+        <v>316446</v>
       </c>
       <c r="D26" s="58">
         <v>66</v>
       </c>
       <c r="E26" s="58">
-        <v>102722</v>
+        <v>102376</v>
       </c>
       <c r="F26" s="58">
-        <v>1033056</v>
+        <v>1234490</v>
       </c>
       <c r="G26" s="58">
-        <v>1823</v>
+        <v>1840</v>
       </c>
       <c r="H26" s="61">
-        <v>18516</v>
+        <v>22098</v>
       </c>
     </row>
     <row r="27" spans="1:8" ht="11.1" customHeight="1">
       <c r="A27" s="55" t="s">
         <v>85</v>
       </c>
       <c r="B27" s="23"/>
       <c r="C27" s="23"/>
       <c r="D27" s="23"/>
       <c r="E27" s="23"/>
       <c r="F27" s="23"/>
       <c r="G27" s="23"/>
       <c r="H27" s="25"/>
     </row>
     <row r="28" spans="1:8" ht="12.6" customHeight="1">
       <c r="A28" s="47" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="58">
-        <v>3866293</v>
+        <v>3877935</v>
       </c>
       <c r="C28" s="58">
-        <v>2021319</v>
+        <v>2028379</v>
       </c>
       <c r="D28" s="58">
         <v>450</v>
       </c>
       <c r="E28" s="58">
-        <v>602612</v>
+        <v>746776</v>
       </c>
       <c r="F28" s="58">
-        <v>6994690</v>
+        <v>8296564</v>
       </c>
       <c r="G28" s="58">
-        <v>8662</v>
+        <v>10927</v>
       </c>
       <c r="H28" s="61">
-        <v>101927</v>
+        <v>120873</v>
       </c>
     </row>
     <row r="29" spans="1:8" ht="11.1" customHeight="1">
       <c r="A29" s="55" t="s">
         <v>87</v>
       </c>
       <c r="B29" s="23"/>
       <c r="C29" s="23"/>
       <c r="D29" s="23"/>
       <c r="E29" s="23"/>
       <c r="F29" s="23"/>
       <c r="G29" s="23"/>
       <c r="H29" s="25"/>
     </row>
     <row r="30" spans="1:8" ht="12.6" customHeight="1">
       <c r="A30" s="47" t="s">
         <v>88</v>
       </c>
       <c r="B30" s="58">
-        <v>1999057</v>
+        <v>2007383</v>
       </c>
       <c r="C30" s="58">
-        <v>1086053</v>
+        <v>1091551</v>
       </c>
       <c r="D30" s="58">
         <v>147</v>
       </c>
       <c r="E30" s="58">
-        <v>330372</v>
+        <v>350629</v>
       </c>
       <c r="F30" s="58">
-        <v>3338308</v>
+        <v>3990755</v>
       </c>
       <c r="G30" s="58">
-        <v>4622</v>
+        <v>5282</v>
       </c>
       <c r="H30" s="61">
-        <v>46533</v>
+        <v>56478</v>
       </c>
     </row>
     <row r="31" spans="1:8" ht="11.1" customHeight="1">
       <c r="A31" s="55" t="s">
         <v>89</v>
       </c>
       <c r="B31" s="23"/>
       <c r="C31" s="23"/>
       <c r="D31" s="23"/>
       <c r="E31" s="23"/>
       <c r="F31" s="23"/>
       <c r="G31" s="23"/>
       <c r="H31" s="25"/>
     </row>
     <row r="32" spans="1:8" ht="12.6" customHeight="1">
       <c r="A32" s="47" t="s">
         <v>90</v>
       </c>
       <c r="B32" s="58">
-        <v>4892061</v>
+        <v>4933855</v>
       </c>
       <c r="C32" s="58">
-        <v>3756734</v>
+        <v>3790440</v>
       </c>
       <c r="D32" s="58">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="E32" s="58">
-        <v>1285872</v>
+        <v>1291321</v>
       </c>
       <c r="F32" s="58">
-        <v>12272334</v>
+        <v>14826886</v>
       </c>
       <c r="G32" s="58">
-        <v>22022</v>
+        <v>22144</v>
       </c>
       <c r="H32" s="61">
-        <v>213963</v>
+        <v>258053</v>
       </c>
     </row>
     <row r="33" spans="1:8" ht="11.1" customHeight="1">
       <c r="A33" s="55" t="s">
         <v>91</v>
       </c>
       <c r="B33" s="23"/>
       <c r="C33" s="23"/>
       <c r="D33" s="23"/>
       <c r="E33" s="23"/>
       <c r="F33" s="23"/>
       <c r="G33" s="23"/>
       <c r="H33" s="25"/>
     </row>
     <row r="34" spans="1:8" ht="12.6" customHeight="1">
       <c r="A34" s="47" t="s">
         <v>92</v>
       </c>
       <c r="B34" s="58">
-        <v>7534446</v>
+        <v>7580242</v>
       </c>
       <c r="C34" s="58">
-        <v>4209440</v>
+        <v>4237795</v>
       </c>
       <c r="D34" s="58">
         <v>641</v>
       </c>
       <c r="E34" s="58">
-        <v>1727157</v>
+        <v>1878146</v>
       </c>
       <c r="F34" s="58">
-        <v>17105040</v>
+        <v>20648551</v>
       </c>
       <c r="G34" s="58">
-        <v>25344</v>
+        <v>27388</v>
       </c>
       <c r="H34" s="61">
-        <v>255876</v>
+        <v>307706</v>
       </c>
     </row>
     <row r="35" spans="1:8" ht="11.1" customHeight="1">
       <c r="A35" s="55" t="s">
         <v>93</v>
       </c>
       <c r="B35" s="23"/>
       <c r="C35" s="23"/>
       <c r="D35" s="23"/>
       <c r="E35" s="23"/>
       <c r="F35" s="23"/>
       <c r="G35" s="23"/>
       <c r="H35" s="25"/>
     </row>
     <row r="36" spans="1:8" ht="12.6" customHeight="1">
       <c r="A36" s="47" t="s">
         <v>94</v>
       </c>
       <c r="B36" s="58">
-        <v>8594783</v>
+        <v>8672673</v>
       </c>
       <c r="C36" s="58">
-        <v>5957759</v>
+        <v>5996094</v>
       </c>
       <c r="D36" s="58">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="E36" s="58">
-        <v>3378400</v>
+        <v>3420085</v>
       </c>
       <c r="F36" s="58">
-        <v>33508186</v>
+        <v>40281655</v>
       </c>
       <c r="G36" s="58">
-        <v>49623</v>
+        <v>50985</v>
       </c>
       <c r="H36" s="61">
-        <v>501194</v>
+        <v>601536</v>
       </c>
     </row>
     <row r="37" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="65" t="s">
         <v>95</v>
       </c>
       <c r="B37" s="29"/>
       <c r="C37" s="29"/>
       <c r="D37" s="29"/>
       <c r="E37" s="29"/>
       <c r="F37" s="29"/>
       <c r="G37" s="29"/>
       <c r="H37" s="27"/>
     </row>
     <row r="38" spans="1:8" ht="13.5" customHeight="1">
       <c r="A38" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="4"/>
       <c r="C38" s="4"/>
       <c r="D38" s="4"/>
       <c r="E38" s="4"/>
       <c r="F38" s="4"/>
       <c r="G38" s="4"/>
       <c r="H38" s="4"/>
@@ -3628,56 +3628,56 @@
       </c>
       <c r="B1" s="37"/>
       <c r="C1" s="37"/>
       <c r="D1" s="37"/>
       <c r="E1" s="37"/>
       <c r="F1" s="37"/>
       <c r="G1" s="37"/>
       <c r="H1" s="37"/>
     </row>
     <row r="2" spans="1:8" ht="21" customHeight="1">
       <c r="A2" s="37" t="s">
         <v>28</v>
       </c>
       <c r="B2" s="38"/>
       <c r="C2" s="38"/>
       <c r="D2" s="38"/>
       <c r="E2" s="38"/>
       <c r="F2" s="38"/>
       <c r="G2" s="38"/>
       <c r="H2" s="38"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="6"/>
       <c r="B3" s="44" t="str">
         <f>'8-1'!B3:C3</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="C3" s="44"/>
       <c r="D3" s="45" t="str">
         <f>'8-1'!D3:F3</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="E3" s="45"/>
       <c r="F3" s="45"/>
       <c r="G3" s="6"/>
       <c r="H3" s="7"/>
     </row>
     <row r="4" spans="1:8" ht="15" customHeight="1">
       <c r="A4" s="31" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="34" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="35"/>
       <c r="G4" s="34" t="s">
         <v>10</v>
@@ -3733,563 +3733,563 @@
       </c>
       <c r="C7" s="18" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="18" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>18</v>
       </c>
       <c r="G7" s="11" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="12.6" customHeight="1">
       <c r="A8" s="47" t="s">
         <v>96</v>
       </c>
       <c r="B8" s="50">
-        <v>4454972</v>
+        <v>4460218</v>
       </c>
       <c r="C8" s="50">
-        <v>1585601</v>
+        <v>1583127</v>
       </c>
       <c r="D8" s="50">
         <v>96</v>
       </c>
       <c r="E8" s="50">
-        <v>365253</v>
+        <v>365216</v>
       </c>
       <c r="F8" s="50">
-        <v>3611457</v>
+        <v>4331745</v>
       </c>
       <c r="G8" s="50">
-        <v>5465</v>
+        <v>5295</v>
       </c>
       <c r="H8" s="53">
-        <v>52643</v>
+        <v>63142</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="11.1" customHeight="1">
       <c r="A9" s="55" t="s">
         <v>97</v>
       </c>
       <c r="B9" s="23"/>
       <c r="C9" s="23"/>
       <c r="D9" s="23"/>
       <c r="E9" s="23"/>
       <c r="F9" s="23"/>
       <c r="G9" s="23"/>
       <c r="H9" s="25"/>
     </row>
     <row r="10" spans="1:8" ht="12.6" customHeight="1">
       <c r="A10" s="47" t="s">
         <v>98</v>
       </c>
       <c r="B10" s="58">
-        <v>1740047</v>
+        <v>1786512</v>
       </c>
       <c r="C10" s="58">
-        <v>695185</v>
+        <v>733036</v>
       </c>
       <c r="D10" s="64">
         <v>0</v>
       </c>
       <c r="E10" s="58">
-        <v>262414</v>
+        <v>290675</v>
       </c>
       <c r="F10" s="58">
-        <v>2646639</v>
+        <v>3180122</v>
       </c>
       <c r="G10" s="58">
-        <v>1513</v>
+        <v>1673</v>
       </c>
       <c r="H10" s="61">
-        <v>15242</v>
+        <v>18281</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="11.1" customHeight="1">
       <c r="A11" s="55" t="s">
         <v>99</v>
       </c>
       <c r="B11" s="23"/>
       <c r="C11" s="23"/>
       <c r="D11" s="23"/>
       <c r="E11" s="23"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="25"/>
     </row>
     <row r="12" spans="1:8" ht="12.6" customHeight="1">
       <c r="A12" s="47" t="s">
         <v>100</v>
       </c>
       <c r="B12" s="58">
-        <v>11611676</v>
+        <v>11671742</v>
       </c>
       <c r="C12" s="58">
-        <v>7056133</v>
+        <v>7079000</v>
       </c>
       <c r="D12" s="58">
-        <v>4254</v>
+        <v>4271</v>
       </c>
       <c r="E12" s="58">
-        <v>4636684</v>
+        <v>4698135</v>
       </c>
       <c r="F12" s="58">
-        <v>47990544</v>
+        <v>57345682</v>
       </c>
       <c r="G12" s="58">
-        <v>61053</v>
+        <v>62953</v>
       </c>
       <c r="H12" s="61">
-        <v>653586</v>
+        <v>777782</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="11.1" customHeight="1">
       <c r="A13" s="55" t="s">
         <v>101</v>
       </c>
       <c r="B13" s="23"/>
       <c r="C13" s="23"/>
       <c r="D13" s="23"/>
       <c r="E13" s="23"/>
       <c r="F13" s="23"/>
       <c r="G13" s="23"/>
       <c r="H13" s="25"/>
     </row>
     <row r="14" spans="1:8" ht="12.6" customHeight="1">
       <c r="A14" s="47" t="s">
         <v>102</v>
       </c>
       <c r="B14" s="58">
-        <v>1283954</v>
+        <v>1285680</v>
       </c>
       <c r="C14" s="58">
-        <v>746229</v>
+        <v>746219</v>
       </c>
       <c r="D14" s="58">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E14" s="58">
-        <v>71632</v>
+        <v>75181</v>
       </c>
       <c r="F14" s="58">
-        <v>741845</v>
+        <v>886041</v>
       </c>
       <c r="G14" s="58">
-        <v>934</v>
+        <v>974</v>
       </c>
       <c r="H14" s="61">
-        <v>9726</v>
+        <v>11606</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="11.1" customHeight="1">
       <c r="A15" s="55" t="s">
         <v>103</v>
       </c>
       <c r="B15" s="23"/>
       <c r="C15" s="23"/>
       <c r="D15" s="23"/>
       <c r="E15" s="23"/>
       <c r="F15" s="23"/>
       <c r="G15" s="23"/>
       <c r="H15" s="25"/>
     </row>
     <row r="16" spans="1:8" ht="12.6" customHeight="1">
       <c r="A16" s="47" t="s">
         <v>104</v>
       </c>
       <c r="B16" s="58">
-        <v>14579634</v>
+        <v>14682453</v>
       </c>
       <c r="C16" s="58">
-        <v>7640993</v>
+        <v>7674997</v>
       </c>
       <c r="D16" s="58">
-        <v>7733</v>
+        <v>7786</v>
       </c>
       <c r="E16" s="58">
-        <v>13446670</v>
+        <v>13665237</v>
       </c>
       <c r="F16" s="58">
-        <v>133101146</v>
+        <v>160259589</v>
       </c>
       <c r="G16" s="58">
-        <v>159165</v>
+        <v>163978</v>
       </c>
       <c r="H16" s="61">
-        <v>1622561</v>
+        <v>1945817</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="11.1" customHeight="1">
       <c r="A17" s="55" t="s">
         <v>105</v>
       </c>
       <c r="B17" s="23"/>
       <c r="C17" s="23"/>
       <c r="D17" s="23"/>
       <c r="E17" s="23"/>
       <c r="F17" s="23"/>
       <c r="G17" s="23"/>
       <c r="H17" s="25"/>
     </row>
     <row r="18" spans="1:8" ht="12.6" customHeight="1">
       <c r="A18" s="47" t="s">
         <v>106</v>
       </c>
       <c r="B18" s="58">
-        <v>485193</v>
+        <v>502178</v>
       </c>
       <c r="C18" s="58">
-        <v>383949</v>
+        <v>394418</v>
       </c>
       <c r="D18" s="64">
         <v>0</v>
       </c>
       <c r="E18" s="58">
-        <v>126620</v>
+        <v>133995</v>
       </c>
       <c r="F18" s="58">
-        <v>1135522</v>
+        <v>1399460</v>
       </c>
       <c r="G18" s="58">
-        <v>1111</v>
+        <v>1161</v>
       </c>
       <c r="H18" s="61">
-        <v>9660</v>
+        <v>11931</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="11.1" customHeight="1">
       <c r="A19" s="55" t="s">
         <v>107</v>
       </c>
       <c r="B19" s="23"/>
       <c r="C19" s="23"/>
       <c r="D19" s="23"/>
       <c r="E19" s="23"/>
       <c r="F19" s="23"/>
       <c r="G19" s="23"/>
       <c r="H19" s="25"/>
     </row>
     <row r="20" spans="1:8" ht="12.6" customHeight="1">
       <c r="A20" s="47" t="s">
         <v>108</v>
       </c>
       <c r="B20" s="58">
-        <v>2243467</v>
+        <v>2293687</v>
       </c>
       <c r="C20" s="58">
-        <v>1815464</v>
+        <v>1852245</v>
       </c>
       <c r="D20" s="64">
         <v>0</v>
       </c>
       <c r="E20" s="58">
-        <v>331163</v>
+        <v>332174</v>
       </c>
       <c r="F20" s="58">
-        <v>3081905</v>
+        <v>3756876</v>
       </c>
       <c r="G20" s="58">
-        <v>2228</v>
+        <v>2218</v>
       </c>
       <c r="H20" s="61">
-        <v>19938</v>
+        <v>24417</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="11.1" customHeight="1">
       <c r="A21" s="55" t="s">
         <v>109</v>
       </c>
       <c r="B21" s="23"/>
       <c r="C21" s="23"/>
       <c r="D21" s="23"/>
       <c r="E21" s="23"/>
       <c r="F21" s="23"/>
       <c r="G21" s="23"/>
       <c r="H21" s="25"/>
     </row>
     <row r="22" spans="1:8" ht="12.6" customHeight="1">
       <c r="A22" s="47" t="s">
         <v>110</v>
       </c>
       <c r="B22" s="58">
-        <v>246324</v>
+        <v>252030</v>
       </c>
       <c r="C22" s="58">
-        <v>237953</v>
+        <v>243151</v>
       </c>
       <c r="D22" s="64">
         <v>0</v>
       </c>
       <c r="E22" s="58">
-        <v>45487</v>
+        <v>44886</v>
       </c>
       <c r="F22" s="58">
-        <v>420609</v>
+        <v>509733</v>
       </c>
       <c r="G22" s="58">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="H22" s="61">
-        <v>3322</v>
+        <v>4080</v>
       </c>
     </row>
     <row r="23" spans="1:8" ht="11.1" customHeight="1">
       <c r="A23" s="55" t="s">
         <v>111</v>
       </c>
       <c r="B23" s="23"/>
       <c r="C23" s="23"/>
       <c r="D23" s="23"/>
       <c r="E23" s="23"/>
       <c r="F23" s="23"/>
       <c r="G23" s="23"/>
       <c r="H23" s="25"/>
     </row>
     <row r="24" spans="1:8" ht="12.6" customHeight="1">
       <c r="A24" s="48" t="s">
         <v>112</v>
       </c>
       <c r="B24" s="59">
-        <v>853</v>
+        <v>1052</v>
       </c>
       <c r="C24" s="59">
-        <v>848</v>
+        <v>1042</v>
       </c>
       <c r="D24" s="66">
         <v>0</v>
       </c>
       <c r="E24" s="59">
-        <v>497</v>
+        <v>578</v>
       </c>
       <c r="F24" s="59">
-        <v>2773</v>
+        <v>3909</v>
       </c>
       <c r="G24" s="59">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H24" s="62">
-        <v>33</v>
+        <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:8" ht="11.1" customHeight="1">
       <c r="A25" s="56" t="s">
         <v>113</v>
       </c>
       <c r="B25" s="23"/>
       <c r="C25" s="23"/>
       <c r="D25" s="23"/>
       <c r="E25" s="23"/>
       <c r="F25" s="23"/>
       <c r="G25" s="23"/>
       <c r="H25" s="25"/>
     </row>
     <row r="26" spans="1:8" ht="12.6" customHeight="1">
       <c r="A26" s="48" t="s">
         <v>114</v>
       </c>
       <c r="B26" s="59">
-        <v>6147720</v>
+        <v>6173354</v>
       </c>
       <c r="C26" s="59">
-        <v>4040552</v>
+        <v>4055709</v>
       </c>
       <c r="D26" s="59">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="E26" s="59">
-        <v>1953838</v>
+        <v>2055765</v>
       </c>
       <c r="F26" s="59">
-        <v>19234057</v>
+        <v>23114959</v>
       </c>
       <c r="G26" s="59">
-        <v>26820</v>
+        <v>28421</v>
       </c>
       <c r="H26" s="62">
-        <v>270791</v>
+        <v>324303</v>
       </c>
     </row>
     <row r="27" spans="1:8" ht="11.1" customHeight="1">
       <c r="A27" s="56" t="s">
         <v>115</v>
       </c>
       <c r="B27" s="23"/>
       <c r="C27" s="23"/>
       <c r="D27" s="23"/>
       <c r="E27" s="23"/>
       <c r="F27" s="23"/>
       <c r="G27" s="23"/>
       <c r="H27" s="25"/>
     </row>
     <row r="28" spans="1:8" ht="12.6" customHeight="1">
       <c r="A28" s="47" t="s">
         <v>116</v>
       </c>
       <c r="B28" s="58">
-        <v>2715853</v>
+        <v>2722876</v>
       </c>
       <c r="C28" s="58">
-        <v>1515802</v>
+        <v>1519722</v>
       </c>
       <c r="D28" s="58">
         <v>441</v>
       </c>
       <c r="E28" s="58">
-        <v>465813</v>
+        <v>491963</v>
       </c>
       <c r="F28" s="58">
-        <v>4617887</v>
+        <v>5547226</v>
       </c>
       <c r="G28" s="58">
-        <v>6500</v>
+        <v>6832</v>
       </c>
       <c r="H28" s="61">
-        <v>65974</v>
+        <v>78934</v>
       </c>
     </row>
     <row r="29" spans="1:8" ht="11.1" customHeight="1">
       <c r="A29" s="55" t="s">
         <v>117</v>
       </c>
       <c r="B29" s="23"/>
       <c r="C29" s="23"/>
       <c r="D29" s="23"/>
       <c r="E29" s="23"/>
       <c r="F29" s="23"/>
       <c r="G29" s="23"/>
       <c r="H29" s="25"/>
     </row>
     <row r="30" spans="1:8" ht="12.6" customHeight="1">
       <c r="A30" s="47" t="s">
         <v>118</v>
       </c>
       <c r="B30" s="58">
-        <v>3431867</v>
+        <v>3450478</v>
       </c>
       <c r="C30" s="58">
-        <v>2524750</v>
+        <v>2535987</v>
       </c>
       <c r="D30" s="58">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="E30" s="58">
-        <v>1488025</v>
+        <v>1563802</v>
       </c>
       <c r="F30" s="58">
-        <v>14616170</v>
+        <v>17567733</v>
       </c>
       <c r="G30" s="58">
-        <v>20319</v>
+        <v>21589</v>
       </c>
       <c r="H30" s="61">
-        <v>204818</v>
+        <v>245369</v>
       </c>
     </row>
     <row r="31" spans="1:8" ht="11.1" customHeight="1">
       <c r="A31" s="55" t="s">
         <v>119</v>
       </c>
       <c r="B31" s="23"/>
       <c r="C31" s="23"/>
       <c r="D31" s="23"/>
       <c r="E31" s="23"/>
       <c r="F31" s="23"/>
       <c r="G31" s="23"/>
       <c r="H31" s="25"/>
     </row>
     <row r="32" spans="1:8" ht="12.6" customHeight="1">
       <c r="A32" s="48" t="s">
         <v>120</v>
       </c>
       <c r="B32" s="59">
-        <v>60934218</v>
+        <v>61173232</v>
       </c>
       <c r="C32" s="59">
-        <v>18141381</v>
+        <v>18200156</v>
       </c>
       <c r="D32" s="59">
-        <v>3179</v>
+        <v>3180</v>
       </c>
       <c r="E32" s="59">
-        <v>17537172</v>
+        <v>18880599</v>
       </c>
       <c r="F32" s="59">
-        <v>171894931</v>
+        <v>207690891</v>
       </c>
       <c r="G32" s="59">
-        <v>175028</v>
+        <v>189489</v>
       </c>
       <c r="H32" s="62">
-        <v>1803596</v>
+        <v>2163056</v>
       </c>
     </row>
     <row r="33" spans="1:8" ht="11.1" customHeight="1">
       <c r="A33" s="56" t="s">
         <v>121</v>
       </c>
       <c r="B33" s="23"/>
       <c r="C33" s="23"/>
       <c r="D33" s="23"/>
       <c r="E33" s="23"/>
       <c r="F33" s="23"/>
       <c r="G33" s="23"/>
       <c r="H33" s="25"/>
     </row>
     <row r="34" spans="1:8" ht="12.6" customHeight="1">
       <c r="A34" s="48" t="s">
         <v>122</v>
       </c>
       <c r="B34" s="59">
-        <v>4290</v>
+        <v>4354</v>
       </c>
       <c r="C34" s="59">
-        <v>2847</v>
+        <v>2903</v>
       </c>
       <c r="D34" s="59">
         <v>4</v>
       </c>
       <c r="E34" s="59">
-        <v>6476</v>
+        <v>7024</v>
       </c>
       <c r="F34" s="59">
-        <v>63064</v>
+        <v>76465</v>
       </c>
       <c r="G34" s="59">
-        <v>414</v>
+        <v>445</v>
       </c>
       <c r="H34" s="62">
-        <v>4202</v>
+        <v>5154</v>
       </c>
     </row>
     <row r="35" spans="1:8" ht="11.1" customHeight="1">
       <c r="A35" s="56" t="s">
         <v>123</v>
       </c>
       <c r="B35" s="23"/>
       <c r="C35" s="23"/>
       <c r="D35" s="23"/>
       <c r="E35" s="23"/>
       <c r="F35" s="23"/>
       <c r="G35" s="23"/>
       <c r="H35" s="25"/>
     </row>
     <row r="36" spans="1:8" ht="12.6" customHeight="1">
       <c r="A36" s="19"/>
       <c r="B36" s="22"/>
       <c r="C36" s="22"/>
       <c r="D36" s="22"/>
       <c r="E36" s="22"/>
       <c r="F36" s="22"/>
       <c r="G36" s="22"/>
       <c r="H36" s="24"/>
     </row>
     <row r="37" spans="1:8" ht="11.1" customHeight="1" thickBot="1">