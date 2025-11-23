--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -38,51 +38,51 @@
     <definedName name="外部資料_1" localSheetId="1">'7-4(續一)'!$A$1:$Q$22</definedName>
     <definedName name="外部資料_1" localSheetId="2">'7-4(續二完)'!$A$1:$N$22</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>銀行承兌匯票</t>
   </si>
   <si>
     <t>國庫券</t>
   </si>
   <si>
     <t>最高</t>
   </si>
   <si>
     <t>最低</t>
   </si>
   <si>
     <t>平均</t>
   </si>
   <si>
-    <t>民國114年 7月</t>
+    <t>民國114年 9月</t>
   </si>
   <si>
     <t>Highest</t>
   </si>
   <si>
     <t>Lowest</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <r>
       <t>單位：年息百分比率</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve"> Percent per annum</t>
     </r>
   </si>
   <si>
@@ -108,51 +108,51 @@
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Provided by individual institution.</t>
     </r>
   </si>
   <si>
     <t>Bankers' Acceptances</t>
   </si>
   <si>
     <t>Finance</t>
   </si>
   <si>
     <t>融資性本票</t>
   </si>
   <si>
     <t>Real</t>
   </si>
   <si>
     <t>交易本票</t>
   </si>
   <si>
-    <t xml:space="preserve"> July 2025</t>
+    <t xml:space="preserve"> Sept. 2025</t>
   </si>
   <si>
     <t>Trade Acceptances</t>
   </si>
   <si>
     <t>商業承兌匯票</t>
   </si>
   <si>
     <t>Treasury Bills</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">一個月期
 (1～30天)
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Less than 30 days</t>
     </r>
@@ -2172,518 +2172,518 @@
       </c>
       <c r="M8" s="18" t="s">
         <v>7</v>
       </c>
       <c r="N8" s="18" t="s">
         <v>8</v>
       </c>
       <c r="O8" s="18" t="s">
         <v>6</v>
       </c>
       <c r="P8" s="18" t="s">
         <v>7</v>
       </c>
       <c r="Q8" s="18" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:17" ht="34.5" customHeight="1">
       <c r="A9" s="51" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="21" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="91">
-        <v>4.97</v>
+        <v>5.57</v>
       </c>
       <c r="D9" s="93">
         <v>1.48</v>
       </c>
       <c r="E9" s="93">
-        <v>2</v>
+        <v>1.99</v>
       </c>
       <c r="F9" s="95">
         <v>0</v>
       </c>
       <c r="G9" s="95">
         <v>0</v>
       </c>
       <c r="H9" s="95">
         <v>0</v>
       </c>
       <c r="I9" s="95">
         <v>0</v>
       </c>
       <c r="J9" s="95">
         <v>0</v>
       </c>
       <c r="K9" s="95">
         <v>0</v>
       </c>
       <c r="L9" s="95">
         <v>0</v>
       </c>
       <c r="M9" s="95">
         <v>0</v>
       </c>
       <c r="N9" s="95">
         <v>0</v>
       </c>
       <c r="O9" s="95">
         <v>0</v>
       </c>
       <c r="P9" s="95">
         <v>0</v>
       </c>
       <c r="Q9" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:17" ht="34.5" customHeight="1">
       <c r="A10" s="52"/>
       <c r="B10" s="21" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="93">
         <v>5.13</v>
       </c>
       <c r="D10" s="93">
         <v>1.48</v>
       </c>
       <c r="E10" s="93">
-        <v>2.11</v>
+        <v>2.08</v>
       </c>
       <c r="F10" s="93">
         <v>3.1</v>
       </c>
       <c r="G10" s="93">
         <v>2.48</v>
       </c>
       <c r="H10" s="93">
-        <v>2.77</v>
+        <v>2.62</v>
       </c>
       <c r="I10" s="95">
         <v>0</v>
       </c>
       <c r="J10" s="95">
         <v>0</v>
       </c>
       <c r="K10" s="95">
         <v>0</v>
       </c>
       <c r="L10" s="95">
         <v>0</v>
       </c>
       <c r="M10" s="95">
         <v>0</v>
       </c>
       <c r="N10" s="95">
         <v>0</v>
       </c>
       <c r="O10" s="95">
         <v>0</v>
       </c>
       <c r="P10" s="95">
         <v>0</v>
       </c>
       <c r="Q10" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:17" ht="34.5" customHeight="1">
       <c r="A11" s="52"/>
       <c r="B11" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="93">
-        <v>4</v>
+        <v>3.5</v>
       </c>
       <c r="D11" s="93">
-        <v>1.51</v>
+        <v>1.48</v>
       </c>
       <c r="E11" s="93">
-        <v>1.78</v>
+        <v>1.74</v>
       </c>
       <c r="F11" s="95">
         <v>0</v>
       </c>
       <c r="G11" s="95">
         <v>0</v>
       </c>
       <c r="H11" s="95">
         <v>0</v>
       </c>
       <c r="I11" s="95">
         <v>0</v>
       </c>
       <c r="J11" s="95">
         <v>0</v>
       </c>
       <c r="K11" s="95">
         <v>0</v>
       </c>
       <c r="L11" s="95">
         <v>0</v>
       </c>
       <c r="M11" s="95">
         <v>0</v>
       </c>
       <c r="N11" s="95">
         <v>0</v>
       </c>
       <c r="O11" s="95">
         <v>0</v>
       </c>
       <c r="P11" s="95">
         <v>0</v>
       </c>
       <c r="Q11" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:17" ht="34.5" customHeight="1">
       <c r="A12" s="52"/>
       <c r="B12" s="21" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="93">
-        <v>1.82</v>
+        <v>1.81</v>
       </c>
       <c r="D12" s="93">
-        <v>1.55</v>
+        <v>1.53</v>
       </c>
       <c r="E12" s="93">
         <v>1.69</v>
       </c>
       <c r="F12" s="95">
         <v>0</v>
       </c>
       <c r="G12" s="95">
         <v>0</v>
       </c>
       <c r="H12" s="95">
         <v>0</v>
       </c>
       <c r="I12" s="95">
         <v>0</v>
       </c>
       <c r="J12" s="95">
         <v>0</v>
       </c>
       <c r="K12" s="95">
         <v>0</v>
       </c>
       <c r="L12" s="95">
         <v>0</v>
       </c>
       <c r="M12" s="95">
         <v>0</v>
       </c>
       <c r="N12" s="95">
         <v>0</v>
       </c>
       <c r="O12" s="95">
         <v>0</v>
       </c>
       <c r="P12" s="95">
         <v>0</v>
       </c>
       <c r="Q12" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="34.5" customHeight="1">
       <c r="A13" s="53"/>
       <c r="B13" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="93">
-        <v>2.16</v>
+        <v>2.13</v>
       </c>
       <c r="D13" s="93">
-        <v>1.6</v>
+        <v>1.76</v>
       </c>
       <c r="E13" s="93">
         <v>1.79</v>
       </c>
       <c r="F13" s="95">
         <v>0</v>
       </c>
       <c r="G13" s="95">
         <v>0</v>
       </c>
       <c r="H13" s="95">
         <v>0</v>
       </c>
       <c r="I13" s="95">
         <v>0</v>
       </c>
       <c r="J13" s="95">
         <v>0</v>
       </c>
       <c r="K13" s="95">
         <v>0</v>
       </c>
       <c r="L13" s="95">
         <v>0</v>
       </c>
       <c r="M13" s="95">
         <v>0</v>
       </c>
       <c r="N13" s="95">
         <v>0</v>
       </c>
       <c r="O13" s="95">
         <v>0</v>
       </c>
       <c r="P13" s="95">
         <v>0</v>
       </c>
       <c r="Q13" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="34.5" customHeight="1">
       <c r="A14" s="54" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="21" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="93">
-        <v>2.04</v>
+        <v>2.1</v>
       </c>
       <c r="D14" s="93">
         <v>0.7</v>
       </c>
       <c r="E14" s="93">
-        <v>1.46</v>
+        <v>1.47</v>
       </c>
       <c r="F14" s="93">
-        <v>1.43</v>
+        <v>1.48</v>
       </c>
       <c r="G14" s="93">
         <v>1.22</v>
       </c>
       <c r="H14" s="93">
-        <v>1.27</v>
+        <v>1.38</v>
       </c>
       <c r="I14" s="95">
         <v>0</v>
       </c>
       <c r="J14" s="95">
         <v>0</v>
       </c>
       <c r="K14" s="95">
         <v>0</v>
       </c>
       <c r="L14" s="95">
         <v>0</v>
       </c>
       <c r="M14" s="95">
         <v>0</v>
       </c>
       <c r="N14" s="95">
         <v>0</v>
       </c>
       <c r="O14" s="95">
         <v>0</v>
       </c>
       <c r="P14" s="95">
         <v>0</v>
       </c>
       <c r="Q14" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:17" ht="34.5" customHeight="1">
       <c r="A15" s="52"/>
       <c r="B15" s="21" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="93">
-        <v>2.11</v>
+        <v>2.42</v>
       </c>
       <c r="D15" s="93">
-        <v>0.76</v>
+        <v>0.7</v>
       </c>
       <c r="E15" s="93">
-        <v>1.51</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>1.53</v>
+      </c>
+      <c r="F15" s="93">
+        <v>1.48</v>
+      </c>
+      <c r="G15" s="93">
+        <v>1.48</v>
+      </c>
+      <c r="H15" s="93">
+        <v>1.48</v>
       </c>
       <c r="I15" s="95">
         <v>0</v>
       </c>
       <c r="J15" s="95">
         <v>0</v>
       </c>
       <c r="K15" s="95">
         <v>0</v>
       </c>
       <c r="L15" s="95">
         <v>0</v>
       </c>
       <c r="M15" s="95">
         <v>0</v>
       </c>
       <c r="N15" s="95">
         <v>0</v>
       </c>
       <c r="O15" s="95">
         <v>0</v>
       </c>
       <c r="P15" s="95">
         <v>0</v>
       </c>
       <c r="Q15" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:17" ht="34.5" customHeight="1">
       <c r="A16" s="52"/>
       <c r="B16" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="93">
-        <v>2.24</v>
+        <v>1.82</v>
       </c>
       <c r="D16" s="93">
-        <v>1.28</v>
+        <v>1.35</v>
       </c>
       <c r="E16" s="93">
-        <v>1.62</v>
+        <v>1.6</v>
       </c>
       <c r="F16" s="95">
         <v>0</v>
       </c>
       <c r="G16" s="95">
         <v>0</v>
       </c>
       <c r="H16" s="95">
         <v>0</v>
       </c>
       <c r="I16" s="95">
         <v>0</v>
       </c>
       <c r="J16" s="95">
         <v>0</v>
       </c>
       <c r="K16" s="95">
         <v>0</v>
       </c>
       <c r="L16" s="95">
         <v>0</v>
       </c>
       <c r="M16" s="95">
         <v>0</v>
       </c>
       <c r="N16" s="95">
         <v>0</v>
       </c>
       <c r="O16" s="95">
         <v>0</v>
       </c>
       <c r="P16" s="95">
         <v>0</v>
       </c>
       <c r="Q16" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:17" ht="34.5" customHeight="1">
       <c r="A17" s="52"/>
       <c r="B17" s="21" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="93">
-        <v>1.75</v>
+        <v>1.73</v>
       </c>
       <c r="D17" s="93">
-        <v>1.46</v>
+        <v>1.51</v>
       </c>
       <c r="E17" s="93">
-        <v>1.66</v>
+        <v>1.64</v>
       </c>
       <c r="F17" s="95">
         <v>0</v>
       </c>
       <c r="G17" s="95">
         <v>0</v>
       </c>
       <c r="H17" s="95">
         <v>0</v>
       </c>
       <c r="I17" s="95">
         <v>0</v>
       </c>
       <c r="J17" s="95">
         <v>0</v>
       </c>
       <c r="K17" s="95">
         <v>0</v>
       </c>
       <c r="L17" s="95">
         <v>0</v>
       </c>
       <c r="M17" s="95">
         <v>0</v>
       </c>
       <c r="N17" s="95">
         <v>0</v>
       </c>
       <c r="O17" s="95">
         <v>0</v>
       </c>
       <c r="P17" s="95">
         <v>0</v>
       </c>
       <c r="Q17" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:17" ht="34.5" customHeight="1" thickBot="1">
       <c r="A18" s="55"/>
       <c r="B18" s="22" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="97">
-        <v>1.8</v>
+        <v>1.9</v>
       </c>
       <c r="D18" s="97">
-        <v>1.58</v>
+        <v>1.7</v>
       </c>
       <c r="E18" s="97">
-        <v>1.71</v>
+        <v>1.74</v>
       </c>
       <c r="F18" s="99">
         <v>0</v>
       </c>
       <c r="G18" s="99">
         <v>0</v>
       </c>
       <c r="H18" s="99">
         <v>0</v>
       </c>
       <c r="I18" s="99">
         <v>0</v>
       </c>
       <c r="J18" s="99">
         <v>0</v>
       </c>
       <c r="K18" s="99">
         <v>0</v>
       </c>
       <c r="L18" s="99">
         <v>0</v>
       </c>
       <c r="M18" s="99">
         <v>0</v>
       </c>
@@ -2837,59 +2837,59 @@
         <v>52</v>
       </c>
       <c r="B2" s="37"/>
       <c r="C2" s="37"/>
       <c r="D2" s="37"/>
       <c r="E2" s="37"/>
       <c r="F2" s="37"/>
       <c r="G2" s="37"/>
       <c r="H2" s="37"/>
       <c r="I2" s="37"/>
       <c r="J2" s="37"/>
       <c r="K2" s="37"/>
       <c r="L2" s="37"/>
       <c r="M2" s="37"/>
       <c r="N2" s="37"/>
       <c r="O2" s="37"/>
       <c r="P2" s="37"/>
       <c r="Q2" s="37"/>
     </row>
     <row r="3" spans="1:17" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="23"/>
       <c r="D3" s="24" t="str">
         <f>'7-4'!D3:H3</f>
-        <v>民國114年 7月</v>
+        <v>民國114年 9月</v>
       </c>
       <c r="E3" s="24"/>
       <c r="F3" s="24"/>
       <c r="G3" s="24"/>
       <c r="H3" s="24"/>
       <c r="I3" s="25" t="str">
         <f>'7-4'!I3</f>
-        <v> July 2025</v>
+        <v> Sept. 2025</v>
       </c>
       <c r="J3" s="25"/>
       <c r="K3" s="25"/>
       <c r="L3" s="25"/>
       <c r="M3" s="89" t="s">
         <v>9</v>
       </c>
       <c r="N3" s="89"/>
       <c r="O3" s="89"/>
       <c r="P3" s="89"/>
       <c r="Q3" s="89"/>
     </row>
     <row r="4" spans="1:17" ht="26.1" customHeight="1">
       <c r="A4" s="42" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="43"/>
       <c r="C4" s="80" t="s">
         <v>48</v>
       </c>
       <c r="D4" s="81"/>
       <c r="E4" s="82"/>
       <c r="F4" s="39" t="s">
         <v>1</v>
       </c>
@@ -3102,410 +3102,410 @@
       <c r="N9" s="104">
         <v>0</v>
       </c>
       <c r="O9" s="102">
         <v>0</v>
       </c>
       <c r="P9" s="106">
         <v>0</v>
       </c>
       <c r="Q9" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:17" ht="34.5" customHeight="1">
       <c r="A10" s="52"/>
       <c r="B10" s="21" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="93">
         <v>1.65</v>
       </c>
       <c r="D10" s="93">
         <v>1.56</v>
       </c>
       <c r="E10" s="93">
-        <v>1.59</v>
+        <v>1.6</v>
       </c>
       <c r="F10" s="102">
         <v>0</v>
       </c>
       <c r="G10" s="110">
         <v>0</v>
       </c>
       <c r="H10" s="110">
         <v>0</v>
       </c>
       <c r="I10" s="110">
         <v>0</v>
       </c>
       <c r="J10" s="110">
         <v>0</v>
       </c>
       <c r="K10" s="110">
         <v>0</v>
       </c>
       <c r="L10" s="110">
         <v>0</v>
       </c>
       <c r="M10" s="110">
         <v>0</v>
       </c>
       <c r="N10" s="110">
         <v>0</v>
       </c>
       <c r="O10" s="102">
         <v>0</v>
       </c>
       <c r="P10" s="106">
         <v>0</v>
       </c>
       <c r="Q10" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:17" ht="34.5" customHeight="1">
       <c r="A11" s="52"/>
       <c r="B11" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="93">
-        <v>1.65</v>
+        <v>1.64</v>
       </c>
       <c r="D11" s="93">
-        <v>1.56</v>
+        <v>1.57</v>
       </c>
       <c r="E11" s="93">
-        <v>1.61</v>
+        <v>1.6</v>
       </c>
       <c r="F11" s="102">
         <v>0</v>
       </c>
       <c r="G11" s="110">
         <v>0</v>
       </c>
       <c r="H11" s="110">
         <v>0</v>
       </c>
       <c r="I11" s="110">
         <v>0</v>
       </c>
       <c r="J11" s="110">
         <v>0</v>
       </c>
       <c r="K11" s="110">
         <v>0</v>
       </c>
       <c r="L11" s="110">
         <v>0</v>
       </c>
       <c r="M11" s="110">
         <v>0</v>
       </c>
       <c r="N11" s="110">
         <v>0</v>
       </c>
       <c r="O11" s="102">
         <v>0</v>
       </c>
       <c r="P11" s="106">
         <v>0</v>
       </c>
       <c r="Q11" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:17" ht="34.5" customHeight="1">
       <c r="A12" s="52"/>
       <c r="B12" s="21" t="s">
         <v>25</v>
       </c>
-      <c r="C12" s="93">
-[...6 lines deleted...]
-        <v>1.65</v>
+      <c r="C12" s="95">
+        <v>0</v>
+      </c>
+      <c r="D12" s="95">
+        <v>0</v>
+      </c>
+      <c r="E12" s="95">
+        <v>0</v>
       </c>
       <c r="F12" s="102">
         <v>0</v>
       </c>
       <c r="G12" s="110">
         <v>0</v>
       </c>
       <c r="H12" s="110">
         <v>0</v>
       </c>
       <c r="I12" s="110">
         <v>0</v>
       </c>
       <c r="J12" s="110">
         <v>0</v>
       </c>
       <c r="K12" s="110">
         <v>0</v>
       </c>
       <c r="L12" s="110">
         <v>0</v>
       </c>
       <c r="M12" s="110">
         <v>0</v>
       </c>
       <c r="N12" s="110">
         <v>0</v>
       </c>
       <c r="O12" s="102">
         <v>0</v>
       </c>
       <c r="P12" s="106">
         <v>0</v>
       </c>
       <c r="Q12" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="34.5" customHeight="1">
       <c r="A13" s="53"/>
       <c r="B13" s="21" t="s">
         <v>26</v>
       </c>
-      <c r="C13" s="95">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="C13" s="93">
+        <v>1.76</v>
+      </c>
+      <c r="D13" s="93">
+        <v>1.76</v>
+      </c>
+      <c r="E13" s="93">
+        <v>1.76</v>
       </c>
       <c r="F13" s="102">
         <v>0</v>
       </c>
       <c r="G13" s="110">
         <v>0</v>
       </c>
       <c r="H13" s="110">
         <v>0</v>
       </c>
       <c r="I13" s="110">
         <v>0</v>
       </c>
       <c r="J13" s="110">
         <v>0</v>
       </c>
       <c r="K13" s="110">
         <v>0</v>
       </c>
       <c r="L13" s="110">
         <v>0</v>
       </c>
       <c r="M13" s="110">
         <v>0</v>
       </c>
       <c r="N13" s="110">
         <v>0</v>
       </c>
       <c r="O13" s="102">
         <v>0</v>
       </c>
       <c r="P13" s="106">
         <v>0</v>
       </c>
       <c r="Q13" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="34.5" customHeight="1">
       <c r="A14" s="54" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="21" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="93">
-        <v>1.5</v>
+        <v>1.49</v>
       </c>
       <c r="D14" s="93">
-        <v>0.7</v>
+        <v>0.83</v>
       </c>
       <c r="E14" s="93">
-        <v>1.39</v>
+        <v>1.4</v>
       </c>
       <c r="F14" s="112">
         <v>1.3</v>
       </c>
       <c r="G14" s="114">
-        <v>0.6</v>
+        <v>0.65</v>
       </c>
       <c r="H14" s="114">
-        <v>0.8</v>
+        <v>0.88</v>
       </c>
       <c r="I14" s="110">
         <v>0</v>
       </c>
       <c r="J14" s="110">
         <v>0</v>
       </c>
       <c r="K14" s="110">
         <v>0</v>
       </c>
       <c r="L14" s="110">
         <v>0</v>
       </c>
       <c r="M14" s="110">
         <v>0</v>
       </c>
       <c r="N14" s="110">
         <v>0</v>
       </c>
       <c r="O14" s="102">
         <v>0</v>
       </c>
       <c r="P14" s="110">
         <v>0</v>
       </c>
       <c r="Q14" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:17" ht="34.5" customHeight="1">
       <c r="A15" s="52"/>
       <c r="B15" s="21" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="93">
         <v>1.56</v>
       </c>
       <c r="D15" s="93">
-        <v>0.86</v>
+        <v>0.83</v>
       </c>
       <c r="E15" s="93">
-        <v>1.47</v>
-[...8 lines deleted...]
-        <v>0.6</v>
+        <v>1.45</v>
+      </c>
+      <c r="F15" s="102">
+        <v>0</v>
+      </c>
+      <c r="G15" s="110">
+        <v>0</v>
+      </c>
+      <c r="H15" s="110">
+        <v>0</v>
       </c>
       <c r="I15" s="110">
         <v>0</v>
       </c>
       <c r="J15" s="110">
         <v>0</v>
       </c>
       <c r="K15" s="110">
         <v>0</v>
       </c>
       <c r="L15" s="110">
         <v>0</v>
       </c>
       <c r="M15" s="110">
         <v>0</v>
       </c>
       <c r="N15" s="110">
         <v>0</v>
       </c>
       <c r="O15" s="102">
         <v>0</v>
       </c>
       <c r="P15" s="110">
         <v>0</v>
       </c>
       <c r="Q15" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:17" ht="34.5" customHeight="1">
       <c r="A16" s="52"/>
       <c r="B16" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="93">
         <v>1.56</v>
       </c>
       <c r="D16" s="93">
-        <v>1.4</v>
+        <v>1.42</v>
       </c>
       <c r="E16" s="93">
-        <v>1.52</v>
+        <v>1.53</v>
       </c>
       <c r="F16" s="102">
         <v>0</v>
       </c>
       <c r="G16" s="110">
         <v>0</v>
       </c>
       <c r="H16" s="110">
         <v>0</v>
       </c>
       <c r="I16" s="110">
         <v>0</v>
       </c>
       <c r="J16" s="110">
         <v>0</v>
       </c>
       <c r="K16" s="110">
         <v>0</v>
       </c>
       <c r="L16" s="110">
         <v>0</v>
       </c>
       <c r="M16" s="110">
         <v>0</v>
       </c>
       <c r="N16" s="110">
         <v>0</v>
       </c>
       <c r="O16" s="102">
         <v>0</v>
       </c>
       <c r="P16" s="110">
         <v>0</v>
       </c>
       <c r="Q16" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:17" ht="34.5" customHeight="1">
       <c r="A17" s="52"/>
       <c r="B17" s="21" t="s">
         <v>25</v>
       </c>
-      <c r="C17" s="93">
-[...6 lines deleted...]
-        <v>1.58</v>
+      <c r="C17" s="95">
+        <v>0</v>
+      </c>
+      <c r="D17" s="95">
+        <v>0</v>
+      </c>
+      <c r="E17" s="95">
+        <v>0</v>
       </c>
       <c r="F17" s="102">
         <v>0</v>
       </c>
       <c r="G17" s="110">
         <v>0</v>
       </c>
       <c r="H17" s="110">
         <v>0</v>
       </c>
       <c r="I17" s="110">
         <v>0</v>
       </c>
       <c r="J17" s="110">
         <v>0</v>
       </c>
       <c r="K17" s="110">
         <v>0</v>
       </c>
       <c r="L17" s="110">
         <v>0</v>
       </c>
       <c r="M17" s="110">
         <v>0</v>
       </c>
@@ -3724,55 +3724,55 @@
         <v>54</v>
       </c>
       <c r="B2" s="37"/>
       <c r="C2" s="37"/>
       <c r="D2" s="37"/>
       <c r="E2" s="37"/>
       <c r="F2" s="37"/>
       <c r="G2" s="37"/>
       <c r="H2" s="37"/>
       <c r="I2" s="37"/>
       <c r="J2" s="37"/>
       <c r="K2" s="37"/>
       <c r="L2" s="37"/>
       <c r="M2" s="37"/>
       <c r="N2" s="37"/>
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="24"/>
       <c r="D3" s="24"/>
       <c r="E3" s="24"/>
       <c r="F3" s="25"/>
       <c r="G3" s="24" t="str">
         <f>'7-4'!D3</f>
-        <v>民國114年 7月</v>
+        <v>民國114年 9月</v>
       </c>
       <c r="H3" s="25" t="str">
         <f>'7-4'!I3</f>
-        <v> July 2025</v>
+        <v> Sept. 2025</v>
       </c>
       <c r="I3" s="25"/>
       <c r="J3" s="89" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="89"/>
       <c r="L3" s="89"/>
       <c r="M3" s="89"/>
       <c r="N3" s="89"/>
     </row>
     <row r="4" spans="1:14" ht="26.1" customHeight="1">
       <c r="A4" s="42" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="43"/>
       <c r="C4" s="68" t="s">
         <v>40</v>
       </c>
       <c r="D4" s="40"/>
       <c r="E4" s="41"/>
       <c r="F4" s="68" t="s">
         <v>41</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="41"/>