--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -38,51 +38,51 @@
     <definedName name="外部資料_1" localSheetId="1">'7-4(續一)'!$A$1:$Q$22</definedName>
     <definedName name="外部資料_1" localSheetId="2">'7-4(續二完)'!$A$1:$N$22</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>銀行承兌匯票</t>
   </si>
   <si>
     <t>國庫券</t>
   </si>
   <si>
     <t>最高</t>
   </si>
   <si>
     <t>最低</t>
   </si>
   <si>
     <t>平均</t>
   </si>
   <si>
-    <t>民國114年 9月</t>
+    <t>民國114年10月</t>
   </si>
   <si>
     <t>Highest</t>
   </si>
   <si>
     <t>Lowest</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <r>
       <t>單位：年息百分比率</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve"> Percent per annum</t>
     </r>
   </si>
   <si>
@@ -108,51 +108,51 @@
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Provided by individual institution.</t>
     </r>
   </si>
   <si>
     <t>Bankers' Acceptances</t>
   </si>
   <si>
     <t>Finance</t>
   </si>
   <si>
     <t>融資性本票</t>
   </si>
   <si>
     <t>Real</t>
   </si>
   <si>
     <t>交易本票</t>
   </si>
   <si>
-    <t xml:space="preserve"> Sept. 2025</t>
+    <t xml:space="preserve"> Oct. 2025</t>
   </si>
   <si>
     <t>Trade Acceptances</t>
   </si>
   <si>
     <t>商業承兌匯票</t>
   </si>
   <si>
     <t>Treasury Bills</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">一個月期
 (1～30天)
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Less than 30 days</t>
     </r>
@@ -2175,515 +2175,515 @@
       </c>
       <c r="N8" s="18" t="s">
         <v>8</v>
       </c>
       <c r="O8" s="18" t="s">
         <v>6</v>
       </c>
       <c r="P8" s="18" t="s">
         <v>7</v>
       </c>
       <c r="Q8" s="18" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:17" ht="34.5" customHeight="1">
       <c r="A9" s="51" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="21" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="91">
         <v>5.57</v>
       </c>
       <c r="D9" s="93">
-        <v>1.48</v>
+        <v>1.47</v>
       </c>
       <c r="E9" s="93">
-        <v>1.99</v>
+        <v>1.96</v>
       </c>
       <c r="F9" s="95">
         <v>0</v>
       </c>
       <c r="G9" s="95">
         <v>0</v>
       </c>
       <c r="H9" s="95">
         <v>0</v>
       </c>
       <c r="I9" s="95">
         <v>0</v>
       </c>
       <c r="J9" s="95">
         <v>0</v>
       </c>
       <c r="K9" s="95">
         <v>0</v>
       </c>
       <c r="L9" s="95">
         <v>0</v>
       </c>
       <c r="M9" s="95">
         <v>0</v>
       </c>
       <c r="N9" s="95">
         <v>0</v>
       </c>
       <c r="O9" s="95">
         <v>0</v>
       </c>
       <c r="P9" s="95">
         <v>0</v>
       </c>
       <c r="Q9" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:17" ht="34.5" customHeight="1">
       <c r="A10" s="52"/>
       <c r="B10" s="21" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="93">
         <v>5.13</v>
       </c>
       <c r="D10" s="93">
-        <v>1.48</v>
+        <v>1.46</v>
       </c>
       <c r="E10" s="93">
-        <v>2.08</v>
+        <v>2.03</v>
       </c>
       <c r="F10" s="93">
         <v>3.1</v>
       </c>
       <c r="G10" s="93">
         <v>2.48</v>
       </c>
       <c r="H10" s="93">
-        <v>2.62</v>
+        <v>2.65</v>
       </c>
       <c r="I10" s="95">
         <v>0</v>
       </c>
       <c r="J10" s="95">
         <v>0</v>
       </c>
       <c r="K10" s="95">
         <v>0</v>
       </c>
       <c r="L10" s="95">
         <v>0</v>
       </c>
       <c r="M10" s="95">
         <v>0</v>
       </c>
       <c r="N10" s="95">
         <v>0</v>
       </c>
       <c r="O10" s="95">
         <v>0</v>
       </c>
       <c r="P10" s="95">
         <v>0</v>
       </c>
       <c r="Q10" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:17" ht="34.5" customHeight="1">
       <c r="A11" s="52"/>
       <c r="B11" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="93">
-        <v>3.5</v>
+        <v>4.8</v>
       </c>
       <c r="D11" s="93">
-        <v>1.48</v>
+        <v>1.39</v>
       </c>
       <c r="E11" s="93">
-        <v>1.74</v>
+        <v>1.69</v>
       </c>
       <c r="F11" s="95">
         <v>0</v>
       </c>
       <c r="G11" s="95">
         <v>0</v>
       </c>
       <c r="H11" s="95">
         <v>0</v>
       </c>
       <c r="I11" s="95">
         <v>0</v>
       </c>
       <c r="J11" s="95">
         <v>0</v>
       </c>
       <c r="K11" s="95">
         <v>0</v>
       </c>
       <c r="L11" s="95">
         <v>0</v>
       </c>
       <c r="M11" s="95">
         <v>0</v>
       </c>
       <c r="N11" s="95">
         <v>0</v>
       </c>
       <c r="O11" s="95">
         <v>0</v>
       </c>
       <c r="P11" s="95">
         <v>0</v>
       </c>
       <c r="Q11" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:17" ht="34.5" customHeight="1">
       <c r="A12" s="52"/>
       <c r="B12" s="21" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="93">
-        <v>1.81</v>
+        <v>1.87</v>
       </c>
       <c r="D12" s="93">
-        <v>1.53</v>
+        <v>1.39</v>
       </c>
       <c r="E12" s="93">
-        <v>1.69</v>
+        <v>1.6</v>
       </c>
       <c r="F12" s="95">
         <v>0</v>
       </c>
       <c r="G12" s="95">
         <v>0</v>
       </c>
       <c r="H12" s="95">
         <v>0</v>
       </c>
       <c r="I12" s="95">
         <v>0</v>
       </c>
       <c r="J12" s="95">
         <v>0</v>
       </c>
       <c r="K12" s="95">
         <v>0</v>
       </c>
       <c r="L12" s="95">
         <v>0</v>
       </c>
       <c r="M12" s="95">
         <v>0</v>
       </c>
       <c r="N12" s="95">
         <v>0</v>
       </c>
       <c r="O12" s="95">
         <v>0</v>
       </c>
       <c r="P12" s="95">
         <v>0</v>
       </c>
       <c r="Q12" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="34.5" customHeight="1">
       <c r="A13" s="53"/>
       <c r="B13" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="93">
-        <v>2.13</v>
+        <v>2.17</v>
       </c>
       <c r="D13" s="93">
-        <v>1.76</v>
+        <v>1.41</v>
       </c>
       <c r="E13" s="93">
-        <v>1.79</v>
+        <v>1.77</v>
       </c>
       <c r="F13" s="95">
         <v>0</v>
       </c>
       <c r="G13" s="95">
         <v>0</v>
       </c>
       <c r="H13" s="95">
         <v>0</v>
       </c>
       <c r="I13" s="95">
         <v>0</v>
       </c>
       <c r="J13" s="95">
         <v>0</v>
       </c>
       <c r="K13" s="95">
         <v>0</v>
       </c>
       <c r="L13" s="95">
         <v>0</v>
       </c>
       <c r="M13" s="95">
         <v>0</v>
       </c>
       <c r="N13" s="95">
         <v>0</v>
       </c>
       <c r="O13" s="95">
         <v>0</v>
       </c>
       <c r="P13" s="95">
         <v>0</v>
       </c>
       <c r="Q13" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="34.5" customHeight="1">
       <c r="A14" s="54" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="21" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="93">
-        <v>2.1</v>
+        <v>2.03</v>
       </c>
       <c r="D14" s="93">
         <v>0.7</v>
       </c>
       <c r="E14" s="93">
         <v>1.47</v>
       </c>
       <c r="F14" s="93">
         <v>1.48</v>
       </c>
       <c r="G14" s="93">
         <v>1.22</v>
       </c>
       <c r="H14" s="93">
-        <v>1.38</v>
+        <v>1.39</v>
       </c>
       <c r="I14" s="95">
         <v>0</v>
       </c>
       <c r="J14" s="95">
         <v>0</v>
       </c>
       <c r="K14" s="95">
         <v>0</v>
       </c>
       <c r="L14" s="95">
         <v>0</v>
       </c>
       <c r="M14" s="95">
         <v>0</v>
       </c>
       <c r="N14" s="95">
         <v>0</v>
       </c>
       <c r="O14" s="95">
         <v>0</v>
       </c>
       <c r="P14" s="95">
         <v>0</v>
       </c>
       <c r="Q14" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:17" ht="34.5" customHeight="1">
       <c r="A15" s="52"/>
       <c r="B15" s="21" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="93">
-        <v>2.42</v>
+        <v>2.16</v>
       </c>
       <c r="D15" s="93">
         <v>0.7</v>
       </c>
       <c r="E15" s="93">
-        <v>1.53</v>
+        <v>1.51</v>
       </c>
       <c r="F15" s="93">
         <v>1.48</v>
       </c>
       <c r="G15" s="93">
-        <v>1.48</v>
+        <v>1.45</v>
       </c>
       <c r="H15" s="93">
-        <v>1.48</v>
+        <v>1.47</v>
       </c>
       <c r="I15" s="95">
         <v>0</v>
       </c>
       <c r="J15" s="95">
         <v>0</v>
       </c>
       <c r="K15" s="95">
         <v>0</v>
       </c>
       <c r="L15" s="95">
         <v>0</v>
       </c>
       <c r="M15" s="95">
         <v>0</v>
       </c>
       <c r="N15" s="95">
         <v>0</v>
       </c>
       <c r="O15" s="95">
         <v>0</v>
       </c>
       <c r="P15" s="95">
         <v>0</v>
       </c>
       <c r="Q15" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:17" ht="34.5" customHeight="1">
       <c r="A16" s="52"/>
       <c r="B16" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="93">
-        <v>1.82</v>
+        <v>1.69</v>
       </c>
       <c r="D16" s="93">
-        <v>1.35</v>
+        <v>1.3</v>
       </c>
       <c r="E16" s="93">
-        <v>1.6</v>
+        <v>1.57</v>
       </c>
       <c r="F16" s="95">
         <v>0</v>
       </c>
       <c r="G16" s="95">
         <v>0</v>
       </c>
       <c r="H16" s="95">
         <v>0</v>
       </c>
       <c r="I16" s="95">
         <v>0</v>
       </c>
       <c r="J16" s="95">
         <v>0</v>
       </c>
       <c r="K16" s="95">
         <v>0</v>
       </c>
       <c r="L16" s="95">
         <v>0</v>
       </c>
       <c r="M16" s="95">
         <v>0</v>
       </c>
       <c r="N16" s="95">
         <v>0</v>
       </c>
       <c r="O16" s="95">
         <v>0</v>
       </c>
       <c r="P16" s="95">
         <v>0</v>
       </c>
       <c r="Q16" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:17" ht="34.5" customHeight="1">
       <c r="A17" s="52"/>
       <c r="B17" s="21" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="93">
-        <v>1.73</v>
+        <v>1.7</v>
       </c>
       <c r="D17" s="93">
-        <v>1.51</v>
+        <v>1.37</v>
       </c>
       <c r="E17" s="93">
-        <v>1.64</v>
+        <v>1.56</v>
       </c>
       <c r="F17" s="95">
         <v>0</v>
       </c>
       <c r="G17" s="95">
         <v>0</v>
       </c>
       <c r="H17" s="95">
         <v>0</v>
       </c>
       <c r="I17" s="95">
         <v>0</v>
       </c>
       <c r="J17" s="95">
         <v>0</v>
       </c>
       <c r="K17" s="95">
         <v>0</v>
       </c>
       <c r="L17" s="95">
         <v>0</v>
       </c>
       <c r="M17" s="95">
         <v>0</v>
       </c>
       <c r="N17" s="95">
         <v>0</v>
       </c>
       <c r="O17" s="95">
         <v>0</v>
       </c>
       <c r="P17" s="95">
         <v>0</v>
       </c>
       <c r="Q17" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:17" ht="34.5" customHeight="1" thickBot="1">
       <c r="A18" s="55"/>
       <c r="B18" s="22" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="97">
-        <v>1.9</v>
+        <v>1.86</v>
       </c>
       <c r="D18" s="97">
-        <v>1.7</v>
+        <v>1.39</v>
       </c>
       <c r="E18" s="97">
-        <v>1.74</v>
+        <v>1.67</v>
       </c>
       <c r="F18" s="99">
         <v>0</v>
       </c>
       <c r="G18" s="99">
         <v>0</v>
       </c>
       <c r="H18" s="99">
         <v>0</v>
       </c>
       <c r="I18" s="99">
         <v>0</v>
       </c>
       <c r="J18" s="99">
         <v>0</v>
       </c>
       <c r="K18" s="99">
         <v>0</v>
       </c>
       <c r="L18" s="99">
         <v>0</v>
       </c>
       <c r="M18" s="99">
         <v>0</v>
       </c>
@@ -2837,59 +2837,59 @@
         <v>52</v>
       </c>
       <c r="B2" s="37"/>
       <c r="C2" s="37"/>
       <c r="D2" s="37"/>
       <c r="E2" s="37"/>
       <c r="F2" s="37"/>
       <c r="G2" s="37"/>
       <c r="H2" s="37"/>
       <c r="I2" s="37"/>
       <c r="J2" s="37"/>
       <c r="K2" s="37"/>
       <c r="L2" s="37"/>
       <c r="M2" s="37"/>
       <c r="N2" s="37"/>
       <c r="O2" s="37"/>
       <c r="P2" s="37"/>
       <c r="Q2" s="37"/>
     </row>
     <row r="3" spans="1:17" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="23"/>
       <c r="D3" s="24" t="str">
         <f>'7-4'!D3:H3</f>
-        <v>民國114年 9月</v>
+        <v>民國114年10月</v>
       </c>
       <c r="E3" s="24"/>
       <c r="F3" s="24"/>
       <c r="G3" s="24"/>
       <c r="H3" s="24"/>
       <c r="I3" s="25" t="str">
         <f>'7-4'!I3</f>
-        <v> Sept. 2025</v>
+        <v> Oct. 2025</v>
       </c>
       <c r="J3" s="25"/>
       <c r="K3" s="25"/>
       <c r="L3" s="25"/>
       <c r="M3" s="89" t="s">
         <v>9</v>
       </c>
       <c r="N3" s="89"/>
       <c r="O3" s="89"/>
       <c r="P3" s="89"/>
       <c r="Q3" s="89"/>
     </row>
     <row r="4" spans="1:17" ht="26.1" customHeight="1">
       <c r="A4" s="42" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="43"/>
       <c r="C4" s="80" t="s">
         <v>48</v>
       </c>
       <c r="D4" s="81"/>
       <c r="E4" s="82"/>
       <c r="F4" s="39" t="s">
         <v>1</v>
       </c>
@@ -3096,105 +3096,105 @@
       <c r="L9" s="104">
         <v>0</v>
       </c>
       <c r="M9" s="104">
         <v>0</v>
       </c>
       <c r="N9" s="104">
         <v>0</v>
       </c>
       <c r="O9" s="102">
         <v>0</v>
       </c>
       <c r="P9" s="106">
         <v>0</v>
       </c>
       <c r="Q9" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:17" ht="34.5" customHeight="1">
       <c r="A10" s="52"/>
       <c r="B10" s="21" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="93">
-        <v>1.65</v>
+        <v>1.63</v>
       </c>
       <c r="D10" s="93">
-        <v>1.56</v>
+        <v>1.55</v>
       </c>
       <c r="E10" s="93">
-        <v>1.6</v>
+        <v>1.58</v>
       </c>
       <c r="F10" s="102">
         <v>0</v>
       </c>
       <c r="G10" s="110">
         <v>0</v>
       </c>
       <c r="H10" s="110">
         <v>0</v>
       </c>
       <c r="I10" s="110">
         <v>0</v>
       </c>
       <c r="J10" s="110">
         <v>0</v>
       </c>
       <c r="K10" s="110">
         <v>0</v>
       </c>
       <c r="L10" s="110">
         <v>0</v>
       </c>
       <c r="M10" s="110">
         <v>0</v>
       </c>
       <c r="N10" s="110">
         <v>0</v>
       </c>
       <c r="O10" s="102">
         <v>0</v>
       </c>
       <c r="P10" s="106">
         <v>0</v>
       </c>
       <c r="Q10" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:17" ht="34.5" customHeight="1">
       <c r="A11" s="52"/>
       <c r="B11" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="93">
-        <v>1.64</v>
+        <v>1.63</v>
       </c>
       <c r="D11" s="93">
-        <v>1.57</v>
+        <v>1.58</v>
       </c>
       <c r="E11" s="93">
         <v>1.6</v>
       </c>
       <c r="F11" s="102">
         <v>0</v>
       </c>
       <c r="G11" s="110">
         <v>0</v>
       </c>
       <c r="H11" s="110">
         <v>0</v>
       </c>
       <c r="I11" s="110">
         <v>0</v>
       </c>
       <c r="J11" s="110">
         <v>0</v>
       </c>
       <c r="K11" s="110">
         <v>0</v>
       </c>
       <c r="L11" s="110">
         <v>0</v>
       </c>
@@ -3252,209 +3252,209 @@
       <c r="M12" s="110">
         <v>0</v>
       </c>
       <c r="N12" s="110">
         <v>0</v>
       </c>
       <c r="O12" s="102">
         <v>0</v>
       </c>
       <c r="P12" s="106">
         <v>0</v>
       </c>
       <c r="Q12" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="34.5" customHeight="1">
       <c r="A13" s="53"/>
       <c r="B13" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="93">
         <v>1.76</v>
       </c>
       <c r="D13" s="93">
-        <v>1.76</v>
+        <v>1.71</v>
       </c>
       <c r="E13" s="93">
-        <v>1.76</v>
+        <v>1.74</v>
       </c>
       <c r="F13" s="102">
         <v>0</v>
       </c>
       <c r="G13" s="110">
         <v>0</v>
       </c>
       <c r="H13" s="110">
         <v>0</v>
       </c>
       <c r="I13" s="110">
         <v>0</v>
       </c>
       <c r="J13" s="110">
         <v>0</v>
       </c>
       <c r="K13" s="110">
         <v>0</v>
       </c>
       <c r="L13" s="110">
         <v>0</v>
       </c>
       <c r="M13" s="110">
         <v>0</v>
       </c>
       <c r="N13" s="110">
         <v>0</v>
       </c>
       <c r="O13" s="102">
         <v>0</v>
       </c>
       <c r="P13" s="106">
         <v>0</v>
       </c>
       <c r="Q13" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="34.5" customHeight="1">
       <c r="A14" s="54" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="21" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="93">
-        <v>1.49</v>
+        <v>1.5</v>
       </c>
       <c r="D14" s="93">
-        <v>0.83</v>
+        <v>0.77</v>
       </c>
       <c r="E14" s="93">
-        <v>1.4</v>
+        <v>1.39</v>
       </c>
       <c r="F14" s="112">
-        <v>1.3</v>
+        <v>0.77</v>
       </c>
       <c r="G14" s="114">
-        <v>0.65</v>
+        <v>0.77</v>
       </c>
       <c r="H14" s="114">
-        <v>0.88</v>
+        <v>0.77</v>
       </c>
       <c r="I14" s="110">
         <v>0</v>
       </c>
       <c r="J14" s="110">
         <v>0</v>
       </c>
       <c r="K14" s="110">
         <v>0</v>
       </c>
       <c r="L14" s="110">
         <v>0</v>
       </c>
       <c r="M14" s="110">
         <v>0</v>
       </c>
       <c r="N14" s="110">
         <v>0</v>
       </c>
       <c r="O14" s="102">
         <v>0</v>
       </c>
       <c r="P14" s="110">
         <v>0</v>
       </c>
       <c r="Q14" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:17" ht="34.5" customHeight="1">
       <c r="A15" s="52"/>
       <c r="B15" s="21" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="93">
         <v>1.56</v>
       </c>
       <c r="D15" s="93">
-        <v>0.83</v>
+        <v>1.24</v>
       </c>
       <c r="E15" s="93">
-        <v>1.45</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>1.46</v>
+      </c>
+      <c r="F15" s="112">
+        <v>0.65</v>
+      </c>
+      <c r="G15" s="114">
+        <v>0.65</v>
+      </c>
+      <c r="H15" s="114">
+        <v>0.65</v>
       </c>
       <c r="I15" s="110">
         <v>0</v>
       </c>
       <c r="J15" s="110">
         <v>0</v>
       </c>
       <c r="K15" s="110">
         <v>0</v>
       </c>
       <c r="L15" s="110">
         <v>0</v>
       </c>
       <c r="M15" s="110">
         <v>0</v>
       </c>
       <c r="N15" s="110">
         <v>0</v>
       </c>
       <c r="O15" s="102">
         <v>0</v>
       </c>
       <c r="P15" s="110">
         <v>0</v>
       </c>
       <c r="Q15" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:17" ht="34.5" customHeight="1">
       <c r="A16" s="52"/>
       <c r="B16" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="93">
-        <v>1.56</v>
+        <v>1.53</v>
       </c>
       <c r="D16" s="93">
-        <v>1.42</v>
+        <v>1.48</v>
       </c>
       <c r="E16" s="93">
-        <v>1.53</v>
+        <v>1.52</v>
       </c>
       <c r="F16" s="102">
         <v>0</v>
       </c>
       <c r="G16" s="110">
         <v>0</v>
       </c>
       <c r="H16" s="110">
         <v>0</v>
       </c>
       <c r="I16" s="110">
         <v>0</v>
       </c>
       <c r="J16" s="110">
         <v>0</v>
       </c>
       <c r="K16" s="110">
         <v>0</v>
       </c>
       <c r="L16" s="110">
         <v>0</v>
       </c>
       <c r="M16" s="110">
         <v>0</v>
       </c>
@@ -3505,58 +3505,58 @@
       </c>
       <c r="L17" s="110">
         <v>0</v>
       </c>
       <c r="M17" s="110">
         <v>0</v>
       </c>
       <c r="N17" s="110">
         <v>0</v>
       </c>
       <c r="O17" s="102">
         <v>0</v>
       </c>
       <c r="P17" s="110">
         <v>0</v>
       </c>
       <c r="Q17" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:17" ht="34.5" customHeight="1" thickBot="1">
       <c r="A18" s="55"/>
       <c r="B18" s="22" t="s">
         <v>26</v>
       </c>
-      <c r="C18" s="99">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="C18" s="97">
+        <v>1.67</v>
+      </c>
+      <c r="D18" s="97">
+        <v>1.67</v>
+      </c>
+      <c r="E18" s="97">
+        <v>1.67</v>
       </c>
       <c r="F18" s="116">
         <v>0</v>
       </c>
       <c r="G18" s="118">
         <v>0</v>
       </c>
       <c r="H18" s="118">
         <v>0</v>
       </c>
       <c r="I18" s="118">
         <v>0</v>
       </c>
       <c r="J18" s="118">
         <v>0</v>
       </c>
       <c r="K18" s="118">
         <v>0</v>
       </c>
       <c r="L18" s="118">
         <v>0</v>
       </c>
       <c r="M18" s="118">
         <v>0</v>
       </c>
@@ -3724,55 +3724,55 @@
         <v>54</v>
       </c>
       <c r="B2" s="37"/>
       <c r="C2" s="37"/>
       <c r="D2" s="37"/>
       <c r="E2" s="37"/>
       <c r="F2" s="37"/>
       <c r="G2" s="37"/>
       <c r="H2" s="37"/>
       <c r="I2" s="37"/>
       <c r="J2" s="37"/>
       <c r="K2" s="37"/>
       <c r="L2" s="37"/>
       <c r="M2" s="37"/>
       <c r="N2" s="37"/>
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="24"/>
       <c r="D3" s="24"/>
       <c r="E3" s="24"/>
       <c r="F3" s="25"/>
       <c r="G3" s="24" t="str">
         <f>'7-4'!D3</f>
-        <v>民國114年 9月</v>
+        <v>民國114年10月</v>
       </c>
       <c r="H3" s="25" t="str">
         <f>'7-4'!I3</f>
-        <v> Sept. 2025</v>
+        <v> Oct. 2025</v>
       </c>
       <c r="I3" s="25"/>
       <c r="J3" s="89" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="89"/>
       <c r="L3" s="89"/>
       <c r="M3" s="89"/>
       <c r="N3" s="89"/>
     </row>
     <row r="4" spans="1:14" ht="26.1" customHeight="1">
       <c r="A4" s="42" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="43"/>
       <c r="C4" s="68" t="s">
         <v>40</v>
       </c>
       <c r="D4" s="40"/>
       <c r="E4" s="41"/>
       <c r="F4" s="68" t="s">
         <v>41</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="41"/>