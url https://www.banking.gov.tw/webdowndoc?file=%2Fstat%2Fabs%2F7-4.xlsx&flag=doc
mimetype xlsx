--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -38,51 +38,51 @@
     <definedName name="外部資料_1" localSheetId="1">'7-4(續一)'!$A$1:$Q$22</definedName>
     <definedName name="外部資料_1" localSheetId="2">'7-4(續二完)'!$A$1:$N$22</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>銀行承兌匯票</t>
   </si>
   <si>
     <t>國庫券</t>
   </si>
   <si>
     <t>最高</t>
   </si>
   <si>
     <t>最低</t>
   </si>
   <si>
     <t>平均</t>
   </si>
   <si>
-    <t>民國114年10月</t>
+    <t>民國114年12月</t>
   </si>
   <si>
     <t>Highest</t>
   </si>
   <si>
     <t>Lowest</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <r>
       <t>單位：年息百分比率</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve"> Percent per annum</t>
     </r>
   </si>
   <si>
@@ -108,51 +108,51 @@
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Provided by individual institution.</t>
     </r>
   </si>
   <si>
     <t>Bankers' Acceptances</t>
   </si>
   <si>
     <t>Finance</t>
   </si>
   <si>
     <t>融資性本票</t>
   </si>
   <si>
     <t>Real</t>
   </si>
   <si>
     <t>交易本票</t>
   </si>
   <si>
-    <t xml:space="preserve"> Oct. 2025</t>
+    <t xml:space="preserve"> Dec. 2025</t>
   </si>
   <si>
     <t>Trade Acceptances</t>
   </si>
   <si>
     <t>商業承兌匯票</t>
   </si>
   <si>
     <t>Treasury Bills</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">一個月期
 (1～30天)
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Less than 30 days</t>
     </r>
@@ -2175,515 +2175,515 @@
       </c>
       <c r="N8" s="18" t="s">
         <v>8</v>
       </c>
       <c r="O8" s="18" t="s">
         <v>6</v>
       </c>
       <c r="P8" s="18" t="s">
         <v>7</v>
       </c>
       <c r="Q8" s="18" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:17" ht="34.5" customHeight="1">
       <c r="A9" s="51" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="21" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="91">
         <v>5.57</v>
       </c>
       <c r="D9" s="93">
-        <v>1.47</v>
+        <v>1.48</v>
       </c>
       <c r="E9" s="93">
-        <v>1.96</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>2.04</v>
+      </c>
+      <c r="F9" s="93">
+        <v>2.48</v>
+      </c>
+      <c r="G9" s="93">
+        <v>2.48</v>
+      </c>
+      <c r="H9" s="93">
+        <v>2.48</v>
       </c>
       <c r="I9" s="95">
         <v>0</v>
       </c>
       <c r="J9" s="95">
         <v>0</v>
       </c>
       <c r="K9" s="95">
         <v>0</v>
       </c>
       <c r="L9" s="95">
         <v>0</v>
       </c>
       <c r="M9" s="95">
         <v>0</v>
       </c>
       <c r="N9" s="95">
         <v>0</v>
       </c>
       <c r="O9" s="95">
         <v>0</v>
       </c>
       <c r="P9" s="95">
         <v>0</v>
       </c>
       <c r="Q9" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:17" ht="34.5" customHeight="1">
       <c r="A10" s="52"/>
       <c r="B10" s="21" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="93">
         <v>5.13</v>
       </c>
       <c r="D10" s="93">
-        <v>1.46</v>
+        <v>1.49</v>
       </c>
       <c r="E10" s="93">
-        <v>2.03</v>
+        <v>2.08</v>
       </c>
       <c r="F10" s="93">
         <v>3.1</v>
       </c>
       <c r="G10" s="93">
         <v>2.48</v>
       </c>
       <c r="H10" s="93">
-        <v>2.65</v>
+        <v>2.66</v>
       </c>
       <c r="I10" s="95">
         <v>0</v>
       </c>
       <c r="J10" s="95">
         <v>0</v>
       </c>
       <c r="K10" s="95">
         <v>0</v>
       </c>
       <c r="L10" s="95">
         <v>0</v>
       </c>
       <c r="M10" s="95">
         <v>0</v>
       </c>
       <c r="N10" s="95">
         <v>0</v>
       </c>
       <c r="O10" s="95">
         <v>0</v>
       </c>
       <c r="P10" s="95">
         <v>0</v>
       </c>
       <c r="Q10" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:17" ht="34.5" customHeight="1">
       <c r="A11" s="52"/>
       <c r="B11" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="93">
-        <v>4.8</v>
+        <v>3.5</v>
       </c>
       <c r="D11" s="93">
-        <v>1.39</v>
+        <v>1.49</v>
       </c>
       <c r="E11" s="93">
-        <v>1.69</v>
+        <v>1.9</v>
       </c>
       <c r="F11" s="95">
         <v>0</v>
       </c>
       <c r="G11" s="95">
         <v>0</v>
       </c>
       <c r="H11" s="95">
         <v>0</v>
       </c>
       <c r="I11" s="95">
         <v>0</v>
       </c>
       <c r="J11" s="95">
         <v>0</v>
       </c>
       <c r="K11" s="95">
         <v>0</v>
       </c>
       <c r="L11" s="95">
         <v>0</v>
       </c>
       <c r="M11" s="95">
         <v>0</v>
       </c>
       <c r="N11" s="95">
         <v>0</v>
       </c>
       <c r="O11" s="95">
         <v>0</v>
       </c>
       <c r="P11" s="95">
         <v>0</v>
       </c>
       <c r="Q11" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:17" ht="34.5" customHeight="1">
       <c r="A12" s="52"/>
       <c r="B12" s="21" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="93">
-        <v>1.87</v>
+        <v>1.83</v>
       </c>
       <c r="D12" s="93">
-        <v>1.39</v>
+        <v>1.49</v>
       </c>
       <c r="E12" s="93">
-        <v>1.6</v>
+        <v>1.7</v>
       </c>
       <c r="F12" s="95">
         <v>0</v>
       </c>
       <c r="G12" s="95">
         <v>0</v>
       </c>
       <c r="H12" s="95">
         <v>0</v>
       </c>
       <c r="I12" s="95">
         <v>0</v>
       </c>
       <c r="J12" s="95">
         <v>0</v>
       </c>
       <c r="K12" s="95">
         <v>0</v>
       </c>
       <c r="L12" s="95">
         <v>0</v>
       </c>
       <c r="M12" s="95">
         <v>0</v>
       </c>
       <c r="N12" s="95">
         <v>0</v>
       </c>
       <c r="O12" s="95">
         <v>0</v>
       </c>
       <c r="P12" s="95">
         <v>0</v>
       </c>
       <c r="Q12" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="34.5" customHeight="1">
       <c r="A13" s="53"/>
       <c r="B13" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="93">
-        <v>2.17</v>
+        <v>2.15</v>
       </c>
       <c r="D13" s="93">
-        <v>1.41</v>
+        <v>1.5</v>
       </c>
       <c r="E13" s="93">
-        <v>1.77</v>
+        <v>1.81</v>
       </c>
       <c r="F13" s="95">
         <v>0</v>
       </c>
       <c r="G13" s="95">
         <v>0</v>
       </c>
       <c r="H13" s="95">
         <v>0</v>
       </c>
       <c r="I13" s="95">
         <v>0</v>
       </c>
       <c r="J13" s="95">
         <v>0</v>
       </c>
       <c r="K13" s="95">
         <v>0</v>
       </c>
       <c r="L13" s="95">
         <v>0</v>
       </c>
       <c r="M13" s="95">
         <v>0</v>
       </c>
       <c r="N13" s="95">
         <v>0</v>
       </c>
       <c r="O13" s="95">
         <v>0</v>
       </c>
       <c r="P13" s="95">
         <v>0</v>
       </c>
       <c r="Q13" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="34.5" customHeight="1">
       <c r="A14" s="54" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="21" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="93">
-        <v>2.03</v>
+        <v>2.11</v>
       </c>
       <c r="D14" s="93">
         <v>0.7</v>
       </c>
       <c r="E14" s="93">
-        <v>1.47</v>
+        <v>1.49</v>
       </c>
       <c r="F14" s="93">
-        <v>1.48</v>
+        <v>1.45</v>
       </c>
       <c r="G14" s="93">
-        <v>1.22</v>
+        <v>1.27</v>
       </c>
       <c r="H14" s="93">
-        <v>1.39</v>
+        <v>1.4</v>
       </c>
       <c r="I14" s="95">
         <v>0</v>
       </c>
       <c r="J14" s="95">
         <v>0</v>
       </c>
       <c r="K14" s="95">
         <v>0</v>
       </c>
       <c r="L14" s="95">
         <v>0</v>
       </c>
       <c r="M14" s="95">
         <v>0</v>
       </c>
       <c r="N14" s="95">
         <v>0</v>
       </c>
       <c r="O14" s="95">
         <v>0</v>
       </c>
       <c r="P14" s="95">
         <v>0</v>
       </c>
       <c r="Q14" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:17" ht="34.5" customHeight="1">
       <c r="A15" s="52"/>
       <c r="B15" s="21" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="93">
-        <v>2.16</v>
+        <v>2.37</v>
       </c>
       <c r="D15" s="93">
         <v>0.7</v>
       </c>
       <c r="E15" s="93">
-        <v>1.51</v>
-[...8 lines deleted...]
-        <v>1.47</v>
+        <v>1.58</v>
+      </c>
+      <c r="F15" s="95">
+        <v>0</v>
+      </c>
+      <c r="G15" s="95">
+        <v>0</v>
+      </c>
+      <c r="H15" s="95">
+        <v>0</v>
       </c>
       <c r="I15" s="95">
         <v>0</v>
       </c>
       <c r="J15" s="95">
         <v>0</v>
       </c>
       <c r="K15" s="95">
         <v>0</v>
       </c>
       <c r="L15" s="95">
         <v>0</v>
       </c>
       <c r="M15" s="95">
         <v>0</v>
       </c>
       <c r="N15" s="95">
         <v>0</v>
       </c>
       <c r="O15" s="95">
         <v>0</v>
       </c>
       <c r="P15" s="95">
         <v>0</v>
       </c>
       <c r="Q15" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:17" ht="34.5" customHeight="1">
       <c r="A16" s="52"/>
       <c r="B16" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="93">
-        <v>1.69</v>
+        <v>1.77</v>
       </c>
       <c r="D16" s="93">
-        <v>1.3</v>
+        <v>1.35</v>
       </c>
       <c r="E16" s="93">
-        <v>1.57</v>
+        <v>1.64</v>
       </c>
       <c r="F16" s="95">
         <v>0</v>
       </c>
       <c r="G16" s="95">
         <v>0</v>
       </c>
       <c r="H16" s="95">
         <v>0</v>
       </c>
       <c r="I16" s="95">
         <v>0</v>
       </c>
       <c r="J16" s="95">
         <v>0</v>
       </c>
       <c r="K16" s="95">
         <v>0</v>
       </c>
       <c r="L16" s="95">
         <v>0</v>
       </c>
       <c r="M16" s="95">
         <v>0</v>
       </c>
       <c r="N16" s="95">
         <v>0</v>
       </c>
       <c r="O16" s="95">
         <v>0</v>
       </c>
       <c r="P16" s="95">
         <v>0</v>
       </c>
       <c r="Q16" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:17" ht="34.5" customHeight="1">
       <c r="A17" s="52"/>
       <c r="B17" s="21" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="93">
-        <v>1.7</v>
+        <v>1.77</v>
       </c>
       <c r="D17" s="93">
-        <v>1.37</v>
+        <v>1.47</v>
       </c>
       <c r="E17" s="93">
-        <v>1.56</v>
+        <v>1.66</v>
       </c>
       <c r="F17" s="95">
         <v>0</v>
       </c>
       <c r="G17" s="95">
         <v>0</v>
       </c>
       <c r="H17" s="95">
         <v>0</v>
       </c>
       <c r="I17" s="95">
         <v>0</v>
       </c>
       <c r="J17" s="95">
         <v>0</v>
       </c>
       <c r="K17" s="95">
         <v>0</v>
       </c>
       <c r="L17" s="95">
         <v>0</v>
       </c>
       <c r="M17" s="95">
         <v>0</v>
       </c>
       <c r="N17" s="95">
         <v>0</v>
       </c>
       <c r="O17" s="95">
         <v>0</v>
       </c>
       <c r="P17" s="95">
         <v>0</v>
       </c>
       <c r="Q17" s="95">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:17" ht="34.5" customHeight="1" thickBot="1">
       <c r="A18" s="55"/>
       <c r="B18" s="22" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="97">
-        <v>1.86</v>
+        <v>1.84</v>
       </c>
       <c r="D18" s="97">
-        <v>1.39</v>
+        <v>1.5</v>
       </c>
       <c r="E18" s="97">
-        <v>1.67</v>
+        <v>1.71</v>
       </c>
       <c r="F18" s="99">
         <v>0</v>
       </c>
       <c r="G18" s="99">
         <v>0</v>
       </c>
       <c r="H18" s="99">
         <v>0</v>
       </c>
       <c r="I18" s="99">
         <v>0</v>
       </c>
       <c r="J18" s="99">
         <v>0</v>
       </c>
       <c r="K18" s="99">
         <v>0</v>
       </c>
       <c r="L18" s="99">
         <v>0</v>
       </c>
       <c r="M18" s="99">
         <v>0</v>
       </c>
@@ -2837,59 +2837,59 @@
         <v>52</v>
       </c>
       <c r="B2" s="37"/>
       <c r="C2" s="37"/>
       <c r="D2" s="37"/>
       <c r="E2" s="37"/>
       <c r="F2" s="37"/>
       <c r="G2" s="37"/>
       <c r="H2" s="37"/>
       <c r="I2" s="37"/>
       <c r="J2" s="37"/>
       <c r="K2" s="37"/>
       <c r="L2" s="37"/>
       <c r="M2" s="37"/>
       <c r="N2" s="37"/>
       <c r="O2" s="37"/>
       <c r="P2" s="37"/>
       <c r="Q2" s="37"/>
     </row>
     <row r="3" spans="1:17" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="23"/>
       <c r="D3" s="24" t="str">
         <f>'7-4'!D3:H3</f>
-        <v>民國114年10月</v>
+        <v>民國114年12月</v>
       </c>
       <c r="E3" s="24"/>
       <c r="F3" s="24"/>
       <c r="G3" s="24"/>
       <c r="H3" s="24"/>
       <c r="I3" s="25" t="str">
         <f>'7-4'!I3</f>
-        <v> Oct. 2025</v>
+        <v> Dec. 2025</v>
       </c>
       <c r="J3" s="25"/>
       <c r="K3" s="25"/>
       <c r="L3" s="25"/>
       <c r="M3" s="89" t="s">
         <v>9</v>
       </c>
       <c r="N3" s="89"/>
       <c r="O3" s="89"/>
       <c r="P3" s="89"/>
       <c r="Q3" s="89"/>
     </row>
     <row r="4" spans="1:17" ht="26.1" customHeight="1">
       <c r="A4" s="42" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="43"/>
       <c r="C4" s="80" t="s">
         <v>48</v>
       </c>
       <c r="D4" s="81"/>
       <c r="E4" s="82"/>
       <c r="F4" s="39" t="s">
         <v>1</v>
       </c>
@@ -3096,108 +3096,108 @@
       <c r="L9" s="104">
         <v>0</v>
       </c>
       <c r="M9" s="104">
         <v>0</v>
       </c>
       <c r="N9" s="104">
         <v>0</v>
       </c>
       <c r="O9" s="102">
         <v>0</v>
       </c>
       <c r="P9" s="106">
         <v>0</v>
       </c>
       <c r="Q9" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:17" ht="34.5" customHeight="1">
       <c r="A10" s="52"/>
       <c r="B10" s="21" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="93">
-        <v>1.63</v>
+        <v>1.64</v>
       </c>
       <c r="D10" s="93">
-        <v>1.55</v>
+        <v>1.59</v>
       </c>
       <c r="E10" s="93">
-        <v>1.58</v>
+        <v>1.62</v>
       </c>
       <c r="F10" s="102">
         <v>0</v>
       </c>
       <c r="G10" s="110">
         <v>0</v>
       </c>
       <c r="H10" s="110">
         <v>0</v>
       </c>
       <c r="I10" s="110">
         <v>0</v>
       </c>
       <c r="J10" s="110">
         <v>0</v>
       </c>
       <c r="K10" s="110">
         <v>0</v>
       </c>
       <c r="L10" s="110">
         <v>0</v>
       </c>
       <c r="M10" s="110">
         <v>0</v>
       </c>
       <c r="N10" s="110">
         <v>0</v>
       </c>
       <c r="O10" s="102">
         <v>0</v>
       </c>
       <c r="P10" s="106">
         <v>0</v>
       </c>
       <c r="Q10" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:17" ht="34.5" customHeight="1">
       <c r="A11" s="52"/>
       <c r="B11" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="93">
-        <v>1.63</v>
+        <v>1.66</v>
       </c>
       <c r="D11" s="93">
-        <v>1.58</v>
+        <v>1.62</v>
       </c>
       <c r="E11" s="93">
-        <v>1.6</v>
+        <v>1.64</v>
       </c>
       <c r="F11" s="102">
         <v>0</v>
       </c>
       <c r="G11" s="110">
         <v>0</v>
       </c>
       <c r="H11" s="110">
         <v>0</v>
       </c>
       <c r="I11" s="110">
         <v>0</v>
       </c>
       <c r="J11" s="110">
         <v>0</v>
       </c>
       <c r="K11" s="110">
         <v>0</v>
       </c>
       <c r="L11" s="110">
         <v>0</v>
       </c>
       <c r="M11" s="110">
         <v>0</v>
       </c>
@@ -3206,252 +3206,252 @@
       </c>
       <c r="O11" s="102">
         <v>0</v>
       </c>
       <c r="P11" s="106">
         <v>0</v>
       </c>
       <c r="Q11" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:17" ht="34.5" customHeight="1">
       <c r="A12" s="52"/>
       <c r="B12" s="21" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="95">
         <v>0</v>
       </c>
       <c r="D12" s="95">
         <v>0</v>
       </c>
       <c r="E12" s="95">
         <v>0</v>
       </c>
-      <c r="F12" s="102">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="F12" s="112">
+        <v>1.22</v>
+      </c>
+      <c r="G12" s="114">
+        <v>1.22</v>
+      </c>
+      <c r="H12" s="114">
+        <v>1.22</v>
       </c>
       <c r="I12" s="110">
         <v>0</v>
       </c>
       <c r="J12" s="110">
         <v>0</v>
       </c>
       <c r="K12" s="110">
         <v>0</v>
       </c>
       <c r="L12" s="110">
         <v>0</v>
       </c>
       <c r="M12" s="110">
         <v>0</v>
       </c>
       <c r="N12" s="110">
         <v>0</v>
       </c>
       <c r="O12" s="102">
         <v>0</v>
       </c>
       <c r="P12" s="106">
         <v>0</v>
       </c>
       <c r="Q12" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="34.5" customHeight="1">
       <c r="A13" s="53"/>
       <c r="B13" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="93">
-        <v>1.76</v>
+        <v>1.77</v>
       </c>
       <c r="D13" s="93">
-        <v>1.71</v>
+        <v>1.77</v>
       </c>
       <c r="E13" s="93">
-        <v>1.74</v>
+        <v>1.77</v>
       </c>
       <c r="F13" s="102">
         <v>0</v>
       </c>
       <c r="G13" s="110">
         <v>0</v>
       </c>
       <c r="H13" s="110">
         <v>0</v>
       </c>
       <c r="I13" s="110">
         <v>0</v>
       </c>
       <c r="J13" s="110">
         <v>0</v>
       </c>
       <c r="K13" s="110">
         <v>0</v>
       </c>
       <c r="L13" s="110">
         <v>0</v>
       </c>
       <c r="M13" s="110">
         <v>0</v>
       </c>
       <c r="N13" s="110">
         <v>0</v>
       </c>
       <c r="O13" s="102">
         <v>0</v>
       </c>
       <c r="P13" s="106">
         <v>0</v>
       </c>
       <c r="Q13" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="34.5" customHeight="1">
       <c r="A14" s="54" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="21" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="93">
         <v>1.5</v>
       </c>
       <c r="D14" s="93">
-        <v>0.77</v>
+        <v>1.1</v>
       </c>
       <c r="E14" s="93">
-        <v>1.39</v>
+        <v>1.41</v>
       </c>
       <c r="F14" s="112">
-        <v>0.77</v>
+        <v>0.82</v>
       </c>
       <c r="G14" s="114">
         <v>0.77</v>
       </c>
       <c r="H14" s="114">
-        <v>0.77</v>
+        <v>0.78</v>
       </c>
       <c r="I14" s="110">
         <v>0</v>
       </c>
       <c r="J14" s="110">
         <v>0</v>
       </c>
       <c r="K14" s="110">
         <v>0</v>
       </c>
       <c r="L14" s="110">
         <v>0</v>
       </c>
       <c r="M14" s="110">
         <v>0</v>
       </c>
       <c r="N14" s="110">
         <v>0</v>
       </c>
       <c r="O14" s="102">
         <v>0</v>
       </c>
       <c r="P14" s="110">
         <v>0</v>
       </c>
       <c r="Q14" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:17" ht="34.5" customHeight="1">
       <c r="A15" s="52"/>
       <c r="B15" s="21" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="93">
-        <v>1.56</v>
+        <v>1.59</v>
       </c>
       <c r="D15" s="93">
         <v>1.24</v>
       </c>
       <c r="E15" s="93">
-        <v>1.46</v>
-[...8 lines deleted...]
-        <v>0.65</v>
+        <v>1.53</v>
+      </c>
+      <c r="F15" s="102">
+        <v>0</v>
+      </c>
+      <c r="G15" s="110">
+        <v>0</v>
+      </c>
+      <c r="H15" s="110">
+        <v>0</v>
       </c>
       <c r="I15" s="110">
         <v>0</v>
       </c>
       <c r="J15" s="110">
         <v>0</v>
       </c>
       <c r="K15" s="110">
         <v>0</v>
       </c>
       <c r="L15" s="110">
         <v>0</v>
       </c>
       <c r="M15" s="110">
         <v>0</v>
       </c>
       <c r="N15" s="110">
         <v>0</v>
       </c>
       <c r="O15" s="102">
         <v>0</v>
       </c>
       <c r="P15" s="110">
         <v>0</v>
       </c>
       <c r="Q15" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:17" ht="34.5" customHeight="1">
       <c r="A16" s="52"/>
       <c r="B16" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="93">
-        <v>1.53</v>
+        <v>1.58</v>
       </c>
       <c r="D16" s="93">
-        <v>1.48</v>
+        <v>1.4</v>
       </c>
       <c r="E16" s="93">
         <v>1.52</v>
       </c>
       <c r="F16" s="102">
         <v>0</v>
       </c>
       <c r="G16" s="110">
         <v>0</v>
       </c>
       <c r="H16" s="110">
         <v>0</v>
       </c>
       <c r="I16" s="110">
         <v>0</v>
       </c>
       <c r="J16" s="110">
         <v>0</v>
       </c>
       <c r="K16" s="110">
         <v>0</v>
       </c>
       <c r="L16" s="110">
         <v>0</v>
       </c>
@@ -3505,58 +3505,58 @@
       </c>
       <c r="L17" s="110">
         <v>0</v>
       </c>
       <c r="M17" s="110">
         <v>0</v>
       </c>
       <c r="N17" s="110">
         <v>0</v>
       </c>
       <c r="O17" s="102">
         <v>0</v>
       </c>
       <c r="P17" s="110">
         <v>0</v>
       </c>
       <c r="Q17" s="108">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:17" ht="34.5" customHeight="1" thickBot="1">
       <c r="A18" s="55"/>
       <c r="B18" s="22" t="s">
         <v>26</v>
       </c>
-      <c r="C18" s="97">
-[...6 lines deleted...]
-        <v>1.67</v>
+      <c r="C18" s="99">
+        <v>0</v>
+      </c>
+      <c r="D18" s="99">
+        <v>0</v>
+      </c>
+      <c r="E18" s="99">
+        <v>0</v>
       </c>
       <c r="F18" s="116">
         <v>0</v>
       </c>
       <c r="G18" s="118">
         <v>0</v>
       </c>
       <c r="H18" s="118">
         <v>0</v>
       </c>
       <c r="I18" s="118">
         <v>0</v>
       </c>
       <c r="J18" s="118">
         <v>0</v>
       </c>
       <c r="K18" s="118">
         <v>0</v>
       </c>
       <c r="L18" s="118">
         <v>0</v>
       </c>
       <c r="M18" s="118">
         <v>0</v>
       </c>
@@ -3724,55 +3724,55 @@
         <v>54</v>
       </c>
       <c r="B2" s="37"/>
       <c r="C2" s="37"/>
       <c r="D2" s="37"/>
       <c r="E2" s="37"/>
       <c r="F2" s="37"/>
       <c r="G2" s="37"/>
       <c r="H2" s="37"/>
       <c r="I2" s="37"/>
       <c r="J2" s="37"/>
       <c r="K2" s="37"/>
       <c r="L2" s="37"/>
       <c r="M2" s="37"/>
       <c r="N2" s="37"/>
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="24"/>
       <c r="D3" s="24"/>
       <c r="E3" s="24"/>
       <c r="F3" s="25"/>
       <c r="G3" s="24" t="str">
         <f>'7-4'!D3</f>
-        <v>民國114年10月</v>
+        <v>民國114年12月</v>
       </c>
       <c r="H3" s="25" t="str">
         <f>'7-4'!I3</f>
-        <v> Oct. 2025</v>
+        <v> Dec. 2025</v>
       </c>
       <c r="I3" s="25"/>
       <c r="J3" s="89" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="89"/>
       <c r="L3" s="89"/>
       <c r="M3" s="89"/>
       <c r="N3" s="89"/>
     </row>
     <row r="4" spans="1:14" ht="26.1" customHeight="1">
       <c r="A4" s="42" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="43"/>
       <c r="C4" s="68" t="s">
         <v>40</v>
       </c>
       <c r="D4" s="40"/>
       <c r="E4" s="41"/>
       <c r="F4" s="68" t="s">
         <v>41</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="41"/>