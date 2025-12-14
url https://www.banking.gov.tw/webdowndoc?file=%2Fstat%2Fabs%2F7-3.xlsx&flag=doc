--- v0 (2025-10-08)
+++ v1 (2025-12-14)
@@ -11,51 +11,51 @@
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="7-3" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="外部資料_1" localSheetId="0">'7-3'!$A$1:$M$39</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>民國114年 7月底</t>
+    <t>民國114年 9月底</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">公　　　司　　　別
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>by Company</t>
     </r>
   </si>
   <si>
     <t>銀行可轉讓
 定期存單</t>
   </si>
   <si>
     <t>Negotiable Certificates of Deposits</t>
   </si>
   <si>
     <t>Total</t>
@@ -82,51 +82,51 @@
       <rPr>
         <sz val="9"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>：</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Provided by individual institution.</t>
     </r>
   </si>
   <si>
     <t>Bankers'
 Acceptances</t>
   </si>
   <si>
     <t>Treasury
 Bills</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of July 2025</t>
+    <t xml:space="preserve"> End of Sept. 2025</t>
   </si>
   <si>
     <t>Trade
 Acceptances</t>
   </si>
   <si>
     <t>銀行承兌
 匯票</t>
   </si>
   <si>
     <t>商業承兌
 匯票</t>
   </si>
   <si>
     <t>國庫券</t>
   </si>
   <si>
     <t>外幣一年期以下受益證券及資產基礎證券</t>
   </si>
   <si>
     <t>外幣商業
 本票</t>
   </si>
   <si>
     <t>總　計</t>
@@ -1675,594 +1675,594 @@
       </c>
       <c r="H5" s="14" t="s">
         <v>10</v>
       </c>
       <c r="I5" s="15" t="s">
         <v>3</v>
       </c>
       <c r="J5" s="16" t="s">
         <v>8</v>
       </c>
       <c r="K5" s="25" t="s">
         <v>30</v>
       </c>
       <c r="L5" s="17" t="s">
         <v>21</v>
       </c>
       <c r="M5" s="17" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="12.6" customHeight="1">
       <c r="A6" s="44" t="s">
         <v>25</v>
       </c>
       <c r="B6" s="61">
-        <v>2836568</v>
+        <v>2895116</v>
       </c>
       <c r="C6" s="61">
-        <v>2544218</v>
+        <v>2660569</v>
       </c>
       <c r="D6" s="61">
-        <v>2544124</v>
+        <v>2660451</v>
       </c>
       <c r="E6" s="61">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="F6" s="64">
         <v>0</v>
       </c>
       <c r="G6" s="61">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H6" s="64">
         <v>0</v>
       </c>
       <c r="I6" s="61">
-        <v>178326</v>
+        <v>177026</v>
       </c>
       <c r="J6" s="61">
-        <v>114001</v>
+        <v>57500</v>
       </c>
       <c r="K6" s="64">
         <v>0</v>
       </c>
       <c r="L6" s="64">
         <v>0</v>
       </c>
       <c r="M6" s="67">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:13" ht="11.1" customHeight="1">
       <c r="A7" s="56" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="27"/>
       <c r="C7" s="27"/>
       <c r="D7" s="27"/>
       <c r="E7" s="27"/>
       <c r="F7" s="27"/>
       <c r="G7" s="27"/>
       <c r="H7" s="27"/>
       <c r="I7" s="27"/>
       <c r="J7" s="27"/>
       <c r="K7" s="27"/>
       <c r="L7" s="27"/>
       <c r="M7" s="29"/>
     </row>
     <row r="8" spans="1:13" ht="12.6" customHeight="1">
       <c r="A8" s="44" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="47">
-        <v>661507</v>
+        <v>655319</v>
       </c>
       <c r="C8" s="47">
-        <v>566675</v>
+        <v>568974</v>
       </c>
       <c r="D8" s="47">
-        <v>566580</v>
+        <v>568856</v>
       </c>
       <c r="E8" s="47">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="F8" s="50">
         <v>0</v>
       </c>
       <c r="G8" s="50">
         <v>0</v>
       </c>
       <c r="H8" s="50">
         <v>0</v>
       </c>
       <c r="I8" s="47">
-        <v>91232</v>
+        <v>82745</v>
       </c>
       <c r="J8" s="47">
         <v>3600</v>
       </c>
       <c r="K8" s="50">
         <v>0</v>
       </c>
       <c r="L8" s="50">
         <v>0</v>
       </c>
       <c r="M8" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="11.1" customHeight="1">
       <c r="A9" s="56" t="s">
         <v>40</v>
       </c>
       <c r="B9" s="27"/>
       <c r="C9" s="27"/>
       <c r="D9" s="27"/>
       <c r="E9" s="27"/>
       <c r="F9" s="27"/>
       <c r="G9" s="27"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="27"/>
       <c r="K9" s="27"/>
       <c r="L9" s="27"/>
       <c r="M9" s="29"/>
     </row>
     <row r="10" spans="1:13" ht="12.6" customHeight="1">
       <c r="A10" s="23" t="s">
         <v>41</v>
       </c>
       <c r="B10" s="46">
-        <v>173023</v>
+        <v>168431</v>
       </c>
       <c r="C10" s="46">
-        <v>160698</v>
+        <v>153336</v>
       </c>
       <c r="D10" s="46">
-        <v>160692</v>
+        <v>153331</v>
       </c>
       <c r="E10" s="46">
         <v>6</v>
       </c>
       <c r="F10" s="49">
         <v>0</v>
       </c>
       <c r="G10" s="49">
         <v>0</v>
       </c>
       <c r="H10" s="49">
         <v>0</v>
       </c>
       <c r="I10" s="46">
-        <v>12326</v>
+        <v>15094</v>
       </c>
       <c r="J10" s="49">
         <v>0</v>
       </c>
       <c r="K10" s="49">
         <v>0</v>
       </c>
       <c r="L10" s="49">
         <v>0</v>
       </c>
       <c r="M10" s="52">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="11.1" customHeight="1">
       <c r="A11" s="58" t="s">
         <v>42</v>
       </c>
       <c r="B11" s="27"/>
       <c r="C11" s="27"/>
       <c r="D11" s="27"/>
       <c r="E11" s="27"/>
       <c r="F11" s="27"/>
       <c r="G11" s="27"/>
       <c r="H11" s="27"/>
       <c r="I11" s="27"/>
       <c r="J11" s="27"/>
       <c r="K11" s="27"/>
       <c r="L11" s="27"/>
       <c r="M11" s="29"/>
     </row>
     <row r="12" spans="1:13" ht="12.6" customHeight="1">
       <c r="A12" s="23" t="s">
         <v>43</v>
       </c>
       <c r="B12" s="46">
-        <v>128747</v>
+        <v>128001</v>
       </c>
       <c r="C12" s="46">
-        <v>114657</v>
+        <v>123449</v>
       </c>
       <c r="D12" s="46">
-        <v>114609</v>
+        <v>123401</v>
       </c>
       <c r="E12" s="46">
         <v>48</v>
       </c>
       <c r="F12" s="49">
         <v>0</v>
       </c>
       <c r="G12" s="49">
         <v>0</v>
       </c>
       <c r="H12" s="49">
         <v>0</v>
       </c>
       <c r="I12" s="46">
-        <v>14090</v>
+        <v>4552</v>
       </c>
       <c r="J12" s="49">
         <v>0</v>
       </c>
       <c r="K12" s="49">
         <v>0</v>
       </c>
       <c r="L12" s="49">
         <v>0</v>
       </c>
       <c r="M12" s="52">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:13" ht="11.1" customHeight="1">
       <c r="A13" s="58" t="s">
         <v>44</v>
       </c>
       <c r="B13" s="27"/>
       <c r="C13" s="27"/>
       <c r="D13" s="27"/>
       <c r="E13" s="27"/>
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="27"/>
       <c r="K13" s="27"/>
       <c r="L13" s="27"/>
       <c r="M13" s="29"/>
     </row>
     <row r="14" spans="1:13" ht="12.6" customHeight="1">
       <c r="A14" s="23" t="s">
         <v>45</v>
       </c>
       <c r="B14" s="46">
-        <v>157802</v>
+        <v>155896</v>
       </c>
       <c r="C14" s="46">
-        <v>121956</v>
+        <v>119675</v>
       </c>
       <c r="D14" s="46">
-        <v>121915</v>
+        <v>119611</v>
       </c>
       <c r="E14" s="46">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="F14" s="49">
         <v>0</v>
       </c>
       <c r="G14" s="49">
         <v>0</v>
       </c>
       <c r="H14" s="49">
         <v>0</v>
       </c>
       <c r="I14" s="46">
-        <v>32246</v>
+        <v>32621</v>
       </c>
       <c r="J14" s="46">
         <v>3600</v>
       </c>
       <c r="K14" s="49">
         <v>0</v>
       </c>
       <c r="L14" s="49">
         <v>0</v>
       </c>
       <c r="M14" s="52">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:13" ht="11.1" customHeight="1">
       <c r="A15" s="58" t="s">
         <v>46</v>
       </c>
       <c r="B15" s="27"/>
       <c r="C15" s="27"/>
       <c r="D15" s="27"/>
       <c r="E15" s="27"/>
       <c r="F15" s="27"/>
       <c r="G15" s="27"/>
       <c r="H15" s="27"/>
       <c r="I15" s="27"/>
       <c r="J15" s="27"/>
       <c r="K15" s="27"/>
       <c r="L15" s="27"/>
       <c r="M15" s="29"/>
     </row>
     <row r="16" spans="1:13" ht="12.6" customHeight="1">
       <c r="A16" s="23" t="s">
         <v>47</v>
       </c>
       <c r="B16" s="46">
-        <v>42043</v>
+        <v>43068</v>
       </c>
       <c r="C16" s="46">
-        <v>31543</v>
+        <v>35068</v>
       </c>
       <c r="D16" s="46">
-        <v>31543</v>
+        <v>35068</v>
       </c>
       <c r="E16" s="49">
         <v>0</v>
       </c>
       <c r="F16" s="49">
         <v>0</v>
       </c>
       <c r="G16" s="49">
         <v>0</v>
       </c>
       <c r="H16" s="49">
         <v>0</v>
       </c>
       <c r="I16" s="46">
-        <v>10500</v>
+        <v>8000</v>
       </c>
       <c r="J16" s="49">
         <v>0</v>
       </c>
       <c r="K16" s="49">
         <v>0</v>
       </c>
       <c r="L16" s="49">
         <v>0</v>
       </c>
       <c r="M16" s="52">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:13" ht="11.1" customHeight="1">
       <c r="A17" s="58" t="s">
         <v>48</v>
       </c>
       <c r="B17" s="27"/>
       <c r="C17" s="27"/>
       <c r="D17" s="27"/>
       <c r="E17" s="27"/>
       <c r="F17" s="27"/>
       <c r="G17" s="27"/>
       <c r="H17" s="27"/>
       <c r="I17" s="27"/>
       <c r="J17" s="27"/>
       <c r="K17" s="27"/>
       <c r="L17" s="27"/>
       <c r="M17" s="29"/>
     </row>
     <row r="18" spans="1:13" ht="12.6" customHeight="1">
       <c r="A18" s="23" t="s">
         <v>49</v>
       </c>
       <c r="B18" s="46">
-        <v>43135</v>
+        <v>43818</v>
       </c>
       <c r="C18" s="46">
-        <v>36935</v>
+        <v>37157</v>
       </c>
       <c r="D18" s="46">
-        <v>36935</v>
+        <v>37157</v>
       </c>
       <c r="E18" s="49">
         <v>0</v>
       </c>
       <c r="F18" s="49">
         <v>0</v>
       </c>
       <c r="G18" s="49">
         <v>0</v>
       </c>
       <c r="H18" s="49">
         <v>0</v>
       </c>
       <c r="I18" s="46">
-        <v>6200</v>
+        <v>6662</v>
       </c>
       <c r="J18" s="49">
         <v>0</v>
       </c>
       <c r="K18" s="49">
         <v>0</v>
       </c>
       <c r="L18" s="49">
         <v>0</v>
       </c>
       <c r="M18" s="52">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:13" ht="11.1" customHeight="1">
       <c r="A19" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B19" s="27"/>
       <c r="C19" s="27"/>
       <c r="D19" s="27"/>
       <c r="E19" s="27"/>
       <c r="F19" s="27"/>
       <c r="G19" s="27"/>
       <c r="H19" s="27"/>
       <c r="I19" s="27"/>
       <c r="J19" s="27"/>
       <c r="K19" s="27"/>
       <c r="L19" s="27"/>
       <c r="M19" s="29"/>
     </row>
     <row r="20" spans="1:13" ht="12.6" customHeight="1">
       <c r="A20" s="23" t="s">
         <v>51</v>
       </c>
       <c r="B20" s="46">
-        <v>44602</v>
+        <v>43403</v>
       </c>
       <c r="C20" s="46">
-        <v>35232</v>
+        <v>35687</v>
       </c>
       <c r="D20" s="46">
-        <v>35232</v>
+        <v>35687</v>
       </c>
       <c r="E20" s="49">
         <v>0</v>
       </c>
       <c r="F20" s="49">
         <v>0</v>
       </c>
       <c r="G20" s="49">
         <v>0</v>
       </c>
       <c r="H20" s="49">
         <v>0</v>
       </c>
       <c r="I20" s="46">
-        <v>9370</v>
+        <v>7717</v>
       </c>
       <c r="J20" s="49">
         <v>0</v>
       </c>
       <c r="K20" s="49">
         <v>0</v>
       </c>
       <c r="L20" s="49">
         <v>0</v>
       </c>
       <c r="M20" s="52">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:13" ht="11.1" customHeight="1">
       <c r="A21" s="58" t="s">
         <v>52</v>
       </c>
       <c r="B21" s="27"/>
       <c r="C21" s="27"/>
       <c r="D21" s="27"/>
       <c r="E21" s="27"/>
       <c r="F21" s="27"/>
       <c r="G21" s="27"/>
       <c r="H21" s="27"/>
       <c r="I21" s="27"/>
       <c r="J21" s="27"/>
       <c r="K21" s="27"/>
       <c r="L21" s="27"/>
       <c r="M21" s="29"/>
     </row>
     <row r="22" spans="1:13" ht="12.6" customHeight="1">
       <c r="A22" s="23" t="s">
         <v>53</v>
       </c>
       <c r="B22" s="46">
-        <v>28401</v>
+        <v>31410</v>
       </c>
       <c r="C22" s="46">
-        <v>27901</v>
+        <v>29510</v>
       </c>
       <c r="D22" s="46">
-        <v>27901</v>
+        <v>29510</v>
       </c>
       <c r="E22" s="49">
         <v>0</v>
       </c>
       <c r="F22" s="49">
         <v>0</v>
       </c>
       <c r="G22" s="49">
         <v>0</v>
       </c>
       <c r="H22" s="49">
         <v>0</v>
       </c>
       <c r="I22" s="46">
-        <v>500</v>
+        <v>1900</v>
       </c>
       <c r="J22" s="49">
         <v>0</v>
       </c>
       <c r="K22" s="49">
         <v>0</v>
       </c>
       <c r="L22" s="49">
         <v>0</v>
       </c>
       <c r="M22" s="52">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:13" ht="11.1" customHeight="1">
       <c r="A23" s="58" t="s">
         <v>54</v>
       </c>
       <c r="B23" s="27"/>
       <c r="C23" s="27"/>
       <c r="D23" s="27"/>
       <c r="E23" s="27"/>
       <c r="F23" s="27"/>
       <c r="G23" s="27"/>
       <c r="H23" s="27"/>
       <c r="I23" s="27"/>
       <c r="J23" s="27"/>
       <c r="K23" s="27"/>
       <c r="L23" s="27"/>
       <c r="M23" s="29"/>
     </row>
     <row r="24" spans="1:13" ht="12.6" customHeight="1">
       <c r="A24" s="23" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="46">
-        <v>43753</v>
+        <v>41292</v>
       </c>
       <c r="C24" s="46">
-        <v>37753</v>
+        <v>35092</v>
       </c>
       <c r="D24" s="46">
-        <v>37753</v>
+        <v>35092</v>
       </c>
       <c r="E24" s="49">
         <v>0</v>
       </c>
       <c r="F24" s="49">
         <v>0</v>
       </c>
       <c r="G24" s="49">
         <v>0</v>
       </c>
       <c r="H24" s="49">
         <v>0</v>
       </c>
       <c r="I24" s="46">
-        <v>6000</v>
+        <v>6200</v>
       </c>
       <c r="J24" s="49">
         <v>0</v>
       </c>
       <c r="K24" s="49">
         <v>0</v>
       </c>
       <c r="L24" s="49">
         <v>0</v>
       </c>
       <c r="M24" s="52">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:13" ht="11.1" customHeight="1">
       <c r="A25" s="58" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="27"/>
       <c r="C25" s="27"/>
       <c r="D25" s="27"/>
       <c r="E25" s="27"/>
       <c r="F25" s="27"/>
       <c r="G25" s="27"/>
       <c r="H25" s="27"/>
@@ -2285,75 +2285,75 @@
       <c r="J26" s="26"/>
       <c r="K26" s="26"/>
       <c r="L26" s="26"/>
       <c r="M26" s="28"/>
     </row>
     <row r="27" spans="1:13" ht="11.1" customHeight="1">
       <c r="A27" s="24"/>
       <c r="B27" s="27"/>
       <c r="C27" s="27"/>
       <c r="D27" s="27"/>
       <c r="E27" s="27"/>
       <c r="F27" s="27"/>
       <c r="G27" s="27"/>
       <c r="H27" s="27"/>
       <c r="I27" s="27"/>
       <c r="J27" s="27"/>
       <c r="K27" s="27"/>
       <c r="L27" s="27"/>
       <c r="M27" s="29"/>
     </row>
     <row r="28" spans="1:13" ht="12.6" customHeight="1">
       <c r="A28" s="44" t="s">
         <v>26</v>
       </c>
       <c r="B28" s="47">
-        <v>2175061</v>
+        <v>2239797</v>
       </c>
       <c r="C28" s="47">
-        <v>1977543</v>
+        <v>2091596</v>
       </c>
       <c r="D28" s="47">
-        <v>1977543</v>
+        <v>2091596</v>
       </c>
       <c r="E28" s="50">
         <v>0</v>
       </c>
       <c r="F28" s="50">
         <v>0</v>
       </c>
       <c r="G28" s="47">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H28" s="50">
         <v>0</v>
       </c>
       <c r="I28" s="47">
-        <v>87094</v>
+        <v>94281</v>
       </c>
       <c r="J28" s="47">
-        <v>110401</v>
+        <v>53900</v>
       </c>
       <c r="K28" s="50">
         <v>0</v>
       </c>
       <c r="L28" s="50">
         <v>0</v>
       </c>
       <c r="M28" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:13" ht="11.1" customHeight="1">
       <c r="A29" s="56" t="s">
         <v>39</v>
       </c>
       <c r="B29" s="27"/>
       <c r="C29" s="27"/>
       <c r="D29" s="27"/>
       <c r="E29" s="27"/>
       <c r="F29" s="27"/>
       <c r="G29" s="27"/>
       <c r="H29" s="27"/>
       <c r="I29" s="27"/>
       <c r="J29" s="27"/>
       <c r="K29" s="27"/>