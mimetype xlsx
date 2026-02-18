--- v1 (2025-12-14)
+++ v2 (2026-02-18)
@@ -11,51 +11,51 @@
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="7-3" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="外部資料_1" localSheetId="0">'7-3'!$A$1:$M$39</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>民國114年 9月底</t>
+    <t>民國114年12月底</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">公　　　司　　　別
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>by Company</t>
     </r>
   </si>
   <si>
     <t>銀行可轉讓
 定期存單</t>
   </si>
   <si>
     <t>Negotiable Certificates of Deposits</t>
   </si>
   <si>
     <t>Total</t>
@@ -82,51 +82,51 @@
       <rPr>
         <sz val="9"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>：</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Provided by individual institution.</t>
     </r>
   </si>
   <si>
     <t>Bankers'
 Acceptances</t>
   </si>
   <si>
     <t>Treasury
 Bills</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
   </si>
   <si>
     <t>Trade
 Acceptances</t>
   </si>
   <si>
     <t>銀行承兌
 匯票</t>
   </si>
   <si>
     <t>商業承兌
 匯票</t>
   </si>
   <si>
     <t>國庫券</t>
   </si>
   <si>
     <t>外幣一年期以下受益證券及資產基礎證券</t>
   </si>
   <si>
     <t>外幣商業
 本票</t>
   </si>
   <si>
     <t>總　計</t>
@@ -1675,594 +1675,594 @@
       </c>
       <c r="H5" s="14" t="s">
         <v>10</v>
       </c>
       <c r="I5" s="15" t="s">
         <v>3</v>
       </c>
       <c r="J5" s="16" t="s">
         <v>8</v>
       </c>
       <c r="K5" s="25" t="s">
         <v>30</v>
       </c>
       <c r="L5" s="17" t="s">
         <v>21</v>
       </c>
       <c r="M5" s="17" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="12.6" customHeight="1">
       <c r="A6" s="44" t="s">
         <v>25</v>
       </c>
       <c r="B6" s="61">
-        <v>2895116</v>
+        <v>3028565</v>
       </c>
       <c r="C6" s="61">
-        <v>2660569</v>
+        <v>2800015</v>
       </c>
       <c r="D6" s="61">
-        <v>2660451</v>
+        <v>2799887</v>
       </c>
       <c r="E6" s="61">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="F6" s="64">
         <v>0</v>
       </c>
       <c r="G6" s="61">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H6" s="64">
         <v>0</v>
       </c>
       <c r="I6" s="61">
-        <v>177026</v>
+        <v>165387</v>
       </c>
       <c r="J6" s="61">
-        <v>57500</v>
+        <v>63140</v>
       </c>
       <c r="K6" s="64">
         <v>0</v>
       </c>
       <c r="L6" s="64">
         <v>0</v>
       </c>
       <c r="M6" s="67">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:13" ht="11.1" customHeight="1">
       <c r="A7" s="56" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="27"/>
       <c r="C7" s="27"/>
       <c r="D7" s="27"/>
       <c r="E7" s="27"/>
       <c r="F7" s="27"/>
       <c r="G7" s="27"/>
       <c r="H7" s="27"/>
       <c r="I7" s="27"/>
       <c r="J7" s="27"/>
       <c r="K7" s="27"/>
       <c r="L7" s="27"/>
       <c r="M7" s="29"/>
     </row>
     <row r="8" spans="1:13" ht="12.6" customHeight="1">
       <c r="A8" s="44" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="47">
-        <v>655319</v>
+        <v>650309</v>
       </c>
       <c r="C8" s="47">
-        <v>568974</v>
+        <v>567814</v>
       </c>
       <c r="D8" s="47">
-        <v>568856</v>
+        <v>567686</v>
       </c>
       <c r="E8" s="47">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="F8" s="50">
         <v>0</v>
       </c>
       <c r="G8" s="50">
         <v>0</v>
       </c>
       <c r="H8" s="50">
         <v>0</v>
       </c>
       <c r="I8" s="47">
-        <v>82745</v>
+        <v>81496</v>
       </c>
       <c r="J8" s="47">
-        <v>3600</v>
+        <v>1000</v>
       </c>
       <c r="K8" s="50">
         <v>0</v>
       </c>
       <c r="L8" s="50">
         <v>0</v>
       </c>
       <c r="M8" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="11.1" customHeight="1">
       <c r="A9" s="56" t="s">
         <v>40</v>
       </c>
       <c r="B9" s="27"/>
       <c r="C9" s="27"/>
       <c r="D9" s="27"/>
       <c r="E9" s="27"/>
       <c r="F9" s="27"/>
       <c r="G9" s="27"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="27"/>
       <c r="K9" s="27"/>
       <c r="L9" s="27"/>
       <c r="M9" s="29"/>
     </row>
     <row r="10" spans="1:13" ht="12.6" customHeight="1">
       <c r="A10" s="23" t="s">
         <v>41</v>
       </c>
       <c r="B10" s="46">
-        <v>168431</v>
+        <v>170241</v>
       </c>
       <c r="C10" s="46">
-        <v>153336</v>
+        <v>154688</v>
       </c>
       <c r="D10" s="46">
-        <v>153331</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>154688</v>
+      </c>
+      <c r="E10" s="49">
+        <v>0</v>
       </c>
       <c r="F10" s="49">
         <v>0</v>
       </c>
       <c r="G10" s="49">
         <v>0</v>
       </c>
       <c r="H10" s="49">
         <v>0</v>
       </c>
       <c r="I10" s="46">
-        <v>15094</v>
+        <v>15553</v>
       </c>
       <c r="J10" s="49">
         <v>0</v>
       </c>
       <c r="K10" s="49">
         <v>0</v>
       </c>
       <c r="L10" s="49">
         <v>0</v>
       </c>
       <c r="M10" s="52">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="11.1" customHeight="1">
       <c r="A11" s="58" t="s">
         <v>42</v>
       </c>
       <c r="B11" s="27"/>
       <c r="C11" s="27"/>
       <c r="D11" s="27"/>
       <c r="E11" s="27"/>
       <c r="F11" s="27"/>
       <c r="G11" s="27"/>
       <c r="H11" s="27"/>
       <c r="I11" s="27"/>
       <c r="J11" s="27"/>
       <c r="K11" s="27"/>
       <c r="L11" s="27"/>
       <c r="M11" s="29"/>
     </row>
     <row r="12" spans="1:13" ht="12.6" customHeight="1">
       <c r="A12" s="23" t="s">
         <v>43</v>
       </c>
       <c r="B12" s="46">
-        <v>128001</v>
+        <v>130147</v>
       </c>
       <c r="C12" s="46">
-        <v>123449</v>
+        <v>129847</v>
       </c>
       <c r="D12" s="46">
-        <v>123401</v>
+        <v>129790</v>
       </c>
       <c r="E12" s="46">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="F12" s="49">
         <v>0</v>
       </c>
       <c r="G12" s="49">
         <v>0</v>
       </c>
       <c r="H12" s="49">
         <v>0</v>
       </c>
       <c r="I12" s="46">
-        <v>4552</v>
+        <v>300</v>
       </c>
       <c r="J12" s="49">
         <v>0</v>
       </c>
       <c r="K12" s="49">
         <v>0</v>
       </c>
       <c r="L12" s="49">
         <v>0</v>
       </c>
       <c r="M12" s="52">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:13" ht="11.1" customHeight="1">
       <c r="A13" s="58" t="s">
         <v>44</v>
       </c>
       <c r="B13" s="27"/>
       <c r="C13" s="27"/>
       <c r="D13" s="27"/>
       <c r="E13" s="27"/>
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="27"/>
       <c r="K13" s="27"/>
       <c r="L13" s="27"/>
       <c r="M13" s="29"/>
     </row>
     <row r="14" spans="1:13" ht="12.6" customHeight="1">
       <c r="A14" s="23" t="s">
         <v>45</v>
       </c>
       <c r="B14" s="46">
-        <v>155896</v>
+        <v>151722</v>
       </c>
       <c r="C14" s="46">
-        <v>119675</v>
+        <v>114225</v>
       </c>
       <c r="D14" s="46">
-        <v>119611</v>
+        <v>114154</v>
       </c>
       <c r="E14" s="46">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="F14" s="49">
         <v>0</v>
       </c>
       <c r="G14" s="49">
         <v>0</v>
       </c>
       <c r="H14" s="49">
         <v>0</v>
       </c>
       <c r="I14" s="46">
-        <v>32621</v>
+        <v>36498</v>
       </c>
       <c r="J14" s="46">
-        <v>3600</v>
+        <v>1000</v>
       </c>
       <c r="K14" s="49">
         <v>0</v>
       </c>
       <c r="L14" s="49">
         <v>0</v>
       </c>
       <c r="M14" s="52">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:13" ht="11.1" customHeight="1">
       <c r="A15" s="58" t="s">
         <v>46</v>
       </c>
       <c r="B15" s="27"/>
       <c r="C15" s="27"/>
       <c r="D15" s="27"/>
       <c r="E15" s="27"/>
       <c r="F15" s="27"/>
       <c r="G15" s="27"/>
       <c r="H15" s="27"/>
       <c r="I15" s="27"/>
       <c r="J15" s="27"/>
       <c r="K15" s="27"/>
       <c r="L15" s="27"/>
       <c r="M15" s="29"/>
     </row>
     <row r="16" spans="1:13" ht="12.6" customHeight="1">
       <c r="A16" s="23" t="s">
         <v>47</v>
       </c>
       <c r="B16" s="46">
-        <v>43068</v>
+        <v>40072</v>
       </c>
       <c r="C16" s="46">
-        <v>35068</v>
+        <v>34522</v>
       </c>
       <c r="D16" s="46">
-        <v>35068</v>
+        <v>34522</v>
       </c>
       <c r="E16" s="49">
         <v>0</v>
       </c>
       <c r="F16" s="49">
         <v>0</v>
       </c>
       <c r="G16" s="49">
         <v>0</v>
       </c>
       <c r="H16" s="49">
         <v>0</v>
       </c>
       <c r="I16" s="46">
-        <v>8000</v>
+        <v>5550</v>
       </c>
       <c r="J16" s="49">
         <v>0</v>
       </c>
       <c r="K16" s="49">
         <v>0</v>
       </c>
       <c r="L16" s="49">
         <v>0</v>
       </c>
       <c r="M16" s="52">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:13" ht="11.1" customHeight="1">
       <c r="A17" s="58" t="s">
         <v>48</v>
       </c>
       <c r="B17" s="27"/>
       <c r="C17" s="27"/>
       <c r="D17" s="27"/>
       <c r="E17" s="27"/>
       <c r="F17" s="27"/>
       <c r="G17" s="27"/>
       <c r="H17" s="27"/>
       <c r="I17" s="27"/>
       <c r="J17" s="27"/>
       <c r="K17" s="27"/>
       <c r="L17" s="27"/>
       <c r="M17" s="29"/>
     </row>
     <row r="18" spans="1:13" ht="12.6" customHeight="1">
       <c r="A18" s="23" t="s">
         <v>49</v>
       </c>
       <c r="B18" s="46">
-        <v>43818</v>
+        <v>40551</v>
       </c>
       <c r="C18" s="46">
-        <v>37157</v>
+        <v>30306</v>
       </c>
       <c r="D18" s="46">
-        <v>37157</v>
+        <v>30306</v>
       </c>
       <c r="E18" s="49">
         <v>0</v>
       </c>
       <c r="F18" s="49">
         <v>0</v>
       </c>
       <c r="G18" s="49">
         <v>0</v>
       </c>
       <c r="H18" s="49">
         <v>0</v>
       </c>
       <c r="I18" s="46">
-        <v>6662</v>
+        <v>10245</v>
       </c>
       <c r="J18" s="49">
         <v>0</v>
       </c>
       <c r="K18" s="49">
         <v>0</v>
       </c>
       <c r="L18" s="49">
         <v>0</v>
       </c>
       <c r="M18" s="52">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:13" ht="11.1" customHeight="1">
       <c r="A19" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B19" s="27"/>
       <c r="C19" s="27"/>
       <c r="D19" s="27"/>
       <c r="E19" s="27"/>
       <c r="F19" s="27"/>
       <c r="G19" s="27"/>
       <c r="H19" s="27"/>
       <c r="I19" s="27"/>
       <c r="J19" s="27"/>
       <c r="K19" s="27"/>
       <c r="L19" s="27"/>
       <c r="M19" s="29"/>
     </row>
     <row r="20" spans="1:13" ht="12.6" customHeight="1">
       <c r="A20" s="23" t="s">
         <v>51</v>
       </c>
       <c r="B20" s="46">
-        <v>43403</v>
+        <v>43577</v>
       </c>
       <c r="C20" s="46">
-        <v>35687</v>
+        <v>36927</v>
       </c>
       <c r="D20" s="46">
-        <v>35687</v>
+        <v>36927</v>
       </c>
       <c r="E20" s="49">
         <v>0</v>
       </c>
       <c r="F20" s="49">
         <v>0</v>
       </c>
       <c r="G20" s="49">
         <v>0</v>
       </c>
       <c r="H20" s="49">
         <v>0</v>
       </c>
       <c r="I20" s="46">
-        <v>7717</v>
+        <v>6650</v>
       </c>
       <c r="J20" s="49">
         <v>0</v>
       </c>
       <c r="K20" s="49">
         <v>0</v>
       </c>
       <c r="L20" s="49">
         <v>0</v>
       </c>
       <c r="M20" s="52">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:13" ht="11.1" customHeight="1">
       <c r="A21" s="58" t="s">
         <v>52</v>
       </c>
       <c r="B21" s="27"/>
       <c r="C21" s="27"/>
       <c r="D21" s="27"/>
       <c r="E21" s="27"/>
       <c r="F21" s="27"/>
       <c r="G21" s="27"/>
       <c r="H21" s="27"/>
       <c r="I21" s="27"/>
       <c r="J21" s="27"/>
       <c r="K21" s="27"/>
       <c r="L21" s="27"/>
       <c r="M21" s="29"/>
     </row>
     <row r="22" spans="1:13" ht="12.6" customHeight="1">
       <c r="A22" s="23" t="s">
         <v>53</v>
       </c>
       <c r="B22" s="46">
-        <v>31410</v>
+        <v>33436</v>
       </c>
       <c r="C22" s="46">
-        <v>29510</v>
+        <v>31236</v>
       </c>
       <c r="D22" s="46">
-        <v>29510</v>
+        <v>31236</v>
       </c>
       <c r="E22" s="49">
         <v>0</v>
       </c>
       <c r="F22" s="49">
         <v>0</v>
       </c>
       <c r="G22" s="49">
         <v>0</v>
       </c>
       <c r="H22" s="49">
         <v>0</v>
       </c>
       <c r="I22" s="46">
-        <v>1900</v>
+        <v>2200</v>
       </c>
       <c r="J22" s="49">
         <v>0</v>
       </c>
       <c r="K22" s="49">
         <v>0</v>
       </c>
       <c r="L22" s="49">
         <v>0</v>
       </c>
       <c r="M22" s="52">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:13" ht="11.1" customHeight="1">
       <c r="A23" s="58" t="s">
         <v>54</v>
       </c>
       <c r="B23" s="27"/>
       <c r="C23" s="27"/>
       <c r="D23" s="27"/>
       <c r="E23" s="27"/>
       <c r="F23" s="27"/>
       <c r="G23" s="27"/>
       <c r="H23" s="27"/>
       <c r="I23" s="27"/>
       <c r="J23" s="27"/>
       <c r="K23" s="27"/>
       <c r="L23" s="27"/>
       <c r="M23" s="29"/>
     </row>
     <row r="24" spans="1:13" ht="12.6" customHeight="1">
       <c r="A24" s="23" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="46">
-        <v>41292</v>
+        <v>40563</v>
       </c>
       <c r="C24" s="46">
-        <v>35092</v>
+        <v>36063</v>
       </c>
       <c r="D24" s="46">
-        <v>35092</v>
+        <v>36063</v>
       </c>
       <c r="E24" s="49">
         <v>0</v>
       </c>
       <c r="F24" s="49">
         <v>0</v>
       </c>
       <c r="G24" s="49">
         <v>0</v>
       </c>
       <c r="H24" s="49">
         <v>0</v>
       </c>
       <c r="I24" s="46">
-        <v>6200</v>
+        <v>4500</v>
       </c>
       <c r="J24" s="49">
         <v>0</v>
       </c>
       <c r="K24" s="49">
         <v>0</v>
       </c>
       <c r="L24" s="49">
         <v>0</v>
       </c>
       <c r="M24" s="52">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:13" ht="11.1" customHeight="1">
       <c r="A25" s="58" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="27"/>
       <c r="C25" s="27"/>
       <c r="D25" s="27"/>
       <c r="E25" s="27"/>
       <c r="F25" s="27"/>
       <c r="G25" s="27"/>
       <c r="H25" s="27"/>
@@ -2285,75 +2285,75 @@
       <c r="J26" s="26"/>
       <c r="K26" s="26"/>
       <c r="L26" s="26"/>
       <c r="M26" s="28"/>
     </row>
     <row r="27" spans="1:13" ht="11.1" customHeight="1">
       <c r="A27" s="24"/>
       <c r="B27" s="27"/>
       <c r="C27" s="27"/>
       <c r="D27" s="27"/>
       <c r="E27" s="27"/>
       <c r="F27" s="27"/>
       <c r="G27" s="27"/>
       <c r="H27" s="27"/>
       <c r="I27" s="27"/>
       <c r="J27" s="27"/>
       <c r="K27" s="27"/>
       <c r="L27" s="27"/>
       <c r="M27" s="29"/>
     </row>
     <row r="28" spans="1:13" ht="12.6" customHeight="1">
       <c r="A28" s="44" t="s">
         <v>26</v>
       </c>
       <c r="B28" s="47">
-        <v>2239797</v>
+        <v>2378256</v>
       </c>
       <c r="C28" s="47">
-        <v>2091596</v>
+        <v>2232201</v>
       </c>
       <c r="D28" s="47">
-        <v>2091596</v>
+        <v>2232201</v>
       </c>
       <c r="E28" s="50">
         <v>0</v>
       </c>
       <c r="F28" s="50">
         <v>0</v>
       </c>
       <c r="G28" s="47">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H28" s="50">
         <v>0</v>
       </c>
       <c r="I28" s="47">
-        <v>94281</v>
+        <v>83891</v>
       </c>
       <c r="J28" s="47">
-        <v>53900</v>
+        <v>62140</v>
       </c>
       <c r="K28" s="50">
         <v>0</v>
       </c>
       <c r="L28" s="50">
         <v>0</v>
       </c>
       <c r="M28" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:13" ht="11.1" customHeight="1">
       <c r="A29" s="56" t="s">
         <v>39</v>
       </c>
       <c r="B29" s="27"/>
       <c r="C29" s="27"/>
       <c r="D29" s="27"/>
       <c r="E29" s="27"/>
       <c r="F29" s="27"/>
       <c r="G29" s="27"/>
       <c r="H29" s="27"/>
       <c r="I29" s="27"/>
       <c r="J29" s="27"/>
       <c r="K29" s="27"/>