--- v0 (2025-10-08)
+++ v1 (2026-01-09)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="7-2" sheetId="1" r:id="rId1"/>
     <sheet name="7-2(續)" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="外部資料_1" localSheetId="0">'7-2'!$A$1:$K$39</definedName>
     <definedName name="外部資料_1" localSheetId="1">'7-2(續)'!$A$1:$I$39</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>總　　　　計</t>
   </si>
   <si>
-    <t>民國114年 7月</t>
+    <t>民國114年10月</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">公　　　司　　　別
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>by Company</t>
     </r>
   </si>
   <si>
     <r>
       <t>單位：張</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
@@ -103,51 +103,51 @@
   <si>
     <t>交易本票</t>
   </si>
   <si>
     <t>Piece</t>
   </si>
   <si>
     <t>Subtotal</t>
   </si>
   <si>
     <t>Finance</t>
   </si>
   <si>
     <t>Real</t>
   </si>
   <si>
     <t>銀行承兌匯票</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Bankers' Acceptances</t>
   </si>
   <si>
-    <t xml:space="preserve"> July 2025</t>
+    <t xml:space="preserve"> Oct. 2025</t>
   </si>
   <si>
     <t>總　計</t>
   </si>
   <si>
     <t>商業承兌匯票</t>
   </si>
   <si>
     <t>銀行可轉讓定期存單</t>
   </si>
   <si>
     <t>國庫券</t>
   </si>
   <si>
     <t>Trade Acceptances</t>
   </si>
   <si>
     <t>Negotiable Certificates of Deposits</t>
   </si>
   <si>
     <t>Treasury Bills</t>
   </si>
   <si>
     <t>金額</t>
   </si>
@@ -1807,510 +1807,510 @@
       <c r="C9" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>9</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H9" s="23"/>
       <c r="I9" s="23"/>
       <c r="J9" s="23"/>
       <c r="K9" s="23"/>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="61" t="s">
         <v>0</v>
       </c>
       <c r="B10" s="64">
-        <v>4544177</v>
+        <v>4487670</v>
       </c>
       <c r="C10" s="64">
-        <v>4138706</v>
+        <v>4208418</v>
       </c>
       <c r="D10" s="64">
-        <v>26420</v>
+        <v>24419</v>
       </c>
       <c r="E10" s="64">
-        <v>4138635</v>
+        <v>4208335</v>
       </c>
       <c r="F10" s="64">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="G10" s="64">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="H10" s="67">
         <v>0</v>
       </c>
       <c r="I10" s="67">
         <v>0</v>
       </c>
       <c r="J10" s="67">
         <v>0</v>
       </c>
       <c r="K10" s="67">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="58" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="37"/>
       <c r="C11" s="37"/>
       <c r="D11" s="37"/>
       <c r="E11" s="37"/>
       <c r="F11" s="37"/>
       <c r="G11" s="37"/>
       <c r="H11" s="37"/>
       <c r="I11" s="37"/>
       <c r="J11" s="37"/>
       <c r="K11" s="37"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="49" t="s">
         <v>35</v>
       </c>
       <c r="B12" s="52">
-        <v>2718053</v>
+        <v>2584277</v>
       </c>
       <c r="C12" s="52">
-        <v>2440864</v>
+        <v>2392649</v>
       </c>
       <c r="D12" s="52">
-        <v>18645</v>
+        <v>16996</v>
       </c>
       <c r="E12" s="52">
-        <v>2440792</v>
+        <v>2392566</v>
       </c>
       <c r="F12" s="52">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="G12" s="52">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="H12" s="55">
         <v>0</v>
       </c>
       <c r="I12" s="55">
         <v>0</v>
       </c>
       <c r="J12" s="55">
         <v>0</v>
       </c>
       <c r="K12" s="55">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B13" s="37"/>
       <c r="C13" s="37"/>
       <c r="D13" s="37"/>
       <c r="E13" s="37"/>
       <c r="F13" s="37"/>
       <c r="G13" s="37"/>
       <c r="H13" s="37"/>
       <c r="I13" s="37"/>
       <c r="J13" s="37"/>
       <c r="K13" s="37"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="17" t="s">
         <v>51</v>
       </c>
       <c r="B14" s="51">
-        <v>717320</v>
+        <v>716856</v>
       </c>
       <c r="C14" s="51">
-        <v>679402</v>
+        <v>687262</v>
       </c>
       <c r="D14" s="51">
-        <v>4943</v>
+        <v>4726</v>
       </c>
       <c r="E14" s="51">
-        <v>679402</v>
+        <v>687262</v>
       </c>
       <c r="F14" s="54">
         <v>0</v>
       </c>
       <c r="G14" s="54">
         <v>0</v>
       </c>
       <c r="H14" s="54">
         <v>0</v>
       </c>
       <c r="I14" s="54">
         <v>0</v>
       </c>
       <c r="J14" s="54">
         <v>0</v>
       </c>
       <c r="K14" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="60" t="s">
         <v>52</v>
       </c>
       <c r="B15" s="37"/>
       <c r="C15" s="37"/>
       <c r="D15" s="37"/>
       <c r="E15" s="37"/>
       <c r="F15" s="37"/>
       <c r="G15" s="37"/>
       <c r="H15" s="37"/>
       <c r="I15" s="37"/>
       <c r="J15" s="37"/>
       <c r="K15" s="37"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="17" t="s">
         <v>53</v>
       </c>
       <c r="B16" s="51">
-        <v>550039</v>
+        <v>523106</v>
       </c>
       <c r="C16" s="51">
-        <v>514696</v>
+        <v>514639</v>
       </c>
       <c r="D16" s="51">
-        <v>3504</v>
+        <v>3048</v>
       </c>
       <c r="E16" s="51">
-        <v>514696</v>
+        <v>514639</v>
       </c>
       <c r="F16" s="54">
         <v>0</v>
       </c>
       <c r="G16" s="54">
         <v>0</v>
       </c>
       <c r="H16" s="54">
         <v>0</v>
       </c>
       <c r="I16" s="54">
         <v>0</v>
       </c>
       <c r="J16" s="54">
         <v>0</v>
       </c>
       <c r="K16" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="60" t="s">
         <v>54</v>
       </c>
       <c r="B17" s="37"/>
       <c r="C17" s="37"/>
       <c r="D17" s="37"/>
       <c r="E17" s="37"/>
       <c r="F17" s="37"/>
       <c r="G17" s="37"/>
       <c r="H17" s="37"/>
       <c r="I17" s="37"/>
       <c r="J17" s="37"/>
       <c r="K17" s="37"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="17" t="s">
         <v>55</v>
       </c>
       <c r="B18" s="51">
-        <v>642850</v>
+        <v>581109</v>
       </c>
       <c r="C18" s="51">
-        <v>536228</v>
+        <v>497220</v>
       </c>
       <c r="D18" s="51">
-        <v>5112</v>
+        <v>4412</v>
       </c>
       <c r="E18" s="51">
-        <v>536156</v>
+        <v>497137</v>
       </c>
       <c r="F18" s="51">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="G18" s="51">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="H18" s="54">
         <v>0</v>
       </c>
       <c r="I18" s="54">
         <v>0</v>
       </c>
       <c r="J18" s="54">
         <v>0</v>
       </c>
       <c r="K18" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="60" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="37"/>
       <c r="C19" s="37"/>
       <c r="D19" s="37"/>
       <c r="E19" s="37"/>
       <c r="F19" s="37"/>
       <c r="G19" s="37"/>
       <c r="H19" s="37"/>
       <c r="I19" s="37"/>
       <c r="J19" s="37"/>
       <c r="K19" s="37"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="17" t="s">
         <v>57</v>
       </c>
       <c r="B20" s="51">
-        <v>112074</v>
+        <v>120363</v>
       </c>
       <c r="C20" s="51">
-        <v>91390</v>
+        <v>94687</v>
       </c>
       <c r="D20" s="51">
-        <v>765</v>
+        <v>745</v>
       </c>
       <c r="E20" s="51">
-        <v>91390</v>
+        <v>94687</v>
       </c>
       <c r="F20" s="54">
         <v>0</v>
       </c>
       <c r="G20" s="54">
         <v>0</v>
       </c>
       <c r="H20" s="54">
         <v>0</v>
       </c>
       <c r="I20" s="54">
         <v>0</v>
       </c>
       <c r="J20" s="54">
         <v>0</v>
       </c>
       <c r="K20" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="60" t="s">
         <v>58</v>
       </c>
       <c r="B21" s="37"/>
       <c r="C21" s="37"/>
       <c r="D21" s="37"/>
       <c r="E21" s="37"/>
       <c r="F21" s="37"/>
       <c r="G21" s="37"/>
       <c r="H21" s="37"/>
       <c r="I21" s="37"/>
       <c r="J21" s="37"/>
       <c r="K21" s="37"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="17" t="s">
         <v>59</v>
       </c>
       <c r="B22" s="51">
-        <v>128496</v>
+        <v>118962</v>
       </c>
       <c r="C22" s="51">
-        <v>113466</v>
+        <v>107560</v>
       </c>
       <c r="D22" s="51">
-        <v>811</v>
+        <v>700</v>
       </c>
       <c r="E22" s="51">
-        <v>113466</v>
+        <v>107560</v>
       </c>
       <c r="F22" s="54">
         <v>0</v>
       </c>
       <c r="G22" s="54">
         <v>0</v>
       </c>
       <c r="H22" s="54">
         <v>0</v>
       </c>
       <c r="I22" s="54">
         <v>0</v>
       </c>
       <c r="J22" s="54">
         <v>0</v>
       </c>
       <c r="K22" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="60" t="s">
         <v>60</v>
       </c>
       <c r="B23" s="37"/>
       <c r="C23" s="37"/>
       <c r="D23" s="37"/>
       <c r="E23" s="37"/>
       <c r="F23" s="37"/>
       <c r="G23" s="37"/>
       <c r="H23" s="37"/>
       <c r="I23" s="37"/>
       <c r="J23" s="37"/>
       <c r="K23" s="37"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="17" t="s">
         <v>61</v>
       </c>
       <c r="B24" s="51">
-        <v>248270</v>
+        <v>222307</v>
       </c>
       <c r="C24" s="51">
-        <v>201092</v>
+        <v>207367</v>
       </c>
       <c r="D24" s="51">
-        <v>1188</v>
+        <v>1209</v>
       </c>
       <c r="E24" s="51">
-        <v>201092</v>
+        <v>207367</v>
       </c>
       <c r="F24" s="54">
         <v>0</v>
       </c>
       <c r="G24" s="54">
         <v>0</v>
       </c>
       <c r="H24" s="54">
         <v>0</v>
       </c>
       <c r="I24" s="54">
         <v>0</v>
       </c>
       <c r="J24" s="54">
         <v>0</v>
       </c>
       <c r="K24" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="60" t="s">
         <v>62</v>
       </c>
       <c r="B25" s="37"/>
       <c r="C25" s="37"/>
       <c r="D25" s="37"/>
       <c r="E25" s="37"/>
       <c r="F25" s="37"/>
       <c r="G25" s="37"/>
       <c r="H25" s="37"/>
       <c r="I25" s="37"/>
       <c r="J25" s="37"/>
       <c r="K25" s="37"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="17" t="s">
         <v>63</v>
       </c>
       <c r="B26" s="51">
-        <v>188101</v>
+        <v>184304</v>
       </c>
       <c r="C26" s="51">
-        <v>186014</v>
+        <v>179454</v>
       </c>
       <c r="D26" s="51">
-        <v>1358</v>
+        <v>1323</v>
       </c>
       <c r="E26" s="51">
-        <v>186014</v>
+        <v>179454</v>
       </c>
       <c r="F26" s="54">
         <v>0</v>
       </c>
       <c r="G26" s="54">
         <v>0</v>
       </c>
       <c r="H26" s="54">
         <v>0</v>
       </c>
       <c r="I26" s="54">
         <v>0</v>
       </c>
       <c r="J26" s="54">
         <v>0</v>
       </c>
       <c r="K26" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="60" t="s">
         <v>64</v>
       </c>
       <c r="B27" s="37"/>
       <c r="C27" s="37"/>
       <c r="D27" s="37"/>
       <c r="E27" s="37"/>
       <c r="F27" s="37"/>
       <c r="G27" s="37"/>
       <c r="H27" s="37"/>
       <c r="I27" s="37"/>
       <c r="J27" s="37"/>
       <c r="K27" s="37"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="17" t="s">
         <v>65</v>
       </c>
       <c r="B28" s="51">
-        <v>130904</v>
+        <v>117272</v>
       </c>
       <c r="C28" s="51">
-        <v>118577</v>
+        <v>104461</v>
       </c>
       <c r="D28" s="51">
-        <v>964</v>
+        <v>833</v>
       </c>
       <c r="E28" s="51">
-        <v>118577</v>
+        <v>104461</v>
       </c>
       <c r="F28" s="54">
         <v>0</v>
       </c>
       <c r="G28" s="54">
         <v>0</v>
       </c>
       <c r="H28" s="54">
         <v>0</v>
       </c>
       <c r="I28" s="54">
         <v>0</v>
       </c>
       <c r="J28" s="54">
         <v>0</v>
       </c>
       <c r="K28" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="60" t="s">
         <v>66</v>
       </c>
       <c r="B29" s="37"/>
@@ -2333,60 +2333,60 @@
       <c r="F30" s="36"/>
       <c r="G30" s="36"/>
       <c r="H30" s="36"/>
       <c r="I30" s="36"/>
       <c r="J30" s="36"/>
       <c r="K30" s="36"/>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="18"/>
       <c r="B31" s="37"/>
       <c r="C31" s="37"/>
       <c r="D31" s="37"/>
       <c r="E31" s="37"/>
       <c r="F31" s="37"/>
       <c r="G31" s="37"/>
       <c r="H31" s="37"/>
       <c r="I31" s="37"/>
       <c r="J31" s="37"/>
       <c r="K31" s="37"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="49" t="s">
         <v>36</v>
       </c>
       <c r="B32" s="52">
-        <v>1826124</v>
+        <v>1903392</v>
       </c>
       <c r="C32" s="52">
-        <v>1697842</v>
+        <v>1815770</v>
       </c>
       <c r="D32" s="52">
-        <v>7775</v>
+        <v>7423</v>
       </c>
       <c r="E32" s="52">
-        <v>1697842</v>
+        <v>1815770</v>
       </c>
       <c r="F32" s="55">
         <v>0</v>
       </c>
       <c r="G32" s="55">
         <v>0</v>
       </c>
       <c r="H32" s="55">
         <v>0</v>
       </c>
       <c r="I32" s="55">
         <v>0</v>
       </c>
       <c r="J32" s="55">
         <v>0</v>
       </c>
       <c r="K32" s="55">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1">
       <c r="A33" s="58" t="s">
         <v>49</v>
       </c>
       <c r="B33" s="37"/>
@@ -2678,56 +2678,56 @@
       <c r="C1" s="24"/>
       <c r="D1" s="24"/>
       <c r="E1" s="24"/>
       <c r="F1" s="24"/>
       <c r="G1" s="24"/>
       <c r="H1" s="24"/>
       <c r="I1" s="24"/>
     </row>
     <row r="2" spans="1:9" ht="21" customHeight="1">
       <c r="A2" s="24" t="s">
         <v>46</v>
       </c>
       <c r="B2" s="32"/>
       <c r="C2" s="32"/>
       <c r="D2" s="32"/>
       <c r="E2" s="32"/>
       <c r="F2" s="32"/>
       <c r="G2" s="32"/>
       <c r="H2" s="32"/>
       <c r="I2" s="32"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="1"/>
       <c r="C3" s="38" t="str">
         <f>'7-2'!C3:E3</f>
-        <v>民國114年 7月</v>
+        <v>民國114年10月</v>
       </c>
       <c r="D3" s="38"/>
       <c r="E3" s="13" t="str">
         <f>'7-2'!F3</f>
-        <v> July 2025</v>
+        <v> Oct. 2025</v>
       </c>
       <c r="F3" s="13"/>
       <c r="G3" s="20"/>
       <c r="H3" s="1"/>
       <c r="I3" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="27.95" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="12" t="s">
         <v>18</v>
       </c>
       <c r="C4" s="30"/>
       <c r="D4" s="12" t="s">
         <v>19</v>
       </c>
       <c r="E4" s="30"/>
       <c r="F4" s="12" t="s">
         <v>20</v>
       </c>
       <c r="G4" s="12" t="s">
         <v>38</v>
@@ -2827,432 +2827,432 @@
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A9" s="26"/>
       <c r="B9" s="23"/>
       <c r="C9" s="23"/>
       <c r="D9" s="23"/>
       <c r="E9" s="23"/>
       <c r="F9" s="42"/>
       <c r="G9" s="42"/>
       <c r="H9" s="42"/>
       <c r="I9" s="42"/>
     </row>
     <row r="10" spans="1:9" ht="12.6" customHeight="1">
       <c r="A10" s="61" t="s">
         <v>0</v>
       </c>
       <c r="B10" s="67">
         <v>0</v>
       </c>
       <c r="C10" s="67">
         <v>0</v>
       </c>
       <c r="D10" s="64">
-        <v>1321</v>
+        <v>962</v>
       </c>
       <c r="E10" s="64">
-        <v>376542</v>
+        <v>254634</v>
       </c>
       <c r="F10" s="64">
-        <v>28929</v>
+        <v>24618</v>
       </c>
       <c r="G10" s="67">
         <v>0</v>
       </c>
       <c r="H10" s="67">
         <v>0</v>
       </c>
       <c r="I10" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.1" customHeight="1">
       <c r="A11" s="58" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="37"/>
       <c r="C11" s="37"/>
       <c r="D11" s="37"/>
       <c r="E11" s="37"/>
       <c r="F11" s="37"/>
       <c r="G11" s="37"/>
       <c r="H11" s="37"/>
       <c r="I11" s="44"/>
     </row>
     <row r="12" spans="1:9" ht="12.6" customHeight="1">
       <c r="A12" s="49" t="s">
         <v>35</v>
       </c>
       <c r="B12" s="55">
         <v>0</v>
       </c>
       <c r="C12" s="55">
         <v>0</v>
       </c>
       <c r="D12" s="52">
-        <v>973</v>
+        <v>718</v>
       </c>
       <c r="E12" s="52">
-        <v>248461</v>
+        <v>167011</v>
       </c>
       <c r="F12" s="52">
-        <v>28729</v>
+        <v>24618</v>
       </c>
       <c r="G12" s="55">
         <v>0</v>
       </c>
       <c r="H12" s="55">
         <v>0</v>
       </c>
       <c r="I12" s="70">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.1" customHeight="1">
       <c r="A13" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B13" s="37"/>
       <c r="C13" s="37"/>
       <c r="D13" s="37"/>
       <c r="E13" s="37"/>
       <c r="F13" s="37"/>
       <c r="G13" s="37"/>
       <c r="H13" s="37"/>
       <c r="I13" s="44"/>
     </row>
     <row r="14" spans="1:9" ht="12.6" customHeight="1">
       <c r="A14" s="17" t="s">
         <v>51</v>
       </c>
       <c r="B14" s="54">
         <v>0</v>
       </c>
       <c r="C14" s="54">
         <v>0</v>
       </c>
       <c r="D14" s="51">
-        <v>171</v>
+        <v>132</v>
       </c>
       <c r="E14" s="51">
-        <v>37917</v>
+        <v>29594</v>
       </c>
       <c r="F14" s="54">
         <v>0</v>
       </c>
       <c r="G14" s="54">
         <v>0</v>
       </c>
       <c r="H14" s="54">
         <v>0</v>
       </c>
       <c r="I14" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="11.1" customHeight="1">
       <c r="A15" s="60" t="s">
         <v>52</v>
       </c>
       <c r="B15" s="37"/>
       <c r="C15" s="37"/>
       <c r="D15" s="37"/>
       <c r="E15" s="37"/>
       <c r="F15" s="37"/>
       <c r="G15" s="37"/>
       <c r="H15" s="37"/>
       <c r="I15" s="44"/>
     </row>
     <row r="16" spans="1:9" ht="12.6" customHeight="1">
       <c r="A16" s="17" t="s">
         <v>53</v>
       </c>
       <c r="B16" s="54">
         <v>0</v>
       </c>
       <c r="C16" s="54">
         <v>0</v>
       </c>
       <c r="D16" s="51">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="E16" s="51">
-        <v>35343</v>
+        <v>8467</v>
       </c>
       <c r="F16" s="54">
         <v>0</v>
       </c>
       <c r="G16" s="54">
         <v>0</v>
       </c>
       <c r="H16" s="54">
         <v>0</v>
       </c>
       <c r="I16" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.1" customHeight="1">
       <c r="A17" s="60" t="s">
         <v>54</v>
       </c>
       <c r="B17" s="37"/>
       <c r="C17" s="37"/>
       <c r="D17" s="37"/>
       <c r="E17" s="37"/>
       <c r="F17" s="37"/>
       <c r="G17" s="37"/>
       <c r="H17" s="37"/>
       <c r="I17" s="44"/>
     </row>
     <row r="18" spans="1:9" ht="12.6" customHeight="1">
       <c r="A18" s="17" t="s">
         <v>55</v>
       </c>
       <c r="B18" s="54">
         <v>0</v>
       </c>
       <c r="C18" s="54">
         <v>0</v>
       </c>
       <c r="D18" s="51">
-        <v>287</v>
+        <v>221</v>
       </c>
       <c r="E18" s="51">
-        <v>77893</v>
+        <v>59271</v>
       </c>
       <c r="F18" s="51">
-        <v>28729</v>
+        <v>24618</v>
       </c>
       <c r="G18" s="54">
         <v>0</v>
       </c>
       <c r="H18" s="54">
         <v>0</v>
       </c>
       <c r="I18" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.1" customHeight="1">
       <c r="A19" s="60" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="37"/>
       <c r="C19" s="37"/>
       <c r="D19" s="37"/>
       <c r="E19" s="37"/>
       <c r="F19" s="37"/>
       <c r="G19" s="37"/>
       <c r="H19" s="37"/>
       <c r="I19" s="44"/>
     </row>
     <row r="20" spans="1:9" ht="12.6" customHeight="1">
       <c r="A20" s="17" t="s">
         <v>57</v>
       </c>
       <c r="B20" s="54">
         <v>0</v>
       </c>
       <c r="C20" s="54">
         <v>0</v>
       </c>
       <c r="D20" s="51">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="E20" s="51">
-        <v>20684</v>
+        <v>25676</v>
       </c>
       <c r="F20" s="54">
         <v>0</v>
       </c>
       <c r="G20" s="54">
         <v>0</v>
       </c>
       <c r="H20" s="54">
         <v>0</v>
       </c>
       <c r="I20" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.1" customHeight="1">
       <c r="A21" s="60" t="s">
         <v>58</v>
       </c>
       <c r="B21" s="37"/>
       <c r="C21" s="37"/>
       <c r="D21" s="37"/>
       <c r="E21" s="37"/>
       <c r="F21" s="37"/>
       <c r="G21" s="37"/>
       <c r="H21" s="37"/>
       <c r="I21" s="44"/>
     </row>
     <row r="22" spans="1:9" ht="12.6" customHeight="1">
       <c r="A22" s="17" t="s">
         <v>59</v>
       </c>
       <c r="B22" s="54">
         <v>0</v>
       </c>
       <c r="C22" s="54">
         <v>0</v>
       </c>
       <c r="D22" s="51">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="E22" s="51">
-        <v>15030</v>
+        <v>11402</v>
       </c>
       <c r="F22" s="54">
         <v>0</v>
       </c>
       <c r="G22" s="54">
         <v>0</v>
       </c>
       <c r="H22" s="54">
         <v>0</v>
       </c>
       <c r="I22" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="11.1" customHeight="1">
       <c r="A23" s="60" t="s">
         <v>60</v>
       </c>
       <c r="B23" s="37"/>
       <c r="C23" s="37"/>
       <c r="D23" s="37"/>
       <c r="E23" s="37"/>
       <c r="F23" s="37"/>
       <c r="G23" s="37"/>
       <c r="H23" s="37"/>
       <c r="I23" s="44"/>
     </row>
     <row r="24" spans="1:9" ht="12.6" customHeight="1">
       <c r="A24" s="17" t="s">
         <v>61</v>
       </c>
       <c r="B24" s="54">
         <v>0</v>
       </c>
       <c r="C24" s="54">
         <v>0</v>
       </c>
       <c r="D24" s="51">
-        <v>201</v>
+        <v>75</v>
       </c>
       <c r="E24" s="51">
-        <v>47179</v>
+        <v>14940</v>
       </c>
       <c r="F24" s="54">
         <v>0</v>
       </c>
       <c r="G24" s="54">
         <v>0</v>
       </c>
       <c r="H24" s="54">
         <v>0</v>
       </c>
       <c r="I24" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="11.1" customHeight="1">
       <c r="A25" s="60" t="s">
         <v>62</v>
       </c>
       <c r="B25" s="37"/>
       <c r="C25" s="37"/>
       <c r="D25" s="37"/>
       <c r="E25" s="37"/>
       <c r="F25" s="37"/>
       <c r="G25" s="37"/>
       <c r="H25" s="37"/>
       <c r="I25" s="44"/>
     </row>
     <row r="26" spans="1:9" ht="12.6" customHeight="1">
       <c r="A26" s="17" t="s">
         <v>63</v>
       </c>
       <c r="B26" s="54">
         <v>0</v>
       </c>
       <c r="C26" s="54">
         <v>0</v>
       </c>
       <c r="D26" s="51">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="E26" s="51">
-        <v>2087</v>
+        <v>4850</v>
       </c>
       <c r="F26" s="54">
         <v>0</v>
       </c>
       <c r="G26" s="54">
         <v>0</v>
       </c>
       <c r="H26" s="54">
         <v>0</v>
       </c>
       <c r="I26" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="11.1" customHeight="1">
       <c r="A27" s="60" t="s">
         <v>64</v>
       </c>
       <c r="B27" s="37"/>
       <c r="C27" s="37"/>
       <c r="D27" s="37"/>
       <c r="E27" s="37"/>
       <c r="F27" s="37"/>
       <c r="G27" s="37"/>
       <c r="H27" s="37"/>
       <c r="I27" s="44"/>
     </row>
     <row r="28" spans="1:9" ht="12.6" customHeight="1">
       <c r="A28" s="17" t="s">
         <v>65</v>
       </c>
       <c r="B28" s="54">
         <v>0</v>
       </c>
       <c r="C28" s="54">
         <v>0</v>
       </c>
       <c r="D28" s="51">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="E28" s="51">
-        <v>12327</v>
+        <v>12811</v>
       </c>
       <c r="F28" s="54">
         <v>0</v>
       </c>
       <c r="G28" s="54">
         <v>0</v>
       </c>
       <c r="H28" s="54">
         <v>0</v>
       </c>
       <c r="I28" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="11.1" customHeight="1">
       <c r="A29" s="60" t="s">
         <v>66</v>
       </c>
       <c r="B29" s="37"/>
       <c r="C29" s="37"/>
       <c r="D29" s="37"/>
       <c r="E29" s="37"/>
       <c r="F29" s="37"/>
       <c r="G29" s="37"/>
       <c r="H29" s="37"/>
@@ -3269,57 +3269,57 @@
       <c r="H30" s="36"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="11.1" customHeight="1">
       <c r="A31" s="18"/>
       <c r="B31" s="37"/>
       <c r="C31" s="37"/>
       <c r="D31" s="37"/>
       <c r="E31" s="37"/>
       <c r="F31" s="37"/>
       <c r="G31" s="37"/>
       <c r="H31" s="37"/>
       <c r="I31" s="44"/>
     </row>
     <row r="32" spans="1:9" ht="12.6" customHeight="1">
       <c r="A32" s="49" t="s">
         <v>36</v>
       </c>
       <c r="B32" s="55">
         <v>0</v>
       </c>
       <c r="C32" s="55">
         <v>0</v>
       </c>
       <c r="D32" s="52">
-        <v>348</v>
+        <v>244</v>
       </c>
       <c r="E32" s="52">
-        <v>128081</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>87623</v>
+      </c>
+      <c r="F32" s="55">
+        <v>0</v>
       </c>
       <c r="G32" s="55">
         <v>0</v>
       </c>
       <c r="H32" s="55">
         <v>0</v>
       </c>
       <c r="I32" s="70">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="11.1" customHeight="1">
       <c r="A33" s="58" t="s">
         <v>49</v>
       </c>
       <c r="B33" s="37"/>
       <c r="C33" s="37"/>
       <c r="D33" s="37"/>
       <c r="E33" s="37"/>
       <c r="F33" s="37"/>
       <c r="G33" s="37"/>
       <c r="H33" s="37"/>
       <c r="I33" s="44"/>
     </row>
     <row r="34" spans="1:9" ht="12.6" customHeight="1">