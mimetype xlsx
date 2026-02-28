--- v1 (2026-01-09)
+++ v2 (2026-02-28)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="7-2" sheetId="1" r:id="rId1"/>
     <sheet name="7-2(續)" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="外部資料_1" localSheetId="0">'7-2'!$A$1:$K$39</definedName>
     <definedName name="外部資料_1" localSheetId="1">'7-2(續)'!$A$1:$I$39</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>總　　　　計</t>
   </si>
   <si>
-    <t>民國114年10月</t>
+    <t>民國114年12月</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">公　　　司　　　別
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>by Company</t>
     </r>
   </si>
   <si>
     <r>
       <t>單位：張</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
@@ -103,51 +103,51 @@
   <si>
     <t>交易本票</t>
   </si>
   <si>
     <t>Piece</t>
   </si>
   <si>
     <t>Subtotal</t>
   </si>
   <si>
     <t>Finance</t>
   </si>
   <si>
     <t>Real</t>
   </si>
   <si>
     <t>銀行承兌匯票</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Bankers' Acceptances</t>
   </si>
   <si>
-    <t xml:space="preserve"> Oct. 2025</t>
+    <t xml:space="preserve"> Dec. 2025</t>
   </si>
   <si>
     <t>總　計</t>
   </si>
   <si>
     <t>商業承兌匯票</t>
   </si>
   <si>
     <t>銀行可轉讓定期存單</t>
   </si>
   <si>
     <t>國庫券</t>
   </si>
   <si>
     <t>Trade Acceptances</t>
   </si>
   <si>
     <t>Negotiable Certificates of Deposits</t>
   </si>
   <si>
     <t>Treasury Bills</t>
   </si>
   <si>
     <t>金額</t>
   </si>
@@ -1807,510 +1807,510 @@
       <c r="C9" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>9</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H9" s="23"/>
       <c r="I9" s="23"/>
       <c r="J9" s="23"/>
       <c r="K9" s="23"/>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="61" t="s">
         <v>0</v>
       </c>
       <c r="B10" s="64">
-        <v>4487670</v>
+        <v>4426394</v>
       </c>
       <c r="C10" s="64">
-        <v>4208418</v>
+        <v>4054347</v>
       </c>
       <c r="D10" s="64">
-        <v>24419</v>
+        <v>25346</v>
       </c>
       <c r="E10" s="64">
-        <v>4208335</v>
+        <v>4054222</v>
       </c>
       <c r="F10" s="64">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G10" s="64">
-        <v>83</v>
+        <v>125</v>
       </c>
       <c r="H10" s="67">
         <v>0</v>
       </c>
       <c r="I10" s="67">
         <v>0</v>
       </c>
       <c r="J10" s="67">
         <v>0</v>
       </c>
       <c r="K10" s="67">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="58" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="37"/>
       <c r="C11" s="37"/>
       <c r="D11" s="37"/>
       <c r="E11" s="37"/>
       <c r="F11" s="37"/>
       <c r="G11" s="37"/>
       <c r="H11" s="37"/>
       <c r="I11" s="37"/>
       <c r="J11" s="37"/>
       <c r="K11" s="37"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="49" t="s">
         <v>35</v>
       </c>
       <c r="B12" s="52">
-        <v>2584277</v>
+        <v>2581941</v>
       </c>
       <c r="C12" s="52">
-        <v>2392649</v>
+        <v>2354604</v>
       </c>
       <c r="D12" s="52">
-        <v>16996</v>
+        <v>17853</v>
       </c>
       <c r="E12" s="52">
-        <v>2392566</v>
+        <v>2354479</v>
       </c>
       <c r="F12" s="52">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G12" s="52">
-        <v>83</v>
+        <v>125</v>
       </c>
       <c r="H12" s="55">
         <v>0</v>
       </c>
       <c r="I12" s="55">
         <v>0</v>
       </c>
       <c r="J12" s="55">
         <v>0</v>
       </c>
       <c r="K12" s="55">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B13" s="37"/>
       <c r="C13" s="37"/>
       <c r="D13" s="37"/>
       <c r="E13" s="37"/>
       <c r="F13" s="37"/>
       <c r="G13" s="37"/>
       <c r="H13" s="37"/>
       <c r="I13" s="37"/>
       <c r="J13" s="37"/>
       <c r="K13" s="37"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="17" t="s">
         <v>51</v>
       </c>
       <c r="B14" s="51">
-        <v>716856</v>
+        <v>640179</v>
       </c>
       <c r="C14" s="51">
-        <v>687262</v>
+        <v>615416</v>
       </c>
       <c r="D14" s="51">
-        <v>4726</v>
+        <v>4680</v>
       </c>
       <c r="E14" s="51">
-        <v>687262</v>
+        <v>615416</v>
       </c>
       <c r="F14" s="54">
         <v>0</v>
       </c>
       <c r="G14" s="54">
         <v>0</v>
       </c>
       <c r="H14" s="54">
         <v>0</v>
       </c>
       <c r="I14" s="54">
         <v>0</v>
       </c>
       <c r="J14" s="54">
         <v>0</v>
       </c>
       <c r="K14" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="60" t="s">
         <v>52</v>
       </c>
       <c r="B15" s="37"/>
       <c r="C15" s="37"/>
       <c r="D15" s="37"/>
       <c r="E15" s="37"/>
       <c r="F15" s="37"/>
       <c r="G15" s="37"/>
       <c r="H15" s="37"/>
       <c r="I15" s="37"/>
       <c r="J15" s="37"/>
       <c r="K15" s="37"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="17" t="s">
         <v>53</v>
       </c>
       <c r="B16" s="51">
-        <v>523106</v>
+        <v>539451</v>
       </c>
       <c r="C16" s="51">
-        <v>514639</v>
+        <v>529751</v>
       </c>
       <c r="D16" s="51">
-        <v>3048</v>
+        <v>3319</v>
       </c>
       <c r="E16" s="51">
-        <v>514639</v>
+        <v>529751</v>
       </c>
       <c r="F16" s="54">
         <v>0</v>
       </c>
       <c r="G16" s="54">
         <v>0</v>
       </c>
       <c r="H16" s="54">
         <v>0</v>
       </c>
       <c r="I16" s="54">
         <v>0</v>
       </c>
       <c r="J16" s="54">
         <v>0</v>
       </c>
       <c r="K16" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="60" t="s">
         <v>54</v>
       </c>
       <c r="B17" s="37"/>
       <c r="C17" s="37"/>
       <c r="D17" s="37"/>
       <c r="E17" s="37"/>
       <c r="F17" s="37"/>
       <c r="G17" s="37"/>
       <c r="H17" s="37"/>
       <c r="I17" s="37"/>
       <c r="J17" s="37"/>
       <c r="K17" s="37"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="17" t="s">
         <v>55</v>
       </c>
       <c r="B18" s="51">
-        <v>581109</v>
+        <v>587879</v>
       </c>
       <c r="C18" s="51">
-        <v>497220</v>
+        <v>488628</v>
       </c>
       <c r="D18" s="51">
-        <v>4412</v>
+        <v>4603</v>
       </c>
       <c r="E18" s="51">
-        <v>497137</v>
+        <v>488503</v>
       </c>
       <c r="F18" s="51">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G18" s="51">
-        <v>83</v>
+        <v>125</v>
       </c>
       <c r="H18" s="54">
         <v>0</v>
       </c>
       <c r="I18" s="54">
         <v>0</v>
       </c>
       <c r="J18" s="54">
         <v>0</v>
       </c>
       <c r="K18" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="60" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="37"/>
       <c r="C19" s="37"/>
       <c r="D19" s="37"/>
       <c r="E19" s="37"/>
       <c r="F19" s="37"/>
       <c r="G19" s="37"/>
       <c r="H19" s="37"/>
       <c r="I19" s="37"/>
       <c r="J19" s="37"/>
       <c r="K19" s="37"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="17" t="s">
         <v>57</v>
       </c>
       <c r="B20" s="51">
-        <v>120363</v>
+        <v>117064</v>
       </c>
       <c r="C20" s="51">
-        <v>94687</v>
+        <v>96263</v>
       </c>
       <c r="D20" s="51">
-        <v>745</v>
+        <v>809</v>
       </c>
       <c r="E20" s="51">
-        <v>94687</v>
+        <v>96263</v>
       </c>
       <c r="F20" s="54">
         <v>0</v>
       </c>
       <c r="G20" s="54">
         <v>0</v>
       </c>
       <c r="H20" s="54">
         <v>0</v>
       </c>
       <c r="I20" s="54">
         <v>0</v>
       </c>
       <c r="J20" s="54">
         <v>0</v>
       </c>
       <c r="K20" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="60" t="s">
         <v>58</v>
       </c>
       <c r="B21" s="37"/>
       <c r="C21" s="37"/>
       <c r="D21" s="37"/>
       <c r="E21" s="37"/>
       <c r="F21" s="37"/>
       <c r="G21" s="37"/>
       <c r="H21" s="37"/>
       <c r="I21" s="37"/>
       <c r="J21" s="37"/>
       <c r="K21" s="37"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="17" t="s">
         <v>59</v>
       </c>
       <c r="B22" s="51">
-        <v>118962</v>
+        <v>117230</v>
       </c>
       <c r="C22" s="51">
-        <v>107560</v>
+        <v>96413</v>
       </c>
       <c r="D22" s="51">
-        <v>700</v>
+        <v>750</v>
       </c>
       <c r="E22" s="51">
-        <v>107560</v>
+        <v>96413</v>
       </c>
       <c r="F22" s="54">
         <v>0</v>
       </c>
       <c r="G22" s="54">
         <v>0</v>
       </c>
       <c r="H22" s="54">
         <v>0</v>
       </c>
       <c r="I22" s="54">
         <v>0</v>
       </c>
       <c r="J22" s="54">
         <v>0</v>
       </c>
       <c r="K22" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="60" t="s">
         <v>60</v>
       </c>
       <c r="B23" s="37"/>
       <c r="C23" s="37"/>
       <c r="D23" s="37"/>
       <c r="E23" s="37"/>
       <c r="F23" s="37"/>
       <c r="G23" s="37"/>
       <c r="H23" s="37"/>
       <c r="I23" s="37"/>
       <c r="J23" s="37"/>
       <c r="K23" s="37"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="17" t="s">
         <v>61</v>
       </c>
       <c r="B24" s="51">
-        <v>222307</v>
+        <v>229310</v>
       </c>
       <c r="C24" s="51">
-        <v>207367</v>
+        <v>196043</v>
       </c>
       <c r="D24" s="51">
-        <v>1209</v>
+        <v>1258</v>
       </c>
       <c r="E24" s="51">
-        <v>207367</v>
+        <v>196043</v>
       </c>
       <c r="F24" s="54">
         <v>0</v>
       </c>
       <c r="G24" s="54">
         <v>0</v>
       </c>
       <c r="H24" s="54">
         <v>0</v>
       </c>
       <c r="I24" s="54">
         <v>0</v>
       </c>
       <c r="J24" s="54">
         <v>0</v>
       </c>
       <c r="K24" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="60" t="s">
         <v>62</v>
       </c>
       <c r="B25" s="37"/>
       <c r="C25" s="37"/>
       <c r="D25" s="37"/>
       <c r="E25" s="37"/>
       <c r="F25" s="37"/>
       <c r="G25" s="37"/>
       <c r="H25" s="37"/>
       <c r="I25" s="37"/>
       <c r="J25" s="37"/>
       <c r="K25" s="37"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="17" t="s">
         <v>63</v>
       </c>
       <c r="B26" s="51">
-        <v>184304</v>
+        <v>221416</v>
       </c>
       <c r="C26" s="51">
-        <v>179454</v>
+        <v>214631</v>
       </c>
       <c r="D26" s="51">
-        <v>1323</v>
+        <v>1488</v>
       </c>
       <c r="E26" s="51">
-        <v>179454</v>
+        <v>214631</v>
       </c>
       <c r="F26" s="54">
         <v>0</v>
       </c>
       <c r="G26" s="54">
         <v>0</v>
       </c>
       <c r="H26" s="54">
         <v>0</v>
       </c>
       <c r="I26" s="54">
         <v>0</v>
       </c>
       <c r="J26" s="54">
         <v>0</v>
       </c>
       <c r="K26" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="60" t="s">
         <v>64</v>
       </c>
       <c r="B27" s="37"/>
       <c r="C27" s="37"/>
       <c r="D27" s="37"/>
       <c r="E27" s="37"/>
       <c r="F27" s="37"/>
       <c r="G27" s="37"/>
       <c r="H27" s="37"/>
       <c r="I27" s="37"/>
       <c r="J27" s="37"/>
       <c r="K27" s="37"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="17" t="s">
         <v>65</v>
       </c>
       <c r="B28" s="51">
-        <v>117272</v>
+        <v>129412</v>
       </c>
       <c r="C28" s="51">
-        <v>104461</v>
+        <v>117459</v>
       </c>
       <c r="D28" s="51">
-        <v>833</v>
+        <v>946</v>
       </c>
       <c r="E28" s="51">
-        <v>104461</v>
+        <v>117459</v>
       </c>
       <c r="F28" s="54">
         <v>0</v>
       </c>
       <c r="G28" s="54">
         <v>0</v>
       </c>
       <c r="H28" s="54">
         <v>0</v>
       </c>
       <c r="I28" s="54">
         <v>0</v>
       </c>
       <c r="J28" s="54">
         <v>0</v>
       </c>
       <c r="K28" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="60" t="s">
         <v>66</v>
       </c>
       <c r="B29" s="37"/>
@@ -2333,60 +2333,60 @@
       <c r="F30" s="36"/>
       <c r="G30" s="36"/>
       <c r="H30" s="36"/>
       <c r="I30" s="36"/>
       <c r="J30" s="36"/>
       <c r="K30" s="36"/>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="18"/>
       <c r="B31" s="37"/>
       <c r="C31" s="37"/>
       <c r="D31" s="37"/>
       <c r="E31" s="37"/>
       <c r="F31" s="37"/>
       <c r="G31" s="37"/>
       <c r="H31" s="37"/>
       <c r="I31" s="37"/>
       <c r="J31" s="37"/>
       <c r="K31" s="37"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="49" t="s">
         <v>36</v>
       </c>
       <c r="B32" s="52">
-        <v>1903392</v>
+        <v>1844453</v>
       </c>
       <c r="C32" s="52">
-        <v>1815770</v>
+        <v>1699743</v>
       </c>
       <c r="D32" s="52">
-        <v>7423</v>
+        <v>7493</v>
       </c>
       <c r="E32" s="52">
-        <v>1815770</v>
+        <v>1699743</v>
       </c>
       <c r="F32" s="55">
         <v>0</v>
       </c>
       <c r="G32" s="55">
         <v>0</v>
       </c>
       <c r="H32" s="55">
         <v>0</v>
       </c>
       <c r="I32" s="55">
         <v>0</v>
       </c>
       <c r="J32" s="55">
         <v>0</v>
       </c>
       <c r="K32" s="55">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1">
       <c r="A33" s="58" t="s">
         <v>49</v>
       </c>
       <c r="B33" s="37"/>
@@ -2678,56 +2678,56 @@
       <c r="C1" s="24"/>
       <c r="D1" s="24"/>
       <c r="E1" s="24"/>
       <c r="F1" s="24"/>
       <c r="G1" s="24"/>
       <c r="H1" s="24"/>
       <c r="I1" s="24"/>
     </row>
     <row r="2" spans="1:9" ht="21" customHeight="1">
       <c r="A2" s="24" t="s">
         <v>46</v>
       </c>
       <c r="B2" s="32"/>
       <c r="C2" s="32"/>
       <c r="D2" s="32"/>
       <c r="E2" s="32"/>
       <c r="F2" s="32"/>
       <c r="G2" s="32"/>
       <c r="H2" s="32"/>
       <c r="I2" s="32"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="1"/>
       <c r="C3" s="38" t="str">
         <f>'7-2'!C3:E3</f>
-        <v>民國114年10月</v>
+        <v>民國114年12月</v>
       </c>
       <c r="D3" s="38"/>
       <c r="E3" s="13" t="str">
         <f>'7-2'!F3</f>
-        <v> Oct. 2025</v>
+        <v> Dec. 2025</v>
       </c>
       <c r="F3" s="13"/>
       <c r="G3" s="20"/>
       <c r="H3" s="1"/>
       <c r="I3" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="27.95" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="12" t="s">
         <v>18</v>
       </c>
       <c r="C4" s="30"/>
       <c r="D4" s="12" t="s">
         <v>19</v>
       </c>
       <c r="E4" s="30"/>
       <c r="F4" s="12" t="s">
         <v>20</v>
       </c>
       <c r="G4" s="12" t="s">
         <v>38</v>
@@ -2827,432 +2827,432 @@
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A9" s="26"/>
       <c r="B9" s="23"/>
       <c r="C9" s="23"/>
       <c r="D9" s="23"/>
       <c r="E9" s="23"/>
       <c r="F9" s="42"/>
       <c r="G9" s="42"/>
       <c r="H9" s="42"/>
       <c r="I9" s="42"/>
     </row>
     <row r="10" spans="1:9" ht="12.6" customHeight="1">
       <c r="A10" s="61" t="s">
         <v>0</v>
       </c>
       <c r="B10" s="67">
         <v>0</v>
       </c>
       <c r="C10" s="67">
         <v>0</v>
       </c>
       <c r="D10" s="64">
-        <v>962</v>
+        <v>1147</v>
       </c>
       <c r="E10" s="64">
-        <v>254634</v>
+        <v>358785</v>
       </c>
       <c r="F10" s="64">
-        <v>24618</v>
+        <v>13262</v>
       </c>
       <c r="G10" s="67">
         <v>0</v>
       </c>
       <c r="H10" s="67">
         <v>0</v>
       </c>
       <c r="I10" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.1" customHeight="1">
       <c r="A11" s="58" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="37"/>
       <c r="C11" s="37"/>
       <c r="D11" s="37"/>
       <c r="E11" s="37"/>
       <c r="F11" s="37"/>
       <c r="G11" s="37"/>
       <c r="H11" s="37"/>
       <c r="I11" s="44"/>
     </row>
     <row r="12" spans="1:9" ht="12.6" customHeight="1">
       <c r="A12" s="49" t="s">
         <v>35</v>
       </c>
       <c r="B12" s="55">
         <v>0</v>
       </c>
       <c r="C12" s="55">
         <v>0</v>
       </c>
       <c r="D12" s="52">
-        <v>718</v>
+        <v>844</v>
       </c>
       <c r="E12" s="52">
-        <v>167011</v>
+        <v>224476</v>
       </c>
       <c r="F12" s="52">
-        <v>24618</v>
+        <v>2862</v>
       </c>
       <c r="G12" s="55">
         <v>0</v>
       </c>
       <c r="H12" s="55">
         <v>0</v>
       </c>
       <c r="I12" s="70">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.1" customHeight="1">
       <c r="A13" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B13" s="37"/>
       <c r="C13" s="37"/>
       <c r="D13" s="37"/>
       <c r="E13" s="37"/>
       <c r="F13" s="37"/>
       <c r="G13" s="37"/>
       <c r="H13" s="37"/>
       <c r="I13" s="44"/>
     </row>
     <row r="14" spans="1:9" ht="12.6" customHeight="1">
       <c r="A14" s="17" t="s">
         <v>51</v>
       </c>
       <c r="B14" s="54">
         <v>0</v>
       </c>
       <c r="C14" s="54">
         <v>0</v>
       </c>
       <c r="D14" s="51">
-        <v>132</v>
+        <v>145</v>
       </c>
       <c r="E14" s="51">
-        <v>29594</v>
+        <v>24763</v>
       </c>
       <c r="F14" s="54">
         <v>0</v>
       </c>
       <c r="G14" s="54">
         <v>0</v>
       </c>
       <c r="H14" s="54">
         <v>0</v>
       </c>
       <c r="I14" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="11.1" customHeight="1">
       <c r="A15" s="60" t="s">
         <v>52</v>
       </c>
       <c r="B15" s="37"/>
       <c r="C15" s="37"/>
       <c r="D15" s="37"/>
       <c r="E15" s="37"/>
       <c r="F15" s="37"/>
       <c r="G15" s="37"/>
       <c r="H15" s="37"/>
       <c r="I15" s="44"/>
     </row>
     <row r="16" spans="1:9" ht="12.6" customHeight="1">
       <c r="A16" s="17" t="s">
         <v>53</v>
       </c>
       <c r="B16" s="54">
         <v>0</v>
       </c>
       <c r="C16" s="54">
         <v>0</v>
       </c>
       <c r="D16" s="51">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="E16" s="51">
-        <v>8467</v>
+        <v>9700</v>
       </c>
       <c r="F16" s="54">
         <v>0</v>
       </c>
       <c r="G16" s="54">
         <v>0</v>
       </c>
       <c r="H16" s="54">
         <v>0</v>
       </c>
       <c r="I16" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.1" customHeight="1">
       <c r="A17" s="60" t="s">
         <v>54</v>
       </c>
       <c r="B17" s="37"/>
       <c r="C17" s="37"/>
       <c r="D17" s="37"/>
       <c r="E17" s="37"/>
       <c r="F17" s="37"/>
       <c r="G17" s="37"/>
       <c r="H17" s="37"/>
       <c r="I17" s="44"/>
     </row>
     <row r="18" spans="1:9" ht="12.6" customHeight="1">
       <c r="A18" s="17" t="s">
         <v>55</v>
       </c>
       <c r="B18" s="54">
         <v>0</v>
       </c>
       <c r="C18" s="54">
         <v>0</v>
       </c>
       <c r="D18" s="51">
-        <v>221</v>
+        <v>313</v>
       </c>
       <c r="E18" s="51">
-        <v>59271</v>
+        <v>96389</v>
       </c>
       <c r="F18" s="51">
-        <v>24618</v>
+        <v>2862</v>
       </c>
       <c r="G18" s="54">
         <v>0</v>
       </c>
       <c r="H18" s="54">
         <v>0</v>
       </c>
       <c r="I18" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.1" customHeight="1">
       <c r="A19" s="60" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="37"/>
       <c r="C19" s="37"/>
       <c r="D19" s="37"/>
       <c r="E19" s="37"/>
       <c r="F19" s="37"/>
       <c r="G19" s="37"/>
       <c r="H19" s="37"/>
       <c r="I19" s="44"/>
     </row>
     <row r="20" spans="1:9" ht="12.6" customHeight="1">
       <c r="A20" s="17" t="s">
         <v>57</v>
       </c>
       <c r="B20" s="54">
         <v>0</v>
       </c>
       <c r="C20" s="54">
         <v>0</v>
       </c>
       <c r="D20" s="51">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="E20" s="51">
-        <v>25676</v>
+        <v>20801</v>
       </c>
       <c r="F20" s="54">
         <v>0</v>
       </c>
       <c r="G20" s="54">
         <v>0</v>
       </c>
       <c r="H20" s="54">
         <v>0</v>
       </c>
       <c r="I20" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.1" customHeight="1">
       <c r="A21" s="60" t="s">
         <v>58</v>
       </c>
       <c r="B21" s="37"/>
       <c r="C21" s="37"/>
       <c r="D21" s="37"/>
       <c r="E21" s="37"/>
       <c r="F21" s="37"/>
       <c r="G21" s="37"/>
       <c r="H21" s="37"/>
       <c r="I21" s="44"/>
     </row>
     <row r="22" spans="1:9" ht="12.6" customHeight="1">
       <c r="A22" s="17" t="s">
         <v>59</v>
       </c>
       <c r="B22" s="54">
         <v>0</v>
       </c>
       <c r="C22" s="54">
         <v>0</v>
       </c>
       <c r="D22" s="51">
-        <v>47</v>
+        <v>87</v>
       </c>
       <c r="E22" s="51">
-        <v>11402</v>
+        <v>20817</v>
       </c>
       <c r="F22" s="54">
         <v>0</v>
       </c>
       <c r="G22" s="54">
         <v>0</v>
       </c>
       <c r="H22" s="54">
         <v>0</v>
       </c>
       <c r="I22" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="11.1" customHeight="1">
       <c r="A23" s="60" t="s">
         <v>60</v>
       </c>
       <c r="B23" s="37"/>
       <c r="C23" s="37"/>
       <c r="D23" s="37"/>
       <c r="E23" s="37"/>
       <c r="F23" s="37"/>
       <c r="G23" s="37"/>
       <c r="H23" s="37"/>
       <c r="I23" s="44"/>
     </row>
     <row r="24" spans="1:9" ht="12.6" customHeight="1">
       <c r="A24" s="17" t="s">
         <v>61</v>
       </c>
       <c r="B24" s="54">
         <v>0</v>
       </c>
       <c r="C24" s="54">
         <v>0</v>
       </c>
       <c r="D24" s="51">
-        <v>75</v>
+        <v>131</v>
       </c>
       <c r="E24" s="51">
-        <v>14940</v>
+        <v>33268</v>
       </c>
       <c r="F24" s="54">
         <v>0</v>
       </c>
       <c r="G24" s="54">
         <v>0</v>
       </c>
       <c r="H24" s="54">
         <v>0</v>
       </c>
       <c r="I24" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="11.1" customHeight="1">
       <c r="A25" s="60" t="s">
         <v>62</v>
       </c>
       <c r="B25" s="37"/>
       <c r="C25" s="37"/>
       <c r="D25" s="37"/>
       <c r="E25" s="37"/>
       <c r="F25" s="37"/>
       <c r="G25" s="37"/>
       <c r="H25" s="37"/>
       <c r="I25" s="44"/>
     </row>
     <row r="26" spans="1:9" ht="12.6" customHeight="1">
       <c r="A26" s="17" t="s">
         <v>63</v>
       </c>
       <c r="B26" s="54">
         <v>0</v>
       </c>
       <c r="C26" s="54">
         <v>0</v>
       </c>
       <c r="D26" s="51">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="E26" s="51">
-        <v>4850</v>
+        <v>6785</v>
       </c>
       <c r="F26" s="54">
         <v>0</v>
       </c>
       <c r="G26" s="54">
         <v>0</v>
       </c>
       <c r="H26" s="54">
         <v>0</v>
       </c>
       <c r="I26" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="11.1" customHeight="1">
       <c r="A27" s="60" t="s">
         <v>64</v>
       </c>
       <c r="B27" s="37"/>
       <c r="C27" s="37"/>
       <c r="D27" s="37"/>
       <c r="E27" s="37"/>
       <c r="F27" s="37"/>
       <c r="G27" s="37"/>
       <c r="H27" s="37"/>
       <c r="I27" s="44"/>
     </row>
     <row r="28" spans="1:9" ht="12.6" customHeight="1">
       <c r="A28" s="17" t="s">
         <v>65</v>
       </c>
       <c r="B28" s="54">
         <v>0</v>
       </c>
       <c r="C28" s="54">
         <v>0</v>
       </c>
       <c r="D28" s="51">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="E28" s="51">
-        <v>12811</v>
+        <v>11953</v>
       </c>
       <c r="F28" s="54">
         <v>0</v>
       </c>
       <c r="G28" s="54">
         <v>0</v>
       </c>
       <c r="H28" s="54">
         <v>0</v>
       </c>
       <c r="I28" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="11.1" customHeight="1">
       <c r="A29" s="60" t="s">
         <v>66</v>
       </c>
       <c r="B29" s="37"/>
       <c r="C29" s="37"/>
       <c r="D29" s="37"/>
       <c r="E29" s="37"/>
       <c r="F29" s="37"/>
       <c r="G29" s="37"/>
       <c r="H29" s="37"/>
@@ -3269,57 +3269,57 @@
       <c r="H30" s="36"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="11.1" customHeight="1">
       <c r="A31" s="18"/>
       <c r="B31" s="37"/>
       <c r="C31" s="37"/>
       <c r="D31" s="37"/>
       <c r="E31" s="37"/>
       <c r="F31" s="37"/>
       <c r="G31" s="37"/>
       <c r="H31" s="37"/>
       <c r="I31" s="44"/>
     </row>
     <row r="32" spans="1:9" ht="12.6" customHeight="1">
       <c r="A32" s="49" t="s">
         <v>36</v>
       </c>
       <c r="B32" s="55">
         <v>0</v>
       </c>
       <c r="C32" s="55">
         <v>0</v>
       </c>
       <c r="D32" s="52">
-        <v>244</v>
+        <v>303</v>
       </c>
       <c r="E32" s="52">
-        <v>87623</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>134309</v>
+      </c>
+      <c r="F32" s="52">
+        <v>10400</v>
       </c>
       <c r="G32" s="55">
         <v>0</v>
       </c>
       <c r="H32" s="55">
         <v>0</v>
       </c>
       <c r="I32" s="70">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="11.1" customHeight="1">
       <c r="A33" s="58" t="s">
         <v>49</v>
       </c>
       <c r="B33" s="37"/>
       <c r="C33" s="37"/>
       <c r="D33" s="37"/>
       <c r="E33" s="37"/>
       <c r="F33" s="37"/>
       <c r="G33" s="37"/>
       <c r="H33" s="37"/>
       <c r="I33" s="44"/>
     </row>
     <row r="34" spans="1:9" ht="12.6" customHeight="1">