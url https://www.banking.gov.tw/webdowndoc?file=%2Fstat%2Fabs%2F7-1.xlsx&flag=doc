--- v0 (2025-10-08)
+++ v1 (2026-01-09)
@@ -100,51 +100,51 @@
   <si>
     <t>交易本票</t>
   </si>
   <si>
     <t>Piece</t>
   </si>
   <si>
     <t>Subtotal</t>
   </si>
   <si>
     <t>Finance</t>
   </si>
   <si>
     <t>Real</t>
   </si>
   <si>
     <t>銀行承兌匯票</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Bankers' Acceptances</t>
   </si>
   <si>
-    <t xml:space="preserve"> July 2025</t>
+    <t xml:space="preserve"> Oct. 2025</t>
   </si>
   <si>
     <t>總　計</t>
   </si>
   <si>
     <t>商業承兌匯票</t>
   </si>
   <si>
     <t>銀行可轉讓定期存單</t>
   </si>
   <si>
     <t>國庫券</t>
   </si>
   <si>
     <t>Trade Acceptances</t>
   </si>
   <si>
     <t>Treasury Bills</t>
   </si>
   <si>
     <t>金額</t>
   </si>
   <si>
     <r>
       <t>Source</t>
@@ -341,51 +341,51 @@
   <si>
     <t>Taiwan Finance Corp.</t>
   </si>
   <si>
     <t>萬通票券金融公司</t>
   </si>
   <si>
     <t>Grand Bills Finance Corporation</t>
   </si>
   <si>
     <t>大慶票券金融公司</t>
   </si>
   <si>
     <t>Taching Bills Finance Corporation</t>
   </si>
   <si>
     <t>合作金庫票券金融公司#</t>
   </si>
   <si>
     <t>Taiwan Cooperative Bills Finance Corporation</t>
   </si>
   <si>
     <t>總　　　　計</t>
   </si>
   <si>
-    <t>民國114年 7月</t>
+    <t>民國114年10月</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="14">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="#,##0_-"/>
     <numFmt numFmtId="176" formatCode="##,###,##0"/>
     <numFmt numFmtId="177" formatCode="##,###,##0;-##,###,##0;&quot;－&quot;"/>
   </numFmts>
   <fonts count="42">
     <font>
       <sz val="12"/>
@@ -1798,510 +1798,510 @@
       <c r="C9" s="9" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>7</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>3</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>7</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>3</v>
       </c>
       <c r="H9" s="39"/>
       <c r="I9" s="39"/>
       <c r="J9" s="39"/>
       <c r="K9" s="39"/>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="58" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="64">
-        <v>2155575</v>
+        <v>2417627</v>
       </c>
       <c r="C10" s="64">
-        <v>2056436</v>
+        <v>2349790</v>
       </c>
       <c r="D10" s="64">
-        <v>7288</v>
+        <v>7948</v>
       </c>
       <c r="E10" s="64">
-        <v>2056405</v>
+        <v>2349745</v>
       </c>
       <c r="F10" s="64">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G10" s="64">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="H10" s="67">
         <v>0</v>
       </c>
       <c r="I10" s="67">
         <v>0</v>
       </c>
       <c r="J10" s="64">
         <v>1</v>
       </c>
       <c r="K10" s="64">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="57" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="21"/>
       <c r="C11" s="21"/>
       <c r="D11" s="21"/>
       <c r="E11" s="21"/>
       <c r="F11" s="21"/>
       <c r="G11" s="21"/>
       <c r="H11" s="21"/>
       <c r="I11" s="21"/>
       <c r="J11" s="21"/>
       <c r="K11" s="21"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="58" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="51">
-        <v>1552196</v>
+        <v>1722638</v>
       </c>
       <c r="C12" s="51">
-        <v>1469096</v>
+        <v>1668838</v>
       </c>
       <c r="D12" s="51">
-        <v>5989</v>
+        <v>6474</v>
       </c>
       <c r="E12" s="51">
-        <v>1469065</v>
+        <v>1668793</v>
       </c>
       <c r="F12" s="51">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G12" s="51">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="H12" s="54">
         <v>0</v>
       </c>
       <c r="I12" s="54">
         <v>0</v>
       </c>
       <c r="J12" s="54">
         <v>0</v>
       </c>
       <c r="K12" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="57" t="s">
         <v>48</v>
       </c>
       <c r="B13" s="21"/>
       <c r="C13" s="21"/>
       <c r="D13" s="21"/>
       <c r="E13" s="21"/>
       <c r="F13" s="21"/>
       <c r="G13" s="21"/>
       <c r="H13" s="21"/>
       <c r="I13" s="21"/>
       <c r="J13" s="21"/>
       <c r="K13" s="21"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="59" t="s">
         <v>49</v>
       </c>
       <c r="B14" s="50">
-        <v>483580</v>
+        <v>535260</v>
       </c>
       <c r="C14" s="50">
-        <v>468980</v>
+        <v>524560</v>
       </c>
       <c r="D14" s="50">
-        <v>1718</v>
+        <v>1826</v>
       </c>
       <c r="E14" s="50">
-        <v>468980</v>
+        <v>524560</v>
       </c>
       <c r="F14" s="53">
         <v>0</v>
       </c>
       <c r="G14" s="53">
         <v>0</v>
       </c>
       <c r="H14" s="53">
         <v>0</v>
       </c>
       <c r="I14" s="53">
         <v>0</v>
       </c>
       <c r="J14" s="53">
         <v>0</v>
       </c>
       <c r="K14" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="61" t="s">
         <v>50</v>
       </c>
       <c r="B15" s="21"/>
       <c r="C15" s="21"/>
       <c r="D15" s="21"/>
       <c r="E15" s="21"/>
       <c r="F15" s="21"/>
       <c r="G15" s="21"/>
       <c r="H15" s="21"/>
       <c r="I15" s="21"/>
       <c r="J15" s="21"/>
       <c r="K15" s="21"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="59" t="s">
         <v>51</v>
       </c>
       <c r="B16" s="50">
-        <v>335065</v>
+        <v>365296</v>
       </c>
       <c r="C16" s="50">
-        <v>322965</v>
+        <v>362896</v>
       </c>
       <c r="D16" s="50">
-        <v>1245</v>
+        <v>1315</v>
       </c>
       <c r="E16" s="50">
-        <v>322943</v>
+        <v>362872</v>
       </c>
       <c r="F16" s="50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G16" s="50">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H16" s="53">
         <v>0</v>
       </c>
       <c r="I16" s="53">
         <v>0</v>
       </c>
       <c r="J16" s="53">
         <v>0</v>
       </c>
       <c r="K16" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="61" t="s">
         <v>52</v>
       </c>
       <c r="B17" s="21"/>
       <c r="C17" s="21"/>
       <c r="D17" s="21"/>
       <c r="E17" s="21"/>
       <c r="F17" s="21"/>
       <c r="G17" s="21"/>
       <c r="H17" s="21"/>
       <c r="I17" s="21"/>
       <c r="J17" s="21"/>
       <c r="K17" s="21"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="59" t="s">
         <v>53</v>
       </c>
       <c r="B18" s="50">
-        <v>287043</v>
+        <v>308633</v>
       </c>
       <c r="C18" s="50">
-        <v>260843</v>
+        <v>291933</v>
       </c>
       <c r="D18" s="50">
-        <v>1034</v>
+        <v>1095</v>
       </c>
       <c r="E18" s="50">
-        <v>260834</v>
+        <v>291912</v>
       </c>
       <c r="F18" s="50">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G18" s="50">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="H18" s="53">
         <v>0</v>
       </c>
       <c r="I18" s="53">
         <v>0</v>
       </c>
       <c r="J18" s="53">
         <v>0</v>
       </c>
       <c r="K18" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="61" t="s">
         <v>54</v>
       </c>
       <c r="B19" s="21"/>
       <c r="C19" s="21"/>
       <c r="D19" s="21"/>
       <c r="E19" s="21"/>
       <c r="F19" s="21"/>
       <c r="G19" s="21"/>
       <c r="H19" s="21"/>
       <c r="I19" s="21"/>
       <c r="J19" s="21"/>
       <c r="K19" s="21"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="59" t="s">
         <v>55</v>
       </c>
       <c r="B20" s="50">
-        <v>71083</v>
+        <v>78780</v>
       </c>
       <c r="C20" s="50">
-        <v>64583</v>
+        <v>66780</v>
       </c>
       <c r="D20" s="50">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="E20" s="50">
-        <v>64583</v>
+        <v>66780</v>
       </c>
       <c r="F20" s="53">
         <v>0</v>
       </c>
       <c r="G20" s="53">
         <v>0</v>
       </c>
       <c r="H20" s="53">
         <v>0</v>
       </c>
       <c r="I20" s="53">
         <v>0</v>
       </c>
       <c r="J20" s="53">
         <v>0</v>
       </c>
       <c r="K20" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="61" t="s">
         <v>56</v>
       </c>
       <c r="B21" s="21"/>
       <c r="C21" s="21"/>
       <c r="D21" s="21"/>
       <c r="E21" s="21"/>
       <c r="F21" s="21"/>
       <c r="G21" s="21"/>
       <c r="H21" s="21"/>
       <c r="I21" s="21"/>
       <c r="J21" s="21"/>
       <c r="K21" s="21"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="59" t="s">
         <v>57</v>
       </c>
       <c r="B22" s="50">
-        <v>78071</v>
+        <v>85400</v>
       </c>
       <c r="C22" s="50">
-        <v>73571</v>
+        <v>82400</v>
       </c>
       <c r="D22" s="50">
-        <v>359</v>
+        <v>418</v>
       </c>
       <c r="E22" s="50">
-        <v>73571</v>
+        <v>82400</v>
       </c>
       <c r="F22" s="53">
         <v>0</v>
       </c>
       <c r="G22" s="53">
         <v>0</v>
       </c>
       <c r="H22" s="53">
         <v>0</v>
       </c>
       <c r="I22" s="53">
         <v>0</v>
       </c>
       <c r="J22" s="53">
         <v>0</v>
       </c>
       <c r="K22" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="61" t="s">
         <v>58</v>
       </c>
       <c r="B23" s="21"/>
       <c r="C23" s="21"/>
       <c r="D23" s="21"/>
       <c r="E23" s="21"/>
       <c r="F23" s="21"/>
       <c r="G23" s="21"/>
       <c r="H23" s="21"/>
       <c r="I23" s="21"/>
       <c r="J23" s="21"/>
       <c r="K23" s="21"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="59" t="s">
         <v>59</v>
       </c>
       <c r="B24" s="50">
-        <v>143703</v>
+        <v>160453</v>
       </c>
       <c r="C24" s="50">
-        <v>129503</v>
+        <v>155453</v>
       </c>
       <c r="D24" s="50">
-        <v>410</v>
+        <v>495</v>
       </c>
       <c r="E24" s="50">
-        <v>129503</v>
+        <v>155453</v>
       </c>
       <c r="F24" s="53">
         <v>0</v>
       </c>
       <c r="G24" s="53">
         <v>0</v>
       </c>
       <c r="H24" s="53">
         <v>0</v>
       </c>
       <c r="I24" s="53">
         <v>0</v>
       </c>
       <c r="J24" s="53">
         <v>0</v>
       </c>
       <c r="K24" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="61" t="s">
         <v>60</v>
       </c>
       <c r="B25" s="21"/>
       <c r="C25" s="21"/>
       <c r="D25" s="21"/>
       <c r="E25" s="21"/>
       <c r="F25" s="21"/>
       <c r="G25" s="21"/>
       <c r="H25" s="21"/>
       <c r="I25" s="21"/>
       <c r="J25" s="21"/>
       <c r="K25" s="21"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="59" t="s">
         <v>61</v>
       </c>
       <c r="B26" s="50">
-        <v>92974</v>
+        <v>118444</v>
       </c>
       <c r="C26" s="50">
-        <v>91474</v>
+        <v>116944</v>
       </c>
       <c r="D26" s="50">
-        <v>408</v>
+        <v>469</v>
       </c>
       <c r="E26" s="50">
-        <v>91474</v>
+        <v>116944</v>
       </c>
       <c r="F26" s="53">
         <v>0</v>
       </c>
       <c r="G26" s="53">
         <v>0</v>
       </c>
       <c r="H26" s="53">
         <v>0</v>
       </c>
       <c r="I26" s="53">
         <v>0</v>
       </c>
       <c r="J26" s="53">
         <v>0</v>
       </c>
       <c r="K26" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="61" t="s">
         <v>62</v>
       </c>
       <c r="B27" s="21"/>
       <c r="C27" s="21"/>
       <c r="D27" s="21"/>
       <c r="E27" s="21"/>
       <c r="F27" s="21"/>
       <c r="G27" s="21"/>
       <c r="H27" s="21"/>
       <c r="I27" s="21"/>
       <c r="J27" s="21"/>
       <c r="K27" s="21"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="59" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="50">
-        <v>60677</v>
+        <v>70372</v>
       </c>
       <c r="C28" s="50">
-        <v>57177</v>
+        <v>67872</v>
       </c>
       <c r="D28" s="50">
-        <v>336</v>
+        <v>370</v>
       </c>
       <c r="E28" s="50">
-        <v>57177</v>
+        <v>67872</v>
       </c>
       <c r="F28" s="53">
         <v>0</v>
       </c>
       <c r="G28" s="53">
         <v>0</v>
       </c>
       <c r="H28" s="53">
         <v>0</v>
       </c>
       <c r="I28" s="53">
         <v>0</v>
       </c>
       <c r="J28" s="53">
         <v>0</v>
       </c>
       <c r="K28" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="61" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="21"/>
@@ -2324,78 +2324,78 @@
       <c r="F30" s="20"/>
       <c r="G30" s="20"/>
       <c r="H30" s="20"/>
       <c r="I30" s="20"/>
       <c r="J30" s="20"/>
       <c r="K30" s="20"/>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="18"/>
       <c r="B31" s="21"/>
       <c r="C31" s="21"/>
       <c r="D31" s="21"/>
       <c r="E31" s="21"/>
       <c r="F31" s="21"/>
       <c r="G31" s="21"/>
       <c r="H31" s="21"/>
       <c r="I31" s="21"/>
       <c r="J31" s="21"/>
       <c r="K31" s="21"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="48" t="s">
         <v>46</v>
       </c>
       <c r="B32" s="51">
-        <v>603379</v>
+        <v>694990</v>
       </c>
       <c r="C32" s="51">
-        <v>587340</v>
+        <v>680952</v>
       </c>
       <c r="D32" s="51">
-        <v>1299</v>
+        <v>1474</v>
       </c>
       <c r="E32" s="51">
-        <v>587340</v>
+        <v>680952</v>
       </c>
       <c r="F32" s="54">
         <v>0</v>
       </c>
       <c r="G32" s="54">
         <v>0</v>
       </c>
       <c r="H32" s="54">
         <v>0</v>
       </c>
       <c r="I32" s="54">
         <v>0</v>
       </c>
       <c r="J32" s="51">
         <v>1</v>
       </c>
       <c r="K32" s="51">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1">
       <c r="A33" s="57" t="s">
         <v>47</v>
       </c>
       <c r="B33" s="21"/>
       <c r="C33" s="21"/>
       <c r="D33" s="21"/>
       <c r="E33" s="21"/>
       <c r="F33" s="21"/>
       <c r="G33" s="21"/>
       <c r="H33" s="21"/>
       <c r="I33" s="21"/>
       <c r="J33" s="21"/>
       <c r="K33" s="21"/>
     </row>
     <row r="34" spans="1:11" ht="12.6" customHeight="1">
       <c r="A34" s="14"/>
       <c r="B34" s="20"/>
       <c r="C34" s="20"/>
       <c r="D34" s="20"/>
       <c r="E34" s="20"/>
       <c r="F34" s="20"/>
       <c r="G34" s="20"/>
@@ -2672,56 +2672,56 @@
       <c r="C1" s="24"/>
       <c r="D1" s="24"/>
       <c r="E1" s="24"/>
       <c r="F1" s="24"/>
       <c r="G1" s="24"/>
       <c r="H1" s="24"/>
       <c r="I1" s="24"/>
     </row>
     <row r="2" spans="1:9" ht="21" customHeight="1">
       <c r="A2" s="24" t="s">
         <v>39</v>
       </c>
       <c r="B2" s="25"/>
       <c r="C2" s="25"/>
       <c r="D2" s="25"/>
       <c r="E2" s="25"/>
       <c r="F2" s="25"/>
       <c r="G2" s="25"/>
       <c r="H2" s="25"/>
       <c r="I2" s="25"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="1"/>
       <c r="C3" s="37" t="str">
         <f>'7-1'!C3</f>
-        <v>民國114年 7月</v>
+        <v>民國114年10月</v>
       </c>
       <c r="D3" s="37"/>
       <c r="E3" s="13" t="str">
         <f>'7-1'!F3</f>
-        <v> July 2025</v>
+        <v> Oct. 2025</v>
       </c>
       <c r="F3" s="13"/>
       <c r="G3" s="13"/>
       <c r="H3" s="1"/>
       <c r="I3" s="6" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="27.95" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="12" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="32"/>
       <c r="D4" s="12" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="32"/>
       <c r="F4" s="12" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="12" t="s">
         <v>35</v>
@@ -2821,432 +2821,432 @@
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A9" s="33"/>
       <c r="B9" s="39"/>
       <c r="C9" s="39"/>
       <c r="D9" s="39"/>
       <c r="E9" s="39"/>
       <c r="F9" s="45"/>
       <c r="G9" s="45"/>
       <c r="H9" s="45"/>
       <c r="I9" s="45"/>
     </row>
     <row r="10" spans="1:9" ht="12.6" customHeight="1">
       <c r="A10" s="58" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="67">
         <v>0</v>
       </c>
       <c r="C10" s="67">
         <v>0</v>
       </c>
       <c r="D10" s="64">
-        <v>82</v>
+        <v>50</v>
       </c>
       <c r="E10" s="64">
-        <v>99135</v>
+        <v>67832</v>
       </c>
       <c r="F10" s="67">
         <v>0</v>
       </c>
       <c r="G10" s="67">
         <v>0</v>
       </c>
       <c r="H10" s="67">
         <v>0</v>
       </c>
       <c r="I10" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.1" customHeight="1">
       <c r="A11" s="57" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="21"/>
       <c r="C11" s="21"/>
       <c r="D11" s="21"/>
       <c r="E11" s="21"/>
       <c r="F11" s="21"/>
       <c r="G11" s="21"/>
       <c r="H11" s="21"/>
       <c r="I11" s="41"/>
     </row>
     <row r="12" spans="1:9" ht="12.6" customHeight="1">
       <c r="A12" s="58" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="54">
         <v>0</v>
       </c>
       <c r="C12" s="54">
         <v>0</v>
       </c>
       <c r="D12" s="51">
-        <v>73</v>
+        <v>45</v>
       </c>
       <c r="E12" s="51">
-        <v>83100</v>
+        <v>53800</v>
       </c>
       <c r="F12" s="54">
         <v>0</v>
       </c>
       <c r="G12" s="54">
         <v>0</v>
       </c>
       <c r="H12" s="54">
         <v>0</v>
       </c>
       <c r="I12" s="70">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.1" customHeight="1">
       <c r="A13" s="57" t="s">
         <v>48</v>
       </c>
       <c r="B13" s="21"/>
       <c r="C13" s="21"/>
       <c r="D13" s="21"/>
       <c r="E13" s="21"/>
       <c r="F13" s="21"/>
       <c r="G13" s="21"/>
       <c r="H13" s="21"/>
       <c r="I13" s="41"/>
     </row>
     <row r="14" spans="1:9" ht="12.6" customHeight="1">
       <c r="A14" s="59" t="s">
         <v>49</v>
       </c>
       <c r="B14" s="53">
         <v>0</v>
       </c>
       <c r="C14" s="53">
         <v>0</v>
       </c>
       <c r="D14" s="50">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="E14" s="50">
-        <v>14600</v>
+        <v>10700</v>
       </c>
       <c r="F14" s="53">
         <v>0</v>
       </c>
       <c r="G14" s="53">
         <v>0</v>
       </c>
       <c r="H14" s="53">
         <v>0</v>
       </c>
       <c r="I14" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="11.1" customHeight="1">
       <c r="A15" s="61" t="s">
         <v>50</v>
       </c>
       <c r="B15" s="21"/>
       <c r="C15" s="21"/>
       <c r="D15" s="21"/>
       <c r="E15" s="21"/>
       <c r="F15" s="21"/>
       <c r="G15" s="21"/>
       <c r="H15" s="21"/>
       <c r="I15" s="41"/>
     </row>
     <row r="16" spans="1:9" ht="12.6" customHeight="1">
       <c r="A16" s="59" t="s">
         <v>51</v>
       </c>
       <c r="B16" s="53">
         <v>0</v>
       </c>
       <c r="C16" s="53">
         <v>0</v>
       </c>
       <c r="D16" s="50">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="E16" s="50">
-        <v>12100</v>
+        <v>2400</v>
       </c>
       <c r="F16" s="53">
         <v>0</v>
       </c>
       <c r="G16" s="53">
         <v>0</v>
       </c>
       <c r="H16" s="53">
         <v>0</v>
       </c>
       <c r="I16" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.1" customHeight="1">
       <c r="A17" s="61" t="s">
         <v>52</v>
       </c>
       <c r="B17" s="21"/>
       <c r="C17" s="21"/>
       <c r="D17" s="21"/>
       <c r="E17" s="21"/>
       <c r="F17" s="21"/>
       <c r="G17" s="21"/>
       <c r="H17" s="21"/>
       <c r="I17" s="41"/>
     </row>
     <row r="18" spans="1:9" ht="12.6" customHeight="1">
       <c r="A18" s="59" t="s">
         <v>53</v>
       </c>
       <c r="B18" s="53">
         <v>0</v>
       </c>
       <c r="C18" s="53">
         <v>0</v>
       </c>
       <c r="D18" s="50">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E18" s="50">
-        <v>26200</v>
+        <v>16700</v>
       </c>
       <c r="F18" s="53">
         <v>0</v>
       </c>
       <c r="G18" s="53">
         <v>0</v>
       </c>
       <c r="H18" s="53">
         <v>0</v>
       </c>
       <c r="I18" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.1" customHeight="1">
       <c r="A19" s="61" t="s">
         <v>54</v>
       </c>
       <c r="B19" s="21"/>
       <c r="C19" s="21"/>
       <c r="D19" s="21"/>
       <c r="E19" s="21"/>
       <c r="F19" s="21"/>
       <c r="G19" s="21"/>
       <c r="H19" s="21"/>
       <c r="I19" s="41"/>
     </row>
     <row r="20" spans="1:9" ht="12.6" customHeight="1">
       <c r="A20" s="59" t="s">
         <v>55</v>
       </c>
       <c r="B20" s="53">
         <v>0</v>
       </c>
       <c r="C20" s="53">
         <v>0</v>
       </c>
       <c r="D20" s="50">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E20" s="50">
-        <v>6500</v>
+        <v>12000</v>
       </c>
       <c r="F20" s="53">
         <v>0</v>
       </c>
       <c r="G20" s="53">
         <v>0</v>
       </c>
       <c r="H20" s="53">
         <v>0</v>
       </c>
       <c r="I20" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.1" customHeight="1">
       <c r="A21" s="61" t="s">
         <v>56</v>
       </c>
       <c r="B21" s="21"/>
       <c r="C21" s="21"/>
       <c r="D21" s="21"/>
       <c r="E21" s="21"/>
       <c r="F21" s="21"/>
       <c r="G21" s="21"/>
       <c r="H21" s="21"/>
       <c r="I21" s="41"/>
     </row>
     <row r="22" spans="1:9" ht="12.6" customHeight="1">
       <c r="A22" s="59" t="s">
         <v>57</v>
       </c>
       <c r="B22" s="53">
         <v>0</v>
       </c>
       <c r="C22" s="53">
         <v>0</v>
       </c>
       <c r="D22" s="50">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E22" s="50">
-        <v>4500</v>
+        <v>3000</v>
       </c>
       <c r="F22" s="53">
         <v>0</v>
       </c>
       <c r="G22" s="53">
         <v>0</v>
       </c>
       <c r="H22" s="53">
         <v>0</v>
       </c>
       <c r="I22" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="11.1" customHeight="1">
       <c r="A23" s="61" t="s">
         <v>58</v>
       </c>
       <c r="B23" s="21"/>
       <c r="C23" s="21"/>
       <c r="D23" s="21"/>
       <c r="E23" s="21"/>
       <c r="F23" s="21"/>
       <c r="G23" s="21"/>
       <c r="H23" s="21"/>
       <c r="I23" s="41"/>
     </row>
     <row r="24" spans="1:9" ht="12.6" customHeight="1">
       <c r="A24" s="59" t="s">
         <v>59</v>
       </c>
       <c r="B24" s="53">
         <v>0</v>
       </c>
       <c r="C24" s="53">
         <v>0</v>
       </c>
       <c r="D24" s="50">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="E24" s="50">
-        <v>14200</v>
+        <v>5000</v>
       </c>
       <c r="F24" s="53">
         <v>0</v>
       </c>
       <c r="G24" s="53">
         <v>0</v>
       </c>
       <c r="H24" s="53">
         <v>0</v>
       </c>
       <c r="I24" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="11.1" customHeight="1">
       <c r="A25" s="61" t="s">
         <v>60</v>
       </c>
       <c r="B25" s="21"/>
       <c r="C25" s="21"/>
       <c r="D25" s="21"/>
       <c r="E25" s="21"/>
       <c r="F25" s="21"/>
       <c r="G25" s="21"/>
       <c r="H25" s="21"/>
       <c r="I25" s="41"/>
     </row>
     <row r="26" spans="1:9" ht="12.6" customHeight="1">
       <c r="A26" s="59" t="s">
         <v>61</v>
       </c>
       <c r="B26" s="53">
         <v>0</v>
       </c>
       <c r="C26" s="53">
         <v>0</v>
       </c>
       <c r="D26" s="50">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E26" s="50">
         <v>1500</v>
       </c>
       <c r="F26" s="53">
         <v>0</v>
       </c>
       <c r="G26" s="53">
         <v>0</v>
       </c>
       <c r="H26" s="53">
         <v>0</v>
       </c>
       <c r="I26" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="11.1" customHeight="1">
       <c r="A27" s="61" t="s">
         <v>62</v>
       </c>
       <c r="B27" s="21"/>
       <c r="C27" s="21"/>
       <c r="D27" s="21"/>
       <c r="E27" s="21"/>
       <c r="F27" s="21"/>
       <c r="G27" s="21"/>
       <c r="H27" s="21"/>
       <c r="I27" s="41"/>
     </row>
     <row r="28" spans="1:9" ht="12.6" customHeight="1">
       <c r="A28" s="59" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="53">
         <v>0</v>
       </c>
       <c r="C28" s="53">
         <v>0</v>
       </c>
       <c r="D28" s="50">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="E28" s="50">
-        <v>3500</v>
+        <v>2500</v>
       </c>
       <c r="F28" s="53">
         <v>0</v>
       </c>
       <c r="G28" s="53">
         <v>0</v>
       </c>
       <c r="H28" s="53">
         <v>0</v>
       </c>
       <c r="I28" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="11.1" customHeight="1">
       <c r="A29" s="61" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="21"/>
       <c r="C29" s="21"/>
       <c r="D29" s="21"/>
       <c r="E29" s="21"/>
       <c r="F29" s="21"/>
       <c r="G29" s="21"/>
       <c r="H29" s="21"/>
@@ -3263,54 +3263,54 @@
       <c r="H30" s="20"/>
       <c r="I30" s="40"/>
     </row>
     <row r="31" spans="1:9" ht="11.1" customHeight="1">
       <c r="A31" s="18"/>
       <c r="B31" s="21"/>
       <c r="C31" s="21"/>
       <c r="D31" s="21"/>
       <c r="E31" s="21"/>
       <c r="F31" s="21"/>
       <c r="G31" s="21"/>
       <c r="H31" s="21"/>
       <c r="I31" s="41"/>
     </row>
     <row r="32" spans="1:9" ht="12.6" customHeight="1">
       <c r="A32" s="48" t="s">
         <v>46</v>
       </c>
       <c r="B32" s="54">
         <v>0</v>
       </c>
       <c r="C32" s="54">
         <v>0</v>
       </c>
       <c r="D32" s="51">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="E32" s="51">
-        <v>16035</v>
+        <v>14032</v>
       </c>
       <c r="F32" s="54">
         <v>0</v>
       </c>
       <c r="G32" s="54">
         <v>0</v>
       </c>
       <c r="H32" s="54">
         <v>0</v>
       </c>
       <c r="I32" s="70">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="11.1" customHeight="1">
       <c r="A33" s="57" t="s">
         <v>47</v>
       </c>
       <c r="B33" s="21"/>
       <c r="C33" s="21"/>
       <c r="D33" s="21"/>
       <c r="E33" s="21"/>
       <c r="F33" s="21"/>
       <c r="G33" s="21"/>
       <c r="H33" s="21"/>