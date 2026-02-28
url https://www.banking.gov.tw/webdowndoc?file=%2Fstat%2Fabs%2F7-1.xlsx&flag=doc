--- v1 (2026-01-09)
+++ v2 (2026-02-28)
@@ -100,51 +100,51 @@
   <si>
     <t>交易本票</t>
   </si>
   <si>
     <t>Piece</t>
   </si>
   <si>
     <t>Subtotal</t>
   </si>
   <si>
     <t>Finance</t>
   </si>
   <si>
     <t>Real</t>
   </si>
   <si>
     <t>銀行承兌匯票</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Bankers' Acceptances</t>
   </si>
   <si>
-    <t xml:space="preserve"> Oct. 2025</t>
+    <t xml:space="preserve"> Dec. 2025</t>
   </si>
   <si>
     <t>總　計</t>
   </si>
   <si>
     <t>商業承兌匯票</t>
   </si>
   <si>
     <t>銀行可轉讓定期存單</t>
   </si>
   <si>
     <t>國庫券</t>
   </si>
   <si>
     <t>Trade Acceptances</t>
   </si>
   <si>
     <t>Treasury Bills</t>
   </si>
   <si>
     <t>金額</t>
   </si>
   <si>
     <r>
       <t>Source</t>
@@ -341,51 +341,51 @@
   <si>
     <t>Taiwan Finance Corp.</t>
   </si>
   <si>
     <t>萬通票券金融公司</t>
   </si>
   <si>
     <t>Grand Bills Finance Corporation</t>
   </si>
   <si>
     <t>大慶票券金融公司</t>
   </si>
   <si>
     <t>Taching Bills Finance Corporation</t>
   </si>
   <si>
     <t>合作金庫票券金融公司#</t>
   </si>
   <si>
     <t>Taiwan Cooperative Bills Finance Corporation</t>
   </si>
   <si>
     <t>總　　　　計</t>
   </si>
   <si>
-    <t>民國114年10月</t>
+    <t>民國114年12月</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="14">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="#,##0_-"/>
     <numFmt numFmtId="176" formatCode="##,###,##0"/>
     <numFmt numFmtId="177" formatCode="##,###,##0;-##,###,##0;&quot;－&quot;"/>
   </numFmts>
   <fonts count="42">
     <font>
       <sz val="12"/>
@@ -1798,510 +1798,510 @@
       <c r="C9" s="9" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>7</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>3</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>7</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>3</v>
       </c>
       <c r="H9" s="39"/>
       <c r="I9" s="39"/>
       <c r="J9" s="39"/>
       <c r="K9" s="39"/>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="58" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="64">
-        <v>2417627</v>
+        <v>2222926</v>
       </c>
       <c r="C10" s="64">
-        <v>2349790</v>
+        <v>2079268</v>
       </c>
       <c r="D10" s="64">
-        <v>7948</v>
+        <v>7387</v>
       </c>
       <c r="E10" s="64">
-        <v>2349745</v>
+        <v>2079185</v>
       </c>
       <c r="F10" s="64">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="G10" s="64">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="H10" s="67">
         <v>0</v>
       </c>
       <c r="I10" s="67">
         <v>0</v>
       </c>
       <c r="J10" s="64">
         <v>1</v>
       </c>
       <c r="K10" s="64">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="57" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="21"/>
       <c r="C11" s="21"/>
       <c r="D11" s="21"/>
       <c r="E11" s="21"/>
       <c r="F11" s="21"/>
       <c r="G11" s="21"/>
       <c r="H11" s="21"/>
       <c r="I11" s="21"/>
       <c r="J11" s="21"/>
       <c r="K11" s="21"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="58" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="51">
-        <v>1722638</v>
+        <v>1528998</v>
       </c>
       <c r="C12" s="51">
-        <v>1668838</v>
+        <v>1455348</v>
       </c>
       <c r="D12" s="51">
-        <v>6474</v>
+        <v>6063</v>
       </c>
       <c r="E12" s="51">
-        <v>1668793</v>
+        <v>1455265</v>
       </c>
       <c r="F12" s="51">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="G12" s="51">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="H12" s="54">
         <v>0</v>
       </c>
       <c r="I12" s="54">
         <v>0</v>
       </c>
       <c r="J12" s="54">
         <v>0</v>
       </c>
       <c r="K12" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="57" t="s">
         <v>48</v>
       </c>
       <c r="B13" s="21"/>
       <c r="C13" s="21"/>
       <c r="D13" s="21"/>
       <c r="E13" s="21"/>
       <c r="F13" s="21"/>
       <c r="G13" s="21"/>
       <c r="H13" s="21"/>
       <c r="I13" s="21"/>
       <c r="J13" s="21"/>
       <c r="K13" s="21"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="59" t="s">
         <v>49</v>
       </c>
       <c r="B14" s="50">
-        <v>535260</v>
+        <v>446508</v>
       </c>
       <c r="C14" s="50">
-        <v>524560</v>
+        <v>439758</v>
       </c>
       <c r="D14" s="50">
-        <v>1826</v>
+        <v>1741</v>
       </c>
       <c r="E14" s="50">
-        <v>524560</v>
+        <v>439758</v>
       </c>
       <c r="F14" s="53">
         <v>0</v>
       </c>
       <c r="G14" s="53">
         <v>0</v>
       </c>
       <c r="H14" s="53">
         <v>0</v>
       </c>
       <c r="I14" s="53">
         <v>0</v>
       </c>
       <c r="J14" s="53">
         <v>0</v>
       </c>
       <c r="K14" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="61" t="s">
         <v>50</v>
       </c>
       <c r="B15" s="21"/>
       <c r="C15" s="21"/>
       <c r="D15" s="21"/>
       <c r="E15" s="21"/>
       <c r="F15" s="21"/>
       <c r="G15" s="21"/>
       <c r="H15" s="21"/>
       <c r="I15" s="21"/>
       <c r="J15" s="21"/>
       <c r="K15" s="21"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="59" t="s">
         <v>51</v>
       </c>
       <c r="B16" s="50">
-        <v>365296</v>
+        <v>326061</v>
       </c>
       <c r="C16" s="50">
-        <v>362896</v>
+        <v>316961</v>
       </c>
       <c r="D16" s="50">
-        <v>1315</v>
+        <v>1230</v>
       </c>
       <c r="E16" s="50">
-        <v>362872</v>
+        <v>316935</v>
       </c>
       <c r="F16" s="50">
         <v>4</v>
       </c>
       <c r="G16" s="50">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H16" s="53">
         <v>0</v>
       </c>
       <c r="I16" s="53">
         <v>0</v>
       </c>
       <c r="J16" s="53">
         <v>0</v>
       </c>
       <c r="K16" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="61" t="s">
         <v>52</v>
       </c>
       <c r="B17" s="21"/>
       <c r="C17" s="21"/>
       <c r="D17" s="21"/>
       <c r="E17" s="21"/>
       <c r="F17" s="21"/>
       <c r="G17" s="21"/>
       <c r="H17" s="21"/>
       <c r="I17" s="21"/>
       <c r="J17" s="21"/>
       <c r="K17" s="21"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="59" t="s">
         <v>53</v>
       </c>
       <c r="B18" s="50">
-        <v>308633</v>
+        <v>283538</v>
       </c>
       <c r="C18" s="50">
-        <v>291933</v>
+        <v>258538</v>
       </c>
       <c r="D18" s="50">
-        <v>1095</v>
+        <v>1005</v>
       </c>
       <c r="E18" s="50">
-        <v>291912</v>
+        <v>258482</v>
       </c>
       <c r="F18" s="50">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G18" s="50">
-        <v>21</v>
+        <v>56</v>
       </c>
       <c r="H18" s="53">
         <v>0</v>
       </c>
       <c r="I18" s="53">
         <v>0</v>
       </c>
       <c r="J18" s="53">
         <v>0</v>
       </c>
       <c r="K18" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="61" t="s">
         <v>54</v>
       </c>
       <c r="B19" s="21"/>
       <c r="C19" s="21"/>
       <c r="D19" s="21"/>
       <c r="E19" s="21"/>
       <c r="F19" s="21"/>
       <c r="G19" s="21"/>
       <c r="H19" s="21"/>
       <c r="I19" s="21"/>
       <c r="J19" s="21"/>
       <c r="K19" s="21"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="59" t="s">
         <v>55</v>
       </c>
       <c r="B20" s="50">
-        <v>78780</v>
+        <v>80468</v>
       </c>
       <c r="C20" s="50">
-        <v>66780</v>
+        <v>69968</v>
       </c>
       <c r="D20" s="50">
-        <v>486</v>
+        <v>467</v>
       </c>
       <c r="E20" s="50">
-        <v>66780</v>
+        <v>69968</v>
       </c>
       <c r="F20" s="53">
         <v>0</v>
       </c>
       <c r="G20" s="53">
         <v>0</v>
       </c>
       <c r="H20" s="53">
         <v>0</v>
       </c>
       <c r="I20" s="53">
         <v>0</v>
       </c>
       <c r="J20" s="53">
         <v>0</v>
       </c>
       <c r="K20" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="61" t="s">
         <v>56</v>
       </c>
       <c r="B21" s="21"/>
       <c r="C21" s="21"/>
       <c r="D21" s="21"/>
       <c r="E21" s="21"/>
       <c r="F21" s="21"/>
       <c r="G21" s="21"/>
       <c r="H21" s="21"/>
       <c r="I21" s="21"/>
       <c r="J21" s="21"/>
       <c r="K21" s="21"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="59" t="s">
         <v>57</v>
       </c>
       <c r="B22" s="50">
-        <v>85400</v>
+        <v>70090</v>
       </c>
       <c r="C22" s="50">
-        <v>82400</v>
+        <v>63090</v>
       </c>
       <c r="D22" s="50">
-        <v>418</v>
+        <v>327</v>
       </c>
       <c r="E22" s="50">
-        <v>82400</v>
+        <v>63090</v>
       </c>
       <c r="F22" s="53">
         <v>0</v>
       </c>
       <c r="G22" s="53">
         <v>0</v>
       </c>
       <c r="H22" s="53">
         <v>0</v>
       </c>
       <c r="I22" s="53">
         <v>0</v>
       </c>
       <c r="J22" s="53">
         <v>0</v>
       </c>
       <c r="K22" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="61" t="s">
         <v>58</v>
       </c>
       <c r="B23" s="21"/>
       <c r="C23" s="21"/>
       <c r="D23" s="21"/>
       <c r="E23" s="21"/>
       <c r="F23" s="21"/>
       <c r="G23" s="21"/>
       <c r="H23" s="21"/>
       <c r="I23" s="21"/>
       <c r="J23" s="21"/>
       <c r="K23" s="21"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="59" t="s">
         <v>59</v>
       </c>
       <c r="B24" s="50">
-        <v>160453</v>
+        <v>136820</v>
       </c>
       <c r="C24" s="50">
-        <v>155453</v>
+        <v>127920</v>
       </c>
       <c r="D24" s="50">
-        <v>495</v>
+        <v>459</v>
       </c>
       <c r="E24" s="50">
-        <v>155453</v>
+        <v>127920</v>
       </c>
       <c r="F24" s="53">
         <v>0</v>
       </c>
       <c r="G24" s="53">
         <v>0</v>
       </c>
       <c r="H24" s="53">
         <v>0</v>
       </c>
       <c r="I24" s="53">
         <v>0</v>
       </c>
       <c r="J24" s="53">
         <v>0</v>
       </c>
       <c r="K24" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="61" t="s">
         <v>60</v>
       </c>
       <c r="B25" s="21"/>
       <c r="C25" s="21"/>
       <c r="D25" s="21"/>
       <c r="E25" s="21"/>
       <c r="F25" s="21"/>
       <c r="G25" s="21"/>
       <c r="H25" s="21"/>
       <c r="I25" s="21"/>
       <c r="J25" s="21"/>
       <c r="K25" s="21"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="59" t="s">
         <v>61</v>
       </c>
       <c r="B26" s="50">
-        <v>118444</v>
+        <v>113630</v>
       </c>
       <c r="C26" s="50">
-        <v>116944</v>
+        <v>109430</v>
       </c>
       <c r="D26" s="50">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="E26" s="50">
-        <v>116944</v>
+        <v>109430</v>
       </c>
       <c r="F26" s="53">
         <v>0</v>
       </c>
       <c r="G26" s="53">
         <v>0</v>
       </c>
       <c r="H26" s="53">
         <v>0</v>
       </c>
       <c r="I26" s="53">
         <v>0</v>
       </c>
       <c r="J26" s="53">
         <v>0</v>
       </c>
       <c r="K26" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="61" t="s">
         <v>62</v>
       </c>
       <c r="B27" s="21"/>
       <c r="C27" s="21"/>
       <c r="D27" s="21"/>
       <c r="E27" s="21"/>
       <c r="F27" s="21"/>
       <c r="G27" s="21"/>
       <c r="H27" s="21"/>
       <c r="I27" s="21"/>
       <c r="J27" s="21"/>
       <c r="K27" s="21"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="59" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="50">
-        <v>70372</v>
+        <v>71884</v>
       </c>
       <c r="C28" s="50">
-        <v>67872</v>
+        <v>69684</v>
       </c>
       <c r="D28" s="50">
-        <v>370</v>
+        <v>364</v>
       </c>
       <c r="E28" s="50">
-        <v>67872</v>
+        <v>69684</v>
       </c>
       <c r="F28" s="53">
         <v>0</v>
       </c>
       <c r="G28" s="53">
         <v>0</v>
       </c>
       <c r="H28" s="53">
         <v>0</v>
       </c>
       <c r="I28" s="53">
         <v>0</v>
       </c>
       <c r="J28" s="53">
         <v>0</v>
       </c>
       <c r="K28" s="53">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="61" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="21"/>
@@ -2324,78 +2324,78 @@
       <c r="F30" s="20"/>
       <c r="G30" s="20"/>
       <c r="H30" s="20"/>
       <c r="I30" s="20"/>
       <c r="J30" s="20"/>
       <c r="K30" s="20"/>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="18"/>
       <c r="B31" s="21"/>
       <c r="C31" s="21"/>
       <c r="D31" s="21"/>
       <c r="E31" s="21"/>
       <c r="F31" s="21"/>
       <c r="G31" s="21"/>
       <c r="H31" s="21"/>
       <c r="I31" s="21"/>
       <c r="J31" s="21"/>
       <c r="K31" s="21"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="48" t="s">
         <v>46</v>
       </c>
       <c r="B32" s="51">
-        <v>694990</v>
+        <v>693929</v>
       </c>
       <c r="C32" s="51">
-        <v>680952</v>
+        <v>623920</v>
       </c>
       <c r="D32" s="51">
-        <v>1474</v>
+        <v>1324</v>
       </c>
       <c r="E32" s="51">
-        <v>680952</v>
+        <v>623920</v>
       </c>
       <c r="F32" s="54">
         <v>0</v>
       </c>
       <c r="G32" s="54">
         <v>0</v>
       </c>
       <c r="H32" s="54">
         <v>0</v>
       </c>
       <c r="I32" s="54">
         <v>0</v>
       </c>
       <c r="J32" s="51">
         <v>1</v>
       </c>
       <c r="K32" s="51">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1">
       <c r="A33" s="57" t="s">
         <v>47</v>
       </c>
       <c r="B33" s="21"/>
       <c r="C33" s="21"/>
       <c r="D33" s="21"/>
       <c r="E33" s="21"/>
       <c r="F33" s="21"/>
       <c r="G33" s="21"/>
       <c r="H33" s="21"/>
       <c r="I33" s="21"/>
       <c r="J33" s="21"/>
       <c r="K33" s="21"/>
     </row>
     <row r="34" spans="1:11" ht="12.6" customHeight="1">
       <c r="A34" s="14"/>
       <c r="B34" s="20"/>
       <c r="C34" s="20"/>
       <c r="D34" s="20"/>
       <c r="E34" s="20"/>
       <c r="F34" s="20"/>
       <c r="G34" s="20"/>
@@ -2672,56 +2672,56 @@
       <c r="C1" s="24"/>
       <c r="D1" s="24"/>
       <c r="E1" s="24"/>
       <c r="F1" s="24"/>
       <c r="G1" s="24"/>
       <c r="H1" s="24"/>
       <c r="I1" s="24"/>
     </row>
     <row r="2" spans="1:9" ht="21" customHeight="1">
       <c r="A2" s="24" t="s">
         <v>39</v>
       </c>
       <c r="B2" s="25"/>
       <c r="C2" s="25"/>
       <c r="D2" s="25"/>
       <c r="E2" s="25"/>
       <c r="F2" s="25"/>
       <c r="G2" s="25"/>
       <c r="H2" s="25"/>
       <c r="I2" s="25"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="1"/>
       <c r="C3" s="37" t="str">
         <f>'7-1'!C3</f>
-        <v>民國114年10月</v>
+        <v>民國114年12月</v>
       </c>
       <c r="D3" s="37"/>
       <c r="E3" s="13" t="str">
         <f>'7-1'!F3</f>
-        <v> Oct. 2025</v>
+        <v> Dec. 2025</v>
       </c>
       <c r="F3" s="13"/>
       <c r="G3" s="13"/>
       <c r="H3" s="1"/>
       <c r="I3" s="6" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="27.95" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="12" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="32"/>
       <c r="D4" s="12" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="32"/>
       <c r="F4" s="12" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="12" t="s">
         <v>35</v>
@@ -2821,432 +2821,432 @@
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A9" s="33"/>
       <c r="B9" s="39"/>
       <c r="C9" s="39"/>
       <c r="D9" s="39"/>
       <c r="E9" s="39"/>
       <c r="F9" s="45"/>
       <c r="G9" s="45"/>
       <c r="H9" s="45"/>
       <c r="I9" s="45"/>
     </row>
     <row r="10" spans="1:9" ht="12.6" customHeight="1">
       <c r="A10" s="58" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="67">
         <v>0</v>
       </c>
       <c r="C10" s="67">
         <v>0</v>
       </c>
       <c r="D10" s="64">
-        <v>50</v>
+        <v>68</v>
       </c>
       <c r="E10" s="64">
-        <v>67832</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>85898</v>
+      </c>
+      <c r="F10" s="64">
+        <v>57757</v>
       </c>
       <c r="G10" s="67">
         <v>0</v>
       </c>
       <c r="H10" s="67">
         <v>0</v>
       </c>
       <c r="I10" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.1" customHeight="1">
       <c r="A11" s="57" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="21"/>
       <c r="C11" s="21"/>
       <c r="D11" s="21"/>
       <c r="E11" s="21"/>
       <c r="F11" s="21"/>
       <c r="G11" s="21"/>
       <c r="H11" s="21"/>
       <c r="I11" s="41"/>
     </row>
     <row r="12" spans="1:9" ht="12.6" customHeight="1">
       <c r="A12" s="58" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="54">
         <v>0</v>
       </c>
       <c r="C12" s="54">
         <v>0</v>
       </c>
       <c r="D12" s="51">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="E12" s="51">
-        <v>53800</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>72650</v>
+      </c>
+      <c r="F12" s="51">
+        <v>1000</v>
       </c>
       <c r="G12" s="54">
         <v>0</v>
       </c>
       <c r="H12" s="54">
         <v>0</v>
       </c>
       <c r="I12" s="70">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.1" customHeight="1">
       <c r="A13" s="57" t="s">
         <v>48</v>
       </c>
       <c r="B13" s="21"/>
       <c r="C13" s="21"/>
       <c r="D13" s="21"/>
       <c r="E13" s="21"/>
       <c r="F13" s="21"/>
       <c r="G13" s="21"/>
       <c r="H13" s="21"/>
       <c r="I13" s="41"/>
     </row>
     <row r="14" spans="1:9" ht="12.6" customHeight="1">
       <c r="A14" s="59" t="s">
         <v>49</v>
       </c>
       <c r="B14" s="53">
         <v>0</v>
       </c>
       <c r="C14" s="53">
         <v>0</v>
       </c>
       <c r="D14" s="50">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E14" s="50">
-        <v>10700</v>
+        <v>6750</v>
       </c>
       <c r="F14" s="53">
         <v>0</v>
       </c>
       <c r="G14" s="53">
         <v>0</v>
       </c>
       <c r="H14" s="53">
         <v>0</v>
       </c>
       <c r="I14" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="11.1" customHeight="1">
       <c r="A15" s="61" t="s">
         <v>50</v>
       </c>
       <c r="B15" s="21"/>
       <c r="C15" s="21"/>
       <c r="D15" s="21"/>
       <c r="E15" s="21"/>
       <c r="F15" s="21"/>
       <c r="G15" s="21"/>
       <c r="H15" s="21"/>
       <c r="I15" s="41"/>
     </row>
     <row r="16" spans="1:9" ht="12.6" customHeight="1">
       <c r="A16" s="59" t="s">
         <v>51</v>
       </c>
       <c r="B16" s="53">
         <v>0</v>
       </c>
       <c r="C16" s="53">
         <v>0</v>
       </c>
       <c r="D16" s="50">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E16" s="50">
-        <v>2400</v>
+        <v>9100</v>
       </c>
       <c r="F16" s="53">
         <v>0</v>
       </c>
       <c r="G16" s="53">
         <v>0</v>
       </c>
       <c r="H16" s="53">
         <v>0</v>
       </c>
       <c r="I16" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.1" customHeight="1">
       <c r="A17" s="61" t="s">
         <v>52</v>
       </c>
       <c r="B17" s="21"/>
       <c r="C17" s="21"/>
       <c r="D17" s="21"/>
       <c r="E17" s="21"/>
       <c r="F17" s="21"/>
       <c r="G17" s="21"/>
       <c r="H17" s="21"/>
       <c r="I17" s="41"/>
     </row>
     <row r="18" spans="1:9" ht="12.6" customHeight="1">
       <c r="A18" s="59" t="s">
         <v>53</v>
       </c>
       <c r="B18" s="53">
         <v>0</v>
       </c>
       <c r="C18" s="53">
         <v>0</v>
       </c>
       <c r="D18" s="50">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E18" s="50">
-        <v>16700</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>24000</v>
+      </c>
+      <c r="F18" s="50">
+        <v>1000</v>
       </c>
       <c r="G18" s="53">
         <v>0</v>
       </c>
       <c r="H18" s="53">
         <v>0</v>
       </c>
       <c r="I18" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.1" customHeight="1">
       <c r="A19" s="61" t="s">
         <v>54</v>
       </c>
       <c r="B19" s="21"/>
       <c r="C19" s="21"/>
       <c r="D19" s="21"/>
       <c r="E19" s="21"/>
       <c r="F19" s="21"/>
       <c r="G19" s="21"/>
       <c r="H19" s="21"/>
       <c r="I19" s="41"/>
     </row>
     <row r="20" spans="1:9" ht="12.6" customHeight="1">
       <c r="A20" s="59" t="s">
         <v>55</v>
       </c>
       <c r="B20" s="53">
         <v>0</v>
       </c>
       <c r="C20" s="53">
         <v>0</v>
       </c>
       <c r="D20" s="50">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="E20" s="50">
-        <v>12000</v>
+        <v>10500</v>
       </c>
       <c r="F20" s="53">
         <v>0</v>
       </c>
       <c r="G20" s="53">
         <v>0</v>
       </c>
       <c r="H20" s="53">
         <v>0</v>
       </c>
       <c r="I20" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.1" customHeight="1">
       <c r="A21" s="61" t="s">
         <v>56</v>
       </c>
       <c r="B21" s="21"/>
       <c r="C21" s="21"/>
       <c r="D21" s="21"/>
       <c r="E21" s="21"/>
       <c r="F21" s="21"/>
       <c r="G21" s="21"/>
       <c r="H21" s="21"/>
       <c r="I21" s="41"/>
     </row>
     <row r="22" spans="1:9" ht="12.6" customHeight="1">
       <c r="A22" s="59" t="s">
         <v>57</v>
       </c>
       <c r="B22" s="53">
         <v>0</v>
       </c>
       <c r="C22" s="53">
         <v>0</v>
       </c>
       <c r="D22" s="50">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E22" s="50">
-        <v>3000</v>
+        <v>7000</v>
       </c>
       <c r="F22" s="53">
         <v>0</v>
       </c>
       <c r="G22" s="53">
         <v>0</v>
       </c>
       <c r="H22" s="53">
         <v>0</v>
       </c>
       <c r="I22" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="11.1" customHeight="1">
       <c r="A23" s="61" t="s">
         <v>58</v>
       </c>
       <c r="B23" s="21"/>
       <c r="C23" s="21"/>
       <c r="D23" s="21"/>
       <c r="E23" s="21"/>
       <c r="F23" s="21"/>
       <c r="G23" s="21"/>
       <c r="H23" s="21"/>
       <c r="I23" s="41"/>
     </row>
     <row r="24" spans="1:9" ht="12.6" customHeight="1">
       <c r="A24" s="59" t="s">
         <v>59</v>
       </c>
       <c r="B24" s="53">
         <v>0</v>
       </c>
       <c r="C24" s="53">
         <v>0</v>
       </c>
       <c r="D24" s="50">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="E24" s="50">
-        <v>5000</v>
+        <v>8900</v>
       </c>
       <c r="F24" s="53">
         <v>0</v>
       </c>
       <c r="G24" s="53">
         <v>0</v>
       </c>
       <c r="H24" s="53">
         <v>0</v>
       </c>
       <c r="I24" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="11.1" customHeight="1">
       <c r="A25" s="61" t="s">
         <v>60</v>
       </c>
       <c r="B25" s="21"/>
       <c r="C25" s="21"/>
       <c r="D25" s="21"/>
       <c r="E25" s="21"/>
       <c r="F25" s="21"/>
       <c r="G25" s="21"/>
       <c r="H25" s="21"/>
       <c r="I25" s="41"/>
     </row>
     <row r="26" spans="1:9" ht="12.6" customHeight="1">
       <c r="A26" s="59" t="s">
         <v>61</v>
       </c>
       <c r="B26" s="53">
         <v>0</v>
       </c>
       <c r="C26" s="53">
         <v>0</v>
       </c>
       <c r="D26" s="50">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E26" s="50">
-        <v>1500</v>
+        <v>4200</v>
       </c>
       <c r="F26" s="53">
         <v>0</v>
       </c>
       <c r="G26" s="53">
         <v>0</v>
       </c>
       <c r="H26" s="53">
         <v>0</v>
       </c>
       <c r="I26" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="11.1" customHeight="1">
       <c r="A27" s="61" t="s">
         <v>62</v>
       </c>
       <c r="B27" s="21"/>
       <c r="C27" s="21"/>
       <c r="D27" s="21"/>
       <c r="E27" s="21"/>
       <c r="F27" s="21"/>
       <c r="G27" s="21"/>
       <c r="H27" s="21"/>
       <c r="I27" s="41"/>
     </row>
     <row r="28" spans="1:9" ht="12.6" customHeight="1">
       <c r="A28" s="59" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="53">
         <v>0</v>
       </c>
       <c r="C28" s="53">
         <v>0</v>
       </c>
       <c r="D28" s="50">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E28" s="50">
-        <v>2500</v>
+        <v>2200</v>
       </c>
       <c r="F28" s="53">
         <v>0</v>
       </c>
       <c r="G28" s="53">
         <v>0</v>
       </c>
       <c r="H28" s="53">
         <v>0</v>
       </c>
       <c r="I28" s="69">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="11.1" customHeight="1">
       <c r="A29" s="61" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="21"/>
       <c r="C29" s="21"/>
       <c r="D29" s="21"/>
       <c r="E29" s="21"/>
       <c r="F29" s="21"/>
       <c r="G29" s="21"/>
       <c r="H29" s="21"/>
@@ -3263,57 +3263,57 @@
       <c r="H30" s="20"/>
       <c r="I30" s="40"/>
     </row>
     <row r="31" spans="1:9" ht="11.1" customHeight="1">
       <c r="A31" s="18"/>
       <c r="B31" s="21"/>
       <c r="C31" s="21"/>
       <c r="D31" s="21"/>
       <c r="E31" s="21"/>
       <c r="F31" s="21"/>
       <c r="G31" s="21"/>
       <c r="H31" s="21"/>
       <c r="I31" s="41"/>
     </row>
     <row r="32" spans="1:9" ht="12.6" customHeight="1">
       <c r="A32" s="48" t="s">
         <v>46</v>
       </c>
       <c r="B32" s="54">
         <v>0</v>
       </c>
       <c r="C32" s="54">
         <v>0</v>
       </c>
       <c r="D32" s="51">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="E32" s="51">
-        <v>14032</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>13248</v>
+      </c>
+      <c r="F32" s="51">
+        <v>56757</v>
       </c>
       <c r="G32" s="54">
         <v>0</v>
       </c>
       <c r="H32" s="54">
         <v>0</v>
       </c>
       <c r="I32" s="70">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="11.1" customHeight="1">
       <c r="A33" s="57" t="s">
         <v>47</v>
       </c>
       <c r="B33" s="21"/>
       <c r="C33" s="21"/>
       <c r="D33" s="21"/>
       <c r="E33" s="21"/>
       <c r="F33" s="21"/>
       <c r="G33" s="21"/>
       <c r="H33" s="21"/>
       <c r="I33" s="41"/>
     </row>
     <row r="34" spans="1:9" ht="12.6" customHeight="1">