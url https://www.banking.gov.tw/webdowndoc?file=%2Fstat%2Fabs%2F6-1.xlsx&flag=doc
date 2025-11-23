--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -147,54 +147,54 @@
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>#</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>係金融控股公司之子公司。</t>
     </r>
   </si>
   <si>
     <t>本　　月</t>
   </si>
   <si>
     <t xml:space="preserve">Month </t>
   </si>
   <si>
-    <t>民國114年 7月底</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> End of July 2025</t>
+    <t>民國114年 9月底</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> End of Sept. 2025</t>
   </si>
   <si>
     <t>6-1 Guarantee at General Banks</t>
   </si>
   <si>
     <r>
       <t>6-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行保證款項餘額</t>
     </r>
   </si>
   <si>
     <r>
       <t>6-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
@@ -2399,563 +2399,563 @@
       <c r="B8" s="13" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="18"/>
       <c r="D8" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="19" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="19" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="47" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="50">
-        <v>1838807</v>
+        <v>1884563</v>
       </c>
       <c r="C9" s="50">
-        <v>1816070</v>
+        <v>1885099</v>
       </c>
       <c r="D9" s="50">
-        <v>1746762</v>
+        <v>1727794</v>
       </c>
       <c r="E9" s="53">
-        <v>1.25</v>
+        <v>-0.03</v>
       </c>
       <c r="F9" s="53">
-        <v>5.27</v>
+        <v>9.07</v>
       </c>
       <c r="G9" s="53">
         <v>100</v>
       </c>
       <c r="H9" s="56">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="59" t="s">
         <v>42</v>
       </c>
       <c r="B10" s="35"/>
       <c r="C10" s="35"/>
       <c r="D10" s="35"/>
       <c r="E10" s="35"/>
       <c r="F10" s="35"/>
       <c r="G10" s="35"/>
       <c r="H10" s="33"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="60" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="63">
-        <v>1306270</v>
+        <v>1337118</v>
       </c>
       <c r="C11" s="63">
-        <v>1284511</v>
+        <v>1333067</v>
       </c>
       <c r="D11" s="63">
-        <v>1307599</v>
+        <v>1273960</v>
       </c>
       <c r="E11" s="66">
-        <v>1.69</v>
+        <v>0.3</v>
       </c>
       <c r="F11" s="66">
-        <v>-0.1</v>
+        <v>4.96</v>
       </c>
       <c r="G11" s="66">
-        <v>71.04</v>
+        <v>70.95</v>
       </c>
       <c r="H11" s="69">
-        <v>74.86</v>
+        <v>73.73</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="59" t="s">
         <v>44</v>
       </c>
       <c r="B12" s="35"/>
       <c r="C12" s="35"/>
       <c r="D12" s="35"/>
       <c r="E12" s="35"/>
       <c r="F12" s="35"/>
       <c r="G12" s="35"/>
       <c r="H12" s="33"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="26" t="s">
         <v>45</v>
       </c>
       <c r="B13" s="62">
-        <v>84425</v>
+        <v>86799</v>
       </c>
       <c r="C13" s="62">
-        <v>80753</v>
+        <v>88737</v>
       </c>
       <c r="D13" s="62">
-        <v>91103</v>
+        <v>87157</v>
       </c>
       <c r="E13" s="65">
-        <v>4.55</v>
+        <v>-2.18</v>
       </c>
       <c r="F13" s="65">
-        <v>-7.33</v>
+        <v>-0.41</v>
       </c>
       <c r="G13" s="65">
-        <v>4.59</v>
+        <v>4.61</v>
       </c>
       <c r="H13" s="68">
-        <v>5.22</v>
+        <v>5.04</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="58" t="s">
         <v>46</v>
       </c>
       <c r="B14" s="35"/>
       <c r="C14" s="35"/>
       <c r="D14" s="35"/>
       <c r="E14" s="35"/>
       <c r="F14" s="35"/>
       <c r="G14" s="35"/>
       <c r="H14" s="33"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="26" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="62">
-        <v>61429</v>
+        <v>60589</v>
       </c>
       <c r="C15" s="62">
-        <v>62556</v>
+        <v>61736</v>
       </c>
       <c r="D15" s="62">
-        <v>64288</v>
+        <v>64842</v>
       </c>
       <c r="E15" s="65">
-        <v>-1.8</v>
+        <v>-1.86</v>
       </c>
       <c r="F15" s="65">
-        <v>-4.45</v>
+        <v>-6.56</v>
       </c>
       <c r="G15" s="65">
-        <v>3.34</v>
+        <v>3.21</v>
       </c>
       <c r="H15" s="68">
-        <v>3.68</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="58" t="s">
         <v>48</v>
       </c>
       <c r="B16" s="35"/>
       <c r="C16" s="35"/>
       <c r="D16" s="35"/>
       <c r="E16" s="35"/>
       <c r="F16" s="35"/>
       <c r="G16" s="35"/>
       <c r="H16" s="33"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="26" t="s">
         <v>49</v>
       </c>
       <c r="B17" s="62">
-        <v>87509</v>
+        <v>84994</v>
       </c>
       <c r="C17" s="62">
-        <v>85494</v>
+        <v>87630</v>
       </c>
       <c r="D17" s="62">
-        <v>91645</v>
+        <v>88988</v>
       </c>
       <c r="E17" s="65">
-        <v>2.36</v>
+        <v>-3.01</v>
       </c>
       <c r="F17" s="65">
-        <v>-4.51</v>
+        <v>-4.49</v>
       </c>
       <c r="G17" s="65">
-        <v>4.76</v>
+        <v>4.51</v>
       </c>
       <c r="H17" s="68">
-        <v>5.25</v>
+        <v>5.15</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B18" s="35"/>
       <c r="C18" s="35"/>
       <c r="D18" s="35"/>
       <c r="E18" s="35"/>
       <c r="F18" s="35"/>
       <c r="G18" s="35"/>
       <c r="H18" s="33"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="26" t="s">
         <v>51</v>
       </c>
       <c r="B19" s="62">
-        <v>109258</v>
+        <v>107695</v>
       </c>
       <c r="C19" s="62">
-        <v>108238</v>
+        <v>110367</v>
       </c>
       <c r="D19" s="62">
-        <v>107483</v>
+        <v>105648</v>
       </c>
       <c r="E19" s="65">
-        <v>0.94</v>
+        <v>-2.42</v>
       </c>
       <c r="F19" s="65">
-        <v>1.65</v>
+        <v>1.94</v>
       </c>
       <c r="G19" s="65">
-        <v>5.94</v>
+        <v>5.71</v>
       </c>
       <c r="H19" s="68">
-        <v>6.15</v>
+        <v>6.11</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="58" t="s">
         <v>52</v>
       </c>
       <c r="B20" s="35"/>
       <c r="C20" s="35"/>
       <c r="D20" s="35"/>
       <c r="E20" s="35"/>
       <c r="F20" s="35"/>
       <c r="G20" s="35"/>
       <c r="H20" s="33"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="26" t="s">
         <v>53</v>
       </c>
       <c r="B21" s="62">
-        <v>102344</v>
+        <v>104741</v>
       </c>
       <c r="C21" s="62">
-        <v>100676</v>
+        <v>102974</v>
       </c>
       <c r="D21" s="62">
-        <v>114202</v>
+        <v>108241</v>
       </c>
       <c r="E21" s="65">
-        <v>1.66</v>
+        <v>1.72</v>
       </c>
       <c r="F21" s="65">
-        <v>-10.38</v>
+        <v>-3.23</v>
       </c>
       <c r="G21" s="65">
-        <v>5.57</v>
+        <v>5.56</v>
       </c>
       <c r="H21" s="68">
-        <v>6.54</v>
+        <v>6.26</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="58" t="s">
         <v>54</v>
       </c>
       <c r="B22" s="35"/>
       <c r="C22" s="35"/>
       <c r="D22" s="35"/>
       <c r="E22" s="35"/>
       <c r="F22" s="35"/>
       <c r="G22" s="35"/>
       <c r="H22" s="33"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="26" t="s">
         <v>55</v>
       </c>
       <c r="B23" s="62">
-        <v>48263</v>
+        <v>46816</v>
       </c>
       <c r="C23" s="62">
-        <v>48198</v>
+        <v>47648</v>
       </c>
       <c r="D23" s="62">
-        <v>53875</v>
+        <v>52451</v>
       </c>
       <c r="E23" s="65">
-        <v>0.14</v>
+        <v>-1.75</v>
       </c>
       <c r="F23" s="65">
-        <v>-10.42</v>
+        <v>-10.74</v>
       </c>
       <c r="G23" s="65">
-        <v>2.62</v>
+        <v>2.48</v>
       </c>
       <c r="H23" s="68">
-        <v>3.08</v>
+        <v>3.04</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="58" t="s">
         <v>56</v>
       </c>
       <c r="B24" s="35"/>
       <c r="C24" s="35"/>
       <c r="D24" s="35"/>
       <c r="E24" s="35"/>
       <c r="F24" s="35"/>
       <c r="G24" s="35"/>
       <c r="H24" s="33"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="26" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="62">
-        <v>71145</v>
+        <v>70808</v>
       </c>
       <c r="C25" s="62">
-        <v>69799</v>
+        <v>71742</v>
       </c>
       <c r="D25" s="62">
-        <v>68410</v>
+        <v>68141</v>
       </c>
       <c r="E25" s="65">
-        <v>1.93</v>
+        <v>-1.3</v>
       </c>
       <c r="F25" s="65">
-        <v>4</v>
+        <v>3.91</v>
       </c>
       <c r="G25" s="65">
-        <v>3.87</v>
+        <v>3.76</v>
       </c>
       <c r="H25" s="68">
-        <v>3.92</v>
+        <v>3.94</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="58" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="35"/>
       <c r="C26" s="35"/>
       <c r="D26" s="35"/>
       <c r="E26" s="35"/>
       <c r="F26" s="35"/>
       <c r="G26" s="35"/>
       <c r="H26" s="33"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="26" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="62">
-        <v>29321</v>
+        <v>31897</v>
       </c>
       <c r="C27" s="62">
-        <v>27116</v>
+        <v>32448</v>
       </c>
       <c r="D27" s="62">
-        <v>29624</v>
+        <v>27774</v>
       </c>
       <c r="E27" s="65">
-        <v>8.13</v>
+        <v>-1.7</v>
       </c>
       <c r="F27" s="65">
-        <v>-1.02</v>
+        <v>14.84</v>
       </c>
       <c r="G27" s="65">
-        <v>1.59</v>
+        <v>1.69</v>
       </c>
       <c r="H27" s="68">
-        <v>1.7</v>
+        <v>1.61</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="58" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="35"/>
       <c r="C28" s="35"/>
       <c r="D28" s="35"/>
       <c r="E28" s="35"/>
       <c r="F28" s="35"/>
       <c r="G28" s="35"/>
       <c r="H28" s="33"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="26" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="62">
-        <v>18398</v>
+        <v>18486</v>
       </c>
       <c r="C29" s="62">
-        <v>18679</v>
+        <v>18683</v>
       </c>
       <c r="D29" s="62">
-        <v>18884</v>
+        <v>19187</v>
       </c>
       <c r="E29" s="65">
-        <v>-1.5</v>
+        <v>-1.05</v>
       </c>
       <c r="F29" s="65">
-        <v>-2.58</v>
+        <v>-3.65</v>
       </c>
       <c r="G29" s="65">
-        <v>1</v>
+        <v>0.98</v>
       </c>
       <c r="H29" s="68">
-        <v>1.08</v>
+        <v>1.11</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="58" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="35"/>
       <c r="C30" s="35"/>
       <c r="D30" s="35"/>
       <c r="E30" s="35"/>
       <c r="F30" s="35"/>
       <c r="G30" s="35"/>
       <c r="H30" s="33"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="26" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="62">
-        <v>36027</v>
+        <v>36098</v>
       </c>
       <c r="C31" s="62">
-        <v>34610</v>
+        <v>36039</v>
       </c>
       <c r="D31" s="62">
-        <v>33025</v>
+        <v>34704</v>
       </c>
       <c r="E31" s="65">
-        <v>4.09</v>
+        <v>0.16</v>
       </c>
       <c r="F31" s="65">
-        <v>9.09</v>
+        <v>4.01</v>
       </c>
       <c r="G31" s="65">
-        <v>1.96</v>
+        <v>1.92</v>
       </c>
       <c r="H31" s="68">
-        <v>1.89</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="58" t="s">
         <v>64</v>
       </c>
       <c r="B32" s="35"/>
       <c r="C32" s="35"/>
       <c r="D32" s="35"/>
       <c r="E32" s="35"/>
       <c r="F32" s="35"/>
       <c r="G32" s="35"/>
       <c r="H32" s="33"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="26" t="s">
         <v>65</v>
       </c>
       <c r="B33" s="62">
-        <v>8845</v>
+        <v>8914</v>
       </c>
       <c r="C33" s="62">
-        <v>8686</v>
+        <v>8908</v>
       </c>
       <c r="D33" s="62">
-        <v>5924</v>
+        <v>6099</v>
       </c>
       <c r="E33" s="65">
-        <v>1.83</v>
+        <v>0.07</v>
       </c>
       <c r="F33" s="65">
-        <v>49.3</v>
+        <v>46.17</v>
       </c>
       <c r="G33" s="65">
-        <v>0.48</v>
+        <v>0.47</v>
       </c>
       <c r="H33" s="68">
-        <v>0.34</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="58" t="s">
         <v>66</v>
       </c>
       <c r="B34" s="35"/>
       <c r="C34" s="35"/>
       <c r="D34" s="35"/>
       <c r="E34" s="35"/>
       <c r="F34" s="35"/>
       <c r="G34" s="35"/>
       <c r="H34" s="33"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="26" t="s">
         <v>67</v>
       </c>
       <c r="B35" s="62">
-        <v>143497</v>
+        <v>143566</v>
       </c>
       <c r="C35" s="62">
-        <v>140458</v>
+        <v>145036</v>
       </c>
       <c r="D35" s="62">
-        <v>137843</v>
+        <v>135004</v>
       </c>
       <c r="E35" s="65">
-        <v>2.16</v>
+        <v>-1.01</v>
       </c>
       <c r="F35" s="65">
-        <v>4.1</v>
+        <v>6.34</v>
       </c>
       <c r="G35" s="65">
-        <v>7.8</v>
+        <v>7.62</v>
       </c>
       <c r="H35" s="68">
-        <v>7.89</v>
+        <v>7.81</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="71" t="s">
         <v>68</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="37"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
@@ -3121,55 +3121,55 @@
       <c r="C2" s="44"/>
       <c r="D2" s="44"/>
       <c r="E2" s="44"/>
       <c r="F2" s="44"/>
       <c r="G2" s="44"/>
       <c r="H2" s="44"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1">
       <c r="A3" s="43" t="s">
         <v>37</v>
       </c>
       <c r="B3" s="43"/>
       <c r="C3" s="43"/>
       <c r="D3" s="43"/>
       <c r="E3" s="43"/>
       <c r="F3" s="43"/>
       <c r="G3" s="43"/>
       <c r="H3" s="43"/>
     </row>
     <row r="4" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="22"/>
       <c r="D4" s="22" t="str">
         <f>'6-1'!D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="29" t="str">
         <f>'6-1'!E4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="29"/>
       <c r="G4" s="4"/>
       <c r="H4" s="15" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1">
       <c r="A5" s="2"/>
       <c r="B5" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="41" t="s">
@@ -3228,563 +3228,563 @@
       <c r="B8" s="13" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="18"/>
       <c r="D8" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="19" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="19" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="46" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="49">
-        <v>14633</v>
+        <v>17269</v>
       </c>
       <c r="C9" s="49">
-        <v>14172</v>
+        <v>15831</v>
       </c>
       <c r="D9" s="49">
-        <v>16009</v>
+        <v>15830</v>
       </c>
       <c r="E9" s="52">
-        <v>3.25</v>
+        <v>9.08</v>
       </c>
       <c r="F9" s="52">
-        <v>-8.6</v>
+        <v>9.09</v>
       </c>
       <c r="G9" s="52">
-        <v>0.8</v>
+        <v>0.92</v>
       </c>
       <c r="H9" s="55">
         <v>0.92</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="58" t="s">
         <v>69</v>
       </c>
       <c r="B10" s="35"/>
       <c r="C10" s="35"/>
       <c r="D10" s="35"/>
       <c r="E10" s="35"/>
       <c r="F10" s="35"/>
       <c r="G10" s="35"/>
       <c r="H10" s="33"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="26" t="s">
         <v>70</v>
       </c>
       <c r="B11" s="62">
-        <v>31636</v>
+        <v>32107</v>
       </c>
       <c r="C11" s="62">
-        <v>31303</v>
+        <v>32135</v>
       </c>
       <c r="D11" s="62">
-        <v>28763</v>
+        <v>26345</v>
       </c>
       <c r="E11" s="65">
-        <v>1.07</v>
+        <v>-0.09</v>
       </c>
       <c r="F11" s="65">
-        <v>9.99</v>
+        <v>21.87</v>
       </c>
       <c r="G11" s="65">
-        <v>1.72</v>
+        <v>1.7</v>
       </c>
       <c r="H11" s="68">
-        <v>1.65</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="58" t="s">
         <v>71</v>
       </c>
       <c r="B12" s="35"/>
       <c r="C12" s="35"/>
       <c r="D12" s="35"/>
       <c r="E12" s="35"/>
       <c r="F12" s="35"/>
       <c r="G12" s="35"/>
       <c r="H12" s="33"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="26" t="s">
         <v>72</v>
       </c>
       <c r="B13" s="62">
-        <v>32059</v>
+        <v>32550</v>
       </c>
       <c r="C13" s="62">
-        <v>32587</v>
+        <v>32668</v>
       </c>
       <c r="D13" s="62">
-        <v>32754</v>
+        <v>33562</v>
       </c>
       <c r="E13" s="65">
-        <v>-1.62</v>
+        <v>-0.36</v>
       </c>
       <c r="F13" s="65">
-        <v>-2.12</v>
+        <v>-3.01</v>
       </c>
       <c r="G13" s="65">
-        <v>1.74</v>
+        <v>1.73</v>
       </c>
       <c r="H13" s="68">
-        <v>1.88</v>
+        <v>1.94</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="58" t="s">
         <v>73</v>
       </c>
       <c r="B14" s="35"/>
       <c r="C14" s="35"/>
       <c r="D14" s="35"/>
       <c r="E14" s="35"/>
       <c r="F14" s="35"/>
       <c r="G14" s="35"/>
       <c r="H14" s="33"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="26" t="s">
         <v>74</v>
       </c>
       <c r="B15" s="62">
-        <v>8537</v>
+        <v>8761</v>
       </c>
       <c r="C15" s="62">
-        <v>8105</v>
+        <v>8773</v>
       </c>
       <c r="D15" s="62">
-        <v>7477</v>
+        <v>7713</v>
       </c>
       <c r="E15" s="65">
-        <v>5.34</v>
+        <v>-0.15</v>
       </c>
       <c r="F15" s="65">
-        <v>14.18</v>
+        <v>13.58</v>
       </c>
       <c r="G15" s="65">
         <v>0.46</v>
       </c>
       <c r="H15" s="68">
-        <v>0.43</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="58" t="s">
         <v>75</v>
       </c>
       <c r="B16" s="35"/>
       <c r="C16" s="35"/>
       <c r="D16" s="35"/>
       <c r="E16" s="35"/>
       <c r="F16" s="35"/>
       <c r="G16" s="35"/>
       <c r="H16" s="33"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="26" t="s">
         <v>76</v>
       </c>
       <c r="B17" s="62">
-        <v>39681</v>
+        <v>40943</v>
       </c>
       <c r="C17" s="62">
-        <v>41022</v>
+        <v>40148</v>
       </c>
       <c r="D17" s="62">
-        <v>34389</v>
+        <v>37131</v>
       </c>
       <c r="E17" s="65">
-        <v>-3.27</v>
+        <v>1.98</v>
       </c>
       <c r="F17" s="65">
-        <v>15.39</v>
+        <v>10.27</v>
       </c>
       <c r="G17" s="65">
-        <v>2.16</v>
+        <v>2.17</v>
       </c>
       <c r="H17" s="68">
-        <v>1.97</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="58" t="s">
         <v>77</v>
       </c>
       <c r="B18" s="35"/>
       <c r="C18" s="35"/>
       <c r="D18" s="35"/>
       <c r="E18" s="35"/>
       <c r="F18" s="35"/>
       <c r="G18" s="35"/>
       <c r="H18" s="33"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="26" t="s">
         <v>78</v>
       </c>
       <c r="B19" s="62">
-        <v>5534</v>
+        <v>5525</v>
       </c>
       <c r="C19" s="62">
-        <v>5679</v>
+        <v>5673</v>
       </c>
       <c r="D19" s="62">
-        <v>7453</v>
+        <v>7367</v>
       </c>
       <c r="E19" s="65">
-        <v>-2.55</v>
+        <v>-2.6</v>
       </c>
       <c r="F19" s="65">
-        <v>-25.75</v>
+        <v>-25</v>
       </c>
       <c r="G19" s="65">
-        <v>0.3</v>
+        <v>0.29</v>
       </c>
       <c r="H19" s="68">
         <v>0.43</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="58" t="s">
         <v>79</v>
       </c>
       <c r="B20" s="35"/>
       <c r="C20" s="35"/>
       <c r="D20" s="35"/>
       <c r="E20" s="35"/>
       <c r="F20" s="35"/>
       <c r="G20" s="35"/>
       <c r="H20" s="33"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="26" t="s">
         <v>80</v>
       </c>
       <c r="B21" s="62">
-        <v>39341</v>
+        <v>42070</v>
       </c>
       <c r="C21" s="62">
-        <v>39317</v>
+        <v>41457</v>
       </c>
       <c r="D21" s="62">
-        <v>54734</v>
+        <v>45129</v>
       </c>
       <c r="E21" s="65">
-        <v>0.06</v>
+        <v>1.48</v>
       </c>
       <c r="F21" s="65">
-        <v>-28.12</v>
+        <v>-6.78</v>
       </c>
       <c r="G21" s="65">
-        <v>2.14</v>
+        <v>2.23</v>
       </c>
       <c r="H21" s="68">
-        <v>3.13</v>
+        <v>2.61</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="58" t="s">
         <v>81</v>
       </c>
       <c r="B22" s="35"/>
       <c r="C22" s="35"/>
       <c r="D22" s="35"/>
       <c r="E22" s="35"/>
       <c r="F22" s="35"/>
       <c r="G22" s="35"/>
       <c r="H22" s="33"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="26" t="s">
         <v>82</v>
       </c>
       <c r="B23" s="62">
-        <v>656</v>
+        <v>516</v>
       </c>
       <c r="C23" s="62">
         <v>506</v>
       </c>
       <c r="D23" s="62">
-        <v>556</v>
+        <v>436</v>
       </c>
       <c r="E23" s="65">
-        <v>29.64</v>
+        <v>1.98</v>
       </c>
       <c r="F23" s="65">
-        <v>17.99</v>
+        <v>18.35</v>
       </c>
       <c r="G23" s="65">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="H23" s="68">
         <v>0.03</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="58" t="s">
         <v>83</v>
       </c>
       <c r="B24" s="35"/>
       <c r="C24" s="35"/>
       <c r="D24" s="35"/>
       <c r="E24" s="35"/>
       <c r="F24" s="35"/>
       <c r="G24" s="35"/>
       <c r="H24" s="33"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="26" t="s">
         <v>84</v>
       </c>
       <c r="B25" s="62">
         <v>114</v>
       </c>
       <c r="C25" s="62">
         <v>114</v>
       </c>
       <c r="D25" s="62">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="E25" s="73">
         <v>0</v>
       </c>
       <c r="F25" s="65">
-        <v>14.89</v>
+        <v>-4.84</v>
       </c>
       <c r="G25" s="65">
         <v>0.01</v>
       </c>
       <c r="H25" s="68">
         <v>0.01</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="58" t="s">
         <v>85</v>
       </c>
       <c r="B26" s="35"/>
       <c r="C26" s="35"/>
       <c r="D26" s="35"/>
       <c r="E26" s="35"/>
       <c r="F26" s="35"/>
       <c r="G26" s="35"/>
       <c r="H26" s="33"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="26" t="s">
         <v>86</v>
       </c>
       <c r="B27" s="62">
-        <v>30081</v>
+        <v>31586</v>
       </c>
       <c r="C27" s="62">
-        <v>30027</v>
+        <v>29886</v>
       </c>
       <c r="D27" s="62">
-        <v>25628</v>
+        <v>25776</v>
       </c>
       <c r="E27" s="65">
-        <v>0.18</v>
+        <v>5.69</v>
       </c>
       <c r="F27" s="65">
-        <v>17.38</v>
+        <v>22.54</v>
       </c>
       <c r="G27" s="65">
-        <v>1.64</v>
+        <v>1.68</v>
       </c>
       <c r="H27" s="68">
-        <v>1.47</v>
+        <v>1.49</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="58" t="s">
         <v>87</v>
       </c>
       <c r="B28" s="35"/>
       <c r="C28" s="35"/>
       <c r="D28" s="35"/>
       <c r="E28" s="35"/>
       <c r="F28" s="35"/>
       <c r="G28" s="35"/>
       <c r="H28" s="33"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="26" t="s">
         <v>88</v>
       </c>
       <c r="B29" s="62">
-        <v>4429</v>
+        <v>4331</v>
       </c>
       <c r="C29" s="62">
-        <v>4479</v>
+        <v>4464</v>
       </c>
       <c r="D29" s="62">
-        <v>3258</v>
+        <v>3129</v>
       </c>
       <c r="E29" s="65">
-        <v>-1.11</v>
+        <v>-2.99</v>
       </c>
       <c r="F29" s="65">
-        <v>35.95</v>
+        <v>38.39</v>
       </c>
       <c r="G29" s="65">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
       <c r="H29" s="68">
-        <v>0.19</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="58" t="s">
         <v>89</v>
       </c>
       <c r="B30" s="35"/>
       <c r="C30" s="35"/>
       <c r="D30" s="35"/>
       <c r="E30" s="35"/>
       <c r="F30" s="35"/>
       <c r="G30" s="35"/>
       <c r="H30" s="33"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="26" t="s">
         <v>90</v>
       </c>
       <c r="B31" s="62">
-        <v>7603</v>
+        <v>7843</v>
       </c>
       <c r="C31" s="62">
-        <v>7650</v>
+        <v>7764</v>
       </c>
       <c r="D31" s="62">
-        <v>5355</v>
+        <v>6339</v>
       </c>
       <c r="E31" s="65">
-        <v>-0.62</v>
+        <v>1.03</v>
       </c>
       <c r="F31" s="65">
-        <v>41.98</v>
+        <v>23.72</v>
       </c>
       <c r="G31" s="65">
-        <v>0.41</v>
+        <v>0.42</v>
       </c>
       <c r="H31" s="68">
-        <v>0.31</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="58" t="s">
         <v>91</v>
       </c>
       <c r="B32" s="35"/>
       <c r="C32" s="35"/>
       <c r="D32" s="35"/>
       <c r="E32" s="35"/>
       <c r="F32" s="35"/>
       <c r="G32" s="35"/>
       <c r="H32" s="33"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="26" t="s">
         <v>92</v>
       </c>
       <c r="B33" s="62">
-        <v>2119</v>
+        <v>2093</v>
       </c>
       <c r="C33" s="62">
-        <v>2166</v>
+        <v>2111</v>
       </c>
       <c r="D33" s="62">
-        <v>1777</v>
+        <v>1819</v>
       </c>
       <c r="E33" s="65">
-        <v>-2.14</v>
+        <v>-0.83</v>
       </c>
       <c r="F33" s="65">
-        <v>19.28</v>
+        <v>15.06</v>
       </c>
       <c r="G33" s="65">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
       <c r="H33" s="68">
-        <v>0.1</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="58" t="s">
         <v>93</v>
       </c>
       <c r="B34" s="35"/>
       <c r="C34" s="35"/>
       <c r="D34" s="35"/>
       <c r="E34" s="35"/>
       <c r="F34" s="35"/>
       <c r="G34" s="35"/>
       <c r="H34" s="33"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="26" t="s">
         <v>94</v>
       </c>
       <c r="B35" s="62">
-        <v>28038</v>
+        <v>28001</v>
       </c>
       <c r="C35" s="62">
-        <v>29218</v>
+        <v>28770</v>
       </c>
       <c r="D35" s="62">
-        <v>30114</v>
+        <v>25966</v>
       </c>
       <c r="E35" s="65">
-        <v>-4.04</v>
+        <v>-2.67</v>
       </c>
       <c r="F35" s="65">
-        <v>-6.89</v>
+        <v>7.84</v>
       </c>
       <c r="G35" s="65">
-        <v>1.52</v>
+        <v>1.49</v>
       </c>
       <c r="H35" s="68">
-        <v>1.72</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="71" t="s">
         <v>95</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="37"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
@@ -3950,55 +3950,55 @@
       <c r="C2" s="44"/>
       <c r="D2" s="44"/>
       <c r="E2" s="44"/>
       <c r="F2" s="44"/>
       <c r="G2" s="44"/>
       <c r="H2" s="44"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1">
       <c r="A3" s="43" t="s">
         <v>37</v>
       </c>
       <c r="B3" s="43"/>
       <c r="C3" s="43"/>
       <c r="D3" s="43"/>
       <c r="E3" s="43"/>
       <c r="F3" s="43"/>
       <c r="G3" s="43"/>
       <c r="H3" s="43"/>
     </row>
     <row r="4" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="22"/>
       <c r="D4" s="22" t="str">
         <f>'6-1'!D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="29" t="str">
         <f>'6-1'!E4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="29"/>
       <c r="G4" s="4"/>
       <c r="H4" s="15" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1">
       <c r="A5" s="2"/>
       <c r="B5" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="41" t="s">
@@ -4057,402 +4057,402 @@
       <c r="B8" s="13" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="18"/>
       <c r="D8" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="19" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="19" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="46" t="s">
         <v>35</v>
       </c>
       <c r="B9" s="49">
-        <v>18590</v>
+        <v>22075</v>
       </c>
       <c r="C9" s="49">
-        <v>17015</v>
+        <v>19782</v>
       </c>
       <c r="D9" s="49">
-        <v>7308</v>
+        <v>7999</v>
       </c>
       <c r="E9" s="52">
-        <v>9.26</v>
+        <v>11.6</v>
       </c>
       <c r="F9" s="75">
-        <v>154.4</v>
+        <v>175.96</v>
       </c>
       <c r="G9" s="52">
-        <v>1.01</v>
+        <v>1.17</v>
       </c>
       <c r="H9" s="55">
-        <v>0.42</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="58" t="s">
         <v>96</v>
       </c>
       <c r="B10" s="35"/>
       <c r="C10" s="35"/>
       <c r="D10" s="35"/>
       <c r="E10" s="35"/>
       <c r="F10" s="35"/>
       <c r="G10" s="35"/>
       <c r="H10" s="33"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="26" t="s">
         <v>97</v>
       </c>
       <c r="B11" s="62">
-        <v>19452</v>
+        <v>24096</v>
       </c>
       <c r="C11" s="62">
-        <v>17075</v>
+        <v>20909</v>
       </c>
       <c r="D11" s="62">
-        <v>14906</v>
+        <v>15284</v>
       </c>
       <c r="E11" s="65">
-        <v>13.92</v>
+        <v>15.24</v>
       </c>
       <c r="F11" s="77">
-        <v>30.5</v>
+        <v>57.65</v>
       </c>
       <c r="G11" s="65">
-        <v>1.06</v>
+        <v>1.28</v>
       </c>
       <c r="H11" s="68">
-        <v>0.85</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="58" t="s">
         <v>98</v>
       </c>
       <c r="B12" s="35"/>
       <c r="C12" s="35"/>
       <c r="D12" s="35"/>
       <c r="E12" s="35"/>
       <c r="F12" s="35"/>
       <c r="G12" s="35"/>
       <c r="H12" s="33"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="26" t="s">
         <v>99</v>
       </c>
       <c r="B13" s="62">
-        <v>42948</v>
+        <v>44470</v>
       </c>
       <c r="C13" s="62">
-        <v>42481</v>
+        <v>43801</v>
       </c>
       <c r="D13" s="62">
-        <v>29987</v>
+        <v>31048</v>
       </c>
       <c r="E13" s="65">
-        <v>1.1</v>
+        <v>1.53</v>
       </c>
       <c r="F13" s="77">
-        <v>43.22</v>
+        <v>43.23</v>
       </c>
       <c r="G13" s="65">
-        <v>2.34</v>
+        <v>2.36</v>
       </c>
       <c r="H13" s="68">
-        <v>1.72</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="58" t="s">
         <v>100</v>
       </c>
       <c r="B14" s="35"/>
       <c r="C14" s="35"/>
       <c r="D14" s="35"/>
       <c r="E14" s="35"/>
       <c r="F14" s="35"/>
       <c r="G14" s="35"/>
       <c r="H14" s="33"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="26" t="s">
         <v>101</v>
       </c>
       <c r="B15" s="62">
-        <v>18586</v>
+        <v>21855</v>
       </c>
       <c r="C15" s="62">
-        <v>18160</v>
+        <v>21280</v>
       </c>
       <c r="D15" s="62">
-        <v>20017</v>
+        <v>18823</v>
       </c>
       <c r="E15" s="65">
-        <v>2.35</v>
+        <v>2.7</v>
       </c>
       <c r="F15" s="77">
-        <v>-7.15</v>
+        <v>16.11</v>
       </c>
       <c r="G15" s="65">
-        <v>1.01</v>
+        <v>1.16</v>
       </c>
       <c r="H15" s="68">
-        <v>1.15</v>
+        <v>1.09</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="58" t="s">
         <v>102</v>
       </c>
       <c r="B16" s="35"/>
       <c r="C16" s="35"/>
       <c r="D16" s="35"/>
       <c r="E16" s="35"/>
       <c r="F16" s="35"/>
       <c r="G16" s="35"/>
       <c r="H16" s="33"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="26" t="s">
         <v>103</v>
       </c>
       <c r="B17" s="62">
-        <v>13578</v>
+        <v>14907</v>
       </c>
       <c r="C17" s="62">
-        <v>12123</v>
+        <v>14990</v>
       </c>
       <c r="D17" s="62">
-        <v>19487</v>
+        <v>16583</v>
       </c>
       <c r="E17" s="65">
-        <v>12</v>
+        <v>-0.56</v>
       </c>
       <c r="F17" s="77">
-        <v>-30.32</v>
+        <v>-10.11</v>
       </c>
       <c r="G17" s="65">
-        <v>0.74</v>
+        <v>0.79</v>
       </c>
       <c r="H17" s="68">
-        <v>1.12</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="58" t="s">
         <v>104</v>
       </c>
       <c r="B18" s="35"/>
       <c r="C18" s="35"/>
       <c r="D18" s="35"/>
       <c r="E18" s="35"/>
       <c r="F18" s="35"/>
       <c r="G18" s="35"/>
       <c r="H18" s="33"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="26" t="s">
         <v>105</v>
       </c>
       <c r="B19" s="62">
-        <v>46739</v>
+        <v>47974</v>
       </c>
       <c r="C19" s="62">
-        <v>44288</v>
+        <v>46769</v>
       </c>
       <c r="D19" s="62">
-        <v>41519</v>
+        <v>40393</v>
       </c>
       <c r="E19" s="65">
-        <v>5.53</v>
+        <v>2.58</v>
       </c>
       <c r="F19" s="77">
-        <v>12.57</v>
+        <v>18.77</v>
       </c>
       <c r="G19" s="65">
-        <v>2.54</v>
+        <v>2.55</v>
       </c>
       <c r="H19" s="68">
-        <v>2.38</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="58" t="s">
         <v>106</v>
       </c>
       <c r="B20" s="35"/>
       <c r="C20" s="35"/>
       <c r="D20" s="35"/>
       <c r="E20" s="35"/>
       <c r="F20" s="35"/>
       <c r="G20" s="35"/>
       <c r="H20" s="33"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="26" t="s">
         <v>107</v>
       </c>
       <c r="B21" s="62">
-        <v>24864</v>
+        <v>27108</v>
       </c>
       <c r="C21" s="62">
-        <v>26456</v>
+        <v>26693</v>
       </c>
       <c r="D21" s="62">
-        <v>27704</v>
+        <v>28831</v>
       </c>
       <c r="E21" s="65">
-        <v>-6.02</v>
+        <v>1.55</v>
       </c>
       <c r="F21" s="77">
-        <v>-10.25</v>
+        <v>-5.98</v>
       </c>
       <c r="G21" s="65">
-        <v>1.35</v>
+        <v>1.44</v>
       </c>
       <c r="H21" s="68">
-        <v>1.59</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="58" t="s">
         <v>108</v>
       </c>
       <c r="B22" s="35"/>
       <c r="C22" s="35"/>
       <c r="D22" s="35"/>
       <c r="E22" s="35"/>
       <c r="F22" s="35"/>
       <c r="G22" s="35"/>
       <c r="H22" s="33"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="26" t="s">
         <v>109</v>
       </c>
       <c r="B23" s="62">
-        <v>9837</v>
+        <v>10026</v>
       </c>
       <c r="C23" s="62">
-        <v>9635</v>
+        <v>8871</v>
       </c>
       <c r="D23" s="62">
-        <v>8156</v>
+        <v>6912</v>
       </c>
       <c r="E23" s="65">
-        <v>2.11</v>
+        <v>13.02</v>
       </c>
       <c r="F23" s="77">
-        <v>20.61</v>
+        <v>45.05</v>
       </c>
       <c r="G23" s="65">
         <v>0.53</v>
       </c>
       <c r="H23" s="68">
-        <v>0.47</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="58" t="s">
         <v>110</v>
       </c>
       <c r="B24" s="35"/>
       <c r="C24" s="35"/>
       <c r="D24" s="35"/>
       <c r="E24" s="35"/>
       <c r="F24" s="35"/>
       <c r="G24" s="35"/>
       <c r="H24" s="33"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="26" t="s">
         <v>111</v>
       </c>
       <c r="B25" s="62">
-        <v>66553</v>
+        <v>69260</v>
       </c>
       <c r="C25" s="62">
-        <v>65473</v>
+        <v>67462</v>
       </c>
       <c r="D25" s="62">
-        <v>73839</v>
+        <v>73190</v>
       </c>
       <c r="E25" s="65">
-        <v>1.65</v>
+        <v>2.67</v>
       </c>
       <c r="F25" s="77">
-        <v>-9.87</v>
+        <v>-5.37</v>
       </c>
       <c r="G25" s="65">
-        <v>3.62</v>
+        <v>3.68</v>
       </c>
       <c r="H25" s="68">
-        <v>4.23</v>
+        <v>4.24</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="58" t="s">
         <v>112</v>
       </c>
       <c r="B26" s="35"/>
       <c r="C26" s="35"/>
       <c r="D26" s="35"/>
       <c r="E26" s="35"/>
       <c r="F26" s="35"/>
       <c r="G26" s="35"/>
       <c r="H26" s="33"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="26" t="s">
         <v>113</v>
       </c>
       <c r="B27" s="62">
-        <v>198</v>
+        <v>237</v>
       </c>
       <c r="C27" s="62">
-        <v>198</v>
+        <v>265</v>
       </c>
       <c r="D27" s="79">
         <v>0</v>
       </c>
-      <c r="E27" s="73">
-        <v>0</v>
+      <c r="E27" s="65">
+        <v>-10.46</v>
       </c>
       <c r="F27" s="81">
         <v>0</v>
       </c>
       <c r="G27" s="65">
         <v>0.01</v>
       </c>
       <c r="H27" s="83">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="58" t="s">
         <v>114</v>
       </c>
       <c r="B28" s="35"/>
       <c r="C28" s="35"/>
       <c r="D28" s="35"/>
       <c r="E28" s="35"/>
       <c r="F28" s="35"/>
       <c r="G28" s="35"/>
       <c r="H28" s="33"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="26" t="s">
@@ -4513,104 +4513,104 @@
       </c>
       <c r="G31" s="73">
         <v>0</v>
       </c>
       <c r="H31" s="83">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="58" t="s">
         <v>118</v>
       </c>
       <c r="B32" s="35"/>
       <c r="C32" s="35"/>
       <c r="D32" s="35"/>
       <c r="E32" s="35"/>
       <c r="F32" s="35"/>
       <c r="G32" s="35"/>
       <c r="H32" s="33"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="60" t="s">
         <v>119</v>
       </c>
       <c r="B33" s="63">
-        <v>528668</v>
+        <v>542880</v>
       </c>
       <c r="C33" s="63">
-        <v>527885</v>
+        <v>548539</v>
       </c>
       <c r="D33" s="63">
-        <v>436294</v>
+        <v>451102</v>
       </c>
       <c r="E33" s="66">
-        <v>0.15</v>
+        <v>-1.03</v>
       </c>
       <c r="F33" s="84">
-        <v>21.17</v>
+        <v>20.35</v>
       </c>
       <c r="G33" s="66">
-        <v>28.75</v>
+        <v>28.81</v>
       </c>
       <c r="H33" s="69">
-        <v>24.98</v>
+        <v>26.11</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="59" t="s">
         <v>120</v>
       </c>
       <c r="B34" s="35"/>
       <c r="C34" s="35"/>
       <c r="D34" s="35"/>
       <c r="E34" s="35"/>
       <c r="F34" s="35"/>
       <c r="G34" s="35"/>
       <c r="H34" s="33"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="60" t="s">
         <v>121</v>
       </c>
       <c r="B35" s="63">
-        <v>3869</v>
+        <v>4565</v>
       </c>
       <c r="C35" s="63">
-        <v>3674</v>
+        <v>3493</v>
       </c>
       <c r="D35" s="63">
-        <v>2869</v>
+        <v>2732</v>
       </c>
       <c r="E35" s="66">
-        <v>5.31</v>
+        <v>30.7</v>
       </c>
       <c r="F35" s="84">
-        <v>34.82</v>
+        <v>67.09</v>
       </c>
       <c r="G35" s="66">
-        <v>0.21</v>
+        <v>0.24</v>
       </c>
       <c r="H35" s="69">
         <v>0.16</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="85" t="s">
         <v>122</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="37"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="30" t="s">
         <v>40</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>