--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -147,54 +147,54 @@
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>#</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>係金融控股公司之子公司。</t>
     </r>
   </si>
   <si>
     <t>本　　月</t>
   </si>
   <si>
     <t xml:space="preserve">Month </t>
   </si>
   <si>
-    <t>民國114年 9月底</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> End of Sept. 2025</t>
+    <t>民國114年10月底</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> End of Oct. 2025</t>
   </si>
   <si>
     <t>6-1 Guarantee at General Banks</t>
   </si>
   <si>
     <r>
       <t>6-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行保證款項餘額</t>
     </r>
   </si>
   <si>
     <r>
       <t>6-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
@@ -450,51 +450,51 @@
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　　#</t>
   </si>
@@ -2399,563 +2399,563 @@
       <c r="B8" s="13" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="18"/>
       <c r="D8" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="19" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="19" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="47" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="50">
+        <v>1930896</v>
+      </c>
+      <c r="C9" s="50">
         <v>1884563</v>
       </c>
-      <c r="C9" s="50">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="50">
-        <v>1727794</v>
+        <v>1753651</v>
       </c>
       <c r="E9" s="53">
-        <v>-0.03</v>
+        <v>2.46</v>
       </c>
       <c r="F9" s="53">
-        <v>9.07</v>
+        <v>10.11</v>
       </c>
       <c r="G9" s="53">
         <v>100</v>
       </c>
       <c r="H9" s="56">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="59" t="s">
         <v>42</v>
       </c>
       <c r="B10" s="35"/>
       <c r="C10" s="35"/>
       <c r="D10" s="35"/>
       <c r="E10" s="35"/>
       <c r="F10" s="35"/>
       <c r="G10" s="35"/>
       <c r="H10" s="33"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="60" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="63">
+        <v>1375693</v>
+      </c>
+      <c r="C11" s="63">
         <v>1337118</v>
       </c>
-      <c r="C11" s="63">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="63">
-        <v>1273960</v>
+        <v>1290808</v>
       </c>
       <c r="E11" s="66">
-        <v>0.3</v>
+        <v>2.88</v>
       </c>
       <c r="F11" s="66">
-        <v>4.96</v>
+        <v>6.58</v>
       </c>
       <c r="G11" s="66">
-        <v>70.95</v>
+        <v>71.25</v>
       </c>
       <c r="H11" s="69">
-        <v>73.73</v>
+        <v>73.61</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="59" t="s">
         <v>44</v>
       </c>
       <c r="B12" s="35"/>
       <c r="C12" s="35"/>
       <c r="D12" s="35"/>
       <c r="E12" s="35"/>
       <c r="F12" s="35"/>
       <c r="G12" s="35"/>
       <c r="H12" s="33"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="26" t="s">
         <v>45</v>
       </c>
       <c r="B13" s="62">
+        <v>86622</v>
+      </c>
+      <c r="C13" s="62">
         <v>86799</v>
       </c>
-      <c r="C13" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="62">
-        <v>87157</v>
+        <v>93693</v>
       </c>
       <c r="E13" s="65">
-        <v>-2.18</v>
+        <v>-0.2</v>
       </c>
       <c r="F13" s="65">
-        <v>-0.41</v>
+        <v>-7.55</v>
       </c>
       <c r="G13" s="65">
-        <v>4.61</v>
+        <v>4.49</v>
       </c>
       <c r="H13" s="68">
-        <v>5.04</v>
+        <v>5.34</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="58" t="s">
         <v>46</v>
       </c>
       <c r="B14" s="35"/>
       <c r="C14" s="35"/>
       <c r="D14" s="35"/>
       <c r="E14" s="35"/>
       <c r="F14" s="35"/>
       <c r="G14" s="35"/>
       <c r="H14" s="33"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="26" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="62">
+        <v>65328</v>
+      </c>
+      <c r="C15" s="62">
         <v>60589</v>
       </c>
-      <c r="C15" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="62">
-        <v>64842</v>
+        <v>66534</v>
       </c>
       <c r="E15" s="65">
-        <v>-1.86</v>
+        <v>7.82</v>
       </c>
       <c r="F15" s="65">
-        <v>-6.56</v>
+        <v>-1.81</v>
       </c>
       <c r="G15" s="65">
-        <v>3.21</v>
+        <v>3.38</v>
       </c>
       <c r="H15" s="68">
-        <v>3.75</v>
+        <v>3.79</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="58" t="s">
         <v>48</v>
       </c>
       <c r="B16" s="35"/>
       <c r="C16" s="35"/>
       <c r="D16" s="35"/>
       <c r="E16" s="35"/>
       <c r="F16" s="35"/>
       <c r="G16" s="35"/>
       <c r="H16" s="33"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="26" t="s">
         <v>49</v>
       </c>
       <c r="B17" s="62">
+        <v>89852</v>
+      </c>
+      <c r="C17" s="62">
         <v>84994</v>
       </c>
-      <c r="C17" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="62">
-        <v>88988</v>
+        <v>88860</v>
       </c>
       <c r="E17" s="65">
-        <v>-3.01</v>
+        <v>5.72</v>
       </c>
       <c r="F17" s="65">
-        <v>-4.49</v>
+        <v>1.12</v>
       </c>
       <c r="G17" s="65">
-        <v>4.51</v>
+        <v>4.65</v>
       </c>
       <c r="H17" s="68">
-        <v>5.15</v>
+        <v>5.07</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B18" s="35"/>
       <c r="C18" s="35"/>
       <c r="D18" s="35"/>
       <c r="E18" s="35"/>
       <c r="F18" s="35"/>
       <c r="G18" s="35"/>
       <c r="H18" s="33"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="26" t="s">
         <v>51</v>
       </c>
       <c r="B19" s="62">
+        <v>110081</v>
+      </c>
+      <c r="C19" s="62">
         <v>107695</v>
       </c>
-      <c r="C19" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="62">
-        <v>105648</v>
+        <v>109307</v>
       </c>
       <c r="E19" s="65">
-        <v>-2.42</v>
+        <v>2.22</v>
       </c>
       <c r="F19" s="65">
-        <v>1.94</v>
+        <v>0.71</v>
       </c>
       <c r="G19" s="65">
-        <v>5.71</v>
+        <v>5.7</v>
       </c>
       <c r="H19" s="68">
-        <v>6.11</v>
+        <v>6.23</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="58" t="s">
         <v>52</v>
       </c>
       <c r="B20" s="35"/>
       <c r="C20" s="35"/>
       <c r="D20" s="35"/>
       <c r="E20" s="35"/>
       <c r="F20" s="35"/>
       <c r="G20" s="35"/>
       <c r="H20" s="33"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="26" t="s">
         <v>53</v>
       </c>
       <c r="B21" s="62">
+        <v>106566</v>
+      </c>
+      <c r="C21" s="62">
         <v>104741</v>
       </c>
-      <c r="C21" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="62">
-        <v>108241</v>
+        <v>110536</v>
       </c>
       <c r="E21" s="65">
-        <v>1.72</v>
+        <v>1.74</v>
       </c>
       <c r="F21" s="65">
-        <v>-3.23</v>
+        <v>-3.59</v>
       </c>
       <c r="G21" s="65">
-        <v>5.56</v>
+        <v>5.52</v>
       </c>
       <c r="H21" s="68">
-        <v>6.26</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="58" t="s">
         <v>54</v>
       </c>
       <c r="B22" s="35"/>
       <c r="C22" s="35"/>
       <c r="D22" s="35"/>
       <c r="E22" s="35"/>
       <c r="F22" s="35"/>
       <c r="G22" s="35"/>
       <c r="H22" s="33"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="26" t="s">
         <v>55</v>
       </c>
       <c r="B23" s="62">
+        <v>46732</v>
+      </c>
+      <c r="C23" s="62">
         <v>46816</v>
       </c>
-      <c r="C23" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D23" s="62">
-        <v>52451</v>
+        <v>52604</v>
       </c>
       <c r="E23" s="65">
-        <v>-1.75</v>
+        <v>-0.18</v>
       </c>
       <c r="F23" s="65">
-        <v>-10.74</v>
+        <v>-11.16</v>
       </c>
       <c r="G23" s="65">
-        <v>2.48</v>
+        <v>2.42</v>
       </c>
       <c r="H23" s="68">
-        <v>3.04</v>
+        <v>3</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="58" t="s">
         <v>56</v>
       </c>
       <c r="B24" s="35"/>
       <c r="C24" s="35"/>
       <c r="D24" s="35"/>
       <c r="E24" s="35"/>
       <c r="F24" s="35"/>
       <c r="G24" s="35"/>
       <c r="H24" s="33"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="26" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="62">
+        <v>69188</v>
+      </c>
+      <c r="C25" s="62">
         <v>70808</v>
       </c>
-      <c r="C25" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D25" s="62">
-        <v>68141</v>
+        <v>67511</v>
       </c>
       <c r="E25" s="65">
-        <v>-1.3</v>
+        <v>-2.29</v>
       </c>
       <c r="F25" s="65">
-        <v>3.91</v>
+        <v>2.48</v>
       </c>
       <c r="G25" s="65">
-        <v>3.76</v>
+        <v>3.58</v>
       </c>
       <c r="H25" s="68">
-        <v>3.94</v>
+        <v>3.85</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="58" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="35"/>
       <c r="C26" s="35"/>
       <c r="D26" s="35"/>
       <c r="E26" s="35"/>
       <c r="F26" s="35"/>
       <c r="G26" s="35"/>
       <c r="H26" s="33"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="26" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="62">
+        <v>31751</v>
+      </c>
+      <c r="C27" s="62">
         <v>31897</v>
       </c>
-      <c r="C27" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D27" s="62">
-        <v>27774</v>
+        <v>28893</v>
       </c>
       <c r="E27" s="65">
-        <v>-1.7</v>
+        <v>-0.46</v>
       </c>
       <c r="F27" s="65">
-        <v>14.84</v>
+        <v>9.89</v>
       </c>
       <c r="G27" s="65">
-        <v>1.69</v>
+        <v>1.64</v>
       </c>
       <c r="H27" s="68">
-        <v>1.61</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="58" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="35"/>
       <c r="C28" s="35"/>
       <c r="D28" s="35"/>
       <c r="E28" s="35"/>
       <c r="F28" s="35"/>
       <c r="G28" s="35"/>
       <c r="H28" s="33"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="26" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="62">
+        <v>18280</v>
+      </c>
+      <c r="C29" s="62">
         <v>18486</v>
       </c>
-      <c r="C29" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="62">
-        <v>19187</v>
+        <v>18478</v>
       </c>
       <c r="E29" s="65">
-        <v>-1.05</v>
+        <v>-1.12</v>
       </c>
       <c r="F29" s="65">
-        <v>-3.65</v>
+        <v>-1.07</v>
       </c>
       <c r="G29" s="65">
-        <v>0.98</v>
+        <v>0.95</v>
       </c>
       <c r="H29" s="68">
-        <v>1.11</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="58" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="35"/>
       <c r="C30" s="35"/>
       <c r="D30" s="35"/>
       <c r="E30" s="35"/>
       <c r="F30" s="35"/>
       <c r="G30" s="35"/>
       <c r="H30" s="33"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="26" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="62">
+        <v>34519</v>
+      </c>
+      <c r="C31" s="62">
         <v>36098</v>
       </c>
-      <c r="C31" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D31" s="62">
-        <v>34704</v>
+        <v>34208</v>
       </c>
       <c r="E31" s="65">
-        <v>0.16</v>
+        <v>-4.37</v>
       </c>
       <c r="F31" s="65">
-        <v>4.01</v>
+        <v>0.91</v>
       </c>
       <c r="G31" s="65">
-        <v>1.92</v>
+        <v>1.79</v>
       </c>
       <c r="H31" s="68">
-        <v>2.01</v>
+        <v>1.95</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="58" t="s">
         <v>64</v>
       </c>
       <c r="B32" s="35"/>
       <c r="C32" s="35"/>
       <c r="D32" s="35"/>
       <c r="E32" s="35"/>
       <c r="F32" s="35"/>
       <c r="G32" s="35"/>
       <c r="H32" s="33"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="26" t="s">
         <v>65</v>
       </c>
       <c r="B33" s="62">
+        <v>8747</v>
+      </c>
+      <c r="C33" s="62">
         <v>8914</v>
       </c>
-      <c r="C33" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D33" s="62">
-        <v>6099</v>
+        <v>6480</v>
       </c>
       <c r="E33" s="65">
-        <v>0.07</v>
+        <v>-1.88</v>
       </c>
       <c r="F33" s="65">
-        <v>46.17</v>
+        <v>34.99</v>
       </c>
       <c r="G33" s="65">
-        <v>0.47</v>
+        <v>0.45</v>
       </c>
       <c r="H33" s="68">
-        <v>0.35</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="58" t="s">
         <v>66</v>
       </c>
       <c r="B34" s="35"/>
       <c r="C34" s="35"/>
       <c r="D34" s="35"/>
       <c r="E34" s="35"/>
       <c r="F34" s="35"/>
       <c r="G34" s="35"/>
       <c r="H34" s="33"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="26" t="s">
         <v>67</v>
       </c>
       <c r="B35" s="62">
+        <v>147122</v>
+      </c>
+      <c r="C35" s="62">
         <v>143566</v>
       </c>
-      <c r="C35" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="62">
-        <v>135004</v>
+        <v>136105</v>
       </c>
       <c r="E35" s="65">
-        <v>-1.01</v>
+        <v>2.48</v>
       </c>
       <c r="F35" s="65">
-        <v>6.34</v>
+        <v>8.09</v>
       </c>
       <c r="G35" s="65">
         <v>7.62</v>
       </c>
       <c r="H35" s="68">
-        <v>7.81</v>
+        <v>7.76</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="71" t="s">
         <v>68</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="37"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
@@ -3121,55 +3121,55 @@
       <c r="C2" s="44"/>
       <c r="D2" s="44"/>
       <c r="E2" s="44"/>
       <c r="F2" s="44"/>
       <c r="G2" s="44"/>
       <c r="H2" s="44"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1">
       <c r="A3" s="43" t="s">
         <v>37</v>
       </c>
       <c r="B3" s="43"/>
       <c r="C3" s="43"/>
       <c r="D3" s="43"/>
       <c r="E3" s="43"/>
       <c r="F3" s="43"/>
       <c r="G3" s="43"/>
       <c r="H3" s="43"/>
     </row>
     <row r="4" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="22"/>
       <c r="D4" s="22" t="str">
         <f>'6-1'!D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="29" t="str">
         <f>'6-1'!E4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="29"/>
       <c r="G4" s="4"/>
       <c r="H4" s="15" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1">
       <c r="A5" s="2"/>
       <c r="B5" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="41" t="s">
@@ -3228,563 +3228,563 @@
       <c r="B8" s="13" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="18"/>
       <c r="D8" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="19" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="19" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="46" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="49">
+        <v>17481</v>
+      </c>
+      <c r="C9" s="49">
         <v>17269</v>
       </c>
-      <c r="C9" s="49">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="49">
-        <v>15830</v>
+        <v>15748</v>
       </c>
       <c r="E9" s="52">
-        <v>9.08</v>
+        <v>1.23</v>
       </c>
       <c r="F9" s="52">
-        <v>9.09</v>
+        <v>11</v>
       </c>
       <c r="G9" s="52">
-        <v>0.92</v>
+        <v>0.91</v>
       </c>
       <c r="H9" s="55">
-        <v>0.92</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="58" t="s">
         <v>69</v>
       </c>
       <c r="B10" s="35"/>
       <c r="C10" s="35"/>
       <c r="D10" s="35"/>
       <c r="E10" s="35"/>
       <c r="F10" s="35"/>
       <c r="G10" s="35"/>
       <c r="H10" s="33"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="26" t="s">
         <v>70</v>
       </c>
       <c r="B11" s="62">
+        <v>33132</v>
+      </c>
+      <c r="C11" s="62">
         <v>32107</v>
       </c>
-      <c r="C11" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="62">
-        <v>26345</v>
+        <v>26023</v>
       </c>
       <c r="E11" s="65">
-        <v>-0.09</v>
+        <v>3.19</v>
       </c>
       <c r="F11" s="65">
-        <v>21.87</v>
+        <v>27.32</v>
       </c>
       <c r="G11" s="65">
-        <v>1.7</v>
+        <v>1.72</v>
       </c>
       <c r="H11" s="68">
-        <v>1.52</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="58" t="s">
         <v>71</v>
       </c>
       <c r="B12" s="35"/>
       <c r="C12" s="35"/>
       <c r="D12" s="35"/>
       <c r="E12" s="35"/>
       <c r="F12" s="35"/>
       <c r="G12" s="35"/>
       <c r="H12" s="33"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="26" t="s">
         <v>72</v>
       </c>
       <c r="B13" s="62">
+        <v>32545</v>
+      </c>
+      <c r="C13" s="62">
         <v>32550</v>
       </c>
-      <c r="C13" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="62">
-        <v>33562</v>
+        <v>33566</v>
       </c>
       <c r="E13" s="65">
-        <v>-0.36</v>
+        <v>-0.02</v>
       </c>
       <c r="F13" s="65">
-        <v>-3.01</v>
+        <v>-3.04</v>
       </c>
       <c r="G13" s="65">
-        <v>1.73</v>
+        <v>1.69</v>
       </c>
       <c r="H13" s="68">
-        <v>1.94</v>
+        <v>1.91</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="58" t="s">
         <v>73</v>
       </c>
       <c r="B14" s="35"/>
       <c r="C14" s="35"/>
       <c r="D14" s="35"/>
       <c r="E14" s="35"/>
       <c r="F14" s="35"/>
       <c r="G14" s="35"/>
       <c r="H14" s="33"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="26" t="s">
         <v>74</v>
       </c>
       <c r="B15" s="62">
+        <v>8171</v>
+      </c>
+      <c r="C15" s="62">
         <v>8761</v>
       </c>
-      <c r="C15" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="62">
-        <v>7713</v>
+        <v>7531</v>
       </c>
       <c r="E15" s="65">
-        <v>-0.15</v>
+        <v>-6.74</v>
       </c>
       <c r="F15" s="65">
-        <v>13.58</v>
+        <v>8.49</v>
       </c>
       <c r="G15" s="65">
-        <v>0.46</v>
+        <v>0.42</v>
       </c>
       <c r="H15" s="68">
-        <v>0.45</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="58" t="s">
         <v>75</v>
       </c>
       <c r="B16" s="35"/>
       <c r="C16" s="35"/>
       <c r="D16" s="35"/>
       <c r="E16" s="35"/>
       <c r="F16" s="35"/>
       <c r="G16" s="35"/>
       <c r="H16" s="33"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="26" t="s">
         <v>76</v>
       </c>
       <c r="B17" s="62">
+        <v>45352</v>
+      </c>
+      <c r="C17" s="62">
         <v>40943</v>
       </c>
-      <c r="C17" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="62">
-        <v>37131</v>
+        <v>37169</v>
       </c>
       <c r="E17" s="65">
-        <v>1.98</v>
+        <v>10.77</v>
       </c>
       <c r="F17" s="65">
-        <v>10.27</v>
+        <v>22.01</v>
       </c>
       <c r="G17" s="65">
-        <v>2.17</v>
+        <v>2.35</v>
       </c>
       <c r="H17" s="68">
-        <v>2.15</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="58" t="s">
         <v>77</v>
       </c>
       <c r="B18" s="35"/>
       <c r="C18" s="35"/>
       <c r="D18" s="35"/>
       <c r="E18" s="35"/>
       <c r="F18" s="35"/>
       <c r="G18" s="35"/>
       <c r="H18" s="33"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="26" t="s">
         <v>78</v>
       </c>
       <c r="B19" s="62">
+        <v>5221</v>
+      </c>
+      <c r="C19" s="62">
         <v>5525</v>
       </c>
-      <c r="C19" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="62">
-        <v>7367</v>
+        <v>7360</v>
       </c>
       <c r="E19" s="65">
-        <v>-2.6</v>
+        <v>-5.5</v>
       </c>
       <c r="F19" s="65">
-        <v>-25</v>
+        <v>-29.06</v>
       </c>
       <c r="G19" s="65">
-        <v>0.29</v>
+        <v>0.27</v>
       </c>
       <c r="H19" s="68">
-        <v>0.43</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="58" t="s">
         <v>79</v>
       </c>
       <c r="B20" s="35"/>
       <c r="C20" s="35"/>
       <c r="D20" s="35"/>
       <c r="E20" s="35"/>
       <c r="F20" s="35"/>
       <c r="G20" s="35"/>
       <c r="H20" s="33"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="26" t="s">
         <v>80</v>
       </c>
       <c r="B21" s="62">
+        <v>40779</v>
+      </c>
+      <c r="C21" s="62">
         <v>42070</v>
       </c>
-      <c r="C21" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="62">
-        <v>45129</v>
+        <v>40590</v>
       </c>
       <c r="E21" s="65">
-        <v>1.48</v>
+        <v>-3.07</v>
       </c>
       <c r="F21" s="65">
-        <v>-6.78</v>
+        <v>0.47</v>
       </c>
       <c r="G21" s="65">
-        <v>2.23</v>
+        <v>2.11</v>
       </c>
       <c r="H21" s="68">
-        <v>2.61</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="58" t="s">
         <v>81</v>
       </c>
       <c r="B22" s="35"/>
       <c r="C22" s="35"/>
       <c r="D22" s="35"/>
       <c r="E22" s="35"/>
       <c r="F22" s="35"/>
       <c r="G22" s="35"/>
       <c r="H22" s="33"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="26" t="s">
         <v>82</v>
       </c>
       <c r="B23" s="62">
+        <v>446</v>
+      </c>
+      <c r="C23" s="62">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
       <c r="D23" s="62">
         <v>436</v>
       </c>
       <c r="E23" s="65">
-        <v>1.98</v>
+        <v>-13.57</v>
       </c>
       <c r="F23" s="65">
-        <v>18.35</v>
+        <v>2.29</v>
       </c>
       <c r="G23" s="65">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="H23" s="68">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="58" t="s">
         <v>83</v>
       </c>
       <c r="B24" s="35"/>
       <c r="C24" s="35"/>
       <c r="D24" s="35"/>
       <c r="E24" s="35"/>
       <c r="F24" s="35"/>
       <c r="G24" s="35"/>
       <c r="H24" s="33"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="26" t="s">
         <v>84</v>
       </c>
       <c r="B25" s="62">
         <v>114</v>
       </c>
       <c r="C25" s="62">
         <v>114</v>
       </c>
       <c r="D25" s="62">
-        <v>119</v>
+        <v>95</v>
       </c>
       <c r="E25" s="73">
         <v>0</v>
       </c>
       <c r="F25" s="65">
-        <v>-4.84</v>
+        <v>19.48</v>
       </c>
       <c r="G25" s="65">
         <v>0.01</v>
       </c>
       <c r="H25" s="68">
         <v>0.01</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="58" t="s">
         <v>85</v>
       </c>
       <c r="B26" s="35"/>
       <c r="C26" s="35"/>
       <c r="D26" s="35"/>
       <c r="E26" s="35"/>
       <c r="F26" s="35"/>
       <c r="G26" s="35"/>
       <c r="H26" s="33"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="26" t="s">
         <v>86</v>
       </c>
       <c r="B27" s="62">
+        <v>31888</v>
+      </c>
+      <c r="C27" s="62">
         <v>31586</v>
       </c>
-      <c r="C27" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D27" s="62">
-        <v>25776</v>
+        <v>27979</v>
       </c>
       <c r="E27" s="65">
-        <v>5.69</v>
+        <v>0.96</v>
       </c>
       <c r="F27" s="65">
-        <v>22.54</v>
+        <v>13.97</v>
       </c>
       <c r="G27" s="65">
-        <v>1.68</v>
+        <v>1.65</v>
       </c>
       <c r="H27" s="68">
-        <v>1.49</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="58" t="s">
         <v>87</v>
       </c>
       <c r="B28" s="35"/>
       <c r="C28" s="35"/>
       <c r="D28" s="35"/>
       <c r="E28" s="35"/>
       <c r="F28" s="35"/>
       <c r="G28" s="35"/>
       <c r="H28" s="33"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="26" t="s">
         <v>88</v>
       </c>
       <c r="B29" s="62">
+        <v>3934</v>
+      </c>
+      <c r="C29" s="62">
         <v>4331</v>
       </c>
-      <c r="C29" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="62">
-        <v>3129</v>
+        <v>3235</v>
       </c>
       <c r="E29" s="65">
-        <v>-2.99</v>
+        <v>-9.16</v>
       </c>
       <c r="F29" s="65">
-        <v>38.39</v>
+        <v>21.61</v>
       </c>
       <c r="G29" s="65">
-        <v>0.23</v>
+        <v>0.2</v>
       </c>
       <c r="H29" s="68">
         <v>0.18</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="58" t="s">
         <v>89</v>
       </c>
       <c r="B30" s="35"/>
       <c r="C30" s="35"/>
       <c r="D30" s="35"/>
       <c r="E30" s="35"/>
       <c r="F30" s="35"/>
       <c r="G30" s="35"/>
       <c r="H30" s="33"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="26" t="s">
         <v>90</v>
       </c>
       <c r="B31" s="62">
+        <v>8065</v>
+      </c>
+      <c r="C31" s="62">
         <v>7843</v>
       </c>
-      <c r="C31" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D31" s="62">
-        <v>6339</v>
+        <v>6263</v>
       </c>
       <c r="E31" s="65">
-        <v>1.03</v>
+        <v>2.83</v>
       </c>
       <c r="F31" s="65">
-        <v>23.72</v>
+        <v>28.78</v>
       </c>
       <c r="G31" s="65">
         <v>0.42</v>
       </c>
       <c r="H31" s="68">
-        <v>0.37</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="58" t="s">
         <v>91</v>
       </c>
       <c r="B32" s="35"/>
       <c r="C32" s="35"/>
       <c r="D32" s="35"/>
       <c r="E32" s="35"/>
       <c r="F32" s="35"/>
       <c r="G32" s="35"/>
       <c r="H32" s="33"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="26" t="s">
         <v>92</v>
       </c>
       <c r="B33" s="62">
+        <v>2080</v>
+      </c>
+      <c r="C33" s="62">
         <v>2093</v>
       </c>
-      <c r="C33" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D33" s="62">
-        <v>1819</v>
+        <v>1840</v>
       </c>
       <c r="E33" s="65">
-        <v>-0.83</v>
+        <v>-0.63</v>
       </c>
       <c r="F33" s="65">
-        <v>15.06</v>
+        <v>13.03</v>
       </c>
       <c r="G33" s="65">
         <v>0.11</v>
       </c>
       <c r="H33" s="68">
-        <v>0.11</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="58" t="s">
         <v>93</v>
       </c>
       <c r="B34" s="35"/>
       <c r="C34" s="35"/>
       <c r="D34" s="35"/>
       <c r="E34" s="35"/>
       <c r="F34" s="35"/>
       <c r="G34" s="35"/>
       <c r="H34" s="33"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="26" t="s">
         <v>94</v>
       </c>
       <c r="B35" s="62">
+        <v>26763</v>
+      </c>
+      <c r="C35" s="62">
         <v>28001</v>
       </c>
-      <c r="C35" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="62">
-        <v>25966</v>
+        <v>29852</v>
       </c>
       <c r="E35" s="65">
-        <v>-2.67</v>
+        <v>-4.42</v>
       </c>
       <c r="F35" s="65">
-        <v>7.84</v>
+        <v>-10.35</v>
       </c>
       <c r="G35" s="65">
-        <v>1.49</v>
+        <v>1.39</v>
       </c>
       <c r="H35" s="68">
-        <v>1.5</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="71" t="s">
         <v>95</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="37"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
@@ -3950,55 +3950,55 @@
       <c r="C2" s="44"/>
       <c r="D2" s="44"/>
       <c r="E2" s="44"/>
       <c r="F2" s="44"/>
       <c r="G2" s="44"/>
       <c r="H2" s="44"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1">
       <c r="A3" s="43" t="s">
         <v>37</v>
       </c>
       <c r="B3" s="43"/>
       <c r="C3" s="43"/>
       <c r="D3" s="43"/>
       <c r="E3" s="43"/>
       <c r="F3" s="43"/>
       <c r="G3" s="43"/>
       <c r="H3" s="43"/>
     </row>
     <row r="4" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="22"/>
       <c r="D4" s="22" t="str">
         <f>'6-1'!D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="29" t="str">
         <f>'6-1'!E4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="29"/>
       <c r="G4" s="4"/>
       <c r="H4" s="15" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1">
       <c r="A5" s="2"/>
       <c r="B5" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="41" t="s">
@@ -4057,402 +4057,402 @@
       <c r="B8" s="13" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="18"/>
       <c r="D8" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="19" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="19" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="46" t="s">
         <v>35</v>
       </c>
       <c r="B9" s="49">
+        <v>21998</v>
+      </c>
+      <c r="C9" s="49">
         <v>22075</v>
       </c>
-      <c r="C9" s="49">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="49">
-        <v>7999</v>
+        <v>9799</v>
       </c>
       <c r="E9" s="52">
-        <v>11.6</v>
+        <v>-0.35</v>
       </c>
       <c r="F9" s="75">
-        <v>175.96</v>
+        <v>124.48</v>
       </c>
       <c r="G9" s="52">
-        <v>1.17</v>
+        <v>1.14</v>
       </c>
       <c r="H9" s="55">
-        <v>0.46</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="58" t="s">
         <v>96</v>
       </c>
       <c r="B10" s="35"/>
       <c r="C10" s="35"/>
       <c r="D10" s="35"/>
       <c r="E10" s="35"/>
       <c r="F10" s="35"/>
       <c r="G10" s="35"/>
       <c r="H10" s="33"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="26" t="s">
         <v>97</v>
       </c>
       <c r="B11" s="62">
+        <v>25649</v>
+      </c>
+      <c r="C11" s="62">
         <v>24096</v>
       </c>
-      <c r="C11" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="62">
-        <v>15284</v>
+        <v>15321</v>
       </c>
       <c r="E11" s="65">
-        <v>15.24</v>
+        <v>6.44</v>
       </c>
       <c r="F11" s="77">
-        <v>57.65</v>
+        <v>67.41</v>
       </c>
       <c r="G11" s="65">
-        <v>1.28</v>
+        <v>1.33</v>
       </c>
       <c r="H11" s="68">
-        <v>0.88</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="58" t="s">
         <v>98</v>
       </c>
       <c r="B12" s="35"/>
       <c r="C12" s="35"/>
       <c r="D12" s="35"/>
       <c r="E12" s="35"/>
       <c r="F12" s="35"/>
       <c r="G12" s="35"/>
       <c r="H12" s="33"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="26" t="s">
         <v>99</v>
       </c>
       <c r="B13" s="62">
+        <v>45868</v>
+      </c>
+      <c r="C13" s="62">
         <v>44470</v>
       </c>
-      <c r="C13" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="62">
-        <v>31048</v>
+        <v>31022</v>
       </c>
       <c r="E13" s="65">
-        <v>1.53</v>
+        <v>3.14</v>
       </c>
       <c r="F13" s="77">
-        <v>43.23</v>
+        <v>47.86</v>
       </c>
       <c r="G13" s="65">
-        <v>2.36</v>
+        <v>2.38</v>
       </c>
       <c r="H13" s="68">
-        <v>1.8</v>
+        <v>1.77</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="58" t="s">
         <v>100</v>
       </c>
       <c r="B14" s="35"/>
       <c r="C14" s="35"/>
       <c r="D14" s="35"/>
       <c r="E14" s="35"/>
       <c r="F14" s="35"/>
       <c r="G14" s="35"/>
       <c r="H14" s="33"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="26" t="s">
         <v>101</v>
       </c>
       <c r="B15" s="62">
+        <v>23556</v>
+      </c>
+      <c r="C15" s="62">
         <v>21855</v>
       </c>
-      <c r="C15" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="62">
-        <v>18823</v>
+        <v>18399</v>
       </c>
       <c r="E15" s="65">
-        <v>2.7</v>
+        <v>7.78</v>
       </c>
       <c r="F15" s="77">
-        <v>16.11</v>
+        <v>28.02</v>
       </c>
       <c r="G15" s="65">
-        <v>1.16</v>
+        <v>1.22</v>
       </c>
       <c r="H15" s="68">
-        <v>1.09</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="58" t="s">
         <v>102</v>
       </c>
       <c r="B16" s="35"/>
       <c r="C16" s="35"/>
       <c r="D16" s="35"/>
       <c r="E16" s="35"/>
       <c r="F16" s="35"/>
       <c r="G16" s="35"/>
       <c r="H16" s="33"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="26" t="s">
         <v>103</v>
       </c>
       <c r="B17" s="62">
+        <v>16132</v>
+      </c>
+      <c r="C17" s="62">
         <v>14907</v>
       </c>
-      <c r="C17" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="62">
-        <v>16583</v>
+        <v>17663</v>
       </c>
       <c r="E17" s="65">
-        <v>-0.56</v>
+        <v>8.22</v>
       </c>
       <c r="F17" s="77">
-        <v>-10.11</v>
+        <v>-8.67</v>
       </c>
       <c r="G17" s="65">
-        <v>0.79</v>
+        <v>0.84</v>
       </c>
       <c r="H17" s="68">
-        <v>0.96</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="58" t="s">
         <v>104</v>
       </c>
       <c r="B18" s="35"/>
       <c r="C18" s="35"/>
       <c r="D18" s="35"/>
       <c r="E18" s="35"/>
       <c r="F18" s="35"/>
       <c r="G18" s="35"/>
       <c r="H18" s="33"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="26" t="s">
         <v>105</v>
       </c>
       <c r="B19" s="62">
+        <v>46217</v>
+      </c>
+      <c r="C19" s="62">
         <v>47974</v>
       </c>
-      <c r="C19" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="62">
-        <v>40393</v>
+        <v>41626</v>
       </c>
       <c r="E19" s="65">
-        <v>2.58</v>
+        <v>-3.66</v>
       </c>
       <c r="F19" s="77">
-        <v>18.77</v>
+        <v>11.03</v>
       </c>
       <c r="G19" s="65">
-        <v>2.55</v>
+        <v>2.39</v>
       </c>
       <c r="H19" s="68">
-        <v>2.34</v>
+        <v>2.37</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="58" t="s">
         <v>106</v>
       </c>
       <c r="B20" s="35"/>
       <c r="C20" s="35"/>
       <c r="D20" s="35"/>
       <c r="E20" s="35"/>
       <c r="F20" s="35"/>
       <c r="G20" s="35"/>
       <c r="H20" s="33"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="26" t="s">
         <v>107</v>
       </c>
       <c r="B21" s="62">
+        <v>32333</v>
+      </c>
+      <c r="C21" s="62">
         <v>27108</v>
       </c>
-      <c r="C21" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="62">
-        <v>28831</v>
+        <v>29869</v>
       </c>
       <c r="E21" s="65">
-        <v>1.55</v>
+        <v>19.28</v>
       </c>
       <c r="F21" s="77">
-        <v>-5.98</v>
+        <v>8.25</v>
       </c>
       <c r="G21" s="65">
-        <v>1.44</v>
+        <v>1.67</v>
       </c>
       <c r="H21" s="68">
-        <v>1.67</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="58" t="s">
         <v>108</v>
       </c>
       <c r="B22" s="35"/>
       <c r="C22" s="35"/>
       <c r="D22" s="35"/>
       <c r="E22" s="35"/>
       <c r="F22" s="35"/>
       <c r="G22" s="35"/>
       <c r="H22" s="33"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="26" t="s">
         <v>109</v>
       </c>
       <c r="B23" s="62">
+        <v>11775</v>
+      </c>
+      <c r="C23" s="62">
         <v>10026</v>
       </c>
-      <c r="C23" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D23" s="62">
-        <v>6912</v>
+        <v>8118</v>
       </c>
       <c r="E23" s="65">
-        <v>13.02</v>
+        <v>17.45</v>
       </c>
       <c r="F23" s="77">
         <v>45.05</v>
       </c>
       <c r="G23" s="65">
-        <v>0.53</v>
+        <v>0.61</v>
       </c>
       <c r="H23" s="68">
-        <v>0.4</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="58" t="s">
         <v>110</v>
       </c>
       <c r="B24" s="35"/>
       <c r="C24" s="35"/>
       <c r="D24" s="35"/>
       <c r="E24" s="35"/>
       <c r="F24" s="35"/>
       <c r="G24" s="35"/>
       <c r="H24" s="33"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="26" t="s">
         <v>111</v>
       </c>
       <c r="B25" s="62">
+        <v>81127</v>
+      </c>
+      <c r="C25" s="62">
         <v>69260</v>
       </c>
-      <c r="C25" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D25" s="62">
-        <v>73190</v>
+        <v>68095</v>
       </c>
       <c r="E25" s="65">
-        <v>2.67</v>
+        <v>17.13</v>
       </c>
       <c r="F25" s="77">
-        <v>-5.37</v>
+        <v>19.14</v>
       </c>
       <c r="G25" s="65">
-        <v>3.68</v>
+        <v>4.2</v>
       </c>
       <c r="H25" s="68">
-        <v>4.24</v>
+        <v>3.88</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="58" t="s">
         <v>112</v>
       </c>
       <c r="B26" s="35"/>
       <c r="C26" s="35"/>
       <c r="D26" s="35"/>
       <c r="E26" s="35"/>
       <c r="F26" s="35"/>
       <c r="G26" s="35"/>
       <c r="H26" s="33"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="26" t="s">
         <v>113</v>
       </c>
       <c r="B27" s="62">
+        <v>280</v>
+      </c>
+      <c r="C27" s="62">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="D27" s="79">
         <v>0</v>
       </c>
       <c r="E27" s="65">
-        <v>-10.46</v>
+        <v>18.08</v>
       </c>
       <c r="F27" s="81">
         <v>0</v>
       </c>
       <c r="G27" s="65">
         <v>0.01</v>
       </c>
       <c r="H27" s="83">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="58" t="s">
         <v>114</v>
       </c>
       <c r="B28" s="35"/>
       <c r="C28" s="35"/>
       <c r="D28" s="35"/>
       <c r="E28" s="35"/>
       <c r="F28" s="35"/>
       <c r="G28" s="35"/>
       <c r="H28" s="33"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="26" t="s">
@@ -4513,107 +4513,107 @@
       </c>
       <c r="G31" s="73">
         <v>0</v>
       </c>
       <c r="H31" s="83">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="58" t="s">
         <v>118</v>
       </c>
       <c r="B32" s="35"/>
       <c r="C32" s="35"/>
       <c r="D32" s="35"/>
       <c r="E32" s="35"/>
       <c r="F32" s="35"/>
       <c r="G32" s="35"/>
       <c r="H32" s="33"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="60" t="s">
         <v>119</v>
       </c>
       <c r="B33" s="63">
+        <v>550555</v>
+      </c>
+      <c r="C33" s="63">
         <v>542880</v>
       </c>
-      <c r="C33" s="63">
-[...1 lines deleted...]
-      </c>
       <c r="D33" s="63">
-        <v>451102</v>
+        <v>460143</v>
       </c>
       <c r="E33" s="66">
-        <v>-1.03</v>
+        <v>1.41</v>
       </c>
       <c r="F33" s="84">
-        <v>20.35</v>
+        <v>19.65</v>
       </c>
       <c r="G33" s="66">
-        <v>28.81</v>
+        <v>28.51</v>
       </c>
       <c r="H33" s="69">
-        <v>26.11</v>
+        <v>26.24</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="59" t="s">
         <v>120</v>
       </c>
       <c r="B34" s="35"/>
       <c r="C34" s="35"/>
       <c r="D34" s="35"/>
       <c r="E34" s="35"/>
       <c r="F34" s="35"/>
       <c r="G34" s="35"/>
       <c r="H34" s="33"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="60" t="s">
         <v>121</v>
       </c>
       <c r="B35" s="63">
+        <v>4648</v>
+      </c>
+      <c r="C35" s="63">
         <v>4565</v>
       </c>
-      <c r="C35" s="63">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="63">
-        <v>2732</v>
+        <v>2700</v>
       </c>
       <c r="E35" s="66">
-        <v>30.7</v>
+        <v>1.82</v>
       </c>
       <c r="F35" s="84">
-        <v>67.09</v>
+        <v>72.18</v>
       </c>
       <c r="G35" s="66">
         <v>0.24</v>
       </c>
       <c r="H35" s="69">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="85" t="s">
         <v>122</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="37"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="30" t="s">
         <v>40</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>