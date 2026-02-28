--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -147,54 +147,54 @@
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>#</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>係金融控股公司之子公司。</t>
     </r>
   </si>
   <si>
     <t>本　　月</t>
   </si>
   <si>
     <t xml:space="preserve">Month </t>
   </si>
   <si>
-    <t>民國114年10月底</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> End of Oct. 2025</t>
+    <t>民國114年12月底</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> End of Dec. 2025</t>
   </si>
   <si>
     <t>6-1 Guarantee at General Banks</t>
   </si>
   <si>
     <r>
       <t>6-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行保證款項餘額</t>
     </r>
   </si>
   <si>
     <r>
       <t>6-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
@@ -610,53 +610,53 @@
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="23">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="#,##0_-"/>
     <numFmt numFmtId="176" formatCode="#,##0.00_-"/>
     <numFmt numFmtId="177" formatCode="###,###,###,##0"/>
     <numFmt numFmtId="178" formatCode="##0.00"/>
     <numFmt numFmtId="179" formatCode="##0.00;\-##0.00;&quot;－&quot;"/>
     <numFmt numFmtId="180" formatCode="###,##0.00"/>
     <numFmt numFmtId="181" formatCode="###,###,###,##0;\-###,###,###,##0;&quot;－&quot;"/>
     <numFmt numFmtId="182" formatCode="###,##0.00;\-###,##0.00;&quot;－&quot;"/>
     <numFmt numFmtId="183" formatCode="#,##0.00;\-#,##0.00;&quot;－&quot;"/>
-    <numFmt numFmtId="184" formatCode="##0.00;-##0.00;&quot;－&quot;"/>
-[...1 lines deleted...]
-    <numFmt numFmtId="186" formatCode="###,##0.00;-###,##0.00;&quot;－&quot;"/>
+    <numFmt numFmtId="184" formatCode="###,###,###,##0;-###,###,###,##0;&quot;－&quot;"/>
+    <numFmt numFmtId="185" formatCode="###,##0.00;-###,##0.00;&quot;－&quot;"/>
+    <numFmt numFmtId="186" formatCode="##0.00;-##0.00;&quot;－&quot;"/>
   </numFmts>
   <fonts count="46">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
@@ -2049,84 +2049,84 @@
     </xf>
     <xf xxid="214" numFmtId="178" fontId="7" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="215" numFmtId="178" fontId="40" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="216" numFmtId="178" fontId="41" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="217" numFmtId="178" fontId="7" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="218" numFmtId="178" fontId="40" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="219" numFmtId="178" fontId="41" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="220" numFmtId="0" fontId="42" fillId="2" borderId="15" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="221" numFmtId="0" fontId="43" fillId="2" borderId="15" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="222" numFmtId="184" fontId="7" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="222" numFmtId="180" fontId="7" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="223" numFmtId="184" fontId="40" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="223" numFmtId="180" fontId="40" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="224" numFmtId="180" fontId="7" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="224" numFmtId="180" fontId="7" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="225" numFmtId="180" fontId="40" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="225" numFmtId="180" fontId="40" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="226" numFmtId="180" fontId="7" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="226" numFmtId="184" fontId="7" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="227" numFmtId="180" fontId="40" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="227" numFmtId="184" fontId="40" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="228" numFmtId="185" fontId="7" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="229" numFmtId="185" fontId="40" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="230" numFmtId="186" fontId="7" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="230" numFmtId="186" fontId="7" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="231" numFmtId="186" fontId="40" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="231" numFmtId="186" fontId="40" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="232" numFmtId="184" fontId="7" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="232" numFmtId="186" fontId="7" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="233" numFmtId="184" fontId="40" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="233" numFmtId="186" fontId="40" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="234" numFmtId="180" fontId="41" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="235" numFmtId="0" fontId="44" fillId="2" borderId="15" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="136">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色1 2" xfId="16"/>
     <cellStyle name="20% - 輔色1 3" xfId="17"/>
     <cellStyle name="20% - 輔色2" xfId="18"/>
     <cellStyle name="20% - 輔色2 2" xfId="19"/>
     <cellStyle name="20% - 輔色2 3" xfId="20"/>
     <cellStyle name="20% - 輔色3" xfId="21"/>
     <cellStyle name="20% - 輔色3 2" xfId="22"/>
     <cellStyle name="20% - 輔色3 3" xfId="23"/>
     <cellStyle name="20% - 輔色4" xfId="24"/>
     <cellStyle name="20% - 輔色4 2" xfId="25"/>
     <cellStyle name="20% - 輔色4 3" xfId="26"/>
     <cellStyle name="20% - 輔色5" xfId="27"/>
     <cellStyle name="20% - 輔色5 2" xfId="28"/>
     <cellStyle name="20% - 輔色5 3" xfId="29"/>
@@ -2399,563 +2399,563 @@
       <c r="B8" s="13" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="18"/>
       <c r="D8" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="19" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="19" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="47" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="50">
-        <v>1930896</v>
+        <v>1943569</v>
       </c>
       <c r="C9" s="50">
-        <v>1884563</v>
+        <v>1980882</v>
       </c>
       <c r="D9" s="50">
-        <v>1753651</v>
+        <v>1754663</v>
       </c>
       <c r="E9" s="53">
-        <v>2.46</v>
+        <v>-1.88</v>
       </c>
       <c r="F9" s="53">
-        <v>10.11</v>
+        <v>10.77</v>
       </c>
       <c r="G9" s="53">
         <v>100</v>
       </c>
       <c r="H9" s="56">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="59" t="s">
         <v>42</v>
       </c>
       <c r="B10" s="35"/>
       <c r="C10" s="35"/>
       <c r="D10" s="35"/>
       <c r="E10" s="35"/>
       <c r="F10" s="35"/>
       <c r="G10" s="35"/>
       <c r="H10" s="33"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="60" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="63">
-        <v>1375693</v>
+        <v>1340476</v>
       </c>
       <c r="C11" s="63">
-        <v>1337118</v>
+        <v>1387363</v>
       </c>
       <c r="D11" s="63">
-        <v>1290808</v>
+        <v>1286340</v>
       </c>
       <c r="E11" s="66">
-        <v>2.88</v>
+        <v>-3.38</v>
       </c>
       <c r="F11" s="66">
-        <v>6.58</v>
+        <v>4.21</v>
       </c>
       <c r="G11" s="66">
-        <v>71.25</v>
+        <v>68.97</v>
       </c>
       <c r="H11" s="69">
-        <v>73.61</v>
+        <v>73.31</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="59" t="s">
         <v>44</v>
       </c>
       <c r="B12" s="35"/>
       <c r="C12" s="35"/>
       <c r="D12" s="35"/>
       <c r="E12" s="35"/>
       <c r="F12" s="35"/>
       <c r="G12" s="35"/>
       <c r="H12" s="33"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="26" t="s">
         <v>45</v>
       </c>
       <c r="B13" s="62">
-        <v>86622</v>
+        <v>75386</v>
       </c>
       <c r="C13" s="62">
-        <v>86799</v>
+        <v>83997</v>
       </c>
       <c r="D13" s="62">
-        <v>93693</v>
+        <v>87297</v>
       </c>
       <c r="E13" s="65">
-        <v>-0.2</v>
+        <v>-10.25</v>
       </c>
       <c r="F13" s="65">
-        <v>-7.55</v>
+        <v>-13.64</v>
       </c>
       <c r="G13" s="65">
-        <v>4.49</v>
+        <v>3.88</v>
       </c>
       <c r="H13" s="68">
-        <v>5.34</v>
+        <v>4.98</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="58" t="s">
         <v>46</v>
       </c>
       <c r="B14" s="35"/>
       <c r="C14" s="35"/>
       <c r="D14" s="35"/>
       <c r="E14" s="35"/>
       <c r="F14" s="35"/>
       <c r="G14" s="35"/>
       <c r="H14" s="33"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="26" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="62">
-        <v>65328</v>
+        <v>62713</v>
       </c>
       <c r="C15" s="62">
-        <v>60589</v>
+        <v>64738</v>
       </c>
       <c r="D15" s="62">
-        <v>66534</v>
+        <v>66800</v>
       </c>
       <c r="E15" s="65">
-        <v>7.82</v>
+        <v>-3.13</v>
       </c>
       <c r="F15" s="65">
-        <v>-1.81</v>
+        <v>-6.12</v>
       </c>
       <c r="G15" s="65">
-        <v>3.38</v>
+        <v>3.23</v>
       </c>
       <c r="H15" s="68">
-        <v>3.79</v>
+        <v>3.81</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="58" t="s">
         <v>48</v>
       </c>
       <c r="B16" s="35"/>
       <c r="C16" s="35"/>
       <c r="D16" s="35"/>
       <c r="E16" s="35"/>
       <c r="F16" s="35"/>
       <c r="G16" s="35"/>
       <c r="H16" s="33"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="26" t="s">
         <v>49</v>
       </c>
       <c r="B17" s="62">
-        <v>89852</v>
+        <v>80317</v>
       </c>
       <c r="C17" s="62">
-        <v>84994</v>
+        <v>88819</v>
       </c>
       <c r="D17" s="62">
-        <v>88860</v>
+        <v>87331</v>
       </c>
       <c r="E17" s="65">
-        <v>5.72</v>
+        <v>-9.57</v>
       </c>
       <c r="F17" s="65">
-        <v>1.12</v>
+        <v>-8.03</v>
       </c>
       <c r="G17" s="65">
-        <v>4.65</v>
+        <v>4.13</v>
       </c>
       <c r="H17" s="68">
-        <v>5.07</v>
+        <v>4.98</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B18" s="35"/>
       <c r="C18" s="35"/>
       <c r="D18" s="35"/>
       <c r="E18" s="35"/>
       <c r="F18" s="35"/>
       <c r="G18" s="35"/>
       <c r="H18" s="33"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="26" t="s">
         <v>51</v>
       </c>
       <c r="B19" s="62">
-        <v>110081</v>
+        <v>106261</v>
       </c>
       <c r="C19" s="62">
-        <v>107695</v>
+        <v>110857</v>
       </c>
       <c r="D19" s="62">
-        <v>109307</v>
+        <v>106796</v>
       </c>
       <c r="E19" s="65">
-        <v>2.22</v>
+        <v>-4.15</v>
       </c>
       <c r="F19" s="65">
-        <v>0.71</v>
+        <v>-0.5</v>
       </c>
       <c r="G19" s="65">
-        <v>5.7</v>
+        <v>5.47</v>
       </c>
       <c r="H19" s="68">
-        <v>6.23</v>
+        <v>6.09</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="58" t="s">
         <v>52</v>
       </c>
       <c r="B20" s="35"/>
       <c r="C20" s="35"/>
       <c r="D20" s="35"/>
       <c r="E20" s="35"/>
       <c r="F20" s="35"/>
       <c r="G20" s="35"/>
       <c r="H20" s="33"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="26" t="s">
         <v>53</v>
       </c>
       <c r="B21" s="62">
-        <v>106566</v>
+        <v>100582</v>
       </c>
       <c r="C21" s="62">
-        <v>104741</v>
+        <v>104205</v>
       </c>
       <c r="D21" s="62">
-        <v>110536</v>
+        <v>108441</v>
       </c>
       <c r="E21" s="65">
-        <v>1.74</v>
+        <v>-3.48</v>
       </c>
       <c r="F21" s="65">
-        <v>-3.59</v>
+        <v>-7.25</v>
       </c>
       <c r="G21" s="65">
-        <v>5.52</v>
+        <v>5.18</v>
       </c>
       <c r="H21" s="68">
-        <v>6.3</v>
+        <v>6.18</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="58" t="s">
         <v>54</v>
       </c>
       <c r="B22" s="35"/>
       <c r="C22" s="35"/>
       <c r="D22" s="35"/>
       <c r="E22" s="35"/>
       <c r="F22" s="35"/>
       <c r="G22" s="35"/>
       <c r="H22" s="33"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="26" t="s">
         <v>55</v>
       </c>
       <c r="B23" s="62">
-        <v>46732</v>
+        <v>49767</v>
       </c>
       <c r="C23" s="62">
-        <v>46816</v>
+        <v>48141</v>
       </c>
       <c r="D23" s="62">
-        <v>52604</v>
+        <v>52708</v>
       </c>
       <c r="E23" s="65">
-        <v>-0.18</v>
+        <v>3.38</v>
       </c>
       <c r="F23" s="65">
-        <v>-11.16</v>
+        <v>-5.58</v>
       </c>
       <c r="G23" s="65">
-        <v>2.42</v>
+        <v>2.56</v>
       </c>
       <c r="H23" s="68">
         <v>3</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="58" t="s">
         <v>56</v>
       </c>
       <c r="B24" s="35"/>
       <c r="C24" s="35"/>
       <c r="D24" s="35"/>
       <c r="E24" s="35"/>
       <c r="F24" s="35"/>
       <c r="G24" s="35"/>
       <c r="H24" s="33"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="26" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="62">
-        <v>69188</v>
+        <v>65403</v>
       </c>
       <c r="C25" s="62">
-        <v>70808</v>
+        <v>68092</v>
       </c>
       <c r="D25" s="62">
-        <v>67511</v>
+        <v>68459</v>
       </c>
       <c r="E25" s="65">
-        <v>-2.29</v>
+        <v>-3.95</v>
       </c>
       <c r="F25" s="65">
-        <v>2.48</v>
+        <v>-4.46</v>
       </c>
       <c r="G25" s="65">
-        <v>3.58</v>
+        <v>3.37</v>
       </c>
       <c r="H25" s="68">
-        <v>3.85</v>
+        <v>3.9</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="58" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="35"/>
       <c r="C26" s="35"/>
       <c r="D26" s="35"/>
       <c r="E26" s="35"/>
       <c r="F26" s="35"/>
       <c r="G26" s="35"/>
       <c r="H26" s="33"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="26" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="62">
-        <v>31751</v>
+        <v>28368</v>
       </c>
       <c r="C27" s="62">
-        <v>31897</v>
+        <v>33288</v>
       </c>
       <c r="D27" s="62">
-        <v>28893</v>
+        <v>26954</v>
       </c>
       <c r="E27" s="65">
-        <v>-0.46</v>
+        <v>-14.78</v>
       </c>
       <c r="F27" s="65">
-        <v>9.89</v>
+        <v>5.24</v>
       </c>
       <c r="G27" s="65">
-        <v>1.64</v>
+        <v>1.46</v>
       </c>
       <c r="H27" s="68">
-        <v>1.65</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="58" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="35"/>
       <c r="C28" s="35"/>
       <c r="D28" s="35"/>
       <c r="E28" s="35"/>
       <c r="F28" s="35"/>
       <c r="G28" s="35"/>
       <c r="H28" s="33"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="26" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="62">
-        <v>18280</v>
+        <v>20246</v>
       </c>
       <c r="C29" s="62">
-        <v>18486</v>
+        <v>18393</v>
       </c>
       <c r="D29" s="62">
-        <v>18478</v>
+        <v>18956</v>
       </c>
       <c r="E29" s="65">
-        <v>-1.12</v>
+        <v>10.08</v>
       </c>
       <c r="F29" s="65">
-        <v>-1.07</v>
+        <v>6.81</v>
       </c>
       <c r="G29" s="65">
-        <v>0.95</v>
+        <v>1.04</v>
       </c>
       <c r="H29" s="68">
-        <v>1.05</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="58" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="35"/>
       <c r="C30" s="35"/>
       <c r="D30" s="35"/>
       <c r="E30" s="35"/>
       <c r="F30" s="35"/>
       <c r="G30" s="35"/>
       <c r="H30" s="33"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="26" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="62">
-        <v>34519</v>
+        <v>36042</v>
       </c>
       <c r="C31" s="62">
-        <v>36098</v>
+        <v>34946</v>
       </c>
       <c r="D31" s="62">
-        <v>34208</v>
+        <v>35931</v>
       </c>
       <c r="E31" s="65">
-        <v>-4.37</v>
+        <v>3.13</v>
       </c>
       <c r="F31" s="65">
-        <v>0.91</v>
+        <v>0.31</v>
       </c>
       <c r="G31" s="65">
-        <v>1.79</v>
+        <v>1.85</v>
       </c>
       <c r="H31" s="68">
-        <v>1.95</v>
+        <v>2.05</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="58" t="s">
         <v>64</v>
       </c>
       <c r="B32" s="35"/>
       <c r="C32" s="35"/>
       <c r="D32" s="35"/>
       <c r="E32" s="35"/>
       <c r="F32" s="35"/>
       <c r="G32" s="35"/>
       <c r="H32" s="33"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="26" t="s">
         <v>65</v>
       </c>
       <c r="B33" s="62">
-        <v>8747</v>
+        <v>9110</v>
       </c>
       <c r="C33" s="62">
-        <v>8914</v>
+        <v>8986</v>
       </c>
       <c r="D33" s="62">
-        <v>6480</v>
+        <v>6700</v>
       </c>
       <c r="E33" s="65">
-        <v>-1.88</v>
+        <v>1.38</v>
       </c>
       <c r="F33" s="65">
-        <v>34.99</v>
+        <v>35.97</v>
       </c>
       <c r="G33" s="65">
-        <v>0.45</v>
+        <v>0.47</v>
       </c>
       <c r="H33" s="68">
-        <v>0.37</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="58" t="s">
         <v>66</v>
       </c>
       <c r="B34" s="35"/>
       <c r="C34" s="35"/>
       <c r="D34" s="35"/>
       <c r="E34" s="35"/>
       <c r="F34" s="35"/>
       <c r="G34" s="35"/>
       <c r="H34" s="33"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="26" t="s">
         <v>67</v>
       </c>
       <c r="B35" s="62">
-        <v>147122</v>
+        <v>145300</v>
       </c>
       <c r="C35" s="62">
-        <v>143566</v>
+        <v>149285</v>
       </c>
       <c r="D35" s="62">
-        <v>136105</v>
+        <v>142723</v>
       </c>
       <c r="E35" s="65">
-        <v>2.48</v>
+        <v>-2.67</v>
       </c>
       <c r="F35" s="65">
-        <v>8.09</v>
+        <v>1.81</v>
       </c>
       <c r="G35" s="65">
-        <v>7.62</v>
+        <v>7.48</v>
       </c>
       <c r="H35" s="68">
-        <v>7.76</v>
+        <v>8.13</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="71" t="s">
         <v>68</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="37"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
@@ -3121,55 +3121,55 @@
       <c r="C2" s="44"/>
       <c r="D2" s="44"/>
       <c r="E2" s="44"/>
       <c r="F2" s="44"/>
       <c r="G2" s="44"/>
       <c r="H2" s="44"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1">
       <c r="A3" s="43" t="s">
         <v>37</v>
       </c>
       <c r="B3" s="43"/>
       <c r="C3" s="43"/>
       <c r="D3" s="43"/>
       <c r="E3" s="43"/>
       <c r="F3" s="43"/>
       <c r="G3" s="43"/>
       <c r="H3" s="43"/>
     </row>
     <row r="4" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="22"/>
       <c r="D4" s="22" t="str">
         <f>'6-1'!D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="29" t="str">
         <f>'6-1'!E4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="29"/>
       <c r="G4" s="4"/>
       <c r="H4" s="15" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1">
       <c r="A5" s="2"/>
       <c r="B5" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="41" t="s">
@@ -3228,563 +3228,563 @@
       <c r="B8" s="13" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="18"/>
       <c r="D8" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="19" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="19" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="46" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="49">
-        <v>17481</v>
+        <v>17056</v>
       </c>
       <c r="C9" s="49">
-        <v>17269</v>
+        <v>17433</v>
       </c>
       <c r="D9" s="49">
-        <v>15748</v>
+        <v>15393</v>
       </c>
       <c r="E9" s="52">
-        <v>1.23</v>
+        <v>-2.17</v>
       </c>
       <c r="F9" s="52">
-        <v>11</v>
+        <v>10.8</v>
       </c>
       <c r="G9" s="52">
-        <v>0.91</v>
+        <v>0.88</v>
       </c>
       <c r="H9" s="55">
-        <v>0.9</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="58" t="s">
         <v>69</v>
       </c>
       <c r="B10" s="35"/>
       <c r="C10" s="35"/>
       <c r="D10" s="35"/>
       <c r="E10" s="35"/>
       <c r="F10" s="35"/>
       <c r="G10" s="35"/>
       <c r="H10" s="33"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="26" t="s">
         <v>70</v>
       </c>
       <c r="B11" s="62">
-        <v>33132</v>
+        <v>32078</v>
       </c>
       <c r="C11" s="62">
-        <v>32107</v>
+        <v>32966</v>
       </c>
       <c r="D11" s="62">
-        <v>26023</v>
+        <v>30294</v>
       </c>
       <c r="E11" s="65">
-        <v>3.19</v>
+        <v>-2.69</v>
       </c>
       <c r="F11" s="65">
-        <v>27.32</v>
+        <v>5.89</v>
       </c>
       <c r="G11" s="65">
-        <v>1.72</v>
+        <v>1.65</v>
       </c>
       <c r="H11" s="68">
-        <v>1.48</v>
+        <v>1.73</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="58" t="s">
         <v>71</v>
       </c>
       <c r="B12" s="35"/>
       <c r="C12" s="35"/>
       <c r="D12" s="35"/>
       <c r="E12" s="35"/>
       <c r="F12" s="35"/>
       <c r="G12" s="35"/>
       <c r="H12" s="33"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="26" t="s">
         <v>72</v>
       </c>
       <c r="B13" s="62">
-        <v>32545</v>
+        <v>32096</v>
       </c>
       <c r="C13" s="62">
-        <v>32550</v>
+        <v>33013</v>
       </c>
       <c r="D13" s="62">
-        <v>33566</v>
+        <v>33894</v>
       </c>
       <c r="E13" s="65">
-        <v>-0.02</v>
+        <v>-2.78</v>
       </c>
       <c r="F13" s="65">
-        <v>-3.04</v>
+        <v>-5.3</v>
       </c>
       <c r="G13" s="65">
-        <v>1.69</v>
+        <v>1.65</v>
       </c>
       <c r="H13" s="68">
-        <v>1.91</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="58" t="s">
         <v>73</v>
       </c>
       <c r="B14" s="35"/>
       <c r="C14" s="35"/>
       <c r="D14" s="35"/>
       <c r="E14" s="35"/>
       <c r="F14" s="35"/>
       <c r="G14" s="35"/>
       <c r="H14" s="33"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="26" t="s">
         <v>74</v>
       </c>
       <c r="B15" s="62">
-        <v>8171</v>
+        <v>9447</v>
       </c>
       <c r="C15" s="62">
-        <v>8761</v>
+        <v>9430</v>
       </c>
       <c r="D15" s="62">
-        <v>7531</v>
+        <v>7621</v>
       </c>
       <c r="E15" s="65">
-        <v>-6.74</v>
+        <v>0.19</v>
       </c>
       <c r="F15" s="65">
-        <v>8.49</v>
+        <v>23.96</v>
       </c>
       <c r="G15" s="65">
-        <v>0.42</v>
+        <v>0.49</v>
       </c>
       <c r="H15" s="68">
         <v>0.43</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="58" t="s">
         <v>75</v>
       </c>
       <c r="B16" s="35"/>
       <c r="C16" s="35"/>
       <c r="D16" s="35"/>
       <c r="E16" s="35"/>
       <c r="F16" s="35"/>
       <c r="G16" s="35"/>
       <c r="H16" s="33"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="26" t="s">
         <v>76</v>
       </c>
       <c r="B17" s="62">
-        <v>45352</v>
+        <v>45242</v>
       </c>
       <c r="C17" s="62">
-        <v>40943</v>
+        <v>45659</v>
       </c>
       <c r="D17" s="62">
-        <v>37169</v>
+        <v>38124</v>
       </c>
       <c r="E17" s="65">
-        <v>10.77</v>
+        <v>-0.91</v>
       </c>
       <c r="F17" s="65">
-        <v>22.01</v>
+        <v>18.67</v>
       </c>
       <c r="G17" s="65">
-        <v>2.35</v>
+        <v>2.33</v>
       </c>
       <c r="H17" s="68">
-        <v>2.12</v>
+        <v>2.17</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="58" t="s">
         <v>77</v>
       </c>
       <c r="B18" s="35"/>
       <c r="C18" s="35"/>
       <c r="D18" s="35"/>
       <c r="E18" s="35"/>
       <c r="F18" s="35"/>
       <c r="G18" s="35"/>
       <c r="H18" s="33"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="26" t="s">
         <v>78</v>
       </c>
       <c r="B19" s="62">
-        <v>5221</v>
+        <v>5219</v>
       </c>
       <c r="C19" s="62">
-        <v>5525</v>
+        <v>5282</v>
       </c>
       <c r="D19" s="62">
-        <v>7360</v>
+        <v>5977</v>
       </c>
       <c r="E19" s="65">
-        <v>-5.5</v>
+        <v>-1.19</v>
       </c>
       <c r="F19" s="65">
-        <v>-29.06</v>
+        <v>-12.69</v>
       </c>
       <c r="G19" s="65">
         <v>0.27</v>
       </c>
       <c r="H19" s="68">
-        <v>0.42</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="58" t="s">
         <v>79</v>
       </c>
       <c r="B20" s="35"/>
       <c r="C20" s="35"/>
       <c r="D20" s="35"/>
       <c r="E20" s="35"/>
       <c r="F20" s="35"/>
       <c r="G20" s="35"/>
       <c r="H20" s="33"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="26" t="s">
         <v>80</v>
       </c>
       <c r="B21" s="62">
-        <v>40779</v>
+        <v>41965</v>
       </c>
       <c r="C21" s="62">
-        <v>42070</v>
+        <v>39058</v>
       </c>
       <c r="D21" s="62">
-        <v>40590</v>
+        <v>42748</v>
       </c>
       <c r="E21" s="65">
-        <v>-3.07</v>
+        <v>7.44</v>
       </c>
       <c r="F21" s="65">
-        <v>0.47</v>
+        <v>-1.83</v>
       </c>
       <c r="G21" s="65">
-        <v>2.11</v>
+        <v>2.16</v>
       </c>
       <c r="H21" s="68">
-        <v>2.31</v>
+        <v>2.44</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="58" t="s">
         <v>81</v>
       </c>
       <c r="B22" s="35"/>
       <c r="C22" s="35"/>
       <c r="D22" s="35"/>
       <c r="E22" s="35"/>
       <c r="F22" s="35"/>
       <c r="G22" s="35"/>
       <c r="H22" s="33"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="26" t="s">
         <v>82</v>
       </c>
       <c r="B23" s="62">
+        <v>376</v>
+      </c>
+      <c r="C23" s="62">
         <v>446</v>
       </c>
-      <c r="C23" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D23" s="62">
-        <v>436</v>
+        <v>356</v>
       </c>
       <c r="E23" s="65">
-        <v>-13.57</v>
+        <v>-15.7</v>
       </c>
       <c r="F23" s="65">
-        <v>2.29</v>
+        <v>5.62</v>
       </c>
       <c r="G23" s="65">
         <v>0.02</v>
       </c>
       <c r="H23" s="68">
         <v>0.02</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="58" t="s">
         <v>83</v>
       </c>
       <c r="B24" s="35"/>
       <c r="C24" s="35"/>
       <c r="D24" s="35"/>
       <c r="E24" s="35"/>
       <c r="F24" s="35"/>
       <c r="G24" s="35"/>
       <c r="H24" s="33"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="26" t="s">
         <v>84</v>
       </c>
       <c r="B25" s="62">
-        <v>114</v>
+        <v>163</v>
       </c>
       <c r="C25" s="62">
         <v>114</v>
       </c>
       <c r="D25" s="62">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>85</v>
+      </c>
+      <c r="E25" s="65">
+        <v>43.39</v>
       </c>
       <c r="F25" s="65">
-        <v>19.48</v>
+        <v>91.45</v>
       </c>
       <c r="G25" s="65">
         <v>0.01</v>
       </c>
       <c r="H25" s="68">
-        <v>0.01</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="58" t="s">
         <v>85</v>
       </c>
       <c r="B26" s="35"/>
       <c r="C26" s="35"/>
       <c r="D26" s="35"/>
       <c r="E26" s="35"/>
       <c r="F26" s="35"/>
       <c r="G26" s="35"/>
       <c r="H26" s="33"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="26" t="s">
         <v>86</v>
       </c>
       <c r="B27" s="62">
-        <v>31888</v>
+        <v>33023</v>
       </c>
       <c r="C27" s="62">
-        <v>31586</v>
+        <v>32712</v>
       </c>
       <c r="D27" s="62">
-        <v>27979</v>
+        <v>27832</v>
       </c>
       <c r="E27" s="65">
-        <v>0.96</v>
+        <v>0.95</v>
       </c>
       <c r="F27" s="65">
-        <v>13.97</v>
+        <v>18.65</v>
       </c>
       <c r="G27" s="65">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="H27" s="68">
-        <v>1.6</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="58" t="s">
         <v>87</v>
       </c>
       <c r="B28" s="35"/>
       <c r="C28" s="35"/>
       <c r="D28" s="35"/>
       <c r="E28" s="35"/>
       <c r="F28" s="35"/>
       <c r="G28" s="35"/>
       <c r="H28" s="33"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="26" t="s">
         <v>88</v>
       </c>
       <c r="B29" s="62">
-        <v>3934</v>
+        <v>3546</v>
       </c>
       <c r="C29" s="62">
-        <v>4331</v>
+        <v>3680</v>
       </c>
       <c r="D29" s="62">
-        <v>3235</v>
+        <v>3697</v>
       </c>
       <c r="E29" s="65">
-        <v>-9.16</v>
+        <v>-3.64</v>
       </c>
       <c r="F29" s="65">
-        <v>21.61</v>
+        <v>-4.07</v>
       </c>
       <c r="G29" s="65">
-        <v>0.2</v>
+        <v>0.18</v>
       </c>
       <c r="H29" s="68">
-        <v>0.18</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="58" t="s">
         <v>89</v>
       </c>
       <c r="B30" s="35"/>
       <c r="C30" s="35"/>
       <c r="D30" s="35"/>
       <c r="E30" s="35"/>
       <c r="F30" s="35"/>
       <c r="G30" s="35"/>
       <c r="H30" s="33"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="26" t="s">
         <v>90</v>
       </c>
       <c r="B31" s="62">
-        <v>8065</v>
+        <v>8333</v>
       </c>
       <c r="C31" s="62">
-        <v>7843</v>
+        <v>8326</v>
       </c>
       <c r="D31" s="62">
-        <v>6263</v>
+        <v>6626</v>
       </c>
       <c r="E31" s="65">
-        <v>2.83</v>
+        <v>0.09</v>
       </c>
       <c r="F31" s="65">
-        <v>28.78</v>
+        <v>25.76</v>
       </c>
       <c r="G31" s="65">
-        <v>0.42</v>
+        <v>0.43</v>
       </c>
       <c r="H31" s="68">
-        <v>0.36</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="58" t="s">
         <v>91</v>
       </c>
       <c r="B32" s="35"/>
       <c r="C32" s="35"/>
       <c r="D32" s="35"/>
       <c r="E32" s="35"/>
       <c r="F32" s="35"/>
       <c r="G32" s="35"/>
       <c r="H32" s="33"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="26" t="s">
         <v>92</v>
       </c>
       <c r="B33" s="62">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="C33" s="62">
-        <v>2093</v>
+        <v>2060</v>
       </c>
       <c r="D33" s="62">
-        <v>1840</v>
+        <v>1919</v>
       </c>
       <c r="E33" s="65">
-        <v>-0.63</v>
+        <v>1.7</v>
       </c>
       <c r="F33" s="65">
-        <v>13.03</v>
+        <v>9.18</v>
       </c>
       <c r="G33" s="65">
         <v>0.11</v>
       </c>
       <c r="H33" s="68">
-        <v>0.1</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="58" t="s">
         <v>93</v>
       </c>
       <c r="B34" s="35"/>
       <c r="C34" s="35"/>
       <c r="D34" s="35"/>
       <c r="E34" s="35"/>
       <c r="F34" s="35"/>
       <c r="G34" s="35"/>
       <c r="H34" s="33"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="26" t="s">
         <v>94</v>
       </c>
       <c r="B35" s="62">
-        <v>26763</v>
+        <v>21399</v>
       </c>
       <c r="C35" s="62">
-        <v>28001</v>
+        <v>27036</v>
       </c>
       <c r="D35" s="62">
-        <v>29852</v>
+        <v>23002</v>
       </c>
       <c r="E35" s="65">
-        <v>-4.42</v>
+        <v>-20.85</v>
       </c>
       <c r="F35" s="65">
-        <v>-10.35</v>
+        <v>-6.97</v>
       </c>
       <c r="G35" s="65">
-        <v>1.39</v>
+        <v>1.1</v>
       </c>
       <c r="H35" s="68">
-        <v>1.7</v>
+        <v>1.31</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="71" t="s">
         <v>95</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="37"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
@@ -3950,55 +3950,55 @@
       <c r="C2" s="44"/>
       <c r="D2" s="44"/>
       <c r="E2" s="44"/>
       <c r="F2" s="44"/>
       <c r="G2" s="44"/>
       <c r="H2" s="44"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1">
       <c r="A3" s="43" t="s">
         <v>37</v>
       </c>
       <c r="B3" s="43"/>
       <c r="C3" s="43"/>
       <c r="D3" s="43"/>
       <c r="E3" s="43"/>
       <c r="F3" s="43"/>
       <c r="G3" s="43"/>
       <c r="H3" s="43"/>
     </row>
     <row r="4" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="22"/>
       <c r="D4" s="22" t="str">
         <f>'6-1'!D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="29" t="str">
         <f>'6-1'!E4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="29"/>
       <c r="G4" s="4"/>
       <c r="H4" s="15" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1">
       <c r="A5" s="2"/>
       <c r="B5" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="41" t="s">
@@ -4057,563 +4057,563 @@
       <c r="B8" s="13" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="18"/>
       <c r="D8" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="19" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="19" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="46" t="s">
         <v>35</v>
       </c>
       <c r="B9" s="49">
-        <v>21998</v>
+        <v>24531</v>
       </c>
       <c r="C9" s="49">
-        <v>22075</v>
+        <v>23925</v>
       </c>
       <c r="D9" s="49">
-        <v>9799</v>
+        <v>16358</v>
       </c>
       <c r="E9" s="52">
-        <v>-0.35</v>
-[...2 lines deleted...]
-        <v>124.48</v>
+        <v>2.53</v>
+      </c>
+      <c r="F9" s="73">
+        <v>49.96</v>
       </c>
       <c r="G9" s="52">
-        <v>1.14</v>
+        <v>1.26</v>
       </c>
       <c r="H9" s="55">
-        <v>0.56</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="58" t="s">
         <v>96</v>
       </c>
       <c r="B10" s="35"/>
       <c r="C10" s="35"/>
       <c r="D10" s="35"/>
       <c r="E10" s="35"/>
       <c r="F10" s="35"/>
       <c r="G10" s="35"/>
       <c r="H10" s="33"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="26" t="s">
         <v>97</v>
       </c>
       <c r="B11" s="62">
-        <v>25649</v>
+        <v>21002</v>
       </c>
       <c r="C11" s="62">
-        <v>24096</v>
+        <v>24839</v>
       </c>
       <c r="D11" s="62">
-        <v>15321</v>
+        <v>15765</v>
       </c>
       <c r="E11" s="65">
-        <v>6.44</v>
-[...2 lines deleted...]
-        <v>67.41</v>
+        <v>-15.45</v>
+      </c>
+      <c r="F11" s="75">
+        <v>33.22</v>
       </c>
       <c r="G11" s="65">
-        <v>1.33</v>
+        <v>1.08</v>
       </c>
       <c r="H11" s="68">
-        <v>0.87</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="58" t="s">
         <v>98</v>
       </c>
       <c r="B12" s="35"/>
       <c r="C12" s="35"/>
       <c r="D12" s="35"/>
       <c r="E12" s="35"/>
       <c r="F12" s="35"/>
       <c r="G12" s="35"/>
       <c r="H12" s="33"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="26" t="s">
         <v>99</v>
       </c>
       <c r="B13" s="62">
-        <v>45868</v>
+        <v>52943</v>
       </c>
       <c r="C13" s="62">
-        <v>44470</v>
+        <v>46826</v>
       </c>
       <c r="D13" s="62">
-        <v>31022</v>
+        <v>33116</v>
       </c>
       <c r="E13" s="65">
-        <v>3.14</v>
-[...2 lines deleted...]
-        <v>47.86</v>
+        <v>13.06</v>
+      </c>
+      <c r="F13" s="75">
+        <v>59.87</v>
       </c>
       <c r="G13" s="65">
-        <v>2.38</v>
+        <v>2.72</v>
       </c>
       <c r="H13" s="68">
-        <v>1.77</v>
+        <v>1.89</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="58" t="s">
         <v>100</v>
       </c>
       <c r="B14" s="35"/>
       <c r="C14" s="35"/>
       <c r="D14" s="35"/>
       <c r="E14" s="35"/>
       <c r="F14" s="35"/>
       <c r="G14" s="35"/>
       <c r="H14" s="33"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="26" t="s">
         <v>101</v>
       </c>
       <c r="B15" s="62">
-        <v>23556</v>
+        <v>31422</v>
       </c>
       <c r="C15" s="62">
-        <v>21855</v>
+        <v>23688</v>
       </c>
       <c r="D15" s="62">
-        <v>18399</v>
+        <v>18037</v>
       </c>
       <c r="E15" s="65">
-        <v>7.78</v>
-[...2 lines deleted...]
-        <v>28.02</v>
+        <v>32.65</v>
+      </c>
+      <c r="F15" s="75">
+        <v>74.21</v>
       </c>
       <c r="G15" s="65">
-        <v>1.22</v>
+        <v>1.62</v>
       </c>
       <c r="H15" s="68">
-        <v>1.05</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="58" t="s">
         <v>102</v>
       </c>
       <c r="B16" s="35"/>
       <c r="C16" s="35"/>
       <c r="D16" s="35"/>
       <c r="E16" s="35"/>
       <c r="F16" s="35"/>
       <c r="G16" s="35"/>
       <c r="H16" s="33"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="26" t="s">
         <v>103</v>
       </c>
       <c r="B17" s="62">
-        <v>16132</v>
+        <v>14534</v>
       </c>
       <c r="C17" s="62">
-        <v>14907</v>
+        <v>15264</v>
       </c>
       <c r="D17" s="62">
-        <v>17663</v>
+        <v>14749</v>
       </c>
       <c r="E17" s="65">
-        <v>8.22</v>
-[...2 lines deleted...]
-        <v>-8.67</v>
+        <v>-4.78</v>
+      </c>
+      <c r="F17" s="75">
+        <v>-1.45</v>
       </c>
       <c r="G17" s="65">
+        <v>0.75</v>
+      </c>
+      <c r="H17" s="68">
         <v>0.84</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.01</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="58" t="s">
         <v>104</v>
       </c>
       <c r="B18" s="35"/>
       <c r="C18" s="35"/>
       <c r="D18" s="35"/>
       <c r="E18" s="35"/>
       <c r="F18" s="35"/>
       <c r="G18" s="35"/>
       <c r="H18" s="33"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="26" t="s">
         <v>105</v>
       </c>
       <c r="B19" s="62">
-        <v>46217</v>
+        <v>49389</v>
       </c>
       <c r="C19" s="62">
-        <v>47974</v>
+        <v>50243</v>
       </c>
       <c r="D19" s="62">
-        <v>41626</v>
+        <v>41213</v>
       </c>
       <c r="E19" s="65">
-        <v>-3.66</v>
-[...2 lines deleted...]
-        <v>11.03</v>
+        <v>-1.7</v>
+      </c>
+      <c r="F19" s="75">
+        <v>19.84</v>
       </c>
       <c r="G19" s="65">
-        <v>2.39</v>
+        <v>2.54</v>
       </c>
       <c r="H19" s="68">
-        <v>2.37</v>
+        <v>2.35</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="58" t="s">
         <v>106</v>
       </c>
       <c r="B20" s="35"/>
       <c r="C20" s="35"/>
       <c r="D20" s="35"/>
       <c r="E20" s="35"/>
       <c r="F20" s="35"/>
       <c r="G20" s="35"/>
       <c r="H20" s="33"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="26" t="s">
         <v>107</v>
       </c>
       <c r="B21" s="62">
-        <v>32333</v>
+        <v>29527</v>
       </c>
       <c r="C21" s="62">
-        <v>27108</v>
+        <v>32728</v>
       </c>
       <c r="D21" s="62">
-        <v>29869</v>
+        <v>26912</v>
       </c>
       <c r="E21" s="65">
-        <v>19.28</v>
-[...2 lines deleted...]
-        <v>8.25</v>
+        <v>-9.78</v>
+      </c>
+      <c r="F21" s="75">
+        <v>9.72</v>
       </c>
       <c r="G21" s="65">
-        <v>1.67</v>
+        <v>1.52</v>
       </c>
       <c r="H21" s="68">
-        <v>1.7</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="58" t="s">
         <v>108</v>
       </c>
       <c r="B22" s="35"/>
       <c r="C22" s="35"/>
       <c r="D22" s="35"/>
       <c r="E22" s="35"/>
       <c r="F22" s="35"/>
       <c r="G22" s="35"/>
       <c r="H22" s="33"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="26" t="s">
         <v>109</v>
       </c>
       <c r="B23" s="62">
-        <v>11775</v>
+        <v>15187</v>
       </c>
       <c r="C23" s="62">
-        <v>10026</v>
+        <v>13675</v>
       </c>
       <c r="D23" s="62">
-        <v>8118</v>
+        <v>8935</v>
       </c>
       <c r="E23" s="65">
-        <v>17.45</v>
-[...2 lines deleted...]
-        <v>45.05</v>
+        <v>11.06</v>
+      </c>
+      <c r="F23" s="75">
+        <v>69.98</v>
       </c>
       <c r="G23" s="65">
-        <v>0.61</v>
+        <v>0.78</v>
       </c>
       <c r="H23" s="68">
-        <v>0.46</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="58" t="s">
         <v>110</v>
       </c>
       <c r="B24" s="35"/>
       <c r="C24" s="35"/>
       <c r="D24" s="35"/>
       <c r="E24" s="35"/>
       <c r="F24" s="35"/>
       <c r="G24" s="35"/>
       <c r="H24" s="33"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="26" t="s">
         <v>111</v>
       </c>
       <c r="B25" s="62">
-        <v>81127</v>
+        <v>70032</v>
       </c>
       <c r="C25" s="62">
-        <v>69260</v>
+        <v>84925</v>
       </c>
       <c r="D25" s="62">
-        <v>68095</v>
+        <v>64592</v>
       </c>
       <c r="E25" s="65">
-        <v>17.13</v>
-[...2 lines deleted...]
-        <v>19.14</v>
+        <v>-17.54</v>
+      </c>
+      <c r="F25" s="75">
+        <v>8.42</v>
       </c>
       <c r="G25" s="65">
-        <v>4.2</v>
+        <v>3.6</v>
       </c>
       <c r="H25" s="68">
-        <v>3.88</v>
+        <v>3.68</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="58" t="s">
         <v>112</v>
       </c>
       <c r="B26" s="35"/>
       <c r="C26" s="35"/>
       <c r="D26" s="35"/>
       <c r="E26" s="35"/>
       <c r="F26" s="35"/>
       <c r="G26" s="35"/>
       <c r="H26" s="33"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="26" t="s">
         <v>113</v>
       </c>
       <c r="B27" s="62">
-        <v>280</v>
+        <v>376</v>
       </c>
       <c r="C27" s="62">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="D27" s="79">
+        <v>290</v>
+      </c>
+      <c r="D27" s="77">
         <v>0</v>
       </c>
       <c r="E27" s="65">
-        <v>18.08</v>
-[...1 lines deleted...]
-      <c r="F27" s="81">
+        <v>29.73</v>
+      </c>
+      <c r="F27" s="79">
         <v>0</v>
       </c>
       <c r="G27" s="65">
-        <v>0.01</v>
-[...1 lines deleted...]
-      <c r="H27" s="83">
+        <v>0.02</v>
+      </c>
+      <c r="H27" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="58" t="s">
         <v>114</v>
       </c>
       <c r="B28" s="35"/>
       <c r="C28" s="35"/>
       <c r="D28" s="35"/>
       <c r="E28" s="35"/>
       <c r="F28" s="35"/>
       <c r="G28" s="35"/>
       <c r="H28" s="33"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="26" t="s">
         <v>115</v>
       </c>
-      <c r="B29" s="79">
+      <c r="B29" s="77">
         <v>0</v>
       </c>
-      <c r="C29" s="79">
+      <c r="C29" s="77">
         <v>0</v>
       </c>
-      <c r="D29" s="79">
+      <c r="D29" s="77">
         <v>0</v>
       </c>
-      <c r="E29" s="73">
+      <c r="E29" s="83">
         <v>0</v>
       </c>
-      <c r="F29" s="81">
+      <c r="F29" s="79">
         <v>0</v>
       </c>
-      <c r="G29" s="73">
+      <c r="G29" s="83">
         <v>0</v>
       </c>
-      <c r="H29" s="83">
+      <c r="H29" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="58" t="s">
         <v>116</v>
       </c>
       <c r="B30" s="35"/>
       <c r="C30" s="35"/>
       <c r="D30" s="35"/>
       <c r="E30" s="35"/>
       <c r="F30" s="35"/>
       <c r="G30" s="35"/>
       <c r="H30" s="33"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="26" t="s">
         <v>117</v>
       </c>
-      <c r="B31" s="79">
+      <c r="B31" s="77">
         <v>0</v>
       </c>
-      <c r="C31" s="79">
+      <c r="C31" s="77">
         <v>0</v>
       </c>
-      <c r="D31" s="79">
+      <c r="D31" s="77">
         <v>0</v>
       </c>
-      <c r="E31" s="73">
+      <c r="E31" s="83">
         <v>0</v>
       </c>
-      <c r="F31" s="81">
+      <c r="F31" s="79">
         <v>0</v>
       </c>
-      <c r="G31" s="73">
+      <c r="G31" s="83">
         <v>0</v>
       </c>
-      <c r="H31" s="83">
+      <c r="H31" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="58" t="s">
         <v>118</v>
       </c>
       <c r="B32" s="35"/>
       <c r="C32" s="35"/>
       <c r="D32" s="35"/>
       <c r="E32" s="35"/>
       <c r="F32" s="35"/>
       <c r="G32" s="35"/>
       <c r="H32" s="33"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="60" t="s">
         <v>119</v>
       </c>
       <c r="B33" s="63">
-        <v>550555</v>
+        <v>599267</v>
       </c>
       <c r="C33" s="63">
-        <v>542880</v>
+        <v>588978</v>
       </c>
       <c r="D33" s="63">
-        <v>460143</v>
+        <v>465788</v>
       </c>
       <c r="E33" s="66">
-        <v>1.41</v>
+        <v>1.75</v>
       </c>
       <c r="F33" s="84">
-        <v>19.65</v>
+        <v>28.66</v>
       </c>
       <c r="G33" s="66">
-        <v>28.51</v>
+        <v>30.83</v>
       </c>
       <c r="H33" s="69">
-        <v>26.24</v>
+        <v>26.55</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="59" t="s">
         <v>120</v>
       </c>
       <c r="B34" s="35"/>
       <c r="C34" s="35"/>
       <c r="D34" s="35"/>
       <c r="E34" s="35"/>
       <c r="F34" s="35"/>
       <c r="G34" s="35"/>
       <c r="H34" s="33"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="60" t="s">
         <v>121</v>
       </c>
       <c r="B35" s="63">
-        <v>4648</v>
+        <v>3827</v>
       </c>
       <c r="C35" s="63">
-        <v>4565</v>
+        <v>4541</v>
       </c>
       <c r="D35" s="63">
-        <v>2700</v>
+        <v>2534</v>
       </c>
       <c r="E35" s="66">
-        <v>1.82</v>
+        <v>-15.73</v>
       </c>
       <c r="F35" s="84">
-        <v>72.18</v>
+        <v>51</v>
       </c>
       <c r="G35" s="66">
-        <v>0.24</v>
+        <v>0.2</v>
       </c>
       <c r="H35" s="69">
-        <v>0.15</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="85" t="s">
         <v>122</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="37"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="30" t="s">
         <v>40</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>