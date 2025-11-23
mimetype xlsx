--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -53,51 +53,51 @@
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="237">
   <si>
     <t>購置住宅貸款</t>
   </si>
   <si>
     <t>房屋修繕貸款</t>
   </si>
   <si>
     <t>購置汽車貸款</t>
   </si>
   <si>
     <t>其他個人消費貸款</t>
   </si>
   <si>
     <t>(不含信用卡循環信用)</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
-    <t>民國114年 7月底</t>
+    <t>民國114年 9月底</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>戶　　數</t>
   </si>
   <si>
     <t>餘　　額</t>
   </si>
   <si>
     <t>House-purchasing Loans</t>
   </si>
   <si>
     <t>House-repairing Loans</t>
   </si>
   <si>
     <t>Car Loans</t>
   </si>
   <si>
     <t>Employees' Welfare Loans</t>
   </si>
   <si>
     <t>Other Consumer Loans</t>
   </si>
@@ -138,51 +138,51 @@
       <t>,</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>新臺幣百萬元</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve"> Account,NT$ Million</t>
     </r>
   </si>
   <si>
     <t>by Institution</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of July 2025</t>
+    <t xml:space="preserve"> End of Sept. 2025</t>
   </si>
   <si>
     <t>5-2 Consumer Loan's Items at General Banks and Credit Cooperatives</t>
   </si>
   <si>
     <r>
       <t>5-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行及信用合作社消費者貸款業務項目</t>
     </r>
   </si>
   <si>
     <r>
       <t>5-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
@@ -2616,528 +2616,528 @@
       </c>
       <c r="F9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="51" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="54">
-        <v>2144749</v>
+        <v>2147749</v>
       </c>
       <c r="C10" s="54">
-        <v>11304446</v>
+        <v>11378398</v>
       </c>
       <c r="D10" s="54">
-        <v>43597</v>
+        <v>42706</v>
       </c>
       <c r="E10" s="54">
-        <v>33261</v>
+        <v>32776</v>
       </c>
       <c r="F10" s="54">
-        <v>402997</v>
+        <v>404020</v>
       </c>
       <c r="G10" s="54">
-        <v>240065</v>
+        <v>241739</v>
       </c>
       <c r="H10" s="54">
-        <v>84278</v>
+        <v>83392</v>
       </c>
       <c r="I10" s="54">
-        <v>34268</v>
+        <v>34425</v>
       </c>
       <c r="J10" s="54">
-        <v>4955795</v>
+        <v>4880452</v>
       </c>
       <c r="K10" s="57">
-        <v>1478124</v>
+        <v>1494989</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="60" t="s">
         <v>60</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="40"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="16" t="s">
         <v>61</v>
       </c>
       <c r="B12" s="62">
-        <v>246751</v>
+        <v>248377</v>
       </c>
       <c r="C12" s="62">
-        <v>1187930</v>
+        <v>1205207</v>
       </c>
       <c r="D12" s="62">
-        <v>2038</v>
+        <v>1951</v>
       </c>
       <c r="E12" s="62">
-        <v>725</v>
+        <v>680</v>
       </c>
       <c r="F12" s="64">
         <v>0</v>
       </c>
       <c r="G12" s="64">
         <v>0</v>
       </c>
       <c r="H12" s="62">
-        <v>1267</v>
+        <v>1193</v>
       </c>
       <c r="I12" s="62">
-        <v>315</v>
+        <v>287</v>
       </c>
       <c r="J12" s="62">
-        <v>2835046</v>
+        <v>2745596</v>
       </c>
       <c r="K12" s="66">
-        <v>110993</v>
+        <v>108349</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="59" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="36"/>
       <c r="C13" s="36"/>
       <c r="D13" s="36"/>
       <c r="E13" s="36"/>
       <c r="F13" s="36"/>
       <c r="G13" s="36"/>
       <c r="H13" s="36"/>
       <c r="I13" s="36"/>
       <c r="J13" s="36"/>
       <c r="K13" s="40"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="16" t="s">
         <v>63</v>
       </c>
       <c r="B14" s="62">
-        <v>248315</v>
+        <v>250161</v>
       </c>
       <c r="C14" s="62">
-        <v>1189501</v>
+        <v>1208604</v>
       </c>
       <c r="D14" s="62">
-        <v>3767</v>
+        <v>3608</v>
       </c>
       <c r="E14" s="62">
-        <v>1808</v>
+        <v>1699</v>
       </c>
       <c r="F14" s="64">
         <v>0</v>
       </c>
       <c r="G14" s="64">
         <v>0</v>
       </c>
       <c r="H14" s="62">
-        <v>65362</v>
+        <v>64192</v>
       </c>
       <c r="I14" s="62">
-        <v>25092</v>
+        <v>24731</v>
       </c>
       <c r="J14" s="62">
-        <v>35826</v>
+        <v>36421</v>
       </c>
       <c r="K14" s="66">
-        <v>7882</v>
+        <v>8049</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="59" t="s">
         <v>64</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="36"/>
       <c r="D15" s="36"/>
       <c r="E15" s="36"/>
       <c r="F15" s="36"/>
       <c r="G15" s="36"/>
       <c r="H15" s="36"/>
       <c r="I15" s="36"/>
       <c r="J15" s="36"/>
       <c r="K15" s="40"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="16" t="s">
         <v>65</v>
       </c>
       <c r="B16" s="62">
-        <v>161597</v>
+        <v>161939</v>
       </c>
       <c r="C16" s="62">
-        <v>859466</v>
+        <v>867038</v>
       </c>
       <c r="D16" s="62">
-        <v>5087</v>
+        <v>4843</v>
       </c>
       <c r="E16" s="62">
-        <v>2670</v>
+        <v>2486</v>
       </c>
       <c r="F16" s="64">
         <v>0</v>
       </c>
       <c r="G16" s="64">
         <v>0</v>
       </c>
       <c r="H16" s="62">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="I16" s="62">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J16" s="62">
-        <v>98725</v>
+        <v>99477</v>
       </c>
       <c r="K16" s="66">
-        <v>68881</v>
+        <v>69234</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="59" t="s">
         <v>66</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="40"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="16" t="s">
         <v>67</v>
       </c>
       <c r="B18" s="62">
-        <v>104401</v>
+        <v>104739</v>
       </c>
       <c r="C18" s="62">
-        <v>615056</v>
+        <v>620489</v>
       </c>
       <c r="D18" s="62">
-        <v>4636</v>
+        <v>4616</v>
       </c>
       <c r="E18" s="62">
-        <v>3146</v>
+        <v>3120</v>
       </c>
       <c r="F18" s="62">
-        <v>2944</v>
+        <v>3015</v>
       </c>
       <c r="G18" s="62">
-        <v>2031</v>
+        <v>2071</v>
       </c>
       <c r="H18" s="62">
-        <v>2432</v>
+        <v>2453</v>
       </c>
       <c r="I18" s="62">
-        <v>2056</v>
+        <v>2093</v>
       </c>
       <c r="J18" s="62">
-        <v>47935</v>
+        <v>48623</v>
       </c>
       <c r="K18" s="66">
-        <v>90104</v>
+        <v>93353</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="59" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="36"/>
       <c r="D19" s="36"/>
       <c r="E19" s="36"/>
       <c r="F19" s="36"/>
       <c r="G19" s="36"/>
       <c r="H19" s="36"/>
       <c r="I19" s="36"/>
       <c r="J19" s="36"/>
       <c r="K19" s="40"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="16" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="62">
-        <v>132381</v>
+        <v>131591</v>
       </c>
       <c r="C20" s="62">
-        <v>627785</v>
+        <v>622342</v>
       </c>
       <c r="D20" s="62">
-        <v>1215</v>
+        <v>1188</v>
       </c>
       <c r="E20" s="62">
-        <v>935</v>
+        <v>905</v>
       </c>
       <c r="F20" s="62">
-        <v>9271</v>
+        <v>8775</v>
       </c>
       <c r="G20" s="62">
-        <v>2475</v>
+        <v>2278</v>
       </c>
       <c r="H20" s="62">
-        <v>2559</v>
+        <v>2605</v>
       </c>
       <c r="I20" s="62">
-        <v>1146</v>
+        <v>1161</v>
       </c>
       <c r="J20" s="62">
-        <v>65495</v>
+        <v>66096</v>
       </c>
       <c r="K20" s="66">
-        <v>47905</v>
+        <v>48759</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="59" t="s">
         <v>70</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="36"/>
       <c r="G21" s="36"/>
       <c r="H21" s="36"/>
       <c r="I21" s="36"/>
       <c r="J21" s="36"/>
       <c r="K21" s="40"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="16" t="s">
         <v>71</v>
       </c>
       <c r="B22" s="62">
-        <v>87509</v>
+        <v>87979</v>
       </c>
       <c r="C22" s="62">
-        <v>473401</v>
+        <v>478663</v>
       </c>
       <c r="D22" s="62">
-        <v>1354</v>
+        <v>1296</v>
       </c>
       <c r="E22" s="62">
-        <v>779</v>
+        <v>724</v>
       </c>
       <c r="F22" s="64">
         <v>0</v>
       </c>
       <c r="G22" s="64">
         <v>0</v>
       </c>
       <c r="H22" s="62">
-        <v>2093</v>
+        <v>2075</v>
       </c>
       <c r="I22" s="62">
-        <v>987</v>
+        <v>973</v>
       </c>
       <c r="J22" s="62">
-        <v>21421</v>
+        <v>21909</v>
       </c>
       <c r="K22" s="66">
-        <v>36365</v>
+        <v>38026</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="59" t="s">
         <v>72</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="36"/>
       <c r="D23" s="36"/>
       <c r="E23" s="36"/>
       <c r="F23" s="36"/>
       <c r="G23" s="36"/>
       <c r="H23" s="36"/>
       <c r="I23" s="36"/>
       <c r="J23" s="36"/>
       <c r="K23" s="40"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="16" t="s">
         <v>73</v>
       </c>
       <c r="B24" s="62">
-        <v>29359</v>
+        <v>29448</v>
       </c>
       <c r="C24" s="62">
-        <v>194578</v>
+        <v>196108</v>
       </c>
       <c r="D24" s="62">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E24" s="62">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F24" s="62">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="G24" s="62">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="H24" s="64">
         <v>0</v>
       </c>
       <c r="I24" s="64">
         <v>0</v>
       </c>
       <c r="J24" s="62">
-        <v>5583</v>
+        <v>5482</v>
       </c>
       <c r="K24" s="66">
-        <v>2554</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="59" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="36"/>
       <c r="D25" s="36"/>
       <c r="E25" s="36"/>
       <c r="F25" s="36"/>
       <c r="G25" s="36"/>
       <c r="H25" s="36"/>
       <c r="I25" s="36"/>
       <c r="J25" s="36"/>
       <c r="K25" s="40"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="16" t="s">
         <v>75</v>
       </c>
       <c r="B26" s="62">
-        <v>131958</v>
+        <v>131489</v>
       </c>
       <c r="C26" s="62">
-        <v>704863</v>
+        <v>702715</v>
       </c>
       <c r="D26" s="62">
-        <v>5900</v>
+        <v>5839</v>
       </c>
       <c r="E26" s="62">
-        <v>4338</v>
+        <v>4274</v>
       </c>
       <c r="F26" s="62">
-        <v>2233</v>
+        <v>2238</v>
       </c>
       <c r="G26" s="62">
-        <v>2545</v>
+        <v>2548</v>
       </c>
       <c r="H26" s="62">
-        <v>1857</v>
+        <v>1719</v>
       </c>
       <c r="I26" s="62">
-        <v>503</v>
+        <v>452</v>
       </c>
       <c r="J26" s="62">
-        <v>178212</v>
+        <v>178355</v>
       </c>
       <c r="K26" s="66">
-        <v>48881</v>
+        <v>49675</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="59" t="s">
         <v>76</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="36"/>
       <c r="D27" s="36"/>
       <c r="E27" s="36"/>
       <c r="F27" s="36"/>
       <c r="G27" s="36"/>
       <c r="H27" s="36"/>
       <c r="I27" s="36"/>
       <c r="J27" s="36"/>
       <c r="K27" s="40"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="16" t="s">
         <v>77</v>
       </c>
       <c r="B28" s="62">
-        <v>86522</v>
+        <v>86281</v>
       </c>
       <c r="C28" s="62">
-        <v>566162</v>
+        <v>564085</v>
       </c>
       <c r="D28" s="62">
-        <v>1985</v>
+        <v>1955</v>
       </c>
       <c r="E28" s="62">
-        <v>2745</v>
+        <v>2746</v>
       </c>
       <c r="F28" s="62">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="G28" s="62">
         <v>666</v>
       </c>
       <c r="H28" s="64">
         <v>0</v>
       </c>
       <c r="I28" s="64">
         <v>0</v>
       </c>
       <c r="J28" s="62">
-        <v>293018</v>
+        <v>292064</v>
       </c>
       <c r="K28" s="66">
-        <v>131820</v>
+        <v>130805</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="59" t="s">
         <v>78</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="36"/>
       <c r="D29" s="36"/>
       <c r="E29" s="36"/>
       <c r="F29" s="36"/>
       <c r="G29" s="36"/>
       <c r="H29" s="36"/>
       <c r="I29" s="36"/>
       <c r="J29" s="36"/>
       <c r="K29" s="40"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="16" t="s">
         <v>79</v>
       </c>
       <c r="B30" s="64">
         <v>0</v>
       </c>
       <c r="C30" s="64">
@@ -3166,128 +3166,128 @@
       </c>
       <c r="K30" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="59" t="s">
         <v>80</v>
       </c>
       <c r="B31" s="36"/>
       <c r="C31" s="36"/>
       <c r="D31" s="36"/>
       <c r="E31" s="36"/>
       <c r="F31" s="36"/>
       <c r="G31" s="36"/>
       <c r="H31" s="36"/>
       <c r="I31" s="36"/>
       <c r="J31" s="36"/>
       <c r="K31" s="40"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="16" t="s">
         <v>81</v>
       </c>
       <c r="B32" s="62">
-        <v>6336</v>
+        <v>6354</v>
       </c>
       <c r="C32" s="62">
-        <v>31602</v>
+        <v>31872</v>
       </c>
       <c r="D32" s="62">
-        <v>491</v>
+        <v>472</v>
       </c>
       <c r="E32" s="62">
-        <v>298</v>
+        <v>283</v>
       </c>
       <c r="F32" s="64">
         <v>0</v>
       </c>
       <c r="G32" s="64">
         <v>0</v>
       </c>
       <c r="H32" s="64">
         <v>0</v>
       </c>
       <c r="I32" s="64">
         <v>0</v>
       </c>
       <c r="J32" s="62">
-        <v>33663</v>
+        <v>33185</v>
       </c>
       <c r="K32" s="66">
-        <v>4917</v>
+        <v>4803</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1">
       <c r="A33" s="59" t="s">
         <v>82</v>
       </c>
       <c r="B33" s="36"/>
       <c r="C33" s="36"/>
       <c r="D33" s="36"/>
       <c r="E33" s="36"/>
       <c r="F33" s="36"/>
       <c r="G33" s="36"/>
       <c r="H33" s="36"/>
       <c r="I33" s="36"/>
       <c r="J33" s="36"/>
       <c r="K33" s="40"/>
     </row>
     <row r="34" spans="1:11" ht="12.6" customHeight="1">
       <c r="A34" s="16" t="s">
         <v>83</v>
       </c>
       <c r="B34" s="62">
-        <v>72884</v>
+        <v>72513</v>
       </c>
       <c r="C34" s="62">
-        <v>422625</v>
+        <v>419936</v>
       </c>
       <c r="D34" s="62">
-        <v>330</v>
+        <v>310</v>
       </c>
       <c r="E34" s="62">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="F34" s="64">
         <v>0</v>
       </c>
       <c r="G34" s="64">
         <v>0</v>
       </c>
       <c r="H34" s="62">
-        <v>5152</v>
+        <v>5078</v>
       </c>
       <c r="I34" s="62">
-        <v>1846</v>
+        <v>1721</v>
       </c>
       <c r="J34" s="62">
-        <v>23593</v>
+        <v>23807</v>
       </c>
       <c r="K34" s="66">
-        <v>19652</v>
+        <v>19885</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="11.1" customHeight="1">
       <c r="A35" s="59" t="s">
         <v>84</v>
       </c>
       <c r="B35" s="36"/>
       <c r="C35" s="36"/>
       <c r="D35" s="36"/>
       <c r="E35" s="36"/>
       <c r="F35" s="36"/>
       <c r="G35" s="36"/>
       <c r="H35" s="36"/>
       <c r="I35" s="36"/>
       <c r="J35" s="36"/>
       <c r="K35" s="40"/>
     </row>
     <row r="36" spans="1:11" ht="12.6" customHeight="1">
       <c r="A36" s="16" t="s">
         <v>85</v>
       </c>
       <c r="B36" s="64">
         <v>0</v>
       </c>
       <c r="C36" s="64">
@@ -3581,56 +3581,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="30" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="30"/>
       <c r="C3" s="30"/>
       <c r="D3" s="30"/>
       <c r="E3" s="30"/>
       <c r="F3" s="30"/>
       <c r="G3" s="30"/>
       <c r="H3" s="30"/>
       <c r="I3" s="30"/>
       <c r="J3" s="30"/>
       <c r="K3" s="30"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -3733,728 +3733,728 @@
       </c>
       <c r="F9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="50" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="53">
-        <v>2085</v>
+        <v>2160</v>
       </c>
       <c r="C10" s="53">
-        <v>13465</v>
+        <v>14308</v>
       </c>
       <c r="D10" s="53">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="E10" s="53">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="F10" s="72">
         <v>0</v>
       </c>
       <c r="G10" s="72">
         <v>0</v>
       </c>
       <c r="H10" s="72">
         <v>0</v>
       </c>
       <c r="I10" s="72">
         <v>0</v>
       </c>
       <c r="J10" s="53">
-        <v>8374</v>
+        <v>8370</v>
       </c>
       <c r="K10" s="56">
-        <v>4182</v>
+        <v>4159</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="59" t="s">
         <v>87</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="40"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="16" t="s">
         <v>88</v>
       </c>
       <c r="B12" s="62">
-        <v>65089</v>
+        <v>64968</v>
       </c>
       <c r="C12" s="62">
-        <v>316912</v>
+        <v>317200</v>
       </c>
       <c r="D12" s="62">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="E12" s="62">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="F12" s="64">
         <v>0</v>
       </c>
       <c r="G12" s="64">
         <v>0</v>
       </c>
       <c r="H12" s="62">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="I12" s="62">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J12" s="62">
-        <v>22383</v>
+        <v>22425</v>
       </c>
       <c r="K12" s="66">
-        <v>9746</v>
+        <v>9756</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="59" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="36"/>
       <c r="C13" s="36"/>
       <c r="D13" s="36"/>
       <c r="E13" s="36"/>
       <c r="F13" s="36"/>
       <c r="G13" s="36"/>
       <c r="H13" s="36"/>
       <c r="I13" s="36"/>
       <c r="J13" s="36"/>
       <c r="K13" s="40"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="16" t="s">
         <v>90</v>
       </c>
       <c r="B14" s="62">
-        <v>38294</v>
+        <v>37892</v>
       </c>
       <c r="C14" s="62">
-        <v>173370</v>
+        <v>171592</v>
       </c>
       <c r="D14" s="62">
-        <v>628</v>
+        <v>612</v>
       </c>
       <c r="E14" s="62">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="F14" s="64">
         <v>0</v>
       </c>
       <c r="G14" s="64">
         <v>0</v>
       </c>
       <c r="H14" s="64">
         <v>0</v>
       </c>
       <c r="I14" s="64">
         <v>0</v>
       </c>
       <c r="J14" s="62">
-        <v>61850</v>
+        <v>59749</v>
       </c>
       <c r="K14" s="66">
-        <v>34709</v>
+        <v>33238</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="59" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="36"/>
       <c r="D15" s="36"/>
       <c r="E15" s="36"/>
       <c r="F15" s="36"/>
       <c r="G15" s="36"/>
       <c r="H15" s="36"/>
       <c r="I15" s="36"/>
       <c r="J15" s="36"/>
       <c r="K15" s="40"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="16" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="62">
-        <v>23656</v>
+        <v>23620</v>
       </c>
       <c r="C16" s="62">
-        <v>90673</v>
+        <v>91557</v>
       </c>
       <c r="D16" s="62">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="E16" s="62">
-        <v>524</v>
+        <v>535</v>
       </c>
       <c r="F16" s="64">
         <v>0</v>
       </c>
       <c r="G16" s="64">
         <v>0</v>
       </c>
       <c r="H16" s="64">
         <v>0</v>
       </c>
       <c r="I16" s="64">
         <v>0</v>
       </c>
       <c r="J16" s="62">
-        <v>11419</v>
+        <v>11544</v>
       </c>
       <c r="K16" s="66">
-        <v>10704</v>
+        <v>10852</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="59" t="s">
         <v>93</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="40"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="16" t="s">
         <v>94</v>
       </c>
       <c r="B18" s="62">
-        <v>2209</v>
+        <v>2306</v>
       </c>
       <c r="C18" s="62">
-        <v>13839</v>
+        <v>14840</v>
       </c>
       <c r="D18" s="62">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="E18" s="62">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F18" s="64">
         <v>0</v>
       </c>
       <c r="G18" s="64">
         <v>0</v>
       </c>
       <c r="H18" s="64">
         <v>0</v>
       </c>
       <c r="I18" s="64">
         <v>0</v>
       </c>
       <c r="J18" s="62">
-        <v>336</v>
+        <v>367</v>
       </c>
       <c r="K18" s="66">
-        <v>228</v>
+        <v>283</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="59" t="s">
         <v>95</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="36"/>
       <c r="D19" s="36"/>
       <c r="E19" s="36"/>
       <c r="F19" s="36"/>
       <c r="G19" s="36"/>
       <c r="H19" s="36"/>
       <c r="I19" s="36"/>
       <c r="J19" s="36"/>
       <c r="K19" s="40"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="16" t="s">
         <v>96</v>
       </c>
       <c r="B20" s="62">
-        <v>19598</v>
+        <v>19496</v>
       </c>
       <c r="C20" s="62">
-        <v>151663</v>
+        <v>151802</v>
       </c>
       <c r="D20" s="62">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="E20" s="62">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="F20" s="64">
         <v>0</v>
       </c>
       <c r="G20" s="64">
         <v>0</v>
       </c>
       <c r="H20" s="64">
         <v>0</v>
       </c>
       <c r="I20" s="64">
         <v>0</v>
       </c>
       <c r="J20" s="62">
-        <v>32916</v>
+        <v>32553</v>
       </c>
       <c r="K20" s="66">
-        <v>72848</v>
+        <v>75442</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="59" t="s">
         <v>97</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="36"/>
       <c r="G21" s="36"/>
       <c r="H21" s="36"/>
       <c r="I21" s="36"/>
       <c r="J21" s="36"/>
       <c r="K21" s="40"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="16" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="62">
-        <v>1388</v>
+        <v>1384</v>
       </c>
       <c r="C22" s="62">
-        <v>6376</v>
+        <v>6406</v>
       </c>
       <c r="D22" s="62">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E22" s="62">
         <v>7</v>
       </c>
       <c r="F22" s="62">
-        <v>8470</v>
+        <v>8362</v>
       </c>
       <c r="G22" s="62">
-        <v>2347</v>
+        <v>2315</v>
       </c>
       <c r="H22" s="64">
         <v>0</v>
       </c>
       <c r="I22" s="64">
         <v>0</v>
       </c>
       <c r="J22" s="62">
-        <v>9988</v>
+        <v>10587</v>
       </c>
       <c r="K22" s="66">
-        <v>3147</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="59" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="36"/>
       <c r="D23" s="36"/>
       <c r="E23" s="36"/>
       <c r="F23" s="36"/>
       <c r="G23" s="36"/>
       <c r="H23" s="36"/>
       <c r="I23" s="36"/>
       <c r="J23" s="36"/>
       <c r="K23" s="40"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="16" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="62">
-        <v>895</v>
+        <v>888</v>
       </c>
       <c r="C24" s="62">
-        <v>5810</v>
+        <v>5748</v>
       </c>
       <c r="D24" s="62">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E24" s="62">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F24" s="64">
         <v>0</v>
       </c>
       <c r="G24" s="64">
         <v>0</v>
       </c>
       <c r="H24" s="64">
         <v>0</v>
       </c>
       <c r="I24" s="64">
         <v>0</v>
       </c>
       <c r="J24" s="62">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="K24" s="66">
         <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="59" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="36"/>
       <c r="D25" s="36"/>
       <c r="E25" s="36"/>
       <c r="F25" s="36"/>
       <c r="G25" s="36"/>
       <c r="H25" s="36"/>
       <c r="I25" s="36"/>
       <c r="J25" s="36"/>
       <c r="K25" s="40"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="16" t="s">
         <v>102</v>
       </c>
       <c r="B26" s="62">
-        <v>51635</v>
+        <v>51627</v>
       </c>
       <c r="C26" s="62">
-        <v>217146</v>
+        <v>218395</v>
       </c>
       <c r="D26" s="62">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="E26" s="62">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="F26" s="62">
-        <v>12525</v>
+        <v>12361</v>
       </c>
       <c r="G26" s="62">
-        <v>9362</v>
+        <v>9047</v>
       </c>
       <c r="H26" s="64">
         <v>0</v>
       </c>
       <c r="I26" s="64">
         <v>0</v>
       </c>
       <c r="J26" s="62">
-        <v>47438</v>
+        <v>46352</v>
       </c>
       <c r="K26" s="66">
-        <v>50536</v>
+        <v>49083</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="59" t="s">
         <v>103</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="36"/>
       <c r="D27" s="36"/>
       <c r="E27" s="36"/>
       <c r="F27" s="36"/>
       <c r="G27" s="36"/>
       <c r="H27" s="36"/>
       <c r="I27" s="36"/>
       <c r="J27" s="36"/>
       <c r="K27" s="40"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="16" t="s">
         <v>104</v>
       </c>
       <c r="B28" s="62">
-        <v>10120</v>
+        <v>10231</v>
       </c>
       <c r="C28" s="62">
-        <v>39261</v>
+        <v>40494</v>
       </c>
       <c r="D28" s="62">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="E28" s="62">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="F28" s="62">
-        <v>20868</v>
+        <v>20978</v>
       </c>
       <c r="G28" s="62">
-        <v>13946</v>
+        <v>13908</v>
       </c>
       <c r="H28" s="64">
         <v>0</v>
       </c>
       <c r="I28" s="64">
         <v>0</v>
       </c>
       <c r="J28" s="62">
-        <v>3597</v>
+        <v>3692</v>
       </c>
       <c r="K28" s="66">
-        <v>1760</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="59" t="s">
         <v>105</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="36"/>
       <c r="D29" s="36"/>
       <c r="E29" s="36"/>
       <c r="F29" s="36"/>
       <c r="G29" s="36"/>
       <c r="H29" s="36"/>
       <c r="I29" s="36"/>
       <c r="J29" s="36"/>
       <c r="K29" s="40"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="16" t="s">
         <v>106</v>
       </c>
       <c r="B30" s="62">
-        <v>4102</v>
+        <v>3942</v>
       </c>
       <c r="C30" s="62">
-        <v>16538</v>
+        <v>16598</v>
       </c>
       <c r="D30" s="62">
         <v>7</v>
       </c>
       <c r="E30" s="62">
         <v>7</v>
       </c>
       <c r="F30" s="62">
-        <v>553</v>
+        <v>564</v>
       </c>
       <c r="G30" s="62">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="H30" s="64">
         <v>0</v>
       </c>
       <c r="I30" s="64">
         <v>0</v>
       </c>
       <c r="J30" s="62">
-        <v>2066</v>
+        <v>2073</v>
       </c>
       <c r="K30" s="66">
-        <v>626</v>
+        <v>609</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="59" t="s">
         <v>107</v>
       </c>
       <c r="B31" s="36"/>
       <c r="C31" s="36"/>
       <c r="D31" s="36"/>
       <c r="E31" s="36"/>
       <c r="F31" s="36"/>
       <c r="G31" s="36"/>
       <c r="H31" s="36"/>
       <c r="I31" s="36"/>
       <c r="J31" s="36"/>
       <c r="K31" s="40"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="16" t="s">
         <v>108</v>
       </c>
       <c r="B32" s="62">
-        <v>4924</v>
+        <v>4993</v>
       </c>
       <c r="C32" s="62">
-        <v>19929</v>
+        <v>20580</v>
       </c>
       <c r="D32" s="62">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="E32" s="62">
-        <v>309</v>
+        <v>282</v>
       </c>
       <c r="F32" s="62">
-        <v>49199</v>
+        <v>49132</v>
       </c>
       <c r="G32" s="62">
-        <v>28099</v>
+        <v>27954</v>
       </c>
       <c r="H32" s="64">
         <v>0</v>
       </c>
       <c r="I32" s="64">
         <v>0</v>
       </c>
       <c r="J32" s="62">
-        <v>1415</v>
+        <v>1407</v>
       </c>
       <c r="K32" s="66">
-        <v>1328</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1">
       <c r="A33" s="59" t="s">
         <v>109</v>
       </c>
       <c r="B33" s="36"/>
       <c r="C33" s="36"/>
       <c r="D33" s="36"/>
       <c r="E33" s="36"/>
       <c r="F33" s="36"/>
       <c r="G33" s="36"/>
       <c r="H33" s="36"/>
       <c r="I33" s="36"/>
       <c r="J33" s="36"/>
       <c r="K33" s="40"/>
     </row>
     <row r="34" spans="1:11" ht="12.6" customHeight="1">
       <c r="A34" s="16" t="s">
         <v>110</v>
       </c>
       <c r="B34" s="62">
-        <v>36995</v>
+        <v>36895</v>
       </c>
       <c r="C34" s="62">
-        <v>130922</v>
+        <v>131392</v>
       </c>
       <c r="D34" s="62">
-        <v>1202</v>
+        <v>1142</v>
       </c>
       <c r="E34" s="62">
-        <v>674</v>
+        <v>650</v>
       </c>
       <c r="F34" s="62">
-        <v>33021</v>
+        <v>33086</v>
       </c>
       <c r="G34" s="62">
-        <v>21409</v>
+        <v>21467</v>
       </c>
       <c r="H34" s="64">
         <v>0</v>
       </c>
       <c r="I34" s="64">
         <v>0</v>
       </c>
       <c r="J34" s="62">
-        <v>47625</v>
+        <v>48022</v>
       </c>
       <c r="K34" s="66">
-        <v>78414</v>
+        <v>79689</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="11.1" customHeight="1">
       <c r="A35" s="59" t="s">
         <v>111</v>
       </c>
       <c r="B35" s="36"/>
       <c r="C35" s="36"/>
       <c r="D35" s="36"/>
       <c r="E35" s="36"/>
       <c r="F35" s="36"/>
       <c r="G35" s="36"/>
       <c r="H35" s="36"/>
       <c r="I35" s="36"/>
       <c r="J35" s="36"/>
       <c r="K35" s="40"/>
     </row>
     <row r="36" spans="1:11" ht="12.6" customHeight="1">
       <c r="A36" s="16" t="s">
         <v>112</v>
       </c>
       <c r="B36" s="62">
-        <v>34713</v>
+        <v>34427</v>
       </c>
       <c r="C36" s="62">
-        <v>144113</v>
+        <v>143465</v>
       </c>
       <c r="D36" s="62">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="E36" s="62">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F36" s="62">
-        <v>7883</v>
+        <v>8189</v>
       </c>
       <c r="G36" s="62">
-        <v>5723</v>
+        <v>5894</v>
       </c>
       <c r="H36" s="62">
-        <v>234</v>
+        <v>187</v>
       </c>
       <c r="I36" s="62">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="J36" s="62">
-        <v>59628</v>
+        <v>59162</v>
       </c>
       <c r="K36" s="66">
-        <v>28555</v>
+        <v>28361</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="70" t="s">
         <v>113</v>
       </c>
       <c r="B37" s="38"/>
       <c r="C37" s="38"/>
       <c r="D37" s="38"/>
       <c r="E37" s="38"/>
       <c r="F37" s="38"/>
       <c r="G37" s="38"/>
       <c r="H37" s="38"/>
       <c r="I37" s="38"/>
       <c r="J37" s="38"/>
       <c r="K37" s="42"/>
     </row>
     <row r="38" spans="1:11" ht="13.5" customHeight="1">
       <c r="A38" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
@@ -4693,56 +4693,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="30" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="30"/>
       <c r="C3" s="30"/>
       <c r="D3" s="30"/>
       <c r="E3" s="30"/>
       <c r="F3" s="30"/>
       <c r="G3" s="30"/>
       <c r="H3" s="30"/>
       <c r="I3" s="30"/>
       <c r="J3" s="30"/>
       <c r="K3" s="30"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -4845,578 +4845,578 @@
       </c>
       <c r="F9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="50" t="s">
         <v>36</v>
       </c>
       <c r="B10" s="53">
-        <v>60716</v>
+        <v>60650</v>
       </c>
       <c r="C10" s="53">
-        <v>349163</v>
+        <v>349876</v>
       </c>
       <c r="D10" s="53">
-        <v>494</v>
+        <v>448</v>
       </c>
       <c r="E10" s="53">
-        <v>194</v>
+        <v>181</v>
       </c>
       <c r="F10" s="53">
-        <v>132160</v>
+        <v>132866</v>
       </c>
       <c r="G10" s="53">
-        <v>69124</v>
+        <v>69646</v>
       </c>
       <c r="H10" s="72">
         <v>0</v>
       </c>
       <c r="I10" s="72">
         <v>0</v>
       </c>
       <c r="J10" s="53">
-        <v>16873</v>
+        <v>17026</v>
       </c>
       <c r="K10" s="56">
-        <v>7184</v>
+        <v>8510</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="59" t="s">
         <v>114</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="40"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="16" t="s">
         <v>115</v>
       </c>
       <c r="B12" s="62">
-        <v>60444</v>
+        <v>60155</v>
       </c>
       <c r="C12" s="62">
-        <v>393524</v>
+        <v>391014</v>
       </c>
       <c r="D12" s="62">
-        <v>962</v>
+        <v>937</v>
       </c>
       <c r="E12" s="62">
-        <v>734</v>
+        <v>704</v>
       </c>
       <c r="F12" s="62">
-        <v>2833</v>
+        <v>2594</v>
       </c>
       <c r="G12" s="62">
-        <v>733</v>
+        <v>632</v>
       </c>
       <c r="H12" s="64">
         <v>0</v>
       </c>
       <c r="I12" s="64">
         <v>0</v>
       </c>
       <c r="J12" s="62">
-        <v>19755</v>
+        <v>19698</v>
       </c>
       <c r="K12" s="66">
-        <v>8677</v>
+        <v>8605</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="59" t="s">
         <v>116</v>
       </c>
       <c r="B13" s="36"/>
       <c r="C13" s="36"/>
       <c r="D13" s="36"/>
       <c r="E13" s="36"/>
       <c r="F13" s="36"/>
       <c r="G13" s="36"/>
       <c r="H13" s="36"/>
       <c r="I13" s="36"/>
       <c r="J13" s="36"/>
       <c r="K13" s="40"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="16" t="s">
         <v>117</v>
       </c>
       <c r="B14" s="62">
-        <v>96938</v>
+        <v>97361</v>
       </c>
       <c r="C14" s="62">
-        <v>561464</v>
+        <v>569615</v>
       </c>
       <c r="D14" s="62">
-        <v>1305</v>
+        <v>1252</v>
       </c>
       <c r="E14" s="62">
-        <v>622</v>
+        <v>606</v>
       </c>
       <c r="F14" s="64">
         <v>0</v>
       </c>
       <c r="G14" s="64">
         <v>0</v>
       </c>
       <c r="H14" s="62">
-        <v>1745</v>
+        <v>2269</v>
       </c>
       <c r="I14" s="62">
-        <v>1354</v>
+        <v>1977</v>
       </c>
       <c r="J14" s="62">
-        <v>143023</v>
+        <v>145049</v>
       </c>
       <c r="K14" s="66">
-        <v>112560</v>
+        <v>115495</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="59" t="s">
         <v>118</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="36"/>
       <c r="D15" s="36"/>
       <c r="E15" s="36"/>
       <c r="F15" s="36"/>
       <c r="G15" s="36"/>
       <c r="H15" s="36"/>
       <c r="I15" s="36"/>
       <c r="J15" s="36"/>
       <c r="K15" s="40"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="16" t="s">
         <v>119</v>
       </c>
       <c r="B16" s="62">
-        <v>14689</v>
+        <v>14754</v>
       </c>
       <c r="C16" s="62">
-        <v>107389</v>
+        <v>108637</v>
       </c>
       <c r="D16" s="62">
         <v>29</v>
       </c>
       <c r="E16" s="62">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F16" s="62">
-        <v>1326</v>
+        <v>1358</v>
       </c>
       <c r="G16" s="62">
-        <v>836</v>
+        <v>852</v>
       </c>
       <c r="H16" s="64">
         <v>0</v>
       </c>
       <c r="I16" s="64">
         <v>0</v>
       </c>
       <c r="J16" s="62">
-        <v>101028</v>
+        <v>100926</v>
       </c>
       <c r="K16" s="66">
-        <v>38223</v>
+        <v>38290</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="59" t="s">
         <v>120</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="40"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="16" t="s">
         <v>121</v>
       </c>
       <c r="B18" s="62">
-        <v>39142</v>
+        <v>38862</v>
       </c>
       <c r="C18" s="62">
-        <v>188449</v>
+        <v>187418</v>
       </c>
       <c r="D18" s="62">
-        <v>1424</v>
+        <v>1410</v>
       </c>
       <c r="E18" s="62">
-        <v>3376</v>
+        <v>3313</v>
       </c>
       <c r="F18" s="62">
-        <v>1882</v>
+        <v>1591</v>
       </c>
       <c r="G18" s="62">
-        <v>595</v>
+        <v>537</v>
       </c>
       <c r="H18" s="64">
         <v>0</v>
       </c>
       <c r="I18" s="64">
         <v>0</v>
       </c>
       <c r="J18" s="62">
-        <v>164011</v>
+        <v>163825</v>
       </c>
       <c r="K18" s="66">
-        <v>68019</v>
+        <v>68744</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="59" t="s">
         <v>122</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="36"/>
       <c r="D19" s="36"/>
       <c r="E19" s="36"/>
       <c r="F19" s="36"/>
       <c r="G19" s="36"/>
       <c r="H19" s="36"/>
       <c r="I19" s="36"/>
       <c r="J19" s="36"/>
       <c r="K19" s="40"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="16" t="s">
         <v>123</v>
       </c>
       <c r="B20" s="62">
-        <v>81315</v>
+        <v>81019</v>
       </c>
       <c r="C20" s="62">
-        <v>424925</v>
+        <v>424641</v>
       </c>
       <c r="D20" s="62">
-        <v>506</v>
+        <v>499</v>
       </c>
       <c r="E20" s="62">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="F20" s="62">
-        <v>89376</v>
+        <v>90493</v>
       </c>
       <c r="G20" s="62">
-        <v>61176</v>
+        <v>62707</v>
       </c>
       <c r="H20" s="64">
         <v>0</v>
       </c>
       <c r="I20" s="64">
         <v>0</v>
       </c>
       <c r="J20" s="62">
-        <v>123465</v>
+        <v>124192</v>
       </c>
       <c r="K20" s="66">
-        <v>166519</v>
+        <v>167811</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="59" t="s">
         <v>124</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="36"/>
       <c r="G21" s="36"/>
       <c r="H21" s="36"/>
       <c r="I21" s="36"/>
       <c r="J21" s="36"/>
       <c r="K21" s="40"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="16" t="s">
         <v>125</v>
       </c>
       <c r="B22" s="62">
-        <v>15989</v>
+        <v>15957</v>
       </c>
       <c r="C22" s="62">
-        <v>66770</v>
+        <v>66864</v>
       </c>
       <c r="D22" s="62">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="E22" s="62">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="F22" s="62">
-        <v>341</v>
+        <v>323</v>
       </c>
       <c r="G22" s="62">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="H22" s="62">
-        <v>1379</v>
+        <v>1435</v>
       </c>
       <c r="I22" s="62">
-        <v>925</v>
+        <v>992</v>
       </c>
       <c r="J22" s="62">
-        <v>12900</v>
+        <v>13120</v>
       </c>
       <c r="K22" s="66">
-        <v>6614</v>
+        <v>6793</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="59" t="s">
         <v>126</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="36"/>
       <c r="D23" s="36"/>
       <c r="E23" s="36"/>
       <c r="F23" s="36"/>
       <c r="G23" s="36"/>
       <c r="H23" s="36"/>
       <c r="I23" s="36"/>
       <c r="J23" s="36"/>
       <c r="K23" s="40"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="16" t="s">
         <v>127</v>
       </c>
       <c r="B24" s="62">
-        <v>170730</v>
+        <v>172179</v>
       </c>
       <c r="C24" s="62">
-        <v>991547</v>
+        <v>1010404</v>
       </c>
       <c r="D24" s="62">
-        <v>8420</v>
+        <v>8500</v>
       </c>
       <c r="E24" s="62">
-        <v>7741</v>
+        <v>7972</v>
       </c>
       <c r="F24" s="62">
-        <v>27191</v>
+        <v>27177</v>
       </c>
       <c r="G24" s="62">
-        <v>18241</v>
+        <v>18474</v>
       </c>
       <c r="H24" s="64">
         <v>0</v>
       </c>
       <c r="I24" s="64">
         <v>0</v>
       </c>
       <c r="J24" s="62">
-        <v>251191</v>
+        <v>250655</v>
       </c>
       <c r="K24" s="66">
-        <v>122896</v>
+        <v>124041</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="59" t="s">
         <v>128</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="36"/>
       <c r="D25" s="36"/>
       <c r="E25" s="36"/>
       <c r="F25" s="36"/>
       <c r="G25" s="36"/>
       <c r="H25" s="36"/>
       <c r="I25" s="36"/>
       <c r="J25" s="36"/>
       <c r="K25" s="40"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="16" t="s">
         <v>129</v>
       </c>
       <c r="B26" s="62">
-        <v>1070</v>
+        <v>1112</v>
       </c>
       <c r="C26" s="62">
-        <v>8231</v>
+        <v>8495</v>
       </c>
       <c r="D26" s="62">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E26" s="62">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F26" s="64">
         <v>0</v>
       </c>
       <c r="G26" s="64">
         <v>0</v>
       </c>
       <c r="H26" s="64">
         <v>0</v>
       </c>
       <c r="I26" s="64">
         <v>0</v>
       </c>
       <c r="J26" s="62">
-        <v>7706</v>
+        <v>11882</v>
       </c>
       <c r="K26" s="66">
-        <v>6095</v>
+        <v>7254</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="59" t="s">
         <v>130</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="36"/>
       <c r="D27" s="36"/>
       <c r="E27" s="36"/>
       <c r="F27" s="36"/>
       <c r="G27" s="36"/>
       <c r="H27" s="36"/>
       <c r="I27" s="36"/>
       <c r="J27" s="36"/>
       <c r="K27" s="40"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="16" t="s">
         <v>131</v>
       </c>
       <c r="B28" s="64">
         <v>0</v>
       </c>
       <c r="C28" s="64">
         <v>0</v>
       </c>
       <c r="D28" s="64">
         <v>0</v>
       </c>
       <c r="E28" s="64">
         <v>0</v>
       </c>
       <c r="F28" s="64">
         <v>0</v>
       </c>
       <c r="G28" s="64">
         <v>0</v>
       </c>
       <c r="H28" s="64">
         <v>0</v>
       </c>
       <c r="I28" s="64">
         <v>0</v>
       </c>
       <c r="J28" s="62">
-        <v>156709</v>
+        <v>164848</v>
       </c>
       <c r="K28" s="66">
-        <v>68097</v>
+        <v>71435</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="59" t="s">
         <v>132</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="36"/>
       <c r="D29" s="36"/>
       <c r="E29" s="36"/>
       <c r="F29" s="36"/>
       <c r="G29" s="36"/>
       <c r="H29" s="36"/>
       <c r="I29" s="36"/>
       <c r="J29" s="36"/>
       <c r="K29" s="40"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="16" t="s">
         <v>133</v>
       </c>
       <c r="B30" s="64">
         <v>0</v>
       </c>
       <c r="C30" s="64">
         <v>0</v>
       </c>
       <c r="D30" s="64">
         <v>0</v>
       </c>
       <c r="E30" s="64">
         <v>0</v>
       </c>
       <c r="F30" s="64">
         <v>0</v>
       </c>
       <c r="G30" s="64">
         <v>0</v>
       </c>
       <c r="H30" s="64">
         <v>0</v>
       </c>
       <c r="I30" s="64">
         <v>0</v>
       </c>
       <c r="J30" s="62">
-        <v>11525</v>
+        <v>11858</v>
       </c>
       <c r="K30" s="66">
-        <v>6501</v>
+        <v>6553</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="59" t="s">
         <v>134</v>
       </c>
       <c r="B31" s="36"/>
       <c r="C31" s="36"/>
       <c r="D31" s="36"/>
       <c r="E31" s="36"/>
       <c r="F31" s="36"/>
       <c r="G31" s="36"/>
       <c r="H31" s="36"/>
       <c r="I31" s="36"/>
       <c r="J31" s="36"/>
       <c r="K31" s="40"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="16"/>
       <c r="B32" s="37"/>
       <c r="C32" s="37"/>
       <c r="D32" s="37"/>
       <c r="E32" s="37"/>
       <c r="F32" s="37"/>
       <c r="G32" s="37"/>
@@ -5716,56 +5716,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -5895,51 +5895,51 @@
       <c r="C10" s="73">
         <v>0</v>
       </c>
       <c r="D10" s="73">
         <v>0</v>
       </c>
       <c r="E10" s="73">
         <v>0</v>
       </c>
       <c r="F10" s="73">
         <v>0</v>
       </c>
       <c r="G10" s="73">
         <v>0</v>
       </c>
       <c r="H10" s="73">
         <v>0</v>
       </c>
       <c r="I10" s="73">
         <v>0</v>
       </c>
       <c r="J10" s="54">
         <v>15</v>
       </c>
       <c r="K10" s="57">
-        <v>238</v>
+        <v>232</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="60" t="s">
         <v>60</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="40"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="16" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="64">
         <v>0</v>
       </c>
       <c r="C12" s="64">
@@ -6045,51 +6045,51 @@
       <c r="C16" s="64">
         <v>0</v>
       </c>
       <c r="D16" s="64">
         <v>0</v>
       </c>
       <c r="E16" s="64">
         <v>0</v>
       </c>
       <c r="F16" s="64">
         <v>0</v>
       </c>
       <c r="G16" s="64">
         <v>0</v>
       </c>
       <c r="H16" s="64">
         <v>0</v>
       </c>
       <c r="I16" s="64">
         <v>0</v>
       </c>
       <c r="J16" s="62">
         <v>2</v>
       </c>
       <c r="K16" s="66">
-        <v>234</v>
+        <v>229</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="59" t="s">
         <v>139</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="40"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="16" t="s">
         <v>140</v>
       </c>
       <c r="B18" s="64">
         <v>0</v>
       </c>
       <c r="C18" s="64">
@@ -6818,56 +6818,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -7647,51 +7647,51 @@
       <c r="C36" s="64">
         <v>0</v>
       </c>
       <c r="D36" s="64">
         <v>0</v>
       </c>
       <c r="E36" s="64">
         <v>0</v>
       </c>
       <c r="F36" s="64">
         <v>0</v>
       </c>
       <c r="G36" s="64">
         <v>0</v>
       </c>
       <c r="H36" s="64">
         <v>0</v>
       </c>
       <c r="I36" s="64">
         <v>0</v>
       </c>
       <c r="J36" s="62">
         <v>10</v>
       </c>
       <c r="K36" s="66">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="70" t="s">
         <v>186</v>
       </c>
       <c r="B37" s="38"/>
       <c r="C37" s="38"/>
       <c r="D37" s="38"/>
       <c r="E37" s="38"/>
       <c r="F37" s="38"/>
       <c r="G37" s="38"/>
       <c r="H37" s="38"/>
       <c r="I37" s="38"/>
       <c r="J37" s="38"/>
       <c r="K37" s="42"/>
     </row>
     <row r="38" spans="1:11" ht="13.5" customHeight="1">
       <c r="A38" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
@@ -7928,56 +7928,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -8724,56 +8724,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -9586,56 +9586,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>42</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -9738,728 +9738,728 @@
       </c>
       <c r="F9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="51" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="54">
-        <v>77369</v>
+        <v>77655</v>
       </c>
       <c r="C10" s="54">
-        <v>317519</v>
+        <v>320388</v>
       </c>
       <c r="D10" s="54">
-        <v>1052</v>
+        <v>1032</v>
       </c>
       <c r="E10" s="54">
-        <v>1217</v>
+        <v>1191</v>
       </c>
       <c r="F10" s="54">
         <v>2</v>
       </c>
       <c r="G10" s="54">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H10" s="54">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="I10" s="54">
         <v>33</v>
       </c>
       <c r="J10" s="54">
-        <v>43748</v>
+        <v>44396</v>
       </c>
       <c r="K10" s="57">
-        <v>7402</v>
+        <v>7506</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="60" t="s">
         <v>60</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="40"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="16" t="s">
         <v>43</v>
       </c>
       <c r="B12" s="62">
-        <v>1212</v>
+        <v>1218</v>
       </c>
       <c r="C12" s="62">
-        <v>6182</v>
+        <v>6278</v>
       </c>
       <c r="D12" s="62">
         <v>2</v>
       </c>
       <c r="E12" s="62">
         <v>1</v>
       </c>
       <c r="F12" s="64">
         <v>0</v>
       </c>
       <c r="G12" s="64">
         <v>0</v>
       </c>
       <c r="H12" s="64">
         <v>0</v>
       </c>
       <c r="I12" s="64">
         <v>0</v>
       </c>
       <c r="J12" s="62">
-        <v>5691</v>
+        <v>5771</v>
       </c>
       <c r="K12" s="66">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="59" t="s">
         <v>193</v>
       </c>
       <c r="B13" s="36"/>
       <c r="C13" s="36"/>
       <c r="D13" s="36"/>
       <c r="E13" s="36"/>
       <c r="F13" s="36"/>
       <c r="G13" s="36"/>
       <c r="H13" s="36"/>
       <c r="I13" s="36"/>
       <c r="J13" s="36"/>
       <c r="K13" s="40"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="16" t="s">
         <v>194</v>
       </c>
       <c r="B14" s="62">
-        <v>4726</v>
+        <v>4775</v>
       </c>
       <c r="C14" s="62">
-        <v>13523</v>
+        <v>13757</v>
       </c>
       <c r="D14" s="62">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E14" s="62">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F14" s="64">
         <v>0</v>
       </c>
       <c r="G14" s="64">
         <v>0</v>
       </c>
       <c r="H14" s="64">
         <v>0</v>
       </c>
       <c r="I14" s="64">
         <v>0</v>
       </c>
       <c r="J14" s="62">
-        <v>2729</v>
+        <v>2733</v>
       </c>
       <c r="K14" s="66">
-        <v>6072</v>
+        <v>6209</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="59" t="s">
         <v>195</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="36"/>
       <c r="D15" s="36"/>
       <c r="E15" s="36"/>
       <c r="F15" s="36"/>
       <c r="G15" s="36"/>
       <c r="H15" s="36"/>
       <c r="I15" s="36"/>
       <c r="J15" s="36"/>
       <c r="K15" s="40"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="16" t="s">
         <v>196</v>
       </c>
       <c r="B16" s="62">
-        <v>3204</v>
+        <v>3191</v>
       </c>
       <c r="C16" s="62">
-        <v>11626</v>
+        <v>11605</v>
       </c>
       <c r="D16" s="62">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="E16" s="62">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F16" s="64">
         <v>0</v>
       </c>
       <c r="G16" s="64">
         <v>0</v>
       </c>
       <c r="H16" s="64">
         <v>0</v>
       </c>
       <c r="I16" s="64">
         <v>0</v>
       </c>
       <c r="J16" s="62">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="K16" s="66">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="59" t="s">
         <v>197</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="40"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="16" t="s">
         <v>198</v>
       </c>
       <c r="B18" s="62">
-        <v>14976</v>
+        <v>15009</v>
       </c>
       <c r="C18" s="62">
-        <v>50092</v>
+        <v>50436</v>
       </c>
       <c r="D18" s="62">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="E18" s="62">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="F18" s="64">
         <v>0</v>
       </c>
       <c r="G18" s="64">
         <v>0</v>
       </c>
       <c r="H18" s="64">
         <v>0</v>
       </c>
       <c r="I18" s="64">
         <v>0</v>
       </c>
       <c r="J18" s="62">
-        <v>3435</v>
+        <v>3472</v>
       </c>
       <c r="K18" s="66">
-        <v>778</v>
+        <v>787</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="59" t="s">
         <v>199</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="36"/>
       <c r="D19" s="36"/>
       <c r="E19" s="36"/>
       <c r="F19" s="36"/>
       <c r="G19" s="36"/>
       <c r="H19" s="36"/>
       <c r="I19" s="36"/>
       <c r="J19" s="36"/>
       <c r="K19" s="40"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="16" t="s">
         <v>200</v>
       </c>
       <c r="B20" s="62">
-        <v>1250</v>
+        <v>1246</v>
       </c>
       <c r="C20" s="62">
-        <v>5303</v>
+        <v>5269</v>
       </c>
       <c r="D20" s="62">
         <v>34</v>
       </c>
       <c r="E20" s="62">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F20" s="64">
         <v>0</v>
       </c>
       <c r="G20" s="64">
         <v>0</v>
       </c>
       <c r="H20" s="64">
         <v>0</v>
       </c>
       <c r="I20" s="64">
         <v>0</v>
       </c>
       <c r="J20" s="62">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="K20" s="66">
         <v>4</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="59" t="s">
         <v>201</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="36"/>
       <c r="G21" s="36"/>
       <c r="H21" s="36"/>
       <c r="I21" s="36"/>
       <c r="J21" s="36"/>
       <c r="K21" s="40"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="16" t="s">
         <v>202</v>
       </c>
       <c r="B22" s="62">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="C22" s="62">
-        <v>2737</v>
+        <v>2722</v>
       </c>
       <c r="D22" s="62">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="E22" s="62">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="F22" s="64">
         <v>0</v>
       </c>
       <c r="G22" s="64">
         <v>0</v>
       </c>
       <c r="H22" s="64">
         <v>0</v>
       </c>
       <c r="I22" s="64">
         <v>0</v>
       </c>
       <c r="J22" s="62">
-        <v>2095</v>
+        <v>2117</v>
       </c>
       <c r="K22" s="66">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="59" t="s">
         <v>203</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="36"/>
       <c r="D23" s="36"/>
       <c r="E23" s="36"/>
       <c r="F23" s="36"/>
       <c r="G23" s="36"/>
       <c r="H23" s="36"/>
       <c r="I23" s="36"/>
       <c r="J23" s="36"/>
       <c r="K23" s="40"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="16" t="s">
         <v>204</v>
       </c>
       <c r="B24" s="62">
-        <v>1083</v>
+        <v>1074</v>
       </c>
       <c r="C24" s="62">
-        <v>4198</v>
+        <v>4156</v>
       </c>
       <c r="D24" s="62">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E24" s="62">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F24" s="64">
         <v>0</v>
       </c>
       <c r="G24" s="64">
         <v>0</v>
       </c>
       <c r="H24" s="64">
         <v>0</v>
       </c>
       <c r="I24" s="64">
         <v>0</v>
       </c>
       <c r="J24" s="62">
-        <v>2042</v>
+        <v>2131</v>
       </c>
       <c r="K24" s="66">
-        <v>77</v>
+        <v>74</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="59" t="s">
         <v>205</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="36"/>
       <c r="D25" s="36"/>
       <c r="E25" s="36"/>
       <c r="F25" s="36"/>
       <c r="G25" s="36"/>
       <c r="H25" s="36"/>
       <c r="I25" s="36"/>
       <c r="J25" s="36"/>
       <c r="K25" s="40"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="16" t="s">
         <v>206</v>
       </c>
       <c r="B26" s="62">
-        <v>5085</v>
+        <v>5045</v>
       </c>
       <c r="C26" s="62">
-        <v>33915</v>
+        <v>33577</v>
       </c>
       <c r="D26" s="62">
         <v>6</v>
       </c>
       <c r="E26" s="62">
         <v>4</v>
       </c>
       <c r="F26" s="64">
         <v>0</v>
       </c>
       <c r="G26" s="64">
         <v>0</v>
       </c>
       <c r="H26" s="64">
         <v>0</v>
       </c>
       <c r="I26" s="64">
         <v>0</v>
       </c>
       <c r="J26" s="64">
         <v>0</v>
       </c>
       <c r="K26" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="59" t="s">
         <v>207</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="36"/>
       <c r="D27" s="36"/>
       <c r="E27" s="36"/>
       <c r="F27" s="36"/>
       <c r="G27" s="36"/>
       <c r="H27" s="36"/>
       <c r="I27" s="36"/>
       <c r="J27" s="36"/>
       <c r="K27" s="40"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="16" t="s">
         <v>208</v>
       </c>
       <c r="B28" s="62">
-        <v>3444</v>
+        <v>3424</v>
       </c>
       <c r="C28" s="62">
-        <v>10275</v>
+        <v>10204</v>
       </c>
       <c r="D28" s="62">
         <v>18</v>
       </c>
       <c r="E28" s="62">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F28" s="64">
         <v>0</v>
       </c>
       <c r="G28" s="64">
         <v>0</v>
       </c>
       <c r="H28" s="64">
         <v>0</v>
       </c>
       <c r="I28" s="64">
         <v>0</v>
       </c>
       <c r="J28" s="62">
         <v>3</v>
       </c>
       <c r="K28" s="66">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="59" t="s">
         <v>209</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="36"/>
       <c r="D29" s="36"/>
       <c r="E29" s="36"/>
       <c r="F29" s="36"/>
       <c r="G29" s="36"/>
       <c r="H29" s="36"/>
       <c r="I29" s="36"/>
       <c r="J29" s="36"/>
       <c r="K29" s="40"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="16" t="s">
         <v>210</v>
       </c>
       <c r="B30" s="62">
-        <v>5502</v>
+        <v>5577</v>
       </c>
       <c r="C30" s="62">
-        <v>34007</v>
+        <v>34688</v>
       </c>
       <c r="D30" s="62">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E30" s="62">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F30" s="62">
         <v>2</v>
       </c>
       <c r="G30" s="62">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H30" s="64">
         <v>0</v>
       </c>
       <c r="I30" s="64">
         <v>0</v>
       </c>
       <c r="J30" s="62">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="K30" s="66">
         <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="59" t="s">
         <v>211</v>
       </c>
       <c r="B31" s="36"/>
       <c r="C31" s="36"/>
       <c r="D31" s="36"/>
       <c r="E31" s="36"/>
       <c r="F31" s="36"/>
       <c r="G31" s="36"/>
       <c r="H31" s="36"/>
       <c r="I31" s="36"/>
       <c r="J31" s="36"/>
       <c r="K31" s="40"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="16" t="s">
         <v>212</v>
       </c>
       <c r="B32" s="62">
-        <v>1431</v>
+        <v>1437</v>
       </c>
       <c r="C32" s="62">
-        <v>4454</v>
+        <v>4530</v>
       </c>
       <c r="D32" s="64">
         <v>0</v>
       </c>
       <c r="E32" s="64">
         <v>0</v>
       </c>
       <c r="F32" s="64">
         <v>0</v>
       </c>
       <c r="G32" s="64">
         <v>0</v>
       </c>
       <c r="H32" s="64">
         <v>0</v>
       </c>
       <c r="I32" s="64">
         <v>0</v>
       </c>
       <c r="J32" s="64">
         <v>0</v>
       </c>
       <c r="K32" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1">
       <c r="A33" s="59" t="s">
         <v>213</v>
       </c>
       <c r="B33" s="36"/>
       <c r="C33" s="36"/>
       <c r="D33" s="36"/>
       <c r="E33" s="36"/>
       <c r="F33" s="36"/>
       <c r="G33" s="36"/>
       <c r="H33" s="36"/>
       <c r="I33" s="36"/>
       <c r="J33" s="36"/>
       <c r="K33" s="40"/>
     </row>
     <row r="34" spans="1:11" ht="12.6" customHeight="1">
       <c r="A34" s="16" t="s">
         <v>214</v>
       </c>
       <c r="B34" s="62">
-        <v>1217</v>
+        <v>1202</v>
       </c>
       <c r="C34" s="62">
-        <v>4012</v>
+        <v>4006</v>
       </c>
       <c r="D34" s="62">
         <v>8</v>
       </c>
       <c r="E34" s="62">
         <v>17</v>
       </c>
       <c r="F34" s="64">
         <v>0</v>
       </c>
       <c r="G34" s="64">
         <v>0</v>
       </c>
       <c r="H34" s="64">
         <v>0</v>
       </c>
       <c r="I34" s="64">
         <v>0</v>
       </c>
       <c r="J34" s="64">
         <v>0</v>
       </c>
       <c r="K34" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="11.1" customHeight="1">
       <c r="A35" s="59" t="s">
         <v>215</v>
       </c>
       <c r="B35" s="36"/>
       <c r="C35" s="36"/>
       <c r="D35" s="36"/>
       <c r="E35" s="36"/>
       <c r="F35" s="36"/>
       <c r="G35" s="36"/>
       <c r="H35" s="36"/>
       <c r="I35" s="36"/>
       <c r="J35" s="36"/>
       <c r="K35" s="40"/>
     </row>
     <row r="36" spans="1:11" ht="12.6" customHeight="1">
       <c r="A36" s="16" t="s">
         <v>216</v>
       </c>
       <c r="B36" s="62">
-        <v>3329</v>
+        <v>3382</v>
       </c>
       <c r="C36" s="62">
-        <v>10536</v>
+        <v>10957</v>
       </c>
       <c r="D36" s="62">
         <v>4</v>
       </c>
       <c r="E36" s="62">
         <v>2</v>
       </c>
       <c r="F36" s="64">
         <v>0</v>
       </c>
       <c r="G36" s="64">
         <v>0</v>
       </c>
       <c r="H36" s="64">
         <v>0</v>
       </c>
       <c r="I36" s="64">
         <v>0</v>
       </c>
       <c r="J36" s="62">
-        <v>628</v>
+        <v>606</v>
       </c>
       <c r="K36" s="66">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="70" t="s">
         <v>217</v>
       </c>
       <c r="B37" s="38"/>
       <c r="C37" s="38"/>
       <c r="D37" s="38"/>
       <c r="E37" s="38"/>
       <c r="F37" s="38"/>
       <c r="G37" s="38"/>
       <c r="H37" s="38"/>
       <c r="I37" s="38"/>
       <c r="J37" s="38"/>
       <c r="K37" s="42"/>
     </row>
     <row r="38" spans="1:11" ht="13.5" customHeight="1">
       <c r="A38" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
@@ -10698,56 +10698,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>42</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -10850,528 +10850,528 @@
       </c>
       <c r="F9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="50" t="s">
         <v>41</v>
       </c>
       <c r="B10" s="53">
-        <v>1693</v>
+        <v>1678</v>
       </c>
       <c r="C10" s="53">
-        <v>5579</v>
+        <v>5484</v>
       </c>
       <c r="D10" s="72">
         <v>0</v>
       </c>
       <c r="E10" s="72">
         <v>0</v>
       </c>
       <c r="F10" s="72">
         <v>0</v>
       </c>
       <c r="G10" s="72">
         <v>0</v>
       </c>
       <c r="H10" s="72">
         <v>0</v>
       </c>
       <c r="I10" s="72">
         <v>0</v>
       </c>
       <c r="J10" s="72">
         <v>0</v>
       </c>
       <c r="K10" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="59" t="s">
         <v>218</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="40"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="16" t="s">
         <v>219</v>
       </c>
       <c r="B12" s="62">
-        <v>3692</v>
+        <v>3709</v>
       </c>
       <c r="C12" s="62">
-        <v>10431</v>
+        <v>10633</v>
       </c>
       <c r="D12" s="62">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="E12" s="62">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="F12" s="64">
         <v>0</v>
       </c>
       <c r="G12" s="64">
         <v>0</v>
       </c>
       <c r="H12" s="64">
         <v>0</v>
       </c>
       <c r="I12" s="64">
         <v>0</v>
       </c>
       <c r="J12" s="62">
-        <v>18322</v>
+        <v>18389</v>
       </c>
       <c r="K12" s="66">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="59" t="s">
         <v>220</v>
       </c>
       <c r="B13" s="36"/>
       <c r="C13" s="36"/>
       <c r="D13" s="36"/>
       <c r="E13" s="36"/>
       <c r="F13" s="36"/>
       <c r="G13" s="36"/>
       <c r="H13" s="36"/>
       <c r="I13" s="36"/>
       <c r="J13" s="36"/>
       <c r="K13" s="40"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="16" t="s">
         <v>221</v>
       </c>
       <c r="B14" s="62">
-        <v>1815</v>
+        <v>1803</v>
       </c>
       <c r="C14" s="62">
-        <v>6487</v>
+        <v>6477</v>
       </c>
       <c r="D14" s="62">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E14" s="62">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="F14" s="64">
         <v>0</v>
       </c>
       <c r="G14" s="64">
         <v>0</v>
       </c>
       <c r="H14" s="64">
         <v>0</v>
       </c>
       <c r="I14" s="64">
         <v>0</v>
       </c>
       <c r="J14" s="62">
         <v>27</v>
       </c>
       <c r="K14" s="66">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="59" t="s">
         <v>222</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="36"/>
       <c r="D15" s="36"/>
       <c r="E15" s="36"/>
       <c r="F15" s="36"/>
       <c r="G15" s="36"/>
       <c r="H15" s="36"/>
       <c r="I15" s="36"/>
       <c r="J15" s="36"/>
       <c r="K15" s="40"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="16" t="s">
         <v>223</v>
       </c>
       <c r="B16" s="62">
-        <v>4204</v>
+        <v>4189</v>
       </c>
       <c r="C16" s="62">
-        <v>12167</v>
+        <v>12161</v>
       </c>
       <c r="D16" s="62">
         <v>9</v>
       </c>
       <c r="E16" s="62">
         <v>10</v>
       </c>
       <c r="F16" s="64">
         <v>0</v>
       </c>
       <c r="G16" s="64">
         <v>0</v>
       </c>
       <c r="H16" s="64">
         <v>0</v>
       </c>
       <c r="I16" s="64">
         <v>0</v>
       </c>
       <c r="J16" s="62">
-        <v>6496</v>
+        <v>6826</v>
       </c>
       <c r="K16" s="66">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="59" t="s">
         <v>224</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="40"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="16" t="s">
         <v>225</v>
       </c>
       <c r="B18" s="62">
-        <v>6281</v>
+        <v>6332</v>
       </c>
       <c r="C18" s="62">
-        <v>33542</v>
+        <v>33941</v>
       </c>
       <c r="D18" s="62">
         <v>40</v>
       </c>
       <c r="E18" s="62">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F18" s="64">
         <v>0</v>
       </c>
       <c r="G18" s="64">
         <v>0</v>
       </c>
       <c r="H18" s="62">
         <v>16</v>
       </c>
       <c r="I18" s="62">
         <v>5</v>
       </c>
       <c r="J18" s="62">
         <v>4</v>
       </c>
       <c r="K18" s="66">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="59" t="s">
         <v>226</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="36"/>
       <c r="D19" s="36"/>
       <c r="E19" s="36"/>
       <c r="F19" s="36"/>
       <c r="G19" s="36"/>
       <c r="H19" s="36"/>
       <c r="I19" s="36"/>
       <c r="J19" s="36"/>
       <c r="K19" s="40"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="16" t="s">
         <v>227</v>
       </c>
       <c r="B20" s="62">
-        <v>3075</v>
+        <v>3115</v>
       </c>
       <c r="C20" s="62">
-        <v>14128</v>
+        <v>14396</v>
       </c>
       <c r="D20" s="62">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E20" s="62">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F20" s="64">
         <v>0</v>
       </c>
       <c r="G20" s="64">
         <v>0</v>
       </c>
       <c r="H20" s="62">
         <v>3</v>
       </c>
       <c r="I20" s="62">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J20" s="64">
         <v>0</v>
       </c>
       <c r="K20" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="59" t="s">
         <v>228</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="36"/>
       <c r="G21" s="36"/>
       <c r="H21" s="36"/>
       <c r="I21" s="36"/>
       <c r="J21" s="36"/>
       <c r="K21" s="40"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="16" t="s">
         <v>229</v>
       </c>
       <c r="B22" s="62">
-        <v>7385</v>
+        <v>7458</v>
       </c>
       <c r="C22" s="62">
-        <v>35242</v>
+        <v>35945</v>
       </c>
       <c r="D22" s="62">
         <v>39</v>
       </c>
       <c r="E22" s="62">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F22" s="64">
         <v>0</v>
       </c>
       <c r="G22" s="64">
         <v>0</v>
       </c>
       <c r="H22" s="62">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="I22" s="62">
         <v>27</v>
       </c>
       <c r="J22" s="62">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="K22" s="66">
-        <v>75</v>
+        <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="59" t="s">
         <v>230</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="36"/>
       <c r="D23" s="36"/>
       <c r="E23" s="36"/>
       <c r="F23" s="36"/>
       <c r="G23" s="36"/>
       <c r="H23" s="36"/>
       <c r="I23" s="36"/>
       <c r="J23" s="36"/>
       <c r="K23" s="40"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="16" t="s">
         <v>231</v>
       </c>
       <c r="B24" s="62">
-        <v>367</v>
+        <v>386</v>
       </c>
       <c r="C24" s="62">
-        <v>1542</v>
+        <v>1609</v>
       </c>
       <c r="D24" s="62">
         <v>10</v>
       </c>
       <c r="E24" s="62">
         <v>35</v>
       </c>
       <c r="F24" s="64">
         <v>0</v>
       </c>
       <c r="G24" s="64">
         <v>0</v>
       </c>
       <c r="H24" s="64">
         <v>0</v>
       </c>
       <c r="I24" s="64">
         <v>0</v>
       </c>
       <c r="J24" s="62">
         <v>11</v>
       </c>
       <c r="K24" s="66">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="59" t="s">
         <v>232</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="36"/>
       <c r="D25" s="36"/>
       <c r="E25" s="36"/>
       <c r="F25" s="36"/>
       <c r="G25" s="36"/>
       <c r="H25" s="36"/>
       <c r="I25" s="36"/>
       <c r="J25" s="36"/>
       <c r="K25" s="40"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="16" t="s">
         <v>233</v>
       </c>
       <c r="B26" s="62">
-        <v>1041</v>
+        <v>1054</v>
       </c>
       <c r="C26" s="62">
-        <v>4838</v>
+        <v>4904</v>
       </c>
       <c r="D26" s="62">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E26" s="62">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="F26" s="64">
         <v>0</v>
       </c>
       <c r="G26" s="64">
         <v>0</v>
       </c>
       <c r="H26" s="64">
         <v>0</v>
       </c>
       <c r="I26" s="64">
         <v>0</v>
       </c>
       <c r="J26" s="62">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="K26" s="66">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="59" t="s">
         <v>234</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="36"/>
       <c r="D27" s="36"/>
       <c r="E27" s="36"/>
       <c r="F27" s="36"/>
       <c r="G27" s="36"/>
       <c r="H27" s="36"/>
       <c r="I27" s="36"/>
       <c r="J27" s="36"/>
       <c r="K27" s="40"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="16" t="s">
         <v>235</v>
       </c>
       <c r="B28" s="62">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="C28" s="62">
-        <v>2701</v>
+        <v>2651</v>
       </c>
       <c r="D28" s="62">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E28" s="62">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="F28" s="64">
         <v>0</v>
       </c>
       <c r="G28" s="64">
         <v>0</v>
       </c>
       <c r="H28" s="64">
         <v>0</v>
       </c>
       <c r="I28" s="64">
         <v>0</v>
       </c>
       <c r="J28" s="62">
-        <v>687</v>
+        <v>733</v>
       </c>
       <c r="K28" s="66">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="59" t="s">
         <v>236</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="36"/>
       <c r="D29" s="36"/>
       <c r="E29" s="36"/>
       <c r="F29" s="36"/>
       <c r="G29" s="36"/>
       <c r="H29" s="36"/>
       <c r="I29" s="36"/>
       <c r="J29" s="36"/>
       <c r="K29" s="40"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="16"/>
       <c r="B30" s="37"/>
       <c r="C30" s="37"/>
       <c r="D30" s="37"/>
       <c r="E30" s="37"/>
       <c r="F30" s="37"/>
       <c r="G30" s="37"/>