--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -53,51 +53,51 @@
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="237">
   <si>
     <t>購置住宅貸款</t>
   </si>
   <si>
     <t>房屋修繕貸款</t>
   </si>
   <si>
     <t>購置汽車貸款</t>
   </si>
   <si>
     <t>其他個人消費貸款</t>
   </si>
   <si>
     <t>(不含信用卡循環信用)</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
-    <t>民國114年 9月底</t>
+    <t>民國114年10月底</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>戶　　數</t>
   </si>
   <si>
     <t>餘　　額</t>
   </si>
   <si>
     <t>House-purchasing Loans</t>
   </si>
   <si>
     <t>House-repairing Loans</t>
   </si>
   <si>
     <t>Car Loans</t>
   </si>
   <si>
     <t>Employees' Welfare Loans</t>
   </si>
   <si>
     <t>Other Consumer Loans</t>
   </si>
@@ -138,51 +138,51 @@
       <t>,</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>新臺幣百萬元</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve"> Account,NT$ Million</t>
     </r>
   </si>
   <si>
     <t>by Institution</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
+    <t xml:space="preserve"> End of Oct. 2025</t>
   </si>
   <si>
     <t>5-2 Consumer Loan's Items at General Banks and Credit Cooperatives</t>
   </si>
   <si>
     <r>
       <t>5-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行及信用合作社消費者貸款業務項目</t>
     </r>
   </si>
   <si>
     <r>
       <t>5-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
@@ -738,51 +738,51 @@
   <si>
     <t>Citibank Taiwan Ltd.</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　　#</t>
   </si>
@@ -2616,528 +2616,528 @@
       </c>
       <c r="F9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="51" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="54">
-        <v>2147749</v>
+        <v>2149062</v>
       </c>
       <c r="C10" s="54">
-        <v>11378398</v>
+        <v>11414673</v>
       </c>
       <c r="D10" s="54">
-        <v>42706</v>
+        <v>42244</v>
       </c>
       <c r="E10" s="54">
-        <v>32776</v>
+        <v>32503</v>
       </c>
       <c r="F10" s="54">
-        <v>404020</v>
+        <v>404519</v>
       </c>
       <c r="G10" s="54">
-        <v>241739</v>
+        <v>241766</v>
       </c>
       <c r="H10" s="54">
-        <v>83392</v>
+        <v>82920</v>
       </c>
       <c r="I10" s="54">
-        <v>34425</v>
+        <v>34286</v>
       </c>
       <c r="J10" s="54">
-        <v>4880452</v>
+        <v>4856305</v>
       </c>
       <c r="K10" s="57">
-        <v>1494989</v>
+        <v>1500331</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="60" t="s">
         <v>60</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="40"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="16" t="s">
         <v>61</v>
       </c>
       <c r="B12" s="62">
-        <v>248377</v>
+        <v>249406</v>
       </c>
       <c r="C12" s="62">
-        <v>1205207</v>
+        <v>1214274</v>
       </c>
       <c r="D12" s="62">
-        <v>1951</v>
+        <v>1891</v>
       </c>
       <c r="E12" s="62">
-        <v>680</v>
+        <v>656</v>
       </c>
       <c r="F12" s="64">
         <v>0</v>
       </c>
       <c r="G12" s="64">
         <v>0</v>
       </c>
       <c r="H12" s="62">
-        <v>1193</v>
+        <v>1151</v>
       </c>
       <c r="I12" s="62">
-        <v>287</v>
+        <v>273</v>
       </c>
       <c r="J12" s="62">
-        <v>2745596</v>
+        <v>2716476</v>
       </c>
       <c r="K12" s="66">
-        <v>108349</v>
+        <v>107101</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="59" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="36"/>
       <c r="C13" s="36"/>
       <c r="D13" s="36"/>
       <c r="E13" s="36"/>
       <c r="F13" s="36"/>
       <c r="G13" s="36"/>
       <c r="H13" s="36"/>
       <c r="I13" s="36"/>
       <c r="J13" s="36"/>
       <c r="K13" s="40"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="16" t="s">
         <v>63</v>
       </c>
       <c r="B14" s="62">
-        <v>250161</v>
+        <v>250416</v>
       </c>
       <c r="C14" s="62">
-        <v>1208604</v>
+        <v>1212363</v>
       </c>
       <c r="D14" s="62">
-        <v>3608</v>
+        <v>3523</v>
       </c>
       <c r="E14" s="62">
-        <v>1699</v>
+        <v>1652</v>
       </c>
       <c r="F14" s="64">
         <v>0</v>
       </c>
       <c r="G14" s="64">
         <v>0</v>
       </c>
       <c r="H14" s="62">
-        <v>64192</v>
+        <v>63765</v>
       </c>
       <c r="I14" s="62">
-        <v>24731</v>
+        <v>24597</v>
       </c>
       <c r="J14" s="62">
-        <v>36421</v>
+        <v>36625</v>
       </c>
       <c r="K14" s="66">
-        <v>8049</v>
+        <v>8094</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="59" t="s">
         <v>64</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="36"/>
       <c r="D15" s="36"/>
       <c r="E15" s="36"/>
       <c r="F15" s="36"/>
       <c r="G15" s="36"/>
       <c r="H15" s="36"/>
       <c r="I15" s="36"/>
       <c r="J15" s="36"/>
       <c r="K15" s="40"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="16" t="s">
         <v>65</v>
       </c>
       <c r="B16" s="62">
-        <v>161939</v>
+        <v>162041</v>
       </c>
       <c r="C16" s="62">
-        <v>867038</v>
+        <v>870180</v>
       </c>
       <c r="D16" s="62">
-        <v>4843</v>
+        <v>4754</v>
       </c>
       <c r="E16" s="62">
-        <v>2486</v>
+        <v>2414</v>
       </c>
       <c r="F16" s="64">
         <v>0</v>
       </c>
       <c r="G16" s="64">
         <v>0</v>
       </c>
       <c r="H16" s="62">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="I16" s="62">
         <v>3</v>
       </c>
       <c r="J16" s="62">
-        <v>99477</v>
+        <v>99835</v>
       </c>
       <c r="K16" s="66">
-        <v>69234</v>
+        <v>69268</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="59" t="s">
         <v>66</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="40"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="16" t="s">
         <v>67</v>
       </c>
       <c r="B18" s="62">
-        <v>104739</v>
+        <v>105224</v>
       </c>
       <c r="C18" s="62">
-        <v>620489</v>
+        <v>626088</v>
       </c>
       <c r="D18" s="62">
-        <v>4616</v>
+        <v>4614</v>
       </c>
       <c r="E18" s="62">
-        <v>3120</v>
+        <v>3111</v>
       </c>
       <c r="F18" s="62">
-        <v>3015</v>
+        <v>3035</v>
       </c>
       <c r="G18" s="62">
-        <v>2071</v>
+        <v>2067</v>
       </c>
       <c r="H18" s="62">
-        <v>2453</v>
+        <v>2475</v>
       </c>
       <c r="I18" s="62">
-        <v>2093</v>
+        <v>2125</v>
       </c>
       <c r="J18" s="62">
-        <v>48623</v>
+        <v>49181</v>
       </c>
       <c r="K18" s="66">
-        <v>93353</v>
+        <v>94998</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="59" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="36"/>
       <c r="D19" s="36"/>
       <c r="E19" s="36"/>
       <c r="F19" s="36"/>
       <c r="G19" s="36"/>
       <c r="H19" s="36"/>
       <c r="I19" s="36"/>
       <c r="J19" s="36"/>
       <c r="K19" s="40"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="16" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="62">
-        <v>131591</v>
+        <v>131342</v>
       </c>
       <c r="C20" s="62">
-        <v>622342</v>
+        <v>620898</v>
       </c>
       <c r="D20" s="62">
-        <v>1188</v>
+        <v>1178</v>
       </c>
       <c r="E20" s="62">
-        <v>905</v>
+        <v>890</v>
       </c>
       <c r="F20" s="62">
-        <v>8775</v>
+        <v>8508</v>
       </c>
       <c r="G20" s="62">
-        <v>2278</v>
+        <v>2179</v>
       </c>
       <c r="H20" s="62">
-        <v>2605</v>
+        <v>2648</v>
       </c>
       <c r="I20" s="62">
-        <v>1161</v>
+        <v>1185</v>
       </c>
       <c r="J20" s="62">
-        <v>66096</v>
+        <v>66452</v>
       </c>
       <c r="K20" s="66">
-        <v>48759</v>
+        <v>49377</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="59" t="s">
         <v>70</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="36"/>
       <c r="G21" s="36"/>
       <c r="H21" s="36"/>
       <c r="I21" s="36"/>
       <c r="J21" s="36"/>
       <c r="K21" s="40"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="16" t="s">
         <v>71</v>
       </c>
       <c r="B22" s="62">
-        <v>87979</v>
+        <v>88229</v>
       </c>
       <c r="C22" s="62">
-        <v>478663</v>
+        <v>481317</v>
       </c>
       <c r="D22" s="62">
-        <v>1296</v>
+        <v>1266</v>
       </c>
       <c r="E22" s="62">
-        <v>724</v>
+        <v>702</v>
       </c>
       <c r="F22" s="64">
         <v>0</v>
       </c>
       <c r="G22" s="64">
         <v>0</v>
       </c>
       <c r="H22" s="62">
-        <v>2075</v>
+        <v>2074</v>
       </c>
       <c r="I22" s="62">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="J22" s="62">
-        <v>21909</v>
+        <v>22137</v>
       </c>
       <c r="K22" s="66">
-        <v>38026</v>
+        <v>38647</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="59" t="s">
         <v>72</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="36"/>
       <c r="D23" s="36"/>
       <c r="E23" s="36"/>
       <c r="F23" s="36"/>
       <c r="G23" s="36"/>
       <c r="H23" s="36"/>
       <c r="I23" s="36"/>
       <c r="J23" s="36"/>
       <c r="K23" s="40"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="16" t="s">
         <v>73</v>
       </c>
       <c r="B24" s="62">
-        <v>29448</v>
+        <v>29540</v>
       </c>
       <c r="C24" s="62">
-        <v>196108</v>
+        <v>197629</v>
       </c>
       <c r="D24" s="62">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E24" s="62">
         <v>23</v>
       </c>
       <c r="F24" s="62">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="G24" s="62">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="H24" s="64">
         <v>0</v>
       </c>
       <c r="I24" s="64">
         <v>0</v>
       </c>
       <c r="J24" s="62">
-        <v>5482</v>
+        <v>5423</v>
       </c>
       <c r="K24" s="66">
-        <v>2569</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="59" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="36"/>
       <c r="D25" s="36"/>
       <c r="E25" s="36"/>
       <c r="F25" s="36"/>
       <c r="G25" s="36"/>
       <c r="H25" s="36"/>
       <c r="I25" s="36"/>
       <c r="J25" s="36"/>
       <c r="K25" s="40"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="16" t="s">
         <v>75</v>
       </c>
       <c r="B26" s="62">
-        <v>131489</v>
+        <v>131303</v>
       </c>
       <c r="C26" s="62">
-        <v>702715</v>
+        <v>702887</v>
       </c>
       <c r="D26" s="62">
-        <v>5839</v>
+        <v>5808</v>
       </c>
       <c r="E26" s="62">
-        <v>4274</v>
+        <v>4238</v>
       </c>
       <c r="F26" s="62">
-        <v>2238</v>
+        <v>2243</v>
       </c>
       <c r="G26" s="62">
-        <v>2548</v>
+        <v>2559</v>
       </c>
       <c r="H26" s="62">
-        <v>1719</v>
+        <v>1659</v>
       </c>
       <c r="I26" s="62">
-        <v>452</v>
+        <v>427</v>
       </c>
       <c r="J26" s="62">
-        <v>178355</v>
+        <v>178451</v>
       </c>
       <c r="K26" s="66">
-        <v>49675</v>
+        <v>49830</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="59" t="s">
         <v>76</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="36"/>
       <c r="D27" s="36"/>
       <c r="E27" s="36"/>
       <c r="F27" s="36"/>
       <c r="G27" s="36"/>
       <c r="H27" s="36"/>
       <c r="I27" s="36"/>
       <c r="J27" s="36"/>
       <c r="K27" s="40"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="16" t="s">
         <v>77</v>
       </c>
       <c r="B28" s="62">
-        <v>86281</v>
+        <v>86114</v>
       </c>
       <c r="C28" s="62">
-        <v>564085</v>
+        <v>564283</v>
       </c>
       <c r="D28" s="62">
-        <v>1955</v>
+        <v>1938</v>
       </c>
       <c r="E28" s="62">
-        <v>2746</v>
+        <v>2737</v>
       </c>
       <c r="F28" s="62">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="G28" s="62">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="H28" s="64">
         <v>0</v>
       </c>
       <c r="I28" s="64">
         <v>0</v>
       </c>
       <c r="J28" s="62">
-        <v>292064</v>
+        <v>291144</v>
       </c>
       <c r="K28" s="66">
-        <v>130805</v>
+        <v>130362</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="59" t="s">
         <v>78</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="36"/>
       <c r="D29" s="36"/>
       <c r="E29" s="36"/>
       <c r="F29" s="36"/>
       <c r="G29" s="36"/>
       <c r="H29" s="36"/>
       <c r="I29" s="36"/>
       <c r="J29" s="36"/>
       <c r="K29" s="40"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="16" t="s">
         <v>79</v>
       </c>
       <c r="B30" s="64">
         <v>0</v>
       </c>
       <c r="C30" s="64">
@@ -3166,128 +3166,128 @@
       </c>
       <c r="K30" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="59" t="s">
         <v>80</v>
       </c>
       <c r="B31" s="36"/>
       <c r="C31" s="36"/>
       <c r="D31" s="36"/>
       <c r="E31" s="36"/>
       <c r="F31" s="36"/>
       <c r="G31" s="36"/>
       <c r="H31" s="36"/>
       <c r="I31" s="36"/>
       <c r="J31" s="36"/>
       <c r="K31" s="40"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="16" t="s">
         <v>81</v>
       </c>
       <c r="B32" s="62">
-        <v>6354</v>
+        <v>6335</v>
       </c>
       <c r="C32" s="62">
-        <v>31872</v>
+        <v>31899</v>
       </c>
       <c r="D32" s="62">
-        <v>472</v>
+        <v>461</v>
       </c>
       <c r="E32" s="62">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="F32" s="64">
         <v>0</v>
       </c>
       <c r="G32" s="64">
         <v>0</v>
       </c>
       <c r="H32" s="64">
         <v>0</v>
       </c>
       <c r="I32" s="64">
         <v>0</v>
       </c>
       <c r="J32" s="62">
-        <v>33185</v>
+        <v>32966</v>
       </c>
       <c r="K32" s="66">
-        <v>4803</v>
+        <v>4749</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1">
       <c r="A33" s="59" t="s">
         <v>82</v>
       </c>
       <c r="B33" s="36"/>
       <c r="C33" s="36"/>
       <c r="D33" s="36"/>
       <c r="E33" s="36"/>
       <c r="F33" s="36"/>
       <c r="G33" s="36"/>
       <c r="H33" s="36"/>
       <c r="I33" s="36"/>
       <c r="J33" s="36"/>
       <c r="K33" s="40"/>
     </row>
     <row r="34" spans="1:11" ht="12.6" customHeight="1">
       <c r="A34" s="16" t="s">
         <v>83</v>
       </c>
       <c r="B34" s="62">
-        <v>72513</v>
+        <v>72435</v>
       </c>
       <c r="C34" s="62">
-        <v>419936</v>
+        <v>419025</v>
       </c>
       <c r="D34" s="62">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="E34" s="62">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="F34" s="64">
         <v>0</v>
       </c>
       <c r="G34" s="64">
         <v>0</v>
       </c>
       <c r="H34" s="62">
-        <v>5078</v>
+        <v>5038</v>
       </c>
       <c r="I34" s="62">
-        <v>1721</v>
+        <v>1659</v>
       </c>
       <c r="J34" s="62">
-        <v>23807</v>
+        <v>23914</v>
       </c>
       <c r="K34" s="66">
-        <v>19885</v>
+        <v>19953</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="11.1" customHeight="1">
       <c r="A35" s="59" t="s">
         <v>84</v>
       </c>
       <c r="B35" s="36"/>
       <c r="C35" s="36"/>
       <c r="D35" s="36"/>
       <c r="E35" s="36"/>
       <c r="F35" s="36"/>
       <c r="G35" s="36"/>
       <c r="H35" s="36"/>
       <c r="I35" s="36"/>
       <c r="J35" s="36"/>
       <c r="K35" s="40"/>
     </row>
     <row r="36" spans="1:11" ht="12.6" customHeight="1">
       <c r="A36" s="16" t="s">
         <v>85</v>
       </c>
       <c r="B36" s="64">
         <v>0</v>
       </c>
       <c r="C36" s="64">
@@ -3581,56 +3581,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="30" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="30"/>
       <c r="C3" s="30"/>
       <c r="D3" s="30"/>
       <c r="E3" s="30"/>
       <c r="F3" s="30"/>
       <c r="G3" s="30"/>
       <c r="H3" s="30"/>
       <c r="I3" s="30"/>
       <c r="J3" s="30"/>
       <c r="K3" s="30"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -3733,728 +3733,728 @@
       </c>
       <c r="F9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="50" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="53">
-        <v>2160</v>
+        <v>2199</v>
       </c>
       <c r="C10" s="53">
-        <v>14308</v>
+        <v>14872</v>
       </c>
       <c r="D10" s="53">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="E10" s="53">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F10" s="72">
         <v>0</v>
       </c>
       <c r="G10" s="72">
         <v>0</v>
       </c>
       <c r="H10" s="72">
         <v>0</v>
       </c>
       <c r="I10" s="72">
         <v>0</v>
       </c>
       <c r="J10" s="53">
-        <v>8370</v>
+        <v>8357</v>
       </c>
       <c r="K10" s="56">
-        <v>4159</v>
+        <v>4146</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="59" t="s">
         <v>87</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="40"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="16" t="s">
         <v>88</v>
       </c>
       <c r="B12" s="62">
-        <v>64968</v>
+        <v>64918</v>
       </c>
       <c r="C12" s="62">
-        <v>317200</v>
+        <v>317595</v>
       </c>
       <c r="D12" s="62">
-        <v>342</v>
+        <v>335</v>
       </c>
       <c r="E12" s="62">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="F12" s="64">
         <v>0</v>
       </c>
       <c r="G12" s="64">
         <v>0</v>
       </c>
       <c r="H12" s="62">
         <v>99</v>
       </c>
       <c r="I12" s="62">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="J12" s="62">
-        <v>22425</v>
+        <v>22515</v>
       </c>
       <c r="K12" s="66">
-        <v>9756</v>
+        <v>9930</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="59" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="36"/>
       <c r="C13" s="36"/>
       <c r="D13" s="36"/>
       <c r="E13" s="36"/>
       <c r="F13" s="36"/>
       <c r="G13" s="36"/>
       <c r="H13" s="36"/>
       <c r="I13" s="36"/>
       <c r="J13" s="36"/>
       <c r="K13" s="40"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="16" t="s">
         <v>90</v>
       </c>
       <c r="B14" s="62">
-        <v>37892</v>
+        <v>37629</v>
       </c>
       <c r="C14" s="62">
-        <v>171592</v>
+        <v>170551</v>
       </c>
       <c r="D14" s="62">
-        <v>612</v>
+        <v>605</v>
       </c>
       <c r="E14" s="62">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="F14" s="64">
         <v>0</v>
       </c>
       <c r="G14" s="64">
         <v>0</v>
       </c>
       <c r="H14" s="64">
         <v>0</v>
       </c>
       <c r="I14" s="64">
         <v>0</v>
       </c>
       <c r="J14" s="62">
-        <v>59749</v>
+        <v>58717</v>
       </c>
       <c r="K14" s="66">
-        <v>33238</v>
+        <v>32498</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="59" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="36"/>
       <c r="D15" s="36"/>
       <c r="E15" s="36"/>
       <c r="F15" s="36"/>
       <c r="G15" s="36"/>
       <c r="H15" s="36"/>
       <c r="I15" s="36"/>
       <c r="J15" s="36"/>
       <c r="K15" s="40"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="16" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="62">
-        <v>23620</v>
+        <v>23694</v>
       </c>
       <c r="C16" s="62">
-        <v>91557</v>
+        <v>92494</v>
       </c>
       <c r="D16" s="62">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="E16" s="62">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="F16" s="64">
         <v>0</v>
       </c>
       <c r="G16" s="64">
         <v>0</v>
       </c>
       <c r="H16" s="64">
         <v>0</v>
       </c>
       <c r="I16" s="64">
         <v>0</v>
       </c>
       <c r="J16" s="62">
-        <v>11544</v>
+        <v>11590</v>
       </c>
       <c r="K16" s="66">
-        <v>10852</v>
+        <v>10848</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="59" t="s">
         <v>93</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="40"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="16" t="s">
         <v>94</v>
       </c>
       <c r="B18" s="62">
-        <v>2306</v>
+        <v>2349</v>
       </c>
       <c r="C18" s="62">
-        <v>14840</v>
+        <v>15321</v>
       </c>
       <c r="D18" s="62">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="E18" s="62">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F18" s="64">
         <v>0</v>
       </c>
       <c r="G18" s="64">
         <v>0</v>
       </c>
       <c r="H18" s="64">
         <v>0</v>
       </c>
       <c r="I18" s="64">
         <v>0</v>
       </c>
       <c r="J18" s="62">
-        <v>367</v>
+        <v>378</v>
       </c>
       <c r="K18" s="66">
-        <v>283</v>
+        <v>296</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="59" t="s">
         <v>95</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="36"/>
       <c r="D19" s="36"/>
       <c r="E19" s="36"/>
       <c r="F19" s="36"/>
       <c r="G19" s="36"/>
       <c r="H19" s="36"/>
       <c r="I19" s="36"/>
       <c r="J19" s="36"/>
       <c r="K19" s="40"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="16" t="s">
         <v>96</v>
       </c>
       <c r="B20" s="62">
-        <v>19496</v>
+        <v>19445</v>
       </c>
       <c r="C20" s="62">
-        <v>151802</v>
+        <v>152310</v>
       </c>
       <c r="D20" s="62">
         <v>30</v>
       </c>
       <c r="E20" s="62">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F20" s="64">
         <v>0</v>
       </c>
       <c r="G20" s="64">
         <v>0</v>
       </c>
       <c r="H20" s="64">
         <v>0</v>
       </c>
       <c r="I20" s="64">
         <v>0</v>
       </c>
       <c r="J20" s="62">
-        <v>32553</v>
+        <v>32278</v>
       </c>
       <c r="K20" s="66">
-        <v>75442</v>
+        <v>76129</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="59" t="s">
         <v>97</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="36"/>
       <c r="G21" s="36"/>
       <c r="H21" s="36"/>
       <c r="I21" s="36"/>
       <c r="J21" s="36"/>
       <c r="K21" s="40"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="16" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="62">
-        <v>1384</v>
+        <v>1391</v>
       </c>
       <c r="C22" s="62">
-        <v>6406</v>
+        <v>6412</v>
       </c>
       <c r="D22" s="62">
         <v>8</v>
       </c>
       <c r="E22" s="62">
         <v>7</v>
       </c>
       <c r="F22" s="62">
-        <v>8362</v>
+        <v>8267</v>
       </c>
       <c r="G22" s="62">
-        <v>2315</v>
+        <v>2296</v>
       </c>
       <c r="H22" s="64">
         <v>0</v>
       </c>
       <c r="I22" s="64">
         <v>0</v>
       </c>
       <c r="J22" s="62">
-        <v>10587</v>
+        <v>10902</v>
       </c>
       <c r="K22" s="66">
-        <v>3356</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="59" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="36"/>
       <c r="D23" s="36"/>
       <c r="E23" s="36"/>
       <c r="F23" s="36"/>
       <c r="G23" s="36"/>
       <c r="H23" s="36"/>
       <c r="I23" s="36"/>
       <c r="J23" s="36"/>
       <c r="K23" s="40"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="16" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="62">
-        <v>888</v>
+        <v>875</v>
       </c>
       <c r="C24" s="62">
-        <v>5748</v>
+        <v>5550</v>
       </c>
       <c r="D24" s="62">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E24" s="62">
         <v>34</v>
       </c>
       <c r="F24" s="64">
         <v>0</v>
       </c>
       <c r="G24" s="64">
         <v>0</v>
       </c>
       <c r="H24" s="64">
         <v>0</v>
       </c>
       <c r="I24" s="64">
         <v>0</v>
       </c>
       <c r="J24" s="62">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="K24" s="66">
         <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="59" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="36"/>
       <c r="D25" s="36"/>
       <c r="E25" s="36"/>
       <c r="F25" s="36"/>
       <c r="G25" s="36"/>
       <c r="H25" s="36"/>
       <c r="I25" s="36"/>
       <c r="J25" s="36"/>
       <c r="K25" s="40"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="16" t="s">
         <v>102</v>
       </c>
       <c r="B26" s="62">
-        <v>51627</v>
+        <v>51517</v>
       </c>
       <c r="C26" s="62">
-        <v>218395</v>
+        <v>218020</v>
       </c>
       <c r="D26" s="62">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="E26" s="62">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F26" s="62">
-        <v>12361</v>
+        <v>12274</v>
       </c>
       <c r="G26" s="62">
-        <v>9047</v>
+        <v>8930</v>
       </c>
       <c r="H26" s="64">
         <v>0</v>
       </c>
       <c r="I26" s="64">
         <v>0</v>
       </c>
       <c r="J26" s="62">
-        <v>46352</v>
+        <v>45897</v>
       </c>
       <c r="K26" s="66">
-        <v>49083</v>
+        <v>48351</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="59" t="s">
         <v>103</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="36"/>
       <c r="D27" s="36"/>
       <c r="E27" s="36"/>
       <c r="F27" s="36"/>
       <c r="G27" s="36"/>
       <c r="H27" s="36"/>
       <c r="I27" s="36"/>
       <c r="J27" s="36"/>
       <c r="K27" s="40"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="16" t="s">
         <v>104</v>
       </c>
       <c r="B28" s="62">
-        <v>10231</v>
+        <v>10286</v>
       </c>
       <c r="C28" s="62">
-        <v>40494</v>
+        <v>41133</v>
       </c>
       <c r="D28" s="62">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="E28" s="62">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F28" s="62">
-        <v>20978</v>
+        <v>21055</v>
       </c>
       <c r="G28" s="62">
-        <v>13908</v>
+        <v>13884</v>
       </c>
       <c r="H28" s="64">
         <v>0</v>
       </c>
       <c r="I28" s="64">
         <v>0</v>
       </c>
       <c r="J28" s="62">
-        <v>3692</v>
+        <v>3732</v>
       </c>
       <c r="K28" s="66">
-        <v>1796</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="59" t="s">
         <v>105</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="36"/>
       <c r="D29" s="36"/>
       <c r="E29" s="36"/>
       <c r="F29" s="36"/>
       <c r="G29" s="36"/>
       <c r="H29" s="36"/>
       <c r="I29" s="36"/>
       <c r="J29" s="36"/>
       <c r="K29" s="40"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="16" t="s">
         <v>106</v>
       </c>
       <c r="B30" s="62">
-        <v>3942</v>
+        <v>3884</v>
       </c>
       <c r="C30" s="62">
-        <v>16598</v>
+        <v>16702</v>
       </c>
       <c r="D30" s="62">
         <v>7</v>
       </c>
       <c r="E30" s="62">
         <v>7</v>
       </c>
       <c r="F30" s="62">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="G30" s="62">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="H30" s="64">
         <v>0</v>
       </c>
       <c r="I30" s="64">
         <v>0</v>
       </c>
       <c r="J30" s="62">
-        <v>2073</v>
+        <v>2077</v>
       </c>
       <c r="K30" s="66">
-        <v>609</v>
+        <v>601</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="59" t="s">
         <v>107</v>
       </c>
       <c r="B31" s="36"/>
       <c r="C31" s="36"/>
       <c r="D31" s="36"/>
       <c r="E31" s="36"/>
       <c r="F31" s="36"/>
       <c r="G31" s="36"/>
       <c r="H31" s="36"/>
       <c r="I31" s="36"/>
       <c r="J31" s="36"/>
       <c r="K31" s="40"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="16" t="s">
         <v>108</v>
       </c>
       <c r="B32" s="62">
-        <v>4993</v>
+        <v>5049</v>
       </c>
       <c r="C32" s="62">
-        <v>20580</v>
+        <v>21078</v>
       </c>
       <c r="D32" s="62">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="E32" s="62">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="F32" s="62">
-        <v>49132</v>
+        <v>49164</v>
       </c>
       <c r="G32" s="62">
-        <v>27954</v>
+        <v>27981</v>
       </c>
       <c r="H32" s="64">
         <v>0</v>
       </c>
       <c r="I32" s="64">
         <v>0</v>
       </c>
       <c r="J32" s="62">
-        <v>1407</v>
+        <v>1404</v>
       </c>
       <c r="K32" s="66">
-        <v>1324</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1">
       <c r="A33" s="59" t="s">
         <v>109</v>
       </c>
       <c r="B33" s="36"/>
       <c r="C33" s="36"/>
       <c r="D33" s="36"/>
       <c r="E33" s="36"/>
       <c r="F33" s="36"/>
       <c r="G33" s="36"/>
       <c r="H33" s="36"/>
       <c r="I33" s="36"/>
       <c r="J33" s="36"/>
       <c r="K33" s="40"/>
     </row>
     <row r="34" spans="1:11" ht="12.6" customHeight="1">
       <c r="A34" s="16" t="s">
         <v>110</v>
       </c>
       <c r="B34" s="62">
-        <v>36895</v>
+        <v>36826</v>
       </c>
       <c r="C34" s="62">
-        <v>131392</v>
+        <v>131563</v>
       </c>
       <c r="D34" s="62">
-        <v>1142</v>
+        <v>1120</v>
       </c>
       <c r="E34" s="62">
-        <v>650</v>
+        <v>633</v>
       </c>
       <c r="F34" s="62">
-        <v>33086</v>
+        <v>33107</v>
       </c>
       <c r="G34" s="62">
-        <v>21467</v>
+        <v>21566</v>
       </c>
       <c r="H34" s="64">
         <v>0</v>
       </c>
       <c r="I34" s="64">
         <v>0</v>
       </c>
       <c r="J34" s="62">
-        <v>48022</v>
+        <v>48136</v>
       </c>
       <c r="K34" s="66">
-        <v>79689</v>
+        <v>79857</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="11.1" customHeight="1">
       <c r="A35" s="59" t="s">
         <v>111</v>
       </c>
       <c r="B35" s="36"/>
       <c r="C35" s="36"/>
       <c r="D35" s="36"/>
       <c r="E35" s="36"/>
       <c r="F35" s="36"/>
       <c r="G35" s="36"/>
       <c r="H35" s="36"/>
       <c r="I35" s="36"/>
       <c r="J35" s="36"/>
       <c r="K35" s="40"/>
     </row>
     <row r="36" spans="1:11" ht="12.6" customHeight="1">
       <c r="A36" s="16" t="s">
         <v>112</v>
       </c>
       <c r="B36" s="62">
-        <v>34427</v>
+        <v>34294</v>
       </c>
       <c r="C36" s="62">
-        <v>143465</v>
+        <v>143293</v>
       </c>
       <c r="D36" s="62">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="E36" s="62">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="F36" s="62">
-        <v>8189</v>
+        <v>8345</v>
       </c>
       <c r="G36" s="62">
-        <v>5894</v>
+        <v>5975</v>
       </c>
       <c r="H36" s="62">
-        <v>187</v>
+        <v>170</v>
       </c>
       <c r="I36" s="62">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="J36" s="62">
-        <v>59162</v>
+        <v>58911</v>
       </c>
       <c r="K36" s="66">
-        <v>28361</v>
+        <v>28255</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="70" t="s">
         <v>113</v>
       </c>
       <c r="B37" s="38"/>
       <c r="C37" s="38"/>
       <c r="D37" s="38"/>
       <c r="E37" s="38"/>
       <c r="F37" s="38"/>
       <c r="G37" s="38"/>
       <c r="H37" s="38"/>
       <c r="I37" s="38"/>
       <c r="J37" s="38"/>
       <c r="K37" s="42"/>
     </row>
     <row r="38" spans="1:11" ht="13.5" customHeight="1">
       <c r="A38" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
@@ -4693,56 +4693,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="30" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="30"/>
       <c r="C3" s="30"/>
       <c r="D3" s="30"/>
       <c r="E3" s="30"/>
       <c r="F3" s="30"/>
       <c r="G3" s="30"/>
       <c r="H3" s="30"/>
       <c r="I3" s="30"/>
       <c r="J3" s="30"/>
       <c r="K3" s="30"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -4845,578 +4845,578 @@
       </c>
       <c r="F9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="50" t="s">
         <v>36</v>
       </c>
       <c r="B10" s="53">
-        <v>60650</v>
+        <v>60690</v>
       </c>
       <c r="C10" s="53">
-        <v>349876</v>
+        <v>350607</v>
       </c>
       <c r="D10" s="53">
-        <v>448</v>
+        <v>424</v>
       </c>
       <c r="E10" s="53">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="F10" s="53">
-        <v>132866</v>
+        <v>133480</v>
       </c>
       <c r="G10" s="53">
-        <v>69646</v>
+        <v>69708</v>
       </c>
       <c r="H10" s="72">
         <v>0</v>
       </c>
       <c r="I10" s="72">
         <v>0</v>
       </c>
       <c r="J10" s="53">
-        <v>17026</v>
+        <v>17056</v>
       </c>
       <c r="K10" s="56">
-        <v>8510</v>
+        <v>8610</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="59" t="s">
         <v>114</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="40"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="16" t="s">
         <v>115</v>
       </c>
       <c r="B12" s="62">
-        <v>60155</v>
+        <v>60028</v>
       </c>
       <c r="C12" s="62">
-        <v>391014</v>
+        <v>389949</v>
       </c>
       <c r="D12" s="62">
-        <v>937</v>
+        <v>928</v>
       </c>
       <c r="E12" s="62">
-        <v>704</v>
+        <v>692</v>
       </c>
       <c r="F12" s="62">
-        <v>2594</v>
+        <v>2436</v>
       </c>
       <c r="G12" s="62">
-        <v>632</v>
+        <v>579</v>
       </c>
       <c r="H12" s="64">
         <v>0</v>
       </c>
       <c r="I12" s="64">
         <v>0</v>
       </c>
       <c r="J12" s="62">
-        <v>19698</v>
+        <v>19687</v>
       </c>
       <c r="K12" s="66">
-        <v>8605</v>
+        <v>8564</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="59" t="s">
         <v>116</v>
       </c>
       <c r="B13" s="36"/>
       <c r="C13" s="36"/>
       <c r="D13" s="36"/>
       <c r="E13" s="36"/>
       <c r="F13" s="36"/>
       <c r="G13" s="36"/>
       <c r="H13" s="36"/>
       <c r="I13" s="36"/>
       <c r="J13" s="36"/>
       <c r="K13" s="40"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="16" t="s">
         <v>117</v>
       </c>
       <c r="B14" s="62">
-        <v>97361</v>
+        <v>97313</v>
       </c>
       <c r="C14" s="62">
-        <v>569615</v>
+        <v>571095</v>
       </c>
       <c r="D14" s="62">
-        <v>1252</v>
+        <v>1225</v>
       </c>
       <c r="E14" s="62">
-        <v>606</v>
+        <v>597</v>
       </c>
       <c r="F14" s="64">
         <v>0</v>
       </c>
       <c r="G14" s="64">
         <v>0</v>
       </c>
       <c r="H14" s="62">
-        <v>2269</v>
+        <v>2295</v>
       </c>
       <c r="I14" s="62">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="J14" s="62">
-        <v>145049</v>
+        <v>145875</v>
       </c>
       <c r="K14" s="66">
-        <v>115495</v>
+        <v>116997</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="59" t="s">
         <v>118</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="36"/>
       <c r="D15" s="36"/>
       <c r="E15" s="36"/>
       <c r="F15" s="36"/>
       <c r="G15" s="36"/>
       <c r="H15" s="36"/>
       <c r="I15" s="36"/>
       <c r="J15" s="36"/>
       <c r="K15" s="40"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="16" t="s">
         <v>119</v>
       </c>
       <c r="B16" s="62">
-        <v>14754</v>
+        <v>14774</v>
       </c>
       <c r="C16" s="62">
-        <v>108637</v>
+        <v>109485</v>
       </c>
       <c r="D16" s="62">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E16" s="62">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F16" s="62">
-        <v>1358</v>
+        <v>1361</v>
       </c>
       <c r="G16" s="62">
-        <v>852</v>
+        <v>848</v>
       </c>
       <c r="H16" s="64">
         <v>0</v>
       </c>
       <c r="I16" s="64">
         <v>0</v>
       </c>
       <c r="J16" s="62">
-        <v>100926</v>
+        <v>100889</v>
       </c>
       <c r="K16" s="66">
-        <v>38290</v>
+        <v>38307</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="59" t="s">
         <v>120</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="40"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="16" t="s">
         <v>121</v>
       </c>
       <c r="B18" s="62">
-        <v>38862</v>
+        <v>38689</v>
       </c>
       <c r="C18" s="62">
-        <v>187418</v>
+        <v>186675</v>
       </c>
       <c r="D18" s="62">
-        <v>1410</v>
+        <v>1403</v>
       </c>
       <c r="E18" s="62">
-        <v>3313</v>
+        <v>3294</v>
       </c>
       <c r="F18" s="62">
-        <v>1591</v>
+        <v>1502</v>
       </c>
       <c r="G18" s="62">
-        <v>537</v>
+        <v>517</v>
       </c>
       <c r="H18" s="64">
         <v>0</v>
       </c>
       <c r="I18" s="64">
         <v>0</v>
       </c>
       <c r="J18" s="62">
-        <v>163825</v>
+        <v>164065</v>
       </c>
       <c r="K18" s="66">
-        <v>68744</v>
+        <v>69141</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="59" t="s">
         <v>122</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="36"/>
       <c r="D19" s="36"/>
       <c r="E19" s="36"/>
       <c r="F19" s="36"/>
       <c r="G19" s="36"/>
       <c r="H19" s="36"/>
       <c r="I19" s="36"/>
       <c r="J19" s="36"/>
       <c r="K19" s="40"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="16" t="s">
         <v>123</v>
       </c>
       <c r="B20" s="62">
-        <v>81019</v>
+        <v>80960</v>
       </c>
       <c r="C20" s="62">
-        <v>424641</v>
+        <v>425552</v>
       </c>
       <c r="D20" s="62">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="E20" s="62">
         <v>255</v>
       </c>
       <c r="F20" s="62">
-        <v>90493</v>
+        <v>90797</v>
       </c>
       <c r="G20" s="62">
-        <v>62707</v>
+        <v>62725</v>
       </c>
       <c r="H20" s="64">
         <v>0</v>
       </c>
       <c r="I20" s="64">
         <v>0</v>
       </c>
       <c r="J20" s="62">
-        <v>124192</v>
+        <v>124209</v>
       </c>
       <c r="K20" s="66">
-        <v>167811</v>
+        <v>167756</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="59" t="s">
         <v>124</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="36"/>
       <c r="G21" s="36"/>
       <c r="H21" s="36"/>
       <c r="I21" s="36"/>
       <c r="J21" s="36"/>
       <c r="K21" s="40"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="16" t="s">
         <v>125</v>
       </c>
       <c r="B22" s="62">
-        <v>15957</v>
+        <v>15910</v>
       </c>
       <c r="C22" s="62">
-        <v>66864</v>
+        <v>66947</v>
       </c>
       <c r="D22" s="62">
-        <v>305</v>
+        <v>295</v>
       </c>
       <c r="E22" s="62">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F22" s="62">
         <v>323</v>
       </c>
       <c r="G22" s="62">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="H22" s="62">
-        <v>1435</v>
+        <v>1461</v>
       </c>
       <c r="I22" s="62">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="J22" s="62">
-        <v>13120</v>
+        <v>13163</v>
       </c>
       <c r="K22" s="66">
-        <v>6793</v>
+        <v>6842</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="59" t="s">
         <v>126</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="36"/>
       <c r="D23" s="36"/>
       <c r="E23" s="36"/>
       <c r="F23" s="36"/>
       <c r="G23" s="36"/>
       <c r="H23" s="36"/>
       <c r="I23" s="36"/>
       <c r="J23" s="36"/>
       <c r="K23" s="40"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="16" t="s">
         <v>127</v>
       </c>
       <c r="B24" s="62">
-        <v>172179</v>
+        <v>172817</v>
       </c>
       <c r="C24" s="62">
-        <v>1010404</v>
+        <v>1017925</v>
       </c>
       <c r="D24" s="62">
-        <v>8500</v>
+        <v>8507</v>
       </c>
       <c r="E24" s="62">
-        <v>7972</v>
+        <v>8037</v>
       </c>
       <c r="F24" s="62">
-        <v>27177</v>
+        <v>27139</v>
       </c>
       <c r="G24" s="62">
-        <v>18474</v>
+        <v>18542</v>
       </c>
       <c r="H24" s="64">
         <v>0</v>
       </c>
       <c r="I24" s="64">
         <v>0</v>
       </c>
       <c r="J24" s="62">
-        <v>250655</v>
+        <v>250280</v>
       </c>
       <c r="K24" s="66">
-        <v>124041</v>
+        <v>124368</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="59" t="s">
         <v>128</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="36"/>
       <c r="D25" s="36"/>
       <c r="E25" s="36"/>
       <c r="F25" s="36"/>
       <c r="G25" s="36"/>
       <c r="H25" s="36"/>
       <c r="I25" s="36"/>
       <c r="J25" s="36"/>
       <c r="K25" s="40"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="16" t="s">
         <v>129</v>
       </c>
       <c r="B26" s="62">
-        <v>1112</v>
+        <v>1140</v>
       </c>
       <c r="C26" s="62">
-        <v>8495</v>
+        <v>8699</v>
       </c>
       <c r="D26" s="62">
         <v>24</v>
       </c>
       <c r="E26" s="62">
         <v>21</v>
       </c>
       <c r="F26" s="64">
         <v>0</v>
       </c>
       <c r="G26" s="64">
         <v>0</v>
       </c>
       <c r="H26" s="64">
         <v>0</v>
       </c>
       <c r="I26" s="64">
         <v>0</v>
       </c>
       <c r="J26" s="62">
-        <v>11882</v>
+        <v>12283</v>
       </c>
       <c r="K26" s="66">
-        <v>7254</v>
+        <v>7524</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="59" t="s">
         <v>130</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="36"/>
       <c r="D27" s="36"/>
       <c r="E27" s="36"/>
       <c r="F27" s="36"/>
       <c r="G27" s="36"/>
       <c r="H27" s="36"/>
       <c r="I27" s="36"/>
       <c r="J27" s="36"/>
       <c r="K27" s="40"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="16" t="s">
         <v>131</v>
       </c>
       <c r="B28" s="64">
         <v>0</v>
       </c>
       <c r="C28" s="64">
         <v>0</v>
       </c>
       <c r="D28" s="64">
         <v>0</v>
       </c>
       <c r="E28" s="64">
         <v>0</v>
       </c>
       <c r="F28" s="64">
         <v>0</v>
       </c>
       <c r="G28" s="64">
         <v>0</v>
       </c>
       <c r="H28" s="64">
         <v>0</v>
       </c>
       <c r="I28" s="64">
         <v>0</v>
       </c>
       <c r="J28" s="62">
-        <v>164848</v>
+        <v>169131</v>
       </c>
       <c r="K28" s="66">
-        <v>71435</v>
+        <v>73185</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="59" t="s">
         <v>132</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="36"/>
       <c r="D29" s="36"/>
       <c r="E29" s="36"/>
       <c r="F29" s="36"/>
       <c r="G29" s="36"/>
       <c r="H29" s="36"/>
       <c r="I29" s="36"/>
       <c r="J29" s="36"/>
       <c r="K29" s="40"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="16" t="s">
         <v>133</v>
       </c>
       <c r="B30" s="64">
         <v>0</v>
       </c>
       <c r="C30" s="64">
         <v>0</v>
       </c>
       <c r="D30" s="64">
         <v>0</v>
       </c>
       <c r="E30" s="64">
         <v>0</v>
       </c>
       <c r="F30" s="64">
         <v>0</v>
       </c>
       <c r="G30" s="64">
         <v>0</v>
       </c>
       <c r="H30" s="64">
         <v>0</v>
       </c>
       <c r="I30" s="64">
         <v>0</v>
       </c>
       <c r="J30" s="62">
-        <v>11858</v>
+        <v>12115</v>
       </c>
       <c r="K30" s="66">
-        <v>6553</v>
+        <v>6646</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="59" t="s">
         <v>134</v>
       </c>
       <c r="B31" s="36"/>
       <c r="C31" s="36"/>
       <c r="D31" s="36"/>
       <c r="E31" s="36"/>
       <c r="F31" s="36"/>
       <c r="G31" s="36"/>
       <c r="H31" s="36"/>
       <c r="I31" s="36"/>
       <c r="J31" s="36"/>
       <c r="K31" s="40"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="16"/>
       <c r="B32" s="37"/>
       <c r="C32" s="37"/>
       <c r="D32" s="37"/>
       <c r="E32" s="37"/>
       <c r="F32" s="37"/>
       <c r="G32" s="37"/>
@@ -5716,56 +5716,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -5892,54 +5892,54 @@
       <c r="B10" s="73">
         <v>0</v>
       </c>
       <c r="C10" s="73">
         <v>0</v>
       </c>
       <c r="D10" s="73">
         <v>0</v>
       </c>
       <c r="E10" s="73">
         <v>0</v>
       </c>
       <c r="F10" s="73">
         <v>0</v>
       </c>
       <c r="G10" s="73">
         <v>0</v>
       </c>
       <c r="H10" s="73">
         <v>0</v>
       </c>
       <c r="I10" s="73">
         <v>0</v>
       </c>
       <c r="J10" s="54">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="K10" s="57">
-        <v>232</v>
+        <v>225</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="60" t="s">
         <v>60</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="40"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="16" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="64">
         <v>0</v>
       </c>
       <c r="C12" s="64">
@@ -6045,51 +6045,51 @@
       <c r="C16" s="64">
         <v>0</v>
       </c>
       <c r="D16" s="64">
         <v>0</v>
       </c>
       <c r="E16" s="64">
         <v>0</v>
       </c>
       <c r="F16" s="64">
         <v>0</v>
       </c>
       <c r="G16" s="64">
         <v>0</v>
       </c>
       <c r="H16" s="64">
         <v>0</v>
       </c>
       <c r="I16" s="64">
         <v>0</v>
       </c>
       <c r="J16" s="62">
         <v>2</v>
       </c>
       <c r="K16" s="66">
-        <v>229</v>
+        <v>222</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="59" t="s">
         <v>139</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="40"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="16" t="s">
         <v>140</v>
       </c>
       <c r="B18" s="64">
         <v>0</v>
       </c>
       <c r="C18" s="64">
@@ -6818,56 +6818,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -7644,51 +7644,51 @@
       <c r="B36" s="64">
         <v>0</v>
       </c>
       <c r="C36" s="64">
         <v>0</v>
       </c>
       <c r="D36" s="64">
         <v>0</v>
       </c>
       <c r="E36" s="64">
         <v>0</v>
       </c>
       <c r="F36" s="64">
         <v>0</v>
       </c>
       <c r="G36" s="64">
         <v>0</v>
       </c>
       <c r="H36" s="64">
         <v>0</v>
       </c>
       <c r="I36" s="64">
         <v>0</v>
       </c>
       <c r="J36" s="62">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="K36" s="66">
         <v>3</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="70" t="s">
         <v>186</v>
       </c>
       <c r="B37" s="38"/>
       <c r="C37" s="38"/>
       <c r="D37" s="38"/>
       <c r="E37" s="38"/>
       <c r="F37" s="38"/>
       <c r="G37" s="38"/>
       <c r="H37" s="38"/>
       <c r="I37" s="38"/>
       <c r="J37" s="38"/>
       <c r="K37" s="42"/>
     </row>
     <row r="38" spans="1:11" ht="13.5" customHeight="1">
       <c r="A38" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B38" s="3"/>
@@ -7928,56 +7928,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -8724,56 +8724,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -9586,56 +9586,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>42</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -9738,728 +9738,728 @@
       </c>
       <c r="F9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="51" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="54">
-        <v>77655</v>
+        <v>77597</v>
       </c>
       <c r="C10" s="54">
-        <v>320388</v>
+        <v>320872</v>
       </c>
       <c r="D10" s="54">
-        <v>1032</v>
+        <v>1024</v>
       </c>
       <c r="E10" s="54">
-        <v>1191</v>
+        <v>1175</v>
       </c>
       <c r="F10" s="54">
         <v>2</v>
       </c>
       <c r="G10" s="54">
         <v>6</v>
       </c>
       <c r="H10" s="54">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="I10" s="54">
         <v>33</v>
       </c>
       <c r="J10" s="54">
-        <v>44396</v>
+        <v>44628</v>
       </c>
       <c r="K10" s="57">
-        <v>7506</v>
+        <v>7410</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="60" t="s">
         <v>60</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="40"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="16" t="s">
         <v>43</v>
       </c>
       <c r="B12" s="62">
-        <v>1218</v>
+        <v>1208</v>
       </c>
       <c r="C12" s="62">
-        <v>6278</v>
+        <v>6193</v>
       </c>
       <c r="D12" s="62">
         <v>2</v>
       </c>
       <c r="E12" s="62">
         <v>1</v>
       </c>
       <c r="F12" s="64">
         <v>0</v>
       </c>
       <c r="G12" s="64">
         <v>0</v>
       </c>
       <c r="H12" s="64">
         <v>0</v>
       </c>
       <c r="I12" s="64">
         <v>0</v>
       </c>
       <c r="J12" s="62">
-        <v>5771</v>
+        <v>5792</v>
       </c>
       <c r="K12" s="66">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="59" t="s">
         <v>193</v>
       </c>
       <c r="B13" s="36"/>
       <c r="C13" s="36"/>
       <c r="D13" s="36"/>
       <c r="E13" s="36"/>
       <c r="F13" s="36"/>
       <c r="G13" s="36"/>
       <c r="H13" s="36"/>
       <c r="I13" s="36"/>
       <c r="J13" s="36"/>
       <c r="K13" s="40"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="16" t="s">
         <v>194</v>
       </c>
       <c r="B14" s="62">
-        <v>4775</v>
+        <v>4746</v>
       </c>
       <c r="C14" s="62">
-        <v>13757</v>
+        <v>13769</v>
       </c>
       <c r="D14" s="62">
         <v>15</v>
       </c>
       <c r="E14" s="62">
         <v>5</v>
       </c>
       <c r="F14" s="64">
         <v>0</v>
       </c>
       <c r="G14" s="64">
         <v>0</v>
       </c>
       <c r="H14" s="64">
         <v>0</v>
       </c>
       <c r="I14" s="64">
         <v>0</v>
       </c>
       <c r="J14" s="62">
-        <v>2733</v>
+        <v>2726</v>
       </c>
       <c r="K14" s="66">
-        <v>6209</v>
+        <v>6110</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="59" t="s">
         <v>195</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="36"/>
       <c r="D15" s="36"/>
       <c r="E15" s="36"/>
       <c r="F15" s="36"/>
       <c r="G15" s="36"/>
       <c r="H15" s="36"/>
       <c r="I15" s="36"/>
       <c r="J15" s="36"/>
       <c r="K15" s="40"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="16" t="s">
         <v>196</v>
       </c>
       <c r="B16" s="62">
-        <v>3191</v>
+        <v>3192</v>
       </c>
       <c r="C16" s="62">
-        <v>11605</v>
+        <v>11623</v>
       </c>
       <c r="D16" s="62">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E16" s="62">
         <v>26</v>
       </c>
       <c r="F16" s="64">
         <v>0</v>
       </c>
       <c r="G16" s="64">
         <v>0</v>
       </c>
       <c r="H16" s="64">
         <v>0</v>
       </c>
       <c r="I16" s="64">
         <v>0</v>
       </c>
       <c r="J16" s="62">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="K16" s="66">
-        <v>144</v>
+        <v>143</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="59" t="s">
         <v>197</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="40"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="16" t="s">
         <v>198</v>
       </c>
       <c r="B18" s="62">
-        <v>15009</v>
+        <v>15015</v>
       </c>
       <c r="C18" s="62">
-        <v>50436</v>
+        <v>50595</v>
       </c>
       <c r="D18" s="62">
         <v>168</v>
       </c>
       <c r="E18" s="62">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F18" s="64">
         <v>0</v>
       </c>
       <c r="G18" s="64">
         <v>0</v>
       </c>
       <c r="H18" s="64">
         <v>0</v>
       </c>
       <c r="I18" s="64">
         <v>0</v>
       </c>
       <c r="J18" s="62">
-        <v>3472</v>
+        <v>3500</v>
       </c>
       <c r="K18" s="66">
-        <v>787</v>
+        <v>793</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="59" t="s">
         <v>199</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="36"/>
       <c r="D19" s="36"/>
       <c r="E19" s="36"/>
       <c r="F19" s="36"/>
       <c r="G19" s="36"/>
       <c r="H19" s="36"/>
       <c r="I19" s="36"/>
       <c r="J19" s="36"/>
       <c r="K19" s="40"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="16" t="s">
         <v>200</v>
       </c>
       <c r="B20" s="62">
-        <v>1246</v>
+        <v>1252</v>
       </c>
       <c r="C20" s="62">
-        <v>5269</v>
+        <v>5291</v>
       </c>
       <c r="D20" s="62">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E20" s="62">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F20" s="64">
         <v>0</v>
       </c>
       <c r="G20" s="64">
         <v>0</v>
       </c>
       <c r="H20" s="64">
         <v>0</v>
       </c>
       <c r="I20" s="64">
         <v>0</v>
       </c>
       <c r="J20" s="62">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="K20" s="66">
         <v>4</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="59" t="s">
         <v>201</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="36"/>
       <c r="G21" s="36"/>
       <c r="H21" s="36"/>
       <c r="I21" s="36"/>
       <c r="J21" s="36"/>
       <c r="K21" s="40"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="16" t="s">
         <v>202</v>
       </c>
       <c r="B22" s="62">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="C22" s="62">
-        <v>2722</v>
+        <v>2712</v>
       </c>
       <c r="D22" s="62">
         <v>75</v>
       </c>
       <c r="E22" s="62">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F22" s="64">
         <v>0</v>
       </c>
       <c r="G22" s="64">
         <v>0</v>
       </c>
       <c r="H22" s="64">
         <v>0</v>
       </c>
       <c r="I22" s="64">
         <v>0</v>
       </c>
       <c r="J22" s="62">
-        <v>2117</v>
+        <v>2132</v>
       </c>
       <c r="K22" s="66">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="59" t="s">
         <v>203</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="36"/>
       <c r="D23" s="36"/>
       <c r="E23" s="36"/>
       <c r="F23" s="36"/>
       <c r="G23" s="36"/>
       <c r="H23" s="36"/>
       <c r="I23" s="36"/>
       <c r="J23" s="36"/>
       <c r="K23" s="40"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="16" t="s">
         <v>204</v>
       </c>
       <c r="B24" s="62">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="C24" s="62">
-        <v>4156</v>
+        <v>4124</v>
       </c>
       <c r="D24" s="62">
         <v>42</v>
       </c>
       <c r="E24" s="62">
         <v>25</v>
       </c>
       <c r="F24" s="64">
         <v>0</v>
       </c>
       <c r="G24" s="64">
         <v>0</v>
       </c>
       <c r="H24" s="64">
         <v>0</v>
       </c>
       <c r="I24" s="64">
         <v>0</v>
       </c>
       <c r="J24" s="62">
-        <v>2131</v>
+        <v>2165</v>
       </c>
       <c r="K24" s="66">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="59" t="s">
         <v>205</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="36"/>
       <c r="D25" s="36"/>
       <c r="E25" s="36"/>
       <c r="F25" s="36"/>
       <c r="G25" s="36"/>
       <c r="H25" s="36"/>
       <c r="I25" s="36"/>
       <c r="J25" s="36"/>
       <c r="K25" s="40"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="16" t="s">
         <v>206</v>
       </c>
       <c r="B26" s="62">
-        <v>5045</v>
+        <v>5032</v>
       </c>
       <c r="C26" s="62">
-        <v>33577</v>
+        <v>33544</v>
       </c>
       <c r="D26" s="62">
         <v>6</v>
       </c>
       <c r="E26" s="62">
         <v>4</v>
       </c>
       <c r="F26" s="64">
         <v>0</v>
       </c>
       <c r="G26" s="64">
         <v>0</v>
       </c>
       <c r="H26" s="64">
         <v>0</v>
       </c>
       <c r="I26" s="64">
         <v>0</v>
       </c>
       <c r="J26" s="64">
         <v>0</v>
       </c>
       <c r="K26" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="59" t="s">
         <v>207</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="36"/>
       <c r="D27" s="36"/>
       <c r="E27" s="36"/>
       <c r="F27" s="36"/>
       <c r="G27" s="36"/>
       <c r="H27" s="36"/>
       <c r="I27" s="36"/>
       <c r="J27" s="36"/>
       <c r="K27" s="40"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="16" t="s">
         <v>208</v>
       </c>
       <c r="B28" s="62">
-        <v>3424</v>
+        <v>3417</v>
       </c>
       <c r="C28" s="62">
-        <v>10204</v>
+        <v>10164</v>
       </c>
       <c r="D28" s="62">
         <v>18</v>
       </c>
       <c r="E28" s="62">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F28" s="64">
         <v>0</v>
       </c>
       <c r="G28" s="64">
         <v>0</v>
       </c>
       <c r="H28" s="64">
         <v>0</v>
       </c>
       <c r="I28" s="64">
         <v>0</v>
       </c>
       <c r="J28" s="62">
         <v>3</v>
       </c>
       <c r="K28" s="66">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="59" t="s">
         <v>209</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="36"/>
       <c r="D29" s="36"/>
       <c r="E29" s="36"/>
       <c r="F29" s="36"/>
       <c r="G29" s="36"/>
       <c r="H29" s="36"/>
       <c r="I29" s="36"/>
       <c r="J29" s="36"/>
       <c r="K29" s="40"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="16" t="s">
         <v>210</v>
       </c>
       <c r="B30" s="62">
-        <v>5577</v>
+        <v>5592</v>
       </c>
       <c r="C30" s="62">
-        <v>34688</v>
+        <v>34988</v>
       </c>
       <c r="D30" s="62">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="E30" s="62">
-        <v>135</v>
+        <v>119</v>
       </c>
       <c r="F30" s="62">
         <v>2</v>
       </c>
       <c r="G30" s="62">
         <v>6</v>
       </c>
       <c r="H30" s="64">
         <v>0</v>
       </c>
       <c r="I30" s="64">
         <v>0</v>
       </c>
       <c r="J30" s="62">
         <v>43</v>
       </c>
       <c r="K30" s="66">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="59" t="s">
         <v>211</v>
       </c>
       <c r="B31" s="36"/>
       <c r="C31" s="36"/>
       <c r="D31" s="36"/>
       <c r="E31" s="36"/>
       <c r="F31" s="36"/>
       <c r="G31" s="36"/>
       <c r="H31" s="36"/>
       <c r="I31" s="36"/>
       <c r="J31" s="36"/>
       <c r="K31" s="40"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="16" t="s">
         <v>212</v>
       </c>
       <c r="B32" s="62">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="C32" s="62">
-        <v>4530</v>
+        <v>4583</v>
       </c>
       <c r="D32" s="64">
         <v>0</v>
       </c>
       <c r="E32" s="64">
         <v>0</v>
       </c>
       <c r="F32" s="64">
         <v>0</v>
       </c>
       <c r="G32" s="64">
         <v>0</v>
       </c>
       <c r="H32" s="64">
         <v>0</v>
       </c>
       <c r="I32" s="64">
         <v>0</v>
       </c>
       <c r="J32" s="64">
         <v>0</v>
       </c>
       <c r="K32" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1">
       <c r="A33" s="59" t="s">
         <v>213</v>
       </c>
       <c r="B33" s="36"/>
       <c r="C33" s="36"/>
       <c r="D33" s="36"/>
       <c r="E33" s="36"/>
       <c r="F33" s="36"/>
       <c r="G33" s="36"/>
       <c r="H33" s="36"/>
       <c r="I33" s="36"/>
       <c r="J33" s="36"/>
       <c r="K33" s="40"/>
     </row>
     <row r="34" spans="1:11" ht="12.6" customHeight="1">
       <c r="A34" s="16" t="s">
         <v>214</v>
       </c>
       <c r="B34" s="62">
-        <v>1202</v>
+        <v>1197</v>
       </c>
       <c r="C34" s="62">
-        <v>4006</v>
+        <v>3994</v>
       </c>
       <c r="D34" s="62">
         <v>8</v>
       </c>
       <c r="E34" s="62">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F34" s="64">
         <v>0</v>
       </c>
       <c r="G34" s="64">
         <v>0</v>
       </c>
       <c r="H34" s="64">
         <v>0</v>
       </c>
       <c r="I34" s="64">
         <v>0</v>
       </c>
       <c r="J34" s="64">
         <v>0</v>
       </c>
       <c r="K34" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="11.1" customHeight="1">
       <c r="A35" s="59" t="s">
         <v>215</v>
       </c>
       <c r="B35" s="36"/>
       <c r="C35" s="36"/>
       <c r="D35" s="36"/>
       <c r="E35" s="36"/>
       <c r="F35" s="36"/>
       <c r="G35" s="36"/>
       <c r="H35" s="36"/>
       <c r="I35" s="36"/>
       <c r="J35" s="36"/>
       <c r="K35" s="40"/>
     </row>
     <row r="36" spans="1:11" ht="12.6" customHeight="1">
       <c r="A36" s="16" t="s">
         <v>216</v>
       </c>
       <c r="B36" s="62">
-        <v>3382</v>
+        <v>3403</v>
       </c>
       <c r="C36" s="62">
-        <v>10957</v>
+        <v>11053</v>
       </c>
       <c r="D36" s="62">
         <v>4</v>
       </c>
       <c r="E36" s="62">
         <v>2</v>
       </c>
       <c r="F36" s="64">
         <v>0</v>
       </c>
       <c r="G36" s="64">
         <v>0</v>
       </c>
       <c r="H36" s="64">
         <v>0</v>
       </c>
       <c r="I36" s="64">
         <v>0</v>
       </c>
       <c r="J36" s="62">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="K36" s="66">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="70" t="s">
         <v>217</v>
       </c>
       <c r="B37" s="38"/>
       <c r="C37" s="38"/>
       <c r="D37" s="38"/>
       <c r="E37" s="38"/>
       <c r="F37" s="38"/>
       <c r="G37" s="38"/>
       <c r="H37" s="38"/>
       <c r="I37" s="38"/>
       <c r="J37" s="38"/>
       <c r="K37" s="42"/>
     </row>
     <row r="38" spans="1:11" ht="13.5" customHeight="1">
       <c r="A38" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
@@ -10698,56 +10698,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>42</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -10850,528 +10850,528 @@
       </c>
       <c r="F9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="50" t="s">
         <v>41</v>
       </c>
       <c r="B10" s="53">
-        <v>1678</v>
+        <v>1671</v>
       </c>
       <c r="C10" s="53">
-        <v>5484</v>
+        <v>5430</v>
       </c>
       <c r="D10" s="72">
         <v>0</v>
       </c>
       <c r="E10" s="72">
         <v>0</v>
       </c>
       <c r="F10" s="72">
         <v>0</v>
       </c>
       <c r="G10" s="72">
         <v>0</v>
       </c>
       <c r="H10" s="72">
         <v>0</v>
       </c>
       <c r="I10" s="72">
         <v>0</v>
       </c>
       <c r="J10" s="72">
         <v>0</v>
       </c>
       <c r="K10" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="59" t="s">
         <v>218</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="40"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="16" t="s">
         <v>219</v>
       </c>
       <c r="B12" s="62">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="C12" s="62">
-        <v>10633</v>
+        <v>10566</v>
       </c>
       <c r="D12" s="62">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E12" s="62">
         <v>49</v>
       </c>
       <c r="F12" s="64">
         <v>0</v>
       </c>
       <c r="G12" s="64">
         <v>0</v>
       </c>
       <c r="H12" s="64">
         <v>0</v>
       </c>
       <c r="I12" s="64">
         <v>0</v>
       </c>
       <c r="J12" s="62">
-        <v>18389</v>
+        <v>18406</v>
       </c>
       <c r="K12" s="66">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="59" t="s">
         <v>220</v>
       </c>
       <c r="B13" s="36"/>
       <c r="C13" s="36"/>
       <c r="D13" s="36"/>
       <c r="E13" s="36"/>
       <c r="F13" s="36"/>
       <c r="G13" s="36"/>
       <c r="H13" s="36"/>
       <c r="I13" s="36"/>
       <c r="J13" s="36"/>
       <c r="K13" s="40"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="16" t="s">
         <v>221</v>
       </c>
       <c r="B14" s="62">
-        <v>1803</v>
+        <v>1801</v>
       </c>
       <c r="C14" s="62">
-        <v>6477</v>
+        <v>6446</v>
       </c>
       <c r="D14" s="62">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="E14" s="62">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="F14" s="64">
         <v>0</v>
       </c>
       <c r="G14" s="64">
         <v>0</v>
       </c>
       <c r="H14" s="64">
         <v>0</v>
       </c>
       <c r="I14" s="64">
         <v>0</v>
       </c>
       <c r="J14" s="62">
         <v>27</v>
       </c>
       <c r="K14" s="66">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="59" t="s">
         <v>222</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="36"/>
       <c r="D15" s="36"/>
       <c r="E15" s="36"/>
       <c r="F15" s="36"/>
       <c r="G15" s="36"/>
       <c r="H15" s="36"/>
       <c r="I15" s="36"/>
       <c r="J15" s="36"/>
       <c r="K15" s="40"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="16" t="s">
         <v>223</v>
       </c>
       <c r="B16" s="62">
-        <v>4189</v>
+        <v>4186</v>
       </c>
       <c r="C16" s="62">
-        <v>12161</v>
+        <v>12192</v>
       </c>
       <c r="D16" s="62">
         <v>9</v>
       </c>
       <c r="E16" s="62">
         <v>10</v>
       </c>
       <c r="F16" s="64">
         <v>0</v>
       </c>
       <c r="G16" s="64">
         <v>0</v>
       </c>
       <c r="H16" s="64">
         <v>0</v>
       </c>
       <c r="I16" s="64">
         <v>0</v>
       </c>
       <c r="J16" s="62">
-        <v>6826</v>
+        <v>6934</v>
       </c>
       <c r="K16" s="66">
         <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="59" t="s">
         <v>224</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="40"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="16" t="s">
         <v>225</v>
       </c>
       <c r="B18" s="62">
-        <v>6332</v>
+        <v>6304</v>
       </c>
       <c r="C18" s="62">
-        <v>33941</v>
+        <v>33879</v>
       </c>
       <c r="D18" s="62">
         <v>40</v>
       </c>
       <c r="E18" s="62">
         <v>39</v>
       </c>
       <c r="F18" s="64">
         <v>0</v>
       </c>
       <c r="G18" s="64">
         <v>0</v>
       </c>
       <c r="H18" s="62">
         <v>16</v>
       </c>
       <c r="I18" s="62">
         <v>5</v>
       </c>
       <c r="J18" s="62">
         <v>4</v>
       </c>
       <c r="K18" s="66">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="59" t="s">
         <v>226</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="36"/>
       <c r="D19" s="36"/>
       <c r="E19" s="36"/>
       <c r="F19" s="36"/>
       <c r="G19" s="36"/>
       <c r="H19" s="36"/>
       <c r="I19" s="36"/>
       <c r="J19" s="36"/>
       <c r="K19" s="40"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="16" t="s">
         <v>227</v>
       </c>
       <c r="B20" s="62">
-        <v>3115</v>
+        <v>3127</v>
       </c>
       <c r="C20" s="62">
-        <v>14396</v>
+        <v>14474</v>
       </c>
       <c r="D20" s="62">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E20" s="62">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F20" s="64">
         <v>0</v>
       </c>
       <c r="G20" s="64">
         <v>0</v>
       </c>
       <c r="H20" s="62">
         <v>3</v>
       </c>
       <c r="I20" s="62">
         <v>0</v>
       </c>
       <c r="J20" s="64">
         <v>0</v>
       </c>
       <c r="K20" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="59" t="s">
         <v>228</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="36"/>
       <c r="G21" s="36"/>
       <c r="H21" s="36"/>
       <c r="I21" s="36"/>
       <c r="J21" s="36"/>
       <c r="K21" s="40"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="16" t="s">
         <v>229</v>
       </c>
       <c r="B22" s="62">
-        <v>7458</v>
+        <v>7463</v>
       </c>
       <c r="C22" s="62">
-        <v>35945</v>
+        <v>36065</v>
       </c>
       <c r="D22" s="62">
         <v>39</v>
       </c>
       <c r="E22" s="62">
         <v>30</v>
       </c>
       <c r="F22" s="64">
         <v>0</v>
       </c>
       <c r="G22" s="64">
         <v>0</v>
       </c>
       <c r="H22" s="62">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="I22" s="62">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J22" s="62">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="K22" s="66">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="59" t="s">
         <v>230</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="36"/>
       <c r="D23" s="36"/>
       <c r="E23" s="36"/>
       <c r="F23" s="36"/>
       <c r="G23" s="36"/>
       <c r="H23" s="36"/>
       <c r="I23" s="36"/>
       <c r="J23" s="36"/>
       <c r="K23" s="40"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="16" t="s">
         <v>231</v>
       </c>
       <c r="B24" s="62">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C24" s="62">
-        <v>1609</v>
+        <v>1620</v>
       </c>
       <c r="D24" s="62">
         <v>10</v>
       </c>
       <c r="E24" s="62">
         <v>35</v>
       </c>
       <c r="F24" s="64">
         <v>0</v>
       </c>
       <c r="G24" s="64">
         <v>0</v>
       </c>
       <c r="H24" s="64">
         <v>0</v>
       </c>
       <c r="I24" s="64">
         <v>0</v>
       </c>
       <c r="J24" s="62">
         <v>11</v>
       </c>
       <c r="K24" s="66">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="59" t="s">
         <v>232</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="36"/>
       <c r="D25" s="36"/>
       <c r="E25" s="36"/>
       <c r="F25" s="36"/>
       <c r="G25" s="36"/>
       <c r="H25" s="36"/>
       <c r="I25" s="36"/>
       <c r="J25" s="36"/>
       <c r="K25" s="40"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="16" t="s">
         <v>233</v>
       </c>
       <c r="B26" s="62">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="C26" s="62">
-        <v>4904</v>
+        <v>4923</v>
       </c>
       <c r="D26" s="62">
         <v>95</v>
       </c>
       <c r="E26" s="62">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="F26" s="64">
         <v>0</v>
       </c>
       <c r="G26" s="64">
         <v>0</v>
       </c>
       <c r="H26" s="64">
         <v>0</v>
       </c>
       <c r="I26" s="64">
         <v>0</v>
       </c>
       <c r="J26" s="62">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="K26" s="66">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="59" t="s">
         <v>234</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="36"/>
       <c r="D27" s="36"/>
       <c r="E27" s="36"/>
       <c r="F27" s="36"/>
       <c r="G27" s="36"/>
       <c r="H27" s="36"/>
       <c r="I27" s="36"/>
       <c r="J27" s="36"/>
       <c r="K27" s="40"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="16" t="s">
         <v>235</v>
       </c>
       <c r="B28" s="62">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="C28" s="62">
-        <v>2651</v>
+        <v>2643</v>
       </c>
       <c r="D28" s="62">
         <v>73</v>
       </c>
       <c r="E28" s="62">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F28" s="64">
         <v>0</v>
       </c>
       <c r="G28" s="64">
         <v>0</v>
       </c>
       <c r="H28" s="64">
         <v>0</v>
       </c>
       <c r="I28" s="64">
         <v>0</v>
       </c>
       <c r="J28" s="62">
-        <v>733</v>
+        <v>756</v>
       </c>
       <c r="K28" s="66">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="59" t="s">
         <v>236</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="36"/>
       <c r="D29" s="36"/>
       <c r="E29" s="36"/>
       <c r="F29" s="36"/>
       <c r="G29" s="36"/>
       <c r="H29" s="36"/>
       <c r="I29" s="36"/>
       <c r="J29" s="36"/>
       <c r="K29" s="40"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="16"/>
       <c r="B30" s="37"/>
       <c r="C30" s="37"/>
       <c r="D30" s="37"/>
       <c r="E30" s="37"/>
       <c r="F30" s="37"/>
       <c r="G30" s="37"/>