--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -53,51 +53,51 @@
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="237">
   <si>
     <t>購置住宅貸款</t>
   </si>
   <si>
     <t>房屋修繕貸款</t>
   </si>
   <si>
     <t>購置汽車貸款</t>
   </si>
   <si>
     <t>其他個人消費貸款</t>
   </si>
   <si>
     <t>(不含信用卡循環信用)</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
-    <t>民國114年10月底</t>
+    <t>民國114年12月底</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>戶　　數</t>
   </si>
   <si>
     <t>餘　　額</t>
   </si>
   <si>
     <t>House-purchasing Loans</t>
   </si>
   <si>
     <t>House-repairing Loans</t>
   </si>
   <si>
     <t>Car Loans</t>
   </si>
   <si>
     <t>Employees' Welfare Loans</t>
   </si>
   <si>
     <t>Other Consumer Loans</t>
   </si>
@@ -138,51 +138,51 @@
       <t>,</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>新臺幣百萬元</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve"> Account,NT$ Million</t>
     </r>
   </si>
   <si>
     <t>by Institution</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Oct. 2025</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
   </si>
   <si>
     <t>5-2 Consumer Loan's Items at General Banks and Credit Cooperatives</t>
   </si>
   <si>
     <r>
       <t>5-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行及信用合作社消費者貸款業務項目</t>
     </r>
   </si>
   <si>
     <r>
       <t>5-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
@@ -2616,528 +2616,528 @@
       </c>
       <c r="F9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="51" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="54">
-        <v>2149062</v>
+        <v>2154054</v>
       </c>
       <c r="C10" s="54">
-        <v>11414673</v>
+        <v>11504063</v>
       </c>
       <c r="D10" s="54">
-        <v>42244</v>
+        <v>41277</v>
       </c>
       <c r="E10" s="54">
-        <v>32503</v>
+        <v>32036</v>
       </c>
       <c r="F10" s="54">
-        <v>404519</v>
+        <v>410753</v>
       </c>
       <c r="G10" s="54">
-        <v>241766</v>
+        <v>251674</v>
       </c>
       <c r="H10" s="54">
-        <v>82920</v>
+        <v>81825</v>
       </c>
       <c r="I10" s="54">
-        <v>34286</v>
+        <v>34804</v>
       </c>
       <c r="J10" s="54">
-        <v>4856305</v>
+        <v>4942071</v>
       </c>
       <c r="K10" s="57">
-        <v>1500331</v>
+        <v>1526205</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="60" t="s">
         <v>60</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="40"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="16" t="s">
         <v>61</v>
       </c>
       <c r="B12" s="62">
-        <v>249406</v>
+        <v>252171</v>
       </c>
       <c r="C12" s="62">
-        <v>1214274</v>
+        <v>1238835</v>
       </c>
       <c r="D12" s="62">
-        <v>1891</v>
+        <v>1793</v>
       </c>
       <c r="E12" s="62">
-        <v>656</v>
+        <v>616</v>
       </c>
       <c r="F12" s="64">
         <v>0</v>
       </c>
       <c r="G12" s="64">
         <v>0</v>
       </c>
       <c r="H12" s="62">
-        <v>1151</v>
+        <v>1095</v>
       </c>
       <c r="I12" s="62">
-        <v>273</v>
+        <v>249</v>
       </c>
       <c r="J12" s="62">
-        <v>2716476</v>
+        <v>2781989</v>
       </c>
       <c r="K12" s="66">
-        <v>107101</v>
+        <v>108823</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="59" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="36"/>
       <c r="C13" s="36"/>
       <c r="D13" s="36"/>
       <c r="E13" s="36"/>
       <c r="F13" s="36"/>
       <c r="G13" s="36"/>
       <c r="H13" s="36"/>
       <c r="I13" s="36"/>
       <c r="J13" s="36"/>
       <c r="K13" s="40"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="16" t="s">
         <v>63</v>
       </c>
       <c r="B14" s="62">
-        <v>250416</v>
+        <v>251854</v>
       </c>
       <c r="C14" s="62">
-        <v>1212363</v>
+        <v>1228225</v>
       </c>
       <c r="D14" s="62">
-        <v>3523</v>
+        <v>3368</v>
       </c>
       <c r="E14" s="62">
-        <v>1652</v>
+        <v>1572</v>
       </c>
       <c r="F14" s="64">
         <v>0</v>
       </c>
       <c r="G14" s="64">
         <v>0</v>
       </c>
       <c r="H14" s="62">
-        <v>63765</v>
+        <v>63066</v>
       </c>
       <c r="I14" s="62">
-        <v>24597</v>
+        <v>24493</v>
       </c>
       <c r="J14" s="62">
-        <v>36625</v>
+        <v>37826</v>
       </c>
       <c r="K14" s="66">
-        <v>8094</v>
+        <v>8241</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="59" t="s">
         <v>64</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="36"/>
       <c r="D15" s="36"/>
       <c r="E15" s="36"/>
       <c r="F15" s="36"/>
       <c r="G15" s="36"/>
       <c r="H15" s="36"/>
       <c r="I15" s="36"/>
       <c r="J15" s="36"/>
       <c r="K15" s="40"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="16" t="s">
         <v>65</v>
       </c>
       <c r="B16" s="62">
-        <v>162041</v>
+        <v>162593</v>
       </c>
       <c r="C16" s="62">
-        <v>870180</v>
+        <v>879457</v>
       </c>
       <c r="D16" s="62">
-        <v>4754</v>
+        <v>4543</v>
       </c>
       <c r="E16" s="62">
-        <v>2414</v>
+        <v>2253</v>
       </c>
       <c r="F16" s="64">
         <v>0</v>
       </c>
       <c r="G16" s="64">
         <v>0</v>
       </c>
       <c r="H16" s="62">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="I16" s="62">
         <v>3</v>
       </c>
       <c r="J16" s="62">
-        <v>99835</v>
+        <v>100435</v>
       </c>
       <c r="K16" s="66">
-        <v>69268</v>
+        <v>69450</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="59" t="s">
         <v>66</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="40"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="16" t="s">
         <v>67</v>
       </c>
       <c r="B18" s="62">
-        <v>105224</v>
+        <v>105673</v>
       </c>
       <c r="C18" s="62">
-        <v>626088</v>
+        <v>632210</v>
       </c>
       <c r="D18" s="62">
-        <v>4614</v>
+        <v>4550</v>
       </c>
       <c r="E18" s="62">
-        <v>3111</v>
+        <v>3068</v>
       </c>
       <c r="F18" s="62">
-        <v>3035</v>
+        <v>3076</v>
       </c>
       <c r="G18" s="62">
-        <v>2067</v>
+        <v>2076</v>
       </c>
       <c r="H18" s="62">
-        <v>2475</v>
+        <v>2507</v>
       </c>
       <c r="I18" s="62">
-        <v>2125</v>
+        <v>2160</v>
       </c>
       <c r="J18" s="62">
-        <v>49181</v>
+        <v>50031</v>
       </c>
       <c r="K18" s="66">
-        <v>94998</v>
+        <v>101050</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="59" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="36"/>
       <c r="D19" s="36"/>
       <c r="E19" s="36"/>
       <c r="F19" s="36"/>
       <c r="G19" s="36"/>
       <c r="H19" s="36"/>
       <c r="I19" s="36"/>
       <c r="J19" s="36"/>
       <c r="K19" s="40"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="16" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="62">
-        <v>131342</v>
+        <v>130923</v>
       </c>
       <c r="C20" s="62">
-        <v>620898</v>
+        <v>619163</v>
       </c>
       <c r="D20" s="62">
-        <v>1178</v>
+        <v>1149</v>
       </c>
       <c r="E20" s="62">
-        <v>890</v>
+        <v>854</v>
       </c>
       <c r="F20" s="62">
-        <v>8508</v>
+        <v>8014</v>
       </c>
       <c r="G20" s="62">
-        <v>2179</v>
+        <v>2003</v>
       </c>
       <c r="H20" s="62">
-        <v>2648</v>
+        <v>2717</v>
       </c>
       <c r="I20" s="62">
-        <v>1185</v>
+        <v>1226</v>
       </c>
       <c r="J20" s="62">
-        <v>66452</v>
+        <v>67333</v>
       </c>
       <c r="K20" s="66">
-        <v>49377</v>
+        <v>51864</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="59" t="s">
         <v>70</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="36"/>
       <c r="G21" s="36"/>
       <c r="H21" s="36"/>
       <c r="I21" s="36"/>
       <c r="J21" s="36"/>
       <c r="K21" s="40"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="16" t="s">
         <v>71</v>
       </c>
       <c r="B22" s="62">
-        <v>88229</v>
+        <v>88790</v>
       </c>
       <c r="C22" s="62">
-        <v>481317</v>
+        <v>487271</v>
       </c>
       <c r="D22" s="62">
-        <v>1266</v>
+        <v>1203</v>
       </c>
       <c r="E22" s="62">
-        <v>702</v>
+        <v>662</v>
       </c>
       <c r="F22" s="64">
         <v>0</v>
       </c>
       <c r="G22" s="64">
         <v>0</v>
       </c>
       <c r="H22" s="62">
-        <v>2074</v>
+        <v>2059</v>
       </c>
       <c r="I22" s="62">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="J22" s="62">
-        <v>22137</v>
+        <v>22709</v>
       </c>
       <c r="K22" s="66">
-        <v>38647</v>
+        <v>40102</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="59" t="s">
         <v>72</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="36"/>
       <c r="D23" s="36"/>
       <c r="E23" s="36"/>
       <c r="F23" s="36"/>
       <c r="G23" s="36"/>
       <c r="H23" s="36"/>
       <c r="I23" s="36"/>
       <c r="J23" s="36"/>
       <c r="K23" s="40"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="16" t="s">
         <v>73</v>
       </c>
       <c r="B24" s="62">
-        <v>29540</v>
+        <v>29709</v>
       </c>
       <c r="C24" s="62">
-        <v>197629</v>
+        <v>200294</v>
       </c>
       <c r="D24" s="62">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E24" s="62">
         <v>23</v>
       </c>
       <c r="F24" s="62">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="G24" s="62">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="H24" s="64">
         <v>0</v>
       </c>
       <c r="I24" s="64">
         <v>0</v>
       </c>
       <c r="J24" s="62">
-        <v>5423</v>
+        <v>5341</v>
       </c>
       <c r="K24" s="66">
-        <v>2521</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="59" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="36"/>
       <c r="D25" s="36"/>
       <c r="E25" s="36"/>
       <c r="F25" s="36"/>
       <c r="G25" s="36"/>
       <c r="H25" s="36"/>
       <c r="I25" s="36"/>
       <c r="J25" s="36"/>
       <c r="K25" s="40"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="16" t="s">
         <v>75</v>
       </c>
       <c r="B26" s="62">
-        <v>131303</v>
+        <v>130288</v>
       </c>
       <c r="C26" s="62">
-        <v>702887</v>
+        <v>696663</v>
       </c>
       <c r="D26" s="62">
-        <v>5808</v>
+        <v>5736</v>
       </c>
       <c r="E26" s="62">
-        <v>4238</v>
+        <v>4182</v>
       </c>
       <c r="F26" s="62">
-        <v>2243</v>
+        <v>2263</v>
       </c>
       <c r="G26" s="62">
-        <v>2559</v>
+        <v>2568</v>
       </c>
       <c r="H26" s="62">
-        <v>1659</v>
+        <v>1553</v>
       </c>
       <c r="I26" s="62">
-        <v>427</v>
+        <v>385</v>
       </c>
       <c r="J26" s="62">
-        <v>178451</v>
+        <v>187274</v>
       </c>
       <c r="K26" s="66">
-        <v>49830</v>
+        <v>51342</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="59" t="s">
         <v>76</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="36"/>
       <c r="D27" s="36"/>
       <c r="E27" s="36"/>
       <c r="F27" s="36"/>
       <c r="G27" s="36"/>
       <c r="H27" s="36"/>
       <c r="I27" s="36"/>
       <c r="J27" s="36"/>
       <c r="K27" s="40"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="16" t="s">
         <v>77</v>
       </c>
       <c r="B28" s="62">
-        <v>86114</v>
+        <v>85955</v>
       </c>
       <c r="C28" s="62">
-        <v>564283</v>
+        <v>567423</v>
       </c>
       <c r="D28" s="62">
-        <v>1938</v>
+        <v>1925</v>
       </c>
       <c r="E28" s="62">
-        <v>2737</v>
+        <v>2742</v>
       </c>
       <c r="F28" s="62">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="G28" s="62">
-        <v>673</v>
+        <v>691</v>
       </c>
       <c r="H28" s="64">
         <v>0</v>
       </c>
       <c r="I28" s="64">
         <v>0</v>
       </c>
       <c r="J28" s="62">
-        <v>291144</v>
+        <v>289947</v>
       </c>
       <c r="K28" s="66">
-        <v>130362</v>
+        <v>129608</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="59" t="s">
         <v>78</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="36"/>
       <c r="D29" s="36"/>
       <c r="E29" s="36"/>
       <c r="F29" s="36"/>
       <c r="G29" s="36"/>
       <c r="H29" s="36"/>
       <c r="I29" s="36"/>
       <c r="J29" s="36"/>
       <c r="K29" s="40"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="16" t="s">
         <v>79</v>
       </c>
       <c r="B30" s="64">
         <v>0</v>
       </c>
       <c r="C30" s="64">
@@ -3166,128 +3166,128 @@
       </c>
       <c r="K30" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="59" t="s">
         <v>80</v>
       </c>
       <c r="B31" s="36"/>
       <c r="C31" s="36"/>
       <c r="D31" s="36"/>
       <c r="E31" s="36"/>
       <c r="F31" s="36"/>
       <c r="G31" s="36"/>
       <c r="H31" s="36"/>
       <c r="I31" s="36"/>
       <c r="J31" s="36"/>
       <c r="K31" s="40"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="16" t="s">
         <v>81</v>
       </c>
       <c r="B32" s="62">
-        <v>6335</v>
+        <v>6278</v>
       </c>
       <c r="C32" s="62">
-        <v>31899</v>
+        <v>31792</v>
       </c>
       <c r="D32" s="62">
-        <v>461</v>
+        <v>440</v>
       </c>
       <c r="E32" s="62">
-        <v>275</v>
+        <v>262</v>
       </c>
       <c r="F32" s="64">
         <v>0</v>
       </c>
       <c r="G32" s="64">
         <v>0</v>
       </c>
       <c r="H32" s="64">
         <v>0</v>
       </c>
       <c r="I32" s="64">
         <v>0</v>
       </c>
       <c r="J32" s="62">
-        <v>32966</v>
+        <v>35601</v>
       </c>
       <c r="K32" s="66">
-        <v>4749</v>
+        <v>4941</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1">
       <c r="A33" s="59" t="s">
         <v>82</v>
       </c>
       <c r="B33" s="36"/>
       <c r="C33" s="36"/>
       <c r="D33" s="36"/>
       <c r="E33" s="36"/>
       <c r="F33" s="36"/>
       <c r="G33" s="36"/>
       <c r="H33" s="36"/>
       <c r="I33" s="36"/>
       <c r="J33" s="36"/>
       <c r="K33" s="40"/>
     </row>
     <row r="34" spans="1:11" ht="12.6" customHeight="1">
       <c r="A34" s="16" t="s">
         <v>83</v>
       </c>
       <c r="B34" s="62">
-        <v>72435</v>
+        <v>72856</v>
       </c>
       <c r="C34" s="62">
-        <v>419025</v>
+        <v>421932</v>
       </c>
       <c r="D34" s="62">
-        <v>304</v>
+        <v>280</v>
       </c>
       <c r="E34" s="62">
-        <v>157</v>
+        <v>146</v>
       </c>
       <c r="F34" s="64">
         <v>0</v>
       </c>
       <c r="G34" s="64">
         <v>0</v>
       </c>
       <c r="H34" s="62">
-        <v>5038</v>
+        <v>4367</v>
       </c>
       <c r="I34" s="62">
-        <v>1659</v>
+        <v>1486</v>
       </c>
       <c r="J34" s="62">
-        <v>23914</v>
+        <v>24104</v>
       </c>
       <c r="K34" s="66">
-        <v>19953</v>
+        <v>20090</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="11.1" customHeight="1">
       <c r="A35" s="59" t="s">
         <v>84</v>
       </c>
       <c r="B35" s="36"/>
       <c r="C35" s="36"/>
       <c r="D35" s="36"/>
       <c r="E35" s="36"/>
       <c r="F35" s="36"/>
       <c r="G35" s="36"/>
       <c r="H35" s="36"/>
       <c r="I35" s="36"/>
       <c r="J35" s="36"/>
       <c r="K35" s="40"/>
     </row>
     <row r="36" spans="1:11" ht="12.6" customHeight="1">
       <c r="A36" s="16" t="s">
         <v>85</v>
       </c>
       <c r="B36" s="64">
         <v>0</v>
       </c>
       <c r="C36" s="64">
@@ -3581,56 +3581,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="30" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="30"/>
       <c r="C3" s="30"/>
       <c r="D3" s="30"/>
       <c r="E3" s="30"/>
       <c r="F3" s="30"/>
       <c r="G3" s="30"/>
       <c r="H3" s="30"/>
       <c r="I3" s="30"/>
       <c r="J3" s="30"/>
       <c r="K3" s="30"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -3733,728 +3733,728 @@
       </c>
       <c r="F9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="50" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="53">
-        <v>2199</v>
+        <v>2296</v>
       </c>
       <c r="C10" s="53">
-        <v>14872</v>
+        <v>15791</v>
       </c>
       <c r="D10" s="53">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="E10" s="53">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="F10" s="72">
         <v>0</v>
       </c>
       <c r="G10" s="72">
         <v>0</v>
       </c>
       <c r="H10" s="72">
         <v>0</v>
       </c>
       <c r="I10" s="72">
         <v>0</v>
       </c>
       <c r="J10" s="53">
-        <v>8357</v>
+        <v>8293</v>
       </c>
       <c r="K10" s="56">
-        <v>4146</v>
+        <v>4101</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="59" t="s">
         <v>87</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="40"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="16" t="s">
         <v>88</v>
       </c>
       <c r="B12" s="62">
-        <v>64918</v>
+        <v>65169</v>
       </c>
       <c r="C12" s="62">
-        <v>317595</v>
+        <v>320416</v>
       </c>
       <c r="D12" s="62">
-        <v>335</v>
+        <v>317</v>
       </c>
       <c r="E12" s="62">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="F12" s="64">
         <v>0</v>
       </c>
       <c r="G12" s="64">
         <v>0</v>
       </c>
       <c r="H12" s="62">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="I12" s="62">
         <v>14</v>
       </c>
       <c r="J12" s="62">
-        <v>22515</v>
+        <v>22681</v>
       </c>
       <c r="K12" s="66">
-        <v>9930</v>
+        <v>10335</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="59" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="36"/>
       <c r="C13" s="36"/>
       <c r="D13" s="36"/>
       <c r="E13" s="36"/>
       <c r="F13" s="36"/>
       <c r="G13" s="36"/>
       <c r="H13" s="36"/>
       <c r="I13" s="36"/>
       <c r="J13" s="36"/>
       <c r="K13" s="40"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="16" t="s">
         <v>90</v>
       </c>
       <c r="B14" s="62">
-        <v>37629</v>
+        <v>37209</v>
       </c>
       <c r="C14" s="62">
-        <v>170551</v>
+        <v>169442</v>
       </c>
       <c r="D14" s="62">
-        <v>605</v>
+        <v>593</v>
       </c>
       <c r="E14" s="62">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="F14" s="64">
         <v>0</v>
       </c>
       <c r="G14" s="64">
         <v>0</v>
       </c>
       <c r="H14" s="64">
         <v>0</v>
       </c>
       <c r="I14" s="64">
         <v>0</v>
       </c>
       <c r="J14" s="62">
-        <v>58717</v>
+        <v>56535</v>
       </c>
       <c r="K14" s="66">
-        <v>32498</v>
+        <v>31051</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="59" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="36"/>
       <c r="D15" s="36"/>
       <c r="E15" s="36"/>
       <c r="F15" s="36"/>
       <c r="G15" s="36"/>
       <c r="H15" s="36"/>
       <c r="I15" s="36"/>
       <c r="J15" s="36"/>
       <c r="K15" s="40"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="16" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="62">
-        <v>23694</v>
+        <v>23984</v>
       </c>
       <c r="C16" s="62">
-        <v>92494</v>
+        <v>94423</v>
       </c>
       <c r="D16" s="62">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E16" s="62">
-        <v>533</v>
+        <v>541</v>
       </c>
       <c r="F16" s="64">
         <v>0</v>
       </c>
       <c r="G16" s="64">
         <v>0</v>
       </c>
       <c r="H16" s="64">
         <v>0</v>
       </c>
       <c r="I16" s="64">
         <v>0</v>
       </c>
       <c r="J16" s="62">
-        <v>11590</v>
+        <v>11724</v>
       </c>
       <c r="K16" s="66">
-        <v>10848</v>
+        <v>10953</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="59" t="s">
         <v>93</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="40"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="16" t="s">
         <v>94</v>
       </c>
       <c r="B18" s="62">
-        <v>2349</v>
+        <v>2293</v>
       </c>
       <c r="C18" s="62">
-        <v>15321</v>
+        <v>15354</v>
       </c>
       <c r="D18" s="62">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="E18" s="62">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F18" s="64">
         <v>0</v>
       </c>
       <c r="G18" s="64">
         <v>0</v>
       </c>
       <c r="H18" s="64">
         <v>0</v>
       </c>
       <c r="I18" s="64">
         <v>0</v>
       </c>
       <c r="J18" s="62">
-        <v>378</v>
+        <v>357</v>
       </c>
       <c r="K18" s="66">
-        <v>296</v>
+        <v>293</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="59" t="s">
         <v>95</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="36"/>
       <c r="D19" s="36"/>
       <c r="E19" s="36"/>
       <c r="F19" s="36"/>
       <c r="G19" s="36"/>
       <c r="H19" s="36"/>
       <c r="I19" s="36"/>
       <c r="J19" s="36"/>
       <c r="K19" s="40"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="16" t="s">
         <v>96</v>
       </c>
       <c r="B20" s="62">
-        <v>19445</v>
+        <v>19358</v>
       </c>
       <c r="C20" s="62">
-        <v>152310</v>
+        <v>152038</v>
       </c>
       <c r="D20" s="62">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E20" s="62">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F20" s="64">
         <v>0</v>
       </c>
       <c r="G20" s="64">
         <v>0</v>
       </c>
       <c r="H20" s="64">
         <v>0</v>
       </c>
       <c r="I20" s="64">
         <v>0</v>
       </c>
       <c r="J20" s="62">
-        <v>32278</v>
+        <v>31740</v>
       </c>
       <c r="K20" s="66">
-        <v>76129</v>
+        <v>77434</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="59" t="s">
         <v>97</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="36"/>
       <c r="G21" s="36"/>
       <c r="H21" s="36"/>
       <c r="I21" s="36"/>
       <c r="J21" s="36"/>
       <c r="K21" s="40"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="16" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="62">
-        <v>1391</v>
+        <v>1388</v>
       </c>
       <c r="C22" s="62">
-        <v>6412</v>
+        <v>6447</v>
       </c>
       <c r="D22" s="62">
         <v>8</v>
       </c>
       <c r="E22" s="62">
         <v>7</v>
       </c>
       <c r="F22" s="62">
-        <v>8267</v>
+        <v>8360</v>
       </c>
       <c r="G22" s="62">
-        <v>2296</v>
+        <v>2471</v>
       </c>
       <c r="H22" s="64">
         <v>0</v>
       </c>
       <c r="I22" s="64">
         <v>0</v>
       </c>
       <c r="J22" s="62">
-        <v>10902</v>
+        <v>11294</v>
       </c>
       <c r="K22" s="66">
-        <v>3458</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="59" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="36"/>
       <c r="D23" s="36"/>
       <c r="E23" s="36"/>
       <c r="F23" s="36"/>
       <c r="G23" s="36"/>
       <c r="H23" s="36"/>
       <c r="I23" s="36"/>
       <c r="J23" s="36"/>
       <c r="K23" s="40"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="16" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="62">
-        <v>875</v>
+        <v>867</v>
       </c>
       <c r="C24" s="62">
-        <v>5550</v>
+        <v>5662</v>
       </c>
       <c r="D24" s="62">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E24" s="62">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F24" s="64">
         <v>0</v>
       </c>
       <c r="G24" s="64">
         <v>0</v>
       </c>
       <c r="H24" s="64">
         <v>0</v>
       </c>
       <c r="I24" s="64">
         <v>0</v>
       </c>
       <c r="J24" s="62">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="K24" s="66">
         <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="59" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="36"/>
       <c r="D25" s="36"/>
       <c r="E25" s="36"/>
       <c r="F25" s="36"/>
       <c r="G25" s="36"/>
       <c r="H25" s="36"/>
       <c r="I25" s="36"/>
       <c r="J25" s="36"/>
       <c r="K25" s="40"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="16" t="s">
         <v>102</v>
       </c>
       <c r="B26" s="62">
-        <v>51517</v>
+        <v>51245</v>
       </c>
       <c r="C26" s="62">
-        <v>218020</v>
+        <v>216751</v>
       </c>
       <c r="D26" s="62">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="E26" s="62">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="F26" s="62">
-        <v>12274</v>
+        <v>12041</v>
       </c>
       <c r="G26" s="62">
-        <v>8930</v>
+        <v>8660</v>
       </c>
       <c r="H26" s="64">
         <v>0</v>
       </c>
       <c r="I26" s="64">
         <v>0</v>
       </c>
       <c r="J26" s="62">
-        <v>45897</v>
+        <v>44861</v>
       </c>
       <c r="K26" s="66">
-        <v>48351</v>
+        <v>46861</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="59" t="s">
         <v>103</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="36"/>
       <c r="D27" s="36"/>
       <c r="E27" s="36"/>
       <c r="F27" s="36"/>
       <c r="G27" s="36"/>
       <c r="H27" s="36"/>
       <c r="I27" s="36"/>
       <c r="J27" s="36"/>
       <c r="K27" s="40"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="16" t="s">
         <v>104</v>
       </c>
       <c r="B28" s="62">
-        <v>10286</v>
+        <v>10487</v>
       </c>
       <c r="C28" s="62">
-        <v>41133</v>
+        <v>42584</v>
       </c>
       <c r="D28" s="62">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="E28" s="62">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="F28" s="62">
-        <v>21055</v>
+        <v>21305</v>
       </c>
       <c r="G28" s="62">
-        <v>13884</v>
+        <v>14031</v>
       </c>
       <c r="H28" s="64">
         <v>0</v>
       </c>
       <c r="I28" s="64">
         <v>0</v>
       </c>
       <c r="J28" s="62">
-        <v>3732</v>
+        <v>3778</v>
       </c>
       <c r="K28" s="66">
-        <v>1798</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="59" t="s">
         <v>105</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="36"/>
       <c r="D29" s="36"/>
       <c r="E29" s="36"/>
       <c r="F29" s="36"/>
       <c r="G29" s="36"/>
       <c r="H29" s="36"/>
       <c r="I29" s="36"/>
       <c r="J29" s="36"/>
       <c r="K29" s="40"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="16" t="s">
         <v>106</v>
       </c>
       <c r="B30" s="62">
-        <v>3884</v>
+        <v>3738</v>
       </c>
       <c r="C30" s="62">
-        <v>16702</v>
+        <v>16821</v>
       </c>
       <c r="D30" s="62">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="E30" s="62">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F30" s="62">
-        <v>565</v>
+        <v>559</v>
       </c>
       <c r="G30" s="62">
-        <v>342</v>
+        <v>327</v>
       </c>
       <c r="H30" s="64">
         <v>0</v>
       </c>
       <c r="I30" s="64">
         <v>0</v>
       </c>
       <c r="J30" s="62">
-        <v>2077</v>
+        <v>2119</v>
       </c>
       <c r="K30" s="66">
-        <v>601</v>
+        <v>606</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="59" t="s">
         <v>107</v>
       </c>
       <c r="B31" s="36"/>
       <c r="C31" s="36"/>
       <c r="D31" s="36"/>
       <c r="E31" s="36"/>
       <c r="F31" s="36"/>
       <c r="G31" s="36"/>
       <c r="H31" s="36"/>
       <c r="I31" s="36"/>
       <c r="J31" s="36"/>
       <c r="K31" s="40"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="16" t="s">
         <v>108</v>
       </c>
       <c r="B32" s="62">
-        <v>5049</v>
+        <v>5168</v>
       </c>
       <c r="C32" s="62">
-        <v>21078</v>
+        <v>22205</v>
       </c>
       <c r="D32" s="62">
         <v>138</v>
       </c>
       <c r="E32" s="62">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="F32" s="62">
-        <v>49164</v>
+        <v>49205</v>
       </c>
       <c r="G32" s="62">
-        <v>27981</v>
+        <v>28188</v>
       </c>
       <c r="H32" s="64">
         <v>0</v>
       </c>
       <c r="I32" s="64">
         <v>0</v>
       </c>
       <c r="J32" s="62">
-        <v>1404</v>
+        <v>1374</v>
       </c>
       <c r="K32" s="66">
-        <v>1323</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1">
       <c r="A33" s="59" t="s">
         <v>109</v>
       </c>
       <c r="B33" s="36"/>
       <c r="C33" s="36"/>
       <c r="D33" s="36"/>
       <c r="E33" s="36"/>
       <c r="F33" s="36"/>
       <c r="G33" s="36"/>
       <c r="H33" s="36"/>
       <c r="I33" s="36"/>
       <c r="J33" s="36"/>
       <c r="K33" s="40"/>
     </row>
     <row r="34" spans="1:11" ht="12.6" customHeight="1">
       <c r="A34" s="16" t="s">
         <v>110</v>
       </c>
       <c r="B34" s="62">
-        <v>36826</v>
+        <v>36704</v>
       </c>
       <c r="C34" s="62">
-        <v>131563</v>
+        <v>132400</v>
       </c>
       <c r="D34" s="62">
-        <v>1120</v>
+        <v>1072</v>
       </c>
       <c r="E34" s="62">
-        <v>633</v>
+        <v>612</v>
       </c>
       <c r="F34" s="62">
-        <v>33107</v>
+        <v>33240</v>
       </c>
       <c r="G34" s="62">
-        <v>21566</v>
+        <v>21857</v>
       </c>
       <c r="H34" s="64">
         <v>0</v>
       </c>
       <c r="I34" s="64">
         <v>0</v>
       </c>
       <c r="J34" s="62">
-        <v>48136</v>
+        <v>48589</v>
       </c>
       <c r="K34" s="66">
-        <v>79857</v>
+        <v>80975</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="11.1" customHeight="1">
       <c r="A35" s="59" t="s">
         <v>111</v>
       </c>
       <c r="B35" s="36"/>
       <c r="C35" s="36"/>
       <c r="D35" s="36"/>
       <c r="E35" s="36"/>
       <c r="F35" s="36"/>
       <c r="G35" s="36"/>
       <c r="H35" s="36"/>
       <c r="I35" s="36"/>
       <c r="J35" s="36"/>
       <c r="K35" s="40"/>
     </row>
     <row r="36" spans="1:11" ht="12.6" customHeight="1">
       <c r="A36" s="16" t="s">
         <v>112</v>
       </c>
       <c r="B36" s="62">
-        <v>34294</v>
+        <v>33971</v>
       </c>
       <c r="C36" s="62">
-        <v>143293</v>
+        <v>142477</v>
       </c>
       <c r="D36" s="62">
-        <v>225</v>
+        <v>213</v>
       </c>
       <c r="E36" s="62">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="F36" s="62">
-        <v>8345</v>
+        <v>8607</v>
       </c>
       <c r="G36" s="62">
-        <v>5975</v>
+        <v>6154</v>
       </c>
       <c r="H36" s="62">
-        <v>170</v>
+        <v>119</v>
       </c>
       <c r="I36" s="62">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="J36" s="62">
-        <v>58911</v>
+        <v>58292</v>
       </c>
       <c r="K36" s="66">
-        <v>28255</v>
+        <v>28124</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="70" t="s">
         <v>113</v>
       </c>
       <c r="B37" s="38"/>
       <c r="C37" s="38"/>
       <c r="D37" s="38"/>
       <c r="E37" s="38"/>
       <c r="F37" s="38"/>
       <c r="G37" s="38"/>
       <c r="H37" s="38"/>
       <c r="I37" s="38"/>
       <c r="J37" s="38"/>
       <c r="K37" s="42"/>
     </row>
     <row r="38" spans="1:11" ht="13.5" customHeight="1">
       <c r="A38" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
@@ -4693,56 +4693,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="30" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="30"/>
       <c r="C3" s="30"/>
       <c r="D3" s="30"/>
       <c r="E3" s="30"/>
       <c r="F3" s="30"/>
       <c r="G3" s="30"/>
       <c r="H3" s="30"/>
       <c r="I3" s="30"/>
       <c r="J3" s="30"/>
       <c r="K3" s="30"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -4845,578 +4845,578 @@
       </c>
       <c r="F9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="50" t="s">
         <v>36</v>
       </c>
       <c r="B10" s="53">
-        <v>60690</v>
+        <v>60923</v>
       </c>
       <c r="C10" s="53">
-        <v>350607</v>
+        <v>353893</v>
       </c>
       <c r="D10" s="53">
-        <v>424</v>
+        <v>388</v>
       </c>
       <c r="E10" s="53">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="F10" s="53">
-        <v>133480</v>
+        <v>137112</v>
       </c>
       <c r="G10" s="53">
-        <v>69708</v>
+        <v>74344</v>
       </c>
       <c r="H10" s="72">
         <v>0</v>
       </c>
       <c r="I10" s="72">
         <v>0</v>
       </c>
       <c r="J10" s="53">
-        <v>17056</v>
+        <v>17320</v>
       </c>
       <c r="K10" s="56">
-        <v>8610</v>
+        <v>9279</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="59" t="s">
         <v>114</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="40"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="16" t="s">
         <v>115</v>
       </c>
       <c r="B12" s="62">
-        <v>60028</v>
+        <v>59667</v>
       </c>
       <c r="C12" s="62">
-        <v>389949</v>
+        <v>386966</v>
       </c>
       <c r="D12" s="62">
-        <v>928</v>
+        <v>899</v>
       </c>
       <c r="E12" s="62">
-        <v>692</v>
+        <v>665</v>
       </c>
       <c r="F12" s="62">
-        <v>2436</v>
+        <v>2116</v>
       </c>
       <c r="G12" s="62">
-        <v>579</v>
+        <v>494</v>
       </c>
       <c r="H12" s="64">
         <v>0</v>
       </c>
       <c r="I12" s="64">
         <v>0</v>
       </c>
       <c r="J12" s="62">
-        <v>19687</v>
+        <v>19608</v>
       </c>
       <c r="K12" s="66">
-        <v>8564</v>
+        <v>8561</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="59" t="s">
         <v>116</v>
       </c>
       <c r="B13" s="36"/>
       <c r="C13" s="36"/>
       <c r="D13" s="36"/>
       <c r="E13" s="36"/>
       <c r="F13" s="36"/>
       <c r="G13" s="36"/>
       <c r="H13" s="36"/>
       <c r="I13" s="36"/>
       <c r="J13" s="36"/>
       <c r="K13" s="40"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="16" t="s">
         <v>117</v>
       </c>
       <c r="B14" s="62">
-        <v>97313</v>
+        <v>97214</v>
       </c>
       <c r="C14" s="62">
-        <v>571095</v>
+        <v>573712</v>
       </c>
       <c r="D14" s="62">
-        <v>1225</v>
+        <v>1169</v>
       </c>
       <c r="E14" s="62">
-        <v>597</v>
+        <v>583</v>
       </c>
       <c r="F14" s="64">
         <v>0</v>
       </c>
       <c r="G14" s="64">
         <v>0</v>
       </c>
       <c r="H14" s="62">
-        <v>2295</v>
+        <v>2641</v>
       </c>
       <c r="I14" s="62">
-        <v>1978</v>
+        <v>2682</v>
       </c>
       <c r="J14" s="62">
-        <v>145875</v>
+        <v>146599</v>
       </c>
       <c r="K14" s="66">
-        <v>116997</v>
+        <v>119773</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="59" t="s">
         <v>118</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="36"/>
       <c r="D15" s="36"/>
       <c r="E15" s="36"/>
       <c r="F15" s="36"/>
       <c r="G15" s="36"/>
       <c r="H15" s="36"/>
       <c r="I15" s="36"/>
       <c r="J15" s="36"/>
       <c r="K15" s="40"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="16" t="s">
         <v>119</v>
       </c>
       <c r="B16" s="62">
-        <v>14774</v>
+        <v>14664</v>
       </c>
       <c r="C16" s="62">
-        <v>109485</v>
+        <v>108970</v>
       </c>
       <c r="D16" s="62">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E16" s="62">
         <v>32</v>
       </c>
       <c r="F16" s="62">
-        <v>1361</v>
+        <v>1367</v>
       </c>
       <c r="G16" s="62">
-        <v>848</v>
+        <v>839</v>
       </c>
       <c r="H16" s="64">
         <v>0</v>
       </c>
       <c r="I16" s="64">
         <v>0</v>
       </c>
       <c r="J16" s="62">
-        <v>100889</v>
+        <v>101238</v>
       </c>
       <c r="K16" s="66">
-        <v>38307</v>
+        <v>38784</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="59" t="s">
         <v>120</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="40"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="16" t="s">
         <v>121</v>
       </c>
       <c r="B18" s="62">
-        <v>38689</v>
+        <v>38428</v>
       </c>
       <c r="C18" s="62">
-        <v>186675</v>
+        <v>185688</v>
       </c>
       <c r="D18" s="62">
-        <v>1403</v>
+        <v>1377</v>
       </c>
       <c r="E18" s="62">
-        <v>3294</v>
+        <v>3228</v>
       </c>
       <c r="F18" s="62">
-        <v>1502</v>
+        <v>1358</v>
       </c>
       <c r="G18" s="62">
-        <v>517</v>
+        <v>478</v>
       </c>
       <c r="H18" s="64">
         <v>0</v>
       </c>
       <c r="I18" s="64">
         <v>0</v>
       </c>
       <c r="J18" s="62">
-        <v>164065</v>
+        <v>164089</v>
       </c>
       <c r="K18" s="66">
-        <v>69141</v>
+        <v>70373</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="59" t="s">
         <v>122</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="36"/>
       <c r="D19" s="36"/>
       <c r="E19" s="36"/>
       <c r="F19" s="36"/>
       <c r="G19" s="36"/>
       <c r="H19" s="36"/>
       <c r="I19" s="36"/>
       <c r="J19" s="36"/>
       <c r="K19" s="40"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="16" t="s">
         <v>123</v>
       </c>
       <c r="B20" s="62">
-        <v>80960</v>
+        <v>80344</v>
       </c>
       <c r="C20" s="62">
-        <v>425552</v>
+        <v>421909</v>
       </c>
       <c r="D20" s="62">
-        <v>496</v>
+        <v>481</v>
       </c>
       <c r="E20" s="62">
-        <v>255</v>
+        <v>243</v>
       </c>
       <c r="F20" s="62">
-        <v>90797</v>
+        <v>93770</v>
       </c>
       <c r="G20" s="62">
-        <v>62725</v>
+        <v>67310</v>
       </c>
       <c r="H20" s="64">
         <v>0</v>
       </c>
       <c r="I20" s="64">
         <v>0</v>
       </c>
       <c r="J20" s="62">
-        <v>124209</v>
+        <v>123856</v>
       </c>
       <c r="K20" s="66">
-        <v>167756</v>
+        <v>168008</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="59" t="s">
         <v>124</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="36"/>
       <c r="G21" s="36"/>
       <c r="H21" s="36"/>
       <c r="I21" s="36"/>
       <c r="J21" s="36"/>
       <c r="K21" s="40"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="16" t="s">
         <v>125</v>
       </c>
       <c r="B22" s="62">
-        <v>15910</v>
+        <v>15936</v>
       </c>
       <c r="C22" s="62">
-        <v>66947</v>
+        <v>67250</v>
       </c>
       <c r="D22" s="62">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="E22" s="62">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F22" s="62">
-        <v>323</v>
+        <v>306</v>
       </c>
       <c r="G22" s="62">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="H22" s="62">
-        <v>1461</v>
+        <v>1522</v>
       </c>
       <c r="I22" s="62">
-        <v>1032</v>
+        <v>1122</v>
       </c>
       <c r="J22" s="62">
-        <v>13163</v>
+        <v>13313</v>
       </c>
       <c r="K22" s="66">
-        <v>6842</v>
+        <v>6971</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="59" t="s">
         <v>126</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="36"/>
       <c r="D23" s="36"/>
       <c r="E23" s="36"/>
       <c r="F23" s="36"/>
       <c r="G23" s="36"/>
       <c r="H23" s="36"/>
       <c r="I23" s="36"/>
       <c r="J23" s="36"/>
       <c r="K23" s="40"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="16" t="s">
         <v>127</v>
       </c>
       <c r="B24" s="62">
-        <v>172817</v>
+        <v>174617</v>
       </c>
       <c r="C24" s="62">
-        <v>1017925</v>
+        <v>1039014</v>
       </c>
       <c r="D24" s="62">
-        <v>8507</v>
+        <v>8556</v>
       </c>
       <c r="E24" s="62">
-        <v>8037</v>
+        <v>8196</v>
       </c>
       <c r="F24" s="62">
-        <v>27139</v>
+        <v>27137</v>
       </c>
       <c r="G24" s="62">
-        <v>18542</v>
+        <v>18794</v>
       </c>
       <c r="H24" s="64">
         <v>0</v>
       </c>
       <c r="I24" s="64">
         <v>0</v>
       </c>
       <c r="J24" s="62">
-        <v>250280</v>
+        <v>249582</v>
       </c>
       <c r="K24" s="66">
-        <v>124368</v>
+        <v>128775</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="59" t="s">
         <v>128</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="36"/>
       <c r="D25" s="36"/>
       <c r="E25" s="36"/>
       <c r="F25" s="36"/>
       <c r="G25" s="36"/>
       <c r="H25" s="36"/>
       <c r="I25" s="36"/>
       <c r="J25" s="36"/>
       <c r="K25" s="40"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="16" t="s">
         <v>129</v>
       </c>
       <c r="B26" s="62">
-        <v>1140</v>
+        <v>1294</v>
       </c>
       <c r="C26" s="62">
-        <v>8699</v>
+        <v>10585</v>
       </c>
       <c r="D26" s="62">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E26" s="62">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="F26" s="64">
         <v>0</v>
       </c>
       <c r="G26" s="64">
         <v>0</v>
       </c>
       <c r="H26" s="64">
         <v>0</v>
       </c>
       <c r="I26" s="64">
         <v>0</v>
       </c>
       <c r="J26" s="62">
-        <v>12283</v>
+        <v>13279</v>
       </c>
       <c r="K26" s="66">
-        <v>7524</v>
+        <v>8436</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="59" t="s">
         <v>130</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="36"/>
       <c r="D27" s="36"/>
       <c r="E27" s="36"/>
       <c r="F27" s="36"/>
       <c r="G27" s="36"/>
       <c r="H27" s="36"/>
       <c r="I27" s="36"/>
       <c r="J27" s="36"/>
       <c r="K27" s="40"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="16" t="s">
         <v>131</v>
       </c>
       <c r="B28" s="64">
         <v>0</v>
       </c>
       <c r="C28" s="64">
         <v>0</v>
       </c>
       <c r="D28" s="64">
         <v>0</v>
       </c>
       <c r="E28" s="64">
         <v>0</v>
       </c>
       <c r="F28" s="64">
         <v>0</v>
       </c>
       <c r="G28" s="64">
         <v>0</v>
       </c>
       <c r="H28" s="64">
         <v>0</v>
       </c>
       <c r="I28" s="64">
         <v>0</v>
       </c>
       <c r="J28" s="62">
-        <v>169131</v>
+        <v>176313</v>
       </c>
       <c r="K28" s="66">
-        <v>73185</v>
+        <v>75067</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="59" t="s">
         <v>132</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="36"/>
       <c r="D29" s="36"/>
       <c r="E29" s="36"/>
       <c r="F29" s="36"/>
       <c r="G29" s="36"/>
       <c r="H29" s="36"/>
       <c r="I29" s="36"/>
       <c r="J29" s="36"/>
       <c r="K29" s="40"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="16" t="s">
         <v>133</v>
       </c>
       <c r="B30" s="64">
         <v>0</v>
       </c>
       <c r="C30" s="64">
         <v>0</v>
       </c>
       <c r="D30" s="64">
         <v>0</v>
       </c>
       <c r="E30" s="64">
         <v>0</v>
       </c>
       <c r="F30" s="64">
         <v>0</v>
       </c>
       <c r="G30" s="64">
         <v>0</v>
       </c>
       <c r="H30" s="64">
         <v>0</v>
       </c>
       <c r="I30" s="64">
         <v>0</v>
       </c>
       <c r="J30" s="62">
-        <v>12115</v>
+        <v>12594</v>
       </c>
       <c r="K30" s="66">
-        <v>6646</v>
+        <v>6847</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="59" t="s">
         <v>134</v>
       </c>
       <c r="B31" s="36"/>
       <c r="C31" s="36"/>
       <c r="D31" s="36"/>
       <c r="E31" s="36"/>
       <c r="F31" s="36"/>
       <c r="G31" s="36"/>
       <c r="H31" s="36"/>
       <c r="I31" s="36"/>
       <c r="J31" s="36"/>
       <c r="K31" s="40"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="16"/>
       <c r="B32" s="37"/>
       <c r="C32" s="37"/>
       <c r="D32" s="37"/>
       <c r="E32" s="37"/>
       <c r="F32" s="37"/>
       <c r="G32" s="37"/>
@@ -5716,56 +5716,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -5895,51 +5895,51 @@
       <c r="C10" s="73">
         <v>0</v>
       </c>
       <c r="D10" s="73">
         <v>0</v>
       </c>
       <c r="E10" s="73">
         <v>0</v>
       </c>
       <c r="F10" s="73">
         <v>0</v>
       </c>
       <c r="G10" s="73">
         <v>0</v>
       </c>
       <c r="H10" s="73">
         <v>0</v>
       </c>
       <c r="I10" s="73">
         <v>0</v>
       </c>
       <c r="J10" s="54">
         <v>14</v>
       </c>
       <c r="K10" s="57">
-        <v>225</v>
+        <v>222</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="60" t="s">
         <v>60</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="40"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="16" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="64">
         <v>0</v>
       </c>
       <c r="C12" s="64">
@@ -6045,51 +6045,51 @@
       <c r="C16" s="64">
         <v>0</v>
       </c>
       <c r="D16" s="64">
         <v>0</v>
       </c>
       <c r="E16" s="64">
         <v>0</v>
       </c>
       <c r="F16" s="64">
         <v>0</v>
       </c>
       <c r="G16" s="64">
         <v>0</v>
       </c>
       <c r="H16" s="64">
         <v>0</v>
       </c>
       <c r="I16" s="64">
         <v>0</v>
       </c>
       <c r="J16" s="62">
         <v>2</v>
       </c>
       <c r="K16" s="66">
-        <v>222</v>
+        <v>217</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="59" t="s">
         <v>139</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="40"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="16" t="s">
         <v>140</v>
       </c>
       <c r="B18" s="64">
         <v>0</v>
       </c>
       <c r="C18" s="64">
@@ -6818,56 +6818,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -7647,51 +7647,51 @@
       <c r="C36" s="64">
         <v>0</v>
       </c>
       <c r="D36" s="64">
         <v>0</v>
       </c>
       <c r="E36" s="64">
         <v>0</v>
       </c>
       <c r="F36" s="64">
         <v>0</v>
       </c>
       <c r="G36" s="64">
         <v>0</v>
       </c>
       <c r="H36" s="64">
         <v>0</v>
       </c>
       <c r="I36" s="64">
         <v>0</v>
       </c>
       <c r="J36" s="62">
         <v>9</v>
       </c>
       <c r="K36" s="66">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="70" t="s">
         <v>186</v>
       </c>
       <c r="B37" s="38"/>
       <c r="C37" s="38"/>
       <c r="D37" s="38"/>
       <c r="E37" s="38"/>
       <c r="F37" s="38"/>
       <c r="G37" s="38"/>
       <c r="H37" s="38"/>
       <c r="I37" s="38"/>
       <c r="J37" s="38"/>
       <c r="K37" s="42"/>
     </row>
     <row r="38" spans="1:11" ht="13.5" customHeight="1">
       <c r="A38" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
@@ -7928,56 +7928,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -8724,56 +8724,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -9586,56 +9586,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>42</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -9738,728 +9738,728 @@
       </c>
       <c r="F9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="51" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="54">
-        <v>77597</v>
+        <v>77750</v>
       </c>
       <c r="C10" s="54">
-        <v>320872</v>
+        <v>324532</v>
       </c>
       <c r="D10" s="54">
-        <v>1024</v>
+        <v>1003</v>
       </c>
       <c r="E10" s="54">
-        <v>1175</v>
+        <v>1150</v>
       </c>
       <c r="F10" s="54">
         <v>2</v>
       </c>
       <c r="G10" s="54">
         <v>6</v>
       </c>
       <c r="H10" s="54">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I10" s="54">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="J10" s="54">
-        <v>44628</v>
+        <v>45217</v>
       </c>
       <c r="K10" s="57">
-        <v>7410</v>
+        <v>7502</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="60" t="s">
         <v>60</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="40"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="16" t="s">
         <v>43</v>
       </c>
       <c r="B12" s="62">
-        <v>1208</v>
+        <v>1216</v>
       </c>
       <c r="C12" s="62">
-        <v>6193</v>
+        <v>6296</v>
       </c>
       <c r="D12" s="62">
         <v>2</v>
       </c>
       <c r="E12" s="62">
         <v>1</v>
       </c>
       <c r="F12" s="64">
         <v>0</v>
       </c>
       <c r="G12" s="64">
         <v>0</v>
       </c>
       <c r="H12" s="64">
         <v>0</v>
       </c>
       <c r="I12" s="64">
         <v>0</v>
       </c>
       <c r="J12" s="62">
-        <v>5792</v>
+        <v>5844</v>
       </c>
       <c r="K12" s="66">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="59" t="s">
         <v>193</v>
       </c>
       <c r="B13" s="36"/>
       <c r="C13" s="36"/>
       <c r="D13" s="36"/>
       <c r="E13" s="36"/>
       <c r="F13" s="36"/>
       <c r="G13" s="36"/>
       <c r="H13" s="36"/>
       <c r="I13" s="36"/>
       <c r="J13" s="36"/>
       <c r="K13" s="40"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="16" t="s">
         <v>194</v>
       </c>
       <c r="B14" s="62">
-        <v>4746</v>
+        <v>4690</v>
       </c>
       <c r="C14" s="62">
-        <v>13769</v>
+        <v>13590</v>
       </c>
       <c r="D14" s="62">
         <v>15</v>
       </c>
       <c r="E14" s="62">
         <v>5</v>
       </c>
       <c r="F14" s="64">
         <v>0</v>
       </c>
       <c r="G14" s="64">
         <v>0</v>
       </c>
       <c r="H14" s="64">
         <v>0</v>
       </c>
       <c r="I14" s="64">
         <v>0</v>
       </c>
       <c r="J14" s="62">
-        <v>2726</v>
+        <v>2739</v>
       </c>
       <c r="K14" s="66">
-        <v>6110</v>
+        <v>6148</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="59" t="s">
         <v>195</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="36"/>
       <c r="D15" s="36"/>
       <c r="E15" s="36"/>
       <c r="F15" s="36"/>
       <c r="G15" s="36"/>
       <c r="H15" s="36"/>
       <c r="I15" s="36"/>
       <c r="J15" s="36"/>
       <c r="K15" s="40"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="16" t="s">
         <v>196</v>
       </c>
       <c r="B16" s="62">
-        <v>3192</v>
+        <v>3223</v>
       </c>
       <c r="C16" s="62">
-        <v>11623</v>
+        <v>12081</v>
       </c>
       <c r="D16" s="62">
         <v>39</v>
       </c>
       <c r="E16" s="62">
         <v>26</v>
       </c>
       <c r="F16" s="64">
         <v>0</v>
       </c>
       <c r="G16" s="64">
         <v>0</v>
       </c>
       <c r="H16" s="64">
         <v>0</v>
       </c>
       <c r="I16" s="64">
         <v>0</v>
       </c>
       <c r="J16" s="62">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="K16" s="66">
-        <v>143</v>
+        <v>142</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="59" t="s">
         <v>197</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="40"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="16" t="s">
         <v>198</v>
       </c>
       <c r="B18" s="62">
-        <v>15015</v>
+        <v>15064</v>
       </c>
       <c r="C18" s="62">
-        <v>50595</v>
+        <v>51478</v>
       </c>
       <c r="D18" s="62">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="E18" s="62">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="F18" s="64">
         <v>0</v>
       </c>
       <c r="G18" s="64">
         <v>0</v>
       </c>
       <c r="H18" s="64">
         <v>0</v>
       </c>
       <c r="I18" s="64">
         <v>0</v>
       </c>
       <c r="J18" s="62">
-        <v>3500</v>
+        <v>3542</v>
       </c>
       <c r="K18" s="66">
-        <v>793</v>
+        <v>805</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="59" t="s">
         <v>199</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="36"/>
       <c r="D19" s="36"/>
       <c r="E19" s="36"/>
       <c r="F19" s="36"/>
       <c r="G19" s="36"/>
       <c r="H19" s="36"/>
       <c r="I19" s="36"/>
       <c r="J19" s="36"/>
       <c r="K19" s="40"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="16" t="s">
         <v>200</v>
       </c>
       <c r="B20" s="62">
-        <v>1252</v>
+        <v>1256</v>
       </c>
       <c r="C20" s="62">
-        <v>5291</v>
+        <v>5323</v>
       </c>
       <c r="D20" s="62">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E20" s="62">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="F20" s="64">
         <v>0</v>
       </c>
       <c r="G20" s="64">
         <v>0</v>
       </c>
       <c r="H20" s="64">
         <v>0</v>
       </c>
       <c r="I20" s="64">
         <v>0</v>
       </c>
       <c r="J20" s="62">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="K20" s="66">
         <v>4</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="59" t="s">
         <v>201</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="36"/>
       <c r="G21" s="36"/>
       <c r="H21" s="36"/>
       <c r="I21" s="36"/>
       <c r="J21" s="36"/>
       <c r="K21" s="40"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="16" t="s">
         <v>202</v>
       </c>
       <c r="B22" s="62">
         <v>485</v>
       </c>
       <c r="C22" s="62">
-        <v>2712</v>
+        <v>2713</v>
       </c>
       <c r="D22" s="62">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E22" s="62">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F22" s="64">
         <v>0</v>
       </c>
       <c r="G22" s="64">
         <v>0</v>
       </c>
       <c r="H22" s="64">
         <v>0</v>
       </c>
       <c r="I22" s="64">
         <v>0</v>
       </c>
       <c r="J22" s="62">
-        <v>2132</v>
+        <v>2150</v>
       </c>
       <c r="K22" s="66">
-        <v>15</v>
+        <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="59" t="s">
         <v>203</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="36"/>
       <c r="D23" s="36"/>
       <c r="E23" s="36"/>
       <c r="F23" s="36"/>
       <c r="G23" s="36"/>
       <c r="H23" s="36"/>
       <c r="I23" s="36"/>
       <c r="J23" s="36"/>
       <c r="K23" s="40"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="16" t="s">
         <v>204</v>
       </c>
       <c r="B24" s="62">
-        <v>1076</v>
+        <v>1064</v>
       </c>
       <c r="C24" s="62">
-        <v>4124</v>
+        <v>4064</v>
       </c>
       <c r="D24" s="62">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="E24" s="62">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F24" s="64">
         <v>0</v>
       </c>
       <c r="G24" s="64">
         <v>0</v>
       </c>
       <c r="H24" s="64">
         <v>0</v>
       </c>
       <c r="I24" s="64">
         <v>0</v>
       </c>
       <c r="J24" s="62">
-        <v>2165</v>
+        <v>2248</v>
       </c>
       <c r="K24" s="66">
-        <v>72</v>
+        <v>68</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="59" t="s">
         <v>205</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="36"/>
       <c r="D25" s="36"/>
       <c r="E25" s="36"/>
       <c r="F25" s="36"/>
       <c r="G25" s="36"/>
       <c r="H25" s="36"/>
       <c r="I25" s="36"/>
       <c r="J25" s="36"/>
       <c r="K25" s="40"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="16" t="s">
         <v>206</v>
       </c>
       <c r="B26" s="62">
-        <v>5032</v>
+        <v>5017</v>
       </c>
       <c r="C26" s="62">
-        <v>33544</v>
+        <v>33620</v>
       </c>
       <c r="D26" s="62">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="E26" s="62">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F26" s="64">
         <v>0</v>
       </c>
       <c r="G26" s="64">
         <v>0</v>
       </c>
       <c r="H26" s="64">
         <v>0</v>
       </c>
       <c r="I26" s="64">
         <v>0</v>
       </c>
       <c r="J26" s="64">
         <v>0</v>
       </c>
       <c r="K26" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="59" t="s">
         <v>207</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="36"/>
       <c r="D27" s="36"/>
       <c r="E27" s="36"/>
       <c r="F27" s="36"/>
       <c r="G27" s="36"/>
       <c r="H27" s="36"/>
       <c r="I27" s="36"/>
       <c r="J27" s="36"/>
       <c r="K27" s="40"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="16" t="s">
         <v>208</v>
       </c>
       <c r="B28" s="62">
-        <v>3417</v>
+        <v>3404</v>
       </c>
       <c r="C28" s="62">
-        <v>10164</v>
+        <v>10147</v>
       </c>
       <c r="D28" s="62">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E28" s="62">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F28" s="64">
         <v>0</v>
       </c>
       <c r="G28" s="64">
         <v>0</v>
       </c>
       <c r="H28" s="64">
         <v>0</v>
       </c>
       <c r="I28" s="64">
         <v>0</v>
       </c>
       <c r="J28" s="62">
         <v>3</v>
       </c>
       <c r="K28" s="66">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="59" t="s">
         <v>209</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="36"/>
       <c r="D29" s="36"/>
       <c r="E29" s="36"/>
       <c r="F29" s="36"/>
       <c r="G29" s="36"/>
       <c r="H29" s="36"/>
       <c r="I29" s="36"/>
       <c r="J29" s="36"/>
       <c r="K29" s="40"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="16" t="s">
         <v>210</v>
       </c>
       <c r="B30" s="62">
-        <v>5592</v>
+        <v>5698</v>
       </c>
       <c r="C30" s="62">
-        <v>34988</v>
+        <v>36453</v>
       </c>
       <c r="D30" s="62">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E30" s="62">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F30" s="62">
         <v>2</v>
       </c>
       <c r="G30" s="62">
         <v>6</v>
       </c>
       <c r="H30" s="64">
         <v>0</v>
       </c>
       <c r="I30" s="64">
         <v>0</v>
       </c>
       <c r="J30" s="62">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="K30" s="66">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="59" t="s">
         <v>211</v>
       </c>
       <c r="B31" s="36"/>
       <c r="C31" s="36"/>
       <c r="D31" s="36"/>
       <c r="E31" s="36"/>
       <c r="F31" s="36"/>
       <c r="G31" s="36"/>
       <c r="H31" s="36"/>
       <c r="I31" s="36"/>
       <c r="J31" s="36"/>
       <c r="K31" s="40"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="16" t="s">
         <v>212</v>
       </c>
       <c r="B32" s="62">
-        <v>1441</v>
+        <v>1444</v>
       </c>
       <c r="C32" s="62">
-        <v>4583</v>
+        <v>4535</v>
       </c>
       <c r="D32" s="64">
         <v>0</v>
       </c>
       <c r="E32" s="64">
         <v>0</v>
       </c>
       <c r="F32" s="64">
         <v>0</v>
       </c>
       <c r="G32" s="64">
         <v>0</v>
       </c>
       <c r="H32" s="64">
         <v>0</v>
       </c>
       <c r="I32" s="64">
         <v>0</v>
       </c>
       <c r="J32" s="64">
         <v>0</v>
       </c>
       <c r="K32" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1">
       <c r="A33" s="59" t="s">
         <v>213</v>
       </c>
       <c r="B33" s="36"/>
       <c r="C33" s="36"/>
       <c r="D33" s="36"/>
       <c r="E33" s="36"/>
       <c r="F33" s="36"/>
       <c r="G33" s="36"/>
       <c r="H33" s="36"/>
       <c r="I33" s="36"/>
       <c r="J33" s="36"/>
       <c r="K33" s="40"/>
     </row>
     <row r="34" spans="1:11" ht="12.6" customHeight="1">
       <c r="A34" s="16" t="s">
         <v>214</v>
       </c>
       <c r="B34" s="62">
-        <v>1197</v>
+        <v>1195</v>
       </c>
       <c r="C34" s="62">
-        <v>3994</v>
+        <v>4018</v>
       </c>
       <c r="D34" s="62">
         <v>8</v>
       </c>
       <c r="E34" s="62">
         <v>16</v>
       </c>
       <c r="F34" s="64">
         <v>0</v>
       </c>
       <c r="G34" s="64">
         <v>0</v>
       </c>
       <c r="H34" s="64">
         <v>0</v>
       </c>
       <c r="I34" s="64">
         <v>0</v>
       </c>
       <c r="J34" s="64">
         <v>0</v>
       </c>
       <c r="K34" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="11.1" customHeight="1">
       <c r="A35" s="59" t="s">
         <v>215</v>
       </c>
       <c r="B35" s="36"/>
       <c r="C35" s="36"/>
       <c r="D35" s="36"/>
       <c r="E35" s="36"/>
       <c r="F35" s="36"/>
       <c r="G35" s="36"/>
       <c r="H35" s="36"/>
       <c r="I35" s="36"/>
       <c r="J35" s="36"/>
       <c r="K35" s="40"/>
     </row>
     <row r="36" spans="1:11" ht="12.6" customHeight="1">
       <c r="A36" s="16" t="s">
         <v>216</v>
       </c>
       <c r="B36" s="62">
-        <v>3403</v>
+        <v>3430</v>
       </c>
       <c r="C36" s="62">
-        <v>11053</v>
+        <v>11190</v>
       </c>
       <c r="D36" s="62">
         <v>4</v>
       </c>
       <c r="E36" s="62">
         <v>2</v>
       </c>
       <c r="F36" s="64">
         <v>0</v>
       </c>
       <c r="G36" s="64">
         <v>0</v>
       </c>
       <c r="H36" s="64">
         <v>0</v>
       </c>
       <c r="I36" s="64">
         <v>0</v>
       </c>
       <c r="J36" s="62">
-        <v>605</v>
+        <v>594</v>
       </c>
       <c r="K36" s="66">
-        <v>114</v>
+        <v>109</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="70" t="s">
         <v>217</v>
       </c>
       <c r="B37" s="38"/>
       <c r="C37" s="38"/>
       <c r="D37" s="38"/>
       <c r="E37" s="38"/>
       <c r="F37" s="38"/>
       <c r="G37" s="38"/>
       <c r="H37" s="38"/>
       <c r="I37" s="38"/>
       <c r="J37" s="38"/>
       <c r="K37" s="42"/>
     </row>
     <row r="38" spans="1:11" ht="13.5" customHeight="1">
       <c r="A38" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
@@ -10698,56 +10698,56 @@
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>42</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="44" t="str">
         <f>'5-2'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="44"/>
       <c r="F4" s="43" t="str">
         <f>'5-2'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="22" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="24" t="s">
         <v>54</v>
@@ -10850,528 +10850,528 @@
       </c>
       <c r="F9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="12.6" customHeight="1">
       <c r="A10" s="50" t="s">
         <v>41</v>
       </c>
       <c r="B10" s="53">
-        <v>1671</v>
+        <v>1662</v>
       </c>
       <c r="C10" s="53">
-        <v>5430</v>
+        <v>5405</v>
       </c>
       <c r="D10" s="72">
         <v>0</v>
       </c>
       <c r="E10" s="72">
         <v>0</v>
       </c>
       <c r="F10" s="72">
         <v>0</v>
       </c>
       <c r="G10" s="72">
         <v>0</v>
       </c>
       <c r="H10" s="72">
         <v>0</v>
       </c>
       <c r="I10" s="72">
         <v>0</v>
       </c>
       <c r="J10" s="72">
         <v>0</v>
       </c>
       <c r="K10" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1">
       <c r="A11" s="59" t="s">
         <v>218</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="40"/>
     </row>
     <row r="12" spans="1:11" ht="12.6" customHeight="1">
       <c r="A12" s="16" t="s">
         <v>219</v>
       </c>
       <c r="B12" s="62">
-        <v>3680</v>
+        <v>3645</v>
       </c>
       <c r="C12" s="62">
-        <v>10566</v>
+        <v>10446</v>
       </c>
       <c r="D12" s="62">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E12" s="62">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F12" s="64">
         <v>0</v>
       </c>
       <c r="G12" s="64">
         <v>0</v>
       </c>
       <c r="H12" s="64">
         <v>0</v>
       </c>
       <c r="I12" s="64">
         <v>0</v>
       </c>
       <c r="J12" s="62">
-        <v>18406</v>
+        <v>18447</v>
       </c>
       <c r="K12" s="66">
-        <v>5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1">
       <c r="A13" s="59" t="s">
         <v>220</v>
       </c>
       <c r="B13" s="36"/>
       <c r="C13" s="36"/>
       <c r="D13" s="36"/>
       <c r="E13" s="36"/>
       <c r="F13" s="36"/>
       <c r="G13" s="36"/>
       <c r="H13" s="36"/>
       <c r="I13" s="36"/>
       <c r="J13" s="36"/>
       <c r="K13" s="40"/>
     </row>
     <row r="14" spans="1:11" ht="12.6" customHeight="1">
       <c r="A14" s="16" t="s">
         <v>221</v>
       </c>
       <c r="B14" s="62">
-        <v>1801</v>
+        <v>1780</v>
       </c>
       <c r="C14" s="62">
-        <v>6446</v>
+        <v>6384</v>
       </c>
       <c r="D14" s="62">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="E14" s="62">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="F14" s="64">
         <v>0</v>
       </c>
       <c r="G14" s="64">
         <v>0</v>
       </c>
       <c r="H14" s="64">
         <v>0</v>
       </c>
       <c r="I14" s="64">
         <v>0</v>
       </c>
       <c r="J14" s="62">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K14" s="66">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1">
       <c r="A15" s="59" t="s">
         <v>222</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="36"/>
       <c r="D15" s="36"/>
       <c r="E15" s="36"/>
       <c r="F15" s="36"/>
       <c r="G15" s="36"/>
       <c r="H15" s="36"/>
       <c r="I15" s="36"/>
       <c r="J15" s="36"/>
       <c r="K15" s="40"/>
     </row>
     <row r="16" spans="1:11" ht="12.6" customHeight="1">
       <c r="A16" s="16" t="s">
         <v>223</v>
       </c>
       <c r="B16" s="62">
-        <v>4186</v>
+        <v>4196</v>
       </c>
       <c r="C16" s="62">
-        <v>12192</v>
+        <v>12233</v>
       </c>
       <c r="D16" s="62">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E16" s="62">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F16" s="64">
         <v>0</v>
       </c>
       <c r="G16" s="64">
         <v>0</v>
       </c>
       <c r="H16" s="64">
         <v>0</v>
       </c>
       <c r="I16" s="64">
         <v>0</v>
       </c>
       <c r="J16" s="62">
-        <v>6934</v>
+        <v>7232</v>
       </c>
       <c r="K16" s="66">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1">
       <c r="A17" s="59" t="s">
         <v>224</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="40"/>
     </row>
     <row r="18" spans="1:11" ht="12.6" customHeight="1">
       <c r="A18" s="16" t="s">
         <v>225</v>
       </c>
       <c r="B18" s="62">
-        <v>6304</v>
+        <v>6367</v>
       </c>
       <c r="C18" s="62">
-        <v>33879</v>
+        <v>34366</v>
       </c>
       <c r="D18" s="62">
         <v>40</v>
       </c>
       <c r="E18" s="62">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F18" s="64">
         <v>0</v>
       </c>
       <c r="G18" s="64">
         <v>0</v>
       </c>
       <c r="H18" s="62">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I18" s="62">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J18" s="62">
         <v>4</v>
       </c>
       <c r="K18" s="66">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1">
       <c r="A19" s="59" t="s">
         <v>226</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="36"/>
       <c r="D19" s="36"/>
       <c r="E19" s="36"/>
       <c r="F19" s="36"/>
       <c r="G19" s="36"/>
       <c r="H19" s="36"/>
       <c r="I19" s="36"/>
       <c r="J19" s="36"/>
       <c r="K19" s="40"/>
     </row>
     <row r="20" spans="1:11" ht="12.6" customHeight="1">
       <c r="A20" s="16" t="s">
         <v>227</v>
       </c>
       <c r="B20" s="62">
         <v>3127</v>
       </c>
       <c r="C20" s="62">
-        <v>14474</v>
+        <v>14467</v>
       </c>
       <c r="D20" s="62">
         <v>73</v>
       </c>
       <c r="E20" s="62">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F20" s="64">
         <v>0</v>
       </c>
       <c r="G20" s="64">
         <v>0</v>
       </c>
       <c r="H20" s="62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I20" s="62">
         <v>0</v>
       </c>
       <c r="J20" s="64">
         <v>0</v>
       </c>
       <c r="K20" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1">
       <c r="A21" s="59" t="s">
         <v>228</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="36"/>
       <c r="G21" s="36"/>
       <c r="H21" s="36"/>
       <c r="I21" s="36"/>
       <c r="J21" s="36"/>
       <c r="K21" s="40"/>
     </row>
     <row r="22" spans="1:11" ht="12.6" customHeight="1">
       <c r="A22" s="16" t="s">
         <v>229</v>
       </c>
       <c r="B22" s="62">
-        <v>7463</v>
+        <v>7473</v>
       </c>
       <c r="C22" s="62">
-        <v>36065</v>
+        <v>36514</v>
       </c>
       <c r="D22" s="62">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E22" s="62">
+        <v>29</v>
+      </c>
+      <c r="F22" s="64">
+        <v>0</v>
+      </c>
+      <c r="G22" s="64">
+        <v>0</v>
+      </c>
+      <c r="H22" s="62">
+        <v>85</v>
+      </c>
+      <c r="I22" s="62">
         <v>30</v>
       </c>
-      <c r="F22" s="64">
-[...10 lines deleted...]
-      </c>
       <c r="J22" s="62">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K22" s="66">
-        <v>44</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1">
       <c r="A23" s="59" t="s">
         <v>230</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="36"/>
       <c r="D23" s="36"/>
       <c r="E23" s="36"/>
       <c r="F23" s="36"/>
       <c r="G23" s="36"/>
       <c r="H23" s="36"/>
       <c r="I23" s="36"/>
       <c r="J23" s="36"/>
       <c r="K23" s="40"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="16" t="s">
         <v>231</v>
       </c>
       <c r="B24" s="62">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C24" s="62">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="D24" s="62">
         <v>10</v>
       </c>
       <c r="E24" s="62">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F24" s="64">
         <v>0</v>
       </c>
       <c r="G24" s="64">
         <v>0</v>
       </c>
       <c r="H24" s="64">
         <v>0</v>
       </c>
       <c r="I24" s="64">
         <v>0</v>
       </c>
       <c r="J24" s="62">
         <v>11</v>
       </c>
       <c r="K24" s="66">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="59" t="s">
         <v>232</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="36"/>
       <c r="D25" s="36"/>
       <c r="E25" s="36"/>
       <c r="F25" s="36"/>
       <c r="G25" s="36"/>
       <c r="H25" s="36"/>
       <c r="I25" s="36"/>
       <c r="J25" s="36"/>
       <c r="K25" s="40"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="16" t="s">
         <v>233</v>
       </c>
       <c r="B26" s="62">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="C26" s="62">
-        <v>4923</v>
+        <v>4943</v>
       </c>
       <c r="D26" s="62">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="E26" s="62">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="F26" s="64">
         <v>0</v>
       </c>
       <c r="G26" s="64">
         <v>0</v>
       </c>
       <c r="H26" s="64">
         <v>0</v>
       </c>
       <c r="I26" s="64">
         <v>0</v>
       </c>
       <c r="J26" s="62">
         <v>41</v>
       </c>
       <c r="K26" s="66">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="59" t="s">
         <v>234</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="36"/>
       <c r="D27" s="36"/>
       <c r="E27" s="36"/>
       <c r="F27" s="36"/>
       <c r="G27" s="36"/>
       <c r="H27" s="36"/>
       <c r="I27" s="36"/>
       <c r="J27" s="36"/>
       <c r="K27" s="40"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="16" t="s">
         <v>235</v>
       </c>
       <c r="B28" s="62">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C28" s="62">
-        <v>2643</v>
+        <v>2642</v>
       </c>
       <c r="D28" s="62">
         <v>73</v>
       </c>
       <c r="E28" s="62">
         <v>122</v>
       </c>
       <c r="F28" s="64">
         <v>0</v>
       </c>
       <c r="G28" s="64">
         <v>0</v>
       </c>
       <c r="H28" s="64">
         <v>0</v>
       </c>
       <c r="I28" s="64">
         <v>0</v>
       </c>
       <c r="J28" s="62">
-        <v>756</v>
+        <v>801</v>
       </c>
       <c r="K28" s="66">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="59" t="s">
         <v>236</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="36"/>
       <c r="D29" s="36"/>
       <c r="E29" s="36"/>
       <c r="F29" s="36"/>
       <c r="G29" s="36"/>
       <c r="H29" s="36"/>
       <c r="I29" s="36"/>
       <c r="J29" s="36"/>
       <c r="K29" s="40"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="16"/>
       <c r="B30" s="37"/>
       <c r="C30" s="37"/>
       <c r="D30" s="37"/>
       <c r="E30" s="37"/>
       <c r="F30" s="37"/>
       <c r="G30" s="37"/>