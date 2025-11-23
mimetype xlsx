--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -186,54 +186,54 @@
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>新臺幣百萬元,﹪</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Account,NT$ Million,</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>﹪</t>
     </r>
   </si>
   <si>
-    <t>民國114年 7月底</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> End of July 2025</t>
+    <t>民國114年 9月底</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> End of Sept. 2025</t>
   </si>
   <si>
     <r>
       <t>　　　</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t xml:space="preserve"> 2.# refer to the subsidiary of financial holding companies.</t>
     </r>
   </si>
   <si>
     <r>
       <t>5-1 Consumer Loans at General Banks and Credit Cooperatives</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>（</t>
@@ -2403,75 +2403,75 @@
     </xf>
     <xf xxid="133" numFmtId="178" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="134" numFmtId="178" fontId="38" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="135" numFmtId="179" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="136" numFmtId="179" fontId="38" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="137" numFmtId="179" fontId="6" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="138" numFmtId="179" fontId="38" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="139" numFmtId="0" fontId="40" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="140" numFmtId="0" fontId="41" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="141" numFmtId="0" fontId="36" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="141" numFmtId="179" fontId="6" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="142" numFmtId="179" fontId="38" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="143" numFmtId="179" fontId="39" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="144" numFmtId="0" fontId="36" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="142" numFmtId="178" fontId="6" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="145" numFmtId="178" fontId="6" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="143" numFmtId="178" fontId="38" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="146" numFmtId="178" fontId="38" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="144" numFmtId="179" fontId="6" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="147" numFmtId="179" fontId="6" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="145" numFmtId="179" fontId="38" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="148" numFmtId="179" fontId="38" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="146" numFmtId="179" fontId="6" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf xxid="149" numFmtId="179" fontId="39" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="149" numFmtId="178" fontId="39" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="150" numFmtId="179" fontId="39" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="47">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色2" xfId="16"/>
     <cellStyle name="20% - 輔色3" xfId="17"/>
     <cellStyle name="20% - 輔色4" xfId="18"/>
     <cellStyle name="20% - 輔色5" xfId="19"/>
     <cellStyle name="20% - 輔色6" xfId="20"/>
     <cellStyle name="40% - 輔色1" xfId="21"/>
     <cellStyle name="40% - 輔色2" xfId="22"/>
     <cellStyle name="40% - 輔色3" xfId="23"/>
     <cellStyle name="40% - 輔色4" xfId="24"/>
     <cellStyle name="40% - 輔色5" xfId="25"/>
     <cellStyle name="40% - 輔色6" xfId="26"/>
     <cellStyle name="60% - 輔色1" xfId="27"/>
     <cellStyle name="60% - 輔色2" xfId="28"/>
     <cellStyle name="60% - 輔色3" xfId="29"/>
     <cellStyle name="60% - 輔色4" xfId="30"/>
     <cellStyle name="60% - 輔色5" xfId="31"/>
     <cellStyle name="60% - 輔色6" xfId="32"/>
@@ -2691,528 +2691,528 @@
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="56">
-        <v>7631416</v>
+        <v>7558319</v>
       </c>
       <c r="C9" s="56">
-        <v>13090164</v>
+        <v>13182327</v>
       </c>
       <c r="D9" s="56">
-        <v>7680117</v>
+        <v>7593917</v>
       </c>
       <c r="E9" s="56">
-        <v>13025403</v>
+        <v>13146224</v>
       </c>
       <c r="F9" s="56">
-        <v>7689028</v>
+        <v>7612179</v>
       </c>
       <c r="G9" s="56">
-        <v>12289923</v>
+        <v>12507538</v>
       </c>
       <c r="H9" s="59">
-        <v>-0.63</v>
+        <v>-0.47</v>
       </c>
       <c r="I9" s="59">
-        <v>0.5</v>
+        <v>0.27</v>
       </c>
       <c r="J9" s="59">
-        <v>-0.75</v>
+        <v>-0.71</v>
       </c>
       <c r="K9" s="62">
-        <v>6.51</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>60</v>
       </c>
       <c r="B11" s="67">
-        <v>3085102</v>
+        <v>2997117</v>
       </c>
       <c r="C11" s="67">
-        <v>1299961</v>
+        <v>1314523</v>
       </c>
       <c r="D11" s="67">
-        <v>3136945</v>
+        <v>3039197</v>
       </c>
       <c r="E11" s="67">
-        <v>1289735</v>
+        <v>1308027</v>
       </c>
       <c r="F11" s="67">
-        <v>3233912</v>
+        <v>3140356</v>
       </c>
       <c r="G11" s="67">
-        <v>1166482</v>
+        <v>1199229</v>
       </c>
       <c r="H11" s="69">
-        <v>-1.65</v>
+        <v>-1.38</v>
       </c>
       <c r="I11" s="69">
-        <v>0.79</v>
+        <v>0.5</v>
       </c>
       <c r="J11" s="69">
-        <v>-4.6</v>
+        <v>-4.56</v>
       </c>
       <c r="K11" s="71">
-        <v>11.44</v>
+        <v>9.61</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="64" t="s">
         <v>61</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="32"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="21" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="67">
-        <v>353270</v>
+        <v>354382</v>
       </c>
       <c r="C13" s="67">
-        <v>1224283</v>
+        <v>1243084</v>
       </c>
       <c r="D13" s="67">
-        <v>353008</v>
+        <v>354044</v>
       </c>
       <c r="E13" s="67">
-        <v>1213007</v>
+        <v>1235886</v>
       </c>
       <c r="F13" s="67">
-        <v>339951</v>
+        <v>340295</v>
       </c>
       <c r="G13" s="67">
-        <v>1045380</v>
+        <v>1070696</v>
       </c>
       <c r="H13" s="69">
-        <v>0.07</v>
+        <v>0.1</v>
       </c>
       <c r="I13" s="69">
-        <v>0.93</v>
+        <v>0.58</v>
       </c>
       <c r="J13" s="69">
-        <v>3.92</v>
+        <v>4.14</v>
       </c>
       <c r="K13" s="71">
-        <v>17.11</v>
+        <v>16.1</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="64" t="s">
         <v>63</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="32"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>64</v>
       </c>
       <c r="B15" s="67">
-        <v>265505</v>
+        <v>266346</v>
       </c>
       <c r="C15" s="67">
-        <v>931021</v>
+        <v>938761</v>
       </c>
       <c r="D15" s="67">
-        <v>264554</v>
+        <v>266031</v>
       </c>
       <c r="E15" s="67">
-        <v>923909</v>
+        <v>935817</v>
       </c>
       <c r="F15" s="67">
-        <v>250785</v>
+        <v>253489</v>
       </c>
       <c r="G15" s="67">
-        <v>799138</v>
+        <v>831933</v>
       </c>
       <c r="H15" s="69">
-        <v>0.36</v>
+        <v>0.12</v>
       </c>
       <c r="I15" s="69">
-        <v>0.77</v>
+        <v>0.31</v>
       </c>
       <c r="J15" s="69">
-        <v>5.87</v>
+        <v>5.07</v>
       </c>
       <c r="K15" s="71">
-        <v>16.5</v>
+        <v>12.84</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="64" t="s">
         <v>65</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="32"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="21" t="s">
         <v>66</v>
       </c>
       <c r="B17" s="67">
-        <v>162348</v>
+        <v>163446</v>
       </c>
       <c r="C17" s="67">
-        <v>712392</v>
+        <v>721126</v>
       </c>
       <c r="D17" s="67">
-        <v>161453</v>
+        <v>163023</v>
       </c>
       <c r="E17" s="67">
-        <v>706985</v>
+        <v>717134</v>
       </c>
       <c r="F17" s="67">
-        <v>153888</v>
+        <v>155042</v>
       </c>
       <c r="G17" s="67">
-        <v>639973</v>
+        <v>655485</v>
       </c>
       <c r="H17" s="69">
-        <v>0.55</v>
+        <v>0.26</v>
       </c>
       <c r="I17" s="69">
-        <v>0.76</v>
+        <v>0.56</v>
       </c>
       <c r="J17" s="69">
-        <v>5.5</v>
+        <v>5.42</v>
       </c>
       <c r="K17" s="71">
-        <v>11.32</v>
+        <v>10.01</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="64" t="s">
         <v>67</v>
       </c>
       <c r="B18" s="28"/>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="32"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="21" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="67">
-        <v>210921</v>
+        <v>210255</v>
       </c>
       <c r="C19" s="67">
-        <v>680245</v>
+        <v>675445</v>
       </c>
       <c r="D19" s="67">
-        <v>211346</v>
+        <v>210733</v>
       </c>
       <c r="E19" s="67">
-        <v>682562</v>
+        <v>678285</v>
       </c>
       <c r="F19" s="67">
-        <v>215428</v>
+        <v>215694</v>
       </c>
       <c r="G19" s="67">
-        <v>683488</v>
+        <v>693730</v>
       </c>
       <c r="H19" s="69">
-        <v>-0.2</v>
+        <v>-0.23</v>
       </c>
       <c r="I19" s="69">
-        <v>-0.34</v>
+        <v>-0.42</v>
       </c>
       <c r="J19" s="69">
-        <v>-2.09</v>
+        <v>-2.52</v>
       </c>
       <c r="K19" s="71">
-        <v>-0.47</v>
+        <v>-2.64</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="64" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="28"/>
       <c r="C20" s="28"/>
       <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="32"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="21" t="s">
         <v>70</v>
       </c>
       <c r="B21" s="67">
-        <v>112377</v>
+        <v>113259</v>
       </c>
       <c r="C21" s="67">
-        <v>511532</v>
+        <v>518386</v>
       </c>
       <c r="D21" s="67">
-        <v>111926</v>
+        <v>112747</v>
       </c>
       <c r="E21" s="67">
-        <v>508530</v>
+        <v>514743</v>
       </c>
       <c r="F21" s="67">
-        <v>109926</v>
+        <v>110107</v>
       </c>
       <c r="G21" s="67">
-        <v>491293</v>
+        <v>496205</v>
       </c>
       <c r="H21" s="69">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="I21" s="69">
-        <v>0.59</v>
+        <v>0.71</v>
       </c>
       <c r="J21" s="69">
-        <v>2.23</v>
+        <v>2.86</v>
       </c>
       <c r="K21" s="71">
-        <v>4.12</v>
+        <v>4.47</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="64" t="s">
         <v>71</v>
       </c>
       <c r="B22" s="28"/>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
       <c r="K22" s="32"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="21" t="s">
         <v>72</v>
       </c>
       <c r="B23" s="67">
-        <v>35283</v>
+        <v>35263</v>
       </c>
       <c r="C23" s="67">
-        <v>197381</v>
+        <v>198916</v>
       </c>
       <c r="D23" s="67">
-        <v>35295</v>
+        <v>35280</v>
       </c>
       <c r="E23" s="67">
-        <v>196116</v>
+        <v>198296</v>
       </c>
       <c r="F23" s="67">
-        <v>36585</v>
+        <v>36232</v>
       </c>
       <c r="G23" s="67">
-        <v>196429</v>
+        <v>197641</v>
       </c>
       <c r="H23" s="69">
-        <v>-0.03</v>
+        <v>-0.05</v>
       </c>
       <c r="I23" s="69">
-        <v>0.65</v>
+        <v>0.31</v>
       </c>
       <c r="J23" s="69">
-        <v>-3.56</v>
+        <v>-2.67</v>
       </c>
       <c r="K23" s="71">
-        <v>0.48</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="64" t="s">
         <v>73</v>
       </c>
       <c r="B24" s="28"/>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="32"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="21" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="67">
-        <v>320160</v>
+        <v>319640</v>
       </c>
       <c r="C25" s="67">
-        <v>761130</v>
+        <v>759664</v>
       </c>
       <c r="D25" s="67">
-        <v>323960</v>
+        <v>320212</v>
       </c>
       <c r="E25" s="67">
-        <v>759400</v>
+        <v>763565</v>
       </c>
       <c r="F25" s="67">
-        <v>321971</v>
+        <v>320094</v>
       </c>
       <c r="G25" s="67">
-        <v>751554</v>
+        <v>765338</v>
       </c>
       <c r="H25" s="69">
-        <v>-1.17</v>
+        <v>-0.18</v>
       </c>
       <c r="I25" s="69">
-        <v>0.23</v>
+        <v>-0.51</v>
       </c>
       <c r="J25" s="69">
-        <v>-0.56</v>
+        <v>-0.14</v>
       </c>
       <c r="K25" s="71">
-        <v>1.27</v>
+        <v>-0.74</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="64" t="s">
         <v>75</v>
       </c>
       <c r="B26" s="28"/>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
       <c r="K26" s="32"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="21" t="s">
         <v>76</v>
       </c>
       <c r="B27" s="67">
-        <v>382142</v>
+        <v>380920</v>
       </c>
       <c r="C27" s="67">
-        <v>701393</v>
+        <v>698303</v>
       </c>
       <c r="D27" s="67">
-        <v>382444</v>
+        <v>381256</v>
       </c>
       <c r="E27" s="67">
-        <v>703473</v>
+        <v>699413</v>
       </c>
       <c r="F27" s="67">
-        <v>396387</v>
+        <v>395689</v>
       </c>
       <c r="G27" s="67">
-        <v>711165</v>
+        <v>715677</v>
       </c>
       <c r="H27" s="69">
-        <v>-0.08</v>
+        <v>-0.09</v>
       </c>
       <c r="I27" s="69">
-        <v>-0.3</v>
+        <v>-0.16</v>
       </c>
       <c r="J27" s="69">
-        <v>-3.59</v>
+        <v>-3.73</v>
       </c>
       <c r="K27" s="71">
-        <v>-1.37</v>
+        <v>-2.43</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="64" t="s">
         <v>77</v>
       </c>
       <c r="B28" s="28"/>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="32"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="21" t="s">
         <v>78</v>
       </c>
       <c r="B29" s="73">
         <v>0</v>
       </c>
       <c r="C29" s="73">
@@ -3241,128 +3241,128 @@
       </c>
       <c r="K29" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="64" t="s">
         <v>79</v>
       </c>
       <c r="B30" s="28"/>
       <c r="C30" s="28"/>
       <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
       <c r="H30" s="28"/>
       <c r="I30" s="28"/>
       <c r="J30" s="28"/>
       <c r="K30" s="32"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="21" t="s">
         <v>80</v>
       </c>
       <c r="B31" s="67">
-        <v>40490</v>
+        <v>40011</v>
       </c>
       <c r="C31" s="67">
-        <v>36817</v>
+        <v>36958</v>
       </c>
       <c r="D31" s="67">
-        <v>41634</v>
+        <v>40277</v>
       </c>
       <c r="E31" s="67">
-        <v>36370</v>
+        <v>37051</v>
       </c>
       <c r="F31" s="67">
-        <v>41131</v>
+        <v>40527</v>
       </c>
       <c r="G31" s="67">
-        <v>32570</v>
+        <v>33454</v>
       </c>
       <c r="H31" s="69">
-        <v>-2.75</v>
+        <v>-0.66</v>
       </c>
       <c r="I31" s="69">
-        <v>1.23</v>
+        <v>-0.25</v>
       </c>
       <c r="J31" s="69">
-        <v>-1.56</v>
+        <v>-1.27</v>
       </c>
       <c r="K31" s="71">
-        <v>13.04</v>
+        <v>10.47</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="11.1" customHeight="1">
       <c r="A32" s="64" t="s">
         <v>81</v>
       </c>
       <c r="B32" s="28"/>
       <c r="C32" s="28"/>
       <c r="D32" s="28"/>
       <c r="E32" s="28"/>
       <c r="F32" s="28"/>
       <c r="G32" s="28"/>
       <c r="H32" s="28"/>
       <c r="I32" s="28"/>
       <c r="J32" s="28"/>
       <c r="K32" s="32"/>
     </row>
     <row r="33" spans="1:11" ht="12.6" customHeight="1">
       <c r="A33" s="21" t="s">
         <v>82</v>
       </c>
       <c r="B33" s="67">
-        <v>101959</v>
+        <v>101708</v>
       </c>
       <c r="C33" s="67">
-        <v>444296</v>
+        <v>441706</v>
       </c>
       <c r="D33" s="67">
-        <v>101929</v>
+        <v>101790</v>
       </c>
       <c r="E33" s="67">
-        <v>444908</v>
+        <v>442807</v>
       </c>
       <c r="F33" s="67">
-        <v>98946</v>
+        <v>100504</v>
       </c>
       <c r="G33" s="67">
-        <v>428219</v>
+        <v>438290</v>
       </c>
       <c r="H33" s="69">
-        <v>0.03</v>
+        <v>-0.08</v>
       </c>
       <c r="I33" s="69">
-        <v>-0.14</v>
+        <v>-0.25</v>
       </c>
       <c r="J33" s="69">
-        <v>3.05</v>
+        <v>1.2</v>
       </c>
       <c r="K33" s="71">
-        <v>3.75</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1">
       <c r="A34" s="64" t="s">
         <v>83</v>
       </c>
       <c r="B34" s="28"/>
       <c r="C34" s="28"/>
       <c r="D34" s="28"/>
       <c r="E34" s="28"/>
       <c r="F34" s="28"/>
       <c r="G34" s="28"/>
       <c r="H34" s="28"/>
       <c r="I34" s="28"/>
       <c r="J34" s="28"/>
       <c r="K34" s="32"/>
     </row>
     <row r="35" spans="1:11" ht="12.6" customHeight="1">
       <c r="A35" s="21" t="s">
         <v>84</v>
       </c>
       <c r="B35" s="73">
         <v>0</v>
       </c>
       <c r="C35" s="73">
@@ -3663,56 +3663,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="45" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="45"/>
       <c r="C3" s="45"/>
       <c r="D3" s="45"/>
       <c r="E3" s="45"/>
       <c r="F3" s="45"/>
       <c r="G3" s="45"/>
       <c r="H3" s="45"/>
       <c r="I3" s="45"/>
       <c r="J3" s="45"/>
       <c r="K3" s="45"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -3799,728 +3799,728 @@
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="52" t="s">
         <v>39</v>
       </c>
       <c r="B9" s="55">
-        <v>10507</v>
+        <v>10585</v>
       </c>
       <c r="C9" s="55">
-        <v>17772</v>
+        <v>18621</v>
       </c>
       <c r="D9" s="55">
-        <v>10452</v>
+        <v>10544</v>
       </c>
       <c r="E9" s="55">
-        <v>17353</v>
+        <v>18194</v>
       </c>
       <c r="F9" s="55">
-        <v>10046</v>
+        <v>10135</v>
       </c>
       <c r="G9" s="55">
-        <v>14958</v>
+        <v>15136</v>
       </c>
       <c r="H9" s="58">
-        <v>0.53</v>
+        <v>0.39</v>
       </c>
       <c r="I9" s="58">
-        <v>2.41</v>
+        <v>2.34</v>
       </c>
       <c r="J9" s="58">
-        <v>4.59</v>
+        <v>4.44</v>
       </c>
       <c r="K9" s="61">
-        <v>18.81</v>
+        <v>23.02</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="64" t="s">
         <v>86</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>87</v>
       </c>
       <c r="B11" s="67">
-        <v>87926</v>
+        <v>87834</v>
       </c>
       <c r="C11" s="67">
-        <v>326845</v>
+        <v>327134</v>
       </c>
       <c r="D11" s="67">
-        <v>87836</v>
+        <v>87896</v>
       </c>
       <c r="E11" s="67">
-        <v>325938</v>
+        <v>327014</v>
       </c>
       <c r="F11" s="67">
-        <v>79164</v>
+        <v>81140</v>
       </c>
       <c r="G11" s="67">
-        <v>261924</v>
+        <v>277952</v>
       </c>
       <c r="H11" s="69">
-        <v>0.1</v>
+        <v>-0.07</v>
       </c>
       <c r="I11" s="69">
-        <v>0.28</v>
+        <v>0.04</v>
       </c>
       <c r="J11" s="69">
-        <v>11.07</v>
+        <v>8.25</v>
       </c>
       <c r="K11" s="71">
-        <v>24.79</v>
+        <v>17.69</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="64" t="s">
         <v>88</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="32"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="21" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="67">
-        <v>100772</v>
+        <v>98253</v>
       </c>
       <c r="C13" s="67">
-        <v>208291</v>
+        <v>205029</v>
       </c>
       <c r="D13" s="67">
-        <v>102171</v>
+        <v>99483</v>
       </c>
       <c r="E13" s="67">
-        <v>209962</v>
+        <v>206647</v>
       </c>
       <c r="F13" s="67">
-        <v>111353</v>
+        <v>110737</v>
       </c>
       <c r="G13" s="67">
-        <v>207107</v>
+        <v>210927</v>
       </c>
       <c r="H13" s="69">
-        <v>-1.37</v>
+        <v>-1.24</v>
       </c>
       <c r="I13" s="69">
-        <v>-0.8</v>
+        <v>-0.78</v>
       </c>
       <c r="J13" s="69">
-        <v>-9.5</v>
+        <v>-11.27</v>
       </c>
       <c r="K13" s="71">
-        <v>0.57</v>
+        <v>-2.8</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="64" t="s">
         <v>90</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="32"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="67">
-        <v>35345</v>
+        <v>35443</v>
       </c>
       <c r="C15" s="67">
-        <v>101901</v>
+        <v>102944</v>
       </c>
       <c r="D15" s="67">
-        <v>35494</v>
+        <v>35396</v>
       </c>
       <c r="E15" s="67">
-        <v>102380</v>
+        <v>102374</v>
       </c>
       <c r="F15" s="67">
-        <v>36579</v>
+        <v>36317</v>
       </c>
       <c r="G15" s="67">
-        <v>102887</v>
+        <v>103255</v>
       </c>
       <c r="H15" s="69">
-        <v>-0.42</v>
+        <v>0.13</v>
       </c>
       <c r="I15" s="69">
-        <v>-0.47</v>
+        <v>0.56</v>
       </c>
       <c r="J15" s="69">
-        <v>-3.37</v>
+        <v>-2.41</v>
       </c>
       <c r="K15" s="71">
-        <v>-0.96</v>
+        <v>-0.3</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="64" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="32"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="21" t="s">
         <v>93</v>
       </c>
       <c r="B17" s="67">
-        <v>2639</v>
+        <v>2759</v>
       </c>
       <c r="C17" s="67">
-        <v>14085</v>
+        <v>15138</v>
       </c>
       <c r="D17" s="67">
-        <v>2570</v>
+        <v>2709</v>
       </c>
       <c r="E17" s="67">
-        <v>13386</v>
+        <v>14751</v>
       </c>
       <c r="F17" s="67">
-        <v>2509</v>
+        <v>2543</v>
       </c>
       <c r="G17" s="67">
-        <v>9912</v>
+        <v>10692</v>
       </c>
       <c r="H17" s="69">
-        <v>2.68</v>
+        <v>1.85</v>
       </c>
       <c r="I17" s="69">
-        <v>5.22</v>
+        <v>2.63</v>
       </c>
       <c r="J17" s="69">
-        <v>5.18</v>
+        <v>8.49</v>
       </c>
       <c r="K17" s="71">
-        <v>42.1</v>
+        <v>41.59</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="64" t="s">
         <v>94</v>
       </c>
       <c r="B18" s="28"/>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="32"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="21" t="s">
         <v>95</v>
       </c>
       <c r="B19" s="67">
-        <v>52546</v>
+        <v>52079</v>
       </c>
       <c r="C19" s="67">
-        <v>224585</v>
+        <v>227306</v>
       </c>
       <c r="D19" s="67">
-        <v>52943</v>
+        <v>52280</v>
       </c>
       <c r="E19" s="67">
-        <v>224068</v>
+        <v>225668</v>
       </c>
       <c r="F19" s="67">
-        <v>53820</v>
+        <v>54076</v>
       </c>
       <c r="G19" s="67">
-        <v>203930</v>
+        <v>209061</v>
       </c>
       <c r="H19" s="69">
-        <v>-0.75</v>
+        <v>-0.38</v>
       </c>
       <c r="I19" s="69">
-        <v>0.23</v>
+        <v>0.73</v>
       </c>
       <c r="J19" s="69">
-        <v>-2.37</v>
+        <v>-3.69</v>
       </c>
       <c r="K19" s="71">
-        <v>10.13</v>
+        <v>8.73</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="64" t="s">
         <v>96</v>
       </c>
       <c r="B20" s="28"/>
       <c r="C20" s="28"/>
       <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="32"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="21" t="s">
         <v>97</v>
       </c>
       <c r="B21" s="67">
-        <v>19855</v>
+        <v>20341</v>
       </c>
       <c r="C21" s="67">
-        <v>11878</v>
+        <v>12084</v>
       </c>
       <c r="D21" s="67">
-        <v>19486</v>
+        <v>20165</v>
       </c>
       <c r="E21" s="67">
-        <v>11652</v>
+        <v>12052</v>
       </c>
       <c r="F21" s="67">
-        <v>17094</v>
+        <v>17471</v>
       </c>
       <c r="G21" s="67">
-        <v>10558</v>
+        <v>10637</v>
       </c>
       <c r="H21" s="69">
-        <v>1.89</v>
+        <v>0.87</v>
       </c>
       <c r="I21" s="69">
-        <v>1.94</v>
+        <v>0.27</v>
       </c>
       <c r="J21" s="69">
-        <v>16.15</v>
+        <v>16.43</v>
       </c>
       <c r="K21" s="71">
-        <v>12.5</v>
+        <v>13.6</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="64" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="28"/>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
       <c r="K22" s="32"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="21" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="67">
-        <v>993</v>
+        <v>985</v>
       </c>
       <c r="C23" s="67">
-        <v>5841</v>
+        <v>5786</v>
       </c>
       <c r="D23" s="67">
-        <v>1012</v>
+        <v>991</v>
       </c>
       <c r="E23" s="67">
-        <v>6044</v>
+        <v>5840</v>
       </c>
       <c r="F23" s="67">
-        <v>1210</v>
+        <v>1169</v>
       </c>
       <c r="G23" s="67">
-        <v>7462</v>
+        <v>7446</v>
       </c>
       <c r="H23" s="69">
-        <v>-1.88</v>
+        <v>-0.61</v>
       </c>
       <c r="I23" s="69">
-        <v>-3.35</v>
+        <v>-0.92</v>
       </c>
       <c r="J23" s="69">
-        <v>-17.93</v>
+        <v>-15.74</v>
       </c>
       <c r="K23" s="71">
-        <v>-21.73</v>
+        <v>-22.29</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="64" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="28"/>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="32"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="21" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="67">
-        <v>111716</v>
+        <v>110454</v>
       </c>
       <c r="C25" s="67">
-        <v>277129</v>
+        <v>276607</v>
       </c>
       <c r="D25" s="67">
-        <v>112372</v>
+        <v>111159</v>
       </c>
       <c r="E25" s="67">
-        <v>277498</v>
+        <v>276977</v>
       </c>
       <c r="F25" s="67">
-        <v>119722</v>
+        <v>118579</v>
       </c>
       <c r="G25" s="67">
-        <v>288764</v>
+        <v>289121</v>
       </c>
       <c r="H25" s="69">
-        <v>-0.58</v>
+        <v>-0.63</v>
       </c>
       <c r="I25" s="69">
         <v>-0.13</v>
       </c>
       <c r="J25" s="69">
-        <v>-6.69</v>
+        <v>-6.85</v>
       </c>
       <c r="K25" s="71">
-        <v>-4.03</v>
+        <v>-4.33</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="64" t="s">
         <v>102</v>
       </c>
       <c r="B26" s="28"/>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
       <c r="K26" s="32"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="21" t="s">
         <v>103</v>
       </c>
       <c r="B27" s="67">
-        <v>34688</v>
+        <v>35002</v>
       </c>
       <c r="C27" s="67">
-        <v>55027</v>
+        <v>56256</v>
       </c>
       <c r="D27" s="67">
-        <v>34489</v>
+        <v>34855</v>
       </c>
       <c r="E27" s="67">
-        <v>54337</v>
+        <v>55566</v>
       </c>
       <c r="F27" s="67">
-        <v>32712</v>
+        <v>32830</v>
       </c>
       <c r="G27" s="67">
-        <v>49889</v>
+        <v>50334</v>
       </c>
       <c r="H27" s="69">
-        <v>0.58</v>
+        <v>0.42</v>
       </c>
       <c r="I27" s="69">
-        <v>1.27</v>
+        <v>1.24</v>
       </c>
       <c r="J27" s="69">
-        <v>6.04</v>
+        <v>6.62</v>
       </c>
       <c r="K27" s="71">
-        <v>10.3</v>
+        <v>11.77</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="64" t="s">
         <v>104</v>
       </c>
       <c r="B28" s="28"/>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="32"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="21" t="s">
         <v>105</v>
       </c>
       <c r="B29" s="67">
-        <v>6728</v>
+        <v>6586</v>
       </c>
       <c r="C29" s="67">
-        <v>17518</v>
+        <v>17559</v>
       </c>
       <c r="D29" s="67">
-        <v>6802</v>
+        <v>6641</v>
       </c>
       <c r="E29" s="67">
-        <v>17469</v>
+        <v>17520</v>
       </c>
       <c r="F29" s="67">
-        <v>5541</v>
+        <v>5801</v>
       </c>
       <c r="G29" s="67">
-        <v>16259</v>
+        <v>16588</v>
       </c>
       <c r="H29" s="69">
-        <v>-1.09</v>
+        <v>-0.83</v>
       </c>
       <c r="I29" s="69">
-        <v>0.28</v>
+        <v>0.22</v>
       </c>
       <c r="J29" s="69">
-        <v>21.42</v>
+        <v>13.53</v>
       </c>
       <c r="K29" s="71">
-        <v>7.74</v>
+        <v>5.86</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="64" t="s">
         <v>106</v>
       </c>
       <c r="B30" s="28"/>
       <c r="C30" s="28"/>
       <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
       <c r="H30" s="28"/>
       <c r="I30" s="28"/>
       <c r="J30" s="28"/>
       <c r="K30" s="32"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="21" t="s">
         <v>107</v>
       </c>
       <c r="B31" s="67">
-        <v>55683</v>
+        <v>55671</v>
       </c>
       <c r="C31" s="67">
-        <v>49665</v>
+        <v>50141</v>
       </c>
       <c r="D31" s="67">
-        <v>55679</v>
+        <v>55664</v>
       </c>
       <c r="E31" s="67">
-        <v>49381</v>
+        <v>49831</v>
       </c>
       <c r="F31" s="67">
-        <v>53535</v>
+        <v>53911</v>
       </c>
       <c r="G31" s="67">
-        <v>43658</v>
+        <v>44727</v>
       </c>
       <c r="H31" s="69">
         <v>0.01</v>
       </c>
       <c r="I31" s="69">
-        <v>0.58</v>
+        <v>0.62</v>
       </c>
       <c r="J31" s="69">
-        <v>4.01</v>
+        <v>3.26</v>
       </c>
       <c r="K31" s="71">
-        <v>13.76</v>
+        <v>12.11</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="11.1" customHeight="1">
       <c r="A32" s="64" t="s">
         <v>108</v>
       </c>
       <c r="B32" s="28"/>
       <c r="C32" s="28"/>
       <c r="D32" s="28"/>
       <c r="E32" s="28"/>
       <c r="F32" s="28"/>
       <c r="G32" s="28"/>
       <c r="H32" s="28"/>
       <c r="I32" s="28"/>
       <c r="J32" s="28"/>
       <c r="K32" s="32"/>
     </row>
     <row r="33" spans="1:11" ht="12.6" customHeight="1">
       <c r="A33" s="21" t="s">
         <v>109</v>
       </c>
       <c r="B33" s="67">
-        <v>118843</v>
+        <v>119145</v>
       </c>
       <c r="C33" s="67">
-        <v>231417</v>
+        <v>233198</v>
       </c>
       <c r="D33" s="67">
-        <v>118537</v>
+        <v>119035</v>
       </c>
       <c r="E33" s="67">
-        <v>230299</v>
+        <v>232180</v>
       </c>
       <c r="F33" s="67">
-        <v>115379</v>
+        <v>115921</v>
       </c>
       <c r="G33" s="67">
-        <v>220363</v>
+        <v>223732</v>
       </c>
       <c r="H33" s="69">
-        <v>0.26</v>
+        <v>0.09</v>
       </c>
       <c r="I33" s="69">
-        <v>0.49</v>
+        <v>0.44</v>
       </c>
       <c r="J33" s="69">
-        <v>3</v>
+        <v>2.78</v>
       </c>
       <c r="K33" s="71">
-        <v>5.02</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1">
       <c r="A34" s="64" t="s">
         <v>110</v>
       </c>
       <c r="B34" s="28"/>
       <c r="C34" s="28"/>
       <c r="D34" s="28"/>
       <c r="E34" s="28"/>
       <c r="F34" s="28"/>
       <c r="G34" s="28"/>
       <c r="H34" s="28"/>
       <c r="I34" s="28"/>
       <c r="J34" s="28"/>
       <c r="K34" s="32"/>
     </row>
     <row r="35" spans="1:11" ht="12.6" customHeight="1">
       <c r="A35" s="21" t="s">
         <v>111</v>
       </c>
       <c r="B35" s="67">
-        <v>102693</v>
+        <v>102197</v>
       </c>
       <c r="C35" s="67">
-        <v>178519</v>
+        <v>177840</v>
       </c>
       <c r="D35" s="67">
-        <v>102679</v>
+        <v>102461</v>
       </c>
       <c r="E35" s="67">
-        <v>178326</v>
+        <v>178210</v>
       </c>
       <c r="F35" s="67">
-        <v>103368</v>
+        <v>103297</v>
       </c>
       <c r="G35" s="67">
-        <v>175335</v>
+        <v>176855</v>
       </c>
       <c r="H35" s="69">
-        <v>0.01</v>
+        <v>-0.26</v>
       </c>
       <c r="I35" s="69">
-        <v>0.11</v>
+        <v>-0.21</v>
       </c>
       <c r="J35" s="69">
-        <v>-0.65</v>
+        <v>-1.06</v>
       </c>
       <c r="K35" s="71">
-        <v>1.82</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="79" t="s">
         <v>112</v>
       </c>
       <c r="B36" s="30"/>
       <c r="C36" s="30"/>
       <c r="D36" s="30"/>
       <c r="E36" s="30"/>
       <c r="F36" s="30"/>
       <c r="G36" s="30"/>
       <c r="H36" s="30"/>
       <c r="I36" s="30"/>
       <c r="J36" s="30"/>
       <c r="K36" s="34"/>
     </row>
     <row r="37" spans="1:11" ht="13.5" customHeight="1">
       <c r="A37" s="18" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
@@ -4825,56 +4825,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="45" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="45"/>
       <c r="C3" s="45"/>
       <c r="D3" s="45"/>
       <c r="E3" s="45"/>
       <c r="F3" s="45"/>
       <c r="G3" s="45"/>
       <c r="H3" s="45"/>
       <c r="I3" s="45"/>
       <c r="J3" s="45"/>
       <c r="K3" s="45"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -4961,578 +4961,578 @@
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="52" t="s">
         <v>40</v>
       </c>
       <c r="B9" s="55">
-        <v>210243</v>
+        <v>210990</v>
       </c>
       <c r="C9" s="55">
-        <v>425665</v>
+        <v>428213</v>
       </c>
       <c r="D9" s="55">
-        <v>210046</v>
+        <v>210474</v>
       </c>
       <c r="E9" s="55">
-        <v>425365</v>
+        <v>427197</v>
       </c>
       <c r="F9" s="55">
-        <v>204355</v>
+        <v>205658</v>
       </c>
       <c r="G9" s="55">
-        <v>410190</v>
+        <v>420554</v>
       </c>
       <c r="H9" s="58">
-        <v>0.09</v>
+        <v>0.25</v>
       </c>
       <c r="I9" s="58">
-        <v>0.07</v>
+        <v>0.24</v>
       </c>
       <c r="J9" s="58">
-        <v>2.88</v>
+        <v>2.59</v>
       </c>
       <c r="K9" s="61">
-        <v>3.77</v>
+        <v>1.82</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="64" t="s">
         <v>113</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>114</v>
       </c>
       <c r="B11" s="67">
-        <v>83994</v>
+        <v>83384</v>
       </c>
       <c r="C11" s="67">
-        <v>403667</v>
+        <v>400955</v>
       </c>
       <c r="D11" s="67">
-        <v>84313</v>
+        <v>83709</v>
       </c>
       <c r="E11" s="67">
-        <v>405151</v>
+        <v>402460</v>
       </c>
       <c r="F11" s="67">
-        <v>88457</v>
+        <v>87892</v>
       </c>
       <c r="G11" s="67">
-        <v>420931</v>
+        <v>420445</v>
       </c>
       <c r="H11" s="69">
-        <v>-0.38</v>
+        <v>-0.39</v>
       </c>
       <c r="I11" s="69">
         <v>-0.37</v>
       </c>
       <c r="J11" s="69">
-        <v>-5.05</v>
+        <v>-5.13</v>
       </c>
       <c r="K11" s="71">
-        <v>-4.1</v>
+        <v>-4.64</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="64" t="s">
         <v>115</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="32"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="21" t="s">
         <v>116</v>
       </c>
       <c r="B13" s="67">
-        <v>243011</v>
+        <v>245931</v>
       </c>
       <c r="C13" s="67">
-        <v>676001</v>
+        <v>687694</v>
       </c>
       <c r="D13" s="67">
-        <v>241545</v>
+        <v>244323</v>
       </c>
       <c r="E13" s="67">
-        <v>667542</v>
+        <v>682631</v>
       </c>
       <c r="F13" s="67">
-        <v>227848</v>
+        <v>230663</v>
       </c>
       <c r="G13" s="67">
-        <v>649613</v>
+        <v>651895</v>
       </c>
       <c r="H13" s="69">
-        <v>0.61</v>
+        <v>0.66</v>
       </c>
       <c r="I13" s="69">
-        <v>1.27</v>
+        <v>0.74</v>
       </c>
       <c r="J13" s="69">
-        <v>6.65</v>
+        <v>6.62</v>
       </c>
       <c r="K13" s="71">
-        <v>4.06</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="64" t="s">
         <v>117</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="32"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>118</v>
       </c>
       <c r="B15" s="67">
-        <v>117072</v>
+        <v>117067</v>
       </c>
       <c r="C15" s="67">
-        <v>146483</v>
+        <v>147812</v>
       </c>
       <c r="D15" s="67">
-        <v>116846</v>
+        <v>116902</v>
       </c>
       <c r="E15" s="67">
-        <v>144586</v>
+        <v>147291</v>
       </c>
       <c r="F15" s="67">
-        <v>116697</v>
+        <v>116563</v>
       </c>
       <c r="G15" s="67">
-        <v>125595</v>
+        <v>129320</v>
       </c>
       <c r="H15" s="69">
-        <v>0.19</v>
+        <v>0.14</v>
       </c>
       <c r="I15" s="69">
-        <v>1.31</v>
+        <v>0.35</v>
       </c>
       <c r="J15" s="69">
-        <v>0.32</v>
+        <v>0.43</v>
       </c>
       <c r="K15" s="71">
-        <v>16.63</v>
+        <v>14.3</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="64" t="s">
         <v>119</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="32"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="21" t="s">
         <v>120</v>
       </c>
       <c r="B17" s="67">
-        <v>206459</v>
+        <v>205688</v>
       </c>
       <c r="C17" s="67">
-        <v>260438</v>
+        <v>260012</v>
       </c>
       <c r="D17" s="67">
-        <v>206394</v>
+        <v>206076</v>
       </c>
       <c r="E17" s="67">
-        <v>260651</v>
+        <v>260028</v>
       </c>
       <c r="F17" s="67">
-        <v>203925</v>
+        <v>203912</v>
       </c>
       <c r="G17" s="67">
-        <v>260289</v>
+        <v>261430</v>
       </c>
       <c r="H17" s="69">
-        <v>0.03</v>
+        <v>-0.19</v>
       </c>
       <c r="I17" s="69">
-        <v>-0.08</v>
+        <v>-0.01</v>
       </c>
       <c r="J17" s="69">
-        <v>1.24</v>
+        <v>0.87</v>
       </c>
       <c r="K17" s="71">
-        <v>0.06</v>
+        <v>-0.54</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="64" t="s">
         <v>121</v>
       </c>
       <c r="B18" s="28"/>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="32"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="21" t="s">
         <v>122</v>
       </c>
       <c r="B19" s="67">
-        <v>294662</v>
+        <v>296203</v>
       </c>
       <c r="C19" s="67">
-        <v>652880</v>
+        <v>655414</v>
       </c>
       <c r="D19" s="67">
-        <v>293580</v>
+        <v>295386</v>
       </c>
       <c r="E19" s="67">
-        <v>648501</v>
+        <v>655955</v>
       </c>
       <c r="F19" s="67">
-        <v>292686</v>
+        <v>293903</v>
       </c>
       <c r="G19" s="67">
-        <v>656961</v>
+        <v>661188</v>
       </c>
       <c r="H19" s="69">
-        <v>0.37</v>
+        <v>0.28</v>
       </c>
       <c r="I19" s="69">
-        <v>0.68</v>
+        <v>-0.08</v>
       </c>
       <c r="J19" s="69">
-        <v>0.68</v>
+        <v>0.78</v>
       </c>
       <c r="K19" s="71">
-        <v>-0.62</v>
+        <v>-0.87</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="64" t="s">
         <v>123</v>
       </c>
       <c r="B20" s="28"/>
       <c r="C20" s="28"/>
       <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="32"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="21" t="s">
         <v>124</v>
       </c>
       <c r="B21" s="67">
-        <v>30920</v>
+        <v>31140</v>
       </c>
       <c r="C21" s="67">
-        <v>74736</v>
+        <v>75064</v>
       </c>
       <c r="D21" s="67">
-        <v>30855</v>
+        <v>31043</v>
       </c>
       <c r="E21" s="67">
-        <v>74603</v>
+        <v>74889</v>
       </c>
       <c r="F21" s="67">
-        <v>30582</v>
+        <v>30564</v>
       </c>
       <c r="G21" s="67">
-        <v>74115</v>
+        <v>74317</v>
       </c>
       <c r="H21" s="69">
-        <v>0.21</v>
+        <v>0.31</v>
       </c>
       <c r="I21" s="69">
-        <v>0.18</v>
+        <v>0.23</v>
       </c>
       <c r="J21" s="69">
-        <v>1.11</v>
+        <v>1.88</v>
       </c>
       <c r="K21" s="71">
-        <v>0.84</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="64" t="s">
         <v>125</v>
       </c>
       <c r="B22" s="28"/>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
       <c r="K22" s="32"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="21" t="s">
         <v>126</v>
       </c>
       <c r="B23" s="67">
-        <v>457532</v>
+        <v>458511</v>
       </c>
       <c r="C23" s="67">
-        <v>1140426</v>
+        <v>1160890</v>
       </c>
       <c r="D23" s="67">
-        <v>456948</v>
+        <v>457900</v>
       </c>
       <c r="E23" s="67">
-        <v>1129190</v>
+        <v>1150514</v>
       </c>
       <c r="F23" s="67">
-        <v>459818</v>
+        <v>457062</v>
       </c>
       <c r="G23" s="67">
-        <v>1068995</v>
+        <v>1074753</v>
       </c>
       <c r="H23" s="69">
         <v>0.13</v>
       </c>
       <c r="I23" s="69">
-        <v>0.99</v>
+        <v>0.9</v>
       </c>
       <c r="J23" s="69">
-        <v>-0.5</v>
+        <v>0.32</v>
       </c>
       <c r="K23" s="71">
-        <v>6.68</v>
+        <v>8.01</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="64" t="s">
         <v>127</v>
       </c>
       <c r="B24" s="28"/>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="32"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="21" t="s">
         <v>128</v>
       </c>
       <c r="B25" s="67">
-        <v>8798</v>
+        <v>13018</v>
       </c>
       <c r="C25" s="67">
-        <v>14345</v>
+        <v>15769</v>
       </c>
       <c r="D25" s="67">
-        <v>8528</v>
+        <v>12120</v>
       </c>
       <c r="E25" s="67">
-        <v>13830</v>
+        <v>15267</v>
       </c>
       <c r="F25" s="67">
-        <v>6478</v>
+        <v>6733</v>
       </c>
       <c r="G25" s="67">
-        <v>10537</v>
+        <v>10926</v>
       </c>
       <c r="H25" s="69">
-        <v>3.17</v>
+        <v>7.41</v>
       </c>
       <c r="I25" s="69">
-        <v>3.72</v>
+        <v>3.29</v>
       </c>
       <c r="J25" s="69">
-        <v>35.81</v>
+        <v>93.35</v>
       </c>
       <c r="K25" s="71">
-        <v>36.13</v>
+        <v>44.32</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="64" t="s">
         <v>129</v>
       </c>
       <c r="B26" s="28"/>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
       <c r="K26" s="32"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="21" t="s">
         <v>130</v>
       </c>
       <c r="B27" s="67">
-        <v>156709</v>
+        <v>164848</v>
       </c>
       <c r="C27" s="67">
-        <v>68097</v>
+        <v>71435</v>
       </c>
       <c r="D27" s="67">
-        <v>152777</v>
+        <v>160423</v>
       </c>
       <c r="E27" s="67">
-        <v>66424</v>
+        <v>69613</v>
       </c>
       <c r="F27" s="67">
-        <v>108978</v>
+        <v>118142</v>
       </c>
       <c r="G27" s="67">
-        <v>49032</v>
+        <v>53065</v>
       </c>
       <c r="H27" s="69">
-        <v>2.57</v>
+        <v>2.76</v>
       </c>
       <c r="I27" s="69">
-        <v>2.52</v>
+        <v>2.62</v>
       </c>
       <c r="J27" s="69">
-        <v>43.8</v>
+        <v>39.53</v>
       </c>
       <c r="K27" s="71">
-        <v>38.88</v>
+        <v>34.62</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="64" t="s">
         <v>131</v>
       </c>
       <c r="B28" s="28"/>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="32"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="21" t="s">
         <v>132</v>
       </c>
       <c r="B29" s="67">
-        <v>11525</v>
+        <v>11858</v>
       </c>
       <c r="C29" s="67">
-        <v>6501</v>
+        <v>6553</v>
       </c>
       <c r="D29" s="67">
-        <v>11269</v>
+        <v>11692</v>
       </c>
       <c r="E29" s="67">
-        <v>6471</v>
+        <v>6532</v>
       </c>
       <c r="F29" s="67">
-        <v>8262</v>
+        <v>9131</v>
       </c>
       <c r="G29" s="67">
-        <v>4964</v>
+        <v>5502</v>
       </c>
       <c r="H29" s="69">
-        <v>2.27</v>
+        <v>1.42</v>
       </c>
       <c r="I29" s="69">
-        <v>0.46</v>
+        <v>0.33</v>
       </c>
       <c r="J29" s="69">
-        <v>39.49</v>
+        <v>29.87</v>
       </c>
       <c r="K29" s="71">
-        <v>30.96</v>
+        <v>19.11</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="64" t="s">
         <v>133</v>
       </c>
       <c r="B30" s="28"/>
       <c r="C30" s="28"/>
       <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
       <c r="H30" s="28"/>
       <c r="I30" s="28"/>
       <c r="J30" s="28"/>
       <c r="K30" s="32"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="21"/>
       <c r="B31" s="29"/>
       <c r="C31" s="29"/>
       <c r="D31" s="29"/>
       <c r="E31" s="29"/>
       <c r="F31" s="29"/>
       <c r="G31" s="29"/>
@@ -5818,56 +5818,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>34</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -5957,75 +5957,75 @@
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="56">
         <v>15</v>
       </c>
       <c r="C9" s="56">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="D9" s="56">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E9" s="56">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="F9" s="56">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G9" s="56">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>15.38</v>
+        <v>248</v>
+      </c>
+      <c r="H9" s="82">
+        <v>0</v>
       </c>
       <c r="I9" s="59">
-        <v>0.56</v>
+        <v>-0.17</v>
       </c>
       <c r="J9" s="59">
-        <v>15.38</v>
+        <v>7.14</v>
       </c>
       <c r="K9" s="62">
-        <v>7.36</v>
+        <v>-6.17</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>41</v>
       </c>
       <c r="B11" s="73">
         <v>0</v>
       </c>
       <c r="C11" s="73">
@@ -6107,75 +6107,75 @@
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="64" t="s">
         <v>136</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="32"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>137</v>
       </c>
       <c r="B15" s="67">
         <v>2</v>
       </c>
       <c r="C15" s="67">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="D15" s="67">
         <v>2</v>
       </c>
       <c r="E15" s="67">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="F15" s="67">
         <v>2</v>
       </c>
       <c r="G15" s="67">
-        <v>219</v>
+        <v>244</v>
       </c>
       <c r="H15" s="75">
         <v>0</v>
       </c>
       <c r="I15" s="75">
         <v>0</v>
       </c>
       <c r="J15" s="75">
         <v>0</v>
       </c>
       <c r="K15" s="71">
-        <v>6.83</v>
+        <v>-6.17</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="64" t="s">
         <v>138</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="32"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="21" t="s">
         <v>139</v>
       </c>
       <c r="B17" s="73">
         <v>0</v>
       </c>
       <c r="C17" s="73">
@@ -6475,57 +6475,57 @@
       <c r="A29" s="21" t="s">
         <v>151</v>
       </c>
       <c r="B29" s="67">
         <v>3</v>
       </c>
       <c r="C29" s="67">
         <v>0</v>
       </c>
       <c r="D29" s="67">
         <v>3</v>
       </c>
       <c r="E29" s="67">
         <v>0</v>
       </c>
       <c r="F29" s="67">
         <v>3</v>
       </c>
       <c r="G29" s="67">
         <v>0</v>
       </c>
       <c r="H29" s="75">
         <v>0</v>
       </c>
       <c r="I29" s="69">
-        <v>-5.71</v>
+        <v>-6.47</v>
       </c>
       <c r="J29" s="75">
         <v>0</v>
       </c>
       <c r="K29" s="71">
-        <v>-41.92</v>
+        <v>-45.17</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="64" t="s">
         <v>152</v>
       </c>
       <c r="B30" s="28"/>
       <c r="C30" s="28"/>
       <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
       <c r="H30" s="28"/>
       <c r="I30" s="28"/>
       <c r="J30" s="28"/>
       <c r="K30" s="32"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="21" t="s">
         <v>153</v>
       </c>
       <c r="B31" s="73">
         <v>0</v>
       </c>
       <c r="C31" s="73">
@@ -6926,56 +6926,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>34</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -7058,81 +7058,81 @@
         <v>13</v>
       </c>
       <c r="E8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
-      <c r="A9" s="80" t="s">
+      <c r="A9" s="83" t="s">
         <v>42</v>
       </c>
-      <c r="B9" s="82">
-[...26 lines deleted...]
-      <c r="K9" s="86">
+      <c r="B9" s="85">
+        <v>0</v>
+      </c>
+      <c r="C9" s="85">
+        <v>0</v>
+      </c>
+      <c r="D9" s="85">
+        <v>0</v>
+      </c>
+      <c r="E9" s="85">
+        <v>0</v>
+      </c>
+      <c r="F9" s="85">
+        <v>0</v>
+      </c>
+      <c r="G9" s="85">
+        <v>0</v>
+      </c>
+      <c r="H9" s="81">
+        <v>0</v>
+      </c>
+      <c r="I9" s="81">
+        <v>0</v>
+      </c>
+      <c r="J9" s="81">
+        <v>0</v>
+      </c>
+      <c r="K9" s="87">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="64" t="s">
         <v>159</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="26" t="s">
         <v>160</v>
       </c>
       <c r="B11" s="73">
         <v>0</v>
       </c>
@@ -7715,75 +7715,75 @@
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1">
       <c r="A34" s="64" t="s">
         <v>183</v>
       </c>
       <c r="B34" s="28"/>
       <c r="C34" s="28"/>
       <c r="D34" s="28"/>
       <c r="E34" s="28"/>
       <c r="F34" s="28"/>
       <c r="G34" s="28"/>
       <c r="H34" s="28"/>
       <c r="I34" s="28"/>
       <c r="J34" s="28"/>
       <c r="K34" s="32"/>
     </row>
     <row r="35" spans="1:11" ht="12.6" customHeight="1">
       <c r="A35" s="26" t="s">
         <v>184</v>
       </c>
       <c r="B35" s="67">
         <v>10</v>
       </c>
       <c r="C35" s="67">
+        <v>3</v>
+      </c>
+      <c r="D35" s="67">
+        <v>10</v>
+      </c>
+      <c r="E35" s="67">
         <v>4</v>
       </c>
-      <c r="D35" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F35" s="67">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G35" s="67">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>4</v>
+      </c>
+      <c r="H35" s="75">
+        <v>0</v>
       </c>
       <c r="I35" s="69">
-        <v>47.45</v>
+        <v>-10.2</v>
       </c>
       <c r="J35" s="69">
-        <v>25</v>
+        <v>11.11</v>
       </c>
       <c r="K35" s="71">
-        <v>51</v>
+        <v>-5.63</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="79" t="s">
         <v>185</v>
       </c>
       <c r="B36" s="30"/>
       <c r="C36" s="30"/>
       <c r="D36" s="30"/>
       <c r="E36" s="30"/>
       <c r="F36" s="30"/>
       <c r="G36" s="30"/>
       <c r="H36" s="30"/>
       <c r="I36" s="30"/>
       <c r="J36" s="30"/>
       <c r="K36" s="34"/>
     </row>
     <row r="37" spans="1:11" ht="13.5" customHeight="1">
       <c r="A37" s="18" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
@@ -8073,56 +8073,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>34</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -8205,81 +8205,81 @@
         <v>13</v>
       </c>
       <c r="E8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
-      <c r="A9" s="80" t="s">
+      <c r="A9" s="83" t="s">
         <v>55</v>
       </c>
-      <c r="B9" s="82">
-[...26 lines deleted...]
-      <c r="K9" s="86">
+      <c r="B9" s="85">
+        <v>0</v>
+      </c>
+      <c r="C9" s="85">
+        <v>0</v>
+      </c>
+      <c r="D9" s="85">
+        <v>0</v>
+      </c>
+      <c r="E9" s="85">
+        <v>0</v>
+      </c>
+      <c r="F9" s="85">
+        <v>0</v>
+      </c>
+      <c r="G9" s="85">
+        <v>0</v>
+      </c>
+      <c r="H9" s="81">
+        <v>0</v>
+      </c>
+      <c r="I9" s="81">
+        <v>0</v>
+      </c>
+      <c r="J9" s="81">
+        <v>0</v>
+      </c>
+      <c r="K9" s="87">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="64" t="s">
         <v>186</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="26"/>
       <c r="B11" s="29"/>
       <c r="C11" s="29"/>
       <c r="D11" s="29"/>
       <c r="E11" s="29"/>
       <c r="F11" s="29"/>
@@ -8904,56 +8904,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>48</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -9039,75 +9039,75 @@
         <v>14</v>
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="87">
-[...23 lines deleted...]
-      <c r="J9" s="88">
+      <c r="B9" s="88">
+        <v>0</v>
+      </c>
+      <c r="C9" s="88">
+        <v>0</v>
+      </c>
+      <c r="D9" s="88">
+        <v>0</v>
+      </c>
+      <c r="E9" s="88">
+        <v>0</v>
+      </c>
+      <c r="F9" s="88">
+        <v>0</v>
+      </c>
+      <c r="G9" s="88">
+        <v>0</v>
+      </c>
+      <c r="H9" s="82">
+        <v>0</v>
+      </c>
+      <c r="I9" s="82">
+        <v>0</v>
+      </c>
+      <c r="J9" s="82">
         <v>0</v>
       </c>
       <c r="K9" s="89">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>43</v>
       </c>
@@ -9798,56 +9798,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>45</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -9934,728 +9934,728 @@
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="56">
-        <v>122256</v>
+        <v>123176</v>
       </c>
       <c r="C9" s="56">
-        <v>326177</v>
+        <v>329125</v>
       </c>
       <c r="D9" s="56">
-        <v>121779</v>
+        <v>122695</v>
       </c>
       <c r="E9" s="56">
-        <v>323624</v>
+        <v>327846</v>
       </c>
       <c r="F9" s="56">
-        <v>117100</v>
+        <v>118078</v>
       </c>
       <c r="G9" s="56">
-        <v>295117</v>
+        <v>303794</v>
       </c>
       <c r="H9" s="59">
         <v>0.39</v>
       </c>
       <c r="I9" s="59">
-        <v>0.79</v>
+        <v>0.39</v>
       </c>
       <c r="J9" s="59">
-        <v>4.4</v>
+        <v>4.32</v>
       </c>
       <c r="K9" s="62">
-        <v>10.52</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>47</v>
       </c>
       <c r="B11" s="67">
-        <v>6905</v>
+        <v>6991</v>
       </c>
       <c r="C11" s="67">
-        <v>6188</v>
+        <v>6283</v>
       </c>
       <c r="D11" s="67">
-        <v>6878</v>
+        <v>6954</v>
       </c>
       <c r="E11" s="67">
-        <v>6214</v>
+        <v>6244</v>
       </c>
       <c r="F11" s="67">
-        <v>6439</v>
+        <v>6543</v>
       </c>
       <c r="G11" s="67">
-        <v>6056</v>
+        <v>6039</v>
       </c>
       <c r="H11" s="69">
-        <v>0.39</v>
+        <v>0.53</v>
       </c>
       <c r="I11" s="69">
-        <v>-0.41</v>
+        <v>0.62</v>
       </c>
       <c r="J11" s="69">
-        <v>7.24</v>
+        <v>6.85</v>
       </c>
       <c r="K11" s="71">
-        <v>2.19</v>
+        <v>4.04</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="64" t="s">
         <v>192</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="32"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="21" t="s">
         <v>193</v>
       </c>
       <c r="B13" s="67">
-        <v>7469</v>
+        <v>7523</v>
       </c>
       <c r="C13" s="67">
-        <v>19600</v>
+        <v>19971</v>
       </c>
       <c r="D13" s="67">
-        <v>7463</v>
+        <v>7516</v>
       </c>
       <c r="E13" s="67">
-        <v>19561</v>
+        <v>19968</v>
       </c>
       <c r="F13" s="67">
-        <v>7137</v>
+        <v>7190</v>
       </c>
       <c r="G13" s="67">
-        <v>16706</v>
+        <v>17279</v>
       </c>
       <c r="H13" s="69">
-        <v>0.08</v>
+        <v>0.09</v>
       </c>
       <c r="I13" s="69">
-        <v>0.2</v>
+        <v>0.02</v>
       </c>
       <c r="J13" s="69">
-        <v>4.65</v>
+        <v>4.63</v>
       </c>
       <c r="K13" s="71">
-        <v>17.32</v>
+        <v>15.58</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="64" t="s">
         <v>194</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="32"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>195</v>
       </c>
       <c r="B15" s="67">
-        <v>4057</v>
+        <v>4036</v>
       </c>
       <c r="C15" s="67">
-        <v>11797</v>
+        <v>11776</v>
       </c>
       <c r="D15" s="67">
-        <v>4050</v>
+        <v>4054</v>
       </c>
       <c r="E15" s="67">
-        <v>11737</v>
+        <v>11823</v>
       </c>
       <c r="F15" s="67">
-        <v>4067</v>
+        <v>4060</v>
       </c>
       <c r="G15" s="67">
-        <v>11213</v>
+        <v>11394</v>
       </c>
       <c r="H15" s="69">
-        <v>0.17</v>
+        <v>-0.44</v>
       </c>
       <c r="I15" s="69">
-        <v>0.51</v>
+        <v>-0.4</v>
       </c>
       <c r="J15" s="69">
-        <v>-0.25</v>
+        <v>-0.59</v>
       </c>
       <c r="K15" s="71">
-        <v>5.21</v>
+        <v>3.35</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="64" t="s">
         <v>196</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="32"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="21" t="s">
         <v>197</v>
       </c>
       <c r="B17" s="67">
-        <v>18581</v>
+        <v>18649</v>
       </c>
       <c r="C17" s="67">
-        <v>51026</v>
+        <v>51375</v>
       </c>
       <c r="D17" s="67">
-        <v>18571</v>
+        <v>18592</v>
       </c>
       <c r="E17" s="67">
-        <v>50990</v>
+        <v>51164</v>
       </c>
       <c r="F17" s="67">
-        <v>18139</v>
+        <v>18377</v>
       </c>
       <c r="G17" s="67">
-        <v>47719</v>
+        <v>48892</v>
       </c>
       <c r="H17" s="69">
-        <v>0.05</v>
+        <v>0.31</v>
       </c>
       <c r="I17" s="69">
-        <v>0.07</v>
+        <v>0.41</v>
       </c>
       <c r="J17" s="69">
-        <v>2.44</v>
+        <v>1.48</v>
       </c>
       <c r="K17" s="71">
-        <v>6.93</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="64" t="s">
         <v>198</v>
       </c>
       <c r="B18" s="28"/>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="32"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="21" t="s">
         <v>199</v>
       </c>
       <c r="B19" s="67">
-        <v>1936</v>
+        <v>1940</v>
       </c>
       <c r="C19" s="67">
-        <v>5355</v>
+        <v>5320</v>
       </c>
       <c r="D19" s="67">
-        <v>1923</v>
+        <v>1938</v>
       </c>
       <c r="E19" s="67">
-        <v>5331</v>
+        <v>5334</v>
       </c>
       <c r="F19" s="67">
-        <v>1784</v>
+        <v>1804</v>
       </c>
       <c r="G19" s="67">
-        <v>4406</v>
+        <v>4582</v>
       </c>
       <c r="H19" s="69">
-        <v>0.68</v>
+        <v>0.1</v>
       </c>
       <c r="I19" s="69">
-        <v>0.46</v>
+        <v>-0.25</v>
       </c>
       <c r="J19" s="69">
-        <v>8.52</v>
+        <v>7.54</v>
       </c>
       <c r="K19" s="71">
-        <v>21.54</v>
+        <v>16.11</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="64" t="s">
         <v>200</v>
       </c>
       <c r="B20" s="28"/>
       <c r="C20" s="28"/>
       <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="32"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="21" t="s">
         <v>201</v>
       </c>
       <c r="B21" s="67">
-        <v>2664</v>
+        <v>2681</v>
       </c>
       <c r="C21" s="67">
-        <v>2836</v>
+        <v>2818</v>
       </c>
       <c r="D21" s="67">
-        <v>2659</v>
+        <v>2674</v>
       </c>
       <c r="E21" s="67">
-        <v>2823</v>
+        <v>2829</v>
       </c>
       <c r="F21" s="67">
-        <v>2458</v>
+        <v>2487</v>
       </c>
       <c r="G21" s="67">
-        <v>2934</v>
+        <v>2964</v>
       </c>
       <c r="H21" s="69">
-        <v>0.19</v>
+        <v>0.26</v>
       </c>
       <c r="I21" s="69">
-        <v>0.47</v>
+        <v>-0.41</v>
       </c>
       <c r="J21" s="69">
-        <v>8.38</v>
+        <v>7.8</v>
       </c>
       <c r="K21" s="71">
-        <v>-3.31</v>
+        <v>-4.94</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="64" t="s">
         <v>202</v>
       </c>
       <c r="B22" s="28"/>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
       <c r="K22" s="32"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="21" t="s">
         <v>203</v>
       </c>
       <c r="B23" s="67">
-        <v>3170</v>
+        <v>3247</v>
       </c>
       <c r="C23" s="67">
-        <v>4301</v>
+        <v>4255</v>
       </c>
       <c r="D23" s="67">
-        <v>3130</v>
+        <v>3197</v>
       </c>
       <c r="E23" s="67">
-        <v>4233</v>
+        <v>4277</v>
       </c>
       <c r="F23" s="67">
-        <v>2666</v>
+        <v>2750</v>
       </c>
       <c r="G23" s="67">
-        <v>3879</v>
+        <v>3942</v>
       </c>
       <c r="H23" s="69">
-        <v>1.28</v>
+        <v>1.56</v>
       </c>
       <c r="I23" s="69">
-        <v>1.61</v>
+        <v>-0.51</v>
       </c>
       <c r="J23" s="69">
-        <v>18.9</v>
+        <v>18.07</v>
       </c>
       <c r="K23" s="71">
-        <v>10.89</v>
+        <v>7.95</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="64" t="s">
         <v>204</v>
       </c>
       <c r="B24" s="28"/>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="32"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="21" t="s">
         <v>205</v>
       </c>
       <c r="B25" s="67">
-        <v>5091</v>
+        <v>5051</v>
       </c>
       <c r="C25" s="67">
-        <v>33919</v>
+        <v>33581</v>
       </c>
       <c r="D25" s="67">
-        <v>5120</v>
+        <v>5070</v>
       </c>
       <c r="E25" s="67">
-        <v>34114</v>
+        <v>33789</v>
       </c>
       <c r="F25" s="67">
-        <v>4808</v>
+        <v>4797</v>
       </c>
       <c r="G25" s="67">
-        <v>28192</v>
+        <v>28704</v>
       </c>
       <c r="H25" s="69">
-        <v>-0.57</v>
+        <v>-0.37</v>
       </c>
       <c r="I25" s="69">
-        <v>-0.57</v>
+        <v>-0.62</v>
       </c>
       <c r="J25" s="69">
-        <v>5.89</v>
+        <v>5.29</v>
       </c>
       <c r="K25" s="71">
-        <v>20.31</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="64" t="s">
         <v>206</v>
       </c>
       <c r="B26" s="28"/>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
       <c r="K26" s="32"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="21" t="s">
         <v>207</v>
       </c>
       <c r="B27" s="67">
-        <v>3465</v>
+        <v>3445</v>
       </c>
       <c r="C27" s="67">
-        <v>10299</v>
+        <v>10227</v>
       </c>
       <c r="D27" s="67">
-        <v>3472</v>
+        <v>3459</v>
       </c>
       <c r="E27" s="67">
-        <v>10323</v>
+        <v>10268</v>
       </c>
       <c r="F27" s="67">
-        <v>3401</v>
+        <v>3449</v>
       </c>
       <c r="G27" s="67">
-        <v>9704</v>
+        <v>10107</v>
       </c>
       <c r="H27" s="69">
-        <v>-0.2</v>
+        <v>-0.4</v>
       </c>
       <c r="I27" s="69">
-        <v>-0.23</v>
+        <v>-0.4</v>
       </c>
       <c r="J27" s="69">
-        <v>1.88</v>
+        <v>-0.12</v>
       </c>
       <c r="K27" s="71">
-        <v>6.13</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="64" t="s">
         <v>208</v>
       </c>
       <c r="B28" s="28"/>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="32"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="21" t="s">
         <v>209</v>
       </c>
       <c r="B29" s="67">
-        <v>5588</v>
+        <v>5664</v>
       </c>
       <c r="C29" s="67">
-        <v>34163</v>
+        <v>34845</v>
       </c>
       <c r="D29" s="67">
-        <v>5483</v>
+        <v>5615</v>
       </c>
       <c r="E29" s="67">
-        <v>32992</v>
+        <v>34465</v>
       </c>
       <c r="F29" s="67">
-        <v>5066</v>
+        <v>5196</v>
       </c>
       <c r="G29" s="67">
-        <v>28400</v>
+        <v>30127</v>
       </c>
       <c r="H29" s="69">
-        <v>1.92</v>
+        <v>0.87</v>
       </c>
       <c r="I29" s="69">
-        <v>3.55</v>
+        <v>1.1</v>
       </c>
       <c r="J29" s="69">
-        <v>10.3</v>
+        <v>9.01</v>
       </c>
       <c r="K29" s="71">
-        <v>20.29</v>
+        <v>15.66</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="64" t="s">
         <v>210</v>
       </c>
       <c r="B30" s="28"/>
       <c r="C30" s="28"/>
       <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
       <c r="H30" s="28"/>
       <c r="I30" s="28"/>
       <c r="J30" s="28"/>
       <c r="K30" s="32"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="21" t="s">
         <v>211</v>
       </c>
       <c r="B31" s="67">
-        <v>1431</v>
+        <v>1437</v>
       </c>
       <c r="C31" s="67">
-        <v>4454</v>
+        <v>4530</v>
       </c>
       <c r="D31" s="67">
-        <v>1436</v>
+        <v>1435</v>
       </c>
       <c r="E31" s="67">
-        <v>4451</v>
+        <v>4531</v>
       </c>
       <c r="F31" s="67">
-        <v>1464</v>
+        <v>1450</v>
       </c>
       <c r="G31" s="67">
-        <v>4412</v>
+        <v>4344</v>
       </c>
       <c r="H31" s="69">
-        <v>-0.35</v>
+        <v>0.14</v>
       </c>
       <c r="I31" s="69">
-        <v>0.06</v>
+        <v>-0.01</v>
       </c>
       <c r="J31" s="69">
-        <v>-2.25</v>
+        <v>-0.9</v>
       </c>
       <c r="K31" s="71">
-        <v>0.96</v>
+        <v>4.28</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="11.1" customHeight="1">
       <c r="A32" s="64" t="s">
         <v>212</v>
       </c>
       <c r="B32" s="28"/>
       <c r="C32" s="28"/>
       <c r="D32" s="28"/>
       <c r="E32" s="28"/>
       <c r="F32" s="28"/>
       <c r="G32" s="28"/>
       <c r="H32" s="28"/>
       <c r="I32" s="28"/>
       <c r="J32" s="28"/>
       <c r="K32" s="32"/>
     </row>
     <row r="33" spans="1:11" ht="12.6" customHeight="1">
       <c r="A33" s="21" t="s">
         <v>213</v>
       </c>
       <c r="B33" s="67">
-        <v>1225</v>
+        <v>1210</v>
       </c>
       <c r="C33" s="67">
-        <v>4029</v>
+        <v>4023</v>
       </c>
       <c r="D33" s="67">
-        <v>1230</v>
+        <v>1214</v>
       </c>
       <c r="E33" s="67">
-        <v>4026</v>
+        <v>4015</v>
       </c>
       <c r="F33" s="67">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="G33" s="67">
-        <v>3672</v>
+        <v>3766</v>
       </c>
       <c r="H33" s="69">
-        <v>-0.41</v>
+        <v>-0.33</v>
       </c>
       <c r="I33" s="69">
-        <v>0.08</v>
+        <v>0.19</v>
       </c>
       <c r="J33" s="69">
-        <v>0.66</v>
+        <v>-0.49</v>
       </c>
       <c r="K33" s="71">
-        <v>9.72</v>
+        <v>6.82</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1">
       <c r="A34" s="64" t="s">
         <v>214</v>
       </c>
       <c r="B34" s="28"/>
       <c r="C34" s="28"/>
       <c r="D34" s="28"/>
       <c r="E34" s="28"/>
       <c r="F34" s="28"/>
       <c r="G34" s="28"/>
       <c r="H34" s="28"/>
       <c r="I34" s="28"/>
       <c r="J34" s="28"/>
       <c r="K34" s="32"/>
     </row>
     <row r="35" spans="1:11" ht="12.6" customHeight="1">
       <c r="A35" s="21" t="s">
         <v>215</v>
       </c>
       <c r="B35" s="67">
-        <v>3961</v>
+        <v>3992</v>
       </c>
       <c r="C35" s="67">
-        <v>10654</v>
+        <v>11073</v>
       </c>
       <c r="D35" s="67">
-        <v>3991</v>
+        <v>3964</v>
       </c>
       <c r="E35" s="67">
-        <v>10653</v>
+        <v>10841</v>
       </c>
       <c r="F35" s="67">
-        <v>3967</v>
+        <v>3960</v>
       </c>
       <c r="G35" s="67">
-        <v>9884</v>
+        <v>10099</v>
       </c>
       <c r="H35" s="69">
-        <v>-0.75</v>
+        <v>0.71</v>
       </c>
       <c r="I35" s="69">
-        <v>0.01</v>
+        <v>2.15</v>
       </c>
       <c r="J35" s="69">
-        <v>-0.15</v>
+        <v>0.81</v>
       </c>
       <c r="K35" s="71">
-        <v>7.79</v>
+        <v>9.65</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="79" t="s">
         <v>216</v>
       </c>
       <c r="B36" s="30"/>
       <c r="C36" s="30"/>
       <c r="D36" s="30"/>
       <c r="E36" s="30"/>
       <c r="F36" s="30"/>
       <c r="G36" s="30"/>
       <c r="H36" s="30"/>
       <c r="I36" s="30"/>
       <c r="J36" s="30"/>
       <c r="K36" s="34"/>
     </row>
     <row r="37" spans="1:11" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
@@ -10919,56 +10919,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>45</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -11055,528 +11055,528 @@
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="52" t="s">
         <v>46</v>
       </c>
       <c r="B9" s="55">
-        <v>1693</v>
+        <v>1678</v>
       </c>
       <c r="C9" s="55">
-        <v>5579</v>
+        <v>5484</v>
       </c>
       <c r="D9" s="55">
-        <v>1670</v>
+        <v>1688</v>
       </c>
       <c r="E9" s="55">
-        <v>5347</v>
+        <v>5521</v>
       </c>
       <c r="F9" s="55">
-        <v>1731</v>
+        <v>1729</v>
       </c>
       <c r="G9" s="55">
-        <v>5590</v>
+        <v>5626</v>
       </c>
       <c r="H9" s="58">
-        <v>1.38</v>
+        <v>-0.59</v>
       </c>
       <c r="I9" s="58">
-        <v>4.34</v>
+        <v>-0.68</v>
       </c>
       <c r="J9" s="58">
-        <v>-2.2</v>
+        <v>-2.95</v>
       </c>
       <c r="K9" s="61">
-        <v>-0.21</v>
+        <v>-2.54</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="64" t="s">
         <v>217</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>218</v>
       </c>
       <c r="B11" s="67">
-        <v>22080</v>
+        <v>22162</v>
       </c>
       <c r="C11" s="67">
-        <v>10488</v>
+        <v>10686</v>
       </c>
       <c r="D11" s="67">
-        <v>21995</v>
+        <v>22134</v>
       </c>
       <c r="E11" s="67">
-        <v>10102</v>
+        <v>10657</v>
       </c>
       <c r="F11" s="67">
-        <v>21544</v>
+        <v>21618</v>
       </c>
       <c r="G11" s="67">
-        <v>8391</v>
+        <v>8694</v>
       </c>
       <c r="H11" s="69">
-        <v>0.39</v>
+        <v>0.13</v>
       </c>
       <c r="I11" s="69">
-        <v>3.82</v>
+        <v>0.28</v>
       </c>
       <c r="J11" s="69">
-        <v>2.49</v>
+        <v>2.52</v>
       </c>
       <c r="K11" s="71">
-        <v>24.99</v>
+        <v>22.92</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="64" t="s">
         <v>219</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="32"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="21" t="s">
         <v>220</v>
       </c>
       <c r="B13" s="67">
-        <v>2019</v>
+        <v>2006</v>
       </c>
       <c r="C13" s="67">
-        <v>6763</v>
+        <v>6750</v>
       </c>
       <c r="D13" s="67">
-        <v>2047</v>
+        <v>2014</v>
       </c>
       <c r="E13" s="67">
-        <v>6825</v>
+        <v>6724</v>
       </c>
       <c r="F13" s="67">
-        <v>2183</v>
+        <v>2148</v>
       </c>
       <c r="G13" s="67">
-        <v>6691</v>
+        <v>6942</v>
       </c>
       <c r="H13" s="69">
-        <v>-1.37</v>
+        <v>-0.4</v>
       </c>
       <c r="I13" s="69">
-        <v>-0.92</v>
+        <v>0.39</v>
       </c>
       <c r="J13" s="69">
-        <v>-7.51</v>
+        <v>-6.61</v>
       </c>
       <c r="K13" s="71">
-        <v>1.08</v>
+        <v>-2.76</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="64" t="s">
         <v>221</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="32"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>222</v>
       </c>
       <c r="B15" s="67">
-        <v>10709</v>
+        <v>11024</v>
       </c>
       <c r="C15" s="67">
-        <v>12193</v>
+        <v>12187</v>
       </c>
       <c r="D15" s="67">
-        <v>10544</v>
+        <v>10863</v>
       </c>
       <c r="E15" s="67">
-        <v>12089</v>
+        <v>12227</v>
       </c>
       <c r="F15" s="67">
-        <v>9659</v>
+        <v>9664</v>
       </c>
       <c r="G15" s="67">
-        <v>11435</v>
+        <v>11727</v>
       </c>
       <c r="H15" s="69">
-        <v>1.56</v>
+        <v>1.48</v>
       </c>
       <c r="I15" s="69">
-        <v>0.86</v>
+        <v>-0.33</v>
       </c>
       <c r="J15" s="69">
-        <v>10.87</v>
+        <v>14.07</v>
       </c>
       <c r="K15" s="71">
-        <v>6.62</v>
+        <v>3.92</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="64" t="s">
         <v>223</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="32"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="21" t="s">
         <v>224</v>
       </c>
       <c r="B17" s="67">
-        <v>6341</v>
+        <v>6392</v>
       </c>
       <c r="C17" s="67">
-        <v>33588</v>
+        <v>33986</v>
       </c>
       <c r="D17" s="67">
-        <v>6323</v>
+        <v>6380</v>
       </c>
       <c r="E17" s="67">
-        <v>33324</v>
+        <v>33866</v>
       </c>
       <c r="F17" s="67">
-        <v>6290</v>
+        <v>6407</v>
       </c>
       <c r="G17" s="67">
-        <v>31621</v>
+        <v>33241</v>
       </c>
       <c r="H17" s="69">
-        <v>0.28</v>
+        <v>0.19</v>
       </c>
       <c r="I17" s="69">
-        <v>0.79</v>
+        <v>0.35</v>
       </c>
       <c r="J17" s="69">
-        <v>0.81</v>
+        <v>-0.23</v>
       </c>
       <c r="K17" s="71">
-        <v>6.22</v>
+        <v>2.24</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="64" t="s">
         <v>225</v>
       </c>
       <c r="B18" s="28"/>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="32"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="21" t="s">
         <v>226</v>
       </c>
       <c r="B19" s="67">
-        <v>3154</v>
+        <v>3192</v>
       </c>
       <c r="C19" s="67">
-        <v>14165</v>
+        <v>14432</v>
       </c>
       <c r="D19" s="67">
-        <v>3135</v>
+        <v>3169</v>
       </c>
       <c r="E19" s="67">
-        <v>14034</v>
+        <v>14330</v>
       </c>
       <c r="F19" s="67">
-        <v>2906</v>
+        <v>2949</v>
       </c>
       <c r="G19" s="67">
-        <v>12039</v>
+        <v>12444</v>
       </c>
       <c r="H19" s="69">
-        <v>0.61</v>
+        <v>0.73</v>
       </c>
       <c r="I19" s="69">
-        <v>0.93</v>
+        <v>0.71</v>
       </c>
       <c r="J19" s="69">
-        <v>8.53</v>
+        <v>8.24</v>
       </c>
       <c r="K19" s="71">
-        <v>17.66</v>
+        <v>15.98</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="64" t="s">
         <v>227</v>
       </c>
       <c r="B20" s="28"/>
       <c r="C20" s="28"/>
       <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="32"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="21" t="s">
         <v>228</v>
       </c>
       <c r="B21" s="67">
-        <v>7517</v>
+        <v>7590</v>
       </c>
       <c r="C21" s="67">
-        <v>35374</v>
+        <v>36046</v>
       </c>
       <c r="D21" s="67">
-        <v>7503</v>
+        <v>7543</v>
       </c>
       <c r="E21" s="67">
-        <v>35179</v>
+        <v>35525</v>
       </c>
       <c r="F21" s="67">
-        <v>7412</v>
+        <v>7464</v>
       </c>
       <c r="G21" s="67">
-        <v>33453</v>
+        <v>33988</v>
       </c>
       <c r="H21" s="69">
-        <v>0.19</v>
+        <v>0.62</v>
       </c>
       <c r="I21" s="69">
-        <v>0.55</v>
+        <v>1.47</v>
       </c>
       <c r="J21" s="69">
-        <v>1.42</v>
+        <v>1.69</v>
       </c>
       <c r="K21" s="71">
-        <v>5.74</v>
+        <v>6.06</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="64" t="s">
         <v>229</v>
       </c>
       <c r="B22" s="28"/>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
       <c r="K22" s="32"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="21" t="s">
         <v>230</v>
       </c>
       <c r="B23" s="67">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="C23" s="67">
-        <v>1579</v>
+        <v>1646</v>
       </c>
       <c r="D23" s="67">
-        <v>381</v>
+        <v>400</v>
       </c>
       <c r="E23" s="67">
-        <v>1551</v>
+        <v>1630</v>
       </c>
       <c r="F23" s="67">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="G23" s="67">
-        <v>1321</v>
+        <v>1353</v>
       </c>
       <c r="H23" s="69">
-        <v>1.84</v>
+        <v>1.75</v>
       </c>
       <c r="I23" s="69">
-        <v>1.87</v>
+        <v>0.96</v>
       </c>
       <c r="J23" s="69">
-        <v>14.12</v>
+        <v>18.66</v>
       </c>
       <c r="K23" s="71">
-        <v>19.59</v>
+        <v>21.64</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="64" t="s">
         <v>231</v>
       </c>
       <c r="B24" s="28"/>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="32"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="21" t="s">
         <v>232</v>
       </c>
       <c r="B25" s="67">
-        <v>1185</v>
+        <v>1191</v>
       </c>
       <c r="C25" s="67">
-        <v>4965</v>
+        <v>5024</v>
       </c>
       <c r="D25" s="67">
-        <v>1174</v>
+        <v>1183</v>
       </c>
       <c r="E25" s="67">
-        <v>4865</v>
+        <v>4982</v>
       </c>
       <c r="F25" s="67">
-        <v>1132</v>
+        <v>1152</v>
       </c>
       <c r="G25" s="67">
-        <v>4588</v>
+        <v>4713</v>
       </c>
       <c r="H25" s="69">
-        <v>0.94</v>
+        <v>0.68</v>
       </c>
       <c r="I25" s="69">
-        <v>2.04</v>
+        <v>0.84</v>
       </c>
       <c r="J25" s="69">
-        <v>4.68</v>
+        <v>3.39</v>
       </c>
       <c r="K25" s="71">
-        <v>8.21</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="64" t="s">
         <v>233</v>
       </c>
       <c r="B26" s="28"/>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
       <c r="K26" s="32"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="21" t="s">
         <v>234</v>
       </c>
       <c r="B27" s="67">
-        <v>1627</v>
+        <v>1668</v>
       </c>
       <c r="C27" s="67">
-        <v>2863</v>
+        <v>2809</v>
       </c>
       <c r="D27" s="67">
-        <v>1601</v>
+        <v>1639</v>
       </c>
       <c r="E27" s="67">
-        <v>2862</v>
+        <v>2836</v>
       </c>
       <c r="F27" s="67">
-        <v>1290</v>
+        <v>1325</v>
       </c>
       <c r="G27" s="67">
-        <v>2812</v>
+        <v>2827</v>
       </c>
       <c r="H27" s="69">
-        <v>1.62</v>
+        <v>1.77</v>
       </c>
       <c r="I27" s="69">
-        <v>0.03</v>
+        <v>-0.97</v>
       </c>
       <c r="J27" s="69">
-        <v>26.12</v>
+        <v>25.89</v>
       </c>
       <c r="K27" s="71">
-        <v>1.81</v>
+        <v>-0.64</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="64" t="s">
         <v>235</v>
       </c>
       <c r="B28" s="28"/>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="32"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="21"/>
       <c r="B29" s="29"/>
       <c r="C29" s="29"/>
       <c r="D29" s="29"/>
       <c r="E29" s="29"/>
       <c r="F29" s="29"/>
       <c r="G29" s="29"/>