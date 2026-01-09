--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -186,54 +186,54 @@
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>新臺幣百萬元,﹪</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Account,NT$ Million,</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>﹪</t>
     </r>
   </si>
   <si>
-    <t>民國114年 9月底</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> End of Sept. 2025</t>
+    <t>民國114年10月底</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> End of Oct. 2025</t>
   </si>
   <si>
     <r>
       <t>　　　</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t xml:space="preserve"> 2.# refer to the subsidiary of financial holding companies.</t>
     </r>
   </si>
   <si>
     <r>
       <t>5-1 Consumer Loans at General Banks and Credit Cooperatives</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>（</t>
@@ -809,51 +809,51 @@
   <si>
     <t>Citibank Taiwan Ltd.</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　　#</t>
   </si>
@@ -2403,75 +2403,75 @@
     </xf>
     <xf xxid="133" numFmtId="178" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="134" numFmtId="178" fontId="38" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="135" numFmtId="179" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="136" numFmtId="179" fontId="38" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="137" numFmtId="179" fontId="6" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="138" numFmtId="179" fontId="38" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="139" numFmtId="0" fontId="40" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="140" numFmtId="0" fontId="41" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="141" numFmtId="179" fontId="6" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="141" numFmtId="0" fontId="36" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf xxid="142" numFmtId="178" fontId="6" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="142" numFmtId="179" fontId="38" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="143" numFmtId="178" fontId="38" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="143" numFmtId="179" fontId="39" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="144" numFmtId="179" fontId="6" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="144" numFmtId="0" fontId="36" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf xxid="145" numFmtId="178" fontId="6" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="145" numFmtId="179" fontId="38" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="146" numFmtId="178" fontId="38" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="146" numFmtId="179" fontId="6" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="147" numFmtId="179" fontId="6" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="147" numFmtId="179" fontId="38" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="148" numFmtId="179" fontId="38" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="148" numFmtId="178" fontId="39" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="149" numFmtId="178" fontId="39" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="149" numFmtId="179" fontId="39" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="150" numFmtId="179" fontId="39" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="47">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色2" xfId="16"/>
     <cellStyle name="20% - 輔色3" xfId="17"/>
     <cellStyle name="20% - 輔色4" xfId="18"/>
     <cellStyle name="20% - 輔色5" xfId="19"/>
     <cellStyle name="20% - 輔色6" xfId="20"/>
     <cellStyle name="40% - 輔色1" xfId="21"/>
     <cellStyle name="40% - 輔色2" xfId="22"/>
     <cellStyle name="40% - 輔色3" xfId="23"/>
     <cellStyle name="40% - 輔色4" xfId="24"/>
     <cellStyle name="40% - 輔色5" xfId="25"/>
     <cellStyle name="40% - 輔色6" xfId="26"/>
     <cellStyle name="60% - 輔色1" xfId="27"/>
     <cellStyle name="60% - 輔色2" xfId="28"/>
     <cellStyle name="60% - 輔色3" xfId="29"/>
     <cellStyle name="60% - 輔色4" xfId="30"/>
     <cellStyle name="60% - 輔色5" xfId="31"/>
     <cellStyle name="60% - 輔色6" xfId="32"/>
@@ -2691,528 +2691,528 @@
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="56">
+        <v>7535050</v>
+      </c>
+      <c r="C9" s="56">
+        <v>13223560</v>
+      </c>
+      <c r="D9" s="56">
         <v>7558319</v>
       </c>
-      <c r="C9" s="56">
+      <c r="E9" s="56">
         <v>13182327</v>
       </c>
-      <c r="D9" s="56">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="56">
-        <v>7612179</v>
+        <v>7588451</v>
       </c>
       <c r="G9" s="56">
-        <v>12507538</v>
+        <v>12580450</v>
       </c>
       <c r="H9" s="59">
-        <v>-0.47</v>
+        <v>-0.31</v>
       </c>
       <c r="I9" s="59">
-        <v>0.27</v>
+        <v>0.31</v>
       </c>
       <c r="J9" s="59">
-        <v>-0.71</v>
+        <v>-0.7</v>
       </c>
       <c r="K9" s="62">
-        <v>5.4</v>
+        <v>5.11</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>60</v>
       </c>
       <c r="B11" s="67">
+        <v>2968924</v>
+      </c>
+      <c r="C11" s="67">
+        <v>1322304</v>
+      </c>
+      <c r="D11" s="67">
         <v>2997117</v>
       </c>
-      <c r="C11" s="67">
+      <c r="E11" s="67">
         <v>1314523</v>
       </c>
-      <c r="D11" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="67">
-        <v>3140356</v>
+        <v>3108696</v>
       </c>
       <c r="G11" s="67">
-        <v>1199229</v>
+        <v>1211930</v>
       </c>
       <c r="H11" s="69">
-        <v>-1.38</v>
+        <v>-0.94</v>
       </c>
       <c r="I11" s="69">
-        <v>0.5</v>
+        <v>0.59</v>
       </c>
       <c r="J11" s="69">
-        <v>-4.56</v>
+        <v>-4.5</v>
       </c>
       <c r="K11" s="71">
-        <v>9.61</v>
+        <v>9.11</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="64" t="s">
         <v>61</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="32"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="21" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="67">
+        <v>354329</v>
+      </c>
+      <c r="C13" s="67">
+        <v>1246707</v>
+      </c>
+      <c r="D13" s="67">
         <v>354382</v>
       </c>
-      <c r="C13" s="67">
+      <c r="E13" s="67">
         <v>1243084</v>
       </c>
-      <c r="D13" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="67">
-        <v>340295</v>
+        <v>342146</v>
       </c>
       <c r="G13" s="67">
-        <v>1070696</v>
+        <v>1089741</v>
       </c>
       <c r="H13" s="69">
-        <v>0.1</v>
+        <v>-0.01</v>
       </c>
       <c r="I13" s="69">
-        <v>0.58</v>
+        <v>0.29</v>
       </c>
       <c r="J13" s="69">
-        <v>4.14</v>
+        <v>3.56</v>
       </c>
       <c r="K13" s="71">
-        <v>16.1</v>
+        <v>14.4</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="64" t="s">
         <v>63</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="32"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>64</v>
       </c>
       <c r="B15" s="67">
+        <v>266715</v>
+      </c>
+      <c r="C15" s="67">
+        <v>941865</v>
+      </c>
+      <c r="D15" s="67">
         <v>266346</v>
       </c>
-      <c r="C15" s="67">
+      <c r="E15" s="67">
         <v>938761</v>
       </c>
-      <c r="D15" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="67">
-        <v>253489</v>
+        <v>254552</v>
       </c>
       <c r="G15" s="67">
-        <v>831933</v>
+        <v>842602</v>
       </c>
       <c r="H15" s="69">
-        <v>0.12</v>
+        <v>0.14</v>
       </c>
       <c r="I15" s="69">
-        <v>0.31</v>
+        <v>0.33</v>
       </c>
       <c r="J15" s="69">
-        <v>5.07</v>
+        <v>4.78</v>
       </c>
       <c r="K15" s="71">
-        <v>12.84</v>
+        <v>11.78</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="64" t="s">
         <v>65</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="32"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="21" t="s">
         <v>66</v>
       </c>
       <c r="B17" s="67">
+        <v>164529</v>
+      </c>
+      <c r="C17" s="67">
+        <v>728389</v>
+      </c>
+      <c r="D17" s="67">
         <v>163446</v>
       </c>
-      <c r="C17" s="67">
+      <c r="E17" s="67">
         <v>721126</v>
       </c>
-      <c r="D17" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="67">
-        <v>155042</v>
+        <v>155814</v>
       </c>
       <c r="G17" s="67">
-        <v>655485</v>
+        <v>662170</v>
       </c>
       <c r="H17" s="69">
-        <v>0.26</v>
+        <v>0.66</v>
       </c>
       <c r="I17" s="69">
-        <v>0.56</v>
+        <v>1.01</v>
       </c>
       <c r="J17" s="69">
-        <v>5.42</v>
+        <v>5.59</v>
       </c>
       <c r="K17" s="71">
-        <v>10.01</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="64" t="s">
         <v>67</v>
       </c>
       <c r="B18" s="28"/>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="32"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="21" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="67">
+        <v>210128</v>
+      </c>
+      <c r="C19" s="67">
+        <v>674529</v>
+      </c>
+      <c r="D19" s="67">
         <v>210255</v>
       </c>
-      <c r="C19" s="67">
+      <c r="E19" s="67">
         <v>675445</v>
       </c>
-      <c r="D19" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="67">
-        <v>215694</v>
+        <v>215647</v>
       </c>
       <c r="G19" s="67">
-        <v>693730</v>
+        <v>695676</v>
       </c>
       <c r="H19" s="69">
-        <v>-0.23</v>
+        <v>-0.06</v>
       </c>
       <c r="I19" s="69">
-        <v>-0.42</v>
+        <v>-0.14</v>
       </c>
       <c r="J19" s="69">
-        <v>-2.52</v>
+        <v>-2.56</v>
       </c>
       <c r="K19" s="71">
-        <v>-2.64</v>
+        <v>-3.04</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="64" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="28"/>
       <c r="C20" s="28"/>
       <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="32"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="21" t="s">
         <v>70</v>
       </c>
       <c r="B21" s="67">
+        <v>113706</v>
+      </c>
+      <c r="C21" s="67">
+        <v>521641</v>
+      </c>
+      <c r="D21" s="67">
         <v>113259</v>
       </c>
-      <c r="C21" s="67">
+      <c r="E21" s="67">
         <v>518386</v>
       </c>
-      <c r="D21" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="67">
-        <v>110107</v>
+        <v>110274</v>
       </c>
       <c r="G21" s="67">
-        <v>496205</v>
+        <v>498179</v>
       </c>
       <c r="H21" s="69">
-        <v>0.45</v>
+        <v>0.39</v>
       </c>
       <c r="I21" s="69">
-        <v>0.71</v>
+        <v>0.63</v>
       </c>
       <c r="J21" s="69">
-        <v>2.86</v>
+        <v>3.11</v>
       </c>
       <c r="K21" s="71">
-        <v>4.47</v>
+        <v>4.71</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="64" t="s">
         <v>71</v>
       </c>
       <c r="B22" s="28"/>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
       <c r="K22" s="32"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="21" t="s">
         <v>72</v>
       </c>
       <c r="B23" s="67">
+        <v>35293</v>
+      </c>
+      <c r="C23" s="67">
+        <v>200387</v>
+      </c>
+      <c r="D23" s="67">
         <v>35263</v>
       </c>
-      <c r="C23" s="67">
+      <c r="E23" s="67">
         <v>198916</v>
       </c>
-      <c r="D23" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F23" s="67">
-        <v>36232</v>
+        <v>36162</v>
       </c>
       <c r="G23" s="67">
-        <v>197641</v>
+        <v>198016</v>
       </c>
       <c r="H23" s="69">
-        <v>-0.05</v>
+        <v>0.09</v>
       </c>
       <c r="I23" s="69">
-        <v>0.31</v>
+        <v>0.74</v>
       </c>
       <c r="J23" s="69">
-        <v>-2.67</v>
+        <v>-2.4</v>
       </c>
       <c r="K23" s="71">
-        <v>0.64</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="64" t="s">
         <v>73</v>
       </c>
       <c r="B24" s="28"/>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="32"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="21" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="67">
+        <v>319464</v>
+      </c>
+      <c r="C25" s="67">
+        <v>759940</v>
+      </c>
+      <c r="D25" s="67">
         <v>319640</v>
       </c>
-      <c r="C25" s="67">
+      <c r="E25" s="67">
         <v>759664</v>
       </c>
-      <c r="D25" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F25" s="67">
-        <v>320094</v>
+        <v>319064</v>
       </c>
       <c r="G25" s="67">
-        <v>765338</v>
+        <v>763127</v>
       </c>
       <c r="H25" s="69">
-        <v>-0.18</v>
+        <v>-0.06</v>
       </c>
       <c r="I25" s="69">
-        <v>-0.51</v>
+        <v>0.04</v>
       </c>
       <c r="J25" s="69">
-        <v>-0.14</v>
+        <v>0.13</v>
       </c>
       <c r="K25" s="71">
-        <v>-0.74</v>
+        <v>-0.42</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="64" t="s">
         <v>75</v>
       </c>
       <c r="B26" s="28"/>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
       <c r="K26" s="32"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="21" t="s">
         <v>76</v>
       </c>
       <c r="B27" s="67">
+        <v>379820</v>
+      </c>
+      <c r="C27" s="67">
+        <v>698054</v>
+      </c>
+      <c r="D27" s="67">
         <v>380920</v>
       </c>
-      <c r="C27" s="67">
+      <c r="E27" s="67">
         <v>698303</v>
       </c>
-      <c r="D27" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F27" s="67">
-        <v>395689</v>
+        <v>394479</v>
       </c>
       <c r="G27" s="67">
-        <v>715677</v>
+        <v>717320</v>
       </c>
       <c r="H27" s="69">
-        <v>-0.09</v>
+        <v>-0.29</v>
       </c>
       <c r="I27" s="69">
-        <v>-0.16</v>
+        <v>-0.04</v>
       </c>
       <c r="J27" s="69">
-        <v>-3.73</v>
+        <v>-3.72</v>
       </c>
       <c r="K27" s="71">
-        <v>-2.43</v>
+        <v>-2.69</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="64" t="s">
         <v>77</v>
       </c>
       <c r="B28" s="28"/>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="32"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="21" t="s">
         <v>78</v>
       </c>
       <c r="B29" s="73">
         <v>0</v>
       </c>
       <c r="C29" s="73">
@@ -3241,128 +3241,128 @@
       </c>
       <c r="K29" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="64" t="s">
         <v>79</v>
       </c>
       <c r="B30" s="28"/>
       <c r="C30" s="28"/>
       <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
       <c r="H30" s="28"/>
       <c r="I30" s="28"/>
       <c r="J30" s="28"/>
       <c r="K30" s="32"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="21" t="s">
         <v>80</v>
       </c>
       <c r="B31" s="67">
+        <v>39762</v>
+      </c>
+      <c r="C31" s="67">
+        <v>36923</v>
+      </c>
+      <c r="D31" s="67">
         <v>40011</v>
       </c>
-      <c r="C31" s="67">
+      <c r="E31" s="67">
         <v>36958</v>
       </c>
-      <c r="D31" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F31" s="67">
-        <v>40527</v>
+        <v>40373</v>
       </c>
       <c r="G31" s="67">
-        <v>33454</v>
+        <v>34042</v>
       </c>
       <c r="H31" s="69">
-        <v>-0.66</v>
+        <v>-0.62</v>
       </c>
       <c r="I31" s="69">
-        <v>-0.25</v>
+        <v>-0.09</v>
       </c>
       <c r="J31" s="69">
-        <v>-1.27</v>
+        <v>-1.51</v>
       </c>
       <c r="K31" s="71">
-        <v>10.47</v>
+        <v>8.46</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="11.1" customHeight="1">
       <c r="A32" s="64" t="s">
         <v>81</v>
       </c>
       <c r="B32" s="28"/>
       <c r="C32" s="28"/>
       <c r="D32" s="28"/>
       <c r="E32" s="28"/>
       <c r="F32" s="28"/>
       <c r="G32" s="28"/>
       <c r="H32" s="28"/>
       <c r="I32" s="28"/>
       <c r="J32" s="28"/>
       <c r="K32" s="32"/>
     </row>
     <row r="33" spans="1:11" ht="12.6" customHeight="1">
       <c r="A33" s="21" t="s">
         <v>82</v>
       </c>
       <c r="B33" s="67">
+        <v>101691</v>
+      </c>
+      <c r="C33" s="67">
+        <v>440794</v>
+      </c>
+      <c r="D33" s="67">
         <v>101708</v>
       </c>
-      <c r="C33" s="67">
+      <c r="E33" s="67">
         <v>441706</v>
       </c>
-      <c r="D33" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F33" s="67">
-        <v>100504</v>
+        <v>100781</v>
       </c>
       <c r="G33" s="67">
-        <v>438290</v>
+        <v>439881</v>
       </c>
       <c r="H33" s="69">
-        <v>-0.08</v>
+        <v>-0.02</v>
       </c>
       <c r="I33" s="69">
-        <v>-0.25</v>
+        <v>-0.21</v>
       </c>
       <c r="J33" s="69">
-        <v>1.2</v>
+        <v>0.9</v>
       </c>
       <c r="K33" s="71">
-        <v>0.78</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1">
       <c r="A34" s="64" t="s">
         <v>83</v>
       </c>
       <c r="B34" s="28"/>
       <c r="C34" s="28"/>
       <c r="D34" s="28"/>
       <c r="E34" s="28"/>
       <c r="F34" s="28"/>
       <c r="G34" s="28"/>
       <c r="H34" s="28"/>
       <c r="I34" s="28"/>
       <c r="J34" s="28"/>
       <c r="K34" s="32"/>
     </row>
     <row r="35" spans="1:11" ht="12.6" customHeight="1">
       <c r="A35" s="21" t="s">
         <v>84</v>
       </c>
       <c r="B35" s="73">
         <v>0</v>
       </c>
       <c r="C35" s="73">
@@ -3663,56 +3663,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="45" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="45"/>
       <c r="C3" s="45"/>
       <c r="D3" s="45"/>
       <c r="E3" s="45"/>
       <c r="F3" s="45"/>
       <c r="G3" s="45"/>
       <c r="H3" s="45"/>
       <c r="I3" s="45"/>
       <c r="J3" s="45"/>
       <c r="K3" s="45"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -3799,728 +3799,728 @@
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="52" t="s">
         <v>39</v>
       </c>
       <c r="B9" s="55">
+        <v>10610</v>
+      </c>
+      <c r="C9" s="55">
+        <v>19171</v>
+      </c>
+      <c r="D9" s="55">
         <v>10585</v>
       </c>
-      <c r="C9" s="55">
+      <c r="E9" s="55">
         <v>18621</v>
       </c>
-      <c r="D9" s="55">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="55">
-        <v>10135</v>
+        <v>10205</v>
       </c>
       <c r="G9" s="55">
-        <v>15136</v>
+        <v>15359</v>
       </c>
       <c r="H9" s="58">
-        <v>0.39</v>
+        <v>0.24</v>
       </c>
       <c r="I9" s="58">
-        <v>2.34</v>
+        <v>2.96</v>
       </c>
       <c r="J9" s="58">
-        <v>4.44</v>
+        <v>3.97</v>
       </c>
       <c r="K9" s="61">
-        <v>23.02</v>
+        <v>24.82</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="64" t="s">
         <v>86</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>87</v>
       </c>
       <c r="B11" s="67">
+        <v>87867</v>
+      </c>
+      <c r="C11" s="67">
+        <v>327700</v>
+      </c>
+      <c r="D11" s="67">
         <v>87834</v>
       </c>
-      <c r="C11" s="67">
+      <c r="E11" s="67">
         <v>327134</v>
       </c>
-      <c r="D11" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="67">
-        <v>81140</v>
+        <v>82091</v>
       </c>
       <c r="G11" s="67">
-        <v>277952</v>
+        <v>285312</v>
       </c>
       <c r="H11" s="69">
-        <v>-0.07</v>
+        <v>0.04</v>
       </c>
       <c r="I11" s="69">
-        <v>0.04</v>
+        <v>0.17</v>
       </c>
       <c r="J11" s="69">
-        <v>8.25</v>
+        <v>7.04</v>
       </c>
       <c r="K11" s="71">
-        <v>17.69</v>
+        <v>14.86</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="64" t="s">
         <v>88</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="32"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="21" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="67">
+        <v>96951</v>
+      </c>
+      <c r="C13" s="67">
+        <v>203244</v>
+      </c>
+      <c r="D13" s="67">
         <v>98253</v>
       </c>
-      <c r="C13" s="67">
+      <c r="E13" s="67">
         <v>205029</v>
       </c>
-      <c r="D13" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="67">
-        <v>110737</v>
+        <v>110071</v>
       </c>
       <c r="G13" s="67">
-        <v>210927</v>
+        <v>213231</v>
       </c>
       <c r="H13" s="69">
-        <v>-1.24</v>
+        <v>-1.33</v>
       </c>
       <c r="I13" s="69">
-        <v>-0.78</v>
+        <v>-0.87</v>
       </c>
       <c r="J13" s="69">
-        <v>-11.27</v>
+        <v>-11.92</v>
       </c>
       <c r="K13" s="71">
-        <v>-2.8</v>
+        <v>-4.68</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="64" t="s">
         <v>90</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="32"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="67">
+        <v>35569</v>
+      </c>
+      <c r="C15" s="67">
+        <v>103875</v>
+      </c>
+      <c r="D15" s="67">
         <v>35443</v>
       </c>
-      <c r="C15" s="67">
+      <c r="E15" s="67">
         <v>102944</v>
       </c>
-      <c r="D15" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="67">
-        <v>36317</v>
+        <v>36031</v>
       </c>
       <c r="G15" s="67">
-        <v>103255</v>
+        <v>102455</v>
       </c>
       <c r="H15" s="69">
-        <v>0.13</v>
+        <v>0.36</v>
       </c>
       <c r="I15" s="69">
-        <v>0.56</v>
+        <v>0.9</v>
       </c>
       <c r="J15" s="69">
-        <v>-2.41</v>
+        <v>-1.28</v>
       </c>
       <c r="K15" s="71">
-        <v>-0.3</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="64" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="32"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="21" t="s">
         <v>93</v>
       </c>
       <c r="B17" s="67">
+        <v>2807</v>
+      </c>
+      <c r="C17" s="67">
+        <v>15632</v>
+      </c>
+      <c r="D17" s="67">
         <v>2759</v>
       </c>
-      <c r="C17" s="67">
+      <c r="E17" s="67">
         <v>15138</v>
       </c>
-      <c r="D17" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="67">
-        <v>2543</v>
+        <v>2556</v>
       </c>
       <c r="G17" s="67">
-        <v>10692</v>
+        <v>11124</v>
       </c>
       <c r="H17" s="69">
-        <v>1.85</v>
+        <v>1.74</v>
       </c>
       <c r="I17" s="69">
-        <v>2.63</v>
+        <v>3.26</v>
       </c>
       <c r="J17" s="69">
-        <v>8.49</v>
+        <v>9.82</v>
       </c>
       <c r="K17" s="71">
-        <v>41.59</v>
+        <v>40.52</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="64" t="s">
         <v>94</v>
       </c>
       <c r="B18" s="28"/>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="32"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="21" t="s">
         <v>95</v>
       </c>
       <c r="B19" s="67">
+        <v>51753</v>
+      </c>
+      <c r="C19" s="67">
+        <v>228499</v>
+      </c>
+      <c r="D19" s="67">
         <v>52079</v>
       </c>
-      <c r="C19" s="67">
+      <c r="E19" s="67">
         <v>227306</v>
       </c>
-      <c r="D19" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="67">
-        <v>54076</v>
+        <v>54110</v>
       </c>
       <c r="G19" s="67">
-        <v>209061</v>
+        <v>211511</v>
       </c>
       <c r="H19" s="69">
-        <v>-0.38</v>
+        <v>-0.63</v>
       </c>
       <c r="I19" s="69">
-        <v>0.73</v>
+        <v>0.53</v>
       </c>
       <c r="J19" s="69">
-        <v>-3.69</v>
+        <v>-4.36</v>
       </c>
       <c r="K19" s="71">
-        <v>8.73</v>
+        <v>8.03</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="64" t="s">
         <v>96</v>
       </c>
       <c r="B20" s="28"/>
       <c r="C20" s="28"/>
       <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="32"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="21" t="s">
         <v>97</v>
       </c>
       <c r="B21" s="67">
+        <v>20568</v>
+      </c>
+      <c r="C21" s="67">
+        <v>12173</v>
+      </c>
+      <c r="D21" s="67">
         <v>20341</v>
       </c>
-      <c r="C21" s="67">
+      <c r="E21" s="67">
         <v>12084</v>
       </c>
-      <c r="D21" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="67">
-        <v>17471</v>
+        <v>17682</v>
       </c>
       <c r="G21" s="67">
-        <v>10637</v>
+        <v>10842</v>
       </c>
       <c r="H21" s="69">
-        <v>0.87</v>
+        <v>1.12</v>
       </c>
       <c r="I21" s="69">
-        <v>0.27</v>
+        <v>0.73</v>
       </c>
       <c r="J21" s="69">
-        <v>16.43</v>
+        <v>16.32</v>
       </c>
       <c r="K21" s="71">
-        <v>13.6</v>
+        <v>12.27</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="64" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="28"/>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
       <c r="K22" s="32"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="21" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="67">
+        <v>970</v>
+      </c>
+      <c r="C23" s="67">
+        <v>5588</v>
+      </c>
+      <c r="D23" s="67">
         <v>985</v>
       </c>
-      <c r="C23" s="67">
+      <c r="E23" s="67">
         <v>5786</v>
       </c>
-      <c r="D23" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F23" s="67">
-        <v>1169</v>
+        <v>1155</v>
       </c>
       <c r="G23" s="67">
-        <v>7446</v>
+        <v>7480</v>
       </c>
       <c r="H23" s="69">
-        <v>-0.61</v>
+        <v>-1.52</v>
       </c>
       <c r="I23" s="69">
-        <v>-0.92</v>
+        <v>-3.43</v>
       </c>
       <c r="J23" s="69">
-        <v>-15.74</v>
+        <v>-16.02</v>
       </c>
       <c r="K23" s="71">
-        <v>-22.29</v>
+        <v>-25.3</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="64" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="28"/>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="32"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="21" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="67">
+        <v>109801</v>
+      </c>
+      <c r="C25" s="67">
+        <v>275383</v>
+      </c>
+      <c r="D25" s="67">
         <v>110454</v>
       </c>
-      <c r="C25" s="67">
+      <c r="E25" s="67">
         <v>276607</v>
       </c>
-      <c r="D25" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F25" s="67">
-        <v>118579</v>
+        <v>117563</v>
       </c>
       <c r="G25" s="67">
-        <v>289121</v>
+        <v>286399</v>
       </c>
       <c r="H25" s="69">
-        <v>-0.63</v>
+        <v>-0.59</v>
       </c>
       <c r="I25" s="69">
-        <v>-0.13</v>
+        <v>-0.44</v>
       </c>
       <c r="J25" s="69">
-        <v>-6.85</v>
+        <v>-6.6</v>
       </c>
       <c r="K25" s="71">
-        <v>-4.33</v>
+        <v>-3.85</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="64" t="s">
         <v>102</v>
       </c>
       <c r="B26" s="28"/>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
       <c r="K26" s="32"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="21" t="s">
         <v>103</v>
       </c>
       <c r="B27" s="67">
+        <v>35173</v>
+      </c>
+      <c r="C27" s="67">
+        <v>56872</v>
+      </c>
+      <c r="D27" s="67">
         <v>35002</v>
       </c>
-      <c r="C27" s="67">
+      <c r="E27" s="67">
         <v>56256</v>
       </c>
-      <c r="D27" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F27" s="67">
-        <v>32830</v>
+        <v>32858</v>
       </c>
       <c r="G27" s="67">
-        <v>50334</v>
+        <v>50379</v>
       </c>
       <c r="H27" s="69">
-        <v>0.42</v>
+        <v>0.49</v>
       </c>
       <c r="I27" s="69">
-        <v>1.24</v>
+        <v>1.09</v>
       </c>
       <c r="J27" s="69">
-        <v>6.62</v>
+        <v>7.05</v>
       </c>
       <c r="K27" s="71">
-        <v>11.77</v>
+        <v>12.89</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="64" t="s">
         <v>104</v>
       </c>
       <c r="B28" s="28"/>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="32"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="21" t="s">
         <v>105</v>
       </c>
       <c r="B29" s="67">
+        <v>6533</v>
+      </c>
+      <c r="C29" s="67">
+        <v>17651</v>
+      </c>
+      <c r="D29" s="67">
         <v>6586</v>
       </c>
-      <c r="C29" s="67">
+      <c r="E29" s="67">
         <v>17559</v>
       </c>
-      <c r="D29" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F29" s="67">
-        <v>5801</v>
+        <v>5954</v>
       </c>
       <c r="G29" s="67">
-        <v>16588</v>
+        <v>16876</v>
       </c>
       <c r="H29" s="69">
-        <v>-0.83</v>
+        <v>-0.8</v>
       </c>
       <c r="I29" s="69">
-        <v>0.22</v>
+        <v>0.53</v>
       </c>
       <c r="J29" s="69">
-        <v>13.53</v>
+        <v>9.72</v>
       </c>
       <c r="K29" s="71">
-        <v>5.86</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="64" t="s">
         <v>106</v>
       </c>
       <c r="B30" s="28"/>
       <c r="C30" s="28"/>
       <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
       <c r="H30" s="28"/>
       <c r="I30" s="28"/>
       <c r="J30" s="28"/>
       <c r="K30" s="32"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="21" t="s">
         <v>107</v>
       </c>
       <c r="B31" s="67">
+        <v>55755</v>
+      </c>
+      <c r="C31" s="67">
+        <v>50667</v>
+      </c>
+      <c r="D31" s="67">
         <v>55671</v>
       </c>
-      <c r="C31" s="67">
+      <c r="E31" s="67">
         <v>50141</v>
       </c>
-      <c r="D31" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F31" s="67">
-        <v>53911</v>
+        <v>54213</v>
       </c>
       <c r="G31" s="67">
-        <v>44727</v>
+        <v>45596</v>
       </c>
       <c r="H31" s="69">
-        <v>0.01</v>
+        <v>0.15</v>
       </c>
       <c r="I31" s="69">
-        <v>0.62</v>
+        <v>1.05</v>
       </c>
       <c r="J31" s="69">
-        <v>3.26</v>
+        <v>2.84</v>
       </c>
       <c r="K31" s="71">
-        <v>12.11</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="11.1" customHeight="1">
       <c r="A32" s="64" t="s">
         <v>108</v>
       </c>
       <c r="B32" s="28"/>
       <c r="C32" s="28"/>
       <c r="D32" s="28"/>
       <c r="E32" s="28"/>
       <c r="F32" s="28"/>
       <c r="G32" s="28"/>
       <c r="H32" s="28"/>
       <c r="I32" s="28"/>
       <c r="J32" s="28"/>
       <c r="K32" s="32"/>
     </row>
     <row r="33" spans="1:11" ht="12.6" customHeight="1">
       <c r="A33" s="21" t="s">
         <v>109</v>
       </c>
       <c r="B33" s="67">
+        <v>119189</v>
+      </c>
+      <c r="C33" s="67">
+        <v>233618</v>
+      </c>
+      <c r="D33" s="67">
         <v>119145</v>
       </c>
-      <c r="C33" s="67">
+      <c r="E33" s="67">
         <v>233198</v>
       </c>
-      <c r="D33" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F33" s="67">
-        <v>115921</v>
+        <v>116070</v>
       </c>
       <c r="G33" s="67">
-        <v>223732</v>
+        <v>224465</v>
       </c>
       <c r="H33" s="69">
-        <v>0.09</v>
+        <v>0.04</v>
       </c>
       <c r="I33" s="69">
-        <v>0.44</v>
+        <v>0.18</v>
       </c>
       <c r="J33" s="69">
-        <v>2.78</v>
+        <v>2.69</v>
       </c>
       <c r="K33" s="71">
-        <v>4.23</v>
+        <v>4.08</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1">
       <c r="A34" s="64" t="s">
         <v>110</v>
       </c>
       <c r="B34" s="28"/>
       <c r="C34" s="28"/>
       <c r="D34" s="28"/>
       <c r="E34" s="28"/>
       <c r="F34" s="28"/>
       <c r="G34" s="28"/>
       <c r="H34" s="28"/>
       <c r="I34" s="28"/>
       <c r="J34" s="28"/>
       <c r="K34" s="32"/>
     </row>
     <row r="35" spans="1:11" ht="12.6" customHeight="1">
       <c r="A35" s="21" t="s">
         <v>111</v>
       </c>
       <c r="B35" s="67">
+        <v>101945</v>
+      </c>
+      <c r="C35" s="67">
+        <v>177638</v>
+      </c>
+      <c r="D35" s="67">
         <v>102197</v>
       </c>
-      <c r="C35" s="67">
+      <c r="E35" s="67">
         <v>177840</v>
       </c>
-      <c r="D35" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F35" s="67">
-        <v>103297</v>
+        <v>103327</v>
       </c>
       <c r="G35" s="67">
-        <v>176855</v>
+        <v>177166</v>
       </c>
       <c r="H35" s="69">
-        <v>-0.26</v>
+        <v>-0.25</v>
       </c>
       <c r="I35" s="69">
-        <v>-0.21</v>
+        <v>-0.11</v>
       </c>
       <c r="J35" s="69">
-        <v>-1.06</v>
+        <v>-1.34</v>
       </c>
       <c r="K35" s="71">
-        <v>0.56</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="79" t="s">
         <v>112</v>
       </c>
       <c r="B36" s="30"/>
       <c r="C36" s="30"/>
       <c r="D36" s="30"/>
       <c r="E36" s="30"/>
       <c r="F36" s="30"/>
       <c r="G36" s="30"/>
       <c r="H36" s="30"/>
       <c r="I36" s="30"/>
       <c r="J36" s="30"/>
       <c r="K36" s="34"/>
     </row>
     <row r="37" spans="1:11" ht="13.5" customHeight="1">
       <c r="A37" s="18" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
@@ -4825,56 +4825,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="45" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="45"/>
       <c r="C3" s="45"/>
       <c r="D3" s="45"/>
       <c r="E3" s="45"/>
       <c r="F3" s="45"/>
       <c r="G3" s="45"/>
       <c r="H3" s="45"/>
       <c r="I3" s="45"/>
       <c r="J3" s="45"/>
       <c r="K3" s="45"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -4961,578 +4961,578 @@
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="52" t="s">
         <v>40</v>
       </c>
       <c r="B9" s="55">
+        <v>211650</v>
+      </c>
+      <c r="C9" s="55">
+        <v>429095</v>
+      </c>
+      <c r="D9" s="55">
         <v>210990</v>
       </c>
-      <c r="C9" s="55">
+      <c r="E9" s="55">
         <v>428213</v>
       </c>
-      <c r="D9" s="55">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="55">
-        <v>205658</v>
+        <v>205739</v>
       </c>
       <c r="G9" s="55">
-        <v>420554</v>
+        <v>420650</v>
       </c>
       <c r="H9" s="58">
-        <v>0.25</v>
+        <v>0.31</v>
       </c>
       <c r="I9" s="58">
-        <v>0.24</v>
+        <v>0.21</v>
       </c>
       <c r="J9" s="58">
-        <v>2.59</v>
+        <v>2.87</v>
       </c>
       <c r="K9" s="61">
-        <v>1.82</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="64" t="s">
         <v>113</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>114</v>
       </c>
       <c r="B11" s="67">
+        <v>83079</v>
+      </c>
+      <c r="C11" s="67">
+        <v>399784</v>
+      </c>
+      <c r="D11" s="67">
         <v>83384</v>
       </c>
-      <c r="C11" s="67">
+      <c r="E11" s="67">
         <v>400955</v>
       </c>
-      <c r="D11" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="67">
-        <v>87892</v>
+        <v>87561</v>
       </c>
       <c r="G11" s="67">
-        <v>420445</v>
+        <v>419079</v>
       </c>
       <c r="H11" s="69">
-        <v>-0.39</v>
+        <v>-0.37</v>
       </c>
       <c r="I11" s="69">
-        <v>-0.37</v>
+        <v>-0.29</v>
       </c>
       <c r="J11" s="69">
-        <v>-5.13</v>
+        <v>-5.12</v>
       </c>
       <c r="K11" s="71">
-        <v>-4.64</v>
+        <v>-4.6</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="64" t="s">
         <v>115</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="32"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="21" t="s">
         <v>116</v>
       </c>
       <c r="B13" s="67">
+        <v>246708</v>
+      </c>
+      <c r="C13" s="67">
+        <v>690666</v>
+      </c>
+      <c r="D13" s="67">
         <v>245931</v>
       </c>
-      <c r="C13" s="67">
+      <c r="E13" s="67">
         <v>687694</v>
       </c>
-      <c r="D13" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="67">
-        <v>230663</v>
+        <v>232814</v>
       </c>
       <c r="G13" s="67">
-        <v>651895</v>
+        <v>653473</v>
       </c>
       <c r="H13" s="69">
-        <v>0.66</v>
+        <v>0.32</v>
       </c>
       <c r="I13" s="69">
-        <v>0.74</v>
+        <v>0.43</v>
       </c>
       <c r="J13" s="69">
-        <v>6.62</v>
+        <v>5.97</v>
       </c>
       <c r="K13" s="71">
-        <v>5.49</v>
+        <v>5.69</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="64" t="s">
         <v>117</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="32"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>118</v>
       </c>
       <c r="B15" s="67">
+        <v>117052</v>
+      </c>
+      <c r="C15" s="67">
+        <v>148672</v>
+      </c>
+      <c r="D15" s="67">
         <v>117067</v>
       </c>
-      <c r="C15" s="67">
+      <c r="E15" s="67">
         <v>147812</v>
       </c>
-      <c r="D15" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="67">
-        <v>116563</v>
+        <v>116626</v>
       </c>
       <c r="G15" s="67">
-        <v>129320</v>
+        <v>130435</v>
       </c>
       <c r="H15" s="69">
-        <v>0.14</v>
+        <v>-0.01</v>
       </c>
       <c r="I15" s="69">
-        <v>0.35</v>
+        <v>0.58</v>
       </c>
       <c r="J15" s="69">
-        <v>0.43</v>
+        <v>0.37</v>
       </c>
       <c r="K15" s="71">
-        <v>14.3</v>
+        <v>13.98</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="64" t="s">
         <v>119</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="32"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="21" t="s">
         <v>120</v>
       </c>
       <c r="B17" s="67">
+        <v>205659</v>
+      </c>
+      <c r="C17" s="67">
+        <v>259627</v>
+      </c>
+      <c r="D17" s="67">
         <v>205688</v>
       </c>
-      <c r="C17" s="67">
+      <c r="E17" s="67">
         <v>260012</v>
       </c>
-      <c r="D17" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="67">
-        <v>203912</v>
+        <v>204255</v>
       </c>
       <c r="G17" s="67">
-        <v>261430</v>
+        <v>262614</v>
       </c>
       <c r="H17" s="69">
-        <v>-0.19</v>
+        <v>-0.01</v>
       </c>
       <c r="I17" s="69">
-        <v>-0.01</v>
+        <v>-0.15</v>
       </c>
       <c r="J17" s="69">
-        <v>0.87</v>
+        <v>0.69</v>
       </c>
       <c r="K17" s="71">
-        <v>-0.54</v>
+        <v>-1.14</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="64" t="s">
         <v>121</v>
       </c>
       <c r="B18" s="28"/>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="32"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="21" t="s">
         <v>122</v>
       </c>
       <c r="B19" s="67">
+        <v>296462</v>
+      </c>
+      <c r="C19" s="67">
+        <v>656288</v>
+      </c>
+      <c r="D19" s="67">
         <v>296203</v>
       </c>
-      <c r="C19" s="67">
+      <c r="E19" s="67">
         <v>655414</v>
       </c>
-      <c r="D19" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="67">
-        <v>293903</v>
+        <v>294232</v>
       </c>
       <c r="G19" s="67">
-        <v>661188</v>
+        <v>660532</v>
       </c>
       <c r="H19" s="69">
-        <v>0.28</v>
+        <v>0.09</v>
       </c>
       <c r="I19" s="69">
-        <v>-0.08</v>
+        <v>0.13</v>
       </c>
       <c r="J19" s="69">
-        <v>0.78</v>
+        <v>0.76</v>
       </c>
       <c r="K19" s="71">
-        <v>-0.87</v>
+        <v>-0.64</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="64" t="s">
         <v>123</v>
       </c>
       <c r="B20" s="28"/>
       <c r="C20" s="28"/>
       <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="32"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="21" t="s">
         <v>124</v>
       </c>
       <c r="B21" s="67">
+        <v>31152</v>
+      </c>
+      <c r="C21" s="67">
+        <v>75238</v>
+      </c>
+      <c r="D21" s="67">
         <v>31140</v>
       </c>
-      <c r="C21" s="67">
+      <c r="E21" s="67">
         <v>75064</v>
       </c>
-      <c r="D21" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="67">
-        <v>30564</v>
+        <v>30602</v>
       </c>
       <c r="G21" s="67">
-        <v>74317</v>
+        <v>74383</v>
       </c>
       <c r="H21" s="69">
-        <v>0.31</v>
+        <v>0.04</v>
       </c>
       <c r="I21" s="69">
         <v>0.23</v>
       </c>
       <c r="J21" s="69">
-        <v>1.88</v>
+        <v>1.8</v>
       </c>
       <c r="K21" s="71">
-        <v>1.01</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="64" t="s">
         <v>125</v>
       </c>
       <c r="B22" s="28"/>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
       <c r="K22" s="32"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="21" t="s">
         <v>126</v>
       </c>
       <c r="B23" s="67">
+        <v>458743</v>
+      </c>
+      <c r="C23" s="67">
+        <v>1168872</v>
+      </c>
+      <c r="D23" s="67">
         <v>458511</v>
       </c>
-      <c r="C23" s="67">
+      <c r="E23" s="67">
         <v>1160890</v>
       </c>
-      <c r="D23" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F23" s="67">
-        <v>457062</v>
+        <v>457096</v>
       </c>
       <c r="G23" s="67">
-        <v>1074753</v>
+        <v>1078259</v>
       </c>
       <c r="H23" s="69">
-        <v>0.13</v>
+        <v>0.05</v>
       </c>
       <c r="I23" s="69">
-        <v>0.9</v>
+        <v>0.69</v>
       </c>
       <c r="J23" s="69">
-        <v>0.32</v>
+        <v>0.36</v>
       </c>
       <c r="K23" s="71">
-        <v>8.01</v>
+        <v>8.4</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="64" t="s">
         <v>127</v>
       </c>
       <c r="B24" s="28"/>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="32"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="21" t="s">
         <v>128</v>
       </c>
       <c r="B25" s="67">
+        <v>13447</v>
+      </c>
+      <c r="C25" s="67">
+        <v>16243</v>
+      </c>
+      <c r="D25" s="67">
         <v>13018</v>
       </c>
-      <c r="C25" s="67">
+      <c r="E25" s="67">
         <v>15769</v>
       </c>
-      <c r="D25" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F25" s="67">
-        <v>6733</v>
+        <v>6837</v>
       </c>
       <c r="G25" s="67">
-        <v>10926</v>
+        <v>11066</v>
       </c>
       <c r="H25" s="69">
-        <v>7.41</v>
+        <v>3.3</v>
       </c>
       <c r="I25" s="69">
-        <v>3.29</v>
+        <v>3.01</v>
       </c>
       <c r="J25" s="69">
-        <v>93.35</v>
+        <v>96.68</v>
       </c>
       <c r="K25" s="71">
-        <v>44.32</v>
+        <v>46.79</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="64" t="s">
         <v>129</v>
       </c>
       <c r="B26" s="28"/>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
       <c r="K26" s="32"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="21" t="s">
         <v>130</v>
       </c>
       <c r="B27" s="67">
+        <v>169131</v>
+      </c>
+      <c r="C27" s="67">
+        <v>73185</v>
+      </c>
+      <c r="D27" s="67">
         <v>164848</v>
       </c>
-      <c r="C27" s="67">
+      <c r="E27" s="67">
         <v>71435</v>
       </c>
-      <c r="D27" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F27" s="67">
-        <v>118142</v>
+        <v>121240</v>
       </c>
       <c r="G27" s="67">
-        <v>53065</v>
+        <v>53304</v>
       </c>
       <c r="H27" s="69">
-        <v>2.76</v>
+        <v>2.6</v>
       </c>
       <c r="I27" s="69">
-        <v>2.62</v>
+        <v>2.45</v>
       </c>
       <c r="J27" s="69">
-        <v>39.53</v>
+        <v>39.5</v>
       </c>
       <c r="K27" s="71">
-        <v>34.62</v>
+        <v>37.3</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="64" t="s">
         <v>131</v>
       </c>
       <c r="B28" s="28"/>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="32"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="21" t="s">
         <v>132</v>
       </c>
       <c r="B29" s="67">
+        <v>12115</v>
+      </c>
+      <c r="C29" s="67">
+        <v>6646</v>
+      </c>
+      <c r="D29" s="67">
         <v>11858</v>
       </c>
-      <c r="C29" s="67">
+      <c r="E29" s="67">
         <v>6553</v>
       </c>
-      <c r="D29" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F29" s="67">
-        <v>9131</v>
+        <v>9575</v>
       </c>
       <c r="G29" s="67">
-        <v>5502</v>
+        <v>5775</v>
       </c>
       <c r="H29" s="69">
-        <v>1.42</v>
+        <v>2.17</v>
       </c>
       <c r="I29" s="69">
-        <v>0.33</v>
+        <v>1.41</v>
       </c>
       <c r="J29" s="69">
-        <v>29.87</v>
+        <v>26.53</v>
       </c>
       <c r="K29" s="71">
-        <v>19.11</v>
+        <v>15.07</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="64" t="s">
         <v>133</v>
       </c>
       <c r="B30" s="28"/>
       <c r="C30" s="28"/>
       <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
       <c r="H30" s="28"/>
       <c r="I30" s="28"/>
       <c r="J30" s="28"/>
       <c r="K30" s="32"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="21"/>
       <c r="B31" s="29"/>
       <c r="C31" s="29"/>
       <c r="D31" s="29"/>
       <c r="E31" s="29"/>
       <c r="F31" s="29"/>
       <c r="G31" s="29"/>
@@ -5818,56 +5818,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>34</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -5954,78 +5954,78 @@
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="56">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C9" s="56">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="D9" s="56">
         <v>15</v>
       </c>
       <c r="E9" s="56">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="F9" s="56">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G9" s="56">
         <v>248</v>
       </c>
-      <c r="H9" s="82">
-        <v>0</v>
+      <c r="H9" s="59">
+        <v>-6.67</v>
       </c>
       <c r="I9" s="59">
-        <v>-0.17</v>
+        <v>-3.18</v>
       </c>
       <c r="J9" s="59">
-        <v>7.14</v>
+        <v>7.69</v>
       </c>
       <c r="K9" s="62">
-        <v>-6.17</v>
+        <v>-9.36</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>41</v>
       </c>
       <c r="B11" s="73">
         <v>0</v>
       </c>
       <c r="C11" s="73">
@@ -6107,75 +6107,75 @@
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="64" t="s">
         <v>136</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="32"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>137</v>
       </c>
       <c r="B15" s="67">
         <v>2</v>
       </c>
       <c r="C15" s="67">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="D15" s="67">
         <v>2</v>
       </c>
       <c r="E15" s="67">
         <v>229</v>
       </c>
       <c r="F15" s="67">
         <v>2</v>
       </c>
       <c r="G15" s="67">
         <v>244</v>
       </c>
       <c r="H15" s="75">
         <v>0</v>
       </c>
-      <c r="I15" s="75">
-        <v>0</v>
+      <c r="I15" s="69">
+        <v>-3.06</v>
       </c>
       <c r="J15" s="75">
         <v>0</v>
       </c>
       <c r="K15" s="71">
-        <v>-6.17</v>
+        <v>-9.04</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="64" t="s">
         <v>138</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="32"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="21" t="s">
         <v>139</v>
       </c>
       <c r="B17" s="73">
         <v>0</v>
       </c>
       <c r="C17" s="73">
@@ -6475,57 +6475,57 @@
       <c r="A29" s="21" t="s">
         <v>151</v>
       </c>
       <c r="B29" s="67">
         <v>3</v>
       </c>
       <c r="C29" s="67">
         <v>0</v>
       </c>
       <c r="D29" s="67">
         <v>3</v>
       </c>
       <c r="E29" s="67">
         <v>0</v>
       </c>
       <c r="F29" s="67">
         <v>3</v>
       </c>
       <c r="G29" s="67">
         <v>0</v>
       </c>
       <c r="H29" s="75">
         <v>0</v>
       </c>
       <c r="I29" s="69">
-        <v>-6.47</v>
+        <v>-6.92</v>
       </c>
       <c r="J29" s="75">
         <v>0</v>
       </c>
       <c r="K29" s="71">
-        <v>-45.17</v>
+        <v>-46.99</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="64" t="s">
         <v>152</v>
       </c>
       <c r="B30" s="28"/>
       <c r="C30" s="28"/>
       <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
       <c r="H30" s="28"/>
       <c r="I30" s="28"/>
       <c r="J30" s="28"/>
       <c r="K30" s="32"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="21" t="s">
         <v>153</v>
       </c>
       <c r="B31" s="73">
         <v>0</v>
       </c>
       <c r="C31" s="73">
@@ -6926,56 +6926,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>34</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -7058,81 +7058,81 @@
         <v>13</v>
       </c>
       <c r="E8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
-      <c r="A9" s="83" t="s">
+      <c r="A9" s="80" t="s">
         <v>42</v>
       </c>
-      <c r="B9" s="85">
-[...26 lines deleted...]
-      <c r="K9" s="87">
+      <c r="B9" s="82">
+        <v>0</v>
+      </c>
+      <c r="C9" s="82">
+        <v>0</v>
+      </c>
+      <c r="D9" s="82">
+        <v>0</v>
+      </c>
+      <c r="E9" s="82">
+        <v>0</v>
+      </c>
+      <c r="F9" s="82">
+        <v>0</v>
+      </c>
+      <c r="G9" s="82">
+        <v>0</v>
+      </c>
+      <c r="H9" s="84">
+        <v>0</v>
+      </c>
+      <c r="I9" s="84">
+        <v>0</v>
+      </c>
+      <c r="J9" s="84">
+        <v>0</v>
+      </c>
+      <c r="K9" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="64" t="s">
         <v>159</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="26" t="s">
         <v>160</v>
       </c>
       <c r="B11" s="73">
         <v>0</v>
       </c>
@@ -7712,78 +7712,78 @@
       </c>
       <c r="K33" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1">
       <c r="A34" s="64" t="s">
         <v>183</v>
       </c>
       <c r="B34" s="28"/>
       <c r="C34" s="28"/>
       <c r="D34" s="28"/>
       <c r="E34" s="28"/>
       <c r="F34" s="28"/>
       <c r="G34" s="28"/>
       <c r="H34" s="28"/>
       <c r="I34" s="28"/>
       <c r="J34" s="28"/>
       <c r="K34" s="32"/>
     </row>
     <row r="35" spans="1:11" ht="12.6" customHeight="1">
       <c r="A35" s="26" t="s">
         <v>184</v>
       </c>
       <c r="B35" s="67">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C35" s="67">
         <v>3</v>
       </c>
       <c r="D35" s="67">
         <v>10</v>
       </c>
       <c r="E35" s="67">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F35" s="67">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G35" s="67">
         <v>4</v>
       </c>
-      <c r="H35" s="75">
-        <v>0</v>
+      <c r="H35" s="69">
+        <v>-10</v>
       </c>
       <c r="I35" s="69">
-        <v>-10.2</v>
+        <v>-11.67</v>
       </c>
       <c r="J35" s="69">
-        <v>11.11</v>
+        <v>12.5</v>
       </c>
       <c r="K35" s="71">
-        <v>-5.63</v>
+        <v>-27.9</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="79" t="s">
         <v>185</v>
       </c>
       <c r="B36" s="30"/>
       <c r="C36" s="30"/>
       <c r="D36" s="30"/>
       <c r="E36" s="30"/>
       <c r="F36" s="30"/>
       <c r="G36" s="30"/>
       <c r="H36" s="30"/>
       <c r="I36" s="30"/>
       <c r="J36" s="30"/>
       <c r="K36" s="34"/>
     </row>
     <row r="37" spans="1:11" ht="13.5" customHeight="1">
       <c r="A37" s="18" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
@@ -8073,56 +8073,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>34</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -8205,81 +8205,81 @@
         <v>13</v>
       </c>
       <c r="E8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
-      <c r="A9" s="83" t="s">
+      <c r="A9" s="80" t="s">
         <v>55</v>
       </c>
-      <c r="B9" s="85">
-[...26 lines deleted...]
-      <c r="K9" s="87">
+      <c r="B9" s="82">
+        <v>0</v>
+      </c>
+      <c r="C9" s="82">
+        <v>0</v>
+      </c>
+      <c r="D9" s="82">
+        <v>0</v>
+      </c>
+      <c r="E9" s="82">
+        <v>0</v>
+      </c>
+      <c r="F9" s="82">
+        <v>0</v>
+      </c>
+      <c r="G9" s="82">
+        <v>0</v>
+      </c>
+      <c r="H9" s="84">
+        <v>0</v>
+      </c>
+      <c r="I9" s="84">
+        <v>0</v>
+      </c>
+      <c r="J9" s="84">
+        <v>0</v>
+      </c>
+      <c r="K9" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="64" t="s">
         <v>186</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="26"/>
       <c r="B11" s="29"/>
       <c r="C11" s="29"/>
       <c r="D11" s="29"/>
       <c r="E11" s="29"/>
       <c r="F11" s="29"/>
@@ -8904,56 +8904,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>48</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -9039,75 +9039,75 @@
         <v>14</v>
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="88">
-[...23 lines deleted...]
-      <c r="J9" s="82">
+      <c r="B9" s="87">
+        <v>0</v>
+      </c>
+      <c r="C9" s="87">
+        <v>0</v>
+      </c>
+      <c r="D9" s="87">
+        <v>0</v>
+      </c>
+      <c r="E9" s="87">
+        <v>0</v>
+      </c>
+      <c r="F9" s="87">
+        <v>0</v>
+      </c>
+      <c r="G9" s="87">
+        <v>0</v>
+      </c>
+      <c r="H9" s="88">
+        <v>0</v>
+      </c>
+      <c r="I9" s="88">
+        <v>0</v>
+      </c>
+      <c r="J9" s="88">
         <v>0</v>
       </c>
       <c r="K9" s="89">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>43</v>
       </c>
@@ -9798,56 +9798,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>45</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -9934,728 +9934,728 @@
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="56">
+        <v>123348</v>
+      </c>
+      <c r="C9" s="56">
+        <v>329496</v>
+      </c>
+      <c r="D9" s="56">
         <v>123176</v>
       </c>
-      <c r="C9" s="56">
+      <c r="E9" s="56">
         <v>329125</v>
       </c>
-      <c r="D9" s="56">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="56">
-        <v>118078</v>
+        <v>118494</v>
       </c>
       <c r="G9" s="56">
-        <v>303794</v>
+        <v>307674</v>
       </c>
       <c r="H9" s="59">
-        <v>0.39</v>
+        <v>0.14</v>
       </c>
       <c r="I9" s="59">
-        <v>0.39</v>
+        <v>0.11</v>
       </c>
       <c r="J9" s="59">
-        <v>4.32</v>
+        <v>4.1</v>
       </c>
       <c r="K9" s="62">
-        <v>8.34</v>
+        <v>7.09</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>47</v>
       </c>
       <c r="B11" s="67">
+        <v>7002</v>
+      </c>
+      <c r="C11" s="67">
+        <v>6198</v>
+      </c>
+      <c r="D11" s="67">
         <v>6991</v>
       </c>
-      <c r="C11" s="67">
+      <c r="E11" s="67">
         <v>6283</v>
       </c>
-      <c r="D11" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="67">
-        <v>6543</v>
+        <v>6581</v>
       </c>
       <c r="G11" s="67">
-        <v>6039</v>
+        <v>6129</v>
       </c>
       <c r="H11" s="69">
-        <v>0.53</v>
+        <v>0.16</v>
       </c>
       <c r="I11" s="69">
-        <v>0.62</v>
+        <v>-1.35</v>
       </c>
       <c r="J11" s="69">
-        <v>6.85</v>
+        <v>6.4</v>
       </c>
       <c r="K11" s="71">
-        <v>4.04</v>
+        <v>1.14</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="64" t="s">
         <v>192</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="32"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="21" t="s">
         <v>193</v>
       </c>
       <c r="B13" s="67">
+        <v>7487</v>
+      </c>
+      <c r="C13" s="67">
+        <v>19884</v>
+      </c>
+      <c r="D13" s="67">
         <v>7523</v>
       </c>
-      <c r="C13" s="67">
+      <c r="E13" s="67">
         <v>19971</v>
       </c>
-      <c r="D13" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="67">
-        <v>7190</v>
+        <v>7274</v>
       </c>
       <c r="G13" s="67">
-        <v>17279</v>
+        <v>17918</v>
       </c>
       <c r="H13" s="69">
-        <v>0.09</v>
+        <v>-0.48</v>
       </c>
       <c r="I13" s="69">
-        <v>0.02</v>
+        <v>-0.44</v>
       </c>
       <c r="J13" s="69">
-        <v>4.63</v>
+        <v>2.93</v>
       </c>
       <c r="K13" s="71">
-        <v>15.58</v>
+        <v>10.97</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="64" t="s">
         <v>194</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="32"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>195</v>
       </c>
       <c r="B15" s="67">
+        <v>4034</v>
+      </c>
+      <c r="C15" s="67">
+        <v>11792</v>
+      </c>
+      <c r="D15" s="67">
         <v>4036</v>
       </c>
-      <c r="C15" s="67">
+      <c r="E15" s="67">
         <v>11776</v>
       </c>
-      <c r="D15" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="67">
-        <v>4060</v>
+        <v>4024</v>
       </c>
       <c r="G15" s="67">
-        <v>11394</v>
+        <v>11277</v>
       </c>
       <c r="H15" s="69">
-        <v>-0.44</v>
+        <v>-0.05</v>
       </c>
       <c r="I15" s="69">
-        <v>-0.4</v>
+        <v>0.14</v>
       </c>
       <c r="J15" s="69">
-        <v>-0.59</v>
+        <v>0.25</v>
       </c>
       <c r="K15" s="71">
-        <v>3.35</v>
+        <v>4.57</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="64" t="s">
         <v>196</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="32"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="21" t="s">
         <v>197</v>
       </c>
       <c r="B17" s="67">
+        <v>18683</v>
+      </c>
+      <c r="C17" s="67">
+        <v>51542</v>
+      </c>
+      <c r="D17" s="67">
         <v>18649</v>
       </c>
-      <c r="C17" s="67">
+      <c r="E17" s="67">
         <v>51375</v>
       </c>
-      <c r="D17" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="67">
-        <v>18377</v>
+        <v>18434</v>
       </c>
       <c r="G17" s="67">
-        <v>48892</v>
+        <v>49382</v>
       </c>
       <c r="H17" s="69">
-        <v>0.31</v>
+        <v>0.18</v>
       </c>
       <c r="I17" s="69">
-        <v>0.41</v>
+        <v>0.33</v>
       </c>
       <c r="J17" s="69">
-        <v>1.48</v>
+        <v>1.35</v>
       </c>
       <c r="K17" s="71">
-        <v>5.08</v>
+        <v>4.37</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="64" t="s">
         <v>198</v>
       </c>
       <c r="B18" s="28"/>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="32"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="21" t="s">
         <v>199</v>
       </c>
       <c r="B19" s="67">
+        <v>1948</v>
+      </c>
+      <c r="C19" s="67">
+        <v>5346</v>
+      </c>
+      <c r="D19" s="67">
         <v>1940</v>
       </c>
-      <c r="C19" s="67">
+      <c r="E19" s="67">
         <v>5320</v>
       </c>
-      <c r="D19" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="67">
-        <v>1804</v>
+        <v>1841</v>
       </c>
       <c r="G19" s="67">
-        <v>4582</v>
+        <v>4841</v>
       </c>
       <c r="H19" s="69">
-        <v>0.1</v>
+        <v>0.41</v>
       </c>
       <c r="I19" s="69">
-        <v>-0.25</v>
+        <v>0.48</v>
       </c>
       <c r="J19" s="69">
-        <v>7.54</v>
+        <v>5.81</v>
       </c>
       <c r="K19" s="71">
-        <v>16.11</v>
+        <v>10.44</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="64" t="s">
         <v>200</v>
       </c>
       <c r="B20" s="28"/>
       <c r="C20" s="28"/>
       <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="32"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="21" t="s">
         <v>201</v>
       </c>
       <c r="B21" s="67">
+        <v>2692</v>
+      </c>
+      <c r="C21" s="67">
+        <v>2806</v>
+      </c>
+      <c r="D21" s="67">
         <v>2681</v>
       </c>
-      <c r="C21" s="67">
+      <c r="E21" s="67">
         <v>2818</v>
       </c>
-      <c r="D21" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="67">
-        <v>2487</v>
+        <v>2511</v>
       </c>
       <c r="G21" s="67">
-        <v>2964</v>
+        <v>2968</v>
       </c>
       <c r="H21" s="69">
-        <v>0.26</v>
+        <v>0.41</v>
       </c>
       <c r="I21" s="69">
-        <v>-0.41</v>
+        <v>-0.4</v>
       </c>
       <c r="J21" s="69">
-        <v>7.8</v>
+        <v>7.21</v>
       </c>
       <c r="K21" s="71">
-        <v>-4.94</v>
+        <v>-5.44</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="64" t="s">
         <v>202</v>
       </c>
       <c r="B22" s="28"/>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
       <c r="K22" s="32"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="21" t="s">
         <v>203</v>
       </c>
       <c r="B23" s="67">
+        <v>3283</v>
+      </c>
+      <c r="C23" s="67">
+        <v>4221</v>
+      </c>
+      <c r="D23" s="67">
         <v>3247</v>
       </c>
-      <c r="C23" s="67">
+      <c r="E23" s="67">
         <v>4255</v>
       </c>
-      <c r="D23" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F23" s="67">
-        <v>2750</v>
+        <v>2757</v>
       </c>
       <c r="G23" s="67">
-        <v>3942</v>
+        <v>3934</v>
       </c>
       <c r="H23" s="69">
-        <v>1.56</v>
+        <v>1.11</v>
       </c>
       <c r="I23" s="69">
-        <v>-0.51</v>
+        <v>-0.82</v>
       </c>
       <c r="J23" s="69">
-        <v>18.07</v>
+        <v>19.08</v>
       </c>
       <c r="K23" s="71">
-        <v>7.95</v>
+        <v>7.27</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="64" t="s">
         <v>204</v>
       </c>
       <c r="B24" s="28"/>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="32"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="21" t="s">
         <v>205</v>
       </c>
       <c r="B25" s="67">
+        <v>5038</v>
+      </c>
+      <c r="C25" s="67">
+        <v>33547</v>
+      </c>
+      <c r="D25" s="67">
         <v>5051</v>
       </c>
-      <c r="C25" s="67">
+      <c r="E25" s="67">
         <v>33581</v>
       </c>
-      <c r="D25" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F25" s="67">
-        <v>4797</v>
+        <v>4795</v>
       </c>
       <c r="G25" s="67">
-        <v>28704</v>
+        <v>28896</v>
       </c>
       <c r="H25" s="69">
-        <v>-0.37</v>
+        <v>-0.26</v>
       </c>
       <c r="I25" s="69">
-        <v>-0.62</v>
+        <v>-0.1</v>
       </c>
       <c r="J25" s="69">
-        <v>5.29</v>
+        <v>5.07</v>
       </c>
       <c r="K25" s="71">
-        <v>16.99</v>
+        <v>16.1</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="64" t="s">
         <v>206</v>
       </c>
       <c r="B26" s="28"/>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
       <c r="K26" s="32"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="21" t="s">
         <v>207</v>
       </c>
       <c r="B27" s="67">
+        <v>3438</v>
+      </c>
+      <c r="C27" s="67">
+        <v>10187</v>
+      </c>
+      <c r="D27" s="67">
         <v>3445</v>
       </c>
-      <c r="C27" s="67">
+      <c r="E27" s="67">
         <v>10227</v>
       </c>
-      <c r="D27" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F27" s="67">
-        <v>3449</v>
+        <v>3481</v>
       </c>
       <c r="G27" s="67">
-        <v>10107</v>
+        <v>10359</v>
       </c>
       <c r="H27" s="69">
-        <v>-0.4</v>
+        <v>-0.2</v>
       </c>
       <c r="I27" s="69">
-        <v>-0.4</v>
+        <v>-0.38</v>
       </c>
       <c r="J27" s="69">
-        <v>-0.12</v>
+        <v>-1.24</v>
       </c>
       <c r="K27" s="71">
-        <v>1.18</v>
+        <v>-1.65</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="64" t="s">
         <v>208</v>
       </c>
       <c r="B28" s="28"/>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="32"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="21" t="s">
         <v>209</v>
       </c>
       <c r="B29" s="67">
+        <v>5675</v>
+      </c>
+      <c r="C29" s="67">
+        <v>35129</v>
+      </c>
+      <c r="D29" s="67">
         <v>5664</v>
       </c>
-      <c r="C29" s="67">
+      <c r="E29" s="67">
         <v>34845</v>
       </c>
-      <c r="D29" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F29" s="67">
-        <v>5196</v>
+        <v>5266</v>
       </c>
       <c r="G29" s="67">
-        <v>30127</v>
+        <v>30800</v>
       </c>
       <c r="H29" s="69">
-        <v>0.87</v>
+        <v>0.19</v>
       </c>
       <c r="I29" s="69">
-        <v>1.1</v>
+        <v>0.82</v>
       </c>
       <c r="J29" s="69">
-        <v>9.01</v>
+        <v>7.77</v>
       </c>
       <c r="K29" s="71">
-        <v>15.66</v>
+        <v>14.05</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="64" t="s">
         <v>210</v>
       </c>
       <c r="B30" s="28"/>
       <c r="C30" s="28"/>
       <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
       <c r="H30" s="28"/>
       <c r="I30" s="28"/>
       <c r="J30" s="28"/>
       <c r="K30" s="32"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="21" t="s">
         <v>211</v>
       </c>
       <c r="B31" s="67">
+        <v>1441</v>
+      </c>
+      <c r="C31" s="67">
+        <v>4583</v>
+      </c>
+      <c r="D31" s="67">
         <v>1437</v>
       </c>
-      <c r="C31" s="67">
+      <c r="E31" s="67">
         <v>4530</v>
       </c>
-      <c r="D31" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F31" s="67">
-        <v>1450</v>
+        <v>1443</v>
       </c>
       <c r="G31" s="67">
-        <v>4344</v>
+        <v>4352</v>
       </c>
       <c r="H31" s="69">
-        <v>0.14</v>
+        <v>0.28</v>
       </c>
       <c r="I31" s="69">
-        <v>-0.01</v>
+        <v>1.17</v>
       </c>
       <c r="J31" s="69">
-        <v>-0.9</v>
+        <v>-0.14</v>
       </c>
       <c r="K31" s="71">
-        <v>4.28</v>
+        <v>5.31</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="11.1" customHeight="1">
       <c r="A32" s="64" t="s">
         <v>212</v>
       </c>
       <c r="B32" s="28"/>
       <c r="C32" s="28"/>
       <c r="D32" s="28"/>
       <c r="E32" s="28"/>
       <c r="F32" s="28"/>
       <c r="G32" s="28"/>
       <c r="H32" s="28"/>
       <c r="I32" s="28"/>
       <c r="J32" s="28"/>
       <c r="K32" s="32"/>
     </row>
     <row r="33" spans="1:11" ht="12.6" customHeight="1">
       <c r="A33" s="21" t="s">
         <v>213</v>
       </c>
       <c r="B33" s="67">
+        <v>1205</v>
+      </c>
+      <c r="C33" s="67">
+        <v>4011</v>
+      </c>
+      <c r="D33" s="67">
         <v>1210</v>
       </c>
-      <c r="C33" s="67">
+      <c r="E33" s="67">
         <v>4023</v>
       </c>
-      <c r="D33" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F33" s="67">
-        <v>1216</v>
+        <v>1224</v>
       </c>
       <c r="G33" s="67">
-        <v>3766</v>
+        <v>3860</v>
       </c>
       <c r="H33" s="69">
-        <v>-0.33</v>
+        <v>-0.41</v>
       </c>
       <c r="I33" s="69">
-        <v>0.19</v>
+        <v>-0.3</v>
       </c>
       <c r="J33" s="69">
-        <v>-0.49</v>
+        <v>-1.55</v>
       </c>
       <c r="K33" s="71">
-        <v>6.82</v>
+        <v>3.9</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1">
       <c r="A34" s="64" t="s">
         <v>214</v>
       </c>
       <c r="B34" s="28"/>
       <c r="C34" s="28"/>
       <c r="D34" s="28"/>
       <c r="E34" s="28"/>
       <c r="F34" s="28"/>
       <c r="G34" s="28"/>
       <c r="H34" s="28"/>
       <c r="I34" s="28"/>
       <c r="J34" s="28"/>
       <c r="K34" s="32"/>
     </row>
     <row r="35" spans="1:11" ht="12.6" customHeight="1">
       <c r="A35" s="21" t="s">
         <v>215</v>
       </c>
       <c r="B35" s="67">
+        <v>4012</v>
+      </c>
+      <c r="C35" s="67">
+        <v>11168</v>
+      </c>
+      <c r="D35" s="67">
         <v>3992</v>
       </c>
-      <c r="C35" s="67">
+      <c r="E35" s="67">
         <v>11073</v>
       </c>
-      <c r="D35" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F35" s="67">
-        <v>3960</v>
+        <v>3934</v>
       </c>
       <c r="G35" s="67">
-        <v>10099</v>
+        <v>10115</v>
       </c>
       <c r="H35" s="69">
-        <v>0.71</v>
+        <v>0.5</v>
       </c>
       <c r="I35" s="69">
-        <v>2.15</v>
+        <v>0.85</v>
       </c>
       <c r="J35" s="69">
-        <v>0.81</v>
+        <v>1.98</v>
       </c>
       <c r="K35" s="71">
-        <v>9.65</v>
+        <v>10.41</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="79" t="s">
         <v>216</v>
       </c>
       <c r="B36" s="30"/>
       <c r="C36" s="30"/>
       <c r="D36" s="30"/>
       <c r="E36" s="30"/>
       <c r="F36" s="30"/>
       <c r="G36" s="30"/>
       <c r="H36" s="30"/>
       <c r="I36" s="30"/>
       <c r="J36" s="30"/>
       <c r="K36" s="34"/>
     </row>
     <row r="37" spans="1:11" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
@@ -10919,56 +10919,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>45</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -11055,528 +11055,528 @@
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="52" t="s">
         <v>46</v>
       </c>
       <c r="B9" s="55">
+        <v>1671</v>
+      </c>
+      <c r="C9" s="55">
+        <v>5430</v>
+      </c>
+      <c r="D9" s="55">
         <v>1678</v>
       </c>
-      <c r="C9" s="55">
+      <c r="E9" s="55">
         <v>5484</v>
       </c>
-      <c r="D9" s="55">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="55">
-        <v>1729</v>
+        <v>1719</v>
       </c>
       <c r="G9" s="55">
-        <v>5626</v>
+        <v>5585</v>
       </c>
       <c r="H9" s="58">
-        <v>-0.59</v>
+        <v>-0.42</v>
       </c>
       <c r="I9" s="58">
-        <v>-0.68</v>
+        <v>-0.98</v>
       </c>
       <c r="J9" s="58">
-        <v>-2.95</v>
+        <v>-2.79</v>
       </c>
       <c r="K9" s="61">
-        <v>-2.54</v>
+        <v>-2.78</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="64" t="s">
         <v>217</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>218</v>
       </c>
       <c r="B11" s="67">
+        <v>22149</v>
+      </c>
+      <c r="C11" s="67">
+        <v>10619</v>
+      </c>
+      <c r="D11" s="67">
         <v>22162</v>
       </c>
-      <c r="C11" s="67">
+      <c r="E11" s="67">
         <v>10686</v>
       </c>
-      <c r="D11" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="67">
-        <v>21618</v>
+        <v>21650</v>
       </c>
       <c r="G11" s="67">
-        <v>8694</v>
+        <v>8887</v>
       </c>
       <c r="H11" s="69">
-        <v>0.13</v>
+        <v>-0.06</v>
       </c>
       <c r="I11" s="69">
-        <v>0.28</v>
+        <v>-0.63</v>
       </c>
       <c r="J11" s="69">
-        <v>2.52</v>
+        <v>2.3</v>
       </c>
       <c r="K11" s="71">
-        <v>22.92</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="64" t="s">
         <v>219</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="32"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="21" t="s">
         <v>220</v>
       </c>
       <c r="B13" s="67">
+        <v>2000</v>
+      </c>
+      <c r="C13" s="67">
+        <v>6712</v>
+      </c>
+      <c r="D13" s="67">
         <v>2006</v>
       </c>
-      <c r="C13" s="67">
+      <c r="E13" s="67">
         <v>6750</v>
       </c>
-      <c r="D13" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="67">
-        <v>2148</v>
+        <v>2158</v>
       </c>
       <c r="G13" s="67">
-        <v>6942</v>
+        <v>7127</v>
       </c>
       <c r="H13" s="69">
-        <v>-0.4</v>
+        <v>-0.3</v>
       </c>
       <c r="I13" s="69">
-        <v>0.39</v>
+        <v>-0.56</v>
       </c>
       <c r="J13" s="69">
-        <v>-6.61</v>
+        <v>-7.32</v>
       </c>
       <c r="K13" s="71">
-        <v>-2.76</v>
+        <v>-5.82</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="64" t="s">
         <v>221</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="32"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>222</v>
       </c>
       <c r="B15" s="67">
+        <v>11129</v>
+      </c>
+      <c r="C15" s="67">
+        <v>12218</v>
+      </c>
+      <c r="D15" s="67">
         <v>11024</v>
       </c>
-      <c r="C15" s="67">
+      <c r="E15" s="67">
         <v>12187</v>
       </c>
-      <c r="D15" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="67">
-        <v>9664</v>
+        <v>9676</v>
       </c>
       <c r="G15" s="67">
-        <v>11727</v>
+        <v>11881</v>
       </c>
       <c r="H15" s="69">
-        <v>1.48</v>
+        <v>0.95</v>
       </c>
       <c r="I15" s="69">
-        <v>-0.33</v>
+        <v>0.26</v>
       </c>
       <c r="J15" s="69">
-        <v>14.07</v>
+        <v>15.02</v>
       </c>
       <c r="K15" s="71">
-        <v>3.92</v>
+        <v>2.84</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="64" t="s">
         <v>223</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="32"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="21" t="s">
         <v>224</v>
       </c>
       <c r="B17" s="67">
+        <v>6364</v>
+      </c>
+      <c r="C17" s="67">
+        <v>33924</v>
+      </c>
+      <c r="D17" s="67">
         <v>6392</v>
       </c>
-      <c r="C17" s="67">
+      <c r="E17" s="67">
         <v>33986</v>
       </c>
-      <c r="D17" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="67">
-        <v>6407</v>
+        <v>6432</v>
       </c>
       <c r="G17" s="67">
-        <v>33241</v>
+        <v>33590</v>
       </c>
       <c r="H17" s="69">
-        <v>0.19</v>
+        <v>-0.44</v>
       </c>
       <c r="I17" s="69">
-        <v>0.35</v>
+        <v>-0.18</v>
       </c>
       <c r="J17" s="69">
-        <v>-0.23</v>
+        <v>-1.06</v>
       </c>
       <c r="K17" s="71">
-        <v>2.24</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="64" t="s">
         <v>225</v>
       </c>
       <c r="B18" s="28"/>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="32"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="21" t="s">
         <v>226</v>
       </c>
       <c r="B19" s="67">
+        <v>3203</v>
+      </c>
+      <c r="C19" s="67">
+        <v>14509</v>
+      </c>
+      <c r="D19" s="67">
         <v>3192</v>
       </c>
-      <c r="C19" s="67">
+      <c r="E19" s="67">
         <v>14432</v>
       </c>
-      <c r="D19" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="67">
-        <v>2949</v>
+        <v>2971</v>
       </c>
       <c r="G19" s="67">
-        <v>12444</v>
+        <v>12717</v>
       </c>
       <c r="H19" s="69">
-        <v>0.73</v>
+        <v>0.34</v>
       </c>
       <c r="I19" s="69">
-        <v>0.71</v>
+        <v>0.53</v>
       </c>
       <c r="J19" s="69">
-        <v>8.24</v>
+        <v>7.81</v>
       </c>
       <c r="K19" s="71">
-        <v>15.98</v>
+        <v>14.09</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="64" t="s">
         <v>227</v>
       </c>
       <c r="B20" s="28"/>
       <c r="C20" s="28"/>
       <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="32"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="21" t="s">
         <v>228</v>
       </c>
       <c r="B21" s="67">
+        <v>7599</v>
+      </c>
+      <c r="C21" s="67">
+        <v>36167</v>
+      </c>
+      <c r="D21" s="67">
         <v>7590</v>
       </c>
-      <c r="C21" s="67">
+      <c r="E21" s="67">
         <v>36046</v>
       </c>
-      <c r="D21" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="67">
-        <v>7464</v>
+        <v>7460</v>
       </c>
       <c r="G21" s="67">
-        <v>33988</v>
+        <v>34096</v>
       </c>
       <c r="H21" s="69">
-        <v>0.62</v>
+        <v>0.12</v>
       </c>
       <c r="I21" s="69">
-        <v>1.47</v>
+        <v>0.33</v>
       </c>
       <c r="J21" s="69">
-        <v>1.69</v>
+        <v>1.86</v>
       </c>
       <c r="K21" s="71">
-        <v>6.06</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="64" t="s">
         <v>229</v>
       </c>
       <c r="B22" s="28"/>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
       <c r="K22" s="32"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="21" t="s">
         <v>230</v>
       </c>
       <c r="B23" s="67">
+        <v>409</v>
+      </c>
+      <c r="C23" s="67">
+        <v>1656</v>
+      </c>
+      <c r="D23" s="67">
         <v>407</v>
       </c>
-      <c r="C23" s="67">
+      <c r="E23" s="67">
         <v>1646</v>
       </c>
-      <c r="D23" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F23" s="67">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="G23" s="67">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="H23" s="69">
-        <v>1.75</v>
+        <v>0.49</v>
       </c>
       <c r="I23" s="69">
-        <v>0.96</v>
+        <v>0.66</v>
       </c>
       <c r="J23" s="69">
-        <v>18.66</v>
+        <v>18.55</v>
       </c>
       <c r="K23" s="71">
-        <v>21.64</v>
+        <v>22.35</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="64" t="s">
         <v>231</v>
       </c>
       <c r="B24" s="28"/>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="32"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="21" t="s">
         <v>232</v>
       </c>
       <c r="B25" s="67">
+        <v>1193</v>
+      </c>
+      <c r="C25" s="67">
+        <v>5044</v>
+      </c>
+      <c r="D25" s="67">
         <v>1191</v>
       </c>
-      <c r="C25" s="67">
+      <c r="E25" s="67">
         <v>5024</v>
       </c>
-      <c r="D25" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F25" s="67">
-        <v>1152</v>
+        <v>1161</v>
       </c>
       <c r="G25" s="67">
-        <v>4713</v>
+        <v>4764</v>
       </c>
       <c r="H25" s="69">
-        <v>0.68</v>
+        <v>0.17</v>
       </c>
       <c r="I25" s="69">
-        <v>0.84</v>
+        <v>0.41</v>
       </c>
       <c r="J25" s="69">
-        <v>3.39</v>
+        <v>2.76</v>
       </c>
       <c r="K25" s="71">
-        <v>6.6</v>
+        <v>5.88</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="64" t="s">
         <v>233</v>
       </c>
       <c r="B26" s="28"/>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
       <c r="K26" s="32"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="21" t="s">
         <v>234</v>
       </c>
       <c r="B27" s="67">
+        <v>1693</v>
+      </c>
+      <c r="C27" s="67">
+        <v>2802</v>
+      </c>
+      <c r="D27" s="67">
         <v>1668</v>
       </c>
-      <c r="C27" s="67">
+      <c r="E27" s="67">
         <v>2809</v>
       </c>
-      <c r="D27" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="F27" s="67">
-        <v>1325</v>
+        <v>1357</v>
       </c>
       <c r="G27" s="67">
-        <v>2827</v>
+        <v>2843</v>
       </c>
       <c r="H27" s="69">
-        <v>1.77</v>
+        <v>1.5</v>
       </c>
       <c r="I27" s="69">
-        <v>-0.97</v>
+        <v>-0.23</v>
       </c>
       <c r="J27" s="69">
-        <v>25.89</v>
+        <v>24.76</v>
       </c>
       <c r="K27" s="71">
-        <v>-0.64</v>
+        <v>-1.45</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="64" t="s">
         <v>235</v>
       </c>
       <c r="B28" s="28"/>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="32"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="21"/>
       <c r="B29" s="29"/>
       <c r="C29" s="29"/>
       <c r="D29" s="29"/>
       <c r="E29" s="29"/>
       <c r="F29" s="29"/>
       <c r="G29" s="29"/>