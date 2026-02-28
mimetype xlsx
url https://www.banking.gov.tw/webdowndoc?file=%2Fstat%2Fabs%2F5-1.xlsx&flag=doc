--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -186,54 +186,54 @@
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>新臺幣百萬元,﹪</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Account,NT$ Million,</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>﹪</t>
     </r>
   </si>
   <si>
-    <t>民國114年10月底</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> End of Oct. 2025</t>
+    <t>民國114年12月底</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> End of Dec. 2025</t>
   </si>
   <si>
     <r>
       <t>　　　</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t xml:space="preserve"> 2.# refer to the subsidiary of financial holding companies.</t>
     </r>
   </si>
   <si>
     <r>
       <t>5-1 Consumer Loans at General Banks and Credit Cooperatives</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>（</t>
@@ -2403,63 +2403,63 @@
     </xf>
     <xf xxid="133" numFmtId="178" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="134" numFmtId="178" fontId="38" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="135" numFmtId="179" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="136" numFmtId="179" fontId="38" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="137" numFmtId="179" fontId="6" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="138" numFmtId="179" fontId="38" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="139" numFmtId="0" fontId="40" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="140" numFmtId="0" fontId="41" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="141" numFmtId="0" fontId="36" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="141" numFmtId="179" fontId="6" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="142" numFmtId="179" fontId="38" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="143" numFmtId="0" fontId="36" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="142" numFmtId="178" fontId="6" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="144" numFmtId="178" fontId="6" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="143" numFmtId="178" fontId="38" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf xxid="145" numFmtId="179" fontId="38" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="145" numFmtId="178" fontId="38" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="146" numFmtId="179" fontId="6" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="147" numFmtId="179" fontId="38" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="148" numFmtId="178" fontId="39" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="149" numFmtId="179" fontId="39" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="150" numFmtId="179" fontId="39" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="47">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色2" xfId="16"/>
     <cellStyle name="20% - 輔色3" xfId="17"/>
     <cellStyle name="20% - 輔色4" xfId="18"/>
     <cellStyle name="20% - 輔色5" xfId="19"/>
     <cellStyle name="20% - 輔色6" xfId="20"/>
@@ -2691,528 +2691,528 @@
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="56">
-        <v>7535050</v>
+        <v>7629980</v>
       </c>
       <c r="C9" s="56">
-        <v>13223560</v>
+        <v>13348782</v>
       </c>
       <c r="D9" s="56">
-        <v>7558319</v>
+        <v>7571383</v>
       </c>
       <c r="E9" s="56">
-        <v>13182327</v>
+        <v>13280727</v>
       </c>
       <c r="F9" s="56">
-        <v>7588451</v>
+        <v>7691129</v>
       </c>
       <c r="G9" s="56">
-        <v>12580450</v>
+        <v>12756532</v>
       </c>
       <c r="H9" s="59">
-        <v>-0.31</v>
+        <v>0.77</v>
       </c>
       <c r="I9" s="59">
-        <v>0.31</v>
+        <v>0.51</v>
       </c>
       <c r="J9" s="59">
-        <v>-0.7</v>
+        <v>-0.8</v>
       </c>
       <c r="K9" s="62">
-        <v>5.11</v>
+        <v>4.64</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>60</v>
       </c>
       <c r="B11" s="67">
-        <v>2968924</v>
+        <v>3037048</v>
       </c>
       <c r="C11" s="67">
-        <v>1322304</v>
+        <v>1348523</v>
       </c>
       <c r="D11" s="67">
-        <v>2997117</v>
+        <v>2993710</v>
       </c>
       <c r="E11" s="67">
-        <v>1314523</v>
+        <v>1334312</v>
       </c>
       <c r="F11" s="67">
-        <v>3108696</v>
+        <v>3179816</v>
       </c>
       <c r="G11" s="67">
-        <v>1211930</v>
+        <v>1244031</v>
       </c>
       <c r="H11" s="69">
-        <v>-0.94</v>
+        <v>1.45</v>
       </c>
       <c r="I11" s="69">
-        <v>0.59</v>
+        <v>1.07</v>
       </c>
       <c r="J11" s="69">
-        <v>-4.5</v>
+        <v>-4.49</v>
       </c>
       <c r="K11" s="71">
-        <v>9.11</v>
+        <v>8.4</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="64" t="s">
         <v>61</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="32"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="21" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="67">
-        <v>354329</v>
+        <v>356114</v>
       </c>
       <c r="C13" s="67">
-        <v>1246707</v>
+        <v>1262531</v>
       </c>
       <c r="D13" s="67">
-        <v>354382</v>
+        <v>355705</v>
       </c>
       <c r="E13" s="67">
-        <v>1243084</v>
+        <v>1253920</v>
       </c>
       <c r="F13" s="67">
-        <v>342146</v>
+        <v>348083</v>
       </c>
       <c r="G13" s="67">
-        <v>1089741</v>
+        <v>1139211</v>
       </c>
       <c r="H13" s="69">
-        <v>-0.01</v>
+        <v>0.11</v>
       </c>
       <c r="I13" s="69">
-        <v>0.29</v>
+        <v>0.69</v>
       </c>
       <c r="J13" s="69">
-        <v>3.56</v>
+        <v>2.31</v>
       </c>
       <c r="K13" s="71">
-        <v>14.4</v>
+        <v>10.83</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="64" t="s">
         <v>63</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="32"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>64</v>
       </c>
       <c r="B15" s="67">
-        <v>266715</v>
+        <v>267655</v>
       </c>
       <c r="C15" s="67">
-        <v>941865</v>
+        <v>951164</v>
       </c>
       <c r="D15" s="67">
-        <v>266346</v>
+        <v>266959</v>
       </c>
       <c r="E15" s="67">
-        <v>938761</v>
+        <v>944983</v>
       </c>
       <c r="F15" s="67">
-        <v>254552</v>
+        <v>257384</v>
       </c>
       <c r="G15" s="67">
-        <v>842602</v>
+        <v>870285</v>
       </c>
       <c r="H15" s="69">
-        <v>0.14</v>
+        <v>0.26</v>
       </c>
       <c r="I15" s="69">
-        <v>0.33</v>
+        <v>0.65</v>
       </c>
       <c r="J15" s="69">
-        <v>4.78</v>
+        <v>3.99</v>
       </c>
       <c r="K15" s="71">
-        <v>11.78</v>
+        <v>9.29</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="64" t="s">
         <v>65</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="32"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="21" t="s">
         <v>66</v>
       </c>
       <c r="B17" s="67">
-        <v>164529</v>
+        <v>165837</v>
       </c>
       <c r="C17" s="67">
-        <v>728389</v>
+        <v>740564</v>
       </c>
       <c r="D17" s="67">
-        <v>163446</v>
+        <v>165547</v>
       </c>
       <c r="E17" s="67">
-        <v>721126</v>
+        <v>736072</v>
       </c>
       <c r="F17" s="67">
-        <v>155814</v>
+        <v>157859</v>
       </c>
       <c r="G17" s="67">
-        <v>662170</v>
+        <v>678553</v>
       </c>
       <c r="H17" s="69">
-        <v>0.66</v>
+        <v>0.18</v>
       </c>
       <c r="I17" s="69">
-        <v>1.01</v>
+        <v>0.61</v>
       </c>
       <c r="J17" s="69">
-        <v>5.59</v>
+        <v>5.05</v>
       </c>
       <c r="K17" s="71">
-        <v>10</v>
+        <v>9.14</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="64" t="s">
         <v>67</v>
       </c>
       <c r="B18" s="28"/>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="32"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="21" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="67">
-        <v>210128</v>
+        <v>210136</v>
       </c>
       <c r="C19" s="67">
-        <v>674529</v>
+        <v>675110</v>
       </c>
       <c r="D19" s="67">
-        <v>210255</v>
+        <v>210219</v>
       </c>
       <c r="E19" s="67">
-        <v>675445</v>
+        <v>675825</v>
       </c>
       <c r="F19" s="67">
-        <v>215647</v>
+        <v>215530</v>
       </c>
       <c r="G19" s="67">
-        <v>695676</v>
+        <v>700913</v>
       </c>
       <c r="H19" s="69">
-        <v>-0.06</v>
+        <v>-0.04</v>
       </c>
       <c r="I19" s="69">
-        <v>-0.14</v>
+        <v>-0.11</v>
       </c>
       <c r="J19" s="69">
-        <v>-2.56</v>
+        <v>-2.5</v>
       </c>
       <c r="K19" s="71">
-        <v>-3.04</v>
+        <v>-3.68</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="64" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="28"/>
       <c r="C20" s="28"/>
       <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="32"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="21" t="s">
         <v>70</v>
       </c>
       <c r="B21" s="67">
-        <v>113706</v>
+        <v>114761</v>
       </c>
       <c r="C21" s="67">
-        <v>521641</v>
+        <v>529005</v>
       </c>
       <c r="D21" s="67">
-        <v>113259</v>
+        <v>114270</v>
       </c>
       <c r="E21" s="67">
-        <v>518386</v>
+        <v>524875</v>
       </c>
       <c r="F21" s="67">
-        <v>110274</v>
+        <v>110531</v>
       </c>
       <c r="G21" s="67">
-        <v>498179</v>
+        <v>501861</v>
       </c>
       <c r="H21" s="69">
-        <v>0.39</v>
+        <v>0.43</v>
       </c>
       <c r="I21" s="69">
-        <v>0.63</v>
+        <v>0.79</v>
       </c>
       <c r="J21" s="69">
-        <v>3.11</v>
+        <v>3.83</v>
       </c>
       <c r="K21" s="71">
-        <v>4.71</v>
+        <v>5.41</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="64" t="s">
         <v>71</v>
       </c>
       <c r="B22" s="28"/>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
       <c r="K22" s="32"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="21" t="s">
         <v>72</v>
       </c>
       <c r="B23" s="67">
-        <v>35293</v>
+        <v>35375</v>
       </c>
       <c r="C23" s="67">
-        <v>200387</v>
+        <v>202956</v>
       </c>
       <c r="D23" s="67">
-        <v>35263</v>
+        <v>35295</v>
       </c>
       <c r="E23" s="67">
-        <v>198916</v>
+        <v>201300</v>
       </c>
       <c r="F23" s="67">
-        <v>36162</v>
+        <v>35889</v>
       </c>
       <c r="G23" s="67">
-        <v>198016</v>
+        <v>196997</v>
       </c>
       <c r="H23" s="69">
-        <v>0.09</v>
+        <v>0.23</v>
       </c>
       <c r="I23" s="69">
-        <v>0.74</v>
+        <v>0.82</v>
       </c>
       <c r="J23" s="69">
-        <v>-2.4</v>
+        <v>-1.43</v>
       </c>
       <c r="K23" s="71">
-        <v>1.2</v>
+        <v>3.03</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="64" t="s">
         <v>73</v>
       </c>
       <c r="B24" s="28"/>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="32"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="21" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="67">
-        <v>319464</v>
+        <v>327114</v>
       </c>
       <c r="C25" s="67">
-        <v>759940</v>
+        <v>755140</v>
       </c>
       <c r="D25" s="67">
-        <v>319640</v>
+        <v>321789</v>
       </c>
       <c r="E25" s="67">
-        <v>759664</v>
+        <v>757502</v>
       </c>
       <c r="F25" s="67">
-        <v>319064</v>
+        <v>325963</v>
       </c>
       <c r="G25" s="67">
-        <v>763127</v>
+        <v>758518</v>
       </c>
       <c r="H25" s="69">
-        <v>-0.06</v>
+        <v>1.65</v>
       </c>
       <c r="I25" s="69">
-        <v>0.04</v>
+        <v>-0.31</v>
       </c>
       <c r="J25" s="69">
-        <v>0.13</v>
+        <v>0.35</v>
       </c>
       <c r="K25" s="71">
-        <v>-0.42</v>
+        <v>-0.45</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="64" t="s">
         <v>75</v>
       </c>
       <c r="B26" s="28"/>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
       <c r="K26" s="32"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="21" t="s">
         <v>76</v>
       </c>
       <c r="B27" s="67">
-        <v>379820</v>
+        <v>378456</v>
       </c>
       <c r="C27" s="67">
-        <v>698054</v>
+        <v>700464</v>
       </c>
       <c r="D27" s="67">
-        <v>380920</v>
+        <v>379171</v>
       </c>
       <c r="E27" s="67">
-        <v>698303</v>
+        <v>697540</v>
       </c>
       <c r="F27" s="67">
-        <v>394479</v>
+        <v>393539</v>
       </c>
       <c r="G27" s="67">
-        <v>717320</v>
+        <v>728382</v>
       </c>
       <c r="H27" s="69">
-        <v>-0.29</v>
+        <v>-0.19</v>
       </c>
       <c r="I27" s="69">
-        <v>-0.04</v>
+        <v>0.42</v>
       </c>
       <c r="J27" s="69">
-        <v>-3.72</v>
+        <v>-3.83</v>
       </c>
       <c r="K27" s="71">
-        <v>-2.69</v>
+        <v>-3.83</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="64" t="s">
         <v>77</v>
       </c>
       <c r="B28" s="28"/>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="32"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="21" t="s">
         <v>78</v>
       </c>
       <c r="B29" s="73">
         <v>0</v>
       </c>
       <c r="C29" s="73">
@@ -3241,128 +3241,128 @@
       </c>
       <c r="K29" s="77">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="64" t="s">
         <v>79</v>
       </c>
       <c r="B30" s="28"/>
       <c r="C30" s="28"/>
       <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
       <c r="H30" s="28"/>
       <c r="I30" s="28"/>
       <c r="J30" s="28"/>
       <c r="K30" s="32"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="21" t="s">
         <v>80</v>
       </c>
       <c r="B31" s="67">
-        <v>39762</v>
+        <v>42319</v>
       </c>
       <c r="C31" s="67">
-        <v>36923</v>
+        <v>36995</v>
       </c>
       <c r="D31" s="67">
-        <v>40011</v>
+        <v>41484</v>
       </c>
       <c r="E31" s="67">
-        <v>36958</v>
+        <v>36957</v>
       </c>
       <c r="F31" s="67">
-        <v>40373</v>
+        <v>42981</v>
       </c>
       <c r="G31" s="67">
-        <v>34042</v>
+        <v>34534</v>
       </c>
       <c r="H31" s="69">
-        <v>-0.62</v>
+        <v>2.01</v>
       </c>
       <c r="I31" s="69">
-        <v>-0.09</v>
+        <v>0.1</v>
       </c>
       <c r="J31" s="69">
-        <v>-1.51</v>
+        <v>-1.54</v>
       </c>
       <c r="K31" s="71">
-        <v>8.46</v>
+        <v>7.13</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="11.1" customHeight="1">
       <c r="A32" s="64" t="s">
         <v>81</v>
       </c>
       <c r="B32" s="28"/>
       <c r="C32" s="28"/>
       <c r="D32" s="28"/>
       <c r="E32" s="28"/>
       <c r="F32" s="28"/>
       <c r="G32" s="28"/>
       <c r="H32" s="28"/>
       <c r="I32" s="28"/>
       <c r="J32" s="28"/>
       <c r="K32" s="32"/>
     </row>
     <row r="33" spans="1:11" ht="12.6" customHeight="1">
       <c r="A33" s="21" t="s">
         <v>82</v>
       </c>
       <c r="B33" s="67">
-        <v>101691</v>
+        <v>101607</v>
       </c>
       <c r="C33" s="67">
-        <v>440794</v>
+        <v>443654</v>
       </c>
       <c r="D33" s="67">
-        <v>101708</v>
+        <v>101700</v>
       </c>
       <c r="E33" s="67">
-        <v>441706</v>
+        <v>441565</v>
       </c>
       <c r="F33" s="67">
-        <v>100781</v>
+        <v>101585</v>
       </c>
       <c r="G33" s="67">
-        <v>439881</v>
+        <v>444700</v>
       </c>
       <c r="H33" s="69">
-        <v>-0.02</v>
+        <v>-0.09</v>
       </c>
       <c r="I33" s="69">
-        <v>-0.21</v>
+        <v>0.47</v>
       </c>
       <c r="J33" s="69">
-        <v>0.9</v>
+        <v>0.02</v>
       </c>
       <c r="K33" s="71">
-        <v>0.21</v>
+        <v>-0.24</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1">
       <c r="A34" s="64" t="s">
         <v>83</v>
       </c>
       <c r="B34" s="28"/>
       <c r="C34" s="28"/>
       <c r="D34" s="28"/>
       <c r="E34" s="28"/>
       <c r="F34" s="28"/>
       <c r="G34" s="28"/>
       <c r="H34" s="28"/>
       <c r="I34" s="28"/>
       <c r="J34" s="28"/>
       <c r="K34" s="32"/>
     </row>
     <row r="35" spans="1:11" ht="12.6" customHeight="1">
       <c r="A35" s="21" t="s">
         <v>84</v>
       </c>
       <c r="B35" s="73">
         <v>0</v>
       </c>
       <c r="C35" s="73">
@@ -3663,56 +3663,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="45" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="45"/>
       <c r="C3" s="45"/>
       <c r="D3" s="45"/>
       <c r="E3" s="45"/>
       <c r="F3" s="45"/>
       <c r="G3" s="45"/>
       <c r="H3" s="45"/>
       <c r="I3" s="45"/>
       <c r="J3" s="45"/>
       <c r="K3" s="45"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -3799,728 +3799,728 @@
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="52" t="s">
         <v>39</v>
       </c>
       <c r="B9" s="55">
-        <v>10610</v>
+        <v>10642</v>
       </c>
       <c r="C9" s="55">
-        <v>19171</v>
+        <v>20043</v>
       </c>
       <c r="D9" s="55">
-        <v>10585</v>
+        <v>10642</v>
       </c>
       <c r="E9" s="55">
-        <v>18621</v>
+        <v>19532</v>
       </c>
       <c r="F9" s="55">
-        <v>10205</v>
+        <v>10322</v>
       </c>
       <c r="G9" s="55">
-        <v>15359</v>
-[...2 lines deleted...]
-        <v>0.24</v>
+        <v>15939</v>
+      </c>
+      <c r="H9" s="81">
+        <v>0</v>
       </c>
       <c r="I9" s="58">
-        <v>2.96</v>
+        <v>2.62</v>
       </c>
       <c r="J9" s="58">
-        <v>3.97</v>
+        <v>3.1</v>
       </c>
       <c r="K9" s="61">
-        <v>24.82</v>
+        <v>25.75</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="64" t="s">
         <v>86</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>87</v>
       </c>
       <c r="B11" s="67">
-        <v>87867</v>
+        <v>88262</v>
       </c>
       <c r="C11" s="67">
-        <v>327700</v>
+        <v>330920</v>
       </c>
       <c r="D11" s="67">
-        <v>87834</v>
+        <v>88063</v>
       </c>
       <c r="E11" s="67">
-        <v>327134</v>
+        <v>329209</v>
       </c>
       <c r="F11" s="67">
-        <v>82091</v>
+        <v>83806</v>
       </c>
       <c r="G11" s="67">
-        <v>285312</v>
+        <v>297819</v>
       </c>
       <c r="H11" s="69">
-        <v>0.04</v>
+        <v>0.23</v>
       </c>
       <c r="I11" s="69">
-        <v>0.17</v>
+        <v>0.52</v>
       </c>
       <c r="J11" s="69">
-        <v>7.04</v>
+        <v>5.32</v>
       </c>
       <c r="K11" s="71">
-        <v>14.86</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="64" t="s">
         <v>88</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="32"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="21" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="67">
-        <v>96951</v>
+        <v>94337</v>
       </c>
       <c r="C13" s="67">
-        <v>203244</v>
+        <v>200680</v>
       </c>
       <c r="D13" s="67">
-        <v>98253</v>
+        <v>95680</v>
       </c>
       <c r="E13" s="67">
-        <v>205029</v>
+        <v>201994</v>
       </c>
       <c r="F13" s="67">
-        <v>110071</v>
+        <v>108848</v>
       </c>
       <c r="G13" s="67">
-        <v>213231</v>
+        <v>215784</v>
       </c>
       <c r="H13" s="69">
-        <v>-1.33</v>
+        <v>-1.4</v>
       </c>
       <c r="I13" s="69">
-        <v>-0.87</v>
+        <v>-0.65</v>
       </c>
       <c r="J13" s="69">
-        <v>-11.92</v>
+        <v>-13.33</v>
       </c>
       <c r="K13" s="71">
-        <v>-4.68</v>
+        <v>-7</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="64" t="s">
         <v>90</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="32"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="67">
-        <v>35569</v>
+        <v>35994</v>
       </c>
       <c r="C15" s="67">
-        <v>103875</v>
+        <v>105918</v>
       </c>
       <c r="D15" s="67">
-        <v>35443</v>
+        <v>35778</v>
       </c>
       <c r="E15" s="67">
-        <v>102944</v>
+        <v>105029</v>
       </c>
       <c r="F15" s="67">
-        <v>36031</v>
+        <v>35558</v>
       </c>
       <c r="G15" s="67">
-        <v>102455</v>
+        <v>100817</v>
       </c>
       <c r="H15" s="69">
-        <v>0.36</v>
+        <v>0.6</v>
       </c>
       <c r="I15" s="69">
-        <v>0.9</v>
+        <v>0.85</v>
       </c>
       <c r="J15" s="69">
-        <v>-1.28</v>
+        <v>1.23</v>
       </c>
       <c r="K15" s="71">
-        <v>1.39</v>
+        <v>5.06</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="64" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="32"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="21" t="s">
         <v>93</v>
       </c>
       <c r="B17" s="67">
-        <v>2807</v>
+        <v>2720</v>
       </c>
       <c r="C17" s="67">
-        <v>15632</v>
+        <v>15660</v>
       </c>
       <c r="D17" s="67">
-        <v>2759</v>
+        <v>2761</v>
       </c>
       <c r="E17" s="67">
-        <v>15138</v>
+        <v>15624</v>
       </c>
       <c r="F17" s="67">
-        <v>2556</v>
+        <v>2529</v>
       </c>
       <c r="G17" s="67">
-        <v>11124</v>
+        <v>11654</v>
       </c>
       <c r="H17" s="69">
-        <v>1.74</v>
+        <v>-1.48</v>
       </c>
       <c r="I17" s="69">
-        <v>3.26</v>
+        <v>0.23</v>
       </c>
       <c r="J17" s="69">
-        <v>9.82</v>
+        <v>7.55</v>
       </c>
       <c r="K17" s="71">
-        <v>40.52</v>
+        <v>34.38</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="64" t="s">
         <v>94</v>
       </c>
       <c r="B18" s="28"/>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="32"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="21" t="s">
         <v>95</v>
       </c>
       <c r="B19" s="67">
-        <v>51753</v>
+        <v>51129</v>
       </c>
       <c r="C19" s="67">
-        <v>228499</v>
+        <v>229534</v>
       </c>
       <c r="D19" s="67">
-        <v>52079</v>
+        <v>51465</v>
       </c>
       <c r="E19" s="67">
-        <v>227306</v>
+        <v>229357</v>
       </c>
       <c r="F19" s="67">
-        <v>54110</v>
+        <v>54065</v>
       </c>
       <c r="G19" s="67">
-        <v>211511</v>
+        <v>215221</v>
       </c>
       <c r="H19" s="69">
-        <v>-0.63</v>
+        <v>-0.65</v>
       </c>
       <c r="I19" s="69">
-        <v>0.53</v>
+        <v>0.08</v>
       </c>
       <c r="J19" s="69">
-        <v>-4.36</v>
+        <v>-5.43</v>
       </c>
       <c r="K19" s="71">
-        <v>8.03</v>
+        <v>6.65</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="64" t="s">
         <v>96</v>
       </c>
       <c r="B20" s="28"/>
       <c r="C20" s="28"/>
       <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="32"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="21" t="s">
         <v>97</v>
       </c>
       <c r="B21" s="67">
-        <v>20568</v>
+        <v>21050</v>
       </c>
       <c r="C21" s="67">
-        <v>12173</v>
+        <v>12469</v>
       </c>
       <c r="D21" s="67">
-        <v>20341</v>
+        <v>20799</v>
       </c>
       <c r="E21" s="67">
-        <v>12084</v>
+        <v>12285</v>
       </c>
       <c r="F21" s="67">
-        <v>17682</v>
+        <v>18328</v>
       </c>
       <c r="G21" s="67">
-        <v>10842</v>
+        <v>11157</v>
       </c>
       <c r="H21" s="69">
-        <v>1.12</v>
+        <v>1.21</v>
       </c>
       <c r="I21" s="69">
-        <v>0.73</v>
+        <v>1.5</v>
       </c>
       <c r="J21" s="69">
-        <v>16.32</v>
+        <v>14.85</v>
       </c>
       <c r="K21" s="71">
-        <v>12.27</v>
+        <v>11.76</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="64" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="28"/>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
       <c r="K22" s="32"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="21" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="67">
+        <v>959</v>
+      </c>
+      <c r="C23" s="67">
+        <v>5698</v>
+      </c>
+      <c r="D23" s="67">
         <v>970</v>
       </c>
-      <c r="C23" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="E23" s="67">
-        <v>5786</v>
+        <v>5739</v>
       </c>
       <c r="F23" s="67">
-        <v>1155</v>
+        <v>1060</v>
       </c>
       <c r="G23" s="67">
-        <v>7480</v>
+        <v>5370</v>
       </c>
       <c r="H23" s="69">
-        <v>-1.52</v>
+        <v>-1.13</v>
       </c>
       <c r="I23" s="69">
-        <v>-3.43</v>
+        <v>-0.73</v>
       </c>
       <c r="J23" s="69">
-        <v>-16.02</v>
+        <v>-9.53</v>
       </c>
       <c r="K23" s="71">
-        <v>-25.3</v>
+        <v>6.11</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="64" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="28"/>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="32"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="21" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="67">
-        <v>109801</v>
+        <v>108256</v>
       </c>
       <c r="C25" s="67">
-        <v>275383</v>
+        <v>272350</v>
       </c>
       <c r="D25" s="67">
-        <v>110454</v>
+        <v>109135</v>
       </c>
       <c r="E25" s="67">
-        <v>276607</v>
+        <v>274119</v>
       </c>
       <c r="F25" s="67">
-        <v>117563</v>
+        <v>115994</v>
       </c>
       <c r="G25" s="67">
-        <v>286399</v>
+        <v>282881</v>
       </c>
       <c r="H25" s="69">
-        <v>-0.59</v>
+        <v>-0.81</v>
       </c>
       <c r="I25" s="69">
-        <v>-0.44</v>
+        <v>-0.65</v>
       </c>
       <c r="J25" s="69">
-        <v>-6.6</v>
+        <v>-6.67</v>
       </c>
       <c r="K25" s="71">
-        <v>-3.85</v>
+        <v>-3.72</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="64" t="s">
         <v>102</v>
       </c>
       <c r="B26" s="28"/>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
       <c r="K26" s="32"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="21" t="s">
         <v>103</v>
       </c>
       <c r="B27" s="67">
-        <v>35173</v>
+        <v>35667</v>
       </c>
       <c r="C27" s="67">
-        <v>56872</v>
+        <v>58488</v>
       </c>
       <c r="D27" s="67">
-        <v>35002</v>
+        <v>35428</v>
       </c>
       <c r="E27" s="67">
-        <v>56256</v>
+        <v>57478</v>
       </c>
       <c r="F27" s="67">
-        <v>32858</v>
+        <v>33392</v>
       </c>
       <c r="G27" s="67">
-        <v>50379</v>
+        <v>51721</v>
       </c>
       <c r="H27" s="69">
-        <v>0.49</v>
+        <v>0.67</v>
       </c>
       <c r="I27" s="69">
-        <v>1.09</v>
+        <v>1.76</v>
       </c>
       <c r="J27" s="69">
-        <v>7.05</v>
+        <v>6.81</v>
       </c>
       <c r="K27" s="71">
-        <v>12.89</v>
+        <v>13.08</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="64" t="s">
         <v>104</v>
       </c>
       <c r="B28" s="28"/>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="32"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="21" t="s">
         <v>105</v>
       </c>
       <c r="B29" s="67">
-        <v>6533</v>
+        <v>6421</v>
       </c>
       <c r="C29" s="67">
-        <v>17651</v>
+        <v>17760</v>
       </c>
       <c r="D29" s="67">
-        <v>6586</v>
+        <v>6449</v>
       </c>
       <c r="E29" s="67">
-        <v>17559</v>
+        <v>17765</v>
       </c>
       <c r="F29" s="67">
-        <v>5954</v>
+        <v>6160</v>
       </c>
       <c r="G29" s="67">
-        <v>16876</v>
+        <v>17159</v>
       </c>
       <c r="H29" s="69">
-        <v>-0.8</v>
+        <v>-0.43</v>
       </c>
       <c r="I29" s="69">
-        <v>0.53</v>
+        <v>-0.03</v>
       </c>
       <c r="J29" s="69">
-        <v>9.72</v>
+        <v>4.24</v>
       </c>
       <c r="K29" s="71">
-        <v>4.6</v>
+        <v>3.51</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="64" t="s">
         <v>106</v>
       </c>
       <c r="B30" s="28"/>
       <c r="C30" s="28"/>
       <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
       <c r="H30" s="28"/>
       <c r="I30" s="28"/>
       <c r="J30" s="28"/>
       <c r="K30" s="32"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="21" t="s">
         <v>107</v>
       </c>
       <c r="B31" s="67">
-        <v>55755</v>
+        <v>55885</v>
       </c>
       <c r="C31" s="67">
-        <v>50667</v>
+        <v>51968</v>
       </c>
       <c r="D31" s="67">
-        <v>55671</v>
+        <v>55828</v>
       </c>
       <c r="E31" s="67">
-        <v>50141</v>
+        <v>51296</v>
       </c>
       <c r="F31" s="67">
-        <v>54213</v>
+        <v>55150</v>
       </c>
       <c r="G31" s="67">
-        <v>45596</v>
+        <v>47577</v>
       </c>
       <c r="H31" s="69">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="I31" s="69">
-        <v>1.05</v>
+        <v>1.31</v>
       </c>
       <c r="J31" s="69">
-        <v>2.84</v>
+        <v>1.33</v>
       </c>
       <c r="K31" s="71">
-        <v>11.12</v>
+        <v>9.23</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="11.1" customHeight="1">
       <c r="A32" s="64" t="s">
         <v>108</v>
       </c>
       <c r="B32" s="28"/>
       <c r="C32" s="28"/>
       <c r="D32" s="28"/>
       <c r="E32" s="28"/>
       <c r="F32" s="28"/>
       <c r="G32" s="28"/>
       <c r="H32" s="28"/>
       <c r="I32" s="28"/>
       <c r="J32" s="28"/>
       <c r="K32" s="32"/>
     </row>
     <row r="33" spans="1:11" ht="12.6" customHeight="1">
       <c r="A33" s="21" t="s">
         <v>109</v>
       </c>
       <c r="B33" s="67">
-        <v>119189</v>
+        <v>119605</v>
       </c>
       <c r="C33" s="67">
-        <v>233618</v>
+        <v>235844</v>
       </c>
       <c r="D33" s="67">
-        <v>119145</v>
+        <v>119298</v>
       </c>
       <c r="E33" s="67">
-        <v>233198</v>
+        <v>234161</v>
       </c>
       <c r="F33" s="67">
-        <v>116070</v>
+        <v>117075</v>
       </c>
       <c r="G33" s="67">
-        <v>224465</v>
+        <v>227425</v>
       </c>
       <c r="H33" s="69">
-        <v>0.04</v>
+        <v>0.26</v>
       </c>
       <c r="I33" s="69">
-        <v>0.18</v>
+        <v>0.72</v>
       </c>
       <c r="J33" s="69">
-        <v>2.69</v>
+        <v>2.16</v>
       </c>
       <c r="K33" s="71">
-        <v>4.08</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1">
       <c r="A34" s="64" t="s">
         <v>110</v>
       </c>
       <c r="B34" s="28"/>
       <c r="C34" s="28"/>
       <c r="D34" s="28"/>
       <c r="E34" s="28"/>
       <c r="F34" s="28"/>
       <c r="G34" s="28"/>
       <c r="H34" s="28"/>
       <c r="I34" s="28"/>
       <c r="J34" s="28"/>
       <c r="K34" s="32"/>
     </row>
     <row r="35" spans="1:11" ht="12.6" customHeight="1">
       <c r="A35" s="21" t="s">
         <v>111</v>
       </c>
       <c r="B35" s="67">
-        <v>101945</v>
+        <v>101202</v>
       </c>
       <c r="C35" s="67">
-        <v>177638</v>
+        <v>176858</v>
       </c>
       <c r="D35" s="67">
-        <v>102197</v>
+        <v>101546</v>
       </c>
       <c r="E35" s="67">
-        <v>177840</v>
+        <v>177658</v>
       </c>
       <c r="F35" s="67">
-        <v>103327</v>
+        <v>103155</v>
       </c>
       <c r="G35" s="67">
-        <v>177166</v>
+        <v>176623</v>
       </c>
       <c r="H35" s="69">
-        <v>-0.25</v>
+        <v>-0.34</v>
       </c>
       <c r="I35" s="69">
-        <v>-0.11</v>
+        <v>-0.45</v>
       </c>
       <c r="J35" s="69">
-        <v>-1.34</v>
+        <v>-1.89</v>
       </c>
       <c r="K35" s="71">
-        <v>0.27</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="79" t="s">
         <v>112</v>
       </c>
       <c r="B36" s="30"/>
       <c r="C36" s="30"/>
       <c r="D36" s="30"/>
       <c r="E36" s="30"/>
       <c r="F36" s="30"/>
       <c r="G36" s="30"/>
       <c r="H36" s="30"/>
       <c r="I36" s="30"/>
       <c r="J36" s="30"/>
       <c r="K36" s="34"/>
     </row>
     <row r="37" spans="1:11" ht="13.5" customHeight="1">
       <c r="A37" s="18" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
@@ -4825,56 +4825,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="45" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="45"/>
       <c r="C3" s="45"/>
       <c r="D3" s="45"/>
       <c r="E3" s="45"/>
       <c r="F3" s="45"/>
       <c r="G3" s="45"/>
       <c r="H3" s="45"/>
       <c r="I3" s="45"/>
       <c r="J3" s="45"/>
       <c r="K3" s="45"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -4961,578 +4961,578 @@
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="52" t="s">
         <v>40</v>
       </c>
       <c r="B9" s="55">
-        <v>211650</v>
+        <v>215743</v>
       </c>
       <c r="C9" s="55">
-        <v>429095</v>
+        <v>437675</v>
       </c>
       <c r="D9" s="55">
-        <v>210990</v>
+        <v>213164</v>
       </c>
       <c r="E9" s="55">
-        <v>428213</v>
+        <v>432910</v>
       </c>
       <c r="F9" s="55">
-        <v>205739</v>
+        <v>207883</v>
       </c>
       <c r="G9" s="55">
-        <v>420650</v>
+        <v>425417</v>
       </c>
       <c r="H9" s="58">
-        <v>0.31</v>
+        <v>1.21</v>
       </c>
       <c r="I9" s="58">
-        <v>0.21</v>
+        <v>1.1</v>
       </c>
       <c r="J9" s="58">
-        <v>2.87</v>
+        <v>3.78</v>
       </c>
       <c r="K9" s="61">
-        <v>2.01</v>
+        <v>2.88</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="64" t="s">
         <v>113</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>114</v>
       </c>
       <c r="B11" s="67">
-        <v>83079</v>
+        <v>82290</v>
       </c>
       <c r="C11" s="67">
-        <v>399784</v>
+        <v>396686</v>
       </c>
       <c r="D11" s="67">
-        <v>83384</v>
+        <v>82696</v>
       </c>
       <c r="E11" s="67">
-        <v>400955</v>
+        <v>398595</v>
       </c>
       <c r="F11" s="67">
-        <v>87561</v>
+        <v>86525</v>
       </c>
       <c r="G11" s="67">
-        <v>419079</v>
+        <v>414849</v>
       </c>
       <c r="H11" s="69">
-        <v>-0.37</v>
+        <v>-0.49</v>
       </c>
       <c r="I11" s="69">
-        <v>-0.29</v>
+        <v>-0.48</v>
       </c>
       <c r="J11" s="69">
-        <v>-5.12</v>
+        <v>-4.89</v>
       </c>
       <c r="K11" s="71">
-        <v>-4.6</v>
+        <v>-4.38</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="64" t="s">
         <v>115</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="32"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="21" t="s">
         <v>116</v>
       </c>
       <c r="B13" s="67">
-        <v>246708</v>
+        <v>247623</v>
       </c>
       <c r="C13" s="67">
-        <v>690666</v>
+        <v>696750</v>
       </c>
       <c r="D13" s="67">
-        <v>245931</v>
+        <v>247377</v>
       </c>
       <c r="E13" s="67">
-        <v>687694</v>
+        <v>695212</v>
       </c>
       <c r="F13" s="67">
-        <v>232814</v>
+        <v>234159</v>
       </c>
       <c r="G13" s="67">
-        <v>653473</v>
+        <v>654604</v>
       </c>
       <c r="H13" s="69">
-        <v>0.32</v>
+        <v>0.1</v>
       </c>
       <c r="I13" s="69">
-        <v>0.43</v>
+        <v>0.22</v>
       </c>
       <c r="J13" s="69">
-        <v>5.97</v>
+        <v>5.75</v>
       </c>
       <c r="K13" s="71">
-        <v>5.69</v>
+        <v>6.44</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="64" t="s">
         <v>117</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="32"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>118</v>
       </c>
       <c r="B15" s="67">
-        <v>117052</v>
+        <v>117295</v>
       </c>
       <c r="C15" s="67">
-        <v>148672</v>
+        <v>148624</v>
       </c>
       <c r="D15" s="67">
-        <v>117067</v>
+        <v>117077</v>
       </c>
       <c r="E15" s="67">
-        <v>147812</v>
+        <v>148787</v>
       </c>
       <c r="F15" s="67">
-        <v>116626</v>
+        <v>116529</v>
       </c>
       <c r="G15" s="67">
-        <v>130435</v>
+        <v>130302</v>
       </c>
       <c r="H15" s="69">
-        <v>-0.01</v>
+        <v>0.19</v>
       </c>
       <c r="I15" s="69">
-        <v>0.58</v>
+        <v>-0.11</v>
       </c>
       <c r="J15" s="69">
-        <v>0.37</v>
+        <v>0.66</v>
       </c>
       <c r="K15" s="71">
-        <v>13.98</v>
+        <v>14.06</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="64" t="s">
         <v>119</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="32"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="21" t="s">
         <v>120</v>
       </c>
       <c r="B17" s="67">
-        <v>205659</v>
+        <v>205252</v>
       </c>
       <c r="C17" s="67">
-        <v>259627</v>
+        <v>259766</v>
       </c>
       <c r="D17" s="67">
-        <v>205688</v>
+        <v>205398</v>
       </c>
       <c r="E17" s="67">
-        <v>260012</v>
+        <v>259828</v>
       </c>
       <c r="F17" s="67">
-        <v>204255</v>
+        <v>205103</v>
       </c>
       <c r="G17" s="67">
-        <v>262614</v>
+        <v>264249</v>
       </c>
       <c r="H17" s="69">
-        <v>-0.01</v>
+        <v>-0.07</v>
       </c>
       <c r="I17" s="69">
-        <v>-0.15</v>
+        <v>-0.02</v>
       </c>
       <c r="J17" s="69">
-        <v>0.69</v>
+        <v>0.07</v>
       </c>
       <c r="K17" s="71">
-        <v>-1.14</v>
+        <v>-1.7</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="64" t="s">
         <v>121</v>
       </c>
       <c r="B18" s="28"/>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="32"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="21" t="s">
         <v>122</v>
       </c>
       <c r="B19" s="67">
-        <v>296462</v>
+        <v>298451</v>
       </c>
       <c r="C19" s="67">
-        <v>656288</v>
+        <v>657471</v>
       </c>
       <c r="D19" s="67">
-        <v>296203</v>
+        <v>296955</v>
       </c>
       <c r="E19" s="67">
-        <v>655414</v>
+        <v>657030</v>
       </c>
       <c r="F19" s="67">
-        <v>294232</v>
+        <v>292994</v>
       </c>
       <c r="G19" s="67">
-        <v>660532</v>
+        <v>652659</v>
       </c>
       <c r="H19" s="69">
-        <v>0.09</v>
+        <v>0.5</v>
       </c>
       <c r="I19" s="69">
-        <v>0.13</v>
+        <v>0.07</v>
       </c>
       <c r="J19" s="69">
-        <v>0.76</v>
+        <v>1.86</v>
       </c>
       <c r="K19" s="71">
-        <v>-0.64</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="64" t="s">
         <v>123</v>
       </c>
       <c r="B20" s="28"/>
       <c r="C20" s="28"/>
       <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="32"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="21" t="s">
         <v>124</v>
       </c>
       <c r="B21" s="67">
-        <v>31152</v>
+        <v>31374</v>
       </c>
       <c r="C21" s="67">
-        <v>75238</v>
+        <v>75757</v>
       </c>
       <c r="D21" s="67">
-        <v>31140</v>
+        <v>31282</v>
       </c>
       <c r="E21" s="67">
-        <v>75064</v>
+        <v>75540</v>
       </c>
       <c r="F21" s="67">
-        <v>30602</v>
+        <v>30627</v>
       </c>
       <c r="G21" s="67">
-        <v>74383</v>
+        <v>74279</v>
       </c>
       <c r="H21" s="69">
-        <v>0.04</v>
+        <v>0.29</v>
       </c>
       <c r="I21" s="69">
-        <v>0.23</v>
+        <v>0.29</v>
       </c>
       <c r="J21" s="69">
-        <v>1.8</v>
+        <v>2.44</v>
       </c>
       <c r="K21" s="71">
-        <v>1.15</v>
+        <v>1.99</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="64" t="s">
         <v>125</v>
       </c>
       <c r="B22" s="28"/>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
       <c r="K22" s="32"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="21" t="s">
         <v>126</v>
       </c>
       <c r="B23" s="67">
-        <v>458743</v>
+        <v>459892</v>
       </c>
       <c r="C23" s="67">
-        <v>1168872</v>
+        <v>1194781</v>
       </c>
       <c r="D23" s="67">
-        <v>458511</v>
+        <v>458944</v>
       </c>
       <c r="E23" s="67">
-        <v>1160890</v>
+        <v>1178488</v>
       </c>
       <c r="F23" s="67">
-        <v>457096</v>
+        <v>457065</v>
       </c>
       <c r="G23" s="67">
-        <v>1078259</v>
+        <v>1092961</v>
       </c>
       <c r="H23" s="69">
-        <v>0.05</v>
+        <v>0.21</v>
       </c>
       <c r="I23" s="69">
-        <v>0.69</v>
+        <v>1.38</v>
       </c>
       <c r="J23" s="69">
-        <v>0.36</v>
+        <v>0.62</v>
       </c>
       <c r="K23" s="71">
-        <v>8.4</v>
+        <v>9.32</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="64" t="s">
         <v>127</v>
       </c>
       <c r="B24" s="28"/>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="32"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="21" t="s">
         <v>128</v>
       </c>
       <c r="B25" s="67">
-        <v>13447</v>
+        <v>14602</v>
       </c>
       <c r="C25" s="67">
-        <v>16243</v>
+        <v>19059</v>
       </c>
       <c r="D25" s="67">
-        <v>13018</v>
+        <v>13906</v>
       </c>
       <c r="E25" s="67">
-        <v>15769</v>
+        <v>17369</v>
       </c>
       <c r="F25" s="67">
-        <v>6837</v>
+        <v>7343</v>
       </c>
       <c r="G25" s="67">
-        <v>11066</v>
+        <v>11851</v>
       </c>
       <c r="H25" s="69">
-        <v>3.3</v>
+        <v>5.01</v>
       </c>
       <c r="I25" s="69">
-        <v>3.01</v>
+        <v>9.73</v>
       </c>
       <c r="J25" s="69">
-        <v>96.68</v>
+        <v>98.86</v>
       </c>
       <c r="K25" s="71">
-        <v>46.79</v>
+        <v>60.83</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="64" t="s">
         <v>129</v>
       </c>
       <c r="B26" s="28"/>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
       <c r="K26" s="32"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="21" t="s">
         <v>130</v>
       </c>
       <c r="B27" s="67">
-        <v>169131</v>
+        <v>176313</v>
       </c>
       <c r="C27" s="67">
-        <v>73185</v>
+        <v>75067</v>
       </c>
       <c r="D27" s="67">
-        <v>164848</v>
+        <v>172581</v>
       </c>
       <c r="E27" s="67">
-        <v>71435</v>
+        <v>74142</v>
       </c>
       <c r="F27" s="67">
-        <v>121240</v>
+        <v>127880</v>
       </c>
       <c r="G27" s="67">
-        <v>53304</v>
+        <v>54019</v>
       </c>
       <c r="H27" s="69">
-        <v>2.6</v>
+        <v>2.16</v>
       </c>
       <c r="I27" s="69">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="J27" s="69">
-        <v>39.5</v>
+        <v>37.87</v>
       </c>
       <c r="K27" s="71">
-        <v>37.3</v>
+        <v>38.96</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="64" t="s">
         <v>131</v>
       </c>
       <c r="B28" s="28"/>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="32"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="21" t="s">
         <v>132</v>
       </c>
       <c r="B29" s="67">
-        <v>12115</v>
+        <v>12594</v>
       </c>
       <c r="C29" s="67">
-        <v>6646</v>
+        <v>6847</v>
       </c>
       <c r="D29" s="67">
-        <v>11858</v>
+        <v>12312</v>
       </c>
       <c r="E29" s="67">
-        <v>6553</v>
+        <v>6727</v>
       </c>
       <c r="F29" s="67">
-        <v>9575</v>
+        <v>10419</v>
       </c>
       <c r="G29" s="67">
-        <v>5775</v>
+        <v>6210</v>
       </c>
       <c r="H29" s="69">
-        <v>2.17</v>
+        <v>2.29</v>
       </c>
       <c r="I29" s="69">
-        <v>1.41</v>
+        <v>1.79</v>
       </c>
       <c r="J29" s="69">
-        <v>26.53</v>
+        <v>20.88</v>
       </c>
       <c r="K29" s="71">
-        <v>15.07</v>
+        <v>10.26</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="64" t="s">
         <v>133</v>
       </c>
       <c r="B30" s="28"/>
       <c r="C30" s="28"/>
       <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
       <c r="H30" s="28"/>
       <c r="I30" s="28"/>
       <c r="J30" s="28"/>
       <c r="K30" s="32"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="21"/>
       <c r="B31" s="29"/>
       <c r="C31" s="29"/>
       <c r="D31" s="29"/>
       <c r="E31" s="29"/>
       <c r="F31" s="29"/>
       <c r="G31" s="29"/>
@@ -5818,56 +5818,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>34</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -5957,75 +5957,75 @@
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="56">
         <v>14</v>
       </c>
       <c r="C9" s="56">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D9" s="56">
         <v>15</v>
       </c>
       <c r="E9" s="56">
-        <v>232</v>
+        <v>223</v>
       </c>
       <c r="F9" s="56">
         <v>13</v>
       </c>
       <c r="G9" s="56">
         <v>248</v>
       </c>
       <c r="H9" s="59">
         <v>-6.67</v>
       </c>
       <c r="I9" s="59">
-        <v>-3.18</v>
+        <v>-0.17</v>
       </c>
       <c r="J9" s="59">
         <v>7.69</v>
       </c>
       <c r="K9" s="62">
-        <v>-9.36</v>
+        <v>-10.22</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>41</v>
       </c>
       <c r="B11" s="73">
         <v>0</v>
       </c>
       <c r="C11" s="73">
@@ -6107,75 +6107,75 @@
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="64" t="s">
         <v>136</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="32"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>137</v>
       </c>
       <c r="B15" s="67">
         <v>2</v>
       </c>
       <c r="C15" s="67">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="D15" s="67">
         <v>2</v>
       </c>
       <c r="E15" s="67">
-        <v>229</v>
+        <v>217</v>
       </c>
       <c r="F15" s="67">
         <v>2</v>
       </c>
       <c r="G15" s="67">
         <v>244</v>
       </c>
       <c r="H15" s="75">
         <v>0</v>
       </c>
-      <c r="I15" s="69">
-        <v>-3.06</v>
+      <c r="I15" s="75">
+        <v>0</v>
       </c>
       <c r="J15" s="75">
         <v>0</v>
       </c>
       <c r="K15" s="71">
-        <v>-9.04</v>
+        <v>-11.07</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="64" t="s">
         <v>138</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="32"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="21" t="s">
         <v>139</v>
       </c>
       <c r="B17" s="73">
         <v>0</v>
       </c>
       <c r="C17" s="73">
@@ -6475,57 +6475,57 @@
       <c r="A29" s="21" t="s">
         <v>151</v>
       </c>
       <c r="B29" s="67">
         <v>3</v>
       </c>
       <c r="C29" s="67">
         <v>0</v>
       </c>
       <c r="D29" s="67">
         <v>3</v>
       </c>
       <c r="E29" s="67">
         <v>0</v>
       </c>
       <c r="F29" s="67">
         <v>3</v>
       </c>
       <c r="G29" s="67">
         <v>0</v>
       </c>
       <c r="H29" s="75">
         <v>0</v>
       </c>
       <c r="I29" s="69">
-        <v>-6.92</v>
+        <v>-8.06</v>
       </c>
       <c r="J29" s="75">
         <v>0</v>
       </c>
       <c r="K29" s="71">
-        <v>-46.99</v>
+        <v>-51.09</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="64" t="s">
         <v>152</v>
       </c>
       <c r="B30" s="28"/>
       <c r="C30" s="28"/>
       <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
       <c r="H30" s="28"/>
       <c r="I30" s="28"/>
       <c r="J30" s="28"/>
       <c r="K30" s="32"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="21" t="s">
         <v>153</v>
       </c>
       <c r="B31" s="73">
         <v>0</v>
       </c>
       <c r="C31" s="73">
@@ -6926,56 +6926,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>34</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -7058,78 +7058,78 @@
         <v>13</v>
       </c>
       <c r="E8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
-      <c r="A9" s="80" t="s">
+      <c r="A9" s="82" t="s">
         <v>42</v>
       </c>
-      <c r="B9" s="82">
-[...23 lines deleted...]
-      <c r="J9" s="84">
+      <c r="B9" s="84">
+        <v>0</v>
+      </c>
+      <c r="C9" s="84">
+        <v>0</v>
+      </c>
+      <c r="D9" s="84">
+        <v>0</v>
+      </c>
+      <c r="E9" s="84">
+        <v>0</v>
+      </c>
+      <c r="F9" s="84">
+        <v>0</v>
+      </c>
+      <c r="G9" s="84">
+        <v>0</v>
+      </c>
+      <c r="H9" s="81">
+        <v>0</v>
+      </c>
+      <c r="I9" s="81">
+        <v>0</v>
+      </c>
+      <c r="J9" s="81">
         <v>0</v>
       </c>
       <c r="K9" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="64" t="s">
         <v>159</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="26" t="s">
         <v>160</v>
       </c>
@@ -7715,75 +7715,75 @@
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1">
       <c r="A34" s="64" t="s">
         <v>183</v>
       </c>
       <c r="B34" s="28"/>
       <c r="C34" s="28"/>
       <c r="D34" s="28"/>
       <c r="E34" s="28"/>
       <c r="F34" s="28"/>
       <c r="G34" s="28"/>
       <c r="H34" s="28"/>
       <c r="I34" s="28"/>
       <c r="J34" s="28"/>
       <c r="K34" s="32"/>
     </row>
     <row r="35" spans="1:11" ht="12.6" customHeight="1">
       <c r="A35" s="26" t="s">
         <v>184</v>
       </c>
       <c r="B35" s="67">
         <v>9</v>
       </c>
       <c r="C35" s="67">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D35" s="67">
         <v>10</v>
       </c>
       <c r="E35" s="67">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F35" s="67">
         <v>8</v>
       </c>
       <c r="G35" s="67">
         <v>4</v>
       </c>
       <c r="H35" s="69">
         <v>-10</v>
       </c>
       <c r="I35" s="69">
-        <v>-11.67</v>
+        <v>-6.7</v>
       </c>
       <c r="J35" s="69">
         <v>12.5</v>
       </c>
       <c r="K35" s="71">
-        <v>-27.9</v>
+        <v>49.05</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="79" t="s">
         <v>185</v>
       </c>
       <c r="B36" s="30"/>
       <c r="C36" s="30"/>
       <c r="D36" s="30"/>
       <c r="E36" s="30"/>
       <c r="F36" s="30"/>
       <c r="G36" s="30"/>
       <c r="H36" s="30"/>
       <c r="I36" s="30"/>
       <c r="J36" s="30"/>
       <c r="K36" s="34"/>
     </row>
     <row r="37" spans="1:11" ht="13.5" customHeight="1">
       <c r="A37" s="18" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
@@ -8073,56 +8073,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>34</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -8205,78 +8205,78 @@
         <v>13</v>
       </c>
       <c r="E8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
-      <c r="A9" s="80" t="s">
+      <c r="A9" s="82" t="s">
         <v>55</v>
       </c>
-      <c r="B9" s="82">
-[...23 lines deleted...]
-      <c r="J9" s="84">
+      <c r="B9" s="84">
+        <v>0</v>
+      </c>
+      <c r="C9" s="84">
+        <v>0</v>
+      </c>
+      <c r="D9" s="84">
+        <v>0</v>
+      </c>
+      <c r="E9" s="84">
+        <v>0</v>
+      </c>
+      <c r="F9" s="84">
+        <v>0</v>
+      </c>
+      <c r="G9" s="84">
+        <v>0</v>
+      </c>
+      <c r="H9" s="81">
+        <v>0</v>
+      </c>
+      <c r="I9" s="81">
+        <v>0</v>
+      </c>
+      <c r="J9" s="81">
         <v>0</v>
       </c>
       <c r="K9" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="64" t="s">
         <v>186</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="26"/>
       <c r="B11" s="29"/>
       <c r="C11" s="29"/>
@@ -8904,56 +8904,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>48</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -9798,56 +9798,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>45</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -9934,728 +9934,728 @@
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="56">
-        <v>123348</v>
+        <v>124073</v>
       </c>
       <c r="C9" s="56">
-        <v>329496</v>
+        <v>333224</v>
       </c>
       <c r="D9" s="56">
-        <v>123176</v>
+        <v>123613</v>
       </c>
       <c r="E9" s="56">
-        <v>329125</v>
+        <v>330894</v>
       </c>
       <c r="F9" s="56">
-        <v>118494</v>
+        <v>119138</v>
       </c>
       <c r="G9" s="56">
-        <v>307674</v>
+        <v>313720</v>
       </c>
       <c r="H9" s="59">
-        <v>0.14</v>
+        <v>0.37</v>
       </c>
       <c r="I9" s="59">
-        <v>0.11</v>
+        <v>0.7</v>
       </c>
       <c r="J9" s="59">
-        <v>4.1</v>
+        <v>4.14</v>
       </c>
       <c r="K9" s="62">
-        <v>7.09</v>
+        <v>6.22</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>47</v>
       </c>
       <c r="B11" s="67">
-        <v>7002</v>
+        <v>7062</v>
       </c>
       <c r="C11" s="67">
-        <v>6198</v>
+        <v>6301</v>
       </c>
       <c r="D11" s="67">
-        <v>6991</v>
+        <v>7015</v>
       </c>
       <c r="E11" s="67">
-        <v>6283</v>
+        <v>6189</v>
       </c>
       <c r="F11" s="67">
-        <v>6581</v>
+        <v>6667</v>
       </c>
       <c r="G11" s="67">
-        <v>6129</v>
+        <v>6202</v>
       </c>
       <c r="H11" s="69">
-        <v>0.16</v>
+        <v>0.67</v>
       </c>
       <c r="I11" s="69">
-        <v>-1.35</v>
+        <v>1.82</v>
       </c>
       <c r="J11" s="69">
-        <v>6.4</v>
+        <v>5.92</v>
       </c>
       <c r="K11" s="71">
-        <v>1.14</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="64" t="s">
         <v>192</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="32"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="21" t="s">
         <v>193</v>
       </c>
       <c r="B13" s="67">
-        <v>7487</v>
+        <v>7444</v>
       </c>
       <c r="C13" s="67">
-        <v>19884</v>
+        <v>19742</v>
       </c>
       <c r="D13" s="67">
-        <v>7523</v>
+        <v>7445</v>
       </c>
       <c r="E13" s="67">
-        <v>19971</v>
+        <v>19733</v>
       </c>
       <c r="F13" s="67">
-        <v>7274</v>
+        <v>7392</v>
       </c>
       <c r="G13" s="67">
-        <v>17918</v>
+        <v>18788</v>
       </c>
       <c r="H13" s="69">
-        <v>-0.48</v>
+        <v>-0.01</v>
       </c>
       <c r="I13" s="69">
-        <v>-0.44</v>
+        <v>0.05</v>
       </c>
       <c r="J13" s="69">
-        <v>2.93</v>
+        <v>0.7</v>
       </c>
       <c r="K13" s="71">
-        <v>10.97</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="64" t="s">
         <v>194</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="32"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>195</v>
       </c>
       <c r="B15" s="67">
-        <v>4034</v>
+        <v>4067</v>
       </c>
       <c r="C15" s="67">
-        <v>11792</v>
+        <v>12249</v>
       </c>
       <c r="D15" s="67">
-        <v>4036</v>
+        <v>4041</v>
       </c>
       <c r="E15" s="67">
-        <v>11776</v>
+        <v>11936</v>
       </c>
       <c r="F15" s="67">
-        <v>4024</v>
+        <v>3981</v>
       </c>
       <c r="G15" s="67">
-        <v>11277</v>
+        <v>11093</v>
       </c>
       <c r="H15" s="69">
-        <v>-0.05</v>
+        <v>0.64</v>
       </c>
       <c r="I15" s="69">
-        <v>0.14</v>
+        <v>2.62</v>
       </c>
       <c r="J15" s="69">
-        <v>0.25</v>
+        <v>2.16</v>
       </c>
       <c r="K15" s="71">
-        <v>4.57</v>
+        <v>10.42</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="64" t="s">
         <v>196</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="32"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="21" t="s">
         <v>197</v>
       </c>
       <c r="B17" s="67">
-        <v>18683</v>
+        <v>18771</v>
       </c>
       <c r="C17" s="67">
-        <v>51542</v>
+        <v>52432</v>
       </c>
       <c r="D17" s="67">
-        <v>18649</v>
+        <v>18730</v>
       </c>
       <c r="E17" s="67">
-        <v>51375</v>
+        <v>51926</v>
       </c>
       <c r="F17" s="67">
-        <v>18434</v>
+        <v>18406</v>
       </c>
       <c r="G17" s="67">
-        <v>49382</v>
+        <v>49745</v>
       </c>
       <c r="H17" s="69">
-        <v>0.18</v>
+        <v>0.22</v>
       </c>
       <c r="I17" s="69">
-        <v>0.33</v>
+        <v>0.97</v>
       </c>
       <c r="J17" s="69">
-        <v>1.35</v>
+        <v>1.98</v>
       </c>
       <c r="K17" s="71">
-        <v>4.37</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="64" t="s">
         <v>198</v>
       </c>
       <c r="B18" s="28"/>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="32"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="21" t="s">
         <v>199</v>
       </c>
       <c r="B19" s="67">
-        <v>1948</v>
+        <v>1953</v>
       </c>
       <c r="C19" s="67">
-        <v>5346</v>
+        <v>5375</v>
       </c>
       <c r="D19" s="67">
-        <v>1940</v>
+        <v>1962</v>
       </c>
       <c r="E19" s="67">
-        <v>5320</v>
+        <v>5398</v>
       </c>
       <c r="F19" s="67">
-        <v>1841</v>
+        <v>1885</v>
       </c>
       <c r="G19" s="67">
-        <v>4841</v>
+        <v>5083</v>
       </c>
       <c r="H19" s="69">
-        <v>0.41</v>
+        <v>-0.46</v>
       </c>
       <c r="I19" s="69">
-        <v>0.48</v>
+        <v>-0.43</v>
       </c>
       <c r="J19" s="69">
-        <v>5.81</v>
+        <v>3.61</v>
       </c>
       <c r="K19" s="71">
-        <v>10.44</v>
+        <v>5.74</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="64" t="s">
         <v>200</v>
       </c>
       <c r="B20" s="28"/>
       <c r="C20" s="28"/>
       <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="32"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="21" t="s">
         <v>201</v>
       </c>
       <c r="B21" s="67">
-        <v>2692</v>
+        <v>2708</v>
       </c>
       <c r="C21" s="67">
-        <v>2806</v>
+        <v>2835</v>
       </c>
       <c r="D21" s="67">
-        <v>2681</v>
+        <v>2694</v>
       </c>
       <c r="E21" s="67">
-        <v>2818</v>
+        <v>2808</v>
       </c>
       <c r="F21" s="67">
-        <v>2511</v>
+        <v>2526</v>
       </c>
       <c r="G21" s="67">
-        <v>2968</v>
+        <v>3002</v>
       </c>
       <c r="H21" s="69">
-        <v>0.41</v>
+        <v>0.52</v>
       </c>
       <c r="I21" s="69">
-        <v>-0.4</v>
+        <v>0.95</v>
       </c>
       <c r="J21" s="69">
         <v>7.21</v>
       </c>
       <c r="K21" s="71">
-        <v>-5.44</v>
+        <v>-5.58</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="64" t="s">
         <v>202</v>
       </c>
       <c r="B22" s="28"/>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
       <c r="K22" s="32"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="21" t="s">
         <v>203</v>
       </c>
       <c r="B23" s="67">
-        <v>3283</v>
+        <v>3352</v>
       </c>
       <c r="C23" s="67">
-        <v>4221</v>
+        <v>4155</v>
       </c>
       <c r="D23" s="67">
-        <v>3247</v>
+        <v>3311</v>
       </c>
       <c r="E23" s="67">
-        <v>4255</v>
+        <v>4184</v>
       </c>
       <c r="F23" s="67">
-        <v>2757</v>
+        <v>2773</v>
       </c>
       <c r="G23" s="67">
-        <v>3934</v>
+        <v>3834</v>
       </c>
       <c r="H23" s="69">
-        <v>1.11</v>
+        <v>1.24</v>
       </c>
       <c r="I23" s="69">
-        <v>-0.82</v>
+        <v>-0.69</v>
       </c>
       <c r="J23" s="69">
-        <v>19.08</v>
+        <v>20.88</v>
       </c>
       <c r="K23" s="71">
-        <v>7.27</v>
+        <v>8.39</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="64" t="s">
         <v>204</v>
       </c>
       <c r="B24" s="28"/>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="32"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="21" t="s">
         <v>205</v>
       </c>
       <c r="B25" s="67">
-        <v>5038</v>
+        <v>5022</v>
       </c>
       <c r="C25" s="67">
-        <v>33547</v>
+        <v>33624</v>
       </c>
       <c r="D25" s="67">
-        <v>5051</v>
+        <v>5027</v>
       </c>
       <c r="E25" s="67">
-        <v>33581</v>
+        <v>33464</v>
       </c>
       <c r="F25" s="67">
-        <v>4795</v>
+        <v>5025</v>
       </c>
       <c r="G25" s="67">
-        <v>28896</v>
+        <v>31520</v>
       </c>
       <c r="H25" s="69">
-        <v>-0.26</v>
+        <v>-0.1</v>
       </c>
       <c r="I25" s="69">
-        <v>-0.1</v>
+        <v>0.48</v>
       </c>
       <c r="J25" s="69">
-        <v>5.07</v>
+        <v>-0.06</v>
       </c>
       <c r="K25" s="71">
-        <v>16.1</v>
+        <v>6.67</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="64" t="s">
         <v>206</v>
       </c>
       <c r="B26" s="28"/>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
       <c r="K26" s="32"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="21" t="s">
         <v>207</v>
       </c>
       <c r="B27" s="67">
-        <v>3438</v>
+        <v>3424</v>
       </c>
       <c r="C27" s="67">
-        <v>10187</v>
+        <v>10169</v>
       </c>
       <c r="D27" s="67">
-        <v>3445</v>
+        <v>3429</v>
       </c>
       <c r="E27" s="67">
-        <v>10227</v>
+        <v>10184</v>
       </c>
       <c r="F27" s="67">
-        <v>3481</v>
+        <v>3517</v>
       </c>
       <c r="G27" s="67">
-        <v>10359</v>
+        <v>10526</v>
       </c>
       <c r="H27" s="69">
-        <v>-0.2</v>
+        <v>-0.15</v>
       </c>
       <c r="I27" s="69">
-        <v>-0.38</v>
+        <v>-0.14</v>
       </c>
       <c r="J27" s="69">
-        <v>-1.24</v>
+        <v>-2.64</v>
       </c>
       <c r="K27" s="71">
-        <v>-1.65</v>
+        <v>-3.39</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="64" t="s">
         <v>208</v>
       </c>
       <c r="B28" s="28"/>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="32"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="21" t="s">
         <v>209</v>
       </c>
       <c r="B29" s="67">
-        <v>5675</v>
+        <v>5779</v>
       </c>
       <c r="C29" s="67">
-        <v>35129</v>
+        <v>36593</v>
       </c>
       <c r="D29" s="67">
-        <v>5664</v>
+        <v>5734</v>
       </c>
       <c r="E29" s="67">
-        <v>34845</v>
+        <v>35880</v>
       </c>
       <c r="F29" s="67">
-        <v>5266</v>
+        <v>5350</v>
       </c>
       <c r="G29" s="67">
-        <v>30800</v>
+        <v>31560</v>
       </c>
       <c r="H29" s="69">
-        <v>0.19</v>
+        <v>0.78</v>
       </c>
       <c r="I29" s="69">
-        <v>0.82</v>
+        <v>1.98</v>
       </c>
       <c r="J29" s="69">
-        <v>7.77</v>
+        <v>8.02</v>
       </c>
       <c r="K29" s="71">
-        <v>14.05</v>
+        <v>15.95</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="64" t="s">
         <v>210</v>
       </c>
       <c r="B30" s="28"/>
       <c r="C30" s="28"/>
       <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
       <c r="H30" s="28"/>
       <c r="I30" s="28"/>
       <c r="J30" s="28"/>
       <c r="K30" s="32"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="21" t="s">
         <v>211</v>
       </c>
       <c r="B31" s="67">
-        <v>1441</v>
+        <v>1444</v>
       </c>
       <c r="C31" s="67">
-        <v>4583</v>
+        <v>4535</v>
       </c>
       <c r="D31" s="67">
-        <v>1437</v>
+        <v>1445</v>
       </c>
       <c r="E31" s="67">
-        <v>4530</v>
+        <v>4551</v>
       </c>
       <c r="F31" s="67">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="G31" s="67">
-        <v>4352</v>
+        <v>4445</v>
       </c>
       <c r="H31" s="69">
-        <v>0.28</v>
+        <v>-0.07</v>
       </c>
       <c r="I31" s="69">
-        <v>1.17</v>
+        <v>-0.36</v>
       </c>
       <c r="J31" s="69">
-        <v>-0.14</v>
+        <v>-0.07</v>
       </c>
       <c r="K31" s="71">
-        <v>5.31</v>
+        <v>2.02</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="11.1" customHeight="1">
       <c r="A32" s="64" t="s">
         <v>212</v>
       </c>
       <c r="B32" s="28"/>
       <c r="C32" s="28"/>
       <c r="D32" s="28"/>
       <c r="E32" s="28"/>
       <c r="F32" s="28"/>
       <c r="G32" s="28"/>
       <c r="H32" s="28"/>
       <c r="I32" s="28"/>
       <c r="J32" s="28"/>
       <c r="K32" s="32"/>
     </row>
     <row r="33" spans="1:11" ht="12.6" customHeight="1">
       <c r="A33" s="21" t="s">
         <v>213</v>
       </c>
       <c r="B33" s="67">
-        <v>1205</v>
+        <v>1203</v>
       </c>
       <c r="C33" s="67">
-        <v>4011</v>
+        <v>4034</v>
       </c>
       <c r="D33" s="67">
-        <v>1210</v>
+        <v>1202</v>
       </c>
       <c r="E33" s="67">
-        <v>4023</v>
+        <v>4020</v>
       </c>
       <c r="F33" s="67">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="G33" s="67">
-        <v>3860</v>
+        <v>3931</v>
       </c>
       <c r="H33" s="69">
-        <v>-0.41</v>
+        <v>0.08</v>
       </c>
       <c r="I33" s="69">
-        <v>-0.3</v>
+        <v>0.35</v>
       </c>
       <c r="J33" s="69">
-        <v>-1.55</v>
+        <v>-1.8</v>
       </c>
       <c r="K33" s="71">
-        <v>3.9</v>
+        <v>2.61</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1">
       <c r="A34" s="64" t="s">
         <v>214</v>
       </c>
       <c r="B34" s="28"/>
       <c r="C34" s="28"/>
       <c r="D34" s="28"/>
       <c r="E34" s="28"/>
       <c r="F34" s="28"/>
       <c r="G34" s="28"/>
       <c r="H34" s="28"/>
       <c r="I34" s="28"/>
       <c r="J34" s="28"/>
       <c r="K34" s="32"/>
     </row>
     <row r="35" spans="1:11" ht="12.6" customHeight="1">
       <c r="A35" s="21" t="s">
         <v>215</v>
       </c>
       <c r="B35" s="67">
-        <v>4012</v>
+        <v>4028</v>
       </c>
       <c r="C35" s="67">
-        <v>11168</v>
+        <v>11301</v>
       </c>
       <c r="D35" s="67">
-        <v>3992</v>
+        <v>4029</v>
       </c>
       <c r="E35" s="67">
-        <v>11073</v>
+        <v>11281</v>
       </c>
       <c r="F35" s="67">
-        <v>3934</v>
+        <v>3948</v>
       </c>
       <c r="G35" s="67">
-        <v>10115</v>
+        <v>10327</v>
       </c>
       <c r="H35" s="69">
-        <v>0.5</v>
+        <v>-0.02</v>
       </c>
       <c r="I35" s="69">
-        <v>0.85</v>
+        <v>0.18</v>
       </c>
       <c r="J35" s="69">
-        <v>1.98</v>
+        <v>2.03</v>
       </c>
       <c r="K35" s="71">
-        <v>10.41</v>
+        <v>9.44</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="79" t="s">
         <v>216</v>
       </c>
       <c r="B36" s="30"/>
       <c r="C36" s="30"/>
       <c r="D36" s="30"/>
       <c r="E36" s="30"/>
       <c r="F36" s="30"/>
       <c r="G36" s="30"/>
       <c r="H36" s="30"/>
       <c r="I36" s="30"/>
       <c r="J36" s="30"/>
       <c r="K36" s="34"/>
     </row>
     <row r="37" spans="1:11" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
@@ -10919,56 +10919,56 @@
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>45</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="16"/>
       <c r="D4" s="39" t="str">
         <f>'5-1'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="39"/>
       <c r="F4" s="40" t="str">
         <f>'5-1'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="40"/>
       <c r="H4" s="15"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="47"/>
       <c r="D5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="36" t="s">
         <v>5</v>
@@ -11055,528 +11055,528 @@
       </c>
       <c r="F8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="52" t="s">
         <v>46</v>
       </c>
       <c r="B9" s="55">
-        <v>1671</v>
+        <v>1662</v>
       </c>
       <c r="C9" s="55">
-        <v>5430</v>
+        <v>5405</v>
       </c>
       <c r="D9" s="55">
-        <v>1678</v>
+        <v>1666</v>
       </c>
       <c r="E9" s="55">
-        <v>5484</v>
+        <v>5416</v>
       </c>
       <c r="F9" s="55">
-        <v>1719</v>
+        <v>1704</v>
       </c>
       <c r="G9" s="55">
-        <v>5585</v>
+        <v>5509</v>
       </c>
       <c r="H9" s="58">
-        <v>-0.42</v>
+        <v>-0.24</v>
       </c>
       <c r="I9" s="58">
-        <v>-0.98</v>
+        <v>-0.21</v>
       </c>
       <c r="J9" s="58">
-        <v>-2.79</v>
+        <v>-2.46</v>
       </c>
       <c r="K9" s="61">
-        <v>-2.78</v>
+        <v>-1.88</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="64" t="s">
         <v>217</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="32"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>218</v>
       </c>
       <c r="B11" s="67">
-        <v>22149</v>
+        <v>22153</v>
       </c>
       <c r="C11" s="67">
-        <v>10619</v>
+        <v>10508</v>
       </c>
       <c r="D11" s="67">
-        <v>22162</v>
+        <v>22145</v>
       </c>
       <c r="E11" s="67">
-        <v>10686</v>
+        <v>10525</v>
       </c>
       <c r="F11" s="67">
-        <v>21650</v>
+        <v>21749</v>
       </c>
       <c r="G11" s="67">
-        <v>8887</v>
+        <v>9371</v>
       </c>
       <c r="H11" s="69">
-        <v>-0.06</v>
+        <v>0.04</v>
       </c>
       <c r="I11" s="69">
-        <v>-0.63</v>
+        <v>-0.16</v>
       </c>
       <c r="J11" s="69">
-        <v>2.3</v>
+        <v>1.86</v>
       </c>
       <c r="K11" s="71">
-        <v>19.5</v>
+        <v>12.14</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="64" t="s">
         <v>219</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="32"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="21" t="s">
         <v>220</v>
       </c>
       <c r="B13" s="67">
-        <v>2000</v>
+        <v>1975</v>
       </c>
       <c r="C13" s="67">
-        <v>6712</v>
+        <v>6645</v>
       </c>
       <c r="D13" s="67">
-        <v>2006</v>
+        <v>1991</v>
       </c>
       <c r="E13" s="67">
-        <v>6750</v>
+        <v>6674</v>
       </c>
       <c r="F13" s="67">
-        <v>2158</v>
+        <v>2118</v>
       </c>
       <c r="G13" s="67">
-        <v>7127</v>
+        <v>7137</v>
       </c>
       <c r="H13" s="69">
-        <v>-0.3</v>
+        <v>-0.8</v>
       </c>
       <c r="I13" s="69">
-        <v>-0.56</v>
+        <v>-0.44</v>
       </c>
       <c r="J13" s="69">
-        <v>-7.32</v>
+        <v>-6.75</v>
       </c>
       <c r="K13" s="71">
-        <v>-5.82</v>
+        <v>-6.89</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="64" t="s">
         <v>221</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="32"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>222</v>
       </c>
       <c r="B15" s="67">
-        <v>11129</v>
+        <v>11436</v>
       </c>
       <c r="C15" s="67">
-        <v>12218</v>
+        <v>12257</v>
       </c>
       <c r="D15" s="67">
-        <v>11024</v>
+        <v>11224</v>
       </c>
       <c r="E15" s="67">
-        <v>12187</v>
+        <v>12198</v>
       </c>
       <c r="F15" s="67">
-        <v>9676</v>
+        <v>9657</v>
       </c>
       <c r="G15" s="67">
-        <v>11881</v>
+        <v>11841</v>
       </c>
       <c r="H15" s="69">
-        <v>0.95</v>
+        <v>1.89</v>
       </c>
       <c r="I15" s="69">
-        <v>0.26</v>
+        <v>0.48</v>
       </c>
       <c r="J15" s="69">
-        <v>15.02</v>
+        <v>18.42</v>
       </c>
       <c r="K15" s="71">
-        <v>2.84</v>
+        <v>3.51</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="64" t="s">
         <v>223</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="32"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="21" t="s">
         <v>224</v>
       </c>
       <c r="B17" s="67">
-        <v>6364</v>
+        <v>6425</v>
       </c>
       <c r="C17" s="67">
-        <v>33924</v>
+        <v>34410</v>
       </c>
       <c r="D17" s="67">
-        <v>6392</v>
+        <v>6391</v>
       </c>
       <c r="E17" s="67">
-        <v>33986</v>
+        <v>34167</v>
       </c>
       <c r="F17" s="67">
-        <v>6432</v>
+        <v>6389</v>
       </c>
       <c r="G17" s="67">
-        <v>33590</v>
+        <v>33545</v>
       </c>
       <c r="H17" s="69">
-        <v>-0.44</v>
+        <v>0.53</v>
       </c>
       <c r="I17" s="69">
-        <v>-0.18</v>
+        <v>0.71</v>
       </c>
       <c r="J17" s="69">
-        <v>-1.06</v>
+        <v>0.56</v>
       </c>
       <c r="K17" s="71">
-        <v>0.99</v>
+        <v>2.58</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="64" t="s">
         <v>225</v>
       </c>
       <c r="B18" s="28"/>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="32"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="21" t="s">
         <v>226</v>
       </c>
       <c r="B19" s="67">
-        <v>3203</v>
+        <v>3202</v>
       </c>
       <c r="C19" s="67">
-        <v>14509</v>
+        <v>14501</v>
       </c>
       <c r="D19" s="67">
-        <v>3192</v>
+        <v>3199</v>
       </c>
       <c r="E19" s="67">
-        <v>14432</v>
+        <v>14475</v>
       </c>
       <c r="F19" s="67">
-        <v>2971</v>
+        <v>3024</v>
       </c>
       <c r="G19" s="67">
-        <v>12717</v>
+        <v>13089</v>
       </c>
       <c r="H19" s="69">
-        <v>0.34</v>
+        <v>0.09</v>
       </c>
       <c r="I19" s="69">
-        <v>0.53</v>
+        <v>0.18</v>
       </c>
       <c r="J19" s="69">
-        <v>7.81</v>
+        <v>5.89</v>
       </c>
       <c r="K19" s="71">
-        <v>14.09</v>
+        <v>10.78</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="64" t="s">
         <v>227</v>
       </c>
       <c r="B20" s="28"/>
       <c r="C20" s="28"/>
       <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="32"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="21" t="s">
         <v>228</v>
       </c>
       <c r="B21" s="67">
-        <v>7599</v>
+        <v>7620</v>
       </c>
       <c r="C21" s="67">
-        <v>36167</v>
+        <v>36633</v>
       </c>
       <c r="D21" s="67">
-        <v>7590</v>
+        <v>7618</v>
       </c>
       <c r="E21" s="67">
-        <v>36046</v>
+        <v>36392</v>
       </c>
       <c r="F21" s="67">
-        <v>7460</v>
+        <v>7433</v>
       </c>
       <c r="G21" s="67">
-        <v>34096</v>
+        <v>34109</v>
       </c>
       <c r="H21" s="69">
-        <v>0.12</v>
+        <v>0.03</v>
       </c>
       <c r="I21" s="69">
-        <v>0.33</v>
+        <v>0.66</v>
       </c>
       <c r="J21" s="69">
-        <v>1.86</v>
+        <v>2.52</v>
       </c>
       <c r="K21" s="71">
-        <v>6.07</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="64" t="s">
         <v>229</v>
       </c>
       <c r="B22" s="28"/>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
       <c r="K22" s="32"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="21" t="s">
         <v>230</v>
       </c>
       <c r="B23" s="67">
+        <v>410</v>
+      </c>
+      <c r="C23" s="67">
+        <v>1658</v>
+      </c>
+      <c r="D23" s="67">
         <v>409</v>
       </c>
-      <c r="C23" s="67">
-[...4 lines deleted...]
-      </c>
       <c r="E23" s="67">
-        <v>1646</v>
+        <v>1654</v>
       </c>
       <c r="F23" s="67">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="G23" s="67">
-        <v>1354</v>
+        <v>1425</v>
       </c>
       <c r="H23" s="69">
-        <v>0.49</v>
+        <v>0.24</v>
       </c>
       <c r="I23" s="69">
-        <v>0.66</v>
+        <v>0.25</v>
       </c>
       <c r="J23" s="69">
-        <v>18.55</v>
+        <v>16.15</v>
       </c>
       <c r="K23" s="71">
-        <v>22.35</v>
+        <v>16.34</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="64" t="s">
         <v>231</v>
       </c>
       <c r="B24" s="28"/>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="32"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="21" t="s">
         <v>232</v>
       </c>
       <c r="B25" s="67">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="C25" s="67">
-        <v>5044</v>
+        <v>5063</v>
       </c>
       <c r="D25" s="67">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="E25" s="67">
-        <v>5024</v>
+        <v>5027</v>
       </c>
       <c r="F25" s="67">
-        <v>1161</v>
+        <v>1156</v>
       </c>
       <c r="G25" s="67">
-        <v>4764</v>
+        <v>4768</v>
       </c>
       <c r="H25" s="69">
         <v>0.17</v>
       </c>
       <c r="I25" s="69">
-        <v>0.41</v>
+        <v>0.71</v>
       </c>
       <c r="J25" s="69">
-        <v>2.76</v>
+        <v>3.29</v>
       </c>
       <c r="K25" s="71">
-        <v>5.88</v>
+        <v>6.19</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="64" t="s">
         <v>233</v>
       </c>
       <c r="B26" s="28"/>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
       <c r="K26" s="32"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="21" t="s">
         <v>234</v>
       </c>
       <c r="B27" s="67">
-        <v>1693</v>
+        <v>1739</v>
       </c>
       <c r="C27" s="67">
-        <v>2802</v>
+        <v>2800</v>
       </c>
       <c r="D27" s="67">
-        <v>1668</v>
+        <v>1714</v>
       </c>
       <c r="E27" s="67">
-        <v>2809</v>
+        <v>2810</v>
       </c>
       <c r="F27" s="67">
-        <v>1357</v>
+        <v>1415</v>
       </c>
       <c r="G27" s="67">
-        <v>2843</v>
+        <v>2872</v>
       </c>
       <c r="H27" s="69">
-        <v>1.5</v>
+        <v>1.46</v>
       </c>
       <c r="I27" s="69">
-        <v>-0.23</v>
+        <v>-0.37</v>
       </c>
       <c r="J27" s="69">
-        <v>24.76</v>
+        <v>22.9</v>
       </c>
       <c r="K27" s="71">
-        <v>-1.45</v>
+        <v>-2.52</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="64" t="s">
         <v>235</v>
       </c>
       <c r="B28" s="28"/>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="32"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="21"/>
       <c r="B29" s="29"/>
       <c r="C29" s="29"/>
       <c r="D29" s="29"/>
       <c r="E29" s="29"/>
       <c r="F29" s="29"/>
       <c r="G29" s="29"/>