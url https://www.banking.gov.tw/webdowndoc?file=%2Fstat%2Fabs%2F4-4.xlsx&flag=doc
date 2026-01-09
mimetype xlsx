--- v0 (2025-10-08)
+++ v1 (2026-01-09)
@@ -38,51 +38,51 @@
     <definedName name="外部資料_1" localSheetId="1">'4-4(續一)'!$A$1:$K$40</definedName>
     <definedName name="外部資料_1" localSheetId="2">'4-4(續二完)'!$A$1:$K$44</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>對中小企業</t>
   </si>
   <si>
     <t>占放款％</t>
   </si>
   <si>
     <t>本月</t>
   </si>
   <si>
     <t>上年同月</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
-    <t>113年 6月底</t>
+    <t>113年 9月底</t>
   </si>
   <si>
     <t>放款餘額</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>Total Loans</t>
   </si>
   <si>
     <t xml:space="preserve">Month </t>
   </si>
   <si>
     <t xml:space="preserve"> in Previous Year</t>
   </si>
   <si>
     <t>Account for</t>
   </si>
   <si>
     <t xml:space="preserve">Current </t>
   </si>
   <si>
     <t>Same Month</t>
   </si>
@@ -115,51 +115,51 @@
       <t>單位：新臺幣百萬元,﹪</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>NT$ Million,</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>﹪</t>
     </r>
   </si>
   <si>
     <t>市場占有率％</t>
   </si>
   <si>
-    <t>End of  June 2024</t>
+    <t>End of  Sept. 2024</t>
   </si>
   <si>
     <t>Market Share</t>
   </si>
   <si>
     <t>銀　　　行　　　別</t>
   </si>
   <si>
     <t>說　　明：1.#係金融控股公司之子公司。</t>
   </si>
   <si>
     <t>　　　　　2.『對中小企業放款餘額』占放款％係指占各銀行國內總分行之放款(含催收款)之百分比。</t>
   </si>
   <si>
     <t>4-4 Loans to Small and Medium Enterprises at General Banks</t>
   </si>
   <si>
     <r>
       <t>4-4</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
@@ -496,96 +496,96 @@
   <si>
     <t>國泰世華商業銀行　　#</t>
   </si>
   <si>
     <t>Cathay United Bank</t>
   </si>
   <si>
     <t>中國輸出入銀行</t>
   </si>
   <si>
     <t>The Export-Import Bank of The Republic of China</t>
   </si>
   <si>
     <t>高雄銀行</t>
   </si>
   <si>
     <t>Bank of Kaohsiung</t>
   </si>
   <si>
     <t>兆豐國際商業銀行　　#</t>
   </si>
   <si>
     <t>Mega International Commercial Bank Co., Ltd.</t>
   </si>
   <si>
-    <t>End of  July 2024</t>
-[...14 lines deleted...]
-    <t>114年 7月底</t>
+    <t>End of  Oct. 2024</t>
+  </si>
+  <si>
+    <t>End of  Sept. 2025</t>
+  </si>
+  <si>
+    <t>End of  Oct. 2025</t>
+  </si>
+  <si>
+    <t>113年10月底</t>
+  </si>
+  <si>
+    <t>114年 9月底</t>
+  </si>
+  <si>
+    <t>114年10月底</t>
   </si>
   <si>
     <t>Citibank Taiwan Ltd.</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　　#</t>
   </si>
@@ -2411,728 +2411,728 @@
       </c>
       <c r="F10" s="17" t="s">
         <v>7</v>
       </c>
       <c r="G10" s="18" t="s">
         <v>8</v>
       </c>
       <c r="H10" s="17" t="s">
         <v>7</v>
       </c>
       <c r="I10" s="18" t="s">
         <v>8</v>
       </c>
       <c r="J10" s="18" t="s">
         <v>9</v>
       </c>
       <c r="K10" s="19" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="56" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="59">
-        <v>10249988</v>
+        <v>10435870</v>
       </c>
       <c r="C11" s="62">
-        <v>28.01</v>
+        <v>27.51</v>
       </c>
       <c r="D11" s="59">
-        <v>10264017</v>
+        <v>10439552</v>
       </c>
       <c r="E11" s="62">
-        <v>27.65</v>
+        <v>27.42</v>
       </c>
       <c r="F11" s="59">
-        <v>10721630</v>
+        <v>10934835</v>
       </c>
       <c r="G11" s="62">
-        <v>27.14</v>
+        <v>27.11</v>
       </c>
       <c r="H11" s="59">
-        <v>10845778</v>
+        <v>10986651</v>
       </c>
       <c r="I11" s="62">
-        <v>27.19</v>
+        <v>27.24</v>
       </c>
       <c r="J11" s="62">
         <v>100</v>
       </c>
       <c r="K11" s="65">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="68" t="s">
         <v>39</v>
       </c>
       <c r="B12" s="29"/>
       <c r="C12" s="29"/>
       <c r="D12" s="29"/>
       <c r="E12" s="29"/>
       <c r="F12" s="29"/>
       <c r="G12" s="29"/>
       <c r="H12" s="29"/>
       <c r="I12" s="29"/>
       <c r="J12" s="29"/>
       <c r="K12" s="33"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="72">
-        <v>10083545</v>
+        <v>10262575</v>
       </c>
       <c r="C13" s="75">
-        <v>28.5</v>
+        <v>28.03</v>
       </c>
       <c r="D13" s="72">
-        <v>10096169</v>
+        <v>10268074</v>
       </c>
       <c r="E13" s="75">
-        <v>28.09</v>
+        <v>27.84</v>
       </c>
       <c r="F13" s="72">
-        <v>10568997</v>
+        <v>10770899</v>
       </c>
       <c r="G13" s="75">
-        <v>27.62</v>
+        <v>27.59</v>
       </c>
       <c r="H13" s="72">
-        <v>10683520</v>
+        <v>10820230</v>
       </c>
       <c r="I13" s="75">
-        <v>27.64</v>
+        <v>27.68</v>
       </c>
       <c r="J13" s="75">
-        <v>98.5</v>
+        <v>98.49</v>
       </c>
       <c r="K13" s="78">
         <v>98.36</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="29"/>
       <c r="C14" s="29"/>
       <c r="D14" s="29"/>
       <c r="E14" s="29"/>
       <c r="F14" s="29"/>
       <c r="G14" s="29"/>
       <c r="H14" s="29"/>
       <c r="I14" s="29"/>
       <c r="J14" s="29"/>
       <c r="K14" s="33"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="23" t="s">
         <v>42</v>
       </c>
       <c r="B15" s="71">
-        <v>449485</v>
+        <v>446820</v>
       </c>
       <c r="C15" s="74">
-        <v>15.11</v>
+        <v>14.18</v>
       </c>
       <c r="D15" s="71">
-        <v>440221</v>
+        <v>438308</v>
       </c>
       <c r="E15" s="74">
-        <v>14.47</v>
+        <v>13.83</v>
       </c>
       <c r="F15" s="71">
-        <v>429473</v>
+        <v>427376</v>
       </c>
       <c r="G15" s="74">
-        <v>13.05</v>
+        <v>13.11</v>
       </c>
       <c r="H15" s="71">
-        <v>438422</v>
+        <v>428421</v>
       </c>
       <c r="I15" s="74">
-        <v>13.5</v>
+        <v>13.2</v>
       </c>
       <c r="J15" s="74">
-        <v>4.04</v>
+        <v>3.9</v>
       </c>
       <c r="K15" s="77">
-        <v>4.29</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="67" t="s">
         <v>43</v>
       </c>
       <c r="B16" s="29"/>
       <c r="C16" s="29"/>
       <c r="D16" s="29"/>
       <c r="E16" s="29"/>
       <c r="F16" s="29"/>
       <c r="G16" s="29"/>
       <c r="H16" s="29"/>
       <c r="I16" s="29"/>
       <c r="J16" s="29"/>
       <c r="K16" s="33"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="23" t="s">
         <v>44</v>
       </c>
       <c r="B17" s="71">
-        <v>596778</v>
+        <v>587698</v>
       </c>
       <c r="C17" s="74">
-        <v>27.49</v>
+        <v>26.57</v>
       </c>
       <c r="D17" s="71">
-        <v>584071</v>
+        <v>589221</v>
       </c>
       <c r="E17" s="74">
-        <v>26.83</v>
+        <v>26.39</v>
       </c>
       <c r="F17" s="71">
-        <v>575867</v>
+        <v>583492</v>
       </c>
       <c r="G17" s="74">
-        <v>24.69</v>
+        <v>24.53</v>
       </c>
       <c r="H17" s="71">
-        <v>581001</v>
+        <v>587554</v>
       </c>
       <c r="I17" s="74">
-        <v>24.8</v>
+        <v>24.63</v>
       </c>
       <c r="J17" s="74">
-        <v>5.36</v>
+        <v>5.35</v>
       </c>
       <c r="K17" s="77">
-        <v>5.69</v>
+        <v>5.64</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="67" t="s">
         <v>45</v>
       </c>
       <c r="B18" s="29"/>
       <c r="C18" s="29"/>
       <c r="D18" s="29"/>
       <c r="E18" s="29"/>
       <c r="F18" s="29"/>
       <c r="G18" s="29"/>
       <c r="H18" s="29"/>
       <c r="I18" s="29"/>
       <c r="J18" s="29"/>
       <c r="K18" s="33"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="71">
-        <v>831309</v>
+        <v>843763</v>
       </c>
       <c r="C19" s="74">
-        <v>31.23</v>
+        <v>30.58</v>
       </c>
       <c r="D19" s="71">
-        <v>831813</v>
+        <v>844285</v>
       </c>
       <c r="E19" s="74">
-        <v>30.89</v>
+        <v>29.79</v>
       </c>
       <c r="F19" s="71">
-        <v>843464</v>
+        <v>877456</v>
       </c>
       <c r="G19" s="74">
-        <v>29.97</v>
+        <v>29.73</v>
       </c>
       <c r="H19" s="71">
-        <v>859954</v>
+        <v>864590</v>
       </c>
       <c r="I19" s="74">
-        <v>29.98</v>
+        <v>30.42</v>
       </c>
       <c r="J19" s="74">
-        <v>7.93</v>
+        <v>7.87</v>
       </c>
       <c r="K19" s="77">
-        <v>8.1</v>
+        <v>8.09</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="67" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="29"/>
       <c r="C20" s="29"/>
       <c r="D20" s="29"/>
       <c r="E20" s="29"/>
       <c r="F20" s="29"/>
       <c r="G20" s="29"/>
       <c r="H20" s="29"/>
       <c r="I20" s="29"/>
       <c r="J20" s="29"/>
       <c r="K20" s="33"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="23" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="71">
-        <v>962071</v>
+        <v>947789</v>
       </c>
       <c r="C21" s="74">
-        <v>45.13</v>
+        <v>43.55</v>
       </c>
       <c r="D21" s="71">
-        <v>946485</v>
+        <v>948668</v>
       </c>
       <c r="E21" s="74">
-        <v>44.19</v>
+        <v>43.16</v>
       </c>
       <c r="F21" s="71">
-        <v>978345</v>
+        <v>992778</v>
       </c>
       <c r="G21" s="74">
-        <v>43.03</v>
+        <v>42.47</v>
       </c>
       <c r="H21" s="71">
-        <v>980276</v>
+        <v>997667</v>
       </c>
       <c r="I21" s="74">
-        <v>42.84</v>
+        <v>42.53</v>
       </c>
       <c r="J21" s="74">
-        <v>9.04</v>
+        <v>9.08</v>
       </c>
       <c r="K21" s="77">
-        <v>9.22</v>
+        <v>9.09</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="67" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="29"/>
       <c r="C22" s="29"/>
       <c r="D22" s="29"/>
       <c r="E22" s="29"/>
       <c r="F22" s="29"/>
       <c r="G22" s="29"/>
       <c r="H22" s="29"/>
       <c r="I22" s="29"/>
       <c r="J22" s="29"/>
       <c r="K22" s="33"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="23" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="71">
-        <v>790026</v>
+        <v>799148</v>
       </c>
       <c r="C23" s="74">
-        <v>37.79</v>
+        <v>37.58</v>
       </c>
       <c r="D23" s="71">
-        <v>787306</v>
+        <v>786121</v>
       </c>
       <c r="E23" s="74">
-        <v>37.25</v>
+        <v>37.02</v>
       </c>
       <c r="F23" s="71">
-        <v>779400</v>
+        <v>776376</v>
       </c>
       <c r="G23" s="74">
-        <v>36.63</v>
+        <v>36.31</v>
       </c>
       <c r="H23" s="71">
-        <v>769794</v>
+        <v>778977</v>
       </c>
       <c r="I23" s="74">
-        <v>36.51</v>
+        <v>36.49</v>
       </c>
       <c r="J23" s="74">
-        <v>7.1</v>
+        <v>7.09</v>
       </c>
       <c r="K23" s="77">
-        <v>7.67</v>
+        <v>7.53</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="67" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="29"/>
       <c r="C24" s="29"/>
       <c r="D24" s="29"/>
       <c r="E24" s="29"/>
       <c r="F24" s="29"/>
       <c r="G24" s="29"/>
       <c r="H24" s="29"/>
       <c r="I24" s="29"/>
       <c r="J24" s="29"/>
       <c r="K24" s="33"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="23" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="71">
-        <v>658235</v>
+        <v>671771</v>
       </c>
       <c r="C25" s="74">
-        <v>39.28</v>
+        <v>39.04</v>
       </c>
       <c r="D25" s="71">
-        <v>659904</v>
+        <v>676455</v>
       </c>
       <c r="E25" s="74">
-        <v>39.12</v>
+        <v>38.91</v>
       </c>
       <c r="F25" s="71">
-        <v>662235</v>
+        <v>681361</v>
       </c>
       <c r="G25" s="74">
-        <v>38.23</v>
+        <v>38.81</v>
       </c>
       <c r="H25" s="71">
-        <v>676802</v>
+        <v>687378</v>
       </c>
       <c r="I25" s="74">
-        <v>38.5</v>
+        <v>38.83</v>
       </c>
       <c r="J25" s="74">
-        <v>6.24</v>
+        <v>6.26</v>
       </c>
       <c r="K25" s="77">
-        <v>6.43</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="67" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="29"/>
       <c r="C26" s="29"/>
       <c r="D26" s="29"/>
       <c r="E26" s="29"/>
       <c r="F26" s="29"/>
       <c r="G26" s="29"/>
       <c r="H26" s="29"/>
       <c r="I26" s="29"/>
       <c r="J26" s="29"/>
       <c r="K26" s="33"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="23" t="s">
         <v>54</v>
       </c>
       <c r="B27" s="71">
-        <v>286010</v>
+        <v>290265</v>
       </c>
       <c r="C27" s="74">
-        <v>38.4</v>
+        <v>38.3</v>
       </c>
       <c r="D27" s="71">
-        <v>286767</v>
+        <v>289712</v>
       </c>
       <c r="E27" s="74">
-        <v>38.26</v>
+        <v>37.99</v>
       </c>
       <c r="F27" s="71">
-        <v>297825</v>
+        <v>295688</v>
       </c>
       <c r="G27" s="74">
-        <v>38.28</v>
+        <v>37.89</v>
       </c>
       <c r="H27" s="71">
-        <v>296136</v>
+        <v>297795</v>
       </c>
       <c r="I27" s="74">
-        <v>38.15</v>
+        <v>38.06</v>
       </c>
       <c r="J27" s="74">
-        <v>2.73</v>
+        <v>2.71</v>
       </c>
       <c r="K27" s="77">
-        <v>2.79</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="67" t="s">
         <v>55</v>
       </c>
       <c r="B28" s="29"/>
       <c r="C28" s="29"/>
       <c r="D28" s="29"/>
       <c r="E28" s="29"/>
       <c r="F28" s="29"/>
       <c r="G28" s="29"/>
       <c r="H28" s="29"/>
       <c r="I28" s="29"/>
       <c r="J28" s="29"/>
       <c r="K28" s="33"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="23" t="s">
         <v>56</v>
       </c>
       <c r="B29" s="71">
-        <v>373039</v>
+        <v>385249</v>
       </c>
       <c r="C29" s="74">
-        <v>19.65</v>
+        <v>19.71</v>
       </c>
       <c r="D29" s="71">
-        <v>373477</v>
+        <v>385327</v>
       </c>
       <c r="E29" s="74">
-        <v>19.44</v>
+        <v>19.7</v>
       </c>
       <c r="F29" s="71">
-        <v>420629</v>
+        <v>438018</v>
       </c>
       <c r="G29" s="74">
-        <v>20.37</v>
+        <v>20.52</v>
       </c>
       <c r="H29" s="71">
-        <v>427807</v>
+        <v>443078</v>
       </c>
       <c r="I29" s="74">
-        <v>20.11</v>
+        <v>20.41</v>
       </c>
       <c r="J29" s="74">
-        <v>3.94</v>
+        <v>4.03</v>
       </c>
       <c r="K29" s="77">
-        <v>3.64</v>
+        <v>3.69</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="67" t="s">
         <v>57</v>
       </c>
       <c r="B30" s="29"/>
       <c r="C30" s="29"/>
       <c r="D30" s="29"/>
       <c r="E30" s="29"/>
       <c r="F30" s="29"/>
       <c r="G30" s="29"/>
       <c r="H30" s="29"/>
       <c r="I30" s="29"/>
       <c r="J30" s="29"/>
       <c r="K30" s="33"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="23" t="s">
         <v>58</v>
       </c>
       <c r="B31" s="71">
-        <v>330155</v>
+        <v>337927</v>
       </c>
       <c r="C31" s="74">
-        <v>14.95</v>
+        <v>14.57</v>
       </c>
       <c r="D31" s="71">
-        <v>333548</v>
+        <v>336158</v>
       </c>
       <c r="E31" s="74">
-        <v>14.76</v>
+        <v>14.58</v>
       </c>
       <c r="F31" s="71">
-        <v>350924</v>
+        <v>360479</v>
       </c>
       <c r="G31" s="74">
-        <v>14.29</v>
+        <v>14.39</v>
       </c>
       <c r="H31" s="71">
-        <v>358902</v>
+        <v>361131</v>
       </c>
       <c r="I31" s="74">
-        <v>14.57</v>
+        <v>14.39</v>
       </c>
       <c r="J31" s="74">
-        <v>3.31</v>
+        <v>3.29</v>
       </c>
       <c r="K31" s="77">
-        <v>3.25</v>
+        <v>3.22</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="11.1" customHeight="1">
       <c r="A32" s="67" t="s">
         <v>59</v>
       </c>
       <c r="B32" s="29"/>
       <c r="C32" s="29"/>
       <c r="D32" s="29"/>
       <c r="E32" s="29"/>
       <c r="F32" s="29"/>
       <c r="G32" s="29"/>
       <c r="H32" s="29"/>
       <c r="I32" s="29"/>
       <c r="J32" s="29"/>
       <c r="K32" s="33"/>
     </row>
     <row r="33" spans="1:11" ht="12.6" customHeight="1">
       <c r="A33" s="23" t="s">
         <v>60</v>
       </c>
       <c r="B33" s="71">
-        <v>9999</v>
+        <v>9860</v>
       </c>
       <c r="C33" s="74">
-        <v>8.51</v>
+        <v>8.16</v>
       </c>
       <c r="D33" s="71">
-        <v>9346</v>
+        <v>9920</v>
       </c>
       <c r="E33" s="74">
-        <v>7.88</v>
+        <v>8.19</v>
       </c>
       <c r="F33" s="71">
-        <v>13111</v>
+        <v>13167</v>
       </c>
       <c r="G33" s="74">
-        <v>9.9</v>
+        <v>9.74</v>
       </c>
       <c r="H33" s="71">
-        <v>13996</v>
+        <v>13789</v>
       </c>
       <c r="I33" s="74">
-        <v>10.49</v>
+        <v>9.95</v>
       </c>
       <c r="J33" s="74">
         <v>0.13</v>
       </c>
       <c r="K33" s="77">
-        <v>0.09</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1">
       <c r="A34" s="67" t="s">
         <v>61</v>
       </c>
       <c r="B34" s="29"/>
       <c r="C34" s="29"/>
       <c r="D34" s="29"/>
       <c r="E34" s="29"/>
       <c r="F34" s="29"/>
       <c r="G34" s="29"/>
       <c r="H34" s="29"/>
       <c r="I34" s="29"/>
       <c r="J34" s="29"/>
       <c r="K34" s="33"/>
     </row>
     <row r="35" spans="1:11" ht="12.6" customHeight="1">
       <c r="A35" s="23" t="s">
         <v>62</v>
       </c>
       <c r="B35" s="71">
-        <v>89724</v>
+        <v>91716</v>
       </c>
       <c r="C35" s="74">
-        <v>46.4</v>
+        <v>47.03</v>
       </c>
       <c r="D35" s="71">
-        <v>90415</v>
+        <v>92517</v>
       </c>
       <c r="E35" s="74">
-        <v>46.35</v>
+        <v>46.92</v>
       </c>
       <c r="F35" s="71">
-        <v>94704</v>
+        <v>92918</v>
       </c>
       <c r="G35" s="74">
-        <v>44.84</v>
+        <v>43.75</v>
       </c>
       <c r="H35" s="71">
-        <v>94322</v>
+        <v>92580</v>
       </c>
       <c r="I35" s="74">
-        <v>44.65</v>
+        <v>43.75</v>
       </c>
       <c r="J35" s="74">
-        <v>0.87</v>
+        <v>0.84</v>
       </c>
       <c r="K35" s="77">
-        <v>0.88</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="11.1" customHeight="1">
       <c r="A36" s="67" t="s">
         <v>63</v>
       </c>
       <c r="B36" s="29"/>
       <c r="C36" s="29"/>
       <c r="D36" s="29"/>
       <c r="E36" s="29"/>
       <c r="F36" s="29"/>
       <c r="G36" s="29"/>
       <c r="H36" s="29"/>
       <c r="I36" s="29"/>
       <c r="J36" s="29"/>
       <c r="K36" s="33"/>
     </row>
     <row r="37" spans="1:11" ht="12.6" customHeight="1">
       <c r="A37" s="23" t="s">
         <v>64</v>
       </c>
       <c r="B37" s="71">
-        <v>697866</v>
+        <v>707546</v>
       </c>
       <c r="C37" s="74">
-        <v>40.73</v>
+        <v>40.58</v>
       </c>
       <c r="D37" s="71">
-        <v>699998</v>
+        <v>700404</v>
       </c>
       <c r="E37" s="74">
-        <v>40.56</v>
+        <v>40.59</v>
       </c>
       <c r="F37" s="71">
-        <v>714950</v>
+        <v>727856</v>
       </c>
       <c r="G37" s="74">
-        <v>38.91</v>
+        <v>38.31</v>
       </c>
       <c r="H37" s="71">
-        <v>722200</v>
+        <v>732064</v>
       </c>
       <c r="I37" s="74">
-        <v>38.49</v>
+        <v>38.6</v>
       </c>
       <c r="J37" s="74">
         <v>6.66</v>
       </c>
       <c r="K37" s="77">
-        <v>6.82</v>
+        <v>6.71</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A38" s="80" t="s">
         <v>65</v>
       </c>
       <c r="B38" s="31"/>
       <c r="C38" s="31"/>
       <c r="D38" s="31"/>
       <c r="E38" s="31"/>
       <c r="F38" s="31"/>
       <c r="G38" s="31"/>
       <c r="H38" s="31"/>
       <c r="I38" s="31"/>
       <c r="J38" s="31"/>
       <c r="K38" s="35"/>
     </row>
     <row r="39" spans="1:11" ht="13.5" customHeight="1">
       <c r="A39" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
@@ -3412,95 +3412,95 @@
       <c r="G3" s="48"/>
       <c r="H3" s="48"/>
       <c r="I3" s="48"/>
       <c r="J3" s="48"/>
       <c r="K3" s="48"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="53"/>
       <c r="E4" s="53"/>
       <c r="F4" s="53"/>
       <c r="G4" s="53"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="13" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="11.45" customHeight="1">
       <c r="A5" s="11"/>
       <c r="B5" s="39" t="str">
         <f>'4-4'!B5:C5</f>
-        <v>113年 6月底</v>
+        <v>113年 9月底</v>
       </c>
       <c r="C5" s="40"/>
       <c r="D5" s="39" t="str">
         <f>'4-4'!D5:E5</f>
-        <v>113年 7月底</v>
+        <v>113年10月底</v>
       </c>
       <c r="E5" s="40"/>
       <c r="F5" s="39" t="str">
         <f>'4-4'!F5:G5</f>
-        <v>114年 6月底</v>
+        <v>114年 9月底</v>
       </c>
       <c r="G5" s="40"/>
       <c r="H5" s="39" t="str">
         <f>'4-4'!H5:I5</f>
-        <v>114年 7月底</v>
+        <v>114年10月底</v>
       </c>
       <c r="I5" s="40"/>
       <c r="J5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="45"/>
     </row>
     <row r="6" spans="1:11" ht="11.45" customHeight="1">
       <c r="A6" s="20" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="50" t="str">
         <f>'4-4'!B6:C6</f>
-        <v>End of  June 2024</v>
+        <v>End of  Sept. 2024</v>
       </c>
       <c r="C6" s="51"/>
       <c r="D6" s="50" t="str">
         <f>'4-4'!D6:E6</f>
-        <v>End of  July 2024</v>
+        <v>End of  Oct. 2024</v>
       </c>
       <c r="E6" s="51"/>
       <c r="F6" s="50" t="str">
         <f>'4-4'!F6:G6</f>
-        <v>End of  June 2025</v>
+        <v>End of  Sept. 2025</v>
       </c>
       <c r="G6" s="51"/>
       <c r="H6" s="50" t="str">
         <f>'4-4'!H6:I6</f>
-        <v>End of  July 2025</v>
+        <v>End of  Oct. 2025</v>
       </c>
       <c r="I6" s="51"/>
       <c r="J6" s="42" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="43"/>
     </row>
     <row r="7" spans="1:11" ht="11.1" customHeight="1">
       <c r="A7" s="20"/>
       <c r="B7" s="21" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="21" t="s">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>1</v>
       </c>
       <c r="F7" s="21" t="s">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="s">
@@ -3583,728 +3583,728 @@
       </c>
       <c r="F10" s="17" t="s">
         <v>7</v>
       </c>
       <c r="G10" s="18" t="s">
         <v>8</v>
       </c>
       <c r="H10" s="17" t="s">
         <v>7</v>
       </c>
       <c r="I10" s="18" t="s">
         <v>8</v>
       </c>
       <c r="J10" s="18" t="s">
         <v>9</v>
       </c>
       <c r="K10" s="19" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="55" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="58">
-        <v>6012</v>
+        <v>6024</v>
       </c>
       <c r="C11" s="61">
-        <v>8.64</v>
+        <v>7.67</v>
       </c>
       <c r="D11" s="58">
-        <v>5834</v>
+        <v>5977</v>
       </c>
       <c r="E11" s="61">
-        <v>7.94</v>
+        <v>7.66</v>
       </c>
       <c r="F11" s="58">
-        <v>4776</v>
+        <v>5655</v>
       </c>
       <c r="G11" s="61">
-        <v>7.89</v>
+        <v>8.95</v>
       </c>
       <c r="H11" s="58">
-        <v>5128</v>
+        <v>5773</v>
       </c>
       <c r="I11" s="61">
-        <v>7.82</v>
+        <v>9.74</v>
       </c>
       <c r="J11" s="61">
         <v>0.05</v>
       </c>
       <c r="K11" s="64">
         <v>0.06</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="67" t="s">
         <v>72</v>
       </c>
       <c r="B12" s="29"/>
       <c r="C12" s="29"/>
       <c r="D12" s="29"/>
       <c r="E12" s="29"/>
       <c r="F12" s="29"/>
       <c r="G12" s="29"/>
       <c r="H12" s="29"/>
       <c r="I12" s="29"/>
       <c r="J12" s="29"/>
       <c r="K12" s="33"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="23" t="s">
         <v>73</v>
       </c>
       <c r="B13" s="71">
-        <v>38420</v>
+        <v>40183</v>
       </c>
       <c r="C13" s="74">
-        <v>26.4</v>
+        <v>26.39</v>
       </c>
       <c r="D13" s="71">
-        <v>38886</v>
+        <v>40278</v>
       </c>
       <c r="E13" s="74">
-        <v>26.56</v>
+        <v>26.88</v>
       </c>
       <c r="F13" s="71">
-        <v>40714</v>
+        <v>41210</v>
       </c>
       <c r="G13" s="74">
-        <v>25.32</v>
+        <v>25.74</v>
       </c>
       <c r="H13" s="71">
-        <v>41007</v>
+        <v>41489</v>
       </c>
       <c r="I13" s="74">
-        <v>25.65</v>
+        <v>25.84</v>
       </c>
       <c r="J13" s="74">
         <v>0.38</v>
       </c>
       <c r="K13" s="77">
-        <v>0.38</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="67" t="s">
         <v>74</v>
       </c>
       <c r="B14" s="29"/>
       <c r="C14" s="29"/>
       <c r="D14" s="29"/>
       <c r="E14" s="29"/>
       <c r="F14" s="29"/>
       <c r="G14" s="29"/>
       <c r="H14" s="29"/>
       <c r="I14" s="29"/>
       <c r="J14" s="29"/>
       <c r="K14" s="33"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="23" t="s">
         <v>75</v>
       </c>
       <c r="B15" s="71">
-        <v>776083</v>
+        <v>792527</v>
       </c>
       <c r="C15" s="74">
-        <v>55.59</v>
+        <v>55.06</v>
       </c>
       <c r="D15" s="71">
-        <v>782225</v>
+        <v>793733</v>
       </c>
       <c r="E15" s="74">
-        <v>55.2</v>
+        <v>54.74</v>
       </c>
       <c r="F15" s="71">
-        <v>804723</v>
+        <v>814094</v>
       </c>
       <c r="G15" s="74">
-        <v>53.58</v>
+        <v>53.81</v>
       </c>
       <c r="H15" s="71">
-        <v>808868</v>
+        <v>814924</v>
       </c>
       <c r="I15" s="74">
-        <v>53.77</v>
+        <v>54.04</v>
       </c>
       <c r="J15" s="74">
-        <v>7.46</v>
+        <v>7.42</v>
       </c>
       <c r="K15" s="77">
-        <v>7.62</v>
+        <v>7.6</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="67" t="s">
         <v>76</v>
       </c>
       <c r="B16" s="29"/>
       <c r="C16" s="29"/>
       <c r="D16" s="29"/>
       <c r="E16" s="29"/>
       <c r="F16" s="29"/>
       <c r="G16" s="29"/>
       <c r="H16" s="29"/>
       <c r="I16" s="29"/>
       <c r="J16" s="29"/>
       <c r="K16" s="33"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="23" t="s">
         <v>77</v>
       </c>
       <c r="B17" s="71">
-        <v>1613</v>
+        <v>1341</v>
       </c>
       <c r="C17" s="74">
-        <v>0.57</v>
+        <v>0.46</v>
       </c>
       <c r="D17" s="71">
-        <v>1513</v>
+        <v>1426</v>
       </c>
       <c r="E17" s="74">
-        <v>0.53</v>
+        <v>0.49</v>
       </c>
       <c r="F17" s="71">
-        <v>4525</v>
+        <v>4913</v>
       </c>
       <c r="G17" s="74">
-        <v>1.49</v>
+        <v>1.62</v>
       </c>
       <c r="H17" s="71">
-        <v>4733</v>
+        <v>5086</v>
       </c>
       <c r="I17" s="74">
-        <v>1.53</v>
+        <v>1.67</v>
       </c>
       <c r="J17" s="74">
-        <v>0.04</v>
+        <v>0.05</v>
       </c>
       <c r="K17" s="77">
         <v>0.01</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="67" t="s">
         <v>78</v>
       </c>
       <c r="B18" s="29"/>
       <c r="C18" s="29"/>
       <c r="D18" s="29"/>
       <c r="E18" s="29"/>
       <c r="F18" s="29"/>
       <c r="G18" s="29"/>
       <c r="H18" s="29"/>
       <c r="I18" s="29"/>
       <c r="J18" s="29"/>
       <c r="K18" s="33"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="23" t="s">
         <v>79</v>
       </c>
       <c r="B19" s="71">
-        <v>203438</v>
+        <v>209551</v>
       </c>
       <c r="C19" s="74">
-        <v>38.13</v>
+        <v>38.3</v>
       </c>
       <c r="D19" s="71">
-        <v>205592</v>
+        <v>211066</v>
       </c>
       <c r="E19" s="74">
-        <v>38.18</v>
+        <v>38.32</v>
       </c>
       <c r="F19" s="71">
-        <v>229727</v>
+        <v>227393</v>
       </c>
       <c r="G19" s="74">
-        <v>38.8</v>
+        <v>38.42</v>
       </c>
       <c r="H19" s="71">
-        <v>229000</v>
+        <v>227315</v>
       </c>
       <c r="I19" s="74">
-        <v>38.65</v>
+        <v>38.43</v>
       </c>
       <c r="J19" s="74">
-        <v>2.11</v>
+        <v>2.07</v>
       </c>
       <c r="K19" s="77">
-        <v>2</v>
+        <v>2.02</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="67" t="s">
         <v>80</v>
       </c>
       <c r="B20" s="29"/>
       <c r="C20" s="29"/>
       <c r="D20" s="29"/>
       <c r="E20" s="29"/>
       <c r="F20" s="29"/>
       <c r="G20" s="29"/>
       <c r="H20" s="29"/>
       <c r="I20" s="29"/>
       <c r="J20" s="29"/>
       <c r="K20" s="33"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="23" t="s">
         <v>81</v>
       </c>
       <c r="B21" s="71">
-        <v>140693</v>
+        <v>141475</v>
       </c>
       <c r="C21" s="74">
-        <v>65.31</v>
+        <v>64.66</v>
       </c>
       <c r="D21" s="71">
-        <v>137693</v>
+        <v>141621</v>
       </c>
       <c r="E21" s="74">
-        <v>65.05</v>
+        <v>64.51</v>
       </c>
       <c r="F21" s="71">
-        <v>139998</v>
+        <v>141101</v>
       </c>
       <c r="G21" s="74">
-        <v>63.4</v>
+        <v>63.67</v>
       </c>
       <c r="H21" s="71">
-        <v>139760</v>
+        <v>141262</v>
       </c>
       <c r="I21" s="74">
-        <v>63.27</v>
+        <v>63.53</v>
       </c>
       <c r="J21" s="74">
         <v>1.29</v>
       </c>
       <c r="K21" s="77">
-        <v>1.34</v>
+        <v>1.36</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="67" t="s">
         <v>82</v>
       </c>
       <c r="B22" s="29"/>
       <c r="C22" s="29"/>
       <c r="D22" s="29"/>
       <c r="E22" s="29"/>
       <c r="F22" s="29"/>
       <c r="G22" s="29"/>
       <c r="H22" s="29"/>
       <c r="I22" s="29"/>
       <c r="J22" s="29"/>
       <c r="K22" s="33"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="23" t="s">
         <v>83</v>
       </c>
       <c r="B23" s="71">
-        <v>26726</v>
+        <v>32501</v>
       </c>
       <c r="C23" s="74">
-        <v>8.98</v>
+        <v>10.25</v>
       </c>
       <c r="D23" s="71">
-        <v>27084</v>
+        <v>30934</v>
       </c>
       <c r="E23" s="74">
-        <v>9.01</v>
+        <v>9.87</v>
       </c>
       <c r="F23" s="71">
-        <v>27852</v>
+        <v>28908</v>
       </c>
       <c r="G23" s="74">
-        <v>8.66</v>
+        <v>8.93</v>
       </c>
       <c r="H23" s="71">
-        <v>29235</v>
+        <v>27447</v>
       </c>
       <c r="I23" s="74">
-        <v>8.95</v>
+        <v>8.52</v>
       </c>
       <c r="J23" s="74">
-        <v>0.27</v>
+        <v>0.25</v>
       </c>
       <c r="K23" s="77">
-        <v>0.26</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="67" t="s">
         <v>84</v>
       </c>
       <c r="B24" s="29"/>
       <c r="C24" s="29"/>
       <c r="D24" s="29"/>
       <c r="E24" s="29"/>
       <c r="F24" s="29"/>
       <c r="G24" s="29"/>
       <c r="H24" s="29"/>
       <c r="I24" s="29"/>
       <c r="J24" s="29"/>
       <c r="K24" s="33"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="23" t="s">
         <v>85</v>
       </c>
       <c r="B25" s="71">
-        <v>18443</v>
+        <v>18310</v>
       </c>
       <c r="C25" s="74">
-        <v>32.84</v>
+        <v>32.52</v>
       </c>
       <c r="D25" s="71">
-        <v>18386</v>
+        <v>18593</v>
       </c>
       <c r="E25" s="74">
-        <v>32.71</v>
+        <v>32.63</v>
       </c>
       <c r="F25" s="71">
-        <v>21097</v>
+        <v>21611</v>
       </c>
       <c r="G25" s="74">
-        <v>34.63</v>
+        <v>35.04</v>
       </c>
       <c r="H25" s="71">
-        <v>21512</v>
+        <v>22138</v>
       </c>
       <c r="I25" s="74">
-        <v>34.94</v>
+        <v>35.88</v>
       </c>
       <c r="J25" s="74">
         <v>0.2</v>
       </c>
       <c r="K25" s="77">
         <v>0.18</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="67" t="s">
         <v>86</v>
       </c>
       <c r="B26" s="29"/>
       <c r="C26" s="29"/>
       <c r="D26" s="29"/>
       <c r="E26" s="29"/>
       <c r="F26" s="29"/>
       <c r="G26" s="29"/>
       <c r="H26" s="29"/>
       <c r="I26" s="29"/>
       <c r="J26" s="29"/>
       <c r="K26" s="33"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="23" t="s">
         <v>87</v>
       </c>
       <c r="B27" s="71">
-        <v>75747</v>
+        <v>74142</v>
       </c>
       <c r="C27" s="74">
-        <v>47.65</v>
+        <v>45.56</v>
       </c>
       <c r="D27" s="71">
-        <v>75438</v>
+        <v>75479</v>
       </c>
       <c r="E27" s="74">
-        <v>46.82</v>
+        <v>45.68</v>
       </c>
       <c r="F27" s="71">
-        <v>81316</v>
+        <v>84089</v>
       </c>
       <c r="G27" s="74">
-        <v>44.57</v>
+        <v>44.94</v>
       </c>
       <c r="H27" s="71">
-        <v>82640</v>
+        <v>84740</v>
       </c>
       <c r="I27" s="74">
-        <v>44.94</v>
+        <v>45.15</v>
       </c>
       <c r="J27" s="74">
-        <v>0.76</v>
+        <v>0.77</v>
       </c>
       <c r="K27" s="77">
-        <v>0.73</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="67" t="s">
         <v>88</v>
       </c>
       <c r="B28" s="29"/>
       <c r="C28" s="29"/>
       <c r="D28" s="29"/>
       <c r="E28" s="29"/>
       <c r="F28" s="29"/>
       <c r="G28" s="29"/>
       <c r="H28" s="29"/>
       <c r="I28" s="29"/>
       <c r="J28" s="29"/>
       <c r="K28" s="33"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="23" t="s">
         <v>89</v>
       </c>
       <c r="B29" s="71">
-        <v>194698</v>
+        <v>199700</v>
       </c>
       <c r="C29" s="74">
-        <v>25.25</v>
+        <v>25.32</v>
       </c>
       <c r="D29" s="71">
-        <v>195833</v>
+        <v>198445</v>
       </c>
       <c r="E29" s="74">
-        <v>25.17</v>
+        <v>25.19</v>
       </c>
       <c r="F29" s="71">
-        <v>213801</v>
+        <v>222368</v>
       </c>
       <c r="G29" s="74">
-        <v>26.01</v>
+        <v>26.44</v>
       </c>
       <c r="H29" s="71">
-        <v>217632</v>
+        <v>223152</v>
       </c>
       <c r="I29" s="74">
-        <v>26.23</v>
+        <v>26.57</v>
       </c>
       <c r="J29" s="74">
-        <v>2.01</v>
+        <v>2.03</v>
       </c>
       <c r="K29" s="77">
-        <v>1.91</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="67" t="s">
         <v>90</v>
       </c>
       <c r="B30" s="29"/>
       <c r="C30" s="29"/>
       <c r="D30" s="29"/>
       <c r="E30" s="29"/>
       <c r="F30" s="29"/>
       <c r="G30" s="29"/>
       <c r="H30" s="29"/>
       <c r="I30" s="29"/>
       <c r="J30" s="29"/>
       <c r="K30" s="33"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="23" t="s">
         <v>91</v>
       </c>
       <c r="B31" s="71">
-        <v>223886</v>
+        <v>226584</v>
       </c>
       <c r="C31" s="74">
-        <v>47.16</v>
+        <v>46.98</v>
       </c>
       <c r="D31" s="71">
-        <v>223516</v>
+        <v>224718</v>
       </c>
       <c r="E31" s="74">
-        <v>47.14</v>
+        <v>46.56</v>
       </c>
       <c r="F31" s="71">
-        <v>232713</v>
+        <v>236306</v>
       </c>
       <c r="G31" s="74">
+        <v>46.29</v>
+      </c>
+      <c r="H31" s="71">
+        <v>236409</v>
+      </c>
+      <c r="I31" s="74">
         <v>46.21</v>
       </c>
-      <c r="H31" s="71">
-[...4 lines deleted...]
-      </c>
       <c r="J31" s="74">
-        <v>2.16</v>
+        <v>2.15</v>
       </c>
       <c r="K31" s="77">
-        <v>2.18</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="11.1" customHeight="1">
       <c r="A32" s="67" t="s">
         <v>92</v>
       </c>
       <c r="B32" s="29"/>
       <c r="C32" s="29"/>
       <c r="D32" s="29"/>
       <c r="E32" s="29"/>
       <c r="F32" s="29"/>
       <c r="G32" s="29"/>
       <c r="H32" s="29"/>
       <c r="I32" s="29"/>
       <c r="J32" s="29"/>
       <c r="K32" s="33"/>
     </row>
     <row r="33" spans="1:11" ht="12.6" customHeight="1">
       <c r="A33" s="23" t="s">
         <v>93</v>
       </c>
       <c r="B33" s="71">
-        <v>99039</v>
+        <v>97943</v>
       </c>
       <c r="C33" s="74">
-        <v>50.39</v>
+        <v>49.52</v>
       </c>
       <c r="D33" s="71">
-        <v>99117</v>
+        <v>97824</v>
       </c>
       <c r="E33" s="74">
-        <v>50.34</v>
+        <v>49.45</v>
       </c>
       <c r="F33" s="71">
-        <v>100037</v>
+        <v>100857</v>
       </c>
       <c r="G33" s="74">
-        <v>49.11</v>
+        <v>48.29</v>
       </c>
       <c r="H33" s="71">
-        <v>100411</v>
+        <v>101541</v>
       </c>
       <c r="I33" s="74">
-        <v>48.35</v>
+        <v>47.61</v>
       </c>
       <c r="J33" s="74">
-        <v>0.93</v>
+        <v>0.92</v>
       </c>
       <c r="K33" s="77">
-        <v>0.97</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1">
       <c r="A34" s="67" t="s">
         <v>94</v>
       </c>
       <c r="B34" s="29"/>
       <c r="C34" s="29"/>
       <c r="D34" s="29"/>
       <c r="E34" s="29"/>
       <c r="F34" s="29"/>
       <c r="G34" s="29"/>
       <c r="H34" s="29"/>
       <c r="I34" s="29"/>
       <c r="J34" s="29"/>
       <c r="K34" s="33"/>
     </row>
     <row r="35" spans="1:11" ht="12.6" customHeight="1">
       <c r="A35" s="23" t="s">
         <v>95</v>
       </c>
       <c r="B35" s="71">
-        <v>36110</v>
+        <v>35422</v>
       </c>
       <c r="C35" s="74">
-        <v>26.21</v>
+        <v>25.52</v>
       </c>
       <c r="D35" s="71">
-        <v>36214</v>
+        <v>35909</v>
       </c>
       <c r="E35" s="74">
-        <v>26.17</v>
+        <v>25.54</v>
       </c>
       <c r="F35" s="71">
-        <v>34641</v>
+        <v>34453</v>
       </c>
       <c r="G35" s="74">
-        <v>23.26</v>
+        <v>23.05</v>
       </c>
       <c r="H35" s="71">
-        <v>34989</v>
+        <v>35272</v>
       </c>
       <c r="I35" s="74">
-        <v>23.15</v>
+        <v>23.66</v>
       </c>
       <c r="J35" s="74">
         <v>0.32</v>
       </c>
       <c r="K35" s="77">
-        <v>0.35</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="11.1" customHeight="1">
       <c r="A36" s="67" t="s">
         <v>96</v>
       </c>
       <c r="B36" s="29"/>
       <c r="C36" s="29"/>
       <c r="D36" s="29"/>
       <c r="E36" s="29"/>
       <c r="F36" s="29"/>
       <c r="G36" s="29"/>
       <c r="H36" s="29"/>
       <c r="I36" s="29"/>
       <c r="J36" s="29"/>
       <c r="K36" s="33"/>
     </row>
     <row r="37" spans="1:11" ht="12.6" customHeight="1">
       <c r="A37" s="23" t="s">
         <v>97</v>
       </c>
       <c r="B37" s="71">
-        <v>149347</v>
+        <v>151554</v>
       </c>
       <c r="C37" s="74">
-        <v>25.83</v>
+        <v>25.39</v>
       </c>
       <c r="D37" s="71">
-        <v>152712</v>
+        <v>151493</v>
       </c>
       <c r="E37" s="74">
-        <v>25.97</v>
+        <v>25.15</v>
       </c>
       <c r="F37" s="71">
-        <v>150813</v>
+        <v>155339</v>
       </c>
       <c r="G37" s="74">
-        <v>24.71</v>
+        <v>25.11</v>
       </c>
       <c r="H37" s="71">
-        <v>154661</v>
+        <v>155398</v>
       </c>
       <c r="I37" s="74">
-        <v>24.97</v>
+        <v>24.96</v>
       </c>
       <c r="J37" s="74">
-        <v>1.43</v>
+        <v>1.41</v>
       </c>
       <c r="K37" s="77">
-        <v>1.49</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A38" s="80" t="s">
         <v>98</v>
       </c>
       <c r="B38" s="31"/>
       <c r="C38" s="31"/>
       <c r="D38" s="31"/>
       <c r="E38" s="31"/>
       <c r="F38" s="31"/>
       <c r="G38" s="31"/>
       <c r="H38" s="31"/>
       <c r="I38" s="31"/>
       <c r="J38" s="31"/>
       <c r="K38" s="35"/>
     </row>
     <row r="39" spans="1:11" ht="13.5" customHeight="1">
       <c r="A39" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
@@ -4566,95 +4566,95 @@
       <c r="G3" s="48"/>
       <c r="H3" s="48"/>
       <c r="I3" s="48"/>
       <c r="J3" s="48"/>
       <c r="K3" s="48"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="53"/>
       <c r="E4" s="53"/>
       <c r="F4" s="53"/>
       <c r="G4" s="53"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="13" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="11.45" customHeight="1">
       <c r="A5" s="11"/>
       <c r="B5" s="39" t="str">
         <f>'4-4'!B5:C5</f>
-        <v>113年 6月底</v>
+        <v>113年 9月底</v>
       </c>
       <c r="C5" s="40"/>
       <c r="D5" s="39" t="str">
         <f>'4-4'!D5:E5</f>
-        <v>113年 7月底</v>
+        <v>113年10月底</v>
       </c>
       <c r="E5" s="40"/>
       <c r="F5" s="39" t="str">
         <f>'4-4'!F5:G5</f>
-        <v>114年 6月底</v>
+        <v>114年 9月底</v>
       </c>
       <c r="G5" s="40"/>
       <c r="H5" s="39" t="str">
         <f>'4-4'!H5:I5</f>
-        <v>114年 7月底</v>
+        <v>114年10月底</v>
       </c>
       <c r="I5" s="40"/>
       <c r="J5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="45"/>
     </row>
     <row r="6" spans="1:11" ht="11.45" customHeight="1">
       <c r="A6" s="20" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="50" t="str">
         <f>'4-4'!B6:C6</f>
-        <v>End of  June 2024</v>
+        <v>End of  Sept. 2024</v>
       </c>
       <c r="C6" s="51"/>
       <c r="D6" s="50" t="str">
         <f>'4-4'!D6:E6</f>
-        <v>End of  July 2024</v>
+        <v>End of  Oct. 2024</v>
       </c>
       <c r="E6" s="51"/>
       <c r="F6" s="50" t="str">
         <f>'4-4'!F6:G6</f>
-        <v>End of  June 2025</v>
+        <v>End of  Sept. 2025</v>
       </c>
       <c r="G6" s="51"/>
       <c r="H6" s="50" t="str">
         <f>'4-4'!H6:I6</f>
-        <v>End of  July 2025</v>
+        <v>End of  Oct. 2025</v>
       </c>
       <c r="I6" s="51"/>
       <c r="J6" s="42" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="43"/>
     </row>
     <row r="7" spans="1:11" ht="11.1" customHeight="1">
       <c r="A7" s="20"/>
       <c r="B7" s="21" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="21" t="s">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>1</v>
       </c>
       <c r="F7" s="21" t="s">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="s">
@@ -4737,528 +4737,528 @@
       </c>
       <c r="F10" s="17" t="s">
         <v>7</v>
       </c>
       <c r="G10" s="18" t="s">
         <v>8</v>
       </c>
       <c r="H10" s="17" t="s">
         <v>7</v>
       </c>
       <c r="I10" s="18" t="s">
         <v>8</v>
       </c>
       <c r="J10" s="18" t="s">
         <v>9</v>
       </c>
       <c r="K10" s="19" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="55" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="58">
-        <v>67130</v>
+        <v>75031</v>
       </c>
       <c r="C11" s="61">
-        <v>15.89</v>
+        <v>17.23</v>
       </c>
       <c r="D11" s="58">
-        <v>68648</v>
+        <v>76553</v>
       </c>
       <c r="E11" s="61">
-        <v>16</v>
+        <v>17.47</v>
       </c>
       <c r="F11" s="58">
-        <v>80234</v>
+        <v>81908</v>
       </c>
       <c r="G11" s="61">
-        <v>18.13</v>
+        <v>18.35</v>
       </c>
       <c r="H11" s="58">
-        <v>83034</v>
+        <v>83665</v>
       </c>
       <c r="I11" s="61">
-        <v>18.56</v>
+        <v>18.73</v>
       </c>
       <c r="J11" s="61">
-        <v>0.77</v>
+        <v>0.76</v>
       </c>
       <c r="K11" s="64">
-        <v>0.67</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="67" t="s">
         <v>99</v>
       </c>
       <c r="B12" s="29"/>
       <c r="C12" s="29"/>
       <c r="D12" s="29"/>
       <c r="E12" s="29"/>
       <c r="F12" s="29"/>
       <c r="G12" s="29"/>
       <c r="H12" s="29"/>
       <c r="I12" s="29"/>
       <c r="J12" s="29"/>
       <c r="K12" s="33"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="23" t="s">
         <v>100</v>
       </c>
       <c r="B13" s="71">
-        <v>197476</v>
+        <v>217877</v>
       </c>
       <c r="C13" s="74">
-        <v>17.77</v>
+        <v>18.45</v>
       </c>
       <c r="D13" s="71">
-        <v>200351</v>
+        <v>222129</v>
       </c>
       <c r="E13" s="74">
-        <v>17.77</v>
+        <v>18.29</v>
       </c>
       <c r="F13" s="71">
-        <v>240355</v>
+        <v>241627</v>
       </c>
       <c r="G13" s="74">
-        <v>18.99</v>
+        <v>18.21</v>
       </c>
       <c r="H13" s="71">
-        <v>239221</v>
+        <v>244410</v>
       </c>
       <c r="I13" s="74">
-        <v>18.46</v>
+        <v>18.5</v>
       </c>
       <c r="J13" s="74">
-        <v>2.21</v>
+        <v>2.22</v>
       </c>
       <c r="K13" s="77">
-        <v>1.95</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="67" t="s">
         <v>101</v>
       </c>
       <c r="B14" s="29"/>
       <c r="C14" s="29"/>
       <c r="D14" s="29"/>
       <c r="E14" s="29"/>
       <c r="F14" s="29"/>
       <c r="G14" s="29"/>
       <c r="H14" s="29"/>
       <c r="I14" s="29"/>
       <c r="J14" s="29"/>
       <c r="K14" s="33"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="23" t="s">
         <v>102</v>
       </c>
       <c r="B15" s="71">
-        <v>360588</v>
+        <v>384587</v>
       </c>
       <c r="C15" s="74">
-        <v>29.38</v>
+        <v>29.73</v>
       </c>
       <c r="D15" s="71">
-        <v>368808</v>
+        <v>395489</v>
       </c>
       <c r="E15" s="74">
-        <v>28.74</v>
+        <v>29.25</v>
       </c>
       <c r="F15" s="71">
-        <v>419827</v>
+        <v>428459</v>
       </c>
       <c r="G15" s="74">
-        <v>31.67</v>
+        <v>31.91</v>
       </c>
       <c r="H15" s="71">
-        <v>427724</v>
+        <v>437206</v>
       </c>
       <c r="I15" s="74">
-        <v>31.48</v>
+        <v>31.77</v>
       </c>
       <c r="J15" s="74">
-        <v>3.94</v>
+        <v>3.98</v>
       </c>
       <c r="K15" s="77">
-        <v>3.59</v>
+        <v>3.79</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="67" t="s">
         <v>103</v>
       </c>
       <c r="B16" s="29"/>
       <c r="C16" s="29"/>
       <c r="D16" s="29"/>
       <c r="E16" s="29"/>
       <c r="F16" s="29"/>
       <c r="G16" s="29"/>
       <c r="H16" s="29"/>
       <c r="I16" s="29"/>
       <c r="J16" s="29"/>
       <c r="K16" s="33"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="23" t="s">
         <v>104</v>
       </c>
       <c r="B17" s="71">
-        <v>584818</v>
+        <v>598119</v>
       </c>
       <c r="C17" s="74">
-        <v>31.41</v>
+        <v>31.17</v>
       </c>
       <c r="D17" s="71">
-        <v>589859</v>
+        <v>602420</v>
       </c>
       <c r="E17" s="74">
-        <v>30.95</v>
+        <v>31.1</v>
       </c>
       <c r="F17" s="71">
-        <v>633780</v>
+        <v>651747</v>
       </c>
       <c r="G17" s="74">
-        <v>31.18</v>
+        <v>30.85</v>
       </c>
       <c r="H17" s="71">
-        <v>639286</v>
+        <v>659981</v>
       </c>
       <c r="I17" s="74">
-        <v>31.16</v>
+        <v>31.09</v>
       </c>
       <c r="J17" s="74">
-        <v>5.89</v>
+        <v>6.01</v>
       </c>
       <c r="K17" s="77">
-        <v>5.75</v>
+        <v>5.77</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="67" t="s">
         <v>105</v>
       </c>
       <c r="B18" s="29"/>
       <c r="C18" s="29"/>
       <c r="D18" s="29"/>
       <c r="E18" s="29"/>
       <c r="F18" s="29"/>
       <c r="G18" s="29"/>
       <c r="H18" s="29"/>
       <c r="I18" s="29"/>
       <c r="J18" s="29"/>
       <c r="K18" s="33"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="23" t="s">
         <v>106</v>
       </c>
       <c r="B19" s="71">
-        <v>66247</v>
+        <v>71087</v>
       </c>
       <c r="C19" s="74">
-        <v>18.43</v>
+        <v>18.79</v>
       </c>
       <c r="D19" s="71">
-        <v>69983</v>
+        <v>72400</v>
       </c>
       <c r="E19" s="74">
-        <v>19.35</v>
+        <v>19.06</v>
       </c>
       <c r="F19" s="71">
-        <v>77805</v>
+        <v>78583</v>
       </c>
       <c r="G19" s="74">
-        <v>18.73</v>
+        <v>18.62</v>
       </c>
       <c r="H19" s="71">
-        <v>78772</v>
+        <v>77843</v>
       </c>
       <c r="I19" s="74">
-        <v>18.81</v>
+        <v>18.64</v>
       </c>
       <c r="J19" s="74">
-        <v>0.73</v>
+        <v>0.71</v>
       </c>
       <c r="K19" s="77">
-        <v>0.68</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="67" t="s">
         <v>107</v>
       </c>
       <c r="B20" s="29"/>
       <c r="C20" s="29"/>
       <c r="D20" s="29"/>
       <c r="E20" s="29"/>
       <c r="F20" s="29"/>
       <c r="G20" s="29"/>
       <c r="H20" s="29"/>
       <c r="I20" s="29"/>
       <c r="J20" s="29"/>
       <c r="K20" s="33"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="23" t="s">
         <v>108</v>
       </c>
       <c r="B21" s="71">
-        <v>23802</v>
+        <v>26139</v>
       </c>
       <c r="C21" s="74">
-        <v>4.88</v>
+        <v>5.18</v>
       </c>
       <c r="D21" s="71">
-        <v>24856</v>
+        <v>26451</v>
       </c>
       <c r="E21" s="74">
-        <v>5.1</v>
+        <v>5.16</v>
       </c>
       <c r="F21" s="71">
-        <v>33982</v>
+        <v>34524</v>
       </c>
       <c r="G21" s="74">
-        <v>6.44</v>
+        <v>6.53</v>
       </c>
       <c r="H21" s="71">
-        <v>33944</v>
+        <v>32738</v>
       </c>
       <c r="I21" s="74">
-        <v>6.53</v>
+        <v>6.32</v>
       </c>
       <c r="J21" s="74">
-        <v>0.31</v>
+        <v>0.3</v>
       </c>
       <c r="K21" s="77">
-        <v>0.24</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="67" t="s">
         <v>109</v>
       </c>
       <c r="B22" s="29"/>
       <c r="C22" s="29"/>
       <c r="D22" s="29"/>
       <c r="E22" s="29"/>
       <c r="F22" s="29"/>
       <c r="G22" s="29"/>
       <c r="H22" s="29"/>
       <c r="I22" s="29"/>
       <c r="J22" s="29"/>
       <c r="K22" s="33"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="23" t="s">
         <v>110</v>
       </c>
       <c r="B23" s="71">
-        <v>297085</v>
+        <v>305659</v>
       </c>
       <c r="C23" s="74">
-        <v>21.27</v>
+        <v>21.41</v>
       </c>
       <c r="D23" s="71">
-        <v>296702</v>
+        <v>303157</v>
       </c>
       <c r="E23" s="74">
-        <v>21.08</v>
+        <v>21.37</v>
       </c>
       <c r="F23" s="71">
-        <v>335989</v>
+        <v>349758</v>
       </c>
       <c r="G23" s="74">
-        <v>22.29</v>
+        <v>22.45</v>
       </c>
       <c r="H23" s="71">
-        <v>342827</v>
+        <v>346791</v>
       </c>
       <c r="I23" s="74">
-        <v>22.44</v>
+        <v>22.49</v>
       </c>
       <c r="J23" s="74">
         <v>3.16</v>
       </c>
       <c r="K23" s="77">
-        <v>2.89</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="67" t="s">
         <v>111</v>
       </c>
       <c r="B24" s="29"/>
       <c r="C24" s="29"/>
       <c r="D24" s="29"/>
       <c r="E24" s="29"/>
       <c r="F24" s="29"/>
       <c r="G24" s="29"/>
       <c r="H24" s="29"/>
       <c r="I24" s="29"/>
       <c r="J24" s="29"/>
       <c r="K24" s="33"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="23" t="s">
         <v>112</v>
       </c>
       <c r="B25" s="71">
-        <v>53190</v>
+        <v>52813</v>
       </c>
       <c r="C25" s="74">
-        <v>25.66</v>
+        <v>25.09</v>
       </c>
       <c r="D25" s="71">
-        <v>50475</v>
+        <v>52589</v>
       </c>
       <c r="E25" s="74">
-        <v>24.82</v>
+        <v>24.97</v>
       </c>
       <c r="F25" s="71">
-        <v>58365</v>
+        <v>63338</v>
       </c>
       <c r="G25" s="74">
-        <v>26.16</v>
+        <v>27.49</v>
       </c>
       <c r="H25" s="71">
-        <v>61155</v>
+        <v>65377</v>
       </c>
       <c r="I25" s="74">
-        <v>27.27</v>
+        <v>28.21</v>
       </c>
       <c r="J25" s="74">
-        <v>0.56</v>
+        <v>0.6</v>
       </c>
       <c r="K25" s="77">
-        <v>0.49</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="67" t="s">
         <v>113</v>
       </c>
       <c r="B26" s="29"/>
       <c r="C26" s="29"/>
       <c r="D26" s="29"/>
       <c r="E26" s="29"/>
       <c r="F26" s="29"/>
       <c r="G26" s="29"/>
       <c r="H26" s="29"/>
       <c r="I26" s="29"/>
       <c r="J26" s="29"/>
       <c r="K26" s="33"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="23" t="s">
         <v>114</v>
       </c>
       <c r="B27" s="71">
-        <v>366496</v>
+        <v>381604</v>
       </c>
       <c r="C27" s="74">
-        <v>15.71</v>
+        <v>15.47</v>
       </c>
       <c r="D27" s="71">
-        <v>381014</v>
+        <v>389395</v>
       </c>
       <c r="E27" s="74">
-        <v>15.45</v>
+        <v>15.74</v>
       </c>
       <c r="F27" s="71">
-        <v>435585</v>
+        <v>449570</v>
       </c>
       <c r="G27" s="74">
-        <v>16.32</v>
+        <v>16.63</v>
       </c>
       <c r="H27" s="71">
-        <v>448225</v>
+        <v>458973</v>
       </c>
       <c r="I27" s="74">
-        <v>16.29</v>
+        <v>16.41</v>
       </c>
       <c r="J27" s="74">
-        <v>4.13</v>
+        <v>4.18</v>
       </c>
       <c r="K27" s="77">
-        <v>3.71</v>
+        <v>3.73</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="67" t="s">
         <v>115</v>
       </c>
       <c r="B28" s="29"/>
       <c r="C28" s="29"/>
       <c r="D28" s="29"/>
       <c r="E28" s="29"/>
       <c r="F28" s="29"/>
       <c r="G28" s="29"/>
       <c r="H28" s="29"/>
       <c r="I28" s="29"/>
       <c r="J28" s="29"/>
       <c r="K28" s="33"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="23" t="s">
         <v>116</v>
       </c>
-      <c r="B29" s="84">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="B29" s="71">
+        <v>586</v>
+      </c>
+      <c r="C29" s="74">
+        <v>2.91</v>
       </c>
       <c r="D29" s="71">
-        <v>312</v>
+        <v>641</v>
       </c>
       <c r="E29" s="74">
-        <v>1.65</v>
+        <v>3.12</v>
       </c>
       <c r="F29" s="71">
-        <v>1564</v>
+        <v>1810</v>
       </c>
       <c r="G29" s="74">
-        <v>5.74</v>
+        <v>5.84</v>
       </c>
       <c r="H29" s="71">
-        <v>1610</v>
+        <v>1953</v>
       </c>
       <c r="I29" s="74">
-        <v>5.7</v>
+        <v>6.05</v>
       </c>
       <c r="J29" s="74">
+        <v>0.02</v>
+      </c>
+      <c r="K29" s="77">
         <v>0.01</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="67" t="s">
         <v>117</v>
       </c>
       <c r="B30" s="29"/>
       <c r="C30" s="29"/>
       <c r="D30" s="29"/>
       <c r="E30" s="29"/>
       <c r="F30" s="29"/>
       <c r="G30" s="29"/>
       <c r="H30" s="29"/>
       <c r="I30" s="29"/>
       <c r="J30" s="29"/>
       <c r="K30" s="33"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="23" t="s">
         <v>118</v>
       </c>
       <c r="B31" s="84">
         <v>0</v>
       </c>
       <c r="C31" s="86">
@@ -5287,175 +5287,175 @@
       </c>
       <c r="K31" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="11.1" customHeight="1">
       <c r="A32" s="67" t="s">
         <v>119</v>
       </c>
       <c r="B32" s="29"/>
       <c r="C32" s="29"/>
       <c r="D32" s="29"/>
       <c r="E32" s="29"/>
       <c r="F32" s="29"/>
       <c r="G32" s="29"/>
       <c r="H32" s="29"/>
       <c r="I32" s="29"/>
       <c r="J32" s="29"/>
       <c r="K32" s="33"/>
     </row>
     <row r="33" spans="1:11" ht="12.6" customHeight="1">
       <c r="A33" s="23" t="s">
         <v>120</v>
       </c>
       <c r="B33" s="71">
-        <v>1764</v>
+        <v>2264</v>
       </c>
       <c r="C33" s="74">
         <v>14.16</v>
       </c>
       <c r="D33" s="71">
-        <v>1764</v>
+        <v>2254</v>
       </c>
       <c r="E33" s="74">
-        <v>12.8</v>
+        <v>13.39</v>
       </c>
       <c r="F33" s="71">
-        <v>3852</v>
+        <v>4311</v>
       </c>
       <c r="G33" s="74">
-        <v>18.58</v>
+        <v>19.83</v>
       </c>
       <c r="H33" s="71">
-        <v>4299</v>
+        <v>4322</v>
       </c>
       <c r="I33" s="74">
-        <v>20.29</v>
+        <v>19.4</v>
       </c>
       <c r="J33" s="74">
         <v>0.04</v>
       </c>
       <c r="K33" s="77">
         <v>0.02</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1">
       <c r="A34" s="67" t="s">
         <v>121</v>
       </c>
       <c r="B34" s="29"/>
       <c r="C34" s="29"/>
       <c r="D34" s="29"/>
       <c r="E34" s="29"/>
       <c r="F34" s="29"/>
       <c r="G34" s="29"/>
       <c r="H34" s="29"/>
       <c r="I34" s="29"/>
       <c r="J34" s="29"/>
       <c r="K34" s="33"/>
     </row>
     <row r="35" spans="1:11" ht="12.6" customHeight="1">
       <c r="A35" s="69" t="s">
         <v>122</v>
       </c>
       <c r="B35" s="72">
-        <v>166314</v>
+        <v>173166</v>
       </c>
       <c r="C35" s="75">
-        <v>15.31</v>
+        <v>14.52</v>
       </c>
       <c r="D35" s="72">
-        <v>167719</v>
+        <v>171349</v>
       </c>
       <c r="E35" s="75">
-        <v>15.72</v>
+        <v>15.86</v>
       </c>
       <c r="F35" s="72">
-        <v>145741</v>
+        <v>157922</v>
       </c>
       <c r="G35" s="75">
-        <v>13.59</v>
+        <v>14.25</v>
       </c>
       <c r="H35" s="72">
-        <v>155490</v>
+        <v>160403</v>
       </c>
       <c r="I35" s="75">
-        <v>14.35</v>
+        <v>14.71</v>
       </c>
       <c r="J35" s="75">
-        <v>1.43</v>
+        <v>1.46</v>
       </c>
       <c r="K35" s="78">
-        <v>1.63</v>
+        <v>1.64</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="11.1" customHeight="1">
       <c r="A36" s="68" t="s">
         <v>123</v>
       </c>
       <c r="B36" s="29"/>
       <c r="C36" s="29"/>
       <c r="D36" s="29"/>
       <c r="E36" s="29"/>
       <c r="F36" s="29"/>
       <c r="G36" s="29"/>
       <c r="H36" s="29"/>
       <c r="I36" s="29"/>
       <c r="J36" s="29"/>
       <c r="K36" s="33"/>
     </row>
     <row r="37" spans="1:11" ht="12.6" customHeight="1">
       <c r="A37" s="69" t="s">
         <v>124</v>
       </c>
       <c r="B37" s="72">
         <v>129</v>
       </c>
       <c r="C37" s="75">
         <v>0.1</v>
       </c>
       <c r="D37" s="72">
         <v>129</v>
       </c>
       <c r="E37" s="75">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
       <c r="F37" s="72">
-        <v>6892</v>
+        <v>6015</v>
       </c>
       <c r="G37" s="75">
-        <v>4.43</v>
+        <v>3.24</v>
       </c>
       <c r="H37" s="72">
-        <v>6769</v>
+        <v>6017</v>
       </c>
       <c r="I37" s="75">
-        <v>4.47</v>
+        <v>4.02</v>
       </c>
       <c r="J37" s="75">
-        <v>0.06</v>
+        <v>0.05</v>
       </c>
       <c r="K37" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A38" s="89" t="s">
         <v>125</v>
       </c>
       <c r="B38" s="31"/>
       <c r="C38" s="31"/>
       <c r="D38" s="31"/>
       <c r="E38" s="31"/>
       <c r="F38" s="31"/>
       <c r="G38" s="31"/>
       <c r="H38" s="31"/>
       <c r="I38" s="31"/>
       <c r="J38" s="31"/>
       <c r="K38" s="35"/>
     </row>
     <row r="39" spans="1:11" ht="13.5" customHeight="1">
       <c r="A39" s="26" t="s">
         <v>37</v>
       </c>
       <c r="B39" s="2"/>