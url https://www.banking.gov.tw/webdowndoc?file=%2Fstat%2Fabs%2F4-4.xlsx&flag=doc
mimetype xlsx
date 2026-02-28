--- v1 (2026-01-09)
+++ v2 (2026-02-28)
@@ -38,51 +38,51 @@
     <definedName name="外部資料_1" localSheetId="1">'4-4(續一)'!$A$1:$K$40</definedName>
     <definedName name="外部資料_1" localSheetId="2">'4-4(續二完)'!$A$1:$K$44</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>對中小企業</t>
   </si>
   <si>
     <t>占放款％</t>
   </si>
   <si>
     <t>本月</t>
   </si>
   <si>
     <t>上年同月</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
-    <t>113年 9月底</t>
+    <t>113年11月底</t>
   </si>
   <si>
     <t>放款餘額</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>Total Loans</t>
   </si>
   <si>
     <t xml:space="preserve">Month </t>
   </si>
   <si>
     <t xml:space="preserve"> in Previous Year</t>
   </si>
   <si>
     <t>Account for</t>
   </si>
   <si>
     <t xml:space="preserve">Current </t>
   </si>
   <si>
     <t>Same Month</t>
   </si>
@@ -115,51 +115,51 @@
       <t>單位：新臺幣百萬元,﹪</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>NT$ Million,</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>﹪</t>
     </r>
   </si>
   <si>
     <t>市場占有率％</t>
   </si>
   <si>
-    <t>End of  Sept. 2024</t>
+    <t>End of  Nov. 2024</t>
   </si>
   <si>
     <t>Market Share</t>
   </si>
   <si>
     <t>銀　　　行　　　別</t>
   </si>
   <si>
     <t>說　　明：1.#係金融控股公司之子公司。</t>
   </si>
   <si>
     <t>　　　　　2.『對中小企業放款餘額』占放款％係指占各銀行國內總分行之放款(含催收款)之百分比。</t>
   </si>
   <si>
     <t>4-4 Loans to Small and Medium Enterprises at General Banks</t>
   </si>
   <si>
     <r>
       <t>4-4</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
@@ -496,66 +496,66 @@
   <si>
     <t>國泰世華商業銀行　　#</t>
   </si>
   <si>
     <t>Cathay United Bank</t>
   </si>
   <si>
     <t>中國輸出入銀行</t>
   </si>
   <si>
     <t>The Export-Import Bank of The Republic of China</t>
   </si>
   <si>
     <t>高雄銀行</t>
   </si>
   <si>
     <t>Bank of Kaohsiung</t>
   </si>
   <si>
     <t>兆豐國際商業銀行　　#</t>
   </si>
   <si>
     <t>Mega International Commercial Bank Co., Ltd.</t>
   </si>
   <si>
-    <t>End of  Oct. 2024</t>
-[...14 lines deleted...]
-    <t>114年10月底</t>
+    <t>End of  Dec. 2024</t>
+  </si>
+  <si>
+    <t>End of  Nov. 2025</t>
+  </si>
+  <si>
+    <t>End of  Dec. 2025</t>
+  </si>
+  <si>
+    <t>113年12月底</t>
+  </si>
+  <si>
+    <t>114年11月底</t>
+  </si>
+  <si>
+    <t>114年12月底</t>
   </si>
   <si>
     <t>Citibank Taiwan Ltd.</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
@@ -2411,728 +2411,728 @@
       </c>
       <c r="F10" s="17" t="s">
         <v>7</v>
       </c>
       <c r="G10" s="18" t="s">
         <v>8</v>
       </c>
       <c r="H10" s="17" t="s">
         <v>7</v>
       </c>
       <c r="I10" s="18" t="s">
         <v>8</v>
       </c>
       <c r="J10" s="18" t="s">
         <v>9</v>
       </c>
       <c r="K10" s="19" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="56" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="59">
-        <v>10435870</v>
+        <v>10441177</v>
       </c>
       <c r="C11" s="62">
-        <v>27.51</v>
+        <v>27.34</v>
       </c>
       <c r="D11" s="59">
-        <v>10439552</v>
+        <v>10506509</v>
       </c>
       <c r="E11" s="62">
-        <v>27.42</v>
+        <v>27.31</v>
       </c>
       <c r="F11" s="59">
-        <v>10934835</v>
+        <v>10989877</v>
       </c>
       <c r="G11" s="62">
+        <v>27.21</v>
+      </c>
+      <c r="H11" s="59">
+        <v>11049424</v>
+      </c>
+      <c r="I11" s="62">
         <v>27.11</v>
-      </c>
-[...4 lines deleted...]
-        <v>27.24</v>
       </c>
       <c r="J11" s="62">
         <v>100</v>
       </c>
       <c r="K11" s="65">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="68" t="s">
         <v>39</v>
       </c>
       <c r="B12" s="29"/>
       <c r="C12" s="29"/>
       <c r="D12" s="29"/>
       <c r="E12" s="29"/>
       <c r="F12" s="29"/>
       <c r="G12" s="29"/>
       <c r="H12" s="29"/>
       <c r="I12" s="29"/>
       <c r="J12" s="29"/>
       <c r="K12" s="33"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="72">
-        <v>10262575</v>
+        <v>10268150</v>
       </c>
       <c r="C13" s="75">
-        <v>28.03</v>
+        <v>27.79</v>
       </c>
       <c r="D13" s="72">
-        <v>10268074</v>
+        <v>10338000</v>
       </c>
       <c r="E13" s="75">
-        <v>27.84</v>
+        <v>27.79</v>
       </c>
       <c r="F13" s="72">
-        <v>10770899</v>
+        <v>10822206</v>
       </c>
       <c r="G13" s="75">
-        <v>27.59</v>
+        <v>27.65</v>
       </c>
       <c r="H13" s="72">
-        <v>10820230</v>
+        <v>10888436</v>
       </c>
       <c r="I13" s="75">
-        <v>27.68</v>
+        <v>27.64</v>
       </c>
       <c r="J13" s="75">
-        <v>98.49</v>
+        <v>98.54</v>
       </c>
       <c r="K13" s="78">
-        <v>98.36</v>
+        <v>98.4</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="29"/>
       <c r="C14" s="29"/>
       <c r="D14" s="29"/>
       <c r="E14" s="29"/>
       <c r="F14" s="29"/>
       <c r="G14" s="29"/>
       <c r="H14" s="29"/>
       <c r="I14" s="29"/>
       <c r="J14" s="29"/>
       <c r="K14" s="33"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="23" t="s">
         <v>42</v>
       </c>
       <c r="B15" s="71">
-        <v>446820</v>
+        <v>436071</v>
       </c>
       <c r="C15" s="74">
-        <v>14.18</v>
+        <v>13.72</v>
       </c>
       <c r="D15" s="71">
-        <v>438308</v>
+        <v>445853</v>
       </c>
       <c r="E15" s="74">
         <v>13.83</v>
       </c>
       <c r="F15" s="71">
-        <v>427376</v>
+        <v>426059</v>
       </c>
       <c r="G15" s="74">
-        <v>13.11</v>
+        <v>13.14</v>
       </c>
       <c r="H15" s="71">
-        <v>428421</v>
+        <v>431534</v>
       </c>
       <c r="I15" s="74">
-        <v>13.2</v>
+        <v>12.96</v>
       </c>
       <c r="J15" s="74">
-        <v>3.9</v>
+        <v>3.91</v>
       </c>
       <c r="K15" s="77">
-        <v>4.2</v>
+        <v>4.24</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="67" t="s">
         <v>43</v>
       </c>
       <c r="B16" s="29"/>
       <c r="C16" s="29"/>
       <c r="D16" s="29"/>
       <c r="E16" s="29"/>
       <c r="F16" s="29"/>
       <c r="G16" s="29"/>
       <c r="H16" s="29"/>
       <c r="I16" s="29"/>
       <c r="J16" s="29"/>
       <c r="K16" s="33"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="23" t="s">
         <v>44</v>
       </c>
       <c r="B17" s="71">
-        <v>587698</v>
+        <v>579891</v>
       </c>
       <c r="C17" s="74">
-        <v>26.57</v>
+        <v>25.77</v>
       </c>
       <c r="D17" s="71">
-        <v>589221</v>
+        <v>585296</v>
       </c>
       <c r="E17" s="74">
-        <v>26.39</v>
+        <v>25.49</v>
       </c>
       <c r="F17" s="71">
-        <v>583492</v>
+        <v>588426</v>
       </c>
       <c r="G17" s="74">
-        <v>24.53</v>
+        <v>24.76</v>
       </c>
       <c r="H17" s="71">
-        <v>587554</v>
+        <v>579366</v>
       </c>
       <c r="I17" s="74">
-        <v>24.63</v>
+        <v>24.34</v>
       </c>
       <c r="J17" s="74">
-        <v>5.35</v>
+        <v>5.24</v>
       </c>
       <c r="K17" s="77">
-        <v>5.64</v>
+        <v>5.57</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="67" t="s">
         <v>45</v>
       </c>
       <c r="B18" s="29"/>
       <c r="C18" s="29"/>
       <c r="D18" s="29"/>
       <c r="E18" s="29"/>
       <c r="F18" s="29"/>
       <c r="G18" s="29"/>
       <c r="H18" s="29"/>
       <c r="I18" s="29"/>
       <c r="J18" s="29"/>
       <c r="K18" s="33"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="71">
-        <v>843763</v>
+        <v>840446</v>
       </c>
       <c r="C19" s="74">
-        <v>30.58</v>
+        <v>29.66</v>
       </c>
       <c r="D19" s="71">
-        <v>844285</v>
+        <v>837773</v>
       </c>
       <c r="E19" s="74">
-        <v>29.79</v>
+        <v>29.58</v>
       </c>
       <c r="F19" s="71">
-        <v>877456</v>
+        <v>856479</v>
       </c>
       <c r="G19" s="74">
-        <v>29.73</v>
+        <v>29.63</v>
       </c>
       <c r="H19" s="71">
-        <v>864590</v>
+        <v>855136</v>
       </c>
       <c r="I19" s="74">
-        <v>30.42</v>
+        <v>29.66</v>
       </c>
       <c r="J19" s="74">
-        <v>7.87</v>
+        <v>7.74</v>
       </c>
       <c r="K19" s="77">
-        <v>8.09</v>
+        <v>7.97</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="67" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="29"/>
       <c r="C20" s="29"/>
       <c r="D20" s="29"/>
       <c r="E20" s="29"/>
       <c r="F20" s="29"/>
       <c r="G20" s="29"/>
       <c r="H20" s="29"/>
       <c r="I20" s="29"/>
       <c r="J20" s="29"/>
       <c r="K20" s="33"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="23" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="71">
-        <v>947789</v>
+        <v>950797</v>
       </c>
       <c r="C21" s="74">
-        <v>43.55</v>
+        <v>42.71</v>
       </c>
       <c r="D21" s="71">
-        <v>948668</v>
+        <v>960570</v>
       </c>
       <c r="E21" s="74">
-        <v>43.16</v>
+        <v>42.93</v>
       </c>
       <c r="F21" s="71">
-        <v>992778</v>
+        <v>999783</v>
       </c>
       <c r="G21" s="74">
-        <v>42.47</v>
+        <v>42.69</v>
       </c>
       <c r="H21" s="71">
-        <v>997667</v>
+        <v>1017834</v>
       </c>
       <c r="I21" s="74">
-        <v>42.53</v>
+        <v>42.88</v>
       </c>
       <c r="J21" s="74">
-        <v>9.08</v>
+        <v>9.21</v>
       </c>
       <c r="K21" s="77">
-        <v>9.09</v>
+        <v>9.14</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="67" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="29"/>
       <c r="C22" s="29"/>
       <c r="D22" s="29"/>
       <c r="E22" s="29"/>
       <c r="F22" s="29"/>
       <c r="G22" s="29"/>
       <c r="H22" s="29"/>
       <c r="I22" s="29"/>
       <c r="J22" s="29"/>
       <c r="K22" s="33"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="23" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="71">
-        <v>799148</v>
+        <v>781663</v>
       </c>
       <c r="C23" s="74">
-        <v>37.58</v>
+        <v>37.03</v>
       </c>
       <c r="D23" s="71">
-        <v>786121</v>
+        <v>788323</v>
       </c>
       <c r="E23" s="74">
-        <v>37.02</v>
+        <v>36.95</v>
       </c>
       <c r="F23" s="71">
-        <v>776376</v>
+        <v>774145</v>
       </c>
       <c r="G23" s="74">
-        <v>36.31</v>
+        <v>36.46</v>
       </c>
       <c r="H23" s="71">
-        <v>778977</v>
+        <v>782200</v>
       </c>
       <c r="I23" s="74">
-        <v>36.49</v>
+        <v>36.18</v>
       </c>
       <c r="J23" s="74">
-        <v>7.09</v>
+        <v>7.08</v>
       </c>
       <c r="K23" s="77">
-        <v>7.53</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="67" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="29"/>
       <c r="C24" s="29"/>
       <c r="D24" s="29"/>
       <c r="E24" s="29"/>
       <c r="F24" s="29"/>
       <c r="G24" s="29"/>
       <c r="H24" s="29"/>
       <c r="I24" s="29"/>
       <c r="J24" s="29"/>
       <c r="K24" s="33"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="23" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="71">
-        <v>671771</v>
+        <v>669329</v>
       </c>
       <c r="C25" s="74">
-        <v>39.04</v>
+        <v>38.83</v>
       </c>
       <c r="D25" s="71">
-        <v>676455</v>
+        <v>665980</v>
       </c>
       <c r="E25" s="74">
-        <v>38.91</v>
+        <v>38.7</v>
       </c>
       <c r="F25" s="71">
-        <v>681361</v>
+        <v>686835</v>
       </c>
       <c r="G25" s="74">
-        <v>38.81</v>
+        <v>38.89</v>
       </c>
       <c r="H25" s="71">
-        <v>687378</v>
+        <v>700900</v>
       </c>
       <c r="I25" s="74">
-        <v>38.83</v>
+        <v>39.15</v>
       </c>
       <c r="J25" s="74">
-        <v>6.26</v>
+        <v>6.34</v>
       </c>
       <c r="K25" s="77">
-        <v>6.48</v>
+        <v>6.34</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="67" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="29"/>
       <c r="C26" s="29"/>
       <c r="D26" s="29"/>
       <c r="E26" s="29"/>
       <c r="F26" s="29"/>
       <c r="G26" s="29"/>
       <c r="H26" s="29"/>
       <c r="I26" s="29"/>
       <c r="J26" s="29"/>
       <c r="K26" s="33"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="23" t="s">
         <v>54</v>
       </c>
       <c r="B27" s="71">
-        <v>290265</v>
+        <v>290456</v>
       </c>
       <c r="C27" s="74">
-        <v>38.3</v>
+        <v>37.97</v>
       </c>
       <c r="D27" s="71">
-        <v>289712</v>
+        <v>289142</v>
       </c>
       <c r="E27" s="74">
-        <v>37.99</v>
+        <v>37.83</v>
       </c>
       <c r="F27" s="71">
-        <v>295688</v>
+        <v>298306</v>
       </c>
       <c r="G27" s="74">
-        <v>37.89</v>
+        <v>37.72</v>
       </c>
       <c r="H27" s="71">
-        <v>297795</v>
+        <v>302396</v>
       </c>
       <c r="I27" s="74">
-        <v>38.06</v>
+        <v>37.87</v>
       </c>
       <c r="J27" s="74">
-        <v>2.71</v>
+        <v>2.74</v>
       </c>
       <c r="K27" s="77">
-        <v>2.78</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="67" t="s">
         <v>55</v>
       </c>
       <c r="B28" s="29"/>
       <c r="C28" s="29"/>
       <c r="D28" s="29"/>
       <c r="E28" s="29"/>
       <c r="F28" s="29"/>
       <c r="G28" s="29"/>
       <c r="H28" s="29"/>
       <c r="I28" s="29"/>
       <c r="J28" s="29"/>
       <c r="K28" s="33"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="23" t="s">
         <v>56</v>
       </c>
       <c r="B29" s="71">
-        <v>385249</v>
+        <v>384999</v>
       </c>
       <c r="C29" s="74">
-        <v>19.71</v>
+        <v>19.67</v>
       </c>
       <c r="D29" s="71">
-        <v>385327</v>
+        <v>390745</v>
       </c>
       <c r="E29" s="74">
-        <v>19.7</v>
+        <v>19.72</v>
       </c>
       <c r="F29" s="71">
-        <v>438018</v>
+        <v>437835</v>
       </c>
       <c r="G29" s="74">
-        <v>20.52</v>
+        <v>20.18</v>
       </c>
       <c r="H29" s="71">
-        <v>443078</v>
+        <v>443780</v>
       </c>
       <c r="I29" s="74">
-        <v>20.41</v>
+        <v>20.36</v>
       </c>
       <c r="J29" s="74">
-        <v>4.03</v>
+        <v>4.02</v>
       </c>
       <c r="K29" s="77">
-        <v>3.69</v>
+        <v>3.72</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="67" t="s">
         <v>57</v>
       </c>
       <c r="B30" s="29"/>
       <c r="C30" s="29"/>
       <c r="D30" s="29"/>
       <c r="E30" s="29"/>
       <c r="F30" s="29"/>
       <c r="G30" s="29"/>
       <c r="H30" s="29"/>
       <c r="I30" s="29"/>
       <c r="J30" s="29"/>
       <c r="K30" s="33"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="23" t="s">
         <v>58</v>
       </c>
       <c r="B31" s="71">
-        <v>337927</v>
+        <v>338308</v>
       </c>
       <c r="C31" s="74">
-        <v>14.57</v>
+        <v>14.61</v>
       </c>
       <c r="D31" s="71">
-        <v>336158</v>
+        <v>335199</v>
       </c>
       <c r="E31" s="74">
-        <v>14.58</v>
+        <v>14.08</v>
       </c>
       <c r="F31" s="71">
-        <v>360479</v>
+        <v>361610</v>
       </c>
       <c r="G31" s="74">
-        <v>14.39</v>
+        <v>14.26</v>
       </c>
       <c r="H31" s="71">
-        <v>361131</v>
+        <v>361795</v>
       </c>
       <c r="I31" s="74">
-        <v>14.39</v>
+        <v>14.13</v>
       </c>
       <c r="J31" s="74">
-        <v>3.29</v>
+        <v>3.27</v>
       </c>
       <c r="K31" s="77">
-        <v>3.22</v>
+        <v>3.19</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="11.1" customHeight="1">
       <c r="A32" s="67" t="s">
         <v>59</v>
       </c>
       <c r="B32" s="29"/>
       <c r="C32" s="29"/>
       <c r="D32" s="29"/>
       <c r="E32" s="29"/>
       <c r="F32" s="29"/>
       <c r="G32" s="29"/>
       <c r="H32" s="29"/>
       <c r="I32" s="29"/>
       <c r="J32" s="29"/>
       <c r="K32" s="33"/>
     </row>
     <row r="33" spans="1:11" ht="12.6" customHeight="1">
       <c r="A33" s="23" t="s">
         <v>60</v>
       </c>
       <c r="B33" s="71">
-        <v>9860</v>
+        <v>10308</v>
       </c>
       <c r="C33" s="74">
-        <v>8.16</v>
+        <v>8.41</v>
       </c>
       <c r="D33" s="71">
-        <v>9920</v>
+        <v>10350</v>
       </c>
       <c r="E33" s="74">
-        <v>8.19</v>
+        <v>8.32</v>
       </c>
       <c r="F33" s="71">
-        <v>13167</v>
+        <v>13950</v>
       </c>
       <c r="G33" s="74">
-        <v>9.74</v>
+        <v>10.24</v>
       </c>
       <c r="H33" s="71">
-        <v>13789</v>
+        <v>13359</v>
       </c>
       <c r="I33" s="74">
-        <v>9.95</v>
+        <v>9.96</v>
       </c>
       <c r="J33" s="74">
-        <v>0.13</v>
+        <v>0.12</v>
       </c>
       <c r="K33" s="77">
         <v>0.1</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1">
       <c r="A34" s="67" t="s">
         <v>61</v>
       </c>
       <c r="B34" s="29"/>
       <c r="C34" s="29"/>
       <c r="D34" s="29"/>
       <c r="E34" s="29"/>
       <c r="F34" s="29"/>
       <c r="G34" s="29"/>
       <c r="H34" s="29"/>
       <c r="I34" s="29"/>
       <c r="J34" s="29"/>
       <c r="K34" s="33"/>
     </row>
     <row r="35" spans="1:11" ht="12.6" customHeight="1">
       <c r="A35" s="23" t="s">
         <v>62</v>
       </c>
       <c r="B35" s="71">
-        <v>91716</v>
+        <v>94501</v>
       </c>
       <c r="C35" s="74">
-        <v>47.03</v>
+        <v>47.28</v>
       </c>
       <c r="D35" s="71">
-        <v>92517</v>
+        <v>94377</v>
       </c>
       <c r="E35" s="74">
-        <v>46.92</v>
+        <v>47.36</v>
       </c>
       <c r="F35" s="71">
-        <v>92918</v>
+        <v>91648</v>
       </c>
       <c r="G35" s="74">
-        <v>43.75</v>
+        <v>43.36</v>
       </c>
       <c r="H35" s="71">
-        <v>92580</v>
+        <v>90494</v>
       </c>
       <c r="I35" s="74">
-        <v>43.75</v>
+        <v>43.55</v>
       </c>
       <c r="J35" s="74">
-        <v>0.84</v>
+        <v>0.82</v>
       </c>
       <c r="K35" s="77">
-        <v>0.89</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="11.1" customHeight="1">
       <c r="A36" s="67" t="s">
         <v>63</v>
       </c>
       <c r="B36" s="29"/>
       <c r="C36" s="29"/>
       <c r="D36" s="29"/>
       <c r="E36" s="29"/>
       <c r="F36" s="29"/>
       <c r="G36" s="29"/>
       <c r="H36" s="29"/>
       <c r="I36" s="29"/>
       <c r="J36" s="29"/>
       <c r="K36" s="33"/>
     </row>
     <row r="37" spans="1:11" ht="12.6" customHeight="1">
       <c r="A37" s="23" t="s">
         <v>64</v>
       </c>
       <c r="B37" s="71">
-        <v>707546</v>
+        <v>691098</v>
       </c>
       <c r="C37" s="74">
-        <v>40.58</v>
+        <v>40.13</v>
       </c>
       <c r="D37" s="71">
-        <v>700404</v>
+        <v>708400</v>
       </c>
       <c r="E37" s="74">
-        <v>40.59</v>
+        <v>39.79</v>
       </c>
       <c r="F37" s="71">
-        <v>727856</v>
+        <v>729169</v>
       </c>
       <c r="G37" s="74">
-        <v>38.31</v>
+        <v>38.57</v>
       </c>
       <c r="H37" s="71">
-        <v>732064</v>
+        <v>744398</v>
       </c>
       <c r="I37" s="74">
-        <v>38.6</v>
+        <v>38.24</v>
       </c>
       <c r="J37" s="74">
-        <v>6.66</v>
+        <v>6.74</v>
       </c>
       <c r="K37" s="77">
-        <v>6.71</v>
+        <v>6.74</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A38" s="80" t="s">
         <v>65</v>
       </c>
       <c r="B38" s="31"/>
       <c r="C38" s="31"/>
       <c r="D38" s="31"/>
       <c r="E38" s="31"/>
       <c r="F38" s="31"/>
       <c r="G38" s="31"/>
       <c r="H38" s="31"/>
       <c r="I38" s="31"/>
       <c r="J38" s="31"/>
       <c r="K38" s="35"/>
     </row>
     <row r="39" spans="1:11" ht="13.5" customHeight="1">
       <c r="A39" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
@@ -3412,95 +3412,95 @@
       <c r="G3" s="48"/>
       <c r="H3" s="48"/>
       <c r="I3" s="48"/>
       <c r="J3" s="48"/>
       <c r="K3" s="48"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="53"/>
       <c r="E4" s="53"/>
       <c r="F4" s="53"/>
       <c r="G4" s="53"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="13" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="11.45" customHeight="1">
       <c r="A5" s="11"/>
       <c r="B5" s="39" t="str">
         <f>'4-4'!B5:C5</f>
-        <v>113年 9月底</v>
+        <v>113年11月底</v>
       </c>
       <c r="C5" s="40"/>
       <c r="D5" s="39" t="str">
         <f>'4-4'!D5:E5</f>
-        <v>113年10月底</v>
+        <v>113年12月底</v>
       </c>
       <c r="E5" s="40"/>
       <c r="F5" s="39" t="str">
         <f>'4-4'!F5:G5</f>
-        <v>114年 9月底</v>
+        <v>114年11月底</v>
       </c>
       <c r="G5" s="40"/>
       <c r="H5" s="39" t="str">
         <f>'4-4'!H5:I5</f>
-        <v>114年10月底</v>
+        <v>114年12月底</v>
       </c>
       <c r="I5" s="40"/>
       <c r="J5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="45"/>
     </row>
     <row r="6" spans="1:11" ht="11.45" customHeight="1">
       <c r="A6" s="20" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="50" t="str">
         <f>'4-4'!B6:C6</f>
-        <v>End of  Sept. 2024</v>
+        <v>End of  Nov. 2024</v>
       </c>
       <c r="C6" s="51"/>
       <c r="D6" s="50" t="str">
         <f>'4-4'!D6:E6</f>
-        <v>End of  Oct. 2024</v>
+        <v>End of  Dec. 2024</v>
       </c>
       <c r="E6" s="51"/>
       <c r="F6" s="50" t="str">
         <f>'4-4'!F6:G6</f>
-        <v>End of  Sept. 2025</v>
+        <v>End of  Nov. 2025</v>
       </c>
       <c r="G6" s="51"/>
       <c r="H6" s="50" t="str">
         <f>'4-4'!H6:I6</f>
-        <v>End of  Oct. 2025</v>
+        <v>End of  Dec. 2025</v>
       </c>
       <c r="I6" s="51"/>
       <c r="J6" s="42" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="43"/>
     </row>
     <row r="7" spans="1:11" ht="11.1" customHeight="1">
       <c r="A7" s="20"/>
       <c r="B7" s="21" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="21" t="s">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>1</v>
       </c>
       <c r="F7" s="21" t="s">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="s">
@@ -3583,728 +3583,728 @@
       </c>
       <c r="F10" s="17" t="s">
         <v>7</v>
       </c>
       <c r="G10" s="18" t="s">
         <v>8</v>
       </c>
       <c r="H10" s="17" t="s">
         <v>7</v>
       </c>
       <c r="I10" s="18" t="s">
         <v>8</v>
       </c>
       <c r="J10" s="18" t="s">
         <v>9</v>
       </c>
       <c r="K10" s="19" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="55" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="58">
-        <v>6024</v>
+        <v>5887</v>
       </c>
       <c r="C11" s="61">
-        <v>7.67</v>
+        <v>7.64</v>
       </c>
       <c r="D11" s="58">
-        <v>5977</v>
+        <v>5729</v>
       </c>
       <c r="E11" s="61">
-        <v>7.66</v>
+        <v>7.22</v>
       </c>
       <c r="F11" s="58">
-        <v>5655</v>
+        <v>5237</v>
       </c>
       <c r="G11" s="61">
-        <v>8.95</v>
+        <v>8.66</v>
       </c>
       <c r="H11" s="58">
-        <v>5773</v>
+        <v>4876</v>
       </c>
       <c r="I11" s="61">
-        <v>9.74</v>
+        <v>8.99</v>
       </c>
       <c r="J11" s="61">
+        <v>0.04</v>
+      </c>
+      <c r="K11" s="64">
         <v>0.05</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.06</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="67" t="s">
         <v>72</v>
       </c>
       <c r="B12" s="29"/>
       <c r="C12" s="29"/>
       <c r="D12" s="29"/>
       <c r="E12" s="29"/>
       <c r="F12" s="29"/>
       <c r="G12" s="29"/>
       <c r="H12" s="29"/>
       <c r="I12" s="29"/>
       <c r="J12" s="29"/>
       <c r="K12" s="33"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="23" t="s">
         <v>73</v>
       </c>
       <c r="B13" s="71">
-        <v>40183</v>
+        <v>41056</v>
       </c>
       <c r="C13" s="74">
+        <v>27.3</v>
+      </c>
+      <c r="D13" s="71">
+        <v>40615</v>
+      </c>
+      <c r="E13" s="74">
         <v>26.39</v>
       </c>
-      <c r="D13" s="71">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="71">
-        <v>41210</v>
+        <v>42243</v>
       </c>
       <c r="G13" s="74">
-        <v>25.74</v>
+        <v>25.59</v>
       </c>
       <c r="H13" s="71">
-        <v>41489</v>
+        <v>40994</v>
       </c>
       <c r="I13" s="74">
-        <v>25.84</v>
+        <v>24.99</v>
       </c>
       <c r="J13" s="74">
-        <v>0.38</v>
+        <v>0.37</v>
       </c>
       <c r="K13" s="77">
         <v>0.39</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="67" t="s">
         <v>74</v>
       </c>
       <c r="B14" s="29"/>
       <c r="C14" s="29"/>
       <c r="D14" s="29"/>
       <c r="E14" s="29"/>
       <c r="F14" s="29"/>
       <c r="G14" s="29"/>
       <c r="H14" s="29"/>
       <c r="I14" s="29"/>
       <c r="J14" s="29"/>
       <c r="K14" s="33"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="23" t="s">
         <v>75</v>
       </c>
       <c r="B15" s="71">
-        <v>792527</v>
+        <v>795175</v>
       </c>
       <c r="C15" s="74">
-        <v>55.06</v>
+        <v>54.22</v>
       </c>
       <c r="D15" s="71">
-        <v>793733</v>
+        <v>807073</v>
       </c>
       <c r="E15" s="74">
-        <v>54.74</v>
+        <v>54.5</v>
       </c>
       <c r="F15" s="71">
-        <v>814094</v>
+        <v>818748</v>
       </c>
       <c r="G15" s="74">
-        <v>53.81</v>
+        <v>54.21</v>
       </c>
       <c r="H15" s="71">
-        <v>814924</v>
+        <v>822443</v>
       </c>
       <c r="I15" s="74">
-        <v>54.04</v>
+        <v>54.56</v>
       </c>
       <c r="J15" s="74">
-        <v>7.42</v>
+        <v>7.44</v>
       </c>
       <c r="K15" s="77">
-        <v>7.6</v>
+        <v>7.68</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="67" t="s">
         <v>76</v>
       </c>
       <c r="B16" s="29"/>
       <c r="C16" s="29"/>
       <c r="D16" s="29"/>
       <c r="E16" s="29"/>
       <c r="F16" s="29"/>
       <c r="G16" s="29"/>
       <c r="H16" s="29"/>
       <c r="I16" s="29"/>
       <c r="J16" s="29"/>
       <c r="K16" s="33"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="23" t="s">
         <v>77</v>
       </c>
       <c r="B17" s="71">
-        <v>1341</v>
+        <v>1256</v>
       </c>
       <c r="C17" s="74">
-        <v>0.46</v>
+        <v>0.43</v>
       </c>
       <c r="D17" s="71">
-        <v>1426</v>
+        <v>2806</v>
       </c>
       <c r="E17" s="74">
-        <v>0.49</v>
+        <v>0.95</v>
       </c>
       <c r="F17" s="71">
-        <v>4913</v>
+        <v>5168</v>
       </c>
       <c r="G17" s="74">
-        <v>1.62</v>
+        <v>1.69</v>
       </c>
       <c r="H17" s="71">
-        <v>5086</v>
+        <v>4075</v>
       </c>
       <c r="I17" s="74">
-        <v>1.67</v>
+        <v>1.35</v>
       </c>
       <c r="J17" s="74">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
       <c r="K17" s="77">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="67" t="s">
         <v>78</v>
       </c>
       <c r="B18" s="29"/>
       <c r="C18" s="29"/>
       <c r="D18" s="29"/>
       <c r="E18" s="29"/>
       <c r="F18" s="29"/>
       <c r="G18" s="29"/>
       <c r="H18" s="29"/>
       <c r="I18" s="29"/>
       <c r="J18" s="29"/>
       <c r="K18" s="33"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="23" t="s">
         <v>79</v>
       </c>
       <c r="B19" s="71">
-        <v>209551</v>
+        <v>214963</v>
       </c>
       <c r="C19" s="74">
-        <v>38.3</v>
+        <v>38.61</v>
       </c>
       <c r="D19" s="71">
-        <v>211066</v>
+        <v>217485</v>
       </c>
       <c r="E19" s="74">
-        <v>38.32</v>
+        <v>38.49</v>
       </c>
       <c r="F19" s="71">
-        <v>227393</v>
+        <v>227259</v>
       </c>
       <c r="G19" s="74">
-        <v>38.42</v>
+        <v>38.38</v>
       </c>
       <c r="H19" s="71">
-        <v>227315</v>
+        <v>226838</v>
       </c>
       <c r="I19" s="74">
-        <v>38.43</v>
+        <v>38.27</v>
       </c>
       <c r="J19" s="74">
+        <v>2.05</v>
+      </c>
+      <c r="K19" s="77">
         <v>2.07</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.02</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="67" t="s">
         <v>80</v>
       </c>
       <c r="B20" s="29"/>
       <c r="C20" s="29"/>
       <c r="D20" s="29"/>
       <c r="E20" s="29"/>
       <c r="F20" s="29"/>
       <c r="G20" s="29"/>
       <c r="H20" s="29"/>
       <c r="I20" s="29"/>
       <c r="J20" s="29"/>
       <c r="K20" s="33"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="23" t="s">
         <v>81</v>
       </c>
       <c r="B21" s="71">
-        <v>141475</v>
+        <v>153184</v>
       </c>
       <c r="C21" s="74">
-        <v>64.66</v>
+        <v>65.32</v>
       </c>
       <c r="D21" s="71">
-        <v>141621</v>
+        <v>151957</v>
       </c>
       <c r="E21" s="74">
-        <v>64.51</v>
+        <v>65.28</v>
       </c>
       <c r="F21" s="71">
-        <v>141101</v>
+        <v>142574</v>
       </c>
       <c r="G21" s="74">
-        <v>63.67</v>
+        <v>64.1</v>
       </c>
       <c r="H21" s="71">
-        <v>141262</v>
+        <v>142961</v>
       </c>
       <c r="I21" s="74">
-        <v>63.53</v>
+        <v>63.68</v>
       </c>
       <c r="J21" s="74">
         <v>1.29</v>
       </c>
       <c r="K21" s="77">
-        <v>1.36</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="67" t="s">
         <v>82</v>
       </c>
       <c r="B22" s="29"/>
       <c r="C22" s="29"/>
       <c r="D22" s="29"/>
       <c r="E22" s="29"/>
       <c r="F22" s="29"/>
       <c r="G22" s="29"/>
       <c r="H22" s="29"/>
       <c r="I22" s="29"/>
       <c r="J22" s="29"/>
       <c r="K22" s="33"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="23" t="s">
         <v>83</v>
       </c>
       <c r="B23" s="71">
-        <v>32501</v>
+        <v>29466</v>
       </c>
       <c r="C23" s="74">
-        <v>10.25</v>
+        <v>9.41</v>
       </c>
       <c r="D23" s="71">
-        <v>30934</v>
+        <v>27739</v>
       </c>
       <c r="E23" s="74">
-        <v>9.87</v>
+        <v>8.84</v>
       </c>
       <c r="F23" s="71">
-        <v>28908</v>
+        <v>26658</v>
       </c>
       <c r="G23" s="74">
-        <v>8.93</v>
+        <v>8.21</v>
       </c>
       <c r="H23" s="71">
-        <v>27447</v>
+        <v>23467</v>
       </c>
       <c r="I23" s="74">
-        <v>8.52</v>
+        <v>7.07</v>
       </c>
       <c r="J23" s="74">
-        <v>0.25</v>
+        <v>0.21</v>
       </c>
       <c r="K23" s="77">
-        <v>0.3</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="67" t="s">
         <v>84</v>
       </c>
       <c r="B24" s="29"/>
       <c r="C24" s="29"/>
       <c r="D24" s="29"/>
       <c r="E24" s="29"/>
       <c r="F24" s="29"/>
       <c r="G24" s="29"/>
       <c r="H24" s="29"/>
       <c r="I24" s="29"/>
       <c r="J24" s="29"/>
       <c r="K24" s="33"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="23" t="s">
         <v>85</v>
       </c>
       <c r="B25" s="71">
-        <v>18310</v>
+        <v>18206</v>
       </c>
       <c r="C25" s="74">
-        <v>32.52</v>
+        <v>31.9</v>
       </c>
       <c r="D25" s="71">
-        <v>18593</v>
+        <v>18607</v>
       </c>
       <c r="E25" s="74">
-        <v>32.63</v>
+        <v>32.14</v>
       </c>
       <c r="F25" s="71">
-        <v>21611</v>
+        <v>22525</v>
       </c>
       <c r="G25" s="74">
-        <v>35.04</v>
+        <v>36.21</v>
       </c>
       <c r="H25" s="71">
-        <v>22138</v>
+        <v>22257</v>
       </c>
       <c r="I25" s="74">
-        <v>35.88</v>
+        <v>35.58</v>
       </c>
       <c r="J25" s="74">
         <v>0.2</v>
       </c>
       <c r="K25" s="77">
         <v>0.18</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="67" t="s">
         <v>86</v>
       </c>
       <c r="B26" s="29"/>
       <c r="C26" s="29"/>
       <c r="D26" s="29"/>
       <c r="E26" s="29"/>
       <c r="F26" s="29"/>
       <c r="G26" s="29"/>
       <c r="H26" s="29"/>
       <c r="I26" s="29"/>
       <c r="J26" s="29"/>
       <c r="K26" s="33"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="23" t="s">
         <v>87</v>
       </c>
       <c r="B27" s="71">
-        <v>74142</v>
+        <v>75677</v>
       </c>
       <c r="C27" s="74">
-        <v>45.56</v>
+        <v>45.16</v>
       </c>
       <c r="D27" s="71">
-        <v>75479</v>
+        <v>75874</v>
       </c>
       <c r="E27" s="74">
-        <v>45.68</v>
+        <v>44.81</v>
       </c>
       <c r="F27" s="71">
-        <v>84089</v>
+        <v>85553</v>
       </c>
       <c r="G27" s="74">
-        <v>44.94</v>
+        <v>45.33</v>
       </c>
       <c r="H27" s="71">
-        <v>84740</v>
+        <v>84744</v>
       </c>
       <c r="I27" s="74">
-        <v>45.15</v>
+        <v>45.26</v>
       </c>
       <c r="J27" s="74">
         <v>0.77</v>
       </c>
       <c r="K27" s="77">
         <v>0.72</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="67" t="s">
         <v>88</v>
       </c>
       <c r="B28" s="29"/>
       <c r="C28" s="29"/>
       <c r="D28" s="29"/>
       <c r="E28" s="29"/>
       <c r="F28" s="29"/>
       <c r="G28" s="29"/>
       <c r="H28" s="29"/>
       <c r="I28" s="29"/>
       <c r="J28" s="29"/>
       <c r="K28" s="33"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="23" t="s">
         <v>89</v>
       </c>
       <c r="B29" s="71">
-        <v>199700</v>
+        <v>200786</v>
       </c>
       <c r="C29" s="74">
-        <v>25.32</v>
+        <v>25.35</v>
       </c>
       <c r="D29" s="71">
-        <v>198445</v>
+        <v>203248</v>
       </c>
       <c r="E29" s="74">
-        <v>25.19</v>
+        <v>25.5</v>
       </c>
       <c r="F29" s="71">
-        <v>222368</v>
+        <v>224948</v>
       </c>
       <c r="G29" s="74">
-        <v>26.44</v>
+        <v>26.72</v>
       </c>
       <c r="H29" s="71">
-        <v>223152</v>
+        <v>227187</v>
       </c>
       <c r="I29" s="74">
-        <v>26.57</v>
+        <v>26.9</v>
       </c>
       <c r="J29" s="74">
-        <v>2.03</v>
+        <v>2.06</v>
       </c>
       <c r="K29" s="77">
-        <v>1.9</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="67" t="s">
         <v>90</v>
       </c>
       <c r="B30" s="29"/>
       <c r="C30" s="29"/>
       <c r="D30" s="29"/>
       <c r="E30" s="29"/>
       <c r="F30" s="29"/>
       <c r="G30" s="29"/>
       <c r="H30" s="29"/>
       <c r="I30" s="29"/>
       <c r="J30" s="29"/>
       <c r="K30" s="33"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="23" t="s">
         <v>91</v>
       </c>
       <c r="B31" s="71">
-        <v>226584</v>
+        <v>224447</v>
       </c>
       <c r="C31" s="74">
-        <v>46.98</v>
+        <v>46.2</v>
       </c>
       <c r="D31" s="71">
-        <v>224718</v>
+        <v>227836</v>
       </c>
       <c r="E31" s="74">
-        <v>46.56</v>
+        <v>46.39</v>
       </c>
       <c r="F31" s="71">
-        <v>236306</v>
+        <v>237108</v>
       </c>
       <c r="G31" s="74">
-        <v>46.29</v>
+        <v>46</v>
       </c>
       <c r="H31" s="71">
-        <v>236409</v>
+        <v>240654</v>
       </c>
       <c r="I31" s="74">
-        <v>46.21</v>
+        <v>46.14</v>
       </c>
       <c r="J31" s="74">
-        <v>2.15</v>
+        <v>2.18</v>
       </c>
       <c r="K31" s="77">
-        <v>2.15</v>
+        <v>2.17</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="11.1" customHeight="1">
       <c r="A32" s="67" t="s">
         <v>92</v>
       </c>
       <c r="B32" s="29"/>
       <c r="C32" s="29"/>
       <c r="D32" s="29"/>
       <c r="E32" s="29"/>
       <c r="F32" s="29"/>
       <c r="G32" s="29"/>
       <c r="H32" s="29"/>
       <c r="I32" s="29"/>
       <c r="J32" s="29"/>
       <c r="K32" s="33"/>
     </row>
     <row r="33" spans="1:11" ht="12.6" customHeight="1">
       <c r="A33" s="23" t="s">
         <v>93</v>
       </c>
       <c r="B33" s="71">
-        <v>97943</v>
+        <v>98697</v>
       </c>
       <c r="C33" s="74">
-        <v>49.52</v>
+        <v>49.83</v>
       </c>
       <c r="D33" s="71">
-        <v>97824</v>
+        <v>99874</v>
       </c>
       <c r="E33" s="74">
-        <v>49.45</v>
+        <v>49.63</v>
       </c>
       <c r="F33" s="71">
-        <v>100857</v>
+        <v>101903</v>
       </c>
       <c r="G33" s="74">
-        <v>48.29</v>
+        <v>47.25</v>
       </c>
       <c r="H33" s="71">
-        <v>101541</v>
+        <v>103345</v>
       </c>
       <c r="I33" s="74">
-        <v>47.61</v>
+        <v>47.88</v>
       </c>
       <c r="J33" s="74">
-        <v>0.92</v>
+        <v>0.94</v>
       </c>
       <c r="K33" s="77">
-        <v>0.94</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1">
       <c r="A34" s="67" t="s">
         <v>94</v>
       </c>
       <c r="B34" s="29"/>
       <c r="C34" s="29"/>
       <c r="D34" s="29"/>
       <c r="E34" s="29"/>
       <c r="F34" s="29"/>
       <c r="G34" s="29"/>
       <c r="H34" s="29"/>
       <c r="I34" s="29"/>
       <c r="J34" s="29"/>
       <c r="K34" s="33"/>
     </row>
     <row r="35" spans="1:11" ht="12.6" customHeight="1">
       <c r="A35" s="23" t="s">
         <v>95</v>
       </c>
       <c r="B35" s="71">
-        <v>35422</v>
+        <v>36138</v>
       </c>
       <c r="C35" s="74">
-        <v>25.52</v>
+        <v>25.47</v>
       </c>
       <c r="D35" s="71">
-        <v>35909</v>
+        <v>35819</v>
       </c>
       <c r="E35" s="74">
-        <v>25.54</v>
+        <v>24.74</v>
       </c>
       <c r="F35" s="71">
-        <v>34453</v>
+        <v>35528</v>
       </c>
       <c r="G35" s="74">
-        <v>23.05</v>
+        <v>23.68</v>
       </c>
       <c r="H35" s="71">
-        <v>35272</v>
+        <v>35694</v>
       </c>
       <c r="I35" s="74">
-        <v>23.66</v>
+        <v>23.69</v>
       </c>
       <c r="J35" s="74">
         <v>0.32</v>
       </c>
       <c r="K35" s="77">
         <v>0.34</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="11.1" customHeight="1">
       <c r="A36" s="67" t="s">
         <v>96</v>
       </c>
       <c r="B36" s="29"/>
       <c r="C36" s="29"/>
       <c r="D36" s="29"/>
       <c r="E36" s="29"/>
       <c r="F36" s="29"/>
       <c r="G36" s="29"/>
       <c r="H36" s="29"/>
       <c r="I36" s="29"/>
       <c r="J36" s="29"/>
       <c r="K36" s="33"/>
     </row>
     <row r="37" spans="1:11" ht="12.6" customHeight="1">
       <c r="A37" s="23" t="s">
         <v>97</v>
       </c>
       <c r="B37" s="71">
-        <v>151554</v>
+        <v>150940</v>
       </c>
       <c r="C37" s="74">
-        <v>25.39</v>
+        <v>25.05</v>
       </c>
       <c r="D37" s="71">
-        <v>151493</v>
+        <v>149805</v>
       </c>
       <c r="E37" s="74">
-        <v>25.15</v>
+        <v>24.78</v>
       </c>
       <c r="F37" s="71">
-        <v>155339</v>
+        <v>156466</v>
       </c>
       <c r="G37" s="74">
-        <v>25.11</v>
+        <v>25.13</v>
       </c>
       <c r="H37" s="71">
-        <v>155398</v>
+        <v>157223</v>
       </c>
       <c r="I37" s="74">
-        <v>24.96</v>
+        <v>25.07</v>
       </c>
       <c r="J37" s="74">
-        <v>1.41</v>
+        <v>1.42</v>
       </c>
       <c r="K37" s="77">
-        <v>1.45</v>
+        <v>1.43</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A38" s="80" t="s">
         <v>98</v>
       </c>
       <c r="B38" s="31"/>
       <c r="C38" s="31"/>
       <c r="D38" s="31"/>
       <c r="E38" s="31"/>
       <c r="F38" s="31"/>
       <c r="G38" s="31"/>
       <c r="H38" s="31"/>
       <c r="I38" s="31"/>
       <c r="J38" s="31"/>
       <c r="K38" s="35"/>
     </row>
     <row r="39" spans="1:11" ht="13.5" customHeight="1">
       <c r="A39" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
@@ -4566,95 +4566,95 @@
       <c r="G3" s="48"/>
       <c r="H3" s="48"/>
       <c r="I3" s="48"/>
       <c r="J3" s="48"/>
       <c r="K3" s="48"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="53"/>
       <c r="E4" s="53"/>
       <c r="F4" s="53"/>
       <c r="G4" s="53"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="13" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="11.45" customHeight="1">
       <c r="A5" s="11"/>
       <c r="B5" s="39" t="str">
         <f>'4-4'!B5:C5</f>
-        <v>113年 9月底</v>
+        <v>113年11月底</v>
       </c>
       <c r="C5" s="40"/>
       <c r="D5" s="39" t="str">
         <f>'4-4'!D5:E5</f>
-        <v>113年10月底</v>
+        <v>113年12月底</v>
       </c>
       <c r="E5" s="40"/>
       <c r="F5" s="39" t="str">
         <f>'4-4'!F5:G5</f>
-        <v>114年 9月底</v>
+        <v>114年11月底</v>
       </c>
       <c r="G5" s="40"/>
       <c r="H5" s="39" t="str">
         <f>'4-4'!H5:I5</f>
-        <v>114年10月底</v>
+        <v>114年12月底</v>
       </c>
       <c r="I5" s="40"/>
       <c r="J5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="45"/>
     </row>
     <row r="6" spans="1:11" ht="11.45" customHeight="1">
       <c r="A6" s="20" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="50" t="str">
         <f>'4-4'!B6:C6</f>
-        <v>End of  Sept. 2024</v>
+        <v>End of  Nov. 2024</v>
       </c>
       <c r="C6" s="51"/>
       <c r="D6" s="50" t="str">
         <f>'4-4'!D6:E6</f>
-        <v>End of  Oct. 2024</v>
+        <v>End of  Dec. 2024</v>
       </c>
       <c r="E6" s="51"/>
       <c r="F6" s="50" t="str">
         <f>'4-4'!F6:G6</f>
-        <v>End of  Sept. 2025</v>
+        <v>End of  Nov. 2025</v>
       </c>
       <c r="G6" s="51"/>
       <c r="H6" s="50" t="str">
         <f>'4-4'!H6:I6</f>
-        <v>End of  Oct. 2025</v>
+        <v>End of  Dec. 2025</v>
       </c>
       <c r="I6" s="51"/>
       <c r="J6" s="42" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="43"/>
     </row>
     <row r="7" spans="1:11" ht="11.1" customHeight="1">
       <c r="A7" s="20"/>
       <c r="B7" s="21" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="21" t="s">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>1</v>
       </c>
       <c r="F7" s="21" t="s">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="s">
@@ -4737,522 +4737,522 @@
       </c>
       <c r="F10" s="17" t="s">
         <v>7</v>
       </c>
       <c r="G10" s="18" t="s">
         <v>8</v>
       </c>
       <c r="H10" s="17" t="s">
         <v>7</v>
       </c>
       <c r="I10" s="18" t="s">
         <v>8</v>
       </c>
       <c r="J10" s="18" t="s">
         <v>9</v>
       </c>
       <c r="K10" s="19" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="55" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="58">
-        <v>75031</v>
+        <v>74428</v>
       </c>
       <c r="C11" s="61">
-        <v>17.23</v>
+        <v>17.28</v>
       </c>
       <c r="D11" s="58">
-        <v>76553</v>
+        <v>74534</v>
       </c>
       <c r="E11" s="61">
-        <v>17.47</v>
+        <v>17.3</v>
       </c>
       <c r="F11" s="58">
-        <v>81908</v>
+        <v>81082</v>
       </c>
       <c r="G11" s="61">
-        <v>18.35</v>
+        <v>18.3</v>
       </c>
       <c r="H11" s="58">
-        <v>83665</v>
+        <v>79331</v>
       </c>
       <c r="I11" s="61">
-        <v>18.73</v>
+        <v>17.87</v>
       </c>
       <c r="J11" s="61">
-        <v>0.76</v>
+        <v>0.72</v>
       </c>
       <c r="K11" s="64">
-        <v>0.73</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="67" t="s">
         <v>99</v>
       </c>
       <c r="B12" s="29"/>
       <c r="C12" s="29"/>
       <c r="D12" s="29"/>
       <c r="E12" s="29"/>
       <c r="F12" s="29"/>
       <c r="G12" s="29"/>
       <c r="H12" s="29"/>
       <c r="I12" s="29"/>
       <c r="J12" s="29"/>
       <c r="K12" s="33"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="23" t="s">
         <v>100</v>
       </c>
       <c r="B13" s="71">
-        <v>217877</v>
+        <v>226524</v>
       </c>
       <c r="C13" s="74">
-        <v>18.45</v>
+        <v>18.47</v>
       </c>
       <c r="D13" s="71">
-        <v>222129</v>
+        <v>227388</v>
       </c>
       <c r="E13" s="74">
-        <v>18.29</v>
+        <v>18.8</v>
       </c>
       <c r="F13" s="71">
-        <v>241627</v>
+        <v>245928</v>
       </c>
       <c r="G13" s="74">
-        <v>18.21</v>
+        <v>18.28</v>
       </c>
       <c r="H13" s="71">
-        <v>244410</v>
+        <v>248947</v>
       </c>
       <c r="I13" s="74">
-        <v>18.5</v>
+        <v>17.79</v>
       </c>
       <c r="J13" s="74">
-        <v>2.22</v>
+        <v>2.25</v>
       </c>
       <c r="K13" s="77">
-        <v>2.13</v>
+        <v>2.16</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="67" t="s">
         <v>101</v>
       </c>
       <c r="B14" s="29"/>
       <c r="C14" s="29"/>
       <c r="D14" s="29"/>
       <c r="E14" s="29"/>
       <c r="F14" s="29"/>
       <c r="G14" s="29"/>
       <c r="H14" s="29"/>
       <c r="I14" s="29"/>
       <c r="J14" s="29"/>
       <c r="K14" s="33"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="23" t="s">
         <v>102</v>
       </c>
       <c r="B15" s="71">
-        <v>384587</v>
+        <v>402330</v>
       </c>
       <c r="C15" s="74">
-        <v>29.73</v>
+        <v>29.75</v>
       </c>
       <c r="D15" s="71">
-        <v>395489</v>
+        <v>400314</v>
       </c>
       <c r="E15" s="74">
-        <v>29.25</v>
+        <v>30.77</v>
       </c>
       <c r="F15" s="71">
-        <v>428459</v>
+        <v>437837</v>
       </c>
       <c r="G15" s="74">
-        <v>31.91</v>
+        <v>31.76</v>
       </c>
       <c r="H15" s="71">
-        <v>437206</v>
+        <v>430637</v>
       </c>
       <c r="I15" s="74">
-        <v>31.77</v>
+        <v>32.25</v>
       </c>
       <c r="J15" s="74">
-        <v>3.98</v>
+        <v>3.9</v>
       </c>
       <c r="K15" s="77">
-        <v>3.79</v>
+        <v>3.81</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="67" t="s">
         <v>103</v>
       </c>
       <c r="B16" s="29"/>
       <c r="C16" s="29"/>
       <c r="D16" s="29"/>
       <c r="E16" s="29"/>
       <c r="F16" s="29"/>
       <c r="G16" s="29"/>
       <c r="H16" s="29"/>
       <c r="I16" s="29"/>
       <c r="J16" s="29"/>
       <c r="K16" s="33"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="23" t="s">
         <v>104</v>
       </c>
       <c r="B17" s="71">
-        <v>598119</v>
+        <v>601068</v>
       </c>
       <c r="C17" s="74">
-        <v>31.17</v>
+        <v>31</v>
       </c>
       <c r="D17" s="71">
-        <v>602420</v>
+        <v>605250</v>
       </c>
       <c r="E17" s="74">
-        <v>31.1</v>
+        <v>31.33</v>
       </c>
       <c r="F17" s="71">
-        <v>651747</v>
+        <v>674348</v>
       </c>
       <c r="G17" s="74">
-        <v>30.85</v>
+        <v>31.43</v>
       </c>
       <c r="H17" s="71">
-        <v>659981</v>
+        <v>676589</v>
       </c>
       <c r="I17" s="74">
-        <v>31.09</v>
+        <v>31.5</v>
       </c>
       <c r="J17" s="74">
-        <v>6.01</v>
+        <v>6.12</v>
       </c>
       <c r="K17" s="77">
-        <v>5.77</v>
+        <v>5.76</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1">
       <c r="A18" s="67" t="s">
         <v>105</v>
       </c>
       <c r="B18" s="29"/>
       <c r="C18" s="29"/>
       <c r="D18" s="29"/>
       <c r="E18" s="29"/>
       <c r="F18" s="29"/>
       <c r="G18" s="29"/>
       <c r="H18" s="29"/>
       <c r="I18" s="29"/>
       <c r="J18" s="29"/>
       <c r="K18" s="33"/>
     </row>
     <row r="19" spans="1:11" ht="12.6" customHeight="1">
       <c r="A19" s="23" t="s">
         <v>106</v>
       </c>
       <c r="B19" s="71">
-        <v>71087</v>
+        <v>72424</v>
       </c>
       <c r="C19" s="74">
-        <v>18.79</v>
+        <v>18.93</v>
       </c>
       <c r="D19" s="71">
-        <v>72400</v>
+        <v>71698</v>
       </c>
       <c r="E19" s="74">
-        <v>19.06</v>
+        <v>18.48</v>
       </c>
       <c r="F19" s="71">
-        <v>78583</v>
+        <v>77522</v>
       </c>
       <c r="G19" s="74">
-        <v>18.62</v>
+        <v>18.43</v>
       </c>
       <c r="H19" s="71">
-        <v>77843</v>
+        <v>78655</v>
       </c>
       <c r="I19" s="74">
-        <v>18.64</v>
+        <v>18.34</v>
       </c>
       <c r="J19" s="74">
         <v>0.71</v>
       </c>
       <c r="K19" s="77">
-        <v>0.69</v>
+        <v>0.68</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1">
       <c r="A20" s="67" t="s">
         <v>107</v>
       </c>
       <c r="B20" s="29"/>
       <c r="C20" s="29"/>
       <c r="D20" s="29"/>
       <c r="E20" s="29"/>
       <c r="F20" s="29"/>
       <c r="G20" s="29"/>
       <c r="H20" s="29"/>
       <c r="I20" s="29"/>
       <c r="J20" s="29"/>
       <c r="K20" s="33"/>
     </row>
     <row r="21" spans="1:11" ht="12.6" customHeight="1">
       <c r="A21" s="23" t="s">
         <v>108</v>
       </c>
       <c r="B21" s="71">
-        <v>26139</v>
+        <v>26165</v>
       </c>
       <c r="C21" s="74">
-        <v>5.18</v>
+        <v>5.25</v>
       </c>
       <c r="D21" s="71">
-        <v>26451</v>
+        <v>26286</v>
       </c>
       <c r="E21" s="74">
-        <v>5.16</v>
+        <v>5.41</v>
       </c>
       <c r="F21" s="71">
-        <v>34524</v>
+        <v>32626</v>
       </c>
       <c r="G21" s="74">
-        <v>6.53</v>
+        <v>6.36</v>
       </c>
       <c r="H21" s="71">
-        <v>32738</v>
+        <v>33252</v>
       </c>
       <c r="I21" s="74">
-        <v>6.32</v>
+        <v>6.59</v>
       </c>
       <c r="J21" s="74">
         <v>0.3</v>
       </c>
       <c r="K21" s="77">
         <v>0.25</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1">
       <c r="A22" s="67" t="s">
         <v>109</v>
       </c>
       <c r="B22" s="29"/>
       <c r="C22" s="29"/>
       <c r="D22" s="29"/>
       <c r="E22" s="29"/>
       <c r="F22" s="29"/>
       <c r="G22" s="29"/>
       <c r="H22" s="29"/>
       <c r="I22" s="29"/>
       <c r="J22" s="29"/>
       <c r="K22" s="33"/>
     </row>
     <row r="23" spans="1:11" ht="12.6" customHeight="1">
       <c r="A23" s="23" t="s">
         <v>110</v>
       </c>
       <c r="B23" s="71">
-        <v>305659</v>
+        <v>304602</v>
       </c>
       <c r="C23" s="74">
-        <v>21.41</v>
+        <v>21.4</v>
       </c>
       <c r="D23" s="71">
-        <v>303157</v>
+        <v>304265</v>
       </c>
       <c r="E23" s="74">
-        <v>21.37</v>
+        <v>21.84</v>
       </c>
       <c r="F23" s="71">
-        <v>349758</v>
+        <v>339407</v>
       </c>
       <c r="G23" s="74">
-        <v>22.45</v>
+        <v>22.34</v>
       </c>
       <c r="H23" s="71">
-        <v>346791</v>
+        <v>335999</v>
       </c>
       <c r="I23" s="74">
-        <v>22.49</v>
+        <v>22.7</v>
       </c>
       <c r="J23" s="74">
-        <v>3.16</v>
+        <v>3.04</v>
       </c>
       <c r="K23" s="77">
         <v>2.9</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1">
       <c r="A24" s="67" t="s">
         <v>111</v>
       </c>
       <c r="B24" s="29"/>
       <c r="C24" s="29"/>
       <c r="D24" s="29"/>
       <c r="E24" s="29"/>
       <c r="F24" s="29"/>
       <c r="G24" s="29"/>
       <c r="H24" s="29"/>
       <c r="I24" s="29"/>
       <c r="J24" s="29"/>
       <c r="K24" s="33"/>
     </row>
     <row r="25" spans="1:11" ht="12.6" customHeight="1">
       <c r="A25" s="23" t="s">
         <v>112</v>
       </c>
       <c r="B25" s="71">
-        <v>52813</v>
+        <v>53041</v>
       </c>
       <c r="C25" s="74">
-        <v>25.09</v>
+        <v>25.04</v>
       </c>
       <c r="D25" s="71">
-        <v>52589</v>
+        <v>53834</v>
       </c>
       <c r="E25" s="74">
-        <v>24.97</v>
+        <v>25.32</v>
       </c>
       <c r="F25" s="71">
-        <v>63338</v>
+        <v>64564</v>
       </c>
       <c r="G25" s="74">
-        <v>27.49</v>
+        <v>27.9</v>
       </c>
       <c r="H25" s="71">
-        <v>65377</v>
+        <v>64286</v>
       </c>
       <c r="I25" s="74">
-        <v>28.21</v>
+        <v>28.12</v>
       </c>
       <c r="J25" s="74">
-        <v>0.6</v>
+        <v>0.58</v>
       </c>
       <c r="K25" s="77">
-        <v>0.5</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1">
       <c r="A26" s="67" t="s">
         <v>113</v>
       </c>
       <c r="B26" s="29"/>
       <c r="C26" s="29"/>
       <c r="D26" s="29"/>
       <c r="E26" s="29"/>
       <c r="F26" s="29"/>
       <c r="G26" s="29"/>
       <c r="H26" s="29"/>
       <c r="I26" s="29"/>
       <c r="J26" s="29"/>
       <c r="K26" s="33"/>
     </row>
     <row r="27" spans="1:11" ht="12.6" customHeight="1">
       <c r="A27" s="23" t="s">
         <v>114</v>
       </c>
       <c r="B27" s="71">
-        <v>381604</v>
+        <v>390677</v>
       </c>
       <c r="C27" s="74">
-        <v>15.47</v>
+        <v>15.92</v>
       </c>
       <c r="D27" s="71">
-        <v>389395</v>
+        <v>394424</v>
       </c>
       <c r="E27" s="74">
-        <v>15.74</v>
+        <v>15.87</v>
       </c>
       <c r="F27" s="71">
-        <v>449570</v>
+        <v>466689</v>
       </c>
       <c r="G27" s="74">
-        <v>16.63</v>
+        <v>16.89</v>
       </c>
       <c r="H27" s="71">
-        <v>458973</v>
+        <v>474552</v>
       </c>
       <c r="I27" s="74">
-        <v>16.41</v>
+        <v>17.19</v>
       </c>
       <c r="J27" s="74">
-        <v>4.18</v>
+        <v>4.29</v>
       </c>
       <c r="K27" s="77">
-        <v>3.73</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1">
       <c r="A28" s="67" t="s">
         <v>115</v>
       </c>
       <c r="B28" s="29"/>
       <c r="C28" s="29"/>
       <c r="D28" s="29"/>
       <c r="E28" s="29"/>
       <c r="F28" s="29"/>
       <c r="G28" s="29"/>
       <c r="H28" s="29"/>
       <c r="I28" s="29"/>
       <c r="J28" s="29"/>
       <c r="K28" s="33"/>
     </row>
     <row r="29" spans="1:11" ht="12.6" customHeight="1">
       <c r="A29" s="23" t="s">
         <v>116</v>
       </c>
       <c r="B29" s="71">
-        <v>586</v>
+        <v>890</v>
       </c>
       <c r="C29" s="74">
-        <v>2.91</v>
+        <v>4.18</v>
       </c>
       <c r="D29" s="71">
-        <v>641</v>
+        <v>959</v>
       </c>
       <c r="E29" s="74">
-        <v>3.12</v>
+        <v>4.23</v>
       </c>
       <c r="F29" s="71">
-        <v>1810</v>
+        <v>1969</v>
       </c>
       <c r="G29" s="74">
-        <v>5.84</v>
+        <v>5.75</v>
       </c>
       <c r="H29" s="71">
-        <v>1953</v>
+        <v>2421</v>
       </c>
       <c r="I29" s="74">
-        <v>6.05</v>
+        <v>6.42</v>
       </c>
       <c r="J29" s="74">
         <v>0.02</v>
       </c>
       <c r="K29" s="77">
         <v>0.01</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1">
       <c r="A30" s="67" t="s">
         <v>117</v>
       </c>
       <c r="B30" s="29"/>
       <c r="C30" s="29"/>
       <c r="D30" s="29"/>
       <c r="E30" s="29"/>
       <c r="F30" s="29"/>
       <c r="G30" s="29"/>
       <c r="H30" s="29"/>
       <c r="I30" s="29"/>
       <c r="J30" s="29"/>
       <c r="K30" s="33"/>
     </row>
     <row r="31" spans="1:11" ht="12.6" customHeight="1">
       <c r="A31" s="23" t="s">
@@ -5287,175 +5287,175 @@
       </c>
       <c r="K31" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="11.1" customHeight="1">
       <c r="A32" s="67" t="s">
         <v>119</v>
       </c>
       <c r="B32" s="29"/>
       <c r="C32" s="29"/>
       <c r="D32" s="29"/>
       <c r="E32" s="29"/>
       <c r="F32" s="29"/>
       <c r="G32" s="29"/>
       <c r="H32" s="29"/>
       <c r="I32" s="29"/>
       <c r="J32" s="29"/>
       <c r="K32" s="33"/>
     </row>
     <row r="33" spans="1:11" ht="12.6" customHeight="1">
       <c r="A33" s="23" t="s">
         <v>120</v>
       </c>
       <c r="B33" s="71">
-        <v>2264</v>
+        <v>2253</v>
       </c>
       <c r="C33" s="74">
-        <v>14.16</v>
+        <v>12.51</v>
       </c>
       <c r="D33" s="71">
-        <v>2254</v>
+        <v>2574</v>
       </c>
       <c r="E33" s="74">
-        <v>13.39</v>
+        <v>13.86</v>
       </c>
       <c r="F33" s="71">
-        <v>4311</v>
+        <v>4073</v>
       </c>
       <c r="G33" s="74">
-        <v>19.83</v>
+        <v>18.33</v>
       </c>
       <c r="H33" s="71">
-        <v>4322</v>
+        <v>3818</v>
       </c>
       <c r="I33" s="74">
-        <v>19.4</v>
+        <v>17.05</v>
       </c>
       <c r="J33" s="74">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="K33" s="77">
         <v>0.02</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1">
       <c r="A34" s="67" t="s">
         <v>121</v>
       </c>
       <c r="B34" s="29"/>
       <c r="C34" s="29"/>
       <c r="D34" s="29"/>
       <c r="E34" s="29"/>
       <c r="F34" s="29"/>
       <c r="G34" s="29"/>
       <c r="H34" s="29"/>
       <c r="I34" s="29"/>
       <c r="J34" s="29"/>
       <c r="K34" s="33"/>
     </row>
     <row r="35" spans="1:11" ht="12.6" customHeight="1">
       <c r="A35" s="69" t="s">
         <v>122</v>
       </c>
       <c r="B35" s="72">
-        <v>173166</v>
+        <v>172899</v>
       </c>
       <c r="C35" s="75">
-        <v>14.52</v>
+        <v>15.99</v>
       </c>
       <c r="D35" s="72">
-        <v>171349</v>
+        <v>168381</v>
       </c>
       <c r="E35" s="75">
-        <v>15.86</v>
+        <v>15.03</v>
       </c>
       <c r="F35" s="72">
-        <v>157922</v>
+        <v>160849</v>
       </c>
       <c r="G35" s="75">
-        <v>14.25</v>
+        <v>14.69</v>
       </c>
       <c r="H35" s="72">
-        <v>160403</v>
+        <v>154345</v>
       </c>
       <c r="I35" s="75">
-        <v>14.71</v>
+        <v>12.94</v>
       </c>
       <c r="J35" s="75">
-        <v>1.46</v>
+        <v>1.4</v>
       </c>
       <c r="K35" s="78">
-        <v>1.64</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="11.1" customHeight="1">
       <c r="A36" s="68" t="s">
         <v>123</v>
       </c>
       <c r="B36" s="29"/>
       <c r="C36" s="29"/>
       <c r="D36" s="29"/>
       <c r="E36" s="29"/>
       <c r="F36" s="29"/>
       <c r="G36" s="29"/>
       <c r="H36" s="29"/>
       <c r="I36" s="29"/>
       <c r="J36" s="29"/>
       <c r="K36" s="33"/>
     </row>
     <row r="37" spans="1:11" ht="12.6" customHeight="1">
       <c r="A37" s="69" t="s">
         <v>124</v>
       </c>
       <c r="B37" s="72">
         <v>129</v>
       </c>
       <c r="C37" s="75">
-        <v>0.1</v>
+        <v>0.08</v>
       </c>
       <c r="D37" s="72">
         <v>129</v>
       </c>
       <c r="E37" s="75">
-        <v>0.11</v>
+        <v>0.08</v>
       </c>
       <c r="F37" s="72">
-        <v>6015</v>
+        <v>6823</v>
       </c>
       <c r="G37" s="75">
-        <v>3.24</v>
+        <v>4.43</v>
       </c>
       <c r="H37" s="72">
-        <v>6017</v>
+        <v>6643</v>
       </c>
       <c r="I37" s="75">
-        <v>4.02</v>
+        <v>3.96</v>
       </c>
       <c r="J37" s="75">
-        <v>0.05</v>
+        <v>0.06</v>
       </c>
       <c r="K37" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A38" s="89" t="s">
         <v>125</v>
       </c>
       <c r="B38" s="31"/>
       <c r="C38" s="31"/>
       <c r="D38" s="31"/>
       <c r="E38" s="31"/>
       <c r="F38" s="31"/>
       <c r="G38" s="31"/>
       <c r="H38" s="31"/>
       <c r="I38" s="31"/>
       <c r="J38" s="31"/>
       <c r="K38" s="35"/>
     </row>
     <row r="39" spans="1:11" ht="13.5" customHeight="1">
       <c r="A39" s="26" t="s">
         <v>37</v>
       </c>
       <c r="B39" s="2"/>