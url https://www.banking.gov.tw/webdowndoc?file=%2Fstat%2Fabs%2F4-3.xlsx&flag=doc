--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -44,51 +44,51 @@
   <si>
     <t>銀　　　行　　　別</t>
   </si>
   <si>
     <t>本　　　　　月</t>
   </si>
   <si>
     <t>上　　　　　月</t>
   </si>
   <si>
     <t>本月與上月比較增減％</t>
   </si>
   <si>
     <t>本月市場占有率％</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>遠東國際商業銀行</t>
   </si>
   <si>
-    <t>民國114年 7月底</t>
+    <t>民國114年 9月底</t>
   </si>
   <si>
     <t>Current Month</t>
   </si>
   <si>
     <t>Last Month</t>
   </si>
   <si>
     <t>Compare with Last Month+-%</t>
   </si>
   <si>
     <t>Market Share</t>
   </si>
   <si>
     <t xml:space="preserve">by Institution </t>
   </si>
   <si>
     <t xml:space="preserve">Private </t>
   </si>
   <si>
     <t xml:space="preserve"> Enterprises</t>
   </si>
   <si>
     <t>Enterprises</t>
   </si>
@@ -131,51 +131,51 @@
   </si>
   <si>
     <r>
       <t>單位：新臺幣百萬元,﹪</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>NT$ Million,</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>﹪</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> End of July 2025</t>
+    <t xml:space="preserve"> End of Sept. 2025</t>
   </si>
   <si>
     <t>4-3 Loans to Public and Private Enterprises at General Banks</t>
   </si>
   <si>
     <t>民營企業</t>
   </si>
   <si>
     <t>公營企業</t>
   </si>
   <si>
     <r>
       <t>4-3</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行對公、民營企業放款</t>
     </r>
     <r>
       <rPr>
@@ -660,69 +660,70 @@
     <t>LINE Bank</t>
   </si>
   <si>
     <t>樂天國際商業銀行　　#</t>
   </si>
   <si>
     <t>Rakuten International Commercial Bank Co., LTD.</t>
   </si>
   <si>
     <t>外國銀行在臺分行</t>
   </si>
   <si>
     <t>Local Branches of Foreign Banks</t>
   </si>
   <si>
     <t>大陸地區銀行在臺分行</t>
   </si>
   <si>
     <t>Local Branches of Mainland Chinese Banks</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
-  <numFmts count="18">
+  <numFmts count="19">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="#,##0_-"/>
     <numFmt numFmtId="176" formatCode="#,##0.00_-"/>
     <numFmt numFmtId="177" formatCode="###,###,###,##0"/>
     <numFmt numFmtId="178" formatCode="###,###,###,##0;\-###,###,###,##0;&quot;－&quot;"/>
     <numFmt numFmtId="179" formatCode="#,##0.00;\-#,##0.00;&quot;－&quot;"/>
-    <numFmt numFmtId="180" formatCode="###,###,###,##0;-###,###,###,##0;&quot;－&quot;"/>
-    <numFmt numFmtId="181" formatCode="#,##0.00;-#,##0.00;&quot;－&quot;"/>
+    <numFmt numFmtId="180" formatCode="-###0.00"/>
+    <numFmt numFmtId="181" formatCode="###,###,###,##0;-###,###,###,##0;&quot;－&quot;"/>
+    <numFmt numFmtId="182" formatCode="#,##0.00;-#,##0.00;&quot;－&quot;"/>
   </numFmts>
   <fonts count="45">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
@@ -1982,81 +1983,87 @@
     </xf>
     <xf xxid="174" numFmtId="4" fontId="40" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="175" numFmtId="4" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="176" numFmtId="4" fontId="39" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="177" numFmtId="4" fontId="40" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="178" numFmtId="180" fontId="6" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="179" numFmtId="180" fontId="39" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="180" numFmtId="181" fontId="6" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="181" numFmtId="181" fontId="39" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="182" numFmtId="0" fontId="41" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="182" numFmtId="182" fontId="6" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="183" numFmtId="182" fontId="39" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="184" numFmtId="0" fontId="41" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="183" numFmtId="0" fontId="42" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="185" numFmtId="0" fontId="42" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="186" numFmtId="181" fontId="6" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="187" numFmtId="181" fontId="39" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="188" numFmtId="181" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="188" numFmtId="182" fontId="6" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="189" numFmtId="181" fontId="39" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="189" numFmtId="182" fontId="39" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="190" numFmtId="181" fontId="40" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="190" numFmtId="182" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="191" numFmtId="180" fontId="40" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="191" numFmtId="182" fontId="39" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="192" numFmtId="0" fontId="43" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="192" numFmtId="181" fontId="40" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="193" numFmtId="182" fontId="40" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="194" numFmtId="0" fontId="43" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="94">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色1 2" xfId="16"/>
     <cellStyle name="20% - 輔色2" xfId="17"/>
     <cellStyle name="20% - 輔色2 2" xfId="18"/>
     <cellStyle name="20% - 輔色3" xfId="19"/>
     <cellStyle name="20% - 輔色3 2" xfId="20"/>
     <cellStyle name="20% - 輔色4" xfId="21"/>
     <cellStyle name="20% - 輔色4 2" xfId="22"/>
     <cellStyle name="20% - 輔色5" xfId="23"/>
     <cellStyle name="20% - 輔色5 2" xfId="24"/>
     <cellStyle name="20% - 輔色6" xfId="25"/>
     <cellStyle name="20% - 輔色6 2" xfId="26"/>
     <cellStyle name="40% - 輔色1" xfId="27"/>
     <cellStyle name="40% - 輔色1 2" xfId="28"/>
     <cellStyle name="40% - 輔色2" xfId="29"/>
     <cellStyle name="40% - 輔色2 2" xfId="30"/>
     <cellStyle name="40% - 輔色3" xfId="31"/>
     <cellStyle name="40% - 輔色3 2" xfId="32"/>
     <cellStyle name="40% - 輔色4" xfId="33"/>
     <cellStyle name="40% - 輔色4 2" xfId="34"/>
     <cellStyle name="40% - 輔色5" xfId="35"/>
@@ -2318,622 +2325,622 @@
       </c>
       <c r="D9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="12.6" customHeight="1">
       <c r="A10" s="47" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="50">
-        <v>910680</v>
+        <v>870603</v>
       </c>
       <c r="C10" s="50">
-        <v>16651901</v>
+        <v>16822541</v>
       </c>
       <c r="D10" s="50">
-        <v>926764</v>
+        <v>879267</v>
       </c>
       <c r="E10" s="50">
-        <v>16202330</v>
+        <v>16689164</v>
       </c>
       <c r="F10" s="53">
-        <v>-1.74</v>
+        <v>-0.99</v>
       </c>
       <c r="G10" s="53">
-        <v>2.77</v>
+        <v>0.8</v>
       </c>
       <c r="H10" s="53">
         <v>100</v>
       </c>
       <c r="I10" s="56">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.1" customHeight="1">
       <c r="A11" s="59" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="25"/>
       <c r="C11" s="25"/>
       <c r="D11" s="25"/>
       <c r="E11" s="25"/>
       <c r="F11" s="25"/>
       <c r="G11" s="25"/>
       <c r="H11" s="25"/>
       <c r="I11" s="27"/>
     </row>
     <row r="12" spans="1:9" ht="12.6" customHeight="1">
       <c r="A12" s="60" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="63">
-        <v>895780</v>
+        <v>859203</v>
       </c>
       <c r="C12" s="63">
-        <v>15479069</v>
+        <v>15592206</v>
       </c>
       <c r="D12" s="63">
-        <v>911864</v>
+        <v>864367</v>
       </c>
       <c r="E12" s="63">
-        <v>15084525</v>
+        <v>15552791</v>
       </c>
       <c r="F12" s="66">
-        <v>-1.76</v>
+        <v>-0.6</v>
       </c>
       <c r="G12" s="66">
-        <v>2.62</v>
+        <v>0.25</v>
       </c>
       <c r="H12" s="66">
-        <v>98.36</v>
+        <v>98.69</v>
       </c>
       <c r="I12" s="69">
-        <v>92.96</v>
+        <v>92.69</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.1" customHeight="1">
       <c r="A13" s="59" t="s">
         <v>38</v>
       </c>
       <c r="B13" s="25"/>
       <c r="C13" s="25"/>
       <c r="D13" s="25"/>
       <c r="E13" s="25"/>
       <c r="F13" s="25"/>
       <c r="G13" s="25"/>
       <c r="H13" s="25"/>
       <c r="I13" s="27"/>
     </row>
     <row r="14" spans="1:9" ht="12.6" customHeight="1">
       <c r="A14" s="18" t="s">
         <v>39</v>
       </c>
       <c r="B14" s="62">
-        <v>333301</v>
+        <v>324651</v>
       </c>
       <c r="C14" s="62">
-        <v>908227</v>
+        <v>912404</v>
       </c>
       <c r="D14" s="62">
-        <v>350871</v>
+        <v>308520</v>
       </c>
       <c r="E14" s="62">
-        <v>894264</v>
+        <v>902337</v>
       </c>
       <c r="F14" s="65">
-        <v>-5.01</v>
+        <v>5.23</v>
       </c>
       <c r="G14" s="65">
-        <v>1.56</v>
+        <v>1.12</v>
       </c>
       <c r="H14" s="65">
-        <v>36.6</v>
+        <v>37.29</v>
       </c>
       <c r="I14" s="68">
-        <v>5.45</v>
+        <v>5.42</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="11.1" customHeight="1">
       <c r="A15" s="58" t="s">
         <v>40</v>
       </c>
       <c r="B15" s="25"/>
       <c r="C15" s="25"/>
       <c r="D15" s="25"/>
       <c r="E15" s="25"/>
       <c r="F15" s="25"/>
       <c r="G15" s="25"/>
       <c r="H15" s="25"/>
       <c r="I15" s="27"/>
     </row>
     <row r="16" spans="1:9" ht="12.6" customHeight="1">
       <c r="A16" s="18" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="62">
-        <v>64537</v>
+        <v>65740</v>
       </c>
       <c r="C16" s="62">
-        <v>805366</v>
+        <v>823872</v>
       </c>
       <c r="D16" s="62">
-        <v>64527</v>
+        <v>65741</v>
       </c>
       <c r="E16" s="62">
-        <v>799494</v>
-[...2 lines deleted...]
-        <v>0.02</v>
+        <v>806458</v>
+      </c>
+      <c r="F16" s="71">
+        <v>0</v>
       </c>
       <c r="G16" s="65">
-        <v>0.73</v>
+        <v>2.16</v>
       </c>
       <c r="H16" s="65">
-        <v>7.09</v>
+        <v>7.55</v>
       </c>
       <c r="I16" s="68">
-        <v>4.84</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.1" customHeight="1">
       <c r="A17" s="58" t="s">
         <v>42</v>
       </c>
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="25"/>
       <c r="I17" s="27"/>
     </row>
     <row r="18" spans="1:9" ht="12" customHeight="1">
       <c r="A18" s="18" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="62">
-        <v>183400</v>
+        <v>151400</v>
       </c>
       <c r="C18" s="62">
-        <v>1212516</v>
+        <v>1281777</v>
       </c>
       <c r="D18" s="62">
-        <v>183560</v>
+        <v>168400</v>
       </c>
       <c r="E18" s="62">
-        <v>1158010</v>
+        <v>1241565</v>
       </c>
       <c r="F18" s="65">
-        <v>-0.09</v>
+        <v>-10.1</v>
       </c>
       <c r="G18" s="65">
-        <v>4.71</v>
+        <v>3.24</v>
       </c>
       <c r="H18" s="65">
-        <v>20.14</v>
+        <v>17.39</v>
       </c>
       <c r="I18" s="68">
-        <v>7.28</v>
+        <v>7.62</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.1" customHeight="1">
       <c r="A19" s="58" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="27"/>
     </row>
     <row r="20" spans="1:9" ht="12.6" customHeight="1">
       <c r="A20" s="18" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="62">
-        <v>35975</v>
+        <v>42275</v>
       </c>
       <c r="C20" s="62">
-        <v>1250006</v>
+        <v>1278236</v>
       </c>
       <c r="D20" s="62">
-        <v>34975</v>
+        <v>38975</v>
       </c>
       <c r="E20" s="62">
-        <v>1224559</v>
+        <v>1261808</v>
       </c>
       <c r="F20" s="65">
-        <v>2.86</v>
+        <v>8.47</v>
       </c>
       <c r="G20" s="65">
-        <v>2.08</v>
+        <v>1.3</v>
       </c>
       <c r="H20" s="65">
-        <v>3.95</v>
+        <v>4.86</v>
       </c>
       <c r="I20" s="68">
-        <v>7.51</v>
+        <v>7.6</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.1" customHeight="1">
       <c r="A21" s="58" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="25"/>
       <c r="C21" s="25"/>
       <c r="D21" s="25"/>
       <c r="E21" s="25"/>
       <c r="F21" s="25"/>
       <c r="G21" s="25"/>
       <c r="H21" s="25"/>
       <c r="I21" s="27"/>
     </row>
     <row r="22" spans="1:9" ht="12.6" customHeight="1">
       <c r="A22" s="18" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="62">
-        <v>88600</v>
+        <v>78600</v>
       </c>
       <c r="C22" s="62">
-        <v>1049761</v>
+        <v>1075093</v>
       </c>
       <c r="D22" s="62">
-        <v>83600</v>
+        <v>88615</v>
       </c>
       <c r="E22" s="62">
-        <v>1067778</v>
+        <v>1041936</v>
       </c>
       <c r="F22" s="65">
-        <v>5.98</v>
+        <v>-11.3</v>
       </c>
       <c r="G22" s="65">
-        <v>-1.69</v>
+        <v>3.18</v>
       </c>
       <c r="H22" s="65">
-        <v>9.73</v>
+        <v>9.03</v>
       </c>
       <c r="I22" s="68">
-        <v>6.3</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="11.1" customHeight="1">
       <c r="A23" s="58" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="25"/>
       <c r="C23" s="25"/>
       <c r="D23" s="25"/>
       <c r="E23" s="25"/>
       <c r="F23" s="25"/>
       <c r="G23" s="25"/>
       <c r="H23" s="25"/>
       <c r="I23" s="27"/>
     </row>
     <row r="24" spans="1:9" ht="12.6" customHeight="1">
       <c r="A24" s="18" t="s">
         <v>49</v>
       </c>
-      <c r="B24" s="71">
-        <v>0</v>
+      <c r="B24" s="62">
+        <v>104</v>
       </c>
       <c r="C24" s="62">
-        <v>969821</v>
-[...1 lines deleted...]
-      <c r="D24" s="71">
+        <v>971513</v>
+      </c>
+      <c r="D24" s="73">
         <v>0</v>
       </c>
       <c r="E24" s="62">
-        <v>938116</v>
-[...1 lines deleted...]
-      <c r="F24" s="73">
+        <v>974240</v>
+      </c>
+      <c r="F24" s="75">
         <v>0</v>
       </c>
       <c r="G24" s="65">
-        <v>3.38</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>-0.28</v>
+      </c>
+      <c r="H24" s="65">
+        <v>0.01</v>
       </c>
       <c r="I24" s="68">
-        <v>5.82</v>
+        <v>5.78</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="11.1" customHeight="1">
       <c r="A25" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B25" s="25"/>
       <c r="C25" s="25"/>
       <c r="D25" s="25"/>
       <c r="E25" s="25"/>
       <c r="F25" s="25"/>
       <c r="G25" s="25"/>
       <c r="H25" s="25"/>
       <c r="I25" s="27"/>
     </row>
     <row r="26" spans="1:9" ht="12" customHeight="1">
       <c r="A26" s="18" t="s">
         <v>51</v>
       </c>
       <c r="B26" s="62">
-        <v>164</v>
+        <v>4</v>
       </c>
       <c r="C26" s="62">
-        <v>362551</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>362669</v>
+      </c>
+      <c r="D26" s="73">
+        <v>0</v>
       </c>
       <c r="E26" s="62">
-        <v>366777</v>
-[...2 lines deleted...]
-        <v>-37.25</v>
+        <v>358384</v>
+      </c>
+      <c r="F26" s="75">
+        <v>0</v>
       </c>
       <c r="G26" s="65">
-        <v>-1.15</v>
+        <v>1.2</v>
       </c>
       <c r="H26" s="65">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="I26" s="68">
-        <v>2.18</v>
+        <v>2.16</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="11.1" customHeight="1">
       <c r="A27" s="58" t="s">
         <v>52</v>
       </c>
       <c r="B27" s="25"/>
       <c r="C27" s="25"/>
       <c r="D27" s="25"/>
       <c r="E27" s="25"/>
       <c r="F27" s="25"/>
       <c r="G27" s="25"/>
       <c r="H27" s="25"/>
       <c r="I27" s="27"/>
     </row>
     <row r="28" spans="1:9" ht="12.6" customHeight="1">
       <c r="A28" s="18" t="s">
         <v>53</v>
       </c>
       <c r="B28" s="62">
-        <v>18089</v>
+        <v>18026</v>
       </c>
       <c r="C28" s="62">
-        <v>647065</v>
+        <v>631964</v>
       </c>
       <c r="D28" s="62">
-        <v>18180</v>
+        <v>18026</v>
       </c>
       <c r="E28" s="62">
-        <v>597499</v>
+        <v>654101</v>
       </c>
       <c r="F28" s="65">
-        <v>-0.5</v>
+        <v>0</v>
       </c>
       <c r="G28" s="65">
-        <v>8.3</v>
+        <v>-3.38</v>
       </c>
       <c r="H28" s="65">
-        <v>1.99</v>
+        <v>2.07</v>
       </c>
       <c r="I28" s="68">
-        <v>3.89</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="11.1" customHeight="1">
       <c r="A29" s="58" t="s">
         <v>54</v>
       </c>
       <c r="B29" s="25"/>
       <c r="C29" s="25"/>
       <c r="D29" s="25"/>
       <c r="E29" s="25"/>
       <c r="F29" s="25"/>
       <c r="G29" s="25"/>
       <c r="H29" s="25"/>
       <c r="I29" s="27"/>
     </row>
     <row r="30" spans="1:9" ht="12.6" customHeight="1">
       <c r="A30" s="18" t="s">
         <v>55</v>
       </c>
-      <c r="B30" s="71">
+      <c r="B30" s="73">
         <v>0</v>
       </c>
       <c r="C30" s="62">
-        <v>522228</v>
-[...1 lines deleted...]
-      <c r="D30" s="71">
+        <v>537240</v>
+      </c>
+      <c r="D30" s="73">
         <v>0</v>
       </c>
       <c r="E30" s="62">
-        <v>521557</v>
-[...1 lines deleted...]
-      <c r="F30" s="73">
+        <v>524803</v>
+      </c>
+      <c r="F30" s="75">
         <v>0</v>
       </c>
       <c r="G30" s="65">
-        <v>0.13</v>
-[...1 lines deleted...]
-      <c r="H30" s="73">
+        <v>2.37</v>
+      </c>
+      <c r="H30" s="75">
         <v>0</v>
       </c>
       <c r="I30" s="68">
-        <v>3.14</v>
+        <v>3.19</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="11.1" customHeight="1">
       <c r="A31" s="58" t="s">
         <v>56</v>
       </c>
       <c r="B31" s="25"/>
       <c r="C31" s="25"/>
       <c r="D31" s="25"/>
       <c r="E31" s="25"/>
       <c r="F31" s="25"/>
       <c r="G31" s="25"/>
       <c r="H31" s="25"/>
       <c r="I31" s="27"/>
     </row>
     <row r="32" spans="1:9" ht="12.6" customHeight="1">
       <c r="A32" s="18" t="s">
         <v>57</v>
       </c>
       <c r="B32" s="62">
         <v>30700</v>
       </c>
       <c r="C32" s="62">
-        <v>102774</v>
+        <v>104455</v>
       </c>
       <c r="D32" s="62">
-        <v>30800</v>
+        <v>30700</v>
       </c>
       <c r="E32" s="62">
-        <v>101701</v>
-[...2 lines deleted...]
-        <v>-0.32</v>
+        <v>102783</v>
+      </c>
+      <c r="F32" s="75">
+        <v>0</v>
       </c>
       <c r="G32" s="65">
-        <v>1.06</v>
+        <v>1.63</v>
       </c>
       <c r="H32" s="65">
-        <v>3.37</v>
+        <v>3.53</v>
       </c>
       <c r="I32" s="68">
         <v>0.62</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="11.1" customHeight="1">
       <c r="A33" s="58" t="s">
         <v>58</v>
       </c>
       <c r="B33" s="25"/>
       <c r="C33" s="25"/>
       <c r="D33" s="25"/>
       <c r="E33" s="25"/>
       <c r="F33" s="25"/>
       <c r="G33" s="25"/>
       <c r="H33" s="25"/>
       <c r="I33" s="27"/>
     </row>
     <row r="34" spans="1:9" ht="12" customHeight="1">
       <c r="A34" s="18" t="s">
         <v>59</v>
       </c>
       <c r="B34" s="62">
         <v>877</v>
       </c>
       <c r="C34" s="62">
-        <v>129103</v>
+        <v>128231</v>
       </c>
       <c r="D34" s="62">
         <v>877</v>
       </c>
       <c r="E34" s="62">
-        <v>129406</v>
-[...1 lines deleted...]
-      <c r="F34" s="73">
+        <v>129128</v>
+      </c>
+      <c r="F34" s="75">
         <v>0</v>
       </c>
       <c r="G34" s="65">
-        <v>-0.23</v>
+        <v>-0.69</v>
       </c>
       <c r="H34" s="65">
         <v>0.1</v>
       </c>
       <c r="I34" s="68">
-        <v>0.78</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="11.1" customHeight="1">
       <c r="A35" s="58" t="s">
         <v>60</v>
       </c>
       <c r="B35" s="25"/>
       <c r="C35" s="25"/>
       <c r="D35" s="25"/>
       <c r="E35" s="25"/>
       <c r="F35" s="25"/>
       <c r="G35" s="25"/>
       <c r="H35" s="25"/>
       <c r="I35" s="27"/>
     </row>
     <row r="36" spans="1:9" ht="12.6" customHeight="1">
       <c r="A36" s="18" t="s">
         <v>61</v>
       </c>
       <c r="B36" s="62">
-        <v>57650</v>
+        <v>59732</v>
       </c>
       <c r="C36" s="62">
-        <v>1079583</v>
+        <v>1087930</v>
       </c>
       <c r="D36" s="62">
-        <v>54522</v>
+        <v>59360</v>
       </c>
       <c r="E36" s="62">
-        <v>1044796</v>
+        <v>1067396</v>
       </c>
       <c r="F36" s="65">
-        <v>5.74</v>
+        <v>0.63</v>
       </c>
       <c r="G36" s="65">
-        <v>3.33</v>
+        <v>1.92</v>
       </c>
       <c r="H36" s="65">
-        <v>6.33</v>
+        <v>6.86</v>
       </c>
       <c r="I36" s="68">
-        <v>6.48</v>
+        <v>6.47</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
-      <c r="A37" s="75" t="s">
+      <c r="A37" s="77" t="s">
         <v>62</v>
       </c>
       <c r="B37" s="31"/>
       <c r="C37" s="31"/>
       <c r="D37" s="31"/>
       <c r="E37" s="31"/>
       <c r="F37" s="31"/>
       <c r="G37" s="31"/>
       <c r="H37" s="31"/>
       <c r="I37" s="29"/>
     </row>
     <row r="38" spans="1:9" ht="13.5" customHeight="1">
       <c r="A38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" ht="13.5" customHeight="1">
@@ -3123,56 +3130,56 @@
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
       <c r="I2" s="43"/>
     </row>
     <row r="3" spans="1:9" ht="18.75" customHeight="1">
       <c r="A3" s="36" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="36"/>
       <c r="C3" s="36"/>
       <c r="D3" s="36"/>
       <c r="E3" s="36"/>
       <c r="F3" s="36"/>
       <c r="G3" s="36"/>
       <c r="H3" s="36"/>
       <c r="I3" s="36"/>
     </row>
     <row r="4" spans="1:9" ht="18.75" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="44" t="str">
         <f>'4-3'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="44"/>
       <c r="E4" s="38" t="str">
         <f>'4-3'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="38"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="16" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="11.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="34"/>
       <c r="D5" s="33" t="s">
         <v>2</v>
       </c>
       <c r="E5" s="34"/>
       <c r="F5" s="33" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="34"/>
       <c r="H5" s="33" t="s">
         <v>4</v>
       </c>
@@ -3264,623 +3271,623 @@
         <v>16</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="12.6" customHeight="1">
       <c r="A10" s="46" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="77">
+      <c r="B10" s="79">
         <v>0</v>
       </c>
       <c r="C10" s="49">
-        <v>65600</v>
-[...1 lines deleted...]
-      <c r="D10" s="77">
+        <v>63155</v>
+      </c>
+      <c r="D10" s="79">
         <v>0</v>
       </c>
       <c r="E10" s="49">
-        <v>60572</v>
-[...1 lines deleted...]
-      <c r="F10" s="79">
+        <v>61452</v>
+      </c>
+      <c r="F10" s="81">
         <v>0</v>
       </c>
       <c r="G10" s="52">
-        <v>8.3</v>
-[...1 lines deleted...]
-      <c r="H10" s="79">
+        <v>2.77</v>
+      </c>
+      <c r="H10" s="81">
         <v>0</v>
       </c>
       <c r="I10" s="55">
-        <v>0.39</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.1" customHeight="1">
       <c r="A11" s="58" t="s">
         <v>63</v>
       </c>
       <c r="B11" s="25"/>
       <c r="C11" s="25"/>
       <c r="D11" s="25"/>
       <c r="E11" s="25"/>
       <c r="F11" s="25"/>
       <c r="G11" s="25"/>
       <c r="H11" s="25"/>
       <c r="I11" s="27"/>
     </row>
     <row r="12" spans="1:9" ht="12.6" customHeight="1">
       <c r="A12" s="18" t="s">
         <v>64</v>
       </c>
-      <c r="B12" s="71">
+      <c r="B12" s="73">
         <v>0</v>
       </c>
       <c r="C12" s="62">
-        <v>94375</v>
-[...1 lines deleted...]
-      <c r="D12" s="71">
+        <v>93183</v>
+      </c>
+      <c r="D12" s="73">
         <v>0</v>
       </c>
       <c r="E12" s="62">
-        <v>95629</v>
-[...1 lines deleted...]
-      <c r="F12" s="73">
+        <v>94133</v>
+      </c>
+      <c r="F12" s="75">
         <v>0</v>
       </c>
       <c r="G12" s="65">
-        <v>-1.31</v>
-[...1 lines deleted...]
-      <c r="H12" s="73">
+        <v>-1.01</v>
+      </c>
+      <c r="H12" s="75">
         <v>0</v>
       </c>
       <c r="I12" s="68">
-        <v>0.57</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.1" customHeight="1">
       <c r="A13" s="58" t="s">
         <v>65</v>
       </c>
       <c r="B13" s="25"/>
       <c r="C13" s="25"/>
       <c r="D13" s="25"/>
       <c r="E13" s="25"/>
       <c r="F13" s="25"/>
       <c r="G13" s="25"/>
       <c r="H13" s="25"/>
       <c r="I13" s="27"/>
     </row>
     <row r="14" spans="1:9" ht="12.6" customHeight="1">
       <c r="A14" s="18" t="s">
         <v>66</v>
       </c>
       <c r="B14" s="62">
         <v>18599</v>
       </c>
       <c r="C14" s="62">
-        <v>951663</v>
+        <v>959677</v>
       </c>
       <c r="D14" s="62">
-        <v>17599</v>
+        <v>18599</v>
       </c>
       <c r="E14" s="62">
-        <v>946618</v>
-[...2 lines deleted...]
-        <v>5.68</v>
+        <v>955617</v>
+      </c>
+      <c r="F14" s="75">
+        <v>0</v>
       </c>
       <c r="G14" s="65">
-        <v>0.53</v>
+        <v>0.42</v>
       </c>
       <c r="H14" s="65">
-        <v>2.04</v>
+        <v>2.14</v>
       </c>
       <c r="I14" s="68">
-        <v>5.72</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="11.1" customHeight="1">
       <c r="A15" s="58" t="s">
         <v>67</v>
       </c>
       <c r="B15" s="25"/>
       <c r="C15" s="25"/>
       <c r="D15" s="25"/>
       <c r="E15" s="25"/>
       <c r="F15" s="25"/>
       <c r="G15" s="25"/>
       <c r="H15" s="25"/>
       <c r="I15" s="27"/>
     </row>
     <row r="16" spans="1:9" ht="12.6" customHeight="1">
       <c r="A16" s="18" t="s">
         <v>68</v>
       </c>
-      <c r="B16" s="71">
+      <c r="B16" s="73">
         <v>0</v>
       </c>
       <c r="C16" s="62">
-        <v>41918</v>
-[...1 lines deleted...]
-      <c r="D16" s="71">
+        <v>35511</v>
+      </c>
+      <c r="D16" s="73">
         <v>0</v>
       </c>
       <c r="E16" s="62">
-        <v>36153</v>
-[...1 lines deleted...]
-      <c r="F16" s="73">
+        <v>37960</v>
+      </c>
+      <c r="F16" s="75">
         <v>0</v>
       </c>
       <c r="G16" s="65">
-        <v>15.95</v>
-[...1 lines deleted...]
-      <c r="H16" s="73">
+        <v>-6.45</v>
+      </c>
+      <c r="H16" s="75">
         <v>0</v>
       </c>
       <c r="I16" s="68">
-        <v>0.25</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.1" customHeight="1">
       <c r="A17" s="58" t="s">
         <v>69</v>
       </c>
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="25"/>
       <c r="I17" s="27"/>
     </row>
     <row r="18" spans="1:9" ht="12" customHeight="1">
       <c r="A18" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="B18" s="71">
+      <c r="B18" s="73">
         <v>0</v>
       </c>
       <c r="C18" s="62">
-        <v>270701</v>
-[...1 lines deleted...]
-      <c r="D18" s="71">
+        <v>268671</v>
+      </c>
+      <c r="D18" s="73">
         <v>0</v>
       </c>
       <c r="E18" s="62">
-        <v>270136</v>
-[...1 lines deleted...]
-      <c r="F18" s="73">
+        <v>268954</v>
+      </c>
+      <c r="F18" s="75">
         <v>0</v>
       </c>
       <c r="G18" s="65">
-        <v>0.21</v>
-[...1 lines deleted...]
-      <c r="H18" s="73">
+        <v>-0.11</v>
+      </c>
+      <c r="H18" s="75">
         <v>0</v>
       </c>
       <c r="I18" s="68">
-        <v>1.63</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.1" customHeight="1">
       <c r="A19" s="58" t="s">
         <v>71</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="27"/>
     </row>
     <row r="20" spans="1:9" ht="12.6" customHeight="1">
       <c r="A20" s="18" t="s">
         <v>72</v>
       </c>
-      <c r="B20" s="71">
+      <c r="B20" s="73">
         <v>0</v>
       </c>
       <c r="C20" s="62">
-        <v>157629</v>
-[...1 lines deleted...]
-      <c r="D20" s="71">
+        <v>157051</v>
+      </c>
+      <c r="D20" s="73">
         <v>0</v>
       </c>
       <c r="E20" s="62">
-        <v>158033</v>
-[...1 lines deleted...]
-      <c r="F20" s="73">
+        <v>156145</v>
+      </c>
+      <c r="F20" s="75">
         <v>0</v>
       </c>
       <c r="G20" s="65">
-        <v>-0.26</v>
-[...1 lines deleted...]
-      <c r="H20" s="73">
+        <v>0.58</v>
+      </c>
+      <c r="H20" s="75">
         <v>0</v>
       </c>
       <c r="I20" s="68">
-        <v>0.95</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.1" customHeight="1">
       <c r="A21" s="58" t="s">
         <v>73</v>
       </c>
       <c r="B21" s="25"/>
       <c r="C21" s="25"/>
       <c r="D21" s="25"/>
       <c r="E21" s="25"/>
       <c r="F21" s="25"/>
       <c r="G21" s="25"/>
       <c r="H21" s="25"/>
       <c r="I21" s="27"/>
     </row>
     <row r="22" spans="1:9" ht="12.6" customHeight="1">
       <c r="A22" s="18" t="s">
         <v>74</v>
       </c>
-      <c r="B22" s="71">
+      <c r="B22" s="73">
         <v>0</v>
       </c>
       <c r="C22" s="62">
-        <v>91758</v>
-[...1 lines deleted...]
-      <c r="D22" s="71">
+        <v>85680</v>
+      </c>
+      <c r="D22" s="73">
         <v>0</v>
       </c>
       <c r="E22" s="62">
-        <v>87206</v>
-[...1 lines deleted...]
-      <c r="F22" s="73">
+        <v>84398</v>
+      </c>
+      <c r="F22" s="75">
         <v>0</v>
       </c>
       <c r="G22" s="65">
-        <v>5.22</v>
-[...1 lines deleted...]
-      <c r="H22" s="73">
+        <v>1.52</v>
+      </c>
+      <c r="H22" s="75">
         <v>0</v>
       </c>
       <c r="I22" s="68">
-        <v>0.55</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="11.1" customHeight="1">
       <c r="A23" s="58" t="s">
         <v>75</v>
       </c>
       <c r="B23" s="25"/>
       <c r="C23" s="25"/>
       <c r="D23" s="25"/>
       <c r="E23" s="25"/>
       <c r="F23" s="25"/>
       <c r="G23" s="25"/>
       <c r="H23" s="25"/>
       <c r="I23" s="27"/>
     </row>
     <row r="24" spans="1:9" ht="12.6" customHeight="1">
       <c r="A24" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="B24" s="71">
+      <c r="B24" s="73">
         <v>0</v>
       </c>
       <c r="C24" s="62">
-        <v>23571</v>
-[...1 lines deleted...]
-      <c r="D24" s="71">
+        <v>23379</v>
+      </c>
+      <c r="D24" s="73">
         <v>0</v>
       </c>
       <c r="E24" s="62">
-        <v>22907</v>
-[...1 lines deleted...]
-      <c r="F24" s="73">
+        <v>23544</v>
+      </c>
+      <c r="F24" s="75">
         <v>0</v>
       </c>
       <c r="G24" s="65">
-        <v>2.9</v>
-[...1 lines deleted...]
-      <c r="H24" s="73">
+        <v>-0.7</v>
+      </c>
+      <c r="H24" s="75">
         <v>0</v>
       </c>
       <c r="I24" s="68">
         <v>0.14</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="11.1" customHeight="1">
       <c r="A25" s="58" t="s">
         <v>77</v>
       </c>
       <c r="B25" s="25"/>
       <c r="C25" s="25"/>
       <c r="D25" s="25"/>
       <c r="E25" s="25"/>
       <c r="F25" s="25"/>
       <c r="G25" s="25"/>
       <c r="H25" s="25"/>
       <c r="I25" s="27"/>
     </row>
     <row r="26" spans="1:9" ht="12" customHeight="1">
       <c r="A26" s="18" t="s">
         <v>78</v>
       </c>
-      <c r="B26" s="71">
+      <c r="B26" s="73">
         <v>0</v>
       </c>
       <c r="C26" s="62">
-        <v>91295</v>
-[...1 lines deleted...]
-      <c r="D26" s="71">
+        <v>92629</v>
+      </c>
+      <c r="D26" s="73">
         <v>0</v>
       </c>
       <c r="E26" s="62">
-        <v>90008</v>
-[...1 lines deleted...]
-      <c r="F26" s="73">
+        <v>92434</v>
+      </c>
+      <c r="F26" s="75">
         <v>0</v>
       </c>
       <c r="G26" s="65">
-        <v>1.43</v>
-[...1 lines deleted...]
-      <c r="H26" s="73">
+        <v>0.21</v>
+      </c>
+      <c r="H26" s="75">
         <v>0</v>
       </c>
       <c r="I26" s="68">
         <v>0.55</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="11.1" customHeight="1">
       <c r="A27" s="58" t="s">
         <v>79</v>
       </c>
       <c r="B27" s="25"/>
       <c r="C27" s="25"/>
       <c r="D27" s="25"/>
       <c r="E27" s="25"/>
       <c r="F27" s="25"/>
       <c r="G27" s="25"/>
       <c r="H27" s="25"/>
       <c r="I27" s="27"/>
     </row>
     <row r="28" spans="1:9" ht="12.6" customHeight="1">
       <c r="A28" s="18" t="s">
         <v>80</v>
       </c>
-      <c r="B28" s="71">
+      <c r="B28" s="73">
         <v>0</v>
       </c>
       <c r="C28" s="62">
-        <v>262268</v>
-[...1 lines deleted...]
-      <c r="D28" s="71">
+        <v>268002</v>
+      </c>
+      <c r="D28" s="73">
         <v>0</v>
       </c>
       <c r="E28" s="62">
-        <v>257989</v>
-[...1 lines deleted...]
-      <c r="F28" s="73">
+        <v>267997</v>
+      </c>
+      <c r="F28" s="75">
         <v>0</v>
       </c>
       <c r="G28" s="65">
-        <v>1.66</v>
-[...1 lines deleted...]
-      <c r="H28" s="73">
+        <v>0</v>
+      </c>
+      <c r="H28" s="75">
         <v>0</v>
       </c>
       <c r="I28" s="68">
-        <v>1.58</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="11.1" customHeight="1">
       <c r="A29" s="58" t="s">
         <v>81</v>
       </c>
       <c r="B29" s="25"/>
       <c r="C29" s="25"/>
       <c r="D29" s="25"/>
       <c r="E29" s="25"/>
       <c r="F29" s="25"/>
       <c r="G29" s="25"/>
       <c r="H29" s="25"/>
       <c r="I29" s="27"/>
     </row>
     <row r="30" spans="1:9" ht="12.6" customHeight="1">
       <c r="A30" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="B30" s="71">
+      <c r="B30" s="73">
         <v>0</v>
       </c>
       <c r="C30" s="62">
-        <v>262177</v>
-[...1 lines deleted...]
-      <c r="D30" s="71">
+        <v>264509</v>
+      </c>
+      <c r="D30" s="73">
         <v>0</v>
       </c>
       <c r="E30" s="62">
-        <v>260521</v>
-[...1 lines deleted...]
-      <c r="F30" s="73">
+        <v>263242</v>
+      </c>
+      <c r="F30" s="75">
         <v>0</v>
       </c>
       <c r="G30" s="65">
-        <v>0.64</v>
-[...1 lines deleted...]
-      <c r="H30" s="73">
+        <v>0.48</v>
+      </c>
+      <c r="H30" s="75">
         <v>0</v>
       </c>
       <c r="I30" s="68">
         <v>1.57</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="11.1" customHeight="1">
       <c r="A31" s="58" t="s">
         <v>83</v>
       </c>
       <c r="B31" s="25"/>
       <c r="C31" s="25"/>
       <c r="D31" s="25"/>
       <c r="E31" s="25"/>
       <c r="F31" s="25"/>
       <c r="G31" s="25"/>
       <c r="H31" s="25"/>
       <c r="I31" s="27"/>
     </row>
     <row r="32" spans="1:9" ht="12.6" customHeight="1">
       <c r="A32" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="B32" s="71">
+      <c r="B32" s="73">
         <v>0</v>
       </c>
       <c r="C32" s="62">
-        <v>121400</v>
-[...1 lines deleted...]
-      <c r="D32" s="71">
+        <v>121859</v>
+      </c>
+      <c r="D32" s="73">
         <v>0</v>
       </c>
       <c r="E32" s="62">
-        <v>120370</v>
-[...1 lines deleted...]
-      <c r="F32" s="73">
+        <v>122028</v>
+      </c>
+      <c r="F32" s="75">
         <v>0</v>
       </c>
       <c r="G32" s="65">
-        <v>0.86</v>
-[...1 lines deleted...]
-      <c r="H32" s="73">
+        <v>-0.14</v>
+      </c>
+      <c r="H32" s="75">
         <v>0</v>
       </c>
       <c r="I32" s="68">
-        <v>0.73</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="11.1" customHeight="1">
       <c r="A33" s="58" t="s">
         <v>85</v>
       </c>
       <c r="B33" s="25"/>
       <c r="C33" s="25"/>
       <c r="D33" s="25"/>
       <c r="E33" s="25"/>
       <c r="F33" s="25"/>
       <c r="G33" s="25"/>
       <c r="H33" s="25"/>
       <c r="I33" s="27"/>
     </row>
     <row r="34" spans="1:9" ht="12" customHeight="1">
       <c r="A34" s="18" t="s">
         <v>86</v>
       </c>
       <c r="B34" s="62">
         <v>1000</v>
       </c>
       <c r="C34" s="62">
-        <v>36522</v>
+        <v>36007</v>
       </c>
       <c r="D34" s="62">
         <v>1000</v>
       </c>
       <c r="E34" s="62">
-        <v>36199</v>
-[...1 lines deleted...]
-      <c r="F34" s="73">
+        <v>36028</v>
+      </c>
+      <c r="F34" s="75">
         <v>0</v>
       </c>
       <c r="G34" s="65">
-        <v>0.89</v>
+        <v>-0.06</v>
       </c>
       <c r="H34" s="65">
         <v>0.11</v>
       </c>
       <c r="I34" s="68">
-        <v>0.22</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="11.1" customHeight="1">
       <c r="A35" s="58" t="s">
         <v>87</v>
       </c>
       <c r="B35" s="25"/>
       <c r="C35" s="25"/>
       <c r="D35" s="25"/>
       <c r="E35" s="25"/>
       <c r="F35" s="25"/>
       <c r="G35" s="25"/>
       <c r="H35" s="25"/>
       <c r="I35" s="27"/>
     </row>
     <row r="36" spans="1:9" ht="12.6" customHeight="1">
       <c r="A36" s="18" t="s">
         <v>88</v>
       </c>
-      <c r="B36" s="71">
+      <c r="B36" s="73">
         <v>0</v>
       </c>
       <c r="C36" s="62">
-        <v>175441</v>
-[...1 lines deleted...]
-      <c r="D36" s="71">
+        <v>172523</v>
+      </c>
+      <c r="D36" s="73">
         <v>0</v>
       </c>
       <c r="E36" s="62">
-        <v>168204</v>
-[...1 lines deleted...]
-      <c r="F36" s="73">
+        <v>174923</v>
+      </c>
+      <c r="F36" s="75">
         <v>0</v>
       </c>
       <c r="G36" s="65">
-        <v>4.3</v>
-[...1 lines deleted...]
-      <c r="H36" s="73">
+        <v>-1.37</v>
+      </c>
+      <c r="H36" s="75">
         <v>0</v>
       </c>
       <c r="I36" s="68">
-        <v>1.05</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
-      <c r="A37" s="75" t="s">
+      <c r="A37" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B37" s="31"/>
       <c r="C37" s="31"/>
       <c r="D37" s="31"/>
       <c r="E37" s="31"/>
       <c r="F37" s="31"/>
       <c r="G37" s="31"/>
       <c r="H37" s="31"/>
       <c r="I37" s="29"/>
     </row>
     <row r="38" spans="1:9" ht="13.5" customHeight="1">
       <c r="A38" s="17" t="s">
         <v>28</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" ht="13.5" customHeight="1">
@@ -4070,56 +4077,56 @@
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
       <c r="I2" s="43"/>
     </row>
     <row r="3" spans="1:9" ht="18.75" customHeight="1">
       <c r="A3" s="36" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="36"/>
       <c r="C3" s="36"/>
       <c r="D3" s="36"/>
       <c r="E3" s="36"/>
       <c r="F3" s="36"/>
       <c r="G3" s="36"/>
       <c r="H3" s="36"/>
       <c r="I3" s="36"/>
     </row>
     <row r="4" spans="1:9" ht="18.75" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="44" t="str">
         <f>'4-3'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="44"/>
       <c r="E4" s="38" t="str">
         <f>'4-3'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="38"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="16" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="11.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="34"/>
       <c r="D5" s="33" t="s">
         <v>2</v>
       </c>
       <c r="E5" s="34"/>
       <c r="F5" s="33" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="34"/>
       <c r="H5" s="33" t="s">
         <v>4</v>
       </c>
@@ -4211,623 +4218,623 @@
         <v>16</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="12.6" customHeight="1">
       <c r="A10" s="46" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="77">
+      <c r="B10" s="79">
         <v>0</v>
       </c>
       <c r="C10" s="49">
-        <v>172331</v>
-[...1 lines deleted...]
-      <c r="D10" s="77">
+        <v>171592</v>
+      </c>
+      <c r="D10" s="79">
         <v>0</v>
       </c>
       <c r="E10" s="49">
-        <v>167724</v>
-[...1 lines deleted...]
-      <c r="F10" s="79">
+        <v>170287</v>
+      </c>
+      <c r="F10" s="81">
         <v>0</v>
       </c>
       <c r="G10" s="52">
-        <v>2.75</v>
-[...1 lines deleted...]
-      <c r="H10" s="79">
+        <v>0.77</v>
+      </c>
+      <c r="H10" s="81">
         <v>0</v>
       </c>
       <c r="I10" s="55">
-        <v>1.03</v>
+        <v>1.02</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.1" customHeight="1">
       <c r="A11" s="58" t="s">
         <v>90</v>
       </c>
       <c r="B11" s="25"/>
       <c r="C11" s="25"/>
       <c r="D11" s="25"/>
       <c r="E11" s="25"/>
       <c r="F11" s="25"/>
       <c r="G11" s="25"/>
       <c r="H11" s="25"/>
       <c r="I11" s="27"/>
     </row>
     <row r="12" spans="1:9" ht="12.6" customHeight="1">
       <c r="A12" s="18" t="s">
         <v>91</v>
       </c>
       <c r="B12" s="62">
-        <v>1125</v>
+        <v>1175</v>
       </c>
       <c r="C12" s="62">
-        <v>508176</v>
+        <v>516325</v>
       </c>
       <c r="D12" s="62">
-        <v>1950</v>
+        <v>1175</v>
       </c>
       <c r="E12" s="62">
-        <v>489403</v>
-[...2 lines deleted...]
-        <v>-42.31</v>
+        <v>512624</v>
+      </c>
+      <c r="F12" s="75">
+        <v>0</v>
       </c>
       <c r="G12" s="65">
-        <v>3.84</v>
+        <v>0.72</v>
       </c>
       <c r="H12" s="65">
-        <v>0.12</v>
+        <v>0.13</v>
       </c>
       <c r="I12" s="68">
-        <v>3.05</v>
+        <v>3.07</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.1" customHeight="1">
       <c r="A13" s="58" t="s">
         <v>92</v>
       </c>
       <c r="B13" s="25"/>
       <c r="C13" s="25"/>
       <c r="D13" s="25"/>
       <c r="E13" s="25"/>
       <c r="F13" s="25"/>
       <c r="G13" s="25"/>
       <c r="H13" s="25"/>
       <c r="I13" s="27"/>
     </row>
     <row r="14" spans="1:9" ht="12.6" customHeight="1">
       <c r="A14" s="18" t="s">
         <v>93</v>
       </c>
-      <c r="B14" s="71">
-        <v>0</v>
+      <c r="B14" s="62">
+        <v>3000</v>
       </c>
       <c r="C14" s="62">
-        <v>560281</v>
+        <v>529337</v>
       </c>
       <c r="D14" s="62">
-        <v>5500</v>
+        <v>3000</v>
       </c>
       <c r="E14" s="62">
-        <v>518870</v>
-[...2 lines deleted...]
-        <v>-100</v>
+        <v>564664</v>
+      </c>
+      <c r="F14" s="75">
+        <v>0</v>
       </c>
       <c r="G14" s="65">
-        <v>7.98</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>-6.26</v>
+      </c>
+      <c r="H14" s="65">
+        <v>0.34</v>
       </c>
       <c r="I14" s="68">
-        <v>3.36</v>
+        <v>3.15</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="11.1" customHeight="1">
       <c r="A15" s="58" t="s">
         <v>94</v>
       </c>
       <c r="B15" s="25"/>
       <c r="C15" s="25"/>
       <c r="D15" s="25"/>
       <c r="E15" s="25"/>
       <c r="F15" s="25"/>
       <c r="G15" s="25"/>
       <c r="H15" s="25"/>
       <c r="I15" s="27"/>
     </row>
     <row r="16" spans="1:9" ht="12.6" customHeight="1">
       <c r="A16" s="18" t="s">
         <v>95</v>
       </c>
-      <c r="B16" s="71">
+      <c r="B16" s="73">
         <v>0</v>
       </c>
       <c r="C16" s="62">
-        <v>824750</v>
-[...1 lines deleted...]
-      <c r="D16" s="71">
+        <v>863074</v>
+      </c>
+      <c r="D16" s="73">
         <v>0</v>
       </c>
       <c r="E16" s="62">
-        <v>814584</v>
-[...1 lines deleted...]
-      <c r="F16" s="73">
+        <v>838029</v>
+      </c>
+      <c r="F16" s="75">
         <v>0</v>
       </c>
       <c r="G16" s="65">
-        <v>1.25</v>
-[...1 lines deleted...]
-      <c r="H16" s="73">
+        <v>2.99</v>
+      </c>
+      <c r="H16" s="75">
         <v>0</v>
       </c>
       <c r="I16" s="68">
-        <v>4.95</v>
+        <v>5.13</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.1" customHeight="1">
       <c r="A17" s="58" t="s">
         <v>96</v>
       </c>
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="25"/>
       <c r="I17" s="27"/>
     </row>
     <row r="18" spans="1:9" ht="12" customHeight="1">
       <c r="A18" s="18" t="s">
         <v>97</v>
       </c>
-      <c r="B18" s="71">
+      <c r="B18" s="73">
         <v>0</v>
       </c>
       <c r="C18" s="62">
-        <v>199301</v>
-[...1 lines deleted...]
-      <c r="D18" s="71">
+        <v>200013</v>
+      </c>
+      <c r="D18" s="73">
         <v>0</v>
       </c>
       <c r="E18" s="62">
-        <v>196980</v>
-[...1 lines deleted...]
-      <c r="F18" s="73">
+        <v>196473</v>
+      </c>
+      <c r="F18" s="75">
         <v>0</v>
       </c>
       <c r="G18" s="65">
-        <v>1.18</v>
-[...1 lines deleted...]
-      <c r="H18" s="73">
+        <v>1.8</v>
+      </c>
+      <c r="H18" s="75">
         <v>0</v>
       </c>
       <c r="I18" s="68">
-        <v>1.2</v>
+        <v>1.19</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.1" customHeight="1">
       <c r="A19" s="58" t="s">
         <v>98</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="27"/>
     </row>
     <row r="20" spans="1:9" ht="12.6" customHeight="1">
       <c r="A20" s="18" t="s">
         <v>99</v>
       </c>
-      <c r="B20" s="71">
+      <c r="B20" s="73">
         <v>0</v>
       </c>
       <c r="C20" s="62">
-        <v>148528</v>
-[...1 lines deleted...]
-      <c r="D20" s="71">
+        <v>156435</v>
+      </c>
+      <c r="D20" s="73">
         <v>0</v>
       </c>
       <c r="E20" s="62">
-        <v>156851</v>
-[...1 lines deleted...]
-      <c r="F20" s="73">
+        <v>149782</v>
+      </c>
+      <c r="F20" s="75">
         <v>0</v>
       </c>
       <c r="G20" s="65">
-        <v>-5.31</v>
-[...1 lines deleted...]
-      <c r="H20" s="73">
+        <v>4.44</v>
+      </c>
+      <c r="H20" s="75">
         <v>0</v>
       </c>
       <c r="I20" s="68">
-        <v>0.89</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.1" customHeight="1">
       <c r="A21" s="58" t="s">
         <v>100</v>
       </c>
       <c r="B21" s="25"/>
       <c r="C21" s="25"/>
       <c r="D21" s="25"/>
       <c r="E21" s="25"/>
       <c r="F21" s="25"/>
       <c r="G21" s="25"/>
       <c r="H21" s="25"/>
       <c r="I21" s="27"/>
     </row>
     <row r="22" spans="1:9" ht="12.6" customHeight="1">
       <c r="A22" s="18" t="s">
         <v>101</v>
       </c>
       <c r="B22" s="62">
-        <v>1445</v>
+        <v>2111</v>
       </c>
       <c r="C22" s="62">
-        <v>537742</v>
+        <v>553936</v>
       </c>
       <c r="D22" s="62">
-        <v>2508</v>
+        <v>920</v>
       </c>
       <c r="E22" s="62">
-        <v>524131</v>
+        <v>557838</v>
       </c>
       <c r="F22" s="65">
-        <v>-42.37</v>
+        <v>129.43</v>
       </c>
       <c r="G22" s="65">
-        <v>2.6</v>
+        <v>-0.7</v>
       </c>
       <c r="H22" s="65">
-        <v>0.16</v>
+        <v>0.24</v>
       </c>
       <c r="I22" s="68">
-        <v>3.23</v>
+        <v>3.29</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="11.1" customHeight="1">
       <c r="A23" s="58" t="s">
         <v>102</v>
       </c>
       <c r="B23" s="25"/>
       <c r="C23" s="25"/>
       <c r="D23" s="25"/>
       <c r="E23" s="25"/>
       <c r="F23" s="25"/>
       <c r="G23" s="25"/>
       <c r="H23" s="25"/>
       <c r="I23" s="27"/>
     </row>
     <row r="24" spans="1:9" ht="12.6" customHeight="1">
       <c r="A24" s="18" t="s">
         <v>103</v>
       </c>
-      <c r="B24" s="71">
+      <c r="B24" s="73">
         <v>0</v>
       </c>
       <c r="C24" s="62">
-        <v>98428</v>
-[...1 lines deleted...]
-      <c r="D24" s="71">
+        <v>103062</v>
+      </c>
+      <c r="D24" s="73">
         <v>0</v>
       </c>
       <c r="E24" s="62">
-        <v>97845</v>
-[...1 lines deleted...]
-      <c r="F24" s="73">
+        <v>101572</v>
+      </c>
+      <c r="F24" s="75">
         <v>0</v>
       </c>
       <c r="G24" s="65">
-        <v>0.6</v>
-[...1 lines deleted...]
-      <c r="H24" s="73">
+        <v>1.47</v>
+      </c>
+      <c r="H24" s="75">
         <v>0</v>
       </c>
       <c r="I24" s="68">
-        <v>0.59</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="11.1" customHeight="1">
       <c r="A25" s="58" t="s">
         <v>104</v>
       </c>
       <c r="B25" s="25"/>
       <c r="C25" s="25"/>
       <c r="D25" s="25"/>
       <c r="E25" s="25"/>
       <c r="F25" s="25"/>
       <c r="G25" s="25"/>
       <c r="H25" s="25"/>
       <c r="I25" s="27"/>
     </row>
     <row r="26" spans="1:9" ht="12" customHeight="1">
       <c r="A26" s="18" t="s">
         <v>105</v>
       </c>
       <c r="B26" s="62">
-        <v>60318</v>
+        <v>61210</v>
       </c>
       <c r="C26" s="62">
-        <v>736765</v>
+        <v>652943</v>
       </c>
       <c r="D26" s="62">
-        <v>61135</v>
+        <v>60459</v>
       </c>
       <c r="E26" s="62">
-        <v>656767</v>
+        <v>750273</v>
       </c>
       <c r="F26" s="65">
-        <v>-1.34</v>
+        <v>1.24</v>
       </c>
       <c r="G26" s="65">
-        <v>12.18</v>
+        <v>-12.97</v>
       </c>
       <c r="H26" s="65">
-        <v>6.62</v>
+        <v>7.03</v>
       </c>
       <c r="I26" s="68">
-        <v>4.42</v>
+        <v>3.88</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="11.1" customHeight="1">
       <c r="A27" s="58" t="s">
         <v>106</v>
       </c>
       <c r="B27" s="25"/>
       <c r="C27" s="25"/>
       <c r="D27" s="25"/>
       <c r="E27" s="25"/>
       <c r="F27" s="25"/>
       <c r="G27" s="25"/>
       <c r="H27" s="25"/>
       <c r="I27" s="27"/>
     </row>
     <row r="28" spans="1:9" ht="12.6" customHeight="1">
       <c r="A28" s="18" t="s">
         <v>107</v>
       </c>
-      <c r="B28" s="71">
+      <c r="B28" s="73">
         <v>0</v>
       </c>
       <c r="C28" s="62">
-        <v>2088</v>
-[...1 lines deleted...]
-      <c r="D28" s="71">
+        <v>2403</v>
+      </c>
+      <c r="D28" s="73">
         <v>0</v>
       </c>
       <c r="E28" s="62">
-        <v>1955</v>
-[...1 lines deleted...]
-      <c r="F28" s="73">
+        <v>2171</v>
+      </c>
+      <c r="F28" s="75">
         <v>0</v>
       </c>
       <c r="G28" s="65">
-        <v>6.78</v>
-[...1 lines deleted...]
-      <c r="H28" s="73">
+        <v>10.67</v>
+      </c>
+      <c r="H28" s="75">
         <v>0</v>
       </c>
       <c r="I28" s="68">
         <v>0.01</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="11.1" customHeight="1">
       <c r="A29" s="58" t="s">
         <v>108</v>
       </c>
       <c r="B29" s="25"/>
       <c r="C29" s="25"/>
       <c r="D29" s="25"/>
       <c r="E29" s="25"/>
       <c r="F29" s="25"/>
       <c r="G29" s="25"/>
       <c r="H29" s="25"/>
       <c r="I29" s="27"/>
     </row>
     <row r="30" spans="1:9" ht="12.6" customHeight="1">
       <c r="A30" s="18" t="s">
         <v>109</v>
       </c>
-      <c r="B30" s="71">
-[...20 lines deleted...]
-      <c r="I30" s="81">
+      <c r="B30" s="73">
+        <v>0</v>
+      </c>
+      <c r="C30" s="73">
+        <v>0</v>
+      </c>
+      <c r="D30" s="73">
+        <v>0</v>
+      </c>
+      <c r="E30" s="73">
+        <v>0</v>
+      </c>
+      <c r="F30" s="75">
+        <v>0</v>
+      </c>
+      <c r="G30" s="75">
+        <v>0</v>
+      </c>
+      <c r="H30" s="75">
+        <v>0</v>
+      </c>
+      <c r="I30" s="83">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="11.1" customHeight="1">
       <c r="A31" s="58" t="s">
         <v>110</v>
       </c>
       <c r="B31" s="25"/>
       <c r="C31" s="25"/>
       <c r="D31" s="25"/>
       <c r="E31" s="25"/>
       <c r="F31" s="25"/>
       <c r="G31" s="25"/>
       <c r="H31" s="25"/>
       <c r="I31" s="27"/>
     </row>
     <row r="32" spans="1:9" ht="12.6" customHeight="1">
       <c r="A32" s="18" t="s">
         <v>111</v>
       </c>
-      <c r="B32" s="71">
+      <c r="B32" s="73">
         <v>0</v>
       </c>
       <c r="C32" s="62">
-        <v>5360</v>
-[...1 lines deleted...]
-      <c r="D32" s="71">
+        <v>5866</v>
+      </c>
+      <c r="D32" s="73">
         <v>0</v>
       </c>
       <c r="E32" s="62">
-        <v>4913</v>
-[...1 lines deleted...]
-      <c r="F32" s="73">
+        <v>5285</v>
+      </c>
+      <c r="F32" s="75">
         <v>0</v>
       </c>
       <c r="G32" s="65">
-        <v>9.11</v>
-[...1 lines deleted...]
-      <c r="H32" s="73">
+        <v>10.99</v>
+      </c>
+      <c r="H32" s="75">
         <v>0</v>
       </c>
       <c r="I32" s="68">
         <v>0.03</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="11.1" customHeight="1">
       <c r="A33" s="58" t="s">
         <v>112</v>
       </c>
       <c r="B33" s="25"/>
       <c r="C33" s="25"/>
       <c r="D33" s="25"/>
       <c r="E33" s="25"/>
       <c r="F33" s="25"/>
       <c r="G33" s="25"/>
       <c r="H33" s="25"/>
       <c r="I33" s="27"/>
     </row>
     <row r="34" spans="1:9" ht="12" customHeight="1">
       <c r="A34" s="60" t="s">
         <v>113</v>
       </c>
       <c r="B34" s="63">
-        <v>14900</v>
+        <v>11400</v>
       </c>
       <c r="C34" s="63">
-        <v>1021404</v>
+        <v>1044959</v>
       </c>
       <c r="D34" s="63">
         <v>14900</v>
       </c>
       <c r="E34" s="63">
-        <v>962062</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>987698</v>
+      </c>
+      <c r="F34" s="66">
+        <v>-23.49</v>
       </c>
       <c r="G34" s="66">
-        <v>6.17</v>
+        <v>5.8</v>
       </c>
       <c r="H34" s="66">
-        <v>1.64</v>
+        <v>1.31</v>
       </c>
       <c r="I34" s="69">
-        <v>6.13</v>
+        <v>6.21</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="11.1" customHeight="1">
       <c r="A35" s="59" t="s">
         <v>114</v>
       </c>
       <c r="B35" s="25"/>
       <c r="C35" s="25"/>
       <c r="D35" s="25"/>
       <c r="E35" s="25"/>
       <c r="F35" s="25"/>
       <c r="G35" s="25"/>
       <c r="H35" s="25"/>
       <c r="I35" s="27"/>
     </row>
     <row r="36" spans="1:9" ht="12.6" customHeight="1">
       <c r="A36" s="60" t="s">
         <v>115</v>
       </c>
-      <c r="B36" s="83">
+      <c r="B36" s="84">
         <v>0</v>
       </c>
       <c r="C36" s="63">
-        <v>151428</v>
-[...1 lines deleted...]
-      <c r="D36" s="83">
+        <v>185376</v>
+      </c>
+      <c r="D36" s="84">
         <v>0</v>
       </c>
       <c r="E36" s="63">
-        <v>155743</v>
-[...1 lines deleted...]
-      <c r="F36" s="82">
+        <v>148675</v>
+      </c>
+      <c r="F36" s="85">
         <v>0</v>
       </c>
       <c r="G36" s="66">
-        <v>-2.77</v>
-[...1 lines deleted...]
-      <c r="H36" s="82">
+        <v>24.69</v>
+      </c>
+      <c r="H36" s="85">
         <v>0</v>
       </c>
       <c r="I36" s="69">
-        <v>0.91</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
-      <c r="A37" s="84" t="s">
+      <c r="A37" s="86" t="s">
         <v>116</v>
       </c>
       <c r="B37" s="31"/>
       <c r="C37" s="31"/>
       <c r="D37" s="31"/>
       <c r="E37" s="31"/>
       <c r="F37" s="31"/>
       <c r="G37" s="31"/>
       <c r="H37" s="31"/>
       <c r="I37" s="29"/>
     </row>
     <row r="38" spans="1:9" ht="13.5" customHeight="1">
       <c r="A38" s="22" t="s">
         <v>34</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" ht="13.5" customHeight="1">