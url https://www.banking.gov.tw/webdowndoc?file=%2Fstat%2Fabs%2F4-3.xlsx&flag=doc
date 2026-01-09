--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -44,51 +44,51 @@
   <si>
     <t>銀　　　行　　　別</t>
   </si>
   <si>
     <t>本　　　　　月</t>
   </si>
   <si>
     <t>上　　　　　月</t>
   </si>
   <si>
     <t>本月與上月比較增減％</t>
   </si>
   <si>
     <t>本月市場占有率％</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>遠東國際商業銀行</t>
   </si>
   <si>
-    <t>民國114年 9月底</t>
+    <t>民國114年10月底</t>
   </si>
   <si>
     <t>Current Month</t>
   </si>
   <si>
     <t>Last Month</t>
   </si>
   <si>
     <t>Compare with Last Month+-%</t>
   </si>
   <si>
     <t>Market Share</t>
   </si>
   <si>
     <t xml:space="preserve">by Institution </t>
   </si>
   <si>
     <t xml:space="preserve">Private </t>
   </si>
   <si>
     <t xml:space="preserve"> Enterprises</t>
   </si>
   <si>
     <t>Enterprises</t>
   </si>
@@ -131,51 +131,51 @@
   </si>
   <si>
     <r>
       <t>單位：新臺幣百萬元,﹪</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>NT$ Million,</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>﹪</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
+    <t xml:space="preserve"> End of Oct. 2025</t>
   </si>
   <si>
     <t>4-3 Loans to Public and Private Enterprises at General Banks</t>
   </si>
   <si>
     <t>民營企業</t>
   </si>
   <si>
     <t>公營企業</t>
   </si>
   <si>
     <r>
       <t>4-3</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行對公、民營企業放款</t>
     </r>
     <r>
       <rPr>
@@ -521,51 +521,51 @@
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　　#</t>
   </si>
@@ -660,70 +660,69 @@
     <t>LINE Bank</t>
   </si>
   <si>
     <t>樂天國際商業銀行　　#</t>
   </si>
   <si>
     <t>Rakuten International Commercial Bank Co., LTD.</t>
   </si>
   <si>
     <t>外國銀行在臺分行</t>
   </si>
   <si>
     <t>Local Branches of Foreign Banks</t>
   </si>
   <si>
     <t>大陸地區銀行在臺分行</t>
   </si>
   <si>
     <t>Local Branches of Mainland Chinese Banks</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
-  <numFmts count="19">
+  <numFmts count="18">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="#,##0_-"/>
     <numFmt numFmtId="176" formatCode="#,##0.00_-"/>
     <numFmt numFmtId="177" formatCode="###,###,###,##0"/>
     <numFmt numFmtId="178" formatCode="###,###,###,##0;\-###,###,###,##0;&quot;－&quot;"/>
     <numFmt numFmtId="179" formatCode="#,##0.00;\-#,##0.00;&quot;－&quot;"/>
-    <numFmt numFmtId="180" formatCode="-###0.00"/>
-[...1 lines deleted...]
-    <numFmt numFmtId="182" formatCode="#,##0.00;-#,##0.00;&quot;－&quot;"/>
+    <numFmt numFmtId="180" formatCode="###,###,###,##0;-###,###,###,##0;&quot;－&quot;"/>
+    <numFmt numFmtId="181" formatCode="#,##0.00;-#,##0.00;&quot;－&quot;"/>
   </numFmts>
   <fonts count="45">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
@@ -1983,87 +1982,81 @@
     </xf>
     <xf xxid="174" numFmtId="4" fontId="40" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="175" numFmtId="4" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="176" numFmtId="4" fontId="39" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="177" numFmtId="4" fontId="40" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="178" numFmtId="180" fontId="6" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="179" numFmtId="180" fontId="39" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="180" numFmtId="181" fontId="6" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="181" numFmtId="181" fontId="39" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="182" numFmtId="182" fontId="6" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="182" numFmtId="0" fontId="41" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf xxid="183" numFmtId="0" fontId="42" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf xxid="184" numFmtId="180" fontId="6" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="183" numFmtId="182" fontId="39" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="185" numFmtId="180" fontId="39" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="186" numFmtId="181" fontId="6" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="187" numFmtId="181" fontId="39" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="188" numFmtId="182" fontId="6" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="188" numFmtId="181" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="189" numFmtId="182" fontId="39" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="189" numFmtId="181" fontId="39" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="190" numFmtId="182" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="190" numFmtId="180" fontId="40" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="191" numFmtId="182" fontId="39" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="191" numFmtId="181" fontId="40" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="192" numFmtId="181" fontId="40" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf xxid="194" numFmtId="0" fontId="43" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="192" numFmtId="0" fontId="43" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="94">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色1 2" xfId="16"/>
     <cellStyle name="20% - 輔色2" xfId="17"/>
     <cellStyle name="20% - 輔色2 2" xfId="18"/>
     <cellStyle name="20% - 輔色3" xfId="19"/>
     <cellStyle name="20% - 輔色3 2" xfId="20"/>
     <cellStyle name="20% - 輔色4" xfId="21"/>
     <cellStyle name="20% - 輔色4 2" xfId="22"/>
     <cellStyle name="20% - 輔色5" xfId="23"/>
     <cellStyle name="20% - 輔色5 2" xfId="24"/>
     <cellStyle name="20% - 輔色6" xfId="25"/>
     <cellStyle name="20% - 輔色6 2" xfId="26"/>
     <cellStyle name="40% - 輔色1" xfId="27"/>
     <cellStyle name="40% - 輔色1 2" xfId="28"/>
     <cellStyle name="40% - 輔色2" xfId="29"/>
     <cellStyle name="40% - 輔色2 2" xfId="30"/>
     <cellStyle name="40% - 輔色3" xfId="31"/>
     <cellStyle name="40% - 輔色3 2" xfId="32"/>
     <cellStyle name="40% - 輔色4" xfId="33"/>
     <cellStyle name="40% - 輔色4 2" xfId="34"/>
     <cellStyle name="40% - 輔色5" xfId="35"/>
@@ -2325,622 +2318,622 @@
       </c>
       <c r="D9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="12.6" customHeight="1">
       <c r="A10" s="47" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="50">
+        <v>813129</v>
+      </c>
+      <c r="C10" s="50">
+        <v>16796668</v>
+      </c>
+      <c r="D10" s="50">
         <v>870603</v>
       </c>
-      <c r="C10" s="50">
+      <c r="E10" s="50">
         <v>16822541</v>
       </c>
-      <c r="D10" s="50">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="53">
-        <v>-0.99</v>
+        <v>-6.6</v>
       </c>
       <c r="G10" s="53">
-        <v>0.8</v>
+        <v>-0.15</v>
       </c>
       <c r="H10" s="53">
         <v>100</v>
       </c>
       <c r="I10" s="56">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.1" customHeight="1">
       <c r="A11" s="59" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="25"/>
       <c r="C11" s="25"/>
       <c r="D11" s="25"/>
       <c r="E11" s="25"/>
       <c r="F11" s="25"/>
       <c r="G11" s="25"/>
       <c r="H11" s="25"/>
       <c r="I11" s="27"/>
     </row>
     <row r="12" spans="1:9" ht="12.6" customHeight="1">
       <c r="A12" s="60" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="63">
+        <v>807229</v>
+      </c>
+      <c r="C12" s="63">
+        <v>15613309</v>
+      </c>
+      <c r="D12" s="63">
         <v>859203</v>
       </c>
-      <c r="C12" s="63">
+      <c r="E12" s="63">
         <v>15592206</v>
       </c>
-      <c r="D12" s="63">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="66">
-        <v>-0.6</v>
+        <v>-6.05</v>
       </c>
       <c r="G12" s="66">
-        <v>0.25</v>
+        <v>0.14</v>
       </c>
       <c r="H12" s="66">
-        <v>98.69</v>
+        <v>99.27</v>
       </c>
       <c r="I12" s="69">
-        <v>92.69</v>
+        <v>92.95</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.1" customHeight="1">
       <c r="A13" s="59" t="s">
         <v>38</v>
       </c>
       <c r="B13" s="25"/>
       <c r="C13" s="25"/>
       <c r="D13" s="25"/>
       <c r="E13" s="25"/>
       <c r="F13" s="25"/>
       <c r="G13" s="25"/>
       <c r="H13" s="25"/>
       <c r="I13" s="27"/>
     </row>
     <row r="14" spans="1:9" ht="12.6" customHeight="1">
       <c r="A14" s="18" t="s">
         <v>39</v>
       </c>
       <c r="B14" s="62">
+        <v>305611</v>
+      </c>
+      <c r="C14" s="62">
+        <v>918326</v>
+      </c>
+      <c r="D14" s="62">
         <v>324651</v>
       </c>
-      <c r="C14" s="62">
+      <c r="E14" s="62">
         <v>912404</v>
       </c>
-      <c r="D14" s="62">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="65">
-        <v>5.23</v>
+        <v>-5.86</v>
       </c>
       <c r="G14" s="65">
-        <v>1.12</v>
+        <v>0.65</v>
       </c>
       <c r="H14" s="65">
-        <v>37.29</v>
+        <v>37.58</v>
       </c>
       <c r="I14" s="68">
-        <v>5.42</v>
+        <v>5.47</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="11.1" customHeight="1">
       <c r="A15" s="58" t="s">
         <v>40</v>
       </c>
       <c r="B15" s="25"/>
       <c r="C15" s="25"/>
       <c r="D15" s="25"/>
       <c r="E15" s="25"/>
       <c r="F15" s="25"/>
       <c r="G15" s="25"/>
       <c r="H15" s="25"/>
       <c r="I15" s="27"/>
     </row>
     <row r="16" spans="1:9" ht="12.6" customHeight="1">
       <c r="A16" s="18" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="62">
+        <v>66122</v>
+      </c>
+      <c r="C16" s="62">
+        <v>832989</v>
+      </c>
+      <c r="D16" s="62">
         <v>65740</v>
       </c>
-      <c r="C16" s="62">
+      <c r="E16" s="62">
         <v>823872</v>
       </c>
-      <c r="D16" s="62">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="F16" s="65">
+        <v>0.58</v>
       </c>
       <c r="G16" s="65">
-        <v>2.16</v>
+        <v>1.11</v>
       </c>
       <c r="H16" s="65">
-        <v>7.55</v>
+        <v>8.13</v>
       </c>
       <c r="I16" s="68">
-        <v>4.9</v>
+        <v>4.96</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.1" customHeight="1">
       <c r="A17" s="58" t="s">
         <v>42</v>
       </c>
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="25"/>
       <c r="I17" s="27"/>
     </row>
     <row r="18" spans="1:9" ht="12" customHeight="1">
       <c r="A18" s="18" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="62">
+        <v>119240</v>
+      </c>
+      <c r="C18" s="62">
+        <v>1244217</v>
+      </c>
+      <c r="D18" s="62">
         <v>151400</v>
       </c>
-      <c r="C18" s="62">
+      <c r="E18" s="62">
         <v>1281777</v>
       </c>
-      <c r="D18" s="62">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="65">
-        <v>-10.1</v>
+        <v>-21.24</v>
       </c>
       <c r="G18" s="65">
-        <v>3.24</v>
+        <v>-2.93</v>
       </c>
       <c r="H18" s="65">
-        <v>17.39</v>
+        <v>14.66</v>
       </c>
       <c r="I18" s="68">
-        <v>7.62</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.1" customHeight="1">
       <c r="A19" s="58" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="27"/>
     </row>
     <row r="20" spans="1:9" ht="12.6" customHeight="1">
       <c r="A20" s="18" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="62">
+        <v>42325</v>
+      </c>
+      <c r="C20" s="62">
+        <v>1270614</v>
+      </c>
+      <c r="D20" s="62">
         <v>42275</v>
       </c>
-      <c r="C20" s="62">
+      <c r="E20" s="62">
         <v>1278236</v>
       </c>
-      <c r="D20" s="62">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="65">
-        <v>8.47</v>
+        <v>0.12</v>
       </c>
       <c r="G20" s="65">
-        <v>1.3</v>
+        <v>-0.6</v>
       </c>
       <c r="H20" s="65">
-        <v>4.86</v>
+        <v>5.21</v>
       </c>
       <c r="I20" s="68">
-        <v>7.6</v>
+        <v>7.56</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.1" customHeight="1">
       <c r="A21" s="58" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="25"/>
       <c r="C21" s="25"/>
       <c r="D21" s="25"/>
       <c r="E21" s="25"/>
       <c r="F21" s="25"/>
       <c r="G21" s="25"/>
       <c r="H21" s="25"/>
       <c r="I21" s="27"/>
     </row>
     <row r="22" spans="1:9" ht="12.6" customHeight="1">
       <c r="A22" s="18" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="62">
+        <v>78615</v>
+      </c>
+      <c r="C22" s="62">
+        <v>1061467</v>
+      </c>
+      <c r="D22" s="62">
         <v>78600</v>
       </c>
-      <c r="C22" s="62">
+      <c r="E22" s="62">
         <v>1075093</v>
       </c>
-      <c r="D22" s="62">
-[...4 lines deleted...]
-      </c>
       <c r="F22" s="65">
-        <v>-11.3</v>
+        <v>0.02</v>
       </c>
       <c r="G22" s="65">
-        <v>3.18</v>
+        <v>-1.27</v>
       </c>
       <c r="H22" s="65">
-        <v>9.03</v>
+        <v>9.67</v>
       </c>
       <c r="I22" s="68">
-        <v>6.39</v>
+        <v>6.32</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="11.1" customHeight="1">
       <c r="A23" s="58" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="25"/>
       <c r="C23" s="25"/>
       <c r="D23" s="25"/>
       <c r="E23" s="25"/>
       <c r="F23" s="25"/>
       <c r="G23" s="25"/>
       <c r="H23" s="25"/>
       <c r="I23" s="27"/>
     </row>
     <row r="24" spans="1:9" ht="12.6" customHeight="1">
       <c r="A24" s="18" t="s">
         <v>49</v>
       </c>
-      <c r="B24" s="62">
+      <c r="B24" s="71">
+        <v>0</v>
+      </c>
+      <c r="C24" s="62">
+        <v>981516</v>
+      </c>
+      <c r="D24" s="62">
         <v>104</v>
       </c>
-      <c r="C24" s="62">
+      <c r="E24" s="62">
         <v>971513</v>
       </c>
-      <c r="D24" s="73">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="F24" s="65">
+        <v>-100</v>
       </c>
       <c r="G24" s="65">
-        <v>-0.28</v>
-[...2 lines deleted...]
-        <v>0.01</v>
+        <v>1.03</v>
+      </c>
+      <c r="H24" s="73">
+        <v>0</v>
       </c>
       <c r="I24" s="68">
-        <v>5.78</v>
+        <v>5.84</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="11.1" customHeight="1">
       <c r="A25" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B25" s="25"/>
       <c r="C25" s="25"/>
       <c r="D25" s="25"/>
       <c r="E25" s="25"/>
       <c r="F25" s="25"/>
       <c r="G25" s="25"/>
       <c r="H25" s="25"/>
       <c r="I25" s="27"/>
     </row>
     <row r="26" spans="1:9" ht="12" customHeight="1">
       <c r="A26" s="18" t="s">
         <v>51</v>
       </c>
-      <c r="B26" s="62">
+      <c r="B26" s="71">
+        <v>0</v>
+      </c>
+      <c r="C26" s="62">
+        <v>359934</v>
+      </c>
+      <c r="D26" s="62">
         <v>4</v>
       </c>
-      <c r="C26" s="62">
+      <c r="E26" s="62">
         <v>362669</v>
       </c>
-      <c r="D26" s="73">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="F26" s="65">
+        <v>-100</v>
       </c>
       <c r="G26" s="65">
-        <v>1.2</v>
-[...1 lines deleted...]
-      <c r="H26" s="65">
+        <v>-0.75</v>
+      </c>
+      <c r="H26" s="73">
         <v>0</v>
       </c>
       <c r="I26" s="68">
-        <v>2.16</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="11.1" customHeight="1">
       <c r="A27" s="58" t="s">
         <v>52</v>
       </c>
       <c r="B27" s="25"/>
       <c r="C27" s="25"/>
       <c r="D27" s="25"/>
       <c r="E27" s="25"/>
       <c r="F27" s="25"/>
       <c r="G27" s="25"/>
       <c r="H27" s="25"/>
       <c r="I27" s="27"/>
     </row>
     <row r="28" spans="1:9" ht="12.6" customHeight="1">
       <c r="A28" s="18" t="s">
         <v>53</v>
       </c>
       <c r="B28" s="62">
-        <v>18026</v>
+        <v>18027</v>
       </c>
       <c r="C28" s="62">
-        <v>631964</v>
+        <v>660154</v>
       </c>
       <c r="D28" s="62">
         <v>18026</v>
       </c>
       <c r="E28" s="62">
-        <v>654101</v>
+        <v>631964</v>
       </c>
       <c r="F28" s="65">
         <v>0</v>
       </c>
       <c r="G28" s="65">
-        <v>-3.38</v>
+        <v>4.46</v>
       </c>
       <c r="H28" s="65">
-        <v>2.07</v>
+        <v>2.22</v>
       </c>
       <c r="I28" s="68">
-        <v>3.76</v>
+        <v>3.93</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="11.1" customHeight="1">
       <c r="A29" s="58" t="s">
         <v>54</v>
       </c>
       <c r="B29" s="25"/>
       <c r="C29" s="25"/>
       <c r="D29" s="25"/>
       <c r="E29" s="25"/>
       <c r="F29" s="25"/>
       <c r="G29" s="25"/>
       <c r="H29" s="25"/>
       <c r="I29" s="27"/>
     </row>
     <row r="30" spans="1:9" ht="12.6" customHeight="1">
       <c r="A30" s="18" t="s">
         <v>55</v>
       </c>
-      <c r="B30" s="73">
+      <c r="B30" s="71">
         <v>0</v>
       </c>
       <c r="C30" s="62">
+        <v>532668</v>
+      </c>
+      <c r="D30" s="71">
+        <v>0</v>
+      </c>
+      <c r="E30" s="62">
         <v>537240</v>
       </c>
-      <c r="D30" s="73">
-[...5 lines deleted...]
-      <c r="F30" s="75">
+      <c r="F30" s="73">
         <v>0</v>
       </c>
       <c r="G30" s="65">
-        <v>2.37</v>
-[...1 lines deleted...]
-      <c r="H30" s="75">
+        <v>-0.85</v>
+      </c>
+      <c r="H30" s="73">
         <v>0</v>
       </c>
       <c r="I30" s="68">
-        <v>3.19</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="11.1" customHeight="1">
       <c r="A31" s="58" t="s">
         <v>56</v>
       </c>
       <c r="B31" s="25"/>
       <c r="C31" s="25"/>
       <c r="D31" s="25"/>
       <c r="E31" s="25"/>
       <c r="F31" s="25"/>
       <c r="G31" s="25"/>
       <c r="H31" s="25"/>
       <c r="I31" s="27"/>
     </row>
     <row r="32" spans="1:9" ht="12.6" customHeight="1">
       <c r="A32" s="18" t="s">
         <v>57</v>
       </c>
       <c r="B32" s="62">
-        <v>30700</v>
+        <v>30560</v>
       </c>
       <c r="C32" s="62">
-        <v>104455</v>
+        <v>107978</v>
       </c>
       <c r="D32" s="62">
         <v>30700</v>
       </c>
       <c r="E32" s="62">
-        <v>102783</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>104455</v>
+      </c>
+      <c r="F32" s="65">
+        <v>-0.46</v>
       </c>
       <c r="G32" s="65">
-        <v>1.63</v>
+        <v>3.37</v>
       </c>
       <c r="H32" s="65">
-        <v>3.53</v>
+        <v>3.76</v>
       </c>
       <c r="I32" s="68">
-        <v>0.62</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="11.1" customHeight="1">
       <c r="A33" s="58" t="s">
         <v>58</v>
       </c>
       <c r="B33" s="25"/>
       <c r="C33" s="25"/>
       <c r="D33" s="25"/>
       <c r="E33" s="25"/>
       <c r="F33" s="25"/>
       <c r="G33" s="25"/>
       <c r="H33" s="25"/>
       <c r="I33" s="27"/>
     </row>
     <row r="34" spans="1:9" ht="12" customHeight="1">
       <c r="A34" s="18" t="s">
         <v>59</v>
       </c>
       <c r="B34" s="62">
         <v>877</v>
       </c>
       <c r="C34" s="62">
-        <v>128231</v>
+        <v>127522</v>
       </c>
       <c r="D34" s="62">
         <v>877</v>
       </c>
       <c r="E34" s="62">
-        <v>129128</v>
-[...1 lines deleted...]
-      <c r="F34" s="75">
+        <v>128231</v>
+      </c>
+      <c r="F34" s="73">
         <v>0</v>
       </c>
       <c r="G34" s="65">
-        <v>-0.69</v>
+        <v>-0.55</v>
       </c>
       <c r="H34" s="65">
-        <v>0.1</v>
+        <v>0.11</v>
       </c>
       <c r="I34" s="68">
         <v>0.76</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="11.1" customHeight="1">
       <c r="A35" s="58" t="s">
         <v>60</v>
       </c>
       <c r="B35" s="25"/>
       <c r="C35" s="25"/>
       <c r="D35" s="25"/>
       <c r="E35" s="25"/>
       <c r="F35" s="25"/>
       <c r="G35" s="25"/>
       <c r="H35" s="25"/>
       <c r="I35" s="27"/>
     </row>
     <row r="36" spans="1:9" ht="12.6" customHeight="1">
       <c r="A36" s="18" t="s">
         <v>61</v>
       </c>
       <c r="B36" s="62">
+        <v>60630</v>
+      </c>
+      <c r="C36" s="62">
+        <v>1072996</v>
+      </c>
+      <c r="D36" s="62">
         <v>59732</v>
       </c>
-      <c r="C36" s="62">
+      <c r="E36" s="62">
         <v>1087930</v>
       </c>
-      <c r="D36" s="62">
-[...4 lines deleted...]
-      </c>
       <c r="F36" s="65">
-        <v>0.63</v>
+        <v>1.5</v>
       </c>
       <c r="G36" s="65">
-        <v>1.92</v>
+        <v>-1.37</v>
       </c>
       <c r="H36" s="65">
-        <v>6.86</v>
+        <v>7.46</v>
       </c>
       <c r="I36" s="68">
-        <v>6.47</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
-      <c r="A37" s="77" t="s">
+      <c r="A37" s="75" t="s">
         <v>62</v>
       </c>
       <c r="B37" s="31"/>
       <c r="C37" s="31"/>
       <c r="D37" s="31"/>
       <c r="E37" s="31"/>
       <c r="F37" s="31"/>
       <c r="G37" s="31"/>
       <c r="H37" s="31"/>
       <c r="I37" s="29"/>
     </row>
     <row r="38" spans="1:9" ht="13.5" customHeight="1">
       <c r="A38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" ht="13.5" customHeight="1">
@@ -3130,56 +3123,56 @@
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
       <c r="I2" s="43"/>
     </row>
     <row r="3" spans="1:9" ht="18.75" customHeight="1">
       <c r="A3" s="36" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="36"/>
       <c r="C3" s="36"/>
       <c r="D3" s="36"/>
       <c r="E3" s="36"/>
       <c r="F3" s="36"/>
       <c r="G3" s="36"/>
       <c r="H3" s="36"/>
       <c r="I3" s="36"/>
     </row>
     <row r="4" spans="1:9" ht="18.75" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="44" t="str">
         <f>'4-3'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="44"/>
       <c r="E4" s="38" t="str">
         <f>'4-3'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="38"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="16" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="11.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="34"/>
       <c r="D5" s="33" t="s">
         <v>2</v>
       </c>
       <c r="E5" s="34"/>
       <c r="F5" s="33" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="34"/>
       <c r="H5" s="33" t="s">
         <v>4</v>
       </c>
@@ -3271,623 +3264,623 @@
         <v>16</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="12.6" customHeight="1">
       <c r="A10" s="46" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="79">
+      <c r="B10" s="77">
         <v>0</v>
       </c>
       <c r="C10" s="49">
+        <v>59248</v>
+      </c>
+      <c r="D10" s="77">
+        <v>0</v>
+      </c>
+      <c r="E10" s="49">
         <v>63155</v>
       </c>
-      <c r="D10" s="79">
-[...5 lines deleted...]
-      <c r="F10" s="81">
+      <c r="F10" s="79">
         <v>0</v>
       </c>
       <c r="G10" s="52">
-        <v>2.77</v>
-[...1 lines deleted...]
-      <c r="H10" s="81">
+        <v>-6.19</v>
+      </c>
+      <c r="H10" s="79">
         <v>0</v>
       </c>
       <c r="I10" s="55">
-        <v>0.38</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.1" customHeight="1">
       <c r="A11" s="58" t="s">
         <v>63</v>
       </c>
       <c r="B11" s="25"/>
       <c r="C11" s="25"/>
       <c r="D11" s="25"/>
       <c r="E11" s="25"/>
       <c r="F11" s="25"/>
       <c r="G11" s="25"/>
       <c r="H11" s="25"/>
       <c r="I11" s="27"/>
     </row>
     <row r="12" spans="1:9" ht="12.6" customHeight="1">
       <c r="A12" s="18" t="s">
         <v>64</v>
       </c>
-      <c r="B12" s="73">
+      <c r="B12" s="71">
         <v>0</v>
       </c>
       <c r="C12" s="62">
+        <v>92928</v>
+      </c>
+      <c r="D12" s="71">
+        <v>0</v>
+      </c>
+      <c r="E12" s="62">
         <v>93183</v>
       </c>
-      <c r="D12" s="73">
-[...5 lines deleted...]
-      <c r="F12" s="75">
+      <c r="F12" s="73">
         <v>0</v>
       </c>
       <c r="G12" s="65">
-        <v>-1.01</v>
-[...1 lines deleted...]
-      <c r="H12" s="75">
+        <v>-0.27</v>
+      </c>
+      <c r="H12" s="73">
         <v>0</v>
       </c>
       <c r="I12" s="68">
         <v>0.55</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.1" customHeight="1">
       <c r="A13" s="58" t="s">
         <v>65</v>
       </c>
       <c r="B13" s="25"/>
       <c r="C13" s="25"/>
       <c r="D13" s="25"/>
       <c r="E13" s="25"/>
       <c r="F13" s="25"/>
       <c r="G13" s="25"/>
       <c r="H13" s="25"/>
       <c r="I13" s="27"/>
     </row>
     <row r="14" spans="1:9" ht="12.6" customHeight="1">
       <c r="A14" s="18" t="s">
         <v>66</v>
       </c>
       <c r="B14" s="62">
-        <v>18599</v>
+        <v>18649</v>
       </c>
       <c r="C14" s="62">
-        <v>959677</v>
+        <v>956538</v>
       </c>
       <c r="D14" s="62">
         <v>18599</v>
       </c>
       <c r="E14" s="62">
-        <v>955617</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>959677</v>
+      </c>
+      <c r="F14" s="65">
+        <v>0.27</v>
       </c>
       <c r="G14" s="65">
-        <v>0.42</v>
+        <v>-0.33</v>
       </c>
       <c r="H14" s="65">
-        <v>2.14</v>
+        <v>2.29</v>
       </c>
       <c r="I14" s="68">
-        <v>5.7</v>
+        <v>5.69</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="11.1" customHeight="1">
       <c r="A15" s="58" t="s">
         <v>67</v>
       </c>
       <c r="B15" s="25"/>
       <c r="C15" s="25"/>
       <c r="D15" s="25"/>
       <c r="E15" s="25"/>
       <c r="F15" s="25"/>
       <c r="G15" s="25"/>
       <c r="H15" s="25"/>
       <c r="I15" s="27"/>
     </row>
     <row r="16" spans="1:9" ht="12.6" customHeight="1">
       <c r="A16" s="18" t="s">
         <v>68</v>
       </c>
-      <c r="B16" s="73">
+      <c r="B16" s="71">
         <v>0</v>
       </c>
       <c r="C16" s="62">
+        <v>36683</v>
+      </c>
+      <c r="D16" s="71">
+        <v>0</v>
+      </c>
+      <c r="E16" s="62">
         <v>35511</v>
       </c>
-      <c r="D16" s="73">
-[...5 lines deleted...]
-      <c r="F16" s="75">
+      <c r="F16" s="73">
         <v>0</v>
       </c>
       <c r="G16" s="65">
-        <v>-6.45</v>
-[...1 lines deleted...]
-      <c r="H16" s="75">
+        <v>3.3</v>
+      </c>
+      <c r="H16" s="73">
         <v>0</v>
       </c>
       <c r="I16" s="68">
-        <v>0.21</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.1" customHeight="1">
       <c r="A17" s="58" t="s">
         <v>69</v>
       </c>
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="25"/>
       <c r="I17" s="27"/>
     </row>
     <row r="18" spans="1:9" ht="12" customHeight="1">
       <c r="A18" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="B18" s="73">
+      <c r="B18" s="71">
         <v>0</v>
       </c>
       <c r="C18" s="62">
+        <v>267523</v>
+      </c>
+      <c r="D18" s="71">
+        <v>0</v>
+      </c>
+      <c r="E18" s="62">
         <v>268671</v>
       </c>
-      <c r="D18" s="73">
-[...5 lines deleted...]
-      <c r="F18" s="75">
+      <c r="F18" s="73">
         <v>0</v>
       </c>
       <c r="G18" s="65">
-        <v>-0.11</v>
-[...1 lines deleted...]
-      <c r="H18" s="75">
+        <v>-0.43</v>
+      </c>
+      <c r="H18" s="73">
         <v>0</v>
       </c>
       <c r="I18" s="68">
-        <v>1.6</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.1" customHeight="1">
       <c r="A19" s="58" t="s">
         <v>71</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="27"/>
     </row>
     <row r="20" spans="1:9" ht="12.6" customHeight="1">
       <c r="A20" s="18" t="s">
         <v>72</v>
       </c>
-      <c r="B20" s="73">
+      <c r="B20" s="71">
         <v>0</v>
       </c>
       <c r="C20" s="62">
+        <v>157131</v>
+      </c>
+      <c r="D20" s="71">
+        <v>0</v>
+      </c>
+      <c r="E20" s="62">
         <v>157051</v>
       </c>
-      <c r="D20" s="73">
-[...5 lines deleted...]
-      <c r="F20" s="75">
+      <c r="F20" s="73">
         <v>0</v>
       </c>
       <c r="G20" s="65">
-        <v>0.58</v>
-[...1 lines deleted...]
-      <c r="H20" s="75">
+        <v>0.05</v>
+      </c>
+      <c r="H20" s="73">
         <v>0</v>
       </c>
       <c r="I20" s="68">
-        <v>0.93</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.1" customHeight="1">
       <c r="A21" s="58" t="s">
         <v>73</v>
       </c>
       <c r="B21" s="25"/>
       <c r="C21" s="25"/>
       <c r="D21" s="25"/>
       <c r="E21" s="25"/>
       <c r="F21" s="25"/>
       <c r="G21" s="25"/>
       <c r="H21" s="25"/>
       <c r="I21" s="27"/>
     </row>
     <row r="22" spans="1:9" ht="12.6" customHeight="1">
       <c r="A22" s="18" t="s">
         <v>74</v>
       </c>
-      <c r="B22" s="73">
+      <c r="B22" s="71">
         <v>0</v>
       </c>
       <c r="C22" s="62">
+        <v>82673</v>
+      </c>
+      <c r="D22" s="71">
+        <v>0</v>
+      </c>
+      <c r="E22" s="62">
         <v>85680</v>
       </c>
-      <c r="D22" s="73">
-[...5 lines deleted...]
-      <c r="F22" s="75">
+      <c r="F22" s="73">
         <v>0</v>
       </c>
       <c r="G22" s="65">
-        <v>1.52</v>
-[...1 lines deleted...]
-      <c r="H22" s="75">
+        <v>-3.51</v>
+      </c>
+      <c r="H22" s="73">
         <v>0</v>
       </c>
       <c r="I22" s="68">
-        <v>0.51</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="11.1" customHeight="1">
       <c r="A23" s="58" t="s">
         <v>75</v>
       </c>
       <c r="B23" s="25"/>
       <c r="C23" s="25"/>
       <c r="D23" s="25"/>
       <c r="E23" s="25"/>
       <c r="F23" s="25"/>
       <c r="G23" s="25"/>
       <c r="H23" s="25"/>
       <c r="I23" s="27"/>
     </row>
     <row r="24" spans="1:9" ht="12.6" customHeight="1">
       <c r="A24" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="B24" s="73">
+      <c r="B24" s="71">
         <v>0</v>
       </c>
       <c r="C24" s="62">
+        <v>23458</v>
+      </c>
+      <c r="D24" s="71">
+        <v>0</v>
+      </c>
+      <c r="E24" s="62">
         <v>23379</v>
       </c>
-      <c r="D24" s="73">
-[...5 lines deleted...]
-      <c r="F24" s="75">
+      <c r="F24" s="73">
         <v>0</v>
       </c>
       <c r="G24" s="65">
-        <v>-0.7</v>
-[...1 lines deleted...]
-      <c r="H24" s="75">
+        <v>0.34</v>
+      </c>
+      <c r="H24" s="73">
         <v>0</v>
       </c>
       <c r="I24" s="68">
         <v>0.14</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="11.1" customHeight="1">
       <c r="A25" s="58" t="s">
         <v>77</v>
       </c>
       <c r="B25" s="25"/>
       <c r="C25" s="25"/>
       <c r="D25" s="25"/>
       <c r="E25" s="25"/>
       <c r="F25" s="25"/>
       <c r="G25" s="25"/>
       <c r="H25" s="25"/>
       <c r="I25" s="27"/>
     </row>
     <row r="26" spans="1:9" ht="12" customHeight="1">
       <c r="A26" s="18" t="s">
         <v>78</v>
       </c>
-      <c r="B26" s="73">
+      <c r="B26" s="71">
         <v>0</v>
       </c>
       <c r="C26" s="62">
+        <v>93218</v>
+      </c>
+      <c r="D26" s="71">
+        <v>0</v>
+      </c>
+      <c r="E26" s="62">
         <v>92629</v>
       </c>
-      <c r="D26" s="73">
-[...5 lines deleted...]
-      <c r="F26" s="75">
+      <c r="F26" s="73">
         <v>0</v>
       </c>
       <c r="G26" s="65">
-        <v>0.21</v>
-[...1 lines deleted...]
-      <c r="H26" s="75">
+        <v>0.64</v>
+      </c>
+      <c r="H26" s="73">
         <v>0</v>
       </c>
       <c r="I26" s="68">
         <v>0.55</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="11.1" customHeight="1">
       <c r="A27" s="58" t="s">
         <v>79</v>
       </c>
       <c r="B27" s="25"/>
       <c r="C27" s="25"/>
       <c r="D27" s="25"/>
       <c r="E27" s="25"/>
       <c r="F27" s="25"/>
       <c r="G27" s="25"/>
       <c r="H27" s="25"/>
       <c r="I27" s="27"/>
     </row>
     <row r="28" spans="1:9" ht="12.6" customHeight="1">
       <c r="A28" s="18" t="s">
         <v>80</v>
       </c>
-      <c r="B28" s="73">
+      <c r="B28" s="71">
         <v>0</v>
       </c>
       <c r="C28" s="62">
+        <v>266123</v>
+      </c>
+      <c r="D28" s="71">
+        <v>0</v>
+      </c>
+      <c r="E28" s="62">
         <v>268002</v>
       </c>
-      <c r="D28" s="73">
-[...5 lines deleted...]
-      <c r="F28" s="75">
+      <c r="F28" s="73">
         <v>0</v>
       </c>
       <c r="G28" s="65">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="H28" s="75">
+        <v>-0.7</v>
+      </c>
+      <c r="H28" s="73">
         <v>0</v>
       </c>
       <c r="I28" s="68">
-        <v>1.59</v>
+        <v>1.58</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="11.1" customHeight="1">
       <c r="A29" s="58" t="s">
         <v>81</v>
       </c>
       <c r="B29" s="25"/>
       <c r="C29" s="25"/>
       <c r="D29" s="25"/>
       <c r="E29" s="25"/>
       <c r="F29" s="25"/>
       <c r="G29" s="25"/>
       <c r="H29" s="25"/>
       <c r="I29" s="27"/>
     </row>
     <row r="30" spans="1:9" ht="12.6" customHeight="1">
       <c r="A30" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="B30" s="73">
+      <c r="B30" s="71">
         <v>0</v>
       </c>
       <c r="C30" s="62">
+        <v>264579</v>
+      </c>
+      <c r="D30" s="71">
+        <v>0</v>
+      </c>
+      <c r="E30" s="62">
         <v>264509</v>
       </c>
-      <c r="D30" s="73">
-[...5 lines deleted...]
-      <c r="F30" s="75">
+      <c r="F30" s="73">
         <v>0</v>
       </c>
       <c r="G30" s="65">
-        <v>0.48</v>
-[...1 lines deleted...]
-      <c r="H30" s="75">
+        <v>0.03</v>
+      </c>
+      <c r="H30" s="73">
         <v>0</v>
       </c>
       <c r="I30" s="68">
-        <v>1.57</v>
+        <v>1.58</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="11.1" customHeight="1">
       <c r="A31" s="58" t="s">
         <v>83</v>
       </c>
       <c r="B31" s="25"/>
       <c r="C31" s="25"/>
       <c r="D31" s="25"/>
       <c r="E31" s="25"/>
       <c r="F31" s="25"/>
       <c r="G31" s="25"/>
       <c r="H31" s="25"/>
       <c r="I31" s="27"/>
     </row>
     <row r="32" spans="1:9" ht="12.6" customHeight="1">
       <c r="A32" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="B32" s="73">
+      <c r="B32" s="71">
         <v>0</v>
       </c>
       <c r="C32" s="62">
+        <v>122368</v>
+      </c>
+      <c r="D32" s="71">
+        <v>0</v>
+      </c>
+      <c r="E32" s="62">
         <v>121859</v>
       </c>
-      <c r="D32" s="73">
-[...5 lines deleted...]
-      <c r="F32" s="75">
+      <c r="F32" s="73">
         <v>0</v>
       </c>
       <c r="G32" s="65">
-        <v>-0.14</v>
-[...1 lines deleted...]
-      <c r="H32" s="75">
+        <v>0.42</v>
+      </c>
+      <c r="H32" s="73">
         <v>0</v>
       </c>
       <c r="I32" s="68">
-        <v>0.72</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="11.1" customHeight="1">
       <c r="A33" s="58" t="s">
         <v>85</v>
       </c>
       <c r="B33" s="25"/>
       <c r="C33" s="25"/>
       <c r="D33" s="25"/>
       <c r="E33" s="25"/>
       <c r="F33" s="25"/>
       <c r="G33" s="25"/>
       <c r="H33" s="25"/>
       <c r="I33" s="27"/>
     </row>
     <row r="34" spans="1:9" ht="12" customHeight="1">
       <c r="A34" s="18" t="s">
         <v>86</v>
       </c>
       <c r="B34" s="62">
         <v>1000</v>
       </c>
       <c r="C34" s="62">
-        <v>36007</v>
+        <v>36201</v>
       </c>
       <c r="D34" s="62">
         <v>1000</v>
       </c>
       <c r="E34" s="62">
-        <v>36028</v>
-[...1 lines deleted...]
-      <c r="F34" s="75">
+        <v>36007</v>
+      </c>
+      <c r="F34" s="73">
         <v>0</v>
       </c>
       <c r="G34" s="65">
-        <v>-0.06</v>
+        <v>0.54</v>
       </c>
       <c r="H34" s="65">
-        <v>0.11</v>
+        <v>0.12</v>
       </c>
       <c r="I34" s="68">
-        <v>0.21</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="11.1" customHeight="1">
       <c r="A35" s="58" t="s">
         <v>87</v>
       </c>
       <c r="B35" s="25"/>
       <c r="C35" s="25"/>
       <c r="D35" s="25"/>
       <c r="E35" s="25"/>
       <c r="F35" s="25"/>
       <c r="G35" s="25"/>
       <c r="H35" s="25"/>
       <c r="I35" s="27"/>
     </row>
     <row r="36" spans="1:9" ht="12.6" customHeight="1">
       <c r="A36" s="18" t="s">
         <v>88</v>
       </c>
-      <c r="B36" s="73">
+      <c r="B36" s="71">
         <v>0</v>
       </c>
       <c r="C36" s="62">
+        <v>174156</v>
+      </c>
+      <c r="D36" s="71">
+        <v>0</v>
+      </c>
+      <c r="E36" s="62">
         <v>172523</v>
       </c>
-      <c r="D36" s="73">
-[...5 lines deleted...]
-      <c r="F36" s="75">
+      <c r="F36" s="73">
         <v>0</v>
       </c>
       <c r="G36" s="65">
-        <v>-1.37</v>
-[...1 lines deleted...]
-      <c r="H36" s="75">
+        <v>0.95</v>
+      </c>
+      <c r="H36" s="73">
         <v>0</v>
       </c>
       <c r="I36" s="68">
-        <v>1.03</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
-      <c r="A37" s="77" t="s">
+      <c r="A37" s="75" t="s">
         <v>89</v>
       </c>
       <c r="B37" s="31"/>
       <c r="C37" s="31"/>
       <c r="D37" s="31"/>
       <c r="E37" s="31"/>
       <c r="F37" s="31"/>
       <c r="G37" s="31"/>
       <c r="H37" s="31"/>
       <c r="I37" s="29"/>
     </row>
     <row r="38" spans="1:9" ht="13.5" customHeight="1">
       <c r="A38" s="17" t="s">
         <v>28</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" ht="13.5" customHeight="1">
@@ -4077,56 +4070,56 @@
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
       <c r="I2" s="43"/>
     </row>
     <row r="3" spans="1:9" ht="18.75" customHeight="1">
       <c r="A3" s="36" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="36"/>
       <c r="C3" s="36"/>
       <c r="D3" s="36"/>
       <c r="E3" s="36"/>
       <c r="F3" s="36"/>
       <c r="G3" s="36"/>
       <c r="H3" s="36"/>
       <c r="I3" s="36"/>
     </row>
     <row r="4" spans="1:9" ht="18.75" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="44" t="str">
         <f>'4-3'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="44"/>
       <c r="E4" s="38" t="str">
         <f>'4-3'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="38"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="16" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="11.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="34"/>
       <c r="D5" s="33" t="s">
         <v>2</v>
       </c>
       <c r="E5" s="34"/>
       <c r="F5" s="33" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="34"/>
       <c r="H5" s="33" t="s">
         <v>4</v>
       </c>
@@ -4218,623 +4211,623 @@
         <v>16</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="12.6" customHeight="1">
       <c r="A10" s="46" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="79">
+      <c r="B10" s="77">
         <v>0</v>
       </c>
       <c r="C10" s="49">
+        <v>172235</v>
+      </c>
+      <c r="D10" s="77">
+        <v>0</v>
+      </c>
+      <c r="E10" s="49">
         <v>171592</v>
       </c>
-      <c r="D10" s="79">
-[...5 lines deleted...]
-      <c r="F10" s="81">
+      <c r="F10" s="79">
         <v>0</v>
       </c>
       <c r="G10" s="52">
-        <v>0.77</v>
-[...1 lines deleted...]
-      <c r="H10" s="81">
+        <v>0.38</v>
+      </c>
+      <c r="H10" s="79">
         <v>0</v>
       </c>
       <c r="I10" s="55">
-        <v>1.02</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.1" customHeight="1">
       <c r="A11" s="58" t="s">
         <v>90</v>
       </c>
       <c r="B11" s="25"/>
       <c r="C11" s="25"/>
       <c r="D11" s="25"/>
       <c r="E11" s="25"/>
       <c r="F11" s="25"/>
       <c r="G11" s="25"/>
       <c r="H11" s="25"/>
       <c r="I11" s="27"/>
     </row>
     <row r="12" spans="1:9" ht="12.6" customHeight="1">
       <c r="A12" s="18" t="s">
         <v>91</v>
       </c>
       <c r="B12" s="62">
-        <v>1175</v>
+        <v>600</v>
       </c>
       <c r="C12" s="62">
-        <v>516325</v>
+        <v>509846</v>
       </c>
       <c r="D12" s="62">
         <v>1175</v>
       </c>
       <c r="E12" s="62">
-        <v>512624</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>516325</v>
+      </c>
+      <c r="F12" s="65">
+        <v>-48.94</v>
       </c>
       <c r="G12" s="65">
-        <v>0.72</v>
+        <v>-1.25</v>
       </c>
       <c r="H12" s="65">
-        <v>0.13</v>
+        <v>0.07</v>
       </c>
       <c r="I12" s="68">
-        <v>3.07</v>
+        <v>3.04</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.1" customHeight="1">
       <c r="A13" s="58" t="s">
         <v>92</v>
       </c>
       <c r="B13" s="25"/>
       <c r="C13" s="25"/>
       <c r="D13" s="25"/>
       <c r="E13" s="25"/>
       <c r="F13" s="25"/>
       <c r="G13" s="25"/>
       <c r="H13" s="25"/>
       <c r="I13" s="27"/>
     </row>
     <row r="14" spans="1:9" ht="12.6" customHeight="1">
       <c r="A14" s="18" t="s">
         <v>93</v>
       </c>
       <c r="B14" s="62">
         <v>3000</v>
       </c>
       <c r="C14" s="62">
-        <v>529337</v>
+        <v>560898</v>
       </c>
       <c r="D14" s="62">
         <v>3000</v>
       </c>
       <c r="E14" s="62">
-        <v>564664</v>
-[...1 lines deleted...]
-      <c r="F14" s="75">
+        <v>529337</v>
+      </c>
+      <c r="F14" s="73">
         <v>0</v>
       </c>
       <c r="G14" s="65">
-        <v>-6.26</v>
+        <v>5.96</v>
       </c>
       <c r="H14" s="65">
-        <v>0.34</v>
+        <v>0.37</v>
       </c>
       <c r="I14" s="68">
-        <v>3.15</v>
+        <v>3.34</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="11.1" customHeight="1">
       <c r="A15" s="58" t="s">
         <v>94</v>
       </c>
       <c r="B15" s="25"/>
       <c r="C15" s="25"/>
       <c r="D15" s="25"/>
       <c r="E15" s="25"/>
       <c r="F15" s="25"/>
       <c r="G15" s="25"/>
       <c r="H15" s="25"/>
       <c r="I15" s="27"/>
     </row>
     <row r="16" spans="1:9" ht="12.6" customHeight="1">
       <c r="A16" s="18" t="s">
         <v>95</v>
       </c>
-      <c r="B16" s="73">
+      <c r="B16" s="71">
         <v>0</v>
       </c>
       <c r="C16" s="62">
+        <v>864846</v>
+      </c>
+      <c r="D16" s="71">
+        <v>0</v>
+      </c>
+      <c r="E16" s="62">
         <v>863074</v>
       </c>
-      <c r="D16" s="73">
-[...5 lines deleted...]
-      <c r="F16" s="75">
+      <c r="F16" s="73">
         <v>0</v>
       </c>
       <c r="G16" s="65">
-        <v>2.99</v>
-[...1 lines deleted...]
-      <c r="H16" s="75">
+        <v>0.21</v>
+      </c>
+      <c r="H16" s="73">
         <v>0</v>
       </c>
       <c r="I16" s="68">
-        <v>5.13</v>
+        <v>5.15</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.1" customHeight="1">
       <c r="A17" s="58" t="s">
         <v>96</v>
       </c>
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="25"/>
       <c r="I17" s="27"/>
     </row>
     <row r="18" spans="1:9" ht="12" customHeight="1">
       <c r="A18" s="18" t="s">
         <v>97</v>
       </c>
-      <c r="B18" s="73">
+      <c r="B18" s="71">
         <v>0</v>
       </c>
       <c r="C18" s="62">
+        <v>194808</v>
+      </c>
+      <c r="D18" s="71">
+        <v>0</v>
+      </c>
+      <c r="E18" s="62">
         <v>200013</v>
       </c>
-      <c r="D18" s="73">
-[...5 lines deleted...]
-      <c r="F18" s="75">
+      <c r="F18" s="73">
         <v>0</v>
       </c>
       <c r="G18" s="65">
-        <v>1.8</v>
-[...1 lines deleted...]
-      <c r="H18" s="75">
+        <v>-2.6</v>
+      </c>
+      <c r="H18" s="73">
         <v>0</v>
       </c>
       <c r="I18" s="68">
-        <v>1.19</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.1" customHeight="1">
       <c r="A19" s="58" t="s">
         <v>98</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="27"/>
     </row>
     <row r="20" spans="1:9" ht="12.6" customHeight="1">
       <c r="A20" s="18" t="s">
         <v>99</v>
       </c>
-      <c r="B20" s="73">
+      <c r="B20" s="71">
         <v>0</v>
       </c>
       <c r="C20" s="62">
+        <v>145742</v>
+      </c>
+      <c r="D20" s="71">
+        <v>0</v>
+      </c>
+      <c r="E20" s="62">
         <v>156435</v>
       </c>
-      <c r="D20" s="73">
-[...5 lines deleted...]
-      <c r="F20" s="75">
+      <c r="F20" s="73">
         <v>0</v>
       </c>
       <c r="G20" s="65">
-        <v>4.44</v>
-[...1 lines deleted...]
-      <c r="H20" s="75">
+        <v>-6.84</v>
+      </c>
+      <c r="H20" s="73">
         <v>0</v>
       </c>
       <c r="I20" s="68">
-        <v>0.93</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.1" customHeight="1">
       <c r="A21" s="58" t="s">
         <v>100</v>
       </c>
       <c r="B21" s="25"/>
       <c r="C21" s="25"/>
       <c r="D21" s="25"/>
       <c r="E21" s="25"/>
       <c r="F21" s="25"/>
       <c r="G21" s="25"/>
       <c r="H21" s="25"/>
       <c r="I21" s="27"/>
     </row>
     <row r="22" spans="1:9" ht="12.6" customHeight="1">
       <c r="A22" s="18" t="s">
         <v>101</v>
       </c>
       <c r="B22" s="62">
+        <v>1100</v>
+      </c>
+      <c r="C22" s="62">
+        <v>530989</v>
+      </c>
+      <c r="D22" s="62">
         <v>2111</v>
       </c>
-      <c r="C22" s="62">
+      <c r="E22" s="62">
         <v>553936</v>
       </c>
-      <c r="D22" s="62">
-[...4 lines deleted...]
-      </c>
       <c r="F22" s="65">
-        <v>129.43</v>
+        <v>-47.91</v>
       </c>
       <c r="G22" s="65">
-        <v>-0.7</v>
+        <v>-4.14</v>
       </c>
       <c r="H22" s="65">
-        <v>0.24</v>
+        <v>0.14</v>
       </c>
       <c r="I22" s="68">
-        <v>3.29</v>
+        <v>3.16</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="11.1" customHeight="1">
       <c r="A23" s="58" t="s">
         <v>102</v>
       </c>
       <c r="B23" s="25"/>
       <c r="C23" s="25"/>
       <c r="D23" s="25"/>
       <c r="E23" s="25"/>
       <c r="F23" s="25"/>
       <c r="G23" s="25"/>
       <c r="H23" s="25"/>
       <c r="I23" s="27"/>
     </row>
     <row r="24" spans="1:9" ht="12.6" customHeight="1">
       <c r="A24" s="18" t="s">
         <v>103</v>
       </c>
-      <c r="B24" s="73">
+      <c r="B24" s="71">
         <v>0</v>
       </c>
       <c r="C24" s="62">
+        <v>103537</v>
+      </c>
+      <c r="D24" s="71">
+        <v>0</v>
+      </c>
+      <c r="E24" s="62">
         <v>103062</v>
       </c>
-      <c r="D24" s="73">
-[...5 lines deleted...]
-      <c r="F24" s="75">
+      <c r="F24" s="73">
         <v>0</v>
       </c>
       <c r="G24" s="65">
-        <v>1.47</v>
-[...1 lines deleted...]
-      <c r="H24" s="75">
+        <v>0.46</v>
+      </c>
+      <c r="H24" s="73">
         <v>0</v>
       </c>
       <c r="I24" s="68">
-        <v>0.61</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="11.1" customHeight="1">
       <c r="A25" s="58" t="s">
         <v>104</v>
       </c>
       <c r="B25" s="25"/>
       <c r="C25" s="25"/>
       <c r="D25" s="25"/>
       <c r="E25" s="25"/>
       <c r="F25" s="25"/>
       <c r="G25" s="25"/>
       <c r="H25" s="25"/>
       <c r="I25" s="27"/>
     </row>
     <row r="26" spans="1:9" ht="12" customHeight="1">
       <c r="A26" s="18" t="s">
         <v>105</v>
       </c>
       <c r="B26" s="62">
+        <v>60873</v>
+      </c>
+      <c r="C26" s="62">
+        <v>718338</v>
+      </c>
+      <c r="D26" s="62">
         <v>61210</v>
       </c>
-      <c r="C26" s="62">
+      <c r="E26" s="62">
         <v>652943</v>
       </c>
-      <c r="D26" s="62">
-[...4 lines deleted...]
-      </c>
       <c r="F26" s="65">
-        <v>1.24</v>
+        <v>-0.55</v>
       </c>
       <c r="G26" s="65">
-        <v>-12.97</v>
+        <v>10.02</v>
       </c>
       <c r="H26" s="65">
-        <v>7.03</v>
+        <v>7.49</v>
       </c>
       <c r="I26" s="68">
-        <v>3.88</v>
+        <v>4.28</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="11.1" customHeight="1">
       <c r="A27" s="58" t="s">
         <v>106</v>
       </c>
       <c r="B27" s="25"/>
       <c r="C27" s="25"/>
       <c r="D27" s="25"/>
       <c r="E27" s="25"/>
       <c r="F27" s="25"/>
       <c r="G27" s="25"/>
       <c r="H27" s="25"/>
       <c r="I27" s="27"/>
     </row>
     <row r="28" spans="1:9" ht="12.6" customHeight="1">
       <c r="A28" s="18" t="s">
         <v>107</v>
       </c>
-      <c r="B28" s="73">
+      <c r="B28" s="71">
         <v>0</v>
       </c>
       <c r="C28" s="62">
+        <v>2688</v>
+      </c>
+      <c r="D28" s="71">
+        <v>0</v>
+      </c>
+      <c r="E28" s="62">
         <v>2403</v>
       </c>
-      <c r="D28" s="73">
-[...5 lines deleted...]
-      <c r="F28" s="75">
+      <c r="F28" s="73">
         <v>0</v>
       </c>
       <c r="G28" s="65">
-        <v>10.67</v>
-[...1 lines deleted...]
-      <c r="H28" s="75">
+        <v>11.86</v>
+      </c>
+      <c r="H28" s="73">
         <v>0</v>
       </c>
       <c r="I28" s="68">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="11.1" customHeight="1">
       <c r="A29" s="58" t="s">
         <v>108</v>
       </c>
       <c r="B29" s="25"/>
       <c r="C29" s="25"/>
       <c r="D29" s="25"/>
       <c r="E29" s="25"/>
       <c r="F29" s="25"/>
       <c r="G29" s="25"/>
       <c r="H29" s="25"/>
       <c r="I29" s="27"/>
     </row>
     <row r="30" spans="1:9" ht="12.6" customHeight="1">
       <c r="A30" s="18" t="s">
         <v>109</v>
       </c>
-      <c r="B30" s="73">
-[...20 lines deleted...]
-      <c r="I30" s="83">
+      <c r="B30" s="71">
+        <v>0</v>
+      </c>
+      <c r="C30" s="71">
+        <v>0</v>
+      </c>
+      <c r="D30" s="71">
+        <v>0</v>
+      </c>
+      <c r="E30" s="71">
+        <v>0</v>
+      </c>
+      <c r="F30" s="73">
+        <v>0</v>
+      </c>
+      <c r="G30" s="73">
+        <v>0</v>
+      </c>
+      <c r="H30" s="73">
+        <v>0</v>
+      </c>
+      <c r="I30" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="11.1" customHeight="1">
       <c r="A31" s="58" t="s">
         <v>110</v>
       </c>
       <c r="B31" s="25"/>
       <c r="C31" s="25"/>
       <c r="D31" s="25"/>
       <c r="E31" s="25"/>
       <c r="F31" s="25"/>
       <c r="G31" s="25"/>
       <c r="H31" s="25"/>
       <c r="I31" s="27"/>
     </row>
     <row r="32" spans="1:9" ht="12.6" customHeight="1">
       <c r="A32" s="18" t="s">
         <v>111</v>
       </c>
-      <c r="B32" s="73">
+      <c r="B32" s="71">
         <v>0</v>
       </c>
       <c r="C32" s="62">
+        <v>6175</v>
+      </c>
+      <c r="D32" s="71">
+        <v>0</v>
+      </c>
+      <c r="E32" s="62">
         <v>5866</v>
       </c>
-      <c r="D32" s="73">
-[...5 lines deleted...]
-      <c r="F32" s="75">
+      <c r="F32" s="73">
         <v>0</v>
       </c>
       <c r="G32" s="65">
-        <v>10.99</v>
-[...1 lines deleted...]
-      <c r="H32" s="75">
+        <v>5.27</v>
+      </c>
+      <c r="H32" s="73">
         <v>0</v>
       </c>
       <c r="I32" s="68">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="11.1" customHeight="1">
       <c r="A33" s="58" t="s">
         <v>112</v>
       </c>
       <c r="B33" s="25"/>
       <c r="C33" s="25"/>
       <c r="D33" s="25"/>
       <c r="E33" s="25"/>
       <c r="F33" s="25"/>
       <c r="G33" s="25"/>
       <c r="H33" s="25"/>
       <c r="I33" s="27"/>
     </row>
     <row r="34" spans="1:9" ht="12" customHeight="1">
       <c r="A34" s="60" t="s">
         <v>113</v>
       </c>
       <c r="B34" s="63">
+        <v>5900</v>
+      </c>
+      <c r="C34" s="63">
+        <v>1034862</v>
+      </c>
+      <c r="D34" s="63">
         <v>11400</v>
       </c>
-      <c r="C34" s="63">
+      <c r="E34" s="63">
         <v>1044959</v>
       </c>
-      <c r="D34" s="63">
-[...4 lines deleted...]
-      </c>
       <c r="F34" s="66">
-        <v>-23.49</v>
+        <v>-48.25</v>
       </c>
       <c r="G34" s="66">
-        <v>5.8</v>
+        <v>-0.97</v>
       </c>
       <c r="H34" s="66">
-        <v>1.31</v>
+        <v>0.73</v>
       </c>
       <c r="I34" s="69">
-        <v>6.21</v>
+        <v>6.16</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="11.1" customHeight="1">
       <c r="A35" s="59" t="s">
         <v>114</v>
       </c>
       <c r="B35" s="25"/>
       <c r="C35" s="25"/>
       <c r="D35" s="25"/>
       <c r="E35" s="25"/>
       <c r="F35" s="25"/>
       <c r="G35" s="25"/>
       <c r="H35" s="25"/>
       <c r="I35" s="27"/>
     </row>
     <row r="36" spans="1:9" ht="12.6" customHeight="1">
       <c r="A36" s="60" t="s">
         <v>115</v>
       </c>
-      <c r="B36" s="84">
+      <c r="B36" s="82">
         <v>0</v>
       </c>
       <c r="C36" s="63">
+        <v>148497</v>
+      </c>
+      <c r="D36" s="82">
+        <v>0</v>
+      </c>
+      <c r="E36" s="63">
         <v>185376</v>
       </c>
-      <c r="D36" s="84">
-[...5 lines deleted...]
-      <c r="F36" s="85">
+      <c r="F36" s="83">
         <v>0</v>
       </c>
       <c r="G36" s="66">
-        <v>24.69</v>
-[...1 lines deleted...]
-      <c r="H36" s="85">
+        <v>-19.89</v>
+      </c>
+      <c r="H36" s="83">
         <v>0</v>
       </c>
       <c r="I36" s="69">
-        <v>1.1</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
-      <c r="A37" s="86" t="s">
+      <c r="A37" s="84" t="s">
         <v>116</v>
       </c>
       <c r="B37" s="31"/>
       <c r="C37" s="31"/>
       <c r="D37" s="31"/>
       <c r="E37" s="31"/>
       <c r="F37" s="31"/>
       <c r="G37" s="31"/>
       <c r="H37" s="31"/>
       <c r="I37" s="29"/>
     </row>
     <row r="38" spans="1:9" ht="13.5" customHeight="1">
       <c r="A38" s="22" t="s">
         <v>34</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" ht="13.5" customHeight="1">