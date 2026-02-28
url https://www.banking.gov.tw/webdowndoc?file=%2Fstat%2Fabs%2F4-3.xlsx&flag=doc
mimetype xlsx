--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -44,51 +44,51 @@
   <si>
     <t>銀　　　行　　　別</t>
   </si>
   <si>
     <t>本　　　　　月</t>
   </si>
   <si>
     <t>上　　　　　月</t>
   </si>
   <si>
     <t>本月與上月比較增減％</t>
   </si>
   <si>
     <t>本月市場占有率％</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>遠東國際商業銀行</t>
   </si>
   <si>
-    <t>民國114年10月底</t>
+    <t>民國114年12月底</t>
   </si>
   <si>
     <t>Current Month</t>
   </si>
   <si>
     <t>Last Month</t>
   </si>
   <si>
     <t>Compare with Last Month+-%</t>
   </si>
   <si>
     <t>Market Share</t>
   </si>
   <si>
     <t xml:space="preserve">by Institution </t>
   </si>
   <si>
     <t xml:space="preserve">Private </t>
   </si>
   <si>
     <t xml:space="preserve"> Enterprises</t>
   </si>
   <si>
     <t>Enterprises</t>
   </si>
@@ -131,51 +131,51 @@
   </si>
   <si>
     <r>
       <t>單位：新臺幣百萬元,﹪</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>NT$ Million,</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>﹪</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> End of Oct. 2025</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
   </si>
   <si>
     <t>4-3 Loans to Public and Private Enterprises at General Banks</t>
   </si>
   <si>
     <t>民營企業</t>
   </si>
   <si>
     <t>公營企業</t>
   </si>
   <si>
     <r>
       <t>4-3</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行對公、民營企業放款</t>
     </r>
     <r>
       <rPr>
@@ -2318,618 +2318,618 @@
       </c>
       <c r="D9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="12.6" customHeight="1">
       <c r="A10" s="47" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="50">
-        <v>813129</v>
+        <v>848539</v>
       </c>
       <c r="C10" s="50">
-        <v>16796668</v>
+        <v>16860651</v>
       </c>
       <c r="D10" s="50">
-        <v>870603</v>
+        <v>812894</v>
       </c>
       <c r="E10" s="50">
-        <v>16822541</v>
+        <v>16740074</v>
       </c>
       <c r="F10" s="53">
-        <v>-6.6</v>
+        <v>4.38</v>
       </c>
       <c r="G10" s="53">
-        <v>-0.15</v>
+        <v>0.72</v>
       </c>
       <c r="H10" s="53">
         <v>100</v>
       </c>
       <c r="I10" s="56">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.1" customHeight="1">
       <c r="A11" s="59" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="25"/>
       <c r="C11" s="25"/>
       <c r="D11" s="25"/>
       <c r="E11" s="25"/>
       <c r="F11" s="25"/>
       <c r="G11" s="25"/>
       <c r="H11" s="25"/>
       <c r="I11" s="27"/>
     </row>
     <row r="12" spans="1:9" ht="12.6" customHeight="1">
       <c r="A12" s="60" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="63">
-        <v>807229</v>
+        <v>848539</v>
       </c>
       <c r="C12" s="63">
-        <v>15613309</v>
+        <v>15549732</v>
       </c>
       <c r="D12" s="63">
-        <v>859203</v>
+        <v>806994</v>
       </c>
       <c r="E12" s="63">
-        <v>15592206</v>
+        <v>15544203</v>
       </c>
       <c r="F12" s="66">
-        <v>-6.05</v>
+        <v>5.15</v>
       </c>
       <c r="G12" s="66">
-        <v>0.14</v>
+        <v>0.04</v>
       </c>
       <c r="H12" s="66">
-        <v>99.27</v>
+        <v>100</v>
       </c>
       <c r="I12" s="69">
-        <v>92.95</v>
+        <v>92.22</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.1" customHeight="1">
       <c r="A13" s="59" t="s">
         <v>38</v>
       </c>
       <c r="B13" s="25"/>
       <c r="C13" s="25"/>
       <c r="D13" s="25"/>
       <c r="E13" s="25"/>
       <c r="F13" s="25"/>
       <c r="G13" s="25"/>
       <c r="H13" s="25"/>
       <c r="I13" s="27"/>
     </row>
     <row r="14" spans="1:9" ht="12.6" customHeight="1">
       <c r="A14" s="18" t="s">
         <v>39</v>
       </c>
       <c r="B14" s="62">
-        <v>305611</v>
+        <v>344906</v>
       </c>
       <c r="C14" s="62">
-        <v>918326</v>
+        <v>933771</v>
       </c>
       <c r="D14" s="62">
-        <v>324651</v>
+        <v>306281</v>
       </c>
       <c r="E14" s="62">
-        <v>912404</v>
+        <v>908935</v>
       </c>
       <c r="F14" s="65">
-        <v>-5.86</v>
+        <v>12.61</v>
       </c>
       <c r="G14" s="65">
-        <v>0.65</v>
+        <v>2.73</v>
       </c>
       <c r="H14" s="65">
-        <v>37.58</v>
+        <v>40.65</v>
       </c>
       <c r="I14" s="68">
-        <v>5.47</v>
+        <v>5.54</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="11.1" customHeight="1">
       <c r="A15" s="58" t="s">
         <v>40</v>
       </c>
       <c r="B15" s="25"/>
       <c r="C15" s="25"/>
       <c r="D15" s="25"/>
       <c r="E15" s="25"/>
       <c r="F15" s="25"/>
       <c r="G15" s="25"/>
       <c r="H15" s="25"/>
       <c r="I15" s="27"/>
     </row>
     <row r="16" spans="1:9" ht="12.6" customHeight="1">
       <c r="A16" s="18" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="62">
-        <v>66122</v>
+        <v>66412</v>
       </c>
       <c r="C16" s="62">
-        <v>832989</v>
+        <v>813652</v>
       </c>
       <c r="D16" s="62">
-        <v>65740</v>
+        <v>66239</v>
       </c>
       <c r="E16" s="62">
-        <v>823872</v>
+        <v>818135</v>
       </c>
       <c r="F16" s="65">
-        <v>0.58</v>
+        <v>0.26</v>
       </c>
       <c r="G16" s="65">
-        <v>1.11</v>
+        <v>-0.55</v>
       </c>
       <c r="H16" s="65">
-        <v>8.13</v>
+        <v>7.83</v>
       </c>
       <c r="I16" s="68">
-        <v>4.96</v>
+        <v>4.83</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.1" customHeight="1">
       <c r="A17" s="58" t="s">
         <v>42</v>
       </c>
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="25"/>
       <c r="I17" s="27"/>
     </row>
     <row r="18" spans="1:9" ht="12" customHeight="1">
       <c r="A18" s="18" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="62">
-        <v>119240</v>
+        <v>134240</v>
       </c>
       <c r="C18" s="62">
-        <v>1244217</v>
+        <v>1191396</v>
       </c>
       <c r="D18" s="62">
-        <v>151400</v>
+        <v>118740</v>
       </c>
       <c r="E18" s="62">
-        <v>1281777</v>
+        <v>1203434</v>
       </c>
       <c r="F18" s="65">
-        <v>-21.24</v>
+        <v>13.05</v>
       </c>
       <c r="G18" s="65">
-        <v>-2.93</v>
+        <v>-1</v>
       </c>
       <c r="H18" s="65">
-        <v>14.66</v>
+        <v>15.82</v>
       </c>
       <c r="I18" s="68">
-        <v>7.41</v>
+        <v>7.07</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.1" customHeight="1">
       <c r="A19" s="58" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="27"/>
     </row>
     <row r="20" spans="1:9" ht="12.6" customHeight="1">
       <c r="A20" s="18" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="62">
-        <v>42325</v>
+        <v>33016</v>
       </c>
       <c r="C20" s="62">
-        <v>1270614</v>
+        <v>1298030</v>
       </c>
       <c r="D20" s="62">
-        <v>42275</v>
+        <v>40417</v>
       </c>
       <c r="E20" s="62">
-        <v>1278236</v>
+        <v>1271230</v>
       </c>
       <c r="F20" s="65">
-        <v>0.12</v>
+        <v>-18.31</v>
       </c>
       <c r="G20" s="65">
-        <v>-0.6</v>
+        <v>2.11</v>
       </c>
       <c r="H20" s="65">
-        <v>5.21</v>
+        <v>3.89</v>
       </c>
       <c r="I20" s="68">
-        <v>7.56</v>
+        <v>7.7</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.1" customHeight="1">
       <c r="A21" s="58" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="25"/>
       <c r="C21" s="25"/>
       <c r="D21" s="25"/>
       <c r="E21" s="25"/>
       <c r="F21" s="25"/>
       <c r="G21" s="25"/>
       <c r="H21" s="25"/>
       <c r="I21" s="27"/>
     </row>
     <row r="22" spans="1:9" ht="12.6" customHeight="1">
       <c r="A22" s="18" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="62">
-        <v>78615</v>
+        <v>81500</v>
       </c>
       <c r="C22" s="62">
-        <v>1061467</v>
+        <v>1080207</v>
       </c>
       <c r="D22" s="62">
-        <v>78600</v>
+        <v>78621</v>
       </c>
       <c r="E22" s="62">
-        <v>1075093</v>
+        <v>1051703</v>
       </c>
       <c r="F22" s="65">
-        <v>0.02</v>
+        <v>3.66</v>
       </c>
       <c r="G22" s="65">
-        <v>-1.27</v>
+        <v>2.71</v>
       </c>
       <c r="H22" s="65">
-        <v>9.67</v>
+        <v>9.6</v>
       </c>
       <c r="I22" s="68">
-        <v>6.32</v>
+        <v>6.41</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="11.1" customHeight="1">
       <c r="A23" s="58" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="25"/>
       <c r="C23" s="25"/>
       <c r="D23" s="25"/>
       <c r="E23" s="25"/>
       <c r="F23" s="25"/>
       <c r="G23" s="25"/>
       <c r="H23" s="25"/>
       <c r="I23" s="27"/>
     </row>
     <row r="24" spans="1:9" ht="12.6" customHeight="1">
       <c r="A24" s="18" t="s">
         <v>49</v>
       </c>
       <c r="B24" s="71">
         <v>0</v>
       </c>
       <c r="C24" s="62">
-        <v>981516</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>984277</v>
+      </c>
+      <c r="D24" s="71">
+        <v>0</v>
       </c>
       <c r="E24" s="62">
-        <v>971513</v>
-[...2 lines deleted...]
-        <v>-100</v>
+        <v>978074</v>
+      </c>
+      <c r="F24" s="73">
+        <v>0</v>
       </c>
       <c r="G24" s="65">
-        <v>1.03</v>
+        <v>0.63</v>
       </c>
       <c r="H24" s="73">
         <v>0</v>
       </c>
       <c r="I24" s="68">
         <v>5.84</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="11.1" customHeight="1">
       <c r="A25" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B25" s="25"/>
       <c r="C25" s="25"/>
       <c r="D25" s="25"/>
       <c r="E25" s="25"/>
       <c r="F25" s="25"/>
       <c r="G25" s="25"/>
       <c r="H25" s="25"/>
       <c r="I25" s="27"/>
     </row>
     <row r="26" spans="1:9" ht="12" customHeight="1">
       <c r="A26" s="18" t="s">
         <v>51</v>
       </c>
-      <c r="B26" s="71">
-        <v>0</v>
+      <c r="B26" s="62">
+        <v>42</v>
       </c>
       <c r="C26" s="62">
-        <v>359934</v>
+        <v>370635</v>
       </c>
       <c r="D26" s="62">
-        <v>4</v>
+        <v>253</v>
       </c>
       <c r="E26" s="62">
-        <v>362669</v>
+        <v>366440</v>
       </c>
       <c r="F26" s="65">
-        <v>-100</v>
+        <v>-83.35</v>
       </c>
       <c r="G26" s="65">
-        <v>-0.75</v>
-[...1 lines deleted...]
-      <c r="H26" s="73">
+        <v>1.14</v>
+      </c>
+      <c r="H26" s="65">
         <v>0</v>
       </c>
       <c r="I26" s="68">
-        <v>2.14</v>
+        <v>2.2</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="11.1" customHeight="1">
       <c r="A27" s="58" t="s">
         <v>52</v>
       </c>
       <c r="B27" s="25"/>
       <c r="C27" s="25"/>
       <c r="D27" s="25"/>
       <c r="E27" s="25"/>
       <c r="F27" s="25"/>
       <c r="G27" s="25"/>
       <c r="H27" s="25"/>
       <c r="I27" s="27"/>
     </row>
     <row r="28" spans="1:9" ht="12.6" customHeight="1">
       <c r="A28" s="18" t="s">
         <v>53</v>
       </c>
       <c r="B28" s="62">
-        <v>18027</v>
+        <v>18001</v>
       </c>
       <c r="C28" s="62">
-        <v>660154</v>
+        <v>648421</v>
       </c>
       <c r="D28" s="62">
-        <v>18026</v>
+        <v>18001</v>
       </c>
       <c r="E28" s="62">
-        <v>631964</v>
+        <v>649215</v>
       </c>
       <c r="F28" s="65">
         <v>0</v>
       </c>
       <c r="G28" s="65">
-        <v>4.46</v>
+        <v>-0.12</v>
       </c>
       <c r="H28" s="65">
-        <v>2.22</v>
+        <v>2.12</v>
       </c>
       <c r="I28" s="68">
-        <v>3.93</v>
+        <v>3.85</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="11.1" customHeight="1">
       <c r="A29" s="58" t="s">
         <v>54</v>
       </c>
       <c r="B29" s="25"/>
       <c r="C29" s="25"/>
       <c r="D29" s="25"/>
       <c r="E29" s="25"/>
       <c r="F29" s="25"/>
       <c r="G29" s="25"/>
       <c r="H29" s="25"/>
       <c r="I29" s="27"/>
     </row>
     <row r="30" spans="1:9" ht="12.6" customHeight="1">
       <c r="A30" s="18" t="s">
         <v>55</v>
       </c>
       <c r="B30" s="71">
         <v>0</v>
       </c>
       <c r="C30" s="62">
-        <v>532668</v>
+        <v>542747</v>
       </c>
       <c r="D30" s="71">
         <v>0</v>
       </c>
       <c r="E30" s="62">
-        <v>537240</v>
+        <v>547535</v>
       </c>
       <c r="F30" s="73">
         <v>0</v>
       </c>
       <c r="G30" s="65">
-        <v>-0.85</v>
+        <v>-0.87</v>
       </c>
       <c r="H30" s="73">
         <v>0</v>
       </c>
       <c r="I30" s="68">
-        <v>3.17</v>
+        <v>3.22</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="11.1" customHeight="1">
       <c r="A31" s="58" t="s">
         <v>56</v>
       </c>
       <c r="B31" s="25"/>
       <c r="C31" s="25"/>
       <c r="D31" s="25"/>
       <c r="E31" s="25"/>
       <c r="F31" s="25"/>
       <c r="G31" s="25"/>
       <c r="H31" s="25"/>
       <c r="I31" s="27"/>
     </row>
     <row r="32" spans="1:9" ht="12.6" customHeight="1">
       <c r="A32" s="18" t="s">
         <v>57</v>
       </c>
       <c r="B32" s="62">
-        <v>30560</v>
+        <v>30060</v>
       </c>
       <c r="C32" s="62">
-        <v>107978</v>
+        <v>104096</v>
       </c>
       <c r="D32" s="62">
-        <v>30700</v>
+        <v>30060</v>
       </c>
       <c r="E32" s="62">
-        <v>104455</v>
-[...2 lines deleted...]
-        <v>-0.46</v>
+        <v>106216</v>
+      </c>
+      <c r="F32" s="73">
+        <v>0</v>
       </c>
       <c r="G32" s="65">
-        <v>3.37</v>
+        <v>-2</v>
       </c>
       <c r="H32" s="65">
-        <v>3.76</v>
+        <v>3.54</v>
       </c>
       <c r="I32" s="68">
-        <v>0.64</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="11.1" customHeight="1">
       <c r="A33" s="58" t="s">
         <v>58</v>
       </c>
       <c r="B33" s="25"/>
       <c r="C33" s="25"/>
       <c r="D33" s="25"/>
       <c r="E33" s="25"/>
       <c r="F33" s="25"/>
       <c r="G33" s="25"/>
       <c r="H33" s="25"/>
       <c r="I33" s="27"/>
     </row>
     <row r="34" spans="1:9" ht="12" customHeight="1">
       <c r="A34" s="18" t="s">
         <v>59</v>
       </c>
       <c r="B34" s="62">
-        <v>877</v>
+        <v>887</v>
       </c>
       <c r="C34" s="62">
-        <v>127522</v>
+        <v>126342</v>
       </c>
       <c r="D34" s="62">
-        <v>877</v>
+        <v>887</v>
       </c>
       <c r="E34" s="62">
-        <v>128231</v>
+        <v>127436</v>
       </c>
       <c r="F34" s="73">
         <v>0</v>
       </c>
       <c r="G34" s="65">
-        <v>-0.55</v>
+        <v>-0.86</v>
       </c>
       <c r="H34" s="65">
-        <v>0.11</v>
+        <v>0.1</v>
       </c>
       <c r="I34" s="68">
-        <v>0.76</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="11.1" customHeight="1">
       <c r="A35" s="58" t="s">
         <v>60</v>
       </c>
       <c r="B35" s="25"/>
       <c r="C35" s="25"/>
       <c r="D35" s="25"/>
       <c r="E35" s="25"/>
       <c r="F35" s="25"/>
       <c r="G35" s="25"/>
       <c r="H35" s="25"/>
       <c r="I35" s="27"/>
     </row>
     <row r="36" spans="1:9" ht="12.6" customHeight="1">
       <c r="A36" s="18" t="s">
         <v>61</v>
       </c>
       <c r="B36" s="62">
-        <v>60630</v>
+        <v>60439</v>
       </c>
       <c r="C36" s="62">
-        <v>1072996</v>
+        <v>1114260</v>
       </c>
       <c r="D36" s="62">
-        <v>59732</v>
+        <v>60663</v>
       </c>
       <c r="E36" s="62">
-        <v>1087930</v>
+        <v>1060256</v>
       </c>
       <c r="F36" s="65">
-        <v>1.5</v>
+        <v>-0.37</v>
       </c>
       <c r="G36" s="65">
-        <v>-1.37</v>
+        <v>5.09</v>
       </c>
       <c r="H36" s="65">
-        <v>7.46</v>
+        <v>7.12</v>
       </c>
       <c r="I36" s="68">
-        <v>6.39</v>
+        <v>6.61</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="75" t="s">
         <v>62</v>
       </c>
       <c r="B37" s="31"/>
       <c r="C37" s="31"/>
       <c r="D37" s="31"/>
       <c r="E37" s="31"/>
       <c r="F37" s="31"/>
       <c r="G37" s="31"/>
       <c r="H37" s="31"/>
       <c r="I37" s="29"/>
     </row>
     <row r="38" spans="1:9" ht="13.5" customHeight="1">
       <c r="A38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
@@ -3123,56 +3123,56 @@
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
       <c r="I2" s="43"/>
     </row>
     <row r="3" spans="1:9" ht="18.75" customHeight="1">
       <c r="A3" s="36" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="36"/>
       <c r="C3" s="36"/>
       <c r="D3" s="36"/>
       <c r="E3" s="36"/>
       <c r="F3" s="36"/>
       <c r="G3" s="36"/>
       <c r="H3" s="36"/>
       <c r="I3" s="36"/>
     </row>
     <row r="4" spans="1:9" ht="18.75" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="44" t="str">
         <f>'4-3'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="44"/>
       <c r="E4" s="38" t="str">
         <f>'4-3'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="38"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="16" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="11.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="34"/>
       <c r="D5" s="33" t="s">
         <v>2</v>
       </c>
       <c r="E5" s="34"/>
       <c r="F5" s="33" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="34"/>
       <c r="H5" s="33" t="s">
         <v>4</v>
       </c>
@@ -3268,615 +3268,615 @@
       </c>
       <c r="E9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="12.6" customHeight="1">
       <c r="A10" s="46" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="77">
         <v>0</v>
       </c>
       <c r="C10" s="49">
-        <v>59248</v>
+        <v>54258</v>
       </c>
       <c r="D10" s="77">
         <v>0</v>
       </c>
       <c r="E10" s="49">
-        <v>63155</v>
+        <v>60476</v>
       </c>
       <c r="F10" s="79">
         <v>0</v>
       </c>
       <c r="G10" s="52">
-        <v>-6.19</v>
+        <v>-10.28</v>
       </c>
       <c r="H10" s="79">
         <v>0</v>
       </c>
       <c r="I10" s="55">
-        <v>0.35</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.1" customHeight="1">
       <c r="A11" s="58" t="s">
         <v>63</v>
       </c>
       <c r="B11" s="25"/>
       <c r="C11" s="25"/>
       <c r="D11" s="25"/>
       <c r="E11" s="25"/>
       <c r="F11" s="25"/>
       <c r="G11" s="25"/>
       <c r="H11" s="25"/>
       <c r="I11" s="27"/>
     </row>
     <row r="12" spans="1:9" ht="12.6" customHeight="1">
       <c r="A12" s="18" t="s">
         <v>64</v>
       </c>
       <c r="B12" s="71">
         <v>0</v>
       </c>
       <c r="C12" s="62">
-        <v>92928</v>
+        <v>95120</v>
       </c>
       <c r="D12" s="71">
         <v>0</v>
       </c>
       <c r="E12" s="62">
-        <v>93183</v>
+        <v>96799</v>
       </c>
       <c r="F12" s="73">
         <v>0</v>
       </c>
       <c r="G12" s="65">
-        <v>-0.27</v>
+        <v>-1.73</v>
       </c>
       <c r="H12" s="73">
         <v>0</v>
       </c>
       <c r="I12" s="68">
-        <v>0.55</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.1" customHeight="1">
       <c r="A13" s="58" t="s">
         <v>65</v>
       </c>
       <c r="B13" s="25"/>
       <c r="C13" s="25"/>
       <c r="D13" s="25"/>
       <c r="E13" s="25"/>
       <c r="F13" s="25"/>
       <c r="G13" s="25"/>
       <c r="H13" s="25"/>
       <c r="I13" s="27"/>
     </row>
     <row r="14" spans="1:9" ht="12.6" customHeight="1">
       <c r="A14" s="18" t="s">
         <v>66</v>
       </c>
       <c r="B14" s="62">
-        <v>18649</v>
+        <v>16439</v>
       </c>
       <c r="C14" s="62">
-        <v>956538</v>
+        <v>959763</v>
       </c>
       <c r="D14" s="62">
-        <v>18599</v>
+        <v>18741</v>
       </c>
       <c r="E14" s="62">
-        <v>959677</v>
+        <v>961602</v>
       </c>
       <c r="F14" s="65">
-        <v>0.27</v>
+        <v>-12.28</v>
       </c>
       <c r="G14" s="65">
-        <v>-0.33</v>
+        <v>-0.19</v>
       </c>
       <c r="H14" s="65">
-        <v>2.29</v>
+        <v>1.94</v>
       </c>
       <c r="I14" s="68">
         <v>5.69</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="11.1" customHeight="1">
       <c r="A15" s="58" t="s">
         <v>67</v>
       </c>
       <c r="B15" s="25"/>
       <c r="C15" s="25"/>
       <c r="D15" s="25"/>
       <c r="E15" s="25"/>
       <c r="F15" s="25"/>
       <c r="G15" s="25"/>
       <c r="H15" s="25"/>
       <c r="I15" s="27"/>
     </row>
     <row r="16" spans="1:9" ht="12.6" customHeight="1">
       <c r="A16" s="18" t="s">
         <v>68</v>
       </c>
       <c r="B16" s="71">
         <v>0</v>
       </c>
       <c r="C16" s="62">
-        <v>36683</v>
+        <v>33255</v>
       </c>
       <c r="D16" s="71">
         <v>0</v>
       </c>
       <c r="E16" s="62">
-        <v>35511</v>
+        <v>36557</v>
       </c>
       <c r="F16" s="73">
         <v>0</v>
       </c>
       <c r="G16" s="65">
-        <v>3.3</v>
+        <v>-9.03</v>
       </c>
       <c r="H16" s="73">
         <v>0</v>
       </c>
       <c r="I16" s="68">
-        <v>0.22</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.1" customHeight="1">
       <c r="A17" s="58" t="s">
         <v>69</v>
       </c>
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="25"/>
       <c r="I17" s="27"/>
     </row>
     <row r="18" spans="1:9" ht="12" customHeight="1">
       <c r="A18" s="18" t="s">
         <v>70</v>
       </c>
       <c r="B18" s="71">
         <v>0</v>
       </c>
       <c r="C18" s="62">
-        <v>267523</v>
+        <v>266719</v>
       </c>
       <c r="D18" s="71">
         <v>0</v>
       </c>
       <c r="E18" s="62">
-        <v>268671</v>
+        <v>267608</v>
       </c>
       <c r="F18" s="73">
         <v>0</v>
       </c>
       <c r="G18" s="65">
-        <v>-0.43</v>
+        <v>-0.33</v>
       </c>
       <c r="H18" s="73">
         <v>0</v>
       </c>
       <c r="I18" s="68">
-        <v>1.59</v>
+        <v>1.58</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.1" customHeight="1">
       <c r="A19" s="58" t="s">
         <v>71</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="27"/>
     </row>
     <row r="20" spans="1:9" ht="12.6" customHeight="1">
       <c r="A20" s="18" t="s">
         <v>72</v>
       </c>
       <c r="B20" s="71">
         <v>0</v>
       </c>
       <c r="C20" s="62">
-        <v>157131</v>
+        <v>158892</v>
       </c>
       <c r="D20" s="71">
         <v>0</v>
       </c>
       <c r="E20" s="62">
-        <v>157051</v>
+        <v>158118</v>
       </c>
       <c r="F20" s="73">
         <v>0</v>
       </c>
       <c r="G20" s="65">
-        <v>0.05</v>
+        <v>0.49</v>
       </c>
       <c r="H20" s="73">
         <v>0</v>
       </c>
       <c r="I20" s="68">
         <v>0.94</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.1" customHeight="1">
       <c r="A21" s="58" t="s">
         <v>73</v>
       </c>
       <c r="B21" s="25"/>
       <c r="C21" s="25"/>
       <c r="D21" s="25"/>
       <c r="E21" s="25"/>
       <c r="F21" s="25"/>
       <c r="G21" s="25"/>
       <c r="H21" s="25"/>
       <c r="I21" s="27"/>
     </row>
     <row r="22" spans="1:9" ht="12.6" customHeight="1">
       <c r="A22" s="18" t="s">
         <v>74</v>
       </c>
       <c r="B22" s="71">
         <v>0</v>
       </c>
       <c r="C22" s="62">
-        <v>82673</v>
+        <v>91130</v>
       </c>
       <c r="D22" s="71">
         <v>0</v>
       </c>
       <c r="E22" s="62">
-        <v>85680</v>
+        <v>84410</v>
       </c>
       <c r="F22" s="73">
         <v>0</v>
       </c>
       <c r="G22" s="65">
-        <v>-3.51</v>
+        <v>7.96</v>
       </c>
       <c r="H22" s="73">
         <v>0</v>
       </c>
       <c r="I22" s="68">
-        <v>0.49</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="11.1" customHeight="1">
       <c r="A23" s="58" t="s">
         <v>75</v>
       </c>
       <c r="B23" s="25"/>
       <c r="C23" s="25"/>
       <c r="D23" s="25"/>
       <c r="E23" s="25"/>
       <c r="F23" s="25"/>
       <c r="G23" s="25"/>
       <c r="H23" s="25"/>
       <c r="I23" s="27"/>
     </row>
     <row r="24" spans="1:9" ht="12.6" customHeight="1">
       <c r="A24" s="18" t="s">
         <v>76</v>
       </c>
       <c r="B24" s="71">
         <v>0</v>
       </c>
       <c r="C24" s="62">
-        <v>23458</v>
+        <v>23597</v>
       </c>
       <c r="D24" s="71">
         <v>0</v>
       </c>
       <c r="E24" s="62">
-        <v>23379</v>
+        <v>23871</v>
       </c>
       <c r="F24" s="73">
         <v>0</v>
       </c>
       <c r="G24" s="65">
-        <v>0.34</v>
+        <v>-1.15</v>
       </c>
       <c r="H24" s="73">
         <v>0</v>
       </c>
       <c r="I24" s="68">
         <v>0.14</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="11.1" customHeight="1">
       <c r="A25" s="58" t="s">
         <v>77</v>
       </c>
       <c r="B25" s="25"/>
       <c r="C25" s="25"/>
       <c r="D25" s="25"/>
       <c r="E25" s="25"/>
       <c r="F25" s="25"/>
       <c r="G25" s="25"/>
       <c r="H25" s="25"/>
       <c r="I25" s="27"/>
     </row>
     <row r="26" spans="1:9" ht="12" customHeight="1">
       <c r="A26" s="18" t="s">
         <v>78</v>
       </c>
       <c r="B26" s="71">
         <v>0</v>
       </c>
       <c r="C26" s="62">
-        <v>93218</v>
+        <v>93204</v>
       </c>
       <c r="D26" s="71">
         <v>0</v>
       </c>
       <c r="E26" s="62">
-        <v>92629</v>
+        <v>94076</v>
       </c>
       <c r="F26" s="73">
         <v>0</v>
       </c>
       <c r="G26" s="65">
-        <v>0.64</v>
+        <v>-0.93</v>
       </c>
       <c r="H26" s="73">
         <v>0</v>
       </c>
       <c r="I26" s="68">
         <v>0.55</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="11.1" customHeight="1">
       <c r="A27" s="58" t="s">
         <v>79</v>
       </c>
       <c r="B27" s="25"/>
       <c r="C27" s="25"/>
       <c r="D27" s="25"/>
       <c r="E27" s="25"/>
       <c r="F27" s="25"/>
       <c r="G27" s="25"/>
       <c r="H27" s="25"/>
       <c r="I27" s="27"/>
     </row>
     <row r="28" spans="1:9" ht="12.6" customHeight="1">
       <c r="A28" s="18" t="s">
         <v>80</v>
       </c>
       <c r="B28" s="71">
         <v>0</v>
       </c>
       <c r="C28" s="62">
-        <v>266123</v>
+        <v>266301</v>
       </c>
       <c r="D28" s="71">
         <v>0</v>
       </c>
       <c r="E28" s="62">
-        <v>268002</v>
+        <v>266055</v>
       </c>
       <c r="F28" s="73">
         <v>0</v>
       </c>
       <c r="G28" s="65">
-        <v>-0.7</v>
+        <v>0.09</v>
       </c>
       <c r="H28" s="73">
         <v>0</v>
       </c>
       <c r="I28" s="68">
         <v>1.58</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="11.1" customHeight="1">
       <c r="A29" s="58" t="s">
         <v>81</v>
       </c>
       <c r="B29" s="25"/>
       <c r="C29" s="25"/>
       <c r="D29" s="25"/>
       <c r="E29" s="25"/>
       <c r="F29" s="25"/>
       <c r="G29" s="25"/>
       <c r="H29" s="25"/>
       <c r="I29" s="27"/>
     </row>
     <row r="30" spans="1:9" ht="12.6" customHeight="1">
       <c r="A30" s="18" t="s">
         <v>82</v>
       </c>
       <c r="B30" s="71">
         <v>0</v>
       </c>
       <c r="C30" s="62">
-        <v>264579</v>
+        <v>268903</v>
       </c>
       <c r="D30" s="71">
         <v>0</v>
       </c>
       <c r="E30" s="62">
-        <v>264509</v>
+        <v>265644</v>
       </c>
       <c r="F30" s="73">
         <v>0</v>
       </c>
       <c r="G30" s="65">
-        <v>0.03</v>
+        <v>1.23</v>
       </c>
       <c r="H30" s="73">
         <v>0</v>
       </c>
       <c r="I30" s="68">
-        <v>1.58</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="11.1" customHeight="1">
       <c r="A31" s="58" t="s">
         <v>83</v>
       </c>
       <c r="B31" s="25"/>
       <c r="C31" s="25"/>
       <c r="D31" s="25"/>
       <c r="E31" s="25"/>
       <c r="F31" s="25"/>
       <c r="G31" s="25"/>
       <c r="H31" s="25"/>
       <c r="I31" s="27"/>
     </row>
     <row r="32" spans="1:9" ht="12.6" customHeight="1">
       <c r="A32" s="18" t="s">
         <v>84</v>
       </c>
       <c r="B32" s="71">
         <v>0</v>
       </c>
       <c r="C32" s="62">
-        <v>122368</v>
+        <v>123620</v>
       </c>
       <c r="D32" s="71">
         <v>0</v>
       </c>
       <c r="E32" s="62">
-        <v>121859</v>
+        <v>122733</v>
       </c>
       <c r="F32" s="73">
         <v>0</v>
       </c>
       <c r="G32" s="65">
-        <v>0.42</v>
+        <v>0.72</v>
       </c>
       <c r="H32" s="73">
         <v>0</v>
       </c>
       <c r="I32" s="68">
         <v>0.73</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="11.1" customHeight="1">
       <c r="A33" s="58" t="s">
         <v>85</v>
       </c>
       <c r="B33" s="25"/>
       <c r="C33" s="25"/>
       <c r="D33" s="25"/>
       <c r="E33" s="25"/>
       <c r="F33" s="25"/>
       <c r="G33" s="25"/>
       <c r="H33" s="25"/>
       <c r="I33" s="27"/>
     </row>
     <row r="34" spans="1:9" ht="12" customHeight="1">
       <c r="A34" s="18" t="s">
         <v>86</v>
       </c>
       <c r="B34" s="62">
         <v>1000</v>
       </c>
       <c r="C34" s="62">
-        <v>36201</v>
+        <v>36605</v>
       </c>
       <c r="D34" s="62">
         <v>1000</v>
       </c>
       <c r="E34" s="62">
-        <v>36007</v>
+        <v>36559</v>
       </c>
       <c r="F34" s="73">
         <v>0</v>
       </c>
       <c r="G34" s="65">
-        <v>0.54</v>
+        <v>0.13</v>
       </c>
       <c r="H34" s="65">
         <v>0.12</v>
       </c>
       <c r="I34" s="68">
         <v>0.22</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="11.1" customHeight="1">
       <c r="A35" s="58" t="s">
         <v>87</v>
       </c>
       <c r="B35" s="25"/>
       <c r="C35" s="25"/>
       <c r="D35" s="25"/>
       <c r="E35" s="25"/>
       <c r="F35" s="25"/>
       <c r="G35" s="25"/>
       <c r="H35" s="25"/>
       <c r="I35" s="27"/>
     </row>
     <row r="36" spans="1:9" ht="12.6" customHeight="1">
       <c r="A36" s="18" t="s">
         <v>88</v>
       </c>
       <c r="B36" s="71">
         <v>0</v>
       </c>
       <c r="C36" s="62">
-        <v>174156</v>
+        <v>174144</v>
       </c>
       <c r="D36" s="71">
         <v>0</v>
       </c>
       <c r="E36" s="62">
-        <v>172523</v>
+        <v>173496</v>
       </c>
       <c r="F36" s="73">
         <v>0</v>
       </c>
       <c r="G36" s="65">
-        <v>0.95</v>
+        <v>0.37</v>
       </c>
       <c r="H36" s="73">
         <v>0</v>
       </c>
       <c r="I36" s="68">
-        <v>1.04</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="75" t="s">
         <v>89</v>
       </c>
       <c r="B37" s="31"/>
       <c r="C37" s="31"/>
       <c r="D37" s="31"/>
       <c r="E37" s="31"/>
       <c r="F37" s="31"/>
       <c r="G37" s="31"/>
       <c r="H37" s="31"/>
       <c r="I37" s="29"/>
     </row>
     <row r="38" spans="1:9" ht="13.5" customHeight="1">
       <c r="A38" s="17" t="s">
         <v>28</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
@@ -4070,56 +4070,56 @@
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
       <c r="I2" s="43"/>
     </row>
     <row r="3" spans="1:9" ht="18.75" customHeight="1">
       <c r="A3" s="36" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="36"/>
       <c r="C3" s="36"/>
       <c r="D3" s="36"/>
       <c r="E3" s="36"/>
       <c r="F3" s="36"/>
       <c r="G3" s="36"/>
       <c r="H3" s="36"/>
       <c r="I3" s="36"/>
     </row>
     <row r="4" spans="1:9" ht="18.75" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="44" t="str">
         <f>'4-3'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="44"/>
       <c r="E4" s="38" t="str">
         <f>'4-3'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="38"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="16" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="11.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="34"/>
       <c r="D5" s="33" t="s">
         <v>2</v>
       </c>
       <c r="E5" s="34"/>
       <c r="F5" s="33" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="34"/>
       <c r="H5" s="33" t="s">
         <v>4</v>
       </c>
@@ -4215,441 +4215,441 @@
       </c>
       <c r="E9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="12.6" customHeight="1">
       <c r="A10" s="46" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="77">
         <v>0</v>
       </c>
       <c r="C10" s="49">
-        <v>172235</v>
+        <v>169029</v>
       </c>
       <c r="D10" s="77">
         <v>0</v>
       </c>
       <c r="E10" s="49">
-        <v>171592</v>
+        <v>168227</v>
       </c>
       <c r="F10" s="79">
         <v>0</v>
       </c>
       <c r="G10" s="52">
-        <v>0.38</v>
+        <v>0.48</v>
       </c>
       <c r="H10" s="79">
         <v>0</v>
       </c>
       <c r="I10" s="55">
-        <v>1.03</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.1" customHeight="1">
       <c r="A11" s="58" t="s">
         <v>90</v>
       </c>
       <c r="B11" s="25"/>
       <c r="C11" s="25"/>
       <c r="D11" s="25"/>
       <c r="E11" s="25"/>
       <c r="F11" s="25"/>
       <c r="G11" s="25"/>
       <c r="H11" s="25"/>
       <c r="I11" s="27"/>
     </row>
     <row r="12" spans="1:9" ht="12.6" customHeight="1">
       <c r="A12" s="18" t="s">
         <v>91</v>
       </c>
       <c r="B12" s="62">
+        <v>1550</v>
+      </c>
+      <c r="C12" s="62">
+        <v>550892</v>
+      </c>
+      <c r="D12" s="62">
         <v>600</v>
       </c>
-      <c r="C12" s="62">
-[...4 lines deleted...]
-      </c>
       <c r="E12" s="62">
-        <v>516325</v>
+        <v>533390</v>
       </c>
       <c r="F12" s="65">
-        <v>-48.94</v>
+        <v>158.33</v>
       </c>
       <c r="G12" s="65">
-        <v>-1.25</v>
+        <v>3.28</v>
       </c>
       <c r="H12" s="65">
-        <v>0.07</v>
+        <v>0.18</v>
       </c>
       <c r="I12" s="68">
-        <v>3.04</v>
+        <v>3.27</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.1" customHeight="1">
       <c r="A13" s="58" t="s">
         <v>92</v>
       </c>
       <c r="B13" s="25"/>
       <c r="C13" s="25"/>
       <c r="D13" s="25"/>
       <c r="E13" s="25"/>
       <c r="F13" s="25"/>
       <c r="G13" s="25"/>
       <c r="H13" s="25"/>
       <c r="I13" s="27"/>
     </row>
     <row r="14" spans="1:9" ht="12.6" customHeight="1">
       <c r="A14" s="18" t="s">
         <v>93</v>
       </c>
       <c r="B14" s="62">
         <v>3000</v>
       </c>
       <c r="C14" s="62">
-        <v>560898</v>
+        <v>520215</v>
       </c>
       <c r="D14" s="62">
         <v>3000</v>
       </c>
       <c r="E14" s="62">
-        <v>529337</v>
+        <v>560909</v>
       </c>
       <c r="F14" s="73">
         <v>0</v>
       </c>
       <c r="G14" s="65">
-        <v>5.96</v>
+        <v>-7.26</v>
       </c>
       <c r="H14" s="65">
-        <v>0.37</v>
+        <v>0.35</v>
       </c>
       <c r="I14" s="68">
-        <v>3.34</v>
+        <v>3.09</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="11.1" customHeight="1">
       <c r="A15" s="58" t="s">
         <v>94</v>
       </c>
       <c r="B15" s="25"/>
       <c r="C15" s="25"/>
       <c r="D15" s="25"/>
       <c r="E15" s="25"/>
       <c r="F15" s="25"/>
       <c r="G15" s="25"/>
       <c r="H15" s="25"/>
       <c r="I15" s="27"/>
     </row>
     <row r="16" spans="1:9" ht="12.6" customHeight="1">
       <c r="A16" s="18" t="s">
         <v>95</v>
       </c>
       <c r="B16" s="71">
         <v>0</v>
       </c>
       <c r="C16" s="62">
-        <v>864846</v>
+        <v>863106</v>
       </c>
       <c r="D16" s="71">
         <v>0</v>
       </c>
       <c r="E16" s="62">
-        <v>863074</v>
+        <v>871098</v>
       </c>
       <c r="F16" s="73">
         <v>0</v>
       </c>
       <c r="G16" s="65">
-        <v>0.21</v>
+        <v>-0.92</v>
       </c>
       <c r="H16" s="73">
         <v>0</v>
       </c>
       <c r="I16" s="68">
-        <v>5.15</v>
+        <v>5.12</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.1" customHeight="1">
       <c r="A17" s="58" t="s">
         <v>96</v>
       </c>
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="25"/>
       <c r="I17" s="27"/>
     </row>
     <row r="18" spans="1:9" ht="12" customHeight="1">
       <c r="A18" s="18" t="s">
         <v>97</v>
       </c>
       <c r="B18" s="71">
         <v>0</v>
       </c>
       <c r="C18" s="62">
-        <v>194808</v>
+        <v>205151</v>
       </c>
       <c r="D18" s="71">
         <v>0</v>
       </c>
       <c r="E18" s="62">
-        <v>200013</v>
+        <v>197929</v>
       </c>
       <c r="F18" s="73">
         <v>0</v>
       </c>
       <c r="G18" s="65">
-        <v>-2.6</v>
+        <v>3.65</v>
       </c>
       <c r="H18" s="73">
         <v>0</v>
       </c>
       <c r="I18" s="68">
-        <v>1.16</v>
+        <v>1.22</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.1" customHeight="1">
       <c r="A19" s="58" t="s">
         <v>98</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="27"/>
     </row>
     <row r="20" spans="1:9" ht="12.6" customHeight="1">
       <c r="A20" s="18" t="s">
         <v>99</v>
       </c>
       <c r="B20" s="71">
         <v>0</v>
       </c>
       <c r="C20" s="62">
-        <v>145742</v>
+        <v>130550</v>
       </c>
       <c r="D20" s="71">
         <v>0</v>
       </c>
       <c r="E20" s="62">
-        <v>156435</v>
+        <v>139870</v>
       </c>
       <c r="F20" s="73">
         <v>0</v>
       </c>
       <c r="G20" s="65">
-        <v>-6.84</v>
+        <v>-6.66</v>
       </c>
       <c r="H20" s="73">
         <v>0</v>
       </c>
       <c r="I20" s="68">
-        <v>0.87</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.1" customHeight="1">
       <c r="A21" s="58" t="s">
         <v>100</v>
       </c>
       <c r="B21" s="25"/>
       <c r="C21" s="25"/>
       <c r="D21" s="25"/>
       <c r="E21" s="25"/>
       <c r="F21" s="25"/>
       <c r="G21" s="25"/>
       <c r="H21" s="25"/>
       <c r="I21" s="27"/>
     </row>
     <row r="22" spans="1:9" ht="12.6" customHeight="1">
       <c r="A22" s="18" t="s">
         <v>101</v>
       </c>
       <c r="B22" s="62">
-        <v>1100</v>
+        <v>2239</v>
       </c>
       <c r="C22" s="62">
-        <v>530989</v>
+        <v>459271</v>
       </c>
       <c r="D22" s="62">
-        <v>2111</v>
+        <v>2686</v>
       </c>
       <c r="E22" s="62">
-        <v>553936</v>
+        <v>500777</v>
       </c>
       <c r="F22" s="65">
-        <v>-47.91</v>
+        <v>-16.64</v>
       </c>
       <c r="G22" s="65">
-        <v>-4.14</v>
+        <v>-8.29</v>
       </c>
       <c r="H22" s="65">
-        <v>0.14</v>
+        <v>0.26</v>
       </c>
       <c r="I22" s="68">
-        <v>3.16</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="11.1" customHeight="1">
       <c r="A23" s="58" t="s">
         <v>102</v>
       </c>
       <c r="B23" s="25"/>
       <c r="C23" s="25"/>
       <c r="D23" s="25"/>
       <c r="E23" s="25"/>
       <c r="F23" s="25"/>
       <c r="G23" s="25"/>
       <c r="H23" s="25"/>
       <c r="I23" s="27"/>
     </row>
     <row r="24" spans="1:9" ht="12.6" customHeight="1">
       <c r="A24" s="18" t="s">
         <v>103</v>
       </c>
       <c r="B24" s="71">
         <v>0</v>
       </c>
       <c r="C24" s="62">
-        <v>103537</v>
+        <v>98929</v>
       </c>
       <c r="D24" s="71">
         <v>0</v>
       </c>
       <c r="E24" s="62">
-        <v>103062</v>
+        <v>102523</v>
       </c>
       <c r="F24" s="73">
         <v>0</v>
       </c>
       <c r="G24" s="65">
-        <v>0.46</v>
+        <v>-3.51</v>
       </c>
       <c r="H24" s="73">
         <v>0</v>
       </c>
       <c r="I24" s="68">
-        <v>0.62</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="11.1" customHeight="1">
       <c r="A25" s="58" t="s">
         <v>104</v>
       </c>
       <c r="B25" s="25"/>
       <c r="C25" s="25"/>
       <c r="D25" s="25"/>
       <c r="E25" s="25"/>
       <c r="F25" s="25"/>
       <c r="G25" s="25"/>
       <c r="H25" s="25"/>
       <c r="I25" s="27"/>
     </row>
     <row r="26" spans="1:9" ht="12" customHeight="1">
       <c r="A26" s="18" t="s">
         <v>105</v>
       </c>
       <c r="B26" s="62">
-        <v>60873</v>
+        <v>54807</v>
       </c>
       <c r="C26" s="62">
-        <v>718338</v>
+        <v>690223</v>
       </c>
       <c r="D26" s="62">
-        <v>61210</v>
+        <v>60807</v>
       </c>
       <c r="E26" s="62">
-        <v>652943</v>
+        <v>724295</v>
       </c>
       <c r="F26" s="65">
-        <v>-0.55</v>
+        <v>-9.87</v>
       </c>
       <c r="G26" s="65">
-        <v>10.02</v>
+        <v>-4.7</v>
       </c>
       <c r="H26" s="65">
-        <v>7.49</v>
+        <v>6.46</v>
       </c>
       <c r="I26" s="68">
-        <v>4.28</v>
+        <v>4.09</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="11.1" customHeight="1">
       <c r="A27" s="58" t="s">
         <v>106</v>
       </c>
       <c r="B27" s="25"/>
       <c r="C27" s="25"/>
       <c r="D27" s="25"/>
       <c r="E27" s="25"/>
       <c r="F27" s="25"/>
       <c r="G27" s="25"/>
       <c r="H27" s="25"/>
       <c r="I27" s="27"/>
     </row>
     <row r="28" spans="1:9" ht="12.6" customHeight="1">
       <c r="A28" s="18" t="s">
         <v>107</v>
       </c>
       <c r="B28" s="71">
         <v>0</v>
       </c>
       <c r="C28" s="62">
-        <v>2688</v>
+        <v>3356</v>
       </c>
       <c r="D28" s="71">
         <v>0</v>
       </c>
       <c r="E28" s="62">
-        <v>2403</v>
+        <v>2744</v>
       </c>
       <c r="F28" s="73">
         <v>0</v>
       </c>
       <c r="G28" s="65">
-        <v>11.86</v>
+        <v>22.31</v>
       </c>
       <c r="H28" s="73">
         <v>0</v>
       </c>
       <c r="I28" s="68">
         <v>0.02</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="11.1" customHeight="1">
       <c r="A29" s="58" t="s">
         <v>108</v>
       </c>
       <c r="B29" s="25"/>
       <c r="C29" s="25"/>
       <c r="D29" s="25"/>
       <c r="E29" s="25"/>
       <c r="F29" s="25"/>
       <c r="G29" s="25"/>
       <c r="H29" s="25"/>
       <c r="I29" s="27"/>
     </row>
     <row r="30" spans="1:9" ht="12.6" customHeight="1">
       <c r="A30" s="18" t="s">
         <v>109</v>
       </c>
@@ -4677,153 +4677,153 @@
       <c r="I30" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="11.1" customHeight="1">
       <c r="A31" s="58" t="s">
         <v>110</v>
       </c>
       <c r="B31" s="25"/>
       <c r="C31" s="25"/>
       <c r="D31" s="25"/>
       <c r="E31" s="25"/>
       <c r="F31" s="25"/>
       <c r="G31" s="25"/>
       <c r="H31" s="25"/>
       <c r="I31" s="27"/>
     </row>
     <row r="32" spans="1:9" ht="12.6" customHeight="1">
       <c r="A32" s="18" t="s">
         <v>111</v>
       </c>
       <c r="B32" s="71">
         <v>0</v>
       </c>
       <c r="C32" s="62">
-        <v>6175</v>
+        <v>5665</v>
       </c>
       <c r="D32" s="71">
         <v>0</v>
       </c>
       <c r="E32" s="62">
-        <v>5866</v>
+        <v>5828</v>
       </c>
       <c r="F32" s="73">
         <v>0</v>
       </c>
       <c r="G32" s="65">
-        <v>5.27</v>
+        <v>-2.79</v>
       </c>
       <c r="H32" s="73">
         <v>0</v>
       </c>
       <c r="I32" s="68">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="11.1" customHeight="1">
       <c r="A33" s="58" t="s">
         <v>112</v>
       </c>
       <c r="B33" s="25"/>
       <c r="C33" s="25"/>
       <c r="D33" s="25"/>
       <c r="E33" s="25"/>
       <c r="F33" s="25"/>
       <c r="G33" s="25"/>
       <c r="H33" s="25"/>
       <c r="I33" s="27"/>
     </row>
     <row r="34" spans="1:9" ht="12" customHeight="1">
       <c r="A34" s="60" t="s">
         <v>113</v>
       </c>
-      <c r="B34" s="63">
+      <c r="B34" s="82">
+        <v>0</v>
+      </c>
+      <c r="C34" s="63">
+        <v>1144235</v>
+      </c>
+      <c r="D34" s="63">
         <v>5900</v>
       </c>
-      <c r="C34" s="63">
-[...4 lines deleted...]
-      </c>
       <c r="E34" s="63">
-        <v>1044959</v>
+        <v>1043009</v>
       </c>
       <c r="F34" s="66">
-        <v>-48.25</v>
+        <v>-100</v>
       </c>
       <c r="G34" s="66">
-        <v>-0.97</v>
-[...2 lines deleted...]
-        <v>0.73</v>
+        <v>9.71</v>
+      </c>
+      <c r="H34" s="83">
+        <v>0</v>
       </c>
       <c r="I34" s="69">
-        <v>6.16</v>
+        <v>6.79</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="11.1" customHeight="1">
       <c r="A35" s="59" t="s">
         <v>114</v>
       </c>
       <c r="B35" s="25"/>
       <c r="C35" s="25"/>
       <c r="D35" s="25"/>
       <c r="E35" s="25"/>
       <c r="F35" s="25"/>
       <c r="G35" s="25"/>
       <c r="H35" s="25"/>
       <c r="I35" s="27"/>
     </row>
     <row r="36" spans="1:9" ht="12.6" customHeight="1">
       <c r="A36" s="60" t="s">
         <v>115</v>
       </c>
       <c r="B36" s="82">
         <v>0</v>
       </c>
       <c r="C36" s="63">
-        <v>148497</v>
+        <v>166683</v>
       </c>
       <c r="D36" s="82">
         <v>0</v>
       </c>
       <c r="E36" s="63">
-        <v>185376</v>
+        <v>152862</v>
       </c>
       <c r="F36" s="83">
         <v>0</v>
       </c>
       <c r="G36" s="66">
-        <v>-19.89</v>
+        <v>9.04</v>
       </c>
       <c r="H36" s="83">
         <v>0</v>
       </c>
       <c r="I36" s="69">
-        <v>0.88</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="84" t="s">
         <v>116</v>
       </c>
       <c r="B37" s="31"/>
       <c r="C37" s="31"/>
       <c r="D37" s="31"/>
       <c r="E37" s="31"/>
       <c r="F37" s="31"/>
       <c r="G37" s="31"/>
       <c r="H37" s="31"/>
       <c r="I37" s="29"/>
     </row>
     <row r="38" spans="1:9" ht="13.5" customHeight="1">
       <c r="A38" s="22" t="s">
         <v>34</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>