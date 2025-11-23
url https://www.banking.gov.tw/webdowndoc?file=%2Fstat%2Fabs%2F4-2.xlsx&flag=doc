--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -300,54 +300,54 @@
         <charset val="136"/>
       </rPr>
       <t>（</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Cont.2 End</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>）</t>
     </r>
   </si>
   <si>
     <t>資料來源：金融機構申報資料。</t>
   </si>
   <si>
-    <t>民國114年 7月</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> July 2025</t>
+    <t>民國114年 9月</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sept. 2025</t>
   </si>
   <si>
     <t>說　　明：本表自102年1月起包含大陸地區銀行在臺分行資料。</t>
   </si>
   <si>
     <t>Note: Beginning Jan. 2013, the data include "Local Branches of Mainland Chinese Banks".</t>
   </si>
   <si>
     <t>說　　明：1.本表不含催收款。</t>
   </si>
   <si>
     <t>　　　　　2.#係金融控股公司之子公司。</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>本國銀行</t>
   </si>
   <si>
     <t>Domestic Banks</t>
   </si>
   <si>
     <t>臺灣銀行　　　　　　#</t>
   </si>
@@ -2170,563 +2170,563 @@
       </c>
     </row>
     <row r="8" spans="1:8" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="11"/>
       <c r="C8" s="11"/>
       <c r="D8" s="16" t="s">
         <v>19</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="17" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="16"/>
       <c r="H8" s="18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="47" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="50">
-        <v>44513948</v>
+        <v>45436848</v>
       </c>
       <c r="C9" s="50">
-        <v>44258967</v>
+        <v>45162165</v>
       </c>
       <c r="D9" s="50">
-        <v>41909739</v>
+        <v>42742142</v>
       </c>
       <c r="E9" s="53">
-        <v>0.58</v>
+        <v>0.61</v>
       </c>
       <c r="F9" s="53">
-        <v>6.21</v>
+        <v>6.3</v>
       </c>
       <c r="G9" s="53">
         <v>100</v>
       </c>
       <c r="H9" s="56">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="59" t="s">
         <v>41</v>
       </c>
       <c r="B10" s="37"/>
       <c r="C10" s="37"/>
       <c r="D10" s="37"/>
       <c r="E10" s="37"/>
       <c r="F10" s="37"/>
       <c r="G10" s="37"/>
       <c r="H10" s="40"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="60" t="s">
         <v>42</v>
       </c>
       <c r="B11" s="63">
-        <v>43172009</v>
+        <v>43985431</v>
       </c>
       <c r="C11" s="63">
-        <v>42846216</v>
+        <v>43776793</v>
       </c>
       <c r="D11" s="63">
-        <v>40541469</v>
+        <v>41278222</v>
       </c>
       <c r="E11" s="66">
-        <v>0.76</v>
+        <v>0.48</v>
       </c>
       <c r="F11" s="66">
-        <v>6.49</v>
+        <v>6.56</v>
       </c>
       <c r="G11" s="66">
-        <v>96.99</v>
+        <v>96.81</v>
       </c>
       <c r="H11" s="69">
-        <v>96.74</v>
+        <v>96.57</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="59" t="s">
         <v>43</v>
       </c>
       <c r="B12" s="37"/>
       <c r="C12" s="37"/>
       <c r="D12" s="37"/>
       <c r="E12" s="37"/>
       <c r="F12" s="37"/>
       <c r="G12" s="37"/>
       <c r="H12" s="40"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>44</v>
       </c>
       <c r="B13" s="62">
-        <v>3412531</v>
+        <v>3431103</v>
       </c>
       <c r="C13" s="62">
-        <v>3481029</v>
+        <v>3427194</v>
       </c>
       <c r="D13" s="62">
-        <v>3202581</v>
+        <v>3300311</v>
       </c>
       <c r="E13" s="65">
-        <v>-1.97</v>
+        <v>0.11</v>
       </c>
       <c r="F13" s="65">
-        <v>6.56</v>
+        <v>3.96</v>
       </c>
       <c r="G13" s="65">
-        <v>7.67</v>
+        <v>7.55</v>
       </c>
       <c r="H13" s="68">
-        <v>7.64</v>
+        <v>7.72</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="58" t="s">
         <v>45</v>
       </c>
       <c r="B14" s="37"/>
       <c r="C14" s="37"/>
       <c r="D14" s="37"/>
       <c r="E14" s="37"/>
       <c r="F14" s="37"/>
       <c r="G14" s="37"/>
       <c r="H14" s="40"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="22" t="s">
         <v>46</v>
       </c>
       <c r="B15" s="62">
-        <v>2475362</v>
+        <v>2501521</v>
       </c>
       <c r="C15" s="62">
-        <v>2451051</v>
+        <v>2489642</v>
       </c>
       <c r="D15" s="62">
-        <v>2312240</v>
+        <v>2338222</v>
       </c>
       <c r="E15" s="65">
-        <v>0.99</v>
+        <v>0.48</v>
       </c>
       <c r="F15" s="65">
-        <v>7.05</v>
+        <v>6.98</v>
       </c>
       <c r="G15" s="65">
-        <v>5.56</v>
+        <v>5.51</v>
       </c>
       <c r="H15" s="68">
-        <v>5.52</v>
+        <v>5.47</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="58" t="s">
         <v>47</v>
       </c>
       <c r="B16" s="37"/>
       <c r="C16" s="37"/>
       <c r="D16" s="37"/>
       <c r="E16" s="37"/>
       <c r="F16" s="37"/>
       <c r="G16" s="37"/>
       <c r="H16" s="40"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="22" t="s">
         <v>48</v>
       </c>
       <c r="B17" s="62">
-        <v>3077584</v>
+        <v>3145051</v>
       </c>
       <c r="C17" s="62">
-        <v>3038929</v>
+        <v>3122276</v>
       </c>
       <c r="D17" s="62">
-        <v>2910773</v>
+        <v>3002804</v>
       </c>
       <c r="E17" s="65">
-        <v>1.27</v>
+        <v>0.73</v>
       </c>
       <c r="F17" s="65">
-        <v>5.73</v>
+        <v>4.74</v>
       </c>
       <c r="G17" s="65">
-        <v>6.91</v>
+        <v>6.92</v>
       </c>
       <c r="H17" s="68">
-        <v>6.95</v>
+        <v>7.03</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="58" t="s">
         <v>49</v>
       </c>
       <c r="B18" s="37"/>
       <c r="C18" s="37"/>
       <c r="D18" s="37"/>
       <c r="E18" s="37"/>
       <c r="F18" s="37"/>
       <c r="G18" s="37"/>
       <c r="H18" s="40"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="22" t="s">
         <v>50</v>
       </c>
       <c r="B19" s="62">
-        <v>2661291</v>
+        <v>2725063</v>
       </c>
       <c r="C19" s="62">
-        <v>2637693</v>
+        <v>2704153</v>
       </c>
       <c r="D19" s="62">
-        <v>2539304</v>
+        <v>2564107</v>
       </c>
       <c r="E19" s="65">
-        <v>0.89</v>
+        <v>0.77</v>
       </c>
       <c r="F19" s="65">
-        <v>4.8</v>
+        <v>6.28</v>
       </c>
       <c r="G19" s="65">
-        <v>5.98</v>
+        <v>6</v>
       </c>
       <c r="H19" s="68">
-        <v>6.06</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="58" t="s">
         <v>51</v>
       </c>
       <c r="B20" s="37"/>
       <c r="C20" s="37"/>
       <c r="D20" s="37"/>
       <c r="E20" s="37"/>
       <c r="F20" s="37"/>
       <c r="G20" s="37"/>
       <c r="H20" s="40"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="22" t="s">
         <v>52</v>
       </c>
       <c r="B21" s="62">
-        <v>2372050</v>
+        <v>2388629</v>
       </c>
       <c r="C21" s="62">
-        <v>2359915</v>
+        <v>2370740</v>
       </c>
       <c r="D21" s="62">
-        <v>2419215</v>
+        <v>2416255</v>
       </c>
       <c r="E21" s="65">
-        <v>0.51</v>
+        <v>0.75</v>
       </c>
       <c r="F21" s="65">
-        <v>-1.95</v>
+        <v>-1.14</v>
       </c>
       <c r="G21" s="65">
-        <v>5.33</v>
+        <v>5.26</v>
       </c>
       <c r="H21" s="68">
-        <v>5.77</v>
+        <v>5.65</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="58" t="s">
         <v>53</v>
       </c>
       <c r="B22" s="37"/>
       <c r="C22" s="37"/>
       <c r="D22" s="37"/>
       <c r="E22" s="37"/>
       <c r="F22" s="37"/>
       <c r="G22" s="37"/>
       <c r="H22" s="40"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="22" t="s">
         <v>54</v>
       </c>
       <c r="B23" s="62">
-        <v>1999337</v>
+        <v>2031086</v>
       </c>
       <c r="C23" s="62">
-        <v>1980999</v>
+        <v>2032363</v>
       </c>
       <c r="D23" s="62">
-        <v>1920249</v>
+        <v>1960795</v>
       </c>
       <c r="E23" s="65">
-        <v>0.93</v>
+        <v>-0.06</v>
       </c>
       <c r="F23" s="65">
-        <v>4.12</v>
+        <v>3.58</v>
       </c>
       <c r="G23" s="65">
-        <v>4.49</v>
+        <v>4.47</v>
       </c>
       <c r="H23" s="68">
-        <v>4.58</v>
+        <v>4.59</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="58" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="37"/>
       <c r="C24" s="37"/>
       <c r="D24" s="37"/>
       <c r="E24" s="37"/>
       <c r="F24" s="37"/>
       <c r="G24" s="37"/>
       <c r="H24" s="40"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="22" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="62">
-        <v>883874</v>
+        <v>886950</v>
       </c>
       <c r="C25" s="62">
-        <v>887617</v>
+        <v>886169</v>
       </c>
       <c r="D25" s="62">
-        <v>880930</v>
+        <v>889063</v>
       </c>
       <c r="E25" s="65">
-        <v>-0.42</v>
+        <v>0.09</v>
       </c>
       <c r="F25" s="65">
-        <v>0.33</v>
+        <v>-0.24</v>
       </c>
       <c r="G25" s="65">
-        <v>1.99</v>
+        <v>1.95</v>
       </c>
       <c r="H25" s="68">
-        <v>2.1</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="58" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="37"/>
       <c r="C26" s="37"/>
       <c r="D26" s="37"/>
       <c r="E26" s="37"/>
       <c r="F26" s="37"/>
       <c r="G26" s="37"/>
       <c r="H26" s="40"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="22" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="62">
-        <v>2375413</v>
+        <v>2466308</v>
       </c>
       <c r="C27" s="62">
-        <v>2342259</v>
+        <v>2451106</v>
       </c>
       <c r="D27" s="62">
-        <v>2175665</v>
+        <v>2210320</v>
       </c>
       <c r="E27" s="65">
-        <v>1.42</v>
+        <v>0.62</v>
       </c>
       <c r="F27" s="65">
-        <v>9.18</v>
+        <v>11.58</v>
       </c>
       <c r="G27" s="65">
-        <v>5.34</v>
+        <v>5.43</v>
       </c>
       <c r="H27" s="68">
-        <v>5.19</v>
+        <v>5.17</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="58" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="37"/>
       <c r="C28" s="37"/>
       <c r="D28" s="37"/>
       <c r="E28" s="37"/>
       <c r="F28" s="37"/>
       <c r="G28" s="37"/>
       <c r="H28" s="40"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="22" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="62">
-        <v>2684229</v>
+        <v>2719761</v>
       </c>
       <c r="C29" s="62">
-        <v>2673915</v>
+        <v>2701745</v>
       </c>
       <c r="D29" s="62">
-        <v>2444847</v>
+        <v>2501021</v>
       </c>
       <c r="E29" s="65">
-        <v>0.39</v>
+        <v>0.67</v>
       </c>
       <c r="F29" s="65">
-        <v>9.79</v>
+        <v>8.75</v>
       </c>
       <c r="G29" s="65">
-        <v>6.03</v>
+        <v>5.99</v>
       </c>
       <c r="H29" s="68">
-        <v>5.83</v>
+        <v>5.85</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="58" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="37"/>
       <c r="C30" s="37"/>
       <c r="D30" s="37"/>
       <c r="E30" s="37"/>
       <c r="F30" s="37"/>
       <c r="G30" s="37"/>
       <c r="H30" s="40"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="22" t="s">
         <v>62</v>
       </c>
       <c r="B31" s="62">
-        <v>212727</v>
+        <v>217707</v>
       </c>
       <c r="C31" s="62">
-        <v>208321</v>
+        <v>216259</v>
       </c>
       <c r="D31" s="62">
-        <v>199395</v>
+        <v>197207</v>
       </c>
       <c r="E31" s="65">
-        <v>2.11</v>
+        <v>0.67</v>
       </c>
       <c r="F31" s="65">
-        <v>6.69</v>
+        <v>10.4</v>
       </c>
       <c r="G31" s="65">
         <v>0.48</v>
       </c>
       <c r="H31" s="68">
-        <v>0.48</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="58" t="s">
         <v>63</v>
       </c>
       <c r="B32" s="37"/>
       <c r="C32" s="37"/>
       <c r="D32" s="37"/>
       <c r="E32" s="37"/>
       <c r="F32" s="37"/>
       <c r="G32" s="37"/>
       <c r="H32" s="40"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="22" t="s">
         <v>64</v>
       </c>
       <c r="B33" s="62">
-        <v>228753</v>
+        <v>229343</v>
       </c>
       <c r="C33" s="62">
-        <v>227221</v>
+        <v>229081</v>
       </c>
       <c r="D33" s="62">
-        <v>214495</v>
+        <v>218442</v>
       </c>
       <c r="E33" s="65">
-        <v>0.67</v>
+        <v>0.11</v>
       </c>
       <c r="F33" s="65">
-        <v>6.65</v>
+        <v>4.99</v>
       </c>
       <c r="G33" s="65">
-        <v>0.51</v>
+        <v>0.5</v>
       </c>
       <c r="H33" s="68">
         <v>0.51</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="58" t="s">
         <v>65</v>
       </c>
       <c r="B34" s="37"/>
       <c r="C34" s="37"/>
       <c r="D34" s="37"/>
       <c r="E34" s="37"/>
       <c r="F34" s="37"/>
       <c r="G34" s="37"/>
       <c r="H34" s="40"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="22" t="s">
         <v>66</v>
       </c>
       <c r="B35" s="62">
-        <v>2313089</v>
+        <v>2357101</v>
       </c>
       <c r="C35" s="62">
-        <v>2274080</v>
+        <v>2355513</v>
       </c>
       <c r="D35" s="62">
-        <v>2237411</v>
+        <v>2247858</v>
       </c>
       <c r="E35" s="65">
-        <v>1.72</v>
+        <v>0.07</v>
       </c>
       <c r="F35" s="65">
-        <v>3.38</v>
+        <v>4.86</v>
       </c>
       <c r="G35" s="65">
-        <v>5.2</v>
+        <v>5.19</v>
       </c>
       <c r="H35" s="68">
-        <v>5.34</v>
+        <v>5.26</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="71" t="s">
         <v>67</v>
       </c>
       <c r="B36" s="35"/>
       <c r="C36" s="35"/>
       <c r="D36" s="35"/>
       <c r="E36" s="35"/>
       <c r="F36" s="35"/>
       <c r="G36" s="35"/>
       <c r="H36" s="42"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
@@ -2898,56 +2898,56 @@
       </c>
       <c r="B2" s="43"/>
       <c r="C2" s="43"/>
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1">
       <c r="A3" s="32" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="32"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="32"/>
       <c r="F3" s="32"/>
       <c r="G3" s="32"/>
       <c r="H3" s="32"/>
     </row>
     <row r="4" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="38" t="str">
         <f>'4-2'!B4:C4</f>
-        <v>民國114年 7月</v>
+        <v>民國114年 9月</v>
       </c>
       <c r="C4" s="38"/>
       <c r="D4" s="33" t="str">
         <f>'4-2'!D4:F4</f>
-        <v> July 2025</v>
+        <v> Sept. 2025</v>
       </c>
       <c r="E4" s="33"/>
       <c r="F4" s="26"/>
       <c r="G4" s="4"/>
       <c r="H4" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>1</v>
       </c>
@@ -3003,563 +3003,563 @@
       </c>
     </row>
     <row r="8" spans="1:8" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="11"/>
       <c r="C8" s="11"/>
       <c r="D8" s="16" t="s">
         <v>19</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="17" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="16"/>
       <c r="H8" s="18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="46" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="49">
-        <v>66030</v>
+        <v>68390</v>
       </c>
       <c r="C9" s="49">
-        <v>68896</v>
+        <v>68134</v>
       </c>
       <c r="D9" s="49">
-        <v>81255</v>
+        <v>80633</v>
       </c>
       <c r="E9" s="52">
-        <v>-4.16</v>
+        <v>0.38</v>
       </c>
       <c r="F9" s="52">
-        <v>-18.74</v>
+        <v>-15.18</v>
       </c>
       <c r="G9" s="52">
         <v>0.15</v>
       </c>
       <c r="H9" s="55">
         <v>0.19</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="58" t="s">
         <v>68</v>
       </c>
       <c r="B10" s="37"/>
       <c r="C10" s="37"/>
       <c r="D10" s="37"/>
       <c r="E10" s="37"/>
       <c r="F10" s="37"/>
       <c r="G10" s="37"/>
       <c r="H10" s="40"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="22" t="s">
         <v>69</v>
       </c>
       <c r="B11" s="62">
-        <v>231751</v>
+        <v>235505</v>
       </c>
       <c r="C11" s="62">
-        <v>231661</v>
+        <v>235284</v>
       </c>
       <c r="D11" s="62">
-        <v>222452</v>
+        <v>224682</v>
       </c>
       <c r="E11" s="65">
-        <v>0.04</v>
+        <v>0.09</v>
       </c>
       <c r="F11" s="65">
-        <v>4.18</v>
+        <v>4.82</v>
       </c>
       <c r="G11" s="65">
         <v>0.52</v>
       </c>
       <c r="H11" s="68">
         <v>0.53</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="58" t="s">
         <v>70</v>
       </c>
       <c r="B12" s="37"/>
       <c r="C12" s="37"/>
       <c r="D12" s="37"/>
       <c r="E12" s="37"/>
       <c r="F12" s="37"/>
       <c r="G12" s="37"/>
       <c r="H12" s="40"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>71</v>
       </c>
       <c r="B13" s="62">
-        <v>1657225</v>
+        <v>1672305</v>
       </c>
       <c r="C13" s="62">
-        <v>1651049</v>
+        <v>1669188</v>
       </c>
       <c r="D13" s="62">
-        <v>1565057</v>
+        <v>1584583</v>
       </c>
       <c r="E13" s="65">
-        <v>0.37</v>
+        <v>0.19</v>
       </c>
       <c r="F13" s="65">
-        <v>5.89</v>
+        <v>5.54</v>
       </c>
       <c r="G13" s="65">
-        <v>3.72</v>
+        <v>3.68</v>
       </c>
       <c r="H13" s="68">
-        <v>3.73</v>
+        <v>3.71</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="58" t="s">
         <v>72</v>
       </c>
       <c r="B14" s="37"/>
       <c r="C14" s="37"/>
       <c r="D14" s="37"/>
       <c r="E14" s="37"/>
       <c r="F14" s="37"/>
       <c r="G14" s="37"/>
       <c r="H14" s="40"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="22" t="s">
         <v>73</v>
       </c>
       <c r="B15" s="62">
-        <v>330300</v>
+        <v>330226</v>
       </c>
       <c r="C15" s="62">
-        <v>326034</v>
+        <v>331885</v>
       </c>
       <c r="D15" s="62">
-        <v>309690</v>
+        <v>315641</v>
       </c>
       <c r="E15" s="65">
-        <v>1.31</v>
+        <v>-0.5</v>
       </c>
       <c r="F15" s="65">
-        <v>6.66</v>
+        <v>4.62</v>
       </c>
       <c r="G15" s="65">
-        <v>0.74</v>
+        <v>0.73</v>
       </c>
       <c r="H15" s="68">
         <v>0.74</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="58" t="s">
         <v>74</v>
       </c>
       <c r="B16" s="37"/>
       <c r="C16" s="37"/>
       <c r="D16" s="37"/>
       <c r="E16" s="37"/>
       <c r="F16" s="37"/>
       <c r="G16" s="37"/>
       <c r="H16" s="40"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="22" t="s">
         <v>75</v>
       </c>
       <c r="B17" s="62">
-        <v>635281</v>
+        <v>634568</v>
       </c>
       <c r="C17" s="62">
-        <v>631827</v>
+        <v>636278</v>
       </c>
       <c r="D17" s="62">
-        <v>574540</v>
+        <v>582267</v>
       </c>
       <c r="E17" s="65">
-        <v>0.55</v>
+        <v>-0.27</v>
       </c>
       <c r="F17" s="65">
-        <v>10.57</v>
+        <v>8.98</v>
       </c>
       <c r="G17" s="65">
-        <v>1.43</v>
+        <v>1.4</v>
       </c>
       <c r="H17" s="68">
-        <v>1.37</v>
+        <v>1.36</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="58" t="s">
         <v>76</v>
       </c>
       <c r="B18" s="37"/>
       <c r="C18" s="37"/>
       <c r="D18" s="37"/>
       <c r="E18" s="37"/>
       <c r="F18" s="37"/>
       <c r="G18" s="37"/>
       <c r="H18" s="40"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="22" t="s">
         <v>77</v>
       </c>
       <c r="B19" s="62">
-        <v>226470</v>
+        <v>225552</v>
       </c>
       <c r="C19" s="62">
-        <v>226514</v>
+        <v>225369</v>
       </c>
       <c r="D19" s="62">
-        <v>226655</v>
+        <v>226387</v>
       </c>
       <c r="E19" s="65">
-        <v>-0.02</v>
+        <v>0.08</v>
       </c>
       <c r="F19" s="65">
-        <v>-0.08</v>
+        <v>-0.37</v>
       </c>
       <c r="G19" s="65">
-        <v>0.51</v>
+        <v>0.5</v>
       </c>
       <c r="H19" s="68">
-        <v>0.54</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="58" t="s">
         <v>78</v>
       </c>
       <c r="B20" s="37"/>
       <c r="C20" s="37"/>
       <c r="D20" s="37"/>
       <c r="E20" s="37"/>
       <c r="F20" s="37"/>
       <c r="G20" s="37"/>
       <c r="H20" s="40"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="22" t="s">
         <v>79</v>
       </c>
       <c r="B21" s="62">
-        <v>338161</v>
+        <v>332866</v>
       </c>
       <c r="C21" s="62">
-        <v>338069</v>
+        <v>336827</v>
       </c>
       <c r="D21" s="62">
-        <v>314594</v>
+        <v>329318</v>
       </c>
       <c r="E21" s="65">
-        <v>0.03</v>
+        <v>-1.18</v>
       </c>
       <c r="F21" s="65">
-        <v>7.49</v>
+        <v>1.08</v>
       </c>
       <c r="G21" s="65">
-        <v>0.76</v>
+        <v>0.73</v>
       </c>
       <c r="H21" s="68">
-        <v>0.75</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="58" t="s">
         <v>80</v>
       </c>
       <c r="B22" s="37"/>
       <c r="C22" s="37"/>
       <c r="D22" s="37"/>
       <c r="E22" s="37"/>
       <c r="F22" s="37"/>
       <c r="G22" s="37"/>
       <c r="H22" s="40"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="22" t="s">
         <v>81</v>
       </c>
       <c r="B23" s="62">
-        <v>61231</v>
+        <v>61705</v>
       </c>
       <c r="C23" s="62">
-        <v>60597</v>
+        <v>61782</v>
       </c>
       <c r="D23" s="62">
-        <v>56167</v>
+        <v>56478</v>
       </c>
       <c r="E23" s="65">
-        <v>1.05</v>
+        <v>-0.12</v>
       </c>
       <c r="F23" s="65">
-        <v>9.02</v>
+        <v>9.26</v>
       </c>
       <c r="G23" s="65">
         <v>0.14</v>
       </c>
       <c r="H23" s="68">
         <v>0.13</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="58" t="s">
         <v>82</v>
       </c>
       <c r="B24" s="37"/>
       <c r="C24" s="37"/>
       <c r="D24" s="37"/>
       <c r="E24" s="37"/>
       <c r="F24" s="37"/>
       <c r="G24" s="37"/>
       <c r="H24" s="40"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="22" t="s">
         <v>83</v>
       </c>
       <c r="B25" s="62">
-        <v>182885</v>
+        <v>186782</v>
       </c>
       <c r="C25" s="62">
-        <v>181981</v>
+        <v>185042</v>
       </c>
       <c r="D25" s="62">
-        <v>160742</v>
+        <v>161944</v>
       </c>
       <c r="E25" s="65">
-        <v>0.5</v>
+        <v>0.94</v>
       </c>
       <c r="F25" s="65">
-        <v>13.78</v>
+        <v>15.34</v>
       </c>
       <c r="G25" s="65">
         <v>0.41</v>
       </c>
       <c r="H25" s="68">
         <v>0.38</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="58" t="s">
         <v>84</v>
       </c>
       <c r="B26" s="37"/>
       <c r="C26" s="37"/>
       <c r="D26" s="37"/>
       <c r="E26" s="37"/>
       <c r="F26" s="37"/>
       <c r="G26" s="37"/>
       <c r="H26" s="40"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="22" t="s">
         <v>85</v>
       </c>
       <c r="B27" s="62">
-        <v>874848</v>
+        <v>890236</v>
       </c>
       <c r="C27" s="62">
-        <v>868984</v>
+        <v>883252</v>
       </c>
       <c r="D27" s="62">
-        <v>832735</v>
+        <v>845155</v>
       </c>
       <c r="E27" s="65">
-        <v>0.67</v>
+        <v>0.79</v>
       </c>
       <c r="F27" s="65">
-        <v>5.06</v>
+        <v>5.33</v>
       </c>
       <c r="G27" s="65">
-        <v>1.97</v>
+        <v>1.96</v>
       </c>
       <c r="H27" s="68">
-        <v>1.99</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="58" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="37"/>
       <c r="C28" s="37"/>
       <c r="D28" s="37"/>
       <c r="E28" s="37"/>
       <c r="F28" s="37"/>
       <c r="G28" s="37"/>
       <c r="H28" s="40"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="22" t="s">
         <v>87</v>
       </c>
       <c r="B29" s="62">
-        <v>516626</v>
+        <v>521727</v>
       </c>
       <c r="C29" s="62">
-        <v>513444</v>
+        <v>518992</v>
       </c>
       <c r="D29" s="62">
-        <v>489016</v>
+        <v>495258</v>
       </c>
       <c r="E29" s="65">
-        <v>0.62</v>
+        <v>0.53</v>
       </c>
       <c r="F29" s="65">
-        <v>5.65</v>
+        <v>5.34</v>
       </c>
       <c r="G29" s="65">
+        <v>1.15</v>
+      </c>
+      <c r="H29" s="68">
         <v>1.16</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.17</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="58" t="s">
         <v>88</v>
       </c>
       <c r="B30" s="37"/>
       <c r="C30" s="37"/>
       <c r="D30" s="37"/>
       <c r="E30" s="37"/>
       <c r="F30" s="37"/>
       <c r="G30" s="37"/>
       <c r="H30" s="40"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="22" t="s">
         <v>89</v>
       </c>
       <c r="B31" s="62">
-        <v>220330</v>
+        <v>226192</v>
       </c>
       <c r="C31" s="62">
-        <v>216861</v>
+        <v>225962</v>
       </c>
       <c r="D31" s="62">
-        <v>213607</v>
+        <v>213638</v>
       </c>
       <c r="E31" s="65">
-        <v>1.6</v>
+        <v>0.1</v>
       </c>
       <c r="F31" s="65">
-        <v>3.15</v>
+        <v>5.88</v>
       </c>
       <c r="G31" s="65">
-        <v>0.49</v>
+        <v>0.5</v>
       </c>
       <c r="H31" s="68">
-        <v>0.51</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="58" t="s">
         <v>90</v>
       </c>
       <c r="B32" s="37"/>
       <c r="C32" s="37"/>
       <c r="D32" s="37"/>
       <c r="E32" s="37"/>
       <c r="F32" s="37"/>
       <c r="G32" s="37"/>
       <c r="H32" s="40"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="22" t="s">
         <v>91</v>
       </c>
       <c r="B33" s="62">
-        <v>153515</v>
+        <v>152482</v>
       </c>
       <c r="C33" s="62">
-        <v>148787</v>
+        <v>152340</v>
       </c>
       <c r="D33" s="62">
-        <v>138941</v>
+        <v>139710</v>
       </c>
       <c r="E33" s="65">
-        <v>3.18</v>
+        <v>0.09</v>
       </c>
       <c r="F33" s="65">
-        <v>10.49</v>
+        <v>9.14</v>
       </c>
       <c r="G33" s="65">
         <v>0.34</v>
       </c>
       <c r="H33" s="68">
         <v>0.33</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="58" t="s">
         <v>92</v>
       </c>
       <c r="B34" s="37"/>
       <c r="C34" s="37"/>
       <c r="D34" s="37"/>
       <c r="E34" s="37"/>
       <c r="F34" s="37"/>
       <c r="G34" s="37"/>
       <c r="H34" s="40"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="22" t="s">
         <v>93</v>
       </c>
       <c r="B35" s="62">
-        <v>625172</v>
+        <v>631955</v>
       </c>
       <c r="C35" s="62">
-        <v>621349</v>
+        <v>631544</v>
       </c>
       <c r="D35" s="62">
-        <v>593751</v>
+        <v>603261</v>
       </c>
       <c r="E35" s="65">
-        <v>0.62</v>
+        <v>0.07</v>
       </c>
       <c r="F35" s="65">
-        <v>5.29</v>
+        <v>4.76</v>
       </c>
       <c r="G35" s="65">
-        <v>1.4</v>
+        <v>1.39</v>
       </c>
       <c r="H35" s="68">
-        <v>1.42</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="71" t="s">
         <v>94</v>
       </c>
       <c r="B36" s="35"/>
       <c r="C36" s="35"/>
       <c r="D36" s="35"/>
       <c r="E36" s="35"/>
       <c r="F36" s="35"/>
       <c r="G36" s="35"/>
       <c r="H36" s="42"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="19" t="s">
         <v>30</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
@@ -3726,56 +3726,56 @@
       </c>
       <c r="B2" s="43"/>
       <c r="C2" s="43"/>
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1">
       <c r="A3" s="32" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="32"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="32"/>
       <c r="F3" s="32"/>
       <c r="G3" s="32"/>
       <c r="H3" s="32"/>
     </row>
     <row r="4" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="38" t="str">
         <f>'4-2'!B4:C4</f>
-        <v>民國114年 7月</v>
+        <v>民國114年 9月</v>
       </c>
       <c r="C4" s="38"/>
       <c r="D4" s="33" t="str">
         <f>'4-2'!D4:F4</f>
-        <v> July 2025</v>
+        <v> Sept. 2025</v>
       </c>
       <c r="E4" s="33"/>
       <c r="F4" s="26"/>
       <c r="G4" s="4"/>
       <c r="H4" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>1</v>
       </c>
@@ -3831,563 +3831,563 @@
       </c>
     </row>
     <row r="8" spans="1:8" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="11"/>
       <c r="C8" s="11"/>
       <c r="D8" s="16" t="s">
         <v>19</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="17" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="16"/>
       <c r="H8" s="18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="46" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="49">
-        <v>504488</v>
+        <v>508327</v>
       </c>
       <c r="C9" s="49">
-        <v>500068</v>
+        <v>510553</v>
       </c>
       <c r="D9" s="49">
-        <v>491097</v>
+        <v>494467</v>
       </c>
       <c r="E9" s="52">
-        <v>0.88</v>
+        <v>-0.44</v>
       </c>
       <c r="F9" s="74">
-        <v>2.73</v>
+        <v>2.8</v>
       </c>
       <c r="G9" s="52">
-        <v>1.13</v>
+        <v>1.12</v>
       </c>
       <c r="H9" s="55">
-        <v>1.17</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="58" t="s">
         <v>95</v>
       </c>
       <c r="B10" s="37"/>
       <c r="C10" s="37"/>
       <c r="D10" s="37"/>
       <c r="E10" s="37"/>
       <c r="F10" s="37"/>
       <c r="G10" s="37"/>
       <c r="H10" s="40"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="22" t="s">
         <v>96</v>
       </c>
       <c r="B11" s="62">
-        <v>1337889</v>
+        <v>1391667</v>
       </c>
       <c r="C11" s="62">
-        <v>1293299</v>
+        <v>1371338</v>
       </c>
       <c r="D11" s="62">
-        <v>1161958</v>
+        <v>1220221</v>
       </c>
       <c r="E11" s="65">
-        <v>3.45</v>
+        <v>1.48</v>
       </c>
       <c r="F11" s="76">
-        <v>15.14</v>
+        <v>14.05</v>
       </c>
       <c r="G11" s="65">
-        <v>3.01</v>
+        <v>3.06</v>
       </c>
       <c r="H11" s="68">
-        <v>2.77</v>
+        <v>2.85</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="58" t="s">
         <v>97</v>
       </c>
       <c r="B12" s="37"/>
       <c r="C12" s="37"/>
       <c r="D12" s="37"/>
       <c r="E12" s="37"/>
       <c r="F12" s="37"/>
       <c r="G12" s="37"/>
       <c r="H12" s="40"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>98</v>
       </c>
       <c r="B13" s="62">
-        <v>1627780</v>
+        <v>1651752</v>
       </c>
       <c r="C13" s="62">
-        <v>1621762</v>
+        <v>1660450</v>
       </c>
       <c r="D13" s="62">
-        <v>1539241</v>
+        <v>1587224</v>
       </c>
       <c r="E13" s="65">
-        <v>0.37</v>
+        <v>-0.52</v>
       </c>
       <c r="F13" s="76">
-        <v>5.75</v>
+        <v>4.07</v>
       </c>
       <c r="G13" s="65">
-        <v>3.66</v>
+        <v>3.64</v>
       </c>
       <c r="H13" s="68">
-        <v>3.67</v>
+        <v>3.71</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="58" t="s">
         <v>99</v>
       </c>
       <c r="B14" s="37"/>
       <c r="C14" s="37"/>
       <c r="D14" s="37"/>
       <c r="E14" s="37"/>
       <c r="F14" s="37"/>
       <c r="G14" s="37"/>
       <c r="H14" s="40"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="22" t="s">
         <v>100</v>
       </c>
       <c r="B15" s="62">
-        <v>2390697</v>
+        <v>2469023</v>
       </c>
       <c r="C15" s="62">
-        <v>2333955</v>
+        <v>2432757</v>
       </c>
       <c r="D15" s="62">
-        <v>2216186</v>
+        <v>2246980</v>
       </c>
       <c r="E15" s="65">
-        <v>2.43</v>
+        <v>1.49</v>
       </c>
       <c r="F15" s="76">
-        <v>7.87</v>
+        <v>9.88</v>
       </c>
       <c r="G15" s="65">
-        <v>5.37</v>
+        <v>5.43</v>
       </c>
       <c r="H15" s="68">
-        <v>5.29</v>
+        <v>5.26</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="58" t="s">
         <v>101</v>
       </c>
       <c r="B16" s="37"/>
       <c r="C16" s="37"/>
       <c r="D16" s="37"/>
       <c r="E16" s="37"/>
       <c r="F16" s="37"/>
       <c r="G16" s="37"/>
       <c r="H16" s="40"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="22" t="s">
         <v>102</v>
       </c>
       <c r="B17" s="62">
-        <v>508669</v>
+        <v>516675</v>
       </c>
       <c r="C17" s="62">
-        <v>504691</v>
+        <v>515808</v>
       </c>
       <c r="D17" s="62">
-        <v>446594</v>
+        <v>451978</v>
       </c>
       <c r="E17" s="65">
-        <v>0.79</v>
+        <v>0.17</v>
       </c>
       <c r="F17" s="76">
-        <v>13.9</v>
+        <v>14.31</v>
       </c>
       <c r="G17" s="65">
         <v>1.14</v>
       </c>
       <c r="H17" s="68">
-        <v>1.07</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="58" t="s">
         <v>103</v>
       </c>
       <c r="B18" s="37"/>
       <c r="C18" s="37"/>
       <c r="D18" s="37"/>
       <c r="E18" s="37"/>
       <c r="F18" s="37"/>
       <c r="G18" s="37"/>
       <c r="H18" s="40"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="22" t="s">
         <v>104</v>
       </c>
       <c r="B19" s="62">
-        <v>548774</v>
+        <v>551236</v>
       </c>
       <c r="C19" s="62">
-        <v>548234</v>
+        <v>543040</v>
       </c>
       <c r="D19" s="62">
-        <v>508367</v>
+        <v>514458</v>
       </c>
       <c r="E19" s="65">
-        <v>0.1</v>
+        <v>1.51</v>
       </c>
       <c r="F19" s="76">
-        <v>7.95</v>
+        <v>7.15</v>
       </c>
       <c r="G19" s="65">
-        <v>1.23</v>
+        <v>1.21</v>
       </c>
       <c r="H19" s="68">
-        <v>1.21</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="58" t="s">
         <v>105</v>
       </c>
       <c r="B20" s="37"/>
       <c r="C20" s="37"/>
       <c r="D20" s="37"/>
       <c r="E20" s="37"/>
       <c r="F20" s="37"/>
       <c r="G20" s="37"/>
       <c r="H20" s="40"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="22" t="s">
         <v>106</v>
       </c>
       <c r="B21" s="62">
-        <v>1814237</v>
+        <v>1882669</v>
       </c>
       <c r="C21" s="62">
-        <v>1777415</v>
+        <v>1856713</v>
       </c>
       <c r="D21" s="62">
-        <v>1696948</v>
+        <v>1712087</v>
       </c>
       <c r="E21" s="65">
-        <v>2.07</v>
+        <v>1.4</v>
       </c>
       <c r="F21" s="76">
-        <v>6.91</v>
+        <v>9.96</v>
       </c>
       <c r="G21" s="65">
-        <v>4.08</v>
+        <v>4.14</v>
       </c>
       <c r="H21" s="68">
-        <v>4.05</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="58" t="s">
         <v>107</v>
       </c>
       <c r="B22" s="37"/>
       <c r="C22" s="37"/>
       <c r="D22" s="37"/>
       <c r="E22" s="37"/>
       <c r="F22" s="37"/>
       <c r="G22" s="37"/>
       <c r="H22" s="40"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="22" t="s">
         <v>108</v>
       </c>
       <c r="B23" s="62">
-        <v>242568</v>
+        <v>251385</v>
       </c>
       <c r="C23" s="62">
-        <v>241444</v>
+        <v>247447</v>
       </c>
       <c r="D23" s="62">
-        <v>222436</v>
+        <v>225883</v>
       </c>
       <c r="E23" s="65">
-        <v>0.47</v>
+        <v>1.59</v>
       </c>
       <c r="F23" s="76">
-        <v>9.05</v>
+        <v>11.29</v>
       </c>
       <c r="G23" s="65">
-        <v>0.54</v>
+        <v>0.55</v>
       </c>
       <c r="H23" s="68">
         <v>0.53</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="58" t="s">
         <v>109</v>
       </c>
       <c r="B24" s="37"/>
       <c r="C24" s="37"/>
       <c r="D24" s="37"/>
       <c r="E24" s="37"/>
       <c r="F24" s="37"/>
       <c r="G24" s="37"/>
       <c r="H24" s="40"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="22" t="s">
         <v>110</v>
       </c>
       <c r="B25" s="62">
-        <v>3265165</v>
+        <v>3370109</v>
       </c>
       <c r="C25" s="62">
-        <v>3263211</v>
+        <v>3371651</v>
       </c>
       <c r="D25" s="62">
-        <v>2942694</v>
+        <v>3031519</v>
       </c>
       <c r="E25" s="65">
-        <v>0.06</v>
+        <v>-0.05</v>
       </c>
       <c r="F25" s="76">
-        <v>10.96</v>
+        <v>11.17</v>
       </c>
       <c r="G25" s="65">
-        <v>7.34</v>
+        <v>7.42</v>
       </c>
       <c r="H25" s="68">
-        <v>7.02</v>
+        <v>7.09</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="58" t="s">
         <v>111</v>
       </c>
       <c r="B26" s="37"/>
       <c r="C26" s="37"/>
       <c r="D26" s="37"/>
       <c r="E26" s="37"/>
       <c r="F26" s="37"/>
       <c r="G26" s="37"/>
       <c r="H26" s="40"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="22" t="s">
         <v>112</v>
       </c>
       <c r="B27" s="62">
-        <v>27748</v>
+        <v>30437</v>
       </c>
       <c r="C27" s="62">
-        <v>26883</v>
+        <v>28950</v>
       </c>
       <c r="D27" s="62">
-        <v>18639</v>
+        <v>19959</v>
       </c>
       <c r="E27" s="65">
-        <v>3.22</v>
+        <v>5.14</v>
       </c>
       <c r="F27" s="76">
-        <v>48.87</v>
+        <v>52.5</v>
       </c>
       <c r="G27" s="65">
-        <v>0.06</v>
+        <v>0.07</v>
       </c>
       <c r="H27" s="68">
-        <v>0.04</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="58" t="s">
         <v>113</v>
       </c>
       <c r="B28" s="37"/>
       <c r="C28" s="37"/>
       <c r="D28" s="37"/>
       <c r="E28" s="37"/>
       <c r="F28" s="37"/>
       <c r="G28" s="37"/>
       <c r="H28" s="40"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="22" t="s">
         <v>114</v>
       </c>
       <c r="B29" s="62">
-        <v>67301</v>
+        <v>70586</v>
       </c>
       <c r="C29" s="62">
-        <v>65580</v>
+        <v>68813</v>
       </c>
       <c r="D29" s="62">
-        <v>47826</v>
+        <v>52467</v>
       </c>
       <c r="E29" s="65">
-        <v>2.63</v>
+        <v>2.58</v>
       </c>
       <c r="F29" s="76">
-        <v>40.72</v>
+        <v>34.54</v>
       </c>
       <c r="G29" s="65">
-        <v>0.15</v>
+        <v>0.16</v>
       </c>
       <c r="H29" s="68">
-        <v>0.11</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="58" t="s">
         <v>115</v>
       </c>
       <c r="B30" s="37"/>
       <c r="C30" s="37"/>
       <c r="D30" s="37"/>
       <c r="E30" s="37"/>
       <c r="F30" s="37"/>
       <c r="G30" s="37"/>
       <c r="H30" s="40"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="22" t="s">
         <v>116</v>
       </c>
       <c r="B31" s="62">
-        <v>20631</v>
+        <v>21450</v>
       </c>
       <c r="C31" s="62">
-        <v>20591</v>
+        <v>21152</v>
       </c>
       <c r="D31" s="62">
-        <v>13176</v>
+        <v>15620</v>
       </c>
       <c r="E31" s="65">
-        <v>0.19</v>
+        <v>1.41</v>
       </c>
       <c r="F31" s="76">
-        <v>56.59</v>
+        <v>37.32</v>
       </c>
       <c r="G31" s="65">
         <v>0.05</v>
       </c>
       <c r="H31" s="68">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="58" t="s">
         <v>117</v>
       </c>
       <c r="B32" s="37"/>
       <c r="C32" s="37"/>
       <c r="D32" s="37"/>
       <c r="E32" s="37"/>
       <c r="F32" s="37"/>
       <c r="G32" s="37"/>
       <c r="H32" s="40"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="60" t="s">
         <v>118</v>
       </c>
       <c r="B33" s="63">
-        <v>1195496</v>
+        <v>1276006</v>
       </c>
       <c r="C33" s="63">
-        <v>1271368</v>
+        <v>1236218</v>
       </c>
       <c r="D33" s="63">
-        <v>1266562</v>
+        <v>1339171</v>
       </c>
       <c r="E33" s="66">
-        <v>-5.97</v>
+        <v>3.22</v>
       </c>
       <c r="F33" s="77">
-        <v>-5.61</v>
+        <v>-4.72</v>
       </c>
       <c r="G33" s="66">
-        <v>2.69</v>
+        <v>2.81</v>
       </c>
       <c r="H33" s="69">
-        <v>3.02</v>
+        <v>3.13</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="59" t="s">
         <v>119</v>
       </c>
       <c r="B34" s="37"/>
       <c r="C34" s="37"/>
       <c r="D34" s="37"/>
       <c r="E34" s="37"/>
       <c r="F34" s="37"/>
       <c r="G34" s="37"/>
       <c r="H34" s="40"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="60" t="s">
         <v>120</v>
       </c>
       <c r="B35" s="63">
-        <v>146443</v>
+        <v>175411</v>
       </c>
       <c r="C35" s="63">
-        <v>141382</v>
+        <v>149154</v>
       </c>
       <c r="D35" s="63">
-        <v>101709</v>
+        <v>124748</v>
       </c>
       <c r="E35" s="66">
-        <v>3.58</v>
+        <v>17.6</v>
       </c>
       <c r="F35" s="77">
-        <v>43.98</v>
+        <v>40.61</v>
       </c>
       <c r="G35" s="66">
-        <v>0.33</v>
+        <v>0.39</v>
       </c>
       <c r="H35" s="69">
-        <v>0.24</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="78" t="s">
         <v>121</v>
       </c>
       <c r="B36" s="35"/>
       <c r="C36" s="35"/>
       <c r="D36" s="35"/>
       <c r="E36" s="35"/>
       <c r="F36" s="35"/>
       <c r="G36" s="35"/>
       <c r="H36" s="42"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="27" t="s">
         <v>37</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>