--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -300,54 +300,54 @@
         <charset val="136"/>
       </rPr>
       <t>（</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Cont.2 End</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>）</t>
     </r>
   </si>
   <si>
     <t>資料來源：金融機構申報資料。</t>
   </si>
   <si>
-    <t>民國114年 9月</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> Sept. 2025</t>
+    <t>民國114年10月</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Oct. 2025</t>
   </si>
   <si>
     <t>說　　明：本表自102年1月起包含大陸地區銀行在臺分行資料。</t>
   </si>
   <si>
     <t>Note: Beginning Jan. 2013, the data include "Local Branches of Mainland Chinese Banks".</t>
   </si>
   <si>
     <t>說　　明：1.本表不含催收款。</t>
   </si>
   <si>
     <t>　　　　　2.#係金融控股公司之子公司。</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>本國銀行</t>
   </si>
   <si>
     <t>Domestic Banks</t>
   </si>
   <si>
     <t>臺灣銀行　　　　　　#</t>
   </si>
@@ -426,51 +426,51 @@
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　　#</t>
   </si>
@@ -2170,563 +2170,563 @@
       </c>
     </row>
     <row r="8" spans="1:8" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="11"/>
       <c r="C8" s="11"/>
       <c r="D8" s="16" t="s">
         <v>19</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="17" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="16"/>
       <c r="H8" s="18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="47" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="50">
+        <v>45503622</v>
+      </c>
+      <c r="C9" s="50">
         <v>45436848</v>
       </c>
-      <c r="C9" s="50">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="50">
-        <v>42742142</v>
+        <v>43067110</v>
       </c>
       <c r="E9" s="53">
-        <v>0.61</v>
+        <v>0.15</v>
       </c>
       <c r="F9" s="53">
-        <v>6.3</v>
+        <v>5.66</v>
       </c>
       <c r="G9" s="53">
         <v>100</v>
       </c>
       <c r="H9" s="56">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="59" t="s">
         <v>41</v>
       </c>
       <c r="B10" s="37"/>
       <c r="C10" s="37"/>
       <c r="D10" s="37"/>
       <c r="E10" s="37"/>
       <c r="F10" s="37"/>
       <c r="G10" s="37"/>
       <c r="H10" s="40"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="60" t="s">
         <v>42</v>
       </c>
       <c r="B11" s="63">
+        <v>44102272</v>
+      </c>
+      <c r="C11" s="63">
         <v>43985431</v>
       </c>
-      <c r="C11" s="63">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="63">
-        <v>41278222</v>
+        <v>41619365</v>
       </c>
       <c r="E11" s="66">
-        <v>0.48</v>
+        <v>0.27</v>
       </c>
       <c r="F11" s="66">
-        <v>6.56</v>
+        <v>5.97</v>
       </c>
       <c r="G11" s="66">
-        <v>96.81</v>
+        <v>96.92</v>
       </c>
       <c r="H11" s="69">
-        <v>96.57</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="59" t="s">
         <v>43</v>
       </c>
       <c r="B12" s="37"/>
       <c r="C12" s="37"/>
       <c r="D12" s="37"/>
       <c r="E12" s="37"/>
       <c r="F12" s="37"/>
       <c r="G12" s="37"/>
       <c r="H12" s="40"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>44</v>
       </c>
       <c r="B13" s="62">
+        <v>3443231</v>
+      </c>
+      <c r="C13" s="62">
         <v>3431103</v>
       </c>
-      <c r="C13" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="62">
-        <v>3300311</v>
+        <v>3344518</v>
       </c>
       <c r="E13" s="65">
-        <v>0.11</v>
+        <v>0.35</v>
       </c>
       <c r="F13" s="65">
-        <v>3.96</v>
+        <v>2.95</v>
       </c>
       <c r="G13" s="65">
-        <v>7.55</v>
+        <v>7.57</v>
       </c>
       <c r="H13" s="68">
-        <v>7.72</v>
+        <v>7.77</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="58" t="s">
         <v>45</v>
       </c>
       <c r="B14" s="37"/>
       <c r="C14" s="37"/>
       <c r="D14" s="37"/>
       <c r="E14" s="37"/>
       <c r="F14" s="37"/>
       <c r="G14" s="37"/>
       <c r="H14" s="40"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="22" t="s">
         <v>46</v>
       </c>
       <c r="B15" s="62">
+        <v>2516889</v>
+      </c>
+      <c r="C15" s="62">
         <v>2501521</v>
       </c>
-      <c r="C15" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="62">
-        <v>2338222</v>
+        <v>2358959</v>
       </c>
       <c r="E15" s="65">
-        <v>0.48</v>
+        <v>0.61</v>
       </c>
       <c r="F15" s="65">
-        <v>6.98</v>
+        <v>6.69</v>
       </c>
       <c r="G15" s="65">
-        <v>5.51</v>
+        <v>5.53</v>
       </c>
       <c r="H15" s="68">
-        <v>5.47</v>
+        <v>5.48</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="58" t="s">
         <v>47</v>
       </c>
       <c r="B16" s="37"/>
       <c r="C16" s="37"/>
       <c r="D16" s="37"/>
       <c r="E16" s="37"/>
       <c r="F16" s="37"/>
       <c r="G16" s="37"/>
       <c r="H16" s="40"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="22" t="s">
         <v>48</v>
       </c>
       <c r="B17" s="62">
+        <v>3124245</v>
+      </c>
+      <c r="C17" s="62">
         <v>3145051</v>
       </c>
-      <c r="C17" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="62">
-        <v>3002804</v>
+        <v>3054863</v>
       </c>
       <c r="E17" s="65">
-        <v>0.73</v>
+        <v>-0.66</v>
       </c>
       <c r="F17" s="65">
-        <v>4.74</v>
+        <v>2.27</v>
       </c>
       <c r="G17" s="65">
-        <v>6.92</v>
+        <v>6.87</v>
       </c>
       <c r="H17" s="68">
-        <v>7.03</v>
+        <v>7.09</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="58" t="s">
         <v>49</v>
       </c>
       <c r="B18" s="37"/>
       <c r="C18" s="37"/>
       <c r="D18" s="37"/>
       <c r="E18" s="37"/>
       <c r="F18" s="37"/>
       <c r="G18" s="37"/>
       <c r="H18" s="40"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="22" t="s">
         <v>50</v>
       </c>
       <c r="B19" s="62">
+        <v>2742327</v>
+      </c>
+      <c r="C19" s="62">
         <v>2725063</v>
       </c>
-      <c r="C19" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="62">
-        <v>2564107</v>
+        <v>2595166</v>
       </c>
       <c r="E19" s="65">
-        <v>0.77</v>
+        <v>0.63</v>
       </c>
       <c r="F19" s="65">
-        <v>6.28</v>
+        <v>5.67</v>
       </c>
       <c r="G19" s="65">
-        <v>6</v>
+        <v>6.03</v>
       </c>
       <c r="H19" s="68">
-        <v>6</v>
+        <v>6.03</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="58" t="s">
         <v>51</v>
       </c>
       <c r="B20" s="37"/>
       <c r="C20" s="37"/>
       <c r="D20" s="37"/>
       <c r="E20" s="37"/>
       <c r="F20" s="37"/>
       <c r="G20" s="37"/>
       <c r="H20" s="40"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="22" t="s">
         <v>52</v>
       </c>
       <c r="B21" s="62">
+        <v>2406286</v>
+      </c>
+      <c r="C21" s="62">
         <v>2388629</v>
       </c>
-      <c r="C21" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="62">
-        <v>2416255</v>
+        <v>2431968</v>
       </c>
       <c r="E21" s="65">
-        <v>0.75</v>
+        <v>0.74</v>
       </c>
       <c r="F21" s="65">
-        <v>-1.14</v>
+        <v>-1.06</v>
       </c>
       <c r="G21" s="65">
-        <v>5.26</v>
+        <v>5.29</v>
       </c>
       <c r="H21" s="68">
         <v>5.65</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="58" t="s">
         <v>53</v>
       </c>
       <c r="B22" s="37"/>
       <c r="C22" s="37"/>
       <c r="D22" s="37"/>
       <c r="E22" s="37"/>
       <c r="F22" s="37"/>
       <c r="G22" s="37"/>
       <c r="H22" s="40"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="22" t="s">
         <v>54</v>
       </c>
       <c r="B23" s="62">
+        <v>2025225</v>
+      </c>
+      <c r="C23" s="62">
         <v>2031086</v>
       </c>
-      <c r="C23" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D23" s="62">
-        <v>1960795</v>
+        <v>1973170</v>
       </c>
       <c r="E23" s="65">
-        <v>-0.06</v>
+        <v>-0.29</v>
       </c>
       <c r="F23" s="65">
-        <v>3.58</v>
+        <v>2.64</v>
       </c>
       <c r="G23" s="65">
-        <v>4.47</v>
+        <v>4.45</v>
       </c>
       <c r="H23" s="68">
-        <v>4.59</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="58" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="37"/>
       <c r="C24" s="37"/>
       <c r="D24" s="37"/>
       <c r="E24" s="37"/>
       <c r="F24" s="37"/>
       <c r="G24" s="37"/>
       <c r="H24" s="40"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="22" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="62">
+        <v>888698</v>
+      </c>
+      <c r="C25" s="62">
         <v>886950</v>
       </c>
-      <c r="C25" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D25" s="62">
-        <v>889063</v>
+        <v>891961</v>
       </c>
       <c r="E25" s="65">
-        <v>0.09</v>
+        <v>0.2</v>
       </c>
       <c r="F25" s="65">
-        <v>-0.24</v>
+        <v>-0.37</v>
       </c>
       <c r="G25" s="65">
         <v>1.95</v>
       </c>
       <c r="H25" s="68">
-        <v>2.08</v>
+        <v>2.07</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="58" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="37"/>
       <c r="C26" s="37"/>
       <c r="D26" s="37"/>
       <c r="E26" s="37"/>
       <c r="F26" s="37"/>
       <c r="G26" s="37"/>
       <c r="H26" s="40"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="22" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="62">
+        <v>2475242</v>
+      </c>
+      <c r="C27" s="62">
         <v>2466308</v>
       </c>
-      <c r="C27" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D27" s="62">
-        <v>2210320</v>
+        <v>2228564</v>
       </c>
       <c r="E27" s="65">
-        <v>0.62</v>
+        <v>0.36</v>
       </c>
       <c r="F27" s="65">
-        <v>11.58</v>
+        <v>11.07</v>
       </c>
       <c r="G27" s="65">
-        <v>5.43</v>
+        <v>5.44</v>
       </c>
       <c r="H27" s="68">
         <v>5.17</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="58" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="37"/>
       <c r="C28" s="37"/>
       <c r="D28" s="37"/>
       <c r="E28" s="37"/>
       <c r="F28" s="37"/>
       <c r="G28" s="37"/>
       <c r="H28" s="40"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="22" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="62">
+        <v>2747692</v>
+      </c>
+      <c r="C29" s="62">
         <v>2719761</v>
       </c>
-      <c r="C29" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="62">
-        <v>2501021</v>
+        <v>2532428</v>
       </c>
       <c r="E29" s="65">
-        <v>0.67</v>
+        <v>1.03</v>
       </c>
       <c r="F29" s="65">
-        <v>8.75</v>
+        <v>8.5</v>
       </c>
       <c r="G29" s="65">
-        <v>5.99</v>
+        <v>6.04</v>
       </c>
       <c r="H29" s="68">
-        <v>5.85</v>
+        <v>5.88</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="58" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="37"/>
       <c r="C30" s="37"/>
       <c r="D30" s="37"/>
       <c r="E30" s="37"/>
       <c r="F30" s="37"/>
       <c r="G30" s="37"/>
       <c r="H30" s="40"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="22" t="s">
         <v>62</v>
       </c>
       <c r="B31" s="62">
+        <v>221362</v>
+      </c>
+      <c r="C31" s="62">
         <v>217707</v>
       </c>
-      <c r="C31" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D31" s="62">
-        <v>197207</v>
+        <v>200015</v>
       </c>
       <c r="E31" s="65">
-        <v>0.67</v>
+        <v>1.68</v>
       </c>
       <c r="F31" s="65">
-        <v>10.4</v>
+        <v>10.67</v>
       </c>
       <c r="G31" s="65">
-        <v>0.48</v>
+        <v>0.49</v>
       </c>
       <c r="H31" s="68">
         <v>0.46</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="58" t="s">
         <v>63</v>
       </c>
       <c r="B32" s="37"/>
       <c r="C32" s="37"/>
       <c r="D32" s="37"/>
       <c r="E32" s="37"/>
       <c r="F32" s="37"/>
       <c r="G32" s="37"/>
       <c r="H32" s="40"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="22" t="s">
         <v>64</v>
       </c>
       <c r="B33" s="62">
+        <v>229511</v>
+      </c>
+      <c r="C33" s="62">
         <v>229343</v>
       </c>
-      <c r="C33" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D33" s="62">
-        <v>218442</v>
+        <v>215672</v>
       </c>
       <c r="E33" s="65">
-        <v>0.11</v>
+        <v>0.07</v>
       </c>
       <c r="F33" s="65">
-        <v>4.99</v>
+        <v>6.42</v>
       </c>
       <c r="G33" s="65">
         <v>0.5</v>
       </c>
       <c r="H33" s="68">
-        <v>0.51</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="58" t="s">
         <v>65</v>
       </c>
       <c r="B34" s="37"/>
       <c r="C34" s="37"/>
       <c r="D34" s="37"/>
       <c r="E34" s="37"/>
       <c r="F34" s="37"/>
       <c r="G34" s="37"/>
       <c r="H34" s="40"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="22" t="s">
         <v>66</v>
       </c>
       <c r="B35" s="62">
+        <v>2369081</v>
+      </c>
+      <c r="C35" s="62">
         <v>2357101</v>
       </c>
-      <c r="C35" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="62">
-        <v>2247858</v>
+        <v>2256085</v>
       </c>
       <c r="E35" s="65">
-        <v>0.07</v>
+        <v>0.51</v>
       </c>
       <c r="F35" s="65">
-        <v>4.86</v>
+        <v>5.01</v>
       </c>
       <c r="G35" s="65">
-        <v>5.19</v>
+        <v>5.21</v>
       </c>
       <c r="H35" s="68">
-        <v>5.26</v>
+        <v>5.24</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="71" t="s">
         <v>67</v>
       </c>
       <c r="B36" s="35"/>
       <c r="C36" s="35"/>
       <c r="D36" s="35"/>
       <c r="E36" s="35"/>
       <c r="F36" s="35"/>
       <c r="G36" s="35"/>
       <c r="H36" s="42"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
@@ -2898,56 +2898,56 @@
       </c>
       <c r="B2" s="43"/>
       <c r="C2" s="43"/>
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1">
       <c r="A3" s="32" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="32"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="32"/>
       <c r="F3" s="32"/>
       <c r="G3" s="32"/>
       <c r="H3" s="32"/>
     </row>
     <row r="4" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="38" t="str">
         <f>'4-2'!B4:C4</f>
-        <v>民國114年 9月</v>
+        <v>民國114年10月</v>
       </c>
       <c r="C4" s="38"/>
       <c r="D4" s="33" t="str">
         <f>'4-2'!D4:F4</f>
-        <v> Sept. 2025</v>
+        <v> Oct. 2025</v>
       </c>
       <c r="E4" s="33"/>
       <c r="F4" s="26"/>
       <c r="G4" s="4"/>
       <c r="H4" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>1</v>
       </c>
@@ -3003,557 +3003,557 @@
       </c>
     </row>
     <row r="8" spans="1:8" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="11"/>
       <c r="C8" s="11"/>
       <c r="D8" s="16" t="s">
         <v>19</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="17" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="16"/>
       <c r="H8" s="18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="46" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="49">
+        <v>64517</v>
+      </c>
+      <c r="C9" s="49">
         <v>68390</v>
       </c>
-      <c r="C9" s="49">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="49">
-        <v>80633</v>
+        <v>83864</v>
       </c>
       <c r="E9" s="52">
-        <v>0.38</v>
+        <v>-5.66</v>
       </c>
       <c r="F9" s="52">
-        <v>-15.18</v>
+        <v>-23.07</v>
       </c>
       <c r="G9" s="52">
-        <v>0.15</v>
+        <v>0.14</v>
       </c>
       <c r="H9" s="55">
         <v>0.19</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="58" t="s">
         <v>68</v>
       </c>
       <c r="B10" s="37"/>
       <c r="C10" s="37"/>
       <c r="D10" s="37"/>
       <c r="E10" s="37"/>
       <c r="F10" s="37"/>
       <c r="G10" s="37"/>
       <c r="H10" s="40"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="22" t="s">
         <v>69</v>
       </c>
       <c r="B11" s="62">
+        <v>235341</v>
+      </c>
+      <c r="C11" s="62">
         <v>235505</v>
       </c>
-      <c r="C11" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="62">
-        <v>224682</v>
+        <v>225874</v>
       </c>
       <c r="E11" s="65">
-        <v>0.09</v>
+        <v>-0.07</v>
       </c>
       <c r="F11" s="65">
-        <v>4.82</v>
+        <v>4.19</v>
       </c>
       <c r="G11" s="65">
         <v>0.52</v>
       </c>
       <c r="H11" s="68">
-        <v>0.53</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="58" t="s">
         <v>70</v>
       </c>
       <c r="B12" s="37"/>
       <c r="C12" s="37"/>
       <c r="D12" s="37"/>
       <c r="E12" s="37"/>
       <c r="F12" s="37"/>
       <c r="G12" s="37"/>
       <c r="H12" s="40"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>71</v>
       </c>
       <c r="B13" s="62">
+        <v>1672202</v>
+      </c>
+      <c r="C13" s="62">
         <v>1672305</v>
       </c>
-      <c r="C13" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="62">
-        <v>1584583</v>
+        <v>1598926</v>
       </c>
       <c r="E13" s="65">
-        <v>0.19</v>
+        <v>-0.01</v>
       </c>
       <c r="F13" s="65">
-        <v>5.54</v>
+        <v>4.58</v>
       </c>
       <c r="G13" s="65">
-        <v>3.68</v>
+        <v>3.67</v>
       </c>
       <c r="H13" s="68">
         <v>3.71</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="58" t="s">
         <v>72</v>
       </c>
       <c r="B14" s="37"/>
       <c r="C14" s="37"/>
       <c r="D14" s="37"/>
       <c r="E14" s="37"/>
       <c r="F14" s="37"/>
       <c r="G14" s="37"/>
       <c r="H14" s="40"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="22" t="s">
         <v>73</v>
       </c>
       <c r="B15" s="62">
+        <v>328873</v>
+      </c>
+      <c r="C15" s="62">
         <v>330226</v>
       </c>
-      <c r="C15" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="62">
-        <v>315641</v>
+        <v>319453</v>
       </c>
       <c r="E15" s="65">
-        <v>-0.5</v>
+        <v>-0.41</v>
       </c>
       <c r="F15" s="65">
-        <v>4.62</v>
+        <v>2.95</v>
       </c>
       <c r="G15" s="65">
-        <v>0.73</v>
+        <v>0.72</v>
       </c>
       <c r="H15" s="68">
         <v>0.74</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="58" t="s">
         <v>74</v>
       </c>
       <c r="B16" s="37"/>
       <c r="C16" s="37"/>
       <c r="D16" s="37"/>
       <c r="E16" s="37"/>
       <c r="F16" s="37"/>
       <c r="G16" s="37"/>
       <c r="H16" s="40"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="22" t="s">
         <v>75</v>
       </c>
       <c r="B17" s="62">
+        <v>634417</v>
+      </c>
+      <c r="C17" s="62">
         <v>634568</v>
       </c>
-      <c r="C17" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="62">
-        <v>582267</v>
+        <v>587131</v>
       </c>
       <c r="E17" s="65">
-        <v>-0.27</v>
+        <v>-0.02</v>
       </c>
       <c r="F17" s="65">
-        <v>8.98</v>
+        <v>8.05</v>
       </c>
       <c r="G17" s="65">
-        <v>1.4</v>
+        <v>1.39</v>
       </c>
       <c r="H17" s="68">
         <v>1.36</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="58" t="s">
         <v>76</v>
       </c>
       <c r="B18" s="37"/>
       <c r="C18" s="37"/>
       <c r="D18" s="37"/>
       <c r="E18" s="37"/>
       <c r="F18" s="37"/>
       <c r="G18" s="37"/>
       <c r="H18" s="40"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="22" t="s">
         <v>77</v>
       </c>
       <c r="B19" s="62">
+        <v>226888</v>
+      </c>
+      <c r="C19" s="62">
         <v>225552</v>
       </c>
-      <c r="C19" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="62">
-        <v>226387</v>
+        <v>229292</v>
       </c>
       <c r="E19" s="65">
-        <v>0.08</v>
+        <v>0.59</v>
       </c>
       <c r="F19" s="65">
-        <v>-0.37</v>
+        <v>-1.05</v>
       </c>
       <c r="G19" s="65">
         <v>0.5</v>
       </c>
       <c r="H19" s="68">
         <v>0.53</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="58" t="s">
         <v>78</v>
       </c>
       <c r="B20" s="37"/>
       <c r="C20" s="37"/>
       <c r="D20" s="37"/>
       <c r="E20" s="37"/>
       <c r="F20" s="37"/>
       <c r="G20" s="37"/>
       <c r="H20" s="40"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="22" t="s">
         <v>79</v>
       </c>
       <c r="B21" s="62">
+        <v>333639</v>
+      </c>
+      <c r="C21" s="62">
         <v>332866</v>
       </c>
-      <c r="C21" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="62">
-        <v>329318</v>
+        <v>333023</v>
       </c>
       <c r="E21" s="65">
-        <v>-1.18</v>
+        <v>0.23</v>
       </c>
       <c r="F21" s="65">
-        <v>1.08</v>
+        <v>0.19</v>
       </c>
       <c r="G21" s="65">
         <v>0.73</v>
       </c>
       <c r="H21" s="68">
         <v>0.77</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="58" t="s">
         <v>80</v>
       </c>
       <c r="B22" s="37"/>
       <c r="C22" s="37"/>
       <c r="D22" s="37"/>
       <c r="E22" s="37"/>
       <c r="F22" s="37"/>
       <c r="G22" s="37"/>
       <c r="H22" s="40"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="22" t="s">
         <v>81</v>
       </c>
       <c r="B23" s="62">
+        <v>61606</v>
+      </c>
+      <c r="C23" s="62">
         <v>61705</v>
       </c>
-      <c r="C23" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D23" s="62">
-        <v>56478</v>
+        <v>56519</v>
       </c>
       <c r="E23" s="65">
-        <v>-0.12</v>
+        <v>-0.16</v>
       </c>
       <c r="F23" s="65">
-        <v>9.26</v>
+        <v>9</v>
       </c>
       <c r="G23" s="65">
         <v>0.14</v>
       </c>
       <c r="H23" s="68">
         <v>0.13</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="58" t="s">
         <v>82</v>
       </c>
       <c r="B24" s="37"/>
       <c r="C24" s="37"/>
       <c r="D24" s="37"/>
       <c r="E24" s="37"/>
       <c r="F24" s="37"/>
       <c r="G24" s="37"/>
       <c r="H24" s="40"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="22" t="s">
         <v>83</v>
       </c>
       <c r="B25" s="62">
+        <v>187226</v>
+      </c>
+      <c r="C25" s="62">
         <v>186782</v>
       </c>
-      <c r="C25" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D25" s="62">
-        <v>161944</v>
+        <v>164133</v>
       </c>
       <c r="E25" s="65">
-        <v>0.94</v>
+        <v>0.24</v>
       </c>
       <c r="F25" s="65">
-        <v>15.34</v>
+        <v>14.07</v>
       </c>
       <c r="G25" s="65">
         <v>0.41</v>
       </c>
       <c r="H25" s="68">
         <v>0.38</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="58" t="s">
         <v>84</v>
       </c>
       <c r="B26" s="37"/>
       <c r="C26" s="37"/>
       <c r="D26" s="37"/>
       <c r="E26" s="37"/>
       <c r="F26" s="37"/>
       <c r="G26" s="37"/>
       <c r="H26" s="40"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="22" t="s">
         <v>85</v>
       </c>
       <c r="B27" s="62">
+        <v>889237</v>
+      </c>
+      <c r="C27" s="62">
         <v>890236</v>
       </c>
-      <c r="C27" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D27" s="62">
-        <v>845155</v>
+        <v>844602</v>
       </c>
       <c r="E27" s="65">
-        <v>0.79</v>
+        <v>-0.11</v>
       </c>
       <c r="F27" s="65">
-        <v>5.33</v>
+        <v>5.28</v>
       </c>
       <c r="G27" s="65">
+        <v>1.95</v>
+      </c>
+      <c r="H27" s="68">
         <v>1.96</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.98</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="58" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="37"/>
       <c r="C28" s="37"/>
       <c r="D28" s="37"/>
       <c r="E28" s="37"/>
       <c r="F28" s="37"/>
       <c r="G28" s="37"/>
       <c r="H28" s="40"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="22" t="s">
         <v>87</v>
       </c>
       <c r="B29" s="62">
+        <v>523482</v>
+      </c>
+      <c r="C29" s="62">
         <v>521727</v>
       </c>
-      <c r="C29" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="62">
-        <v>495258</v>
+        <v>496468</v>
       </c>
       <c r="E29" s="65">
-        <v>0.53</v>
+        <v>0.34</v>
       </c>
       <c r="F29" s="65">
-        <v>5.34</v>
+        <v>5.44</v>
       </c>
       <c r="G29" s="65">
         <v>1.15</v>
       </c>
       <c r="H29" s="68">
-        <v>1.16</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="58" t="s">
         <v>88</v>
       </c>
       <c r="B30" s="37"/>
       <c r="C30" s="37"/>
       <c r="D30" s="37"/>
       <c r="E30" s="37"/>
       <c r="F30" s="37"/>
       <c r="G30" s="37"/>
       <c r="H30" s="40"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="22" t="s">
         <v>89</v>
       </c>
       <c r="B31" s="62">
+        <v>229584</v>
+      </c>
+      <c r="C31" s="62">
         <v>226192</v>
       </c>
-      <c r="C31" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D31" s="62">
-        <v>213638</v>
+        <v>213751</v>
       </c>
       <c r="E31" s="65">
-        <v>0.1</v>
+        <v>1.5</v>
       </c>
       <c r="F31" s="65">
-        <v>5.88</v>
+        <v>7.41</v>
       </c>
       <c r="G31" s="65">
         <v>0.5</v>
       </c>
       <c r="H31" s="68">
         <v>0.5</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="58" t="s">
         <v>90</v>
       </c>
       <c r="B32" s="37"/>
       <c r="C32" s="37"/>
       <c r="D32" s="37"/>
       <c r="E32" s="37"/>
       <c r="F32" s="37"/>
       <c r="G32" s="37"/>
       <c r="H32" s="40"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="22" t="s">
         <v>91</v>
       </c>
       <c r="B33" s="62">
+        <v>149995</v>
+      </c>
+      <c r="C33" s="62">
         <v>152482</v>
       </c>
-      <c r="C33" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D33" s="62">
-        <v>139710</v>
+        <v>140770</v>
       </c>
       <c r="E33" s="65">
-        <v>0.09</v>
+        <v>-1.63</v>
       </c>
       <c r="F33" s="65">
-        <v>9.14</v>
+        <v>6.55</v>
       </c>
       <c r="G33" s="65">
-        <v>0.34</v>
+        <v>0.33</v>
       </c>
       <c r="H33" s="68">
         <v>0.33</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="58" t="s">
         <v>92</v>
       </c>
       <c r="B34" s="37"/>
       <c r="C34" s="37"/>
       <c r="D34" s="37"/>
       <c r="E34" s="37"/>
       <c r="F34" s="37"/>
       <c r="G34" s="37"/>
       <c r="H34" s="40"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="22" t="s">
         <v>93</v>
       </c>
       <c r="B35" s="62">
+        <v>633050</v>
+      </c>
+      <c r="C35" s="62">
         <v>631955</v>
       </c>
-      <c r="C35" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="62">
-        <v>603261</v>
+        <v>607839</v>
       </c>
       <c r="E35" s="65">
-        <v>0.07</v>
+        <v>0.17</v>
       </c>
       <c r="F35" s="65">
-        <v>4.76</v>
+        <v>4.15</v>
       </c>
       <c r="G35" s="65">
         <v>1.39</v>
       </c>
       <c r="H35" s="68">
         <v>1.41</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="71" t="s">
         <v>94</v>
       </c>
       <c r="B36" s="35"/>
       <c r="C36" s="35"/>
       <c r="D36" s="35"/>
       <c r="E36" s="35"/>
       <c r="F36" s="35"/>
       <c r="G36" s="35"/>
       <c r="H36" s="42"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="19" t="s">
         <v>30</v>
       </c>
       <c r="B37" s="2"/>
@@ -3726,56 +3726,56 @@
       </c>
       <c r="B2" s="43"/>
       <c r="C2" s="43"/>
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1">
       <c r="A3" s="32" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="32"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="32"/>
       <c r="F3" s="32"/>
       <c r="G3" s="32"/>
       <c r="H3" s="32"/>
     </row>
     <row r="4" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="38" t="str">
         <f>'4-2'!B4:C4</f>
-        <v>民國114年 9月</v>
+        <v>民國114年10月</v>
       </c>
       <c r="C4" s="38"/>
       <c r="D4" s="33" t="str">
         <f>'4-2'!D4:F4</f>
-        <v> Sept. 2025</v>
+        <v> Oct. 2025</v>
       </c>
       <c r="E4" s="33"/>
       <c r="F4" s="26"/>
       <c r="G4" s="4"/>
       <c r="H4" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>1</v>
       </c>
@@ -3831,563 +3831,563 @@
       </c>
     </row>
     <row r="8" spans="1:8" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="11"/>
       <c r="C8" s="11"/>
       <c r="D8" s="16" t="s">
         <v>19</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="17" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="16"/>
       <c r="H8" s="18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="46" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="49">
+        <v>509579</v>
+      </c>
+      <c r="C9" s="49">
         <v>508327</v>
       </c>
-      <c r="C9" s="49">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="49">
-        <v>494467</v>
+        <v>495961</v>
       </c>
       <c r="E9" s="52">
-        <v>-0.44</v>
+        <v>0.25</v>
       </c>
       <c r="F9" s="74">
-        <v>2.8</v>
+        <v>2.75</v>
       </c>
       <c r="G9" s="52">
         <v>1.12</v>
       </c>
       <c r="H9" s="55">
-        <v>1.16</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="58" t="s">
         <v>95</v>
       </c>
       <c r="B10" s="37"/>
       <c r="C10" s="37"/>
       <c r="D10" s="37"/>
       <c r="E10" s="37"/>
       <c r="F10" s="37"/>
       <c r="G10" s="37"/>
       <c r="H10" s="40"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="22" t="s">
         <v>96</v>
       </c>
       <c r="B11" s="62">
+        <v>1384749</v>
+      </c>
+      <c r="C11" s="62">
         <v>1391667</v>
       </c>
-      <c r="C11" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="62">
-        <v>1220221</v>
+        <v>1240400</v>
       </c>
       <c r="E11" s="65">
-        <v>1.48</v>
+        <v>-0.5</v>
       </c>
       <c r="F11" s="76">
-        <v>14.05</v>
+        <v>11.64</v>
       </c>
       <c r="G11" s="65">
-        <v>3.06</v>
+        <v>3.04</v>
       </c>
       <c r="H11" s="68">
-        <v>2.85</v>
+        <v>2.88</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="58" t="s">
         <v>97</v>
       </c>
       <c r="B12" s="37"/>
       <c r="C12" s="37"/>
       <c r="D12" s="37"/>
       <c r="E12" s="37"/>
       <c r="F12" s="37"/>
       <c r="G12" s="37"/>
       <c r="H12" s="40"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>98</v>
       </c>
       <c r="B13" s="62">
+        <v>1648325</v>
+      </c>
+      <c r="C13" s="62">
         <v>1651752</v>
       </c>
-      <c r="C13" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="62">
-        <v>1587224</v>
+        <v>1608515</v>
       </c>
       <c r="E13" s="65">
-        <v>-0.52</v>
+        <v>-0.21</v>
       </c>
       <c r="F13" s="76">
-        <v>4.07</v>
+        <v>2.47</v>
       </c>
       <c r="G13" s="65">
-        <v>3.64</v>
+        <v>3.62</v>
       </c>
       <c r="H13" s="68">
-        <v>3.71</v>
+        <v>3.73</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="58" t="s">
         <v>99</v>
       </c>
       <c r="B14" s="37"/>
       <c r="C14" s="37"/>
       <c r="D14" s="37"/>
       <c r="E14" s="37"/>
       <c r="F14" s="37"/>
       <c r="G14" s="37"/>
       <c r="H14" s="40"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="22" t="s">
         <v>100</v>
       </c>
       <c r="B15" s="62">
+        <v>2499264</v>
+      </c>
+      <c r="C15" s="62">
         <v>2469023</v>
       </c>
-      <c r="C15" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="62">
-        <v>2246980</v>
+        <v>2254688</v>
       </c>
       <c r="E15" s="65">
-        <v>1.49</v>
+        <v>1.22</v>
       </c>
       <c r="F15" s="76">
-        <v>9.88</v>
+        <v>10.85</v>
       </c>
       <c r="G15" s="65">
-        <v>5.43</v>
+        <v>5.49</v>
       </c>
       <c r="H15" s="68">
-        <v>5.26</v>
+        <v>5.24</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="58" t="s">
         <v>101</v>
       </c>
       <c r="B16" s="37"/>
       <c r="C16" s="37"/>
       <c r="D16" s="37"/>
       <c r="E16" s="37"/>
       <c r="F16" s="37"/>
       <c r="G16" s="37"/>
       <c r="H16" s="40"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="22" t="s">
         <v>102</v>
       </c>
       <c r="B17" s="62">
+        <v>518069</v>
+      </c>
+      <c r="C17" s="62">
         <v>516675</v>
       </c>
-      <c r="C17" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="62">
-        <v>451978</v>
+        <v>457153</v>
       </c>
       <c r="E17" s="65">
-        <v>0.17</v>
+        <v>0.27</v>
       </c>
       <c r="F17" s="76">
-        <v>14.31</v>
+        <v>13.33</v>
       </c>
       <c r="G17" s="65">
         <v>1.14</v>
       </c>
       <c r="H17" s="68">
         <v>1.06</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="58" t="s">
         <v>103</v>
       </c>
       <c r="B18" s="37"/>
       <c r="C18" s="37"/>
       <c r="D18" s="37"/>
       <c r="E18" s="37"/>
       <c r="F18" s="37"/>
       <c r="G18" s="37"/>
       <c r="H18" s="40"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="22" t="s">
         <v>104</v>
       </c>
       <c r="B19" s="62">
+        <v>547734</v>
+      </c>
+      <c r="C19" s="62">
         <v>551236</v>
       </c>
-      <c r="C19" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="62">
-        <v>514458</v>
+        <v>528983</v>
       </c>
       <c r="E19" s="65">
-        <v>1.51</v>
+        <v>-0.64</v>
       </c>
       <c r="F19" s="76">
-        <v>7.15</v>
+        <v>3.54</v>
       </c>
       <c r="G19" s="65">
-        <v>1.21</v>
+        <v>1.2</v>
       </c>
       <c r="H19" s="68">
-        <v>1.2</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="58" t="s">
         <v>105</v>
       </c>
       <c r="B20" s="37"/>
       <c r="C20" s="37"/>
       <c r="D20" s="37"/>
       <c r="E20" s="37"/>
       <c r="F20" s="37"/>
       <c r="G20" s="37"/>
       <c r="H20" s="40"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="22" t="s">
         <v>106</v>
       </c>
       <c r="B21" s="62">
+        <v>1877673</v>
+      </c>
+      <c r="C21" s="62">
         <v>1882669</v>
       </c>
-      <c r="C21" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="62">
-        <v>1712087</v>
+        <v>1719828</v>
       </c>
       <c r="E21" s="65">
-        <v>1.4</v>
+        <v>-0.27</v>
       </c>
       <c r="F21" s="76">
-        <v>9.96</v>
+        <v>9.18</v>
       </c>
       <c r="G21" s="65">
-        <v>4.14</v>
+        <v>4.13</v>
       </c>
       <c r="H21" s="68">
-        <v>4.01</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="58" t="s">
         <v>107</v>
       </c>
       <c r="B22" s="37"/>
       <c r="C22" s="37"/>
       <c r="D22" s="37"/>
       <c r="E22" s="37"/>
       <c r="F22" s="37"/>
       <c r="G22" s="37"/>
       <c r="H22" s="40"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="22" t="s">
         <v>108</v>
       </c>
       <c r="B23" s="62">
+        <v>254035</v>
+      </c>
+      <c r="C23" s="62">
         <v>251385</v>
       </c>
-      <c r="C23" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D23" s="62">
-        <v>225883</v>
+        <v>227459</v>
       </c>
       <c r="E23" s="65">
-        <v>1.59</v>
+        <v>1.05</v>
       </c>
       <c r="F23" s="76">
-        <v>11.29</v>
+        <v>11.68</v>
       </c>
       <c r="G23" s="65">
-        <v>0.55</v>
+        <v>0.56</v>
       </c>
       <c r="H23" s="68">
         <v>0.53</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="58" t="s">
         <v>109</v>
       </c>
       <c r="B24" s="37"/>
       <c r="C24" s="37"/>
       <c r="D24" s="37"/>
       <c r="E24" s="37"/>
       <c r="F24" s="37"/>
       <c r="G24" s="37"/>
       <c r="H24" s="40"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="22" t="s">
         <v>110</v>
       </c>
       <c r="B25" s="62">
+        <v>3377415</v>
+      </c>
+      <c r="C25" s="62">
         <v>3370109</v>
       </c>
-      <c r="C25" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D25" s="62">
-        <v>3031519</v>
+        <v>3011528</v>
       </c>
       <c r="E25" s="65">
-        <v>-0.05</v>
+        <v>0.22</v>
       </c>
       <c r="F25" s="76">
-        <v>11.17</v>
+        <v>12.15</v>
       </c>
       <c r="G25" s="65">
         <v>7.42</v>
       </c>
       <c r="H25" s="68">
-        <v>7.09</v>
+        <v>6.99</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="58" t="s">
         <v>111</v>
       </c>
       <c r="B26" s="37"/>
       <c r="C26" s="37"/>
       <c r="D26" s="37"/>
       <c r="E26" s="37"/>
       <c r="F26" s="37"/>
       <c r="G26" s="37"/>
       <c r="H26" s="40"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="22" t="s">
         <v>112</v>
       </c>
       <c r="B27" s="62">
+        <v>31410</v>
+      </c>
+      <c r="C27" s="62">
         <v>30437</v>
       </c>
-      <c r="C27" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D27" s="62">
-        <v>19959</v>
+        <v>20351</v>
       </c>
       <c r="E27" s="65">
-        <v>5.14</v>
+        <v>3.2</v>
       </c>
       <c r="F27" s="76">
-        <v>52.5</v>
+        <v>54.34</v>
       </c>
       <c r="G27" s="65">
         <v>0.07</v>
       </c>
       <c r="H27" s="68">
         <v>0.05</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="58" t="s">
         <v>113</v>
       </c>
       <c r="B28" s="37"/>
       <c r="C28" s="37"/>
       <c r="D28" s="37"/>
       <c r="E28" s="37"/>
       <c r="F28" s="37"/>
       <c r="G28" s="37"/>
       <c r="H28" s="40"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="22" t="s">
         <v>114</v>
       </c>
       <c r="B29" s="62">
+        <v>72285</v>
+      </c>
+      <c r="C29" s="62">
         <v>70586</v>
       </c>
-      <c r="C29" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="62">
-        <v>52467</v>
+        <v>53126</v>
       </c>
       <c r="E29" s="65">
-        <v>2.58</v>
+        <v>2.41</v>
       </c>
       <c r="F29" s="76">
-        <v>34.54</v>
+        <v>36.06</v>
       </c>
       <c r="G29" s="65">
         <v>0.16</v>
       </c>
       <c r="H29" s="68">
         <v>0.12</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="58" t="s">
         <v>115</v>
       </c>
       <c r="B30" s="37"/>
       <c r="C30" s="37"/>
       <c r="D30" s="37"/>
       <c r="E30" s="37"/>
       <c r="F30" s="37"/>
       <c r="G30" s="37"/>
       <c r="H30" s="40"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="22" t="s">
         <v>116</v>
       </c>
       <c r="B31" s="62">
+        <v>21890</v>
+      </c>
+      <c r="C31" s="62">
         <v>21450</v>
       </c>
-      <c r="C31" s="62">
-[...1 lines deleted...]
-      </c>
       <c r="D31" s="62">
-        <v>15620</v>
+        <v>16357</v>
       </c>
       <c r="E31" s="65">
-        <v>1.41</v>
+        <v>2.05</v>
       </c>
       <c r="F31" s="76">
-        <v>37.32</v>
+        <v>33.83</v>
       </c>
       <c r="G31" s="65">
         <v>0.05</v>
       </c>
       <c r="H31" s="68">
         <v>0.04</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="58" t="s">
         <v>117</v>
       </c>
       <c r="B32" s="37"/>
       <c r="C32" s="37"/>
       <c r="D32" s="37"/>
       <c r="E32" s="37"/>
       <c r="F32" s="37"/>
       <c r="G32" s="37"/>
       <c r="H32" s="40"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="60" t="s">
         <v>118</v>
       </c>
       <c r="B33" s="63">
+        <v>1251980</v>
+      </c>
+      <c r="C33" s="63">
         <v>1276006</v>
       </c>
-      <c r="C33" s="63">
-[...1 lines deleted...]
-      </c>
       <c r="D33" s="63">
-        <v>1339171</v>
+        <v>1331780</v>
       </c>
       <c r="E33" s="66">
-        <v>3.22</v>
+        <v>-1.88</v>
       </c>
       <c r="F33" s="77">
-        <v>-4.72</v>
+        <v>-5.99</v>
       </c>
       <c r="G33" s="66">
-        <v>2.81</v>
+        <v>2.75</v>
       </c>
       <c r="H33" s="69">
-        <v>3.13</v>
+        <v>3.09</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="59" t="s">
         <v>119</v>
       </c>
       <c r="B34" s="37"/>
       <c r="C34" s="37"/>
       <c r="D34" s="37"/>
       <c r="E34" s="37"/>
       <c r="F34" s="37"/>
       <c r="G34" s="37"/>
       <c r="H34" s="40"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="60" t="s">
         <v>120</v>
       </c>
       <c r="B35" s="63">
+        <v>149370</v>
+      </c>
+      <c r="C35" s="63">
         <v>175411</v>
       </c>
-      <c r="C35" s="63">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="63">
-        <v>124748</v>
+        <v>115965</v>
       </c>
       <c r="E35" s="66">
-        <v>17.6</v>
+        <v>-14.85</v>
       </c>
       <c r="F35" s="77">
-        <v>40.61</v>
+        <v>28.81</v>
       </c>
       <c r="G35" s="66">
-        <v>0.39</v>
+        <v>0.33</v>
       </c>
       <c r="H35" s="69">
-        <v>0.29</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="78" t="s">
         <v>121</v>
       </c>
       <c r="B36" s="35"/>
       <c r="C36" s="35"/>
       <c r="D36" s="35"/>
       <c r="E36" s="35"/>
       <c r="F36" s="35"/>
       <c r="G36" s="35"/>
       <c r="H36" s="42"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="27" t="s">
         <v>37</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>