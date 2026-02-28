--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -300,54 +300,54 @@
         <charset val="136"/>
       </rPr>
       <t>（</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Cont.2 End</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>）</t>
     </r>
   </si>
   <si>
     <t>資料來源：金融機構申報資料。</t>
   </si>
   <si>
-    <t>民國114年10月</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> Oct. 2025</t>
+    <t>民國114年12月</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dec. 2025</t>
   </si>
   <si>
     <t>說　　明：本表自102年1月起包含大陸地區銀行在臺分行資料。</t>
   </si>
   <si>
     <t>Note: Beginning Jan. 2013, the data include "Local Branches of Mainland Chinese Banks".</t>
   </si>
   <si>
     <t>說　　明：1.本表不含催收款。</t>
   </si>
   <si>
     <t>　　　　　2.#係金融控股公司之子公司。</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>本國銀行</t>
   </si>
   <si>
     <t>Domestic Banks</t>
   </si>
   <si>
     <t>臺灣銀行　　　　　　#</t>
   </si>
@@ -2170,563 +2170,563 @@
       </c>
     </row>
     <row r="8" spans="1:8" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="11"/>
       <c r="C8" s="11"/>
       <c r="D8" s="16" t="s">
         <v>19</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="17" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="16"/>
       <c r="H8" s="18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="47" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="50">
-        <v>45503622</v>
+        <v>46160095</v>
       </c>
       <c r="C9" s="50">
-        <v>45436848</v>
+        <v>45772653</v>
       </c>
       <c r="D9" s="50">
-        <v>43067110</v>
+        <v>43522982</v>
       </c>
       <c r="E9" s="53">
-        <v>0.15</v>
+        <v>0.85</v>
       </c>
       <c r="F9" s="53">
-        <v>5.66</v>
+        <v>6.06</v>
       </c>
       <c r="G9" s="53">
         <v>100</v>
       </c>
       <c r="H9" s="56">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="59" t="s">
         <v>41</v>
       </c>
       <c r="B10" s="37"/>
       <c r="C10" s="37"/>
       <c r="D10" s="37"/>
       <c r="E10" s="37"/>
       <c r="F10" s="37"/>
       <c r="G10" s="37"/>
       <c r="H10" s="40"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="60" t="s">
         <v>42</v>
       </c>
       <c r="B11" s="63">
-        <v>44102272</v>
+        <v>44589864</v>
       </c>
       <c r="C11" s="63">
-        <v>43985431</v>
+        <v>44344278</v>
       </c>
       <c r="D11" s="63">
-        <v>41619365</v>
+        <v>42058922</v>
       </c>
       <c r="E11" s="66">
-        <v>0.27</v>
+        <v>0.55</v>
       </c>
       <c r="F11" s="66">
-        <v>5.97</v>
+        <v>6.02</v>
       </c>
       <c r="G11" s="66">
-        <v>96.92</v>
+        <v>96.6</v>
       </c>
       <c r="H11" s="69">
         <v>96.64</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="59" t="s">
         <v>43</v>
       </c>
       <c r="B12" s="37"/>
       <c r="C12" s="37"/>
       <c r="D12" s="37"/>
       <c r="E12" s="37"/>
       <c r="F12" s="37"/>
       <c r="G12" s="37"/>
       <c r="H12" s="40"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>44</v>
       </c>
       <c r="B13" s="62">
-        <v>3443231</v>
+        <v>3494414</v>
       </c>
       <c r="C13" s="62">
-        <v>3431103</v>
+        <v>3438392</v>
       </c>
       <c r="D13" s="62">
-        <v>3344518</v>
+        <v>3385205</v>
       </c>
       <c r="E13" s="65">
-        <v>0.35</v>
+        <v>1.63</v>
       </c>
       <c r="F13" s="65">
-        <v>2.95</v>
+        <v>3.23</v>
       </c>
       <c r="G13" s="65">
         <v>7.57</v>
       </c>
       <c r="H13" s="68">
-        <v>7.77</v>
+        <v>7.78</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="58" t="s">
         <v>45</v>
       </c>
       <c r="B14" s="37"/>
       <c r="C14" s="37"/>
       <c r="D14" s="37"/>
       <c r="E14" s="37"/>
       <c r="F14" s="37"/>
       <c r="G14" s="37"/>
       <c r="H14" s="40"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="22" t="s">
         <v>46</v>
       </c>
       <c r="B15" s="62">
-        <v>2516889</v>
+        <v>2529658</v>
       </c>
       <c r="C15" s="62">
-        <v>2501521</v>
+        <v>2529564</v>
       </c>
       <c r="D15" s="62">
-        <v>2358959</v>
+        <v>2414451</v>
       </c>
       <c r="E15" s="65">
-        <v>0.61</v>
+        <v>0</v>
       </c>
       <c r="F15" s="65">
-        <v>6.69</v>
+        <v>4.77</v>
       </c>
       <c r="G15" s="65">
-        <v>5.53</v>
+        <v>5.48</v>
       </c>
       <c r="H15" s="68">
-        <v>5.48</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="58" t="s">
         <v>47</v>
       </c>
       <c r="B16" s="37"/>
       <c r="C16" s="37"/>
       <c r="D16" s="37"/>
       <c r="E16" s="37"/>
       <c r="F16" s="37"/>
       <c r="G16" s="37"/>
       <c r="H16" s="40"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="22" t="s">
         <v>48</v>
       </c>
       <c r="B17" s="62">
-        <v>3124245</v>
+        <v>3140933</v>
       </c>
       <c r="C17" s="62">
-        <v>3145051</v>
+        <v>3157180</v>
       </c>
       <c r="D17" s="62">
-        <v>3054863</v>
+        <v>3066477</v>
       </c>
       <c r="E17" s="65">
-        <v>-0.66</v>
+        <v>-0.51</v>
       </c>
       <c r="F17" s="65">
-        <v>2.27</v>
+        <v>2.43</v>
       </c>
       <c r="G17" s="65">
-        <v>6.87</v>
+        <v>6.8</v>
       </c>
       <c r="H17" s="68">
-        <v>7.09</v>
+        <v>7.05</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="58" t="s">
         <v>49</v>
       </c>
       <c r="B18" s="37"/>
       <c r="C18" s="37"/>
       <c r="D18" s="37"/>
       <c r="E18" s="37"/>
       <c r="F18" s="37"/>
       <c r="G18" s="37"/>
       <c r="H18" s="40"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="22" t="s">
         <v>50</v>
       </c>
       <c r="B19" s="62">
-        <v>2742327</v>
+        <v>2786462</v>
       </c>
       <c r="C19" s="62">
-        <v>2725063</v>
+        <v>2760937</v>
       </c>
       <c r="D19" s="62">
-        <v>2595166</v>
+        <v>2637158</v>
       </c>
       <c r="E19" s="65">
-        <v>0.63</v>
+        <v>0.92</v>
       </c>
       <c r="F19" s="65">
-        <v>5.67</v>
+        <v>5.66</v>
       </c>
       <c r="G19" s="65">
-        <v>6.03</v>
+        <v>6.04</v>
       </c>
       <c r="H19" s="68">
-        <v>6.03</v>
+        <v>6.06</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="58" t="s">
         <v>51</v>
       </c>
       <c r="B20" s="37"/>
       <c r="C20" s="37"/>
       <c r="D20" s="37"/>
       <c r="E20" s="37"/>
       <c r="F20" s="37"/>
       <c r="G20" s="37"/>
       <c r="H20" s="40"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="22" t="s">
         <v>52</v>
       </c>
       <c r="B21" s="62">
-        <v>2406286</v>
+        <v>2408385</v>
       </c>
       <c r="C21" s="62">
-        <v>2388629</v>
+        <v>2406145</v>
       </c>
       <c r="D21" s="62">
-        <v>2431968</v>
+        <v>2414589</v>
       </c>
       <c r="E21" s="65">
-        <v>0.74</v>
+        <v>0.09</v>
       </c>
       <c r="F21" s="65">
-        <v>-1.06</v>
+        <v>-0.26</v>
       </c>
       <c r="G21" s="65">
-        <v>5.29</v>
+        <v>5.22</v>
       </c>
       <c r="H21" s="68">
-        <v>5.65</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="58" t="s">
         <v>53</v>
       </c>
       <c r="B22" s="37"/>
       <c r="C22" s="37"/>
       <c r="D22" s="37"/>
       <c r="E22" s="37"/>
       <c r="F22" s="37"/>
       <c r="G22" s="37"/>
       <c r="H22" s="40"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="22" t="s">
         <v>54</v>
       </c>
       <c r="B23" s="62">
-        <v>2025225</v>
+        <v>2057171</v>
       </c>
       <c r="C23" s="62">
-        <v>2031086</v>
+        <v>2046853</v>
       </c>
       <c r="D23" s="62">
-        <v>1973170</v>
+        <v>1979093</v>
       </c>
       <c r="E23" s="65">
-        <v>-0.29</v>
+        <v>0.5</v>
       </c>
       <c r="F23" s="65">
-        <v>2.64</v>
+        <v>3.95</v>
       </c>
       <c r="G23" s="65">
-        <v>4.45</v>
+        <v>4.46</v>
       </c>
       <c r="H23" s="68">
-        <v>4.58</v>
+        <v>4.55</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="58" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="37"/>
       <c r="C24" s="37"/>
       <c r="D24" s="37"/>
       <c r="E24" s="37"/>
       <c r="F24" s="37"/>
       <c r="G24" s="37"/>
       <c r="H24" s="40"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="22" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="62">
-        <v>888698</v>
+        <v>902676</v>
       </c>
       <c r="C25" s="62">
-        <v>886950</v>
+        <v>895118</v>
       </c>
       <c r="D25" s="62">
-        <v>891961</v>
+        <v>895764</v>
       </c>
       <c r="E25" s="65">
-        <v>0.2</v>
+        <v>0.84</v>
       </c>
       <c r="F25" s="65">
-        <v>-0.37</v>
+        <v>0.77</v>
       </c>
       <c r="G25" s="65">
-        <v>1.95</v>
+        <v>1.96</v>
       </c>
       <c r="H25" s="68">
-        <v>2.07</v>
+        <v>2.06</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="58" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="37"/>
       <c r="C26" s="37"/>
       <c r="D26" s="37"/>
       <c r="E26" s="37"/>
       <c r="F26" s="37"/>
       <c r="G26" s="37"/>
       <c r="H26" s="40"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="22" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="62">
-        <v>2475242</v>
+        <v>2513274</v>
       </c>
       <c r="C27" s="62">
-        <v>2466308</v>
+        <v>2502208</v>
       </c>
       <c r="D27" s="62">
-        <v>2228564</v>
+        <v>2260123</v>
       </c>
       <c r="E27" s="65">
-        <v>0.36</v>
+        <v>0.44</v>
       </c>
       <c r="F27" s="65">
-        <v>11.07</v>
+        <v>11.2</v>
       </c>
       <c r="G27" s="65">
         <v>5.44</v>
       </c>
       <c r="H27" s="68">
-        <v>5.17</v>
+        <v>5.19</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="58" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="37"/>
       <c r="C28" s="37"/>
       <c r="D28" s="37"/>
       <c r="E28" s="37"/>
       <c r="F28" s="37"/>
       <c r="G28" s="37"/>
       <c r="H28" s="40"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="22" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="62">
-        <v>2747692</v>
+        <v>2799690</v>
       </c>
       <c r="C29" s="62">
-        <v>2719761</v>
+        <v>2766365</v>
       </c>
       <c r="D29" s="62">
-        <v>2532428</v>
+        <v>2584901</v>
       </c>
       <c r="E29" s="65">
-        <v>1.03</v>
+        <v>1.2</v>
       </c>
       <c r="F29" s="65">
-        <v>8.5</v>
+        <v>8.31</v>
       </c>
       <c r="G29" s="65">
-        <v>6.04</v>
+        <v>6.07</v>
       </c>
       <c r="H29" s="68">
-        <v>5.88</v>
+        <v>5.94</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="58" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="37"/>
       <c r="C30" s="37"/>
       <c r="D30" s="37"/>
       <c r="E30" s="37"/>
       <c r="F30" s="37"/>
       <c r="G30" s="37"/>
       <c r="H30" s="40"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="22" t="s">
         <v>62</v>
       </c>
       <c r="B31" s="62">
-        <v>221362</v>
+        <v>223767</v>
       </c>
       <c r="C31" s="62">
-        <v>217707</v>
+        <v>226353</v>
       </c>
       <c r="D31" s="62">
-        <v>200015</v>
+        <v>205780</v>
       </c>
       <c r="E31" s="65">
-        <v>1.68</v>
+        <v>-1.14</v>
       </c>
       <c r="F31" s="65">
-        <v>10.67</v>
+        <v>8.74</v>
       </c>
       <c r="G31" s="65">
-        <v>0.49</v>
+        <v>0.48</v>
       </c>
       <c r="H31" s="68">
-        <v>0.46</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="58" t="s">
         <v>63</v>
       </c>
       <c r="B32" s="37"/>
       <c r="C32" s="37"/>
       <c r="D32" s="37"/>
       <c r="E32" s="37"/>
       <c r="F32" s="37"/>
       <c r="G32" s="37"/>
       <c r="H32" s="40"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="22" t="s">
         <v>64</v>
       </c>
       <c r="B33" s="62">
-        <v>229511</v>
+        <v>228463</v>
       </c>
       <c r="C33" s="62">
-        <v>229343</v>
+        <v>229595</v>
       </c>
       <c r="D33" s="62">
-        <v>215672</v>
+        <v>219879</v>
       </c>
       <c r="E33" s="65">
-        <v>0.07</v>
+        <v>-0.49</v>
       </c>
       <c r="F33" s="65">
-        <v>6.42</v>
+        <v>3.9</v>
       </c>
       <c r="G33" s="65">
-        <v>0.5</v>
+        <v>0.49</v>
       </c>
       <c r="H33" s="68">
-        <v>0.5</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="58" t="s">
         <v>65</v>
       </c>
       <c r="B34" s="37"/>
       <c r="C34" s="37"/>
       <c r="D34" s="37"/>
       <c r="E34" s="37"/>
       <c r="F34" s="37"/>
       <c r="G34" s="37"/>
       <c r="H34" s="40"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="22" t="s">
         <v>66</v>
       </c>
       <c r="B35" s="62">
-        <v>2369081</v>
+        <v>2418477</v>
       </c>
       <c r="C35" s="62">
-        <v>2357101</v>
+        <v>2383770</v>
       </c>
       <c r="D35" s="62">
-        <v>2256085</v>
+        <v>2283066</v>
       </c>
       <c r="E35" s="65">
-        <v>0.51</v>
+        <v>1.46</v>
       </c>
       <c r="F35" s="65">
-        <v>5.01</v>
+        <v>5.93</v>
       </c>
       <c r="G35" s="65">
-        <v>5.21</v>
+        <v>5.24</v>
       </c>
       <c r="H35" s="68">
-        <v>5.24</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="71" t="s">
         <v>67</v>
       </c>
       <c r="B36" s="35"/>
       <c r="C36" s="35"/>
       <c r="D36" s="35"/>
       <c r="E36" s="35"/>
       <c r="F36" s="35"/>
       <c r="G36" s="35"/>
       <c r="H36" s="42"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
@@ -2898,56 +2898,56 @@
       </c>
       <c r="B2" s="43"/>
       <c r="C2" s="43"/>
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1">
       <c r="A3" s="32" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="32"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="32"/>
       <c r="F3" s="32"/>
       <c r="G3" s="32"/>
       <c r="H3" s="32"/>
     </row>
     <row r="4" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="38" t="str">
         <f>'4-2'!B4:C4</f>
-        <v>民國114年10月</v>
+        <v>民國114年12月</v>
       </c>
       <c r="C4" s="38"/>
       <c r="D4" s="33" t="str">
         <f>'4-2'!D4:F4</f>
-        <v> Oct. 2025</v>
+        <v> Dec. 2025</v>
       </c>
       <c r="E4" s="33"/>
       <c r="F4" s="26"/>
       <c r="G4" s="4"/>
       <c r="H4" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>1</v>
       </c>
@@ -3003,560 +3003,560 @@
       </c>
     </row>
     <row r="8" spans="1:8" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="11"/>
       <c r="C8" s="11"/>
       <c r="D8" s="16" t="s">
         <v>19</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="17" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="16"/>
       <c r="H8" s="18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="46" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="49">
-        <v>64517</v>
+        <v>64419</v>
       </c>
       <c r="C9" s="49">
-        <v>68390</v>
+        <v>63928</v>
       </c>
       <c r="D9" s="49">
-        <v>83864</v>
+        <v>86645</v>
       </c>
       <c r="E9" s="52">
-        <v>-5.66</v>
+        <v>0.77</v>
       </c>
       <c r="F9" s="52">
-        <v>-23.07</v>
+        <v>-25.65</v>
       </c>
       <c r="G9" s="52">
         <v>0.14</v>
       </c>
       <c r="H9" s="55">
-        <v>0.19</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="58" t="s">
         <v>68</v>
       </c>
       <c r="B10" s="37"/>
       <c r="C10" s="37"/>
       <c r="D10" s="37"/>
       <c r="E10" s="37"/>
       <c r="F10" s="37"/>
       <c r="G10" s="37"/>
       <c r="H10" s="40"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="22" t="s">
         <v>69</v>
       </c>
       <c r="B11" s="62">
-        <v>235341</v>
+        <v>234583</v>
       </c>
       <c r="C11" s="62">
-        <v>235505</v>
+        <v>234284</v>
       </c>
       <c r="D11" s="62">
-        <v>225874</v>
+        <v>229844</v>
       </c>
       <c r="E11" s="65">
-        <v>-0.07</v>
+        <v>0.13</v>
       </c>
       <c r="F11" s="65">
-        <v>4.19</v>
+        <v>2.06</v>
       </c>
       <c r="G11" s="65">
-        <v>0.52</v>
+        <v>0.51</v>
       </c>
       <c r="H11" s="68">
-        <v>0.52</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="58" t="s">
         <v>70</v>
       </c>
       <c r="B12" s="37"/>
       <c r="C12" s="37"/>
       <c r="D12" s="37"/>
       <c r="E12" s="37"/>
       <c r="F12" s="37"/>
       <c r="G12" s="37"/>
       <c r="H12" s="40"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>71</v>
       </c>
       <c r="B13" s="62">
-        <v>1672202</v>
+        <v>1686808</v>
       </c>
       <c r="C13" s="62">
-        <v>1672305</v>
+        <v>1681734</v>
       </c>
       <c r="D13" s="62">
-        <v>1598926</v>
+        <v>1631485</v>
       </c>
       <c r="E13" s="65">
-        <v>-0.01</v>
+        <v>0.3</v>
       </c>
       <c r="F13" s="65">
-        <v>4.58</v>
+        <v>3.39</v>
       </c>
       <c r="G13" s="65">
-        <v>3.67</v>
+        <v>3.65</v>
       </c>
       <c r="H13" s="68">
-        <v>3.71</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="58" t="s">
         <v>72</v>
       </c>
       <c r="B14" s="37"/>
       <c r="C14" s="37"/>
       <c r="D14" s="37"/>
       <c r="E14" s="37"/>
       <c r="F14" s="37"/>
       <c r="G14" s="37"/>
       <c r="H14" s="40"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="22" t="s">
         <v>73</v>
       </c>
       <c r="B15" s="62">
-        <v>328873</v>
+        <v>328334</v>
       </c>
       <c r="C15" s="62">
-        <v>330226</v>
+        <v>328713</v>
       </c>
       <c r="D15" s="62">
-        <v>319453</v>
+        <v>322121</v>
       </c>
       <c r="E15" s="65">
-        <v>-0.41</v>
+        <v>-0.12</v>
       </c>
       <c r="F15" s="65">
-        <v>2.95</v>
+        <v>1.93</v>
       </c>
       <c r="G15" s="65">
-        <v>0.72</v>
+        <v>0.71</v>
       </c>
       <c r="H15" s="68">
         <v>0.74</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="58" t="s">
         <v>74</v>
       </c>
       <c r="B16" s="37"/>
       <c r="C16" s="37"/>
       <c r="D16" s="37"/>
       <c r="E16" s="37"/>
       <c r="F16" s="37"/>
       <c r="G16" s="37"/>
       <c r="H16" s="40"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="22" t="s">
         <v>75</v>
       </c>
       <c r="B17" s="62">
-        <v>634417</v>
+        <v>637502</v>
       </c>
       <c r="C17" s="62">
-        <v>634568</v>
+        <v>638233</v>
       </c>
       <c r="D17" s="62">
-        <v>587131</v>
+        <v>605964</v>
       </c>
       <c r="E17" s="65">
-        <v>-0.02</v>
+        <v>-0.11</v>
       </c>
       <c r="F17" s="65">
-        <v>8.05</v>
+        <v>5.2</v>
       </c>
       <c r="G17" s="65">
+        <v>1.38</v>
+      </c>
+      <c r="H17" s="68">
         <v>1.39</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.36</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="58" t="s">
         <v>76</v>
       </c>
       <c r="B18" s="37"/>
       <c r="C18" s="37"/>
       <c r="D18" s="37"/>
       <c r="E18" s="37"/>
       <c r="F18" s="37"/>
       <c r="G18" s="37"/>
       <c r="H18" s="40"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="22" t="s">
         <v>77</v>
       </c>
       <c r="B19" s="62">
-        <v>226888</v>
+        <v>226203</v>
       </c>
       <c r="C19" s="62">
-        <v>225552</v>
+        <v>226867</v>
       </c>
       <c r="D19" s="62">
-        <v>229292</v>
+        <v>244229</v>
       </c>
       <c r="E19" s="65">
-        <v>0.59</v>
+        <v>-0.29</v>
       </c>
       <c r="F19" s="65">
-        <v>-1.05</v>
+        <v>-7.38</v>
       </c>
       <c r="G19" s="65">
-        <v>0.5</v>
+        <v>0.49</v>
       </c>
       <c r="H19" s="68">
-        <v>0.53</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="58" t="s">
         <v>78</v>
       </c>
       <c r="B20" s="37"/>
       <c r="C20" s="37"/>
       <c r="D20" s="37"/>
       <c r="E20" s="37"/>
       <c r="F20" s="37"/>
       <c r="G20" s="37"/>
       <c r="H20" s="40"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="22" t="s">
         <v>79</v>
       </c>
       <c r="B21" s="62">
-        <v>333639</v>
+        <v>340235</v>
       </c>
       <c r="C21" s="62">
-        <v>332866</v>
+        <v>333327</v>
       </c>
       <c r="D21" s="62">
-        <v>333023</v>
+        <v>331873</v>
       </c>
       <c r="E21" s="65">
-        <v>0.23</v>
+        <v>2.07</v>
       </c>
       <c r="F21" s="65">
-        <v>0.19</v>
+        <v>2.52</v>
       </c>
       <c r="G21" s="65">
-        <v>0.73</v>
+        <v>0.74</v>
       </c>
       <c r="H21" s="68">
-        <v>0.77</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="58" t="s">
         <v>80</v>
       </c>
       <c r="B22" s="37"/>
       <c r="C22" s="37"/>
       <c r="D22" s="37"/>
       <c r="E22" s="37"/>
       <c r="F22" s="37"/>
       <c r="G22" s="37"/>
       <c r="H22" s="40"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="22" t="s">
         <v>81</v>
       </c>
       <c r="B23" s="62">
-        <v>61606</v>
+        <v>62244</v>
       </c>
       <c r="C23" s="62">
-        <v>61705</v>
+        <v>61857</v>
       </c>
       <c r="D23" s="62">
-        <v>56519</v>
+        <v>57648</v>
       </c>
       <c r="E23" s="65">
-        <v>-0.16</v>
+        <v>0.63</v>
       </c>
       <c r="F23" s="65">
-        <v>9</v>
+        <v>7.97</v>
       </c>
       <c r="G23" s="65">
-        <v>0.14</v>
+        <v>0.13</v>
       </c>
       <c r="H23" s="68">
         <v>0.13</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="58" t="s">
         <v>82</v>
       </c>
       <c r="B24" s="37"/>
       <c r="C24" s="37"/>
       <c r="D24" s="37"/>
       <c r="E24" s="37"/>
       <c r="F24" s="37"/>
       <c r="G24" s="37"/>
       <c r="H24" s="40"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="22" t="s">
         <v>83</v>
       </c>
       <c r="B25" s="62">
-        <v>187226</v>
+        <v>188233</v>
       </c>
       <c r="C25" s="62">
-        <v>186782</v>
+        <v>187899</v>
       </c>
       <c r="D25" s="62">
-        <v>164133</v>
+        <v>168228</v>
       </c>
       <c r="E25" s="65">
-        <v>0.24</v>
+        <v>0.18</v>
       </c>
       <c r="F25" s="65">
-        <v>14.07</v>
+        <v>11.89</v>
       </c>
       <c r="G25" s="65">
         <v>0.41</v>
       </c>
       <c r="H25" s="68">
-        <v>0.38</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="58" t="s">
         <v>84</v>
       </c>
       <c r="B26" s="37"/>
       <c r="C26" s="37"/>
       <c r="D26" s="37"/>
       <c r="E26" s="37"/>
       <c r="F26" s="37"/>
       <c r="G26" s="37"/>
       <c r="H26" s="40"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="22" t="s">
         <v>85</v>
       </c>
       <c r="B27" s="62">
-        <v>889237</v>
+        <v>892849</v>
       </c>
       <c r="C27" s="62">
-        <v>890236</v>
+        <v>888661</v>
       </c>
       <c r="D27" s="62">
-        <v>844602</v>
+        <v>852794</v>
       </c>
       <c r="E27" s="65">
-        <v>-0.11</v>
+        <v>0.47</v>
       </c>
       <c r="F27" s="65">
-        <v>5.28</v>
+        <v>4.7</v>
       </c>
       <c r="G27" s="65">
-        <v>1.95</v>
+        <v>1.93</v>
       </c>
       <c r="H27" s="68">
         <v>1.96</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="58" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="37"/>
       <c r="C28" s="37"/>
       <c r="D28" s="37"/>
       <c r="E28" s="37"/>
       <c r="F28" s="37"/>
       <c r="G28" s="37"/>
       <c r="H28" s="40"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="22" t="s">
         <v>87</v>
       </c>
       <c r="B29" s="62">
-        <v>523482</v>
+        <v>531205</v>
       </c>
       <c r="C29" s="62">
-        <v>521727</v>
+        <v>526877</v>
       </c>
       <c r="D29" s="62">
-        <v>496468</v>
+        <v>501380</v>
       </c>
       <c r="E29" s="65">
-        <v>0.34</v>
+        <v>0.82</v>
       </c>
       <c r="F29" s="65">
-        <v>5.44</v>
+        <v>5.95</v>
       </c>
       <c r="G29" s="65">
         <v>1.15</v>
       </c>
       <c r="H29" s="68">
         <v>1.15</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="58" t="s">
         <v>88</v>
       </c>
       <c r="B30" s="37"/>
       <c r="C30" s="37"/>
       <c r="D30" s="37"/>
       <c r="E30" s="37"/>
       <c r="F30" s="37"/>
       <c r="G30" s="37"/>
       <c r="H30" s="40"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="22" t="s">
         <v>89</v>
       </c>
       <c r="B31" s="62">
-        <v>229584</v>
+        <v>234477</v>
       </c>
       <c r="C31" s="62">
-        <v>226192</v>
+        <v>233780</v>
       </c>
       <c r="D31" s="62">
-        <v>213751</v>
+        <v>215907</v>
       </c>
       <c r="E31" s="65">
-        <v>1.5</v>
+        <v>0.3</v>
       </c>
       <c r="F31" s="65">
-        <v>7.41</v>
+        <v>8.6</v>
       </c>
       <c r="G31" s="65">
-        <v>0.5</v>
+        <v>0.51</v>
       </c>
       <c r="H31" s="68">
         <v>0.5</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="58" t="s">
         <v>90</v>
       </c>
       <c r="B32" s="37"/>
       <c r="C32" s="37"/>
       <c r="D32" s="37"/>
       <c r="E32" s="37"/>
       <c r="F32" s="37"/>
       <c r="G32" s="37"/>
       <c r="H32" s="40"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="22" t="s">
         <v>91</v>
       </c>
       <c r="B33" s="62">
-        <v>149995</v>
+        <v>152382</v>
       </c>
       <c r="C33" s="62">
-        <v>152482</v>
+        <v>151235</v>
       </c>
       <c r="D33" s="62">
-        <v>140770</v>
+        <v>144528</v>
       </c>
       <c r="E33" s="65">
-        <v>-1.63</v>
+        <v>0.76</v>
       </c>
       <c r="F33" s="65">
-        <v>6.55</v>
+        <v>5.43</v>
       </c>
       <c r="G33" s="65">
         <v>0.33</v>
       </c>
       <c r="H33" s="68">
         <v>0.33</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="58" t="s">
         <v>92</v>
       </c>
       <c r="B34" s="37"/>
       <c r="C34" s="37"/>
       <c r="D34" s="37"/>
       <c r="E34" s="37"/>
       <c r="F34" s="37"/>
       <c r="G34" s="37"/>
       <c r="H34" s="40"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="22" t="s">
         <v>93</v>
       </c>
       <c r="B35" s="62">
-        <v>633050</v>
+        <v>639045</v>
       </c>
       <c r="C35" s="62">
-        <v>631955</v>
+        <v>636995</v>
       </c>
       <c r="D35" s="62">
-        <v>607839</v>
+        <v>612505</v>
       </c>
       <c r="E35" s="65">
-        <v>0.17</v>
+        <v>0.32</v>
       </c>
       <c r="F35" s="65">
-        <v>4.15</v>
+        <v>4.33</v>
       </c>
       <c r="G35" s="65">
-        <v>1.39</v>
+        <v>1.38</v>
       </c>
       <c r="H35" s="68">
         <v>1.41</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="71" t="s">
         <v>94</v>
       </c>
       <c r="B36" s="35"/>
       <c r="C36" s="35"/>
       <c r="D36" s="35"/>
       <c r="E36" s="35"/>
       <c r="F36" s="35"/>
       <c r="G36" s="35"/>
       <c r="H36" s="42"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="19" t="s">
         <v>30</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
@@ -3726,56 +3726,56 @@
       </c>
       <c r="B2" s="43"/>
       <c r="C2" s="43"/>
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1">
       <c r="A3" s="32" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="32"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="32"/>
       <c r="F3" s="32"/>
       <c r="G3" s="32"/>
       <c r="H3" s="32"/>
     </row>
     <row r="4" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="38" t="str">
         <f>'4-2'!B4:C4</f>
-        <v>民國114年10月</v>
+        <v>民國114年12月</v>
       </c>
       <c r="C4" s="38"/>
       <c r="D4" s="33" t="str">
         <f>'4-2'!D4:F4</f>
-        <v> Oct. 2025</v>
+        <v> Dec. 2025</v>
       </c>
       <c r="E4" s="33"/>
       <c r="F4" s="26"/>
       <c r="G4" s="4"/>
       <c r="H4" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>1</v>
       </c>
@@ -3831,563 +3831,563 @@
       </c>
     </row>
     <row r="8" spans="1:8" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="11"/>
       <c r="C8" s="11"/>
       <c r="D8" s="16" t="s">
         <v>19</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="17" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="16"/>
       <c r="H8" s="18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="46" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="49">
-        <v>509579</v>
+        <v>513279</v>
       </c>
       <c r="C9" s="49">
-        <v>508327</v>
+        <v>510417</v>
       </c>
       <c r="D9" s="49">
-        <v>495961</v>
+        <v>492345</v>
       </c>
       <c r="E9" s="52">
-        <v>0.25</v>
+        <v>0.56</v>
       </c>
       <c r="F9" s="74">
-        <v>2.75</v>
+        <v>4.25</v>
       </c>
       <c r="G9" s="52">
-        <v>1.12</v>
+        <v>1.11</v>
       </c>
       <c r="H9" s="55">
-        <v>1.15</v>
+        <v>1.13</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="58" t="s">
         <v>95</v>
       </c>
       <c r="B10" s="37"/>
       <c r="C10" s="37"/>
       <c r="D10" s="37"/>
       <c r="E10" s="37"/>
       <c r="F10" s="37"/>
       <c r="G10" s="37"/>
       <c r="H10" s="40"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="22" t="s">
         <v>96</v>
       </c>
       <c r="B11" s="62">
-        <v>1384749</v>
+        <v>1443935</v>
       </c>
       <c r="C11" s="62">
-        <v>1391667</v>
+        <v>1398029</v>
       </c>
       <c r="D11" s="62">
-        <v>1240400</v>
+        <v>1265236</v>
       </c>
       <c r="E11" s="65">
-        <v>-0.5</v>
+        <v>3.28</v>
       </c>
       <c r="F11" s="76">
-        <v>11.64</v>
+        <v>14.12</v>
       </c>
       <c r="G11" s="65">
-        <v>3.04</v>
+        <v>3.13</v>
       </c>
       <c r="H11" s="68">
-        <v>2.88</v>
+        <v>2.91</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="58" t="s">
         <v>97</v>
       </c>
       <c r="B12" s="37"/>
       <c r="C12" s="37"/>
       <c r="D12" s="37"/>
       <c r="E12" s="37"/>
       <c r="F12" s="37"/>
       <c r="G12" s="37"/>
       <c r="H12" s="40"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>98</v>
       </c>
       <c r="B13" s="62">
-        <v>1648325</v>
+        <v>1669713</v>
       </c>
       <c r="C13" s="62">
-        <v>1651752</v>
+        <v>1685775</v>
       </c>
       <c r="D13" s="62">
-        <v>1608515</v>
+        <v>1617972</v>
       </c>
       <c r="E13" s="65">
-        <v>-0.21</v>
+        <v>-0.95</v>
       </c>
       <c r="F13" s="76">
-        <v>2.47</v>
+        <v>3.2</v>
       </c>
       <c r="G13" s="65">
         <v>3.62</v>
       </c>
       <c r="H13" s="68">
-        <v>3.73</v>
+        <v>3.72</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="58" t="s">
         <v>99</v>
       </c>
       <c r="B14" s="37"/>
       <c r="C14" s="37"/>
       <c r="D14" s="37"/>
       <c r="E14" s="37"/>
       <c r="F14" s="37"/>
       <c r="G14" s="37"/>
       <c r="H14" s="40"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="22" t="s">
         <v>100</v>
       </c>
       <c r="B15" s="62">
-        <v>2499264</v>
+        <v>2559609</v>
       </c>
       <c r="C15" s="62">
-        <v>2469023</v>
+        <v>2535211</v>
       </c>
       <c r="D15" s="62">
-        <v>2254688</v>
+        <v>2278969</v>
       </c>
       <c r="E15" s="65">
-        <v>1.22</v>
+        <v>0.96</v>
       </c>
       <c r="F15" s="76">
-        <v>10.85</v>
+        <v>12.31</v>
       </c>
       <c r="G15" s="65">
-        <v>5.49</v>
+        <v>5.55</v>
       </c>
       <c r="H15" s="68">
         <v>5.24</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="58" t="s">
         <v>101</v>
       </c>
       <c r="B16" s="37"/>
       <c r="C16" s="37"/>
       <c r="D16" s="37"/>
       <c r="E16" s="37"/>
       <c r="F16" s="37"/>
       <c r="G16" s="37"/>
       <c r="H16" s="40"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="22" t="s">
         <v>102</v>
       </c>
       <c r="B17" s="62">
-        <v>518069</v>
+        <v>530241</v>
       </c>
       <c r="C17" s="62">
-        <v>516675</v>
+        <v>521246</v>
       </c>
       <c r="D17" s="62">
-        <v>457153</v>
+        <v>477581</v>
       </c>
       <c r="E17" s="65">
-        <v>0.27</v>
+        <v>1.73</v>
       </c>
       <c r="F17" s="76">
-        <v>13.33</v>
+        <v>11.03</v>
       </c>
       <c r="G17" s="65">
-        <v>1.14</v>
+        <v>1.15</v>
       </c>
       <c r="H17" s="68">
-        <v>1.06</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="58" t="s">
         <v>103</v>
       </c>
       <c r="B18" s="37"/>
       <c r="C18" s="37"/>
       <c r="D18" s="37"/>
       <c r="E18" s="37"/>
       <c r="F18" s="37"/>
       <c r="G18" s="37"/>
       <c r="H18" s="40"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="22" t="s">
         <v>104</v>
       </c>
       <c r="B19" s="62">
-        <v>547734</v>
+        <v>534959</v>
       </c>
       <c r="C19" s="62">
-        <v>551236</v>
+        <v>530731</v>
       </c>
       <c r="D19" s="62">
-        <v>528983</v>
+        <v>515773</v>
       </c>
       <c r="E19" s="65">
-        <v>-0.64</v>
+        <v>0.8</v>
       </c>
       <c r="F19" s="76">
-        <v>3.54</v>
+        <v>3.72</v>
       </c>
       <c r="G19" s="65">
-        <v>1.2</v>
+        <v>1.16</v>
       </c>
       <c r="H19" s="68">
-        <v>1.23</v>
+        <v>1.19</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="58" t="s">
         <v>105</v>
       </c>
       <c r="B20" s="37"/>
       <c r="C20" s="37"/>
       <c r="D20" s="37"/>
       <c r="E20" s="37"/>
       <c r="F20" s="37"/>
       <c r="G20" s="37"/>
       <c r="H20" s="40"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="22" t="s">
         <v>106</v>
       </c>
       <c r="B21" s="62">
-        <v>1877673</v>
+        <v>1836640</v>
       </c>
       <c r="C21" s="62">
-        <v>1882669</v>
+        <v>1861988</v>
       </c>
       <c r="D21" s="62">
-        <v>1719828</v>
+        <v>1702998</v>
       </c>
       <c r="E21" s="65">
-        <v>-0.27</v>
+        <v>-1.36</v>
       </c>
       <c r="F21" s="76">
-        <v>9.18</v>
+        <v>7.85</v>
       </c>
       <c r="G21" s="65">
-        <v>4.13</v>
+        <v>3.98</v>
       </c>
       <c r="H21" s="68">
-        <v>3.99</v>
+        <v>3.91</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="58" t="s">
         <v>107</v>
       </c>
       <c r="B22" s="37"/>
       <c r="C22" s="37"/>
       <c r="D22" s="37"/>
       <c r="E22" s="37"/>
       <c r="F22" s="37"/>
       <c r="G22" s="37"/>
       <c r="H22" s="40"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="22" t="s">
         <v>108</v>
       </c>
       <c r="B23" s="62">
-        <v>254035</v>
+        <v>253138</v>
       </c>
       <c r="C23" s="62">
-        <v>251385</v>
+        <v>254872</v>
       </c>
       <c r="D23" s="62">
-        <v>227459</v>
+        <v>230272</v>
       </c>
       <c r="E23" s="65">
-        <v>1.05</v>
+        <v>-0.68</v>
       </c>
       <c r="F23" s="76">
-        <v>11.68</v>
+        <v>9.93</v>
       </c>
       <c r="G23" s="65">
-        <v>0.56</v>
+        <v>0.55</v>
       </c>
       <c r="H23" s="68">
         <v>0.53</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="58" t="s">
         <v>109</v>
       </c>
       <c r="B24" s="37"/>
       <c r="C24" s="37"/>
       <c r="D24" s="37"/>
       <c r="E24" s="37"/>
       <c r="F24" s="37"/>
       <c r="G24" s="37"/>
       <c r="H24" s="40"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="22" t="s">
         <v>110</v>
       </c>
       <c r="B25" s="62">
-        <v>3377415</v>
+        <v>3393806</v>
       </c>
       <c r="C25" s="62">
-        <v>3370109</v>
+        <v>3379908</v>
       </c>
       <c r="D25" s="62">
-        <v>3011528</v>
+        <v>3032438</v>
       </c>
       <c r="E25" s="65">
-        <v>0.22</v>
+        <v>0.41</v>
       </c>
       <c r="F25" s="76">
-        <v>12.15</v>
+        <v>11.92</v>
       </c>
       <c r="G25" s="65">
-        <v>7.42</v>
+        <v>7.35</v>
       </c>
       <c r="H25" s="68">
-        <v>6.99</v>
+        <v>6.97</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="58" t="s">
         <v>111</v>
       </c>
       <c r="B26" s="37"/>
       <c r="C26" s="37"/>
       <c r="D26" s="37"/>
       <c r="E26" s="37"/>
       <c r="F26" s="37"/>
       <c r="G26" s="37"/>
       <c r="H26" s="40"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="22" t="s">
         <v>112</v>
       </c>
       <c r="B27" s="62">
-        <v>31410</v>
+        <v>35854</v>
       </c>
       <c r="C27" s="62">
-        <v>30437</v>
+        <v>33121</v>
       </c>
       <c r="D27" s="62">
-        <v>20351</v>
+        <v>21876</v>
       </c>
       <c r="E27" s="65">
-        <v>3.2</v>
+        <v>8.25</v>
       </c>
       <c r="F27" s="76">
-        <v>54.34</v>
+        <v>63.9</v>
       </c>
       <c r="G27" s="65">
-        <v>0.07</v>
+        <v>0.08</v>
       </c>
       <c r="H27" s="68">
         <v>0.05</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="58" t="s">
         <v>113</v>
       </c>
       <c r="B28" s="37"/>
       <c r="C28" s="37"/>
       <c r="D28" s="37"/>
       <c r="E28" s="37"/>
       <c r="F28" s="37"/>
       <c r="G28" s="37"/>
       <c r="H28" s="40"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="22" t="s">
         <v>114</v>
       </c>
       <c r="B29" s="62">
-        <v>72285</v>
+        <v>74679</v>
       </c>
       <c r="C29" s="62">
-        <v>70586</v>
+        <v>73715</v>
       </c>
       <c r="D29" s="62">
-        <v>53126</v>
+        <v>53629</v>
       </c>
       <c r="E29" s="65">
-        <v>2.41</v>
+        <v>1.31</v>
       </c>
       <c r="F29" s="76">
-        <v>36.06</v>
+        <v>39.25</v>
       </c>
       <c r="G29" s="65">
         <v>0.16</v>
       </c>
       <c r="H29" s="68">
         <v>0.12</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="58" t="s">
         <v>115</v>
       </c>
       <c r="B30" s="37"/>
       <c r="C30" s="37"/>
       <c r="D30" s="37"/>
       <c r="E30" s="37"/>
       <c r="F30" s="37"/>
       <c r="G30" s="37"/>
       <c r="H30" s="40"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="22" t="s">
         <v>116</v>
       </c>
       <c r="B31" s="62">
-        <v>21890</v>
+        <v>22122</v>
       </c>
       <c r="C31" s="62">
-        <v>21450</v>
+        <v>22396</v>
       </c>
       <c r="D31" s="62">
-        <v>16357</v>
+        <v>18196</v>
       </c>
       <c r="E31" s="65">
-        <v>2.05</v>
+        <v>-1.22</v>
       </c>
       <c r="F31" s="76">
-        <v>33.83</v>
+        <v>21.58</v>
       </c>
       <c r="G31" s="65">
         <v>0.05</v>
       </c>
       <c r="H31" s="68">
         <v>0.04</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="58" t="s">
         <v>117</v>
       </c>
       <c r="B32" s="37"/>
       <c r="C32" s="37"/>
       <c r="D32" s="37"/>
       <c r="E32" s="37"/>
       <c r="F32" s="37"/>
       <c r="G32" s="37"/>
       <c r="H32" s="40"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="60" t="s">
         <v>118</v>
       </c>
       <c r="B33" s="63">
-        <v>1251980</v>
+        <v>1404140</v>
       </c>
       <c r="C33" s="63">
-        <v>1276006</v>
+        <v>1274404</v>
       </c>
       <c r="D33" s="63">
-        <v>1331780</v>
+        <v>1305353</v>
       </c>
       <c r="E33" s="66">
-        <v>-1.88</v>
+        <v>10.18</v>
       </c>
       <c r="F33" s="77">
-        <v>-5.99</v>
+        <v>7.57</v>
       </c>
       <c r="G33" s="66">
-        <v>2.75</v>
+        <v>3.04</v>
       </c>
       <c r="H33" s="69">
-        <v>3.09</v>
+        <v>3</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="59" t="s">
         <v>119</v>
       </c>
       <c r="B34" s="37"/>
       <c r="C34" s="37"/>
       <c r="D34" s="37"/>
       <c r="E34" s="37"/>
       <c r="F34" s="37"/>
       <c r="G34" s="37"/>
       <c r="H34" s="40"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="60" t="s">
         <v>120</v>
       </c>
       <c r="B35" s="63">
-        <v>149370</v>
+        <v>166090</v>
       </c>
       <c r="C35" s="63">
-        <v>175411</v>
+        <v>153971</v>
       </c>
       <c r="D35" s="63">
-        <v>115965</v>
+        <v>158707</v>
       </c>
       <c r="E35" s="66">
-        <v>-14.85</v>
+        <v>7.87</v>
       </c>
       <c r="F35" s="77">
-        <v>28.81</v>
+        <v>4.65</v>
       </c>
       <c r="G35" s="66">
-        <v>0.33</v>
+        <v>0.36</v>
       </c>
       <c r="H35" s="69">
-        <v>0.27</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="78" t="s">
         <v>121</v>
       </c>
       <c r="B36" s="35"/>
       <c r="C36" s="35"/>
       <c r="D36" s="35"/>
       <c r="E36" s="35"/>
       <c r="F36" s="35"/>
       <c r="G36" s="35"/>
       <c r="H36" s="42"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="27" t="s">
         <v>37</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>