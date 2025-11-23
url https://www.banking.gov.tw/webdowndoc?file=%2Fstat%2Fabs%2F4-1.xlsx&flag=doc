--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -50,51 +50,51 @@
     <definedName name="外部資料_1" localSheetId="8">'4-1(續八完)'!$A$1:$I$42</definedName>
     <definedName name="外部資料_1" localSheetId="3">'4-1(續三)'!$A$1:$I$40</definedName>
     <definedName name="外部資料_1" localSheetId="5">'4-1(續五)'!$A$1:$I$37</definedName>
     <definedName name="外部資料_1" localSheetId="6">'4-1(續六)'!$A$1:$I$38</definedName>
     <definedName name="外部資料_1" localSheetId="4">'4-1(續四)'!$A$1:$I$37</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
   <si>
     <t>本月與上月</t>
   </si>
   <si>
     <t>本月市場</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
-    <t>民國114年 7月底</t>
+    <t>民國114年 9月底</t>
   </si>
   <si>
     <t>上　　月</t>
   </si>
   <si>
     <t>比較增減％</t>
   </si>
   <si>
     <t>占有率％</t>
   </si>
   <si>
     <t>貼現透支</t>
   </si>
   <si>
     <t>短期放款</t>
   </si>
   <si>
     <t>中長期放款</t>
   </si>
   <si>
     <t>進出口押匯</t>
   </si>
   <si>
     <t>合　　計</t>
   </si>
@@ -191,51 +191,51 @@
       <t>Domestic Banks (All Branches)</t>
     </r>
   </si>
   <si>
     <r>
       <t>Source</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>：</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Provided by individual institution.</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> End of July 2025</t>
+    <t xml:space="preserve"> End of Sept. 2025</t>
   </si>
   <si>
     <t>4-1 Loans at General Banks and Credit Cooperatives</t>
   </si>
   <si>
     <r>
       <t>4-1 Loans at General Banks and Credit Cooperatives</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="細明體"/>
         <charset val="136"/>
       </rPr>
       <t>（</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Cont.1</t>
     </r>
     <r>
@@ -2706,615 +2706,615 @@
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="57">
-        <v>56860</v>
+        <v>48690</v>
       </c>
       <c r="C9" s="57">
-        <v>9139848</v>
+        <v>9234213</v>
       </c>
       <c r="D9" s="57">
-        <v>34341833</v>
+        <v>34773691</v>
       </c>
       <c r="E9" s="57">
-        <v>19613</v>
+        <v>21887</v>
       </c>
       <c r="F9" s="57">
-        <v>43558154</v>
+        <v>44078482</v>
       </c>
       <c r="G9" s="57">
-        <v>43032032</v>
+        <v>43875897</v>
       </c>
       <c r="H9" s="60">
-        <v>1.22</v>
+        <v>0.46</v>
       </c>
       <c r="I9" s="63">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>66</v>
       </c>
       <c r="B11" s="68">
-        <v>17938</v>
+        <v>10889</v>
       </c>
       <c r="C11" s="68">
-        <v>658765</v>
+        <v>646701</v>
       </c>
       <c r="D11" s="68">
-        <v>2754173</v>
+        <v>2788491</v>
       </c>
       <c r="E11" s="68">
-        <v>1664</v>
+        <v>4130</v>
       </c>
       <c r="F11" s="68">
-        <v>3432540</v>
+        <v>3450211</v>
       </c>
       <c r="G11" s="68">
-        <v>3468837</v>
+        <v>3399777</v>
       </c>
       <c r="H11" s="70">
-        <v>-1.05</v>
+        <v>1.48</v>
       </c>
       <c r="I11" s="72">
-        <v>7.88</v>
+        <v>7.83</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>67</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>68</v>
       </c>
       <c r="B13" s="68">
-        <v>597</v>
+        <v>354</v>
       </c>
       <c r="C13" s="68">
-        <v>90735</v>
+        <v>103562</v>
       </c>
       <c r="D13" s="68">
-        <v>2394069</v>
+        <v>2414136</v>
       </c>
       <c r="E13" s="68">
-        <v>63</v>
+        <v>118</v>
       </c>
       <c r="F13" s="68">
-        <v>2485464</v>
+        <v>2518170</v>
       </c>
       <c r="G13" s="68">
-        <v>2468719</v>
+        <v>2496501</v>
       </c>
       <c r="H13" s="70">
-        <v>0.68</v>
+        <v>0.87</v>
       </c>
       <c r="I13" s="72">
         <v>5.71</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>70</v>
       </c>
       <c r="B15" s="68">
-        <v>1663</v>
+        <v>1804</v>
       </c>
       <c r="C15" s="68">
-        <v>779184</v>
+        <v>859849</v>
       </c>
       <c r="D15" s="68">
-        <v>2328500</v>
+        <v>2335453</v>
       </c>
       <c r="E15" s="68">
-        <v>468</v>
+        <v>605</v>
       </c>
       <c r="F15" s="68">
-        <v>3109816</v>
+        <v>3197710</v>
       </c>
       <c r="G15" s="68">
-        <v>3043783</v>
+        <v>3144757</v>
       </c>
       <c r="H15" s="70">
-        <v>2.17</v>
+        <v>1.68</v>
       </c>
       <c r="I15" s="72">
-        <v>7.14</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>71</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>72</v>
       </c>
       <c r="B17" s="68">
-        <v>2193</v>
+        <v>2896</v>
       </c>
       <c r="C17" s="68">
-        <v>615336</v>
+        <v>647686</v>
       </c>
       <c r="D17" s="68">
-        <v>2062287</v>
+        <v>2093172</v>
       </c>
       <c r="E17" s="68">
-        <v>456</v>
+        <v>301</v>
       </c>
       <c r="F17" s="68">
-        <v>2680272</v>
+        <v>2744055</v>
       </c>
       <c r="G17" s="68">
-        <v>2655395</v>
+        <v>2708333</v>
       </c>
       <c r="H17" s="70">
-        <v>0.94</v>
+        <v>1.32</v>
       </c>
       <c r="I17" s="72">
-        <v>6.15</v>
+        <v>6.23</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>73</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>74</v>
       </c>
       <c r="B19" s="68">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="C19" s="68">
-        <v>491460</v>
+        <v>518029</v>
       </c>
       <c r="D19" s="68">
-        <v>1870739</v>
+        <v>1879144</v>
       </c>
       <c r="E19" s="68">
-        <v>1744</v>
+        <v>2055</v>
       </c>
       <c r="F19" s="68">
-        <v>2364048</v>
+        <v>2399325</v>
       </c>
       <c r="G19" s="68">
-        <v>2374985</v>
+        <v>2356332</v>
       </c>
       <c r="H19" s="70">
-        <v>-0.46</v>
+        <v>1.82</v>
       </c>
       <c r="I19" s="72">
-        <v>5.43</v>
+        <v>5.44</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>75</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>76</v>
       </c>
       <c r="B21" s="68">
-        <v>2636</v>
+        <v>1967</v>
       </c>
       <c r="C21" s="68">
-        <v>441558</v>
+        <v>430875</v>
       </c>
       <c r="D21" s="68">
-        <v>1571925</v>
+        <v>1587744</v>
       </c>
       <c r="E21" s="68">
-        <v>233</v>
+        <v>339</v>
       </c>
       <c r="F21" s="68">
-        <v>2016352</v>
+        <v>2020925</v>
       </c>
       <c r="G21" s="68">
-        <v>1981631</v>
+        <v>2034257</v>
       </c>
       <c r="H21" s="70">
-        <v>1.75</v>
+        <v>-0.66</v>
       </c>
       <c r="I21" s="72">
-        <v>4.63</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>77</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>78</v>
       </c>
       <c r="B23" s="68">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C23" s="68">
-        <v>227263</v>
+        <v>229800</v>
       </c>
       <c r="D23" s="68">
-        <v>657504</v>
+        <v>657396</v>
       </c>
       <c r="E23" s="68">
-        <v>1262</v>
+        <v>1714</v>
       </c>
       <c r="F23" s="68">
-        <v>886211</v>
+        <v>889094</v>
       </c>
       <c r="G23" s="68">
-        <v>887023</v>
+        <v>885644</v>
       </c>
       <c r="H23" s="70">
-        <v>-0.09</v>
+        <v>0.39</v>
       </c>
       <c r="I23" s="72">
-        <v>2.03</v>
+        <v>2.02</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>79</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>80</v>
       </c>
       <c r="B25" s="68">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="C25" s="68">
-        <v>423086</v>
+        <v>401647</v>
       </c>
       <c r="D25" s="68">
-        <v>2015481</v>
+        <v>2056599</v>
       </c>
       <c r="E25" s="68">
-        <v>1929</v>
+        <v>1767</v>
       </c>
       <c r="F25" s="68">
-        <v>2440561</v>
+        <v>2460098</v>
       </c>
       <c r="G25" s="68">
-        <v>2364774</v>
+        <v>2471258</v>
       </c>
       <c r="H25" s="70">
-        <v>3.2</v>
+        <v>-0.45</v>
       </c>
       <c r="I25" s="72">
-        <v>5.6</v>
+        <v>5.58</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>82</v>
       </c>
       <c r="B27" s="68">
-        <v>656</v>
+        <v>616</v>
       </c>
       <c r="C27" s="68">
-        <v>618983</v>
+        <v>620553</v>
       </c>
       <c r="D27" s="68">
-        <v>2076634</v>
+        <v>2117589</v>
       </c>
       <c r="E27" s="68">
-        <v>1040</v>
+        <v>1140</v>
       </c>
       <c r="F27" s="68">
-        <v>2697312</v>
+        <v>2739898</v>
       </c>
       <c r="G27" s="68">
-        <v>2686329</v>
+        <v>2716939</v>
       </c>
       <c r="H27" s="70">
-        <v>0.41</v>
+        <v>0.85</v>
       </c>
       <c r="I27" s="72">
-        <v>6.19</v>
+        <v>6.22</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>83</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>84</v>
       </c>
       <c r="B29" s="74">
         <v>0</v>
       </c>
       <c r="C29" s="68">
-        <v>42260</v>
+        <v>46062</v>
       </c>
       <c r="D29" s="68">
-        <v>172215</v>
+        <v>172711</v>
       </c>
       <c r="E29" s="74">
         <v>0</v>
       </c>
       <c r="F29" s="68">
-        <v>214475</v>
+        <v>218773</v>
       </c>
       <c r="G29" s="68">
-        <v>210275</v>
+        <v>215486</v>
       </c>
       <c r="H29" s="70">
-        <v>2</v>
+        <v>1.53</v>
       </c>
       <c r="I29" s="72">
-        <v>0.49</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="65" t="s">
         <v>85</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B31" s="68">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="C31" s="68">
-        <v>57899</v>
+        <v>59872</v>
       </c>
       <c r="D31" s="68">
-        <v>170974</v>
+        <v>170140</v>
       </c>
       <c r="E31" s="68">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="F31" s="68">
-        <v>228978</v>
+        <v>230155</v>
       </c>
       <c r="G31" s="68">
-        <v>228677</v>
+        <v>229784</v>
       </c>
       <c r="H31" s="70">
-        <v>0.13</v>
+        <v>0.16</v>
       </c>
       <c r="I31" s="72">
-        <v>0.53</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="65" t="s">
         <v>87</v>
       </c>
       <c r="B32" s="41"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="41"/>
       <c r="G32" s="41"/>
       <c r="H32" s="41"/>
       <c r="I32" s="45"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="27" t="s">
         <v>88</v>
       </c>
       <c r="B33" s="68">
-        <v>1410</v>
+        <v>1137</v>
       </c>
       <c r="C33" s="68">
-        <v>606296</v>
+        <v>624032</v>
       </c>
       <c r="D33" s="68">
-        <v>1732147</v>
+        <v>1744573</v>
       </c>
       <c r="E33" s="68">
-        <v>2464</v>
+        <v>4020</v>
       </c>
       <c r="F33" s="68">
-        <v>2342318</v>
+        <v>2373762</v>
       </c>
       <c r="G33" s="68">
-        <v>2290922</v>
+        <v>2343787</v>
       </c>
       <c r="H33" s="70">
-        <v>2.24</v>
+        <v>1.28</v>
       </c>
       <c r="I33" s="72">
-        <v>5.38</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="65" t="s">
         <v>89</v>
       </c>
       <c r="B34" s="41"/>
       <c r="C34" s="41"/>
       <c r="D34" s="41"/>
       <c r="E34" s="41"/>
       <c r="F34" s="41"/>
       <c r="G34" s="41"/>
       <c r="H34" s="41"/>
       <c r="I34" s="45"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="27" t="s">
         <v>90</v>
       </c>
       <c r="B35" s="68">
-        <v>4068</v>
+        <v>3578</v>
       </c>
       <c r="C35" s="68">
-        <v>61347</v>
+        <v>62477</v>
       </c>
       <c r="D35" s="68">
-        <v>3121</v>
+        <v>2702</v>
       </c>
       <c r="E35" s="68">
-        <v>743</v>
+        <v>621</v>
       </c>
       <c r="F35" s="68">
-        <v>69280</v>
+        <v>69378</v>
       </c>
       <c r="G35" s="68">
-        <v>65657</v>
+        <v>67495</v>
       </c>
       <c r="H35" s="70">
-        <v>5.52</v>
+        <v>2.79</v>
       </c>
       <c r="I35" s="72">
         <v>0.16</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="76" t="s">
         <v>91</v>
       </c>
       <c r="B36" s="43"/>
       <c r="C36" s="43"/>
       <c r="D36" s="43"/>
       <c r="E36" s="43"/>
       <c r="F36" s="43"/>
       <c r="G36" s="43"/>
       <c r="H36" s="43"/>
       <c r="I36" s="47"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
@@ -3504,56 +3504,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="37" t="s">
         <v>29</v>
       </c>
       <c r="B3" s="37"/>
       <c r="C3" s="37"/>
       <c r="D3" s="37"/>
       <c r="E3" s="37"/>
       <c r="F3" s="37"/>
       <c r="G3" s="37"/>
       <c r="H3" s="37"/>
       <c r="I3" s="37"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -3620,615 +3620,615 @@
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="78">
         <v>0</v>
       </c>
       <c r="C9" s="56">
-        <v>104174</v>
+        <v>106333</v>
       </c>
       <c r="D9" s="56">
-        <v>129694</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>129287</v>
+      </c>
+      <c r="E9" s="56">
+        <v>57</v>
       </c>
       <c r="F9" s="56">
-        <v>233869</v>
+        <v>235677</v>
       </c>
       <c r="G9" s="56">
-        <v>233146</v>
+        <v>236484</v>
       </c>
       <c r="H9" s="59">
-        <v>0.31</v>
+        <v>-0.34</v>
       </c>
       <c r="I9" s="62">
-        <v>0.54</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>92</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>93</v>
       </c>
       <c r="B11" s="68">
-        <v>1501</v>
+        <v>1606</v>
       </c>
       <c r="C11" s="68">
-        <v>404045</v>
+        <v>413294</v>
       </c>
       <c r="D11" s="68">
-        <v>1257868</v>
+        <v>1261173</v>
       </c>
       <c r="E11" s="68">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="F11" s="68">
-        <v>1663545</v>
+        <v>1676201</v>
       </c>
       <c r="G11" s="68">
-        <v>1655309</v>
+        <v>1672778</v>
       </c>
       <c r="H11" s="70">
-        <v>0.5</v>
+        <v>0.2</v>
       </c>
       <c r="I11" s="72">
-        <v>3.82</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>94</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>95</v>
       </c>
       <c r="B13" s="68">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="C13" s="68">
-        <v>20518</v>
+        <v>17315</v>
       </c>
       <c r="D13" s="68">
-        <v>305211</v>
+        <v>302392</v>
       </c>
       <c r="E13" s="74">
         <v>0</v>
       </c>
       <c r="F13" s="68">
-        <v>325829</v>
+        <v>319791</v>
       </c>
       <c r="G13" s="68">
-        <v>320674</v>
+        <v>323204</v>
       </c>
       <c r="H13" s="70">
-        <v>1.61</v>
+        <v>-1.06</v>
       </c>
       <c r="I13" s="72">
-        <v>0.75</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>96</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>97</v>
       </c>
       <c r="B15" s="68">
         <v>8</v>
       </c>
       <c r="C15" s="68">
-        <v>158899</v>
+        <v>155976</v>
       </c>
       <c r="D15" s="68">
-        <v>474908</v>
+        <v>477787</v>
       </c>
       <c r="E15" s="68">
-        <v>226</v>
+        <v>125</v>
       </c>
       <c r="F15" s="68">
-        <v>634040</v>
+        <v>633896</v>
       </c>
       <c r="G15" s="68">
-        <v>633149</v>
+        <v>633986</v>
       </c>
       <c r="H15" s="70">
-        <v>0.14</v>
+        <v>-0.01</v>
       </c>
       <c r="I15" s="72">
-        <v>1.46</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>98</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>99</v>
       </c>
       <c r="B17" s="68">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C17" s="68">
-        <v>67026</v>
+        <v>64875</v>
       </c>
       <c r="D17" s="68">
-        <v>158239</v>
+        <v>161075</v>
       </c>
       <c r="E17" s="74">
         <v>0</v>
       </c>
       <c r="F17" s="68">
-        <v>225285</v>
+        <v>225971</v>
       </c>
       <c r="G17" s="68">
-        <v>225404</v>
+        <v>224784</v>
       </c>
       <c r="H17" s="70">
-        <v>-0.05</v>
+        <v>0.53</v>
       </c>
       <c r="I17" s="72">
-        <v>0.52</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>100</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>101</v>
       </c>
       <c r="B19" s="68">
-        <v>554</v>
+        <v>565</v>
       </c>
       <c r="C19" s="68">
-        <v>98265</v>
+        <v>88702</v>
       </c>
       <c r="D19" s="68">
-        <v>240325</v>
+        <v>243367</v>
       </c>
       <c r="E19" s="68">
-        <v>536</v>
+        <v>520</v>
       </c>
       <c r="F19" s="68">
-        <v>339681</v>
+        <v>333153</v>
       </c>
       <c r="G19" s="68">
-        <v>336850</v>
+        <v>330445</v>
       </c>
       <c r="H19" s="70">
-        <v>0.84</v>
+        <v>0.82</v>
       </c>
       <c r="I19" s="72">
-        <v>0.78</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>102</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>103</v>
       </c>
       <c r="B21" s="68">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C21" s="68">
-        <v>5996</v>
+        <v>5901</v>
       </c>
       <c r="D21" s="68">
-        <v>55455</v>
+        <v>55662</v>
       </c>
       <c r="E21" s="74">
         <v>0</v>
       </c>
       <c r="F21" s="68">
-        <v>61460</v>
+        <v>61572</v>
       </c>
       <c r="G21" s="68">
-        <v>60872</v>
+        <v>61810</v>
       </c>
       <c r="H21" s="70">
-        <v>0.97</v>
+        <v>-0.38</v>
       </c>
       <c r="I21" s="72">
         <v>0.14</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>104</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>105</v>
       </c>
       <c r="B23" s="74">
         <v>0</v>
       </c>
       <c r="C23" s="68">
-        <v>84856</v>
+        <v>86753</v>
       </c>
       <c r="D23" s="68">
-        <v>99118</v>
+        <v>100441</v>
       </c>
       <c r="E23" s="74">
         <v>0</v>
       </c>
       <c r="F23" s="68">
-        <v>183974</v>
+        <v>187194</v>
       </c>
       <c r="G23" s="68">
-        <v>182550</v>
+        <v>186344</v>
       </c>
       <c r="H23" s="70">
-        <v>0.78</v>
+        <v>0.46</v>
       </c>
       <c r="I23" s="72">
         <v>0.42</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>106</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>107</v>
       </c>
       <c r="B25" s="74">
         <v>0</v>
       </c>
       <c r="C25" s="68">
-        <v>171232</v>
+        <v>179553</v>
       </c>
       <c r="D25" s="68">
-        <v>709802</v>
+        <v>711611</v>
       </c>
       <c r="E25" s="68">
-        <v>119</v>
+        <v>135</v>
       </c>
       <c r="F25" s="68">
-        <v>881153</v>
+        <v>891299</v>
       </c>
       <c r="G25" s="68">
-        <v>875100</v>
+        <v>890408</v>
       </c>
       <c r="H25" s="70">
-        <v>0.69</v>
+        <v>0.1</v>
       </c>
       <c r="I25" s="72">
         <v>2.02</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>108</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>109</v>
       </c>
       <c r="B27" s="68">
-        <v>2133</v>
+        <v>2077</v>
       </c>
       <c r="C27" s="68">
-        <v>131622</v>
+        <v>133343</v>
       </c>
       <c r="D27" s="68">
-        <v>385009</v>
+        <v>387891</v>
       </c>
       <c r="E27" s="68">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="F27" s="68">
-        <v>518767</v>
+        <v>523331</v>
       </c>
       <c r="G27" s="68">
-        <v>516135</v>
+        <v>520449</v>
       </c>
       <c r="H27" s="70">
-        <v>0.51</v>
+        <v>0.55</v>
       </c>
       <c r="I27" s="72">
         <v>1.19</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>110</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>111</v>
       </c>
       <c r="B29" s="68">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C29" s="68">
-        <v>49679</v>
+        <v>49024</v>
       </c>
       <c r="D29" s="68">
-        <v>174855</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>177460</v>
+      </c>
+      <c r="E29" s="68">
+        <v>3</v>
       </c>
       <c r="F29" s="68">
-        <v>224552</v>
+        <v>226502</v>
       </c>
       <c r="G29" s="68">
-        <v>218601</v>
+        <v>226364</v>
       </c>
       <c r="H29" s="70">
-        <v>2.72</v>
+        <v>0.06</v>
       </c>
       <c r="I29" s="72">
-        <v>0.52</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="65" t="s">
         <v>112</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="27" t="s">
         <v>113</v>
       </c>
       <c r="B31" s="68">
         <v>7</v>
       </c>
       <c r="C31" s="68">
-        <v>27570</v>
+        <v>26785</v>
       </c>
       <c r="D31" s="68">
-        <v>124659</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>124183</v>
+      </c>
+      <c r="E31" s="74">
+        <v>0</v>
       </c>
       <c r="F31" s="68">
-        <v>152239</v>
+        <v>150974</v>
       </c>
       <c r="G31" s="68">
-        <v>149954</v>
+        <v>152434</v>
       </c>
       <c r="H31" s="70">
-        <v>1.52</v>
+        <v>-0.96</v>
       </c>
       <c r="I31" s="72">
-        <v>0.35</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="65" t="s">
         <v>114</v>
       </c>
       <c r="B32" s="41"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="41"/>
       <c r="G32" s="41"/>
       <c r="H32" s="41"/>
       <c r="I32" s="45"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="27" t="s">
         <v>115</v>
       </c>
       <c r="B33" s="68">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="C33" s="68">
-        <v>167174</v>
+        <v>166983</v>
       </c>
       <c r="D33" s="68">
-        <v>463169</v>
+        <v>464300</v>
       </c>
       <c r="E33" s="68">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="F33" s="68">
-        <v>630417</v>
+        <v>631345</v>
       </c>
       <c r="G33" s="68">
-        <v>620811</v>
+        <v>632225</v>
       </c>
       <c r="H33" s="70">
-        <v>1.55</v>
+        <v>-0.14</v>
       </c>
       <c r="I33" s="72">
-        <v>1.45</v>
+        <v>1.43</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="65" t="s">
         <v>116</v>
       </c>
       <c r="B34" s="41"/>
       <c r="C34" s="41"/>
       <c r="D34" s="41"/>
       <c r="E34" s="41"/>
       <c r="F34" s="41"/>
       <c r="G34" s="41"/>
       <c r="H34" s="41"/>
       <c r="I34" s="45"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="27" t="s">
         <v>117</v>
       </c>
       <c r="B35" s="68">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C35" s="68">
-        <v>100336</v>
+        <v>101062</v>
       </c>
       <c r="D35" s="68">
-        <v>408987</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>409808</v>
+      </c>
+      <c r="E35" s="74">
+        <v>0</v>
       </c>
       <c r="F35" s="68">
-        <v>509347</v>
+        <v>510880</v>
       </c>
       <c r="G35" s="68">
-        <v>502889</v>
+        <v>509254</v>
       </c>
       <c r="H35" s="70">
-        <v>1.28</v>
+        <v>0.32</v>
       </c>
       <c r="I35" s="72">
-        <v>1.17</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="76" t="s">
         <v>118</v>
       </c>
       <c r="B36" s="43"/>
       <c r="C36" s="43"/>
       <c r="D36" s="43"/>
       <c r="E36" s="43"/>
       <c r="F36" s="43"/>
       <c r="G36" s="43"/>
       <c r="H36" s="43"/>
       <c r="I36" s="47"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="24" t="s">
         <v>30</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
@@ -4415,56 +4415,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="37" t="s">
         <v>29</v>
       </c>
       <c r="B3" s="37"/>
       <c r="C3" s="37"/>
       <c r="D3" s="37"/>
       <c r="E3" s="37"/>
       <c r="F3" s="37"/>
       <c r="G3" s="37"/>
       <c r="H3" s="37"/>
       <c r="I3" s="37"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -4528,489 +4528,489 @@
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>46</v>
       </c>
       <c r="B9" s="56">
-        <v>562</v>
+        <v>340</v>
       </c>
       <c r="C9" s="56">
-        <v>368326</v>
+        <v>383396</v>
       </c>
       <c r="D9" s="56">
-        <v>985757</v>
+        <v>1010100</v>
       </c>
       <c r="E9" s="56">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="F9" s="56">
-        <v>1354708</v>
+        <v>1393894</v>
       </c>
       <c r="G9" s="56">
-        <v>1323865</v>
+        <v>1383706</v>
       </c>
       <c r="H9" s="59">
-        <v>2.33</v>
+        <v>0.74</v>
       </c>
       <c r="I9" s="62">
-        <v>3.11</v>
+        <v>3.16</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>119</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>120</v>
       </c>
       <c r="B11" s="68">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C11" s="68">
-        <v>260108</v>
+        <v>238424</v>
       </c>
       <c r="D11" s="68">
-        <v>1382016</v>
+        <v>1390491</v>
       </c>
       <c r="E11" s="68">
-        <v>887</v>
+        <v>735</v>
       </c>
       <c r="F11" s="68">
-        <v>1643040</v>
+        <v>1629679</v>
       </c>
       <c r="G11" s="68">
-        <v>1601022</v>
+        <v>1665896</v>
       </c>
       <c r="H11" s="70">
-        <v>2.62</v>
+        <v>-2.17</v>
       </c>
       <c r="I11" s="72">
-        <v>3.77</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>121</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>122</v>
       </c>
       <c r="B13" s="74">
         <v>0</v>
       </c>
       <c r="C13" s="68">
-        <v>349943</v>
+        <v>379319</v>
       </c>
       <c r="D13" s="68">
-        <v>2063185</v>
+        <v>2111668</v>
       </c>
       <c r="E13" s="68">
-        <v>1592</v>
+        <v>1695</v>
       </c>
       <c r="F13" s="68">
-        <v>2414720</v>
+        <v>2492681</v>
       </c>
       <c r="G13" s="68">
-        <v>2391781</v>
+        <v>2453563</v>
       </c>
       <c r="H13" s="70">
-        <v>0.96</v>
+        <v>1.59</v>
       </c>
       <c r="I13" s="72">
-        <v>5.54</v>
+        <v>5.66</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>123</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>124</v>
       </c>
       <c r="B15" s="74">
         <v>0</v>
       </c>
       <c r="C15" s="68">
-        <v>91135</v>
+        <v>94037</v>
       </c>
       <c r="D15" s="68">
-        <v>420341</v>
+        <v>424384</v>
       </c>
       <c r="E15" s="68">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="F15" s="68">
-        <v>511511</v>
+        <v>518449</v>
       </c>
       <c r="G15" s="68">
-        <v>508433</v>
+        <v>516922</v>
       </c>
       <c r="H15" s="70">
-        <v>0.61</v>
+        <v>0.3</v>
       </c>
       <c r="I15" s="72">
-        <v>1.17</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>125</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>126</v>
       </c>
       <c r="B17" s="68">
-        <v>16314</v>
+        <v>15842</v>
       </c>
       <c r="C17" s="68">
-        <v>122818</v>
+        <v>124645</v>
       </c>
       <c r="D17" s="68">
-        <v>406153</v>
+        <v>410333</v>
       </c>
       <c r="E17" s="74">
         <v>0</v>
       </c>
       <c r="F17" s="68">
-        <v>545285</v>
+        <v>550819</v>
       </c>
       <c r="G17" s="68">
-        <v>553039</v>
+        <v>544671</v>
       </c>
       <c r="H17" s="70">
-        <v>-1.4</v>
+        <v>1.13</v>
       </c>
       <c r="I17" s="72">
         <v>1.25</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>127</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>128</v>
       </c>
       <c r="B19" s="68">
-        <v>1445</v>
+        <v>1411</v>
       </c>
       <c r="C19" s="68">
-        <v>418890</v>
+        <v>445678</v>
       </c>
       <c r="D19" s="68">
-        <v>1406777</v>
+        <v>1436766</v>
       </c>
       <c r="E19" s="68">
-        <v>3518</v>
+        <v>1478</v>
       </c>
       <c r="F19" s="68">
-        <v>1830630</v>
+        <v>1885334</v>
       </c>
       <c r="G19" s="68">
-        <v>1798600</v>
+        <v>1872437</v>
       </c>
       <c r="H19" s="70">
-        <v>1.78</v>
+        <v>0.69</v>
       </c>
       <c r="I19" s="72">
-        <v>4.2</v>
+        <v>4.28</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>129</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>130</v>
       </c>
       <c r="B21" s="74">
         <v>0</v>
       </c>
       <c r="C21" s="68">
-        <v>40644</v>
+        <v>44760</v>
       </c>
       <c r="D21" s="68">
-        <v>204350</v>
+        <v>208062</v>
       </c>
       <c r="E21" s="68">
         <v>2</v>
       </c>
       <c r="F21" s="68">
-        <v>244996</v>
+        <v>252824</v>
       </c>
       <c r="G21" s="68">
-        <v>243011</v>
+        <v>249423</v>
       </c>
       <c r="H21" s="70">
-        <v>0.82</v>
+        <v>1.36</v>
       </c>
       <c r="I21" s="72">
-        <v>0.56</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>131</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>132</v>
       </c>
       <c r="B23" s="68">
-        <v>2479</v>
+        <v>2884</v>
       </c>
       <c r="C23" s="68">
-        <v>777370</v>
+        <v>671773</v>
       </c>
       <c r="D23" s="68">
-        <v>2563690</v>
+        <v>2636585</v>
       </c>
       <c r="E23" s="68">
-        <v>399</v>
+        <v>61</v>
       </c>
       <c r="F23" s="68">
-        <v>3343937</v>
+        <v>3311303</v>
       </c>
       <c r="G23" s="68">
-        <v>3239424</v>
+        <v>3397363</v>
       </c>
       <c r="H23" s="70">
-        <v>3.23</v>
+        <v>-2.53</v>
       </c>
       <c r="I23" s="72">
-        <v>7.68</v>
+        <v>7.51</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>133</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>134</v>
       </c>
       <c r="B25" s="74">
         <v>0</v>
       </c>
       <c r="C25" s="74">
         <v>0</v>
       </c>
       <c r="D25" s="68">
-        <v>28259</v>
+        <v>30978</v>
       </c>
       <c r="E25" s="74">
         <v>0</v>
       </c>
       <c r="F25" s="68">
-        <v>28259</v>
+        <v>30978</v>
       </c>
       <c r="G25" s="68">
-        <v>27256</v>
+        <v>29839</v>
       </c>
       <c r="H25" s="70">
-        <v>3.68</v>
+        <v>3.82</v>
       </c>
       <c r="I25" s="72">
-        <v>0.06</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>135</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>136</v>
       </c>
       <c r="B27" s="74">
         <v>0</v>
       </c>
       <c r="C27" s="68">
-        <v>1992</v>
+        <v>2095</v>
       </c>
       <c r="D27" s="68">
-        <v>66105</v>
+        <v>69340</v>
       </c>
       <c r="E27" s="74">
         <v>0</v>
       </c>
       <c r="F27" s="68">
-        <v>68097</v>
+        <v>71435</v>
       </c>
       <c r="G27" s="68">
-        <v>66424</v>
+        <v>69613</v>
       </c>
       <c r="H27" s="70">
-        <v>2.52</v>
+        <v>2.62</v>
       </c>
       <c r="I27" s="72">
         <v>0.16</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>137</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>138</v>
       </c>
       <c r="B29" s="74">
         <v>0</v>
       </c>
       <c r="C29" s="68">
-        <v>3060</v>
+        <v>3045</v>
       </c>
       <c r="D29" s="68">
-        <v>18128</v>
+        <v>18696</v>
       </c>
       <c r="E29" s="74">
         <v>0</v>
       </c>
       <c r="F29" s="68">
-        <v>21188</v>
+        <v>21741</v>
       </c>
       <c r="G29" s="68">
-        <v>20726</v>
+        <v>21147</v>
       </c>
       <c r="H29" s="70">
-        <v>2.23</v>
+        <v>2.81</v>
       </c>
       <c r="I29" s="72">
         <v>0.05</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="65" t="s">
         <v>139</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="27"/>
       <c r="B31" s="42"/>
       <c r="C31" s="42"/>
       <c r="D31" s="42"/>
       <c r="E31" s="42"/>
       <c r="F31" s="42"/>
@@ -5251,56 +5251,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>36</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -5364,240 +5364,240 @@
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="57">
-        <v>1843</v>
+        <v>9047</v>
       </c>
       <c r="C9" s="57">
-        <v>694459</v>
+        <v>700192</v>
       </c>
       <c r="D9" s="57">
-        <v>534429</v>
+        <v>561389</v>
       </c>
       <c r="E9" s="57">
-        <v>1074</v>
+        <v>1274</v>
       </c>
       <c r="F9" s="57">
-        <v>1231805</v>
+        <v>1271901</v>
       </c>
       <c r="G9" s="57">
-        <v>1218115</v>
+        <v>1209119</v>
       </c>
       <c r="H9" s="81">
-        <v>1.12</v>
+        <v>5.19</v>
       </c>
       <c r="I9" s="63">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>47</v>
       </c>
       <c r="B11" s="68">
-        <v>16</v>
+        <v>250</v>
       </c>
       <c r="C11" s="68">
-        <v>139707</v>
+        <v>144302</v>
       </c>
       <c r="D11" s="68">
-        <v>113936</v>
+        <v>123859</v>
       </c>
       <c r="E11" s="68">
-        <v>36</v>
+        <v>212</v>
       </c>
       <c r="F11" s="68">
-        <v>253696</v>
+        <v>268623</v>
       </c>
       <c r="G11" s="68">
-        <v>219490</v>
+        <v>254490</v>
       </c>
       <c r="H11" s="83">
-        <v>15.58</v>
+        <v>5.55</v>
       </c>
       <c r="I11" s="72">
-        <v>20.6</v>
+        <v>21.12</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>140</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>141</v>
       </c>
       <c r="B13" s="68">
-        <v>437</v>
+        <v>3745</v>
       </c>
       <c r="C13" s="68">
-        <v>10710</v>
+        <v>14471</v>
       </c>
       <c r="D13" s="68">
-        <v>10750</v>
+        <v>8750</v>
       </c>
       <c r="E13" s="68">
-        <v>127</v>
+        <v>23</v>
       </c>
       <c r="F13" s="68">
-        <v>22024</v>
+        <v>26989</v>
       </c>
       <c r="G13" s="68">
-        <v>24825</v>
+        <v>22501</v>
       </c>
       <c r="H13" s="83">
-        <v>-11.28</v>
+        <v>19.95</v>
       </c>
       <c r="I13" s="72">
-        <v>1.79</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>142</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>143</v>
       </c>
       <c r="B15" s="74">
         <v>0</v>
       </c>
       <c r="C15" s="68">
-        <v>13242</v>
+        <v>11127</v>
       </c>
       <c r="D15" s="68">
-        <v>5247</v>
+        <v>7561</v>
       </c>
       <c r="E15" s="68">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F15" s="68">
-        <v>18502</v>
+        <v>18709</v>
       </c>
       <c r="G15" s="68">
-        <v>17488</v>
+        <v>18071</v>
       </c>
       <c r="H15" s="83">
-        <v>5.8</v>
+        <v>3.53</v>
       </c>
       <c r="I15" s="72">
-        <v>1.5</v>
+        <v>1.47</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>144</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>145</v>
       </c>
       <c r="B17" s="74">
         <v>0</v>
       </c>
       <c r="C17" s="68">
-        <v>4558</v>
+        <v>4708</v>
       </c>
       <c r="D17" s="68">
-        <v>2455</v>
+        <v>1879</v>
       </c>
       <c r="E17" s="74">
         <v>0</v>
       </c>
       <c r="F17" s="68">
-        <v>7013</v>
+        <v>6588</v>
       </c>
       <c r="G17" s="68">
-        <v>8884</v>
+        <v>7228</v>
       </c>
       <c r="H17" s="83">
-        <v>-21.05</v>
+        <v>-8.86</v>
       </c>
       <c r="I17" s="72">
-        <v>0.57</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>146</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>147</v>
       </c>
       <c r="B19" s="74">
         <v>0</v>
       </c>
       <c r="C19" s="74">
         <v>0</v>
       </c>
@@ -5619,69 +5619,69 @@
       <c r="I19" s="87">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>148</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>149</v>
       </c>
       <c r="B21" s="74">
         <v>0</v>
       </c>
       <c r="C21" s="68">
-        <v>47860</v>
+        <v>32823</v>
       </c>
       <c r="D21" s="68">
-        <v>12630</v>
+        <v>9193</v>
       </c>
       <c r="E21" s="74">
         <v>0</v>
       </c>
       <c r="F21" s="68">
-        <v>60490</v>
+        <v>42016</v>
       </c>
       <c r="G21" s="68">
-        <v>59386</v>
+        <v>66521</v>
       </c>
       <c r="H21" s="83">
-        <v>1.86</v>
+        <v>-36.84</v>
       </c>
       <c r="I21" s="72">
-        <v>4.91</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>150</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>151</v>
       </c>
       <c r="B23" s="74">
         <v>0</v>
       </c>
       <c r="C23" s="74">
         <v>0</v>
       </c>
@@ -5706,276 +5706,276 @@
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>152</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>153</v>
       </c>
       <c r="B25" s="74">
         <v>0</v>
       </c>
       <c r="C25" s="74">
         <v>0</v>
       </c>
       <c r="D25" s="68">
-        <v>16728</v>
+        <v>16715</v>
       </c>
       <c r="E25" s="74">
         <v>0</v>
       </c>
       <c r="F25" s="68">
-        <v>16728</v>
+        <v>16715</v>
       </c>
       <c r="G25" s="68">
-        <v>14103</v>
+        <v>16731</v>
       </c>
       <c r="H25" s="83">
-        <v>18.62</v>
+        <v>-0.1</v>
       </c>
       <c r="I25" s="72">
-        <v>1.36</v>
+        <v>1.31</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>154</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>155</v>
       </c>
       <c r="B27" s="68">
-        <v>1390</v>
+        <v>5052</v>
       </c>
       <c r="C27" s="68">
-        <v>3907</v>
+        <v>4499</v>
       </c>
       <c r="D27" s="68">
-        <v>3614</v>
+        <v>3601</v>
       </c>
       <c r="E27" s="74">
         <v>0</v>
       </c>
       <c r="F27" s="68">
-        <v>8911</v>
+        <v>13152</v>
       </c>
       <c r="G27" s="68">
-        <v>8187</v>
+        <v>9618</v>
       </c>
       <c r="H27" s="83">
-        <v>8.84</v>
+        <v>36.75</v>
       </c>
       <c r="I27" s="72">
-        <v>0.72</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>156</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>157</v>
       </c>
       <c r="B29" s="74">
         <v>0</v>
       </c>
       <c r="C29" s="68">
-        <v>14169</v>
+        <v>11878</v>
       </c>
       <c r="D29" s="68">
-        <v>23552</v>
+        <v>22686</v>
       </c>
       <c r="E29" s="74">
         <v>0</v>
       </c>
       <c r="F29" s="68">
-        <v>37721</v>
+        <v>34564</v>
       </c>
       <c r="G29" s="68">
-        <v>34429</v>
+        <v>35298</v>
       </c>
       <c r="H29" s="83">
-        <v>9.56</v>
+        <v>-2.08</v>
       </c>
       <c r="I29" s="72">
-        <v>3.06</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="65" t="s">
         <v>158</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="27" t="s">
         <v>159</v>
       </c>
       <c r="B31" s="74">
         <v>0</v>
       </c>
       <c r="C31" s="68">
-        <v>1076</v>
+        <v>2497</v>
       </c>
       <c r="D31" s="68">
-        <v>730</v>
+        <v>870</v>
       </c>
       <c r="E31" s="74">
         <v>0</v>
       </c>
       <c r="F31" s="68">
-        <v>1806</v>
+        <v>3367</v>
       </c>
       <c r="G31" s="68">
-        <v>2184</v>
+        <v>1831</v>
       </c>
       <c r="H31" s="83">
-        <v>-17.31</v>
+        <v>83.87</v>
       </c>
       <c r="I31" s="72">
-        <v>0.15</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="65" t="s">
         <v>160</v>
       </c>
       <c r="B32" s="41"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="41"/>
       <c r="G32" s="41"/>
       <c r="H32" s="41"/>
       <c r="I32" s="45"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="27" t="s">
         <v>161</v>
       </c>
       <c r="B33" s="74">
         <v>0</v>
       </c>
       <c r="C33" s="68">
-        <v>64419</v>
+        <v>84445</v>
       </c>
       <c r="D33" s="68">
-        <v>47993</v>
+        <v>44841</v>
       </c>
       <c r="E33" s="68">
-        <v>869</v>
+        <v>978</v>
       </c>
       <c r="F33" s="68">
-        <v>113281</v>
+        <v>130263</v>
       </c>
       <c r="G33" s="68">
-        <v>104459</v>
+        <v>106148</v>
       </c>
       <c r="H33" s="83">
-        <v>8.44</v>
+        <v>22.72</v>
       </c>
       <c r="I33" s="72">
-        <v>9.2</v>
+        <v>10.24</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="65" t="s">
         <v>162</v>
       </c>
       <c r="B34" s="41"/>
       <c r="C34" s="41"/>
       <c r="D34" s="41"/>
       <c r="E34" s="41"/>
       <c r="F34" s="41"/>
       <c r="G34" s="41"/>
       <c r="H34" s="41"/>
       <c r="I34" s="45"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="27" t="s">
         <v>163</v>
       </c>
       <c r="B35" s="74">
         <v>0</v>
       </c>
       <c r="C35" s="68">
-        <v>40905</v>
+        <v>45975</v>
       </c>
       <c r="D35" s="68">
-        <v>19149</v>
+        <v>19203</v>
       </c>
       <c r="E35" s="74">
         <v>0</v>
       </c>
       <c r="F35" s="68">
-        <v>60054</v>
+        <v>65177</v>
       </c>
       <c r="G35" s="68">
-        <v>70175</v>
+        <v>59618</v>
       </c>
       <c r="H35" s="83">
-        <v>-14.42</v>
+        <v>9.33</v>
       </c>
       <c r="I35" s="72">
-        <v>4.88</v>
+        <v>5.12</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="76" t="s">
         <v>164</v>
       </c>
       <c r="B36" s="43"/>
       <c r="C36" s="43"/>
       <c r="D36" s="43"/>
       <c r="E36" s="43"/>
       <c r="F36" s="43"/>
       <c r="G36" s="43"/>
       <c r="H36" s="43"/>
       <c r="I36" s="47"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
@@ -6184,56 +6184,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>36</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -6300,237 +6300,237 @@
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="88" t="s">
         <v>48</v>
       </c>
       <c r="B9" s="78">
         <v>0</v>
       </c>
       <c r="C9" s="56">
-        <v>13418</v>
+        <v>7068</v>
       </c>
       <c r="D9" s="56">
-        <v>11597</v>
+        <v>11763</v>
       </c>
       <c r="E9" s="78">
         <v>0</v>
       </c>
       <c r="F9" s="56">
-        <v>25016</v>
+        <v>18831</v>
       </c>
       <c r="G9" s="56">
-        <v>17701</v>
+        <v>22213</v>
       </c>
       <c r="H9" s="80">
-        <v>41.33</v>
+        <v>-15.23</v>
       </c>
       <c r="I9" s="62">
-        <v>2.03</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>165</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="32" t="s">
         <v>166</v>
       </c>
       <c r="B11" s="74">
         <v>0</v>
       </c>
       <c r="C11" s="68">
-        <v>38415</v>
+        <v>49519</v>
       </c>
       <c r="D11" s="68">
-        <v>30489</v>
+        <v>31386</v>
       </c>
       <c r="E11" s="74">
         <v>0</v>
       </c>
       <c r="F11" s="68">
-        <v>68904</v>
+        <v>80905</v>
       </c>
       <c r="G11" s="68">
-        <v>51529</v>
+        <v>67602</v>
       </c>
       <c r="H11" s="83">
-        <v>33.72</v>
+        <v>19.68</v>
       </c>
       <c r="I11" s="72">
-        <v>5.59</v>
+        <v>6.36</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>167</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="32" t="s">
         <v>168</v>
       </c>
       <c r="B13" s="74">
         <v>0</v>
       </c>
       <c r="C13" s="68">
-        <v>16340</v>
+        <v>13198</v>
       </c>
       <c r="D13" s="68">
-        <v>58369</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>59014</v>
+      </c>
+      <c r="E13" s="68">
+        <v>14</v>
       </c>
       <c r="F13" s="68">
-        <v>74710</v>
+        <v>72225</v>
       </c>
       <c r="G13" s="68">
-        <v>70971</v>
+        <v>73532</v>
       </c>
       <c r="H13" s="83">
-        <v>5.27</v>
+        <v>-1.78</v>
       </c>
       <c r="I13" s="72">
-        <v>6.07</v>
+        <v>5.68</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>169</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="32" t="s">
         <v>170</v>
       </c>
       <c r="B15" s="74">
         <v>0</v>
       </c>
       <c r="C15" s="68">
-        <v>71625</v>
+        <v>73734</v>
       </c>
       <c r="D15" s="68">
-        <v>1062</v>
+        <v>1002</v>
       </c>
       <c r="E15" s="74">
         <v>0</v>
       </c>
       <c r="F15" s="68">
-        <v>72687</v>
+        <v>74735</v>
       </c>
       <c r="G15" s="68">
-        <v>73570</v>
+        <v>73359</v>
       </c>
       <c r="H15" s="83">
-        <v>-1.2</v>
+        <v>1.88</v>
       </c>
       <c r="I15" s="72">
-        <v>5.9</v>
+        <v>5.88</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>171</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="32" t="s">
         <v>172</v>
       </c>
       <c r="B17" s="74">
         <v>0</v>
       </c>
       <c r="C17" s="68">
-        <v>32130</v>
+        <v>23640</v>
       </c>
       <c r="D17" s="68">
-        <v>16838</v>
+        <v>17149</v>
       </c>
       <c r="E17" s="74">
         <v>0</v>
       </c>
       <c r="F17" s="68">
-        <v>48968</v>
+        <v>40789</v>
       </c>
       <c r="G17" s="68">
-        <v>48473</v>
+        <v>39004</v>
       </c>
       <c r="H17" s="83">
-        <v>1.02</v>
+        <v>4.58</v>
       </c>
       <c r="I17" s="72">
-        <v>3.98</v>
+        <v>3.21</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>173</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="32" t="s">
         <v>174</v>
       </c>
       <c r="B19" s="74">
         <v>0</v>
       </c>
       <c r="C19" s="74">
         <v>0</v>
       </c>
@@ -6552,363 +6552,363 @@
       <c r="I19" s="87">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>175</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="32" t="s">
         <v>176</v>
       </c>
       <c r="B21" s="74">
         <v>0</v>
       </c>
       <c r="C21" s="68">
-        <v>29804</v>
+        <v>34008</v>
       </c>
       <c r="D21" s="68">
-        <v>70323</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>83047</v>
+      </c>
+      <c r="E21" s="74">
+        <v>0</v>
       </c>
       <c r="F21" s="68">
-        <v>100153</v>
+        <v>117056</v>
       </c>
       <c r="G21" s="68">
-        <v>106331</v>
+        <v>113279</v>
       </c>
       <c r="H21" s="83">
-        <v>-5.81</v>
+        <v>3.33</v>
       </c>
       <c r="I21" s="72">
-        <v>8.13</v>
+        <v>9.2</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>177</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="32" t="s">
         <v>178</v>
       </c>
       <c r="B23" s="74">
         <v>0</v>
       </c>
       <c r="C23" s="68">
-        <v>25212</v>
+        <v>19016</v>
       </c>
       <c r="D23" s="68">
-        <v>52313</v>
+        <v>59838</v>
       </c>
       <c r="E23" s="68">
-        <v>2</v>
+        <v>27</v>
       </c>
       <c r="F23" s="68">
-        <v>77528</v>
+        <v>78881</v>
       </c>
       <c r="G23" s="68">
-        <v>79418</v>
+        <v>78152</v>
       </c>
       <c r="H23" s="83">
-        <v>-2.38</v>
+        <v>0.93</v>
       </c>
       <c r="I23" s="72">
-        <v>6.29</v>
+        <v>6.2</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>179</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="32" t="s">
         <v>180</v>
       </c>
       <c r="B25" s="74">
         <v>0</v>
       </c>
       <c r="C25" s="68">
-        <v>38619</v>
+        <v>41135</v>
       </c>
       <c r="D25" s="68">
-        <v>1194</v>
+        <v>1219</v>
       </c>
       <c r="E25" s="74">
         <v>0</v>
       </c>
       <c r="F25" s="68">
-        <v>39813</v>
+        <v>42354</v>
       </c>
       <c r="G25" s="68">
-        <v>44194</v>
+        <v>40371</v>
       </c>
       <c r="H25" s="83">
-        <v>-9.91</v>
+        <v>4.91</v>
       </c>
       <c r="I25" s="72">
-        <v>3.23</v>
+        <v>3.33</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>181</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="32" t="s">
         <v>182</v>
       </c>
       <c r="B27" s="74">
         <v>0</v>
       </c>
       <c r="C27" s="68">
-        <v>32038</v>
+        <v>36339</v>
       </c>
       <c r="D27" s="68">
-        <v>9366</v>
+        <v>10216</v>
       </c>
       <c r="E27" s="74">
         <v>0</v>
       </c>
       <c r="F27" s="68">
-        <v>41404</v>
+        <v>46556</v>
       </c>
       <c r="G27" s="68">
-        <v>38563</v>
+        <v>39735</v>
       </c>
       <c r="H27" s="83">
-        <v>7.37</v>
+        <v>17.16</v>
       </c>
       <c r="I27" s="72">
-        <v>3.36</v>
+        <v>3.66</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>183</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="32" t="s">
         <v>184</v>
       </c>
       <c r="B29" s="74">
         <v>0</v>
       </c>
       <c r="C29" s="68">
-        <v>19615</v>
+        <v>25304</v>
       </c>
       <c r="D29" s="74">
         <v>0</v>
       </c>
       <c r="E29" s="74">
         <v>0</v>
       </c>
       <c r="F29" s="68">
-        <v>19615</v>
+        <v>25304</v>
       </c>
       <c r="G29" s="68">
-        <v>60602</v>
+        <v>19822</v>
       </c>
       <c r="H29" s="83">
-        <v>-67.63</v>
+        <v>27.66</v>
       </c>
       <c r="I29" s="72">
-        <v>1.59</v>
+        <v>1.99</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="65" t="s">
         <v>185</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="32" t="s">
         <v>186</v>
       </c>
       <c r="B31" s="74">
         <v>0</v>
       </c>
       <c r="C31" s="68">
-        <v>36578</v>
+        <v>20398</v>
       </c>
       <c r="D31" s="68">
-        <v>12598</v>
+        <v>12985</v>
       </c>
       <c r="E31" s="74">
         <v>0</v>
       </c>
       <c r="F31" s="68">
-        <v>49176</v>
+        <v>33383</v>
       </c>
       <c r="G31" s="68">
-        <v>49761</v>
+        <v>30356</v>
       </c>
       <c r="H31" s="83">
-        <v>-1.18</v>
+        <v>9.97</v>
       </c>
       <c r="I31" s="72">
-        <v>3.99</v>
+        <v>2.62</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="65" t="s">
         <v>187</v>
       </c>
       <c r="B32" s="41"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="41"/>
       <c r="G32" s="41"/>
       <c r="H32" s="41"/>
       <c r="I32" s="45"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="32" t="s">
         <v>188</v>
       </c>
       <c r="B33" s="74">
         <v>0</v>
       </c>
       <c r="C33" s="74">
         <v>0</v>
       </c>
       <c r="D33" s="68">
         <v>8764</v>
       </c>
       <c r="E33" s="74">
         <v>0</v>
       </c>
       <c r="F33" s="68">
         <v>8764</v>
       </c>
       <c r="G33" s="68">
         <v>8764</v>
       </c>
       <c r="H33" s="85">
         <v>0</v>
       </c>
       <c r="I33" s="72">
-        <v>0.71</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="65" t="s">
         <v>189</v>
       </c>
       <c r="B34" s="41"/>
       <c r="C34" s="41"/>
       <c r="D34" s="41"/>
       <c r="E34" s="41"/>
       <c r="F34" s="41"/>
       <c r="G34" s="41"/>
       <c r="H34" s="41"/>
       <c r="I34" s="45"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="32" t="s">
         <v>190</v>
       </c>
       <c r="B35" s="74">
         <v>0</v>
       </c>
       <c r="C35" s="68">
         <v>2</v>
       </c>
       <c r="D35" s="68">
-        <v>1453</v>
+        <v>1436</v>
       </c>
       <c r="E35" s="74">
         <v>0</v>
       </c>
       <c r="F35" s="68">
-        <v>1455</v>
+        <v>1438</v>
       </c>
       <c r="G35" s="68">
-        <v>1450</v>
+        <v>1442</v>
       </c>
       <c r="H35" s="83">
-        <v>0.29</v>
+        <v>-0.28</v>
       </c>
       <c r="I35" s="72">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="76" t="s">
         <v>191</v>
       </c>
       <c r="B36" s="43"/>
       <c r="C36" s="43"/>
       <c r="D36" s="43"/>
       <c r="E36" s="43"/>
       <c r="F36" s="43"/>
       <c r="G36" s="43"/>
       <c r="H36" s="43"/>
       <c r="I36" s="47"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="24" t="s">
         <v>30</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
@@ -7082,56 +7082,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>36</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -7201,66 +7201,66 @@
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="88" t="s">
         <v>62</v>
       </c>
       <c r="B9" s="78">
         <v>0</v>
       </c>
       <c r="C9" s="56">
         <v>108</v>
       </c>
       <c r="D9" s="56">
-        <v>3280</v>
+        <v>4413</v>
       </c>
       <c r="E9" s="78">
         <v>0</v>
       </c>
       <c r="F9" s="56">
-        <v>3388</v>
+        <v>4521</v>
       </c>
       <c r="G9" s="56">
-        <v>3178</v>
+        <v>3433</v>
       </c>
       <c r="H9" s="80">
-        <v>6.62</v>
+        <v>31.67</v>
       </c>
       <c r="I9" s="62">
-        <v>0.28</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>192</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="32"/>
       <c r="B11" s="42"/>
       <c r="C11" s="42"/>
       <c r="D11" s="42"/>
       <c r="E11" s="42"/>
       <c r="F11" s="42"/>
       <c r="G11" s="42"/>
       <c r="H11" s="42"/>
       <c r="I11" s="46"/>
@@ -7718,56 +7718,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>54</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -7834,195 +7834,195 @@
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="89">
         <v>0</v>
       </c>
       <c r="C9" s="57">
-        <v>121183</v>
+        <v>159059</v>
       </c>
       <c r="D9" s="57">
-        <v>29817</v>
+        <v>26162</v>
       </c>
       <c r="E9" s="57">
-        <v>428</v>
+        <v>155</v>
       </c>
       <c r="F9" s="57">
-        <v>151428</v>
+        <v>185376</v>
       </c>
       <c r="G9" s="57">
-        <v>155743</v>
+        <v>148675</v>
       </c>
       <c r="H9" s="60">
-        <v>-2.77</v>
+        <v>24.69</v>
       </c>
       <c r="I9" s="63">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>49</v>
       </c>
       <c r="B11" s="74">
         <v>0</v>
       </c>
       <c r="C11" s="68">
-        <v>58071</v>
+        <v>72139</v>
       </c>
       <c r="D11" s="68">
-        <v>8936</v>
+        <v>8204</v>
       </c>
       <c r="E11" s="68">
-        <v>428</v>
+        <v>155</v>
       </c>
       <c r="F11" s="68">
-        <v>67435</v>
+        <v>80498</v>
       </c>
       <c r="G11" s="68">
-        <v>83587</v>
+        <v>63702</v>
       </c>
       <c r="H11" s="70">
-        <v>-19.32</v>
+        <v>26.37</v>
       </c>
       <c r="I11" s="72">
-        <v>44.53</v>
+        <v>43.42</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>193</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>194</v>
       </c>
       <c r="B13" s="74">
         <v>0</v>
       </c>
       <c r="C13" s="68">
-        <v>16743</v>
+        <v>19128</v>
       </c>
       <c r="D13" s="68">
-        <v>15569</v>
+        <v>12731</v>
       </c>
       <c r="E13" s="74">
         <v>0</v>
       </c>
       <c r="F13" s="68">
-        <v>32312</v>
+        <v>31859</v>
       </c>
       <c r="G13" s="68">
-        <v>19602</v>
+        <v>36473</v>
       </c>
       <c r="H13" s="70">
-        <v>64.84</v>
+        <v>-12.65</v>
       </c>
       <c r="I13" s="72">
-        <v>21.34</v>
+        <v>17.19</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>195</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>196</v>
       </c>
       <c r="B15" s="74">
         <v>0</v>
       </c>
       <c r="C15" s="68">
-        <v>46369</v>
+        <v>67792</v>
       </c>
       <c r="D15" s="68">
-        <v>5312</v>
+        <v>5227</v>
       </c>
       <c r="E15" s="74">
         <v>0</v>
       </c>
       <c r="F15" s="68">
-        <v>51681</v>
+        <v>73019</v>
       </c>
       <c r="G15" s="68">
-        <v>52553</v>
+        <v>48500</v>
       </c>
       <c r="H15" s="70">
-        <v>-1.66</v>
+        <v>50.55</v>
       </c>
       <c r="I15" s="72">
-        <v>34.13</v>
+        <v>39.39</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>197</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27"/>
       <c r="B17" s="42"/>
       <c r="C17" s="42"/>
       <c r="D17" s="42"/>
       <c r="E17" s="42"/>
       <c r="F17" s="42"/>
       <c r="G17" s="42"/>
       <c r="H17" s="42"/>
       <c r="I17" s="46"/>
@@ -8429,56 +8429,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>51</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -8542,618 +8542,618 @@
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="57">
-        <v>895</v>
+        <v>886</v>
       </c>
       <c r="C9" s="57">
-        <v>29152</v>
+        <v>28122</v>
       </c>
       <c r="D9" s="57">
-        <v>641665</v>
+        <v>644710</v>
       </c>
       <c r="E9" s="89">
         <v>0</v>
       </c>
       <c r="F9" s="57">
-        <v>671712</v>
+        <v>673718</v>
       </c>
       <c r="G9" s="57">
-        <v>669257</v>
+        <v>673600</v>
       </c>
       <c r="H9" s="60">
-        <v>0.37</v>
+        <v>0.02</v>
       </c>
       <c r="I9" s="63">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>52</v>
       </c>
       <c r="B11" s="74">
         <v>0</v>
       </c>
       <c r="C11" s="68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D11" s="68">
-        <v>19263</v>
+        <v>19346</v>
       </c>
       <c r="E11" s="74">
         <v>0</v>
       </c>
       <c r="F11" s="68">
-        <v>19263</v>
+        <v>19347</v>
       </c>
       <c r="G11" s="68">
-        <v>19242</v>
+        <v>19326</v>
       </c>
       <c r="H11" s="70">
         <v>0.11</v>
       </c>
       <c r="I11" s="72">
         <v>2.87</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>198</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>199</v>
       </c>
       <c r="B13" s="68">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C13" s="68">
-        <v>2810</v>
+        <v>2585</v>
       </c>
       <c r="D13" s="68">
-        <v>29053</v>
+        <v>29369</v>
       </c>
       <c r="E13" s="74">
         <v>0</v>
       </c>
       <c r="F13" s="68">
-        <v>31868</v>
+        <v>31961</v>
       </c>
       <c r="G13" s="68">
-        <v>31792</v>
+        <v>32144</v>
       </c>
       <c r="H13" s="70">
-        <v>0.24</v>
+        <v>-0.57</v>
       </c>
       <c r="I13" s="72">
         <v>4.74</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>200</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>201</v>
       </c>
       <c r="B15" s="74">
         <v>0</v>
       </c>
       <c r="C15" s="68">
-        <v>4156</v>
+        <v>4142</v>
       </c>
       <c r="D15" s="68">
-        <v>25694</v>
+        <v>25603</v>
       </c>
       <c r="E15" s="74">
         <v>0</v>
       </c>
       <c r="F15" s="68">
-        <v>29849</v>
+        <v>29745</v>
       </c>
       <c r="G15" s="68">
-        <v>29716</v>
+        <v>30003</v>
       </c>
       <c r="H15" s="70">
-        <v>0.45</v>
+        <v>-0.86</v>
       </c>
       <c r="I15" s="72">
-        <v>4.44</v>
+        <v>4.42</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>202</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>203</v>
       </c>
       <c r="B17" s="74">
         <v>0</v>
       </c>
       <c r="C17" s="68">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D17" s="68">
-        <v>77759</v>
+        <v>77863</v>
       </c>
       <c r="E17" s="74">
         <v>0</v>
       </c>
       <c r="F17" s="68">
-        <v>77796</v>
+        <v>77907</v>
       </c>
       <c r="G17" s="68">
-        <v>77318</v>
+        <v>77827</v>
       </c>
       <c r="H17" s="70">
-        <v>0.62</v>
+        <v>0.1</v>
       </c>
       <c r="I17" s="72">
-        <v>11.58</v>
+        <v>11.56</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>204</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>205</v>
       </c>
       <c r="B19" s="74">
         <v>0</v>
       </c>
       <c r="C19" s="68">
-        <v>770</v>
+        <v>565</v>
       </c>
       <c r="D19" s="68">
-        <v>20007</v>
+        <v>20194</v>
       </c>
       <c r="E19" s="74">
         <v>0</v>
       </c>
       <c r="F19" s="68">
-        <v>20777</v>
+        <v>20759</v>
       </c>
       <c r="G19" s="68">
-        <v>20919</v>
+        <v>20730</v>
       </c>
       <c r="H19" s="70">
-        <v>-0.68</v>
+        <v>0.14</v>
       </c>
       <c r="I19" s="72">
-        <v>3.09</v>
+        <v>3.08</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>206</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>207</v>
       </c>
       <c r="B21" s="74">
         <v>0</v>
       </c>
       <c r="C21" s="68">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D21" s="68">
-        <v>10747</v>
+        <v>10796</v>
       </c>
       <c r="E21" s="74">
         <v>0</v>
       </c>
       <c r="F21" s="68">
-        <v>10950</v>
+        <v>10999</v>
       </c>
       <c r="G21" s="68">
-        <v>10933</v>
+        <v>10926</v>
       </c>
       <c r="H21" s="70">
-        <v>0.16</v>
+        <v>0.68</v>
       </c>
       <c r="I21" s="72">
         <v>1.63</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>208</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>209</v>
       </c>
       <c r="B23" s="74">
         <v>0</v>
       </c>
       <c r="C23" s="74">
         <v>0</v>
       </c>
       <c r="D23" s="68">
-        <v>14398</v>
+        <v>14144</v>
       </c>
       <c r="E23" s="74">
         <v>0</v>
       </c>
       <c r="F23" s="68">
-        <v>14398</v>
+        <v>14144</v>
       </c>
       <c r="G23" s="68">
-        <v>14165</v>
+        <v>14246</v>
       </c>
       <c r="H23" s="70">
-        <v>1.65</v>
+        <v>-0.71</v>
       </c>
       <c r="I23" s="72">
-        <v>2.14</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>210</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>211</v>
       </c>
       <c r="B25" s="68">
         <v>4</v>
       </c>
       <c r="C25" s="68">
-        <v>4847</v>
+        <v>5058</v>
       </c>
       <c r="D25" s="68">
-        <v>52251</v>
+        <v>52080</v>
       </c>
       <c r="E25" s="74">
         <v>0</v>
       </c>
       <c r="F25" s="68">
-        <v>57102</v>
+        <v>57142</v>
       </c>
       <c r="G25" s="68">
-        <v>57140</v>
+        <v>57304</v>
       </c>
       <c r="H25" s="70">
-        <v>-0.06</v>
+        <v>-0.28</v>
       </c>
       <c r="I25" s="72">
-        <v>8.5</v>
+        <v>8.48</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>212</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>213</v>
       </c>
       <c r="B27" s="74">
         <v>0</v>
       </c>
       <c r="C27" s="68">
-        <v>4052</v>
+        <v>3941</v>
       </c>
       <c r="D27" s="68">
-        <v>25750</v>
+        <v>25743</v>
       </c>
       <c r="E27" s="74">
         <v>0</v>
       </c>
       <c r="F27" s="68">
-        <v>29802</v>
+        <v>29683</v>
       </c>
       <c r="G27" s="68">
-        <v>29783</v>
+        <v>29792</v>
       </c>
       <c r="H27" s="70">
-        <v>0.06</v>
+        <v>-0.37</v>
       </c>
       <c r="I27" s="72">
-        <v>4.44</v>
+        <v>4.41</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>214</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>215</v>
       </c>
       <c r="B29" s="68">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="C29" s="68">
-        <v>1663</v>
+        <v>1273</v>
       </c>
       <c r="D29" s="68">
-        <v>82048</v>
+        <v>82926</v>
       </c>
       <c r="E29" s="74">
         <v>0</v>
       </c>
       <c r="F29" s="68">
-        <v>84397</v>
+        <v>84881</v>
       </c>
       <c r="G29" s="68">
-        <v>84154</v>
+        <v>84662</v>
       </c>
       <c r="H29" s="70">
-        <v>0.29</v>
+        <v>0.26</v>
       </c>
       <c r="I29" s="72">
-        <v>12.56</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="65" t="s">
         <v>216</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="27" t="s">
         <v>217</v>
       </c>
       <c r="B31" s="74">
         <v>0</v>
       </c>
       <c r="C31" s="68">
         <v>4</v>
       </c>
       <c r="D31" s="68">
-        <v>14330</v>
+        <v>14357</v>
       </c>
       <c r="E31" s="74">
         <v>0</v>
       </c>
       <c r="F31" s="68">
-        <v>14334</v>
+        <v>14361</v>
       </c>
       <c r="G31" s="68">
-        <v>14318</v>
+        <v>14424</v>
       </c>
       <c r="H31" s="70">
-        <v>0.11</v>
+        <v>-0.44</v>
       </c>
       <c r="I31" s="72">
         <v>2.13</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="65" t="s">
         <v>218</v>
       </c>
       <c r="B32" s="41"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="41"/>
       <c r="G32" s="41"/>
       <c r="H32" s="41"/>
       <c r="I32" s="45"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="27" t="s">
         <v>219</v>
       </c>
       <c r="B33" s="74">
         <v>0</v>
       </c>
       <c r="C33" s="68">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D33" s="68">
-        <v>11831</v>
+        <v>11834</v>
       </c>
       <c r="E33" s="74">
         <v>0</v>
       </c>
       <c r="F33" s="68">
         <v>12048</v>
       </c>
       <c r="G33" s="68">
-        <v>12044</v>
+        <v>12083</v>
       </c>
       <c r="H33" s="70">
-        <v>0.04</v>
+        <v>-0.29</v>
       </c>
       <c r="I33" s="72">
         <v>1.79</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="65" t="s">
         <v>220</v>
       </c>
       <c r="B34" s="41"/>
       <c r="C34" s="41"/>
       <c r="D34" s="41"/>
       <c r="E34" s="41"/>
       <c r="F34" s="41"/>
       <c r="G34" s="41"/>
       <c r="H34" s="41"/>
       <c r="I34" s="45"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="27" t="s">
         <v>221</v>
       </c>
       <c r="B35" s="74">
         <v>0</v>
       </c>
       <c r="C35" s="68">
-        <v>141</v>
+        <v>101</v>
       </c>
       <c r="D35" s="68">
-        <v>30503</v>
+        <v>31014</v>
       </c>
       <c r="E35" s="74">
         <v>0</v>
       </c>
       <c r="F35" s="68">
-        <v>30643</v>
+        <v>31115</v>
       </c>
       <c r="G35" s="68">
-        <v>30528</v>
+        <v>30872</v>
       </c>
       <c r="H35" s="70">
-        <v>0.38</v>
+        <v>0.79</v>
       </c>
       <c r="I35" s="72">
-        <v>4.56</v>
+        <v>4.62</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="76" t="s">
         <v>222</v>
       </c>
       <c r="B36" s="43"/>
       <c r="C36" s="43"/>
       <c r="D36" s="43"/>
       <c r="E36" s="43"/>
       <c r="F36" s="43"/>
       <c r="G36" s="43"/>
       <c r="H36" s="43"/>
       <c r="I36" s="47"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
@@ -9351,56 +9351,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>51</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -9466,448 +9466,448 @@
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>53</v>
       </c>
       <c r="B9" s="78">
         <v>0</v>
       </c>
-      <c r="C9" s="56">
-        <v>1</v>
+      <c r="C9" s="78">
+        <v>0</v>
       </c>
       <c r="D9" s="56">
-        <v>10818</v>
+        <v>10698</v>
       </c>
       <c r="E9" s="78">
         <v>0</v>
       </c>
       <c r="F9" s="56">
-        <v>10819</v>
+        <v>10698</v>
       </c>
       <c r="G9" s="56">
-        <v>10850</v>
+        <v>10736</v>
       </c>
       <c r="H9" s="59">
-        <v>-0.28</v>
+        <v>-0.35</v>
       </c>
       <c r="I9" s="62">
-        <v>1.61</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>223</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>224</v>
       </c>
       <c r="B11" s="74">
         <v>0</v>
       </c>
       <c r="C11" s="68">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D11" s="68">
-        <v>21129</v>
+        <v>21153</v>
       </c>
       <c r="E11" s="74">
         <v>0</v>
       </c>
       <c r="F11" s="68">
-        <v>21139</v>
+        <v>21185</v>
       </c>
       <c r="G11" s="68">
-        <v>20622</v>
+        <v>21311</v>
       </c>
       <c r="H11" s="70">
-        <v>2.51</v>
+        <v>-0.59</v>
       </c>
       <c r="I11" s="72">
-        <v>3.15</v>
+        <v>3.14</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>225</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>226</v>
       </c>
-      <c r="B13" s="68">
+      <c r="B13" s="74">
         <v>0</v>
       </c>
       <c r="C13" s="68">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="D13" s="68">
-        <v>10413</v>
+        <v>10296</v>
       </c>
       <c r="E13" s="74">
         <v>0</v>
       </c>
       <c r="F13" s="68">
-        <v>10473</v>
+        <v>10321</v>
       </c>
       <c r="G13" s="68">
-        <v>10461</v>
+        <v>10400</v>
       </c>
       <c r="H13" s="70">
-        <v>0.11</v>
+        <v>-0.76</v>
       </c>
       <c r="I13" s="72">
-        <v>1.56</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>227</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>228</v>
       </c>
       <c r="B15" s="74">
         <v>0</v>
       </c>
       <c r="C15" s="68">
-        <v>516</v>
+        <v>495</v>
       </c>
       <c r="D15" s="68">
-        <v>19987</v>
+        <v>20102</v>
       </c>
       <c r="E15" s="74">
         <v>0</v>
       </c>
       <c r="F15" s="68">
-        <v>20503</v>
+        <v>20597</v>
       </c>
       <c r="G15" s="68">
-        <v>20380</v>
+        <v>20520</v>
       </c>
       <c r="H15" s="70">
-        <v>0.6</v>
+        <v>0.37</v>
       </c>
       <c r="I15" s="72">
-        <v>3.05</v>
+        <v>3.06</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>229</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>230</v>
       </c>
       <c r="B17" s="74">
         <v>0</v>
       </c>
       <c r="C17" s="68">
-        <v>7493</v>
+        <v>7294</v>
       </c>
       <c r="D17" s="68">
-        <v>57993</v>
+        <v>58400</v>
       </c>
       <c r="E17" s="74">
         <v>0</v>
       </c>
       <c r="F17" s="68">
-        <v>65485</v>
+        <v>65694</v>
       </c>
       <c r="G17" s="68">
-        <v>65333</v>
+        <v>65820</v>
       </c>
       <c r="H17" s="70">
-        <v>0.23</v>
+        <v>-0.19</v>
       </c>
       <c r="I17" s="72">
         <v>9.75</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>231</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>232</v>
       </c>
       <c r="B19" s="74">
         <v>0</v>
       </c>
       <c r="C19" s="68">
-        <v>218</v>
+        <v>175</v>
       </c>
       <c r="D19" s="68">
-        <v>27224</v>
+        <v>27374</v>
       </c>
       <c r="E19" s="74">
         <v>0</v>
       </c>
       <c r="F19" s="68">
-        <v>27441</v>
+        <v>27550</v>
       </c>
       <c r="G19" s="68">
-        <v>27410</v>
+        <v>27542</v>
       </c>
       <c r="H19" s="70">
-        <v>0.11</v>
+        <v>0.03</v>
       </c>
       <c r="I19" s="72">
         <v>4.09</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>233</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>234</v>
       </c>
       <c r="B21" s="74">
         <v>0</v>
       </c>
       <c r="C21" s="68">
-        <v>542</v>
+        <v>594</v>
       </c>
       <c r="D21" s="68">
-        <v>65561</v>
+        <v>66403</v>
       </c>
       <c r="E21" s="74">
         <v>0</v>
       </c>
       <c r="F21" s="68">
-        <v>66103</v>
+        <v>66997</v>
       </c>
       <c r="G21" s="68">
-        <v>65786</v>
+        <v>66392</v>
       </c>
       <c r="H21" s="70">
-        <v>0.48</v>
+        <v>0.91</v>
       </c>
       <c r="I21" s="72">
-        <v>9.84</v>
+        <v>9.94</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>235</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>236</v>
       </c>
       <c r="B23" s="74">
         <v>0</v>
       </c>
       <c r="C23" s="68">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D23" s="68">
-        <v>3863</v>
+        <v>3932</v>
       </c>
       <c r="E23" s="74">
         <v>0</v>
       </c>
       <c r="F23" s="68">
-        <v>3865</v>
+        <v>3933</v>
       </c>
       <c r="G23" s="68">
-        <v>3834</v>
+        <v>3912</v>
       </c>
       <c r="H23" s="70">
-        <v>0.81</v>
+        <v>0.54</v>
       </c>
       <c r="I23" s="72">
         <v>0.58</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>237</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>238</v>
       </c>
       <c r="B25" s="74">
         <v>0</v>
       </c>
       <c r="C25" s="68">
-        <v>1404</v>
+        <v>1368</v>
       </c>
       <c r="D25" s="68">
-        <v>6698</v>
+        <v>6747</v>
       </c>
       <c r="E25" s="74">
         <v>0</v>
       </c>
       <c r="F25" s="68">
-        <v>8102</v>
+        <v>8115</v>
       </c>
       <c r="G25" s="68">
-        <v>7977</v>
+        <v>8072</v>
       </c>
       <c r="H25" s="70">
-        <v>1.57</v>
+        <v>0.54</v>
       </c>
       <c r="I25" s="72">
-        <v>1.21</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>239</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>240</v>
       </c>
       <c r="B27" s="68">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="C27" s="68">
         <v>7</v>
       </c>
       <c r="D27" s="68">
-        <v>4347</v>
+        <v>4334</v>
       </c>
       <c r="E27" s="74">
         <v>0</v>
       </c>
       <c r="F27" s="68">
-        <v>4552</v>
+        <v>4535</v>
       </c>
       <c r="G27" s="68">
-        <v>4554</v>
+        <v>4556</v>
       </c>
       <c r="H27" s="70">
-        <v>-0.05</v>
+        <v>-0.45</v>
       </c>
       <c r="I27" s="72">
-        <v>0.68</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>241</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="27"/>
       <c r="B29" s="42"/>
       <c r="C29" s="42"/>
       <c r="D29" s="42"/>
       <c r="E29" s="42"/>
       <c r="F29" s="42"/>
       <c r="G29" s="42"/>
       <c r="H29" s="42"/>
       <c r="I29" s="46"/>