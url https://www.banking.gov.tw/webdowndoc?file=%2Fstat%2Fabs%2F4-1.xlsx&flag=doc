--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -50,51 +50,51 @@
     <definedName name="外部資料_1" localSheetId="8">'4-1(續八完)'!$A$1:$I$42</definedName>
     <definedName name="外部資料_1" localSheetId="3">'4-1(續三)'!$A$1:$I$40</definedName>
     <definedName name="外部資料_1" localSheetId="5">'4-1(續五)'!$A$1:$I$37</definedName>
     <definedName name="外部資料_1" localSheetId="6">'4-1(續六)'!$A$1:$I$38</definedName>
     <definedName name="外部資料_1" localSheetId="4">'4-1(續四)'!$A$1:$I$37</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
   <si>
     <t>本月與上月</t>
   </si>
   <si>
     <t>本月市場</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
-    <t>民國114年 9月底</t>
+    <t>民國114年10月底</t>
   </si>
   <si>
     <t>上　　月</t>
   </si>
   <si>
     <t>比較增減％</t>
   </si>
   <si>
     <t>占有率％</t>
   </si>
   <si>
     <t>貼現透支</t>
   </si>
   <si>
     <t>短期放款</t>
   </si>
   <si>
     <t>中長期放款</t>
   </si>
   <si>
     <t>進出口押匯</t>
   </si>
   <si>
     <t>合　　計</t>
   </si>
@@ -191,51 +191,51 @@
       <t>Domestic Banks (All Branches)</t>
     </r>
   </si>
   <si>
     <r>
       <t>Source</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>：</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Provided by individual institution.</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
+    <t xml:space="preserve"> End of Oct. 2025</t>
   </si>
   <si>
     <t>4-1 Loans at General Banks and Credit Cooperatives</t>
   </si>
   <si>
     <r>
       <t>4-1 Loans at General Banks and Credit Cooperatives</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="細明體"/>
         <charset val="136"/>
       </rPr>
       <t>（</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Cont.1</t>
     </r>
     <r>
@@ -776,51 +776,51 @@
   <si>
     <t>Citibank Taiwan Ltd.</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　　#</t>
   </si>
@@ -1209,70 +1209,71 @@
     <t>Hualien 2nd Credit Cooperative</t>
   </si>
   <si>
     <t>澎湖縣第一信用合作社</t>
   </si>
   <si>
     <t>Penghu First Credit Cooperative</t>
   </si>
   <si>
     <t>澎湖第二信用合作社</t>
   </si>
   <si>
     <t>Limited Liability Penghu Second Credit Society</t>
   </si>
   <si>
     <t>金門縣信用合作社</t>
   </si>
   <si>
     <t>Kinmen Credit Cooperative</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
-  <numFmts count="19">
+  <numFmts count="20">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="#,##0_-"/>
     <numFmt numFmtId="176" formatCode="#,##0.00_-"/>
     <numFmt numFmtId="177" formatCode="###,###,###,##0"/>
     <numFmt numFmtId="178" formatCode="##0.00"/>
     <numFmt numFmtId="179" formatCode="###,###,###,##0;-###,###,###,##0;&quot;－&quot;"/>
-    <numFmt numFmtId="180" formatCode="###,##0.00"/>
-[...1 lines deleted...]
-    <numFmt numFmtId="182" formatCode="##0.00;-##0.00;&quot;－&quot;"/>
+    <numFmt numFmtId="180" formatCode="-#0.00"/>
+    <numFmt numFmtId="181" formatCode="###,##0.00"/>
+    <numFmt numFmtId="182" formatCode="###,##0.00;-###,##0.00;&quot;－&quot;"/>
+    <numFmt numFmtId="183" formatCode="##0.00;-##0.00;&quot;－&quot;"/>
   </numFmts>
   <fonts count="45">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
@@ -2438,87 +2439,93 @@
     </xf>
     <xf xxid="132" numFmtId="178" fontId="6" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="133" numFmtId="178" fontId="40" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="134" numFmtId="178" fontId="6" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="135" numFmtId="178" fontId="40" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="136" numFmtId="179" fontId="6" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="137" numFmtId="179" fontId="40" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="138" numFmtId="0" fontId="42" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="139" numFmtId="0" fontId="43" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="140" numFmtId="179" fontId="6" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="140" numFmtId="180" fontId="6" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="141" numFmtId="179" fontId="40" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="141" numFmtId="180" fontId="40" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="142" numFmtId="180" fontId="6" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="142" numFmtId="181" fontId="6" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="143" numFmtId="180" fontId="40" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="143" numFmtId="181" fontId="40" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="144" numFmtId="180" fontId="41" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="144" numFmtId="181" fontId="41" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="145" numFmtId="180" fontId="6" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="145" numFmtId="181" fontId="6" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="146" numFmtId="180" fontId="40" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="146" numFmtId="181" fontId="40" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="147" numFmtId="181" fontId="6" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="147" numFmtId="182" fontId="6" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="148" numFmtId="181" fontId="40" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="148" numFmtId="182" fontId="40" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="149" numFmtId="182" fontId="6" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="149" numFmtId="183" fontId="6" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="150" numFmtId="182" fontId="40" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="150" numFmtId="183" fontId="40" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="151" numFmtId="0" fontId="38" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="152" numFmtId="179" fontId="41" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="152" numFmtId="179" fontId="6" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="153" numFmtId="179" fontId="40" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="154" numFmtId="179" fontId="41" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="49">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色2" xfId="16"/>
     <cellStyle name="20% - 輔色3" xfId="17"/>
     <cellStyle name="20% - 輔色4" xfId="18"/>
     <cellStyle name="20% - 輔色5" xfId="19"/>
     <cellStyle name="20% - 輔色6" xfId="20"/>
     <cellStyle name="40% - 輔色1" xfId="21"/>
     <cellStyle name="40% - 輔色2" xfId="22"/>
     <cellStyle name="40% - 輔色3" xfId="23"/>
     <cellStyle name="40% - 輔色4" xfId="24"/>
     <cellStyle name="40% - 輔色5" xfId="25"/>
     <cellStyle name="40% - 輔色6" xfId="26"/>
     <cellStyle name="60% - 輔色1" xfId="27"/>
     <cellStyle name="60% - 輔色2" xfId="28"/>
     <cellStyle name="60% - 輔色3" xfId="29"/>
     <cellStyle name="60% - 輔色4" xfId="30"/>
     <cellStyle name="60% - 輔色5" xfId="31"/>
     <cellStyle name="60% - 輔色6" xfId="32"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="33" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="34" builtinId="6"/>
@@ -2706,618 +2713,618 @@
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="57">
-        <v>48690</v>
+        <v>47620</v>
       </c>
       <c r="C9" s="57">
-        <v>9234213</v>
+        <v>9287930</v>
       </c>
       <c r="D9" s="57">
-        <v>34773691</v>
+        <v>34856362</v>
       </c>
       <c r="E9" s="57">
-        <v>21887</v>
+        <v>18351</v>
       </c>
       <c r="F9" s="57">
+        <v>44210263</v>
+      </c>
+      <c r="G9" s="57">
         <v>44078482</v>
       </c>
-      <c r="G9" s="57">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="60">
-        <v>0.46</v>
+        <v>0.3</v>
       </c>
       <c r="I9" s="63">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>66</v>
       </c>
       <c r="B11" s="68">
-        <v>10889</v>
+        <v>12036</v>
       </c>
       <c r="C11" s="68">
-        <v>646701</v>
+        <v>639393</v>
       </c>
       <c r="D11" s="68">
-        <v>2788491</v>
+        <v>2792134</v>
       </c>
       <c r="E11" s="68">
-        <v>4130</v>
+        <v>2984</v>
       </c>
       <c r="F11" s="68">
+        <v>3446548</v>
+      </c>
+      <c r="G11" s="68">
         <v>3450211</v>
       </c>
-      <c r="G11" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="70">
-        <v>1.48</v>
+        <v>-0.11</v>
       </c>
       <c r="I11" s="72">
-        <v>7.83</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>67</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>68</v>
       </c>
       <c r="B13" s="68">
-        <v>354</v>
+        <v>383</v>
       </c>
       <c r="C13" s="68">
-        <v>103562</v>
+        <v>112497</v>
       </c>
       <c r="D13" s="68">
-        <v>2414136</v>
+        <v>2419367</v>
       </c>
       <c r="E13" s="68">
-        <v>118</v>
+        <v>78</v>
       </c>
       <c r="F13" s="68">
+        <v>2532325</v>
+      </c>
+      <c r="G13" s="68">
         <v>2518170</v>
       </c>
-      <c r="G13" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="70">
-        <v>0.87</v>
+        <v>0.56</v>
       </c>
       <c r="I13" s="72">
-        <v>5.71</v>
+        <v>5.73</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>70</v>
       </c>
       <c r="B15" s="68">
-        <v>1804</v>
+        <v>1998</v>
       </c>
       <c r="C15" s="68">
-        <v>859849</v>
+        <v>776688</v>
       </c>
       <c r="D15" s="68">
-        <v>2335453</v>
+        <v>2314385</v>
       </c>
       <c r="E15" s="68">
-        <v>605</v>
+        <v>255</v>
       </c>
       <c r="F15" s="68">
+        <v>3093325</v>
+      </c>
+      <c r="G15" s="68">
         <v>3197710</v>
       </c>
-      <c r="G15" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="70">
-        <v>1.68</v>
+        <v>-3.26</v>
       </c>
       <c r="I15" s="72">
-        <v>7.25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>71</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>72</v>
       </c>
       <c r="B17" s="68">
-        <v>2896</v>
+        <v>2228</v>
       </c>
       <c r="C17" s="68">
-        <v>647686</v>
+        <v>655579</v>
       </c>
       <c r="D17" s="68">
-        <v>2093172</v>
+        <v>2097986</v>
       </c>
       <c r="E17" s="68">
-        <v>301</v>
+        <v>411</v>
       </c>
       <c r="F17" s="68">
+        <v>2756203</v>
+      </c>
+      <c r="G17" s="68">
         <v>2744055</v>
       </c>
-      <c r="G17" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="70">
-        <v>1.32</v>
+        <v>0.44</v>
       </c>
       <c r="I17" s="72">
         <v>6.23</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>73</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>74</v>
       </c>
       <c r="B19" s="68">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="C19" s="68">
-        <v>518029</v>
+        <v>529662</v>
       </c>
       <c r="D19" s="68">
-        <v>1879144</v>
+        <v>1869699</v>
       </c>
       <c r="E19" s="68">
-        <v>2055</v>
+        <v>1630</v>
       </c>
       <c r="F19" s="68">
+        <v>2401101</v>
+      </c>
+      <c r="G19" s="68">
         <v>2399325</v>
       </c>
-      <c r="G19" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H19" s="70">
-        <v>1.82</v>
+        <v>0.07</v>
       </c>
       <c r="I19" s="72">
-        <v>5.44</v>
+        <v>5.43</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>75</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>76</v>
       </c>
       <c r="B21" s="68">
-        <v>1967</v>
+        <v>1775</v>
       </c>
       <c r="C21" s="68">
-        <v>430875</v>
+        <v>443959</v>
       </c>
       <c r="D21" s="68">
-        <v>1587744</v>
+        <v>1596426</v>
       </c>
       <c r="E21" s="68">
-        <v>339</v>
+        <v>140</v>
       </c>
       <c r="F21" s="68">
+        <v>2042300</v>
+      </c>
+      <c r="G21" s="68">
         <v>2020925</v>
       </c>
-      <c r="G21" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H21" s="70">
-        <v>-0.66</v>
+        <v>1.06</v>
       </c>
       <c r="I21" s="72">
-        <v>4.58</v>
+        <v>4.62</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>77</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>78</v>
       </c>
       <c r="B23" s="68">
-        <v>184</v>
+        <v>174</v>
       </c>
       <c r="C23" s="68">
-        <v>229800</v>
+        <v>232819</v>
       </c>
       <c r="D23" s="68">
-        <v>657396</v>
+        <v>655371</v>
       </c>
       <c r="E23" s="68">
-        <v>1714</v>
+        <v>1850</v>
       </c>
       <c r="F23" s="68">
+        <v>890215</v>
+      </c>
+      <c r="G23" s="68">
         <v>889094</v>
       </c>
-      <c r="G23" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="70">
-        <v>0.39</v>
+        <v>0.13</v>
       </c>
       <c r="I23" s="72">
-        <v>2.02</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>79</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>80</v>
       </c>
       <c r="B25" s="68">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="C25" s="68">
-        <v>401647</v>
+        <v>440889</v>
       </c>
       <c r="D25" s="68">
-        <v>2056599</v>
+        <v>2058829</v>
       </c>
       <c r="E25" s="68">
-        <v>1767</v>
+        <v>1641</v>
       </c>
       <c r="F25" s="68">
+        <v>2501464</v>
+      </c>
+      <c r="G25" s="68">
         <v>2460098</v>
       </c>
-      <c r="G25" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H25" s="70">
-        <v>-0.45</v>
+        <v>1.68</v>
       </c>
       <c r="I25" s="72">
-        <v>5.58</v>
+        <v>5.66</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>82</v>
       </c>
       <c r="B27" s="68">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="C27" s="68">
-        <v>620553</v>
+        <v>619685</v>
       </c>
       <c r="D27" s="68">
-        <v>2117589</v>
+        <v>2132272</v>
       </c>
       <c r="E27" s="68">
-        <v>1140</v>
+        <v>771</v>
       </c>
       <c r="F27" s="68">
+        <v>2753342</v>
+      </c>
+      <c r="G27" s="68">
         <v>2739898</v>
       </c>
-      <c r="G27" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="70">
-        <v>0.85</v>
+        <v>0.49</v>
       </c>
       <c r="I27" s="72">
-        <v>6.22</v>
+        <v>6.23</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>83</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>84</v>
       </c>
       <c r="B29" s="74">
         <v>0</v>
       </c>
       <c r="C29" s="68">
-        <v>46062</v>
+        <v>48908</v>
       </c>
       <c r="D29" s="68">
-        <v>172711</v>
+        <v>174473</v>
       </c>
       <c r="E29" s="74">
         <v>0</v>
       </c>
       <c r="F29" s="68">
+        <v>223382</v>
+      </c>
+      <c r="G29" s="68">
         <v>218773</v>
       </c>
-      <c r="G29" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H29" s="70">
-        <v>1.53</v>
+        <v>2.11</v>
       </c>
       <c r="I29" s="72">
-        <v>0.5</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="65" t="s">
         <v>85</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B31" s="68">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="C31" s="68">
-        <v>59872</v>
+        <v>59530</v>
       </c>
       <c r="D31" s="68">
-        <v>170140</v>
+        <v>169517</v>
       </c>
       <c r="E31" s="68">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="F31" s="68">
+        <v>229188</v>
+      </c>
+      <c r="G31" s="68">
         <v>230155</v>
       </c>
-      <c r="G31" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H31" s="70">
-        <v>0.16</v>
+        <v>-0.42</v>
       </c>
       <c r="I31" s="72">
         <v>0.52</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="65" t="s">
         <v>87</v>
       </c>
       <c r="B32" s="41"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="41"/>
       <c r="G32" s="41"/>
       <c r="H32" s="41"/>
       <c r="I32" s="45"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="27" t="s">
         <v>88</v>
       </c>
       <c r="B33" s="68">
-        <v>1137</v>
+        <v>1523</v>
       </c>
       <c r="C33" s="68">
-        <v>624032</v>
+        <v>616114</v>
       </c>
       <c r="D33" s="68">
-        <v>1744573</v>
+        <v>1750745</v>
       </c>
       <c r="E33" s="68">
-        <v>4020</v>
+        <v>3540</v>
       </c>
       <c r="F33" s="68">
+        <v>2371922</v>
+      </c>
+      <c r="G33" s="68">
         <v>2373762</v>
       </c>
-      <c r="G33" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H33" s="70">
-        <v>1.28</v>
+        <v>-0.08</v>
       </c>
       <c r="I33" s="72">
-        <v>5.39</v>
+        <v>5.37</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="65" t="s">
         <v>89</v>
       </c>
       <c r="B34" s="41"/>
       <c r="C34" s="41"/>
       <c r="D34" s="41"/>
       <c r="E34" s="41"/>
       <c r="F34" s="41"/>
       <c r="G34" s="41"/>
       <c r="H34" s="41"/>
       <c r="I34" s="45"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="27" t="s">
         <v>90</v>
       </c>
       <c r="B35" s="68">
-        <v>3578</v>
+        <v>3553</v>
       </c>
       <c r="C35" s="68">
-        <v>62477</v>
+        <v>56534</v>
       </c>
       <c r="D35" s="68">
-        <v>2702</v>
+        <v>3631</v>
       </c>
       <c r="E35" s="68">
-        <v>621</v>
+        <v>693</v>
       </c>
       <c r="F35" s="68">
+        <v>64411</v>
+      </c>
+      <c r="G35" s="68">
         <v>69378</v>
       </c>
-      <c r="G35" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="70">
-        <v>2.79</v>
+        <v>-7.16</v>
       </c>
       <c r="I35" s="72">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="76" t="s">
         <v>91</v>
       </c>
       <c r="B36" s="43"/>
       <c r="C36" s="43"/>
       <c r="D36" s="43"/>
       <c r="E36" s="43"/>
       <c r="F36" s="43"/>
       <c r="G36" s="43"/>
       <c r="H36" s="43"/>
       <c r="I36" s="47"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
@@ -3504,56 +3511,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="37" t="s">
         <v>29</v>
       </c>
       <c r="B3" s="37"/>
       <c r="C3" s="37"/>
       <c r="D3" s="37"/>
       <c r="E3" s="37"/>
       <c r="F3" s="37"/>
       <c r="G3" s="37"/>
       <c r="H3" s="37"/>
       <c r="I3" s="37"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -3616,616 +3623,616 @@
       </c>
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>3</v>
       </c>
-      <c r="B9" s="78">
-        <v>0</v>
+      <c r="B9" s="56">
+        <v>121</v>
       </c>
       <c r="C9" s="56">
-        <v>106333</v>
+        <v>103801</v>
       </c>
       <c r="D9" s="56">
-        <v>129287</v>
+        <v>129795</v>
       </c>
       <c r="E9" s="56">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F9" s="56">
+        <v>233775</v>
+      </c>
+      <c r="G9" s="56">
         <v>235677</v>
       </c>
-      <c r="G9" s="56">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="59">
-        <v>-0.34</v>
+        <v>-0.81</v>
       </c>
       <c r="I9" s="62">
         <v>0.53</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>92</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>93</v>
       </c>
       <c r="B11" s="68">
-        <v>1606</v>
+        <v>1171</v>
       </c>
       <c r="C11" s="68">
-        <v>413294</v>
+        <v>409468</v>
       </c>
       <c r="D11" s="68">
-        <v>1261173</v>
+        <v>1265302</v>
       </c>
       <c r="E11" s="68">
-        <v>129</v>
+        <v>198</v>
       </c>
       <c r="F11" s="68">
+        <v>1676140</v>
+      </c>
+      <c r="G11" s="68">
         <v>1676201</v>
       </c>
-      <c r="G11" s="68">
-[...3 lines deleted...]
-        <v>0.2</v>
+      <c r="H11" s="78">
+        <v>0</v>
       </c>
       <c r="I11" s="72">
-        <v>3.8</v>
+        <v>3.79</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>94</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>95</v>
       </c>
       <c r="B13" s="68">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C13" s="68">
-        <v>17315</v>
+        <v>19610</v>
       </c>
       <c r="D13" s="68">
-        <v>302392</v>
+        <v>301857</v>
       </c>
       <c r="E13" s="74">
         <v>0</v>
       </c>
       <c r="F13" s="68">
+        <v>321552</v>
+      </c>
+      <c r="G13" s="68">
         <v>319791</v>
       </c>
-      <c r="G13" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="70">
-        <v>-1.06</v>
+        <v>0.55</v>
       </c>
       <c r="I13" s="72">
         <v>0.73</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>96</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>97</v>
       </c>
       <c r="B15" s="68">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C15" s="68">
-        <v>155976</v>
+        <v>154254</v>
       </c>
       <c r="D15" s="68">
-        <v>477787</v>
+        <v>480219</v>
       </c>
       <c r="E15" s="68">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="F15" s="68">
+        <v>634599</v>
+      </c>
+      <c r="G15" s="68">
         <v>633896</v>
       </c>
-      <c r="G15" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="70">
-        <v>-0.01</v>
+        <v>0.11</v>
       </c>
       <c r="I15" s="72">
         <v>1.44</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>98</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>99</v>
       </c>
       <c r="B17" s="68">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C17" s="68">
-        <v>64875</v>
+        <v>65384</v>
       </c>
       <c r="D17" s="68">
-        <v>161075</v>
+        <v>161189</v>
       </c>
       <c r="E17" s="74">
         <v>0</v>
       </c>
       <c r="F17" s="68">
+        <v>226594</v>
+      </c>
+      <c r="G17" s="68">
         <v>225971</v>
       </c>
-      <c r="G17" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="70">
-        <v>0.53</v>
+        <v>0.28</v>
       </c>
       <c r="I17" s="72">
         <v>0.51</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>100</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>101</v>
       </c>
       <c r="B19" s="68">
-        <v>565</v>
+        <v>547</v>
       </c>
       <c r="C19" s="68">
-        <v>88702</v>
+        <v>86590</v>
       </c>
       <c r="D19" s="68">
-        <v>243367</v>
+        <v>244129</v>
       </c>
       <c r="E19" s="68">
-        <v>520</v>
+        <v>314</v>
       </c>
       <c r="F19" s="68">
+        <v>331580</v>
+      </c>
+      <c r="G19" s="68">
         <v>333153</v>
       </c>
-      <c r="G19" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H19" s="70">
-        <v>0.82</v>
+        <v>-0.47</v>
       </c>
       <c r="I19" s="72">
-        <v>0.76</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>102</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>103</v>
       </c>
       <c r="B21" s="68">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C21" s="68">
-        <v>5901</v>
+        <v>5873</v>
       </c>
       <c r="D21" s="68">
-        <v>55662</v>
+        <v>55783</v>
       </c>
       <c r="E21" s="74">
         <v>0</v>
       </c>
       <c r="F21" s="68">
+        <v>61664</v>
+      </c>
+      <c r="G21" s="68">
         <v>61572</v>
       </c>
-      <c r="G21" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H21" s="70">
-        <v>-0.38</v>
+        <v>0.15</v>
       </c>
       <c r="I21" s="72">
         <v>0.14</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>104</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>105</v>
       </c>
       <c r="B23" s="74">
         <v>0</v>
       </c>
       <c r="C23" s="68">
-        <v>86753</v>
+        <v>86541</v>
       </c>
       <c r="D23" s="68">
-        <v>100441</v>
+        <v>101138</v>
       </c>
       <c r="E23" s="74">
         <v>0</v>
       </c>
       <c r="F23" s="68">
+        <v>187679</v>
+      </c>
+      <c r="G23" s="68">
         <v>187194</v>
       </c>
-      <c r="G23" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="70">
-        <v>0.46</v>
+        <v>0.26</v>
       </c>
       <c r="I23" s="72">
         <v>0.42</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>106</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>107</v>
       </c>
       <c r="B25" s="74">
         <v>0</v>
       </c>
       <c r="C25" s="68">
-        <v>179553</v>
+        <v>181050</v>
       </c>
       <c r="D25" s="68">
-        <v>711611</v>
+        <v>707153</v>
       </c>
       <c r="E25" s="68">
-        <v>135</v>
+        <v>170</v>
       </c>
       <c r="F25" s="68">
+        <v>888372</v>
+      </c>
+      <c r="G25" s="68">
         <v>891299</v>
       </c>
-      <c r="G25" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H25" s="70">
-        <v>0.1</v>
+        <v>-0.33</v>
       </c>
       <c r="I25" s="72">
-        <v>2.02</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>108</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>109</v>
       </c>
       <c r="B27" s="68">
-        <v>2077</v>
+        <v>2007</v>
       </c>
       <c r="C27" s="68">
-        <v>133343</v>
+        <v>133095</v>
       </c>
       <c r="D27" s="68">
-        <v>387891</v>
+        <v>389194</v>
       </c>
       <c r="E27" s="68">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="F27" s="68">
+        <v>524303</v>
+      </c>
+      <c r="G27" s="68">
         <v>523331</v>
       </c>
-      <c r="G27" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="70">
-        <v>0.55</v>
+        <v>0.19</v>
       </c>
       <c r="I27" s="72">
         <v>1.19</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>110</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>111</v>
       </c>
       <c r="B29" s="68">
         <v>16</v>
       </c>
       <c r="C29" s="68">
-        <v>49024</v>
+        <v>51305</v>
       </c>
       <c r="D29" s="68">
-        <v>177460</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>180238</v>
+      </c>
+      <c r="E29" s="74">
+        <v>0</v>
       </c>
       <c r="F29" s="68">
+        <v>231559</v>
+      </c>
+      <c r="G29" s="68">
         <v>226502</v>
       </c>
-      <c r="G29" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H29" s="70">
-        <v>0.06</v>
+        <v>2.23</v>
       </c>
       <c r="I29" s="72">
-        <v>0.51</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="65" t="s">
         <v>112</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="27" t="s">
         <v>113</v>
       </c>
       <c r="B31" s="68">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C31" s="68">
-        <v>26785</v>
+        <v>26507</v>
       </c>
       <c r="D31" s="68">
-        <v>124183</v>
+        <v>124154</v>
       </c>
       <c r="E31" s="74">
         <v>0</v>
       </c>
       <c r="F31" s="68">
+        <v>150665</v>
+      </c>
+      <c r="G31" s="68">
         <v>150974</v>
       </c>
-      <c r="G31" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H31" s="70">
-        <v>-0.96</v>
+        <v>-0.2</v>
       </c>
       <c r="I31" s="72">
         <v>0.34</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="65" t="s">
         <v>114</v>
       </c>
       <c r="B32" s="41"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="41"/>
       <c r="G32" s="41"/>
       <c r="H32" s="41"/>
       <c r="I32" s="45"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="27" t="s">
         <v>115</v>
       </c>
       <c r="B33" s="68">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C33" s="68">
-        <v>166983</v>
+        <v>169010</v>
       </c>
       <c r="D33" s="68">
-        <v>464300</v>
+        <v>466461</v>
       </c>
       <c r="E33" s="68">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F33" s="68">
+        <v>635541</v>
+      </c>
+      <c r="G33" s="68">
         <v>631345</v>
       </c>
-      <c r="G33" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H33" s="70">
-        <v>-0.14</v>
+        <v>0.66</v>
       </c>
       <c r="I33" s="72">
-        <v>1.43</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="65" t="s">
         <v>116</v>
       </c>
       <c r="B34" s="41"/>
       <c r="C34" s="41"/>
       <c r="D34" s="41"/>
       <c r="E34" s="41"/>
       <c r="F34" s="41"/>
       <c r="G34" s="41"/>
       <c r="H34" s="41"/>
       <c r="I34" s="45"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="27" t="s">
         <v>117</v>
       </c>
       <c r="B35" s="68">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C35" s="68">
-        <v>101062</v>
+        <v>104928</v>
       </c>
       <c r="D35" s="68">
-        <v>409808</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>405876</v>
+      </c>
+      <c r="E35" s="68">
+        <v>3</v>
       </c>
       <c r="F35" s="68">
+        <v>510817</v>
+      </c>
+      <c r="G35" s="68">
         <v>510880</v>
       </c>
-      <c r="G35" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="70">
-        <v>0.32</v>
+        <v>-0.01</v>
       </c>
       <c r="I35" s="72">
         <v>1.16</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="76" t="s">
         <v>118</v>
       </c>
       <c r="B36" s="43"/>
       <c r="C36" s="43"/>
       <c r="D36" s="43"/>
       <c r="E36" s="43"/>
       <c r="F36" s="43"/>
       <c r="G36" s="43"/>
       <c r="H36" s="43"/>
       <c r="I36" s="47"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="24" t="s">
         <v>30</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
@@ -4415,56 +4422,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="37" t="s">
         <v>29</v>
       </c>
       <c r="B3" s="37"/>
       <c r="C3" s="37"/>
       <c r="D3" s="37"/>
       <c r="E3" s="37"/>
       <c r="F3" s="37"/>
       <c r="G3" s="37"/>
       <c r="H3" s="37"/>
       <c r="I3" s="37"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -4528,489 +4535,489 @@
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>46</v>
       </c>
       <c r="B9" s="56">
-        <v>340</v>
+        <v>310</v>
       </c>
       <c r="C9" s="56">
-        <v>383396</v>
+        <v>380284</v>
       </c>
       <c r="D9" s="56">
-        <v>1010100</v>
+        <v>1010022</v>
       </c>
       <c r="E9" s="56">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="F9" s="56">
+        <v>1390672</v>
+      </c>
+      <c r="G9" s="56">
         <v>1393894</v>
       </c>
-      <c r="G9" s="56">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="59">
-        <v>0.74</v>
+        <v>-0.23</v>
       </c>
       <c r="I9" s="62">
-        <v>3.16</v>
+        <v>3.15</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>119</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>120</v>
       </c>
       <c r="B11" s="68">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C11" s="68">
-        <v>238424</v>
+        <v>265468</v>
       </c>
       <c r="D11" s="68">
-        <v>1390491</v>
+        <v>1400947</v>
       </c>
       <c r="E11" s="68">
-        <v>735</v>
+        <v>603</v>
       </c>
       <c r="F11" s="68">
+        <v>1667048</v>
+      </c>
+      <c r="G11" s="68">
         <v>1629679</v>
       </c>
-      <c r="G11" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="70">
-        <v>-2.17</v>
+        <v>2.29</v>
       </c>
       <c r="I11" s="72">
-        <v>3.7</v>
+        <v>3.77</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>121</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>122</v>
       </c>
       <c r="B13" s="74">
         <v>0</v>
       </c>
       <c r="C13" s="68">
-        <v>379319</v>
+        <v>384084</v>
       </c>
       <c r="D13" s="68">
-        <v>2111668</v>
+        <v>2132049</v>
       </c>
       <c r="E13" s="68">
-        <v>1695</v>
+        <v>1426</v>
       </c>
       <c r="F13" s="68">
+        <v>2517559</v>
+      </c>
+      <c r="G13" s="68">
         <v>2492681</v>
       </c>
-      <c r="G13" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="70">
-        <v>1.59</v>
+        <v>1</v>
       </c>
       <c r="I13" s="72">
-        <v>5.66</v>
+        <v>5.69</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>123</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>124</v>
       </c>
       <c r="B15" s="74">
         <v>0</v>
       </c>
       <c r="C15" s="68">
-        <v>94037</v>
+        <v>91667</v>
       </c>
       <c r="D15" s="68">
-        <v>424384</v>
+        <v>423490</v>
       </c>
       <c r="E15" s="68">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="F15" s="68">
+        <v>515174</v>
+      </c>
+      <c r="G15" s="68">
         <v>518449</v>
       </c>
-      <c r="G15" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="70">
-        <v>0.3</v>
+        <v>-0.63</v>
       </c>
       <c r="I15" s="72">
-        <v>1.18</v>
+        <v>1.17</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>125</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>126</v>
       </c>
       <c r="B17" s="68">
-        <v>15842</v>
+        <v>15595</v>
       </c>
       <c r="C17" s="68">
-        <v>124645</v>
+        <v>115656</v>
       </c>
       <c r="D17" s="68">
-        <v>410333</v>
+        <v>409507</v>
       </c>
       <c r="E17" s="74">
         <v>0</v>
       </c>
       <c r="F17" s="68">
+        <v>540758</v>
+      </c>
+      <c r="G17" s="68">
         <v>550819</v>
       </c>
-      <c r="G17" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="70">
-        <v>1.13</v>
+        <v>-1.83</v>
       </c>
       <c r="I17" s="72">
-        <v>1.25</v>
+        <v>1.22</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>127</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>128</v>
       </c>
       <c r="B19" s="68">
-        <v>1411</v>
+        <v>400</v>
       </c>
       <c r="C19" s="68">
-        <v>445678</v>
+        <v>427391</v>
       </c>
       <c r="D19" s="68">
-        <v>1436766</v>
+        <v>1435019</v>
       </c>
       <c r="E19" s="68">
-        <v>1478</v>
+        <v>1191</v>
       </c>
       <c r="F19" s="68">
+        <v>1864001</v>
+      </c>
+      <c r="G19" s="68">
         <v>1885334</v>
       </c>
-      <c r="G19" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H19" s="70">
-        <v>0.69</v>
+        <v>-1.13</v>
       </c>
       <c r="I19" s="72">
-        <v>4.28</v>
+        <v>4.22</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>129</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>130</v>
       </c>
       <c r="B21" s="74">
         <v>0</v>
       </c>
       <c r="C21" s="68">
-        <v>44760</v>
+        <v>46577</v>
       </c>
       <c r="D21" s="68">
-        <v>208062</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>208901</v>
+      </c>
+      <c r="E21" s="74">
+        <v>0</v>
       </c>
       <c r="F21" s="68">
+        <v>255479</v>
+      </c>
+      <c r="G21" s="68">
         <v>252824</v>
       </c>
-      <c r="G21" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H21" s="70">
-        <v>1.36</v>
+        <v>1.05</v>
       </c>
       <c r="I21" s="72">
-        <v>0.57</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>131</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>132</v>
       </c>
       <c r="B23" s="68">
-        <v>2884</v>
+        <v>2636</v>
       </c>
       <c r="C23" s="68">
-        <v>671773</v>
+        <v>741873</v>
       </c>
       <c r="D23" s="68">
-        <v>2636585</v>
+        <v>2666620</v>
       </c>
       <c r="E23" s="68">
-        <v>61</v>
+        <v>143</v>
       </c>
       <c r="F23" s="68">
+        <v>3411272</v>
+      </c>
+      <c r="G23" s="68">
         <v>3311303</v>
       </c>
-      <c r="G23" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="70">
-        <v>-2.53</v>
+        <v>3.02</v>
       </c>
       <c r="I23" s="72">
-        <v>7.51</v>
+        <v>7.72</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>133</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>134</v>
       </c>
       <c r="B25" s="74">
         <v>0</v>
       </c>
       <c r="C25" s="74">
         <v>0</v>
       </c>
       <c r="D25" s="68">
+        <v>32273</v>
+      </c>
+      <c r="E25" s="74">
+        <v>0</v>
+      </c>
+      <c r="F25" s="68">
+        <v>32273</v>
+      </c>
+      <c r="G25" s="68">
         <v>30978</v>
       </c>
-      <c r="E25" s="74">
-[...7 lines deleted...]
-      </c>
       <c r="H25" s="70">
-        <v>3.82</v>
+        <v>4.18</v>
       </c>
       <c r="I25" s="72">
         <v>0.07</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>135</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>136</v>
       </c>
       <c r="B27" s="74">
         <v>0</v>
       </c>
       <c r="C27" s="68">
-        <v>2095</v>
+        <v>2233</v>
       </c>
       <c r="D27" s="68">
-        <v>69340</v>
+        <v>70952</v>
       </c>
       <c r="E27" s="74">
         <v>0</v>
       </c>
       <c r="F27" s="68">
+        <v>73185</v>
+      </c>
+      <c r="G27" s="68">
         <v>71435</v>
       </c>
-      <c r="G27" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="70">
-        <v>2.62</v>
+        <v>2.45</v>
       </c>
       <c r="I27" s="72">
-        <v>0.16</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>137</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>138</v>
       </c>
       <c r="B29" s="74">
         <v>0</v>
       </c>
       <c r="C29" s="68">
-        <v>3045</v>
+        <v>3022</v>
       </c>
       <c r="D29" s="68">
-        <v>18696</v>
+        <v>19256</v>
       </c>
       <c r="E29" s="74">
         <v>0</v>
       </c>
       <c r="F29" s="68">
+        <v>22278</v>
+      </c>
+      <c r="G29" s="68">
         <v>21741</v>
       </c>
-      <c r="G29" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H29" s="70">
-        <v>2.81</v>
+        <v>2.47</v>
       </c>
       <c r="I29" s="72">
         <v>0.05</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="65" t="s">
         <v>139</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="27"/>
       <c r="B31" s="42"/>
       <c r="C31" s="42"/>
       <c r="D31" s="42"/>
       <c r="E31" s="42"/>
       <c r="F31" s="42"/>
@@ -5251,56 +5258,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>36</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -5364,240 +5371,240 @@
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="57">
-        <v>9047</v>
+        <v>6084</v>
       </c>
       <c r="C9" s="57">
-        <v>700192</v>
+        <v>703105</v>
       </c>
       <c r="D9" s="57">
-        <v>561389</v>
+        <v>547952</v>
       </c>
       <c r="E9" s="57">
-        <v>1274</v>
+        <v>951</v>
       </c>
       <c r="F9" s="57">
+        <v>1258092</v>
+      </c>
+      <c r="G9" s="57">
         <v>1271901</v>
       </c>
-      <c r="G9" s="57">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="81">
-        <v>5.19</v>
+        <v>-1.09</v>
       </c>
       <c r="I9" s="63">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="B11" s="68">
-        <v>250</v>
+      <c r="B11" s="74">
+        <v>0</v>
       </c>
       <c r="C11" s="68">
-        <v>144302</v>
+        <v>152583</v>
       </c>
       <c r="D11" s="68">
-        <v>123859</v>
+        <v>116374</v>
       </c>
       <c r="E11" s="68">
-        <v>212</v>
+        <v>182</v>
       </c>
       <c r="F11" s="68">
+        <v>269140</v>
+      </c>
+      <c r="G11" s="68">
         <v>268623</v>
       </c>
-      <c r="G11" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="83">
-        <v>5.55</v>
+        <v>0.19</v>
       </c>
       <c r="I11" s="72">
-        <v>21.12</v>
+        <v>21.39</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>140</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>141</v>
       </c>
       <c r="B13" s="68">
-        <v>3745</v>
+        <v>547</v>
       </c>
       <c r="C13" s="68">
-        <v>14471</v>
+        <v>10513</v>
       </c>
       <c r="D13" s="68">
         <v>8750</v>
       </c>
       <c r="E13" s="68">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F13" s="68">
+        <v>19826</v>
+      </c>
+      <c r="G13" s="68">
         <v>26989</v>
       </c>
-      <c r="G13" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="83">
-        <v>19.95</v>
+        <v>-26.54</v>
       </c>
       <c r="I13" s="72">
-        <v>2.12</v>
+        <v>1.58</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>142</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>143</v>
       </c>
       <c r="B15" s="74">
         <v>0</v>
       </c>
       <c r="C15" s="68">
-        <v>11127</v>
+        <v>12005</v>
       </c>
       <c r="D15" s="68">
-        <v>7561</v>
+        <v>6367</v>
       </c>
       <c r="E15" s="68">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F15" s="68">
+        <v>18382</v>
+      </c>
+      <c r="G15" s="68">
         <v>18709</v>
       </c>
-      <c r="G15" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="83">
-        <v>3.53</v>
+        <v>-1.75</v>
       </c>
       <c r="I15" s="72">
-        <v>1.47</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>144</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>145</v>
       </c>
       <c r="B17" s="74">
         <v>0</v>
       </c>
       <c r="C17" s="68">
-        <v>4708</v>
+        <v>3414</v>
       </c>
       <c r="D17" s="68">
-        <v>1879</v>
+        <v>1526</v>
       </c>
       <c r="E17" s="74">
         <v>0</v>
       </c>
       <c r="F17" s="68">
+        <v>4940</v>
+      </c>
+      <c r="G17" s="68">
         <v>6588</v>
       </c>
-      <c r="G17" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="83">
-        <v>-8.86</v>
+        <v>-25.01</v>
       </c>
       <c r="I17" s="72">
-        <v>0.52</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>146</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>147</v>
       </c>
       <c r="B19" s="74">
         <v>0</v>
       </c>
       <c r="C19" s="74">
         <v>0</v>
       </c>
@@ -5619,69 +5626,69 @@
       <c r="I19" s="87">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>148</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>149</v>
       </c>
       <c r="B21" s="74">
         <v>0</v>
       </c>
       <c r="C21" s="68">
-        <v>32823</v>
+        <v>53991</v>
       </c>
       <c r="D21" s="68">
-        <v>9193</v>
+        <v>8980</v>
       </c>
       <c r="E21" s="74">
         <v>0</v>
       </c>
       <c r="F21" s="68">
+        <v>62971</v>
+      </c>
+      <c r="G21" s="68">
         <v>42016</v>
       </c>
-      <c r="G21" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H21" s="83">
-        <v>-36.84</v>
+        <v>49.87</v>
       </c>
       <c r="I21" s="72">
-        <v>3.3</v>
+        <v>5.01</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>150</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>151</v>
       </c>
       <c r="B23" s="74">
         <v>0</v>
       </c>
       <c r="C23" s="74">
         <v>0</v>
       </c>
@@ -5706,276 +5713,276 @@
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>152</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>153</v>
       </c>
       <c r="B25" s="74">
         <v>0</v>
       </c>
       <c r="C25" s="74">
         <v>0</v>
       </c>
       <c r="D25" s="68">
+        <v>16825</v>
+      </c>
+      <c r="E25" s="74">
+        <v>0</v>
+      </c>
+      <c r="F25" s="68">
+        <v>16825</v>
+      </c>
+      <c r="G25" s="68">
         <v>16715</v>
       </c>
-      <c r="E25" s="74">
-[...7 lines deleted...]
-      </c>
       <c r="H25" s="83">
-        <v>-0.1</v>
+        <v>0.66</v>
       </c>
       <c r="I25" s="72">
-        <v>1.31</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>154</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>155</v>
       </c>
       <c r="B27" s="68">
-        <v>5052</v>
+        <v>5537</v>
       </c>
       <c r="C27" s="68">
-        <v>4499</v>
+        <v>4237</v>
       </c>
       <c r="D27" s="68">
-        <v>3601</v>
+        <v>5716</v>
       </c>
       <c r="E27" s="74">
         <v>0</v>
       </c>
       <c r="F27" s="68">
+        <v>15489</v>
+      </c>
+      <c r="G27" s="68">
         <v>13152</v>
       </c>
-      <c r="G27" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="83">
-        <v>36.75</v>
+        <v>17.77</v>
       </c>
       <c r="I27" s="72">
-        <v>1.03</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>156</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>157</v>
       </c>
       <c r="B29" s="74">
         <v>0</v>
       </c>
       <c r="C29" s="68">
-        <v>11878</v>
+        <v>11576</v>
       </c>
       <c r="D29" s="68">
-        <v>22686</v>
+        <v>22078</v>
       </c>
       <c r="E29" s="74">
         <v>0</v>
       </c>
       <c r="F29" s="68">
+        <v>33654</v>
+      </c>
+      <c r="G29" s="68">
         <v>34564</v>
       </c>
-      <c r="G29" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H29" s="83">
-        <v>-2.08</v>
+        <v>-2.63</v>
       </c>
       <c r="I29" s="72">
-        <v>2.72</v>
+        <v>2.68</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="65" t="s">
         <v>158</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="27" t="s">
         <v>159</v>
       </c>
       <c r="B31" s="74">
         <v>0</v>
       </c>
       <c r="C31" s="68">
-        <v>2497</v>
+        <v>4343</v>
       </c>
       <c r="D31" s="68">
-        <v>870</v>
+        <v>964</v>
       </c>
       <c r="E31" s="74">
         <v>0</v>
       </c>
       <c r="F31" s="68">
+        <v>5308</v>
+      </c>
+      <c r="G31" s="68">
         <v>3367</v>
       </c>
-      <c r="G31" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H31" s="83">
-        <v>83.87</v>
+        <v>57.65</v>
       </c>
       <c r="I31" s="72">
-        <v>0.26</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="65" t="s">
         <v>160</v>
       </c>
       <c r="B32" s="41"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="41"/>
       <c r="G32" s="41"/>
       <c r="H32" s="41"/>
       <c r="I32" s="45"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="27" t="s">
         <v>161</v>
       </c>
       <c r="B33" s="74">
         <v>0</v>
       </c>
       <c r="C33" s="68">
-        <v>84445</v>
+        <v>68704</v>
       </c>
       <c r="D33" s="68">
-        <v>44841</v>
+        <v>35364</v>
       </c>
       <c r="E33" s="68">
-        <v>978</v>
+        <v>698</v>
       </c>
       <c r="F33" s="68">
+        <v>104766</v>
+      </c>
+      <c r="G33" s="68">
         <v>130263</v>
       </c>
-      <c r="G33" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H33" s="83">
-        <v>22.72</v>
+        <v>-19.57</v>
       </c>
       <c r="I33" s="72">
-        <v>10.24</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="65" t="s">
         <v>162</v>
       </c>
       <c r="B34" s="41"/>
       <c r="C34" s="41"/>
       <c r="D34" s="41"/>
       <c r="E34" s="41"/>
       <c r="F34" s="41"/>
       <c r="G34" s="41"/>
       <c r="H34" s="41"/>
       <c r="I34" s="45"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="27" t="s">
         <v>163</v>
       </c>
       <c r="B35" s="74">
         <v>0</v>
       </c>
       <c r="C35" s="68">
-        <v>45975</v>
+        <v>46106</v>
       </c>
       <c r="D35" s="68">
-        <v>19203</v>
+        <v>19095</v>
       </c>
       <c r="E35" s="74">
         <v>0</v>
       </c>
       <c r="F35" s="68">
+        <v>65200</v>
+      </c>
+      <c r="G35" s="68">
         <v>65177</v>
       </c>
-      <c r="G35" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="83">
-        <v>9.33</v>
+        <v>0.04</v>
       </c>
       <c r="I35" s="72">
-        <v>5.12</v>
+        <v>5.18</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="76" t="s">
         <v>164</v>
       </c>
       <c r="B36" s="43"/>
       <c r="C36" s="43"/>
       <c r="D36" s="43"/>
       <c r="E36" s="43"/>
       <c r="F36" s="43"/>
       <c r="G36" s="43"/>
       <c r="H36" s="43"/>
       <c r="I36" s="47"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
@@ -6184,56 +6191,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>36</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -6296,241 +6303,241 @@
       </c>
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="88" t="s">
         <v>48</v>
       </c>
-      <c r="B9" s="78">
+      <c r="B9" s="90">
         <v>0</v>
       </c>
       <c r="C9" s="56">
-        <v>7068</v>
+        <v>3000</v>
       </c>
       <c r="D9" s="56">
-        <v>11763</v>
-[...1 lines deleted...]
-      <c r="E9" s="78">
+        <v>11822</v>
+      </c>
+      <c r="E9" s="90">
         <v>0</v>
       </c>
       <c r="F9" s="56">
+        <v>14822</v>
+      </c>
+      <c r="G9" s="56">
         <v>18831</v>
       </c>
-      <c r="G9" s="56">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="80">
-        <v>-15.23</v>
+        <v>-21.29</v>
       </c>
       <c r="I9" s="62">
-        <v>1.48</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>165</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="32" t="s">
         <v>166</v>
       </c>
       <c r="B11" s="74">
         <v>0</v>
       </c>
       <c r="C11" s="68">
-        <v>49519</v>
+        <v>47494</v>
       </c>
       <c r="D11" s="68">
-        <v>31386</v>
+        <v>32050</v>
       </c>
       <c r="E11" s="74">
         <v>0</v>
       </c>
       <c r="F11" s="68">
+        <v>79544</v>
+      </c>
+      <c r="G11" s="68">
         <v>80905</v>
       </c>
-      <c r="G11" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="83">
-        <v>19.68</v>
+        <v>-1.68</v>
       </c>
       <c r="I11" s="72">
-        <v>6.36</v>
+        <v>6.32</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>167</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="32" t="s">
         <v>168</v>
       </c>
       <c r="B13" s="74">
         <v>0</v>
       </c>
       <c r="C13" s="68">
-        <v>13198</v>
+        <v>13622</v>
       </c>
       <c r="D13" s="68">
-        <v>59014</v>
+        <v>61583</v>
       </c>
       <c r="E13" s="68">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F13" s="68">
+        <v>75225</v>
+      </c>
+      <c r="G13" s="68">
         <v>72225</v>
       </c>
-      <c r="G13" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="83">
-        <v>-1.78</v>
+        <v>4.15</v>
       </c>
       <c r="I13" s="72">
-        <v>5.68</v>
+        <v>5.98</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>169</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="32" t="s">
         <v>170</v>
       </c>
       <c r="B15" s="74">
         <v>0</v>
       </c>
       <c r="C15" s="68">
-        <v>73734</v>
+        <v>73701</v>
       </c>
       <c r="D15" s="68">
-        <v>1002</v>
+        <v>1000</v>
       </c>
       <c r="E15" s="74">
         <v>0</v>
       </c>
       <c r="F15" s="68">
+        <v>74701</v>
+      </c>
+      <c r="G15" s="68">
         <v>74735</v>
       </c>
-      <c r="G15" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="83">
-        <v>1.88</v>
+        <v>-0.05</v>
       </c>
       <c r="I15" s="72">
-        <v>5.88</v>
+        <v>5.94</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>171</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="32" t="s">
         <v>172</v>
       </c>
       <c r="B17" s="74">
         <v>0</v>
       </c>
       <c r="C17" s="68">
-        <v>23640</v>
+        <v>25239</v>
       </c>
       <c r="D17" s="68">
-        <v>17149</v>
+        <v>16846</v>
       </c>
       <c r="E17" s="74">
         <v>0</v>
       </c>
       <c r="F17" s="68">
+        <v>42085</v>
+      </c>
+      <c r="G17" s="68">
         <v>40789</v>
       </c>
-      <c r="G17" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="83">
-        <v>4.58</v>
+        <v>3.18</v>
       </c>
       <c r="I17" s="72">
-        <v>3.21</v>
+        <v>3.35</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>173</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="32" t="s">
         <v>174</v>
       </c>
       <c r="B19" s="74">
         <v>0</v>
       </c>
       <c r="C19" s="74">
         <v>0</v>
       </c>
@@ -6552,360 +6559,360 @@
       <c r="I19" s="87">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>175</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="32" t="s">
         <v>176</v>
       </c>
       <c r="B21" s="74">
         <v>0</v>
       </c>
       <c r="C21" s="68">
-        <v>34008</v>
+        <v>31219</v>
       </c>
       <c r="D21" s="68">
-        <v>83047</v>
+        <v>77141</v>
       </c>
       <c r="E21" s="74">
         <v>0</v>
       </c>
       <c r="F21" s="68">
+        <v>108360</v>
+      </c>
+      <c r="G21" s="68">
         <v>117056</v>
       </c>
-      <c r="G21" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H21" s="83">
-        <v>3.33</v>
+        <v>-7.43</v>
       </c>
       <c r="I21" s="72">
-        <v>9.2</v>
+        <v>8.61</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>177</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="32" t="s">
         <v>178</v>
       </c>
       <c r="B23" s="74">
         <v>0</v>
       </c>
       <c r="C23" s="68">
-        <v>19016</v>
+        <v>24598</v>
       </c>
       <c r="D23" s="68">
-        <v>59838</v>
+        <v>54661</v>
       </c>
       <c r="E23" s="68">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F23" s="68">
+        <v>79283</v>
+      </c>
+      <c r="G23" s="68">
         <v>78881</v>
       </c>
-      <c r="G23" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="83">
-        <v>0.93</v>
+        <v>0.51</v>
       </c>
       <c r="I23" s="72">
-        <v>6.2</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>179</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="32" t="s">
         <v>180</v>
       </c>
       <c r="B25" s="74">
         <v>0</v>
       </c>
       <c r="C25" s="68">
-        <v>41135</v>
+        <v>39487</v>
       </c>
       <c r="D25" s="68">
-        <v>1219</v>
+        <v>1230</v>
       </c>
       <c r="E25" s="74">
         <v>0</v>
       </c>
       <c r="F25" s="68">
+        <v>40716</v>
+      </c>
+      <c r="G25" s="68">
         <v>42354</v>
       </c>
-      <c r="G25" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H25" s="83">
-        <v>4.91</v>
+        <v>-3.87</v>
       </c>
       <c r="I25" s="72">
-        <v>3.33</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>181</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="32" t="s">
         <v>182</v>
       </c>
       <c r="B27" s="74">
         <v>0</v>
       </c>
       <c r="C27" s="68">
-        <v>36339</v>
+        <v>31452</v>
       </c>
       <c r="D27" s="68">
-        <v>10216</v>
+        <v>18027</v>
       </c>
       <c r="E27" s="74">
         <v>0</v>
       </c>
       <c r="F27" s="68">
+        <v>49478</v>
+      </c>
+      <c r="G27" s="68">
         <v>46556</v>
       </c>
-      <c r="G27" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="83">
-        <v>17.16</v>
+        <v>6.28</v>
       </c>
       <c r="I27" s="72">
-        <v>3.66</v>
+        <v>3.93</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>183</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="32" t="s">
         <v>184</v>
       </c>
       <c r="B29" s="74">
         <v>0</v>
       </c>
       <c r="C29" s="68">
+        <v>8516</v>
+      </c>
+      <c r="D29" s="68">
+        <v>2293</v>
+      </c>
+      <c r="E29" s="74">
+        <v>0</v>
+      </c>
+      <c r="F29" s="68">
+        <v>10809</v>
+      </c>
+      <c r="G29" s="68">
         <v>25304</v>
       </c>
-      <c r="D29" s="74">
-[...10 lines deleted...]
-      </c>
       <c r="H29" s="83">
-        <v>27.66</v>
+        <v>-57.28</v>
       </c>
       <c r="I29" s="72">
-        <v>1.99</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="65" t="s">
         <v>185</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="32" t="s">
         <v>186</v>
       </c>
       <c r="B31" s="74">
         <v>0</v>
       </c>
       <c r="C31" s="68">
-        <v>20398</v>
+        <v>37197</v>
       </c>
       <c r="D31" s="68">
-        <v>12985</v>
+        <v>13288</v>
       </c>
       <c r="E31" s="74">
         <v>0</v>
       </c>
       <c r="F31" s="68">
+        <v>50484</v>
+      </c>
+      <c r="G31" s="68">
         <v>33383</v>
       </c>
-      <c r="G31" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H31" s="83">
-        <v>9.97</v>
+        <v>51.23</v>
       </c>
       <c r="I31" s="72">
-        <v>2.62</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="65" t="s">
         <v>187</v>
       </c>
       <c r="B32" s="41"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="41"/>
       <c r="G32" s="41"/>
       <c r="H32" s="41"/>
       <c r="I32" s="45"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="32" t="s">
         <v>188</v>
       </c>
       <c r="B33" s="74">
         <v>0</v>
       </c>
       <c r="C33" s="74">
         <v>0</v>
       </c>
       <c r="D33" s="68">
         <v>8764</v>
       </c>
       <c r="E33" s="74">
         <v>0</v>
       </c>
       <c r="F33" s="68">
         <v>8764</v>
       </c>
       <c r="G33" s="68">
         <v>8764</v>
       </c>
       <c r="H33" s="85">
         <v>0</v>
       </c>
       <c r="I33" s="72">
-        <v>0.69</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="65" t="s">
         <v>189</v>
       </c>
       <c r="B34" s="41"/>
       <c r="C34" s="41"/>
       <c r="D34" s="41"/>
       <c r="E34" s="41"/>
       <c r="F34" s="41"/>
       <c r="G34" s="41"/>
       <c r="H34" s="41"/>
       <c r="I34" s="45"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="32" t="s">
         <v>190</v>
       </c>
       <c r="B35" s="74">
         <v>0</v>
       </c>
       <c r="C35" s="68">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D35" s="68">
         <v>1436</v>
       </c>
       <c r="E35" s="74">
         <v>0</v>
       </c>
       <c r="F35" s="68">
+        <v>1437</v>
+      </c>
+      <c r="G35" s="68">
         <v>1438</v>
       </c>
-      <c r="G35" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="83">
-        <v>-0.28</v>
+        <v>-0.03</v>
       </c>
       <c r="I35" s="72">
         <v>0.11</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="76" t="s">
         <v>191</v>
       </c>
       <c r="B36" s="43"/>
       <c r="C36" s="43"/>
       <c r="D36" s="43"/>
       <c r="E36" s="43"/>
       <c r="F36" s="43"/>
       <c r="G36" s="43"/>
       <c r="H36" s="43"/>
       <c r="I36" s="47"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="24" t="s">
         <v>30</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
@@ -7082,56 +7089,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>36</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -7194,73 +7201,73 @@
       </c>
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="88" t="s">
         <v>62</v>
       </c>
-      <c r="B9" s="78">
+      <c r="B9" s="90">
         <v>0</v>
       </c>
       <c r="C9" s="56">
         <v>108</v>
       </c>
       <c r="D9" s="56">
-        <v>4413</v>
-[...1 lines deleted...]
-      <c r="E9" s="78">
+        <v>5773</v>
+      </c>
+      <c r="E9" s="90">
         <v>0</v>
       </c>
       <c r="F9" s="56">
+        <v>5880</v>
+      </c>
+      <c r="G9" s="56">
         <v>4521</v>
       </c>
-      <c r="G9" s="56">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="80">
-        <v>31.67</v>
+        <v>30.07</v>
       </c>
       <c r="I9" s="62">
-        <v>0.36</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>192</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="32"/>
       <c r="B11" s="42"/>
       <c r="C11" s="42"/>
       <c r="D11" s="42"/>
       <c r="E11" s="42"/>
       <c r="F11" s="42"/>
       <c r="G11" s="42"/>
       <c r="H11" s="42"/>
       <c r="I11" s="46"/>
@@ -7718,56 +7725,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>54</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -7830,199 +7837,199 @@
       </c>
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>2</v>
       </c>
-      <c r="B9" s="89">
+      <c r="B9" s="91">
         <v>0</v>
       </c>
       <c r="C9" s="57">
-        <v>159059</v>
+        <v>122225</v>
       </c>
       <c r="D9" s="57">
-        <v>26162</v>
+        <v>27081</v>
       </c>
       <c r="E9" s="57">
-        <v>155</v>
+        <v>290</v>
       </c>
       <c r="F9" s="57">
+        <v>149597</v>
+      </c>
+      <c r="G9" s="57">
         <v>185376</v>
       </c>
-      <c r="G9" s="57">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="60">
-        <v>24.69</v>
+        <v>-19.3</v>
       </c>
       <c r="I9" s="63">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>49</v>
       </c>
       <c r="B11" s="74">
         <v>0</v>
       </c>
       <c r="C11" s="68">
-        <v>72139</v>
+        <v>56506</v>
       </c>
       <c r="D11" s="68">
-        <v>8204</v>
+        <v>8507</v>
       </c>
       <c r="E11" s="68">
-        <v>155</v>
+        <v>290</v>
       </c>
       <c r="F11" s="68">
+        <v>65303</v>
+      </c>
+      <c r="G11" s="68">
         <v>80498</v>
       </c>
-      <c r="G11" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="70">
-        <v>26.37</v>
+        <v>-18.88</v>
       </c>
       <c r="I11" s="72">
-        <v>43.42</v>
+        <v>43.65</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>193</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>194</v>
       </c>
       <c r="B13" s="74">
         <v>0</v>
       </c>
       <c r="C13" s="68">
-        <v>19128</v>
+        <v>23984</v>
       </c>
       <c r="D13" s="68">
-        <v>12731</v>
+        <v>13347</v>
       </c>
       <c r="E13" s="74">
         <v>0</v>
       </c>
       <c r="F13" s="68">
+        <v>37331</v>
+      </c>
+      <c r="G13" s="68">
         <v>31859</v>
       </c>
-      <c r="G13" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="70">
-        <v>-12.65</v>
+        <v>17.18</v>
       </c>
       <c r="I13" s="72">
-        <v>17.19</v>
+        <v>24.95</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>195</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>196</v>
       </c>
       <c r="B15" s="74">
         <v>0</v>
       </c>
       <c r="C15" s="68">
-        <v>67792</v>
+        <v>41735</v>
       </c>
       <c r="D15" s="68">
         <v>5227</v>
       </c>
       <c r="E15" s="74">
         <v>0</v>
       </c>
       <c r="F15" s="68">
+        <v>46962</v>
+      </c>
+      <c r="G15" s="68">
         <v>73019</v>
       </c>
-      <c r="G15" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="70">
-        <v>50.55</v>
+        <v>-35.68</v>
       </c>
       <c r="I15" s="72">
-        <v>39.39</v>
+        <v>31.39</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>197</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27"/>
       <c r="B17" s="42"/>
       <c r="C17" s="42"/>
       <c r="D17" s="42"/>
       <c r="E17" s="42"/>
       <c r="F17" s="42"/>
       <c r="G17" s="42"/>
       <c r="H17" s="42"/>
       <c r="I17" s="46"/>
@@ -8429,56 +8436,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>51</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -8542,615 +8549,615 @@
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="57">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="C9" s="57">
-        <v>28122</v>
+        <v>28358</v>
       </c>
       <c r="D9" s="57">
-        <v>644710</v>
-[...1 lines deleted...]
-      <c r="E9" s="89">
+        <v>645277</v>
+      </c>
+      <c r="E9" s="91">
         <v>0</v>
       </c>
       <c r="F9" s="57">
+        <v>674527</v>
+      </c>
+      <c r="G9" s="57">
         <v>673718</v>
       </c>
-      <c r="G9" s="57">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="60">
-        <v>0.02</v>
+        <v>0.12</v>
       </c>
       <c r="I9" s="63">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>52</v>
       </c>
       <c r="B11" s="74">
         <v>0</v>
       </c>
       <c r="C11" s="68">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D11" s="68">
-        <v>19346</v>
+        <v>19413</v>
       </c>
       <c r="E11" s="74">
         <v>0</v>
       </c>
       <c r="F11" s="68">
+        <v>19415</v>
+      </c>
+      <c r="G11" s="68">
         <v>19347</v>
       </c>
-      <c r="G11" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="70">
-        <v>0.11</v>
+        <v>0.35</v>
       </c>
       <c r="I11" s="72">
-        <v>2.87</v>
+        <v>2.88</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>198</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>199</v>
       </c>
       <c r="B13" s="68">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C13" s="68">
-        <v>2585</v>
+        <v>2503</v>
       </c>
       <c r="D13" s="68">
-        <v>29369</v>
+        <v>29299</v>
       </c>
       <c r="E13" s="74">
         <v>0</v>
       </c>
       <c r="F13" s="68">
+        <v>31806</v>
+      </c>
+      <c r="G13" s="68">
         <v>31961</v>
       </c>
-      <c r="G13" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="70">
-        <v>-0.57</v>
+        <v>-0.49</v>
       </c>
       <c r="I13" s="72">
-        <v>4.74</v>
+        <v>4.72</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>200</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>201</v>
       </c>
       <c r="B15" s="74">
         <v>0</v>
       </c>
       <c r="C15" s="68">
-        <v>4142</v>
+        <v>4292</v>
       </c>
       <c r="D15" s="68">
-        <v>25603</v>
+        <v>25459</v>
       </c>
       <c r="E15" s="74">
         <v>0</v>
       </c>
       <c r="F15" s="68">
+        <v>29751</v>
+      </c>
+      <c r="G15" s="68">
         <v>29745</v>
       </c>
-      <c r="G15" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="70">
-        <v>-0.86</v>
+        <v>0.02</v>
       </c>
       <c r="I15" s="72">
-        <v>4.42</v>
+        <v>4.41</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>202</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>203</v>
       </c>
       <c r="B17" s="74">
         <v>0</v>
       </c>
       <c r="C17" s="68">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D17" s="68">
-        <v>77863</v>
+        <v>78119</v>
       </c>
       <c r="E17" s="74">
         <v>0</v>
       </c>
       <c r="F17" s="68">
+        <v>78151</v>
+      </c>
+      <c r="G17" s="68">
         <v>77907</v>
       </c>
-      <c r="G17" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="70">
-        <v>0.1</v>
+        <v>0.31</v>
       </c>
       <c r="I17" s="72">
-        <v>11.56</v>
+        <v>11.59</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>204</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>205</v>
       </c>
       <c r="B19" s="74">
         <v>0</v>
       </c>
       <c r="C19" s="68">
-        <v>565</v>
+        <v>559</v>
       </c>
       <c r="D19" s="68">
-        <v>20194</v>
+        <v>20169</v>
       </c>
       <c r="E19" s="74">
         <v>0</v>
       </c>
       <c r="F19" s="68">
+        <v>20728</v>
+      </c>
+      <c r="G19" s="68">
         <v>20759</v>
       </c>
-      <c r="G19" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H19" s="70">
-        <v>0.14</v>
+        <v>-0.15</v>
       </c>
       <c r="I19" s="72">
-        <v>3.08</v>
+        <v>3.07</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>206</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>207</v>
       </c>
       <c r="B21" s="74">
         <v>0</v>
       </c>
       <c r="C21" s="68">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="D21" s="68">
-        <v>10796</v>
+        <v>10792</v>
       </c>
       <c r="E21" s="74">
         <v>0</v>
       </c>
       <c r="F21" s="68">
+        <v>10992</v>
+      </c>
+      <c r="G21" s="68">
         <v>10999</v>
       </c>
-      <c r="G21" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H21" s="70">
-        <v>0.68</v>
+        <v>-0.07</v>
       </c>
       <c r="I21" s="72">
         <v>1.63</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>208</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>209</v>
       </c>
       <c r="B23" s="74">
         <v>0</v>
       </c>
       <c r="C23" s="74">
         <v>0</v>
       </c>
       <c r="D23" s="68">
+        <v>14195</v>
+      </c>
+      <c r="E23" s="74">
+        <v>0</v>
+      </c>
+      <c r="F23" s="68">
+        <v>14195</v>
+      </c>
+      <c r="G23" s="68">
         <v>14144</v>
       </c>
-      <c r="E23" s="74">
-[...7 lines deleted...]
-      </c>
       <c r="H23" s="70">
-        <v>-0.71</v>
+        <v>0.36</v>
       </c>
       <c r="I23" s="72">
         <v>2.1</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>210</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>211</v>
       </c>
       <c r="B25" s="68">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C25" s="68">
-        <v>5058</v>
+        <v>5167</v>
       </c>
       <c r="D25" s="68">
-        <v>52080</v>
+        <v>51870</v>
       </c>
       <c r="E25" s="74">
         <v>0</v>
       </c>
       <c r="F25" s="68">
+        <v>57044</v>
+      </c>
+      <c r="G25" s="68">
         <v>57142</v>
       </c>
-      <c r="G25" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H25" s="70">
-        <v>-0.28</v>
+        <v>-0.17</v>
       </c>
       <c r="I25" s="72">
-        <v>8.48</v>
+        <v>8.46</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>212</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>213</v>
       </c>
       <c r="B27" s="74">
         <v>0</v>
       </c>
       <c r="C27" s="68">
-        <v>3941</v>
+        <v>3889</v>
       </c>
       <c r="D27" s="68">
-        <v>25743</v>
+        <v>25822</v>
       </c>
       <c r="E27" s="74">
         <v>0</v>
       </c>
       <c r="F27" s="68">
+        <v>29711</v>
+      </c>
+      <c r="G27" s="68">
         <v>29683</v>
       </c>
-      <c r="G27" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="70">
-        <v>-0.37</v>
+        <v>0.09</v>
       </c>
       <c r="I27" s="72">
-        <v>4.41</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>214</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>215</v>
       </c>
       <c r="B29" s="68">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="C29" s="68">
-        <v>1273</v>
+        <v>1346</v>
       </c>
       <c r="D29" s="68">
-        <v>82926</v>
+        <v>83275</v>
       </c>
       <c r="E29" s="74">
         <v>0</v>
       </c>
       <c r="F29" s="68">
+        <v>85305</v>
+      </c>
+      <c r="G29" s="68">
         <v>84881</v>
       </c>
-      <c r="G29" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H29" s="70">
-        <v>0.26</v>
+        <v>0.5</v>
       </c>
       <c r="I29" s="72">
-        <v>12.6</v>
+        <v>12.65</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="65" t="s">
         <v>216</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="27" t="s">
         <v>217</v>
       </c>
       <c r="B31" s="74">
         <v>0</v>
       </c>
       <c r="C31" s="68">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D31" s="68">
-        <v>14357</v>
+        <v>14406</v>
       </c>
       <c r="E31" s="74">
         <v>0</v>
       </c>
       <c r="F31" s="68">
+        <v>14411</v>
+      </c>
+      <c r="G31" s="68">
         <v>14361</v>
       </c>
-      <c r="G31" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H31" s="70">
-        <v>-0.44</v>
+        <v>0.35</v>
       </c>
       <c r="I31" s="72">
-        <v>2.13</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="65" t="s">
         <v>218</v>
       </c>
       <c r="B32" s="41"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="41"/>
       <c r="G32" s="41"/>
       <c r="H32" s="41"/>
       <c r="I32" s="45"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="27" t="s">
         <v>219</v>
       </c>
       <c r="B33" s="74">
         <v>0</v>
       </c>
       <c r="C33" s="68">
-        <v>214</v>
+        <v>235</v>
       </c>
       <c r="D33" s="68">
-        <v>11834</v>
+        <v>11792</v>
       </c>
       <c r="E33" s="74">
         <v>0</v>
       </c>
       <c r="F33" s="68">
+        <v>12028</v>
+      </c>
+      <c r="G33" s="68">
         <v>12048</v>
       </c>
-      <c r="G33" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H33" s="70">
-        <v>-0.29</v>
+        <v>-0.17</v>
       </c>
       <c r="I33" s="72">
-        <v>1.79</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="65" t="s">
         <v>220</v>
       </c>
       <c r="B34" s="41"/>
       <c r="C34" s="41"/>
       <c r="D34" s="41"/>
       <c r="E34" s="41"/>
       <c r="F34" s="41"/>
       <c r="G34" s="41"/>
       <c r="H34" s="41"/>
       <c r="I34" s="45"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="27" t="s">
         <v>221</v>
       </c>
       <c r="B35" s="74">
         <v>0</v>
       </c>
       <c r="C35" s="68">
-        <v>101</v>
+        <v>81</v>
       </c>
       <c r="D35" s="68">
-        <v>31014</v>
+        <v>31097</v>
       </c>
       <c r="E35" s="74">
         <v>0</v>
       </c>
       <c r="F35" s="68">
+        <v>31178</v>
+      </c>
+      <c r="G35" s="68">
         <v>31115</v>
       </c>
-      <c r="G35" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="70">
-        <v>0.79</v>
+        <v>0.2</v>
       </c>
       <c r="I35" s="72">
         <v>4.62</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="76" t="s">
         <v>222</v>
       </c>
       <c r="B36" s="43"/>
       <c r="C36" s="43"/>
       <c r="D36" s="43"/>
       <c r="E36" s="43"/>
       <c r="F36" s="43"/>
       <c r="G36" s="43"/>
       <c r="H36" s="43"/>
       <c r="I36" s="47"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
@@ -9351,56 +9358,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>51</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -9463,448 +9470,448 @@
       </c>
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>53</v>
       </c>
-      <c r="B9" s="78">
-[...2 lines deleted...]
-      <c r="C9" s="78">
+      <c r="B9" s="90">
+        <v>0</v>
+      </c>
+      <c r="C9" s="56">
         <v>0</v>
       </c>
       <c r="D9" s="56">
+        <v>10712</v>
+      </c>
+      <c r="E9" s="90">
+        <v>0</v>
+      </c>
+      <c r="F9" s="56">
+        <v>10712</v>
+      </c>
+      <c r="G9" s="56">
         <v>10698</v>
       </c>
-      <c r="E9" s="78">
-[...7 lines deleted...]
-      </c>
       <c r="H9" s="59">
-        <v>-0.35</v>
+        <v>0.13</v>
       </c>
       <c r="I9" s="62">
         <v>1.59</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>223</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>224</v>
       </c>
       <c r="B11" s="74">
         <v>0</v>
       </c>
       <c r="C11" s="68">
         <v>31</v>
       </c>
       <c r="D11" s="68">
-        <v>21153</v>
+        <v>20953</v>
       </c>
       <c r="E11" s="74">
         <v>0</v>
       </c>
       <c r="F11" s="68">
+        <v>20984</v>
+      </c>
+      <c r="G11" s="68">
         <v>21185</v>
       </c>
-      <c r="G11" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="70">
-        <v>-0.59</v>
+        <v>-0.95</v>
       </c>
       <c r="I11" s="72">
-        <v>3.14</v>
+        <v>3.11</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>225</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>226</v>
       </c>
-      <c r="B13" s="74">
+      <c r="B13" s="68">
         <v>0</v>
       </c>
       <c r="C13" s="68">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D13" s="68">
-        <v>10296</v>
+        <v>10221</v>
       </c>
       <c r="E13" s="74">
         <v>0</v>
       </c>
       <c r="F13" s="68">
+        <v>10240</v>
+      </c>
+      <c r="G13" s="68">
         <v>10321</v>
       </c>
-      <c r="G13" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="70">
-        <v>-0.76</v>
+        <v>-0.78</v>
       </c>
       <c r="I13" s="72">
-        <v>1.53</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>227</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>228</v>
       </c>
       <c r="B15" s="74">
         <v>0</v>
       </c>
       <c r="C15" s="68">
-        <v>495</v>
+        <v>585</v>
       </c>
       <c r="D15" s="68">
-        <v>20102</v>
+        <v>20070</v>
       </c>
       <c r="E15" s="74">
         <v>0</v>
       </c>
       <c r="F15" s="68">
+        <v>20655</v>
+      </c>
+      <c r="G15" s="68">
         <v>20597</v>
       </c>
-      <c r="G15" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="70">
-        <v>0.37</v>
+        <v>0.28</v>
       </c>
       <c r="I15" s="72">
         <v>3.06</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>229</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>230</v>
       </c>
       <c r="B17" s="74">
         <v>0</v>
       </c>
       <c r="C17" s="68">
-        <v>7294</v>
+        <v>7295</v>
       </c>
       <c r="D17" s="68">
-        <v>58400</v>
+        <v>58298</v>
       </c>
       <c r="E17" s="74">
         <v>0</v>
       </c>
       <c r="F17" s="68">
+        <v>65594</v>
+      </c>
+      <c r="G17" s="68">
         <v>65694</v>
       </c>
-      <c r="G17" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="70">
-        <v>-0.19</v>
+        <v>-0.15</v>
       </c>
       <c r="I17" s="72">
-        <v>9.75</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>231</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>232</v>
       </c>
       <c r="B19" s="74">
         <v>0</v>
       </c>
       <c r="C19" s="68">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="D19" s="68">
-        <v>27374</v>
+        <v>27448</v>
       </c>
       <c r="E19" s="74">
         <v>0</v>
       </c>
       <c r="F19" s="68">
+        <v>27627</v>
+      </c>
+      <c r="G19" s="68">
         <v>27550</v>
       </c>
-      <c r="G19" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H19" s="70">
-        <v>0.03</v>
+        <v>0.28</v>
       </c>
       <c r="I19" s="72">
-        <v>4.09</v>
+        <v>4.1</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>233</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>234</v>
       </c>
       <c r="B21" s="74">
         <v>0</v>
       </c>
       <c r="C21" s="68">
-        <v>594</v>
+        <v>554</v>
       </c>
       <c r="D21" s="68">
-        <v>66403</v>
+        <v>66783</v>
       </c>
       <c r="E21" s="74">
         <v>0</v>
       </c>
       <c r="F21" s="68">
+        <v>67338</v>
+      </c>
+      <c r="G21" s="68">
         <v>66997</v>
       </c>
-      <c r="G21" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H21" s="70">
-        <v>0.91</v>
+        <v>0.51</v>
       </c>
       <c r="I21" s="72">
-        <v>9.94</v>
+        <v>9.98</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>235</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>236</v>
       </c>
       <c r="B23" s="74">
         <v>0</v>
       </c>
       <c r="C23" s="68">
         <v>1</v>
       </c>
       <c r="D23" s="68">
-        <v>3932</v>
+        <v>3972</v>
       </c>
       <c r="E23" s="74">
         <v>0</v>
       </c>
       <c r="F23" s="68">
+        <v>3973</v>
+      </c>
+      <c r="G23" s="68">
         <v>3933</v>
       </c>
-      <c r="G23" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="70">
-        <v>0.54</v>
+        <v>1.02</v>
       </c>
       <c r="I23" s="72">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>237</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>238</v>
       </c>
       <c r="B25" s="74">
         <v>0</v>
       </c>
       <c r="C25" s="68">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="D25" s="68">
-        <v>6747</v>
+        <v>6782</v>
       </c>
       <c r="E25" s="74">
         <v>0</v>
       </c>
       <c r="F25" s="68">
+        <v>8151</v>
+      </c>
+      <c r="G25" s="68">
         <v>8115</v>
       </c>
-      <c r="G25" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H25" s="70">
-        <v>0.54</v>
+        <v>0.44</v>
       </c>
       <c r="I25" s="72">
-        <v>1.2</v>
+        <v>1.21</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>239</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>240</v>
       </c>
       <c r="B27" s="68">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C27" s="68">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D27" s="68">
-        <v>4334</v>
+        <v>4331</v>
       </c>
       <c r="E27" s="74">
         <v>0</v>
       </c>
       <c r="F27" s="68">
+        <v>4540</v>
+      </c>
+      <c r="G27" s="68">
         <v>4535</v>
       </c>
-      <c r="G27" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="70">
-        <v>-0.45</v>
+        <v>0.12</v>
       </c>
       <c r="I27" s="72">
         <v>0.67</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>241</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="27"/>
       <c r="B29" s="42"/>
       <c r="C29" s="42"/>
       <c r="D29" s="42"/>
       <c r="E29" s="42"/>
       <c r="F29" s="42"/>