--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -50,51 +50,51 @@
     <definedName name="外部資料_1" localSheetId="8">'4-1(續八完)'!$A$1:$I$42</definedName>
     <definedName name="外部資料_1" localSheetId="3">'4-1(續三)'!$A$1:$I$40</definedName>
     <definedName name="外部資料_1" localSheetId="5">'4-1(續五)'!$A$1:$I$37</definedName>
     <definedName name="外部資料_1" localSheetId="6">'4-1(續六)'!$A$1:$I$38</definedName>
     <definedName name="外部資料_1" localSheetId="4">'4-1(續四)'!$A$1:$I$37</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
   <si>
     <t>本月與上月</t>
   </si>
   <si>
     <t>本月市場</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
-    <t>民國114年10月底</t>
+    <t>民國114年12月底</t>
   </si>
   <si>
     <t>上　　月</t>
   </si>
   <si>
     <t>比較增減％</t>
   </si>
   <si>
     <t>占有率％</t>
   </si>
   <si>
     <t>貼現透支</t>
   </si>
   <si>
     <t>短期放款</t>
   </si>
   <si>
     <t>中長期放款</t>
   </si>
   <si>
     <t>進出口押匯</t>
   </si>
   <si>
     <t>合　　計</t>
   </si>
@@ -191,51 +191,51 @@
       <t>Domestic Banks (All Branches)</t>
     </r>
   </si>
   <si>
     <r>
       <t>Source</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>：</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Provided by individual institution.</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> End of Oct. 2025</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
   </si>
   <si>
     <t>4-1 Loans at General Banks and Credit Cooperatives</t>
   </si>
   <si>
     <r>
       <t>4-1 Loans at General Banks and Credit Cooperatives</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="細明體"/>
         <charset val="136"/>
       </rPr>
       <t>（</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Cont.1</t>
     </r>
     <r>
@@ -1209,71 +1209,70 @@
     <t>Hualien 2nd Credit Cooperative</t>
   </si>
   <si>
     <t>澎湖縣第一信用合作社</t>
   </si>
   <si>
     <t>Penghu First Credit Cooperative</t>
   </si>
   <si>
     <t>澎湖第二信用合作社</t>
   </si>
   <si>
     <t>Limited Liability Penghu Second Credit Society</t>
   </si>
   <si>
     <t>金門縣信用合作社</t>
   </si>
   <si>
     <t>Kinmen Credit Cooperative</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
-  <numFmts count="20">
+  <numFmts count="19">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="#,##0_-"/>
     <numFmt numFmtId="176" formatCode="#,##0.00_-"/>
     <numFmt numFmtId="177" formatCode="###,###,###,##0"/>
     <numFmt numFmtId="178" formatCode="##0.00"/>
     <numFmt numFmtId="179" formatCode="###,###,###,##0;-###,###,###,##0;&quot;－&quot;"/>
-    <numFmt numFmtId="180" formatCode="-#0.00"/>
-[...2 lines deleted...]
-    <numFmt numFmtId="183" formatCode="##0.00;-##0.00;&quot;－&quot;"/>
+    <numFmt numFmtId="180" formatCode="###,##0.00"/>
+    <numFmt numFmtId="181" formatCode="###,##0.00;-###,##0.00;&quot;－&quot;"/>
+    <numFmt numFmtId="182" formatCode="##0.00;-##0.00;&quot;－&quot;"/>
   </numFmts>
   <fonts count="45">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
@@ -2439,93 +2438,87 @@
     </xf>
     <xf xxid="132" numFmtId="178" fontId="6" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="133" numFmtId="178" fontId="40" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="134" numFmtId="178" fontId="6" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="135" numFmtId="178" fontId="40" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="136" numFmtId="179" fontId="6" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="137" numFmtId="179" fontId="40" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="138" numFmtId="0" fontId="42" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="139" numFmtId="0" fontId="43" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="140" numFmtId="180" fontId="6" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="140" numFmtId="180" fontId="6" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="141" numFmtId="180" fontId="40" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="141" numFmtId="180" fontId="40" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="142" numFmtId="181" fontId="6" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="142" numFmtId="180" fontId="41" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="143" numFmtId="181" fontId="40" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="143" numFmtId="180" fontId="6" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="144" numFmtId="181" fontId="41" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="144" numFmtId="180" fontId="40" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="145" numFmtId="181" fontId="6" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="146" numFmtId="181" fontId="40" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="147" numFmtId="182" fontId="6" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="147" numFmtId="182" fontId="6" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="148" numFmtId="182" fontId="40" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="148" numFmtId="182" fontId="40" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="149" numFmtId="183" fontId="6" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="149" numFmtId="0" fontId="38" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf xxid="150" numFmtId="179" fontId="6" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="150" numFmtId="183" fontId="40" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="151" numFmtId="179" fontId="40" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="151" numFmtId="0" fontId="38" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf xxid="154" numFmtId="179" fontId="41" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="152" numFmtId="179" fontId="41" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="49">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色2" xfId="16"/>
     <cellStyle name="20% - 輔色3" xfId="17"/>
     <cellStyle name="20% - 輔色4" xfId="18"/>
     <cellStyle name="20% - 輔色5" xfId="19"/>
     <cellStyle name="20% - 輔色6" xfId="20"/>
     <cellStyle name="40% - 輔色1" xfId="21"/>
     <cellStyle name="40% - 輔色2" xfId="22"/>
     <cellStyle name="40% - 輔色3" xfId="23"/>
     <cellStyle name="40% - 輔色4" xfId="24"/>
     <cellStyle name="40% - 輔色5" xfId="25"/>
     <cellStyle name="40% - 輔色6" xfId="26"/>
     <cellStyle name="60% - 輔色1" xfId="27"/>
     <cellStyle name="60% - 輔色2" xfId="28"/>
     <cellStyle name="60% - 輔色3" xfId="29"/>
     <cellStyle name="60% - 輔色4" xfId="30"/>
     <cellStyle name="60% - 輔色5" xfId="31"/>
     <cellStyle name="60% - 輔色6" xfId="32"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="33" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="34" builtinId="6"/>
@@ -2713,618 +2706,618 @@
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="57">
-        <v>47620</v>
+        <v>52873</v>
       </c>
       <c r="C9" s="57">
-        <v>9287930</v>
+        <v>9208691</v>
       </c>
       <c r="D9" s="57">
-        <v>34856362</v>
+        <v>35488194</v>
       </c>
       <c r="E9" s="57">
-        <v>18351</v>
+        <v>17480</v>
       </c>
       <c r="F9" s="57">
-        <v>44210263</v>
+        <v>44767238</v>
       </c>
       <c r="G9" s="57">
-        <v>44078482</v>
+        <v>44421955</v>
       </c>
       <c r="H9" s="60">
-        <v>0.3</v>
+        <v>0.78</v>
       </c>
       <c r="I9" s="63">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>66</v>
       </c>
       <c r="B11" s="68">
-        <v>12036</v>
+        <v>16881</v>
       </c>
       <c r="C11" s="68">
-        <v>639393</v>
+        <v>641166</v>
       </c>
       <c r="D11" s="68">
-        <v>2792134</v>
+        <v>2875829</v>
       </c>
       <c r="E11" s="68">
-        <v>2984</v>
+        <v>2612</v>
       </c>
       <c r="F11" s="68">
-        <v>3446548</v>
+        <v>3536487</v>
       </c>
       <c r="G11" s="68">
-        <v>3450211</v>
+        <v>3449699</v>
       </c>
       <c r="H11" s="70">
-        <v>-0.11</v>
+        <v>2.52</v>
       </c>
       <c r="I11" s="72">
-        <v>7.8</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>67</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>68</v>
       </c>
       <c r="B13" s="68">
-        <v>383</v>
+        <v>311</v>
       </c>
       <c r="C13" s="68">
-        <v>112497</v>
+        <v>110836</v>
       </c>
       <c r="D13" s="68">
-        <v>2419367</v>
+        <v>2425517</v>
       </c>
       <c r="E13" s="68">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="F13" s="68">
-        <v>2532325</v>
+        <v>2536709</v>
       </c>
       <c r="G13" s="68">
-        <v>2518170</v>
+        <v>2528087</v>
       </c>
       <c r="H13" s="70">
-        <v>0.56</v>
+        <v>0.34</v>
       </c>
       <c r="I13" s="72">
-        <v>5.73</v>
+        <v>5.67</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>70</v>
       </c>
       <c r="B15" s="68">
-        <v>1998</v>
+        <v>1732</v>
       </c>
       <c r="C15" s="68">
-        <v>776688</v>
+        <v>799981</v>
       </c>
       <c r="D15" s="68">
-        <v>2314385</v>
+        <v>2344627</v>
       </c>
       <c r="E15" s="68">
-        <v>255</v>
+        <v>346</v>
       </c>
       <c r="F15" s="68">
-        <v>3093325</v>
+        <v>3146687</v>
       </c>
       <c r="G15" s="68">
-        <v>3197710</v>
+        <v>3147817</v>
       </c>
       <c r="H15" s="70">
-        <v>-3.26</v>
+        <v>-0.04</v>
       </c>
       <c r="I15" s="72">
-        <v>7</v>
+        <v>7.03</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>71</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>72</v>
       </c>
       <c r="B17" s="68">
-        <v>2228</v>
+        <v>1721</v>
       </c>
       <c r="C17" s="68">
-        <v>655579</v>
+        <v>659024</v>
       </c>
       <c r="D17" s="68">
-        <v>2097986</v>
+        <v>2146960</v>
       </c>
       <c r="E17" s="68">
-        <v>411</v>
+        <v>626</v>
       </c>
       <c r="F17" s="68">
-        <v>2756203</v>
+        <v>2808330</v>
       </c>
       <c r="G17" s="68">
-        <v>2744055</v>
+        <v>2764926</v>
       </c>
       <c r="H17" s="70">
-        <v>0.44</v>
+        <v>1.57</v>
       </c>
       <c r="I17" s="72">
-        <v>6.23</v>
+        <v>6.27</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>73</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>74</v>
       </c>
       <c r="B19" s="68">
-        <v>109</v>
+        <v>126</v>
       </c>
       <c r="C19" s="68">
-        <v>529662</v>
+        <v>550963</v>
       </c>
       <c r="D19" s="68">
-        <v>1869699</v>
+        <v>1880828</v>
       </c>
       <c r="E19" s="68">
-        <v>1630</v>
+        <v>1141</v>
       </c>
       <c r="F19" s="68">
-        <v>2401101</v>
+        <v>2433058</v>
       </c>
       <c r="G19" s="68">
-        <v>2399325</v>
+        <v>2395171</v>
       </c>
       <c r="H19" s="70">
-        <v>0.07</v>
+        <v>1.58</v>
       </c>
       <c r="I19" s="72">
         <v>5.43</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>75</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>76</v>
       </c>
       <c r="B21" s="68">
-        <v>1775</v>
+        <v>2157</v>
       </c>
       <c r="C21" s="68">
-        <v>443959</v>
+        <v>455596</v>
       </c>
       <c r="D21" s="68">
-        <v>1596426</v>
+        <v>1614655</v>
       </c>
       <c r="E21" s="68">
-        <v>140</v>
+        <v>106</v>
       </c>
       <c r="F21" s="68">
-        <v>2042300</v>
+        <v>2072514</v>
       </c>
       <c r="G21" s="68">
-        <v>2020925</v>
+        <v>2043427</v>
       </c>
       <c r="H21" s="70">
-        <v>1.06</v>
+        <v>1.42</v>
       </c>
       <c r="I21" s="72">
-        <v>4.62</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>77</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>78</v>
       </c>
       <c r="B23" s="68">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="C23" s="68">
-        <v>232819</v>
+        <v>245889</v>
       </c>
       <c r="D23" s="68">
-        <v>655371</v>
+        <v>659495</v>
       </c>
       <c r="E23" s="68">
-        <v>1850</v>
+        <v>2138</v>
       </c>
       <c r="F23" s="68">
-        <v>890215</v>
+        <v>907692</v>
       </c>
       <c r="G23" s="68">
-        <v>889094</v>
+        <v>899232</v>
       </c>
       <c r="H23" s="70">
-        <v>0.13</v>
+        <v>0.94</v>
       </c>
       <c r="I23" s="72">
-        <v>2.01</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>79</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>80</v>
       </c>
       <c r="B25" s="68">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="C25" s="68">
-        <v>440889</v>
+        <v>413591</v>
       </c>
       <c r="D25" s="68">
-        <v>2058829</v>
+        <v>2105498</v>
       </c>
       <c r="E25" s="68">
-        <v>1641</v>
+        <v>1204</v>
       </c>
       <c r="F25" s="68">
-        <v>2501464</v>
+        <v>2520307</v>
       </c>
       <c r="G25" s="68">
-        <v>2460098</v>
+        <v>2510779</v>
       </c>
       <c r="H25" s="70">
-        <v>1.68</v>
+        <v>0.38</v>
       </c>
       <c r="I25" s="72">
-        <v>5.66</v>
+        <v>5.63</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>82</v>
       </c>
       <c r="B27" s="68">
-        <v>614</v>
+        <v>82</v>
       </c>
       <c r="C27" s="68">
-        <v>619685</v>
+        <v>643443</v>
       </c>
       <c r="D27" s="68">
-        <v>2132272</v>
+        <v>2178227</v>
       </c>
       <c r="E27" s="68">
-        <v>771</v>
+        <v>693</v>
       </c>
       <c r="F27" s="68">
-        <v>2753342</v>
+        <v>2822445</v>
       </c>
       <c r="G27" s="68">
-        <v>2739898</v>
+        <v>2786718</v>
       </c>
       <c r="H27" s="70">
-        <v>0.49</v>
+        <v>1.28</v>
       </c>
       <c r="I27" s="72">
-        <v>6.23</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>83</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>84</v>
       </c>
       <c r="B29" s="74">
         <v>0</v>
       </c>
       <c r="C29" s="68">
-        <v>48908</v>
+        <v>45613</v>
       </c>
       <c r="D29" s="68">
-        <v>174473</v>
+        <v>177816</v>
       </c>
       <c r="E29" s="74">
         <v>0</v>
       </c>
       <c r="F29" s="68">
-        <v>223382</v>
+        <v>223429</v>
       </c>
       <c r="G29" s="68">
-        <v>218773</v>
+        <v>224604</v>
       </c>
       <c r="H29" s="70">
-        <v>2.11</v>
+        <v>-0.52</v>
       </c>
       <c r="I29" s="72">
-        <v>0.51</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="65" t="s">
         <v>85</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B31" s="68">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="C31" s="68">
-        <v>59530</v>
+        <v>58335</v>
       </c>
       <c r="D31" s="68">
-        <v>169517</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>168005</v>
+      </c>
+      <c r="E31" s="74">
+        <v>0</v>
       </c>
       <c r="F31" s="68">
-        <v>229188</v>
+        <v>226459</v>
       </c>
       <c r="G31" s="68">
-        <v>230155</v>
+        <v>229843</v>
       </c>
       <c r="H31" s="70">
-        <v>-0.42</v>
+        <v>-1.47</v>
       </c>
       <c r="I31" s="72">
-        <v>0.52</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="65" t="s">
         <v>87</v>
       </c>
       <c r="B32" s="41"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="41"/>
       <c r="G32" s="41"/>
       <c r="H32" s="41"/>
       <c r="I32" s="45"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="27" t="s">
         <v>88</v>
       </c>
       <c r="B33" s="68">
-        <v>1523</v>
+        <v>1089</v>
       </c>
       <c r="C33" s="68">
-        <v>616114</v>
+        <v>653482</v>
       </c>
       <c r="D33" s="68">
-        <v>1750745</v>
+        <v>1785656</v>
       </c>
       <c r="E33" s="68">
-        <v>3540</v>
+        <v>2972</v>
       </c>
       <c r="F33" s="68">
-        <v>2371922</v>
+        <v>2443199</v>
       </c>
       <c r="G33" s="68">
-        <v>2373762</v>
+        <v>2383253</v>
       </c>
       <c r="H33" s="70">
-        <v>-0.08</v>
+        <v>2.52</v>
       </c>
       <c r="I33" s="72">
-        <v>5.37</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="65" t="s">
         <v>89</v>
       </c>
       <c r="B34" s="41"/>
       <c r="C34" s="41"/>
       <c r="D34" s="41"/>
       <c r="E34" s="41"/>
       <c r="F34" s="41"/>
       <c r="G34" s="41"/>
       <c r="H34" s="41"/>
       <c r="I34" s="45"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="27" t="s">
         <v>90</v>
       </c>
       <c r="B35" s="68">
-        <v>3553</v>
+        <v>3410</v>
       </c>
       <c r="C35" s="68">
-        <v>56534</v>
+        <v>50910</v>
       </c>
       <c r="D35" s="68">
-        <v>3631</v>
+        <v>2700</v>
       </c>
       <c r="E35" s="68">
-        <v>693</v>
+        <v>722</v>
       </c>
       <c r="F35" s="68">
-        <v>64411</v>
+        <v>57742</v>
       </c>
       <c r="G35" s="68">
-        <v>69378</v>
+        <v>65752</v>
       </c>
       <c r="H35" s="70">
-        <v>-7.16</v>
+        <v>-12.18</v>
       </c>
       <c r="I35" s="72">
-        <v>0.15</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="76" t="s">
         <v>91</v>
       </c>
       <c r="B36" s="43"/>
       <c r="C36" s="43"/>
       <c r="D36" s="43"/>
       <c r="E36" s="43"/>
       <c r="F36" s="43"/>
       <c r="G36" s="43"/>
       <c r="H36" s="43"/>
       <c r="I36" s="47"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
@@ -3511,56 +3504,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="37" t="s">
         <v>29</v>
       </c>
       <c r="B3" s="37"/>
       <c r="C3" s="37"/>
       <c r="D3" s="37"/>
       <c r="E3" s="37"/>
       <c r="F3" s="37"/>
       <c r="G3" s="37"/>
       <c r="H3" s="37"/>
       <c r="I3" s="37"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -3624,618 +3617,618 @@
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="56">
-        <v>121</v>
+        <v>313</v>
       </c>
       <c r="C9" s="56">
-        <v>103801</v>
+        <v>103198</v>
       </c>
       <c r="D9" s="56">
-        <v>129795</v>
+        <v>131242</v>
       </c>
       <c r="E9" s="56">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F9" s="56">
-        <v>233775</v>
+        <v>234813</v>
       </c>
       <c r="G9" s="56">
-        <v>235677</v>
+        <v>235674</v>
       </c>
       <c r="H9" s="59">
-        <v>-0.81</v>
+        <v>-0.37</v>
       </c>
       <c r="I9" s="62">
-        <v>0.53</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>92</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>93</v>
       </c>
       <c r="B11" s="68">
-        <v>1171</v>
+        <v>1399</v>
       </c>
       <c r="C11" s="68">
-        <v>409468</v>
+        <v>408994</v>
       </c>
       <c r="D11" s="68">
-        <v>1265302</v>
+        <v>1279620</v>
       </c>
       <c r="E11" s="68">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="F11" s="68">
-        <v>1676140</v>
+        <v>1690172</v>
       </c>
       <c r="G11" s="68">
-        <v>1676201</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1683648</v>
+      </c>
+      <c r="H11" s="70">
+        <v>0.39</v>
       </c>
       <c r="I11" s="72">
-        <v>3.79</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>94</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>95</v>
       </c>
       <c r="B13" s="68">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="C13" s="68">
-        <v>19610</v>
+        <v>19361</v>
       </c>
       <c r="D13" s="68">
-        <v>301857</v>
+        <v>301333</v>
       </c>
       <c r="E13" s="74">
         <v>0</v>
       </c>
       <c r="F13" s="68">
-        <v>321552</v>
+        <v>320771</v>
       </c>
       <c r="G13" s="68">
-        <v>319791</v>
+        <v>323787</v>
       </c>
       <c r="H13" s="70">
-        <v>0.55</v>
+        <v>-0.93</v>
       </c>
       <c r="I13" s="72">
-        <v>0.73</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>96</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>97</v>
       </c>
       <c r="B15" s="68">
         <v>6</v>
       </c>
       <c r="C15" s="68">
-        <v>154254</v>
+        <v>155240</v>
       </c>
       <c r="D15" s="68">
-        <v>480219</v>
+        <v>483242</v>
       </c>
       <c r="E15" s="68">
-        <v>120</v>
+        <v>56</v>
       </c>
       <c r="F15" s="68">
-        <v>634599</v>
+        <v>638544</v>
       </c>
       <c r="G15" s="68">
-        <v>633896</v>
+        <v>637312</v>
       </c>
       <c r="H15" s="70">
-        <v>0.11</v>
+        <v>0.19</v>
       </c>
       <c r="I15" s="72">
-        <v>1.44</v>
+        <v>1.43</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>98</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>99</v>
       </c>
       <c r="B17" s="68">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="C17" s="68">
-        <v>65384</v>
+        <v>66614</v>
       </c>
       <c r="D17" s="68">
-        <v>161189</v>
+        <v>161491</v>
       </c>
       <c r="E17" s="74">
         <v>0</v>
       </c>
       <c r="F17" s="68">
-        <v>226594</v>
+        <v>228156</v>
       </c>
       <c r="G17" s="68">
-        <v>225971</v>
+        <v>226194</v>
       </c>
       <c r="H17" s="70">
-        <v>0.28</v>
+        <v>0.87</v>
       </c>
       <c r="I17" s="72">
         <v>0.51</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>100</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>101</v>
       </c>
       <c r="B19" s="68">
-        <v>547</v>
+        <v>583</v>
       </c>
       <c r="C19" s="68">
-        <v>86590</v>
+        <v>98247</v>
       </c>
       <c r="D19" s="68">
-        <v>244129</v>
+        <v>242894</v>
       </c>
       <c r="E19" s="68">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="F19" s="68">
-        <v>331580</v>
+        <v>342037</v>
       </c>
       <c r="G19" s="68">
-        <v>333153</v>
+        <v>334687</v>
       </c>
       <c r="H19" s="70">
-        <v>-0.47</v>
+        <v>2.2</v>
       </c>
       <c r="I19" s="72">
-        <v>0.75</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>102</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>103</v>
       </c>
       <c r="B21" s="68">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C21" s="68">
-        <v>5873</v>
+        <v>5818</v>
       </c>
       <c r="D21" s="68">
-        <v>55783</v>
+        <v>56663</v>
       </c>
       <c r="E21" s="74">
         <v>0</v>
       </c>
       <c r="F21" s="68">
-        <v>61664</v>
+        <v>62487</v>
       </c>
       <c r="G21" s="68">
-        <v>61572</v>
+        <v>62178</v>
       </c>
       <c r="H21" s="70">
-        <v>0.15</v>
+        <v>0.5</v>
       </c>
       <c r="I21" s="72">
         <v>0.14</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>104</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>105</v>
       </c>
       <c r="B23" s="74">
         <v>0</v>
       </c>
       <c r="C23" s="68">
-        <v>86541</v>
+        <v>82580</v>
       </c>
       <c r="D23" s="68">
-        <v>101138</v>
+        <v>104670</v>
       </c>
       <c r="E23" s="74">
         <v>0</v>
       </c>
       <c r="F23" s="68">
-        <v>187679</v>
+        <v>187250</v>
       </c>
       <c r="G23" s="68">
-        <v>187194</v>
+        <v>188720</v>
       </c>
       <c r="H23" s="70">
-        <v>0.26</v>
+        <v>-0.78</v>
       </c>
       <c r="I23" s="72">
         <v>0.42</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>106</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>107</v>
       </c>
       <c r="B25" s="74">
         <v>0</v>
       </c>
       <c r="C25" s="68">
-        <v>181050</v>
+        <v>183996</v>
       </c>
       <c r="D25" s="68">
-        <v>707153</v>
+        <v>711566</v>
       </c>
       <c r="E25" s="68">
-        <v>170</v>
+        <v>342</v>
       </c>
       <c r="F25" s="68">
-        <v>888372</v>
+        <v>895904</v>
       </c>
       <c r="G25" s="68">
-        <v>891299</v>
+        <v>890647</v>
       </c>
       <c r="H25" s="70">
-        <v>-0.33</v>
+        <v>0.59</v>
       </c>
       <c r="I25" s="72">
-        <v>2.01</v>
+        <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>108</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>109</v>
       </c>
       <c r="B27" s="68">
-        <v>2007</v>
+        <v>2060</v>
       </c>
       <c r="C27" s="68">
-        <v>133095</v>
+        <v>136713</v>
       </c>
       <c r="D27" s="68">
-        <v>389194</v>
+        <v>397002</v>
       </c>
       <c r="E27" s="68">
         <v>7</v>
       </c>
       <c r="F27" s="68">
-        <v>524303</v>
+        <v>535782</v>
       </c>
       <c r="G27" s="68">
-        <v>523331</v>
+        <v>528560</v>
       </c>
       <c r="H27" s="70">
-        <v>0.19</v>
+        <v>1.37</v>
       </c>
       <c r="I27" s="72">
-        <v>1.19</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>110</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>111</v>
       </c>
       <c r="B29" s="68">
         <v>16</v>
       </c>
       <c r="C29" s="68">
-        <v>51305</v>
+        <v>51095</v>
       </c>
       <c r="D29" s="68">
-        <v>180238</v>
+        <v>184227</v>
       </c>
       <c r="E29" s="74">
         <v>0</v>
       </c>
       <c r="F29" s="68">
-        <v>231559</v>
+        <v>235337</v>
       </c>
       <c r="G29" s="68">
-        <v>226502</v>
+        <v>235150</v>
       </c>
       <c r="H29" s="70">
-        <v>2.23</v>
+        <v>0.08</v>
       </c>
       <c r="I29" s="72">
-        <v>0.52</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="65" t="s">
         <v>112</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="27" t="s">
         <v>113</v>
       </c>
       <c r="B31" s="68">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C31" s="68">
-        <v>26507</v>
+        <v>26474</v>
       </c>
       <c r="D31" s="68">
-        <v>124154</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>126394</v>
+      </c>
+      <c r="E31" s="68">
+        <v>12</v>
       </c>
       <c r="F31" s="68">
-        <v>150665</v>
+        <v>152886</v>
       </c>
       <c r="G31" s="68">
-        <v>150974</v>
+        <v>151930</v>
       </c>
       <c r="H31" s="70">
-        <v>-0.2</v>
+        <v>0.63</v>
       </c>
       <c r="I31" s="72">
         <v>0.34</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="65" t="s">
         <v>114</v>
       </c>
       <c r="B32" s="41"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="41"/>
       <c r="G32" s="41"/>
       <c r="H32" s="41"/>
       <c r="I32" s="45"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="27" t="s">
         <v>115</v>
       </c>
       <c r="B33" s="68">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="C33" s="68">
-        <v>169010</v>
+        <v>170203</v>
       </c>
       <c r="D33" s="68">
-        <v>466461</v>
+        <v>472311</v>
       </c>
       <c r="E33" s="68">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F33" s="68">
-        <v>635541</v>
+        <v>642589</v>
       </c>
       <c r="G33" s="68">
-        <v>631345</v>
+        <v>636583</v>
       </c>
       <c r="H33" s="70">
-        <v>0.66</v>
+        <v>0.94</v>
       </c>
       <c r="I33" s="72">
         <v>1.44</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="65" t="s">
         <v>116</v>
       </c>
       <c r="B34" s="41"/>
       <c r="C34" s="41"/>
       <c r="D34" s="41"/>
       <c r="E34" s="41"/>
       <c r="F34" s="41"/>
       <c r="G34" s="41"/>
       <c r="H34" s="41"/>
       <c r="I34" s="45"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="27" t="s">
         <v>117</v>
       </c>
       <c r="B35" s="68">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C35" s="68">
-        <v>104928</v>
+        <v>104033</v>
       </c>
       <c r="D35" s="68">
-        <v>405876</v>
+        <v>408841</v>
       </c>
       <c r="E35" s="68">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F35" s="68">
-        <v>510817</v>
+        <v>512885</v>
       </c>
       <c r="G35" s="68">
-        <v>510880</v>
+        <v>513706</v>
       </c>
       <c r="H35" s="70">
-        <v>-0.01</v>
+        <v>-0.16</v>
       </c>
       <c r="I35" s="72">
-        <v>1.16</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="76" t="s">
         <v>118</v>
       </c>
       <c r="B36" s="43"/>
       <c r="C36" s="43"/>
       <c r="D36" s="43"/>
       <c r="E36" s="43"/>
       <c r="F36" s="43"/>
       <c r="G36" s="43"/>
       <c r="H36" s="43"/>
       <c r="I36" s="47"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="24" t="s">
         <v>30</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
@@ -4422,56 +4415,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="37" t="s">
         <v>29</v>
       </c>
       <c r="B3" s="37"/>
       <c r="C3" s="37"/>
       <c r="D3" s="37"/>
       <c r="E3" s="37"/>
       <c r="F3" s="37"/>
       <c r="G3" s="37"/>
       <c r="H3" s="37"/>
       <c r="I3" s="37"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -4535,489 +4528,489 @@
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>46</v>
       </c>
       <c r="B9" s="56">
-        <v>310</v>
+        <v>415</v>
       </c>
       <c r="C9" s="56">
-        <v>380284</v>
+        <v>420433</v>
       </c>
       <c r="D9" s="56">
-        <v>1010022</v>
+        <v>1055658</v>
       </c>
       <c r="E9" s="56">
-        <v>55</v>
+        <v>104</v>
       </c>
       <c r="F9" s="56">
-        <v>1390672</v>
+        <v>1476611</v>
       </c>
       <c r="G9" s="56">
-        <v>1393894</v>
+        <v>1420025</v>
       </c>
       <c r="H9" s="59">
-        <v>-0.23</v>
+        <v>3.98</v>
       </c>
       <c r="I9" s="62">
-        <v>3.15</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>119</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>120</v>
       </c>
       <c r="B11" s="68">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C11" s="68">
-        <v>265468</v>
+        <v>223375</v>
       </c>
       <c r="D11" s="68">
-        <v>1400947</v>
+        <v>1422982</v>
       </c>
       <c r="E11" s="68">
-        <v>603</v>
+        <v>406</v>
       </c>
       <c r="F11" s="68">
-        <v>1667048</v>
+        <v>1646793</v>
       </c>
       <c r="G11" s="68">
-        <v>1629679</v>
+        <v>1683631</v>
       </c>
       <c r="H11" s="70">
-        <v>2.29</v>
+        <v>-2.19</v>
       </c>
       <c r="I11" s="72">
-        <v>3.77</v>
+        <v>3.68</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>121</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>122</v>
       </c>
       <c r="B13" s="74">
         <v>0</v>
       </c>
       <c r="C13" s="68">
-        <v>384084</v>
+        <v>382486</v>
       </c>
       <c r="D13" s="68">
-        <v>2132049</v>
+        <v>2183571</v>
       </c>
       <c r="E13" s="68">
-        <v>1426</v>
+        <v>1878</v>
       </c>
       <c r="F13" s="68">
-        <v>2517559</v>
+        <v>2567935</v>
       </c>
       <c r="G13" s="68">
-        <v>2492681</v>
+        <v>2554065</v>
       </c>
       <c r="H13" s="70">
-        <v>1</v>
+        <v>0.54</v>
       </c>
       <c r="I13" s="72">
-        <v>5.69</v>
+        <v>5.74</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>123</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>124</v>
       </c>
       <c r="B15" s="74">
         <v>0</v>
       </c>
       <c r="C15" s="68">
-        <v>91667</v>
+        <v>92775</v>
       </c>
       <c r="D15" s="68">
-        <v>423490</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>438541</v>
+      </c>
+      <c r="E15" s="74">
+        <v>0</v>
       </c>
       <c r="F15" s="68">
-        <v>515174</v>
+        <v>531316</v>
       </c>
       <c r="G15" s="68">
-        <v>518449</v>
+        <v>524387</v>
       </c>
       <c r="H15" s="70">
-        <v>-0.63</v>
+        <v>1.32</v>
       </c>
       <c r="I15" s="72">
-        <v>1.17</v>
+        <v>1.19</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>125</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>126</v>
       </c>
       <c r="B17" s="68">
-        <v>15595</v>
+        <v>15393</v>
       </c>
       <c r="C17" s="68">
-        <v>115656</v>
+        <v>109358</v>
       </c>
       <c r="D17" s="68">
-        <v>409507</v>
+        <v>403227</v>
       </c>
       <c r="E17" s="74">
         <v>0</v>
       </c>
       <c r="F17" s="68">
-        <v>540758</v>
+        <v>527977</v>
       </c>
       <c r="G17" s="68">
-        <v>550819</v>
+        <v>537094</v>
       </c>
       <c r="H17" s="70">
-        <v>-1.83</v>
+        <v>-1.7</v>
       </c>
       <c r="I17" s="72">
-        <v>1.22</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>127</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>128</v>
       </c>
       <c r="B19" s="68">
-        <v>400</v>
+        <v>1539</v>
       </c>
       <c r="C19" s="68">
-        <v>427391</v>
+        <v>345501</v>
       </c>
       <c r="D19" s="68">
-        <v>1435019</v>
+        <v>1466858</v>
       </c>
       <c r="E19" s="68">
-        <v>1191</v>
+        <v>1021</v>
       </c>
       <c r="F19" s="68">
-        <v>1864001</v>
+        <v>1814918</v>
       </c>
       <c r="G19" s="68">
-        <v>1885334</v>
+        <v>1851326</v>
       </c>
       <c r="H19" s="70">
-        <v>-1.13</v>
+        <v>-1.97</v>
       </c>
       <c r="I19" s="72">
-        <v>4.22</v>
+        <v>4.05</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>129</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>130</v>
       </c>
       <c r="B21" s="74">
         <v>0</v>
       </c>
       <c r="C21" s="68">
-        <v>46577</v>
+        <v>41747</v>
       </c>
       <c r="D21" s="68">
-        <v>208901</v>
+        <v>211303</v>
       </c>
       <c r="E21" s="74">
         <v>0</v>
       </c>
       <c r="F21" s="68">
-        <v>255479</v>
+        <v>253050</v>
       </c>
       <c r="G21" s="68">
-        <v>252824</v>
+        <v>255361</v>
       </c>
       <c r="H21" s="70">
-        <v>1.05</v>
+        <v>-0.91</v>
       </c>
       <c r="I21" s="72">
-        <v>0.58</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>131</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>132</v>
       </c>
       <c r="B23" s="68">
-        <v>2636</v>
+        <v>3089</v>
       </c>
       <c r="C23" s="68">
-        <v>741873</v>
+        <v>646576</v>
       </c>
       <c r="D23" s="68">
-        <v>2666620</v>
+        <v>2748648</v>
       </c>
       <c r="E23" s="68">
-        <v>143</v>
+        <v>512</v>
       </c>
       <c r="F23" s="68">
-        <v>3411272</v>
+        <v>3398825</v>
       </c>
       <c r="G23" s="68">
-        <v>3311303</v>
+        <v>3387404</v>
       </c>
       <c r="H23" s="70">
-        <v>3.02</v>
+        <v>0.34</v>
       </c>
       <c r="I23" s="72">
-        <v>7.72</v>
+        <v>7.59</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>133</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>134</v>
       </c>
       <c r="B25" s="74">
         <v>0</v>
       </c>
       <c r="C25" s="74">
         <v>0</v>
       </c>
       <c r="D25" s="68">
-        <v>32273</v>
+        <v>37678</v>
       </c>
       <c r="E25" s="74">
         <v>0</v>
       </c>
       <c r="F25" s="68">
-        <v>32273</v>
+        <v>37678</v>
       </c>
       <c r="G25" s="68">
-        <v>30978</v>
+        <v>34219</v>
       </c>
       <c r="H25" s="70">
-        <v>4.18</v>
+        <v>10.11</v>
       </c>
       <c r="I25" s="72">
-        <v>0.07</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>135</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>136</v>
       </c>
       <c r="B27" s="74">
         <v>0</v>
       </c>
       <c r="C27" s="68">
-        <v>2233</v>
+        <v>2437</v>
       </c>
       <c r="D27" s="68">
-        <v>70952</v>
+        <v>72630</v>
       </c>
       <c r="E27" s="74">
         <v>0</v>
       </c>
       <c r="F27" s="68">
-        <v>73185</v>
+        <v>75067</v>
       </c>
       <c r="G27" s="68">
-        <v>71435</v>
+        <v>74142</v>
       </c>
       <c r="H27" s="70">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="I27" s="72">
         <v>0.17</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>137</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>138</v>
       </c>
       <c r="B29" s="74">
         <v>0</v>
       </c>
       <c r="C29" s="68">
-        <v>3022</v>
+        <v>2611</v>
       </c>
       <c r="D29" s="68">
-        <v>19256</v>
+        <v>19786</v>
       </c>
       <c r="E29" s="74">
         <v>0</v>
       </c>
       <c r="F29" s="68">
-        <v>22278</v>
+        <v>22398</v>
       </c>
       <c r="G29" s="68">
-        <v>21741</v>
+        <v>22219</v>
       </c>
       <c r="H29" s="70">
-        <v>2.47</v>
+        <v>0.8</v>
       </c>
       <c r="I29" s="72">
         <v>0.05</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="65" t="s">
         <v>139</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="27"/>
       <c r="B31" s="42"/>
       <c r="C31" s="42"/>
       <c r="D31" s="42"/>
       <c r="E31" s="42"/>
       <c r="F31" s="42"/>
@@ -5258,56 +5251,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>36</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -5371,618 +5364,618 @@
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="57">
-        <v>6084</v>
+        <v>3024</v>
       </c>
       <c r="C9" s="57">
-        <v>703105</v>
+        <v>819006</v>
       </c>
       <c r="D9" s="57">
-        <v>547952</v>
+        <v>581560</v>
       </c>
       <c r="E9" s="57">
-        <v>951</v>
+        <v>1294</v>
       </c>
       <c r="F9" s="57">
-        <v>1258092</v>
+        <v>1404883</v>
       </c>
       <c r="G9" s="57">
-        <v>1271901</v>
-[...2 lines deleted...]
-        <v>-1.09</v>
+        <v>1320600</v>
+      </c>
+      <c r="H9" s="79">
+        <v>6.38</v>
       </c>
       <c r="I9" s="63">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="B11" s="74">
-        <v>0</v>
+      <c r="B11" s="68">
+        <v>75</v>
       </c>
       <c r="C11" s="68">
-        <v>152583</v>
+        <v>158483</v>
       </c>
       <c r="D11" s="68">
-        <v>116374</v>
+        <v>123581</v>
       </c>
       <c r="E11" s="68">
-        <v>182</v>
+        <v>90</v>
       </c>
       <c r="F11" s="68">
-        <v>269140</v>
+        <v>282229</v>
       </c>
       <c r="G11" s="68">
-        <v>268623</v>
-[...2 lines deleted...]
-        <v>0.19</v>
+        <v>272337</v>
+      </c>
+      <c r="H11" s="81">
+        <v>3.63</v>
       </c>
       <c r="I11" s="72">
-        <v>21.39</v>
+        <v>20.09</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>140</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>141</v>
       </c>
       <c r="B13" s="68">
-        <v>547</v>
+        <v>713</v>
       </c>
       <c r="C13" s="68">
-        <v>10513</v>
+        <v>25706</v>
       </c>
       <c r="D13" s="68">
-        <v>8750</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>9250</v>
+      </c>
+      <c r="E13" s="74">
+        <v>0</v>
       </c>
       <c r="F13" s="68">
-        <v>19826</v>
+        <v>35669</v>
       </c>
       <c r="G13" s="68">
-        <v>26989</v>
-[...2 lines deleted...]
-        <v>-26.54</v>
+        <v>18790</v>
+      </c>
+      <c r="H13" s="81">
+        <v>89.83</v>
       </c>
       <c r="I13" s="72">
-        <v>1.58</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>142</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>143</v>
       </c>
       <c r="B15" s="74">
         <v>0</v>
       </c>
       <c r="C15" s="68">
-        <v>12005</v>
+        <v>12838</v>
       </c>
       <c r="D15" s="68">
-        <v>6367</v>
+        <v>6483</v>
       </c>
       <c r="E15" s="68">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F15" s="68">
-        <v>18382</v>
+        <v>19337</v>
       </c>
       <c r="G15" s="68">
-        <v>18709</v>
-[...2 lines deleted...]
-        <v>-1.75</v>
+        <v>18416</v>
+      </c>
+      <c r="H15" s="81">
+        <v>5</v>
       </c>
       <c r="I15" s="72">
-        <v>1.46</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>144</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>145</v>
       </c>
       <c r="B17" s="74">
         <v>0</v>
       </c>
       <c r="C17" s="68">
-        <v>3414</v>
+        <v>6274</v>
       </c>
       <c r="D17" s="68">
-        <v>1526</v>
+        <v>2662</v>
       </c>
       <c r="E17" s="74">
         <v>0</v>
       </c>
       <c r="F17" s="68">
-        <v>4940</v>
+        <v>8936</v>
       </c>
       <c r="G17" s="68">
-        <v>6588</v>
-[...2 lines deleted...]
-        <v>-25.01</v>
+        <v>7062</v>
+      </c>
+      <c r="H17" s="81">
+        <v>26.54</v>
       </c>
       <c r="I17" s="72">
-        <v>0.39</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>146</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>147</v>
       </c>
       <c r="B19" s="74">
         <v>0</v>
       </c>
       <c r="C19" s="74">
         <v>0</v>
       </c>
       <c r="D19" s="74">
         <v>0</v>
       </c>
       <c r="E19" s="74">
         <v>0</v>
       </c>
       <c r="F19" s="74">
         <v>0</v>
       </c>
       <c r="G19" s="74">
         <v>0</v>
       </c>
-      <c r="H19" s="85">
-[...2 lines deleted...]
-      <c r="I19" s="87">
+      <c r="H19" s="83">
+        <v>0</v>
+      </c>
+      <c r="I19" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>148</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>149</v>
       </c>
       <c r="B21" s="74">
         <v>0</v>
       </c>
       <c r="C21" s="68">
-        <v>53991</v>
+        <v>32314</v>
       </c>
       <c r="D21" s="68">
-        <v>8980</v>
+        <v>8886</v>
       </c>
       <c r="E21" s="74">
         <v>0</v>
       </c>
       <c r="F21" s="68">
-        <v>62971</v>
+        <v>41200</v>
       </c>
       <c r="G21" s="68">
-        <v>42016</v>
-[...2 lines deleted...]
-        <v>49.87</v>
+        <v>61091</v>
+      </c>
+      <c r="H21" s="81">
+        <v>-32.56</v>
       </c>
       <c r="I21" s="72">
-        <v>5.01</v>
+        <v>2.93</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>150</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>151</v>
       </c>
       <c r="B23" s="74">
         <v>0</v>
       </c>
       <c r="C23" s="74">
         <v>0</v>
       </c>
       <c r="D23" s="74">
         <v>0</v>
       </c>
       <c r="E23" s="74">
         <v>0</v>
       </c>
       <c r="F23" s="74">
         <v>0</v>
       </c>
       <c r="G23" s="74">
         <v>0</v>
       </c>
-      <c r="H23" s="85">
-[...2 lines deleted...]
-      <c r="I23" s="87">
+      <c r="H23" s="83">
+        <v>0</v>
+      </c>
+      <c r="I23" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>152</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>153</v>
       </c>
       <c r="B25" s="74">
         <v>0</v>
       </c>
       <c r="C25" s="74">
         <v>0</v>
       </c>
       <c r="D25" s="68">
-        <v>16825</v>
+        <v>16566</v>
       </c>
       <c r="E25" s="74">
         <v>0</v>
       </c>
       <c r="F25" s="68">
-        <v>16825</v>
+        <v>16566</v>
       </c>
       <c r="G25" s="68">
-        <v>16715</v>
-[...2 lines deleted...]
-        <v>0.66</v>
+        <v>16874</v>
+      </c>
+      <c r="H25" s="81">
+        <v>-1.82</v>
       </c>
       <c r="I25" s="72">
-        <v>1.34</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>154</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>155</v>
       </c>
       <c r="B27" s="68">
-        <v>5537</v>
+        <v>2236</v>
       </c>
       <c r="C27" s="68">
-        <v>4237</v>
+        <v>4090</v>
       </c>
       <c r="D27" s="68">
-        <v>5716</v>
+        <v>5604</v>
       </c>
       <c r="E27" s="74">
         <v>0</v>
       </c>
       <c r="F27" s="68">
-        <v>15489</v>
+        <v>11930</v>
       </c>
       <c r="G27" s="68">
-        <v>13152</v>
-[...2 lines deleted...]
-        <v>17.77</v>
+        <v>14624</v>
+      </c>
+      <c r="H27" s="81">
+        <v>-18.42</v>
       </c>
       <c r="I27" s="72">
-        <v>1.23</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>156</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>157</v>
       </c>
       <c r="B29" s="74">
         <v>0</v>
       </c>
       <c r="C29" s="68">
-        <v>11576</v>
+        <v>16104</v>
       </c>
       <c r="D29" s="68">
-        <v>22078</v>
+        <v>21639</v>
       </c>
       <c r="E29" s="74">
         <v>0</v>
       </c>
       <c r="F29" s="68">
-        <v>33654</v>
+        <v>37742</v>
       </c>
       <c r="G29" s="68">
-        <v>34564</v>
-[...2 lines deleted...]
-        <v>-2.63</v>
+        <v>33846</v>
+      </c>
+      <c r="H29" s="81">
+        <v>11.51</v>
       </c>
       <c r="I29" s="72">
-        <v>2.68</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="65" t="s">
         <v>158</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="27" t="s">
         <v>159</v>
       </c>
-      <c r="B31" s="74">
+      <c r="B31" s="68">
         <v>0</v>
       </c>
       <c r="C31" s="68">
-        <v>4343</v>
+        <v>851</v>
       </c>
       <c r="D31" s="68">
-        <v>964</v>
+        <v>1064</v>
       </c>
       <c r="E31" s="74">
         <v>0</v>
       </c>
       <c r="F31" s="68">
-        <v>5308</v>
+        <v>1915</v>
       </c>
       <c r="G31" s="68">
-        <v>3367</v>
-[...2 lines deleted...]
-        <v>57.65</v>
+        <v>5459</v>
+      </c>
+      <c r="H31" s="81">
+        <v>-64.92</v>
       </c>
       <c r="I31" s="72">
-        <v>0.42</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="65" t="s">
         <v>160</v>
       </c>
       <c r="B32" s="41"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="41"/>
       <c r="G32" s="41"/>
       <c r="H32" s="41"/>
       <c r="I32" s="45"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="27" t="s">
         <v>161</v>
       </c>
       <c r="B33" s="74">
         <v>0</v>
       </c>
       <c r="C33" s="68">
-        <v>68704</v>
+        <v>111110</v>
       </c>
       <c r="D33" s="68">
-        <v>35364</v>
+        <v>24088</v>
       </c>
       <c r="E33" s="68">
-        <v>698</v>
+        <v>1169</v>
       </c>
       <c r="F33" s="68">
-        <v>104766</v>
+        <v>136367</v>
       </c>
       <c r="G33" s="68">
-        <v>130263</v>
-[...2 lines deleted...]
-        <v>-19.57</v>
+        <v>148030</v>
+      </c>
+      <c r="H33" s="81">
+        <v>-7.88</v>
       </c>
       <c r="I33" s="72">
-        <v>8.33</v>
+        <v>9.71</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="65" t="s">
         <v>162</v>
       </c>
       <c r="B34" s="41"/>
       <c r="C34" s="41"/>
       <c r="D34" s="41"/>
       <c r="E34" s="41"/>
       <c r="F34" s="41"/>
       <c r="G34" s="41"/>
       <c r="H34" s="41"/>
       <c r="I34" s="45"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="27" t="s">
         <v>163</v>
       </c>
       <c r="B35" s="74">
         <v>0</v>
       </c>
       <c r="C35" s="68">
-        <v>46106</v>
+        <v>45295</v>
       </c>
       <c r="D35" s="68">
-        <v>19095</v>
+        <v>18624</v>
       </c>
       <c r="E35" s="74">
         <v>0</v>
       </c>
       <c r="F35" s="68">
-        <v>65200</v>
+        <v>63919</v>
       </c>
       <c r="G35" s="68">
-        <v>65177</v>
-[...2 lines deleted...]
-        <v>0.04</v>
+        <v>65126</v>
+      </c>
+      <c r="H35" s="81">
+        <v>-1.85</v>
       </c>
       <c r="I35" s="72">
-        <v>5.18</v>
+        <v>4.55</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="76" t="s">
         <v>164</v>
       </c>
       <c r="B36" s="43"/>
       <c r="C36" s="43"/>
       <c r="D36" s="43"/>
       <c r="E36" s="43"/>
       <c r="F36" s="43"/>
       <c r="G36" s="43"/>
       <c r="H36" s="43"/>
       <c r="I36" s="47"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
@@ -6191,56 +6184,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>36</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -6300,619 +6293,619 @@
       </c>
       <c r="I7" s="9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A9" s="88" t="s">
+      <c r="A9" s="86" t="s">
         <v>48</v>
       </c>
-      <c r="B9" s="90">
+      <c r="B9" s="88">
         <v>0</v>
       </c>
       <c r="C9" s="56">
-        <v>3000</v>
+        <v>5202</v>
       </c>
       <c r="D9" s="56">
-        <v>11822</v>
-[...1 lines deleted...]
-      <c r="E9" s="90">
+        <v>11681</v>
+      </c>
+      <c r="E9" s="88">
         <v>0</v>
       </c>
       <c r="F9" s="56">
-        <v>14822</v>
+        <v>16883</v>
       </c>
       <c r="G9" s="56">
-        <v>18831</v>
-[...2 lines deleted...]
-        <v>-21.29</v>
+        <v>15520</v>
+      </c>
+      <c r="H9" s="78">
+        <v>8.78</v>
       </c>
       <c r="I9" s="62">
-        <v>1.18</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>165</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="32" t="s">
         <v>166</v>
       </c>
       <c r="B11" s="74">
         <v>0</v>
       </c>
       <c r="C11" s="68">
-        <v>47494</v>
+        <v>48920</v>
       </c>
       <c r="D11" s="68">
-        <v>32050</v>
+        <v>31616</v>
       </c>
       <c r="E11" s="74">
         <v>0</v>
       </c>
       <c r="F11" s="68">
-        <v>79544</v>
+        <v>80536</v>
       </c>
       <c r="G11" s="68">
-        <v>80905</v>
-[...2 lines deleted...]
-        <v>-1.68</v>
+        <v>60709</v>
+      </c>
+      <c r="H11" s="81">
+        <v>32.66</v>
       </c>
       <c r="I11" s="72">
-        <v>6.32</v>
+        <v>5.73</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>167</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="32" t="s">
         <v>168</v>
       </c>
       <c r="B13" s="74">
         <v>0</v>
       </c>
       <c r="C13" s="68">
-        <v>13622</v>
+        <v>16764</v>
       </c>
       <c r="D13" s="68">
-        <v>61583</v>
+        <v>61246</v>
       </c>
       <c r="E13" s="68">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="F13" s="68">
-        <v>75225</v>
+        <v>78013</v>
       </c>
       <c r="G13" s="68">
-        <v>72225</v>
-[...2 lines deleted...]
-        <v>4.15</v>
+        <v>78721</v>
+      </c>
+      <c r="H13" s="81">
+        <v>-0.9</v>
       </c>
       <c r="I13" s="72">
-        <v>5.98</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>169</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="32" t="s">
         <v>170</v>
       </c>
       <c r="B15" s="74">
         <v>0</v>
       </c>
       <c r="C15" s="68">
-        <v>73701</v>
+        <v>75596</v>
       </c>
       <c r="D15" s="68">
-        <v>1000</v>
+        <v>996</v>
       </c>
       <c r="E15" s="74">
         <v>0</v>
       </c>
       <c r="F15" s="68">
-        <v>74701</v>
+        <v>76591</v>
       </c>
       <c r="G15" s="68">
-        <v>74735</v>
-[...2 lines deleted...]
-        <v>-0.05</v>
+        <v>74917</v>
+      </c>
+      <c r="H15" s="81">
+        <v>2.23</v>
       </c>
       <c r="I15" s="72">
-        <v>5.94</v>
+        <v>5.45</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>171</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="32" t="s">
         <v>172</v>
       </c>
       <c r="B17" s="74">
         <v>0</v>
       </c>
       <c r="C17" s="68">
-        <v>25239</v>
+        <v>33798</v>
       </c>
       <c r="D17" s="68">
-        <v>16846</v>
+        <v>17085</v>
       </c>
       <c r="E17" s="74">
         <v>0</v>
       </c>
       <c r="F17" s="68">
-        <v>42085</v>
+        <v>50883</v>
       </c>
       <c r="G17" s="68">
-        <v>40789</v>
-[...2 lines deleted...]
-        <v>3.18</v>
+        <v>48278</v>
+      </c>
+      <c r="H17" s="81">
+        <v>5.4</v>
       </c>
       <c r="I17" s="72">
-        <v>3.35</v>
+        <v>3.62</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>173</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="32" t="s">
         <v>174</v>
       </c>
       <c r="B19" s="74">
         <v>0</v>
       </c>
       <c r="C19" s="74">
         <v>0</v>
       </c>
       <c r="D19" s="74">
         <v>0</v>
       </c>
       <c r="E19" s="74">
         <v>0</v>
       </c>
       <c r="F19" s="74">
         <v>0</v>
       </c>
       <c r="G19" s="74">
         <v>0</v>
       </c>
-      <c r="H19" s="85">
-[...2 lines deleted...]
-      <c r="I19" s="87">
+      <c r="H19" s="83">
+        <v>0</v>
+      </c>
+      <c r="I19" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>175</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="32" t="s">
         <v>176</v>
       </c>
       <c r="B21" s="74">
         <v>0</v>
       </c>
       <c r="C21" s="68">
-        <v>31219</v>
+        <v>25360</v>
       </c>
       <c r="D21" s="68">
-        <v>77141</v>
+        <v>81536</v>
       </c>
       <c r="E21" s="74">
         <v>0</v>
       </c>
       <c r="F21" s="68">
-        <v>108360</v>
+        <v>106896</v>
       </c>
       <c r="G21" s="68">
-        <v>117056</v>
-[...2 lines deleted...]
-        <v>-7.43</v>
+        <v>109097</v>
+      </c>
+      <c r="H21" s="81">
+        <v>-2.02</v>
       </c>
       <c r="I21" s="72">
-        <v>8.61</v>
+        <v>7.61</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>177</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="32" t="s">
         <v>178</v>
       </c>
       <c r="B23" s="74">
         <v>0</v>
       </c>
       <c r="C23" s="68">
-        <v>24598</v>
+        <v>36054</v>
       </c>
       <c r="D23" s="68">
-        <v>54661</v>
+        <v>77585</v>
       </c>
       <c r="E23" s="68">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F23" s="68">
-        <v>79283</v>
+        <v>113656</v>
       </c>
       <c r="G23" s="68">
-        <v>78881</v>
-[...2 lines deleted...]
-        <v>0.51</v>
+        <v>84573</v>
+      </c>
+      <c r="H23" s="81">
+        <v>34.39</v>
       </c>
       <c r="I23" s="72">
-        <v>6.3</v>
+        <v>8.09</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>179</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="32" t="s">
         <v>180</v>
       </c>
       <c r="B25" s="74">
         <v>0</v>
       </c>
       <c r="C25" s="68">
-        <v>39487</v>
+        <v>53640</v>
       </c>
       <c r="D25" s="68">
-        <v>1230</v>
+        <v>9740</v>
       </c>
       <c r="E25" s="74">
         <v>0</v>
       </c>
       <c r="F25" s="68">
-        <v>40716</v>
+        <v>63380</v>
       </c>
       <c r="G25" s="68">
-        <v>42354</v>
-[...2 lines deleted...]
-        <v>-3.87</v>
+        <v>49513</v>
+      </c>
+      <c r="H25" s="81">
+        <v>28.01</v>
       </c>
       <c r="I25" s="72">
-        <v>3.24</v>
+        <v>4.51</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>181</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="32" t="s">
         <v>182</v>
       </c>
       <c r="B27" s="74">
         <v>0</v>
       </c>
       <c r="C27" s="68">
-        <v>31452</v>
+        <v>48465</v>
       </c>
       <c r="D27" s="68">
-        <v>18027</v>
+        <v>17185</v>
       </c>
       <c r="E27" s="74">
         <v>0</v>
       </c>
       <c r="F27" s="68">
-        <v>49478</v>
+        <v>65650</v>
       </c>
       <c r="G27" s="68">
-        <v>46556</v>
-[...2 lines deleted...]
-        <v>6.28</v>
+        <v>50648</v>
+      </c>
+      <c r="H27" s="81">
+        <v>29.62</v>
       </c>
       <c r="I27" s="72">
-        <v>3.93</v>
+        <v>4.67</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>183</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="32" t="s">
         <v>184</v>
       </c>
       <c r="B29" s="74">
         <v>0</v>
       </c>
       <c r="C29" s="68">
-        <v>8516</v>
+        <v>32398</v>
       </c>
       <c r="D29" s="68">
-        <v>2293</v>
+        <v>4620</v>
       </c>
       <c r="E29" s="74">
         <v>0</v>
       </c>
       <c r="F29" s="68">
-        <v>10809</v>
+        <v>37018</v>
       </c>
       <c r="G29" s="68">
-        <v>25304</v>
-[...2 lines deleted...]
-        <v>-57.28</v>
+        <v>21670</v>
+      </c>
+      <c r="H29" s="81">
+        <v>70.82</v>
       </c>
       <c r="I29" s="72">
-        <v>0.86</v>
+        <v>2.63</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="65" t="s">
         <v>185</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="32" t="s">
         <v>186</v>
       </c>
       <c r="B31" s="74">
         <v>0</v>
       </c>
       <c r="C31" s="68">
-        <v>37197</v>
+        <v>29577</v>
       </c>
       <c r="D31" s="68">
-        <v>13288</v>
+        <v>12189</v>
       </c>
       <c r="E31" s="74">
         <v>0</v>
       </c>
       <c r="F31" s="68">
-        <v>50484</v>
+        <v>41766</v>
       </c>
       <c r="G31" s="68">
-        <v>33383</v>
-[...2 lines deleted...]
-        <v>51.23</v>
+        <v>47099</v>
+      </c>
+      <c r="H31" s="81">
+        <v>-11.32</v>
       </c>
       <c r="I31" s="72">
-        <v>4.01</v>
+        <v>2.97</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="65" t="s">
         <v>187</v>
       </c>
       <c r="B32" s="41"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="41"/>
       <c r="G32" s="41"/>
       <c r="H32" s="41"/>
       <c r="I32" s="45"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="32" t="s">
         <v>188</v>
       </c>
       <c r="B33" s="74">
         <v>0</v>
       </c>
       <c r="C33" s="74">
         <v>0</v>
       </c>
       <c r="D33" s="68">
-        <v>8764</v>
+        <v>10352</v>
       </c>
       <c r="E33" s="74">
         <v>0</v>
       </c>
       <c r="F33" s="68">
-        <v>8764</v>
+        <v>10352</v>
       </c>
       <c r="G33" s="68">
-        <v>8764</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>10511</v>
+      </c>
+      <c r="H33" s="81">
+        <v>-1.51</v>
       </c>
       <c r="I33" s="72">
-        <v>0.7</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="65" t="s">
         <v>189</v>
       </c>
       <c r="B34" s="41"/>
       <c r="C34" s="41"/>
       <c r="D34" s="41"/>
       <c r="E34" s="41"/>
       <c r="F34" s="41"/>
       <c r="G34" s="41"/>
       <c r="H34" s="41"/>
       <c r="I34" s="45"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="32" t="s">
         <v>190</v>
       </c>
       <c r="B35" s="74">
         <v>0</v>
       </c>
       <c r="C35" s="68">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="D35" s="68">
-        <v>1436</v>
+        <v>1575</v>
       </c>
       <c r="E35" s="74">
         <v>0</v>
       </c>
       <c r="F35" s="68">
-        <v>1437</v>
+        <v>1600</v>
       </c>
       <c r="G35" s="68">
-        <v>1438</v>
-[...2 lines deleted...]
-        <v>-0.03</v>
+        <v>1464</v>
+      </c>
+      <c r="H35" s="81">
+        <v>9.29</v>
       </c>
       <c r="I35" s="72">
         <v>0.11</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="76" t="s">
         <v>191</v>
       </c>
       <c r="B36" s="43"/>
       <c r="C36" s="43"/>
       <c r="D36" s="43"/>
       <c r="E36" s="43"/>
       <c r="F36" s="43"/>
       <c r="G36" s="43"/>
       <c r="H36" s="43"/>
       <c r="I36" s="47"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="24" t="s">
         <v>30</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
@@ -7089,56 +7082,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>36</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -7198,76 +7191,76 @@
       </c>
       <c r="I7" s="9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A9" s="88" t="s">
+      <c r="A9" s="86" t="s">
         <v>62</v>
       </c>
-      <c r="B9" s="90">
+      <c r="B9" s="88">
         <v>0</v>
       </c>
       <c r="C9" s="56">
-        <v>108</v>
+        <v>143</v>
       </c>
       <c r="D9" s="56">
-        <v>5773</v>
-[...1 lines deleted...]
-      <c r="E9" s="90">
+        <v>5706</v>
+      </c>
+      <c r="E9" s="88">
         <v>0</v>
       </c>
       <c r="F9" s="56">
-        <v>5880</v>
+        <v>5848</v>
       </c>
       <c r="G9" s="56">
-        <v>4521</v>
-[...2 lines deleted...]
-        <v>30.07</v>
+        <v>6226</v>
+      </c>
+      <c r="H9" s="78">
+        <v>-6.07</v>
       </c>
       <c r="I9" s="62">
-        <v>0.47</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>192</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="32"/>
       <c r="B11" s="42"/>
       <c r="C11" s="42"/>
       <c r="D11" s="42"/>
       <c r="E11" s="42"/>
       <c r="F11" s="42"/>
       <c r="G11" s="42"/>
       <c r="H11" s="42"/>
       <c r="I11" s="46"/>
@@ -7725,56 +7718,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>54</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -7837,199 +7830,199 @@
       </c>
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>2</v>
       </c>
-      <c r="B9" s="91">
+      <c r="B9" s="89">
         <v>0</v>
       </c>
       <c r="C9" s="57">
-        <v>122225</v>
+        <v>141466</v>
       </c>
       <c r="D9" s="57">
-        <v>27081</v>
+        <v>25969</v>
       </c>
       <c r="E9" s="57">
-        <v>290</v>
+        <v>348</v>
       </c>
       <c r="F9" s="57">
-        <v>149597</v>
+        <v>167783</v>
       </c>
       <c r="G9" s="57">
-        <v>185376</v>
+        <v>153962</v>
       </c>
       <c r="H9" s="60">
-        <v>-19.3</v>
+        <v>8.98</v>
       </c>
       <c r="I9" s="63">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>49</v>
       </c>
       <c r="B11" s="74">
         <v>0</v>
       </c>
       <c r="C11" s="68">
-        <v>56506</v>
+        <v>74227</v>
       </c>
       <c r="D11" s="68">
-        <v>8507</v>
+        <v>9031</v>
       </c>
       <c r="E11" s="68">
-        <v>290</v>
+        <v>348</v>
       </c>
       <c r="F11" s="68">
-        <v>65303</v>
+        <v>83605</v>
       </c>
       <c r="G11" s="68">
-        <v>80498</v>
+        <v>71072</v>
       </c>
       <c r="H11" s="70">
-        <v>-18.88</v>
+        <v>17.63</v>
       </c>
       <c r="I11" s="72">
-        <v>43.65</v>
+        <v>49.83</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>193</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>194</v>
       </c>
       <c r="B13" s="74">
         <v>0</v>
       </c>
       <c r="C13" s="68">
-        <v>23984</v>
+        <v>22416</v>
       </c>
       <c r="D13" s="68">
-        <v>13347</v>
+        <v>11872</v>
       </c>
       <c r="E13" s="74">
         <v>0</v>
       </c>
       <c r="F13" s="68">
-        <v>37331</v>
+        <v>34288</v>
       </c>
       <c r="G13" s="68">
-        <v>31859</v>
+        <v>38470</v>
       </c>
       <c r="H13" s="70">
-        <v>17.18</v>
+        <v>-10.87</v>
       </c>
       <c r="I13" s="72">
-        <v>24.95</v>
+        <v>20.44</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>195</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>196</v>
       </c>
       <c r="B15" s="74">
         <v>0</v>
       </c>
       <c r="C15" s="68">
-        <v>41735</v>
+        <v>44824</v>
       </c>
       <c r="D15" s="68">
-        <v>5227</v>
+        <v>5067</v>
       </c>
       <c r="E15" s="74">
         <v>0</v>
       </c>
       <c r="F15" s="68">
-        <v>46962</v>
+        <v>49890</v>
       </c>
       <c r="G15" s="68">
-        <v>73019</v>
+        <v>44419</v>
       </c>
       <c r="H15" s="70">
-        <v>-35.68</v>
+        <v>12.32</v>
       </c>
       <c r="I15" s="72">
-        <v>31.39</v>
+        <v>29.73</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>197</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27"/>
       <c r="B17" s="42"/>
       <c r="C17" s="42"/>
       <c r="D17" s="42"/>
       <c r="E17" s="42"/>
       <c r="F17" s="42"/>
       <c r="G17" s="42"/>
       <c r="H17" s="42"/>
       <c r="I17" s="46"/>
@@ -8436,56 +8429,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>51</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -8549,618 +8542,618 @@
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="57">
-        <v>892</v>
+        <v>920</v>
       </c>
       <c r="C9" s="57">
-        <v>28358</v>
+        <v>27769</v>
       </c>
       <c r="D9" s="57">
-        <v>645277</v>
-[...1 lines deleted...]
-      <c r="E9" s="91">
+        <v>650217</v>
+      </c>
+      <c r="E9" s="89">
         <v>0</v>
       </c>
       <c r="F9" s="57">
-        <v>674527</v>
+        <v>678906</v>
       </c>
       <c r="G9" s="57">
-        <v>673718</v>
+        <v>675370</v>
       </c>
       <c r="H9" s="60">
-        <v>0.12</v>
+        <v>0.52</v>
       </c>
       <c r="I9" s="63">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>52</v>
       </c>
       <c r="B11" s="74">
         <v>0</v>
       </c>
       <c r="C11" s="68">
         <v>2</v>
       </c>
       <c r="D11" s="68">
-        <v>19413</v>
+        <v>19506</v>
       </c>
       <c r="E11" s="74">
         <v>0</v>
       </c>
       <c r="F11" s="68">
-        <v>19415</v>
+        <v>19507</v>
       </c>
       <c r="G11" s="68">
-        <v>19347</v>
+        <v>19381</v>
       </c>
       <c r="H11" s="70">
-        <v>0.35</v>
+        <v>0.65</v>
       </c>
       <c r="I11" s="72">
-        <v>2.88</v>
+        <v>2.87</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>198</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>199</v>
       </c>
       <c r="B13" s="68">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C13" s="68">
-        <v>2503</v>
+        <v>2439</v>
       </c>
       <c r="D13" s="68">
-        <v>29299</v>
+        <v>29139</v>
       </c>
       <c r="E13" s="74">
         <v>0</v>
       </c>
       <c r="F13" s="68">
-        <v>31806</v>
+        <v>31583</v>
       </c>
       <c r="G13" s="68">
-        <v>31961</v>
+        <v>31649</v>
       </c>
       <c r="H13" s="70">
-        <v>-0.49</v>
+        <v>-0.21</v>
       </c>
       <c r="I13" s="72">
-        <v>4.72</v>
+        <v>4.65</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>200</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>201</v>
       </c>
       <c r="B15" s="74">
         <v>0</v>
       </c>
       <c r="C15" s="68">
-        <v>4292</v>
+        <v>4184</v>
       </c>
       <c r="D15" s="68">
-        <v>25459</v>
+        <v>25925</v>
       </c>
       <c r="E15" s="74">
         <v>0</v>
       </c>
       <c r="F15" s="68">
-        <v>29751</v>
+        <v>30109</v>
       </c>
       <c r="G15" s="68">
-        <v>29745</v>
+        <v>29715</v>
       </c>
       <c r="H15" s="70">
-        <v>0.02</v>
+        <v>1.32</v>
       </c>
       <c r="I15" s="72">
-        <v>4.41</v>
+        <v>4.43</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>202</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>203</v>
       </c>
       <c r="B17" s="74">
         <v>0</v>
       </c>
       <c r="C17" s="68">
         <v>32</v>
       </c>
       <c r="D17" s="68">
-        <v>78119</v>
+        <v>79373</v>
       </c>
       <c r="E17" s="74">
         <v>0</v>
       </c>
       <c r="F17" s="68">
-        <v>78151</v>
+        <v>79405</v>
       </c>
       <c r="G17" s="68">
-        <v>77907</v>
+        <v>78532</v>
       </c>
       <c r="H17" s="70">
-        <v>0.31</v>
+        <v>1.11</v>
       </c>
       <c r="I17" s="72">
-        <v>11.59</v>
+        <v>11.7</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>204</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>205</v>
       </c>
       <c r="B19" s="74">
         <v>0</v>
       </c>
       <c r="C19" s="68">
-        <v>559</v>
+        <v>492</v>
       </c>
       <c r="D19" s="68">
-        <v>20169</v>
+        <v>19938</v>
       </c>
       <c r="E19" s="74">
         <v>0</v>
       </c>
       <c r="F19" s="68">
-        <v>20728</v>
+        <v>20430</v>
       </c>
       <c r="G19" s="68">
-        <v>20759</v>
+        <v>20606</v>
       </c>
       <c r="H19" s="70">
-        <v>-0.15</v>
+        <v>-0.85</v>
       </c>
       <c r="I19" s="72">
-        <v>3.07</v>
+        <v>3.01</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>206</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>207</v>
       </c>
       <c r="B21" s="74">
         <v>0</v>
       </c>
       <c r="C21" s="68">
-        <v>200</v>
+        <v>152</v>
       </c>
       <c r="D21" s="68">
-        <v>10792</v>
+        <v>11183</v>
       </c>
       <c r="E21" s="74">
         <v>0</v>
       </c>
       <c r="F21" s="68">
-        <v>10992</v>
+        <v>11335</v>
       </c>
       <c r="G21" s="68">
-        <v>10999</v>
+        <v>11348</v>
       </c>
       <c r="H21" s="70">
-        <v>-0.07</v>
+        <v>-0.12</v>
       </c>
       <c r="I21" s="72">
-        <v>1.63</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>208</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>209</v>
       </c>
       <c r="B23" s="74">
         <v>0</v>
       </c>
       <c r="C23" s="74">
         <v>0</v>
       </c>
       <c r="D23" s="68">
-        <v>14195</v>
+        <v>14131</v>
       </c>
       <c r="E23" s="74">
         <v>0</v>
       </c>
       <c r="F23" s="68">
-        <v>14195</v>
+        <v>14131</v>
       </c>
       <c r="G23" s="68">
-        <v>14144</v>
+        <v>14141</v>
       </c>
       <c r="H23" s="70">
-        <v>0.36</v>
+        <v>-0.07</v>
       </c>
       <c r="I23" s="72">
-        <v>2.1</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>210</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>211</v>
       </c>
       <c r="B25" s="68">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C25" s="68">
-        <v>5167</v>
+        <v>4526</v>
       </c>
       <c r="D25" s="68">
-        <v>51870</v>
+        <v>51661</v>
       </c>
       <c r="E25" s="74">
         <v>0</v>
       </c>
       <c r="F25" s="68">
-        <v>57044</v>
+        <v>56197</v>
       </c>
       <c r="G25" s="68">
-        <v>57142</v>
+        <v>56152</v>
       </c>
       <c r="H25" s="70">
-        <v>-0.17</v>
+        <v>0.08</v>
       </c>
       <c r="I25" s="72">
-        <v>8.46</v>
+        <v>8.28</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>212</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>213</v>
       </c>
       <c r="B27" s="74">
         <v>0</v>
       </c>
       <c r="C27" s="68">
-        <v>3889</v>
+        <v>4044</v>
       </c>
       <c r="D27" s="68">
-        <v>25822</v>
+        <v>25916</v>
       </c>
       <c r="E27" s="74">
         <v>0</v>
       </c>
       <c r="F27" s="68">
-        <v>29711</v>
+        <v>29960</v>
       </c>
       <c r="G27" s="68">
-        <v>29683</v>
+        <v>29791</v>
       </c>
       <c r="H27" s="70">
-        <v>0.09</v>
+        <v>0.56</v>
       </c>
       <c r="I27" s="72">
-        <v>4.4</v>
+        <v>4.41</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>214</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>215</v>
       </c>
       <c r="B29" s="68">
-        <v>684</v>
+        <v>704</v>
       </c>
       <c r="C29" s="68">
-        <v>1346</v>
+        <v>1505</v>
       </c>
       <c r="D29" s="68">
-        <v>83275</v>
+        <v>85000</v>
       </c>
       <c r="E29" s="74">
         <v>0</v>
       </c>
       <c r="F29" s="68">
-        <v>85305</v>
+        <v>87209</v>
       </c>
       <c r="G29" s="68">
-        <v>84881</v>
+        <v>85904</v>
       </c>
       <c r="H29" s="70">
-        <v>0.5</v>
+        <v>1.52</v>
       </c>
       <c r="I29" s="72">
-        <v>12.65</v>
+        <v>12.85</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="65" t="s">
         <v>216</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="45"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="27" t="s">
         <v>217</v>
       </c>
       <c r="B31" s="74">
         <v>0</v>
       </c>
       <c r="C31" s="68">
         <v>5</v>
       </c>
       <c r="D31" s="68">
-        <v>14406</v>
+        <v>14424</v>
       </c>
       <c r="E31" s="74">
         <v>0</v>
       </c>
       <c r="F31" s="68">
-        <v>14411</v>
+        <v>14430</v>
       </c>
       <c r="G31" s="68">
-        <v>14361</v>
+        <v>14389</v>
       </c>
       <c r="H31" s="70">
-        <v>0.35</v>
+        <v>0.28</v>
       </c>
       <c r="I31" s="72">
-        <v>2.14</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="65" t="s">
         <v>218</v>
       </c>
       <c r="B32" s="41"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="41"/>
       <c r="G32" s="41"/>
       <c r="H32" s="41"/>
       <c r="I32" s="45"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="27" t="s">
         <v>219</v>
       </c>
       <c r="B33" s="74">
         <v>0</v>
       </c>
       <c r="C33" s="68">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D33" s="68">
-        <v>11792</v>
+        <v>11868</v>
       </c>
       <c r="E33" s="74">
         <v>0</v>
       </c>
       <c r="F33" s="68">
-        <v>12028</v>
+        <v>12099</v>
       </c>
       <c r="G33" s="68">
-        <v>12048</v>
+        <v>12017</v>
       </c>
       <c r="H33" s="70">
-        <v>-0.17</v>
+        <v>0.69</v>
       </c>
       <c r="I33" s="72">
         <v>1.78</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="65" t="s">
         <v>220</v>
       </c>
       <c r="B34" s="41"/>
       <c r="C34" s="41"/>
       <c r="D34" s="41"/>
       <c r="E34" s="41"/>
       <c r="F34" s="41"/>
       <c r="G34" s="41"/>
       <c r="H34" s="41"/>
       <c r="I34" s="45"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="27" t="s">
         <v>221</v>
       </c>
       <c r="B35" s="74">
         <v>0</v>
       </c>
       <c r="C35" s="68">
-        <v>81</v>
+        <v>168</v>
       </c>
       <c r="D35" s="68">
-        <v>31097</v>
+        <v>31122</v>
       </c>
       <c r="E35" s="74">
         <v>0</v>
       </c>
       <c r="F35" s="68">
-        <v>31178</v>
+        <v>31290</v>
       </c>
       <c r="G35" s="68">
-        <v>31115</v>
+        <v>31378</v>
       </c>
       <c r="H35" s="70">
-        <v>0.2</v>
+        <v>-0.28</v>
       </c>
       <c r="I35" s="72">
-        <v>4.62</v>
+        <v>4.61</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="76" t="s">
         <v>222</v>
       </c>
       <c r="B36" s="43"/>
       <c r="C36" s="43"/>
       <c r="D36" s="43"/>
       <c r="E36" s="43"/>
       <c r="F36" s="43"/>
       <c r="G36" s="43"/>
       <c r="H36" s="43"/>
       <c r="I36" s="47"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
@@ -9358,56 +9351,56 @@
       <c r="D2" s="48"/>
       <c r="E2" s="48"/>
       <c r="F2" s="48"/>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>51</v>
       </c>
       <c r="B3" s="50"/>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="49" t="str">
         <f>'4-1'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="39" t="str">
         <f>'4-1'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="39"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="34" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="36"/>
       <c r="G5" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>1</v>
@@ -9470,448 +9463,448 @@
       </c>
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" thickBot="1">
       <c r="A8" s="10"/>
       <c r="B8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>53</v>
       </c>
-      <c r="B9" s="90">
+      <c r="B9" s="88">
         <v>0</v>
       </c>
       <c r="C9" s="56">
         <v>0</v>
       </c>
       <c r="D9" s="56">
-        <v>10712</v>
-[...1 lines deleted...]
-      <c r="E9" s="90">
+        <v>10723</v>
+      </c>
+      <c r="E9" s="88">
         <v>0</v>
       </c>
       <c r="F9" s="56">
-        <v>10712</v>
+        <v>10723</v>
       </c>
       <c r="G9" s="56">
-        <v>10698</v>
+        <v>10714</v>
       </c>
       <c r="H9" s="59">
-        <v>0.13</v>
+        <v>0.09</v>
       </c>
       <c r="I9" s="62">
-        <v>1.59</v>
+        <v>1.58</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>223</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="41"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>224</v>
       </c>
       <c r="B11" s="74">
         <v>0</v>
       </c>
       <c r="C11" s="68">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="D11" s="68">
-        <v>20953</v>
+        <v>20633</v>
       </c>
       <c r="E11" s="74">
         <v>0</v>
       </c>
       <c r="F11" s="68">
-        <v>20984</v>
+        <v>20655</v>
       </c>
       <c r="G11" s="68">
-        <v>21185</v>
+        <v>20773</v>
       </c>
       <c r="H11" s="70">
-        <v>-0.95</v>
+        <v>-0.57</v>
       </c>
       <c r="I11" s="72">
-        <v>3.11</v>
+        <v>3.04</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="65" t="s">
         <v>225</v>
       </c>
       <c r="B12" s="41"/>
       <c r="C12" s="41"/>
       <c r="D12" s="41"/>
       <c r="E12" s="41"/>
       <c r="F12" s="41"/>
       <c r="G12" s="41"/>
       <c r="H12" s="41"/>
       <c r="I12" s="45"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>226</v>
       </c>
-      <c r="B13" s="68">
+      <c r="B13" s="74">
         <v>0</v>
       </c>
       <c r="C13" s="68">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D13" s="68">
-        <v>10221</v>
+        <v>10235</v>
       </c>
       <c r="E13" s="74">
         <v>0</v>
       </c>
       <c r="F13" s="68">
-        <v>10240</v>
+        <v>10244</v>
       </c>
       <c r="G13" s="68">
-        <v>10321</v>
+        <v>10245</v>
       </c>
       <c r="H13" s="70">
-        <v>-0.78</v>
+        <v>-0.01</v>
       </c>
       <c r="I13" s="72">
-        <v>1.52</v>
+        <v>1.51</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="65" t="s">
         <v>227</v>
       </c>
       <c r="B14" s="41"/>
       <c r="C14" s="41"/>
       <c r="D14" s="41"/>
       <c r="E14" s="41"/>
       <c r="F14" s="41"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="45"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>228</v>
       </c>
       <c r="B15" s="74">
         <v>0</v>
       </c>
       <c r="C15" s="68">
-        <v>585</v>
+        <v>594</v>
       </c>
       <c r="D15" s="68">
-        <v>20070</v>
+        <v>20224</v>
       </c>
       <c r="E15" s="74">
         <v>0</v>
       </c>
       <c r="F15" s="68">
-        <v>20655</v>
+        <v>20818</v>
       </c>
       <c r="G15" s="68">
-        <v>20597</v>
+        <v>20673</v>
       </c>
       <c r="H15" s="70">
-        <v>0.28</v>
+        <v>0.7</v>
       </c>
       <c r="I15" s="72">
-        <v>3.06</v>
+        <v>3.07</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="65" t="s">
         <v>229</v>
       </c>
       <c r="B16" s="41"/>
       <c r="C16" s="41"/>
       <c r="D16" s="41"/>
       <c r="E16" s="41"/>
       <c r="F16" s="41"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="45"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>230</v>
       </c>
       <c r="B17" s="74">
         <v>0</v>
       </c>
       <c r="C17" s="68">
-        <v>7295</v>
+        <v>7099</v>
       </c>
       <c r="D17" s="68">
-        <v>58298</v>
+        <v>59286</v>
       </c>
       <c r="E17" s="74">
         <v>0</v>
       </c>
       <c r="F17" s="68">
-        <v>65594</v>
+        <v>66385</v>
       </c>
       <c r="G17" s="68">
-        <v>65694</v>
+        <v>65945</v>
       </c>
       <c r="H17" s="70">
-        <v>-0.15</v>
+        <v>0.67</v>
       </c>
       <c r="I17" s="72">
-        <v>9.72</v>
+        <v>9.78</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="65" t="s">
         <v>231</v>
       </c>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="45"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>232</v>
       </c>
       <c r="B19" s="74">
         <v>0</v>
       </c>
       <c r="C19" s="68">
-        <v>180</v>
+        <v>148</v>
       </c>
       <c r="D19" s="68">
-        <v>27448</v>
+        <v>27539</v>
       </c>
       <c r="E19" s="74">
         <v>0</v>
       </c>
       <c r="F19" s="68">
-        <v>27627</v>
+        <v>27687</v>
       </c>
       <c r="G19" s="68">
-        <v>27550</v>
+        <v>27576</v>
       </c>
       <c r="H19" s="70">
-        <v>0.28</v>
+        <v>0.4</v>
       </c>
       <c r="I19" s="72">
-        <v>4.1</v>
+        <v>4.08</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="65" t="s">
         <v>233</v>
       </c>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="45"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>234</v>
       </c>
       <c r="B21" s="74">
         <v>0</v>
       </c>
       <c r="C21" s="68">
-        <v>554</v>
+        <v>753</v>
       </c>
       <c r="D21" s="68">
-        <v>66783</v>
+        <v>67241</v>
       </c>
       <c r="E21" s="74">
         <v>0</v>
       </c>
       <c r="F21" s="68">
-        <v>67338</v>
+        <v>67994</v>
       </c>
       <c r="G21" s="68">
-        <v>66997</v>
+        <v>67800</v>
       </c>
       <c r="H21" s="70">
-        <v>0.51</v>
+        <v>0.29</v>
       </c>
       <c r="I21" s="72">
-        <v>9.98</v>
+        <v>10.02</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="65" t="s">
         <v>235</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="41"/>
       <c r="H22" s="41"/>
       <c r="I22" s="45"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>236</v>
       </c>
       <c r="B23" s="74">
         <v>0</v>
       </c>
       <c r="C23" s="68">
         <v>1</v>
       </c>
       <c r="D23" s="68">
-        <v>3972</v>
+        <v>4009</v>
       </c>
       <c r="E23" s="74">
         <v>0</v>
       </c>
       <c r="F23" s="68">
-        <v>3973</v>
+        <v>4010</v>
       </c>
       <c r="G23" s="68">
-        <v>3933</v>
+        <v>3979</v>
       </c>
       <c r="H23" s="70">
-        <v>1.02</v>
+        <v>0.76</v>
       </c>
       <c r="I23" s="72">
         <v>0.59</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="65" t="s">
         <v>237</v>
       </c>
       <c r="B24" s="41"/>
       <c r="C24" s="41"/>
       <c r="D24" s="41"/>
       <c r="E24" s="41"/>
       <c r="F24" s="41"/>
       <c r="G24" s="41"/>
       <c r="H24" s="41"/>
       <c r="I24" s="45"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>238</v>
       </c>
       <c r="B25" s="74">
         <v>0</v>
       </c>
       <c r="C25" s="68">
-        <v>1369</v>
+        <v>1348</v>
       </c>
       <c r="D25" s="68">
-        <v>6782</v>
+        <v>6791</v>
       </c>
       <c r="E25" s="74">
         <v>0</v>
       </c>
       <c r="F25" s="68">
-        <v>8151</v>
+        <v>8139</v>
       </c>
       <c r="G25" s="68">
-        <v>8115</v>
+        <v>8105</v>
       </c>
       <c r="H25" s="70">
-        <v>0.44</v>
+        <v>0.42</v>
       </c>
       <c r="I25" s="72">
-        <v>1.21</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="65" t="s">
         <v>239</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="45"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>240</v>
       </c>
       <c r="B27" s="68">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C27" s="68">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D27" s="68">
-        <v>4331</v>
+        <v>4351</v>
       </c>
       <c r="E27" s="74">
         <v>0</v>
       </c>
       <c r="F27" s="68">
-        <v>4540</v>
+        <v>4567</v>
       </c>
       <c r="G27" s="68">
-        <v>4535</v>
+        <v>4556</v>
       </c>
       <c r="H27" s="70">
-        <v>0.12</v>
+        <v>0.25</v>
       </c>
       <c r="I27" s="72">
         <v>0.67</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="65" t="s">
         <v>241</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="27"/>
       <c r="B29" s="42"/>
       <c r="C29" s="42"/>
       <c r="D29" s="42"/>
       <c r="E29" s="42"/>
       <c r="F29" s="42"/>