--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -197,51 +197,51 @@
   <si>
     <t>買入</t>
   </si>
   <si>
     <t>選擇權</t>
   </si>
   <si>
     <t>賣出</t>
   </si>
   <si>
     <t>期貨-</t>
   </si>
   <si>
     <t>長部位</t>
   </si>
   <si>
     <t>短部位</t>
   </si>
   <si>
     <t>契約</t>
   </si>
   <si>
     <t>總計</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of July 2025</t>
+    <t xml:space="preserve"> End of Sept. 2025</t>
   </si>
   <si>
     <r>
       <t>3-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　衍生性金融商品名目本金餘額（商品別）</t>
     </r>
   </si>
   <si>
     <r>
       <t>3-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
@@ -674,51 +674,51 @@
   <si>
     <t>中國輸出入銀行</t>
   </si>
   <si>
     <t>The Export-Import Bank of The Republic of China</t>
   </si>
   <si>
     <t>高雄銀行</t>
   </si>
   <si>
     <t>Bank of Kaohsiung</t>
   </si>
   <si>
     <t>兆豐國際商業銀行　#</t>
   </si>
   <si>
     <t>Mega International Commercial Bank Co., Ltd.</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>Citibank Taiwan Ltd.</t>
   </si>
   <si>
-    <t>民國114年 7月底</t>
+    <t>民國114年 9月底</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
@@ -2671,765 +2671,765 @@
       <c r="F9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="16"/>
       <c r="I9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="J9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="K9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="L9" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="61" t="s">
         <v>49</v>
       </c>
       <c r="B10" s="64">
-        <v>1924663</v>
+        <v>1953407</v>
       </c>
       <c r="C10" s="64">
-        <v>1915817</v>
+        <v>1948319</v>
       </c>
       <c r="D10" s="64">
-        <v>968582</v>
+        <v>987415</v>
       </c>
       <c r="E10" s="64">
-        <v>821391</v>
+        <v>830031</v>
       </c>
       <c r="F10" s="64">
-        <v>58642</v>
+        <v>61693</v>
       </c>
       <c r="G10" s="64">
-        <v>67201</v>
+        <v>69180</v>
       </c>
       <c r="H10" s="64">
-        <v>8846</v>
+        <v>5088</v>
       </c>
       <c r="I10" s="64">
-        <v>5863</v>
+        <v>3457</v>
       </c>
       <c r="J10" s="64">
-        <v>2900</v>
+        <v>1486</v>
       </c>
       <c r="K10" s="64">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L10" s="67">
-        <v>47</v>
+        <v>107</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="70" t="s">
         <v>3</v>
       </c>
       <c r="B11" s="40"/>
       <c r="C11" s="40"/>
       <c r="D11" s="40"/>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
       <c r="H11" s="40"/>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="40"/>
       <c r="L11" s="53"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="32" t="s">
         <v>50</v>
       </c>
       <c r="B12" s="72">
-        <v>34834</v>
+        <v>35427</v>
       </c>
       <c r="C12" s="72">
-        <v>34834</v>
+        <v>35427</v>
       </c>
       <c r="D12" s="72">
-        <v>33263</v>
+        <v>33887</v>
       </c>
       <c r="E12" s="72">
-        <v>829</v>
+        <v>817</v>
       </c>
       <c r="F12" s="72">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="G12" s="72">
-        <v>722</v>
+        <v>708</v>
       </c>
       <c r="H12" s="74">
         <v>0</v>
       </c>
       <c r="I12" s="74">
         <v>0</v>
       </c>
       <c r="J12" s="74">
         <v>0</v>
       </c>
       <c r="K12" s="74">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>51</v>
       </c>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="40"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="40"/>
       <c r="K13" s="40"/>
       <c r="L13" s="53"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="32" t="s">
         <v>52</v>
       </c>
       <c r="B14" s="72">
-        <v>5481</v>
+        <v>5030</v>
       </c>
       <c r="C14" s="72">
-        <v>5481</v>
+        <v>5030</v>
       </c>
       <c r="D14" s="72">
-        <v>4943</v>
+        <v>4493</v>
       </c>
       <c r="E14" s="72">
         <v>269</v>
       </c>
-      <c r="F14" s="72">
-        <v>1</v>
+      <c r="F14" s="74">
+        <v>0</v>
       </c>
       <c r="G14" s="72">
         <v>269</v>
       </c>
       <c r="H14" s="74">
         <v>0</v>
       </c>
       <c r="I14" s="74">
         <v>0</v>
       </c>
       <c r="J14" s="74">
         <v>0</v>
       </c>
       <c r="K14" s="74">
         <v>0</v>
       </c>
       <c r="L14" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="69" t="s">
         <v>53</v>
       </c>
       <c r="B15" s="40"/>
       <c r="C15" s="40"/>
       <c r="D15" s="40"/>
       <c r="E15" s="40"/>
       <c r="F15" s="40"/>
       <c r="G15" s="40"/>
       <c r="H15" s="40"/>
       <c r="I15" s="40"/>
       <c r="J15" s="40"/>
       <c r="K15" s="40"/>
       <c r="L15" s="53"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="32" t="s">
         <v>54</v>
       </c>
       <c r="B16" s="72">
-        <v>10147</v>
+        <v>9693</v>
       </c>
       <c r="C16" s="72">
-        <v>10145</v>
+        <v>9693</v>
       </c>
       <c r="D16" s="72">
-        <v>9421</v>
+        <v>8894</v>
       </c>
       <c r="E16" s="72">
-        <v>375</v>
+        <v>404</v>
       </c>
       <c r="F16" s="72">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="G16" s="72">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>288</v>
+      </c>
+      <c r="H16" s="74">
+        <v>0</v>
       </c>
       <c r="I16" s="74">
         <v>0</v>
       </c>
-      <c r="J16" s="72">
-        <v>2</v>
+      <c r="J16" s="74">
+        <v>0</v>
       </c>
       <c r="K16" s="74">
         <v>0</v>
       </c>
       <c r="L16" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="69" t="s">
         <v>55</v>
       </c>
       <c r="B17" s="40"/>
       <c r="C17" s="40"/>
       <c r="D17" s="40"/>
       <c r="E17" s="40"/>
       <c r="F17" s="40"/>
       <c r="G17" s="40"/>
       <c r="H17" s="40"/>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="40"/>
       <c r="L17" s="53"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="32" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="72">
-        <v>44986</v>
+        <v>44037</v>
       </c>
       <c r="C18" s="72">
-        <v>44911</v>
+        <v>43961</v>
       </c>
       <c r="D18" s="72">
-        <v>26307</v>
+        <v>25714</v>
       </c>
       <c r="E18" s="72">
-        <v>12071</v>
+        <v>12111</v>
       </c>
       <c r="F18" s="72">
-        <v>2982</v>
+        <v>2835</v>
       </c>
       <c r="G18" s="72">
-        <v>3550</v>
+        <v>3301</v>
       </c>
       <c r="H18" s="72">
         <v>76</v>
       </c>
       <c r="I18" s="72">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="J18" s="72">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="K18" s="74">
         <v>0</v>
       </c>
       <c r="L18" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1">
       <c r="A19" s="69" t="s">
         <v>57</v>
       </c>
       <c r="B19" s="40"/>
       <c r="C19" s="40"/>
       <c r="D19" s="40"/>
       <c r="E19" s="40"/>
       <c r="F19" s="40"/>
       <c r="G19" s="40"/>
       <c r="H19" s="40"/>
       <c r="I19" s="40"/>
       <c r="J19" s="40"/>
       <c r="K19" s="40"/>
       <c r="L19" s="53"/>
     </row>
     <row r="20" spans="1:12" ht="12.6" customHeight="1">
       <c r="A20" s="32" t="s">
         <v>58</v>
       </c>
       <c r="B20" s="72">
-        <v>22785</v>
+        <v>22537</v>
       </c>
       <c r="C20" s="72">
-        <v>22747</v>
+        <v>22472</v>
       </c>
       <c r="D20" s="72">
-        <v>13696</v>
+        <v>13495</v>
       </c>
       <c r="E20" s="72">
-        <v>4014</v>
+        <v>3980</v>
       </c>
       <c r="F20" s="72">
-        <v>2503</v>
+        <v>2446</v>
       </c>
       <c r="G20" s="72">
-        <v>2533</v>
+        <v>2550</v>
       </c>
       <c r="H20" s="72">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="I20" s="72">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="J20" s="72">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K20" s="74">
         <v>0</v>
       </c>
       <c r="L20" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="11.1" customHeight="1">
       <c r="A21" s="69" t="s">
         <v>59</v>
       </c>
       <c r="B21" s="40"/>
       <c r="C21" s="40"/>
       <c r="D21" s="40"/>
       <c r="E21" s="40"/>
       <c r="F21" s="40"/>
       <c r="G21" s="40"/>
       <c r="H21" s="40"/>
       <c r="I21" s="40"/>
       <c r="J21" s="40"/>
       <c r="K21" s="40"/>
       <c r="L21" s="53"/>
     </row>
     <row r="22" spans="1:12" ht="12.6" customHeight="1">
       <c r="A22" s="32" t="s">
         <v>60</v>
       </c>
       <c r="B22" s="72">
-        <v>14171</v>
+        <v>14222</v>
       </c>
       <c r="C22" s="72">
-        <v>14069</v>
+        <v>14123</v>
       </c>
       <c r="D22" s="72">
-        <v>10416</v>
+        <v>10360</v>
       </c>
       <c r="E22" s="72">
-        <v>2814</v>
+        <v>3055</v>
       </c>
       <c r="F22" s="72">
-        <v>381</v>
+        <v>316</v>
       </c>
       <c r="G22" s="72">
-        <v>458</v>
+        <v>392</v>
       </c>
       <c r="H22" s="72">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="I22" s="72">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J22" s="72">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="K22" s="74">
         <v>0</v>
       </c>
       <c r="L22" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="11.1" customHeight="1">
       <c r="A23" s="69" t="s">
         <v>61</v>
       </c>
       <c r="B23" s="40"/>
       <c r="C23" s="40"/>
       <c r="D23" s="40"/>
       <c r="E23" s="40"/>
       <c r="F23" s="40"/>
       <c r="G23" s="40"/>
       <c r="H23" s="40"/>
       <c r="I23" s="40"/>
       <c r="J23" s="40"/>
       <c r="K23" s="40"/>
       <c r="L23" s="53"/>
     </row>
     <row r="24" spans="1:12" ht="12.6" customHeight="1">
       <c r="A24" s="32" t="s">
         <v>62</v>
       </c>
       <c r="B24" s="72">
-        <v>4272</v>
+        <v>4064</v>
       </c>
       <c r="C24" s="72">
-        <v>4253</v>
+        <v>4062</v>
       </c>
       <c r="D24" s="72">
-        <v>2008</v>
+        <v>2077</v>
       </c>
       <c r="E24" s="72">
-        <v>337</v>
+        <v>415</v>
       </c>
       <c r="F24" s="72">
-        <v>993</v>
+        <v>772</v>
       </c>
       <c r="G24" s="72">
-        <v>916</v>
+        <v>798</v>
       </c>
       <c r="H24" s="72">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="I24" s="74">
         <v>0</v>
       </c>
-      <c r="J24" s="72">
-        <v>18</v>
+      <c r="J24" s="74">
+        <v>0</v>
       </c>
       <c r="K24" s="72">
         <v>1</v>
       </c>
       <c r="L24" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="11.1" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>63</v>
       </c>
       <c r="B25" s="40"/>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="40"/>
       <c r="G25" s="40"/>
       <c r="H25" s="40"/>
       <c r="I25" s="40"/>
       <c r="J25" s="40"/>
       <c r="K25" s="40"/>
       <c r="L25" s="53"/>
     </row>
     <row r="26" spans="1:12" ht="12.6" customHeight="1">
       <c r="A26" s="32" t="s">
         <v>64</v>
       </c>
       <c r="B26" s="72">
-        <v>157723</v>
+        <v>165067</v>
       </c>
       <c r="C26" s="72">
-        <v>157209</v>
+        <v>164729</v>
       </c>
       <c r="D26" s="72">
-        <v>85278</v>
+        <v>89645</v>
       </c>
       <c r="E26" s="72">
-        <v>63389</v>
+        <v>64517</v>
       </c>
       <c r="F26" s="72">
-        <v>3902</v>
+        <v>4954</v>
       </c>
       <c r="G26" s="72">
-        <v>4640</v>
+        <v>5613</v>
       </c>
       <c r="H26" s="72">
-        <v>514</v>
+        <v>337</v>
       </c>
       <c r="I26" s="72">
-        <v>382</v>
+        <v>206</v>
       </c>
       <c r="J26" s="72">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="K26" s="74">
         <v>0</v>
       </c>
       <c r="L26" s="78">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="11.1" customHeight="1">
       <c r="A27" s="69" t="s">
         <v>65</v>
       </c>
       <c r="B27" s="40"/>
       <c r="C27" s="40"/>
       <c r="D27" s="40"/>
       <c r="E27" s="40"/>
       <c r="F27" s="40"/>
       <c r="G27" s="40"/>
       <c r="H27" s="40"/>
       <c r="I27" s="40"/>
       <c r="J27" s="40"/>
       <c r="K27" s="40"/>
       <c r="L27" s="53"/>
     </row>
     <row r="28" spans="1:12" ht="12.6" customHeight="1">
       <c r="A28" s="32" t="s">
         <v>66</v>
       </c>
       <c r="B28" s="72">
-        <v>194520</v>
+        <v>183221</v>
       </c>
       <c r="C28" s="72">
-        <v>193442</v>
+        <v>183107</v>
       </c>
       <c r="D28" s="72">
-        <v>132184</v>
+        <v>122307</v>
       </c>
       <c r="E28" s="72">
-        <v>53880</v>
+        <v>53005</v>
       </c>
       <c r="F28" s="72">
-        <v>3010</v>
+        <v>3194</v>
       </c>
       <c r="G28" s="72">
-        <v>4368</v>
+        <v>4601</v>
       </c>
       <c r="H28" s="72">
-        <v>1078</v>
+        <v>114</v>
       </c>
       <c r="I28" s="72">
-        <v>847</v>
+        <v>62</v>
       </c>
       <c r="J28" s="72">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="K28" s="72">
+        <v>51</v>
+      </c>
+      <c r="K28" s="74">
+        <v>0</v>
+      </c>
+      <c r="L28" s="78">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="11.1" customHeight="1">
       <c r="A29" s="69" t="s">
         <v>67</v>
       </c>
       <c r="B29" s="40"/>
       <c r="C29" s="40"/>
       <c r="D29" s="40"/>
       <c r="E29" s="40"/>
       <c r="F29" s="40"/>
       <c r="G29" s="40"/>
       <c r="H29" s="40"/>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="40"/>
       <c r="L29" s="53"/>
     </row>
     <row r="30" spans="1:12" ht="12.6" customHeight="1">
       <c r="A30" s="32" t="s">
         <v>68</v>
       </c>
       <c r="B30" s="72">
-        <v>1625</v>
+        <v>1893</v>
       </c>
       <c r="C30" s="72">
-        <v>1625</v>
+        <v>1893</v>
       </c>
       <c r="D30" s="72">
-        <v>133</v>
+        <v>150</v>
       </c>
       <c r="E30" s="72">
-        <v>1492</v>
+        <v>1742</v>
       </c>
       <c r="F30" s="74">
         <v>0</v>
       </c>
       <c r="G30" s="74">
         <v>0</v>
       </c>
       <c r="H30" s="74">
         <v>0</v>
       </c>
       <c r="I30" s="74">
         <v>0</v>
       </c>
       <c r="J30" s="74">
         <v>0</v>
       </c>
       <c r="K30" s="74">
         <v>0</v>
       </c>
       <c r="L30" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="11.1" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="40"/>
       <c r="C31" s="40"/>
       <c r="D31" s="40"/>
       <c r="E31" s="40"/>
       <c r="F31" s="40"/>
       <c r="G31" s="40"/>
       <c r="H31" s="40"/>
       <c r="I31" s="40"/>
       <c r="J31" s="40"/>
       <c r="K31" s="40"/>
       <c r="L31" s="53"/>
     </row>
     <row r="32" spans="1:12" ht="12.6" customHeight="1">
       <c r="A32" s="32" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="72">
-        <v>287</v>
+        <v>268</v>
       </c>
       <c r="C32" s="72">
-        <v>287</v>
+        <v>268</v>
       </c>
       <c r="D32" s="72">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="E32" s="72">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="F32" s="74">
         <v>0</v>
       </c>
       <c r="G32" s="72">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="H32" s="74">
         <v>0</v>
       </c>
       <c r="I32" s="74">
         <v>0</v>
       </c>
       <c r="J32" s="74">
         <v>0</v>
       </c>
       <c r="K32" s="74">
         <v>0</v>
       </c>
       <c r="L32" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="11.1" customHeight="1">
       <c r="A33" s="69" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="40"/>
       <c r="C33" s="40"/>
       <c r="D33" s="40"/>
       <c r="E33" s="40"/>
       <c r="F33" s="40"/>
       <c r="G33" s="40"/>
       <c r="H33" s="40"/>
       <c r="I33" s="40"/>
       <c r="J33" s="40"/>
       <c r="K33" s="40"/>
       <c r="L33" s="53"/>
     </row>
     <row r="34" spans="1:12" ht="12.6" customHeight="1">
       <c r="A34" s="32" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="72">
-        <v>36027</v>
+        <v>37537</v>
       </c>
       <c r="C34" s="72">
-        <v>36027</v>
+        <v>37536</v>
       </c>
       <c r="D34" s="72">
-        <v>31030</v>
+        <v>32526</v>
       </c>
       <c r="E34" s="72">
-        <v>3420</v>
+        <v>3409</v>
       </c>
       <c r="F34" s="72">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="G34" s="72">
-        <v>1018</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1030</v>
+      </c>
+      <c r="H34" s="72">
+        <v>1</v>
+      </c>
+      <c r="I34" s="72">
+        <v>1</v>
       </c>
       <c r="J34" s="74">
         <v>0</v>
       </c>
       <c r="K34" s="74">
         <v>0</v>
       </c>
       <c r="L34" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="11.1" customHeight="1">
       <c r="A35" s="69" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="40"/>
       <c r="C35" s="40"/>
       <c r="D35" s="40"/>
       <c r="E35" s="40"/>
       <c r="F35" s="40"/>
       <c r="G35" s="40"/>
       <c r="H35" s="40"/>
       <c r="I35" s="40"/>
       <c r="J35" s="40"/>
       <c r="K35" s="40"/>
       <c r="L35" s="53"/>
     </row>
     <row r="36" spans="1:12" ht="12.6" customHeight="1">
       <c r="A36" s="33" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="80">
-        <v>37123</v>
+        <v>34638</v>
       </c>
       <c r="C36" s="80">
-        <v>37123</v>
+        <v>34638</v>
       </c>
       <c r="D36" s="80">
-        <v>23449</v>
+        <v>21546</v>
       </c>
       <c r="E36" s="80">
-        <v>12091</v>
+        <v>11522</v>
       </c>
       <c r="F36" s="80">
-        <v>1529</v>
+        <v>1515</v>
       </c>
       <c r="G36" s="80">
         <v>55</v>
       </c>
       <c r="H36" s="82">
         <v>0</v>
       </c>
       <c r="I36" s="82">
         <v>0</v>
       </c>
       <c r="J36" s="82">
         <v>0</v>
       </c>
       <c r="K36" s="82">
         <v>0</v>
       </c>
       <c r="L36" s="84">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="86" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="51"/>
@@ -3696,57 +3696,57 @@
       <c r="K2" s="57"/>
       <c r="L2" s="57"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
       <c r="L3" s="46"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="58" t="str">
         <f>'3-2'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="58"/>
       <c r="F4" s="58"/>
       <c r="G4" s="30" t="str">
         <f>'3-2'!G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="H4" s="29"/>
       <c r="I4" s="5"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="12" customHeight="1">
       <c r="A5" s="47" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="44" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="44"/>
       <c r="E5" s="44"/>
       <c r="F5" s="44"/>
       <c r="G5" s="45"/>
       <c r="H5" s="42" t="s">
         <v>15</v>
@@ -3865,777 +3865,777 @@
       <c r="F9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="16"/>
       <c r="I9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="J9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="K9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="L9" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="60" t="s">
         <v>77</v>
       </c>
       <c r="B10" s="63">
-        <v>5401</v>
+        <v>4874</v>
       </c>
       <c r="C10" s="63">
-        <v>5396</v>
+        <v>4869</v>
       </c>
       <c r="D10" s="63">
-        <v>3193</v>
+        <v>2794</v>
       </c>
       <c r="E10" s="63">
-        <v>851</v>
+        <v>863</v>
       </c>
       <c r="F10" s="63">
-        <v>671</v>
+        <v>606</v>
       </c>
       <c r="G10" s="63">
-        <v>681</v>
+        <v>605</v>
       </c>
       <c r="H10" s="63">
         <v>5</v>
       </c>
       <c r="I10" s="63">
         <v>5</v>
       </c>
       <c r="J10" s="88">
         <v>0</v>
       </c>
       <c r="K10" s="88">
         <v>0</v>
       </c>
       <c r="L10" s="90">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="69" t="s">
         <v>78</v>
       </c>
       <c r="B11" s="40"/>
       <c r="C11" s="40"/>
       <c r="D11" s="40"/>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
       <c r="H11" s="40"/>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="40"/>
       <c r="L11" s="53"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="32" t="s">
         <v>79</v>
       </c>
       <c r="B12" s="72">
-        <v>7520</v>
+        <v>9287</v>
       </c>
       <c r="C12" s="72">
-        <v>7520</v>
+        <v>9287</v>
       </c>
       <c r="D12" s="72">
-        <v>6174</v>
+        <v>7896</v>
       </c>
       <c r="E12" s="72">
-        <v>403</v>
+        <v>414</v>
       </c>
       <c r="F12" s="72">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G12" s="72">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="H12" s="74">
         <v>0</v>
       </c>
       <c r="I12" s="74">
         <v>0</v>
       </c>
       <c r="J12" s="74">
         <v>0</v>
       </c>
       <c r="K12" s="74">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>80</v>
       </c>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="40"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="40"/>
       <c r="K13" s="40"/>
       <c r="L13" s="53"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="32" t="s">
         <v>81</v>
       </c>
       <c r="B14" s="72">
-        <v>365004</v>
+        <v>377605</v>
       </c>
       <c r="C14" s="72">
-        <v>365004</v>
+        <v>377605</v>
       </c>
       <c r="D14" s="72">
-        <v>39760</v>
+        <v>40605</v>
       </c>
       <c r="E14" s="72">
-        <v>321713</v>
+        <v>332883</v>
       </c>
       <c r="F14" s="72">
-        <v>2250</v>
+        <v>2530</v>
       </c>
       <c r="G14" s="72">
-        <v>1281</v>
+        <v>1587</v>
       </c>
       <c r="H14" s="74">
         <v>0</v>
       </c>
       <c r="I14" s="74">
         <v>0</v>
       </c>
       <c r="J14" s="74">
         <v>0</v>
       </c>
       <c r="K14" s="74">
         <v>0</v>
       </c>
       <c r="L14" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="69" t="s">
         <v>82</v>
       </c>
       <c r="B15" s="40"/>
       <c r="C15" s="40"/>
       <c r="D15" s="40"/>
       <c r="E15" s="40"/>
       <c r="F15" s="40"/>
       <c r="G15" s="40"/>
       <c r="H15" s="40"/>
       <c r="I15" s="40"/>
       <c r="J15" s="40"/>
       <c r="K15" s="40"/>
       <c r="L15" s="53"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="32" t="s">
         <v>83</v>
       </c>
       <c r="B16" s="72">
-        <v>7390</v>
+        <v>6818</v>
       </c>
       <c r="C16" s="72">
-        <v>7348</v>
+        <v>6778</v>
       </c>
       <c r="D16" s="72">
-        <v>4169</v>
+        <v>3406</v>
       </c>
       <c r="E16" s="72">
-        <v>562</v>
+        <v>610</v>
       </c>
       <c r="F16" s="72">
-        <v>1180</v>
+        <v>1257</v>
       </c>
       <c r="G16" s="72">
-        <v>1437</v>
+        <v>1506</v>
       </c>
       <c r="H16" s="72">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="I16" s="72">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>40</v>
+      </c>
+      <c r="J16" s="74">
+        <v>0</v>
       </c>
       <c r="K16" s="74">
         <v>0</v>
       </c>
       <c r="L16" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="69" t="s">
         <v>84</v>
       </c>
       <c r="B17" s="40"/>
       <c r="C17" s="40"/>
       <c r="D17" s="40"/>
       <c r="E17" s="40"/>
       <c r="F17" s="40"/>
       <c r="G17" s="40"/>
       <c r="H17" s="40"/>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="40"/>
       <c r="L17" s="53"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="32" t="s">
         <v>85</v>
       </c>
       <c r="B18" s="72">
-        <v>83</v>
+        <v>108</v>
       </c>
       <c r="C18" s="72">
-        <v>83</v>
+        <v>108</v>
       </c>
       <c r="D18" s="72">
-        <v>83</v>
+        <v>108</v>
       </c>
       <c r="E18" s="74">
         <v>0</v>
       </c>
       <c r="F18" s="74">
         <v>0</v>
       </c>
       <c r="G18" s="74">
         <v>0</v>
       </c>
       <c r="H18" s="74">
         <v>0</v>
       </c>
       <c r="I18" s="74">
         <v>0</v>
       </c>
       <c r="J18" s="74">
         <v>0</v>
       </c>
       <c r="K18" s="74">
         <v>0</v>
       </c>
       <c r="L18" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1">
       <c r="A19" s="69" t="s">
         <v>86</v>
       </c>
       <c r="B19" s="40"/>
       <c r="C19" s="40"/>
       <c r="D19" s="40"/>
       <c r="E19" s="40"/>
       <c r="F19" s="40"/>
       <c r="G19" s="40"/>
       <c r="H19" s="40"/>
       <c r="I19" s="40"/>
       <c r="J19" s="40"/>
       <c r="K19" s="40"/>
       <c r="L19" s="53"/>
     </row>
     <row r="20" spans="1:12" ht="12.6" customHeight="1">
       <c r="A20" s="32" t="s">
         <v>87</v>
       </c>
       <c r="B20" s="72">
-        <v>80693</v>
+        <v>81578</v>
       </c>
       <c r="C20" s="72">
-        <v>79651</v>
+        <v>81323</v>
       </c>
       <c r="D20" s="72">
-        <v>36038</v>
+        <v>40270</v>
       </c>
       <c r="E20" s="72">
-        <v>43149</v>
+        <v>40443</v>
       </c>
       <c r="F20" s="72">
-        <v>297</v>
+        <v>367</v>
       </c>
       <c r="G20" s="72">
-        <v>167</v>
+        <v>242</v>
       </c>
       <c r="H20" s="72">
-        <v>1042</v>
-[...2 lines deleted...]
-        <v>510</v>
+        <v>255</v>
+      </c>
+      <c r="I20" s="74">
+        <v>0</v>
       </c>
       <c r="J20" s="72">
-        <v>532</v>
+        <v>255</v>
       </c>
       <c r="K20" s="74">
         <v>0</v>
       </c>
       <c r="L20" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="11.1" customHeight="1">
       <c r="A21" s="69" t="s">
         <v>88</v>
       </c>
       <c r="B21" s="40"/>
       <c r="C21" s="40"/>
       <c r="D21" s="40"/>
       <c r="E21" s="40"/>
       <c r="F21" s="40"/>
       <c r="G21" s="40"/>
       <c r="H21" s="40"/>
       <c r="I21" s="40"/>
       <c r="J21" s="40"/>
       <c r="K21" s="40"/>
       <c r="L21" s="53"/>
     </row>
     <row r="22" spans="1:12" ht="12.6" customHeight="1">
       <c r="A22" s="32" t="s">
         <v>89</v>
       </c>
       <c r="B22" s="72">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="C22" s="72">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D22" s="72">
         <v>23</v>
       </c>
       <c r="E22" s="72">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F22" s="74">
         <v>0</v>
       </c>
       <c r="G22" s="74">
         <v>0</v>
       </c>
       <c r="H22" s="74">
         <v>0</v>
       </c>
       <c r="I22" s="74">
         <v>0</v>
       </c>
       <c r="J22" s="74">
         <v>0</v>
       </c>
       <c r="K22" s="74">
         <v>0</v>
       </c>
       <c r="L22" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="11.1" customHeight="1">
       <c r="A23" s="69" t="s">
         <v>90</v>
       </c>
       <c r="B23" s="40"/>
       <c r="C23" s="40"/>
       <c r="D23" s="40"/>
       <c r="E23" s="40"/>
       <c r="F23" s="40"/>
       <c r="G23" s="40"/>
       <c r="H23" s="40"/>
       <c r="I23" s="40"/>
       <c r="J23" s="40"/>
       <c r="K23" s="40"/>
       <c r="L23" s="53"/>
     </row>
     <row r="24" spans="1:12" ht="12.6" customHeight="1">
       <c r="A24" s="32" t="s">
         <v>91</v>
       </c>
       <c r="B24" s="72">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="C24" s="72">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="D24" s="72">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E24" s="74">
         <v>0</v>
       </c>
       <c r="F24" s="74">
         <v>0</v>
       </c>
       <c r="G24" s="74">
         <v>0</v>
       </c>
       <c r="H24" s="74">
         <v>0</v>
       </c>
       <c r="I24" s="74">
         <v>0</v>
       </c>
       <c r="J24" s="74">
         <v>0</v>
       </c>
       <c r="K24" s="74">
         <v>0</v>
       </c>
       <c r="L24" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="11.1" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>92</v>
       </c>
       <c r="B25" s="40"/>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="40"/>
       <c r="G25" s="40"/>
       <c r="H25" s="40"/>
       <c r="I25" s="40"/>
       <c r="J25" s="40"/>
       <c r="K25" s="40"/>
       <c r="L25" s="53"/>
     </row>
     <row r="26" spans="1:12" ht="12.6" customHeight="1">
       <c r="A26" s="32" t="s">
         <v>93</v>
       </c>
       <c r="B26" s="72">
-        <v>12630</v>
+        <v>12179</v>
       </c>
       <c r="C26" s="72">
-        <v>12627</v>
+        <v>12163</v>
       </c>
       <c r="D26" s="72">
-        <v>3975</v>
+        <v>3592</v>
       </c>
       <c r="E26" s="72">
-        <v>5812</v>
+        <v>5703</v>
       </c>
       <c r="F26" s="72">
-        <v>1368</v>
+        <v>1387</v>
       </c>
       <c r="G26" s="72">
-        <v>1473</v>
+        <v>1480</v>
       </c>
       <c r="H26" s="72">
+        <v>16</v>
+      </c>
+      <c r="I26" s="72">
+        <v>13</v>
+      </c>
+      <c r="J26" s="72">
         <v>3</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
       <c r="K26" s="74">
         <v>0</v>
       </c>
       <c r="L26" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="11.1" customHeight="1">
       <c r="A27" s="69" t="s">
         <v>94</v>
       </c>
       <c r="B27" s="40"/>
       <c r="C27" s="40"/>
       <c r="D27" s="40"/>
       <c r="E27" s="40"/>
       <c r="F27" s="40"/>
       <c r="G27" s="40"/>
       <c r="H27" s="40"/>
       <c r="I27" s="40"/>
       <c r="J27" s="40"/>
       <c r="K27" s="40"/>
       <c r="L27" s="53"/>
     </row>
     <row r="28" spans="1:12" ht="12.6" customHeight="1">
       <c r="A28" s="32" t="s">
         <v>95</v>
       </c>
       <c r="B28" s="72">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="C28" s="72">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="D28" s="72">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="E28" s="74">
         <v>0</v>
       </c>
       <c r="F28" s="74">
         <v>0</v>
       </c>
       <c r="G28" s="74">
         <v>0</v>
       </c>
       <c r="H28" s="74">
         <v>0</v>
       </c>
       <c r="I28" s="74">
         <v>0</v>
       </c>
       <c r="J28" s="74">
         <v>0</v>
       </c>
       <c r="K28" s="74">
         <v>0</v>
       </c>
       <c r="L28" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="11.1" customHeight="1">
       <c r="A29" s="69" t="s">
         <v>96</v>
       </c>
       <c r="B29" s="40"/>
       <c r="C29" s="40"/>
       <c r="D29" s="40"/>
       <c r="E29" s="40"/>
       <c r="F29" s="40"/>
       <c r="G29" s="40"/>
       <c r="H29" s="40"/>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="40"/>
       <c r="L29" s="53"/>
     </row>
     <row r="30" spans="1:12" ht="12.6" customHeight="1">
       <c r="A30" s="32" t="s">
         <v>97</v>
       </c>
       <c r="B30" s="72">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="C30" s="72">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="D30" s="72">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E30" s="74">
         <v>0</v>
       </c>
       <c r="F30" s="74">
         <v>0</v>
       </c>
       <c r="G30" s="74">
         <v>0</v>
       </c>
       <c r="H30" s="74">
         <v>0</v>
       </c>
       <c r="I30" s="74">
         <v>0</v>
       </c>
       <c r="J30" s="74">
         <v>0</v>
       </c>
       <c r="K30" s="74">
         <v>0</v>
       </c>
       <c r="L30" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="11.1" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>98</v>
       </c>
       <c r="B31" s="40"/>
       <c r="C31" s="40"/>
       <c r="D31" s="40"/>
       <c r="E31" s="40"/>
       <c r="F31" s="40"/>
       <c r="G31" s="40"/>
       <c r="H31" s="40"/>
       <c r="I31" s="40"/>
       <c r="J31" s="40"/>
       <c r="K31" s="40"/>
       <c r="L31" s="53"/>
     </row>
     <row r="32" spans="1:12" ht="12.6" customHeight="1">
       <c r="A32" s="32" t="s">
         <v>99</v>
       </c>
       <c r="B32" s="72">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="C32" s="72">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="D32" s="72">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="E32" s="72">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="F32" s="74">
         <v>0</v>
       </c>
       <c r="G32" s="72">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="H32" s="74">
         <v>0</v>
       </c>
       <c r="I32" s="74">
         <v>0</v>
       </c>
       <c r="J32" s="74">
         <v>0</v>
       </c>
       <c r="K32" s="74">
         <v>0</v>
       </c>
       <c r="L32" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="11.1" customHeight="1">
       <c r="A33" s="69" t="s">
         <v>100</v>
       </c>
       <c r="B33" s="40"/>
       <c r="C33" s="40"/>
       <c r="D33" s="40"/>
       <c r="E33" s="40"/>
       <c r="F33" s="40"/>
       <c r="G33" s="40"/>
       <c r="H33" s="40"/>
       <c r="I33" s="40"/>
       <c r="J33" s="40"/>
       <c r="K33" s="40"/>
       <c r="L33" s="53"/>
     </row>
     <row r="34" spans="1:12" ht="12.6" customHeight="1">
       <c r="A34" s="32" t="s">
         <v>101</v>
       </c>
       <c r="B34" s="72">
-        <v>2668</v>
+        <v>2813</v>
       </c>
       <c r="C34" s="72">
-        <v>2668</v>
+        <v>2813</v>
       </c>
       <c r="D34" s="72">
-        <v>2279</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2416</v>
+      </c>
+      <c r="E34" s="72">
+        <v>10</v>
       </c>
       <c r="F34" s="72">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="G34" s="72">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="H34" s="74">
         <v>0</v>
       </c>
       <c r="I34" s="74">
         <v>0</v>
       </c>
       <c r="J34" s="74">
         <v>0</v>
       </c>
       <c r="K34" s="74">
         <v>0</v>
       </c>
       <c r="L34" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="11.1" customHeight="1">
       <c r="A35" s="69" t="s">
         <v>102</v>
       </c>
       <c r="B35" s="40"/>
       <c r="C35" s="40"/>
       <c r="D35" s="40"/>
       <c r="E35" s="40"/>
       <c r="F35" s="40"/>
       <c r="G35" s="40"/>
       <c r="H35" s="40"/>
       <c r="I35" s="40"/>
       <c r="J35" s="40"/>
       <c r="K35" s="40"/>
       <c r="L35" s="53"/>
     </row>
     <row r="36" spans="1:12" ht="12.6" customHeight="1">
       <c r="A36" s="33" t="s">
         <v>103</v>
       </c>
       <c r="B36" s="80">
-        <v>29885</v>
+        <v>30455</v>
       </c>
       <c r="C36" s="80">
-        <v>29869</v>
+        <v>30435</v>
       </c>
       <c r="D36" s="80">
-        <v>10882</v>
+        <v>12141</v>
       </c>
       <c r="E36" s="80">
-        <v>14187</v>
+        <v>13481</v>
       </c>
       <c r="F36" s="80">
-        <v>2229</v>
+        <v>2272</v>
       </c>
       <c r="G36" s="80">
-        <v>2571</v>
+        <v>2541</v>
       </c>
       <c r="H36" s="80">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I36" s="80">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="J36" s="80">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K36" s="82">
         <v>0</v>
       </c>
       <c r="L36" s="84">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="86" t="s">
         <v>104</v>
       </c>
       <c r="B37" s="51"/>
       <c r="C37" s="51"/>
       <c r="D37" s="51"/>
       <c r="E37" s="51"/>
       <c r="F37" s="51"/>
       <c r="G37" s="51"/>
       <c r="H37" s="51"/>
       <c r="I37" s="51"/>
       <c r="J37" s="51"/>
       <c r="K37" s="51"/>
       <c r="L37" s="56"/>
     </row>
     <row r="38" spans="1:12" ht="13.5" customHeight="1">
@@ -4890,57 +4890,57 @@
       <c r="K2" s="57"/>
       <c r="L2" s="57"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
       <c r="L3" s="46"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="58" t="str">
         <f>'3-2'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="58"/>
       <c r="F4" s="58"/>
       <c r="G4" s="30" t="str">
         <f>'3-2'!G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="H4" s="29"/>
       <c r="I4" s="5"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="12" customHeight="1">
       <c r="A5" s="47" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="44" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="44"/>
       <c r="E5" s="44"/>
       <c r="F5" s="44"/>
       <c r="G5" s="45"/>
       <c r="H5" s="42" t="s">
         <v>15</v>
@@ -5059,459 +5059,459 @@
       <c r="F9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="16"/>
       <c r="I9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="J9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="K9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="L9" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="60" t="s">
         <v>105</v>
       </c>
       <c r="B10" s="63">
-        <v>12895</v>
+        <v>15945</v>
       </c>
       <c r="C10" s="63">
-        <v>12837</v>
+        <v>15782</v>
       </c>
       <c r="D10" s="63">
-        <v>7852</v>
+        <v>10373</v>
       </c>
       <c r="E10" s="63">
-        <v>4381</v>
+        <v>4652</v>
       </c>
       <c r="F10" s="63">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G10" s="63">
-        <v>535</v>
+        <v>687</v>
       </c>
       <c r="H10" s="63">
-        <v>58</v>
+        <v>163</v>
       </c>
       <c r="I10" s="63">
-        <v>39</v>
+        <v>122</v>
       </c>
       <c r="J10" s="63">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="K10" s="63">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="L10" s="90">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="69" t="s">
         <v>106</v>
       </c>
       <c r="B11" s="40"/>
       <c r="C11" s="40"/>
       <c r="D11" s="40"/>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
       <c r="H11" s="40"/>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="40"/>
       <c r="L11" s="53"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="32" t="s">
         <v>107</v>
       </c>
       <c r="B12" s="72">
-        <v>135708</v>
+        <v>155105</v>
       </c>
       <c r="C12" s="72">
-        <v>135538</v>
+        <v>154949</v>
       </c>
       <c r="D12" s="72">
-        <v>109099</v>
+        <v>127300</v>
       </c>
       <c r="E12" s="72">
-        <v>18950</v>
+        <v>19470</v>
       </c>
       <c r="F12" s="72">
-        <v>4090</v>
+        <v>4401</v>
       </c>
       <c r="G12" s="72">
-        <v>3400</v>
+        <v>3777</v>
       </c>
       <c r="H12" s="72">
-        <v>169</v>
+        <v>156</v>
       </c>
       <c r="I12" s="72">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="J12" s="72">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="K12" s="74">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>108</v>
       </c>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="40"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="40"/>
       <c r="K13" s="40"/>
       <c r="L13" s="53"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="32" t="s">
         <v>109</v>
       </c>
       <c r="B14" s="72">
-        <v>105586</v>
+        <v>110433</v>
       </c>
       <c r="C14" s="72">
-        <v>105525</v>
+        <v>110390</v>
       </c>
       <c r="D14" s="72">
-        <v>54071</v>
+        <v>55678</v>
       </c>
       <c r="E14" s="72">
-        <v>26117</v>
+        <v>28451</v>
       </c>
       <c r="F14" s="72">
-        <v>11166</v>
+        <v>12139</v>
       </c>
       <c r="G14" s="72">
-        <v>14170</v>
+        <v>14122</v>
       </c>
       <c r="H14" s="72">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="I14" s="72">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="J14" s="72">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="K14" s="74">
         <v>0</v>
       </c>
       <c r="L14" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="69" t="s">
         <v>110</v>
       </c>
       <c r="B15" s="40"/>
       <c r="C15" s="40"/>
       <c r="D15" s="40"/>
       <c r="E15" s="40"/>
       <c r="F15" s="40"/>
       <c r="G15" s="40"/>
       <c r="H15" s="40"/>
       <c r="I15" s="40"/>
       <c r="J15" s="40"/>
       <c r="K15" s="40"/>
       <c r="L15" s="53"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="32" t="s">
         <v>111</v>
       </c>
       <c r="B16" s="72">
-        <v>64821</v>
+        <v>65313</v>
       </c>
       <c r="C16" s="72">
-        <v>64720</v>
+        <v>65297</v>
       </c>
       <c r="D16" s="72">
-        <v>42628</v>
+        <v>42599</v>
       </c>
       <c r="E16" s="72">
-        <v>14987</v>
+        <v>15318</v>
       </c>
       <c r="F16" s="72">
-        <v>3584</v>
+        <v>3721</v>
       </c>
       <c r="G16" s="72">
-        <v>3522</v>
+        <v>3658</v>
       </c>
       <c r="H16" s="72">
-        <v>101</v>
+        <v>16</v>
       </c>
       <c r="I16" s="72">
-        <v>77</v>
+        <v>13</v>
       </c>
       <c r="J16" s="72">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="K16" s="74">
         <v>0</v>
       </c>
       <c r="L16" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="69" t="s">
         <v>112</v>
       </c>
       <c r="B17" s="40"/>
       <c r="C17" s="40"/>
       <c r="D17" s="40"/>
       <c r="E17" s="40"/>
       <c r="F17" s="40"/>
       <c r="G17" s="40"/>
       <c r="H17" s="40"/>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="40"/>
       <c r="L17" s="53"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="32" t="s">
         <v>113</v>
       </c>
       <c r="B18" s="72">
-        <v>33361</v>
+        <v>37597</v>
       </c>
       <c r="C18" s="72">
-        <v>30057</v>
+        <v>35759</v>
       </c>
       <c r="D18" s="72">
-        <v>19156</v>
+        <v>21775</v>
       </c>
       <c r="E18" s="72">
-        <v>10278</v>
+        <v>13268</v>
       </c>
       <c r="F18" s="72">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="G18" s="72">
-        <v>330</v>
+        <v>423</v>
       </c>
       <c r="H18" s="72">
-        <v>3304</v>
+        <v>1838</v>
       </c>
       <c r="I18" s="72">
-        <v>1967</v>
+        <v>1707</v>
       </c>
       <c r="J18" s="72">
-        <v>1337</v>
+        <v>131</v>
       </c>
       <c r="K18" s="74">
         <v>0</v>
       </c>
       <c r="L18" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1">
       <c r="A19" s="69" t="s">
         <v>114</v>
       </c>
       <c r="B19" s="40"/>
       <c r="C19" s="40"/>
       <c r="D19" s="40"/>
       <c r="E19" s="40"/>
       <c r="F19" s="40"/>
       <c r="G19" s="40"/>
       <c r="H19" s="40"/>
       <c r="I19" s="40"/>
       <c r="J19" s="40"/>
       <c r="K19" s="40"/>
       <c r="L19" s="53"/>
     </row>
     <row r="20" spans="1:12" ht="12.6" customHeight="1">
       <c r="A20" s="32" t="s">
         <v>115</v>
       </c>
       <c r="B20" s="72">
-        <v>114912</v>
+        <v>116343</v>
       </c>
       <c r="C20" s="72">
-        <v>114571</v>
+        <v>116034</v>
       </c>
       <c r="D20" s="72">
-        <v>68882</v>
+        <v>73111</v>
       </c>
       <c r="E20" s="72">
-        <v>34174</v>
+        <v>33628</v>
       </c>
       <c r="F20" s="72">
-        <v>5498</v>
+        <v>4410</v>
       </c>
       <c r="G20" s="72">
-        <v>6017</v>
+        <v>4885</v>
       </c>
       <c r="H20" s="72">
-        <v>340</v>
+        <v>309</v>
       </c>
       <c r="I20" s="72">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="J20" s="72">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>152</v>
+      </c>
+      <c r="K20" s="74">
+        <v>0</v>
       </c>
       <c r="L20" s="78">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="11.1" customHeight="1">
       <c r="A21" s="69" t="s">
         <v>116</v>
       </c>
       <c r="B21" s="40"/>
       <c r="C21" s="40"/>
       <c r="D21" s="40"/>
       <c r="E21" s="40"/>
       <c r="F21" s="40"/>
       <c r="G21" s="40"/>
       <c r="H21" s="40"/>
       <c r="I21" s="40"/>
       <c r="J21" s="40"/>
       <c r="K21" s="40"/>
       <c r="L21" s="53"/>
     </row>
     <row r="22" spans="1:12" ht="12.6" customHeight="1">
       <c r="A22" s="32" t="s">
         <v>117</v>
       </c>
       <c r="B22" s="72">
-        <v>3652</v>
+        <v>3702</v>
       </c>
       <c r="C22" s="72">
-        <v>3612</v>
+        <v>3645</v>
       </c>
       <c r="D22" s="72">
-        <v>946</v>
+        <v>978</v>
       </c>
       <c r="E22" s="72">
-        <v>2348</v>
+        <v>2325</v>
       </c>
       <c r="F22" s="72">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="G22" s="72">
-        <v>169</v>
+        <v>187</v>
       </c>
       <c r="H22" s="72">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="I22" s="72">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="J22" s="72">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K22" s="74">
         <v>0</v>
       </c>
       <c r="L22" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="11.1" customHeight="1">
       <c r="A23" s="69" t="s">
         <v>118</v>
       </c>
       <c r="B23" s="40"/>
       <c r="C23" s="40"/>
       <c r="D23" s="40"/>
       <c r="E23" s="40"/>
       <c r="F23" s="40"/>
       <c r="G23" s="40"/>
       <c r="H23" s="40"/>
       <c r="I23" s="40"/>
       <c r="J23" s="40"/>
       <c r="K23" s="40"/>
       <c r="L23" s="53"/>
     </row>
     <row r="24" spans="1:12" ht="12.6" customHeight="1">
       <c r="A24" s="32" t="s">
         <v>119</v>
       </c>
       <c r="B24" s="72">
-        <v>377953</v>
+        <v>365113</v>
       </c>
       <c r="C24" s="72">
-        <v>376119</v>
+        <v>363638</v>
       </c>
       <c r="D24" s="72">
-        <v>186927</v>
+        <v>176913</v>
       </c>
       <c r="E24" s="72">
-        <v>168259</v>
+        <v>163052</v>
       </c>
       <c r="F24" s="72">
-        <v>9147</v>
+        <v>10683</v>
       </c>
       <c r="G24" s="72">
-        <v>11786</v>
+        <v>12990</v>
       </c>
       <c r="H24" s="72">
-        <v>1834</v>
+        <v>1476</v>
       </c>
       <c r="I24" s="72">
-        <v>1502</v>
+        <v>804</v>
       </c>
       <c r="J24" s="72">
-        <v>299</v>
+        <v>582</v>
       </c>
       <c r="K24" s="72">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="L24" s="78">
-        <v>11</v>
+        <v>53</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="11.1" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>120</v>
       </c>
       <c r="B25" s="40"/>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="40"/>
       <c r="G25" s="40"/>
       <c r="H25" s="40"/>
       <c r="I25" s="40"/>
       <c r="J25" s="40"/>
       <c r="K25" s="40"/>
       <c r="L25" s="53"/>
     </row>
     <row r="26" spans="1:12" ht="12.6" customHeight="1">
       <c r="A26" s="32" t="s">
         <v>121</v>
       </c>
       <c r="B26" s="74">
         <v>0</v>
       </c>
@@ -5599,66 +5599,66 @@
       <c r="L28" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="11.1" customHeight="1">
       <c r="A29" s="69" t="s">
         <v>124</v>
       </c>
       <c r="B29" s="40"/>
       <c r="C29" s="40"/>
       <c r="D29" s="40"/>
       <c r="E29" s="40"/>
       <c r="F29" s="40"/>
       <c r="G29" s="40"/>
       <c r="H29" s="40"/>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="40"/>
       <c r="L29" s="53"/>
     </row>
     <row r="30" spans="1:12" ht="12.6" customHeight="1">
       <c r="A30" s="32" t="s">
         <v>125</v>
       </c>
       <c r="B30" s="72">
-        <v>254</v>
+        <v>229</v>
       </c>
       <c r="C30" s="72">
-        <v>254</v>
+        <v>229</v>
       </c>
       <c r="D30" s="74">
         <v>0</v>
       </c>
       <c r="E30" s="72">
-        <v>127</v>
+        <v>114</v>
       </c>
       <c r="F30" s="74">
         <v>0</v>
       </c>
       <c r="G30" s="72">
-        <v>127</v>
+        <v>114</v>
       </c>
       <c r="H30" s="74">
         <v>0</v>
       </c>
       <c r="I30" s="74">
         <v>0</v>
       </c>
       <c r="J30" s="74">
         <v>0</v>
       </c>
       <c r="K30" s="74">
         <v>0</v>
       </c>
       <c r="L30" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="11.1" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>126</v>
       </c>
       <c r="B31" s="40"/>
       <c r="C31" s="40"/>
       <c r="D31" s="40"/>
       <c r="E31" s="40"/>
@@ -5988,57 +5988,57 @@
       <c r="K2" s="57"/>
       <c r="L2" s="57"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="46" t="s">
         <v>40</v>
       </c>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="58" t="str">
         <f>'3-2'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="58"/>
       <c r="F4" s="58"/>
       <c r="G4" s="30" t="str">
         <f>'3-2'!G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="H4" s="29"/>
       <c r="I4" s="5"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="12" customHeight="1">
       <c r="A5" s="47" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="44" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="44"/>
       <c r="E5" s="44"/>
       <c r="F5" s="44"/>
       <c r="G5" s="45"/>
       <c r="H5" s="42" t="s">
         <v>15</v>
@@ -6157,768 +6157,768 @@
       <c r="F9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="16"/>
       <c r="I9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="J9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="K9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="L9" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="61" t="s">
         <v>49</v>
       </c>
       <c r="B10" s="64">
-        <v>1062518</v>
+        <v>1067762</v>
       </c>
       <c r="C10" s="64">
-        <v>1062377</v>
+        <v>1067284</v>
       </c>
       <c r="D10" s="64">
-        <v>339400</v>
+        <v>328645</v>
       </c>
       <c r="E10" s="64">
-        <v>706567</v>
+        <v>722248</v>
       </c>
       <c r="F10" s="64">
-        <v>10158</v>
+        <v>10403</v>
       </c>
       <c r="G10" s="64">
-        <v>6252</v>
+        <v>5988</v>
       </c>
       <c r="H10" s="64">
-        <v>141</v>
+        <v>478</v>
       </c>
       <c r="I10" s="64">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="J10" s="64">
-        <v>80</v>
+        <v>422</v>
       </c>
       <c r="K10" s="91">
         <v>0</v>
       </c>
       <c r="L10" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="70" t="s">
         <v>3</v>
       </c>
       <c r="B11" s="40"/>
       <c r="C11" s="40"/>
       <c r="D11" s="40"/>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
       <c r="H11" s="40"/>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="40"/>
       <c r="L11" s="53"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="32" t="s">
         <v>127</v>
       </c>
       <c r="B12" s="72">
-        <v>20325</v>
+        <v>20930</v>
       </c>
       <c r="C12" s="72">
-        <v>20325</v>
+        <v>20930</v>
       </c>
       <c r="D12" s="72">
-        <v>16265</v>
+        <v>16627</v>
       </c>
       <c r="E12" s="72">
-        <v>4060</v>
+        <v>4302</v>
       </c>
       <c r="F12" s="74">
         <v>0</v>
       </c>
       <c r="G12" s="74">
         <v>0</v>
       </c>
       <c r="H12" s="74">
         <v>0</v>
       </c>
       <c r="I12" s="74">
         <v>0</v>
       </c>
       <c r="J12" s="74">
         <v>0</v>
       </c>
       <c r="K12" s="74">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>128</v>
       </c>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="40"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="40"/>
       <c r="K13" s="40"/>
       <c r="L13" s="53"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="32" t="s">
         <v>129</v>
       </c>
       <c r="B14" s="72">
-        <v>34202</v>
+        <v>32385</v>
       </c>
       <c r="C14" s="72">
-        <v>34202</v>
+        <v>32385</v>
       </c>
       <c r="D14" s="72">
-        <v>6482</v>
+        <v>4606</v>
       </c>
       <c r="E14" s="72">
-        <v>25483</v>
+        <v>25498</v>
       </c>
       <c r="F14" s="72">
-        <v>2136</v>
+        <v>2182</v>
       </c>
       <c r="G14" s="72">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="H14" s="74">
         <v>0</v>
       </c>
       <c r="I14" s="74">
         <v>0</v>
       </c>
       <c r="J14" s="74">
         <v>0</v>
       </c>
       <c r="K14" s="74">
         <v>0</v>
       </c>
       <c r="L14" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="69" t="s">
         <v>130</v>
       </c>
       <c r="B15" s="40"/>
       <c r="C15" s="40"/>
       <c r="D15" s="40"/>
       <c r="E15" s="40"/>
       <c r="F15" s="40"/>
       <c r="G15" s="40"/>
       <c r="H15" s="40"/>
       <c r="I15" s="40"/>
       <c r="J15" s="40"/>
       <c r="K15" s="40"/>
       <c r="L15" s="53"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="32" t="s">
         <v>131</v>
       </c>
       <c r="B16" s="72">
-        <v>310</v>
+        <v>365</v>
       </c>
       <c r="C16" s="72">
-        <v>310</v>
+        <v>365</v>
       </c>
       <c r="D16" s="72">
-        <v>310</v>
+        <v>365</v>
       </c>
       <c r="E16" s="72">
         <v>0</v>
       </c>
       <c r="F16" s="74">
         <v>0</v>
       </c>
       <c r="G16" s="74">
         <v>0</v>
       </c>
       <c r="H16" s="74">
         <v>0</v>
       </c>
       <c r="I16" s="74">
         <v>0</v>
       </c>
       <c r="J16" s="74">
         <v>0</v>
       </c>
       <c r="K16" s="74">
         <v>0</v>
       </c>
       <c r="L16" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="69" t="s">
         <v>132</v>
       </c>
       <c r="B17" s="40"/>
       <c r="C17" s="40"/>
       <c r="D17" s="40"/>
       <c r="E17" s="40"/>
       <c r="F17" s="40"/>
       <c r="G17" s="40"/>
       <c r="H17" s="40"/>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="40"/>
       <c r="L17" s="53"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="32" t="s">
         <v>133</v>
       </c>
       <c r="B18" s="72">
-        <v>106</v>
+        <v>91</v>
       </c>
       <c r="C18" s="72">
-        <v>106</v>
+        <v>91</v>
       </c>
       <c r="D18" s="72">
-        <v>106</v>
+        <v>91</v>
       </c>
       <c r="E18" s="74">
         <v>0</v>
       </c>
       <c r="F18" s="74">
         <v>0</v>
       </c>
       <c r="G18" s="74">
         <v>0</v>
       </c>
       <c r="H18" s="74">
         <v>0</v>
       </c>
       <c r="I18" s="74">
         <v>0</v>
       </c>
       <c r="J18" s="74">
         <v>0</v>
       </c>
       <c r="K18" s="74">
         <v>0</v>
       </c>
       <c r="L18" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1">
       <c r="A19" s="69" t="s">
         <v>134</v>
       </c>
       <c r="B19" s="40"/>
       <c r="C19" s="40"/>
       <c r="D19" s="40"/>
       <c r="E19" s="40"/>
       <c r="F19" s="40"/>
       <c r="G19" s="40"/>
       <c r="H19" s="40"/>
       <c r="I19" s="40"/>
       <c r="J19" s="40"/>
       <c r="K19" s="40"/>
       <c r="L19" s="53"/>
     </row>
     <row r="20" spans="1:12" ht="12.6" customHeight="1">
       <c r="A20" s="32" t="s">
         <v>135</v>
       </c>
       <c r="B20" s="72">
-        <v>11393</v>
+        <v>11917</v>
       </c>
       <c r="C20" s="72">
-        <v>11393</v>
+        <v>11917</v>
       </c>
       <c r="D20" s="72">
-        <v>11393</v>
+        <v>11917</v>
       </c>
       <c r="E20" s="74">
         <v>0</v>
       </c>
       <c r="F20" s="74">
         <v>0</v>
       </c>
       <c r="G20" s="74">
         <v>0</v>
       </c>
       <c r="H20" s="74">
         <v>0</v>
       </c>
       <c r="I20" s="74">
         <v>0</v>
       </c>
       <c r="J20" s="74">
         <v>0</v>
       </c>
       <c r="K20" s="74">
         <v>0</v>
       </c>
       <c r="L20" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="11.1" customHeight="1">
       <c r="A21" s="69" t="s">
         <v>136</v>
       </c>
       <c r="B21" s="40"/>
       <c r="C21" s="40"/>
       <c r="D21" s="40"/>
       <c r="E21" s="40"/>
       <c r="F21" s="40"/>
       <c r="G21" s="40"/>
       <c r="H21" s="40"/>
       <c r="I21" s="40"/>
       <c r="J21" s="40"/>
       <c r="K21" s="40"/>
       <c r="L21" s="53"/>
     </row>
     <row r="22" spans="1:12" ht="12.6" customHeight="1">
       <c r="A22" s="32" t="s">
         <v>137</v>
       </c>
       <c r="B22" s="72">
-        <v>25833</v>
+        <v>27130</v>
       </c>
       <c r="C22" s="72">
-        <v>25833</v>
+        <v>27130</v>
       </c>
       <c r="D22" s="72">
-        <v>25500</v>
+        <v>26774</v>
       </c>
       <c r="E22" s="72">
-        <v>333</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>353</v>
+      </c>
+      <c r="F22" s="72">
+        <v>2</v>
+      </c>
+      <c r="G22" s="72">
+        <v>2</v>
       </c>
       <c r="H22" s="74">
         <v>0</v>
       </c>
       <c r="I22" s="74">
         <v>0</v>
       </c>
       <c r="J22" s="74">
         <v>0</v>
       </c>
       <c r="K22" s="74">
         <v>0</v>
       </c>
       <c r="L22" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="11.1" customHeight="1">
       <c r="A23" s="69" t="s">
         <v>138</v>
       </c>
       <c r="B23" s="40"/>
       <c r="C23" s="40"/>
       <c r="D23" s="40"/>
       <c r="E23" s="40"/>
       <c r="F23" s="40"/>
       <c r="G23" s="40"/>
       <c r="H23" s="40"/>
       <c r="I23" s="40"/>
       <c r="J23" s="40"/>
       <c r="K23" s="40"/>
       <c r="L23" s="53"/>
     </row>
     <row r="24" spans="1:12" ht="12.6" customHeight="1">
       <c r="A24" s="32" t="s">
         <v>139</v>
       </c>
       <c r="B24" s="72">
-        <v>27769</v>
+        <v>23575</v>
       </c>
       <c r="C24" s="72">
-        <v>27769</v>
+        <v>23575</v>
       </c>
       <c r="D24" s="72">
-        <v>27769</v>
+        <v>23575</v>
       </c>
       <c r="E24" s="74">
         <v>0</v>
       </c>
       <c r="F24" s="74">
         <v>0</v>
       </c>
       <c r="G24" s="74">
         <v>0</v>
       </c>
       <c r="H24" s="74">
         <v>0</v>
       </c>
       <c r="I24" s="74">
         <v>0</v>
       </c>
       <c r="J24" s="74">
         <v>0</v>
       </c>
       <c r="K24" s="74">
         <v>0</v>
       </c>
       <c r="L24" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="11.1" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>140</v>
       </c>
       <c r="B25" s="40"/>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="40"/>
       <c r="G25" s="40"/>
       <c r="H25" s="40"/>
       <c r="I25" s="40"/>
       <c r="J25" s="40"/>
       <c r="K25" s="40"/>
       <c r="L25" s="53"/>
     </row>
     <row r="26" spans="1:12" ht="12.6" customHeight="1">
       <c r="A26" s="32" t="s">
         <v>141</v>
       </c>
       <c r="B26" s="72">
-        <v>59498</v>
+        <v>61869</v>
       </c>
       <c r="C26" s="72">
-        <v>59498</v>
+        <v>61869</v>
       </c>
       <c r="D26" s="72">
-        <v>11792</v>
+        <v>14279</v>
       </c>
       <c r="E26" s="72">
-        <v>46482</v>
+        <v>46452</v>
       </c>
       <c r="F26" s="72">
-        <v>617</v>
+        <v>574</v>
       </c>
       <c r="G26" s="72">
-        <v>607</v>
+        <v>564</v>
       </c>
       <c r="H26" s="74">
         <v>0</v>
       </c>
       <c r="I26" s="74">
         <v>0</v>
       </c>
       <c r="J26" s="74">
         <v>0</v>
       </c>
       <c r="K26" s="74">
         <v>0</v>
       </c>
       <c r="L26" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="11.1" customHeight="1">
       <c r="A27" s="69" t="s">
         <v>142</v>
       </c>
       <c r="B27" s="40"/>
       <c r="C27" s="40"/>
       <c r="D27" s="40"/>
       <c r="E27" s="40"/>
       <c r="F27" s="40"/>
       <c r="G27" s="40"/>
       <c r="H27" s="40"/>
       <c r="I27" s="40"/>
       <c r="J27" s="40"/>
       <c r="K27" s="40"/>
       <c r="L27" s="53"/>
     </row>
     <row r="28" spans="1:12" ht="12.6" customHeight="1">
       <c r="A28" s="32" t="s">
         <v>143</v>
       </c>
       <c r="B28" s="72">
-        <v>85648</v>
+        <v>83187</v>
       </c>
       <c r="C28" s="72">
-        <v>85648</v>
+        <v>83187</v>
       </c>
       <c r="D28" s="72">
-        <v>15773</v>
+        <v>10455</v>
       </c>
       <c r="E28" s="72">
-        <v>66898</v>
+        <v>69837</v>
       </c>
       <c r="F28" s="72">
-        <v>2113</v>
+        <v>2129</v>
       </c>
       <c r="G28" s="72">
-        <v>863</v>
+        <v>766</v>
       </c>
       <c r="H28" s="74">
         <v>0</v>
       </c>
       <c r="I28" s="74">
         <v>0</v>
       </c>
       <c r="J28" s="74">
         <v>0</v>
       </c>
       <c r="K28" s="74">
         <v>0</v>
       </c>
       <c r="L28" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="11.1" customHeight="1">
       <c r="A29" s="69" t="s">
         <v>144</v>
       </c>
       <c r="B29" s="40"/>
       <c r="C29" s="40"/>
       <c r="D29" s="40"/>
       <c r="E29" s="40"/>
       <c r="F29" s="40"/>
       <c r="G29" s="40"/>
       <c r="H29" s="40"/>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="40"/>
       <c r="L29" s="53"/>
     </row>
     <row r="30" spans="1:12" ht="12.6" customHeight="1">
       <c r="A30" s="32" t="s">
         <v>145</v>
       </c>
       <c r="B30" s="72">
-        <v>388</v>
+        <v>307</v>
       </c>
       <c r="C30" s="72">
-        <v>388</v>
+        <v>307</v>
       </c>
       <c r="D30" s="72">
-        <v>388</v>
+        <v>307</v>
       </c>
       <c r="E30" s="74">
         <v>0</v>
       </c>
       <c r="F30" s="74">
         <v>0</v>
       </c>
       <c r="G30" s="74">
         <v>0</v>
       </c>
       <c r="H30" s="74">
         <v>0</v>
       </c>
       <c r="I30" s="74">
         <v>0</v>
       </c>
       <c r="J30" s="74">
         <v>0</v>
       </c>
       <c r="K30" s="74">
         <v>0</v>
       </c>
       <c r="L30" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="11.1" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>146</v>
       </c>
       <c r="B31" s="40"/>
       <c r="C31" s="40"/>
       <c r="D31" s="40"/>
       <c r="E31" s="40"/>
       <c r="F31" s="40"/>
       <c r="G31" s="40"/>
       <c r="H31" s="40"/>
       <c r="I31" s="40"/>
       <c r="J31" s="40"/>
       <c r="K31" s="40"/>
       <c r="L31" s="53"/>
     </row>
     <row r="32" spans="1:12" ht="12.6" customHeight="1">
       <c r="A32" s="32" t="s">
         <v>147</v>
       </c>
       <c r="B32" s="72">
-        <v>110081</v>
+        <v>109963</v>
       </c>
       <c r="C32" s="72">
-        <v>110081</v>
+        <v>109963</v>
       </c>
       <c r="D32" s="72">
-        <v>34453</v>
+        <v>34704</v>
       </c>
       <c r="E32" s="72">
-        <v>75017</v>
+        <v>74941</v>
       </c>
       <c r="F32" s="72">
-        <v>275</v>
-[...2 lines deleted...]
-        <v>335</v>
+        <v>318</v>
+      </c>
+      <c r="G32" s="74">
+        <v>0</v>
       </c>
       <c r="H32" s="74">
         <v>0</v>
       </c>
       <c r="I32" s="74">
         <v>0</v>
       </c>
       <c r="J32" s="74">
         <v>0</v>
       </c>
       <c r="K32" s="74">
         <v>0</v>
       </c>
       <c r="L32" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="11.1" customHeight="1">
       <c r="A33" s="69" t="s">
         <v>148</v>
       </c>
       <c r="B33" s="40"/>
       <c r="C33" s="40"/>
       <c r="D33" s="40"/>
       <c r="E33" s="40"/>
       <c r="F33" s="40"/>
       <c r="G33" s="40"/>
       <c r="H33" s="40"/>
       <c r="I33" s="40"/>
       <c r="J33" s="40"/>
       <c r="K33" s="40"/>
       <c r="L33" s="53"/>
     </row>
     <row r="34" spans="1:12" ht="12.6" customHeight="1">
       <c r="A34" s="32" t="s">
         <v>149</v>
       </c>
       <c r="B34" s="72">
-        <v>44890</v>
+        <v>45589</v>
       </c>
       <c r="C34" s="72">
-        <v>44830</v>
+        <v>45489</v>
       </c>
       <c r="D34" s="72">
-        <v>15107</v>
+        <v>16888</v>
       </c>
       <c r="E34" s="72">
-        <v>29722</v>
+        <v>28601</v>
       </c>
       <c r="F34" s="74">
         <v>0</v>
       </c>
       <c r="G34" s="74">
         <v>0</v>
       </c>
       <c r="H34" s="72">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I34" s="72">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>50</v>
+      </c>
+      <c r="J34" s="72">
+        <v>50</v>
       </c>
       <c r="K34" s="74">
         <v>0</v>
       </c>
       <c r="L34" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="11.1" customHeight="1">
       <c r="A35" s="69" t="s">
         <v>150</v>
       </c>
       <c r="B35" s="40"/>
       <c r="C35" s="40"/>
       <c r="D35" s="40"/>
       <c r="E35" s="40"/>
       <c r="F35" s="40"/>
       <c r="G35" s="40"/>
       <c r="H35" s="40"/>
       <c r="I35" s="40"/>
       <c r="J35" s="40"/>
       <c r="K35" s="40"/>
       <c r="L35" s="53"/>
     </row>
     <row r="36" spans="1:12" ht="12.6" customHeight="1">
       <c r="A36" s="33" t="s">
         <v>151</v>
       </c>
       <c r="B36" s="80">
-        <v>356284</v>
+        <v>379320</v>
       </c>
       <c r="C36" s="80">
-        <v>356284</v>
+        <v>379320</v>
       </c>
       <c r="D36" s="80">
-        <v>41895</v>
+        <v>43684</v>
       </c>
       <c r="E36" s="80">
-        <v>313105</v>
+        <v>334486</v>
       </c>
       <c r="F36" s="80">
-        <v>630</v>
+        <v>563</v>
       </c>
       <c r="G36" s="80">
-        <v>655</v>
+        <v>587</v>
       </c>
       <c r="H36" s="82">
         <v>0</v>
       </c>
       <c r="I36" s="82">
         <v>0</v>
       </c>
       <c r="J36" s="82">
         <v>0</v>
       </c>
       <c r="K36" s="82">
         <v>0</v>
       </c>
       <c r="L36" s="84">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="86" t="s">
         <v>152</v>
       </c>
       <c r="B37" s="51"/>
       <c r="C37" s="51"/>
       <c r="D37" s="51"/>
       <c r="E37" s="51"/>
@@ -7182,57 +7182,57 @@
       <c r="K2" s="57"/>
       <c r="L2" s="57"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="46" t="s">
         <v>41</v>
       </c>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="58" t="str">
         <f>'3-2'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="58"/>
       <c r="F4" s="58"/>
       <c r="G4" s="30" t="str">
         <f>'3-2'!G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="H4" s="29"/>
       <c r="I4" s="5"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="12" customHeight="1">
       <c r="A5" s="47" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="44" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="44"/>
       <c r="E5" s="44"/>
       <c r="F5" s="44"/>
       <c r="G5" s="45"/>
       <c r="H5" s="42" t="s">
         <v>15</v>
@@ -7405,237 +7405,237 @@
       <c r="L10" s="90">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="69" t="s">
         <v>154</v>
       </c>
       <c r="B11" s="40"/>
       <c r="C11" s="40"/>
       <c r="D11" s="40"/>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
       <c r="H11" s="40"/>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="40"/>
       <c r="L11" s="53"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="37" t="s">
         <v>155</v>
       </c>
       <c r="B12" s="72">
-        <v>20401</v>
+        <v>18030</v>
       </c>
       <c r="C12" s="72">
-        <v>20400</v>
+        <v>18022</v>
       </c>
       <c r="D12" s="72">
-        <v>16718</v>
+        <v>14465</v>
       </c>
       <c r="E12" s="72">
-        <v>3682</v>
+        <v>3557</v>
       </c>
       <c r="F12" s="74">
         <v>0</v>
       </c>
       <c r="G12" s="74">
         <v>0</v>
       </c>
       <c r="H12" s="72">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I12" s="72">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>6</v>
+      </c>
+      <c r="J12" s="72">
+        <v>2</v>
       </c>
       <c r="K12" s="74">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>156</v>
       </c>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="40"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="40"/>
       <c r="K13" s="40"/>
       <c r="L13" s="53"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="37" t="s">
         <v>157</v>
       </c>
       <c r="B14" s="72">
-        <v>34139</v>
+        <v>32575</v>
       </c>
       <c r="C14" s="72">
-        <v>34139</v>
+        <v>32575</v>
       </c>
       <c r="D14" s="72">
-        <v>19374</v>
+        <v>19242</v>
       </c>
       <c r="E14" s="72">
-        <v>11246</v>
+        <v>9942</v>
       </c>
       <c r="F14" s="72">
-        <v>2099</v>
+        <v>2019</v>
       </c>
       <c r="G14" s="72">
-        <v>1420</v>
+        <v>1372</v>
       </c>
       <c r="H14" s="74">
         <v>0</v>
       </c>
       <c r="I14" s="74">
         <v>0</v>
       </c>
       <c r="J14" s="74">
         <v>0</v>
       </c>
       <c r="K14" s="74">
         <v>0</v>
       </c>
       <c r="L14" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="69" t="s">
         <v>158</v>
       </c>
       <c r="B15" s="40"/>
       <c r="C15" s="40"/>
       <c r="D15" s="40"/>
       <c r="E15" s="40"/>
       <c r="F15" s="40"/>
       <c r="G15" s="40"/>
       <c r="H15" s="40"/>
       <c r="I15" s="40"/>
       <c r="J15" s="40"/>
       <c r="K15" s="40"/>
       <c r="L15" s="53"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="37" t="s">
         <v>159</v>
       </c>
       <c r="B16" s="72">
-        <v>9442</v>
+        <v>10798</v>
       </c>
       <c r="C16" s="72">
-        <v>9442</v>
+        <v>10798</v>
       </c>
       <c r="D16" s="72">
-        <v>5322</v>
+        <v>6022</v>
       </c>
       <c r="E16" s="74">
         <v>0</v>
       </c>
       <c r="F16" s="72">
-        <v>2060</v>
+        <v>2388</v>
       </c>
       <c r="G16" s="72">
-        <v>2060</v>
+        <v>2388</v>
       </c>
       <c r="H16" s="74">
         <v>0</v>
       </c>
       <c r="I16" s="74">
         <v>0</v>
       </c>
       <c r="J16" s="74">
         <v>0</v>
       </c>
       <c r="K16" s="74">
         <v>0</v>
       </c>
       <c r="L16" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="69" t="s">
         <v>160</v>
       </c>
       <c r="B17" s="40"/>
       <c r="C17" s="40"/>
       <c r="D17" s="40"/>
       <c r="E17" s="40"/>
       <c r="F17" s="40"/>
       <c r="G17" s="40"/>
       <c r="H17" s="40"/>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="40"/>
       <c r="L17" s="53"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="37" t="s">
         <v>161</v>
       </c>
       <c r="B18" s="72">
-        <v>52070</v>
+        <v>49777</v>
       </c>
       <c r="C18" s="72">
-        <v>51990</v>
+        <v>49407</v>
       </c>
       <c r="D18" s="72">
-        <v>13928</v>
+        <v>11604</v>
       </c>
       <c r="E18" s="72">
-        <v>38062</v>
+        <v>37803</v>
       </c>
       <c r="F18" s="74">
         <v>0</v>
       </c>
       <c r="G18" s="74">
         <v>0</v>
       </c>
       <c r="H18" s="72">
-        <v>80</v>
+        <v>370</v>
       </c>
       <c r="I18" s="74">
         <v>0</v>
       </c>
       <c r="J18" s="72">
-        <v>80</v>
+        <v>370</v>
       </c>
       <c r="K18" s="74">
         <v>0</v>
       </c>
       <c r="L18" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1">
       <c r="A19" s="69" t="s">
         <v>162</v>
       </c>
       <c r="B19" s="40"/>
       <c r="C19" s="40"/>
       <c r="D19" s="40"/>
       <c r="E19" s="40"/>
       <c r="F19" s="40"/>
       <c r="G19" s="40"/>
       <c r="H19" s="40"/>
       <c r="I19" s="40"/>
       <c r="J19" s="40"/>
       <c r="K19" s="40"/>
       <c r="L19" s="53"/>
     </row>
     <row r="20" spans="1:12" ht="12.6" customHeight="1">
@@ -7675,168 +7675,168 @@
       <c r="L20" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="11.1" customHeight="1">
       <c r="A21" s="69" t="s">
         <v>164</v>
       </c>
       <c r="B21" s="40"/>
       <c r="C21" s="40"/>
       <c r="D21" s="40"/>
       <c r="E21" s="40"/>
       <c r="F21" s="40"/>
       <c r="G21" s="40"/>
       <c r="H21" s="40"/>
       <c r="I21" s="40"/>
       <c r="J21" s="40"/>
       <c r="K21" s="40"/>
       <c r="L21" s="53"/>
     </row>
     <row r="22" spans="1:12" ht="12.6" customHeight="1">
       <c r="A22" s="37" t="s">
         <v>165</v>
       </c>
       <c r="B22" s="72">
-        <v>28013</v>
+        <v>28185</v>
       </c>
       <c r="C22" s="72">
-        <v>28013</v>
+        <v>28185</v>
       </c>
       <c r="D22" s="72">
-        <v>14632</v>
+        <v>15044</v>
       </c>
       <c r="E22" s="72">
-        <v>13380</v>
+        <v>13142</v>
       </c>
       <c r="F22" s="74">
         <v>0</v>
       </c>
       <c r="G22" s="74">
         <v>0</v>
       </c>
       <c r="H22" s="74">
         <v>0</v>
       </c>
       <c r="I22" s="74">
         <v>0</v>
       </c>
       <c r="J22" s="74">
         <v>0</v>
       </c>
       <c r="K22" s="74">
         <v>0</v>
       </c>
       <c r="L22" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="11.1" customHeight="1">
       <c r="A23" s="69" t="s">
         <v>166</v>
       </c>
       <c r="B23" s="40"/>
       <c r="C23" s="40"/>
       <c r="D23" s="40"/>
       <c r="E23" s="40"/>
       <c r="F23" s="40"/>
       <c r="G23" s="40"/>
       <c r="H23" s="40"/>
       <c r="I23" s="40"/>
       <c r="J23" s="40"/>
       <c r="K23" s="40"/>
       <c r="L23" s="53"/>
     </row>
     <row r="24" spans="1:12" ht="12.6" customHeight="1">
       <c r="A24" s="37" t="s">
         <v>167</v>
       </c>
       <c r="B24" s="72">
-        <v>17742</v>
+        <v>20527</v>
       </c>
       <c r="C24" s="72">
-        <v>17742</v>
+        <v>20527</v>
       </c>
       <c r="D24" s="72">
-        <v>11638</v>
+        <v>14252</v>
       </c>
       <c r="E24" s="72">
-        <v>6104</v>
+        <v>6275</v>
       </c>
       <c r="F24" s="74">
         <v>0</v>
       </c>
       <c r="G24" s="74">
         <v>0</v>
       </c>
       <c r="H24" s="74">
         <v>0</v>
       </c>
       <c r="I24" s="74">
         <v>0</v>
       </c>
       <c r="J24" s="74">
         <v>0</v>
       </c>
       <c r="K24" s="74">
         <v>0</v>
       </c>
       <c r="L24" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="11.1" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>168</v>
       </c>
       <c r="B25" s="40"/>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="40"/>
       <c r="G25" s="40"/>
       <c r="H25" s="40"/>
       <c r="I25" s="40"/>
       <c r="J25" s="40"/>
       <c r="K25" s="40"/>
       <c r="L25" s="53"/>
     </row>
     <row r="26" spans="1:12" ht="12.6" customHeight="1">
       <c r="A26" s="37" t="s">
         <v>169</v>
       </c>
       <c r="B26" s="72">
-        <v>184</v>
+        <v>164</v>
       </c>
       <c r="C26" s="72">
-        <v>184</v>
+        <v>164</v>
       </c>
       <c r="D26" s="74">
         <v>0</v>
       </c>
       <c r="E26" s="72">
-        <v>184</v>
+        <v>164</v>
       </c>
       <c r="F26" s="74">
         <v>0</v>
       </c>
       <c r="G26" s="74">
         <v>0</v>
       </c>
       <c r="H26" s="74">
         <v>0</v>
       </c>
       <c r="I26" s="74">
         <v>0</v>
       </c>
       <c r="J26" s="74">
         <v>0</v>
       </c>
       <c r="K26" s="74">
         <v>0</v>
       </c>
       <c r="L26" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="11.1" customHeight="1">
       <c r="A27" s="69" t="s">
@@ -7891,168 +7891,168 @@
       <c r="L28" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="11.1" customHeight="1">
       <c r="A29" s="69" t="s">
         <v>172</v>
       </c>
       <c r="B29" s="40"/>
       <c r="C29" s="40"/>
       <c r="D29" s="40"/>
       <c r="E29" s="40"/>
       <c r="F29" s="40"/>
       <c r="G29" s="40"/>
       <c r="H29" s="40"/>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="40"/>
       <c r="L29" s="53"/>
     </row>
     <row r="30" spans="1:12" ht="12.6" customHeight="1">
       <c r="A30" s="37" t="s">
         <v>173</v>
       </c>
       <c r="B30" s="72">
-        <v>1534</v>
+        <v>1406</v>
       </c>
       <c r="C30" s="72">
-        <v>1534</v>
+        <v>1406</v>
       </c>
       <c r="D30" s="72">
-        <v>1534</v>
+        <v>1406</v>
       </c>
       <c r="E30" s="74">
         <v>0</v>
       </c>
       <c r="F30" s="74">
         <v>0</v>
       </c>
       <c r="G30" s="74">
         <v>0</v>
       </c>
       <c r="H30" s="74">
         <v>0</v>
       </c>
       <c r="I30" s="74">
         <v>0</v>
       </c>
       <c r="J30" s="74">
         <v>0</v>
       </c>
       <c r="K30" s="74">
         <v>0</v>
       </c>
       <c r="L30" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="11.1" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>174</v>
       </c>
       <c r="B31" s="40"/>
       <c r="C31" s="40"/>
       <c r="D31" s="40"/>
       <c r="E31" s="40"/>
       <c r="F31" s="40"/>
       <c r="G31" s="40"/>
       <c r="H31" s="40"/>
       <c r="I31" s="40"/>
       <c r="J31" s="40"/>
       <c r="K31" s="40"/>
       <c r="L31" s="53"/>
     </row>
     <row r="32" spans="1:12" ht="12.6" customHeight="1">
       <c r="A32" s="37" t="s">
         <v>175</v>
       </c>
       <c r="B32" s="72">
-        <v>117819</v>
+        <v>105780</v>
       </c>
       <c r="C32" s="72">
-        <v>117819</v>
+        <v>105780</v>
       </c>
       <c r="D32" s="72">
-        <v>46587</v>
+        <v>40018</v>
       </c>
       <c r="E32" s="72">
-        <v>70794</v>
+        <v>65324</v>
       </c>
       <c r="F32" s="72">
         <v>227</v>
       </c>
       <c r="G32" s="72">
         <v>211</v>
       </c>
       <c r="H32" s="74">
         <v>0</v>
       </c>
       <c r="I32" s="74">
         <v>0</v>
       </c>
       <c r="J32" s="74">
         <v>0</v>
       </c>
       <c r="K32" s="74">
         <v>0</v>
       </c>
       <c r="L32" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="11.1" customHeight="1">
       <c r="A33" s="69" t="s">
         <v>176</v>
       </c>
       <c r="B33" s="40"/>
       <c r="C33" s="40"/>
       <c r="D33" s="40"/>
       <c r="E33" s="40"/>
       <c r="F33" s="40"/>
       <c r="G33" s="40"/>
       <c r="H33" s="40"/>
       <c r="I33" s="40"/>
       <c r="J33" s="40"/>
       <c r="K33" s="40"/>
       <c r="L33" s="53"/>
     </row>
     <row r="34" spans="1:12" ht="12.6" customHeight="1">
       <c r="A34" s="37" t="s">
         <v>177</v>
       </c>
       <c r="B34" s="72">
-        <v>4449</v>
+        <v>3891</v>
       </c>
       <c r="C34" s="72">
-        <v>4449</v>
+        <v>3891</v>
       </c>
       <c r="D34" s="72">
-        <v>2435</v>
+        <v>2320</v>
       </c>
       <c r="E34" s="72">
-        <v>2014</v>
+        <v>1571</v>
       </c>
       <c r="F34" s="74">
         <v>0</v>
       </c>
       <c r="G34" s="74">
         <v>0</v>
       </c>
       <c r="H34" s="74">
         <v>0</v>
       </c>
       <c r="I34" s="74">
         <v>0</v>
       </c>
       <c r="J34" s="74">
         <v>0</v>
       </c>
       <c r="K34" s="74">
         <v>0</v>
       </c>
       <c r="L34" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="11.1" customHeight="1">
       <c r="A35" s="69" t="s">
@@ -8376,57 +8376,57 @@
       <c r="K2" s="57"/>
       <c r="L2" s="57"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="46" t="s">
         <v>41</v>
       </c>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="58" t="str">
         <f>'3-2'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="58"/>
       <c r="F4" s="58"/>
       <c r="G4" s="30" t="str">
         <f>'3-2'!G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="H4" s="29"/>
       <c r="I4" s="5"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="12" customHeight="1">
       <c r="A5" s="47" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="44" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="44"/>
       <c r="E5" s="44"/>
       <c r="F5" s="44"/>
       <c r="G5" s="45"/>
       <c r="H5" s="42" t="s">
         <v>15</v>