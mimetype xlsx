--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -197,51 +197,51 @@
   <si>
     <t>買入</t>
   </si>
   <si>
     <t>選擇權</t>
   </si>
   <si>
     <t>賣出</t>
   </si>
   <si>
     <t>期貨-</t>
   </si>
   <si>
     <t>長部位</t>
   </si>
   <si>
     <t>短部位</t>
   </si>
   <si>
     <t>契約</t>
   </si>
   <si>
     <t>總計</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
+    <t xml:space="preserve"> End of Oct. 2025</t>
   </si>
   <si>
     <r>
       <t>3-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　衍生性金融商品名目本金餘額（商品別）</t>
     </r>
   </si>
   <si>
     <r>
       <t>3-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
@@ -674,78 +674,78 @@
   <si>
     <t>中國輸出入銀行</t>
   </si>
   <si>
     <t>The Export-Import Bank of The Republic of China</t>
   </si>
   <si>
     <t>高雄銀行</t>
   </si>
   <si>
     <t>Bank of Kaohsiung</t>
   </si>
   <si>
     <t>兆豐國際商業銀行　#</t>
   </si>
   <si>
     <t>Mega International Commercial Bank Co., Ltd.</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>Citibank Taiwan Ltd.</t>
   </si>
   <si>
-    <t>民國114年 9月底</t>
+    <t>民國114年10月底</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　#</t>
   </si>
@@ -2671,768 +2671,768 @@
       <c r="F9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="16"/>
       <c r="I9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="J9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="K9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="L9" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="61" t="s">
         <v>49</v>
       </c>
       <c r="B10" s="64">
-        <v>1953407</v>
+        <v>1973929</v>
       </c>
       <c r="C10" s="64">
-        <v>1948319</v>
+        <v>1965769</v>
       </c>
       <c r="D10" s="64">
-        <v>987415</v>
+        <v>1002316</v>
       </c>
       <c r="E10" s="64">
-        <v>830031</v>
+        <v>830835</v>
       </c>
       <c r="F10" s="64">
-        <v>61693</v>
+        <v>61906</v>
       </c>
       <c r="G10" s="64">
-        <v>69180</v>
+        <v>70712</v>
       </c>
       <c r="H10" s="64">
-        <v>5088</v>
+        <v>8160</v>
       </c>
       <c r="I10" s="64">
-        <v>3457</v>
+        <v>4916</v>
       </c>
       <c r="J10" s="64">
-        <v>1486</v>
+        <v>3131</v>
       </c>
       <c r="K10" s="64">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="L10" s="67">
-        <v>107</v>
+        <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="70" t="s">
         <v>3</v>
       </c>
       <c r="B11" s="40"/>
       <c r="C11" s="40"/>
       <c r="D11" s="40"/>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
       <c r="H11" s="40"/>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="40"/>
       <c r="L11" s="53"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="32" t="s">
         <v>50</v>
       </c>
       <c r="B12" s="72">
-        <v>35427</v>
+        <v>36178</v>
       </c>
       <c r="C12" s="72">
-        <v>35427</v>
+        <v>36178</v>
       </c>
       <c r="D12" s="72">
-        <v>33887</v>
+        <v>34447</v>
       </c>
       <c r="E12" s="72">
-        <v>817</v>
+        <v>908</v>
       </c>
       <c r="F12" s="72">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G12" s="72">
-        <v>708</v>
+        <v>805</v>
       </c>
       <c r="H12" s="74">
         <v>0</v>
       </c>
       <c r="I12" s="74">
         <v>0</v>
       </c>
       <c r="J12" s="74">
         <v>0</v>
       </c>
       <c r="K12" s="74">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>51</v>
       </c>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="40"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="40"/>
       <c r="K13" s="40"/>
       <c r="L13" s="53"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="32" t="s">
         <v>52</v>
       </c>
       <c r="B14" s="72">
-        <v>5030</v>
+        <v>5084</v>
       </c>
       <c r="C14" s="72">
-        <v>5030</v>
+        <v>5084</v>
       </c>
       <c r="D14" s="72">
-        <v>4493</v>
+        <v>4547</v>
       </c>
       <c r="E14" s="72">
         <v>269</v>
       </c>
       <c r="F14" s="74">
         <v>0</v>
       </c>
       <c r="G14" s="72">
         <v>269</v>
       </c>
       <c r="H14" s="74">
         <v>0</v>
       </c>
       <c r="I14" s="74">
         <v>0</v>
       </c>
       <c r="J14" s="74">
         <v>0</v>
       </c>
       <c r="K14" s="74">
         <v>0</v>
       </c>
       <c r="L14" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="69" t="s">
         <v>53</v>
       </c>
       <c r="B15" s="40"/>
       <c r="C15" s="40"/>
       <c r="D15" s="40"/>
       <c r="E15" s="40"/>
       <c r="F15" s="40"/>
       <c r="G15" s="40"/>
       <c r="H15" s="40"/>
       <c r="I15" s="40"/>
       <c r="J15" s="40"/>
       <c r="K15" s="40"/>
       <c r="L15" s="53"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="32" t="s">
         <v>54</v>
       </c>
       <c r="B16" s="72">
-        <v>9693</v>
+        <v>9818</v>
       </c>
       <c r="C16" s="72">
-        <v>9693</v>
+        <v>9816</v>
       </c>
       <c r="D16" s="72">
-        <v>8894</v>
+        <v>9000</v>
       </c>
       <c r="E16" s="72">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="F16" s="72">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G16" s="72">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>297</v>
+      </c>
+      <c r="H16" s="72">
+        <v>2</v>
       </c>
       <c r="I16" s="74">
         <v>0</v>
       </c>
-      <c r="J16" s="74">
-        <v>0</v>
+      <c r="J16" s="72">
+        <v>2</v>
       </c>
       <c r="K16" s="74">
         <v>0</v>
       </c>
       <c r="L16" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="69" t="s">
         <v>55</v>
       </c>
       <c r="B17" s="40"/>
       <c r="C17" s="40"/>
       <c r="D17" s="40"/>
       <c r="E17" s="40"/>
       <c r="F17" s="40"/>
       <c r="G17" s="40"/>
       <c r="H17" s="40"/>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="40"/>
       <c r="L17" s="53"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="32" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="72">
-        <v>44037</v>
+        <v>45015</v>
       </c>
       <c r="C18" s="72">
-        <v>43961</v>
+        <v>44921</v>
       </c>
       <c r="D18" s="72">
-        <v>25714</v>
+        <v>26336</v>
       </c>
       <c r="E18" s="72">
-        <v>12111</v>
+        <v>12491</v>
       </c>
       <c r="F18" s="72">
-        <v>2835</v>
+        <v>2786</v>
       </c>
       <c r="G18" s="72">
-        <v>3301</v>
+        <v>3308</v>
       </c>
       <c r="H18" s="72">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="I18" s="72">
-        <v>52</v>
+        <v>81</v>
       </c>
       <c r="J18" s="72">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="K18" s="74">
         <v>0</v>
       </c>
       <c r="L18" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1">
       <c r="A19" s="69" t="s">
         <v>57</v>
       </c>
       <c r="B19" s="40"/>
       <c r="C19" s="40"/>
       <c r="D19" s="40"/>
       <c r="E19" s="40"/>
       <c r="F19" s="40"/>
       <c r="G19" s="40"/>
       <c r="H19" s="40"/>
       <c r="I19" s="40"/>
       <c r="J19" s="40"/>
       <c r="K19" s="40"/>
       <c r="L19" s="53"/>
     </row>
     <row r="20" spans="1:12" ht="12.6" customHeight="1">
       <c r="A20" s="32" t="s">
         <v>58</v>
       </c>
       <c r="B20" s="72">
-        <v>22537</v>
+        <v>22388</v>
       </c>
       <c r="C20" s="72">
-        <v>22472</v>
+        <v>22320</v>
       </c>
       <c r="D20" s="72">
-        <v>13495</v>
+        <v>13338</v>
       </c>
       <c r="E20" s="72">
-        <v>3980</v>
+        <v>3986</v>
       </c>
       <c r="F20" s="72">
-        <v>2446</v>
+        <v>2436</v>
       </c>
       <c r="G20" s="72">
-        <v>2550</v>
+        <v>2561</v>
       </c>
       <c r="H20" s="72">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I20" s="72">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="J20" s="72">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="K20" s="74">
         <v>0</v>
       </c>
       <c r="L20" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="11.1" customHeight="1">
       <c r="A21" s="69" t="s">
         <v>59</v>
       </c>
       <c r="B21" s="40"/>
       <c r="C21" s="40"/>
       <c r="D21" s="40"/>
       <c r="E21" s="40"/>
       <c r="F21" s="40"/>
       <c r="G21" s="40"/>
       <c r="H21" s="40"/>
       <c r="I21" s="40"/>
       <c r="J21" s="40"/>
       <c r="K21" s="40"/>
       <c r="L21" s="53"/>
     </row>
     <row r="22" spans="1:12" ht="12.6" customHeight="1">
       <c r="A22" s="32" t="s">
         <v>60</v>
       </c>
       <c r="B22" s="72">
-        <v>14222</v>
+        <v>14628</v>
       </c>
       <c r="C22" s="72">
-        <v>14123</v>
+        <v>14578</v>
       </c>
       <c r="D22" s="72">
-        <v>10360</v>
+        <v>10453</v>
       </c>
       <c r="E22" s="72">
-        <v>3055</v>
+        <v>3419</v>
       </c>
       <c r="F22" s="72">
-        <v>316</v>
+        <v>297</v>
       </c>
       <c r="G22" s="72">
-        <v>392</v>
+        <v>408</v>
       </c>
       <c r="H22" s="72">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="I22" s="72">
-        <v>89</v>
+        <v>36</v>
       </c>
       <c r="J22" s="72">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="K22" s="74">
         <v>0</v>
       </c>
       <c r="L22" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="11.1" customHeight="1">
       <c r="A23" s="69" t="s">
         <v>61</v>
       </c>
       <c r="B23" s="40"/>
       <c r="C23" s="40"/>
       <c r="D23" s="40"/>
       <c r="E23" s="40"/>
       <c r="F23" s="40"/>
       <c r="G23" s="40"/>
       <c r="H23" s="40"/>
       <c r="I23" s="40"/>
       <c r="J23" s="40"/>
       <c r="K23" s="40"/>
       <c r="L23" s="53"/>
     </row>
     <row r="24" spans="1:12" ht="12.6" customHeight="1">
       <c r="A24" s="32" t="s">
         <v>62</v>
       </c>
       <c r="B24" s="72">
-        <v>4064</v>
+        <v>3650</v>
       </c>
       <c r="C24" s="72">
-        <v>4062</v>
+        <v>3644</v>
       </c>
       <c r="D24" s="72">
-        <v>2077</v>
+        <v>2018</v>
       </c>
       <c r="E24" s="72">
-        <v>415</v>
+        <v>522</v>
       </c>
       <c r="F24" s="72">
-        <v>772</v>
+        <v>540</v>
       </c>
       <c r="G24" s="72">
-        <v>798</v>
+        <v>564</v>
       </c>
       <c r="H24" s="72">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>7</v>
+      </c>
+      <c r="I24" s="72">
+        <v>3</v>
       </c>
       <c r="J24" s="74">
         <v>0</v>
       </c>
       <c r="K24" s="72">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L24" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="11.1" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>63</v>
       </c>
       <c r="B25" s="40"/>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="40"/>
       <c r="G25" s="40"/>
       <c r="H25" s="40"/>
       <c r="I25" s="40"/>
       <c r="J25" s="40"/>
       <c r="K25" s="40"/>
       <c r="L25" s="53"/>
     </row>
     <row r="26" spans="1:12" ht="12.6" customHeight="1">
       <c r="A26" s="32" t="s">
         <v>64</v>
       </c>
       <c r="B26" s="72">
-        <v>165067</v>
+        <v>163492</v>
       </c>
       <c r="C26" s="72">
-        <v>164729</v>
+        <v>163224</v>
       </c>
       <c r="D26" s="72">
-        <v>89645</v>
+        <v>87380</v>
       </c>
       <c r="E26" s="72">
-        <v>64517</v>
+        <v>64728</v>
       </c>
       <c r="F26" s="72">
-        <v>4954</v>
+        <v>5201</v>
       </c>
       <c r="G26" s="72">
-        <v>5613</v>
+        <v>5916</v>
       </c>
       <c r="H26" s="72">
-        <v>337</v>
+        <v>267</v>
       </c>
       <c r="I26" s="72">
-        <v>206</v>
+        <v>131</v>
       </c>
       <c r="J26" s="72">
-        <v>99</v>
+        <v>115</v>
       </c>
       <c r="K26" s="74">
         <v>0</v>
       </c>
       <c r="L26" s="78">
-        <v>32</v>
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="11.1" customHeight="1">
       <c r="A27" s="69" t="s">
         <v>65</v>
       </c>
       <c r="B27" s="40"/>
       <c r="C27" s="40"/>
       <c r="D27" s="40"/>
       <c r="E27" s="40"/>
       <c r="F27" s="40"/>
       <c r="G27" s="40"/>
       <c r="H27" s="40"/>
       <c r="I27" s="40"/>
       <c r="J27" s="40"/>
       <c r="K27" s="40"/>
       <c r="L27" s="53"/>
     </row>
     <row r="28" spans="1:12" ht="12.6" customHeight="1">
       <c r="A28" s="32" t="s">
         <v>66</v>
       </c>
       <c r="B28" s="72">
-        <v>183221</v>
+        <v>185615</v>
       </c>
       <c r="C28" s="72">
-        <v>183107</v>
+        <v>185419</v>
       </c>
       <c r="D28" s="72">
-        <v>122307</v>
+        <v>125211</v>
       </c>
       <c r="E28" s="72">
-        <v>53005</v>
+        <v>52498</v>
       </c>
       <c r="F28" s="72">
-        <v>3194</v>
+        <v>3174</v>
       </c>
       <c r="G28" s="72">
-        <v>4601</v>
+        <v>4536</v>
       </c>
       <c r="H28" s="72">
-        <v>114</v>
+        <v>196</v>
       </c>
       <c r="I28" s="72">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="J28" s="72">
-        <v>51</v>
+        <v>159</v>
       </c>
       <c r="K28" s="74">
         <v>0</v>
       </c>
       <c r="L28" s="78">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="11.1" customHeight="1">
       <c r="A29" s="69" t="s">
         <v>67</v>
       </c>
       <c r="B29" s="40"/>
       <c r="C29" s="40"/>
       <c r="D29" s="40"/>
       <c r="E29" s="40"/>
       <c r="F29" s="40"/>
       <c r="G29" s="40"/>
       <c r="H29" s="40"/>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="40"/>
       <c r="L29" s="53"/>
     </row>
     <row r="30" spans="1:12" ht="12.6" customHeight="1">
       <c r="A30" s="32" t="s">
         <v>68</v>
       </c>
       <c r="B30" s="72">
-        <v>1893</v>
+        <v>1880</v>
       </c>
       <c r="C30" s="72">
-        <v>1893</v>
+        <v>1880</v>
       </c>
       <c r="D30" s="72">
         <v>150</v>
       </c>
       <c r="E30" s="72">
-        <v>1742</v>
+        <v>1730</v>
       </c>
       <c r="F30" s="74">
         <v>0</v>
       </c>
       <c r="G30" s="74">
         <v>0</v>
       </c>
       <c r="H30" s="74">
         <v>0</v>
       </c>
       <c r="I30" s="74">
         <v>0</v>
       </c>
       <c r="J30" s="74">
         <v>0</v>
       </c>
       <c r="K30" s="74">
         <v>0</v>
       </c>
       <c r="L30" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="11.1" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="40"/>
       <c r="C31" s="40"/>
       <c r="D31" s="40"/>
       <c r="E31" s="40"/>
       <c r="F31" s="40"/>
       <c r="G31" s="40"/>
       <c r="H31" s="40"/>
       <c r="I31" s="40"/>
       <c r="J31" s="40"/>
       <c r="K31" s="40"/>
       <c r="L31" s="53"/>
     </row>
     <row r="32" spans="1:12" ht="12.6" customHeight="1">
       <c r="A32" s="32" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="72">
-        <v>268</v>
+        <v>229</v>
       </c>
       <c r="C32" s="72">
-        <v>268</v>
+        <v>229</v>
       </c>
       <c r="D32" s="72">
-        <v>160</v>
+        <v>123</v>
       </c>
       <c r="E32" s="72">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F32" s="74">
         <v>0</v>
       </c>
       <c r="G32" s="72">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H32" s="74">
         <v>0</v>
       </c>
       <c r="I32" s="74">
         <v>0</v>
       </c>
       <c r="J32" s="74">
         <v>0</v>
       </c>
       <c r="K32" s="74">
         <v>0</v>
       </c>
       <c r="L32" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="11.1" customHeight="1">
       <c r="A33" s="69" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="40"/>
       <c r="C33" s="40"/>
       <c r="D33" s="40"/>
       <c r="E33" s="40"/>
       <c r="F33" s="40"/>
       <c r="G33" s="40"/>
       <c r="H33" s="40"/>
       <c r="I33" s="40"/>
       <c r="J33" s="40"/>
       <c r="K33" s="40"/>
       <c r="L33" s="53"/>
     </row>
     <row r="34" spans="1:12" ht="12.6" customHeight="1">
       <c r="A34" s="32" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="72">
-        <v>37537</v>
+        <v>36699</v>
       </c>
       <c r="C34" s="72">
-        <v>37536</v>
+        <v>36698</v>
       </c>
       <c r="D34" s="72">
-        <v>32526</v>
+        <v>31633</v>
       </c>
       <c r="E34" s="72">
-        <v>3409</v>
+        <v>3436</v>
       </c>
       <c r="F34" s="72">
-        <v>571</v>
+        <v>544</v>
       </c>
       <c r="G34" s="72">
-        <v>1030</v>
+        <v>1084</v>
       </c>
       <c r="H34" s="72">
         <v>1</v>
       </c>
       <c r="I34" s="72">
         <v>1</v>
       </c>
       <c r="J34" s="74">
         <v>0</v>
       </c>
       <c r="K34" s="74">
         <v>0</v>
       </c>
       <c r="L34" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="11.1" customHeight="1">
       <c r="A35" s="69" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="40"/>
       <c r="C35" s="40"/>
       <c r="D35" s="40"/>
       <c r="E35" s="40"/>
       <c r="F35" s="40"/>
       <c r="G35" s="40"/>
       <c r="H35" s="40"/>
       <c r="I35" s="40"/>
       <c r="J35" s="40"/>
       <c r="K35" s="40"/>
       <c r="L35" s="53"/>
     </row>
     <row r="36" spans="1:12" ht="12.6" customHeight="1">
       <c r="A36" s="33" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="80">
-        <v>34638</v>
+        <v>32522</v>
       </c>
       <c r="C36" s="80">
-        <v>34638</v>
+        <v>32522</v>
       </c>
       <c r="D36" s="80">
-        <v>21546</v>
+        <v>19406</v>
       </c>
       <c r="E36" s="80">
-        <v>11522</v>
+        <v>11560</v>
       </c>
       <c r="F36" s="80">
-        <v>1515</v>
+        <v>1501</v>
       </c>
       <c r="G36" s="80">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="H36" s="82">
         <v>0</v>
       </c>
       <c r="I36" s="82">
         <v>0</v>
       </c>
       <c r="J36" s="82">
         <v>0</v>
       </c>
       <c r="K36" s="82">
         <v>0</v>
       </c>
       <c r="L36" s="84">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="86" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="51"/>
       <c r="C37" s="51"/>
       <c r="D37" s="51"/>
       <c r="E37" s="51"/>
@@ -3696,57 +3696,57 @@
       <c r="K2" s="57"/>
       <c r="L2" s="57"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
       <c r="L3" s="46"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="58" t="str">
         <f>'3-2'!D4:F4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="58"/>
       <c r="F4" s="58"/>
       <c r="G4" s="30" t="str">
         <f>'3-2'!G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="H4" s="29"/>
       <c r="I4" s="5"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="12" customHeight="1">
       <c r="A5" s="47" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="44" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="44"/>
       <c r="E5" s="44"/>
       <c r="F5" s="44"/>
       <c r="G5" s="45"/>
       <c r="H5" s="42" t="s">
         <v>15</v>
@@ -3865,237 +3865,237 @@
       <c r="F9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="16"/>
       <c r="I9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="J9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="K9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="L9" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="60" t="s">
         <v>77</v>
       </c>
       <c r="B10" s="63">
-        <v>4874</v>
+        <v>5035</v>
       </c>
       <c r="C10" s="63">
-        <v>4869</v>
+        <v>5035</v>
       </c>
       <c r="D10" s="63">
-        <v>2794</v>
+        <v>2950</v>
       </c>
       <c r="E10" s="63">
-        <v>863</v>
+        <v>838</v>
       </c>
       <c r="F10" s="63">
-        <v>606</v>
+        <v>624</v>
       </c>
       <c r="G10" s="63">
-        <v>605</v>
+        <v>623</v>
       </c>
       <c r="H10" s="63">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I10" s="63">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J10" s="88">
         <v>0</v>
       </c>
       <c r="K10" s="88">
         <v>0</v>
       </c>
       <c r="L10" s="90">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="69" t="s">
         <v>78</v>
       </c>
       <c r="B11" s="40"/>
       <c r="C11" s="40"/>
       <c r="D11" s="40"/>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
       <c r="H11" s="40"/>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="40"/>
       <c r="L11" s="53"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="32" t="s">
         <v>79</v>
       </c>
       <c r="B12" s="72">
-        <v>9287</v>
+        <v>8094</v>
       </c>
       <c r="C12" s="72">
-        <v>9287</v>
+        <v>8094</v>
       </c>
       <c r="D12" s="72">
-        <v>7896</v>
+        <v>6693</v>
       </c>
       <c r="E12" s="72">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="F12" s="72">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="G12" s="72">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="H12" s="74">
         <v>0</v>
       </c>
       <c r="I12" s="74">
         <v>0</v>
       </c>
       <c r="J12" s="74">
         <v>0</v>
       </c>
       <c r="K12" s="74">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>80</v>
       </c>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="40"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="40"/>
       <c r="K13" s="40"/>
       <c r="L13" s="53"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="32" t="s">
         <v>81</v>
       </c>
       <c r="B14" s="72">
-        <v>377605</v>
+        <v>382071</v>
       </c>
       <c r="C14" s="72">
-        <v>377605</v>
+        <v>382071</v>
       </c>
       <c r="D14" s="72">
-        <v>40605</v>
+        <v>41855</v>
       </c>
       <c r="E14" s="72">
-        <v>332883</v>
+        <v>334886</v>
       </c>
       <c r="F14" s="72">
-        <v>2530</v>
+        <v>3132</v>
       </c>
       <c r="G14" s="72">
-        <v>1587</v>
+        <v>2198</v>
       </c>
       <c r="H14" s="74">
         <v>0</v>
       </c>
       <c r="I14" s="74">
         <v>0</v>
       </c>
       <c r="J14" s="74">
         <v>0</v>
       </c>
       <c r="K14" s="74">
         <v>0</v>
       </c>
       <c r="L14" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="69" t="s">
         <v>82</v>
       </c>
       <c r="B15" s="40"/>
       <c r="C15" s="40"/>
       <c r="D15" s="40"/>
       <c r="E15" s="40"/>
       <c r="F15" s="40"/>
       <c r="G15" s="40"/>
       <c r="H15" s="40"/>
       <c r="I15" s="40"/>
       <c r="J15" s="40"/>
       <c r="K15" s="40"/>
       <c r="L15" s="53"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="32" t="s">
         <v>83</v>
       </c>
       <c r="B16" s="72">
-        <v>6818</v>
+        <v>7184</v>
       </c>
       <c r="C16" s="72">
-        <v>6778</v>
+        <v>7165</v>
       </c>
       <c r="D16" s="72">
-        <v>3406</v>
+        <v>3818</v>
       </c>
       <c r="E16" s="72">
-        <v>610</v>
+        <v>619</v>
       </c>
       <c r="F16" s="72">
-        <v>1257</v>
+        <v>1238</v>
       </c>
       <c r="G16" s="72">
-        <v>1506</v>
+        <v>1490</v>
       </c>
       <c r="H16" s="72">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="I16" s="72">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J16" s="72">
+        <v>2</v>
       </c>
       <c r="K16" s="74">
         <v>0</v>
       </c>
       <c r="L16" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="69" t="s">
         <v>84</v>
       </c>
       <c r="B17" s="40"/>
       <c r="C17" s="40"/>
       <c r="D17" s="40"/>
       <c r="E17" s="40"/>
       <c r="F17" s="40"/>
       <c r="G17" s="40"/>
       <c r="H17" s="40"/>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="40"/>
       <c r="L17" s="53"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
@@ -4135,114 +4135,114 @@
       <c r="L18" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1">
       <c r="A19" s="69" t="s">
         <v>86</v>
       </c>
       <c r="B19" s="40"/>
       <c r="C19" s="40"/>
       <c r="D19" s="40"/>
       <c r="E19" s="40"/>
       <c r="F19" s="40"/>
       <c r="G19" s="40"/>
       <c r="H19" s="40"/>
       <c r="I19" s="40"/>
       <c r="J19" s="40"/>
       <c r="K19" s="40"/>
       <c r="L19" s="53"/>
     </row>
     <row r="20" spans="1:12" ht="12.6" customHeight="1">
       <c r="A20" s="32" t="s">
         <v>87</v>
       </c>
       <c r="B20" s="72">
-        <v>81578</v>
+        <v>84659</v>
       </c>
       <c r="C20" s="72">
-        <v>81323</v>
+        <v>84409</v>
       </c>
       <c r="D20" s="72">
-        <v>40270</v>
+        <v>42927</v>
       </c>
       <c r="E20" s="72">
-        <v>40443</v>
+        <v>40974</v>
       </c>
       <c r="F20" s="72">
-        <v>367</v>
+        <v>316</v>
       </c>
       <c r="G20" s="72">
-        <v>242</v>
+        <v>192</v>
       </c>
       <c r="H20" s="72">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="I20" s="74">
         <v>0</v>
       </c>
       <c r="J20" s="72">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="K20" s="74">
         <v>0</v>
       </c>
       <c r="L20" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="11.1" customHeight="1">
       <c r="A21" s="69" t="s">
         <v>88</v>
       </c>
       <c r="B21" s="40"/>
       <c r="C21" s="40"/>
       <c r="D21" s="40"/>
       <c r="E21" s="40"/>
       <c r="F21" s="40"/>
       <c r="G21" s="40"/>
       <c r="H21" s="40"/>
       <c r="I21" s="40"/>
       <c r="J21" s="40"/>
       <c r="K21" s="40"/>
       <c r="L21" s="53"/>
     </row>
     <row r="22" spans="1:12" ht="12.6" customHeight="1">
       <c r="A22" s="32" t="s">
         <v>89</v>
       </c>
       <c r="B22" s="72">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C22" s="72">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D22" s="72">
         <v>23</v>
       </c>
       <c r="E22" s="72">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F22" s="74">
         <v>0</v>
       </c>
       <c r="G22" s="74">
         <v>0</v>
       </c>
       <c r="H22" s="74">
         <v>0</v>
       </c>
       <c r="I22" s="74">
         <v>0</v>
       </c>
       <c r="J22" s="74">
         <v>0</v>
       </c>
       <c r="K22" s="74">
         <v>0</v>
       </c>
       <c r="L22" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="11.1" customHeight="1">
       <c r="A23" s="69" t="s">
@@ -4297,345 +4297,345 @@
       <c r="L24" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="11.1" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>92</v>
       </c>
       <c r="B25" s="40"/>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="40"/>
       <c r="G25" s="40"/>
       <c r="H25" s="40"/>
       <c r="I25" s="40"/>
       <c r="J25" s="40"/>
       <c r="K25" s="40"/>
       <c r="L25" s="53"/>
     </row>
     <row r="26" spans="1:12" ht="12.6" customHeight="1">
       <c r="A26" s="32" t="s">
         <v>93</v>
       </c>
       <c r="B26" s="72">
-        <v>12179</v>
+        <v>12318</v>
       </c>
       <c r="C26" s="72">
-        <v>12163</v>
+        <v>12302</v>
       </c>
       <c r="D26" s="72">
-        <v>3592</v>
+        <v>3858</v>
       </c>
       <c r="E26" s="72">
-        <v>5703</v>
+        <v>5628</v>
       </c>
       <c r="F26" s="72">
-        <v>1387</v>
+        <v>1362</v>
       </c>
       <c r="G26" s="72">
-        <v>1480</v>
+        <v>1454</v>
       </c>
       <c r="H26" s="72">
         <v>16</v>
       </c>
       <c r="I26" s="72">
         <v>13</v>
       </c>
       <c r="J26" s="72">
         <v>3</v>
       </c>
       <c r="K26" s="74">
         <v>0</v>
       </c>
       <c r="L26" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="11.1" customHeight="1">
       <c r="A27" s="69" t="s">
         <v>94</v>
       </c>
       <c r="B27" s="40"/>
       <c r="C27" s="40"/>
       <c r="D27" s="40"/>
       <c r="E27" s="40"/>
       <c r="F27" s="40"/>
       <c r="G27" s="40"/>
       <c r="H27" s="40"/>
       <c r="I27" s="40"/>
       <c r="J27" s="40"/>
       <c r="K27" s="40"/>
       <c r="L27" s="53"/>
     </row>
     <row r="28" spans="1:12" ht="12.6" customHeight="1">
       <c r="A28" s="32" t="s">
         <v>95</v>
       </c>
       <c r="B28" s="72">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="C28" s="72">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="D28" s="72">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="E28" s="74">
         <v>0</v>
       </c>
       <c r="F28" s="74">
         <v>0</v>
       </c>
       <c r="G28" s="74">
         <v>0</v>
       </c>
       <c r="H28" s="74">
         <v>0</v>
       </c>
       <c r="I28" s="74">
         <v>0</v>
       </c>
       <c r="J28" s="74">
         <v>0</v>
       </c>
       <c r="K28" s="74">
         <v>0</v>
       </c>
       <c r="L28" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="11.1" customHeight="1">
       <c r="A29" s="69" t="s">
         <v>96</v>
       </c>
       <c r="B29" s="40"/>
       <c r="C29" s="40"/>
       <c r="D29" s="40"/>
       <c r="E29" s="40"/>
       <c r="F29" s="40"/>
       <c r="G29" s="40"/>
       <c r="H29" s="40"/>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="40"/>
       <c r="L29" s="53"/>
     </row>
     <row r="30" spans="1:12" ht="12.6" customHeight="1">
       <c r="A30" s="32" t="s">
         <v>97</v>
       </c>
       <c r="B30" s="72">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="C30" s="72">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="D30" s="72">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="E30" s="74">
         <v>0</v>
       </c>
       <c r="F30" s="74">
         <v>0</v>
       </c>
       <c r="G30" s="74">
         <v>0</v>
       </c>
       <c r="H30" s="74">
         <v>0</v>
       </c>
       <c r="I30" s="74">
         <v>0</v>
       </c>
       <c r="J30" s="74">
         <v>0</v>
       </c>
       <c r="K30" s="74">
         <v>0</v>
       </c>
       <c r="L30" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="11.1" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>98</v>
       </c>
       <c r="B31" s="40"/>
       <c r="C31" s="40"/>
       <c r="D31" s="40"/>
       <c r="E31" s="40"/>
       <c r="F31" s="40"/>
       <c r="G31" s="40"/>
       <c r="H31" s="40"/>
       <c r="I31" s="40"/>
       <c r="J31" s="40"/>
       <c r="K31" s="40"/>
       <c r="L31" s="53"/>
     </row>
     <row r="32" spans="1:12" ht="12.6" customHeight="1">
       <c r="A32" s="32" t="s">
         <v>99</v>
       </c>
       <c r="B32" s="72">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="C32" s="72">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="D32" s="72">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E32" s="72">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F32" s="74">
         <v>0</v>
       </c>
       <c r="G32" s="72">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="H32" s="74">
         <v>0</v>
       </c>
       <c r="I32" s="74">
         <v>0</v>
       </c>
       <c r="J32" s="74">
         <v>0</v>
       </c>
       <c r="K32" s="74">
         <v>0</v>
       </c>
       <c r="L32" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="11.1" customHeight="1">
       <c r="A33" s="69" t="s">
         <v>100</v>
       </c>
       <c r="B33" s="40"/>
       <c r="C33" s="40"/>
       <c r="D33" s="40"/>
       <c r="E33" s="40"/>
       <c r="F33" s="40"/>
       <c r="G33" s="40"/>
       <c r="H33" s="40"/>
       <c r="I33" s="40"/>
       <c r="J33" s="40"/>
       <c r="K33" s="40"/>
       <c r="L33" s="53"/>
     </row>
     <row r="34" spans="1:12" ht="12.6" customHeight="1">
       <c r="A34" s="32" t="s">
         <v>101</v>
       </c>
       <c r="B34" s="72">
-        <v>2813</v>
+        <v>2691</v>
       </c>
       <c r="C34" s="72">
-        <v>2813</v>
+        <v>2691</v>
       </c>
       <c r="D34" s="72">
-        <v>2416</v>
+        <v>2333</v>
       </c>
       <c r="E34" s="72">
         <v>10</v>
       </c>
       <c r="F34" s="72">
-        <v>189</v>
+        <v>169</v>
       </c>
       <c r="G34" s="72">
-        <v>199</v>
+        <v>179</v>
       </c>
       <c r="H34" s="74">
         <v>0</v>
       </c>
       <c r="I34" s="74">
         <v>0</v>
       </c>
       <c r="J34" s="74">
         <v>0</v>
       </c>
       <c r="K34" s="74">
         <v>0</v>
       </c>
       <c r="L34" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="11.1" customHeight="1">
       <c r="A35" s="69" t="s">
         <v>102</v>
       </c>
       <c r="B35" s="40"/>
       <c r="C35" s="40"/>
       <c r="D35" s="40"/>
       <c r="E35" s="40"/>
       <c r="F35" s="40"/>
       <c r="G35" s="40"/>
       <c r="H35" s="40"/>
       <c r="I35" s="40"/>
       <c r="J35" s="40"/>
       <c r="K35" s="40"/>
       <c r="L35" s="53"/>
     </row>
     <row r="36" spans="1:12" ht="12.6" customHeight="1">
       <c r="A36" s="33" t="s">
         <v>103</v>
       </c>
       <c r="B36" s="80">
-        <v>30455</v>
+        <v>30978</v>
       </c>
       <c r="C36" s="80">
-        <v>30435</v>
+        <v>30964</v>
       </c>
       <c r="D36" s="80">
-        <v>12141</v>
+        <v>13285</v>
       </c>
       <c r="E36" s="80">
-        <v>13481</v>
+        <v>13305</v>
       </c>
       <c r="F36" s="80">
-        <v>2272</v>
+        <v>2043</v>
       </c>
       <c r="G36" s="80">
-        <v>2541</v>
+        <v>2331</v>
       </c>
       <c r="H36" s="80">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="I36" s="80">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>14</v>
+      </c>
+      <c r="J36" s="82">
+        <v>0</v>
       </c>
       <c r="K36" s="82">
         <v>0</v>
       </c>
       <c r="L36" s="84">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="86" t="s">
         <v>104</v>
       </c>
       <c r="B37" s="51"/>
       <c r="C37" s="51"/>
       <c r="D37" s="51"/>
       <c r="E37" s="51"/>
       <c r="F37" s="51"/>
       <c r="G37" s="51"/>
       <c r="H37" s="51"/>
       <c r="I37" s="51"/>
       <c r="J37" s="51"/>
       <c r="K37" s="51"/>
       <c r="L37" s="56"/>
     </row>
     <row r="38" spans="1:12" ht="13.5" customHeight="1">
@@ -4890,57 +4890,57 @@
       <c r="K2" s="57"/>
       <c r="L2" s="57"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
       <c r="L3" s="46"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="58" t="str">
         <f>'3-2'!D4:F4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="58"/>
       <c r="F4" s="58"/>
       <c r="G4" s="30" t="str">
         <f>'3-2'!G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="H4" s="29"/>
       <c r="I4" s="5"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="12" customHeight="1">
       <c r="A5" s="47" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="44" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="44"/>
       <c r="E5" s="44"/>
       <c r="F5" s="44"/>
       <c r="G5" s="45"/>
       <c r="H5" s="42" t="s">
         <v>15</v>
@@ -5059,459 +5059,459 @@
       <c r="F9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="16"/>
       <c r="I9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="J9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="K9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="L9" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="60" t="s">
         <v>105</v>
       </c>
       <c r="B10" s="63">
-        <v>15945</v>
+        <v>16366</v>
       </c>
       <c r="C10" s="63">
-        <v>15782</v>
+        <v>16170</v>
       </c>
       <c r="D10" s="63">
-        <v>10373</v>
+        <v>10506</v>
       </c>
       <c r="E10" s="63">
-        <v>4652</v>
+        <v>4845</v>
       </c>
       <c r="F10" s="63">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="G10" s="63">
-        <v>687</v>
+        <v>745</v>
       </c>
       <c r="H10" s="63">
-        <v>163</v>
+        <v>196</v>
       </c>
       <c r="I10" s="63">
-        <v>122</v>
+        <v>148</v>
       </c>
       <c r="J10" s="63">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="K10" s="63">
+        <v>48</v>
+      </c>
+      <c r="K10" s="88">
         <v>0</v>
       </c>
       <c r="L10" s="90">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="69" t="s">
         <v>106</v>
       </c>
       <c r="B11" s="40"/>
       <c r="C11" s="40"/>
       <c r="D11" s="40"/>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
       <c r="H11" s="40"/>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="40"/>
       <c r="L11" s="53"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="32" t="s">
         <v>107</v>
       </c>
       <c r="B12" s="72">
-        <v>155105</v>
+        <v>156545</v>
       </c>
       <c r="C12" s="72">
-        <v>154949</v>
+        <v>156251</v>
       </c>
       <c r="D12" s="72">
-        <v>127300</v>
+        <v>128500</v>
       </c>
       <c r="E12" s="72">
-        <v>19470</v>
+        <v>19864</v>
       </c>
       <c r="F12" s="72">
-        <v>4401</v>
+        <v>4207</v>
       </c>
       <c r="G12" s="72">
-        <v>3777</v>
+        <v>3679</v>
       </c>
       <c r="H12" s="72">
-        <v>156</v>
+        <v>294</v>
       </c>
       <c r="I12" s="72">
-        <v>89</v>
+        <v>144</v>
       </c>
       <c r="J12" s="72">
-        <v>67</v>
+        <v>150</v>
       </c>
       <c r="K12" s="74">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>108</v>
       </c>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="40"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="40"/>
       <c r="K13" s="40"/>
       <c r="L13" s="53"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="32" t="s">
         <v>109</v>
       </c>
       <c r="B14" s="72">
-        <v>110433</v>
+        <v>107601</v>
       </c>
       <c r="C14" s="72">
-        <v>110390</v>
+        <v>107502</v>
       </c>
       <c r="D14" s="72">
-        <v>55678</v>
+        <v>52244</v>
       </c>
       <c r="E14" s="72">
-        <v>28451</v>
+        <v>29021</v>
       </c>
       <c r="F14" s="72">
-        <v>12139</v>
+        <v>11819</v>
       </c>
       <c r="G14" s="72">
-        <v>14122</v>
+        <v>14419</v>
       </c>
       <c r="H14" s="72">
-        <v>43</v>
+        <v>99</v>
       </c>
       <c r="I14" s="72">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="J14" s="72">
         <v>10</v>
       </c>
       <c r="K14" s="74">
         <v>0</v>
       </c>
       <c r="L14" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="69" t="s">
         <v>110</v>
       </c>
       <c r="B15" s="40"/>
       <c r="C15" s="40"/>
       <c r="D15" s="40"/>
       <c r="E15" s="40"/>
       <c r="F15" s="40"/>
       <c r="G15" s="40"/>
       <c r="H15" s="40"/>
       <c r="I15" s="40"/>
       <c r="J15" s="40"/>
       <c r="K15" s="40"/>
       <c r="L15" s="53"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="32" t="s">
         <v>111</v>
       </c>
       <c r="B16" s="72">
-        <v>65313</v>
+        <v>69749</v>
       </c>
       <c r="C16" s="72">
-        <v>65297</v>
+        <v>69726</v>
       </c>
       <c r="D16" s="72">
-        <v>42599</v>
+        <v>45144</v>
       </c>
       <c r="E16" s="72">
-        <v>15318</v>
+        <v>15287</v>
       </c>
       <c r="F16" s="72">
-        <v>3721</v>
+        <v>4673</v>
       </c>
       <c r="G16" s="72">
-        <v>3658</v>
+        <v>4622</v>
       </c>
       <c r="H16" s="72">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="I16" s="72">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="J16" s="72">
         <v>3</v>
       </c>
       <c r="K16" s="74">
         <v>0</v>
       </c>
       <c r="L16" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="69" t="s">
         <v>112</v>
       </c>
       <c r="B17" s="40"/>
       <c r="C17" s="40"/>
       <c r="D17" s="40"/>
       <c r="E17" s="40"/>
       <c r="F17" s="40"/>
       <c r="G17" s="40"/>
       <c r="H17" s="40"/>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="40"/>
       <c r="L17" s="53"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="32" t="s">
         <v>113</v>
       </c>
       <c r="B18" s="72">
-        <v>37597</v>
+        <v>42126</v>
       </c>
       <c r="C18" s="72">
-        <v>35759</v>
+        <v>37205</v>
       </c>
       <c r="D18" s="72">
-        <v>21775</v>
+        <v>22144</v>
       </c>
       <c r="E18" s="72">
-        <v>13268</v>
+        <v>14554</v>
       </c>
       <c r="F18" s="72">
-        <v>293</v>
+        <v>254</v>
       </c>
       <c r="G18" s="72">
-        <v>423</v>
+        <v>254</v>
       </c>
       <c r="H18" s="72">
-        <v>1838</v>
+        <v>4921</v>
       </c>
       <c r="I18" s="72">
-        <v>1707</v>
+        <v>2914</v>
       </c>
       <c r="J18" s="72">
-        <v>131</v>
+        <v>2007</v>
       </c>
       <c r="K18" s="74">
         <v>0</v>
       </c>
       <c r="L18" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1">
       <c r="A19" s="69" t="s">
         <v>114</v>
       </c>
       <c r="B19" s="40"/>
       <c r="C19" s="40"/>
       <c r="D19" s="40"/>
       <c r="E19" s="40"/>
       <c r="F19" s="40"/>
       <c r="G19" s="40"/>
       <c r="H19" s="40"/>
       <c r="I19" s="40"/>
       <c r="J19" s="40"/>
       <c r="K19" s="40"/>
       <c r="L19" s="53"/>
     </row>
     <row r="20" spans="1:12" ht="12.6" customHeight="1">
       <c r="A20" s="32" t="s">
         <v>115</v>
       </c>
       <c r="B20" s="72">
-        <v>116343</v>
+        <v>116988</v>
       </c>
       <c r="C20" s="72">
-        <v>116034</v>
+        <v>116614</v>
       </c>
       <c r="D20" s="72">
-        <v>73111</v>
+        <v>71681</v>
       </c>
       <c r="E20" s="72">
-        <v>33628</v>
+        <v>35132</v>
       </c>
       <c r="F20" s="72">
-        <v>4410</v>
+        <v>4643</v>
       </c>
       <c r="G20" s="72">
-        <v>4885</v>
+        <v>5159</v>
       </c>
       <c r="H20" s="72">
-        <v>309</v>
+        <v>374</v>
       </c>
       <c r="I20" s="72">
-        <v>136</v>
+        <v>189</v>
       </c>
       <c r="J20" s="72">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="K20" s="74">
         <v>0</v>
       </c>
       <c r="L20" s="78">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="11.1" customHeight="1">
       <c r="A21" s="69" t="s">
         <v>116</v>
       </c>
       <c r="B21" s="40"/>
       <c r="C21" s="40"/>
       <c r="D21" s="40"/>
       <c r="E21" s="40"/>
       <c r="F21" s="40"/>
       <c r="G21" s="40"/>
       <c r="H21" s="40"/>
       <c r="I21" s="40"/>
       <c r="J21" s="40"/>
       <c r="K21" s="40"/>
       <c r="L21" s="53"/>
     </row>
     <row r="22" spans="1:12" ht="12.6" customHeight="1">
       <c r="A22" s="32" t="s">
         <v>117</v>
       </c>
       <c r="B22" s="72">
-        <v>3702</v>
+        <v>3695</v>
       </c>
       <c r="C22" s="72">
-        <v>3645</v>
+        <v>3653</v>
       </c>
       <c r="D22" s="72">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="E22" s="72">
-        <v>2325</v>
+        <v>2315</v>
       </c>
       <c r="F22" s="72">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="G22" s="72">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="H22" s="72">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="I22" s="72">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="J22" s="72">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="K22" s="74">
         <v>0</v>
       </c>
       <c r="L22" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="11.1" customHeight="1">
       <c r="A23" s="69" t="s">
         <v>118</v>
       </c>
       <c r="B23" s="40"/>
       <c r="C23" s="40"/>
       <c r="D23" s="40"/>
       <c r="E23" s="40"/>
       <c r="F23" s="40"/>
       <c r="G23" s="40"/>
       <c r="H23" s="40"/>
       <c r="I23" s="40"/>
       <c r="J23" s="40"/>
       <c r="K23" s="40"/>
       <c r="L23" s="53"/>
     </row>
     <row r="24" spans="1:12" ht="12.6" customHeight="1">
       <c r="A24" s="32" t="s">
         <v>119</v>
       </c>
       <c r="B24" s="72">
-        <v>365113</v>
+        <v>369994</v>
       </c>
       <c r="C24" s="72">
-        <v>363638</v>
+        <v>368766</v>
       </c>
       <c r="D24" s="72">
-        <v>176913</v>
+        <v>189012</v>
       </c>
       <c r="E24" s="72">
-        <v>163052</v>
+        <v>156982</v>
       </c>
       <c r="F24" s="72">
-        <v>10683</v>
+        <v>10088</v>
       </c>
       <c r="G24" s="72">
-        <v>12990</v>
+        <v>12684</v>
       </c>
       <c r="H24" s="72">
-        <v>1476</v>
+        <v>1228</v>
       </c>
       <c r="I24" s="72">
-        <v>804</v>
+        <v>1010</v>
       </c>
       <c r="J24" s="72">
-        <v>582</v>
+        <v>160</v>
       </c>
       <c r="K24" s="72">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="L24" s="78">
-        <v>53</v>
+        <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="11.1" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>120</v>
       </c>
       <c r="B25" s="40"/>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="40"/>
       <c r="G25" s="40"/>
       <c r="H25" s="40"/>
       <c r="I25" s="40"/>
       <c r="J25" s="40"/>
       <c r="K25" s="40"/>
       <c r="L25" s="53"/>
     </row>
     <row r="26" spans="1:12" ht="12.6" customHeight="1">
       <c r="A26" s="32" t="s">
         <v>121</v>
       </c>
       <c r="B26" s="74">
         <v>0</v>
       </c>
@@ -5599,66 +5599,66 @@
       <c r="L28" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="11.1" customHeight="1">
       <c r="A29" s="69" t="s">
         <v>124</v>
       </c>
       <c r="B29" s="40"/>
       <c r="C29" s="40"/>
       <c r="D29" s="40"/>
       <c r="E29" s="40"/>
       <c r="F29" s="40"/>
       <c r="G29" s="40"/>
       <c r="H29" s="40"/>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="40"/>
       <c r="L29" s="53"/>
     </row>
     <row r="30" spans="1:12" ht="12.6" customHeight="1">
       <c r="A30" s="32" t="s">
         <v>125</v>
       </c>
       <c r="B30" s="72">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="C30" s="72">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D30" s="74">
         <v>0</v>
       </c>
       <c r="E30" s="72">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F30" s="74">
         <v>0</v>
       </c>
       <c r="G30" s="72">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H30" s="74">
         <v>0</v>
       </c>
       <c r="I30" s="74">
         <v>0</v>
       </c>
       <c r="J30" s="74">
         <v>0</v>
       </c>
       <c r="K30" s="74">
         <v>0</v>
       </c>
       <c r="L30" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="11.1" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>126</v>
       </c>
       <c r="B31" s="40"/>
       <c r="C31" s="40"/>
       <c r="D31" s="40"/>
       <c r="E31" s="40"/>
@@ -5988,57 +5988,57 @@
       <c r="K2" s="57"/>
       <c r="L2" s="57"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="46" t="s">
         <v>40</v>
       </c>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="58" t="str">
         <f>'3-2'!D4:F4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="58"/>
       <c r="F4" s="58"/>
       <c r="G4" s="30" t="str">
         <f>'3-2'!G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="H4" s="29"/>
       <c r="I4" s="5"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="12" customHeight="1">
       <c r="A5" s="47" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="44" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="44"/>
       <c r="E5" s="44"/>
       <c r="F5" s="44"/>
       <c r="G5" s="45"/>
       <c r="H5" s="42" t="s">
         <v>15</v>
@@ -6157,174 +6157,174 @@
       <c r="F9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="16"/>
       <c r="I9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="J9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="K9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="L9" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="61" t="s">
         <v>49</v>
       </c>
       <c r="B10" s="64">
-        <v>1067762</v>
+        <v>1068381</v>
       </c>
       <c r="C10" s="64">
-        <v>1067284</v>
+        <v>1067945</v>
       </c>
       <c r="D10" s="64">
-        <v>328645</v>
+        <v>315613</v>
       </c>
       <c r="E10" s="64">
-        <v>722248</v>
+        <v>736697</v>
       </c>
       <c r="F10" s="64">
-        <v>10403</v>
+        <v>9984</v>
       </c>
       <c r="G10" s="64">
-        <v>5988</v>
+        <v>5651</v>
       </c>
       <c r="H10" s="64">
-        <v>478</v>
+        <v>436</v>
       </c>
       <c r="I10" s="64">
-        <v>56</v>
+        <v>6</v>
       </c>
       <c r="J10" s="64">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c r="K10" s="91">
         <v>0</v>
       </c>
       <c r="L10" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="70" t="s">
         <v>3</v>
       </c>
       <c r="B11" s="40"/>
       <c r="C11" s="40"/>
       <c r="D11" s="40"/>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
       <c r="H11" s="40"/>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="40"/>
       <c r="L11" s="53"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="32" t="s">
         <v>127</v>
       </c>
       <c r="B12" s="72">
-        <v>20930</v>
+        <v>21060</v>
       </c>
       <c r="C12" s="72">
-        <v>20930</v>
+        <v>21060</v>
       </c>
       <c r="D12" s="72">
-        <v>16627</v>
+        <v>17268</v>
       </c>
       <c r="E12" s="72">
-        <v>4302</v>
+        <v>3792</v>
       </c>
       <c r="F12" s="74">
         <v>0</v>
       </c>
       <c r="G12" s="74">
         <v>0</v>
       </c>
       <c r="H12" s="74">
         <v>0</v>
       </c>
       <c r="I12" s="74">
         <v>0</v>
       </c>
       <c r="J12" s="74">
         <v>0</v>
       </c>
       <c r="K12" s="74">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>128</v>
       </c>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="40"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="40"/>
       <c r="K13" s="40"/>
       <c r="L13" s="53"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="32" t="s">
         <v>129</v>
       </c>
       <c r="B14" s="72">
-        <v>32385</v>
+        <v>32352</v>
       </c>
       <c r="C14" s="72">
-        <v>32385</v>
+        <v>32352</v>
       </c>
       <c r="D14" s="72">
-        <v>4606</v>
+        <v>4813</v>
       </c>
       <c r="E14" s="72">
-        <v>25498</v>
+        <v>25230</v>
       </c>
       <c r="F14" s="72">
-        <v>2182</v>
+        <v>2179</v>
       </c>
       <c r="G14" s="72">
-        <v>98</v>
+        <v>130</v>
       </c>
       <c r="H14" s="74">
         <v>0</v>
       </c>
       <c r="I14" s="74">
         <v>0</v>
       </c>
       <c r="J14" s="74">
         <v>0</v>
       </c>
       <c r="K14" s="74">
         <v>0</v>
       </c>
       <c r="L14" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="69" t="s">
         <v>130</v>
       </c>
       <c r="B15" s="40"/>
       <c r="C15" s="40"/>
       <c r="D15" s="40"/>
       <c r="E15" s="40"/>
@@ -6373,552 +6373,552 @@
       <c r="L16" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="69" t="s">
         <v>132</v>
       </c>
       <c r="B17" s="40"/>
       <c r="C17" s="40"/>
       <c r="D17" s="40"/>
       <c r="E17" s="40"/>
       <c r="F17" s="40"/>
       <c r="G17" s="40"/>
       <c r="H17" s="40"/>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="40"/>
       <c r="L17" s="53"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="32" t="s">
         <v>133</v>
       </c>
       <c r="B18" s="72">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="C18" s="72">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="D18" s="72">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="E18" s="74">
         <v>0</v>
       </c>
       <c r="F18" s="74">
         <v>0</v>
       </c>
       <c r="G18" s="74">
         <v>0</v>
       </c>
       <c r="H18" s="74">
         <v>0</v>
       </c>
       <c r="I18" s="74">
         <v>0</v>
       </c>
       <c r="J18" s="74">
         <v>0</v>
       </c>
       <c r="K18" s="74">
         <v>0</v>
       </c>
       <c r="L18" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1">
       <c r="A19" s="69" t="s">
         <v>134</v>
       </c>
       <c r="B19" s="40"/>
       <c r="C19" s="40"/>
       <c r="D19" s="40"/>
       <c r="E19" s="40"/>
       <c r="F19" s="40"/>
       <c r="G19" s="40"/>
       <c r="H19" s="40"/>
       <c r="I19" s="40"/>
       <c r="J19" s="40"/>
       <c r="K19" s="40"/>
       <c r="L19" s="53"/>
     </row>
     <row r="20" spans="1:12" ht="12.6" customHeight="1">
       <c r="A20" s="32" t="s">
         <v>135</v>
       </c>
       <c r="B20" s="72">
-        <v>11917</v>
+        <v>11545</v>
       </c>
       <c r="C20" s="72">
-        <v>11917</v>
+        <v>11545</v>
       </c>
       <c r="D20" s="72">
-        <v>11917</v>
+        <v>11545</v>
       </c>
       <c r="E20" s="74">
         <v>0</v>
       </c>
       <c r="F20" s="74">
         <v>0</v>
       </c>
       <c r="G20" s="74">
         <v>0</v>
       </c>
       <c r="H20" s="74">
         <v>0</v>
       </c>
       <c r="I20" s="74">
         <v>0</v>
       </c>
       <c r="J20" s="74">
         <v>0</v>
       </c>
       <c r="K20" s="74">
         <v>0</v>
       </c>
       <c r="L20" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="11.1" customHeight="1">
       <c r="A21" s="69" t="s">
         <v>136</v>
       </c>
       <c r="B21" s="40"/>
       <c r="C21" s="40"/>
       <c r="D21" s="40"/>
       <c r="E21" s="40"/>
       <c r="F21" s="40"/>
       <c r="G21" s="40"/>
       <c r="H21" s="40"/>
       <c r="I21" s="40"/>
       <c r="J21" s="40"/>
       <c r="K21" s="40"/>
       <c r="L21" s="53"/>
     </row>
     <row r="22" spans="1:12" ht="12.6" customHeight="1">
       <c r="A22" s="32" t="s">
         <v>137</v>
       </c>
       <c r="B22" s="72">
-        <v>27130</v>
+        <v>26314</v>
       </c>
       <c r="C22" s="72">
-        <v>27130</v>
+        <v>26314</v>
       </c>
       <c r="D22" s="72">
-        <v>26774</v>
+        <v>25994</v>
       </c>
       <c r="E22" s="72">
-        <v>353</v>
+        <v>317</v>
       </c>
       <c r="F22" s="72">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G22" s="72">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H22" s="74">
         <v>0</v>
       </c>
       <c r="I22" s="74">
         <v>0</v>
       </c>
       <c r="J22" s="74">
         <v>0</v>
       </c>
       <c r="K22" s="74">
         <v>0</v>
       </c>
       <c r="L22" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="11.1" customHeight="1">
       <c r="A23" s="69" t="s">
         <v>138</v>
       </c>
       <c r="B23" s="40"/>
       <c r="C23" s="40"/>
       <c r="D23" s="40"/>
       <c r="E23" s="40"/>
       <c r="F23" s="40"/>
       <c r="G23" s="40"/>
       <c r="H23" s="40"/>
       <c r="I23" s="40"/>
       <c r="J23" s="40"/>
       <c r="K23" s="40"/>
       <c r="L23" s="53"/>
     </row>
     <row r="24" spans="1:12" ht="12.6" customHeight="1">
       <c r="A24" s="32" t="s">
         <v>139</v>
       </c>
       <c r="B24" s="72">
-        <v>23575</v>
+        <v>22725</v>
       </c>
       <c r="C24" s="72">
-        <v>23575</v>
+        <v>22725</v>
       </c>
       <c r="D24" s="72">
-        <v>23575</v>
+        <v>22725</v>
       </c>
       <c r="E24" s="74">
         <v>0</v>
       </c>
       <c r="F24" s="74">
         <v>0</v>
       </c>
       <c r="G24" s="74">
         <v>0</v>
       </c>
       <c r="H24" s="74">
         <v>0</v>
       </c>
       <c r="I24" s="74">
         <v>0</v>
       </c>
       <c r="J24" s="74">
         <v>0</v>
       </c>
       <c r="K24" s="74">
         <v>0</v>
       </c>
       <c r="L24" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="11.1" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>140</v>
       </c>
       <c r="B25" s="40"/>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="40"/>
       <c r="G25" s="40"/>
       <c r="H25" s="40"/>
       <c r="I25" s="40"/>
       <c r="J25" s="40"/>
       <c r="K25" s="40"/>
       <c r="L25" s="53"/>
     </row>
     <row r="26" spans="1:12" ht="12.6" customHeight="1">
       <c r="A26" s="32" t="s">
         <v>141</v>
       </c>
       <c r="B26" s="72">
-        <v>61869</v>
+        <v>65942</v>
       </c>
       <c r="C26" s="72">
-        <v>61869</v>
+        <v>65942</v>
       </c>
       <c r="D26" s="72">
-        <v>14279</v>
+        <v>16164</v>
       </c>
       <c r="E26" s="72">
-        <v>46452</v>
+        <v>48983</v>
       </c>
       <c r="F26" s="72">
-        <v>574</v>
+        <v>402</v>
       </c>
       <c r="G26" s="72">
-        <v>564</v>
+        <v>393</v>
       </c>
       <c r="H26" s="74">
         <v>0</v>
       </c>
       <c r="I26" s="74">
         <v>0</v>
       </c>
       <c r="J26" s="74">
         <v>0</v>
       </c>
       <c r="K26" s="74">
         <v>0</v>
       </c>
       <c r="L26" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="11.1" customHeight="1">
       <c r="A27" s="69" t="s">
         <v>142</v>
       </c>
       <c r="B27" s="40"/>
       <c r="C27" s="40"/>
       <c r="D27" s="40"/>
       <c r="E27" s="40"/>
       <c r="F27" s="40"/>
       <c r="G27" s="40"/>
       <c r="H27" s="40"/>
       <c r="I27" s="40"/>
       <c r="J27" s="40"/>
       <c r="K27" s="40"/>
       <c r="L27" s="53"/>
     </row>
     <row r="28" spans="1:12" ht="12.6" customHeight="1">
       <c r="A28" s="32" t="s">
         <v>143</v>
       </c>
       <c r="B28" s="72">
-        <v>83187</v>
+        <v>84191</v>
       </c>
       <c r="C28" s="72">
-        <v>83187</v>
+        <v>84191</v>
       </c>
       <c r="D28" s="72">
-        <v>10455</v>
+        <v>10948</v>
       </c>
       <c r="E28" s="72">
-        <v>69837</v>
+        <v>70417</v>
       </c>
       <c r="F28" s="72">
-        <v>2129</v>
+        <v>2066</v>
       </c>
       <c r="G28" s="72">
-        <v>766</v>
+        <v>760</v>
       </c>
       <c r="H28" s="74">
         <v>0</v>
       </c>
       <c r="I28" s="74">
         <v>0</v>
       </c>
       <c r="J28" s="74">
         <v>0</v>
       </c>
       <c r="K28" s="74">
         <v>0</v>
       </c>
       <c r="L28" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="11.1" customHeight="1">
       <c r="A29" s="69" t="s">
         <v>144</v>
       </c>
       <c r="B29" s="40"/>
       <c r="C29" s="40"/>
       <c r="D29" s="40"/>
       <c r="E29" s="40"/>
       <c r="F29" s="40"/>
       <c r="G29" s="40"/>
       <c r="H29" s="40"/>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="40"/>
       <c r="L29" s="53"/>
     </row>
     <row r="30" spans="1:12" ht="12.6" customHeight="1">
       <c r="A30" s="32" t="s">
         <v>145</v>
       </c>
       <c r="B30" s="72">
-        <v>307</v>
+        <v>150</v>
       </c>
       <c r="C30" s="72">
-        <v>307</v>
+        <v>150</v>
       </c>
       <c r="D30" s="72">
-        <v>307</v>
+        <v>150</v>
       </c>
       <c r="E30" s="74">
         <v>0</v>
       </c>
       <c r="F30" s="74">
         <v>0</v>
       </c>
       <c r="G30" s="74">
         <v>0</v>
       </c>
       <c r="H30" s="74">
         <v>0</v>
       </c>
       <c r="I30" s="74">
         <v>0</v>
       </c>
       <c r="J30" s="74">
         <v>0</v>
       </c>
       <c r="K30" s="74">
         <v>0</v>
       </c>
       <c r="L30" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="11.1" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>146</v>
       </c>
       <c r="B31" s="40"/>
       <c r="C31" s="40"/>
       <c r="D31" s="40"/>
       <c r="E31" s="40"/>
       <c r="F31" s="40"/>
       <c r="G31" s="40"/>
       <c r="H31" s="40"/>
       <c r="I31" s="40"/>
       <c r="J31" s="40"/>
       <c r="K31" s="40"/>
       <c r="L31" s="53"/>
     </row>
     <row r="32" spans="1:12" ht="12.6" customHeight="1">
       <c r="A32" s="32" t="s">
         <v>147</v>
       </c>
       <c r="B32" s="72">
-        <v>109963</v>
+        <v>103796</v>
       </c>
       <c r="C32" s="72">
-        <v>109963</v>
+        <v>103796</v>
       </c>
       <c r="D32" s="72">
-        <v>34704</v>
+        <v>28909</v>
       </c>
       <c r="E32" s="72">
-        <v>74941</v>
+        <v>74572</v>
       </c>
       <c r="F32" s="72">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="G32" s="74">
         <v>0</v>
       </c>
       <c r="H32" s="74">
         <v>0</v>
       </c>
       <c r="I32" s="74">
         <v>0</v>
       </c>
       <c r="J32" s="74">
         <v>0</v>
       </c>
       <c r="K32" s="74">
         <v>0</v>
       </c>
       <c r="L32" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="11.1" customHeight="1">
       <c r="A33" s="69" t="s">
         <v>148</v>
       </c>
       <c r="B33" s="40"/>
       <c r="C33" s="40"/>
       <c r="D33" s="40"/>
       <c r="E33" s="40"/>
       <c r="F33" s="40"/>
       <c r="G33" s="40"/>
       <c r="H33" s="40"/>
       <c r="I33" s="40"/>
       <c r="J33" s="40"/>
       <c r="K33" s="40"/>
       <c r="L33" s="53"/>
     </row>
     <row r="34" spans="1:12" ht="12.6" customHeight="1">
       <c r="A34" s="32" t="s">
         <v>149</v>
       </c>
       <c r="B34" s="72">
-        <v>45589</v>
+        <v>47577</v>
       </c>
       <c r="C34" s="72">
-        <v>45489</v>
+        <v>47577</v>
       </c>
       <c r="D34" s="72">
-        <v>16888</v>
+        <v>14431</v>
       </c>
       <c r="E34" s="72">
-        <v>28601</v>
+        <v>33145</v>
       </c>
       <c r="F34" s="74">
         <v>0</v>
       </c>
       <c r="G34" s="74">
         <v>0</v>
       </c>
-      <c r="H34" s="72">
-[...6 lines deleted...]
-        <v>50</v>
+      <c r="H34" s="74">
+        <v>0</v>
+      </c>
+      <c r="I34" s="74">
+        <v>0</v>
+      </c>
+      <c r="J34" s="74">
+        <v>0</v>
       </c>
       <c r="K34" s="74">
         <v>0</v>
       </c>
       <c r="L34" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="11.1" customHeight="1">
       <c r="A35" s="69" t="s">
         <v>150</v>
       </c>
       <c r="B35" s="40"/>
       <c r="C35" s="40"/>
       <c r="D35" s="40"/>
       <c r="E35" s="40"/>
       <c r="F35" s="40"/>
       <c r="G35" s="40"/>
       <c r="H35" s="40"/>
       <c r="I35" s="40"/>
       <c r="J35" s="40"/>
       <c r="K35" s="40"/>
       <c r="L35" s="53"/>
     </row>
     <row r="36" spans="1:12" ht="12.6" customHeight="1">
       <c r="A36" s="33" t="s">
         <v>151</v>
       </c>
       <c r="B36" s="80">
-        <v>379320</v>
+        <v>389613</v>
       </c>
       <c r="C36" s="80">
-        <v>379320</v>
+        <v>389613</v>
       </c>
       <c r="D36" s="80">
-        <v>43684</v>
+        <v>44051</v>
       </c>
       <c r="E36" s="80">
-        <v>334486</v>
+        <v>344330</v>
       </c>
       <c r="F36" s="80">
-        <v>563</v>
+        <v>603</v>
       </c>
       <c r="G36" s="80">
-        <v>587</v>
+        <v>628</v>
       </c>
       <c r="H36" s="82">
         <v>0</v>
       </c>
       <c r="I36" s="82">
         <v>0</v>
       </c>
       <c r="J36" s="82">
         <v>0</v>
       </c>
       <c r="K36" s="82">
         <v>0</v>
       </c>
       <c r="L36" s="84">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="86" t="s">
         <v>152</v>
       </c>
       <c r="B37" s="51"/>
       <c r="C37" s="51"/>
       <c r="D37" s="51"/>
       <c r="E37" s="51"/>
@@ -7182,57 +7182,57 @@
       <c r="K2" s="57"/>
       <c r="L2" s="57"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="46" t="s">
         <v>41</v>
       </c>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="58" t="str">
         <f>'3-2'!D4:F4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="58"/>
       <c r="F4" s="58"/>
       <c r="G4" s="30" t="str">
         <f>'3-2'!G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="H4" s="29"/>
       <c r="I4" s="5"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="12" customHeight="1">
       <c r="A5" s="47" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="44" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="44"/>
       <c r="E5" s="44"/>
       <c r="F5" s="44"/>
       <c r="G5" s="45"/>
       <c r="H5" s="42" t="s">
         <v>15</v>
@@ -7405,237 +7405,237 @@
       <c r="L10" s="90">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="69" t="s">
         <v>154</v>
       </c>
       <c r="B11" s="40"/>
       <c r="C11" s="40"/>
       <c r="D11" s="40"/>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
       <c r="H11" s="40"/>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="40"/>
       <c r="L11" s="53"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="37" t="s">
         <v>155</v>
       </c>
       <c r="B12" s="72">
-        <v>18030</v>
+        <v>17784</v>
       </c>
       <c r="C12" s="72">
-        <v>18022</v>
+        <v>17778</v>
       </c>
       <c r="D12" s="72">
-        <v>14465</v>
+        <v>14288</v>
       </c>
       <c r="E12" s="72">
-        <v>3557</v>
+        <v>3490</v>
       </c>
       <c r="F12" s="74">
         <v>0</v>
       </c>
       <c r="G12" s="74">
         <v>0</v>
       </c>
       <c r="H12" s="72">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I12" s="72">
         <v>6</v>
       </c>
-      <c r="J12" s="72">
-        <v>2</v>
+      <c r="J12" s="74">
+        <v>0</v>
       </c>
       <c r="K12" s="74">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>156</v>
       </c>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="40"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="40"/>
       <c r="K13" s="40"/>
       <c r="L13" s="53"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="37" t="s">
         <v>157</v>
       </c>
       <c r="B14" s="72">
-        <v>32575</v>
+        <v>29535</v>
       </c>
       <c r="C14" s="72">
-        <v>32575</v>
+        <v>29535</v>
       </c>
       <c r="D14" s="72">
-        <v>19242</v>
+        <v>16032</v>
       </c>
       <c r="E14" s="72">
-        <v>9942</v>
+        <v>10239</v>
       </c>
       <c r="F14" s="72">
-        <v>2019</v>
+        <v>1963</v>
       </c>
       <c r="G14" s="72">
-        <v>1372</v>
+        <v>1301</v>
       </c>
       <c r="H14" s="74">
         <v>0</v>
       </c>
       <c r="I14" s="74">
         <v>0</v>
       </c>
       <c r="J14" s="74">
         <v>0</v>
       </c>
       <c r="K14" s="74">
         <v>0</v>
       </c>
       <c r="L14" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="69" t="s">
         <v>158</v>
       </c>
       <c r="B15" s="40"/>
       <c r="C15" s="40"/>
       <c r="D15" s="40"/>
       <c r="E15" s="40"/>
       <c r="F15" s="40"/>
       <c r="G15" s="40"/>
       <c r="H15" s="40"/>
       <c r="I15" s="40"/>
       <c r="J15" s="40"/>
       <c r="K15" s="40"/>
       <c r="L15" s="53"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="37" t="s">
         <v>159</v>
       </c>
       <c r="B16" s="72">
-        <v>10798</v>
+        <v>10564</v>
       </c>
       <c r="C16" s="72">
-        <v>10798</v>
+        <v>10564</v>
       </c>
       <c r="D16" s="72">
-        <v>6022</v>
+        <v>6046</v>
       </c>
       <c r="E16" s="74">
         <v>0</v>
       </c>
       <c r="F16" s="72">
-        <v>2388</v>
+        <v>2259</v>
       </c>
       <c r="G16" s="72">
-        <v>2388</v>
+        <v>2259</v>
       </c>
       <c r="H16" s="74">
         <v>0</v>
       </c>
       <c r="I16" s="74">
         <v>0</v>
       </c>
       <c r="J16" s="74">
         <v>0</v>
       </c>
       <c r="K16" s="74">
         <v>0</v>
       </c>
       <c r="L16" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="69" t="s">
         <v>160</v>
       </c>
       <c r="B17" s="40"/>
       <c r="C17" s="40"/>
       <c r="D17" s="40"/>
       <c r="E17" s="40"/>
       <c r="F17" s="40"/>
       <c r="G17" s="40"/>
       <c r="H17" s="40"/>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="40"/>
       <c r="L17" s="53"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="37" t="s">
         <v>161</v>
       </c>
       <c r="B18" s="72">
-        <v>49777</v>
+        <v>47749</v>
       </c>
       <c r="C18" s="72">
-        <v>49407</v>
+        <v>47319</v>
       </c>
       <c r="D18" s="72">
-        <v>11604</v>
+        <v>10245</v>
       </c>
       <c r="E18" s="72">
-        <v>37803</v>
+        <v>37074</v>
       </c>
       <c r="F18" s="74">
         <v>0</v>
       </c>
       <c r="G18" s="74">
         <v>0</v>
       </c>
       <c r="H18" s="72">
-        <v>370</v>
+        <v>430</v>
       </c>
       <c r="I18" s="74">
         <v>0</v>
       </c>
       <c r="J18" s="72">
-        <v>370</v>
+        <v>430</v>
       </c>
       <c r="K18" s="74">
         <v>0</v>
       </c>
       <c r="L18" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1">
       <c r="A19" s="69" t="s">
         <v>162</v>
       </c>
       <c r="B19" s="40"/>
       <c r="C19" s="40"/>
       <c r="D19" s="40"/>
       <c r="E19" s="40"/>
       <c r="F19" s="40"/>
       <c r="G19" s="40"/>
       <c r="H19" s="40"/>
       <c r="I19" s="40"/>
       <c r="J19" s="40"/>
       <c r="K19" s="40"/>
       <c r="L19" s="53"/>
     </row>
     <row r="20" spans="1:12" ht="12.6" customHeight="1">
@@ -7675,168 +7675,168 @@
       <c r="L20" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="11.1" customHeight="1">
       <c r="A21" s="69" t="s">
         <v>164</v>
       </c>
       <c r="B21" s="40"/>
       <c r="C21" s="40"/>
       <c r="D21" s="40"/>
       <c r="E21" s="40"/>
       <c r="F21" s="40"/>
       <c r="G21" s="40"/>
       <c r="H21" s="40"/>
       <c r="I21" s="40"/>
       <c r="J21" s="40"/>
       <c r="K21" s="40"/>
       <c r="L21" s="53"/>
     </row>
     <row r="22" spans="1:12" ht="12.6" customHeight="1">
       <c r="A22" s="37" t="s">
         <v>165</v>
       </c>
       <c r="B22" s="72">
-        <v>28185</v>
+        <v>29659</v>
       </c>
       <c r="C22" s="72">
-        <v>28185</v>
+        <v>29659</v>
       </c>
       <c r="D22" s="72">
-        <v>15044</v>
+        <v>16551</v>
       </c>
       <c r="E22" s="72">
-        <v>13142</v>
-[...4 lines deleted...]
-      <c r="G22" s="74">
+        <v>13108</v>
+      </c>
+      <c r="F22" s="72">
+        <v>0</v>
+      </c>
+      <c r="G22" s="72">
         <v>0</v>
       </c>
       <c r="H22" s="74">
         <v>0</v>
       </c>
       <c r="I22" s="74">
         <v>0</v>
       </c>
       <c r="J22" s="74">
         <v>0</v>
       </c>
       <c r="K22" s="74">
         <v>0</v>
       </c>
       <c r="L22" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="11.1" customHeight="1">
       <c r="A23" s="69" t="s">
         <v>166</v>
       </c>
       <c r="B23" s="40"/>
       <c r="C23" s="40"/>
       <c r="D23" s="40"/>
       <c r="E23" s="40"/>
       <c r="F23" s="40"/>
       <c r="G23" s="40"/>
       <c r="H23" s="40"/>
       <c r="I23" s="40"/>
       <c r="J23" s="40"/>
       <c r="K23" s="40"/>
       <c r="L23" s="53"/>
     </row>
     <row r="24" spans="1:12" ht="12.6" customHeight="1">
       <c r="A24" s="37" t="s">
         <v>167</v>
       </c>
       <c r="B24" s="72">
-        <v>20527</v>
+        <v>20373</v>
       </c>
       <c r="C24" s="72">
-        <v>20527</v>
+        <v>20373</v>
       </c>
       <c r="D24" s="72">
-        <v>14252</v>
+        <v>14097</v>
       </c>
       <c r="E24" s="72">
-        <v>6275</v>
+        <v>6276</v>
       </c>
       <c r="F24" s="74">
         <v>0</v>
       </c>
       <c r="G24" s="74">
         <v>0</v>
       </c>
       <c r="H24" s="74">
         <v>0</v>
       </c>
       <c r="I24" s="74">
         <v>0</v>
       </c>
       <c r="J24" s="74">
         <v>0</v>
       </c>
       <c r="K24" s="74">
         <v>0</v>
       </c>
       <c r="L24" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="11.1" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>168</v>
       </c>
       <c r="B25" s="40"/>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="40"/>
       <c r="G25" s="40"/>
       <c r="H25" s="40"/>
       <c r="I25" s="40"/>
       <c r="J25" s="40"/>
       <c r="K25" s="40"/>
       <c r="L25" s="53"/>
     </row>
     <row r="26" spans="1:12" ht="12.6" customHeight="1">
       <c r="A26" s="37" t="s">
         <v>169</v>
       </c>
       <c r="B26" s="72">
-        <v>164</v>
+        <v>98</v>
       </c>
       <c r="C26" s="72">
-        <v>164</v>
+        <v>98</v>
       </c>
       <c r="D26" s="74">
         <v>0</v>
       </c>
       <c r="E26" s="72">
-        <v>164</v>
+        <v>98</v>
       </c>
       <c r="F26" s="74">
         <v>0</v>
       </c>
       <c r="G26" s="74">
         <v>0</v>
       </c>
       <c r="H26" s="74">
         <v>0</v>
       </c>
       <c r="I26" s="74">
         <v>0</v>
       </c>
       <c r="J26" s="74">
         <v>0</v>
       </c>
       <c r="K26" s="74">
         <v>0</v>
       </c>
       <c r="L26" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="11.1" customHeight="1">
       <c r="A27" s="69" t="s">
@@ -7891,168 +7891,168 @@
       <c r="L28" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="11.1" customHeight="1">
       <c r="A29" s="69" t="s">
         <v>172</v>
       </c>
       <c r="B29" s="40"/>
       <c r="C29" s="40"/>
       <c r="D29" s="40"/>
       <c r="E29" s="40"/>
       <c r="F29" s="40"/>
       <c r="G29" s="40"/>
       <c r="H29" s="40"/>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="40"/>
       <c r="L29" s="53"/>
     </row>
     <row r="30" spans="1:12" ht="12.6" customHeight="1">
       <c r="A30" s="37" t="s">
         <v>173</v>
       </c>
       <c r="B30" s="72">
-        <v>1406</v>
+        <v>1023</v>
       </c>
       <c r="C30" s="72">
-        <v>1406</v>
+        <v>1023</v>
       </c>
       <c r="D30" s="72">
-        <v>1406</v>
+        <v>1023</v>
       </c>
       <c r="E30" s="74">
         <v>0</v>
       </c>
       <c r="F30" s="74">
         <v>0</v>
       </c>
       <c r="G30" s="74">
         <v>0</v>
       </c>
       <c r="H30" s="74">
         <v>0</v>
       </c>
       <c r="I30" s="74">
         <v>0</v>
       </c>
       <c r="J30" s="74">
         <v>0</v>
       </c>
       <c r="K30" s="74">
         <v>0</v>
       </c>
       <c r="L30" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="11.1" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>174</v>
       </c>
       <c r="B31" s="40"/>
       <c r="C31" s="40"/>
       <c r="D31" s="40"/>
       <c r="E31" s="40"/>
       <c r="F31" s="40"/>
       <c r="G31" s="40"/>
       <c r="H31" s="40"/>
       <c r="I31" s="40"/>
       <c r="J31" s="40"/>
       <c r="K31" s="40"/>
       <c r="L31" s="53"/>
     </row>
     <row r="32" spans="1:12" ht="12.6" customHeight="1">
       <c r="A32" s="37" t="s">
         <v>175</v>
       </c>
       <c r="B32" s="72">
-        <v>105780</v>
+        <v>101874</v>
       </c>
       <c r="C32" s="72">
-        <v>105780</v>
+        <v>101874</v>
       </c>
       <c r="D32" s="72">
-        <v>40018</v>
+        <v>37402</v>
       </c>
       <c r="E32" s="72">
-        <v>65324</v>
+        <v>64099</v>
       </c>
       <c r="F32" s="72">
-        <v>227</v>
+        <v>195</v>
       </c>
       <c r="G32" s="72">
-        <v>211</v>
+        <v>179</v>
       </c>
       <c r="H32" s="74">
         <v>0</v>
       </c>
       <c r="I32" s="74">
         <v>0</v>
       </c>
       <c r="J32" s="74">
         <v>0</v>
       </c>
       <c r="K32" s="74">
         <v>0</v>
       </c>
       <c r="L32" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="11.1" customHeight="1">
       <c r="A33" s="69" t="s">
         <v>176</v>
       </c>
       <c r="B33" s="40"/>
       <c r="C33" s="40"/>
       <c r="D33" s="40"/>
       <c r="E33" s="40"/>
       <c r="F33" s="40"/>
       <c r="G33" s="40"/>
       <c r="H33" s="40"/>
       <c r="I33" s="40"/>
       <c r="J33" s="40"/>
       <c r="K33" s="40"/>
       <c r="L33" s="53"/>
     </row>
     <row r="34" spans="1:12" ht="12.6" customHeight="1">
       <c r="A34" s="37" t="s">
         <v>177</v>
       </c>
       <c r="B34" s="72">
-        <v>3891</v>
+        <v>3978</v>
       </c>
       <c r="C34" s="72">
-        <v>3891</v>
+        <v>3978</v>
       </c>
       <c r="D34" s="72">
-        <v>2320</v>
+        <v>2453</v>
       </c>
       <c r="E34" s="72">
-        <v>1571</v>
+        <v>1526</v>
       </c>
       <c r="F34" s="74">
         <v>0</v>
       </c>
       <c r="G34" s="74">
         <v>0</v>
       </c>
       <c r="H34" s="74">
         <v>0</v>
       </c>
       <c r="I34" s="74">
         <v>0</v>
       </c>
       <c r="J34" s="74">
         <v>0</v>
       </c>
       <c r="K34" s="74">
         <v>0</v>
       </c>
       <c r="L34" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="11.1" customHeight="1">
       <c r="A35" s="69" t="s">
@@ -8376,57 +8376,57 @@
       <c r="K2" s="57"/>
       <c r="L2" s="57"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="46" t="s">
         <v>41</v>
       </c>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="58" t="str">
         <f>'3-2'!D4:F4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="58"/>
       <c r="F4" s="58"/>
       <c r="G4" s="30" t="str">
         <f>'3-2'!G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="H4" s="29"/>
       <c r="I4" s="5"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="12" customHeight="1">
       <c r="A5" s="47" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="44" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="44"/>
       <c r="E5" s="44"/>
       <c r="F5" s="44"/>
       <c r="G5" s="45"/>
       <c r="H5" s="42" t="s">
         <v>15</v>