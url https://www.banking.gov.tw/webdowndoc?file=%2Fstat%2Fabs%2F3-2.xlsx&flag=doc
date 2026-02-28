--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -197,51 +197,51 @@
   <si>
     <t>買入</t>
   </si>
   <si>
     <t>選擇權</t>
   </si>
   <si>
     <t>賣出</t>
   </si>
   <si>
     <t>期貨-</t>
   </si>
   <si>
     <t>長部位</t>
   </si>
   <si>
     <t>短部位</t>
   </si>
   <si>
     <t>契約</t>
   </si>
   <si>
     <t>總計</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Oct. 2025</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
   </si>
   <si>
     <r>
       <t>3-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　衍生性金融商品名目本金餘額（商品別）</t>
     </r>
   </si>
   <si>
     <r>
       <t>3-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
@@ -674,51 +674,51 @@
   <si>
     <t>中國輸出入銀行</t>
   </si>
   <si>
     <t>The Export-Import Bank of The Republic of China</t>
   </si>
   <si>
     <t>高雄銀行</t>
   </si>
   <si>
     <t>Bank of Kaohsiung</t>
   </si>
   <si>
     <t>兆豐國際商業銀行　#</t>
   </si>
   <si>
     <t>Mega International Commercial Bank Co., Ltd.</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>Citibank Taiwan Ltd.</t>
   </si>
   <si>
-    <t>民國114年10月底</t>
+    <t>民國114年12月底</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
@@ -2671,768 +2671,768 @@
       <c r="F9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="16"/>
       <c r="I9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="J9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="K9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="L9" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="61" t="s">
         <v>49</v>
       </c>
       <c r="B10" s="64">
-        <v>1973929</v>
+        <v>1938826</v>
       </c>
       <c r="C10" s="64">
-        <v>1965769</v>
+        <v>1934519</v>
       </c>
       <c r="D10" s="64">
-        <v>1002316</v>
+        <v>935601</v>
       </c>
       <c r="E10" s="64">
-        <v>830835</v>
+        <v>871121</v>
       </c>
       <c r="F10" s="64">
-        <v>61906</v>
+        <v>59394</v>
       </c>
       <c r="G10" s="64">
-        <v>70712</v>
+        <v>68402</v>
       </c>
       <c r="H10" s="64">
-        <v>8160</v>
+        <v>4308</v>
       </c>
       <c r="I10" s="64">
-        <v>4916</v>
+        <v>2489</v>
       </c>
       <c r="J10" s="64">
-        <v>3131</v>
+        <v>1750</v>
       </c>
       <c r="K10" s="64">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="L10" s="67">
-        <v>97</v>
+        <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="70" t="s">
         <v>3</v>
       </c>
       <c r="B11" s="40"/>
       <c r="C11" s="40"/>
       <c r="D11" s="40"/>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
       <c r="H11" s="40"/>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="40"/>
       <c r="L11" s="53"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="32" t="s">
         <v>50</v>
       </c>
       <c r="B12" s="72">
-        <v>36178</v>
+        <v>37573</v>
       </c>
       <c r="C12" s="72">
-        <v>36178</v>
+        <v>37573</v>
       </c>
       <c r="D12" s="72">
-        <v>34447</v>
+        <v>35739</v>
       </c>
       <c r="E12" s="72">
-        <v>908</v>
+        <v>957</v>
       </c>
       <c r="F12" s="72">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G12" s="72">
-        <v>805</v>
+        <v>856</v>
       </c>
       <c r="H12" s="74">
         <v>0</v>
       </c>
       <c r="I12" s="74">
         <v>0</v>
       </c>
       <c r="J12" s="74">
         <v>0</v>
       </c>
       <c r="K12" s="74">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>51</v>
       </c>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="40"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="40"/>
       <c r="K13" s="40"/>
       <c r="L13" s="53"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="32" t="s">
         <v>52</v>
       </c>
       <c r="B14" s="72">
-        <v>5084</v>
+        <v>5241</v>
       </c>
       <c r="C14" s="72">
-        <v>5084</v>
+        <v>5241</v>
       </c>
       <c r="D14" s="72">
-        <v>4547</v>
+        <v>4704</v>
       </c>
       <c r="E14" s="72">
         <v>269</v>
       </c>
       <c r="F14" s="74">
         <v>0</v>
       </c>
       <c r="G14" s="72">
         <v>269</v>
       </c>
       <c r="H14" s="74">
         <v>0</v>
       </c>
       <c r="I14" s="74">
         <v>0</v>
       </c>
       <c r="J14" s="74">
         <v>0</v>
       </c>
       <c r="K14" s="74">
         <v>0</v>
       </c>
       <c r="L14" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="69" t="s">
         <v>53</v>
       </c>
       <c r="B15" s="40"/>
       <c r="C15" s="40"/>
       <c r="D15" s="40"/>
       <c r="E15" s="40"/>
       <c r="F15" s="40"/>
       <c r="G15" s="40"/>
       <c r="H15" s="40"/>
       <c r="I15" s="40"/>
       <c r="J15" s="40"/>
       <c r="K15" s="40"/>
       <c r="L15" s="53"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="32" t="s">
         <v>54</v>
       </c>
       <c r="B16" s="72">
-        <v>9818</v>
+        <v>11082</v>
       </c>
       <c r="C16" s="72">
-        <v>9816</v>
+        <v>11082</v>
       </c>
       <c r="D16" s="72">
-        <v>9000</v>
+        <v>10385</v>
       </c>
       <c r="E16" s="72">
-        <v>401</v>
+        <v>349</v>
       </c>
       <c r="F16" s="72">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="G16" s="72">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>237</v>
+      </c>
+      <c r="H16" s="74">
+        <v>0</v>
       </c>
       <c r="I16" s="74">
         <v>0</v>
       </c>
-      <c r="J16" s="72">
-        <v>2</v>
+      <c r="J16" s="74">
+        <v>0</v>
       </c>
       <c r="K16" s="74">
         <v>0</v>
       </c>
       <c r="L16" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="69" t="s">
         <v>55</v>
       </c>
       <c r="B17" s="40"/>
       <c r="C17" s="40"/>
       <c r="D17" s="40"/>
       <c r="E17" s="40"/>
       <c r="F17" s="40"/>
       <c r="G17" s="40"/>
       <c r="H17" s="40"/>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="40"/>
       <c r="L17" s="53"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="32" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="72">
-        <v>45015</v>
+        <v>46557</v>
       </c>
       <c r="C18" s="72">
-        <v>44921</v>
+        <v>46543</v>
       </c>
       <c r="D18" s="72">
-        <v>26336</v>
+        <v>28222</v>
       </c>
       <c r="E18" s="72">
-        <v>12491</v>
+        <v>12513</v>
       </c>
       <c r="F18" s="72">
-        <v>2786</v>
+        <v>2618</v>
       </c>
       <c r="G18" s="72">
-        <v>3308</v>
+        <v>3190</v>
       </c>
       <c r="H18" s="72">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>14</v>
+      </c>
+      <c r="I18" s="74">
+        <v>0</v>
       </c>
       <c r="J18" s="72">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="K18" s="74">
         <v>0</v>
       </c>
       <c r="L18" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1">
       <c r="A19" s="69" t="s">
         <v>57</v>
       </c>
       <c r="B19" s="40"/>
       <c r="C19" s="40"/>
       <c r="D19" s="40"/>
       <c r="E19" s="40"/>
       <c r="F19" s="40"/>
       <c r="G19" s="40"/>
       <c r="H19" s="40"/>
       <c r="I19" s="40"/>
       <c r="J19" s="40"/>
       <c r="K19" s="40"/>
       <c r="L19" s="53"/>
     </row>
     <row r="20" spans="1:12" ht="12.6" customHeight="1">
       <c r="A20" s="32" t="s">
         <v>58</v>
       </c>
       <c r="B20" s="72">
-        <v>22388</v>
+        <v>21269</v>
       </c>
       <c r="C20" s="72">
-        <v>22320</v>
+        <v>21269</v>
       </c>
       <c r="D20" s="72">
-        <v>13338</v>
+        <v>12687</v>
       </c>
       <c r="E20" s="72">
-        <v>3986</v>
+        <v>3965</v>
       </c>
       <c r="F20" s="72">
-        <v>2436</v>
+        <v>2306</v>
       </c>
       <c r="G20" s="72">
-        <v>2561</v>
-[...8 lines deleted...]
-        <v>17</v>
+        <v>2312</v>
+      </c>
+      <c r="H20" s="74">
+        <v>0</v>
+      </c>
+      <c r="I20" s="74">
+        <v>0</v>
+      </c>
+      <c r="J20" s="74">
+        <v>0</v>
       </c>
       <c r="K20" s="74">
         <v>0</v>
       </c>
       <c r="L20" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="11.1" customHeight="1">
       <c r="A21" s="69" t="s">
         <v>59</v>
       </c>
       <c r="B21" s="40"/>
       <c r="C21" s="40"/>
       <c r="D21" s="40"/>
       <c r="E21" s="40"/>
       <c r="F21" s="40"/>
       <c r="G21" s="40"/>
       <c r="H21" s="40"/>
       <c r="I21" s="40"/>
       <c r="J21" s="40"/>
       <c r="K21" s="40"/>
       <c r="L21" s="53"/>
     </row>
     <row r="22" spans="1:12" ht="12.6" customHeight="1">
       <c r="A22" s="32" t="s">
         <v>60</v>
       </c>
       <c r="B22" s="72">
-        <v>14628</v>
+        <v>15074</v>
       </c>
       <c r="C22" s="72">
-        <v>14578</v>
+        <v>15074</v>
       </c>
       <c r="D22" s="72">
-        <v>10453</v>
+        <v>10373</v>
       </c>
       <c r="E22" s="72">
-        <v>3419</v>
+        <v>3971</v>
       </c>
       <c r="F22" s="72">
-        <v>297</v>
+        <v>307</v>
       </c>
       <c r="G22" s="72">
-        <v>408</v>
-[...8 lines deleted...]
-        <v>15</v>
+        <v>422</v>
+      </c>
+      <c r="H22" s="74">
+        <v>0</v>
+      </c>
+      <c r="I22" s="74">
+        <v>0</v>
+      </c>
+      <c r="J22" s="74">
+        <v>0</v>
       </c>
       <c r="K22" s="74">
         <v>0</v>
       </c>
       <c r="L22" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="11.1" customHeight="1">
       <c r="A23" s="69" t="s">
         <v>61</v>
       </c>
       <c r="B23" s="40"/>
       <c r="C23" s="40"/>
       <c r="D23" s="40"/>
       <c r="E23" s="40"/>
       <c r="F23" s="40"/>
       <c r="G23" s="40"/>
       <c r="H23" s="40"/>
       <c r="I23" s="40"/>
       <c r="J23" s="40"/>
       <c r="K23" s="40"/>
       <c r="L23" s="53"/>
     </row>
     <row r="24" spans="1:12" ht="12.6" customHeight="1">
       <c r="A24" s="32" t="s">
         <v>62</v>
       </c>
       <c r="B24" s="72">
-        <v>3650</v>
+        <v>9041</v>
       </c>
       <c r="C24" s="72">
-        <v>3644</v>
+        <v>9037</v>
       </c>
       <c r="D24" s="72">
-        <v>2018</v>
+        <v>1780</v>
       </c>
       <c r="E24" s="72">
-        <v>522</v>
+        <v>760</v>
       </c>
       <c r="F24" s="72">
-        <v>540</v>
+        <v>3201</v>
       </c>
       <c r="G24" s="72">
-        <v>564</v>
+        <v>3296</v>
       </c>
       <c r="H24" s="72">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="I24" s="72">
         <v>3</v>
       </c>
       <c r="J24" s="74">
         <v>0</v>
       </c>
-      <c r="K24" s="72">
-        <v>3</v>
+      <c r="K24" s="74">
+        <v>0</v>
       </c>
       <c r="L24" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="11.1" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>63</v>
       </c>
       <c r="B25" s="40"/>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="40"/>
       <c r="G25" s="40"/>
       <c r="H25" s="40"/>
       <c r="I25" s="40"/>
       <c r="J25" s="40"/>
       <c r="K25" s="40"/>
       <c r="L25" s="53"/>
     </row>
     <row r="26" spans="1:12" ht="12.6" customHeight="1">
       <c r="A26" s="32" t="s">
         <v>64</v>
       </c>
       <c r="B26" s="72">
-        <v>163492</v>
+        <v>165343</v>
       </c>
       <c r="C26" s="72">
-        <v>163224</v>
+        <v>164987</v>
       </c>
       <c r="D26" s="72">
-        <v>87380</v>
+        <v>86480</v>
       </c>
       <c r="E26" s="72">
-        <v>64728</v>
+        <v>69036</v>
       </c>
       <c r="F26" s="72">
-        <v>5201</v>
+        <v>4272</v>
       </c>
       <c r="G26" s="72">
-        <v>5916</v>
+        <v>5199</v>
       </c>
       <c r="H26" s="72">
-        <v>267</v>
+        <v>356</v>
       </c>
       <c r="I26" s="72">
-        <v>131</v>
+        <v>109</v>
       </c>
       <c r="J26" s="72">
-        <v>115</v>
+        <v>221</v>
       </c>
       <c r="K26" s="74">
         <v>0</v>
       </c>
       <c r="L26" s="78">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="11.1" customHeight="1">
       <c r="A27" s="69" t="s">
         <v>65</v>
       </c>
       <c r="B27" s="40"/>
       <c r="C27" s="40"/>
       <c r="D27" s="40"/>
       <c r="E27" s="40"/>
       <c r="F27" s="40"/>
       <c r="G27" s="40"/>
       <c r="H27" s="40"/>
       <c r="I27" s="40"/>
       <c r="J27" s="40"/>
       <c r="K27" s="40"/>
       <c r="L27" s="53"/>
     </row>
     <row r="28" spans="1:12" ht="12.6" customHeight="1">
       <c r="A28" s="32" t="s">
         <v>66</v>
       </c>
       <c r="B28" s="72">
-        <v>185615</v>
+        <v>175588</v>
       </c>
       <c r="C28" s="72">
-        <v>185419</v>
+        <v>175403</v>
       </c>
       <c r="D28" s="72">
-        <v>125211</v>
+        <v>115199</v>
       </c>
       <c r="E28" s="72">
-        <v>52498</v>
+        <v>52661</v>
       </c>
       <c r="F28" s="72">
-        <v>3174</v>
+        <v>3078</v>
       </c>
       <c r="G28" s="72">
-        <v>4536</v>
+        <v>4465</v>
       </c>
       <c r="H28" s="72">
-        <v>196</v>
+        <v>184</v>
       </c>
       <c r="I28" s="72">
-        <v>35</v>
+        <v>103</v>
       </c>
       <c r="J28" s="72">
-        <v>159</v>
+        <v>81</v>
       </c>
       <c r="K28" s="74">
         <v>0</v>
       </c>
-      <c r="L28" s="78">
-        <v>1</v>
+      <c r="L28" s="76">
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="11.1" customHeight="1">
       <c r="A29" s="69" t="s">
         <v>67</v>
       </c>
       <c r="B29" s="40"/>
       <c r="C29" s="40"/>
       <c r="D29" s="40"/>
       <c r="E29" s="40"/>
       <c r="F29" s="40"/>
       <c r="G29" s="40"/>
       <c r="H29" s="40"/>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="40"/>
       <c r="L29" s="53"/>
     </row>
     <row r="30" spans="1:12" ht="12.6" customHeight="1">
       <c r="A30" s="32" t="s">
         <v>68</v>
       </c>
       <c r="B30" s="72">
-        <v>1880</v>
+        <v>2085</v>
       </c>
       <c r="C30" s="72">
-        <v>1880</v>
+        <v>2085</v>
       </c>
       <c r="D30" s="72">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="E30" s="72">
-        <v>1730</v>
+        <v>1927</v>
       </c>
       <c r="F30" s="74">
         <v>0</v>
       </c>
       <c r="G30" s="74">
         <v>0</v>
       </c>
       <c r="H30" s="74">
         <v>0</v>
       </c>
       <c r="I30" s="74">
         <v>0</v>
       </c>
       <c r="J30" s="74">
         <v>0</v>
       </c>
       <c r="K30" s="74">
         <v>0</v>
       </c>
       <c r="L30" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="11.1" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="40"/>
       <c r="C31" s="40"/>
       <c r="D31" s="40"/>
       <c r="E31" s="40"/>
       <c r="F31" s="40"/>
       <c r="G31" s="40"/>
       <c r="H31" s="40"/>
       <c r="I31" s="40"/>
       <c r="J31" s="40"/>
       <c r="K31" s="40"/>
       <c r="L31" s="53"/>
     </row>
     <row r="32" spans="1:12" ht="12.6" customHeight="1">
       <c r="A32" s="32" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="72">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="C32" s="72">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="D32" s="72">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="E32" s="72">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="F32" s="74">
         <v>0</v>
       </c>
       <c r="G32" s="72">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="H32" s="74">
         <v>0</v>
       </c>
       <c r="I32" s="74">
         <v>0</v>
       </c>
       <c r="J32" s="74">
         <v>0</v>
       </c>
       <c r="K32" s="74">
         <v>0</v>
       </c>
       <c r="L32" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="11.1" customHeight="1">
       <c r="A33" s="69" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="40"/>
       <c r="C33" s="40"/>
       <c r="D33" s="40"/>
       <c r="E33" s="40"/>
       <c r="F33" s="40"/>
       <c r="G33" s="40"/>
       <c r="H33" s="40"/>
       <c r="I33" s="40"/>
       <c r="J33" s="40"/>
       <c r="K33" s="40"/>
       <c r="L33" s="53"/>
     </row>
     <row r="34" spans="1:12" ht="12.6" customHeight="1">
       <c r="A34" s="32" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="72">
-        <v>36699</v>
+        <v>36141</v>
       </c>
       <c r="C34" s="72">
-        <v>36698</v>
+        <v>36141</v>
       </c>
       <c r="D34" s="72">
-        <v>31633</v>
+        <v>30903</v>
       </c>
       <c r="E34" s="72">
-        <v>3436</v>
+        <v>3594</v>
       </c>
       <c r="F34" s="72">
-        <v>544</v>
+        <v>537</v>
       </c>
       <c r="G34" s="72">
-        <v>1084</v>
+        <v>1107</v>
       </c>
       <c r="H34" s="72">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="I34" s="74">
+        <v>0</v>
       </c>
       <c r="J34" s="74">
         <v>0</v>
       </c>
-      <c r="K34" s="74">
+      <c r="K34" s="72">
         <v>0</v>
       </c>
       <c r="L34" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="11.1" customHeight="1">
       <c r="A35" s="69" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="40"/>
       <c r="C35" s="40"/>
       <c r="D35" s="40"/>
       <c r="E35" s="40"/>
       <c r="F35" s="40"/>
       <c r="G35" s="40"/>
       <c r="H35" s="40"/>
       <c r="I35" s="40"/>
       <c r="J35" s="40"/>
       <c r="K35" s="40"/>
       <c r="L35" s="53"/>
     </row>
     <row r="36" spans="1:12" ht="12.6" customHeight="1">
       <c r="A36" s="33" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="80">
-        <v>32522</v>
+        <v>32368</v>
       </c>
       <c r="C36" s="80">
-        <v>32522</v>
+        <v>32368</v>
       </c>
       <c r="D36" s="80">
-        <v>19406</v>
+        <v>18125</v>
       </c>
       <c r="E36" s="80">
-        <v>11560</v>
+        <v>12726</v>
       </c>
       <c r="F36" s="80">
-        <v>1501</v>
+        <v>1467</v>
       </c>
       <c r="G36" s="80">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="H36" s="82">
         <v>0</v>
       </c>
       <c r="I36" s="82">
         <v>0</v>
       </c>
       <c r="J36" s="82">
         <v>0</v>
       </c>
       <c r="K36" s="82">
         <v>0</v>
       </c>
       <c r="L36" s="84">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="86" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="51"/>
       <c r="C37" s="51"/>
       <c r="D37" s="51"/>
       <c r="E37" s="51"/>
@@ -3696,57 +3696,57 @@
       <c r="K2" s="57"/>
       <c r="L2" s="57"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
       <c r="L3" s="46"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="58" t="str">
         <f>'3-2'!D4:F4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="58"/>
       <c r="F4" s="58"/>
       <c r="G4" s="30" t="str">
         <f>'3-2'!G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="29"/>
       <c r="I4" s="5"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="12" customHeight="1">
       <c r="A5" s="47" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="44" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="44"/>
       <c r="E5" s="44"/>
       <c r="F5" s="44"/>
       <c r="G5" s="45"/>
       <c r="H5" s="42" t="s">
         <v>15</v>
@@ -3865,774 +3865,774 @@
       <c r="F9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="16"/>
       <c r="I9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="J9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="K9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="L9" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="60" t="s">
         <v>77</v>
       </c>
       <c r="B10" s="63">
-        <v>5035</v>
+        <v>5399</v>
       </c>
       <c r="C10" s="63">
-        <v>5035</v>
+        <v>5399</v>
       </c>
       <c r="D10" s="63">
-        <v>2950</v>
+        <v>3594</v>
       </c>
       <c r="E10" s="63">
-        <v>838</v>
+        <v>822</v>
       </c>
       <c r="F10" s="63">
-        <v>624</v>
+        <v>487</v>
       </c>
       <c r="G10" s="63">
-        <v>623</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>496</v>
+      </c>
+      <c r="H10" s="88">
+        <v>0</v>
+      </c>
+      <c r="I10" s="88">
+        <v>0</v>
       </c>
       <c r="J10" s="88">
         <v>0</v>
       </c>
       <c r="K10" s="88">
         <v>0</v>
       </c>
       <c r="L10" s="90">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="69" t="s">
         <v>78</v>
       </c>
       <c r="B11" s="40"/>
       <c r="C11" s="40"/>
       <c r="D11" s="40"/>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
       <c r="H11" s="40"/>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="40"/>
       <c r="L11" s="53"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="32" t="s">
         <v>79</v>
       </c>
       <c r="B12" s="72">
-        <v>8094</v>
+        <v>8589</v>
       </c>
       <c r="C12" s="72">
-        <v>8094</v>
+        <v>8589</v>
       </c>
       <c r="D12" s="72">
-        <v>6693</v>
+        <v>7205</v>
       </c>
       <c r="E12" s="72">
-        <v>421</v>
+        <v>440</v>
       </c>
       <c r="F12" s="72">
-        <v>490</v>
+        <v>472</v>
       </c>
       <c r="G12" s="72">
-        <v>490</v>
+        <v>472</v>
       </c>
       <c r="H12" s="74">
         <v>0</v>
       </c>
       <c r="I12" s="74">
         <v>0</v>
       </c>
       <c r="J12" s="74">
         <v>0</v>
       </c>
       <c r="K12" s="74">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>80</v>
       </c>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="40"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="40"/>
       <c r="K13" s="40"/>
       <c r="L13" s="53"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="32" t="s">
         <v>81</v>
       </c>
       <c r="B14" s="72">
-        <v>382071</v>
+        <v>399658</v>
       </c>
       <c r="C14" s="72">
-        <v>382071</v>
+        <v>399658</v>
       </c>
       <c r="D14" s="72">
-        <v>41855</v>
+        <v>36787</v>
       </c>
       <c r="E14" s="72">
-        <v>334886</v>
+        <v>359691</v>
       </c>
       <c r="F14" s="72">
-        <v>3132</v>
+        <v>2039</v>
       </c>
       <c r="G14" s="72">
-        <v>2198</v>
+        <v>1141</v>
       </c>
       <c r="H14" s="74">
         <v>0</v>
       </c>
       <c r="I14" s="74">
         <v>0</v>
       </c>
       <c r="J14" s="74">
         <v>0</v>
       </c>
       <c r="K14" s="74">
         <v>0</v>
       </c>
       <c r="L14" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="69" t="s">
         <v>82</v>
       </c>
       <c r="B15" s="40"/>
       <c r="C15" s="40"/>
       <c r="D15" s="40"/>
       <c r="E15" s="40"/>
       <c r="F15" s="40"/>
       <c r="G15" s="40"/>
       <c r="H15" s="40"/>
       <c r="I15" s="40"/>
       <c r="J15" s="40"/>
       <c r="K15" s="40"/>
       <c r="L15" s="53"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="32" t="s">
         <v>83</v>
       </c>
       <c r="B16" s="72">
-        <v>7184</v>
+        <v>8382</v>
       </c>
       <c r="C16" s="72">
-        <v>7165</v>
+        <v>8368</v>
       </c>
       <c r="D16" s="72">
-        <v>3818</v>
+        <v>5005</v>
       </c>
       <c r="E16" s="72">
-        <v>619</v>
+        <v>643</v>
       </c>
       <c r="F16" s="72">
-        <v>1238</v>
+        <v>1235</v>
       </c>
       <c r="G16" s="72">
-        <v>1490</v>
+        <v>1484</v>
       </c>
       <c r="H16" s="72">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="I16" s="72">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="J16" s="72">
         <v>2</v>
       </c>
       <c r="K16" s="74">
         <v>0</v>
       </c>
       <c r="L16" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="69" t="s">
         <v>84</v>
       </c>
       <c r="B17" s="40"/>
       <c r="C17" s="40"/>
       <c r="D17" s="40"/>
       <c r="E17" s="40"/>
       <c r="F17" s="40"/>
       <c r="G17" s="40"/>
       <c r="H17" s="40"/>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="40"/>
       <c r="L17" s="53"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="32" t="s">
         <v>85</v>
       </c>
       <c r="B18" s="72">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C18" s="72">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="D18" s="72">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="E18" s="74">
         <v>0</v>
       </c>
       <c r="F18" s="74">
         <v>0</v>
       </c>
       <c r="G18" s="74">
         <v>0</v>
       </c>
       <c r="H18" s="74">
         <v>0</v>
       </c>
       <c r="I18" s="74">
         <v>0</v>
       </c>
       <c r="J18" s="74">
         <v>0</v>
       </c>
       <c r="K18" s="74">
         <v>0</v>
       </c>
       <c r="L18" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1">
       <c r="A19" s="69" t="s">
         <v>86</v>
       </c>
       <c r="B19" s="40"/>
       <c r="C19" s="40"/>
       <c r="D19" s="40"/>
       <c r="E19" s="40"/>
       <c r="F19" s="40"/>
       <c r="G19" s="40"/>
       <c r="H19" s="40"/>
       <c r="I19" s="40"/>
       <c r="J19" s="40"/>
       <c r="K19" s="40"/>
       <c r="L19" s="53"/>
     </row>
     <row r="20" spans="1:12" ht="12.6" customHeight="1">
       <c r="A20" s="32" t="s">
         <v>87</v>
       </c>
       <c r="B20" s="72">
-        <v>84659</v>
+        <v>78505</v>
       </c>
       <c r="C20" s="72">
-        <v>84409</v>
+        <v>78197</v>
       </c>
       <c r="D20" s="72">
-        <v>42927</v>
+        <v>35500</v>
       </c>
       <c r="E20" s="72">
-        <v>40974</v>
+        <v>42303</v>
       </c>
       <c r="F20" s="72">
-        <v>316</v>
+        <v>258</v>
       </c>
       <c r="G20" s="72">
-        <v>192</v>
+        <v>135</v>
       </c>
       <c r="H20" s="72">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>308</v>
+      </c>
+      <c r="I20" s="72">
+        <v>12</v>
       </c>
       <c r="J20" s="72">
-        <v>250</v>
+        <v>296</v>
       </c>
       <c r="K20" s="74">
         <v>0</v>
       </c>
       <c r="L20" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="11.1" customHeight="1">
       <c r="A21" s="69" t="s">
         <v>88</v>
       </c>
       <c r="B21" s="40"/>
       <c r="C21" s="40"/>
       <c r="D21" s="40"/>
       <c r="E21" s="40"/>
       <c r="F21" s="40"/>
       <c r="G21" s="40"/>
       <c r="H21" s="40"/>
       <c r="I21" s="40"/>
       <c r="J21" s="40"/>
       <c r="K21" s="40"/>
       <c r="L21" s="53"/>
     </row>
     <row r="22" spans="1:12" ht="12.6" customHeight="1">
       <c r="A22" s="32" t="s">
         <v>89</v>
       </c>
       <c r="B22" s="72">
         <v>38</v>
       </c>
       <c r="C22" s="72">
         <v>38</v>
       </c>
       <c r="D22" s="72">
         <v>23</v>
       </c>
       <c r="E22" s="72">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F22" s="74">
         <v>0</v>
       </c>
       <c r="G22" s="74">
         <v>0</v>
       </c>
       <c r="H22" s="74">
         <v>0</v>
       </c>
       <c r="I22" s="74">
         <v>0</v>
       </c>
       <c r="J22" s="74">
         <v>0</v>
       </c>
       <c r="K22" s="74">
         <v>0</v>
       </c>
       <c r="L22" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="11.1" customHeight="1">
       <c r="A23" s="69" t="s">
         <v>90</v>
       </c>
       <c r="B23" s="40"/>
       <c r="C23" s="40"/>
       <c r="D23" s="40"/>
       <c r="E23" s="40"/>
       <c r="F23" s="40"/>
       <c r="G23" s="40"/>
       <c r="H23" s="40"/>
       <c r="I23" s="40"/>
       <c r="J23" s="40"/>
       <c r="K23" s="40"/>
       <c r="L23" s="53"/>
     </row>
     <row r="24" spans="1:12" ht="12.6" customHeight="1">
       <c r="A24" s="32" t="s">
         <v>91</v>
       </c>
       <c r="B24" s="72">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C24" s="72">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D24" s="72">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="E24" s="74">
         <v>0</v>
       </c>
       <c r="F24" s="74">
         <v>0</v>
       </c>
       <c r="G24" s="74">
         <v>0</v>
       </c>
       <c r="H24" s="74">
         <v>0</v>
       </c>
       <c r="I24" s="74">
         <v>0</v>
       </c>
       <c r="J24" s="74">
         <v>0</v>
       </c>
       <c r="K24" s="74">
         <v>0</v>
       </c>
       <c r="L24" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="11.1" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>92</v>
       </c>
       <c r="B25" s="40"/>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="40"/>
       <c r="G25" s="40"/>
       <c r="H25" s="40"/>
       <c r="I25" s="40"/>
       <c r="J25" s="40"/>
       <c r="K25" s="40"/>
       <c r="L25" s="53"/>
     </row>
     <row r="26" spans="1:12" ht="12.6" customHeight="1">
       <c r="A26" s="32" t="s">
         <v>93</v>
       </c>
       <c r="B26" s="72">
-        <v>12318</v>
+        <v>11756</v>
       </c>
       <c r="C26" s="72">
-        <v>12302</v>
+        <v>11756</v>
       </c>
       <c r="D26" s="72">
-        <v>3858</v>
+        <v>3361</v>
       </c>
       <c r="E26" s="72">
-        <v>5628</v>
+        <v>5596</v>
       </c>
       <c r="F26" s="72">
-        <v>1362</v>
+        <v>1360</v>
       </c>
       <c r="G26" s="72">
-        <v>1454</v>
-[...8 lines deleted...]
-        <v>3</v>
+        <v>1439</v>
+      </c>
+      <c r="H26" s="74">
+        <v>0</v>
+      </c>
+      <c r="I26" s="74">
+        <v>0</v>
+      </c>
+      <c r="J26" s="74">
+        <v>0</v>
       </c>
       <c r="K26" s="74">
         <v>0</v>
       </c>
       <c r="L26" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="11.1" customHeight="1">
       <c r="A27" s="69" t="s">
         <v>94</v>
       </c>
       <c r="B27" s="40"/>
       <c r="C27" s="40"/>
       <c r="D27" s="40"/>
       <c r="E27" s="40"/>
       <c r="F27" s="40"/>
       <c r="G27" s="40"/>
       <c r="H27" s="40"/>
       <c r="I27" s="40"/>
       <c r="J27" s="40"/>
       <c r="K27" s="40"/>
       <c r="L27" s="53"/>
     </row>
     <row r="28" spans="1:12" ht="12.6" customHeight="1">
       <c r="A28" s="32" t="s">
         <v>95</v>
       </c>
       <c r="B28" s="72">
-        <v>46</v>
+        <v>104</v>
       </c>
       <c r="C28" s="72">
-        <v>46</v>
+        <v>104</v>
       </c>
       <c r="D28" s="72">
-        <v>46</v>
+        <v>104</v>
       </c>
       <c r="E28" s="74">
         <v>0</v>
       </c>
       <c r="F28" s="74">
         <v>0</v>
       </c>
       <c r="G28" s="74">
         <v>0</v>
       </c>
       <c r="H28" s="74">
         <v>0</v>
       </c>
       <c r="I28" s="74">
         <v>0</v>
       </c>
       <c r="J28" s="74">
         <v>0</v>
       </c>
       <c r="K28" s="74">
         <v>0</v>
       </c>
       <c r="L28" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="11.1" customHeight="1">
       <c r="A29" s="69" t="s">
         <v>96</v>
       </c>
       <c r="B29" s="40"/>
       <c r="C29" s="40"/>
       <c r="D29" s="40"/>
       <c r="E29" s="40"/>
       <c r="F29" s="40"/>
       <c r="G29" s="40"/>
       <c r="H29" s="40"/>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="40"/>
       <c r="L29" s="53"/>
     </row>
     <row r="30" spans="1:12" ht="12.6" customHeight="1">
       <c r="A30" s="32" t="s">
         <v>97</v>
       </c>
       <c r="B30" s="72">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="C30" s="72">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="D30" s="72">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="E30" s="74">
         <v>0</v>
       </c>
       <c r="F30" s="74">
         <v>0</v>
       </c>
       <c r="G30" s="74">
         <v>0</v>
       </c>
       <c r="H30" s="74">
         <v>0</v>
       </c>
       <c r="I30" s="74">
         <v>0</v>
       </c>
       <c r="J30" s="74">
         <v>0</v>
       </c>
       <c r="K30" s="74">
         <v>0</v>
       </c>
       <c r="L30" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="11.1" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>98</v>
       </c>
       <c r="B31" s="40"/>
       <c r="C31" s="40"/>
       <c r="D31" s="40"/>
       <c r="E31" s="40"/>
       <c r="F31" s="40"/>
       <c r="G31" s="40"/>
       <c r="H31" s="40"/>
       <c r="I31" s="40"/>
       <c r="J31" s="40"/>
       <c r="K31" s="40"/>
       <c r="L31" s="53"/>
     </row>
     <row r="32" spans="1:12" ht="12.6" customHeight="1">
       <c r="A32" s="32" t="s">
         <v>99</v>
       </c>
       <c r="B32" s="72">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="C32" s="72">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="D32" s="72">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E32" s="72">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F32" s="74">
         <v>0</v>
       </c>
       <c r="G32" s="72">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="H32" s="74">
         <v>0</v>
       </c>
       <c r="I32" s="74">
         <v>0</v>
       </c>
       <c r="J32" s="74">
         <v>0</v>
       </c>
       <c r="K32" s="74">
         <v>0</v>
       </c>
       <c r="L32" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="11.1" customHeight="1">
       <c r="A33" s="69" t="s">
         <v>100</v>
       </c>
       <c r="B33" s="40"/>
       <c r="C33" s="40"/>
       <c r="D33" s="40"/>
       <c r="E33" s="40"/>
       <c r="F33" s="40"/>
       <c r="G33" s="40"/>
       <c r="H33" s="40"/>
       <c r="I33" s="40"/>
       <c r="J33" s="40"/>
       <c r="K33" s="40"/>
       <c r="L33" s="53"/>
     </row>
     <row r="34" spans="1:12" ht="12.6" customHeight="1">
       <c r="A34" s="32" t="s">
         <v>101</v>
       </c>
       <c r="B34" s="72">
-        <v>2691</v>
+        <v>2394</v>
       </c>
       <c r="C34" s="72">
-        <v>2691</v>
+        <v>2394</v>
       </c>
       <c r="D34" s="72">
-        <v>2333</v>
+        <v>2040</v>
       </c>
       <c r="E34" s="72">
         <v>10</v>
       </c>
       <c r="F34" s="72">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="G34" s="72">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="H34" s="74">
         <v>0</v>
       </c>
       <c r="I34" s="74">
         <v>0</v>
       </c>
       <c r="J34" s="74">
         <v>0</v>
       </c>
       <c r="K34" s="74">
         <v>0</v>
       </c>
       <c r="L34" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="11.1" customHeight="1">
       <c r="A35" s="69" t="s">
         <v>102</v>
       </c>
       <c r="B35" s="40"/>
       <c r="C35" s="40"/>
       <c r="D35" s="40"/>
       <c r="E35" s="40"/>
       <c r="F35" s="40"/>
       <c r="G35" s="40"/>
       <c r="H35" s="40"/>
       <c r="I35" s="40"/>
       <c r="J35" s="40"/>
       <c r="K35" s="40"/>
       <c r="L35" s="53"/>
     </row>
     <row r="36" spans="1:12" ht="12.6" customHeight="1">
       <c r="A36" s="33" t="s">
         <v>103</v>
       </c>
       <c r="B36" s="80">
-        <v>30978</v>
+        <v>29702</v>
       </c>
       <c r="C36" s="80">
-        <v>30964</v>
+        <v>29690</v>
       </c>
       <c r="D36" s="80">
-        <v>13285</v>
+        <v>12525</v>
       </c>
       <c r="E36" s="80">
-        <v>13305</v>
+        <v>13002</v>
       </c>
       <c r="F36" s="80">
-        <v>2043</v>
+        <v>1915</v>
       </c>
       <c r="G36" s="80">
-        <v>2331</v>
+        <v>2248</v>
       </c>
       <c r="H36" s="80">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="I36" s="80">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="J36" s="82">
         <v>0</v>
       </c>
       <c r="K36" s="82">
         <v>0</v>
       </c>
       <c r="L36" s="84">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="86" t="s">
         <v>104</v>
       </c>
       <c r="B37" s="51"/>
       <c r="C37" s="51"/>
       <c r="D37" s="51"/>
       <c r="E37" s="51"/>
       <c r="F37" s="51"/>
       <c r="G37" s="51"/>
       <c r="H37" s="51"/>
       <c r="I37" s="51"/>
       <c r="J37" s="51"/>
       <c r="K37" s="51"/>
@@ -4890,57 +4890,57 @@
       <c r="K2" s="57"/>
       <c r="L2" s="57"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="46" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
       <c r="L3" s="46"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="58" t="str">
         <f>'3-2'!D4:F4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="58"/>
       <c r="F4" s="58"/>
       <c r="G4" s="30" t="str">
         <f>'3-2'!G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="29"/>
       <c r="I4" s="5"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="12" customHeight="1">
       <c r="A5" s="47" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="44" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="44"/>
       <c r="E5" s="44"/>
       <c r="F5" s="44"/>
       <c r="G5" s="45"/>
       <c r="H5" s="42" t="s">
         <v>15</v>
@@ -5059,459 +5059,459 @@
       <c r="F9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="16"/>
       <c r="I9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="J9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="K9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="L9" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="60" t="s">
         <v>105</v>
       </c>
       <c r="B10" s="63">
-        <v>16366</v>
+        <v>14722</v>
       </c>
       <c r="C10" s="63">
-        <v>16170</v>
+        <v>14537</v>
       </c>
       <c r="D10" s="63">
-        <v>10506</v>
+        <v>8945</v>
       </c>
       <c r="E10" s="63">
-        <v>4845</v>
+        <v>4789</v>
       </c>
       <c r="F10" s="63">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="G10" s="63">
-        <v>745</v>
+        <v>730</v>
       </c>
       <c r="H10" s="63">
-        <v>196</v>
+        <v>185</v>
       </c>
       <c r="I10" s="63">
-        <v>148</v>
+        <v>59</v>
       </c>
       <c r="J10" s="63">
-        <v>48</v>
+        <v>126</v>
       </c>
       <c r="K10" s="88">
         <v>0</v>
       </c>
       <c r="L10" s="90">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="69" t="s">
         <v>106</v>
       </c>
       <c r="B11" s="40"/>
       <c r="C11" s="40"/>
       <c r="D11" s="40"/>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
       <c r="H11" s="40"/>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="40"/>
       <c r="L11" s="53"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="32" t="s">
         <v>107</v>
       </c>
       <c r="B12" s="72">
-        <v>156545</v>
+        <v>133431</v>
       </c>
       <c r="C12" s="72">
-        <v>156251</v>
+        <v>133220</v>
       </c>
       <c r="D12" s="72">
-        <v>128500</v>
+        <v>106317</v>
       </c>
       <c r="E12" s="72">
-        <v>19864</v>
+        <v>20064</v>
       </c>
       <c r="F12" s="72">
-        <v>4207</v>
+        <v>3595</v>
       </c>
       <c r="G12" s="72">
-        <v>3679</v>
+        <v>3244</v>
       </c>
       <c r="H12" s="72">
-        <v>294</v>
+        <v>211</v>
       </c>
       <c r="I12" s="72">
-        <v>144</v>
+        <v>69</v>
       </c>
       <c r="J12" s="72">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="K12" s="74">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>108</v>
       </c>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="40"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="40"/>
       <c r="K13" s="40"/>
       <c r="L13" s="53"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="32" t="s">
         <v>109</v>
       </c>
       <c r="B14" s="72">
-        <v>107601</v>
+        <v>104078</v>
       </c>
       <c r="C14" s="72">
-        <v>107502</v>
+        <v>104033</v>
       </c>
       <c r="D14" s="72">
-        <v>52244</v>
+        <v>47973</v>
       </c>
       <c r="E14" s="72">
-        <v>29021</v>
+        <v>31324</v>
       </c>
       <c r="F14" s="72">
-        <v>11819</v>
+        <v>11258</v>
       </c>
       <c r="G14" s="72">
-        <v>14419</v>
+        <v>13478</v>
       </c>
       <c r="H14" s="72">
-        <v>99</v>
+        <v>45</v>
       </c>
       <c r="I14" s="72">
-        <v>89</v>
+        <v>4</v>
       </c>
       <c r="J14" s="72">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="K14" s="74">
         <v>0</v>
       </c>
       <c r="L14" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="69" t="s">
         <v>110</v>
       </c>
       <c r="B15" s="40"/>
       <c r="C15" s="40"/>
       <c r="D15" s="40"/>
       <c r="E15" s="40"/>
       <c r="F15" s="40"/>
       <c r="G15" s="40"/>
       <c r="H15" s="40"/>
       <c r="I15" s="40"/>
       <c r="J15" s="40"/>
       <c r="K15" s="40"/>
       <c r="L15" s="53"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="32" t="s">
         <v>111</v>
       </c>
       <c r="B16" s="72">
-        <v>69749</v>
+        <v>68027</v>
       </c>
       <c r="C16" s="72">
-        <v>69726</v>
+        <v>67943</v>
       </c>
       <c r="D16" s="72">
-        <v>45144</v>
+        <v>43212</v>
       </c>
       <c r="E16" s="72">
-        <v>15287</v>
+        <v>15505</v>
       </c>
       <c r="F16" s="72">
-        <v>4673</v>
+        <v>4663</v>
       </c>
       <c r="G16" s="72">
-        <v>4622</v>
+        <v>4564</v>
       </c>
       <c r="H16" s="72">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="I16" s="72">
-        <v>20</v>
+        <v>68</v>
       </c>
       <c r="J16" s="72">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="K16" s="74">
         <v>0</v>
       </c>
       <c r="L16" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="69" t="s">
         <v>112</v>
       </c>
       <c r="B17" s="40"/>
       <c r="C17" s="40"/>
       <c r="D17" s="40"/>
       <c r="E17" s="40"/>
       <c r="F17" s="40"/>
       <c r="G17" s="40"/>
       <c r="H17" s="40"/>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="40"/>
       <c r="L17" s="53"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="32" t="s">
         <v>113</v>
       </c>
       <c r="B18" s="72">
-        <v>42126</v>
+        <v>41893</v>
       </c>
       <c r="C18" s="72">
-        <v>37205</v>
+        <v>39730</v>
       </c>
       <c r="D18" s="72">
-        <v>22144</v>
+        <v>25323</v>
       </c>
       <c r="E18" s="72">
-        <v>14554</v>
+        <v>13925</v>
       </c>
       <c r="F18" s="72">
-        <v>254</v>
+        <v>220</v>
       </c>
       <c r="G18" s="72">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="H18" s="72">
-        <v>4921</v>
+        <v>2163</v>
       </c>
       <c r="I18" s="72">
-        <v>2914</v>
+        <v>1748</v>
       </c>
       <c r="J18" s="72">
-        <v>2007</v>
+        <v>415</v>
       </c>
       <c r="K18" s="74">
         <v>0</v>
       </c>
       <c r="L18" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1">
       <c r="A19" s="69" t="s">
         <v>114</v>
       </c>
       <c r="B19" s="40"/>
       <c r="C19" s="40"/>
       <c r="D19" s="40"/>
       <c r="E19" s="40"/>
       <c r="F19" s="40"/>
       <c r="G19" s="40"/>
       <c r="H19" s="40"/>
       <c r="I19" s="40"/>
       <c r="J19" s="40"/>
       <c r="K19" s="40"/>
       <c r="L19" s="53"/>
     </row>
     <row r="20" spans="1:12" ht="12.6" customHeight="1">
       <c r="A20" s="32" t="s">
         <v>115</v>
       </c>
       <c r="B20" s="72">
-        <v>116988</v>
+        <v>124362</v>
       </c>
       <c r="C20" s="72">
-        <v>116614</v>
+        <v>124117</v>
       </c>
       <c r="D20" s="72">
-        <v>71681</v>
+        <v>77859</v>
       </c>
       <c r="E20" s="72">
-        <v>35132</v>
+        <v>37506</v>
       </c>
       <c r="F20" s="72">
-        <v>4643</v>
+        <v>4103</v>
       </c>
       <c r="G20" s="72">
-        <v>5159</v>
+        <v>4648</v>
       </c>
       <c r="H20" s="72">
-        <v>374</v>
+        <v>245</v>
       </c>
       <c r="I20" s="72">
-        <v>189</v>
+        <v>8</v>
       </c>
       <c r="J20" s="72">
-        <v>157</v>
+        <v>237</v>
       </c>
       <c r="K20" s="74">
         <v>0</v>
       </c>
-      <c r="L20" s="78">
-        <v>28</v>
+      <c r="L20" s="76">
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="11.1" customHeight="1">
       <c r="A21" s="69" t="s">
         <v>116</v>
       </c>
       <c r="B21" s="40"/>
       <c r="C21" s="40"/>
       <c r="D21" s="40"/>
       <c r="E21" s="40"/>
       <c r="F21" s="40"/>
       <c r="G21" s="40"/>
       <c r="H21" s="40"/>
       <c r="I21" s="40"/>
       <c r="J21" s="40"/>
       <c r="K21" s="40"/>
       <c r="L21" s="53"/>
     </row>
     <row r="22" spans="1:12" ht="12.6" customHeight="1">
       <c r="A22" s="32" t="s">
         <v>117</v>
       </c>
       <c r="B22" s="72">
-        <v>3695</v>
+        <v>3602</v>
       </c>
       <c r="C22" s="72">
-        <v>3653</v>
+        <v>3571</v>
       </c>
       <c r="D22" s="72">
-        <v>980</v>
+        <v>909</v>
       </c>
       <c r="E22" s="72">
-        <v>2315</v>
+        <v>2286</v>
       </c>
       <c r="F22" s="72">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="G22" s="72">
-        <v>196</v>
+        <v>207</v>
       </c>
       <c r="H22" s="72">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="I22" s="72">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="J22" s="72">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="K22" s="74">
         <v>0</v>
       </c>
       <c r="L22" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="11.1" customHeight="1">
       <c r="A23" s="69" t="s">
         <v>118</v>
       </c>
       <c r="B23" s="40"/>
       <c r="C23" s="40"/>
       <c r="D23" s="40"/>
       <c r="E23" s="40"/>
       <c r="F23" s="40"/>
       <c r="G23" s="40"/>
       <c r="H23" s="40"/>
       <c r="I23" s="40"/>
       <c r="J23" s="40"/>
       <c r="K23" s="40"/>
       <c r="L23" s="53"/>
     </row>
     <row r="24" spans="1:12" ht="12.6" customHeight="1">
       <c r="A24" s="32" t="s">
         <v>119</v>
       </c>
       <c r="B24" s="72">
-        <v>369994</v>
+        <v>346052</v>
       </c>
       <c r="C24" s="72">
-        <v>368766</v>
+        <v>345599</v>
       </c>
       <c r="D24" s="72">
-        <v>189012</v>
+        <v>163793</v>
       </c>
       <c r="E24" s="72">
-        <v>156982</v>
+        <v>160270</v>
       </c>
       <c r="F24" s="72">
-        <v>10088</v>
+        <v>9462</v>
       </c>
       <c r="G24" s="72">
-        <v>12684</v>
+        <v>12074</v>
       </c>
       <c r="H24" s="72">
-        <v>1228</v>
+        <v>453</v>
       </c>
       <c r="I24" s="72">
-        <v>1010</v>
+        <v>277</v>
       </c>
       <c r="J24" s="72">
-        <v>160</v>
+        <v>132</v>
       </c>
       <c r="K24" s="72">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="L24" s="78">
-        <v>46</v>
+        <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="11.1" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>120</v>
       </c>
       <c r="B25" s="40"/>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="40"/>
       <c r="G25" s="40"/>
       <c r="H25" s="40"/>
       <c r="I25" s="40"/>
       <c r="J25" s="40"/>
       <c r="K25" s="40"/>
       <c r="L25" s="53"/>
     </row>
     <row r="26" spans="1:12" ht="12.6" customHeight="1">
       <c r="A26" s="32" t="s">
         <v>121</v>
       </c>
       <c r="B26" s="74">
         <v>0</v>
       </c>
@@ -5599,66 +5599,66 @@
       <c r="L28" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="11.1" customHeight="1">
       <c r="A29" s="69" t="s">
         <v>124</v>
       </c>
       <c r="B29" s="40"/>
       <c r="C29" s="40"/>
       <c r="D29" s="40"/>
       <c r="E29" s="40"/>
       <c r="F29" s="40"/>
       <c r="G29" s="40"/>
       <c r="H29" s="40"/>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="40"/>
       <c r="L29" s="53"/>
     </row>
     <row r="30" spans="1:12" ht="12.6" customHeight="1">
       <c r="A30" s="32" t="s">
         <v>125</v>
       </c>
       <c r="B30" s="72">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="C30" s="72">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="D30" s="74">
         <v>0</v>
       </c>
       <c r="E30" s="72">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F30" s="74">
         <v>0</v>
       </c>
       <c r="G30" s="72">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="H30" s="74">
         <v>0</v>
       </c>
       <c r="I30" s="74">
         <v>0</v>
       </c>
       <c r="J30" s="74">
         <v>0</v>
       </c>
       <c r="K30" s="74">
         <v>0</v>
       </c>
       <c r="L30" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="11.1" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>126</v>
       </c>
       <c r="B31" s="40"/>
       <c r="C31" s="40"/>
       <c r="D31" s="40"/>
       <c r="E31" s="40"/>
@@ -5988,57 +5988,57 @@
       <c r="K2" s="57"/>
       <c r="L2" s="57"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="46" t="s">
         <v>40</v>
       </c>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="58" t="str">
         <f>'3-2'!D4:F4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="58"/>
       <c r="F4" s="58"/>
       <c r="G4" s="30" t="str">
         <f>'3-2'!G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="29"/>
       <c r="I4" s="5"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="12" customHeight="1">
       <c r="A5" s="47" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="44" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="44"/>
       <c r="E5" s="44"/>
       <c r="F5" s="44"/>
       <c r="G5" s="45"/>
       <c r="H5" s="42" t="s">
         <v>15</v>
@@ -6157,768 +6157,768 @@
       <c r="F9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="16"/>
       <c r="I9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="J9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="K9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="L9" s="17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="61" t="s">
         <v>49</v>
       </c>
       <c r="B10" s="64">
-        <v>1068381</v>
+        <v>1065555</v>
       </c>
       <c r="C10" s="64">
-        <v>1067945</v>
+        <v>1065170</v>
       </c>
       <c r="D10" s="64">
-        <v>315613</v>
+        <v>304317</v>
       </c>
       <c r="E10" s="64">
-        <v>736697</v>
+        <v>745636</v>
       </c>
       <c r="F10" s="64">
-        <v>9984</v>
+        <v>9751</v>
       </c>
       <c r="G10" s="64">
-        <v>5651</v>
+        <v>5465</v>
       </c>
       <c r="H10" s="64">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>385</v>
+      </c>
+      <c r="I10" s="91">
+        <v>0</v>
       </c>
       <c r="J10" s="64">
-        <v>430</v>
+        <v>385</v>
       </c>
       <c r="K10" s="91">
         <v>0</v>
       </c>
       <c r="L10" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="70" t="s">
         <v>3</v>
       </c>
       <c r="B11" s="40"/>
       <c r="C11" s="40"/>
       <c r="D11" s="40"/>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
       <c r="H11" s="40"/>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="40"/>
       <c r="L11" s="53"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="32" t="s">
         <v>127</v>
       </c>
       <c r="B12" s="72">
-        <v>21060</v>
+        <v>26747</v>
       </c>
       <c r="C12" s="72">
-        <v>21060</v>
+        <v>26747</v>
       </c>
       <c r="D12" s="72">
-        <v>17268</v>
+        <v>23340</v>
       </c>
       <c r="E12" s="72">
-        <v>3792</v>
+        <v>3406</v>
       </c>
       <c r="F12" s="74">
         <v>0</v>
       </c>
       <c r="G12" s="74">
         <v>0</v>
       </c>
       <c r="H12" s="74">
         <v>0</v>
       </c>
       <c r="I12" s="74">
         <v>0</v>
       </c>
       <c r="J12" s="74">
         <v>0</v>
       </c>
       <c r="K12" s="74">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>128</v>
       </c>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="40"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="40"/>
       <c r="K13" s="40"/>
       <c r="L13" s="53"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="32" t="s">
         <v>129</v>
       </c>
       <c r="B14" s="72">
-        <v>32352</v>
+        <v>33471</v>
       </c>
       <c r="C14" s="72">
-        <v>32352</v>
+        <v>33471</v>
       </c>
       <c r="D14" s="72">
-        <v>4813</v>
+        <v>4657</v>
       </c>
       <c r="E14" s="72">
-        <v>25230</v>
+        <v>26457</v>
       </c>
       <c r="F14" s="72">
-        <v>2179</v>
+        <v>2198</v>
       </c>
       <c r="G14" s="72">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="H14" s="74">
         <v>0</v>
       </c>
       <c r="I14" s="74">
         <v>0</v>
       </c>
       <c r="J14" s="74">
         <v>0</v>
       </c>
       <c r="K14" s="74">
         <v>0</v>
       </c>
       <c r="L14" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="69" t="s">
         <v>130</v>
       </c>
       <c r="B15" s="40"/>
       <c r="C15" s="40"/>
       <c r="D15" s="40"/>
       <c r="E15" s="40"/>
       <c r="F15" s="40"/>
       <c r="G15" s="40"/>
       <c r="H15" s="40"/>
       <c r="I15" s="40"/>
       <c r="J15" s="40"/>
       <c r="K15" s="40"/>
       <c r="L15" s="53"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="32" t="s">
         <v>131</v>
       </c>
       <c r="B16" s="72">
-        <v>365</v>
+        <v>389</v>
       </c>
       <c r="C16" s="72">
-        <v>365</v>
+        <v>389</v>
       </c>
       <c r="D16" s="72">
-        <v>365</v>
+        <v>389</v>
       </c>
       <c r="E16" s="72">
         <v>0</v>
       </c>
       <c r="F16" s="74">
         <v>0</v>
       </c>
       <c r="G16" s="74">
         <v>0</v>
       </c>
       <c r="H16" s="74">
         <v>0</v>
       </c>
       <c r="I16" s="74">
         <v>0</v>
       </c>
       <c r="J16" s="74">
         <v>0</v>
       </c>
       <c r="K16" s="74">
         <v>0</v>
       </c>
       <c r="L16" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="69" t="s">
         <v>132</v>
       </c>
       <c r="B17" s="40"/>
       <c r="C17" s="40"/>
       <c r="D17" s="40"/>
       <c r="E17" s="40"/>
       <c r="F17" s="40"/>
       <c r="G17" s="40"/>
       <c r="H17" s="40"/>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="40"/>
       <c r="L17" s="53"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="32" t="s">
         <v>133</v>
       </c>
       <c r="B18" s="72">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="C18" s="72">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="D18" s="72">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="E18" s="74">
         <v>0</v>
       </c>
       <c r="F18" s="74">
         <v>0</v>
       </c>
       <c r="G18" s="74">
         <v>0</v>
       </c>
       <c r="H18" s="74">
         <v>0</v>
       </c>
       <c r="I18" s="74">
         <v>0</v>
       </c>
       <c r="J18" s="74">
         <v>0</v>
       </c>
       <c r="K18" s="74">
         <v>0</v>
       </c>
       <c r="L18" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1">
       <c r="A19" s="69" t="s">
         <v>134</v>
       </c>
       <c r="B19" s="40"/>
       <c r="C19" s="40"/>
       <c r="D19" s="40"/>
       <c r="E19" s="40"/>
       <c r="F19" s="40"/>
       <c r="G19" s="40"/>
       <c r="H19" s="40"/>
       <c r="I19" s="40"/>
       <c r="J19" s="40"/>
       <c r="K19" s="40"/>
       <c r="L19" s="53"/>
     </row>
     <row r="20" spans="1:12" ht="12.6" customHeight="1">
       <c r="A20" s="32" t="s">
         <v>135</v>
       </c>
       <c r="B20" s="72">
-        <v>11545</v>
+        <v>9298</v>
       </c>
       <c r="C20" s="72">
-        <v>11545</v>
+        <v>9298</v>
       </c>
       <c r="D20" s="72">
-        <v>11545</v>
+        <v>9298</v>
       </c>
       <c r="E20" s="74">
         <v>0</v>
       </c>
       <c r="F20" s="74">
         <v>0</v>
       </c>
       <c r="G20" s="74">
         <v>0</v>
       </c>
       <c r="H20" s="74">
         <v>0</v>
       </c>
       <c r="I20" s="74">
         <v>0</v>
       </c>
       <c r="J20" s="74">
         <v>0</v>
       </c>
       <c r="K20" s="74">
         <v>0</v>
       </c>
       <c r="L20" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="11.1" customHeight="1">
       <c r="A21" s="69" t="s">
         <v>136</v>
       </c>
       <c r="B21" s="40"/>
       <c r="C21" s="40"/>
       <c r="D21" s="40"/>
       <c r="E21" s="40"/>
       <c r="F21" s="40"/>
       <c r="G21" s="40"/>
       <c r="H21" s="40"/>
       <c r="I21" s="40"/>
       <c r="J21" s="40"/>
       <c r="K21" s="40"/>
       <c r="L21" s="53"/>
     </row>
     <row r="22" spans="1:12" ht="12.6" customHeight="1">
       <c r="A22" s="32" t="s">
         <v>137</v>
       </c>
       <c r="B22" s="72">
-        <v>26314</v>
+        <v>29376</v>
       </c>
       <c r="C22" s="72">
-        <v>26314</v>
+        <v>29376</v>
       </c>
       <c r="D22" s="72">
-        <v>25994</v>
+        <v>29009</v>
       </c>
       <c r="E22" s="72">
-        <v>317</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>367</v>
+      </c>
+      <c r="F22" s="74">
+        <v>0</v>
+      </c>
+      <c r="G22" s="74">
+        <v>0</v>
       </c>
       <c r="H22" s="74">
         <v>0</v>
       </c>
       <c r="I22" s="74">
         <v>0</v>
       </c>
       <c r="J22" s="74">
         <v>0</v>
       </c>
       <c r="K22" s="74">
         <v>0</v>
       </c>
       <c r="L22" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="11.1" customHeight="1">
       <c r="A23" s="69" t="s">
         <v>138</v>
       </c>
       <c r="B23" s="40"/>
       <c r="C23" s="40"/>
       <c r="D23" s="40"/>
       <c r="E23" s="40"/>
       <c r="F23" s="40"/>
       <c r="G23" s="40"/>
       <c r="H23" s="40"/>
       <c r="I23" s="40"/>
       <c r="J23" s="40"/>
       <c r="K23" s="40"/>
       <c r="L23" s="53"/>
     </row>
     <row r="24" spans="1:12" ht="12.6" customHeight="1">
       <c r="A24" s="32" t="s">
         <v>139</v>
       </c>
       <c r="B24" s="72">
-        <v>22725</v>
+        <v>21001</v>
       </c>
       <c r="C24" s="72">
-        <v>22725</v>
+        <v>21001</v>
       </c>
       <c r="D24" s="72">
-        <v>22725</v>
+        <v>21001</v>
       </c>
       <c r="E24" s="74">
         <v>0</v>
       </c>
       <c r="F24" s="74">
         <v>0</v>
       </c>
       <c r="G24" s="74">
         <v>0</v>
       </c>
       <c r="H24" s="74">
         <v>0</v>
       </c>
       <c r="I24" s="74">
         <v>0</v>
       </c>
       <c r="J24" s="74">
         <v>0</v>
       </c>
       <c r="K24" s="74">
         <v>0</v>
       </c>
       <c r="L24" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="11.1" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>140</v>
       </c>
       <c r="B25" s="40"/>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="40"/>
       <c r="G25" s="40"/>
       <c r="H25" s="40"/>
       <c r="I25" s="40"/>
       <c r="J25" s="40"/>
       <c r="K25" s="40"/>
       <c r="L25" s="53"/>
     </row>
     <row r="26" spans="1:12" ht="12.6" customHeight="1">
       <c r="A26" s="32" t="s">
         <v>141</v>
       </c>
       <c r="B26" s="72">
-        <v>65942</v>
+        <v>60021</v>
       </c>
       <c r="C26" s="72">
-        <v>65942</v>
+        <v>60021</v>
       </c>
       <c r="D26" s="72">
-        <v>16164</v>
+        <v>9271</v>
       </c>
       <c r="E26" s="72">
-        <v>48983</v>
+        <v>50023</v>
       </c>
       <c r="F26" s="72">
-        <v>402</v>
+        <v>369</v>
       </c>
       <c r="G26" s="72">
-        <v>393</v>
+        <v>359</v>
       </c>
       <c r="H26" s="74">
         <v>0</v>
       </c>
       <c r="I26" s="74">
         <v>0</v>
       </c>
       <c r="J26" s="74">
         <v>0</v>
       </c>
       <c r="K26" s="74">
         <v>0</v>
       </c>
       <c r="L26" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="11.1" customHeight="1">
       <c r="A27" s="69" t="s">
         <v>142</v>
       </c>
       <c r="B27" s="40"/>
       <c r="C27" s="40"/>
       <c r="D27" s="40"/>
       <c r="E27" s="40"/>
       <c r="F27" s="40"/>
       <c r="G27" s="40"/>
       <c r="H27" s="40"/>
       <c r="I27" s="40"/>
       <c r="J27" s="40"/>
       <c r="K27" s="40"/>
       <c r="L27" s="53"/>
     </row>
     <row r="28" spans="1:12" ht="12.6" customHeight="1">
       <c r="A28" s="32" t="s">
         <v>143</v>
       </c>
       <c r="B28" s="72">
-        <v>84191</v>
+        <v>85918</v>
       </c>
       <c r="C28" s="72">
-        <v>84191</v>
+        <v>85918</v>
       </c>
       <c r="D28" s="72">
-        <v>10948</v>
+        <v>9092</v>
       </c>
       <c r="E28" s="72">
-        <v>70417</v>
+        <v>74245</v>
       </c>
       <c r="F28" s="72">
-        <v>2066</v>
+        <v>1927</v>
       </c>
       <c r="G28" s="72">
-        <v>760</v>
+        <v>654</v>
       </c>
       <c r="H28" s="74">
         <v>0</v>
       </c>
       <c r="I28" s="74">
         <v>0</v>
       </c>
       <c r="J28" s="74">
         <v>0</v>
       </c>
       <c r="K28" s="74">
         <v>0</v>
       </c>
       <c r="L28" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="11.1" customHeight="1">
       <c r="A29" s="69" t="s">
         <v>144</v>
       </c>
       <c r="B29" s="40"/>
       <c r="C29" s="40"/>
       <c r="D29" s="40"/>
       <c r="E29" s="40"/>
       <c r="F29" s="40"/>
       <c r="G29" s="40"/>
       <c r="H29" s="40"/>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="40"/>
       <c r="L29" s="53"/>
     </row>
     <row r="30" spans="1:12" ht="12.6" customHeight="1">
       <c r="A30" s="32" t="s">
         <v>145</v>
       </c>
       <c r="B30" s="72">
-        <v>150</v>
+        <v>253</v>
       </c>
       <c r="C30" s="72">
-        <v>150</v>
+        <v>253</v>
       </c>
       <c r="D30" s="72">
-        <v>150</v>
+        <v>253</v>
       </c>
       <c r="E30" s="74">
         <v>0</v>
       </c>
       <c r="F30" s="74">
         <v>0</v>
       </c>
       <c r="G30" s="74">
         <v>0</v>
       </c>
       <c r="H30" s="74">
         <v>0</v>
       </c>
       <c r="I30" s="74">
         <v>0</v>
       </c>
       <c r="J30" s="74">
         <v>0</v>
       </c>
       <c r="K30" s="74">
         <v>0</v>
       </c>
       <c r="L30" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="11.1" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>146</v>
       </c>
       <c r="B31" s="40"/>
       <c r="C31" s="40"/>
       <c r="D31" s="40"/>
       <c r="E31" s="40"/>
       <c r="F31" s="40"/>
       <c r="G31" s="40"/>
       <c r="H31" s="40"/>
       <c r="I31" s="40"/>
       <c r="J31" s="40"/>
       <c r="K31" s="40"/>
       <c r="L31" s="53"/>
     </row>
     <row r="32" spans="1:12" ht="12.6" customHeight="1">
       <c r="A32" s="32" t="s">
         <v>147</v>
       </c>
       <c r="B32" s="72">
-        <v>103796</v>
+        <v>102175</v>
       </c>
       <c r="C32" s="72">
-        <v>103796</v>
+        <v>102175</v>
       </c>
       <c r="D32" s="72">
-        <v>28909</v>
+        <v>27758</v>
       </c>
       <c r="E32" s="72">
-        <v>74572</v>
+        <v>74108</v>
       </c>
       <c r="F32" s="72">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="G32" s="74">
         <v>0</v>
       </c>
       <c r="H32" s="74">
         <v>0</v>
       </c>
       <c r="I32" s="74">
         <v>0</v>
       </c>
       <c r="J32" s="74">
         <v>0</v>
       </c>
       <c r="K32" s="74">
         <v>0</v>
       </c>
       <c r="L32" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="11.1" customHeight="1">
       <c r="A33" s="69" t="s">
         <v>148</v>
       </c>
       <c r="B33" s="40"/>
       <c r="C33" s="40"/>
       <c r="D33" s="40"/>
       <c r="E33" s="40"/>
       <c r="F33" s="40"/>
       <c r="G33" s="40"/>
       <c r="H33" s="40"/>
       <c r="I33" s="40"/>
       <c r="J33" s="40"/>
       <c r="K33" s="40"/>
       <c r="L33" s="53"/>
     </row>
     <row r="34" spans="1:12" ht="12.6" customHeight="1">
       <c r="A34" s="32" t="s">
         <v>149</v>
       </c>
       <c r="B34" s="72">
-        <v>47577</v>
+        <v>43751</v>
       </c>
       <c r="C34" s="72">
-        <v>47577</v>
+        <v>43751</v>
       </c>
       <c r="D34" s="72">
-        <v>14431</v>
+        <v>16983</v>
       </c>
       <c r="E34" s="72">
-        <v>33145</v>
+        <v>26768</v>
       </c>
       <c r="F34" s="74">
         <v>0</v>
       </c>
       <c r="G34" s="74">
         <v>0</v>
       </c>
       <c r="H34" s="74">
         <v>0</v>
       </c>
       <c r="I34" s="74">
         <v>0</v>
       </c>
       <c r="J34" s="74">
         <v>0</v>
       </c>
       <c r="K34" s="74">
         <v>0</v>
       </c>
       <c r="L34" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="11.1" customHeight="1">
       <c r="A35" s="69" t="s">
         <v>150</v>
       </c>
       <c r="B35" s="40"/>
       <c r="C35" s="40"/>
       <c r="D35" s="40"/>
       <c r="E35" s="40"/>
       <c r="F35" s="40"/>
       <c r="G35" s="40"/>
       <c r="H35" s="40"/>
       <c r="I35" s="40"/>
       <c r="J35" s="40"/>
       <c r="K35" s="40"/>
       <c r="L35" s="53"/>
     </row>
     <row r="36" spans="1:12" ht="12.6" customHeight="1">
       <c r="A36" s="33" t="s">
         <v>151</v>
       </c>
       <c r="B36" s="80">
-        <v>389613</v>
+        <v>398775</v>
       </c>
       <c r="C36" s="80">
-        <v>389613</v>
+        <v>398775</v>
       </c>
       <c r="D36" s="80">
-        <v>44051</v>
+        <v>37908</v>
       </c>
       <c r="E36" s="80">
-        <v>344330</v>
+        <v>358696</v>
       </c>
       <c r="F36" s="80">
-        <v>603</v>
+        <v>1082</v>
       </c>
       <c r="G36" s="80">
-        <v>628</v>
+        <v>1090</v>
       </c>
       <c r="H36" s="82">
         <v>0</v>
       </c>
       <c r="I36" s="82">
         <v>0</v>
       </c>
       <c r="J36" s="82">
         <v>0</v>
       </c>
       <c r="K36" s="82">
         <v>0</v>
       </c>
       <c r="L36" s="84">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="86" t="s">
         <v>152</v>
       </c>
       <c r="B37" s="51"/>
       <c r="C37" s="51"/>
       <c r="D37" s="51"/>
       <c r="E37" s="51"/>
@@ -7182,57 +7182,57 @@
       <c r="K2" s="57"/>
       <c r="L2" s="57"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="46" t="s">
         <v>41</v>
       </c>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="58" t="str">
         <f>'3-2'!D4:F4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="58"/>
       <c r="F4" s="58"/>
       <c r="G4" s="30" t="str">
         <f>'3-2'!G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="29"/>
       <c r="I4" s="5"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="12" customHeight="1">
       <c r="A5" s="47" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="44" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="44"/>
       <c r="E5" s="44"/>
       <c r="F5" s="44"/>
       <c r="G5" s="45"/>
       <c r="H5" s="42" t="s">
         <v>15</v>
@@ -7405,237 +7405,237 @@
       <c r="L10" s="90">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="69" t="s">
         <v>154</v>
       </c>
       <c r="B11" s="40"/>
       <c r="C11" s="40"/>
       <c r="D11" s="40"/>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
       <c r="H11" s="40"/>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="40"/>
       <c r="L11" s="53"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="37" t="s">
         <v>155</v>
       </c>
       <c r="B12" s="72">
-        <v>17784</v>
+        <v>18183</v>
       </c>
       <c r="C12" s="72">
-        <v>17778</v>
+        <v>18183</v>
       </c>
       <c r="D12" s="72">
-        <v>14288</v>
+        <v>14646</v>
       </c>
       <c r="E12" s="72">
-        <v>3490</v>
+        <v>3537</v>
       </c>
       <c r="F12" s="74">
         <v>0</v>
       </c>
       <c r="G12" s="74">
         <v>0</v>
       </c>
-      <c r="H12" s="72">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="H12" s="74">
+        <v>0</v>
+      </c>
+      <c r="I12" s="74">
+        <v>0</v>
       </c>
       <c r="J12" s="74">
         <v>0</v>
       </c>
       <c r="K12" s="74">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="69" t="s">
         <v>156</v>
       </c>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="40"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="40"/>
       <c r="K13" s="40"/>
       <c r="L13" s="53"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="37" t="s">
         <v>157</v>
       </c>
       <c r="B14" s="72">
-        <v>29535</v>
+        <v>27179</v>
       </c>
       <c r="C14" s="72">
-        <v>29535</v>
+        <v>27179</v>
       </c>
       <c r="D14" s="72">
-        <v>16032</v>
+        <v>13812</v>
       </c>
       <c r="E14" s="72">
-        <v>10239</v>
+        <v>10016</v>
       </c>
       <c r="F14" s="72">
-        <v>1963</v>
+        <v>2000</v>
       </c>
       <c r="G14" s="72">
-        <v>1301</v>
+        <v>1351</v>
       </c>
       <c r="H14" s="74">
         <v>0</v>
       </c>
       <c r="I14" s="74">
         <v>0</v>
       </c>
       <c r="J14" s="74">
         <v>0</v>
       </c>
       <c r="K14" s="74">
         <v>0</v>
       </c>
       <c r="L14" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="69" t="s">
         <v>158</v>
       </c>
       <c r="B15" s="40"/>
       <c r="C15" s="40"/>
       <c r="D15" s="40"/>
       <c r="E15" s="40"/>
       <c r="F15" s="40"/>
       <c r="G15" s="40"/>
       <c r="H15" s="40"/>
       <c r="I15" s="40"/>
       <c r="J15" s="40"/>
       <c r="K15" s="40"/>
       <c r="L15" s="53"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="37" t="s">
         <v>159</v>
       </c>
       <c r="B16" s="72">
-        <v>10564</v>
+        <v>8028</v>
       </c>
       <c r="C16" s="72">
-        <v>10564</v>
+        <v>8028</v>
       </c>
       <c r="D16" s="72">
-        <v>6046</v>
+        <v>4699</v>
       </c>
       <c r="E16" s="74">
         <v>0</v>
       </c>
       <c r="F16" s="72">
-        <v>2259</v>
+        <v>1664</v>
       </c>
       <c r="G16" s="72">
-        <v>2259</v>
+        <v>1664</v>
       </c>
       <c r="H16" s="74">
         <v>0</v>
       </c>
       <c r="I16" s="74">
         <v>0</v>
       </c>
       <c r="J16" s="74">
         <v>0</v>
       </c>
       <c r="K16" s="74">
         <v>0</v>
       </c>
       <c r="L16" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="69" t="s">
         <v>160</v>
       </c>
       <c r="B17" s="40"/>
       <c r="C17" s="40"/>
       <c r="D17" s="40"/>
       <c r="E17" s="40"/>
       <c r="F17" s="40"/>
       <c r="G17" s="40"/>
       <c r="H17" s="40"/>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="40"/>
       <c r="L17" s="53"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="37" t="s">
         <v>161</v>
       </c>
       <c r="B18" s="72">
-        <v>47749</v>
+        <v>47526</v>
       </c>
       <c r="C18" s="72">
-        <v>47319</v>
+        <v>47141</v>
       </c>
       <c r="D18" s="72">
-        <v>10245</v>
+        <v>10612</v>
       </c>
       <c r="E18" s="72">
-        <v>37074</v>
+        <v>36529</v>
       </c>
       <c r="F18" s="74">
         <v>0</v>
       </c>
       <c r="G18" s="74">
         <v>0</v>
       </c>
       <c r="H18" s="72">
-        <v>430</v>
+        <v>385</v>
       </c>
       <c r="I18" s="74">
         <v>0</v>
       </c>
       <c r="J18" s="72">
-        <v>430</v>
+        <v>385</v>
       </c>
       <c r="K18" s="74">
         <v>0</v>
       </c>
       <c r="L18" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1">
       <c r="A19" s="69" t="s">
         <v>162</v>
       </c>
       <c r="B19" s="40"/>
       <c r="C19" s="40"/>
       <c r="D19" s="40"/>
       <c r="E19" s="40"/>
       <c r="F19" s="40"/>
       <c r="G19" s="40"/>
       <c r="H19" s="40"/>
       <c r="I19" s="40"/>
       <c r="J19" s="40"/>
       <c r="K19" s="40"/>
       <c r="L19" s="53"/>
     </row>
     <row r="20" spans="1:12" ht="12.6" customHeight="1">
@@ -7675,168 +7675,168 @@
       <c r="L20" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="11.1" customHeight="1">
       <c r="A21" s="69" t="s">
         <v>164</v>
       </c>
       <c r="B21" s="40"/>
       <c r="C21" s="40"/>
       <c r="D21" s="40"/>
       <c r="E21" s="40"/>
       <c r="F21" s="40"/>
       <c r="G21" s="40"/>
       <c r="H21" s="40"/>
       <c r="I21" s="40"/>
       <c r="J21" s="40"/>
       <c r="K21" s="40"/>
       <c r="L21" s="53"/>
     </row>
     <row r="22" spans="1:12" ht="12.6" customHeight="1">
       <c r="A22" s="37" t="s">
         <v>165</v>
       </c>
       <c r="B22" s="72">
-        <v>29659</v>
+        <v>28070</v>
       </c>
       <c r="C22" s="72">
-        <v>29659</v>
+        <v>28070</v>
       </c>
       <c r="D22" s="72">
-        <v>16551</v>
+        <v>14908</v>
       </c>
       <c r="E22" s="72">
-        <v>13108</v>
+        <v>13144</v>
       </c>
       <c r="F22" s="72">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G22" s="72">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="H22" s="74">
         <v>0</v>
       </c>
       <c r="I22" s="74">
         <v>0</v>
       </c>
       <c r="J22" s="74">
         <v>0</v>
       </c>
       <c r="K22" s="74">
         <v>0</v>
       </c>
       <c r="L22" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="11.1" customHeight="1">
       <c r="A23" s="69" t="s">
         <v>166</v>
       </c>
       <c r="B23" s="40"/>
       <c r="C23" s="40"/>
       <c r="D23" s="40"/>
       <c r="E23" s="40"/>
       <c r="F23" s="40"/>
       <c r="G23" s="40"/>
       <c r="H23" s="40"/>
       <c r="I23" s="40"/>
       <c r="J23" s="40"/>
       <c r="K23" s="40"/>
       <c r="L23" s="53"/>
     </row>
     <row r="24" spans="1:12" ht="12.6" customHeight="1">
       <c r="A24" s="37" t="s">
         <v>167</v>
       </c>
       <c r="B24" s="72">
-        <v>20373</v>
+        <v>22603</v>
       </c>
       <c r="C24" s="72">
-        <v>20373</v>
+        <v>22603</v>
       </c>
       <c r="D24" s="72">
-        <v>14097</v>
+        <v>16496</v>
       </c>
       <c r="E24" s="72">
-        <v>6276</v>
+        <v>6107</v>
       </c>
       <c r="F24" s="74">
         <v>0</v>
       </c>
       <c r="G24" s="74">
         <v>0</v>
       </c>
       <c r="H24" s="74">
         <v>0</v>
       </c>
       <c r="I24" s="74">
         <v>0</v>
       </c>
       <c r="J24" s="74">
         <v>0</v>
       </c>
       <c r="K24" s="74">
         <v>0</v>
       </c>
       <c r="L24" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="11.1" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>168</v>
       </c>
       <c r="B25" s="40"/>
       <c r="C25" s="40"/>
       <c r="D25" s="40"/>
       <c r="E25" s="40"/>
       <c r="F25" s="40"/>
       <c r="G25" s="40"/>
       <c r="H25" s="40"/>
       <c r="I25" s="40"/>
       <c r="J25" s="40"/>
       <c r="K25" s="40"/>
       <c r="L25" s="53"/>
     </row>
     <row r="26" spans="1:12" ht="12.6" customHeight="1">
       <c r="A26" s="37" t="s">
         <v>169</v>
       </c>
       <c r="B26" s="72">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C26" s="72">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D26" s="74">
         <v>0</v>
       </c>
       <c r="E26" s="72">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="F26" s="74">
         <v>0</v>
       </c>
       <c r="G26" s="74">
         <v>0</v>
       </c>
       <c r="H26" s="74">
         <v>0</v>
       </c>
       <c r="I26" s="74">
         <v>0</v>
       </c>
       <c r="J26" s="74">
         <v>0</v>
       </c>
       <c r="K26" s="74">
         <v>0</v>
       </c>
       <c r="L26" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="11.1" customHeight="1">
       <c r="A27" s="69" t="s">
@@ -7891,168 +7891,168 @@
       <c r="L28" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="11.1" customHeight="1">
       <c r="A29" s="69" t="s">
         <v>172</v>
       </c>
       <c r="B29" s="40"/>
       <c r="C29" s="40"/>
       <c r="D29" s="40"/>
       <c r="E29" s="40"/>
       <c r="F29" s="40"/>
       <c r="G29" s="40"/>
       <c r="H29" s="40"/>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="40"/>
       <c r="L29" s="53"/>
     </row>
     <row r="30" spans="1:12" ht="12.6" customHeight="1">
       <c r="A30" s="37" t="s">
         <v>173</v>
       </c>
       <c r="B30" s="72">
-        <v>1023</v>
+        <v>978</v>
       </c>
       <c r="C30" s="72">
-        <v>1023</v>
+        <v>978</v>
       </c>
       <c r="D30" s="72">
-        <v>1023</v>
+        <v>978</v>
       </c>
       <c r="E30" s="74">
         <v>0</v>
       </c>
       <c r="F30" s="74">
         <v>0</v>
       </c>
       <c r="G30" s="74">
         <v>0</v>
       </c>
       <c r="H30" s="74">
         <v>0</v>
       </c>
       <c r="I30" s="74">
         <v>0</v>
       </c>
       <c r="J30" s="74">
         <v>0</v>
       </c>
       <c r="K30" s="74">
         <v>0</v>
       </c>
       <c r="L30" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="11.1" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>174</v>
       </c>
       <c r="B31" s="40"/>
       <c r="C31" s="40"/>
       <c r="D31" s="40"/>
       <c r="E31" s="40"/>
       <c r="F31" s="40"/>
       <c r="G31" s="40"/>
       <c r="H31" s="40"/>
       <c r="I31" s="40"/>
       <c r="J31" s="40"/>
       <c r="K31" s="40"/>
       <c r="L31" s="53"/>
     </row>
     <row r="32" spans="1:12" ht="12.6" customHeight="1">
       <c r="A32" s="37" t="s">
         <v>175</v>
       </c>
       <c r="B32" s="72">
-        <v>101874</v>
+        <v>97696</v>
       </c>
       <c r="C32" s="72">
-        <v>101874</v>
+        <v>97696</v>
       </c>
       <c r="D32" s="72">
-        <v>37402</v>
+        <v>36854</v>
       </c>
       <c r="E32" s="72">
-        <v>64099</v>
+        <v>60469</v>
       </c>
       <c r="F32" s="72">
         <v>195</v>
       </c>
       <c r="G32" s="72">
         <v>179</v>
       </c>
       <c r="H32" s="74">
         <v>0</v>
       </c>
       <c r="I32" s="74">
         <v>0</v>
       </c>
       <c r="J32" s="74">
         <v>0</v>
       </c>
       <c r="K32" s="74">
         <v>0</v>
       </c>
       <c r="L32" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="11.1" customHeight="1">
       <c r="A33" s="69" t="s">
         <v>176</v>
       </c>
       <c r="B33" s="40"/>
       <c r="C33" s="40"/>
       <c r="D33" s="40"/>
       <c r="E33" s="40"/>
       <c r="F33" s="40"/>
       <c r="G33" s="40"/>
       <c r="H33" s="40"/>
       <c r="I33" s="40"/>
       <c r="J33" s="40"/>
       <c r="K33" s="40"/>
       <c r="L33" s="53"/>
     </row>
     <row r="34" spans="1:12" ht="12.6" customHeight="1">
       <c r="A34" s="37" t="s">
         <v>177</v>
       </c>
       <c r="B34" s="72">
-        <v>3978</v>
+        <v>3892</v>
       </c>
       <c r="C34" s="72">
-        <v>3978</v>
+        <v>3892</v>
       </c>
       <c r="D34" s="72">
-        <v>2453</v>
+        <v>2224</v>
       </c>
       <c r="E34" s="72">
-        <v>1526</v>
+        <v>1668</v>
       </c>
       <c r="F34" s="74">
         <v>0</v>
       </c>
       <c r="G34" s="74">
         <v>0</v>
       </c>
       <c r="H34" s="74">
         <v>0</v>
       </c>
       <c r="I34" s="74">
         <v>0</v>
       </c>
       <c r="J34" s="74">
         <v>0</v>
       </c>
       <c r="K34" s="74">
         <v>0</v>
       </c>
       <c r="L34" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="11.1" customHeight="1">
       <c r="A35" s="69" t="s">
@@ -8376,57 +8376,57 @@
       <c r="K2" s="57"/>
       <c r="L2" s="57"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="46" t="s">
         <v>41</v>
       </c>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="58" t="str">
         <f>'3-2'!D4:F4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="58"/>
       <c r="F4" s="58"/>
       <c r="G4" s="30" t="str">
         <f>'3-2'!G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="29"/>
       <c r="I4" s="5"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="12" customHeight="1">
       <c r="A5" s="47" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="44" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="44"/>
       <c r="E5" s="44"/>
       <c r="F5" s="44"/>
       <c r="G5" s="45"/>
       <c r="H5" s="42" t="s">
         <v>15</v>