--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -197,51 +197,51 @@
   <si>
     <t>Equity-linked</t>
   </si>
   <si>
     <t>Commodity</t>
   </si>
   <si>
     <t>交易</t>
   </si>
   <si>
     <t>目的</t>
   </si>
   <si>
     <t>非交易</t>
   </si>
   <si>
     <t>trading</t>
   </si>
   <si>
     <t>Non-</t>
   </si>
   <si>
     <t>匯率有關契約</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of July 2025</t>
+    <t xml:space="preserve"> End of Sept. 2025</t>
   </si>
   <si>
     <r>
       <t>3-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　衍生性金融商品名目本金餘額（交易目的別）</t>
     </r>
   </si>
   <si>
     <r>
       <t>3-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
@@ -612,51 +612,51 @@
   <si>
     <t>中國輸出入銀行</t>
   </si>
   <si>
     <t>The Export-Import Bank of The Republic of China</t>
   </si>
   <si>
     <t>高雄銀行</t>
   </si>
   <si>
     <t>Bank of Kaohsiung</t>
   </si>
   <si>
     <t>兆豐國際商業銀行　#</t>
   </si>
   <si>
     <t>Mega International Commercial Bank Co., Ltd.</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>Citibank Taiwan Ltd.</t>
   </si>
   <si>
-    <t>民國114年 7月底</t>
+    <t>民國114年 9月底</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
@@ -2698,136 +2698,136 @@
       <c r="H11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="11"/>
       <c r="J11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="11"/>
       <c r="L11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="M11" s="11"/>
       <c r="N11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="O11" s="11"/>
       <c r="P11" s="12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="11.65" customHeight="1">
       <c r="A12" s="70" t="s">
         <v>45</v>
       </c>
       <c r="B12" s="73">
-        <v>1924663</v>
+        <v>1953407</v>
       </c>
       <c r="C12" s="73">
-        <v>1905473</v>
+        <v>1930874</v>
       </c>
       <c r="D12" s="73">
-        <v>19190</v>
+        <v>22533</v>
       </c>
       <c r="E12" s="73">
-        <v>851127</v>
+        <v>854441</v>
       </c>
       <c r="F12" s="73">
-        <v>13759</v>
+        <v>15787</v>
       </c>
       <c r="G12" s="73">
-        <v>1051133</v>
+        <v>1073978</v>
       </c>
       <c r="H12" s="73">
-        <v>5431</v>
+        <v>5959</v>
       </c>
       <c r="I12" s="73">
-        <v>1362</v>
+        <v>1543</v>
       </c>
       <c r="J12" s="76">
         <v>0</v>
       </c>
       <c r="K12" s="73">
-        <v>642</v>
+        <v>499</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
       <c r="M12" s="73">
-        <v>1209</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>413</v>
+      </c>
+      <c r="N12" s="73">
+        <v>786</v>
       </c>
       <c r="O12" s="76">
         <v>0</v>
       </c>
       <c r="P12" s="79">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="11.1" customHeight="1">
       <c r="A13" s="82" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="52"/>
       <c r="C13" s="52"/>
       <c r="D13" s="52"/>
       <c r="E13" s="52"/>
       <c r="F13" s="52"/>
       <c r="G13" s="52"/>
       <c r="H13" s="52"/>
       <c r="I13" s="52"/>
       <c r="J13" s="52"/>
       <c r="K13" s="52"/>
       <c r="L13" s="52"/>
       <c r="M13" s="52"/>
       <c r="N13" s="52"/>
       <c r="O13" s="52"/>
       <c r="P13" s="55"/>
     </row>
     <row r="14" spans="1:16" ht="11.65" customHeight="1">
       <c r="A14" s="27" t="s">
         <v>46</v>
       </c>
       <c r="B14" s="84">
-        <v>34834</v>
+        <v>35427</v>
       </c>
       <c r="C14" s="84">
-        <v>34831</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>35427</v>
+      </c>
+      <c r="D14" s="86">
+        <v>0</v>
       </c>
       <c r="E14" s="84">
-        <v>1529</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>1513</v>
+      </c>
+      <c r="F14" s="86">
+        <v>0</v>
       </c>
       <c r="G14" s="84">
-        <v>33302</v>
+        <v>33914</v>
       </c>
       <c r="H14" s="86">
         <v>0</v>
       </c>
       <c r="I14" s="86">
         <v>0</v>
       </c>
       <c r="J14" s="86">
         <v>0</v>
       </c>
       <c r="K14" s="86">
         <v>0</v>
       </c>
       <c r="L14" s="86">
         <v>0</v>
       </c>
       <c r="M14" s="86">
         <v>0</v>
       </c>
       <c r="N14" s="86">
         <v>0</v>
       </c>
       <c r="O14" s="86">
         <v>0</v>
       </c>
@@ -2838,66 +2838,66 @@
     <row r="15" spans="1:16" ht="11.1" customHeight="1">
       <c r="A15" s="81" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="52"/>
       <c r="C15" s="52"/>
       <c r="D15" s="52"/>
       <c r="E15" s="52"/>
       <c r="F15" s="52"/>
       <c r="G15" s="52"/>
       <c r="H15" s="52"/>
       <c r="I15" s="52"/>
       <c r="J15" s="52"/>
       <c r="K15" s="52"/>
       <c r="L15" s="52"/>
       <c r="M15" s="52"/>
       <c r="N15" s="52"/>
       <c r="O15" s="52"/>
       <c r="P15" s="55"/>
     </row>
     <row r="16" spans="1:16" ht="11.65" customHeight="1">
       <c r="A16" s="27" t="s">
         <v>48</v>
       </c>
       <c r="B16" s="84">
-        <v>5481</v>
+        <v>5030</v>
       </c>
       <c r="C16" s="84">
-        <v>5481</v>
+        <v>5030</v>
       </c>
       <c r="D16" s="86">
         <v>0</v>
       </c>
       <c r="E16" s="84">
         <v>537</v>
       </c>
       <c r="F16" s="86">
         <v>0</v>
       </c>
       <c r="G16" s="84">
-        <v>4944</v>
+        <v>4493</v>
       </c>
       <c r="H16" s="86">
         <v>0</v>
       </c>
       <c r="I16" s="86">
         <v>0</v>
       </c>
       <c r="J16" s="86">
         <v>0</v>
       </c>
       <c r="K16" s="86">
         <v>0</v>
       </c>
       <c r="L16" s="86">
         <v>0</v>
       </c>
       <c r="M16" s="86">
         <v>0</v>
       </c>
       <c r="N16" s="86">
         <v>0</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
@@ -2908,136 +2908,136 @@
     <row r="17" spans="1:16" ht="11.1" customHeight="1">
       <c r="A17" s="81" t="s">
         <v>49</v>
       </c>
       <c r="B17" s="52"/>
       <c r="C17" s="52"/>
       <c r="D17" s="52"/>
       <c r="E17" s="52"/>
       <c r="F17" s="52"/>
       <c r="G17" s="52"/>
       <c r="H17" s="52"/>
       <c r="I17" s="52"/>
       <c r="J17" s="52"/>
       <c r="K17" s="52"/>
       <c r="L17" s="52"/>
       <c r="M17" s="52"/>
       <c r="N17" s="52"/>
       <c r="O17" s="52"/>
       <c r="P17" s="55"/>
     </row>
     <row r="18" spans="1:16" ht="11.65" customHeight="1">
       <c r="A18" s="27" t="s">
         <v>50</v>
       </c>
       <c r="B18" s="84">
-        <v>10147</v>
+        <v>9693</v>
       </c>
       <c r="C18" s="84">
-        <v>10147</v>
+        <v>9693</v>
       </c>
       <c r="D18" s="86">
         <v>0</v>
       </c>
       <c r="E18" s="84">
-        <v>501</v>
+        <v>573</v>
       </c>
       <c r="F18" s="86">
         <v>0</v>
       </c>
       <c r="G18" s="84">
-        <v>9644</v>
+        <v>9120</v>
       </c>
       <c r="H18" s="86">
         <v>0</v>
       </c>
-      <c r="I18" s="84">
-        <v>2</v>
+      <c r="I18" s="86">
+        <v>0</v>
       </c>
       <c r="J18" s="86">
         <v>0</v>
       </c>
       <c r="K18" s="86">
         <v>0</v>
       </c>
       <c r="L18" s="86">
         <v>0</v>
       </c>
       <c r="M18" s="86">
         <v>0</v>
       </c>
       <c r="N18" s="86">
         <v>0</v>
       </c>
       <c r="O18" s="86">
         <v>0</v>
       </c>
       <c r="P18" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:16" ht="11.1" customHeight="1">
       <c r="A19" s="81" t="s">
         <v>51</v>
       </c>
       <c r="B19" s="52"/>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="52"/>
       <c r="K19" s="52"/>
       <c r="L19" s="52"/>
       <c r="M19" s="52"/>
       <c r="N19" s="52"/>
       <c r="O19" s="52"/>
       <c r="P19" s="55"/>
     </row>
     <row r="20" spans="1:16" ht="11.65" customHeight="1">
       <c r="A20" s="27" t="s">
         <v>52</v>
       </c>
       <c r="B20" s="84">
-        <v>44986</v>
+        <v>44037</v>
       </c>
       <c r="C20" s="84">
-        <v>44986</v>
+        <v>44037</v>
       </c>
       <c r="D20" s="86">
         <v>0</v>
       </c>
       <c r="E20" s="84">
-        <v>15930</v>
+        <v>15712</v>
       </c>
       <c r="F20" s="86">
         <v>0</v>
       </c>
       <c r="G20" s="84">
-        <v>29056</v>
+        <v>28325</v>
       </c>
       <c r="H20" s="86">
         <v>0</v>
       </c>
       <c r="I20" s="86">
         <v>0</v>
       </c>
       <c r="J20" s="86">
         <v>0</v>
       </c>
       <c r="K20" s="86">
         <v>0</v>
       </c>
       <c r="L20" s="86">
         <v>0</v>
       </c>
       <c r="M20" s="86">
         <v>0</v>
       </c>
       <c r="N20" s="86">
         <v>0</v>
       </c>
       <c r="O20" s="86">
         <v>0</v>
       </c>
@@ -3048,66 +3048,66 @@
     <row r="21" spans="1:16" ht="11.1" customHeight="1">
       <c r="A21" s="81" t="s">
         <v>53</v>
       </c>
       <c r="B21" s="52"/>
       <c r="C21" s="52"/>
       <c r="D21" s="52"/>
       <c r="E21" s="52"/>
       <c r="F21" s="52"/>
       <c r="G21" s="52"/>
       <c r="H21" s="52"/>
       <c r="I21" s="52"/>
       <c r="J21" s="52"/>
       <c r="K21" s="52"/>
       <c r="L21" s="52"/>
       <c r="M21" s="52"/>
       <c r="N21" s="52"/>
       <c r="O21" s="52"/>
       <c r="P21" s="55"/>
     </row>
     <row r="22" spans="1:16" ht="11.65" customHeight="1">
       <c r="A22" s="27" t="s">
         <v>54</v>
       </c>
       <c r="B22" s="84">
-        <v>22785</v>
+        <v>22537</v>
       </c>
       <c r="C22" s="84">
-        <v>22785</v>
+        <v>22537</v>
       </c>
       <c r="D22" s="86">
         <v>0</v>
       </c>
       <c r="E22" s="84">
-        <v>7678</v>
+        <v>7636</v>
       </c>
       <c r="F22" s="86">
         <v>0</v>
       </c>
       <c r="G22" s="84">
-        <v>15108</v>
+        <v>14901</v>
       </c>
       <c r="H22" s="86">
         <v>0</v>
       </c>
       <c r="I22" s="86">
         <v>0</v>
       </c>
       <c r="J22" s="86">
         <v>0</v>
       </c>
       <c r="K22" s="86">
         <v>0</v>
       </c>
       <c r="L22" s="86">
         <v>0</v>
       </c>
       <c r="M22" s="86">
         <v>0</v>
       </c>
       <c r="N22" s="86">
         <v>0</v>
       </c>
       <c r="O22" s="86">
         <v>0</v>
       </c>
@@ -3118,346 +3118,346 @@
     <row r="23" spans="1:16" ht="11.1" customHeight="1">
       <c r="A23" s="81" t="s">
         <v>55</v>
       </c>
       <c r="B23" s="52"/>
       <c r="C23" s="52"/>
       <c r="D23" s="52"/>
       <c r="E23" s="52"/>
       <c r="F23" s="52"/>
       <c r="G23" s="52"/>
       <c r="H23" s="52"/>
       <c r="I23" s="52"/>
       <c r="J23" s="52"/>
       <c r="K23" s="52"/>
       <c r="L23" s="52"/>
       <c r="M23" s="52"/>
       <c r="N23" s="52"/>
       <c r="O23" s="52"/>
       <c r="P23" s="55"/>
     </row>
     <row r="24" spans="1:16" ht="11.65" customHeight="1">
       <c r="A24" s="27" t="s">
         <v>56</v>
       </c>
       <c r="B24" s="84">
-        <v>14171</v>
+        <v>14222</v>
       </c>
       <c r="C24" s="84">
-        <v>14171</v>
+        <v>14222</v>
       </c>
       <c r="D24" s="86">
         <v>0</v>
       </c>
       <c r="E24" s="84">
-        <v>3011</v>
+        <v>3249</v>
       </c>
       <c r="F24" s="86">
         <v>0</v>
       </c>
       <c r="G24" s="84">
-        <v>11160</v>
+        <v>10973</v>
       </c>
       <c r="H24" s="86">
         <v>0</v>
       </c>
       <c r="I24" s="84">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J24" s="86">
         <v>0</v>
       </c>
       <c r="K24" s="86">
         <v>0</v>
       </c>
       <c r="L24" s="86">
         <v>0</v>
       </c>
       <c r="M24" s="86">
         <v>0</v>
       </c>
       <c r="N24" s="86">
         <v>0</v>
       </c>
       <c r="O24" s="86">
         <v>0</v>
       </c>
       <c r="P24" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:16" ht="11.1" customHeight="1">
       <c r="A25" s="81" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="52"/>
       <c r="C25" s="52"/>
       <c r="D25" s="52"/>
       <c r="E25" s="52"/>
       <c r="F25" s="52"/>
       <c r="G25" s="52"/>
       <c r="H25" s="52"/>
       <c r="I25" s="52"/>
       <c r="J25" s="52"/>
       <c r="K25" s="52"/>
       <c r="L25" s="52"/>
       <c r="M25" s="52"/>
       <c r="N25" s="52"/>
       <c r="O25" s="52"/>
       <c r="P25" s="55"/>
     </row>
     <row r="26" spans="1:16" ht="11.65" customHeight="1">
       <c r="A26" s="27" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="84">
-        <v>4272</v>
+        <v>4064</v>
       </c>
       <c r="C26" s="84">
-        <v>4054</v>
+        <v>3867</v>
       </c>
       <c r="D26" s="84">
-        <v>218</v>
+        <v>197</v>
       </c>
       <c r="E26" s="84">
-        <v>416</v>
+        <v>548</v>
       </c>
       <c r="F26" s="84">
-        <v>218</v>
+        <v>197</v>
       </c>
       <c r="G26" s="84">
-        <v>3620</v>
+        <v>3317</v>
       </c>
       <c r="H26" s="86">
         <v>0</v>
       </c>
       <c r="I26" s="84">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="J26" s="86">
         <v>0</v>
       </c>
       <c r="K26" s="86">
         <v>0</v>
       </c>
       <c r="L26" s="86">
         <v>0</v>
       </c>
       <c r="M26" s="86">
         <v>0</v>
       </c>
       <c r="N26" s="86">
         <v>0</v>
       </c>
       <c r="O26" s="86">
         <v>0</v>
       </c>
       <c r="P26" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:16" ht="11.1" customHeight="1">
       <c r="A27" s="81" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="52"/>
       <c r="C27" s="52"/>
       <c r="D27" s="52"/>
       <c r="E27" s="52"/>
       <c r="F27" s="52"/>
       <c r="G27" s="52"/>
       <c r="H27" s="52"/>
       <c r="I27" s="52"/>
       <c r="J27" s="52"/>
       <c r="K27" s="52"/>
       <c r="L27" s="52"/>
       <c r="M27" s="52"/>
       <c r="N27" s="52"/>
       <c r="O27" s="52"/>
       <c r="P27" s="55"/>
     </row>
     <row r="28" spans="1:16" ht="11.65" customHeight="1">
       <c r="A28" s="27" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="84">
-        <v>157723</v>
+        <v>165067</v>
       </c>
       <c r="C28" s="84">
-        <v>150131</v>
+        <v>157671</v>
       </c>
       <c r="D28" s="84">
-        <v>7592</v>
+        <v>7396</v>
       </c>
       <c r="E28" s="84">
-        <v>56397</v>
+        <v>57285</v>
       </c>
       <c r="F28" s="84">
-        <v>7592</v>
+        <v>7396</v>
       </c>
       <c r="G28" s="84">
-        <v>93638</v>
+        <v>100284</v>
       </c>
       <c r="H28" s="86">
         <v>0</v>
       </c>
       <c r="I28" s="84">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="J28" s="86">
         <v>0</v>
       </c>
       <c r="K28" s="86">
         <v>0</v>
       </c>
       <c r="L28" s="86">
         <v>0</v>
       </c>
       <c r="M28" s="86">
         <v>0</v>
       </c>
       <c r="N28" s="86">
         <v>0</v>
       </c>
       <c r="O28" s="86">
         <v>0</v>
       </c>
       <c r="P28" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:16" ht="11.1" customHeight="1">
       <c r="A29" s="81" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="52"/>
       <c r="C29" s="52"/>
       <c r="D29" s="52"/>
       <c r="E29" s="52"/>
       <c r="F29" s="52"/>
       <c r="G29" s="52"/>
       <c r="H29" s="52"/>
       <c r="I29" s="52"/>
       <c r="J29" s="52"/>
       <c r="K29" s="52"/>
       <c r="L29" s="52"/>
       <c r="M29" s="52"/>
       <c r="N29" s="52"/>
       <c r="O29" s="52"/>
       <c r="P29" s="55"/>
     </row>
     <row r="30" spans="1:16" ht="11.65" customHeight="1">
       <c r="A30" s="27" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="84">
-        <v>194520</v>
+        <v>183221</v>
       </c>
       <c r="C30" s="84">
-        <v>194520</v>
+        <v>183221</v>
       </c>
       <c r="D30" s="86">
         <v>0</v>
       </c>
       <c r="E30" s="84">
-        <v>55509</v>
+        <v>53385</v>
       </c>
       <c r="F30" s="86">
         <v>0</v>
       </c>
       <c r="G30" s="84">
-        <v>138277</v>
+        <v>128901</v>
       </c>
       <c r="H30" s="86">
         <v>0</v>
       </c>
       <c r="I30" s="84">
-        <v>732</v>
+        <v>935</v>
       </c>
       <c r="J30" s="86">
         <v>0</v>
       </c>
       <c r="K30" s="84">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="L30" s="86">
         <v>0</v>
       </c>
       <c r="M30" s="86">
         <v>0</v>
       </c>
       <c r="N30" s="86">
         <v>0</v>
       </c>
       <c r="O30" s="86">
         <v>0</v>
       </c>
       <c r="P30" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:16" ht="11.1" customHeight="1">
       <c r="A31" s="81" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52"/>
       <c r="E31" s="52"/>
       <c r="F31" s="52"/>
       <c r="G31" s="52"/>
       <c r="H31" s="52"/>
       <c r="I31" s="52"/>
       <c r="J31" s="52"/>
       <c r="K31" s="52"/>
       <c r="L31" s="52"/>
       <c r="M31" s="52"/>
       <c r="N31" s="52"/>
       <c r="O31" s="52"/>
       <c r="P31" s="55"/>
     </row>
     <row r="32" spans="1:16" ht="11.65" customHeight="1">
       <c r="A32" s="27" t="s">
         <v>64</v>
       </c>
       <c r="B32" s="84">
-        <v>1625</v>
+        <v>1893</v>
       </c>
       <c r="C32" s="84">
-        <v>1625</v>
+        <v>1893</v>
       </c>
       <c r="D32" s="86">
         <v>0</v>
       </c>
       <c r="E32" s="84">
-        <v>1492</v>
+        <v>1742</v>
       </c>
       <c r="F32" s="86">
         <v>0</v>
       </c>
       <c r="G32" s="84">
-        <v>133</v>
+        <v>150</v>
       </c>
       <c r="H32" s="86">
         <v>0</v>
       </c>
       <c r="I32" s="86">
         <v>0</v>
       </c>
       <c r="J32" s="86">
         <v>0</v>
       </c>
       <c r="K32" s="86">
         <v>0</v>
       </c>
       <c r="L32" s="86">
         <v>0</v>
       </c>
       <c r="M32" s="86">
         <v>0</v>
       </c>
       <c r="N32" s="86">
         <v>0</v>
       </c>
       <c r="O32" s="86">
         <v>0</v>
       </c>
@@ -3468,66 +3468,66 @@
     <row r="33" spans="1:16" ht="11.1" customHeight="1">
       <c r="A33" s="81" t="s">
         <v>65</v>
       </c>
       <c r="B33" s="52"/>
       <c r="C33" s="52"/>
       <c r="D33" s="52"/>
       <c r="E33" s="52"/>
       <c r="F33" s="52"/>
       <c r="G33" s="52"/>
       <c r="H33" s="52"/>
       <c r="I33" s="52"/>
       <c r="J33" s="52"/>
       <c r="K33" s="52"/>
       <c r="L33" s="52"/>
       <c r="M33" s="52"/>
       <c r="N33" s="52"/>
       <c r="O33" s="52"/>
       <c r="P33" s="55"/>
     </row>
     <row r="34" spans="1:16" ht="11.65" customHeight="1">
       <c r="A34" s="27" t="s">
         <v>66</v>
       </c>
       <c r="B34" s="84">
-        <v>287</v>
+        <v>268</v>
       </c>
       <c r="C34" s="84">
-        <v>287</v>
+        <v>268</v>
       </c>
       <c r="D34" s="86">
         <v>0</v>
       </c>
       <c r="E34" s="84">
-        <v>123</v>
+        <v>108</v>
       </c>
       <c r="F34" s="86">
         <v>0</v>
       </c>
       <c r="G34" s="84">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="H34" s="86">
         <v>0</v>
       </c>
       <c r="I34" s="86">
         <v>0</v>
       </c>
       <c r="J34" s="86">
         <v>0</v>
       </c>
       <c r="K34" s="86">
         <v>0</v>
       </c>
       <c r="L34" s="86">
         <v>0</v>
       </c>
       <c r="M34" s="86">
         <v>0</v>
       </c>
       <c r="N34" s="86">
         <v>0</v>
       </c>
       <c r="O34" s="86">
         <v>0</v>
       </c>
@@ -3538,66 +3538,66 @@
     <row r="35" spans="1:16" ht="11.1" customHeight="1">
       <c r="A35" s="81" t="s">
         <v>67</v>
       </c>
       <c r="B35" s="52"/>
       <c r="C35" s="52"/>
       <c r="D35" s="52"/>
       <c r="E35" s="52"/>
       <c r="F35" s="52"/>
       <c r="G35" s="52"/>
       <c r="H35" s="52"/>
       <c r="I35" s="52"/>
       <c r="J35" s="52"/>
       <c r="K35" s="52"/>
       <c r="L35" s="52"/>
       <c r="M35" s="52"/>
       <c r="N35" s="52"/>
       <c r="O35" s="52"/>
       <c r="P35" s="55"/>
     </row>
     <row r="36" spans="1:16" ht="11.65" customHeight="1">
       <c r="A36" s="27" t="s">
         <v>68</v>
       </c>
       <c r="B36" s="84">
-        <v>36027</v>
+        <v>37537</v>
       </c>
       <c r="C36" s="84">
-        <v>36027</v>
+        <v>37537</v>
       </c>
       <c r="D36" s="86">
         <v>0</v>
       </c>
       <c r="E36" s="84">
-        <v>3791</v>
+        <v>3778</v>
       </c>
       <c r="F36" s="86">
         <v>0</v>
       </c>
       <c r="G36" s="84">
-        <v>32151</v>
+        <v>33674</v>
       </c>
       <c r="H36" s="86">
         <v>0</v>
       </c>
       <c r="I36" s="86">
         <v>0</v>
       </c>
       <c r="J36" s="86">
         <v>0</v>
       </c>
       <c r="K36" s="86">
         <v>0</v>
       </c>
       <c r="L36" s="86">
         <v>0</v>
       </c>
       <c r="M36" s="84">
         <v>85</v>
       </c>
       <c r="N36" s="86">
         <v>0</v>
       </c>
       <c r="O36" s="86">
         <v>0</v>
       </c>
@@ -3608,78 +3608,78 @@
     <row r="37" spans="1:16" ht="11.1" customHeight="1">
       <c r="A37" s="81" t="s">
         <v>69</v>
       </c>
       <c r="B37" s="52"/>
       <c r="C37" s="52"/>
       <c r="D37" s="52"/>
       <c r="E37" s="52"/>
       <c r="F37" s="52"/>
       <c r="G37" s="52"/>
       <c r="H37" s="52"/>
       <c r="I37" s="52"/>
       <c r="J37" s="52"/>
       <c r="K37" s="52"/>
       <c r="L37" s="52"/>
       <c r="M37" s="52"/>
       <c r="N37" s="52"/>
       <c r="O37" s="52"/>
       <c r="P37" s="55"/>
     </row>
     <row r="38" spans="1:16" ht="11.65" customHeight="1">
       <c r="A38" s="28" t="s">
         <v>70</v>
       </c>
       <c r="B38" s="90">
-        <v>37123</v>
+        <v>34638</v>
       </c>
       <c r="C38" s="90">
-        <v>37123</v>
+        <v>34638</v>
       </c>
       <c r="D38" s="92">
         <v>0</v>
       </c>
       <c r="E38" s="90">
-        <v>13411</v>
+        <v>12871</v>
       </c>
       <c r="F38" s="92">
         <v>0</v>
       </c>
       <c r="G38" s="90">
-        <v>23662</v>
+        <v>21739</v>
       </c>
       <c r="H38" s="92">
         <v>0</v>
       </c>
       <c r="I38" s="92">
         <v>0</v>
       </c>
       <c r="J38" s="92">
         <v>0</v>
       </c>
       <c r="K38" s="90">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="L38" s="92">
         <v>0</v>
       </c>
       <c r="M38" s="92">
         <v>0</v>
       </c>
       <c r="N38" s="92">
         <v>0</v>
       </c>
       <c r="O38" s="92">
         <v>0</v>
       </c>
       <c r="P38" s="94">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:16" ht="11.1" customHeight="1" thickBot="1">
       <c r="A39" s="96" t="s">
         <v>71</v>
       </c>
       <c r="B39" s="58"/>
       <c r="C39" s="58"/>
       <c r="D39" s="58"/>
       <c r="E39" s="58"/>
@@ -4058,58 +4058,58 @@
       <c r="A3" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="6"/>
       <c r="P3" s="6"/>
     </row>
     <row r="4" spans="1:16" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="64" t="str">
         <f>'3-1'!D4:G4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="64"/>
       <c r="F4" s="64"/>
       <c r="G4" s="64"/>
       <c r="H4" s="63" t="str">
         <f>'3-1'!H4:K4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="63"/>
       <c r="L4" s="7"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="14.1" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="38"/>
       <c r="E5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="40" t="s">
         <v>28</v>
@@ -4351,136 +4351,136 @@
       <c r="H11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="11"/>
       <c r="J11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="11"/>
       <c r="L11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="M11" s="11"/>
       <c r="N11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="O11" s="11"/>
       <c r="P11" s="12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="11.65" customHeight="1">
       <c r="A12" s="69" t="s">
         <v>73</v>
       </c>
       <c r="B12" s="72">
-        <v>5401</v>
+        <v>4874</v>
       </c>
       <c r="C12" s="72">
-        <v>5401</v>
+        <v>4874</v>
       </c>
       <c r="D12" s="75">
         <v>0</v>
       </c>
       <c r="E12" s="72">
-        <v>1533</v>
+        <v>1561</v>
       </c>
       <c r="F12" s="75">
         <v>0</v>
       </c>
       <c r="G12" s="72">
-        <v>3781</v>
+        <v>3228</v>
       </c>
       <c r="H12" s="75">
         <v>0</v>
       </c>
       <c r="I12" s="75">
         <v>0</v>
       </c>
       <c r="J12" s="75">
         <v>0</v>
       </c>
       <c r="K12" s="75">
         <v>0</v>
       </c>
       <c r="L12" s="75">
         <v>0</v>
       </c>
       <c r="M12" s="72">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="N12" s="75">
         <v>0</v>
       </c>
       <c r="O12" s="75">
         <v>0</v>
       </c>
       <c r="P12" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="11.1" customHeight="1">
       <c r="A13" s="81" t="s">
         <v>74</v>
       </c>
       <c r="B13" s="52"/>
       <c r="C13" s="52"/>
       <c r="D13" s="52"/>
       <c r="E13" s="52"/>
       <c r="F13" s="52"/>
       <c r="G13" s="52"/>
       <c r="H13" s="52"/>
       <c r="I13" s="52"/>
       <c r="J13" s="52"/>
       <c r="K13" s="52"/>
       <c r="L13" s="52"/>
       <c r="M13" s="52"/>
       <c r="N13" s="52"/>
       <c r="O13" s="52"/>
       <c r="P13" s="55"/>
     </row>
     <row r="14" spans="1:16" ht="11.65" customHeight="1">
       <c r="A14" s="27" t="s">
         <v>75</v>
       </c>
       <c r="B14" s="84">
-        <v>7520</v>
+        <v>9287</v>
       </c>
       <c r="C14" s="84">
-        <v>6332</v>
+        <v>8065</v>
       </c>
       <c r="D14" s="84">
-        <v>1188</v>
+        <v>1222</v>
       </c>
       <c r="E14" s="84">
         <v>7</v>
       </c>
       <c r="F14" s="84">
-        <v>1188</v>
+        <v>1222</v>
       </c>
       <c r="G14" s="84">
-        <v>6325</v>
+        <v>8058</v>
       </c>
       <c r="H14" s="86">
         <v>0</v>
       </c>
       <c r="I14" s="86">
         <v>0</v>
       </c>
       <c r="J14" s="86">
         <v>0</v>
       </c>
       <c r="K14" s="86">
         <v>0</v>
       </c>
       <c r="L14" s="86">
         <v>0</v>
       </c>
       <c r="M14" s="86">
         <v>0</v>
       </c>
       <c r="N14" s="86">
         <v>0</v>
       </c>
       <c r="O14" s="86">
         <v>0</v>
       </c>
@@ -4491,136 +4491,136 @@
     <row r="15" spans="1:16" ht="11.1" customHeight="1">
       <c r="A15" s="81" t="s">
         <v>76</v>
       </c>
       <c r="B15" s="52"/>
       <c r="C15" s="52"/>
       <c r="D15" s="52"/>
       <c r="E15" s="52"/>
       <c r="F15" s="52"/>
       <c r="G15" s="52"/>
       <c r="H15" s="52"/>
       <c r="I15" s="52"/>
       <c r="J15" s="52"/>
       <c r="K15" s="52"/>
       <c r="L15" s="52"/>
       <c r="M15" s="52"/>
       <c r="N15" s="52"/>
       <c r="O15" s="52"/>
       <c r="P15" s="55"/>
     </row>
     <row r="16" spans="1:16" ht="11.65" customHeight="1">
       <c r="A16" s="27" t="s">
         <v>77</v>
       </c>
       <c r="B16" s="84">
-        <v>365004</v>
+        <v>377605</v>
       </c>
       <c r="C16" s="84">
-        <v>361501</v>
+        <v>374089</v>
       </c>
       <c r="D16" s="84">
-        <v>3503</v>
+        <v>3516</v>
       </c>
       <c r="E16" s="84">
-        <v>316420</v>
+        <v>327212</v>
       </c>
       <c r="F16" s="84">
-        <v>2079</v>
+        <v>2266</v>
       </c>
       <c r="G16" s="84">
-        <v>44813</v>
+        <v>46617</v>
       </c>
       <c r="H16" s="84">
-        <v>1424</v>
+        <v>1250</v>
       </c>
       <c r="I16" s="86">
         <v>0</v>
       </c>
       <c r="J16" s="86">
         <v>0</v>
       </c>
       <c r="K16" s="84">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="L16" s="86">
         <v>0</v>
       </c>
       <c r="M16" s="84">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="N16" s="86">
         <v>0</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
       <c r="P16" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:16" ht="11.1" customHeight="1">
       <c r="A17" s="81" t="s">
         <v>78</v>
       </c>
       <c r="B17" s="52"/>
       <c r="C17" s="52"/>
       <c r="D17" s="52"/>
       <c r="E17" s="52"/>
       <c r="F17" s="52"/>
       <c r="G17" s="52"/>
       <c r="H17" s="52"/>
       <c r="I17" s="52"/>
       <c r="J17" s="52"/>
       <c r="K17" s="52"/>
       <c r="L17" s="52"/>
       <c r="M17" s="52"/>
       <c r="N17" s="52"/>
       <c r="O17" s="52"/>
       <c r="P17" s="55"/>
     </row>
     <row r="18" spans="1:16" ht="11.65" customHeight="1">
       <c r="A18" s="27" t="s">
         <v>79</v>
       </c>
       <c r="B18" s="84">
-        <v>7390</v>
+        <v>6818</v>
       </c>
       <c r="C18" s="84">
-        <v>7390</v>
+        <v>6818</v>
       </c>
       <c r="D18" s="86">
         <v>0</v>
       </c>
       <c r="E18" s="84">
-        <v>1166</v>
+        <v>1260</v>
       </c>
       <c r="F18" s="86">
         <v>0</v>
       </c>
       <c r="G18" s="84">
-        <v>6224</v>
+        <v>5558</v>
       </c>
       <c r="H18" s="86">
         <v>0</v>
       </c>
       <c r="I18" s="86">
         <v>0</v>
       </c>
       <c r="J18" s="86">
         <v>0</v>
       </c>
       <c r="K18" s="86">
         <v>0</v>
       </c>
       <c r="L18" s="86">
         <v>0</v>
       </c>
       <c r="M18" s="86">
         <v>0</v>
       </c>
       <c r="N18" s="86">
         <v>0</v>
       </c>
       <c r="O18" s="86">
         <v>0</v>
       </c>
@@ -4631,66 +4631,66 @@
     <row r="19" spans="1:16" ht="11.1" customHeight="1">
       <c r="A19" s="81" t="s">
         <v>80</v>
       </c>
       <c r="B19" s="52"/>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="52"/>
       <c r="K19" s="52"/>
       <c r="L19" s="52"/>
       <c r="M19" s="52"/>
       <c r="N19" s="52"/>
       <c r="O19" s="52"/>
       <c r="P19" s="55"/>
     </row>
     <row r="20" spans="1:16" ht="11.65" customHeight="1">
       <c r="A20" s="27" t="s">
         <v>81</v>
       </c>
       <c r="B20" s="84">
-        <v>83</v>
+        <v>108</v>
       </c>
       <c r="C20" s="84">
-        <v>83</v>
+        <v>108</v>
       </c>
       <c r="D20" s="86">
         <v>0</v>
       </c>
       <c r="E20" s="86">
         <v>0</v>
       </c>
       <c r="F20" s="86">
         <v>0</v>
       </c>
       <c r="G20" s="84">
-        <v>83</v>
+        <v>108</v>
       </c>
       <c r="H20" s="86">
         <v>0</v>
       </c>
       <c r="I20" s="86">
         <v>0</v>
       </c>
       <c r="J20" s="86">
         <v>0</v>
       </c>
       <c r="K20" s="86">
         <v>0</v>
       </c>
       <c r="L20" s="86">
         <v>0</v>
       </c>
       <c r="M20" s="86">
         <v>0</v>
       </c>
       <c r="N20" s="86">
         <v>0</v>
       </c>
       <c r="O20" s="86">
         <v>0</v>
       </c>
@@ -4701,130 +4701,130 @@
     <row r="21" spans="1:16" ht="11.1" customHeight="1">
       <c r="A21" s="81" t="s">
         <v>82</v>
       </c>
       <c r="B21" s="52"/>
       <c r="C21" s="52"/>
       <c r="D21" s="52"/>
       <c r="E21" s="52"/>
       <c r="F21" s="52"/>
       <c r="G21" s="52"/>
       <c r="H21" s="52"/>
       <c r="I21" s="52"/>
       <c r="J21" s="52"/>
       <c r="K21" s="52"/>
       <c r="L21" s="52"/>
       <c r="M21" s="52"/>
       <c r="N21" s="52"/>
       <c r="O21" s="52"/>
       <c r="P21" s="55"/>
     </row>
     <row r="22" spans="1:16" ht="11.65" customHeight="1">
       <c r="A22" s="27" t="s">
         <v>83</v>
       </c>
       <c r="B22" s="84">
-        <v>80693</v>
+        <v>81578</v>
       </c>
       <c r="C22" s="84">
-        <v>79511</v>
+        <v>80420</v>
       </c>
       <c r="D22" s="84">
-        <v>1181</v>
+        <v>1158</v>
       </c>
       <c r="E22" s="84">
-        <v>41256</v>
+        <v>37734</v>
       </c>
       <c r="F22" s="84">
-        <v>1181</v>
+        <v>1158</v>
       </c>
       <c r="G22" s="84">
-        <v>38253</v>
+        <v>42680</v>
       </c>
       <c r="H22" s="86">
         <v>0</v>
       </c>
       <c r="I22" s="86">
         <v>0</v>
       </c>
       <c r="J22" s="86">
         <v>0</v>
       </c>
       <c r="K22" s="84">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="L22" s="86">
         <v>0</v>
       </c>
       <c r="M22" s="86">
         <v>0</v>
       </c>
       <c r="N22" s="86">
         <v>0</v>
       </c>
       <c r="O22" s="86">
         <v>0</v>
       </c>
       <c r="P22" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:16" ht="11.1" customHeight="1">
       <c r="A23" s="81" t="s">
         <v>84</v>
       </c>
       <c r="B23" s="52"/>
       <c r="C23" s="52"/>
       <c r="D23" s="52"/>
       <c r="E23" s="52"/>
       <c r="F23" s="52"/>
       <c r="G23" s="52"/>
       <c r="H23" s="52"/>
       <c r="I23" s="52"/>
       <c r="J23" s="52"/>
       <c r="K23" s="52"/>
       <c r="L23" s="52"/>
       <c r="M23" s="52"/>
       <c r="N23" s="52"/>
       <c r="O23" s="52"/>
       <c r="P23" s="55"/>
     </row>
     <row r="24" spans="1:16" ht="11.65" customHeight="1">
       <c r="A24" s="27" t="s">
         <v>85</v>
       </c>
       <c r="B24" s="84">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="C24" s="84">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D24" s="86">
         <v>0</v>
       </c>
       <c r="E24" s="84">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F24" s="86">
         <v>0</v>
       </c>
       <c r="G24" s="84">
         <v>23</v>
       </c>
       <c r="H24" s="86">
         <v>0</v>
       </c>
       <c r="I24" s="86">
         <v>0</v>
       </c>
       <c r="J24" s="86">
         <v>0</v>
       </c>
       <c r="K24" s="86">
         <v>0</v>
       </c>
       <c r="L24" s="86">
         <v>0</v>
       </c>
       <c r="M24" s="86">
         <v>0</v>
       </c>
@@ -4841,66 +4841,66 @@
     <row r="25" spans="1:16" ht="11.1" customHeight="1">
       <c r="A25" s="81" t="s">
         <v>86</v>
       </c>
       <c r="B25" s="52"/>
       <c r="C25" s="52"/>
       <c r="D25" s="52"/>
       <c r="E25" s="52"/>
       <c r="F25" s="52"/>
       <c r="G25" s="52"/>
       <c r="H25" s="52"/>
       <c r="I25" s="52"/>
       <c r="J25" s="52"/>
       <c r="K25" s="52"/>
       <c r="L25" s="52"/>
       <c r="M25" s="52"/>
       <c r="N25" s="52"/>
       <c r="O25" s="52"/>
       <c r="P25" s="55"/>
     </row>
     <row r="26" spans="1:16" ht="11.65" customHeight="1">
       <c r="A26" s="27" t="s">
         <v>87</v>
       </c>
       <c r="B26" s="84">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="C26" s="84">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="D26" s="86">
         <v>0</v>
       </c>
       <c r="E26" s="86">
         <v>0</v>
       </c>
       <c r="F26" s="86">
         <v>0</v>
       </c>
       <c r="G26" s="84">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="H26" s="86">
         <v>0</v>
       </c>
       <c r="I26" s="86">
         <v>0</v>
       </c>
       <c r="J26" s="86">
         <v>0</v>
       </c>
       <c r="K26" s="86">
         <v>0</v>
       </c>
       <c r="L26" s="86">
         <v>0</v>
       </c>
       <c r="M26" s="86">
         <v>0</v>
       </c>
       <c r="N26" s="86">
         <v>0</v>
       </c>
       <c r="O26" s="86">
         <v>0</v>
       </c>
@@ -4911,66 +4911,66 @@
     <row r="27" spans="1:16" ht="11.1" customHeight="1">
       <c r="A27" s="81" t="s">
         <v>88</v>
       </c>
       <c r="B27" s="52"/>
       <c r="C27" s="52"/>
       <c r="D27" s="52"/>
       <c r="E27" s="52"/>
       <c r="F27" s="52"/>
       <c r="G27" s="52"/>
       <c r="H27" s="52"/>
       <c r="I27" s="52"/>
       <c r="J27" s="52"/>
       <c r="K27" s="52"/>
       <c r="L27" s="52"/>
       <c r="M27" s="52"/>
       <c r="N27" s="52"/>
       <c r="O27" s="52"/>
       <c r="P27" s="55"/>
     </row>
     <row r="28" spans="1:16" ht="11.65" customHeight="1">
       <c r="A28" s="27" t="s">
         <v>89</v>
       </c>
       <c r="B28" s="84">
-        <v>12630</v>
+        <v>12179</v>
       </c>
       <c r="C28" s="84">
-        <v>12630</v>
+        <v>12179</v>
       </c>
       <c r="D28" s="86">
         <v>0</v>
       </c>
       <c r="E28" s="84">
-        <v>8614</v>
+        <v>8545</v>
       </c>
       <c r="F28" s="86">
         <v>0</v>
       </c>
       <c r="G28" s="84">
-        <v>4016</v>
+        <v>3634</v>
       </c>
       <c r="H28" s="86">
         <v>0</v>
       </c>
       <c r="I28" s="86">
         <v>0</v>
       </c>
       <c r="J28" s="86">
         <v>0</v>
       </c>
       <c r="K28" s="86">
         <v>0</v>
       </c>
       <c r="L28" s="86">
         <v>0</v>
       </c>
       <c r="M28" s="86">
         <v>0</v>
       </c>
       <c r="N28" s="86">
         <v>0</v>
       </c>
       <c r="O28" s="86">
         <v>0</v>
       </c>
@@ -4981,66 +4981,66 @@
     <row r="29" spans="1:16" ht="11.1" customHeight="1">
       <c r="A29" s="81" t="s">
         <v>90</v>
       </c>
       <c r="B29" s="52"/>
       <c r="C29" s="52"/>
       <c r="D29" s="52"/>
       <c r="E29" s="52"/>
       <c r="F29" s="52"/>
       <c r="G29" s="52"/>
       <c r="H29" s="52"/>
       <c r="I29" s="52"/>
       <c r="J29" s="52"/>
       <c r="K29" s="52"/>
       <c r="L29" s="52"/>
       <c r="M29" s="52"/>
       <c r="N29" s="52"/>
       <c r="O29" s="52"/>
       <c r="P29" s="55"/>
     </row>
     <row r="30" spans="1:16" ht="11.65" customHeight="1">
       <c r="A30" s="27" t="s">
         <v>91</v>
       </c>
       <c r="B30" s="84">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="C30" s="84">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="D30" s="86">
         <v>0</v>
       </c>
       <c r="E30" s="86">
         <v>0</v>
       </c>
       <c r="F30" s="86">
         <v>0</v>
       </c>
       <c r="G30" s="84">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="H30" s="86">
         <v>0</v>
       </c>
       <c r="I30" s="86">
         <v>0</v>
       </c>
       <c r="J30" s="86">
         <v>0</v>
       </c>
       <c r="K30" s="86">
         <v>0</v>
       </c>
       <c r="L30" s="86">
         <v>0</v>
       </c>
       <c r="M30" s="86">
         <v>0</v>
       </c>
       <c r="N30" s="86">
         <v>0</v>
       </c>
       <c r="O30" s="86">
         <v>0</v>
       </c>
@@ -5051,66 +5051,66 @@
     <row r="31" spans="1:16" ht="11.1" customHeight="1">
       <c r="A31" s="81" t="s">
         <v>92</v>
       </c>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52"/>
       <c r="E31" s="52"/>
       <c r="F31" s="52"/>
       <c r="G31" s="52"/>
       <c r="H31" s="52"/>
       <c r="I31" s="52"/>
       <c r="J31" s="52"/>
       <c r="K31" s="52"/>
       <c r="L31" s="52"/>
       <c r="M31" s="52"/>
       <c r="N31" s="52"/>
       <c r="O31" s="52"/>
       <c r="P31" s="55"/>
     </row>
     <row r="32" spans="1:16" ht="11.65" customHeight="1">
       <c r="A32" s="27" t="s">
         <v>93</v>
       </c>
       <c r="B32" s="84">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="C32" s="84">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="D32" s="86">
         <v>0</v>
       </c>
       <c r="E32" s="86">
         <v>0</v>
       </c>
       <c r="F32" s="86">
         <v>0</v>
       </c>
       <c r="G32" s="84">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="H32" s="86">
         <v>0</v>
       </c>
       <c r="I32" s="86">
         <v>0</v>
       </c>
       <c r="J32" s="86">
         <v>0</v>
       </c>
       <c r="K32" s="86">
         <v>0</v>
       </c>
       <c r="L32" s="86">
         <v>0</v>
       </c>
       <c r="M32" s="86">
         <v>0</v>
       </c>
       <c r="N32" s="86">
         <v>0</v>
       </c>
       <c r="O32" s="86">
         <v>0</v>
       </c>
@@ -5121,66 +5121,66 @@
     <row r="33" spans="1:16" ht="11.1" customHeight="1">
       <c r="A33" s="81" t="s">
         <v>94</v>
       </c>
       <c r="B33" s="52"/>
       <c r="C33" s="52"/>
       <c r="D33" s="52"/>
       <c r="E33" s="52"/>
       <c r="F33" s="52"/>
       <c r="G33" s="52"/>
       <c r="H33" s="52"/>
       <c r="I33" s="52"/>
       <c r="J33" s="52"/>
       <c r="K33" s="52"/>
       <c r="L33" s="52"/>
       <c r="M33" s="52"/>
       <c r="N33" s="52"/>
       <c r="O33" s="52"/>
       <c r="P33" s="55"/>
     </row>
     <row r="34" spans="1:16" ht="11.65" customHeight="1">
       <c r="A34" s="27" t="s">
         <v>95</v>
       </c>
       <c r="B34" s="84">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="C34" s="84">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="D34" s="86">
         <v>0</v>
       </c>
       <c r="E34" s="84">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="F34" s="86">
         <v>0</v>
       </c>
       <c r="G34" s="84">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H34" s="86">
         <v>0</v>
       </c>
       <c r="I34" s="86">
         <v>0</v>
       </c>
       <c r="J34" s="86">
         <v>0</v>
       </c>
       <c r="K34" s="86">
         <v>0</v>
       </c>
       <c r="L34" s="86">
         <v>0</v>
       </c>
       <c r="M34" s="86">
         <v>0</v>
       </c>
       <c r="N34" s="86">
         <v>0</v>
       </c>
       <c r="O34" s="86">
         <v>0</v>
       </c>
@@ -5191,66 +5191,66 @@
     <row r="35" spans="1:16" ht="11.1" customHeight="1">
       <c r="A35" s="81" t="s">
         <v>96</v>
       </c>
       <c r="B35" s="52"/>
       <c r="C35" s="52"/>
       <c r="D35" s="52"/>
       <c r="E35" s="52"/>
       <c r="F35" s="52"/>
       <c r="G35" s="52"/>
       <c r="H35" s="52"/>
       <c r="I35" s="52"/>
       <c r="J35" s="52"/>
       <c r="K35" s="52"/>
       <c r="L35" s="52"/>
       <c r="M35" s="52"/>
       <c r="N35" s="52"/>
       <c r="O35" s="52"/>
       <c r="P35" s="55"/>
     </row>
     <row r="36" spans="1:16" ht="11.65" customHeight="1">
       <c r="A36" s="27" t="s">
         <v>97</v>
       </c>
       <c r="B36" s="84">
-        <v>2668</v>
+        <v>2813</v>
       </c>
       <c r="C36" s="84">
-        <v>2668</v>
+        <v>2813</v>
       </c>
       <c r="D36" s="86">
         <v>0</v>
       </c>
       <c r="E36" s="86">
         <v>0</v>
       </c>
       <c r="F36" s="86">
         <v>0</v>
       </c>
       <c r="G36" s="84">
-        <v>2668</v>
+        <v>2813</v>
       </c>
       <c r="H36" s="86">
         <v>0</v>
       </c>
       <c r="I36" s="86">
         <v>0</v>
       </c>
       <c r="J36" s="86">
         <v>0</v>
       </c>
       <c r="K36" s="86">
         <v>0</v>
       </c>
       <c r="L36" s="86">
         <v>0</v>
       </c>
       <c r="M36" s="86">
         <v>0</v>
       </c>
       <c r="N36" s="86">
         <v>0</v>
       </c>
       <c r="O36" s="86">
         <v>0</v>
       </c>
@@ -5261,87 +5261,87 @@
     <row r="37" spans="1:16" ht="11.1" customHeight="1">
       <c r="A37" s="81" t="s">
         <v>98</v>
       </c>
       <c r="B37" s="52"/>
       <c r="C37" s="52"/>
       <c r="D37" s="52"/>
       <c r="E37" s="52"/>
       <c r="F37" s="52"/>
       <c r="G37" s="52"/>
       <c r="H37" s="52"/>
       <c r="I37" s="52"/>
       <c r="J37" s="52"/>
       <c r="K37" s="52"/>
       <c r="L37" s="52"/>
       <c r="M37" s="52"/>
       <c r="N37" s="52"/>
       <c r="O37" s="52"/>
       <c r="P37" s="55"/>
     </row>
     <row r="38" spans="1:16" ht="11.65" customHeight="1">
       <c r="A38" s="28" t="s">
         <v>99</v>
       </c>
       <c r="B38" s="90">
-        <v>29885</v>
+        <v>30455</v>
       </c>
       <c r="C38" s="90">
-        <v>29885</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>28238</v>
+      </c>
+      <c r="D38" s="90">
+        <v>2217</v>
       </c>
       <c r="E38" s="90">
-        <v>15515</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>13603</v>
+      </c>
+      <c r="F38" s="90">
+        <v>1431</v>
       </c>
       <c r="G38" s="90">
-        <v>13575</v>
+        <v>14633</v>
       </c>
       <c r="H38" s="92">
         <v>0</v>
       </c>
       <c r="I38" s="90">
         <v>2</v>
       </c>
       <c r="J38" s="92">
         <v>0</v>
       </c>
       <c r="K38" s="92">
         <v>0</v>
       </c>
       <c r="L38" s="92">
         <v>0</v>
       </c>
-      <c r="M38" s="90">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="M38" s="92">
+        <v>0</v>
+      </c>
+      <c r="N38" s="90">
+        <v>786</v>
       </c>
       <c r="O38" s="92">
         <v>0</v>
       </c>
       <c r="P38" s="94">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:16" ht="11.1" customHeight="1" thickBot="1">
       <c r="A39" s="96" t="s">
         <v>100</v>
       </c>
       <c r="B39" s="58"/>
       <c r="C39" s="58"/>
       <c r="D39" s="58"/>
       <c r="E39" s="58"/>
       <c r="F39" s="58"/>
       <c r="G39" s="58"/>
       <c r="H39" s="58"/>
       <c r="I39" s="58"/>
       <c r="J39" s="58"/>
       <c r="K39" s="58"/>
       <c r="L39" s="58"/>
       <c r="M39" s="58"/>
       <c r="N39" s="58"/>
@@ -5711,58 +5711,58 @@
       <c r="A3" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="6"/>
       <c r="P3" s="6"/>
     </row>
     <row r="4" spans="1:16" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="64" t="str">
         <f>'3-1'!D4:G4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="64"/>
       <c r="F4" s="64"/>
       <c r="G4" s="64"/>
       <c r="H4" s="63" t="str">
         <f>'3-1'!H4:K4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="63"/>
       <c r="L4" s="7"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="14.1" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="38"/>
       <c r="E5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="40" t="s">
         <v>28</v>
@@ -6004,568 +6004,568 @@
       <c r="H11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="11"/>
       <c r="J11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="11"/>
       <c r="L11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="M11" s="11"/>
       <c r="N11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="O11" s="11"/>
       <c r="P11" s="12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="11.65" customHeight="1">
       <c r="A12" s="69" t="s">
         <v>101</v>
       </c>
       <c r="B12" s="72">
-        <v>12895</v>
+        <v>15945</v>
       </c>
       <c r="C12" s="72">
-        <v>12895</v>
+        <v>15945</v>
       </c>
       <c r="D12" s="75">
         <v>0</v>
       </c>
       <c r="E12" s="72">
-        <v>4991</v>
+        <v>5508</v>
       </c>
       <c r="F12" s="75">
         <v>0</v>
       </c>
       <c r="G12" s="72">
-        <v>7881</v>
+        <v>10410</v>
       </c>
       <c r="H12" s="75">
         <v>0</v>
       </c>
       <c r="I12" s="72">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="J12" s="75">
         <v>0</v>
       </c>
       <c r="K12" s="75">
         <v>0</v>
       </c>
       <c r="L12" s="75">
         <v>0</v>
       </c>
       <c r="M12" s="75">
         <v>0</v>
       </c>
       <c r="N12" s="75">
         <v>0</v>
       </c>
       <c r="O12" s="75">
         <v>0</v>
       </c>
       <c r="P12" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="11.1" customHeight="1">
       <c r="A13" s="81" t="s">
         <v>102</v>
       </c>
       <c r="B13" s="52"/>
       <c r="C13" s="52"/>
       <c r="D13" s="52"/>
       <c r="E13" s="52"/>
       <c r="F13" s="52"/>
       <c r="G13" s="52"/>
       <c r="H13" s="52"/>
       <c r="I13" s="52"/>
       <c r="J13" s="52"/>
       <c r="K13" s="52"/>
       <c r="L13" s="52"/>
       <c r="M13" s="52"/>
       <c r="N13" s="52"/>
       <c r="O13" s="52"/>
       <c r="P13" s="55"/>
     </row>
     <row r="14" spans="1:16" ht="11.65" customHeight="1">
       <c r="A14" s="27" t="s">
         <v>103</v>
       </c>
       <c r="B14" s="84">
-        <v>135708</v>
+        <v>155105</v>
       </c>
       <c r="C14" s="84">
-        <v>135708</v>
+        <v>155105</v>
       </c>
       <c r="D14" s="86">
         <v>0</v>
       </c>
       <c r="E14" s="84">
-        <v>24562</v>
+        <v>25319</v>
       </c>
       <c r="F14" s="86">
         <v>0</v>
       </c>
       <c r="G14" s="84">
-        <v>111029</v>
+        <v>129654</v>
       </c>
       <c r="H14" s="86">
         <v>0</v>
       </c>
       <c r="I14" s="84">
-        <v>117</v>
+        <v>132</v>
       </c>
       <c r="J14" s="86">
         <v>0</v>
       </c>
       <c r="K14" s="86">
         <v>0</v>
       </c>
       <c r="L14" s="86">
         <v>0</v>
       </c>
       <c r="M14" s="86">
         <v>0</v>
       </c>
       <c r="N14" s="86">
         <v>0</v>
       </c>
       <c r="O14" s="86">
         <v>0</v>
       </c>
       <c r="P14" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:16" ht="11.1" customHeight="1">
       <c r="A15" s="81" t="s">
         <v>104</v>
       </c>
       <c r="B15" s="52"/>
       <c r="C15" s="52"/>
       <c r="D15" s="52"/>
       <c r="E15" s="52"/>
       <c r="F15" s="52"/>
       <c r="G15" s="52"/>
       <c r="H15" s="52"/>
       <c r="I15" s="52"/>
       <c r="J15" s="52"/>
       <c r="K15" s="52"/>
       <c r="L15" s="52"/>
       <c r="M15" s="52"/>
       <c r="N15" s="52"/>
       <c r="O15" s="52"/>
       <c r="P15" s="55"/>
     </row>
     <row r="16" spans="1:16" ht="11.65" customHeight="1">
       <c r="A16" s="27" t="s">
         <v>105</v>
       </c>
       <c r="B16" s="84">
-        <v>105586</v>
+        <v>110433</v>
       </c>
       <c r="C16" s="84">
-        <v>105096</v>
+        <v>109862</v>
       </c>
       <c r="D16" s="84">
-        <v>490</v>
+        <v>571</v>
       </c>
       <c r="E16" s="84">
-        <v>33411</v>
+        <v>36397</v>
       </c>
       <c r="F16" s="84">
-        <v>490</v>
+        <v>571</v>
       </c>
       <c r="G16" s="84">
-        <v>71605</v>
+        <v>73383</v>
       </c>
       <c r="H16" s="86">
         <v>0</v>
       </c>
       <c r="I16" s="84">
         <v>8</v>
       </c>
       <c r="J16" s="86">
         <v>0</v>
       </c>
       <c r="K16" s="86">
         <v>0</v>
       </c>
       <c r="L16" s="86">
         <v>0</v>
       </c>
       <c r="M16" s="84">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="N16" s="86">
         <v>0</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
       <c r="P16" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:16" ht="11.1" customHeight="1">
       <c r="A17" s="81" t="s">
         <v>106</v>
       </c>
       <c r="B17" s="52"/>
       <c r="C17" s="52"/>
       <c r="D17" s="52"/>
       <c r="E17" s="52"/>
       <c r="F17" s="52"/>
       <c r="G17" s="52"/>
       <c r="H17" s="52"/>
       <c r="I17" s="52"/>
       <c r="J17" s="52"/>
       <c r="K17" s="52"/>
       <c r="L17" s="52"/>
       <c r="M17" s="52"/>
       <c r="N17" s="52"/>
       <c r="O17" s="52"/>
       <c r="P17" s="55"/>
     </row>
     <row r="18" spans="1:16" ht="11.65" customHeight="1">
       <c r="A18" s="27" t="s">
         <v>107</v>
       </c>
       <c r="B18" s="84">
-        <v>64821</v>
+        <v>65313</v>
       </c>
       <c r="C18" s="84">
-        <v>63854</v>
+        <v>64355</v>
       </c>
       <c r="D18" s="84">
-        <v>967</v>
+        <v>958</v>
       </c>
       <c r="E18" s="84">
-        <v>17749</v>
+        <v>17996</v>
       </c>
       <c r="F18" s="84">
-        <v>967</v>
+        <v>958</v>
       </c>
       <c r="G18" s="84">
-        <v>46093</v>
+        <v>46348</v>
       </c>
       <c r="H18" s="86">
         <v>0</v>
       </c>
       <c r="I18" s="84">
         <v>2</v>
       </c>
       <c r="J18" s="86">
         <v>0</v>
       </c>
       <c r="K18" s="84">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="L18" s="86">
         <v>0</v>
       </c>
       <c r="M18" s="86">
         <v>0</v>
       </c>
       <c r="N18" s="86">
         <v>0</v>
       </c>
       <c r="O18" s="86">
         <v>0</v>
       </c>
       <c r="P18" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:16" ht="11.1" customHeight="1">
       <c r="A19" s="81" t="s">
         <v>108</v>
       </c>
       <c r="B19" s="52"/>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="52"/>
       <c r="K19" s="52"/>
       <c r="L19" s="52"/>
       <c r="M19" s="52"/>
       <c r="N19" s="52"/>
       <c r="O19" s="52"/>
       <c r="P19" s="55"/>
     </row>
     <row r="20" spans="1:16" ht="11.65" customHeight="1">
       <c r="A20" s="27" t="s">
         <v>109</v>
       </c>
       <c r="B20" s="84">
-        <v>33361</v>
+        <v>37597</v>
       </c>
       <c r="C20" s="84">
-        <v>30147</v>
+        <v>33133</v>
       </c>
       <c r="D20" s="84">
-        <v>3214</v>
+        <v>4464</v>
       </c>
       <c r="E20" s="84">
-        <v>12341</v>
+        <v>13513</v>
       </c>
       <c r="F20" s="84">
-        <v>39</v>
+        <v>589</v>
       </c>
       <c r="G20" s="84">
-        <v>17705</v>
+        <v>19533</v>
       </c>
       <c r="H20" s="84">
-        <v>3175</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>3875</v>
+      </c>
+      <c r="I20" s="84">
+        <v>4</v>
       </c>
       <c r="J20" s="86">
         <v>0</v>
       </c>
       <c r="K20" s="84">
-        <v>101</v>
+        <v>83</v>
       </c>
       <c r="L20" s="86">
         <v>0</v>
       </c>
       <c r="M20" s="86">
         <v>0</v>
       </c>
       <c r="N20" s="86">
         <v>0</v>
       </c>
       <c r="O20" s="86">
         <v>0</v>
       </c>
       <c r="P20" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:16" ht="11.1" customHeight="1">
       <c r="A21" s="81" t="s">
         <v>110</v>
       </c>
       <c r="B21" s="52"/>
       <c r="C21" s="52"/>
       <c r="D21" s="52"/>
       <c r="E21" s="52"/>
       <c r="F21" s="52"/>
       <c r="G21" s="52"/>
       <c r="H21" s="52"/>
       <c r="I21" s="52"/>
       <c r="J21" s="52"/>
       <c r="K21" s="52"/>
       <c r="L21" s="52"/>
       <c r="M21" s="52"/>
       <c r="N21" s="52"/>
       <c r="O21" s="52"/>
       <c r="P21" s="55"/>
     </row>
     <row r="22" spans="1:16" ht="11.65" customHeight="1">
       <c r="A22" s="27" t="s">
         <v>111</v>
       </c>
       <c r="B22" s="84">
-        <v>114912</v>
+        <v>116343</v>
       </c>
       <c r="C22" s="84">
-        <v>114912</v>
+        <v>116343</v>
       </c>
       <c r="D22" s="86">
         <v>0</v>
       </c>
       <c r="E22" s="84">
-        <v>38913</v>
+        <v>37936</v>
       </c>
       <c r="F22" s="86">
         <v>0</v>
       </c>
       <c r="G22" s="84">
-        <v>75871</v>
+        <v>78297</v>
       </c>
       <c r="H22" s="86">
         <v>0</v>
       </c>
       <c r="I22" s="84">
-        <v>125</v>
+        <v>108</v>
       </c>
       <c r="J22" s="86">
         <v>0</v>
       </c>
       <c r="K22" s="84">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L22" s="86">
         <v>0</v>
       </c>
       <c r="M22" s="86">
         <v>0</v>
       </c>
       <c r="N22" s="86">
         <v>0</v>
       </c>
       <c r="O22" s="86">
         <v>0</v>
       </c>
       <c r="P22" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:16" ht="11.1" customHeight="1">
       <c r="A23" s="81" t="s">
         <v>112</v>
       </c>
       <c r="B23" s="52"/>
       <c r="C23" s="52"/>
       <c r="D23" s="52"/>
       <c r="E23" s="52"/>
       <c r="F23" s="52"/>
       <c r="G23" s="52"/>
       <c r="H23" s="52"/>
       <c r="I23" s="52"/>
       <c r="J23" s="52"/>
       <c r="K23" s="52"/>
       <c r="L23" s="52"/>
       <c r="M23" s="52"/>
       <c r="N23" s="52"/>
       <c r="O23" s="52"/>
       <c r="P23" s="55"/>
     </row>
     <row r="24" spans="1:16" ht="11.65" customHeight="1">
       <c r="A24" s="27" t="s">
         <v>113</v>
       </c>
       <c r="B24" s="84">
-        <v>3652</v>
+        <v>3702</v>
       </c>
       <c r="C24" s="84">
-        <v>3652</v>
+        <v>3702</v>
       </c>
       <c r="D24" s="86">
         <v>0</v>
       </c>
       <c r="E24" s="84">
-        <v>2615</v>
+        <v>2631</v>
       </c>
       <c r="F24" s="86">
         <v>0</v>
       </c>
       <c r="G24" s="84">
-        <v>1017</v>
+        <v>1039</v>
       </c>
       <c r="H24" s="86">
         <v>0</v>
       </c>
       <c r="I24" s="84">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="J24" s="86">
         <v>0</v>
       </c>
       <c r="K24" s="86">
         <v>0</v>
       </c>
       <c r="L24" s="86">
         <v>0</v>
       </c>
       <c r="M24" s="86">
         <v>0</v>
       </c>
       <c r="N24" s="86">
         <v>0</v>
       </c>
       <c r="O24" s="86">
         <v>0</v>
       </c>
       <c r="P24" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:16" ht="11.1" customHeight="1">
       <c r="A25" s="81" t="s">
         <v>114</v>
       </c>
       <c r="B25" s="52"/>
       <c r="C25" s="52"/>
       <c r="D25" s="52"/>
       <c r="E25" s="52"/>
       <c r="F25" s="52"/>
       <c r="G25" s="52"/>
       <c r="H25" s="52"/>
       <c r="I25" s="52"/>
       <c r="J25" s="52"/>
       <c r="K25" s="52"/>
       <c r="L25" s="52"/>
       <c r="M25" s="52"/>
       <c r="N25" s="52"/>
       <c r="O25" s="52"/>
       <c r="P25" s="55"/>
     </row>
     <row r="26" spans="1:16" ht="11.65" customHeight="1">
       <c r="A26" s="27" t="s">
         <v>115</v>
       </c>
       <c r="B26" s="84">
-        <v>377953</v>
+        <v>365113</v>
       </c>
       <c r="C26" s="84">
-        <v>377121</v>
+        <v>364279</v>
       </c>
       <c r="D26" s="84">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="E26" s="84">
-        <v>171368</v>
+        <v>165979</v>
       </c>
       <c r="F26" s="86">
         <v>0</v>
       </c>
       <c r="G26" s="84">
-        <v>205159</v>
+        <v>197830</v>
       </c>
       <c r="H26" s="84">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="I26" s="84">
-        <v>216</v>
+        <v>189</v>
       </c>
       <c r="J26" s="86">
         <v>0</v>
       </c>
       <c r="K26" s="84">
-        <v>378</v>
+        <v>280</v>
       </c>
       <c r="L26" s="86">
         <v>0</v>
       </c>
       <c r="M26" s="86">
         <v>0</v>
       </c>
       <c r="N26" s="86">
         <v>0</v>
       </c>
       <c r="O26" s="86">
         <v>0</v>
       </c>
       <c r="P26" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:16" ht="11.1" customHeight="1">
       <c r="A27" s="81" t="s">
         <v>116</v>
       </c>
       <c r="B27" s="52"/>
       <c r="C27" s="52"/>
       <c r="D27" s="52"/>
       <c r="E27" s="52"/>
@@ -6704,60 +6704,60 @@
     <row r="31" spans="1:16" ht="11.1" customHeight="1">
       <c r="A31" s="81" t="s">
         <v>120</v>
       </c>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52"/>
       <c r="E31" s="52"/>
       <c r="F31" s="52"/>
       <c r="G31" s="52"/>
       <c r="H31" s="52"/>
       <c r="I31" s="52"/>
       <c r="J31" s="52"/>
       <c r="K31" s="52"/>
       <c r="L31" s="52"/>
       <c r="M31" s="52"/>
       <c r="N31" s="52"/>
       <c r="O31" s="52"/>
       <c r="P31" s="55"/>
     </row>
     <row r="32" spans="1:16" ht="11.65" customHeight="1">
       <c r="A32" s="27" t="s">
         <v>121</v>
       </c>
       <c r="B32" s="84">
-        <v>254</v>
+        <v>229</v>
       </c>
       <c r="C32" s="84">
-        <v>254</v>
+        <v>229</v>
       </c>
       <c r="D32" s="86">
         <v>0</v>
       </c>
       <c r="E32" s="84">
-        <v>254</v>
+        <v>229</v>
       </c>
       <c r="F32" s="86">
         <v>0</v>
       </c>
       <c r="G32" s="86">
         <v>0</v>
       </c>
       <c r="H32" s="86">
         <v>0</v>
       </c>
       <c r="I32" s="86">
         <v>0</v>
       </c>
       <c r="J32" s="86">
         <v>0</v>
       </c>
       <c r="K32" s="86">
         <v>0</v>
       </c>
       <c r="L32" s="86">
         <v>0</v>
       </c>
       <c r="M32" s="86">
         <v>0</v>
       </c>
@@ -7222,58 +7222,58 @@
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="5"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
     </row>
     <row r="4" spans="1:16" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="64" t="str">
         <f>'3-1'!D4:G4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="64"/>
       <c r="F4" s="64"/>
       <c r="G4" s="64"/>
       <c r="H4" s="63" t="str">
         <f>'3-1'!H4:K4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="63"/>
       <c r="L4" s="7"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="14.1" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="38"/>
       <c r="E5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="40" t="s">
         <v>28</v>
@@ -7515,136 +7515,136 @@
       <c r="H11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="11"/>
       <c r="J11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="11"/>
       <c r="L11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="M11" s="11"/>
       <c r="N11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="O11" s="11"/>
       <c r="P11" s="12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="11.65" customHeight="1">
       <c r="A12" s="70" t="s">
         <v>45</v>
       </c>
       <c r="B12" s="99">
-        <v>1062518</v>
+        <v>1067762</v>
       </c>
       <c r="C12" s="99">
-        <v>1061555</v>
+        <v>1066737</v>
       </c>
       <c r="D12" s="73">
-        <v>963</v>
+        <v>1026</v>
       </c>
       <c r="E12" s="73">
-        <v>700177</v>
+        <v>713333</v>
       </c>
       <c r="F12" s="73">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="G12" s="73">
-        <v>361311</v>
+        <v>353331</v>
       </c>
       <c r="H12" s="73">
-        <v>860</v>
+        <v>910</v>
       </c>
       <c r="I12" s="73">
         <v>10</v>
       </c>
       <c r="J12" s="76">
         <v>0</v>
       </c>
       <c r="K12" s="73">
         <v>1</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
       <c r="M12" s="73">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="N12" s="76">
         <v>0</v>
       </c>
       <c r="O12" s="76">
         <v>0</v>
       </c>
       <c r="P12" s="79">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="11.1" customHeight="1">
       <c r="A13" s="82" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="66"/>
       <c r="C13" s="66"/>
       <c r="D13" s="52"/>
       <c r="E13" s="52"/>
       <c r="F13" s="52"/>
       <c r="G13" s="52"/>
       <c r="H13" s="52"/>
       <c r="I13" s="52"/>
       <c r="J13" s="52"/>
       <c r="K13" s="52"/>
       <c r="L13" s="52"/>
       <c r="M13" s="52"/>
       <c r="N13" s="52"/>
       <c r="O13" s="52"/>
       <c r="P13" s="55"/>
     </row>
     <row r="14" spans="1:16" ht="11.65" customHeight="1">
       <c r="A14" s="27" t="s">
         <v>123</v>
       </c>
       <c r="B14" s="84">
-        <v>20325</v>
+        <v>20930</v>
       </c>
       <c r="C14" s="84">
-        <v>20325</v>
+        <v>20930</v>
       </c>
       <c r="D14" s="86">
         <v>0</v>
       </c>
       <c r="E14" s="84">
-        <v>2548</v>
+        <v>2406</v>
       </c>
       <c r="F14" s="86">
         <v>0</v>
       </c>
       <c r="G14" s="84">
-        <v>17776</v>
+        <v>18524</v>
       </c>
       <c r="H14" s="86">
         <v>0</v>
       </c>
       <c r="I14" s="86">
         <v>0</v>
       </c>
       <c r="J14" s="86">
         <v>0</v>
       </c>
       <c r="K14" s="86">
         <v>0</v>
       </c>
       <c r="L14" s="86">
         <v>0</v>
       </c>
       <c r="M14" s="86">
         <v>0</v>
       </c>
       <c r="N14" s="86">
         <v>0</v>
       </c>
       <c r="O14" s="86">
         <v>0</v>
       </c>
@@ -7655,66 +7655,66 @@
     <row r="15" spans="1:16" ht="11.1" customHeight="1">
       <c r="A15" s="81" t="s">
         <v>124</v>
       </c>
       <c r="B15" s="52"/>
       <c r="C15" s="52"/>
       <c r="D15" s="52"/>
       <c r="E15" s="52"/>
       <c r="F15" s="52"/>
       <c r="G15" s="52"/>
       <c r="H15" s="52"/>
       <c r="I15" s="52"/>
       <c r="J15" s="52"/>
       <c r="K15" s="52"/>
       <c r="L15" s="52"/>
       <c r="M15" s="52"/>
       <c r="N15" s="52"/>
       <c r="O15" s="52"/>
       <c r="P15" s="55"/>
     </row>
     <row r="16" spans="1:16" ht="11.65" customHeight="1">
       <c r="A16" s="27" t="s">
         <v>125</v>
       </c>
       <c r="B16" s="84">
-        <v>34202</v>
+        <v>32385</v>
       </c>
       <c r="C16" s="84">
-        <v>34202</v>
+        <v>32385</v>
       </c>
       <c r="D16" s="86">
         <v>0</v>
       </c>
       <c r="E16" s="84">
-        <v>27607</v>
+        <v>27588</v>
       </c>
       <c r="F16" s="86">
         <v>0</v>
       </c>
       <c r="G16" s="84">
-        <v>6594</v>
+        <v>4797</v>
       </c>
       <c r="H16" s="86">
         <v>0</v>
       </c>
       <c r="I16" s="86">
         <v>0</v>
       </c>
       <c r="J16" s="86">
         <v>0</v>
       </c>
       <c r="K16" s="86">
         <v>0</v>
       </c>
       <c r="L16" s="86">
         <v>0</v>
       </c>
       <c r="M16" s="86">
         <v>0</v>
       </c>
       <c r="N16" s="86">
         <v>0</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
@@ -7725,66 +7725,66 @@
     <row r="17" spans="1:16" ht="11.1" customHeight="1">
       <c r="A17" s="81" t="s">
         <v>126</v>
       </c>
       <c r="B17" s="52"/>
       <c r="C17" s="52"/>
       <c r="D17" s="52"/>
       <c r="E17" s="52"/>
       <c r="F17" s="52"/>
       <c r="G17" s="52"/>
       <c r="H17" s="52"/>
       <c r="I17" s="52"/>
       <c r="J17" s="52"/>
       <c r="K17" s="52"/>
       <c r="L17" s="52"/>
       <c r="M17" s="52"/>
       <c r="N17" s="52"/>
       <c r="O17" s="52"/>
       <c r="P17" s="55"/>
     </row>
     <row r="18" spans="1:16" ht="11.65" customHeight="1">
       <c r="A18" s="27" t="s">
         <v>127</v>
       </c>
       <c r="B18" s="84">
-        <v>310</v>
+        <v>365</v>
       </c>
       <c r="C18" s="84">
-        <v>310</v>
+        <v>365</v>
       </c>
       <c r="D18" s="86">
         <v>0</v>
       </c>
       <c r="E18" s="84">
         <v>0</v>
       </c>
       <c r="F18" s="86">
         <v>0</v>
       </c>
       <c r="G18" s="84">
-        <v>310</v>
+        <v>365</v>
       </c>
       <c r="H18" s="86">
         <v>0</v>
       </c>
       <c r="I18" s="86">
         <v>0</v>
       </c>
       <c r="J18" s="86">
         <v>0</v>
       </c>
       <c r="K18" s="86">
         <v>0</v>
       </c>
       <c r="L18" s="86">
         <v>0</v>
       </c>
       <c r="M18" s="86">
         <v>0</v>
       </c>
       <c r="N18" s="86">
         <v>0</v>
       </c>
       <c r="O18" s="86">
         <v>0</v>
       </c>
@@ -7795,66 +7795,66 @@
     <row r="19" spans="1:16" ht="11.1" customHeight="1">
       <c r="A19" s="81" t="s">
         <v>128</v>
       </c>
       <c r="B19" s="52"/>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="52"/>
       <c r="K19" s="52"/>
       <c r="L19" s="52"/>
       <c r="M19" s="52"/>
       <c r="N19" s="52"/>
       <c r="O19" s="52"/>
       <c r="P19" s="55"/>
     </row>
     <row r="20" spans="1:16" ht="11.65" customHeight="1">
       <c r="A20" s="27" t="s">
         <v>129</v>
       </c>
       <c r="B20" s="84">
-        <v>106</v>
+        <v>91</v>
       </c>
       <c r="C20" s="84">
-        <v>106</v>
+        <v>91</v>
       </c>
       <c r="D20" s="86">
         <v>0</v>
       </c>
       <c r="E20" s="86">
         <v>0</v>
       </c>
       <c r="F20" s="86">
         <v>0</v>
       </c>
       <c r="G20" s="84">
-        <v>106</v>
+        <v>91</v>
       </c>
       <c r="H20" s="86">
         <v>0</v>
       </c>
       <c r="I20" s="86">
         <v>0</v>
       </c>
       <c r="J20" s="86">
         <v>0</v>
       </c>
       <c r="K20" s="86">
         <v>0</v>
       </c>
       <c r="L20" s="86">
         <v>0</v>
       </c>
       <c r="M20" s="86">
         <v>0</v>
       </c>
       <c r="N20" s="86">
         <v>0</v>
       </c>
       <c r="O20" s="86">
         <v>0</v>
       </c>
@@ -7865,66 +7865,66 @@
     <row r="21" spans="1:16" ht="11.1" customHeight="1">
       <c r="A21" s="81" t="s">
         <v>130</v>
       </c>
       <c r="B21" s="52"/>
       <c r="C21" s="52"/>
       <c r="D21" s="52"/>
       <c r="E21" s="52"/>
       <c r="F21" s="52"/>
       <c r="G21" s="52"/>
       <c r="H21" s="52"/>
       <c r="I21" s="52"/>
       <c r="J21" s="52"/>
       <c r="K21" s="52"/>
       <c r="L21" s="52"/>
       <c r="M21" s="52"/>
       <c r="N21" s="52"/>
       <c r="O21" s="52"/>
       <c r="P21" s="55"/>
     </row>
     <row r="22" spans="1:16" ht="11.65" customHeight="1">
       <c r="A22" s="27" t="s">
         <v>131</v>
       </c>
       <c r="B22" s="84">
-        <v>11393</v>
+        <v>11917</v>
       </c>
       <c r="C22" s="84">
-        <v>11393</v>
+        <v>11917</v>
       </c>
       <c r="D22" s="86">
         <v>0</v>
       </c>
       <c r="E22" s="86">
         <v>0</v>
       </c>
       <c r="F22" s="86">
         <v>0</v>
       </c>
       <c r="G22" s="84">
-        <v>11393</v>
+        <v>11917</v>
       </c>
       <c r="H22" s="86">
         <v>0</v>
       </c>
       <c r="I22" s="86">
         <v>0</v>
       </c>
       <c r="J22" s="86">
         <v>0</v>
       </c>
       <c r="K22" s="86">
         <v>0</v>
       </c>
       <c r="L22" s="86">
         <v>0</v>
       </c>
       <c r="M22" s="86">
         <v>0</v>
       </c>
       <c r="N22" s="86">
         <v>0</v>
       </c>
       <c r="O22" s="86">
         <v>0</v>
       </c>
@@ -7935,66 +7935,66 @@
     <row r="23" spans="1:16" ht="11.1" customHeight="1">
       <c r="A23" s="81" t="s">
         <v>132</v>
       </c>
       <c r="B23" s="52"/>
       <c r="C23" s="52"/>
       <c r="D23" s="52"/>
       <c r="E23" s="52"/>
       <c r="F23" s="52"/>
       <c r="G23" s="52"/>
       <c r="H23" s="52"/>
       <c r="I23" s="52"/>
       <c r="J23" s="52"/>
       <c r="K23" s="52"/>
       <c r="L23" s="52"/>
       <c r="M23" s="52"/>
       <c r="N23" s="52"/>
       <c r="O23" s="52"/>
       <c r="P23" s="55"/>
     </row>
     <row r="24" spans="1:16" ht="11.65" customHeight="1">
       <c r="A24" s="27" t="s">
         <v>133</v>
       </c>
       <c r="B24" s="84">
-        <v>25833</v>
+        <v>27130</v>
       </c>
       <c r="C24" s="84">
-        <v>25833</v>
+        <v>27130</v>
       </c>
       <c r="D24" s="86">
         <v>0</v>
       </c>
       <c r="E24" s="84">
-        <v>333</v>
+        <v>353</v>
       </c>
       <c r="F24" s="86">
         <v>0</v>
       </c>
       <c r="G24" s="84">
-        <v>25500</v>
+        <v>26778</v>
       </c>
       <c r="H24" s="86">
         <v>0</v>
       </c>
       <c r="I24" s="86">
         <v>0</v>
       </c>
       <c r="J24" s="86">
         <v>0</v>
       </c>
       <c r="K24" s="86">
         <v>0</v>
       </c>
       <c r="L24" s="86">
         <v>0</v>
       </c>
       <c r="M24" s="86">
         <v>0</v>
       </c>
       <c r="N24" s="86">
         <v>0</v>
       </c>
       <c r="O24" s="86">
         <v>0</v>
       </c>
@@ -8005,66 +8005,66 @@
     <row r="25" spans="1:16" ht="11.1" customHeight="1">
       <c r="A25" s="81" t="s">
         <v>134</v>
       </c>
       <c r="B25" s="52"/>
       <c r="C25" s="52"/>
       <c r="D25" s="52"/>
       <c r="E25" s="52"/>
       <c r="F25" s="52"/>
       <c r="G25" s="52"/>
       <c r="H25" s="52"/>
       <c r="I25" s="52"/>
       <c r="J25" s="52"/>
       <c r="K25" s="52"/>
       <c r="L25" s="52"/>
       <c r="M25" s="52"/>
       <c r="N25" s="52"/>
       <c r="O25" s="52"/>
       <c r="P25" s="55"/>
     </row>
     <row r="26" spans="1:16" ht="11.65" customHeight="1">
       <c r="A26" s="27" t="s">
         <v>135</v>
       </c>
       <c r="B26" s="84">
-        <v>27769</v>
+        <v>23575</v>
       </c>
       <c r="C26" s="84">
-        <v>27769</v>
+        <v>23575</v>
       </c>
       <c r="D26" s="86">
         <v>0</v>
       </c>
       <c r="E26" s="86">
         <v>0</v>
       </c>
       <c r="F26" s="86">
         <v>0</v>
       </c>
       <c r="G26" s="84">
-        <v>27769</v>
+        <v>23575</v>
       </c>
       <c r="H26" s="86">
         <v>0</v>
       </c>
       <c r="I26" s="86">
         <v>0</v>
       </c>
       <c r="J26" s="86">
         <v>0</v>
       </c>
       <c r="K26" s="86">
         <v>0</v>
       </c>
       <c r="L26" s="86">
         <v>0</v>
       </c>
       <c r="M26" s="86">
         <v>0</v>
       </c>
       <c r="N26" s="86">
         <v>0</v>
       </c>
       <c r="O26" s="86">
         <v>0</v>
       </c>
@@ -8075,66 +8075,66 @@
     <row r="27" spans="1:16" ht="11.1" customHeight="1">
       <c r="A27" s="81" t="s">
         <v>136</v>
       </c>
       <c r="B27" s="52"/>
       <c r="C27" s="52"/>
       <c r="D27" s="52"/>
       <c r="E27" s="52"/>
       <c r="F27" s="52"/>
       <c r="G27" s="52"/>
       <c r="H27" s="52"/>
       <c r="I27" s="52"/>
       <c r="J27" s="52"/>
       <c r="K27" s="52"/>
       <c r="L27" s="52"/>
       <c r="M27" s="52"/>
       <c r="N27" s="52"/>
       <c r="O27" s="52"/>
       <c r="P27" s="55"/>
     </row>
     <row r="28" spans="1:16" ht="11.65" customHeight="1">
       <c r="A28" s="27" t="s">
         <v>137</v>
       </c>
       <c r="B28" s="84">
-        <v>59498</v>
+        <v>61869</v>
       </c>
       <c r="C28" s="84">
-        <v>59498</v>
+        <v>61869</v>
       </c>
       <c r="D28" s="86">
         <v>0</v>
       </c>
       <c r="E28" s="84">
-        <v>47244</v>
+        <v>47137</v>
       </c>
       <c r="F28" s="86">
         <v>0</v>
       </c>
       <c r="G28" s="84">
-        <v>12254</v>
+        <v>14732</v>
       </c>
       <c r="H28" s="86">
         <v>0</v>
       </c>
       <c r="I28" s="86">
         <v>0</v>
       </c>
       <c r="J28" s="86">
         <v>0</v>
       </c>
       <c r="K28" s="86">
         <v>0</v>
       </c>
       <c r="L28" s="86">
         <v>0</v>
       </c>
       <c r="M28" s="86">
         <v>0</v>
       </c>
       <c r="N28" s="86">
         <v>0</v>
       </c>
       <c r="O28" s="86">
         <v>0</v>
       </c>
@@ -8145,136 +8145,136 @@
     <row r="29" spans="1:16" ht="11.1" customHeight="1">
       <c r="A29" s="81" t="s">
         <v>138</v>
       </c>
       <c r="B29" s="52"/>
       <c r="C29" s="52"/>
       <c r="D29" s="52"/>
       <c r="E29" s="52"/>
       <c r="F29" s="52"/>
       <c r="G29" s="52"/>
       <c r="H29" s="52"/>
       <c r="I29" s="52"/>
       <c r="J29" s="52"/>
       <c r="K29" s="52"/>
       <c r="L29" s="52"/>
       <c r="M29" s="52"/>
       <c r="N29" s="52"/>
       <c r="O29" s="52"/>
       <c r="P29" s="55"/>
     </row>
     <row r="30" spans="1:16" ht="11.65" customHeight="1">
       <c r="A30" s="27" t="s">
         <v>139</v>
       </c>
       <c r="B30" s="84">
-        <v>85648</v>
+        <v>83187</v>
       </c>
       <c r="C30" s="84">
-        <v>85648</v>
+        <v>83187</v>
       </c>
       <c r="D30" s="86">
         <v>0</v>
       </c>
       <c r="E30" s="84">
-        <v>68422</v>
+        <v>70086</v>
       </c>
       <c r="F30" s="86">
         <v>0</v>
       </c>
       <c r="G30" s="84">
-        <v>17209</v>
+        <v>13085</v>
       </c>
       <c r="H30" s="86">
         <v>0</v>
       </c>
       <c r="I30" s="86">
         <v>0</v>
       </c>
       <c r="J30" s="86">
         <v>0</v>
       </c>
       <c r="K30" s="86">
         <v>0</v>
       </c>
       <c r="L30" s="86">
         <v>0</v>
       </c>
       <c r="M30" s="84">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="N30" s="86">
         <v>0</v>
       </c>
       <c r="O30" s="86">
         <v>0</v>
       </c>
       <c r="P30" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:16" ht="11.1" customHeight="1">
       <c r="A31" s="81" t="s">
         <v>140</v>
       </c>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52"/>
       <c r="E31" s="52"/>
       <c r="F31" s="52"/>
       <c r="G31" s="52"/>
       <c r="H31" s="52"/>
       <c r="I31" s="52"/>
       <c r="J31" s="52"/>
       <c r="K31" s="52"/>
       <c r="L31" s="52"/>
       <c r="M31" s="52"/>
       <c r="N31" s="52"/>
       <c r="O31" s="52"/>
       <c r="P31" s="55"/>
     </row>
     <row r="32" spans="1:16" ht="11.65" customHeight="1">
       <c r="A32" s="27" t="s">
         <v>141</v>
       </c>
       <c r="B32" s="84">
-        <v>388</v>
+        <v>307</v>
       </c>
       <c r="C32" s="84">
-        <v>388</v>
+        <v>307</v>
       </c>
       <c r="D32" s="86">
         <v>0</v>
       </c>
       <c r="E32" s="86">
         <v>0</v>
       </c>
       <c r="F32" s="86">
         <v>0</v>
       </c>
       <c r="G32" s="84">
-        <v>388</v>
+        <v>307</v>
       </c>
       <c r="H32" s="86">
         <v>0</v>
       </c>
       <c r="I32" s="86">
         <v>0</v>
       </c>
       <c r="J32" s="86">
         <v>0</v>
       </c>
       <c r="K32" s="86">
         <v>0</v>
       </c>
       <c r="L32" s="86">
         <v>0</v>
       </c>
       <c r="M32" s="86">
         <v>0</v>
       </c>
       <c r="N32" s="86">
         <v>0</v>
       </c>
       <c r="O32" s="86">
         <v>0</v>
       </c>
@@ -8285,66 +8285,66 @@
     <row r="33" spans="1:16" ht="11.1" customHeight="1">
       <c r="A33" s="81" t="s">
         <v>142</v>
       </c>
       <c r="B33" s="52"/>
       <c r="C33" s="52"/>
       <c r="D33" s="52"/>
       <c r="E33" s="52"/>
       <c r="F33" s="52"/>
       <c r="G33" s="52"/>
       <c r="H33" s="52"/>
       <c r="I33" s="52"/>
       <c r="J33" s="52"/>
       <c r="K33" s="52"/>
       <c r="L33" s="52"/>
       <c r="M33" s="52"/>
       <c r="N33" s="52"/>
       <c r="O33" s="52"/>
       <c r="P33" s="55"/>
     </row>
     <row r="34" spans="1:16" ht="11.65" customHeight="1">
       <c r="A34" s="27" t="s">
         <v>143</v>
       </c>
       <c r="B34" s="84">
-        <v>110081</v>
+        <v>109963</v>
       </c>
       <c r="C34" s="84">
-        <v>110081</v>
+        <v>109963</v>
       </c>
       <c r="D34" s="86">
         <v>0</v>
       </c>
       <c r="E34" s="84">
-        <v>74190</v>
+        <v>73717</v>
       </c>
       <c r="F34" s="86">
         <v>0</v>
       </c>
       <c r="G34" s="84">
-        <v>35891</v>
+        <v>36246</v>
       </c>
       <c r="H34" s="86">
         <v>0</v>
       </c>
       <c r="I34" s="86">
         <v>0</v>
       </c>
       <c r="J34" s="86">
         <v>0</v>
       </c>
       <c r="K34" s="86">
         <v>0</v>
       </c>
       <c r="L34" s="86">
         <v>0</v>
       </c>
       <c r="M34" s="86">
         <v>0</v>
       </c>
       <c r="N34" s="86">
         <v>0</v>
       </c>
       <c r="O34" s="86">
         <v>0</v>
       </c>
@@ -8355,69 +8355,69 @@
     <row r="35" spans="1:16" ht="11.1" customHeight="1">
       <c r="A35" s="81" t="s">
         <v>144</v>
       </c>
       <c r="B35" s="52"/>
       <c r="C35" s="52"/>
       <c r="D35" s="52"/>
       <c r="E35" s="52"/>
       <c r="F35" s="52"/>
       <c r="G35" s="52"/>
       <c r="H35" s="52"/>
       <c r="I35" s="52"/>
       <c r="J35" s="52"/>
       <c r="K35" s="52"/>
       <c r="L35" s="52"/>
       <c r="M35" s="52"/>
       <c r="N35" s="52"/>
       <c r="O35" s="52"/>
       <c r="P35" s="55"/>
     </row>
     <row r="36" spans="1:16" ht="11.65" customHeight="1">
       <c r="A36" s="27" t="s">
         <v>145</v>
       </c>
       <c r="B36" s="84">
-        <v>44890</v>
+        <v>45589</v>
       </c>
       <c r="C36" s="84">
-        <v>44030</v>
+        <v>44679</v>
       </c>
       <c r="D36" s="84">
-        <v>860</v>
+        <v>910</v>
       </c>
       <c r="E36" s="84">
-        <v>29663</v>
+        <v>28614</v>
       </c>
       <c r="F36" s="86">
         <v>0</v>
       </c>
       <c r="G36" s="84">
-        <v>14366</v>
+        <v>16063</v>
       </c>
       <c r="H36" s="84">
-        <v>860</v>
+        <v>910</v>
       </c>
       <c r="I36" s="86">
         <v>0</v>
       </c>
       <c r="J36" s="86">
         <v>0</v>
       </c>
       <c r="K36" s="84">
         <v>1</v>
       </c>
       <c r="L36" s="86">
         <v>0</v>
       </c>
       <c r="M36" s="86">
         <v>0</v>
       </c>
       <c r="N36" s="86">
         <v>0</v>
       </c>
       <c r="O36" s="86">
         <v>0</v>
       </c>
       <c r="P36" s="88">
         <v>0</v>
       </c>
@@ -8425,66 +8425,66 @@
     <row r="37" spans="1:16" ht="11.1" customHeight="1">
       <c r="A37" s="81" t="s">
         <v>146</v>
       </c>
       <c r="B37" s="52"/>
       <c r="C37" s="52"/>
       <c r="D37" s="52"/>
       <c r="E37" s="52"/>
       <c r="F37" s="52"/>
       <c r="G37" s="52"/>
       <c r="H37" s="52"/>
       <c r="I37" s="52"/>
       <c r="J37" s="52"/>
       <c r="K37" s="52"/>
       <c r="L37" s="52"/>
       <c r="M37" s="52"/>
       <c r="N37" s="52"/>
       <c r="O37" s="52"/>
       <c r="P37" s="55"/>
     </row>
     <row r="38" spans="1:16" ht="11.65" customHeight="1">
       <c r="A38" s="28" t="s">
         <v>147</v>
       </c>
       <c r="B38" s="90">
-        <v>356284</v>
+        <v>379320</v>
       </c>
       <c r="C38" s="90">
-        <v>356284</v>
+        <v>379320</v>
       </c>
       <c r="D38" s="92">
         <v>0</v>
       </c>
       <c r="E38" s="90">
-        <v>307868</v>
+        <v>328514</v>
       </c>
       <c r="F38" s="92">
         <v>0</v>
       </c>
       <c r="G38" s="90">
-        <v>48406</v>
+        <v>50796</v>
       </c>
       <c r="H38" s="92">
         <v>0</v>
       </c>
       <c r="I38" s="90">
         <v>10</v>
       </c>
       <c r="J38" s="92">
         <v>0</v>
       </c>
       <c r="K38" s="92">
         <v>0</v>
       </c>
       <c r="L38" s="92">
         <v>0</v>
       </c>
       <c r="M38" s="92">
         <v>0</v>
       </c>
       <c r="N38" s="92">
         <v>0</v>
       </c>
       <c r="O38" s="92">
         <v>0</v>
       </c>
@@ -8875,58 +8875,58 @@
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="5"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
     </row>
     <row r="4" spans="1:16" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="64" t="str">
         <f>'3-1'!D4:G4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="64"/>
       <c r="F4" s="64"/>
       <c r="G4" s="64"/>
       <c r="H4" s="63" t="str">
         <f>'3-1'!H4:K4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="63"/>
       <c r="L4" s="7"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="14.1" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="38"/>
       <c r="E5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="40" t="s">
         <v>28</v>
@@ -9238,136 +9238,136 @@
     <row r="13" spans="1:16" ht="11.1" customHeight="1">
       <c r="A13" s="81" t="s">
         <v>150</v>
       </c>
       <c r="B13" s="52"/>
       <c r="C13" s="52"/>
       <c r="D13" s="52"/>
       <c r="E13" s="52"/>
       <c r="F13" s="52"/>
       <c r="G13" s="52"/>
       <c r="H13" s="52"/>
       <c r="I13" s="52"/>
       <c r="J13" s="52"/>
       <c r="K13" s="52"/>
       <c r="L13" s="52"/>
       <c r="M13" s="52"/>
       <c r="N13" s="52"/>
       <c r="O13" s="52"/>
       <c r="P13" s="55"/>
     </row>
     <row r="14" spans="1:16" ht="11.65" customHeight="1">
       <c r="A14" s="32" t="s">
         <v>151</v>
       </c>
       <c r="B14" s="84">
-        <v>20401</v>
+        <v>18030</v>
       </c>
       <c r="C14" s="84">
-        <v>20298</v>
+        <v>17914</v>
       </c>
       <c r="D14" s="84">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="E14" s="84">
-        <v>3440</v>
+        <v>3304</v>
       </c>
       <c r="F14" s="84">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="G14" s="84">
-        <v>16819</v>
+        <v>14566</v>
       </c>
       <c r="H14" s="86">
         <v>0</v>
       </c>
       <c r="I14" s="86">
         <v>0</v>
       </c>
       <c r="J14" s="86">
         <v>0</v>
       </c>
       <c r="K14" s="86">
         <v>0</v>
       </c>
       <c r="L14" s="86">
         <v>0</v>
       </c>
       <c r="M14" s="84">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="N14" s="86">
         <v>0</v>
       </c>
       <c r="O14" s="86">
         <v>0</v>
       </c>
       <c r="P14" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:16" ht="11.1" customHeight="1">
       <c r="A15" s="81" t="s">
         <v>152</v>
       </c>
       <c r="B15" s="52"/>
       <c r="C15" s="52"/>
       <c r="D15" s="52"/>
       <c r="E15" s="52"/>
       <c r="F15" s="52"/>
       <c r="G15" s="52"/>
       <c r="H15" s="52"/>
       <c r="I15" s="52"/>
       <c r="J15" s="52"/>
       <c r="K15" s="52"/>
       <c r="L15" s="52"/>
       <c r="M15" s="52"/>
       <c r="N15" s="52"/>
       <c r="O15" s="52"/>
       <c r="P15" s="55"/>
     </row>
     <row r="16" spans="1:16" ht="11.65" customHeight="1">
       <c r="A16" s="32" t="s">
         <v>153</v>
       </c>
       <c r="B16" s="84">
-        <v>34139</v>
+        <v>32575</v>
       </c>
       <c r="C16" s="84">
-        <v>34139</v>
+        <v>32575</v>
       </c>
       <c r="D16" s="86">
         <v>0</v>
       </c>
       <c r="E16" s="84">
-        <v>10531</v>
+        <v>9165</v>
       </c>
       <c r="F16" s="86">
         <v>0</v>
       </c>
       <c r="G16" s="84">
-        <v>23608</v>
+        <v>23410</v>
       </c>
       <c r="H16" s="86">
         <v>0</v>
       </c>
       <c r="I16" s="86">
         <v>0</v>
       </c>
       <c r="J16" s="86">
         <v>0</v>
       </c>
       <c r="K16" s="86">
         <v>0</v>
       </c>
       <c r="L16" s="86">
         <v>0</v>
       </c>
       <c r="M16" s="86">
         <v>0</v>
       </c>
       <c r="N16" s="86">
         <v>0</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
@@ -9378,66 +9378,66 @@
     <row r="17" spans="1:16" ht="11.1" customHeight="1">
       <c r="A17" s="81" t="s">
         <v>154</v>
       </c>
       <c r="B17" s="52"/>
       <c r="C17" s="52"/>
       <c r="D17" s="52"/>
       <c r="E17" s="52"/>
       <c r="F17" s="52"/>
       <c r="G17" s="52"/>
       <c r="H17" s="52"/>
       <c r="I17" s="52"/>
       <c r="J17" s="52"/>
       <c r="K17" s="52"/>
       <c r="L17" s="52"/>
       <c r="M17" s="52"/>
       <c r="N17" s="52"/>
       <c r="O17" s="52"/>
       <c r="P17" s="55"/>
     </row>
     <row r="18" spans="1:16" ht="11.65" customHeight="1">
       <c r="A18" s="32" t="s">
         <v>155</v>
       </c>
       <c r="B18" s="84">
-        <v>9442</v>
+        <v>10798</v>
       </c>
       <c r="C18" s="84">
-        <v>9442</v>
+        <v>10798</v>
       </c>
       <c r="D18" s="86">
         <v>0</v>
       </c>
       <c r="E18" s="86">
         <v>0</v>
       </c>
       <c r="F18" s="86">
         <v>0</v>
       </c>
       <c r="G18" s="84">
-        <v>9442</v>
+        <v>10798</v>
       </c>
       <c r="H18" s="86">
         <v>0</v>
       </c>
       <c r="I18" s="86">
         <v>0</v>
       </c>
       <c r="J18" s="86">
         <v>0</v>
       </c>
       <c r="K18" s="86">
         <v>0</v>
       </c>
       <c r="L18" s="86">
         <v>0</v>
       </c>
       <c r="M18" s="86">
         <v>0</v>
       </c>
       <c r="N18" s="86">
         <v>0</v>
       </c>
       <c r="O18" s="86">
         <v>0</v>
       </c>
@@ -9448,66 +9448,66 @@
     <row r="19" spans="1:16" ht="11.1" customHeight="1">
       <c r="A19" s="81" t="s">
         <v>156</v>
       </c>
       <c r="B19" s="52"/>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="52"/>
       <c r="K19" s="52"/>
       <c r="L19" s="52"/>
       <c r="M19" s="52"/>
       <c r="N19" s="52"/>
       <c r="O19" s="52"/>
       <c r="P19" s="55"/>
     </row>
     <row r="20" spans="1:16" ht="11.65" customHeight="1">
       <c r="A20" s="32" t="s">
         <v>157</v>
       </c>
       <c r="B20" s="84">
-        <v>52070</v>
+        <v>49777</v>
       </c>
       <c r="C20" s="84">
-        <v>52070</v>
+        <v>49777</v>
       </c>
       <c r="D20" s="86">
         <v>0</v>
       </c>
       <c r="E20" s="84">
-        <v>37992</v>
+        <v>38023</v>
       </c>
       <c r="F20" s="86">
         <v>0</v>
       </c>
       <c r="G20" s="84">
-        <v>14078</v>
+        <v>11754</v>
       </c>
       <c r="H20" s="86">
         <v>0</v>
       </c>
       <c r="I20" s="86">
         <v>0</v>
       </c>
       <c r="J20" s="86">
         <v>0</v>
       </c>
       <c r="K20" s="86">
         <v>0</v>
       </c>
       <c r="L20" s="86">
         <v>0</v>
       </c>
       <c r="M20" s="86">
         <v>0</v>
       </c>
       <c r="N20" s="86">
         <v>0</v>
       </c>
       <c r="O20" s="86">
         <v>0</v>
       </c>
@@ -9588,66 +9588,66 @@
     <row r="23" spans="1:16" ht="11.1" customHeight="1">
       <c r="A23" s="81" t="s">
         <v>160</v>
       </c>
       <c r="B23" s="52"/>
       <c r="C23" s="52"/>
       <c r="D23" s="52"/>
       <c r="E23" s="52"/>
       <c r="F23" s="52"/>
       <c r="G23" s="52"/>
       <c r="H23" s="52"/>
       <c r="I23" s="52"/>
       <c r="J23" s="52"/>
       <c r="K23" s="52"/>
       <c r="L23" s="52"/>
       <c r="M23" s="52"/>
       <c r="N23" s="52"/>
       <c r="O23" s="52"/>
       <c r="P23" s="55"/>
     </row>
     <row r="24" spans="1:16" ht="11.65" customHeight="1">
       <c r="A24" s="32" t="s">
         <v>161</v>
       </c>
       <c r="B24" s="84">
-        <v>28013</v>
+        <v>28185</v>
       </c>
       <c r="C24" s="84">
-        <v>28013</v>
+        <v>28185</v>
       </c>
       <c r="D24" s="86">
         <v>0</v>
       </c>
       <c r="E24" s="84">
-        <v>12404</v>
+        <v>12343</v>
       </c>
       <c r="F24" s="86">
         <v>0</v>
       </c>
       <c r="G24" s="84">
-        <v>15608</v>
+        <v>15842</v>
       </c>
       <c r="H24" s="86">
         <v>0</v>
       </c>
       <c r="I24" s="86">
         <v>0</v>
       </c>
       <c r="J24" s="86">
         <v>0</v>
       </c>
       <c r="K24" s="86">
         <v>0</v>
       </c>
       <c r="L24" s="86">
         <v>0</v>
       </c>
       <c r="M24" s="86">
         <v>0</v>
       </c>
       <c r="N24" s="86">
         <v>0</v>
       </c>
       <c r="O24" s="86">
         <v>0</v>
       </c>
@@ -9658,66 +9658,66 @@
     <row r="25" spans="1:16" ht="11.1" customHeight="1">
       <c r="A25" s="81" t="s">
         <v>162</v>
       </c>
       <c r="B25" s="52"/>
       <c r="C25" s="52"/>
       <c r="D25" s="52"/>
       <c r="E25" s="52"/>
       <c r="F25" s="52"/>
       <c r="G25" s="52"/>
       <c r="H25" s="52"/>
       <c r="I25" s="52"/>
       <c r="J25" s="52"/>
       <c r="K25" s="52"/>
       <c r="L25" s="52"/>
       <c r="M25" s="52"/>
       <c r="N25" s="52"/>
       <c r="O25" s="52"/>
       <c r="P25" s="55"/>
     </row>
     <row r="26" spans="1:16" ht="11.65" customHeight="1">
       <c r="A26" s="32" t="s">
         <v>163</v>
       </c>
       <c r="B26" s="84">
-        <v>17742</v>
+        <v>20527</v>
       </c>
       <c r="C26" s="84">
-        <v>17742</v>
+        <v>20527</v>
       </c>
       <c r="D26" s="86">
         <v>0</v>
       </c>
       <c r="E26" s="84">
-        <v>5453</v>
+        <v>5440</v>
       </c>
       <c r="F26" s="86">
         <v>0</v>
       </c>
       <c r="G26" s="84">
-        <v>12289</v>
+        <v>15087</v>
       </c>
       <c r="H26" s="86">
         <v>0</v>
       </c>
       <c r="I26" s="86">
         <v>0</v>
       </c>
       <c r="J26" s="86">
         <v>0</v>
       </c>
       <c r="K26" s="86">
         <v>0</v>
       </c>
       <c r="L26" s="86">
         <v>0</v>
       </c>
       <c r="M26" s="86">
         <v>0</v>
       </c>
       <c r="N26" s="86">
         <v>0</v>
       </c>
       <c r="O26" s="86">
         <v>0</v>
       </c>
@@ -9728,60 +9728,60 @@
     <row r="27" spans="1:16" ht="11.1" customHeight="1">
       <c r="A27" s="81" t="s">
         <v>164</v>
       </c>
       <c r="B27" s="52"/>
       <c r="C27" s="52"/>
       <c r="D27" s="52"/>
       <c r="E27" s="52"/>
       <c r="F27" s="52"/>
       <c r="G27" s="52"/>
       <c r="H27" s="52"/>
       <c r="I27" s="52"/>
       <c r="J27" s="52"/>
       <c r="K27" s="52"/>
       <c r="L27" s="52"/>
       <c r="M27" s="52"/>
       <c r="N27" s="52"/>
       <c r="O27" s="52"/>
       <c r="P27" s="55"/>
     </row>
     <row r="28" spans="1:16" ht="11.65" customHeight="1">
       <c r="A28" s="32" t="s">
         <v>165</v>
       </c>
       <c r="B28" s="84">
-        <v>184</v>
+        <v>164</v>
       </c>
       <c r="C28" s="84">
-        <v>184</v>
+        <v>164</v>
       </c>
       <c r="D28" s="86">
         <v>0</v>
       </c>
       <c r="E28" s="84">
-        <v>184</v>
+        <v>164</v>
       </c>
       <c r="F28" s="86">
         <v>0</v>
       </c>
       <c r="G28" s="86">
         <v>0</v>
       </c>
       <c r="H28" s="86">
         <v>0</v>
       </c>
       <c r="I28" s="86">
         <v>0</v>
       </c>
       <c r="J28" s="86">
         <v>0</v>
       </c>
       <c r="K28" s="86">
         <v>0</v>
       </c>
       <c r="L28" s="86">
         <v>0</v>
       </c>
       <c r="M28" s="86">
         <v>0</v>
       </c>
@@ -9868,66 +9868,66 @@
     <row r="31" spans="1:16" ht="11.1" customHeight="1">
       <c r="A31" s="81" t="s">
         <v>168</v>
       </c>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52"/>
       <c r="E31" s="52"/>
       <c r="F31" s="52"/>
       <c r="G31" s="52"/>
       <c r="H31" s="52"/>
       <c r="I31" s="52"/>
       <c r="J31" s="52"/>
       <c r="K31" s="52"/>
       <c r="L31" s="52"/>
       <c r="M31" s="52"/>
       <c r="N31" s="52"/>
       <c r="O31" s="52"/>
       <c r="P31" s="55"/>
     </row>
     <row r="32" spans="1:16" ht="11.65" customHeight="1">
       <c r="A32" s="32" t="s">
         <v>169</v>
       </c>
       <c r="B32" s="84">
-        <v>1534</v>
+        <v>1406</v>
       </c>
       <c r="C32" s="84">
-        <v>1534</v>
+        <v>1406</v>
       </c>
       <c r="D32" s="86">
         <v>0</v>
       </c>
       <c r="E32" s="86">
         <v>0</v>
       </c>
       <c r="F32" s="86">
         <v>0</v>
       </c>
       <c r="G32" s="84">
-        <v>1534</v>
+        <v>1406</v>
       </c>
       <c r="H32" s="86">
         <v>0</v>
       </c>
       <c r="I32" s="86">
         <v>0</v>
       </c>
       <c r="J32" s="86">
         <v>0</v>
       </c>
       <c r="K32" s="86">
         <v>0</v>
       </c>
       <c r="L32" s="86">
         <v>0</v>
       </c>
       <c r="M32" s="86">
         <v>0</v>
       </c>
       <c r="N32" s="86">
         <v>0</v>
       </c>
       <c r="O32" s="86">
         <v>0</v>
       </c>
@@ -9938,66 +9938,66 @@
     <row r="33" spans="1:16" ht="11.1" customHeight="1">
       <c r="A33" s="81" t="s">
         <v>170</v>
       </c>
       <c r="B33" s="52"/>
       <c r="C33" s="52"/>
       <c r="D33" s="52"/>
       <c r="E33" s="52"/>
       <c r="F33" s="52"/>
       <c r="G33" s="52"/>
       <c r="H33" s="52"/>
       <c r="I33" s="52"/>
       <c r="J33" s="52"/>
       <c r="K33" s="52"/>
       <c r="L33" s="52"/>
       <c r="M33" s="52"/>
       <c r="N33" s="52"/>
       <c r="O33" s="52"/>
       <c r="P33" s="55"/>
     </row>
     <row r="34" spans="1:16" ht="11.65" customHeight="1">
       <c r="A34" s="32" t="s">
         <v>171</v>
       </c>
       <c r="B34" s="84">
-        <v>117819</v>
+        <v>105780</v>
       </c>
       <c r="C34" s="84">
-        <v>117819</v>
+        <v>105780</v>
       </c>
       <c r="D34" s="86">
         <v>0</v>
       </c>
       <c r="E34" s="84">
-        <v>70353</v>
+        <v>64947</v>
       </c>
       <c r="F34" s="86">
         <v>0</v>
       </c>
       <c r="G34" s="84">
-        <v>47466</v>
+        <v>40833</v>
       </c>
       <c r="H34" s="86">
         <v>0</v>
       </c>
       <c r="I34" s="86">
         <v>0</v>
       </c>
       <c r="J34" s="86">
         <v>0</v>
       </c>
       <c r="K34" s="86">
         <v>0</v>
       </c>
       <c r="L34" s="86">
         <v>0</v>
       </c>
       <c r="M34" s="86">
         <v>0</v>
       </c>
       <c r="N34" s="86">
         <v>0</v>
       </c>
       <c r="O34" s="86">
         <v>0</v>
       </c>
@@ -10008,66 +10008,66 @@
     <row r="35" spans="1:16" ht="11.1" customHeight="1">
       <c r="A35" s="81" t="s">
         <v>172</v>
       </c>
       <c r="B35" s="52"/>
       <c r="C35" s="52"/>
       <c r="D35" s="52"/>
       <c r="E35" s="52"/>
       <c r="F35" s="52"/>
       <c r="G35" s="52"/>
       <c r="H35" s="52"/>
       <c r="I35" s="52"/>
       <c r="J35" s="52"/>
       <c r="K35" s="52"/>
       <c r="L35" s="52"/>
       <c r="M35" s="52"/>
       <c r="N35" s="52"/>
       <c r="O35" s="52"/>
       <c r="P35" s="55"/>
     </row>
     <row r="36" spans="1:16" ht="11.65" customHeight="1">
       <c r="A36" s="32" t="s">
         <v>173</v>
       </c>
       <c r="B36" s="84">
-        <v>4449</v>
+        <v>3891</v>
       </c>
       <c r="C36" s="84">
-        <v>4449</v>
+        <v>3891</v>
       </c>
       <c r="D36" s="86">
         <v>0</v>
       </c>
       <c r="E36" s="84">
-        <v>1944</v>
+        <v>1531</v>
       </c>
       <c r="F36" s="86">
         <v>0</v>
       </c>
       <c r="G36" s="84">
-        <v>2505</v>
+        <v>2360</v>
       </c>
       <c r="H36" s="86">
         <v>0</v>
       </c>
       <c r="I36" s="86">
         <v>0</v>
       </c>
       <c r="J36" s="86">
         <v>0</v>
       </c>
       <c r="K36" s="86">
         <v>0</v>
       </c>
       <c r="L36" s="86">
         <v>0</v>
       </c>
       <c r="M36" s="86">
         <v>0</v>
       </c>
       <c r="N36" s="86">
         <v>0</v>
       </c>
       <c r="O36" s="86">
         <v>0</v>
       </c>
@@ -10566,58 +10566,58 @@
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="5"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
     </row>
     <row r="4" spans="1:16" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="64" t="str">
         <f>'3-1'!D4:G4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="64"/>
       <c r="F4" s="64"/>
       <c r="G4" s="64"/>
       <c r="H4" s="63" t="str">
         <f>'3-1'!H4:K4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="63"/>
       <c r="L4" s="7"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="14.1" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="38"/>
       <c r="E5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="40" t="s">
         <v>28</v>