--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -197,51 +197,51 @@
   <si>
     <t>Equity-linked</t>
   </si>
   <si>
     <t>Commodity</t>
   </si>
   <si>
     <t>交易</t>
   </si>
   <si>
     <t>目的</t>
   </si>
   <si>
     <t>非交易</t>
   </si>
   <si>
     <t>trading</t>
   </si>
   <si>
     <t>Non-</t>
   </si>
   <si>
     <t>匯率有關契約</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
+    <t xml:space="preserve"> End of Oct. 2025</t>
   </si>
   <si>
     <r>
       <t>3-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　衍生性金融商品名目本金餘額（交易目的別）</t>
     </r>
   </si>
   <si>
     <r>
       <t>3-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
@@ -612,78 +612,78 @@
   <si>
     <t>中國輸出入銀行</t>
   </si>
   <si>
     <t>The Export-Import Bank of The Republic of China</t>
   </si>
   <si>
     <t>高雄銀行</t>
   </si>
   <si>
     <t>Bank of Kaohsiung</t>
   </si>
   <si>
     <t>兆豐國際商業銀行　#</t>
   </si>
   <si>
     <t>Mega International Commercial Bank Co., Ltd.</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>Citibank Taiwan Ltd.</t>
   </si>
   <si>
-    <t>民國114年 9月底</t>
+    <t>民國114年10月底</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　#</t>
   </si>
@@ -2698,136 +2698,136 @@
       <c r="H11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="11"/>
       <c r="J11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="11"/>
       <c r="L11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="M11" s="11"/>
       <c r="N11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="O11" s="11"/>
       <c r="P11" s="12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="11.65" customHeight="1">
       <c r="A12" s="70" t="s">
         <v>45</v>
       </c>
       <c r="B12" s="73">
-        <v>1953407</v>
+        <v>1973929</v>
       </c>
       <c r="C12" s="73">
-        <v>1930874</v>
+        <v>1952070</v>
       </c>
       <c r="D12" s="73">
-        <v>22533</v>
+        <v>21859</v>
       </c>
       <c r="E12" s="73">
-        <v>854441</v>
+        <v>858646</v>
       </c>
       <c r="F12" s="73">
-        <v>15787</v>
+        <v>15996</v>
       </c>
       <c r="G12" s="73">
-        <v>1073978</v>
+        <v>1090533</v>
       </c>
       <c r="H12" s="73">
-        <v>5959</v>
+        <v>5074</v>
       </c>
       <c r="I12" s="73">
-        <v>1543</v>
+        <v>1814</v>
       </c>
       <c r="J12" s="76">
         <v>0</v>
       </c>
       <c r="K12" s="73">
-        <v>499</v>
+        <v>682</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
       <c r="M12" s="73">
-        <v>413</v>
+        <v>395</v>
       </c>
       <c r="N12" s="73">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="O12" s="76">
         <v>0</v>
       </c>
       <c r="P12" s="79">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="11.1" customHeight="1">
       <c r="A13" s="82" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="52"/>
       <c r="C13" s="52"/>
       <c r="D13" s="52"/>
       <c r="E13" s="52"/>
       <c r="F13" s="52"/>
       <c r="G13" s="52"/>
       <c r="H13" s="52"/>
       <c r="I13" s="52"/>
       <c r="J13" s="52"/>
       <c r="K13" s="52"/>
       <c r="L13" s="52"/>
       <c r="M13" s="52"/>
       <c r="N13" s="52"/>
       <c r="O13" s="52"/>
       <c r="P13" s="55"/>
     </row>
     <row r="14" spans="1:16" ht="11.65" customHeight="1">
       <c r="A14" s="27" t="s">
         <v>46</v>
       </c>
       <c r="B14" s="84">
-        <v>35427</v>
+        <v>36178</v>
       </c>
       <c r="C14" s="84">
-        <v>35427</v>
+        <v>36178</v>
       </c>
       <c r="D14" s="86">
         <v>0</v>
       </c>
       <c r="E14" s="84">
-        <v>1513</v>
+        <v>1696</v>
       </c>
       <c r="F14" s="86">
         <v>0</v>
       </c>
       <c r="G14" s="84">
-        <v>33914</v>
+        <v>34482</v>
       </c>
       <c r="H14" s="86">
         <v>0</v>
       </c>
       <c r="I14" s="86">
         <v>0</v>
       </c>
       <c r="J14" s="86">
         <v>0</v>
       </c>
       <c r="K14" s="86">
         <v>0</v>
       </c>
       <c r="L14" s="86">
         <v>0</v>
       </c>
       <c r="M14" s="86">
         <v>0</v>
       </c>
       <c r="N14" s="86">
         <v>0</v>
       </c>
       <c r="O14" s="86">
         <v>0</v>
       </c>
@@ -2838,66 +2838,66 @@
     <row r="15" spans="1:16" ht="11.1" customHeight="1">
       <c r="A15" s="81" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="52"/>
       <c r="C15" s="52"/>
       <c r="D15" s="52"/>
       <c r="E15" s="52"/>
       <c r="F15" s="52"/>
       <c r="G15" s="52"/>
       <c r="H15" s="52"/>
       <c r="I15" s="52"/>
       <c r="J15" s="52"/>
       <c r="K15" s="52"/>
       <c r="L15" s="52"/>
       <c r="M15" s="52"/>
       <c r="N15" s="52"/>
       <c r="O15" s="52"/>
       <c r="P15" s="55"/>
     </row>
     <row r="16" spans="1:16" ht="11.65" customHeight="1">
       <c r="A16" s="27" t="s">
         <v>48</v>
       </c>
       <c r="B16" s="84">
-        <v>5030</v>
+        <v>5084</v>
       </c>
       <c r="C16" s="84">
-        <v>5030</v>
+        <v>5084</v>
       </c>
       <c r="D16" s="86">
         <v>0</v>
       </c>
       <c r="E16" s="84">
         <v>537</v>
       </c>
       <c r="F16" s="86">
         <v>0</v>
       </c>
       <c r="G16" s="84">
-        <v>4493</v>
+        <v>4547</v>
       </c>
       <c r="H16" s="86">
         <v>0</v>
       </c>
       <c r="I16" s="86">
         <v>0</v>
       </c>
       <c r="J16" s="86">
         <v>0</v>
       </c>
       <c r="K16" s="86">
         <v>0</v>
       </c>
       <c r="L16" s="86">
         <v>0</v>
       </c>
       <c r="M16" s="86">
         <v>0</v>
       </c>
       <c r="N16" s="86">
         <v>0</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
@@ -2908,66 +2908,66 @@
     <row r="17" spans="1:16" ht="11.1" customHeight="1">
       <c r="A17" s="81" t="s">
         <v>49</v>
       </c>
       <c r="B17" s="52"/>
       <c r="C17" s="52"/>
       <c r="D17" s="52"/>
       <c r="E17" s="52"/>
       <c r="F17" s="52"/>
       <c r="G17" s="52"/>
       <c r="H17" s="52"/>
       <c r="I17" s="52"/>
       <c r="J17" s="52"/>
       <c r="K17" s="52"/>
       <c r="L17" s="52"/>
       <c r="M17" s="52"/>
       <c r="N17" s="52"/>
       <c r="O17" s="52"/>
       <c r="P17" s="55"/>
     </row>
     <row r="18" spans="1:16" ht="11.65" customHeight="1">
       <c r="A18" s="27" t="s">
         <v>50</v>
       </c>
       <c r="B18" s="84">
-        <v>9693</v>
+        <v>9818</v>
       </c>
       <c r="C18" s="84">
-        <v>9693</v>
+        <v>9818</v>
       </c>
       <c r="D18" s="86">
         <v>0</v>
       </c>
       <c r="E18" s="84">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="F18" s="86">
         <v>0</v>
       </c>
       <c r="G18" s="84">
-        <v>9120</v>
+        <v>9247</v>
       </c>
       <c r="H18" s="86">
         <v>0</v>
       </c>
       <c r="I18" s="86">
         <v>0</v>
       </c>
       <c r="J18" s="86">
         <v>0</v>
       </c>
       <c r="K18" s="86">
         <v>0</v>
       </c>
       <c r="L18" s="86">
         <v>0</v>
       </c>
       <c r="M18" s="86">
         <v>0</v>
       </c>
       <c r="N18" s="86">
         <v>0</v>
       </c>
       <c r="O18" s="86">
         <v>0</v>
       </c>
@@ -2978,66 +2978,66 @@
     <row r="19" spans="1:16" ht="11.1" customHeight="1">
       <c r="A19" s="81" t="s">
         <v>51</v>
       </c>
       <c r="B19" s="52"/>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="52"/>
       <c r="K19" s="52"/>
       <c r="L19" s="52"/>
       <c r="M19" s="52"/>
       <c r="N19" s="52"/>
       <c r="O19" s="52"/>
       <c r="P19" s="55"/>
     </row>
     <row r="20" spans="1:16" ht="11.65" customHeight="1">
       <c r="A20" s="27" t="s">
         <v>52</v>
       </c>
       <c r="B20" s="84">
-        <v>44037</v>
+        <v>45015</v>
       </c>
       <c r="C20" s="84">
-        <v>44037</v>
+        <v>45015</v>
       </c>
       <c r="D20" s="86">
         <v>0</v>
       </c>
       <c r="E20" s="84">
-        <v>15712</v>
+        <v>16147</v>
       </c>
       <c r="F20" s="86">
         <v>0</v>
       </c>
       <c r="G20" s="84">
-        <v>28325</v>
+        <v>28868</v>
       </c>
       <c r="H20" s="86">
         <v>0</v>
       </c>
       <c r="I20" s="86">
         <v>0</v>
       </c>
       <c r="J20" s="86">
         <v>0</v>
       </c>
       <c r="K20" s="86">
         <v>0</v>
       </c>
       <c r="L20" s="86">
         <v>0</v>
       </c>
       <c r="M20" s="86">
         <v>0</v>
       </c>
       <c r="N20" s="86">
         <v>0</v>
       </c>
       <c r="O20" s="86">
         <v>0</v>
       </c>
@@ -3048,66 +3048,66 @@
     <row r="21" spans="1:16" ht="11.1" customHeight="1">
       <c r="A21" s="81" t="s">
         <v>53</v>
       </c>
       <c r="B21" s="52"/>
       <c r="C21" s="52"/>
       <c r="D21" s="52"/>
       <c r="E21" s="52"/>
       <c r="F21" s="52"/>
       <c r="G21" s="52"/>
       <c r="H21" s="52"/>
       <c r="I21" s="52"/>
       <c r="J21" s="52"/>
       <c r="K21" s="52"/>
       <c r="L21" s="52"/>
       <c r="M21" s="52"/>
       <c r="N21" s="52"/>
       <c r="O21" s="52"/>
       <c r="P21" s="55"/>
     </row>
     <row r="22" spans="1:16" ht="11.65" customHeight="1">
       <c r="A22" s="27" t="s">
         <v>54</v>
       </c>
       <c r="B22" s="84">
-        <v>22537</v>
+        <v>22388</v>
       </c>
       <c r="C22" s="84">
-        <v>22537</v>
+        <v>22388</v>
       </c>
       <c r="D22" s="86">
         <v>0</v>
       </c>
       <c r="E22" s="84">
-        <v>7636</v>
+        <v>7649</v>
       </c>
       <c r="F22" s="86">
         <v>0</v>
       </c>
       <c r="G22" s="84">
-        <v>14901</v>
+        <v>14739</v>
       </c>
       <c r="H22" s="86">
         <v>0</v>
       </c>
       <c r="I22" s="86">
         <v>0</v>
       </c>
       <c r="J22" s="86">
         <v>0</v>
       </c>
       <c r="K22" s="86">
         <v>0</v>
       </c>
       <c r="L22" s="86">
         <v>0</v>
       </c>
       <c r="M22" s="86">
         <v>0</v>
       </c>
       <c r="N22" s="86">
         <v>0</v>
       </c>
       <c r="O22" s="86">
         <v>0</v>
       </c>
@@ -3118,66 +3118,66 @@
     <row r="23" spans="1:16" ht="11.1" customHeight="1">
       <c r="A23" s="81" t="s">
         <v>55</v>
       </c>
       <c r="B23" s="52"/>
       <c r="C23" s="52"/>
       <c r="D23" s="52"/>
       <c r="E23" s="52"/>
       <c r="F23" s="52"/>
       <c r="G23" s="52"/>
       <c r="H23" s="52"/>
       <c r="I23" s="52"/>
       <c r="J23" s="52"/>
       <c r="K23" s="52"/>
       <c r="L23" s="52"/>
       <c r="M23" s="52"/>
       <c r="N23" s="52"/>
       <c r="O23" s="52"/>
       <c r="P23" s="55"/>
     </row>
     <row r="24" spans="1:16" ht="11.65" customHeight="1">
       <c r="A24" s="27" t="s">
         <v>56</v>
       </c>
       <c r="B24" s="84">
-        <v>14222</v>
+        <v>14628</v>
       </c>
       <c r="C24" s="84">
-        <v>14222</v>
+        <v>14628</v>
       </c>
       <c r="D24" s="86">
         <v>0</v>
       </c>
       <c r="E24" s="84">
-        <v>3249</v>
+        <v>3598</v>
       </c>
       <c r="F24" s="86">
         <v>0</v>
       </c>
       <c r="G24" s="84">
-        <v>10973</v>
+        <v>11030</v>
       </c>
       <c r="H24" s="86">
         <v>0</v>
       </c>
       <c r="I24" s="84">
         <v>0</v>
       </c>
       <c r="J24" s="86">
         <v>0</v>
       </c>
       <c r="K24" s="86">
         <v>0</v>
       </c>
       <c r="L24" s="86">
         <v>0</v>
       </c>
       <c r="M24" s="86">
         <v>0</v>
       </c>
       <c r="N24" s="86">
         <v>0</v>
       </c>
       <c r="O24" s="86">
         <v>0</v>
       </c>
@@ -3188,270 +3188,270 @@
     <row r="25" spans="1:16" ht="11.1" customHeight="1">
       <c r="A25" s="81" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="52"/>
       <c r="C25" s="52"/>
       <c r="D25" s="52"/>
       <c r="E25" s="52"/>
       <c r="F25" s="52"/>
       <c r="G25" s="52"/>
       <c r="H25" s="52"/>
       <c r="I25" s="52"/>
       <c r="J25" s="52"/>
       <c r="K25" s="52"/>
       <c r="L25" s="52"/>
       <c r="M25" s="52"/>
       <c r="N25" s="52"/>
       <c r="O25" s="52"/>
       <c r="P25" s="55"/>
     </row>
     <row r="26" spans="1:16" ht="11.65" customHeight="1">
       <c r="A26" s="27" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="84">
-        <v>4064</v>
+        <v>3650</v>
       </c>
       <c r="C26" s="84">
-        <v>3867</v>
+        <v>3444</v>
       </c>
       <c r="D26" s="84">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="E26" s="84">
-        <v>548</v>
+        <v>678</v>
       </c>
       <c r="F26" s="84">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="G26" s="84">
-        <v>3317</v>
+        <v>2763</v>
       </c>
       <c r="H26" s="86">
         <v>0</v>
       </c>
       <c r="I26" s="84">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J26" s="86">
         <v>0</v>
       </c>
       <c r="K26" s="86">
         <v>0</v>
       </c>
       <c r="L26" s="86">
         <v>0</v>
       </c>
       <c r="M26" s="86">
         <v>0</v>
       </c>
       <c r="N26" s="86">
         <v>0</v>
       </c>
       <c r="O26" s="86">
         <v>0</v>
       </c>
       <c r="P26" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:16" ht="11.1" customHeight="1">
       <c r="A27" s="81" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="52"/>
       <c r="C27" s="52"/>
       <c r="D27" s="52"/>
       <c r="E27" s="52"/>
       <c r="F27" s="52"/>
       <c r="G27" s="52"/>
       <c r="H27" s="52"/>
       <c r="I27" s="52"/>
       <c r="J27" s="52"/>
       <c r="K27" s="52"/>
       <c r="L27" s="52"/>
       <c r="M27" s="52"/>
       <c r="N27" s="52"/>
       <c r="O27" s="52"/>
       <c r="P27" s="55"/>
     </row>
     <row r="28" spans="1:16" ht="11.65" customHeight="1">
       <c r="A28" s="27" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="84">
-        <v>165067</v>
+        <v>163492</v>
       </c>
       <c r="C28" s="84">
-        <v>157671</v>
+        <v>156046</v>
       </c>
       <c r="D28" s="84">
-        <v>7396</v>
+        <v>7445</v>
       </c>
       <c r="E28" s="84">
-        <v>57285</v>
+        <v>57469</v>
       </c>
       <c r="F28" s="84">
-        <v>7396</v>
+        <v>7445</v>
       </c>
       <c r="G28" s="84">
-        <v>100284</v>
+        <v>98487</v>
       </c>
       <c r="H28" s="86">
         <v>0</v>
       </c>
       <c r="I28" s="84">
-        <v>102</v>
+        <v>90</v>
       </c>
       <c r="J28" s="86">
         <v>0</v>
       </c>
       <c r="K28" s="86">
         <v>0</v>
       </c>
       <c r="L28" s="86">
         <v>0</v>
       </c>
       <c r="M28" s="86">
         <v>0</v>
       </c>
       <c r="N28" s="86">
         <v>0</v>
       </c>
       <c r="O28" s="86">
         <v>0</v>
       </c>
       <c r="P28" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:16" ht="11.1" customHeight="1">
       <c r="A29" s="81" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="52"/>
       <c r="C29" s="52"/>
       <c r="D29" s="52"/>
       <c r="E29" s="52"/>
       <c r="F29" s="52"/>
       <c r="G29" s="52"/>
       <c r="H29" s="52"/>
       <c r="I29" s="52"/>
       <c r="J29" s="52"/>
       <c r="K29" s="52"/>
       <c r="L29" s="52"/>
       <c r="M29" s="52"/>
       <c r="N29" s="52"/>
       <c r="O29" s="52"/>
       <c r="P29" s="55"/>
     </row>
     <row r="30" spans="1:16" ht="11.65" customHeight="1">
       <c r="A30" s="27" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="84">
-        <v>183221</v>
+        <v>185615</v>
       </c>
       <c r="C30" s="84">
-        <v>183221</v>
+        <v>185615</v>
       </c>
       <c r="D30" s="86">
         <v>0</v>
       </c>
       <c r="E30" s="84">
-        <v>53385</v>
+        <v>52851</v>
       </c>
       <c r="F30" s="86">
         <v>0</v>
       </c>
       <c r="G30" s="84">
-        <v>128901</v>
+        <v>131689</v>
       </c>
       <c r="H30" s="86">
         <v>0</v>
       </c>
       <c r="I30" s="84">
-        <v>935</v>
+        <v>1075</v>
       </c>
       <c r="J30" s="86">
         <v>0</v>
       </c>
       <c r="K30" s="84">
         <v>0</v>
       </c>
       <c r="L30" s="86">
         <v>0</v>
       </c>
       <c r="M30" s="86">
         <v>0</v>
       </c>
       <c r="N30" s="86">
         <v>0</v>
       </c>
       <c r="O30" s="86">
         <v>0</v>
       </c>
       <c r="P30" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:16" ht="11.1" customHeight="1">
       <c r="A31" s="81" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52"/>
       <c r="E31" s="52"/>
       <c r="F31" s="52"/>
       <c r="G31" s="52"/>
       <c r="H31" s="52"/>
       <c r="I31" s="52"/>
       <c r="J31" s="52"/>
       <c r="K31" s="52"/>
       <c r="L31" s="52"/>
       <c r="M31" s="52"/>
       <c r="N31" s="52"/>
       <c r="O31" s="52"/>
       <c r="P31" s="55"/>
     </row>
     <row r="32" spans="1:16" ht="11.65" customHeight="1">
       <c r="A32" s="27" t="s">
         <v>64</v>
       </c>
       <c r="B32" s="84">
-        <v>1893</v>
+        <v>1880</v>
       </c>
       <c r="C32" s="84">
-        <v>1893</v>
+        <v>1880</v>
       </c>
       <c r="D32" s="86">
         <v>0</v>
       </c>
       <c r="E32" s="84">
-        <v>1742</v>
+        <v>1730</v>
       </c>
       <c r="F32" s="86">
         <v>0</v>
       </c>
       <c r="G32" s="84">
         <v>150</v>
       </c>
       <c r="H32" s="86">
         <v>0</v>
       </c>
       <c r="I32" s="86">
         <v>0</v>
       </c>
       <c r="J32" s="86">
         <v>0</v>
       </c>
       <c r="K32" s="86">
         <v>0</v>
       </c>
       <c r="L32" s="86">
         <v>0</v>
       </c>
       <c r="M32" s="86">
         <v>0</v>
       </c>
@@ -3468,66 +3468,66 @@
     <row r="33" spans="1:16" ht="11.1" customHeight="1">
       <c r="A33" s="81" t="s">
         <v>65</v>
       </c>
       <c r="B33" s="52"/>
       <c r="C33" s="52"/>
       <c r="D33" s="52"/>
       <c r="E33" s="52"/>
       <c r="F33" s="52"/>
       <c r="G33" s="52"/>
       <c r="H33" s="52"/>
       <c r="I33" s="52"/>
       <c r="J33" s="52"/>
       <c r="K33" s="52"/>
       <c r="L33" s="52"/>
       <c r="M33" s="52"/>
       <c r="N33" s="52"/>
       <c r="O33" s="52"/>
       <c r="P33" s="55"/>
     </row>
     <row r="34" spans="1:16" ht="11.65" customHeight="1">
       <c r="A34" s="27" t="s">
         <v>66</v>
       </c>
       <c r="B34" s="84">
-        <v>268</v>
+        <v>229</v>
       </c>
       <c r="C34" s="84">
-        <v>268</v>
+        <v>229</v>
       </c>
       <c r="D34" s="86">
         <v>0</v>
       </c>
       <c r="E34" s="84">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F34" s="86">
         <v>0</v>
       </c>
       <c r="G34" s="84">
-        <v>160</v>
+        <v>123</v>
       </c>
       <c r="H34" s="86">
         <v>0</v>
       </c>
       <c r="I34" s="86">
         <v>0</v>
       </c>
       <c r="J34" s="86">
         <v>0</v>
       </c>
       <c r="K34" s="86">
         <v>0</v>
       </c>
       <c r="L34" s="86">
         <v>0</v>
       </c>
       <c r="M34" s="86">
         <v>0</v>
       </c>
       <c r="N34" s="86">
         <v>0</v>
       </c>
       <c r="O34" s="86">
         <v>0</v>
       </c>
@@ -3538,66 +3538,66 @@
     <row r="35" spans="1:16" ht="11.1" customHeight="1">
       <c r="A35" s="81" t="s">
         <v>67</v>
       </c>
       <c r="B35" s="52"/>
       <c r="C35" s="52"/>
       <c r="D35" s="52"/>
       <c r="E35" s="52"/>
       <c r="F35" s="52"/>
       <c r="G35" s="52"/>
       <c r="H35" s="52"/>
       <c r="I35" s="52"/>
       <c r="J35" s="52"/>
       <c r="K35" s="52"/>
       <c r="L35" s="52"/>
       <c r="M35" s="52"/>
       <c r="N35" s="52"/>
       <c r="O35" s="52"/>
       <c r="P35" s="55"/>
     </row>
     <row r="36" spans="1:16" ht="11.65" customHeight="1">
       <c r="A36" s="27" t="s">
         <v>68</v>
       </c>
       <c r="B36" s="84">
-        <v>37537</v>
+        <v>36699</v>
       </c>
       <c r="C36" s="84">
-        <v>37537</v>
+        <v>36699</v>
       </c>
       <c r="D36" s="86">
         <v>0</v>
       </c>
       <c r="E36" s="84">
-        <v>3778</v>
+        <v>3884</v>
       </c>
       <c r="F36" s="86">
         <v>0</v>
       </c>
       <c r="G36" s="84">
-        <v>33674</v>
+        <v>32730</v>
       </c>
       <c r="H36" s="86">
         <v>0</v>
       </c>
       <c r="I36" s="86">
         <v>0</v>
       </c>
       <c r="J36" s="86">
         <v>0</v>
       </c>
       <c r="K36" s="86">
         <v>0</v>
       </c>
       <c r="L36" s="86">
         <v>0</v>
       </c>
       <c r="M36" s="84">
         <v>85</v>
       </c>
       <c r="N36" s="86">
         <v>0</v>
       </c>
       <c r="O36" s="86">
         <v>0</v>
       </c>
@@ -3608,78 +3608,78 @@
     <row r="37" spans="1:16" ht="11.1" customHeight="1">
       <c r="A37" s="81" t="s">
         <v>69</v>
       </c>
       <c r="B37" s="52"/>
       <c r="C37" s="52"/>
       <c r="D37" s="52"/>
       <c r="E37" s="52"/>
       <c r="F37" s="52"/>
       <c r="G37" s="52"/>
       <c r="H37" s="52"/>
       <c r="I37" s="52"/>
       <c r="J37" s="52"/>
       <c r="K37" s="52"/>
       <c r="L37" s="52"/>
       <c r="M37" s="52"/>
       <c r="N37" s="52"/>
       <c r="O37" s="52"/>
       <c r="P37" s="55"/>
     </row>
     <row r="38" spans="1:16" ht="11.65" customHeight="1">
       <c r="A38" s="28" t="s">
         <v>70</v>
       </c>
       <c r="B38" s="90">
-        <v>34638</v>
+        <v>32522</v>
       </c>
       <c r="C38" s="90">
-        <v>34638</v>
+        <v>32522</v>
       </c>
       <c r="D38" s="92">
         <v>0</v>
       </c>
       <c r="E38" s="90">
-        <v>12871</v>
+        <v>12900</v>
       </c>
       <c r="F38" s="92">
         <v>0</v>
       </c>
       <c r="G38" s="90">
-        <v>21739</v>
+        <v>19597</v>
       </c>
       <c r="H38" s="92">
         <v>0</v>
       </c>
       <c r="I38" s="92">
         <v>0</v>
       </c>
       <c r="J38" s="92">
         <v>0</v>
       </c>
       <c r="K38" s="90">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="L38" s="92">
         <v>0</v>
       </c>
       <c r="M38" s="92">
         <v>0</v>
       </c>
       <c r="N38" s="92">
         <v>0</v>
       </c>
       <c r="O38" s="92">
         <v>0</v>
       </c>
       <c r="P38" s="94">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:16" ht="11.1" customHeight="1" thickBot="1">
       <c r="A39" s="96" t="s">
         <v>71</v>
       </c>
       <c r="B39" s="58"/>
       <c r="C39" s="58"/>
       <c r="D39" s="58"/>
       <c r="E39" s="58"/>
@@ -4058,58 +4058,58 @@
       <c r="A3" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="6"/>
       <c r="P3" s="6"/>
     </row>
     <row r="4" spans="1:16" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="64" t="str">
         <f>'3-1'!D4:G4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="64"/>
       <c r="F4" s="64"/>
       <c r="G4" s="64"/>
       <c r="H4" s="63" t="str">
         <f>'3-1'!H4:K4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="63"/>
       <c r="L4" s="7"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="14.1" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="38"/>
       <c r="E5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="40" t="s">
         <v>28</v>
@@ -4351,136 +4351,136 @@
       <c r="H11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="11"/>
       <c r="J11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="11"/>
       <c r="L11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="M11" s="11"/>
       <c r="N11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="O11" s="11"/>
       <c r="P11" s="12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="11.65" customHeight="1">
       <c r="A12" s="69" t="s">
         <v>73</v>
       </c>
       <c r="B12" s="72">
-        <v>4874</v>
+        <v>5035</v>
       </c>
       <c r="C12" s="72">
-        <v>4874</v>
+        <v>5035</v>
       </c>
       <c r="D12" s="75">
         <v>0</v>
       </c>
       <c r="E12" s="72">
-        <v>1561</v>
+        <v>1533</v>
       </c>
       <c r="F12" s="75">
         <v>0</v>
       </c>
       <c r="G12" s="72">
-        <v>3228</v>
+        <v>3430</v>
       </c>
       <c r="H12" s="75">
         <v>0</v>
       </c>
       <c r="I12" s="75">
         <v>0</v>
       </c>
       <c r="J12" s="75">
         <v>0</v>
       </c>
       <c r="K12" s="75">
         <v>0</v>
       </c>
       <c r="L12" s="75">
         <v>0</v>
       </c>
       <c r="M12" s="72">
-        <v>85</v>
+        <v>72</v>
       </c>
       <c r="N12" s="75">
         <v>0</v>
       </c>
       <c r="O12" s="75">
         <v>0</v>
       </c>
       <c r="P12" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="11.1" customHeight="1">
       <c r="A13" s="81" t="s">
         <v>74</v>
       </c>
       <c r="B13" s="52"/>
       <c r="C13" s="52"/>
       <c r="D13" s="52"/>
       <c r="E13" s="52"/>
       <c r="F13" s="52"/>
       <c r="G13" s="52"/>
       <c r="H13" s="52"/>
       <c r="I13" s="52"/>
       <c r="J13" s="52"/>
       <c r="K13" s="52"/>
       <c r="L13" s="52"/>
       <c r="M13" s="52"/>
       <c r="N13" s="52"/>
       <c r="O13" s="52"/>
       <c r="P13" s="55"/>
     </row>
     <row r="14" spans="1:16" ht="11.65" customHeight="1">
       <c r="A14" s="27" t="s">
         <v>75</v>
       </c>
       <c r="B14" s="84">
-        <v>9287</v>
+        <v>8094</v>
       </c>
       <c r="C14" s="84">
-        <v>8065</v>
+        <v>6853</v>
       </c>
       <c r="D14" s="84">
-        <v>1222</v>
+        <v>1241</v>
       </c>
       <c r="E14" s="84">
         <v>7</v>
       </c>
       <c r="F14" s="84">
-        <v>1222</v>
+        <v>1241</v>
       </c>
       <c r="G14" s="84">
-        <v>8058</v>
+        <v>6846</v>
       </c>
       <c r="H14" s="86">
         <v>0</v>
       </c>
       <c r="I14" s="86">
         <v>0</v>
       </c>
       <c r="J14" s="86">
         <v>0</v>
       </c>
       <c r="K14" s="86">
         <v>0</v>
       </c>
       <c r="L14" s="86">
         <v>0</v>
       </c>
       <c r="M14" s="86">
         <v>0</v>
       </c>
       <c r="N14" s="86">
         <v>0</v>
       </c>
       <c r="O14" s="86">
         <v>0</v>
       </c>
@@ -4491,136 +4491,136 @@
     <row r="15" spans="1:16" ht="11.1" customHeight="1">
       <c r="A15" s="81" t="s">
         <v>76</v>
       </c>
       <c r="B15" s="52"/>
       <c r="C15" s="52"/>
       <c r="D15" s="52"/>
       <c r="E15" s="52"/>
       <c r="F15" s="52"/>
       <c r="G15" s="52"/>
       <c r="H15" s="52"/>
       <c r="I15" s="52"/>
       <c r="J15" s="52"/>
       <c r="K15" s="52"/>
       <c r="L15" s="52"/>
       <c r="M15" s="52"/>
       <c r="N15" s="52"/>
       <c r="O15" s="52"/>
       <c r="P15" s="55"/>
     </row>
     <row r="16" spans="1:16" ht="11.65" customHeight="1">
       <c r="A16" s="27" t="s">
         <v>77</v>
       </c>
       <c r="B16" s="84">
-        <v>377605</v>
+        <v>382071</v>
       </c>
       <c r="C16" s="84">
-        <v>374089</v>
+        <v>378439</v>
       </c>
       <c r="D16" s="84">
-        <v>3516</v>
+        <v>3632</v>
       </c>
       <c r="E16" s="84">
-        <v>327212</v>
+        <v>329238</v>
       </c>
       <c r="F16" s="84">
-        <v>2266</v>
+        <v>2332</v>
       </c>
       <c r="G16" s="84">
-        <v>46617</v>
+        <v>48851</v>
       </c>
       <c r="H16" s="84">
-        <v>1250</v>
+        <v>1300</v>
       </c>
       <c r="I16" s="86">
         <v>0</v>
       </c>
       <c r="J16" s="86">
         <v>0</v>
       </c>
       <c r="K16" s="84">
-        <v>92</v>
+        <v>196</v>
       </c>
       <c r="L16" s="86">
         <v>0</v>
       </c>
       <c r="M16" s="84">
-        <v>169</v>
+        <v>154</v>
       </c>
       <c r="N16" s="86">
         <v>0</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
       <c r="P16" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:16" ht="11.1" customHeight="1">
       <c r="A17" s="81" t="s">
         <v>78</v>
       </c>
       <c r="B17" s="52"/>
       <c r="C17" s="52"/>
       <c r="D17" s="52"/>
       <c r="E17" s="52"/>
       <c r="F17" s="52"/>
       <c r="G17" s="52"/>
       <c r="H17" s="52"/>
       <c r="I17" s="52"/>
       <c r="J17" s="52"/>
       <c r="K17" s="52"/>
       <c r="L17" s="52"/>
       <c r="M17" s="52"/>
       <c r="N17" s="52"/>
       <c r="O17" s="52"/>
       <c r="P17" s="55"/>
     </row>
     <row r="18" spans="1:16" ht="11.65" customHeight="1">
       <c r="A18" s="27" t="s">
         <v>79</v>
       </c>
       <c r="B18" s="84">
-        <v>6818</v>
+        <v>7184</v>
       </c>
       <c r="C18" s="84">
-        <v>6818</v>
+        <v>7184</v>
       </c>
       <c r="D18" s="86">
         <v>0</v>
       </c>
       <c r="E18" s="84">
-        <v>1260</v>
+        <v>1257</v>
       </c>
       <c r="F18" s="86">
         <v>0</v>
       </c>
       <c r="G18" s="84">
-        <v>5558</v>
+        <v>5927</v>
       </c>
       <c r="H18" s="86">
         <v>0</v>
       </c>
       <c r="I18" s="86">
         <v>0</v>
       </c>
       <c r="J18" s="86">
         <v>0</v>
       </c>
       <c r="K18" s="86">
         <v>0</v>
       </c>
       <c r="L18" s="86">
         <v>0</v>
       </c>
       <c r="M18" s="86">
         <v>0</v>
       </c>
       <c r="N18" s="86">
         <v>0</v>
       </c>
       <c r="O18" s="86">
         <v>0</v>
       </c>
@@ -4701,130 +4701,130 @@
     <row r="21" spans="1:16" ht="11.1" customHeight="1">
       <c r="A21" s="81" t="s">
         <v>82</v>
       </c>
       <c r="B21" s="52"/>
       <c r="C21" s="52"/>
       <c r="D21" s="52"/>
       <c r="E21" s="52"/>
       <c r="F21" s="52"/>
       <c r="G21" s="52"/>
       <c r="H21" s="52"/>
       <c r="I21" s="52"/>
       <c r="J21" s="52"/>
       <c r="K21" s="52"/>
       <c r="L21" s="52"/>
       <c r="M21" s="52"/>
       <c r="N21" s="52"/>
       <c r="O21" s="52"/>
       <c r="P21" s="55"/>
     </row>
     <row r="22" spans="1:16" ht="11.65" customHeight="1">
       <c r="A22" s="27" t="s">
         <v>83</v>
       </c>
       <c r="B22" s="84">
-        <v>81578</v>
+        <v>84659</v>
       </c>
       <c r="C22" s="84">
-        <v>80420</v>
+        <v>83511</v>
       </c>
       <c r="D22" s="84">
-        <v>1158</v>
+        <v>1148</v>
       </c>
       <c r="E22" s="84">
-        <v>37734</v>
+        <v>38069</v>
       </c>
       <c r="F22" s="84">
-        <v>1158</v>
+        <v>1148</v>
       </c>
       <c r="G22" s="84">
-        <v>42680</v>
+        <v>45433</v>
       </c>
       <c r="H22" s="86">
         <v>0</v>
       </c>
       <c r="I22" s="86">
         <v>0</v>
       </c>
       <c r="J22" s="86">
         <v>0</v>
       </c>
       <c r="K22" s="84">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L22" s="86">
         <v>0</v>
       </c>
       <c r="M22" s="86">
         <v>0</v>
       </c>
       <c r="N22" s="86">
         <v>0</v>
       </c>
       <c r="O22" s="86">
         <v>0</v>
       </c>
       <c r="P22" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:16" ht="11.1" customHeight="1">
       <c r="A23" s="81" t="s">
         <v>84</v>
       </c>
       <c r="B23" s="52"/>
       <c r="C23" s="52"/>
       <c r="D23" s="52"/>
       <c r="E23" s="52"/>
       <c r="F23" s="52"/>
       <c r="G23" s="52"/>
       <c r="H23" s="52"/>
       <c r="I23" s="52"/>
       <c r="J23" s="52"/>
       <c r="K23" s="52"/>
       <c r="L23" s="52"/>
       <c r="M23" s="52"/>
       <c r="N23" s="52"/>
       <c r="O23" s="52"/>
       <c r="P23" s="55"/>
     </row>
     <row r="24" spans="1:16" ht="11.65" customHeight="1">
       <c r="A24" s="27" t="s">
         <v>85</v>
       </c>
       <c r="B24" s="84">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C24" s="84">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D24" s="86">
         <v>0</v>
       </c>
       <c r="E24" s="84">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F24" s="86">
         <v>0</v>
       </c>
       <c r="G24" s="84">
         <v>23</v>
       </c>
       <c r="H24" s="86">
         <v>0</v>
       </c>
       <c r="I24" s="86">
         <v>0</v>
       </c>
       <c r="J24" s="86">
         <v>0</v>
       </c>
       <c r="K24" s="86">
         <v>0</v>
       </c>
       <c r="L24" s="86">
         <v>0</v>
       </c>
       <c r="M24" s="86">
         <v>0</v>
       </c>
@@ -4911,66 +4911,66 @@
     <row r="27" spans="1:16" ht="11.1" customHeight="1">
       <c r="A27" s="81" t="s">
         <v>88</v>
       </c>
       <c r="B27" s="52"/>
       <c r="C27" s="52"/>
       <c r="D27" s="52"/>
       <c r="E27" s="52"/>
       <c r="F27" s="52"/>
       <c r="G27" s="52"/>
       <c r="H27" s="52"/>
       <c r="I27" s="52"/>
       <c r="J27" s="52"/>
       <c r="K27" s="52"/>
       <c r="L27" s="52"/>
       <c r="M27" s="52"/>
       <c r="N27" s="52"/>
       <c r="O27" s="52"/>
       <c r="P27" s="55"/>
     </row>
     <row r="28" spans="1:16" ht="11.65" customHeight="1">
       <c r="A28" s="27" t="s">
         <v>89</v>
       </c>
       <c r="B28" s="84">
-        <v>12179</v>
+        <v>12318</v>
       </c>
       <c r="C28" s="84">
-        <v>12179</v>
+        <v>12318</v>
       </c>
       <c r="D28" s="86">
         <v>0</v>
       </c>
       <c r="E28" s="84">
-        <v>8545</v>
+        <v>8421</v>
       </c>
       <c r="F28" s="86">
         <v>0</v>
       </c>
       <c r="G28" s="84">
-        <v>3634</v>
+        <v>3897</v>
       </c>
       <c r="H28" s="86">
         <v>0</v>
       </c>
       <c r="I28" s="86">
         <v>0</v>
       </c>
       <c r="J28" s="86">
         <v>0</v>
       </c>
       <c r="K28" s="86">
         <v>0</v>
       </c>
       <c r="L28" s="86">
         <v>0</v>
       </c>
       <c r="M28" s="86">
         <v>0</v>
       </c>
       <c r="N28" s="86">
         <v>0</v>
       </c>
       <c r="O28" s="86">
         <v>0</v>
       </c>
@@ -4981,66 +4981,66 @@
     <row r="29" spans="1:16" ht="11.1" customHeight="1">
       <c r="A29" s="81" t="s">
         <v>90</v>
       </c>
       <c r="B29" s="52"/>
       <c r="C29" s="52"/>
       <c r="D29" s="52"/>
       <c r="E29" s="52"/>
       <c r="F29" s="52"/>
       <c r="G29" s="52"/>
       <c r="H29" s="52"/>
       <c r="I29" s="52"/>
       <c r="J29" s="52"/>
       <c r="K29" s="52"/>
       <c r="L29" s="52"/>
       <c r="M29" s="52"/>
       <c r="N29" s="52"/>
       <c r="O29" s="52"/>
       <c r="P29" s="55"/>
     </row>
     <row r="30" spans="1:16" ht="11.65" customHeight="1">
       <c r="A30" s="27" t="s">
         <v>91</v>
       </c>
       <c r="B30" s="84">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="C30" s="84">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="D30" s="86">
         <v>0</v>
       </c>
       <c r="E30" s="86">
         <v>0</v>
       </c>
       <c r="F30" s="86">
         <v>0</v>
       </c>
       <c r="G30" s="84">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="H30" s="86">
         <v>0</v>
       </c>
       <c r="I30" s="86">
         <v>0</v>
       </c>
       <c r="J30" s="86">
         <v>0</v>
       </c>
       <c r="K30" s="86">
         <v>0</v>
       </c>
       <c r="L30" s="86">
         <v>0</v>
       </c>
       <c r="M30" s="86">
         <v>0</v>
       </c>
       <c r="N30" s="86">
         <v>0</v>
       </c>
       <c r="O30" s="86">
         <v>0</v>
       </c>
@@ -5051,66 +5051,66 @@
     <row r="31" spans="1:16" ht="11.1" customHeight="1">
       <c r="A31" s="81" t="s">
         <v>92</v>
       </c>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52"/>
       <c r="E31" s="52"/>
       <c r="F31" s="52"/>
       <c r="G31" s="52"/>
       <c r="H31" s="52"/>
       <c r="I31" s="52"/>
       <c r="J31" s="52"/>
       <c r="K31" s="52"/>
       <c r="L31" s="52"/>
       <c r="M31" s="52"/>
       <c r="N31" s="52"/>
       <c r="O31" s="52"/>
       <c r="P31" s="55"/>
     </row>
     <row r="32" spans="1:16" ht="11.65" customHeight="1">
       <c r="A32" s="27" t="s">
         <v>93</v>
       </c>
       <c r="B32" s="84">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="C32" s="84">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="D32" s="86">
         <v>0</v>
       </c>
       <c r="E32" s="86">
         <v>0</v>
       </c>
       <c r="F32" s="86">
         <v>0</v>
       </c>
       <c r="G32" s="84">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="H32" s="86">
         <v>0</v>
       </c>
       <c r="I32" s="86">
         <v>0</v>
       </c>
       <c r="J32" s="86">
         <v>0</v>
       </c>
       <c r="K32" s="86">
         <v>0</v>
       </c>
       <c r="L32" s="86">
         <v>0</v>
       </c>
       <c r="M32" s="86">
         <v>0</v>
       </c>
       <c r="N32" s="86">
         <v>0</v>
       </c>
       <c r="O32" s="86">
         <v>0</v>
       </c>
@@ -5121,66 +5121,66 @@
     <row r="33" spans="1:16" ht="11.1" customHeight="1">
       <c r="A33" s="81" t="s">
         <v>94</v>
       </c>
       <c r="B33" s="52"/>
       <c r="C33" s="52"/>
       <c r="D33" s="52"/>
       <c r="E33" s="52"/>
       <c r="F33" s="52"/>
       <c r="G33" s="52"/>
       <c r="H33" s="52"/>
       <c r="I33" s="52"/>
       <c r="J33" s="52"/>
       <c r="K33" s="52"/>
       <c r="L33" s="52"/>
       <c r="M33" s="52"/>
       <c r="N33" s="52"/>
       <c r="O33" s="52"/>
       <c r="P33" s="55"/>
     </row>
     <row r="34" spans="1:16" ht="11.65" customHeight="1">
       <c r="A34" s="27" t="s">
         <v>95</v>
       </c>
       <c r="B34" s="84">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="C34" s="84">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="D34" s="86">
         <v>0</v>
       </c>
       <c r="E34" s="84">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="F34" s="86">
         <v>0</v>
       </c>
       <c r="G34" s="84">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H34" s="86">
         <v>0</v>
       </c>
       <c r="I34" s="86">
         <v>0</v>
       </c>
       <c r="J34" s="86">
         <v>0</v>
       </c>
       <c r="K34" s="86">
         <v>0</v>
       </c>
       <c r="L34" s="86">
         <v>0</v>
       </c>
       <c r="M34" s="86">
         <v>0</v>
       </c>
       <c r="N34" s="86">
         <v>0</v>
       </c>
       <c r="O34" s="86">
         <v>0</v>
       </c>
@@ -5191,66 +5191,66 @@
     <row r="35" spans="1:16" ht="11.1" customHeight="1">
       <c r="A35" s="81" t="s">
         <v>96</v>
       </c>
       <c r="B35" s="52"/>
       <c r="C35" s="52"/>
       <c r="D35" s="52"/>
       <c r="E35" s="52"/>
       <c r="F35" s="52"/>
       <c r="G35" s="52"/>
       <c r="H35" s="52"/>
       <c r="I35" s="52"/>
       <c r="J35" s="52"/>
       <c r="K35" s="52"/>
       <c r="L35" s="52"/>
       <c r="M35" s="52"/>
       <c r="N35" s="52"/>
       <c r="O35" s="52"/>
       <c r="P35" s="55"/>
     </row>
     <row r="36" spans="1:16" ht="11.65" customHeight="1">
       <c r="A36" s="27" t="s">
         <v>97</v>
       </c>
       <c r="B36" s="84">
-        <v>2813</v>
+        <v>2691</v>
       </c>
       <c r="C36" s="84">
-        <v>2813</v>
+        <v>2691</v>
       </c>
       <c r="D36" s="86">
         <v>0</v>
       </c>
-      <c r="E36" s="86">
-        <v>0</v>
+      <c r="E36" s="84">
+        <v>20</v>
       </c>
       <c r="F36" s="86">
         <v>0</v>
       </c>
       <c r="G36" s="84">
-        <v>2813</v>
+        <v>2671</v>
       </c>
       <c r="H36" s="86">
         <v>0</v>
       </c>
       <c r="I36" s="86">
         <v>0</v>
       </c>
       <c r="J36" s="86">
         <v>0</v>
       </c>
       <c r="K36" s="86">
         <v>0</v>
       </c>
       <c r="L36" s="86">
         <v>0</v>
       </c>
       <c r="M36" s="86">
         <v>0</v>
       </c>
       <c r="N36" s="86">
         <v>0</v>
       </c>
       <c r="O36" s="86">
         <v>0</v>
       </c>
@@ -5261,87 +5261,87 @@
     <row r="37" spans="1:16" ht="11.1" customHeight="1">
       <c r="A37" s="81" t="s">
         <v>98</v>
       </c>
       <c r="B37" s="52"/>
       <c r="C37" s="52"/>
       <c r="D37" s="52"/>
       <c r="E37" s="52"/>
       <c r="F37" s="52"/>
       <c r="G37" s="52"/>
       <c r="H37" s="52"/>
       <c r="I37" s="52"/>
       <c r="J37" s="52"/>
       <c r="K37" s="52"/>
       <c r="L37" s="52"/>
       <c r="M37" s="52"/>
       <c r="N37" s="52"/>
       <c r="O37" s="52"/>
       <c r="P37" s="55"/>
     </row>
     <row r="38" spans="1:16" ht="11.65" customHeight="1">
       <c r="A38" s="28" t="s">
         <v>99</v>
       </c>
       <c r="B38" s="90">
-        <v>30455</v>
+        <v>30978</v>
       </c>
       <c r="C38" s="90">
-        <v>28238</v>
+        <v>28756</v>
       </c>
       <c r="D38" s="90">
-        <v>2217</v>
+        <v>2223</v>
       </c>
       <c r="E38" s="90">
-        <v>13603</v>
+        <v>13459</v>
       </c>
       <c r="F38" s="90">
-        <v>1431</v>
+        <v>1434</v>
       </c>
       <c r="G38" s="90">
-        <v>14633</v>
+        <v>15294</v>
       </c>
       <c r="H38" s="92">
         <v>0</v>
       </c>
       <c r="I38" s="90">
         <v>2</v>
       </c>
       <c r="J38" s="92">
         <v>0</v>
       </c>
       <c r="K38" s="92">
         <v>0</v>
       </c>
       <c r="L38" s="92">
         <v>0</v>
       </c>
       <c r="M38" s="92">
         <v>0</v>
       </c>
       <c r="N38" s="90">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="O38" s="92">
         <v>0</v>
       </c>
       <c r="P38" s="94">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:16" ht="11.1" customHeight="1" thickBot="1">
       <c r="A39" s="96" t="s">
         <v>100</v>
       </c>
       <c r="B39" s="58"/>
       <c r="C39" s="58"/>
       <c r="D39" s="58"/>
       <c r="E39" s="58"/>
       <c r="F39" s="58"/>
       <c r="G39" s="58"/>
       <c r="H39" s="58"/>
       <c r="I39" s="58"/>
       <c r="J39" s="58"/>
       <c r="K39" s="58"/>
       <c r="L39" s="58"/>
       <c r="M39" s="58"/>
       <c r="N39" s="58"/>
@@ -5711,58 +5711,58 @@
       <c r="A3" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="6"/>
       <c r="P3" s="6"/>
     </row>
     <row r="4" spans="1:16" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="64" t="str">
         <f>'3-1'!D4:G4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="64"/>
       <c r="F4" s="64"/>
       <c r="G4" s="64"/>
       <c r="H4" s="63" t="str">
         <f>'3-1'!H4:K4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="63"/>
       <c r="L4" s="7"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="14.1" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="38"/>
       <c r="E5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="40" t="s">
         <v>28</v>
@@ -6004,568 +6004,568 @@
       <c r="H11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="11"/>
       <c r="J11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="11"/>
       <c r="L11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="M11" s="11"/>
       <c r="N11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="O11" s="11"/>
       <c r="P11" s="12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="11.65" customHeight="1">
       <c r="A12" s="69" t="s">
         <v>101</v>
       </c>
       <c r="B12" s="72">
-        <v>15945</v>
+        <v>16366</v>
       </c>
       <c r="C12" s="72">
-        <v>15945</v>
+        <v>16366</v>
       </c>
       <c r="D12" s="75">
         <v>0</v>
       </c>
       <c r="E12" s="72">
-        <v>5508</v>
+        <v>5787</v>
       </c>
       <c r="F12" s="75">
         <v>0</v>
       </c>
       <c r="G12" s="72">
-        <v>10410</v>
+        <v>10543</v>
       </c>
       <c r="H12" s="75">
         <v>0</v>
       </c>
       <c r="I12" s="72">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="J12" s="75">
         <v>0</v>
       </c>
       <c r="K12" s="75">
         <v>0</v>
       </c>
       <c r="L12" s="75">
         <v>0</v>
       </c>
       <c r="M12" s="75">
         <v>0</v>
       </c>
       <c r="N12" s="75">
         <v>0</v>
       </c>
       <c r="O12" s="75">
         <v>0</v>
       </c>
       <c r="P12" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="11.1" customHeight="1">
       <c r="A13" s="81" t="s">
         <v>102</v>
       </c>
       <c r="B13" s="52"/>
       <c r="C13" s="52"/>
       <c r="D13" s="52"/>
       <c r="E13" s="52"/>
       <c r="F13" s="52"/>
       <c r="G13" s="52"/>
       <c r="H13" s="52"/>
       <c r="I13" s="52"/>
       <c r="J13" s="52"/>
       <c r="K13" s="52"/>
       <c r="L13" s="52"/>
       <c r="M13" s="52"/>
       <c r="N13" s="52"/>
       <c r="O13" s="52"/>
       <c r="P13" s="55"/>
     </row>
     <row r="14" spans="1:16" ht="11.65" customHeight="1">
       <c r="A14" s="27" t="s">
         <v>103</v>
       </c>
       <c r="B14" s="84">
-        <v>155105</v>
+        <v>156545</v>
       </c>
       <c r="C14" s="84">
-        <v>155105</v>
+        <v>156545</v>
       </c>
       <c r="D14" s="86">
         <v>0</v>
       </c>
       <c r="E14" s="84">
-        <v>25319</v>
+        <v>25849</v>
       </c>
       <c r="F14" s="86">
         <v>0</v>
       </c>
       <c r="G14" s="84">
-        <v>129654</v>
+        <v>130535</v>
       </c>
       <c r="H14" s="86">
         <v>0</v>
       </c>
       <c r="I14" s="84">
-        <v>132</v>
+        <v>161</v>
       </c>
       <c r="J14" s="86">
         <v>0</v>
       </c>
       <c r="K14" s="86">
         <v>0</v>
       </c>
       <c r="L14" s="86">
         <v>0</v>
       </c>
       <c r="M14" s="86">
         <v>0</v>
       </c>
       <c r="N14" s="86">
         <v>0</v>
       </c>
       <c r="O14" s="86">
         <v>0</v>
       </c>
       <c r="P14" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:16" ht="11.1" customHeight="1">
       <c r="A15" s="81" t="s">
         <v>104</v>
       </c>
       <c r="B15" s="52"/>
       <c r="C15" s="52"/>
       <c r="D15" s="52"/>
       <c r="E15" s="52"/>
       <c r="F15" s="52"/>
       <c r="G15" s="52"/>
       <c r="H15" s="52"/>
       <c r="I15" s="52"/>
       <c r="J15" s="52"/>
       <c r="K15" s="52"/>
       <c r="L15" s="52"/>
       <c r="M15" s="52"/>
       <c r="N15" s="52"/>
       <c r="O15" s="52"/>
       <c r="P15" s="55"/>
     </row>
     <row r="16" spans="1:16" ht="11.65" customHeight="1">
       <c r="A16" s="27" t="s">
         <v>105</v>
       </c>
       <c r="B16" s="84">
-        <v>110433</v>
+        <v>107601</v>
       </c>
       <c r="C16" s="84">
-        <v>109862</v>
+        <v>106950</v>
       </c>
       <c r="D16" s="84">
-        <v>571</v>
+        <v>651</v>
       </c>
       <c r="E16" s="84">
-        <v>36397</v>
+        <v>37177</v>
       </c>
       <c r="F16" s="84">
-        <v>571</v>
+        <v>651</v>
       </c>
       <c r="G16" s="84">
-        <v>73383</v>
+        <v>69692</v>
       </c>
       <c r="H16" s="86">
         <v>0</v>
       </c>
       <c r="I16" s="84">
         <v>8</v>
       </c>
       <c r="J16" s="86">
         <v>0</v>
       </c>
       <c r="K16" s="86">
         <v>0</v>
       </c>
       <c r="L16" s="86">
         <v>0</v>
       </c>
       <c r="M16" s="84">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N16" s="86">
         <v>0</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
       <c r="P16" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:16" ht="11.1" customHeight="1">
       <c r="A17" s="81" t="s">
         <v>106</v>
       </c>
       <c r="B17" s="52"/>
       <c r="C17" s="52"/>
       <c r="D17" s="52"/>
       <c r="E17" s="52"/>
       <c r="F17" s="52"/>
       <c r="G17" s="52"/>
       <c r="H17" s="52"/>
       <c r="I17" s="52"/>
       <c r="J17" s="52"/>
       <c r="K17" s="52"/>
       <c r="L17" s="52"/>
       <c r="M17" s="52"/>
       <c r="N17" s="52"/>
       <c r="O17" s="52"/>
       <c r="P17" s="55"/>
     </row>
     <row r="18" spans="1:16" ht="11.65" customHeight="1">
       <c r="A18" s="27" t="s">
         <v>107</v>
       </c>
       <c r="B18" s="84">
-        <v>65313</v>
+        <v>69749</v>
       </c>
       <c r="C18" s="84">
-        <v>64355</v>
+        <v>68795</v>
       </c>
       <c r="D18" s="84">
-        <v>958</v>
+        <v>954</v>
       </c>
       <c r="E18" s="84">
-        <v>17996</v>
+        <v>17827</v>
       </c>
       <c r="F18" s="84">
-        <v>958</v>
+        <v>954</v>
       </c>
       <c r="G18" s="84">
-        <v>46348</v>
+        <v>50964</v>
       </c>
       <c r="H18" s="86">
         <v>0</v>
       </c>
       <c r="I18" s="84">
         <v>2</v>
       </c>
       <c r="J18" s="86">
         <v>0</v>
       </c>
       <c r="K18" s="84">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="L18" s="86">
         <v>0</v>
       </c>
       <c r="M18" s="86">
         <v>0</v>
       </c>
       <c r="N18" s="86">
         <v>0</v>
       </c>
       <c r="O18" s="86">
         <v>0</v>
       </c>
       <c r="P18" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:16" ht="11.1" customHeight="1">
       <c r="A19" s="81" t="s">
         <v>108</v>
       </c>
       <c r="B19" s="52"/>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="52"/>
       <c r="K19" s="52"/>
       <c r="L19" s="52"/>
       <c r="M19" s="52"/>
       <c r="N19" s="52"/>
       <c r="O19" s="52"/>
       <c r="P19" s="55"/>
     </row>
     <row r="20" spans="1:16" ht="11.65" customHeight="1">
       <c r="A20" s="27" t="s">
         <v>109</v>
       </c>
       <c r="B20" s="84">
-        <v>37597</v>
+        <v>42126</v>
       </c>
       <c r="C20" s="84">
-        <v>33133</v>
+        <v>38627</v>
       </c>
       <c r="D20" s="84">
-        <v>4464</v>
+        <v>3499</v>
       </c>
       <c r="E20" s="84">
-        <v>13513</v>
+        <v>17878</v>
       </c>
       <c r="F20" s="84">
-        <v>589</v>
+        <v>584</v>
       </c>
       <c r="G20" s="84">
-        <v>19533</v>
+        <v>20611</v>
       </c>
       <c r="H20" s="84">
-        <v>3875</v>
+        <v>2915</v>
       </c>
       <c r="I20" s="84">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="J20" s="86">
         <v>0</v>
       </c>
       <c r="K20" s="84">
-        <v>83</v>
+        <v>130</v>
       </c>
       <c r="L20" s="86">
         <v>0</v>
       </c>
       <c r="M20" s="86">
         <v>0</v>
       </c>
       <c r="N20" s="86">
         <v>0</v>
       </c>
       <c r="O20" s="86">
         <v>0</v>
       </c>
       <c r="P20" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:16" ht="11.1" customHeight="1">
       <c r="A21" s="81" t="s">
         <v>110</v>
       </c>
       <c r="B21" s="52"/>
       <c r="C21" s="52"/>
       <c r="D21" s="52"/>
       <c r="E21" s="52"/>
       <c r="F21" s="52"/>
       <c r="G21" s="52"/>
       <c r="H21" s="52"/>
       <c r="I21" s="52"/>
       <c r="J21" s="52"/>
       <c r="K21" s="52"/>
       <c r="L21" s="52"/>
       <c r="M21" s="52"/>
       <c r="N21" s="52"/>
       <c r="O21" s="52"/>
       <c r="P21" s="55"/>
     </row>
     <row r="22" spans="1:16" ht="11.65" customHeight="1">
       <c r="A22" s="27" t="s">
         <v>111</v>
       </c>
       <c r="B22" s="84">
-        <v>116343</v>
+        <v>116988</v>
       </c>
       <c r="C22" s="84">
-        <v>116343</v>
+        <v>116988</v>
       </c>
       <c r="D22" s="86">
         <v>0</v>
       </c>
       <c r="E22" s="84">
-        <v>37936</v>
+        <v>39493</v>
       </c>
       <c r="F22" s="86">
         <v>0</v>
       </c>
       <c r="G22" s="84">
-        <v>78297</v>
+        <v>77312</v>
       </c>
       <c r="H22" s="86">
         <v>0</v>
       </c>
       <c r="I22" s="84">
-        <v>108</v>
+        <v>168</v>
       </c>
       <c r="J22" s="86">
         <v>0</v>
       </c>
       <c r="K22" s="84">
         <v>3</v>
       </c>
       <c r="L22" s="86">
         <v>0</v>
       </c>
-      <c r="M22" s="86">
-        <v>0</v>
+      <c r="M22" s="84">
+        <v>12</v>
       </c>
       <c r="N22" s="86">
         <v>0</v>
       </c>
       <c r="O22" s="86">
         <v>0</v>
       </c>
       <c r="P22" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:16" ht="11.1" customHeight="1">
       <c r="A23" s="81" t="s">
         <v>112</v>
       </c>
       <c r="B23" s="52"/>
       <c r="C23" s="52"/>
       <c r="D23" s="52"/>
       <c r="E23" s="52"/>
       <c r="F23" s="52"/>
       <c r="G23" s="52"/>
       <c r="H23" s="52"/>
       <c r="I23" s="52"/>
       <c r="J23" s="52"/>
       <c r="K23" s="52"/>
       <c r="L23" s="52"/>
       <c r="M23" s="52"/>
       <c r="N23" s="52"/>
       <c r="O23" s="52"/>
       <c r="P23" s="55"/>
     </row>
     <row r="24" spans="1:16" ht="11.65" customHeight="1">
       <c r="A24" s="27" t="s">
         <v>113</v>
       </c>
       <c r="B24" s="84">
-        <v>3702</v>
+        <v>3695</v>
       </c>
       <c r="C24" s="84">
-        <v>3702</v>
+        <v>3695</v>
       </c>
       <c r="D24" s="86">
         <v>0</v>
       </c>
       <c r="E24" s="84">
-        <v>2631</v>
+        <v>2619</v>
       </c>
       <c r="F24" s="86">
         <v>0</v>
       </c>
       <c r="G24" s="84">
         <v>1039</v>
       </c>
       <c r="H24" s="86">
         <v>0</v>
       </c>
       <c r="I24" s="84">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="J24" s="86">
         <v>0</v>
       </c>
       <c r="K24" s="86">
         <v>0</v>
       </c>
       <c r="L24" s="86">
         <v>0</v>
       </c>
       <c r="M24" s="86">
         <v>0</v>
       </c>
       <c r="N24" s="86">
         <v>0</v>
       </c>
       <c r="O24" s="86">
         <v>0</v>
       </c>
       <c r="P24" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:16" ht="11.1" customHeight="1">
       <c r="A25" s="81" t="s">
         <v>114</v>
       </c>
       <c r="B25" s="52"/>
       <c r="C25" s="52"/>
       <c r="D25" s="52"/>
       <c r="E25" s="52"/>
       <c r="F25" s="52"/>
       <c r="G25" s="52"/>
       <c r="H25" s="52"/>
       <c r="I25" s="52"/>
       <c r="J25" s="52"/>
       <c r="K25" s="52"/>
       <c r="L25" s="52"/>
       <c r="M25" s="52"/>
       <c r="N25" s="52"/>
       <c r="O25" s="52"/>
       <c r="P25" s="55"/>
     </row>
     <row r="26" spans="1:16" ht="11.65" customHeight="1">
       <c r="A26" s="27" t="s">
         <v>115</v>
       </c>
       <c r="B26" s="84">
-        <v>365113</v>
+        <v>369994</v>
       </c>
       <c r="C26" s="84">
-        <v>364279</v>
+        <v>369135</v>
       </c>
       <c r="D26" s="84">
-        <v>834</v>
+        <v>859</v>
       </c>
       <c r="E26" s="84">
-        <v>165979</v>
+        <v>159901</v>
       </c>
       <c r="F26" s="86">
         <v>0</v>
       </c>
       <c r="G26" s="84">
-        <v>197830</v>
+        <v>208693</v>
       </c>
       <c r="H26" s="84">
-        <v>834</v>
+        <v>859</v>
       </c>
       <c r="I26" s="84">
-        <v>189</v>
+        <v>223</v>
       </c>
       <c r="J26" s="86">
         <v>0</v>
       </c>
       <c r="K26" s="84">
-        <v>280</v>
+        <v>318</v>
       </c>
       <c r="L26" s="86">
         <v>0</v>
       </c>
       <c r="M26" s="86">
         <v>0</v>
       </c>
       <c r="N26" s="86">
         <v>0</v>
       </c>
       <c r="O26" s="86">
         <v>0</v>
       </c>
       <c r="P26" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:16" ht="11.1" customHeight="1">
       <c r="A27" s="81" t="s">
         <v>116</v>
       </c>
       <c r="B27" s="52"/>
       <c r="C27" s="52"/>
       <c r="D27" s="52"/>
       <c r="E27" s="52"/>
@@ -6704,60 +6704,60 @@
     <row r="31" spans="1:16" ht="11.1" customHeight="1">
       <c r="A31" s="81" t="s">
         <v>120</v>
       </c>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52"/>
       <c r="E31" s="52"/>
       <c r="F31" s="52"/>
       <c r="G31" s="52"/>
       <c r="H31" s="52"/>
       <c r="I31" s="52"/>
       <c r="J31" s="52"/>
       <c r="K31" s="52"/>
       <c r="L31" s="52"/>
       <c r="M31" s="52"/>
       <c r="N31" s="52"/>
       <c r="O31" s="52"/>
       <c r="P31" s="55"/>
     </row>
     <row r="32" spans="1:16" ht="11.65" customHeight="1">
       <c r="A32" s="27" t="s">
         <v>121</v>
       </c>
       <c r="B32" s="84">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="C32" s="84">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D32" s="86">
         <v>0</v>
       </c>
       <c r="E32" s="84">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="F32" s="86">
         <v>0</v>
       </c>
       <c r="G32" s="86">
         <v>0</v>
       </c>
       <c r="H32" s="86">
         <v>0</v>
       </c>
       <c r="I32" s="86">
         <v>0</v>
       </c>
       <c r="J32" s="86">
         <v>0</v>
       </c>
       <c r="K32" s="86">
         <v>0</v>
       </c>
       <c r="L32" s="86">
         <v>0</v>
       </c>
       <c r="M32" s="86">
         <v>0</v>
       </c>
@@ -7222,58 +7222,58 @@
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="5"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
     </row>
     <row r="4" spans="1:16" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="64" t="str">
         <f>'3-1'!D4:G4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="64"/>
       <c r="F4" s="64"/>
       <c r="G4" s="64"/>
       <c r="H4" s="63" t="str">
         <f>'3-1'!H4:K4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="63"/>
       <c r="L4" s="7"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="14.1" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="38"/>
       <c r="E5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="40" t="s">
         <v>28</v>
@@ -7515,136 +7515,136 @@
       <c r="H11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="11"/>
       <c r="J11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="11"/>
       <c r="L11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="M11" s="11"/>
       <c r="N11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="O11" s="11"/>
       <c r="P11" s="12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="11.65" customHeight="1">
       <c r="A12" s="70" t="s">
         <v>45</v>
       </c>
       <c r="B12" s="99">
-        <v>1067762</v>
+        <v>1068381</v>
       </c>
       <c r="C12" s="99">
-        <v>1066737</v>
+        <v>1067504</v>
       </c>
       <c r="D12" s="73">
-        <v>1026</v>
+        <v>878</v>
       </c>
       <c r="E12" s="73">
-        <v>713333</v>
+        <v>727952</v>
       </c>
       <c r="F12" s="73">
-        <v>116</v>
+        <v>128</v>
       </c>
       <c r="G12" s="73">
-        <v>353331</v>
+        <v>339479</v>
       </c>
       <c r="H12" s="73">
-        <v>910</v>
+        <v>750</v>
       </c>
       <c r="I12" s="73">
         <v>10</v>
       </c>
       <c r="J12" s="76">
         <v>0</v>
       </c>
       <c r="K12" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
       <c r="M12" s="73">
         <v>61</v>
       </c>
       <c r="N12" s="76">
         <v>0</v>
       </c>
       <c r="O12" s="76">
         <v>0</v>
       </c>
       <c r="P12" s="79">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="11.1" customHeight="1">
       <c r="A13" s="82" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="66"/>
       <c r="C13" s="66"/>
       <c r="D13" s="52"/>
       <c r="E13" s="52"/>
       <c r="F13" s="52"/>
       <c r="G13" s="52"/>
       <c r="H13" s="52"/>
       <c r="I13" s="52"/>
       <c r="J13" s="52"/>
       <c r="K13" s="52"/>
       <c r="L13" s="52"/>
       <c r="M13" s="52"/>
       <c r="N13" s="52"/>
       <c r="O13" s="52"/>
       <c r="P13" s="55"/>
     </row>
     <row r="14" spans="1:16" ht="11.65" customHeight="1">
       <c r="A14" s="27" t="s">
         <v>123</v>
       </c>
       <c r="B14" s="84">
-        <v>20930</v>
+        <v>21060</v>
       </c>
       <c r="C14" s="84">
-        <v>20930</v>
+        <v>21060</v>
       </c>
       <c r="D14" s="86">
         <v>0</v>
       </c>
       <c r="E14" s="84">
-        <v>2406</v>
+        <v>2395</v>
       </c>
       <c r="F14" s="86">
         <v>0</v>
       </c>
       <c r="G14" s="84">
-        <v>18524</v>
+        <v>18665</v>
       </c>
       <c r="H14" s="86">
         <v>0</v>
       </c>
       <c r="I14" s="86">
         <v>0</v>
       </c>
       <c r="J14" s="86">
         <v>0</v>
       </c>
       <c r="K14" s="86">
         <v>0</v>
       </c>
       <c r="L14" s="86">
         <v>0</v>
       </c>
       <c r="M14" s="86">
         <v>0</v>
       </c>
       <c r="N14" s="86">
         <v>0</v>
       </c>
       <c r="O14" s="86">
         <v>0</v>
       </c>
@@ -7655,66 +7655,66 @@
     <row r="15" spans="1:16" ht="11.1" customHeight="1">
       <c r="A15" s="81" t="s">
         <v>124</v>
       </c>
       <c r="B15" s="52"/>
       <c r="C15" s="52"/>
       <c r="D15" s="52"/>
       <c r="E15" s="52"/>
       <c r="F15" s="52"/>
       <c r="G15" s="52"/>
       <c r="H15" s="52"/>
       <c r="I15" s="52"/>
       <c r="J15" s="52"/>
       <c r="K15" s="52"/>
       <c r="L15" s="52"/>
       <c r="M15" s="52"/>
       <c r="N15" s="52"/>
       <c r="O15" s="52"/>
       <c r="P15" s="55"/>
     </row>
     <row r="16" spans="1:16" ht="11.65" customHeight="1">
       <c r="A16" s="27" t="s">
         <v>125</v>
       </c>
       <c r="B16" s="84">
-        <v>32385</v>
+        <v>32352</v>
       </c>
       <c r="C16" s="84">
-        <v>32385</v>
+        <v>32352</v>
       </c>
       <c r="D16" s="86">
         <v>0</v>
       </c>
       <c r="E16" s="84">
-        <v>27588</v>
+        <v>27349</v>
       </c>
       <c r="F16" s="86">
         <v>0</v>
       </c>
       <c r="G16" s="84">
-        <v>4797</v>
+        <v>5003</v>
       </c>
       <c r="H16" s="86">
         <v>0</v>
       </c>
       <c r="I16" s="86">
         <v>0</v>
       </c>
       <c r="J16" s="86">
         <v>0</v>
       </c>
       <c r="K16" s="86">
         <v>0</v>
       </c>
       <c r="L16" s="86">
         <v>0</v>
       </c>
       <c r="M16" s="86">
         <v>0</v>
       </c>
       <c r="N16" s="86">
         <v>0</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
@@ -7795,66 +7795,66 @@
     <row r="19" spans="1:16" ht="11.1" customHeight="1">
       <c r="A19" s="81" t="s">
         <v>128</v>
       </c>
       <c r="B19" s="52"/>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="52"/>
       <c r="K19" s="52"/>
       <c r="L19" s="52"/>
       <c r="M19" s="52"/>
       <c r="N19" s="52"/>
       <c r="O19" s="52"/>
       <c r="P19" s="55"/>
     </row>
     <row r="20" spans="1:16" ht="11.65" customHeight="1">
       <c r="A20" s="27" t="s">
         <v>129</v>
       </c>
       <c r="B20" s="84">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="C20" s="84">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="D20" s="86">
         <v>0</v>
       </c>
       <c r="E20" s="86">
         <v>0</v>
       </c>
       <c r="F20" s="86">
         <v>0</v>
       </c>
       <c r="G20" s="84">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="H20" s="86">
         <v>0</v>
       </c>
       <c r="I20" s="86">
         <v>0</v>
       </c>
       <c r="J20" s="86">
         <v>0</v>
       </c>
       <c r="K20" s="86">
         <v>0</v>
       </c>
       <c r="L20" s="86">
         <v>0</v>
       </c>
       <c r="M20" s="86">
         <v>0</v>
       </c>
       <c r="N20" s="86">
         <v>0</v>
       </c>
       <c r="O20" s="86">
         <v>0</v>
       </c>
@@ -7865,66 +7865,66 @@
     <row r="21" spans="1:16" ht="11.1" customHeight="1">
       <c r="A21" s="81" t="s">
         <v>130</v>
       </c>
       <c r="B21" s="52"/>
       <c r="C21" s="52"/>
       <c r="D21" s="52"/>
       <c r="E21" s="52"/>
       <c r="F21" s="52"/>
       <c r="G21" s="52"/>
       <c r="H21" s="52"/>
       <c r="I21" s="52"/>
       <c r="J21" s="52"/>
       <c r="K21" s="52"/>
       <c r="L21" s="52"/>
       <c r="M21" s="52"/>
       <c r="N21" s="52"/>
       <c r="O21" s="52"/>
       <c r="P21" s="55"/>
     </row>
     <row r="22" spans="1:16" ht="11.65" customHeight="1">
       <c r="A22" s="27" t="s">
         <v>131</v>
       </c>
       <c r="B22" s="84">
-        <v>11917</v>
+        <v>11545</v>
       </c>
       <c r="C22" s="84">
-        <v>11917</v>
+        <v>11545</v>
       </c>
       <c r="D22" s="86">
         <v>0</v>
       </c>
       <c r="E22" s="86">
         <v>0</v>
       </c>
       <c r="F22" s="86">
         <v>0</v>
       </c>
       <c r="G22" s="84">
-        <v>11917</v>
+        <v>11545</v>
       </c>
       <c r="H22" s="86">
         <v>0</v>
       </c>
       <c r="I22" s="86">
         <v>0</v>
       </c>
       <c r="J22" s="86">
         <v>0</v>
       </c>
       <c r="K22" s="86">
         <v>0</v>
       </c>
       <c r="L22" s="86">
         <v>0</v>
       </c>
       <c r="M22" s="86">
         <v>0</v>
       </c>
       <c r="N22" s="86">
         <v>0</v>
       </c>
       <c r="O22" s="86">
         <v>0</v>
       </c>
@@ -7935,66 +7935,66 @@
     <row r="23" spans="1:16" ht="11.1" customHeight="1">
       <c r="A23" s="81" t="s">
         <v>132</v>
       </c>
       <c r="B23" s="52"/>
       <c r="C23" s="52"/>
       <c r="D23" s="52"/>
       <c r="E23" s="52"/>
       <c r="F23" s="52"/>
       <c r="G23" s="52"/>
       <c r="H23" s="52"/>
       <c r="I23" s="52"/>
       <c r="J23" s="52"/>
       <c r="K23" s="52"/>
       <c r="L23" s="52"/>
       <c r="M23" s="52"/>
       <c r="N23" s="52"/>
       <c r="O23" s="52"/>
       <c r="P23" s="55"/>
     </row>
     <row r="24" spans="1:16" ht="11.65" customHeight="1">
       <c r="A24" s="27" t="s">
         <v>133</v>
       </c>
       <c r="B24" s="84">
-        <v>27130</v>
+        <v>26314</v>
       </c>
       <c r="C24" s="84">
-        <v>27130</v>
+        <v>26314</v>
       </c>
       <c r="D24" s="86">
         <v>0</v>
       </c>
       <c r="E24" s="84">
-        <v>353</v>
+        <v>317</v>
       </c>
       <c r="F24" s="86">
         <v>0</v>
       </c>
       <c r="G24" s="84">
-        <v>26778</v>
+        <v>25996</v>
       </c>
       <c r="H24" s="86">
         <v>0</v>
       </c>
       <c r="I24" s="86">
         <v>0</v>
       </c>
       <c r="J24" s="86">
         <v>0</v>
       </c>
       <c r="K24" s="86">
         <v>0</v>
       </c>
       <c r="L24" s="86">
         <v>0</v>
       </c>
       <c r="M24" s="86">
         <v>0</v>
       </c>
       <c r="N24" s="86">
         <v>0</v>
       </c>
       <c r="O24" s="86">
         <v>0</v>
       </c>
@@ -8005,66 +8005,66 @@
     <row r="25" spans="1:16" ht="11.1" customHeight="1">
       <c r="A25" s="81" t="s">
         <v>134</v>
       </c>
       <c r="B25" s="52"/>
       <c r="C25" s="52"/>
       <c r="D25" s="52"/>
       <c r="E25" s="52"/>
       <c r="F25" s="52"/>
       <c r="G25" s="52"/>
       <c r="H25" s="52"/>
       <c r="I25" s="52"/>
       <c r="J25" s="52"/>
       <c r="K25" s="52"/>
       <c r="L25" s="52"/>
       <c r="M25" s="52"/>
       <c r="N25" s="52"/>
       <c r="O25" s="52"/>
       <c r="P25" s="55"/>
     </row>
     <row r="26" spans="1:16" ht="11.65" customHeight="1">
       <c r="A26" s="27" t="s">
         <v>135</v>
       </c>
       <c r="B26" s="84">
-        <v>23575</v>
+        <v>22725</v>
       </c>
       <c r="C26" s="84">
-        <v>23575</v>
+        <v>22725</v>
       </c>
       <c r="D26" s="86">
         <v>0</v>
       </c>
       <c r="E26" s="86">
         <v>0</v>
       </c>
       <c r="F26" s="86">
         <v>0</v>
       </c>
       <c r="G26" s="84">
-        <v>23575</v>
+        <v>22725</v>
       </c>
       <c r="H26" s="86">
         <v>0</v>
       </c>
       <c r="I26" s="86">
         <v>0</v>
       </c>
       <c r="J26" s="86">
         <v>0</v>
       </c>
       <c r="K26" s="86">
         <v>0</v>
       </c>
       <c r="L26" s="86">
         <v>0</v>
       </c>
       <c r="M26" s="86">
         <v>0</v>
       </c>
       <c r="N26" s="86">
         <v>0</v>
       </c>
       <c r="O26" s="86">
         <v>0</v>
       </c>
@@ -8075,66 +8075,66 @@
     <row r="27" spans="1:16" ht="11.1" customHeight="1">
       <c r="A27" s="81" t="s">
         <v>136</v>
       </c>
       <c r="B27" s="52"/>
       <c r="C27" s="52"/>
       <c r="D27" s="52"/>
       <c r="E27" s="52"/>
       <c r="F27" s="52"/>
       <c r="G27" s="52"/>
       <c r="H27" s="52"/>
       <c r="I27" s="52"/>
       <c r="J27" s="52"/>
       <c r="K27" s="52"/>
       <c r="L27" s="52"/>
       <c r="M27" s="52"/>
       <c r="N27" s="52"/>
       <c r="O27" s="52"/>
       <c r="P27" s="55"/>
     </row>
     <row r="28" spans="1:16" ht="11.65" customHeight="1">
       <c r="A28" s="27" t="s">
         <v>137</v>
       </c>
       <c r="B28" s="84">
-        <v>61869</v>
+        <v>65942</v>
       </c>
       <c r="C28" s="84">
-        <v>61869</v>
+        <v>65942</v>
       </c>
       <c r="D28" s="86">
         <v>0</v>
       </c>
       <c r="E28" s="84">
-        <v>47137</v>
+        <v>49325</v>
       </c>
       <c r="F28" s="86">
         <v>0</v>
       </c>
       <c r="G28" s="84">
-        <v>14732</v>
+        <v>16617</v>
       </c>
       <c r="H28" s="86">
         <v>0</v>
       </c>
       <c r="I28" s="86">
         <v>0</v>
       </c>
       <c r="J28" s="86">
         <v>0</v>
       </c>
       <c r="K28" s="86">
         <v>0</v>
       </c>
       <c r="L28" s="86">
         <v>0</v>
       </c>
       <c r="M28" s="86">
         <v>0</v>
       </c>
       <c r="N28" s="86">
         <v>0</v>
       </c>
       <c r="O28" s="86">
         <v>0</v>
       </c>
@@ -8145,66 +8145,66 @@
     <row r="29" spans="1:16" ht="11.1" customHeight="1">
       <c r="A29" s="81" t="s">
         <v>138</v>
       </c>
       <c r="B29" s="52"/>
       <c r="C29" s="52"/>
       <c r="D29" s="52"/>
       <c r="E29" s="52"/>
       <c r="F29" s="52"/>
       <c r="G29" s="52"/>
       <c r="H29" s="52"/>
       <c r="I29" s="52"/>
       <c r="J29" s="52"/>
       <c r="K29" s="52"/>
       <c r="L29" s="52"/>
       <c r="M29" s="52"/>
       <c r="N29" s="52"/>
       <c r="O29" s="52"/>
       <c r="P29" s="55"/>
     </row>
     <row r="30" spans="1:16" ht="11.65" customHeight="1">
       <c r="A30" s="27" t="s">
         <v>139</v>
       </c>
       <c r="B30" s="84">
-        <v>83187</v>
+        <v>84191</v>
       </c>
       <c r="C30" s="84">
-        <v>83187</v>
+        <v>84191</v>
       </c>
       <c r="D30" s="86">
         <v>0</v>
       </c>
       <c r="E30" s="84">
-        <v>70086</v>
+        <v>70482</v>
       </c>
       <c r="F30" s="86">
         <v>0</v>
       </c>
       <c r="G30" s="84">
-        <v>13085</v>
+        <v>13692</v>
       </c>
       <c r="H30" s="86">
         <v>0</v>
       </c>
       <c r="I30" s="86">
         <v>0</v>
       </c>
       <c r="J30" s="86">
         <v>0</v>
       </c>
       <c r="K30" s="86">
         <v>0</v>
       </c>
       <c r="L30" s="86">
         <v>0</v>
       </c>
       <c r="M30" s="84">
         <v>16</v>
       </c>
       <c r="N30" s="86">
         <v>0</v>
       </c>
       <c r="O30" s="86">
         <v>0</v>
       </c>
@@ -8215,66 +8215,66 @@
     <row r="31" spans="1:16" ht="11.1" customHeight="1">
       <c r="A31" s="81" t="s">
         <v>140</v>
       </c>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52"/>
       <c r="E31" s="52"/>
       <c r="F31" s="52"/>
       <c r="G31" s="52"/>
       <c r="H31" s="52"/>
       <c r="I31" s="52"/>
       <c r="J31" s="52"/>
       <c r="K31" s="52"/>
       <c r="L31" s="52"/>
       <c r="M31" s="52"/>
       <c r="N31" s="52"/>
       <c r="O31" s="52"/>
       <c r="P31" s="55"/>
     </row>
     <row r="32" spans="1:16" ht="11.65" customHeight="1">
       <c r="A32" s="27" t="s">
         <v>141</v>
       </c>
       <c r="B32" s="84">
-        <v>307</v>
+        <v>150</v>
       </c>
       <c r="C32" s="84">
-        <v>307</v>
+        <v>150</v>
       </c>
       <c r="D32" s="86">
         <v>0</v>
       </c>
       <c r="E32" s="86">
         <v>0</v>
       </c>
       <c r="F32" s="86">
         <v>0</v>
       </c>
       <c r="G32" s="84">
-        <v>307</v>
+        <v>150</v>
       </c>
       <c r="H32" s="86">
         <v>0</v>
       </c>
       <c r="I32" s="86">
         <v>0</v>
       </c>
       <c r="J32" s="86">
         <v>0</v>
       </c>
       <c r="K32" s="86">
         <v>0</v>
       </c>
       <c r="L32" s="86">
         <v>0</v>
       </c>
       <c r="M32" s="86">
         <v>0</v>
       </c>
       <c r="N32" s="86">
         <v>0</v>
       </c>
       <c r="O32" s="86">
         <v>0</v>
       </c>
@@ -8285,66 +8285,66 @@
     <row r="33" spans="1:16" ht="11.1" customHeight="1">
       <c r="A33" s="81" t="s">
         <v>142</v>
       </c>
       <c r="B33" s="52"/>
       <c r="C33" s="52"/>
       <c r="D33" s="52"/>
       <c r="E33" s="52"/>
       <c r="F33" s="52"/>
       <c r="G33" s="52"/>
       <c r="H33" s="52"/>
       <c r="I33" s="52"/>
       <c r="J33" s="52"/>
       <c r="K33" s="52"/>
       <c r="L33" s="52"/>
       <c r="M33" s="52"/>
       <c r="N33" s="52"/>
       <c r="O33" s="52"/>
       <c r="P33" s="55"/>
     </row>
     <row r="34" spans="1:16" ht="11.65" customHeight="1">
       <c r="A34" s="27" t="s">
         <v>143</v>
       </c>
       <c r="B34" s="84">
-        <v>109963</v>
+        <v>103796</v>
       </c>
       <c r="C34" s="84">
-        <v>109963</v>
+        <v>103796</v>
       </c>
       <c r="D34" s="86">
         <v>0</v>
       </c>
       <c r="E34" s="84">
-        <v>73717</v>
+        <v>73375</v>
       </c>
       <c r="F34" s="86">
         <v>0</v>
       </c>
       <c r="G34" s="84">
-        <v>36246</v>
+        <v>30421</v>
       </c>
       <c r="H34" s="86">
         <v>0</v>
       </c>
       <c r="I34" s="86">
         <v>0</v>
       </c>
       <c r="J34" s="86">
         <v>0</v>
       </c>
       <c r="K34" s="86">
         <v>0</v>
       </c>
       <c r="L34" s="86">
         <v>0</v>
       </c>
       <c r="M34" s="86">
         <v>0</v>
       </c>
       <c r="N34" s="86">
         <v>0</v>
       </c>
       <c r="O34" s="86">
         <v>0</v>
       </c>
@@ -8355,136 +8355,136 @@
     <row r="35" spans="1:16" ht="11.1" customHeight="1">
       <c r="A35" s="81" t="s">
         <v>144</v>
       </c>
       <c r="B35" s="52"/>
       <c r="C35" s="52"/>
       <c r="D35" s="52"/>
       <c r="E35" s="52"/>
       <c r="F35" s="52"/>
       <c r="G35" s="52"/>
       <c r="H35" s="52"/>
       <c r="I35" s="52"/>
       <c r="J35" s="52"/>
       <c r="K35" s="52"/>
       <c r="L35" s="52"/>
       <c r="M35" s="52"/>
       <c r="N35" s="52"/>
       <c r="O35" s="52"/>
       <c r="P35" s="55"/>
     </row>
     <row r="36" spans="1:16" ht="11.65" customHeight="1">
       <c r="A36" s="27" t="s">
         <v>145</v>
       </c>
       <c r="B36" s="84">
-        <v>45589</v>
+        <v>47577</v>
       </c>
       <c r="C36" s="84">
-        <v>44679</v>
+        <v>46827</v>
       </c>
       <c r="D36" s="84">
-        <v>910</v>
+        <v>750</v>
       </c>
       <c r="E36" s="84">
-        <v>28614</v>
+        <v>33057</v>
       </c>
       <c r="F36" s="86">
         <v>0</v>
       </c>
       <c r="G36" s="84">
-        <v>16063</v>
+        <v>13767</v>
       </c>
       <c r="H36" s="84">
-        <v>910</v>
+        <v>750</v>
       </c>
       <c r="I36" s="86">
         <v>0</v>
       </c>
       <c r="J36" s="86">
         <v>0</v>
       </c>
       <c r="K36" s="84">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L36" s="86">
         <v>0</v>
       </c>
       <c r="M36" s="86">
         <v>0</v>
       </c>
       <c r="N36" s="86">
         <v>0</v>
       </c>
       <c r="O36" s="86">
         <v>0</v>
       </c>
       <c r="P36" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:16" ht="11.1" customHeight="1">
       <c r="A37" s="81" t="s">
         <v>146</v>
       </c>
       <c r="B37" s="52"/>
       <c r="C37" s="52"/>
       <c r="D37" s="52"/>
       <c r="E37" s="52"/>
       <c r="F37" s="52"/>
       <c r="G37" s="52"/>
       <c r="H37" s="52"/>
       <c r="I37" s="52"/>
       <c r="J37" s="52"/>
       <c r="K37" s="52"/>
       <c r="L37" s="52"/>
       <c r="M37" s="52"/>
       <c r="N37" s="52"/>
       <c r="O37" s="52"/>
       <c r="P37" s="55"/>
     </row>
     <row r="38" spans="1:16" ht="11.65" customHeight="1">
       <c r="A38" s="28" t="s">
         <v>147</v>
       </c>
       <c r="B38" s="90">
-        <v>379320</v>
+        <v>389613</v>
       </c>
       <c r="C38" s="90">
-        <v>379320</v>
+        <v>389613</v>
       </c>
       <c r="D38" s="92">
         <v>0</v>
       </c>
       <c r="E38" s="90">
-        <v>328514</v>
+        <v>338472</v>
       </c>
       <c r="F38" s="92">
         <v>0</v>
       </c>
       <c r="G38" s="90">
-        <v>50796</v>
+        <v>51131</v>
       </c>
       <c r="H38" s="92">
         <v>0</v>
       </c>
       <c r="I38" s="90">
         <v>10</v>
       </c>
       <c r="J38" s="92">
         <v>0</v>
       </c>
       <c r="K38" s="92">
         <v>0</v>
       </c>
       <c r="L38" s="92">
         <v>0</v>
       </c>
       <c r="M38" s="92">
         <v>0</v>
       </c>
       <c r="N38" s="92">
         <v>0</v>
       </c>
       <c r="O38" s="92">
         <v>0</v>
       </c>
@@ -8875,58 +8875,58 @@
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="5"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
     </row>
     <row r="4" spans="1:16" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="64" t="str">
         <f>'3-1'!D4:G4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="64"/>
       <c r="F4" s="64"/>
       <c r="G4" s="64"/>
       <c r="H4" s="63" t="str">
         <f>'3-1'!H4:K4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="63"/>
       <c r="L4" s="7"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="14.1" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="38"/>
       <c r="E5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="40" t="s">
         <v>28</v>
@@ -9238,66 +9238,66 @@
     <row r="13" spans="1:16" ht="11.1" customHeight="1">
       <c r="A13" s="81" t="s">
         <v>150</v>
       </c>
       <c r="B13" s="52"/>
       <c r="C13" s="52"/>
       <c r="D13" s="52"/>
       <c r="E13" s="52"/>
       <c r="F13" s="52"/>
       <c r="G13" s="52"/>
       <c r="H13" s="52"/>
       <c r="I13" s="52"/>
       <c r="J13" s="52"/>
       <c r="K13" s="52"/>
       <c r="L13" s="52"/>
       <c r="M13" s="52"/>
       <c r="N13" s="52"/>
       <c r="O13" s="52"/>
       <c r="P13" s="55"/>
     </row>
     <row r="14" spans="1:16" ht="11.65" customHeight="1">
       <c r="A14" s="32" t="s">
         <v>151</v>
       </c>
       <c r="B14" s="84">
-        <v>18030</v>
+        <v>17784</v>
       </c>
       <c r="C14" s="84">
-        <v>17914</v>
+        <v>17656</v>
       </c>
       <c r="D14" s="84">
-        <v>116</v>
+        <v>128</v>
       </c>
       <c r="E14" s="84">
-        <v>3304</v>
+        <v>3222</v>
       </c>
       <c r="F14" s="84">
-        <v>116</v>
+        <v>128</v>
       </c>
       <c r="G14" s="84">
-        <v>14566</v>
+        <v>14389</v>
       </c>
       <c r="H14" s="86">
         <v>0</v>
       </c>
       <c r="I14" s="86">
         <v>0</v>
       </c>
       <c r="J14" s="86">
         <v>0</v>
       </c>
       <c r="K14" s="86">
         <v>0</v>
       </c>
       <c r="L14" s="86">
         <v>0</v>
       </c>
       <c r="M14" s="84">
         <v>45</v>
       </c>
       <c r="N14" s="86">
         <v>0</v>
       </c>
       <c r="O14" s="86">
         <v>0</v>
       </c>
@@ -9308,66 +9308,66 @@
     <row r="15" spans="1:16" ht="11.1" customHeight="1">
       <c r="A15" s="81" t="s">
         <v>152</v>
       </c>
       <c r="B15" s="52"/>
       <c r="C15" s="52"/>
       <c r="D15" s="52"/>
       <c r="E15" s="52"/>
       <c r="F15" s="52"/>
       <c r="G15" s="52"/>
       <c r="H15" s="52"/>
       <c r="I15" s="52"/>
       <c r="J15" s="52"/>
       <c r="K15" s="52"/>
       <c r="L15" s="52"/>
       <c r="M15" s="52"/>
       <c r="N15" s="52"/>
       <c r="O15" s="52"/>
       <c r="P15" s="55"/>
     </row>
     <row r="16" spans="1:16" ht="11.65" customHeight="1">
       <c r="A16" s="32" t="s">
         <v>153</v>
       </c>
       <c r="B16" s="84">
-        <v>32575</v>
+        <v>29535</v>
       </c>
       <c r="C16" s="84">
-        <v>32575</v>
+        <v>29535</v>
       </c>
       <c r="D16" s="86">
         <v>0</v>
       </c>
       <c r="E16" s="84">
-        <v>9165</v>
+        <v>9397</v>
       </c>
       <c r="F16" s="86">
         <v>0</v>
       </c>
       <c r="G16" s="84">
-        <v>23410</v>
+        <v>20138</v>
       </c>
       <c r="H16" s="86">
         <v>0</v>
       </c>
       <c r="I16" s="86">
         <v>0</v>
       </c>
       <c r="J16" s="86">
         <v>0</v>
       </c>
       <c r="K16" s="86">
         <v>0</v>
       </c>
       <c r="L16" s="86">
         <v>0</v>
       </c>
       <c r="M16" s="86">
         <v>0</v>
       </c>
       <c r="N16" s="86">
         <v>0</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
@@ -9378,66 +9378,66 @@
     <row r="17" spans="1:16" ht="11.1" customHeight="1">
       <c r="A17" s="81" t="s">
         <v>154</v>
       </c>
       <c r="B17" s="52"/>
       <c r="C17" s="52"/>
       <c r="D17" s="52"/>
       <c r="E17" s="52"/>
       <c r="F17" s="52"/>
       <c r="G17" s="52"/>
       <c r="H17" s="52"/>
       <c r="I17" s="52"/>
       <c r="J17" s="52"/>
       <c r="K17" s="52"/>
       <c r="L17" s="52"/>
       <c r="M17" s="52"/>
       <c r="N17" s="52"/>
       <c r="O17" s="52"/>
       <c r="P17" s="55"/>
     </row>
     <row r="18" spans="1:16" ht="11.65" customHeight="1">
       <c r="A18" s="32" t="s">
         <v>155</v>
       </c>
       <c r="B18" s="84">
-        <v>10798</v>
+        <v>10564</v>
       </c>
       <c r="C18" s="84">
-        <v>10798</v>
+        <v>10564</v>
       </c>
       <c r="D18" s="86">
         <v>0</v>
       </c>
       <c r="E18" s="86">
         <v>0</v>
       </c>
       <c r="F18" s="86">
         <v>0</v>
       </c>
       <c r="G18" s="84">
-        <v>10798</v>
+        <v>10564</v>
       </c>
       <c r="H18" s="86">
         <v>0</v>
       </c>
       <c r="I18" s="86">
         <v>0</v>
       </c>
       <c r="J18" s="86">
         <v>0</v>
       </c>
       <c r="K18" s="86">
         <v>0</v>
       </c>
       <c r="L18" s="86">
         <v>0</v>
       </c>
       <c r="M18" s="86">
         <v>0</v>
       </c>
       <c r="N18" s="86">
         <v>0</v>
       </c>
       <c r="O18" s="86">
         <v>0</v>
       </c>
@@ -9448,66 +9448,66 @@
     <row r="19" spans="1:16" ht="11.1" customHeight="1">
       <c r="A19" s="81" t="s">
         <v>156</v>
       </c>
       <c r="B19" s="52"/>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="52"/>
       <c r="K19" s="52"/>
       <c r="L19" s="52"/>
       <c r="M19" s="52"/>
       <c r="N19" s="52"/>
       <c r="O19" s="52"/>
       <c r="P19" s="55"/>
     </row>
     <row r="20" spans="1:16" ht="11.65" customHeight="1">
       <c r="A20" s="32" t="s">
         <v>157</v>
       </c>
       <c r="B20" s="84">
-        <v>49777</v>
+        <v>47749</v>
       </c>
       <c r="C20" s="84">
-        <v>49777</v>
+        <v>47749</v>
       </c>
       <c r="D20" s="86">
         <v>0</v>
       </c>
       <c r="E20" s="84">
-        <v>38023</v>
+        <v>37504</v>
       </c>
       <c r="F20" s="86">
         <v>0</v>
       </c>
       <c r="G20" s="84">
-        <v>11754</v>
+        <v>10245</v>
       </c>
       <c r="H20" s="86">
         <v>0</v>
       </c>
       <c r="I20" s="86">
         <v>0</v>
       </c>
       <c r="J20" s="86">
         <v>0</v>
       </c>
       <c r="K20" s="86">
         <v>0</v>
       </c>
       <c r="L20" s="86">
         <v>0</v>
       </c>
       <c r="M20" s="86">
         <v>0</v>
       </c>
       <c r="N20" s="86">
         <v>0</v>
       </c>
       <c r="O20" s="86">
         <v>0</v>
       </c>
@@ -9588,66 +9588,66 @@
     <row r="23" spans="1:16" ht="11.1" customHeight="1">
       <c r="A23" s="81" t="s">
         <v>160</v>
       </c>
       <c r="B23" s="52"/>
       <c r="C23" s="52"/>
       <c r="D23" s="52"/>
       <c r="E23" s="52"/>
       <c r="F23" s="52"/>
       <c r="G23" s="52"/>
       <c r="H23" s="52"/>
       <c r="I23" s="52"/>
       <c r="J23" s="52"/>
       <c r="K23" s="52"/>
       <c r="L23" s="52"/>
       <c r="M23" s="52"/>
       <c r="N23" s="52"/>
       <c r="O23" s="52"/>
       <c r="P23" s="55"/>
     </row>
     <row r="24" spans="1:16" ht="11.65" customHeight="1">
       <c r="A24" s="32" t="s">
         <v>161</v>
       </c>
       <c r="B24" s="84">
-        <v>28185</v>
+        <v>29659</v>
       </c>
       <c r="C24" s="84">
-        <v>28185</v>
+        <v>29659</v>
       </c>
       <c r="D24" s="86">
         <v>0</v>
       </c>
       <c r="E24" s="84">
-        <v>12343</v>
+        <v>12310</v>
       </c>
       <c r="F24" s="86">
         <v>0</v>
       </c>
       <c r="G24" s="84">
-        <v>15842</v>
+        <v>17350</v>
       </c>
       <c r="H24" s="86">
         <v>0</v>
       </c>
       <c r="I24" s="86">
         <v>0</v>
       </c>
       <c r="J24" s="86">
         <v>0</v>
       </c>
       <c r="K24" s="86">
         <v>0</v>
       </c>
       <c r="L24" s="86">
         <v>0</v>
       </c>
       <c r="M24" s="86">
         <v>0</v>
       </c>
       <c r="N24" s="86">
         <v>0</v>
       </c>
       <c r="O24" s="86">
         <v>0</v>
       </c>
@@ -9658,66 +9658,66 @@
     <row r="25" spans="1:16" ht="11.1" customHeight="1">
       <c r="A25" s="81" t="s">
         <v>162</v>
       </c>
       <c r="B25" s="52"/>
       <c r="C25" s="52"/>
       <c r="D25" s="52"/>
       <c r="E25" s="52"/>
       <c r="F25" s="52"/>
       <c r="G25" s="52"/>
       <c r="H25" s="52"/>
       <c r="I25" s="52"/>
       <c r="J25" s="52"/>
       <c r="K25" s="52"/>
       <c r="L25" s="52"/>
       <c r="M25" s="52"/>
       <c r="N25" s="52"/>
       <c r="O25" s="52"/>
       <c r="P25" s="55"/>
     </row>
     <row r="26" spans="1:16" ht="11.65" customHeight="1">
       <c r="A26" s="32" t="s">
         <v>163</v>
       </c>
       <c r="B26" s="84">
-        <v>20527</v>
+        <v>20373</v>
       </c>
       <c r="C26" s="84">
-        <v>20527</v>
+        <v>20373</v>
       </c>
       <c r="D26" s="86">
         <v>0</v>
       </c>
       <c r="E26" s="84">
-        <v>5440</v>
+        <v>5445</v>
       </c>
       <c r="F26" s="86">
         <v>0</v>
       </c>
       <c r="G26" s="84">
-        <v>15087</v>
+        <v>14928</v>
       </c>
       <c r="H26" s="86">
         <v>0</v>
       </c>
       <c r="I26" s="86">
         <v>0</v>
       </c>
       <c r="J26" s="86">
         <v>0</v>
       </c>
       <c r="K26" s="86">
         <v>0</v>
       </c>
       <c r="L26" s="86">
         <v>0</v>
       </c>
       <c r="M26" s="86">
         <v>0</v>
       </c>
       <c r="N26" s="86">
         <v>0</v>
       </c>
       <c r="O26" s="86">
         <v>0</v>
       </c>
@@ -9728,60 +9728,60 @@
     <row r="27" spans="1:16" ht="11.1" customHeight="1">
       <c r="A27" s="81" t="s">
         <v>164</v>
       </c>
       <c r="B27" s="52"/>
       <c r="C27" s="52"/>
       <c r="D27" s="52"/>
       <c r="E27" s="52"/>
       <c r="F27" s="52"/>
       <c r="G27" s="52"/>
       <c r="H27" s="52"/>
       <c r="I27" s="52"/>
       <c r="J27" s="52"/>
       <c r="K27" s="52"/>
       <c r="L27" s="52"/>
       <c r="M27" s="52"/>
       <c r="N27" s="52"/>
       <c r="O27" s="52"/>
       <c r="P27" s="55"/>
     </row>
     <row r="28" spans="1:16" ht="11.65" customHeight="1">
       <c r="A28" s="32" t="s">
         <v>165</v>
       </c>
       <c r="B28" s="84">
-        <v>164</v>
+        <v>98</v>
       </c>
       <c r="C28" s="84">
-        <v>164</v>
+        <v>98</v>
       </c>
       <c r="D28" s="86">
         <v>0</v>
       </c>
       <c r="E28" s="84">
-        <v>164</v>
+        <v>98</v>
       </c>
       <c r="F28" s="86">
         <v>0</v>
       </c>
       <c r="G28" s="86">
         <v>0</v>
       </c>
       <c r="H28" s="86">
         <v>0</v>
       </c>
       <c r="I28" s="86">
         <v>0</v>
       </c>
       <c r="J28" s="86">
         <v>0</v>
       </c>
       <c r="K28" s="86">
         <v>0</v>
       </c>
       <c r="L28" s="86">
         <v>0</v>
       </c>
       <c r="M28" s="86">
         <v>0</v>
       </c>
@@ -9868,66 +9868,66 @@
     <row r="31" spans="1:16" ht="11.1" customHeight="1">
       <c r="A31" s="81" t="s">
         <v>168</v>
       </c>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52"/>
       <c r="E31" s="52"/>
       <c r="F31" s="52"/>
       <c r="G31" s="52"/>
       <c r="H31" s="52"/>
       <c r="I31" s="52"/>
       <c r="J31" s="52"/>
       <c r="K31" s="52"/>
       <c r="L31" s="52"/>
       <c r="M31" s="52"/>
       <c r="N31" s="52"/>
       <c r="O31" s="52"/>
       <c r="P31" s="55"/>
     </row>
     <row r="32" spans="1:16" ht="11.65" customHeight="1">
       <c r="A32" s="32" t="s">
         <v>169</v>
       </c>
       <c r="B32" s="84">
-        <v>1406</v>
+        <v>1023</v>
       </c>
       <c r="C32" s="84">
-        <v>1406</v>
+        <v>1023</v>
       </c>
       <c r="D32" s="86">
         <v>0</v>
       </c>
       <c r="E32" s="86">
         <v>0</v>
       </c>
       <c r="F32" s="86">
         <v>0</v>
       </c>
       <c r="G32" s="84">
-        <v>1406</v>
+        <v>1023</v>
       </c>
       <c r="H32" s="86">
         <v>0</v>
       </c>
       <c r="I32" s="86">
         <v>0</v>
       </c>
       <c r="J32" s="86">
         <v>0</v>
       </c>
       <c r="K32" s="86">
         <v>0</v>
       </c>
       <c r="L32" s="86">
         <v>0</v>
       </c>
       <c r="M32" s="86">
         <v>0</v>
       </c>
       <c r="N32" s="86">
         <v>0</v>
       </c>
       <c r="O32" s="86">
         <v>0</v>
       </c>
@@ -9938,66 +9938,66 @@
     <row r="33" spans="1:16" ht="11.1" customHeight="1">
       <c r="A33" s="81" t="s">
         <v>170</v>
       </c>
       <c r="B33" s="52"/>
       <c r="C33" s="52"/>
       <c r="D33" s="52"/>
       <c r="E33" s="52"/>
       <c r="F33" s="52"/>
       <c r="G33" s="52"/>
       <c r="H33" s="52"/>
       <c r="I33" s="52"/>
       <c r="J33" s="52"/>
       <c r="K33" s="52"/>
       <c r="L33" s="52"/>
       <c r="M33" s="52"/>
       <c r="N33" s="52"/>
       <c r="O33" s="52"/>
       <c r="P33" s="55"/>
     </row>
     <row r="34" spans="1:16" ht="11.65" customHeight="1">
       <c r="A34" s="32" t="s">
         <v>171</v>
       </c>
       <c r="B34" s="84">
-        <v>105780</v>
+        <v>101874</v>
       </c>
       <c r="C34" s="84">
-        <v>105780</v>
+        <v>101874</v>
       </c>
       <c r="D34" s="86">
         <v>0</v>
       </c>
       <c r="E34" s="84">
-        <v>64947</v>
+        <v>63717</v>
       </c>
       <c r="F34" s="86">
         <v>0</v>
       </c>
       <c r="G34" s="84">
-        <v>40833</v>
+        <v>38157</v>
       </c>
       <c r="H34" s="86">
         <v>0</v>
       </c>
       <c r="I34" s="86">
         <v>0</v>
       </c>
       <c r="J34" s="86">
         <v>0</v>
       </c>
       <c r="K34" s="86">
         <v>0</v>
       </c>
       <c r="L34" s="86">
         <v>0</v>
       </c>
       <c r="M34" s="86">
         <v>0</v>
       </c>
       <c r="N34" s="86">
         <v>0</v>
       </c>
       <c r="O34" s="86">
         <v>0</v>
       </c>
@@ -10008,66 +10008,66 @@
     <row r="35" spans="1:16" ht="11.1" customHeight="1">
       <c r="A35" s="81" t="s">
         <v>172</v>
       </c>
       <c r="B35" s="52"/>
       <c r="C35" s="52"/>
       <c r="D35" s="52"/>
       <c r="E35" s="52"/>
       <c r="F35" s="52"/>
       <c r="G35" s="52"/>
       <c r="H35" s="52"/>
       <c r="I35" s="52"/>
       <c r="J35" s="52"/>
       <c r="K35" s="52"/>
       <c r="L35" s="52"/>
       <c r="M35" s="52"/>
       <c r="N35" s="52"/>
       <c r="O35" s="52"/>
       <c r="P35" s="55"/>
     </row>
     <row r="36" spans="1:16" ht="11.65" customHeight="1">
       <c r="A36" s="32" t="s">
         <v>173</v>
       </c>
       <c r="B36" s="84">
-        <v>3891</v>
+        <v>3978</v>
       </c>
       <c r="C36" s="84">
-        <v>3891</v>
+        <v>3978</v>
       </c>
       <c r="D36" s="86">
         <v>0</v>
       </c>
       <c r="E36" s="84">
-        <v>1531</v>
+        <v>1486</v>
       </c>
       <c r="F36" s="86">
         <v>0</v>
       </c>
       <c r="G36" s="84">
-        <v>2360</v>
+        <v>2493</v>
       </c>
       <c r="H36" s="86">
         <v>0</v>
       </c>
       <c r="I36" s="86">
         <v>0</v>
       </c>
       <c r="J36" s="86">
         <v>0</v>
       </c>
       <c r="K36" s="86">
         <v>0</v>
       </c>
       <c r="L36" s="86">
         <v>0</v>
       </c>
       <c r="M36" s="86">
         <v>0</v>
       </c>
       <c r="N36" s="86">
         <v>0</v>
       </c>
       <c r="O36" s="86">
         <v>0</v>
       </c>
@@ -10566,58 +10566,58 @@
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="5"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
     </row>
     <row r="4" spans="1:16" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="64" t="str">
         <f>'3-1'!D4:G4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="64"/>
       <c r="F4" s="64"/>
       <c r="G4" s="64"/>
       <c r="H4" s="63" t="str">
         <f>'3-1'!H4:K4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="63"/>
       <c r="L4" s="7"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="14.1" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="38"/>
       <c r="E5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="40" t="s">
         <v>28</v>