--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -197,51 +197,51 @@
   <si>
     <t>Equity-linked</t>
   </si>
   <si>
     <t>Commodity</t>
   </si>
   <si>
     <t>交易</t>
   </si>
   <si>
     <t>目的</t>
   </si>
   <si>
     <t>非交易</t>
   </si>
   <si>
     <t>trading</t>
   </si>
   <si>
     <t>Non-</t>
   </si>
   <si>
     <t>匯率有關契約</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Oct. 2025</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
   </si>
   <si>
     <r>
       <t>3-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　衍生性金融商品名目本金餘額（交易目的別）</t>
     </r>
   </si>
   <si>
     <r>
       <t>3-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
@@ -612,51 +612,51 @@
   <si>
     <t>中國輸出入銀行</t>
   </si>
   <si>
     <t>The Export-Import Bank of The Republic of China</t>
   </si>
   <si>
     <t>高雄銀行</t>
   </si>
   <si>
     <t>Bank of Kaohsiung</t>
   </si>
   <si>
     <t>兆豐國際商業銀行　#</t>
   </si>
   <si>
     <t>Mega International Commercial Bank Co., Ltd.</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>Citibank Taiwan Ltd.</t>
   </si>
   <si>
-    <t>民國114年10月底</t>
+    <t>民國114年12月底</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
@@ -2698,136 +2698,136 @@
       <c r="H11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="11"/>
       <c r="J11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="11"/>
       <c r="L11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="M11" s="11"/>
       <c r="N11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="O11" s="11"/>
       <c r="P11" s="12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="11.65" customHeight="1">
       <c r="A12" s="70" t="s">
         <v>45</v>
       </c>
       <c r="B12" s="73">
-        <v>1973929</v>
+        <v>1938826</v>
       </c>
       <c r="C12" s="73">
-        <v>1952070</v>
+        <v>1916040</v>
       </c>
       <c r="D12" s="73">
-        <v>21859</v>
+        <v>22786</v>
       </c>
       <c r="E12" s="73">
-        <v>858646</v>
+        <v>895227</v>
       </c>
       <c r="F12" s="73">
-        <v>15996</v>
+        <v>17142</v>
       </c>
       <c r="G12" s="73">
-        <v>1090533</v>
+        <v>1017844</v>
       </c>
       <c r="H12" s="73">
-        <v>5074</v>
+        <v>4848</v>
       </c>
       <c r="I12" s="73">
-        <v>1814</v>
+        <v>2006</v>
       </c>
       <c r="J12" s="76">
         <v>0</v>
       </c>
       <c r="K12" s="73">
-        <v>682</v>
+        <v>590</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
       <c r="M12" s="73">
-        <v>395</v>
+        <v>372</v>
       </c>
       <c r="N12" s="73">
-        <v>788</v>
+        <v>796</v>
       </c>
       <c r="O12" s="76">
         <v>0</v>
       </c>
       <c r="P12" s="79">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="11.1" customHeight="1">
       <c r="A13" s="82" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="52"/>
       <c r="C13" s="52"/>
       <c r="D13" s="52"/>
       <c r="E13" s="52"/>
       <c r="F13" s="52"/>
       <c r="G13" s="52"/>
       <c r="H13" s="52"/>
       <c r="I13" s="52"/>
       <c r="J13" s="52"/>
       <c r="K13" s="52"/>
       <c r="L13" s="52"/>
       <c r="M13" s="52"/>
       <c r="N13" s="52"/>
       <c r="O13" s="52"/>
       <c r="P13" s="55"/>
     </row>
     <row r="14" spans="1:16" ht="11.65" customHeight="1">
       <c r="A14" s="27" t="s">
         <v>46</v>
       </c>
       <c r="B14" s="84">
-        <v>36178</v>
+        <v>37573</v>
       </c>
       <c r="C14" s="84">
-        <v>36178</v>
+        <v>37573</v>
       </c>
       <c r="D14" s="86">
         <v>0</v>
       </c>
       <c r="E14" s="84">
-        <v>1696</v>
+        <v>1794</v>
       </c>
       <c r="F14" s="86">
         <v>0</v>
       </c>
       <c r="G14" s="84">
-        <v>34482</v>
+        <v>35779</v>
       </c>
       <c r="H14" s="86">
         <v>0</v>
       </c>
       <c r="I14" s="86">
         <v>0</v>
       </c>
       <c r="J14" s="86">
         <v>0</v>
       </c>
       <c r="K14" s="86">
         <v>0</v>
       </c>
       <c r="L14" s="86">
         <v>0</v>
       </c>
       <c r="M14" s="86">
         <v>0</v>
       </c>
       <c r="N14" s="86">
         <v>0</v>
       </c>
       <c r="O14" s="86">
         <v>0</v>
       </c>
@@ -2838,66 +2838,66 @@
     <row r="15" spans="1:16" ht="11.1" customHeight="1">
       <c r="A15" s="81" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="52"/>
       <c r="C15" s="52"/>
       <c r="D15" s="52"/>
       <c r="E15" s="52"/>
       <c r="F15" s="52"/>
       <c r="G15" s="52"/>
       <c r="H15" s="52"/>
       <c r="I15" s="52"/>
       <c r="J15" s="52"/>
       <c r="K15" s="52"/>
       <c r="L15" s="52"/>
       <c r="M15" s="52"/>
       <c r="N15" s="52"/>
       <c r="O15" s="52"/>
       <c r="P15" s="55"/>
     </row>
     <row r="16" spans="1:16" ht="11.65" customHeight="1">
       <c r="A16" s="27" t="s">
         <v>48</v>
       </c>
       <c r="B16" s="84">
-        <v>5084</v>
+        <v>5241</v>
       </c>
       <c r="C16" s="84">
-        <v>5084</v>
+        <v>5241</v>
       </c>
       <c r="D16" s="86">
         <v>0</v>
       </c>
       <c r="E16" s="84">
         <v>537</v>
       </c>
       <c r="F16" s="86">
         <v>0</v>
       </c>
       <c r="G16" s="84">
-        <v>4547</v>
+        <v>4704</v>
       </c>
       <c r="H16" s="86">
         <v>0</v>
       </c>
       <c r="I16" s="86">
         <v>0</v>
       </c>
       <c r="J16" s="86">
         <v>0</v>
       </c>
       <c r="K16" s="86">
         <v>0</v>
       </c>
       <c r="L16" s="86">
         <v>0</v>
       </c>
       <c r="M16" s="86">
         <v>0</v>
       </c>
       <c r="N16" s="86">
         <v>0</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
@@ -2908,66 +2908,66 @@
     <row r="17" spans="1:16" ht="11.1" customHeight="1">
       <c r="A17" s="81" t="s">
         <v>49</v>
       </c>
       <c r="B17" s="52"/>
       <c r="C17" s="52"/>
       <c r="D17" s="52"/>
       <c r="E17" s="52"/>
       <c r="F17" s="52"/>
       <c r="G17" s="52"/>
       <c r="H17" s="52"/>
       <c r="I17" s="52"/>
       <c r="J17" s="52"/>
       <c r="K17" s="52"/>
       <c r="L17" s="52"/>
       <c r="M17" s="52"/>
       <c r="N17" s="52"/>
       <c r="O17" s="52"/>
       <c r="P17" s="55"/>
     </row>
     <row r="18" spans="1:16" ht="11.65" customHeight="1">
       <c r="A18" s="27" t="s">
         <v>50</v>
       </c>
       <c r="B18" s="84">
-        <v>9818</v>
+        <v>11082</v>
       </c>
       <c r="C18" s="84">
-        <v>9818</v>
+        <v>11082</v>
       </c>
       <c r="D18" s="86">
         <v>0</v>
       </c>
       <c r="E18" s="84">
-        <v>571</v>
+        <v>467</v>
       </c>
       <c r="F18" s="86">
         <v>0</v>
       </c>
       <c r="G18" s="84">
-        <v>9247</v>
+        <v>10615</v>
       </c>
       <c r="H18" s="86">
         <v>0</v>
       </c>
       <c r="I18" s="86">
         <v>0</v>
       </c>
       <c r="J18" s="86">
         <v>0</v>
       </c>
       <c r="K18" s="86">
         <v>0</v>
       </c>
       <c r="L18" s="86">
         <v>0</v>
       </c>
       <c r="M18" s="86">
         <v>0</v>
       </c>
       <c r="N18" s="86">
         <v>0</v>
       </c>
       <c r="O18" s="86">
         <v>0</v>
       </c>
@@ -2978,66 +2978,66 @@
     <row r="19" spans="1:16" ht="11.1" customHeight="1">
       <c r="A19" s="81" t="s">
         <v>51</v>
       </c>
       <c r="B19" s="52"/>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="52"/>
       <c r="K19" s="52"/>
       <c r="L19" s="52"/>
       <c r="M19" s="52"/>
       <c r="N19" s="52"/>
       <c r="O19" s="52"/>
       <c r="P19" s="55"/>
     </row>
     <row r="20" spans="1:16" ht="11.65" customHeight="1">
       <c r="A20" s="27" t="s">
         <v>52</v>
       </c>
       <c r="B20" s="84">
-        <v>45015</v>
+        <v>46557</v>
       </c>
       <c r="C20" s="84">
-        <v>45015</v>
+        <v>46557</v>
       </c>
       <c r="D20" s="86">
         <v>0</v>
       </c>
       <c r="E20" s="84">
-        <v>16147</v>
+        <v>15991</v>
       </c>
       <c r="F20" s="86">
         <v>0</v>
       </c>
       <c r="G20" s="84">
-        <v>28868</v>
+        <v>30566</v>
       </c>
       <c r="H20" s="86">
         <v>0</v>
       </c>
       <c r="I20" s="86">
         <v>0</v>
       </c>
       <c r="J20" s="86">
         <v>0</v>
       </c>
       <c r="K20" s="86">
         <v>0</v>
       </c>
       <c r="L20" s="86">
         <v>0</v>
       </c>
       <c r="M20" s="86">
         <v>0</v>
       </c>
       <c r="N20" s="86">
         <v>0</v>
       </c>
       <c r="O20" s="86">
         <v>0</v>
       </c>
@@ -3048,66 +3048,66 @@
     <row r="21" spans="1:16" ht="11.1" customHeight="1">
       <c r="A21" s="81" t="s">
         <v>53</v>
       </c>
       <c r="B21" s="52"/>
       <c r="C21" s="52"/>
       <c r="D21" s="52"/>
       <c r="E21" s="52"/>
       <c r="F21" s="52"/>
       <c r="G21" s="52"/>
       <c r="H21" s="52"/>
       <c r="I21" s="52"/>
       <c r="J21" s="52"/>
       <c r="K21" s="52"/>
       <c r="L21" s="52"/>
       <c r="M21" s="52"/>
       <c r="N21" s="52"/>
       <c r="O21" s="52"/>
       <c r="P21" s="55"/>
     </row>
     <row r="22" spans="1:16" ht="11.65" customHeight="1">
       <c r="A22" s="27" t="s">
         <v>54</v>
       </c>
       <c r="B22" s="84">
-        <v>22388</v>
+        <v>21269</v>
       </c>
       <c r="C22" s="84">
-        <v>22388</v>
+        <v>21269</v>
       </c>
       <c r="D22" s="86">
         <v>0</v>
       </c>
       <c r="E22" s="84">
-        <v>7649</v>
+        <v>7609</v>
       </c>
       <c r="F22" s="86">
         <v>0</v>
       </c>
       <c r="G22" s="84">
-        <v>14739</v>
+        <v>13660</v>
       </c>
       <c r="H22" s="86">
         <v>0</v>
       </c>
       <c r="I22" s="86">
         <v>0</v>
       </c>
       <c r="J22" s="86">
         <v>0</v>
       </c>
       <c r="K22" s="86">
         <v>0</v>
       </c>
       <c r="L22" s="86">
         <v>0</v>
       </c>
       <c r="M22" s="86">
         <v>0</v>
       </c>
       <c r="N22" s="86">
         <v>0</v>
       </c>
       <c r="O22" s="86">
         <v>0</v>
       </c>
@@ -3118,346 +3118,346 @@
     <row r="23" spans="1:16" ht="11.1" customHeight="1">
       <c r="A23" s="81" t="s">
         <v>55</v>
       </c>
       <c r="B23" s="52"/>
       <c r="C23" s="52"/>
       <c r="D23" s="52"/>
       <c r="E23" s="52"/>
       <c r="F23" s="52"/>
       <c r="G23" s="52"/>
       <c r="H23" s="52"/>
       <c r="I23" s="52"/>
       <c r="J23" s="52"/>
       <c r="K23" s="52"/>
       <c r="L23" s="52"/>
       <c r="M23" s="52"/>
       <c r="N23" s="52"/>
       <c r="O23" s="52"/>
       <c r="P23" s="55"/>
     </row>
     <row r="24" spans="1:16" ht="11.65" customHeight="1">
       <c r="A24" s="27" t="s">
         <v>56</v>
       </c>
       <c r="B24" s="84">
-        <v>14628</v>
+        <v>15074</v>
       </c>
       <c r="C24" s="84">
-        <v>14628</v>
+        <v>15074</v>
       </c>
       <c r="D24" s="86">
         <v>0</v>
       </c>
       <c r="E24" s="84">
-        <v>3598</v>
+        <v>4102</v>
       </c>
       <c r="F24" s="86">
         <v>0</v>
       </c>
       <c r="G24" s="84">
-        <v>11030</v>
+        <v>10972</v>
       </c>
       <c r="H24" s="86">
         <v>0</v>
       </c>
-      <c r="I24" s="84">
+      <c r="I24" s="86">
         <v>0</v>
       </c>
       <c r="J24" s="86">
         <v>0</v>
       </c>
       <c r="K24" s="86">
         <v>0</v>
       </c>
       <c r="L24" s="86">
         <v>0</v>
       </c>
       <c r="M24" s="86">
         <v>0</v>
       </c>
       <c r="N24" s="86">
         <v>0</v>
       </c>
       <c r="O24" s="86">
         <v>0</v>
       </c>
       <c r="P24" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:16" ht="11.1" customHeight="1">
       <c r="A25" s="81" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="52"/>
       <c r="C25" s="52"/>
       <c r="D25" s="52"/>
       <c r="E25" s="52"/>
       <c r="F25" s="52"/>
       <c r="G25" s="52"/>
       <c r="H25" s="52"/>
       <c r="I25" s="52"/>
       <c r="J25" s="52"/>
       <c r="K25" s="52"/>
       <c r="L25" s="52"/>
       <c r="M25" s="52"/>
       <c r="N25" s="52"/>
       <c r="O25" s="52"/>
       <c r="P25" s="55"/>
     </row>
     <row r="26" spans="1:16" ht="11.65" customHeight="1">
       <c r="A26" s="27" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="84">
-        <v>3650</v>
+        <v>9041</v>
       </c>
       <c r="C26" s="84">
-        <v>3444</v>
+        <v>8845</v>
       </c>
       <c r="D26" s="84">
-        <v>206</v>
+        <v>195</v>
       </c>
       <c r="E26" s="84">
-        <v>678</v>
+        <v>1010</v>
       </c>
       <c r="F26" s="84">
-        <v>206</v>
+        <v>195</v>
       </c>
       <c r="G26" s="84">
-        <v>2763</v>
+        <v>7835</v>
       </c>
       <c r="H26" s="86">
         <v>0</v>
       </c>
-      <c r="I26" s="84">
-        <v>3</v>
+      <c r="I26" s="86">
+        <v>0</v>
       </c>
       <c r="J26" s="86">
         <v>0</v>
       </c>
       <c r="K26" s="86">
         <v>0</v>
       </c>
       <c r="L26" s="86">
         <v>0</v>
       </c>
       <c r="M26" s="86">
         <v>0</v>
       </c>
       <c r="N26" s="86">
         <v>0</v>
       </c>
       <c r="O26" s="86">
         <v>0</v>
       </c>
       <c r="P26" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:16" ht="11.1" customHeight="1">
       <c r="A27" s="81" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="52"/>
       <c r="C27" s="52"/>
       <c r="D27" s="52"/>
       <c r="E27" s="52"/>
       <c r="F27" s="52"/>
       <c r="G27" s="52"/>
       <c r="H27" s="52"/>
       <c r="I27" s="52"/>
       <c r="J27" s="52"/>
       <c r="K27" s="52"/>
       <c r="L27" s="52"/>
       <c r="M27" s="52"/>
       <c r="N27" s="52"/>
       <c r="O27" s="52"/>
       <c r="P27" s="55"/>
     </row>
     <row r="28" spans="1:16" ht="11.65" customHeight="1">
       <c r="A28" s="27" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="84">
-        <v>163492</v>
+        <v>165343</v>
       </c>
       <c r="C28" s="84">
-        <v>156046</v>
+        <v>157921</v>
       </c>
       <c r="D28" s="84">
-        <v>7445</v>
+        <v>7422</v>
       </c>
       <c r="E28" s="84">
-        <v>57469</v>
+        <v>61866</v>
       </c>
       <c r="F28" s="84">
-        <v>7445</v>
+        <v>7422</v>
       </c>
       <c r="G28" s="84">
-        <v>98487</v>
+        <v>95959</v>
       </c>
       <c r="H28" s="86">
         <v>0</v>
       </c>
       <c r="I28" s="84">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="J28" s="86">
         <v>0</v>
       </c>
       <c r="K28" s="86">
         <v>0</v>
       </c>
       <c r="L28" s="86">
         <v>0</v>
       </c>
       <c r="M28" s="86">
         <v>0</v>
       </c>
       <c r="N28" s="86">
         <v>0</v>
       </c>
       <c r="O28" s="86">
         <v>0</v>
       </c>
       <c r="P28" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:16" ht="11.1" customHeight="1">
       <c r="A29" s="81" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="52"/>
       <c r="C29" s="52"/>
       <c r="D29" s="52"/>
       <c r="E29" s="52"/>
       <c r="F29" s="52"/>
       <c r="G29" s="52"/>
       <c r="H29" s="52"/>
       <c r="I29" s="52"/>
       <c r="J29" s="52"/>
       <c r="K29" s="52"/>
       <c r="L29" s="52"/>
       <c r="M29" s="52"/>
       <c r="N29" s="52"/>
       <c r="O29" s="52"/>
       <c r="P29" s="55"/>
     </row>
     <row r="30" spans="1:16" ht="11.65" customHeight="1">
       <c r="A30" s="27" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="84">
-        <v>185615</v>
+        <v>175588</v>
       </c>
       <c r="C30" s="84">
-        <v>185615</v>
+        <v>175588</v>
       </c>
       <c r="D30" s="86">
         <v>0</v>
       </c>
       <c r="E30" s="84">
-        <v>52851</v>
+        <v>53037</v>
       </c>
       <c r="F30" s="86">
         <v>0</v>
       </c>
       <c r="G30" s="84">
-        <v>131689</v>
+        <v>121340</v>
       </c>
       <c r="H30" s="86">
         <v>0</v>
       </c>
       <c r="I30" s="84">
-        <v>1075</v>
+        <v>1209</v>
       </c>
       <c r="J30" s="86">
         <v>0</v>
       </c>
       <c r="K30" s="84">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="L30" s="86">
         <v>0</v>
       </c>
       <c r="M30" s="86">
         <v>0</v>
       </c>
       <c r="N30" s="86">
         <v>0</v>
       </c>
       <c r="O30" s="86">
         <v>0</v>
       </c>
       <c r="P30" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:16" ht="11.1" customHeight="1">
       <c r="A31" s="81" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52"/>
       <c r="E31" s="52"/>
       <c r="F31" s="52"/>
       <c r="G31" s="52"/>
       <c r="H31" s="52"/>
       <c r="I31" s="52"/>
       <c r="J31" s="52"/>
       <c r="K31" s="52"/>
       <c r="L31" s="52"/>
       <c r="M31" s="52"/>
       <c r="N31" s="52"/>
       <c r="O31" s="52"/>
       <c r="P31" s="55"/>
     </row>
     <row r="32" spans="1:16" ht="11.65" customHeight="1">
       <c r="A32" s="27" t="s">
         <v>64</v>
       </c>
       <c r="B32" s="84">
-        <v>1880</v>
+        <v>2085</v>
       </c>
       <c r="C32" s="84">
-        <v>1880</v>
+        <v>2085</v>
       </c>
       <c r="D32" s="86">
         <v>0</v>
       </c>
       <c r="E32" s="84">
-        <v>1730</v>
+        <v>1927</v>
       </c>
       <c r="F32" s="86">
         <v>0</v>
       </c>
       <c r="G32" s="84">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="H32" s="86">
         <v>0</v>
       </c>
       <c r="I32" s="86">
         <v>0</v>
       </c>
       <c r="J32" s="86">
         <v>0</v>
       </c>
       <c r="K32" s="86">
         <v>0</v>
       </c>
       <c r="L32" s="86">
         <v>0</v>
       </c>
       <c r="M32" s="86">
         <v>0</v>
       </c>
       <c r="N32" s="86">
         <v>0</v>
       </c>
       <c r="O32" s="86">
         <v>0</v>
       </c>
@@ -3468,66 +3468,66 @@
     <row r="33" spans="1:16" ht="11.1" customHeight="1">
       <c r="A33" s="81" t="s">
         <v>65</v>
       </c>
       <c r="B33" s="52"/>
       <c r="C33" s="52"/>
       <c r="D33" s="52"/>
       <c r="E33" s="52"/>
       <c r="F33" s="52"/>
       <c r="G33" s="52"/>
       <c r="H33" s="52"/>
       <c r="I33" s="52"/>
       <c r="J33" s="52"/>
       <c r="K33" s="52"/>
       <c r="L33" s="52"/>
       <c r="M33" s="52"/>
       <c r="N33" s="52"/>
       <c r="O33" s="52"/>
       <c r="P33" s="55"/>
     </row>
     <row r="34" spans="1:16" ht="11.65" customHeight="1">
       <c r="A34" s="27" t="s">
         <v>66</v>
       </c>
       <c r="B34" s="84">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="C34" s="84">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="D34" s="86">
         <v>0</v>
       </c>
       <c r="E34" s="84">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="F34" s="86">
         <v>0</v>
       </c>
       <c r="G34" s="84">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="H34" s="86">
         <v>0</v>
       </c>
       <c r="I34" s="86">
         <v>0</v>
       </c>
       <c r="J34" s="86">
         <v>0</v>
       </c>
       <c r="K34" s="86">
         <v>0</v>
       </c>
       <c r="L34" s="86">
         <v>0</v>
       </c>
       <c r="M34" s="86">
         <v>0</v>
       </c>
       <c r="N34" s="86">
         <v>0</v>
       </c>
       <c r="O34" s="86">
         <v>0</v>
       </c>
@@ -3538,148 +3538,148 @@
     <row r="35" spans="1:16" ht="11.1" customHeight="1">
       <c r="A35" s="81" t="s">
         <v>67</v>
       </c>
       <c r="B35" s="52"/>
       <c r="C35" s="52"/>
       <c r="D35" s="52"/>
       <c r="E35" s="52"/>
       <c r="F35" s="52"/>
       <c r="G35" s="52"/>
       <c r="H35" s="52"/>
       <c r="I35" s="52"/>
       <c r="J35" s="52"/>
       <c r="K35" s="52"/>
       <c r="L35" s="52"/>
       <c r="M35" s="52"/>
       <c r="N35" s="52"/>
       <c r="O35" s="52"/>
       <c r="P35" s="55"/>
     </row>
     <row r="36" spans="1:16" ht="11.65" customHeight="1">
       <c r="A36" s="27" t="s">
         <v>68</v>
       </c>
       <c r="B36" s="84">
-        <v>36699</v>
+        <v>36141</v>
       </c>
       <c r="C36" s="84">
-        <v>36699</v>
+        <v>36141</v>
       </c>
       <c r="D36" s="86">
         <v>0</v>
       </c>
       <c r="E36" s="84">
-        <v>3884</v>
+        <v>4069</v>
       </c>
       <c r="F36" s="86">
         <v>0</v>
       </c>
       <c r="G36" s="84">
-        <v>32730</v>
+        <v>31987</v>
       </c>
       <c r="H36" s="86">
         <v>0</v>
       </c>
-      <c r="I36" s="86">
+      <c r="I36" s="84">
         <v>0</v>
       </c>
       <c r="J36" s="86">
         <v>0</v>
       </c>
       <c r="K36" s="86">
         <v>0</v>
       </c>
       <c r="L36" s="86">
         <v>0</v>
       </c>
       <c r="M36" s="84">
         <v>85</v>
       </c>
       <c r="N36" s="86">
         <v>0</v>
       </c>
       <c r="O36" s="86">
         <v>0</v>
       </c>
       <c r="P36" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:16" ht="11.1" customHeight="1">
       <c r="A37" s="81" t="s">
         <v>69</v>
       </c>
       <c r="B37" s="52"/>
       <c r="C37" s="52"/>
       <c r="D37" s="52"/>
       <c r="E37" s="52"/>
       <c r="F37" s="52"/>
       <c r="G37" s="52"/>
       <c r="H37" s="52"/>
       <c r="I37" s="52"/>
       <c r="J37" s="52"/>
       <c r="K37" s="52"/>
       <c r="L37" s="52"/>
       <c r="M37" s="52"/>
       <c r="N37" s="52"/>
       <c r="O37" s="52"/>
       <c r="P37" s="55"/>
     </row>
     <row r="38" spans="1:16" ht="11.65" customHeight="1">
       <c r="A38" s="28" t="s">
         <v>70</v>
       </c>
       <c r="B38" s="90">
-        <v>32522</v>
+        <v>32368</v>
       </c>
       <c r="C38" s="90">
-        <v>32522</v>
+        <v>32368</v>
       </c>
       <c r="D38" s="92">
         <v>0</v>
       </c>
       <c r="E38" s="90">
-        <v>12900</v>
+        <v>14058</v>
       </c>
       <c r="F38" s="92">
         <v>0</v>
       </c>
       <c r="G38" s="90">
-        <v>19597</v>
+        <v>18309</v>
       </c>
       <c r="H38" s="92">
         <v>0</v>
       </c>
       <c r="I38" s="92">
         <v>0</v>
       </c>
       <c r="J38" s="92">
         <v>0</v>
       </c>
-      <c r="K38" s="90">
-        <v>25</v>
+      <c r="K38" s="92">
+        <v>0</v>
       </c>
       <c r="L38" s="92">
         <v>0</v>
       </c>
       <c r="M38" s="92">
         <v>0</v>
       </c>
       <c r="N38" s="92">
         <v>0</v>
       </c>
       <c r="O38" s="92">
         <v>0</v>
       </c>
       <c r="P38" s="94">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:16" ht="11.1" customHeight="1" thickBot="1">
       <c r="A39" s="96" t="s">
         <v>71</v>
       </c>
       <c r="B39" s="58"/>
       <c r="C39" s="58"/>
       <c r="D39" s="58"/>
       <c r="E39" s="58"/>
@@ -4058,58 +4058,58 @@
       <c r="A3" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="6"/>
       <c r="P3" s="6"/>
     </row>
     <row r="4" spans="1:16" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="64" t="str">
         <f>'3-1'!D4:G4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="64"/>
       <c r="F4" s="64"/>
       <c r="G4" s="64"/>
       <c r="H4" s="63" t="str">
         <f>'3-1'!H4:K4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="63"/>
       <c r="L4" s="7"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="14.1" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="38"/>
       <c r="E5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="40" t="s">
         <v>28</v>
@@ -4351,136 +4351,136 @@
       <c r="H11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="11"/>
       <c r="J11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="11"/>
       <c r="L11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="M11" s="11"/>
       <c r="N11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="O11" s="11"/>
       <c r="P11" s="12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="11.65" customHeight="1">
       <c r="A12" s="69" t="s">
         <v>73</v>
       </c>
       <c r="B12" s="72">
-        <v>5035</v>
+        <v>5399</v>
       </c>
       <c r="C12" s="72">
-        <v>5035</v>
+        <v>5399</v>
       </c>
       <c r="D12" s="75">
         <v>0</v>
       </c>
       <c r="E12" s="72">
-        <v>1533</v>
+        <v>1504</v>
       </c>
       <c r="F12" s="75">
         <v>0</v>
       </c>
       <c r="G12" s="72">
-        <v>3430</v>
+        <v>3825</v>
       </c>
       <c r="H12" s="75">
         <v>0</v>
       </c>
       <c r="I12" s="75">
         <v>0</v>
       </c>
       <c r="J12" s="75">
         <v>0</v>
       </c>
       <c r="K12" s="75">
         <v>0</v>
       </c>
       <c r="L12" s="75">
         <v>0</v>
       </c>
       <c r="M12" s="72">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="N12" s="75">
         <v>0</v>
       </c>
       <c r="O12" s="75">
         <v>0</v>
       </c>
       <c r="P12" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="11.1" customHeight="1">
       <c r="A13" s="81" t="s">
         <v>74</v>
       </c>
       <c r="B13" s="52"/>
       <c r="C13" s="52"/>
       <c r="D13" s="52"/>
       <c r="E13" s="52"/>
       <c r="F13" s="52"/>
       <c r="G13" s="52"/>
       <c r="H13" s="52"/>
       <c r="I13" s="52"/>
       <c r="J13" s="52"/>
       <c r="K13" s="52"/>
       <c r="L13" s="52"/>
       <c r="M13" s="52"/>
       <c r="N13" s="52"/>
       <c r="O13" s="52"/>
       <c r="P13" s="55"/>
     </row>
     <row r="14" spans="1:16" ht="11.65" customHeight="1">
       <c r="A14" s="27" t="s">
         <v>75</v>
       </c>
       <c r="B14" s="84">
-        <v>8094</v>
+        <v>8589</v>
       </c>
       <c r="C14" s="84">
-        <v>6853</v>
+        <v>7348</v>
       </c>
       <c r="D14" s="84">
         <v>1241</v>
       </c>
       <c r="E14" s="84">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="F14" s="84">
         <v>1241</v>
       </c>
       <c r="G14" s="84">
-        <v>6846</v>
+        <v>7322</v>
       </c>
       <c r="H14" s="86">
         <v>0</v>
       </c>
       <c r="I14" s="86">
         <v>0</v>
       </c>
       <c r="J14" s="86">
         <v>0</v>
       </c>
       <c r="K14" s="86">
         <v>0</v>
       </c>
       <c r="L14" s="86">
         <v>0</v>
       </c>
       <c r="M14" s="86">
         <v>0</v>
       </c>
       <c r="N14" s="86">
         <v>0</v>
       </c>
       <c r="O14" s="86">
         <v>0</v>
       </c>
@@ -4491,136 +4491,136 @@
     <row r="15" spans="1:16" ht="11.1" customHeight="1">
       <c r="A15" s="81" t="s">
         <v>76</v>
       </c>
       <c r="B15" s="52"/>
       <c r="C15" s="52"/>
       <c r="D15" s="52"/>
       <c r="E15" s="52"/>
       <c r="F15" s="52"/>
       <c r="G15" s="52"/>
       <c r="H15" s="52"/>
       <c r="I15" s="52"/>
       <c r="J15" s="52"/>
       <c r="K15" s="52"/>
       <c r="L15" s="52"/>
       <c r="M15" s="52"/>
       <c r="N15" s="52"/>
       <c r="O15" s="52"/>
       <c r="P15" s="55"/>
     </row>
     <row r="16" spans="1:16" ht="11.65" customHeight="1">
       <c r="A16" s="27" t="s">
         <v>77</v>
       </c>
       <c r="B16" s="84">
-        <v>382071</v>
+        <v>399658</v>
       </c>
       <c r="C16" s="84">
-        <v>378439</v>
+        <v>395927</v>
       </c>
       <c r="D16" s="84">
-        <v>3632</v>
+        <v>3731</v>
       </c>
       <c r="E16" s="84">
-        <v>329238</v>
+        <v>354247</v>
       </c>
       <c r="F16" s="84">
-        <v>2332</v>
+        <v>2881</v>
       </c>
       <c r="G16" s="84">
-        <v>48851</v>
+        <v>41299</v>
       </c>
       <c r="H16" s="84">
-        <v>1300</v>
+        <v>850</v>
       </c>
       <c r="I16" s="86">
         <v>0</v>
       </c>
       <c r="J16" s="86">
         <v>0</v>
       </c>
       <c r="K16" s="84">
-        <v>196</v>
+        <v>230</v>
       </c>
       <c r="L16" s="86">
         <v>0</v>
       </c>
       <c r="M16" s="84">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="N16" s="86">
         <v>0</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
       <c r="P16" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:16" ht="11.1" customHeight="1">
       <c r="A17" s="81" t="s">
         <v>78</v>
       </c>
       <c r="B17" s="52"/>
       <c r="C17" s="52"/>
       <c r="D17" s="52"/>
       <c r="E17" s="52"/>
       <c r="F17" s="52"/>
       <c r="G17" s="52"/>
       <c r="H17" s="52"/>
       <c r="I17" s="52"/>
       <c r="J17" s="52"/>
       <c r="K17" s="52"/>
       <c r="L17" s="52"/>
       <c r="M17" s="52"/>
       <c r="N17" s="52"/>
       <c r="O17" s="52"/>
       <c r="P17" s="55"/>
     </row>
     <row r="18" spans="1:16" ht="11.65" customHeight="1">
       <c r="A18" s="27" t="s">
         <v>79</v>
       </c>
       <c r="B18" s="84">
-        <v>7184</v>
+        <v>8382</v>
       </c>
       <c r="C18" s="84">
-        <v>7184</v>
+        <v>8382</v>
       </c>
       <c r="D18" s="86">
         <v>0</v>
       </c>
       <c r="E18" s="84">
-        <v>1257</v>
+        <v>1301</v>
       </c>
       <c r="F18" s="86">
         <v>0</v>
       </c>
       <c r="G18" s="84">
-        <v>5927</v>
+        <v>7081</v>
       </c>
       <c r="H18" s="86">
         <v>0</v>
       </c>
       <c r="I18" s="86">
         <v>0</v>
       </c>
       <c r="J18" s="86">
         <v>0</v>
       </c>
       <c r="K18" s="86">
         <v>0</v>
       </c>
       <c r="L18" s="86">
         <v>0</v>
       </c>
       <c r="M18" s="86">
         <v>0</v>
       </c>
       <c r="N18" s="86">
         <v>0</v>
       </c>
       <c r="O18" s="86">
         <v>0</v>
       </c>
@@ -4631,66 +4631,66 @@
     <row r="19" spans="1:16" ht="11.1" customHeight="1">
       <c r="A19" s="81" t="s">
         <v>80</v>
       </c>
       <c r="B19" s="52"/>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="52"/>
       <c r="K19" s="52"/>
       <c r="L19" s="52"/>
       <c r="M19" s="52"/>
       <c r="N19" s="52"/>
       <c r="O19" s="52"/>
       <c r="P19" s="55"/>
     </row>
     <row r="20" spans="1:16" ht="11.65" customHeight="1">
       <c r="A20" s="27" t="s">
         <v>81</v>
       </c>
       <c r="B20" s="84">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C20" s="84">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="D20" s="86">
         <v>0</v>
       </c>
       <c r="E20" s="86">
         <v>0</v>
       </c>
       <c r="F20" s="86">
         <v>0</v>
       </c>
       <c r="G20" s="84">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="H20" s="86">
         <v>0</v>
       </c>
       <c r="I20" s="86">
         <v>0</v>
       </c>
       <c r="J20" s="86">
         <v>0</v>
       </c>
       <c r="K20" s="86">
         <v>0</v>
       </c>
       <c r="L20" s="86">
         <v>0</v>
       </c>
       <c r="M20" s="86">
         <v>0</v>
       </c>
       <c r="N20" s="86">
         <v>0</v>
       </c>
       <c r="O20" s="86">
         <v>0</v>
       </c>
@@ -4701,78 +4701,78 @@
     <row r="21" spans="1:16" ht="11.1" customHeight="1">
       <c r="A21" s="81" t="s">
         <v>82</v>
       </c>
       <c r="B21" s="52"/>
       <c r="C21" s="52"/>
       <c r="D21" s="52"/>
       <c r="E21" s="52"/>
       <c r="F21" s="52"/>
       <c r="G21" s="52"/>
       <c r="H21" s="52"/>
       <c r="I21" s="52"/>
       <c r="J21" s="52"/>
       <c r="K21" s="52"/>
       <c r="L21" s="52"/>
       <c r="M21" s="52"/>
       <c r="N21" s="52"/>
       <c r="O21" s="52"/>
       <c r="P21" s="55"/>
     </row>
     <row r="22" spans="1:16" ht="11.65" customHeight="1">
       <c r="A22" s="27" t="s">
         <v>83</v>
       </c>
       <c r="B22" s="84">
-        <v>84659</v>
+        <v>78505</v>
       </c>
       <c r="C22" s="84">
-        <v>83511</v>
+        <v>77207</v>
       </c>
       <c r="D22" s="84">
-        <v>1148</v>
+        <v>1298</v>
       </c>
       <c r="E22" s="84">
-        <v>38069</v>
+        <v>39638</v>
       </c>
       <c r="F22" s="84">
-        <v>1148</v>
+        <v>1298</v>
       </c>
       <c r="G22" s="84">
-        <v>45433</v>
+        <v>37562</v>
       </c>
       <c r="H22" s="86">
         <v>0</v>
       </c>
       <c r="I22" s="86">
         <v>0</v>
       </c>
       <c r="J22" s="86">
         <v>0</v>
       </c>
       <c r="K22" s="84">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L22" s="86">
         <v>0</v>
       </c>
       <c r="M22" s="86">
         <v>0</v>
       </c>
       <c r="N22" s="86">
         <v>0</v>
       </c>
       <c r="O22" s="86">
         <v>0</v>
       </c>
       <c r="P22" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:16" ht="11.1" customHeight="1">
       <c r="A23" s="81" t="s">
         <v>84</v>
       </c>
       <c r="B23" s="52"/>
       <c r="C23" s="52"/>
       <c r="D23" s="52"/>
       <c r="E23" s="52"/>
@@ -4780,51 +4780,51 @@
       <c r="G23" s="52"/>
       <c r="H23" s="52"/>
       <c r="I23" s="52"/>
       <c r="J23" s="52"/>
       <c r="K23" s="52"/>
       <c r="L23" s="52"/>
       <c r="M23" s="52"/>
       <c r="N23" s="52"/>
       <c r="O23" s="52"/>
       <c r="P23" s="55"/>
     </row>
     <row r="24" spans="1:16" ht="11.65" customHeight="1">
       <c r="A24" s="27" t="s">
         <v>85</v>
       </c>
       <c r="B24" s="84">
         <v>38</v>
       </c>
       <c r="C24" s="84">
         <v>38</v>
       </c>
       <c r="D24" s="86">
         <v>0</v>
       </c>
       <c r="E24" s="84">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F24" s="86">
         <v>0</v>
       </c>
       <c r="G24" s="84">
         <v>23</v>
       </c>
       <c r="H24" s="86">
         <v>0</v>
       </c>
       <c r="I24" s="86">
         <v>0</v>
       </c>
       <c r="J24" s="86">
         <v>0</v>
       </c>
       <c r="K24" s="86">
         <v>0</v>
       </c>
       <c r="L24" s="86">
         <v>0</v>
       </c>
       <c r="M24" s="86">
         <v>0</v>
       </c>
@@ -4841,66 +4841,66 @@
     <row r="25" spans="1:16" ht="11.1" customHeight="1">
       <c r="A25" s="81" t="s">
         <v>86</v>
       </c>
       <c r="B25" s="52"/>
       <c r="C25" s="52"/>
       <c r="D25" s="52"/>
       <c r="E25" s="52"/>
       <c r="F25" s="52"/>
       <c r="G25" s="52"/>
       <c r="H25" s="52"/>
       <c r="I25" s="52"/>
       <c r="J25" s="52"/>
       <c r="K25" s="52"/>
       <c r="L25" s="52"/>
       <c r="M25" s="52"/>
       <c r="N25" s="52"/>
       <c r="O25" s="52"/>
       <c r="P25" s="55"/>
     </row>
     <row r="26" spans="1:16" ht="11.65" customHeight="1">
       <c r="A26" s="27" t="s">
         <v>87</v>
       </c>
       <c r="B26" s="84">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C26" s="84">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D26" s="86">
         <v>0</v>
       </c>
       <c r="E26" s="86">
         <v>0</v>
       </c>
       <c r="F26" s="86">
         <v>0</v>
       </c>
       <c r="G26" s="84">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H26" s="86">
         <v>0</v>
       </c>
       <c r="I26" s="86">
         <v>0</v>
       </c>
       <c r="J26" s="86">
         <v>0</v>
       </c>
       <c r="K26" s="86">
         <v>0</v>
       </c>
       <c r="L26" s="86">
         <v>0</v>
       </c>
       <c r="M26" s="86">
         <v>0</v>
       </c>
       <c r="N26" s="86">
         <v>0</v>
       </c>
       <c r="O26" s="86">
         <v>0</v>
       </c>
@@ -4911,66 +4911,66 @@
     <row r="27" spans="1:16" ht="11.1" customHeight="1">
       <c r="A27" s="81" t="s">
         <v>88</v>
       </c>
       <c r="B27" s="52"/>
       <c r="C27" s="52"/>
       <c r="D27" s="52"/>
       <c r="E27" s="52"/>
       <c r="F27" s="52"/>
       <c r="G27" s="52"/>
       <c r="H27" s="52"/>
       <c r="I27" s="52"/>
       <c r="J27" s="52"/>
       <c r="K27" s="52"/>
       <c r="L27" s="52"/>
       <c r="M27" s="52"/>
       <c r="N27" s="52"/>
       <c r="O27" s="52"/>
       <c r="P27" s="55"/>
     </row>
     <row r="28" spans="1:16" ht="11.65" customHeight="1">
       <c r="A28" s="27" t="s">
         <v>89</v>
       </c>
       <c r="B28" s="84">
-        <v>12318</v>
+        <v>11756</v>
       </c>
       <c r="C28" s="84">
-        <v>12318</v>
+        <v>11756</v>
       </c>
       <c r="D28" s="86">
         <v>0</v>
       </c>
       <c r="E28" s="84">
-        <v>8421</v>
+        <v>8361</v>
       </c>
       <c r="F28" s="86">
         <v>0</v>
       </c>
       <c r="G28" s="84">
-        <v>3897</v>
+        <v>3395</v>
       </c>
       <c r="H28" s="86">
         <v>0</v>
       </c>
       <c r="I28" s="86">
         <v>0</v>
       </c>
       <c r="J28" s="86">
         <v>0</v>
       </c>
       <c r="K28" s="86">
         <v>0</v>
       </c>
       <c r="L28" s="86">
         <v>0</v>
       </c>
       <c r="M28" s="86">
         <v>0</v>
       </c>
       <c r="N28" s="86">
         <v>0</v>
       </c>
       <c r="O28" s="86">
         <v>0</v>
       </c>
@@ -4981,66 +4981,66 @@
     <row r="29" spans="1:16" ht="11.1" customHeight="1">
       <c r="A29" s="81" t="s">
         <v>90</v>
       </c>
       <c r="B29" s="52"/>
       <c r="C29" s="52"/>
       <c r="D29" s="52"/>
       <c r="E29" s="52"/>
       <c r="F29" s="52"/>
       <c r="G29" s="52"/>
       <c r="H29" s="52"/>
       <c r="I29" s="52"/>
       <c r="J29" s="52"/>
       <c r="K29" s="52"/>
       <c r="L29" s="52"/>
       <c r="M29" s="52"/>
       <c r="N29" s="52"/>
       <c r="O29" s="52"/>
       <c r="P29" s="55"/>
     </row>
     <row r="30" spans="1:16" ht="11.65" customHeight="1">
       <c r="A30" s="27" t="s">
         <v>91</v>
       </c>
       <c r="B30" s="84">
-        <v>46</v>
+        <v>104</v>
       </c>
       <c r="C30" s="84">
-        <v>46</v>
+        <v>104</v>
       </c>
       <c r="D30" s="86">
         <v>0</v>
       </c>
       <c r="E30" s="86">
         <v>0</v>
       </c>
       <c r="F30" s="86">
         <v>0</v>
       </c>
       <c r="G30" s="84">
-        <v>46</v>
+        <v>104</v>
       </c>
       <c r="H30" s="86">
         <v>0</v>
       </c>
       <c r="I30" s="86">
         <v>0</v>
       </c>
       <c r="J30" s="86">
         <v>0</v>
       </c>
       <c r="K30" s="86">
         <v>0</v>
       </c>
       <c r="L30" s="86">
         <v>0</v>
       </c>
       <c r="M30" s="86">
         <v>0</v>
       </c>
       <c r="N30" s="86">
         <v>0</v>
       </c>
       <c r="O30" s="86">
         <v>0</v>
       </c>
@@ -5051,66 +5051,66 @@
     <row r="31" spans="1:16" ht="11.1" customHeight="1">
       <c r="A31" s="81" t="s">
         <v>92</v>
       </c>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52"/>
       <c r="E31" s="52"/>
       <c r="F31" s="52"/>
       <c r="G31" s="52"/>
       <c r="H31" s="52"/>
       <c r="I31" s="52"/>
       <c r="J31" s="52"/>
       <c r="K31" s="52"/>
       <c r="L31" s="52"/>
       <c r="M31" s="52"/>
       <c r="N31" s="52"/>
       <c r="O31" s="52"/>
       <c r="P31" s="55"/>
     </row>
     <row r="32" spans="1:16" ht="11.65" customHeight="1">
       <c r="A32" s="27" t="s">
         <v>93</v>
       </c>
       <c r="B32" s="84">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="C32" s="84">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="D32" s="86">
         <v>0</v>
       </c>
       <c r="E32" s="86">
         <v>0</v>
       </c>
       <c r="F32" s="86">
         <v>0</v>
       </c>
       <c r="G32" s="84">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="H32" s="86">
         <v>0</v>
       </c>
       <c r="I32" s="86">
         <v>0</v>
       </c>
       <c r="J32" s="86">
         <v>0</v>
       </c>
       <c r="K32" s="86">
         <v>0</v>
       </c>
       <c r="L32" s="86">
         <v>0</v>
       </c>
       <c r="M32" s="86">
         <v>0</v>
       </c>
       <c r="N32" s="86">
         <v>0</v>
       </c>
       <c r="O32" s="86">
         <v>0</v>
       </c>
@@ -5121,66 +5121,66 @@
     <row r="33" spans="1:16" ht="11.1" customHeight="1">
       <c r="A33" s="81" t="s">
         <v>94</v>
       </c>
       <c r="B33" s="52"/>
       <c r="C33" s="52"/>
       <c r="D33" s="52"/>
       <c r="E33" s="52"/>
       <c r="F33" s="52"/>
       <c r="G33" s="52"/>
       <c r="H33" s="52"/>
       <c r="I33" s="52"/>
       <c r="J33" s="52"/>
       <c r="K33" s="52"/>
       <c r="L33" s="52"/>
       <c r="M33" s="52"/>
       <c r="N33" s="52"/>
       <c r="O33" s="52"/>
       <c r="P33" s="55"/>
     </row>
     <row r="34" spans="1:16" ht="11.65" customHeight="1">
       <c r="A34" s="27" t="s">
         <v>95</v>
       </c>
       <c r="B34" s="84">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="C34" s="84">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="D34" s="86">
         <v>0</v>
       </c>
       <c r="E34" s="84">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="F34" s="86">
         <v>0</v>
       </c>
       <c r="G34" s="84">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="H34" s="86">
         <v>0</v>
       </c>
       <c r="I34" s="86">
         <v>0</v>
       </c>
       <c r="J34" s="86">
         <v>0</v>
       </c>
       <c r="K34" s="86">
         <v>0</v>
       </c>
       <c r="L34" s="86">
         <v>0</v>
       </c>
       <c r="M34" s="86">
         <v>0</v>
       </c>
       <c r="N34" s="86">
         <v>0</v>
       </c>
       <c r="O34" s="86">
         <v>0</v>
       </c>
@@ -5191,66 +5191,66 @@
     <row r="35" spans="1:16" ht="11.1" customHeight="1">
       <c r="A35" s="81" t="s">
         <v>96</v>
       </c>
       <c r="B35" s="52"/>
       <c r="C35" s="52"/>
       <c r="D35" s="52"/>
       <c r="E35" s="52"/>
       <c r="F35" s="52"/>
       <c r="G35" s="52"/>
       <c r="H35" s="52"/>
       <c r="I35" s="52"/>
       <c r="J35" s="52"/>
       <c r="K35" s="52"/>
       <c r="L35" s="52"/>
       <c r="M35" s="52"/>
       <c r="N35" s="52"/>
       <c r="O35" s="52"/>
       <c r="P35" s="55"/>
     </row>
     <row r="36" spans="1:16" ht="11.65" customHeight="1">
       <c r="A36" s="27" t="s">
         <v>97</v>
       </c>
       <c r="B36" s="84">
-        <v>2691</v>
+        <v>2394</v>
       </c>
       <c r="C36" s="84">
-        <v>2691</v>
+        <v>2394</v>
       </c>
       <c r="D36" s="86">
         <v>0</v>
       </c>
       <c r="E36" s="84">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F36" s="86">
         <v>0</v>
       </c>
       <c r="G36" s="84">
-        <v>2671</v>
+        <v>2375</v>
       </c>
       <c r="H36" s="86">
         <v>0</v>
       </c>
       <c r="I36" s="86">
         <v>0</v>
       </c>
       <c r="J36" s="86">
         <v>0</v>
       </c>
       <c r="K36" s="86">
         <v>0</v>
       </c>
       <c r="L36" s="86">
         <v>0</v>
       </c>
       <c r="M36" s="86">
         <v>0</v>
       </c>
       <c r="N36" s="86">
         <v>0</v>
       </c>
       <c r="O36" s="86">
         <v>0</v>
       </c>
@@ -5261,87 +5261,87 @@
     <row r="37" spans="1:16" ht="11.1" customHeight="1">
       <c r="A37" s="81" t="s">
         <v>98</v>
       </c>
       <c r="B37" s="52"/>
       <c r="C37" s="52"/>
       <c r="D37" s="52"/>
       <c r="E37" s="52"/>
       <c r="F37" s="52"/>
       <c r="G37" s="52"/>
       <c r="H37" s="52"/>
       <c r="I37" s="52"/>
       <c r="J37" s="52"/>
       <c r="K37" s="52"/>
       <c r="L37" s="52"/>
       <c r="M37" s="52"/>
       <c r="N37" s="52"/>
       <c r="O37" s="52"/>
       <c r="P37" s="55"/>
     </row>
     <row r="38" spans="1:16" ht="11.65" customHeight="1">
       <c r="A38" s="28" t="s">
         <v>99</v>
       </c>
       <c r="B38" s="90">
-        <v>30978</v>
+        <v>29702</v>
       </c>
       <c r="C38" s="90">
-        <v>28756</v>
+        <v>27413</v>
       </c>
       <c r="D38" s="90">
-        <v>2223</v>
+        <v>2289</v>
       </c>
       <c r="E38" s="90">
-        <v>13459</v>
+        <v>13286</v>
       </c>
       <c r="F38" s="90">
-        <v>1434</v>
+        <v>1493</v>
       </c>
       <c r="G38" s="90">
-        <v>15294</v>
+        <v>14124</v>
       </c>
       <c r="H38" s="92">
         <v>0</v>
       </c>
       <c r="I38" s="90">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J38" s="92">
         <v>0</v>
       </c>
       <c r="K38" s="92">
         <v>0</v>
       </c>
       <c r="L38" s="92">
         <v>0</v>
       </c>
       <c r="M38" s="92">
         <v>0</v>
       </c>
       <c r="N38" s="90">
-        <v>788</v>
+        <v>796</v>
       </c>
       <c r="O38" s="92">
         <v>0</v>
       </c>
       <c r="P38" s="94">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:16" ht="11.1" customHeight="1" thickBot="1">
       <c r="A39" s="96" t="s">
         <v>100</v>
       </c>
       <c r="B39" s="58"/>
       <c r="C39" s="58"/>
       <c r="D39" s="58"/>
       <c r="E39" s="58"/>
       <c r="F39" s="58"/>
       <c r="G39" s="58"/>
       <c r="H39" s="58"/>
       <c r="I39" s="58"/>
       <c r="J39" s="58"/>
       <c r="K39" s="58"/>
       <c r="L39" s="58"/>
       <c r="M39" s="58"/>
       <c r="N39" s="58"/>
@@ -5711,58 +5711,58 @@
       <c r="A3" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="6"/>
       <c r="P3" s="6"/>
     </row>
     <row r="4" spans="1:16" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="64" t="str">
         <f>'3-1'!D4:G4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="64"/>
       <c r="F4" s="64"/>
       <c r="G4" s="64"/>
       <c r="H4" s="63" t="str">
         <f>'3-1'!H4:K4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="63"/>
       <c r="L4" s="7"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="14.1" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="38"/>
       <c r="E5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="40" t="s">
         <v>28</v>
@@ -6004,568 +6004,568 @@
       <c r="H11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="11"/>
       <c r="J11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="11"/>
       <c r="L11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="M11" s="11"/>
       <c r="N11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="O11" s="11"/>
       <c r="P11" s="12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="11.65" customHeight="1">
       <c r="A12" s="69" t="s">
         <v>101</v>
       </c>
       <c r="B12" s="72">
-        <v>16366</v>
+        <v>14722</v>
       </c>
       <c r="C12" s="72">
-        <v>16366</v>
+        <v>14722</v>
       </c>
       <c r="D12" s="75">
         <v>0</v>
       </c>
       <c r="E12" s="72">
-        <v>5787</v>
+        <v>5635</v>
       </c>
       <c r="F12" s="75">
         <v>0</v>
       </c>
       <c r="G12" s="72">
-        <v>10543</v>
+        <v>8965</v>
       </c>
       <c r="H12" s="75">
         <v>0</v>
       </c>
       <c r="I12" s="72">
-        <v>36</v>
+        <v>123</v>
       </c>
       <c r="J12" s="75">
         <v>0</v>
       </c>
       <c r="K12" s="75">
         <v>0</v>
       </c>
       <c r="L12" s="75">
         <v>0</v>
       </c>
       <c r="M12" s="75">
         <v>0</v>
       </c>
       <c r="N12" s="75">
         <v>0</v>
       </c>
       <c r="O12" s="75">
         <v>0</v>
       </c>
       <c r="P12" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="11.1" customHeight="1">
       <c r="A13" s="81" t="s">
         <v>102</v>
       </c>
       <c r="B13" s="52"/>
       <c r="C13" s="52"/>
       <c r="D13" s="52"/>
       <c r="E13" s="52"/>
       <c r="F13" s="52"/>
       <c r="G13" s="52"/>
       <c r="H13" s="52"/>
       <c r="I13" s="52"/>
       <c r="J13" s="52"/>
       <c r="K13" s="52"/>
       <c r="L13" s="52"/>
       <c r="M13" s="52"/>
       <c r="N13" s="52"/>
       <c r="O13" s="52"/>
       <c r="P13" s="55"/>
     </row>
     <row r="14" spans="1:16" ht="11.65" customHeight="1">
       <c r="A14" s="27" t="s">
         <v>103</v>
       </c>
       <c r="B14" s="84">
-        <v>156545</v>
+        <v>133431</v>
       </c>
       <c r="C14" s="84">
-        <v>156545</v>
+        <v>133431</v>
       </c>
       <c r="D14" s="86">
         <v>0</v>
       </c>
       <c r="E14" s="84">
-        <v>25849</v>
+        <v>25716</v>
       </c>
       <c r="F14" s="86">
         <v>0</v>
       </c>
       <c r="G14" s="84">
-        <v>130535</v>
+        <v>107551</v>
       </c>
       <c r="H14" s="86">
         <v>0</v>
       </c>
       <c r="I14" s="84">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="J14" s="86">
         <v>0</v>
       </c>
       <c r="K14" s="86">
         <v>0</v>
       </c>
       <c r="L14" s="86">
         <v>0</v>
       </c>
       <c r="M14" s="86">
         <v>0</v>
       </c>
       <c r="N14" s="86">
         <v>0</v>
       </c>
       <c r="O14" s="86">
         <v>0</v>
       </c>
       <c r="P14" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:16" ht="11.1" customHeight="1">
       <c r="A15" s="81" t="s">
         <v>104</v>
       </c>
       <c r="B15" s="52"/>
       <c r="C15" s="52"/>
       <c r="D15" s="52"/>
       <c r="E15" s="52"/>
       <c r="F15" s="52"/>
       <c r="G15" s="52"/>
       <c r="H15" s="52"/>
       <c r="I15" s="52"/>
       <c r="J15" s="52"/>
       <c r="K15" s="52"/>
       <c r="L15" s="52"/>
       <c r="M15" s="52"/>
       <c r="N15" s="52"/>
       <c r="O15" s="52"/>
       <c r="P15" s="55"/>
     </row>
     <row r="16" spans="1:16" ht="11.65" customHeight="1">
       <c r="A16" s="27" t="s">
         <v>105</v>
       </c>
       <c r="B16" s="84">
-        <v>107601</v>
+        <v>104078</v>
       </c>
       <c r="C16" s="84">
-        <v>106950</v>
+        <v>103391</v>
       </c>
       <c r="D16" s="84">
-        <v>651</v>
+        <v>687</v>
       </c>
       <c r="E16" s="84">
-        <v>37177</v>
+        <v>39890</v>
       </c>
       <c r="F16" s="84">
-        <v>651</v>
+        <v>687</v>
       </c>
       <c r="G16" s="84">
-        <v>69692</v>
+        <v>63426</v>
       </c>
       <c r="H16" s="86">
         <v>0</v>
       </c>
       <c r="I16" s="84">
         <v>8</v>
       </c>
       <c r="J16" s="86">
         <v>0</v>
       </c>
       <c r="K16" s="86">
         <v>0</v>
       </c>
       <c r="L16" s="86">
         <v>0</v>
       </c>
       <c r="M16" s="84">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="N16" s="86">
         <v>0</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
       <c r="P16" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:16" ht="11.1" customHeight="1">
       <c r="A17" s="81" t="s">
         <v>106</v>
       </c>
       <c r="B17" s="52"/>
       <c r="C17" s="52"/>
       <c r="D17" s="52"/>
       <c r="E17" s="52"/>
       <c r="F17" s="52"/>
       <c r="G17" s="52"/>
       <c r="H17" s="52"/>
       <c r="I17" s="52"/>
       <c r="J17" s="52"/>
       <c r="K17" s="52"/>
       <c r="L17" s="52"/>
       <c r="M17" s="52"/>
       <c r="N17" s="52"/>
       <c r="O17" s="52"/>
       <c r="P17" s="55"/>
     </row>
     <row r="18" spans="1:16" ht="11.65" customHeight="1">
       <c r="A18" s="27" t="s">
         <v>107</v>
       </c>
       <c r="B18" s="84">
-        <v>69749</v>
+        <v>68027</v>
       </c>
       <c r="C18" s="84">
-        <v>68795</v>
+        <v>67107</v>
       </c>
       <c r="D18" s="84">
-        <v>954</v>
+        <v>920</v>
       </c>
       <c r="E18" s="84">
-        <v>17827</v>
+        <v>17989</v>
       </c>
       <c r="F18" s="84">
-        <v>954</v>
+        <v>920</v>
       </c>
       <c r="G18" s="84">
-        <v>50964</v>
+        <v>49107</v>
       </c>
       <c r="H18" s="86">
         <v>0</v>
       </c>
       <c r="I18" s="84">
         <v>2</v>
       </c>
       <c r="J18" s="86">
         <v>0</v>
       </c>
       <c r="K18" s="84">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="L18" s="86">
         <v>0</v>
       </c>
       <c r="M18" s="86">
         <v>0</v>
       </c>
       <c r="N18" s="86">
         <v>0</v>
       </c>
       <c r="O18" s="86">
         <v>0</v>
       </c>
       <c r="P18" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:16" ht="11.1" customHeight="1">
       <c r="A19" s="81" t="s">
         <v>108</v>
       </c>
       <c r="B19" s="52"/>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="52"/>
       <c r="K19" s="52"/>
       <c r="L19" s="52"/>
       <c r="M19" s="52"/>
       <c r="N19" s="52"/>
       <c r="O19" s="52"/>
       <c r="P19" s="55"/>
     </row>
     <row r="20" spans="1:16" ht="11.65" customHeight="1">
       <c r="A20" s="27" t="s">
         <v>109</v>
       </c>
       <c r="B20" s="84">
-        <v>42126</v>
+        <v>41893</v>
       </c>
       <c r="C20" s="84">
-        <v>38627</v>
+        <v>37741</v>
       </c>
       <c r="D20" s="84">
-        <v>3499</v>
+        <v>4152</v>
       </c>
       <c r="E20" s="84">
-        <v>17878</v>
+        <v>14628</v>
       </c>
       <c r="F20" s="84">
-        <v>584</v>
+        <v>1005</v>
       </c>
       <c r="G20" s="84">
-        <v>20611</v>
+        <v>23036</v>
       </c>
       <c r="H20" s="84">
-        <v>2915</v>
+        <v>3147</v>
       </c>
       <c r="I20" s="84">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="J20" s="86">
         <v>0</v>
       </c>
       <c r="K20" s="84">
-        <v>130</v>
+        <v>70</v>
       </c>
       <c r="L20" s="86">
         <v>0</v>
       </c>
       <c r="M20" s="86">
         <v>0</v>
       </c>
       <c r="N20" s="86">
         <v>0</v>
       </c>
       <c r="O20" s="86">
         <v>0</v>
       </c>
       <c r="P20" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:16" ht="11.1" customHeight="1">
       <c r="A21" s="81" t="s">
         <v>110</v>
       </c>
       <c r="B21" s="52"/>
       <c r="C21" s="52"/>
       <c r="D21" s="52"/>
       <c r="E21" s="52"/>
       <c r="F21" s="52"/>
       <c r="G21" s="52"/>
       <c r="H21" s="52"/>
       <c r="I21" s="52"/>
       <c r="J21" s="52"/>
       <c r="K21" s="52"/>
       <c r="L21" s="52"/>
       <c r="M21" s="52"/>
       <c r="N21" s="52"/>
       <c r="O21" s="52"/>
       <c r="P21" s="55"/>
     </row>
     <row r="22" spans="1:16" ht="11.65" customHeight="1">
       <c r="A22" s="27" t="s">
         <v>111</v>
       </c>
       <c r="B22" s="84">
-        <v>116988</v>
+        <v>124362</v>
       </c>
       <c r="C22" s="84">
-        <v>116988</v>
+        <v>124362</v>
       </c>
       <c r="D22" s="86">
         <v>0</v>
       </c>
       <c r="E22" s="84">
-        <v>39493</v>
+        <v>41671</v>
       </c>
       <c r="F22" s="86">
         <v>0</v>
       </c>
       <c r="G22" s="84">
-        <v>77312</v>
+        <v>82439</v>
       </c>
       <c r="H22" s="86">
         <v>0</v>
       </c>
       <c r="I22" s="84">
-        <v>168</v>
+        <v>247</v>
       </c>
       <c r="J22" s="86">
         <v>0</v>
       </c>
       <c r="K22" s="84">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L22" s="86">
         <v>0</v>
       </c>
-      <c r="M22" s="84">
-        <v>12</v>
+      <c r="M22" s="86">
+        <v>0</v>
       </c>
       <c r="N22" s="86">
         <v>0</v>
       </c>
       <c r="O22" s="86">
         <v>0</v>
       </c>
       <c r="P22" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:16" ht="11.1" customHeight="1">
       <c r="A23" s="81" t="s">
         <v>112</v>
       </c>
       <c r="B23" s="52"/>
       <c r="C23" s="52"/>
       <c r="D23" s="52"/>
       <c r="E23" s="52"/>
       <c r="F23" s="52"/>
       <c r="G23" s="52"/>
       <c r="H23" s="52"/>
       <c r="I23" s="52"/>
       <c r="J23" s="52"/>
       <c r="K23" s="52"/>
       <c r="L23" s="52"/>
       <c r="M23" s="52"/>
       <c r="N23" s="52"/>
       <c r="O23" s="52"/>
       <c r="P23" s="55"/>
     </row>
     <row r="24" spans="1:16" ht="11.65" customHeight="1">
       <c r="A24" s="27" t="s">
         <v>113</v>
       </c>
       <c r="B24" s="84">
-        <v>3695</v>
+        <v>3602</v>
       </c>
       <c r="C24" s="84">
-        <v>3695</v>
+        <v>3602</v>
       </c>
       <c r="D24" s="86">
         <v>0</v>
       </c>
       <c r="E24" s="84">
-        <v>2619</v>
+        <v>2601</v>
       </c>
       <c r="F24" s="86">
         <v>0</v>
       </c>
       <c r="G24" s="84">
-        <v>1039</v>
+        <v>963</v>
       </c>
       <c r="H24" s="86">
         <v>0</v>
       </c>
       <c r="I24" s="84">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J24" s="86">
         <v>0</v>
       </c>
       <c r="K24" s="86">
         <v>0</v>
       </c>
       <c r="L24" s="86">
         <v>0</v>
       </c>
       <c r="M24" s="86">
         <v>0</v>
       </c>
       <c r="N24" s="86">
         <v>0</v>
       </c>
       <c r="O24" s="86">
         <v>0</v>
       </c>
       <c r="P24" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:16" ht="11.1" customHeight="1">
       <c r="A25" s="81" t="s">
         <v>114</v>
       </c>
       <c r="B25" s="52"/>
       <c r="C25" s="52"/>
       <c r="D25" s="52"/>
       <c r="E25" s="52"/>
       <c r="F25" s="52"/>
       <c r="G25" s="52"/>
       <c r="H25" s="52"/>
       <c r="I25" s="52"/>
       <c r="J25" s="52"/>
       <c r="K25" s="52"/>
       <c r="L25" s="52"/>
       <c r="M25" s="52"/>
       <c r="N25" s="52"/>
       <c r="O25" s="52"/>
       <c r="P25" s="55"/>
     </row>
     <row r="26" spans="1:16" ht="11.65" customHeight="1">
       <c r="A26" s="27" t="s">
         <v>115</v>
       </c>
       <c r="B26" s="84">
-        <v>369994</v>
+        <v>346052</v>
       </c>
       <c r="C26" s="84">
-        <v>369135</v>
+        <v>345201</v>
       </c>
       <c r="D26" s="84">
-        <v>859</v>
+        <v>851</v>
       </c>
       <c r="E26" s="84">
-        <v>159901</v>
+        <v>161829</v>
       </c>
       <c r="F26" s="86">
         <v>0</v>
       </c>
       <c r="G26" s="84">
-        <v>208693</v>
+        <v>182995</v>
       </c>
       <c r="H26" s="84">
-        <v>859</v>
+        <v>851</v>
       </c>
       <c r="I26" s="84">
-        <v>223</v>
+        <v>110</v>
       </c>
       <c r="J26" s="86">
         <v>0</v>
       </c>
       <c r="K26" s="84">
-        <v>318</v>
+        <v>267</v>
       </c>
       <c r="L26" s="86">
         <v>0</v>
       </c>
       <c r="M26" s="86">
         <v>0</v>
       </c>
       <c r="N26" s="86">
         <v>0</v>
       </c>
       <c r="O26" s="86">
         <v>0</v>
       </c>
       <c r="P26" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:16" ht="11.1" customHeight="1">
       <c r="A27" s="81" t="s">
         <v>116</v>
       </c>
       <c r="B27" s="52"/>
       <c r="C27" s="52"/>
       <c r="D27" s="52"/>
       <c r="E27" s="52"/>
@@ -6704,60 +6704,60 @@
     <row r="31" spans="1:16" ht="11.1" customHeight="1">
       <c r="A31" s="81" t="s">
         <v>120</v>
       </c>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52"/>
       <c r="E31" s="52"/>
       <c r="F31" s="52"/>
       <c r="G31" s="52"/>
       <c r="H31" s="52"/>
       <c r="I31" s="52"/>
       <c r="J31" s="52"/>
       <c r="K31" s="52"/>
       <c r="L31" s="52"/>
       <c r="M31" s="52"/>
       <c r="N31" s="52"/>
       <c r="O31" s="52"/>
       <c r="P31" s="55"/>
     </row>
     <row r="32" spans="1:16" ht="11.65" customHeight="1">
       <c r="A32" s="27" t="s">
         <v>121</v>
       </c>
       <c r="B32" s="84">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="C32" s="84">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="D32" s="86">
         <v>0</v>
       </c>
       <c r="E32" s="84">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="F32" s="86">
         <v>0</v>
       </c>
       <c r="G32" s="86">
         <v>0</v>
       </c>
       <c r="H32" s="86">
         <v>0</v>
       </c>
       <c r="I32" s="86">
         <v>0</v>
       </c>
       <c r="J32" s="86">
         <v>0</v>
       </c>
       <c r="K32" s="86">
         <v>0</v>
       </c>
       <c r="L32" s="86">
         <v>0</v>
       </c>
       <c r="M32" s="86">
         <v>0</v>
       </c>
@@ -7222,58 +7222,58 @@
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="5"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
     </row>
     <row r="4" spans="1:16" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="64" t="str">
         <f>'3-1'!D4:G4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="64"/>
       <c r="F4" s="64"/>
       <c r="G4" s="64"/>
       <c r="H4" s="63" t="str">
         <f>'3-1'!H4:K4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="63"/>
       <c r="L4" s="7"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="14.1" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="38"/>
       <c r="E5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="40" t="s">
         <v>28</v>
@@ -7515,136 +7515,136 @@
       <c r="H11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="11"/>
       <c r="J11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="11"/>
       <c r="L11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="M11" s="11"/>
       <c r="N11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="O11" s="11"/>
       <c r="P11" s="12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="11.65" customHeight="1">
       <c r="A12" s="70" t="s">
         <v>45</v>
       </c>
       <c r="B12" s="99">
-        <v>1068381</v>
+        <v>1065555</v>
       </c>
       <c r="C12" s="99">
-        <v>1067504</v>
+        <v>1064500</v>
       </c>
       <c r="D12" s="73">
-        <v>878</v>
+        <v>1055</v>
       </c>
       <c r="E12" s="73">
-        <v>727952</v>
+        <v>736762</v>
       </c>
       <c r="F12" s="73">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="G12" s="73">
-        <v>339479</v>
+        <v>327663</v>
       </c>
       <c r="H12" s="73">
-        <v>750</v>
+        <v>915</v>
       </c>
       <c r="I12" s="73">
         <v>10</v>
       </c>
       <c r="J12" s="76">
         <v>0</v>
       </c>
       <c r="K12" s="73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
       <c r="M12" s="73">
         <v>61</v>
       </c>
       <c r="N12" s="76">
         <v>0</v>
       </c>
       <c r="O12" s="76">
         <v>0</v>
       </c>
       <c r="P12" s="79">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="11.1" customHeight="1">
       <c r="A13" s="82" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="66"/>
       <c r="C13" s="66"/>
       <c r="D13" s="52"/>
       <c r="E13" s="52"/>
       <c r="F13" s="52"/>
       <c r="G13" s="52"/>
       <c r="H13" s="52"/>
       <c r="I13" s="52"/>
       <c r="J13" s="52"/>
       <c r="K13" s="52"/>
       <c r="L13" s="52"/>
       <c r="M13" s="52"/>
       <c r="N13" s="52"/>
       <c r="O13" s="52"/>
       <c r="P13" s="55"/>
     </row>
     <row r="14" spans="1:16" ht="11.65" customHeight="1">
       <c r="A14" s="27" t="s">
         <v>123</v>
       </c>
       <c r="B14" s="84">
-        <v>21060</v>
+        <v>26747</v>
       </c>
       <c r="C14" s="84">
-        <v>21060</v>
+        <v>26747</v>
       </c>
       <c r="D14" s="86">
         <v>0</v>
       </c>
       <c r="E14" s="84">
-        <v>2395</v>
+        <v>2178</v>
       </c>
       <c r="F14" s="86">
         <v>0</v>
       </c>
       <c r="G14" s="84">
-        <v>18665</v>
+        <v>24569</v>
       </c>
       <c r="H14" s="86">
         <v>0</v>
       </c>
       <c r="I14" s="86">
         <v>0</v>
       </c>
       <c r="J14" s="86">
         <v>0</v>
       </c>
       <c r="K14" s="86">
         <v>0</v>
       </c>
       <c r="L14" s="86">
         <v>0</v>
       </c>
       <c r="M14" s="86">
         <v>0</v>
       </c>
       <c r="N14" s="86">
         <v>0</v>
       </c>
       <c r="O14" s="86">
         <v>0</v>
       </c>
@@ -7655,66 +7655,66 @@
     <row r="15" spans="1:16" ht="11.1" customHeight="1">
       <c r="A15" s="81" t="s">
         <v>124</v>
       </c>
       <c r="B15" s="52"/>
       <c r="C15" s="52"/>
       <c r="D15" s="52"/>
       <c r="E15" s="52"/>
       <c r="F15" s="52"/>
       <c r="G15" s="52"/>
       <c r="H15" s="52"/>
       <c r="I15" s="52"/>
       <c r="J15" s="52"/>
       <c r="K15" s="52"/>
       <c r="L15" s="52"/>
       <c r="M15" s="52"/>
       <c r="N15" s="52"/>
       <c r="O15" s="52"/>
       <c r="P15" s="55"/>
     </row>
     <row r="16" spans="1:16" ht="11.65" customHeight="1">
       <c r="A16" s="27" t="s">
         <v>125</v>
       </c>
       <c r="B16" s="84">
-        <v>32352</v>
+        <v>33471</v>
       </c>
       <c r="C16" s="84">
-        <v>32352</v>
+        <v>33471</v>
       </c>
       <c r="D16" s="86">
         <v>0</v>
       </c>
       <c r="E16" s="84">
-        <v>27349</v>
+        <v>28620</v>
       </c>
       <c r="F16" s="86">
         <v>0</v>
       </c>
       <c r="G16" s="84">
-        <v>5003</v>
+        <v>4851</v>
       </c>
       <c r="H16" s="86">
         <v>0</v>
       </c>
       <c r="I16" s="86">
         <v>0</v>
       </c>
       <c r="J16" s="86">
         <v>0</v>
       </c>
       <c r="K16" s="86">
         <v>0</v>
       </c>
       <c r="L16" s="86">
         <v>0</v>
       </c>
       <c r="M16" s="86">
         <v>0</v>
       </c>
       <c r="N16" s="86">
         <v>0</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
@@ -7725,66 +7725,66 @@
     <row r="17" spans="1:16" ht="11.1" customHeight="1">
       <c r="A17" s="81" t="s">
         <v>126</v>
       </c>
       <c r="B17" s="52"/>
       <c r="C17" s="52"/>
       <c r="D17" s="52"/>
       <c r="E17" s="52"/>
       <c r="F17" s="52"/>
       <c r="G17" s="52"/>
       <c r="H17" s="52"/>
       <c r="I17" s="52"/>
       <c r="J17" s="52"/>
       <c r="K17" s="52"/>
       <c r="L17" s="52"/>
       <c r="M17" s="52"/>
       <c r="N17" s="52"/>
       <c r="O17" s="52"/>
       <c r="P17" s="55"/>
     </row>
     <row r="18" spans="1:16" ht="11.65" customHeight="1">
       <c r="A18" s="27" t="s">
         <v>127</v>
       </c>
       <c r="B18" s="84">
-        <v>365</v>
+        <v>389</v>
       </c>
       <c r="C18" s="84">
-        <v>365</v>
+        <v>389</v>
       </c>
       <c r="D18" s="86">
         <v>0</v>
       </c>
       <c r="E18" s="84">
         <v>0</v>
       </c>
       <c r="F18" s="86">
         <v>0</v>
       </c>
       <c r="G18" s="84">
-        <v>365</v>
+        <v>389</v>
       </c>
       <c r="H18" s="86">
         <v>0</v>
       </c>
       <c r="I18" s="86">
         <v>0</v>
       </c>
       <c r="J18" s="86">
         <v>0</v>
       </c>
       <c r="K18" s="86">
         <v>0</v>
       </c>
       <c r="L18" s="86">
         <v>0</v>
       </c>
       <c r="M18" s="86">
         <v>0</v>
       </c>
       <c r="N18" s="86">
         <v>0</v>
       </c>
       <c r="O18" s="86">
         <v>0</v>
       </c>
@@ -7795,66 +7795,66 @@
     <row r="19" spans="1:16" ht="11.1" customHeight="1">
       <c r="A19" s="81" t="s">
         <v>128</v>
       </c>
       <c r="B19" s="52"/>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="52"/>
       <c r="K19" s="52"/>
       <c r="L19" s="52"/>
       <c r="M19" s="52"/>
       <c r="N19" s="52"/>
       <c r="O19" s="52"/>
       <c r="P19" s="55"/>
     </row>
     <row r="20" spans="1:16" ht="11.65" customHeight="1">
       <c r="A20" s="27" t="s">
         <v>129</v>
       </c>
       <c r="B20" s="84">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="C20" s="84">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="D20" s="86">
         <v>0</v>
       </c>
       <c r="E20" s="86">
         <v>0</v>
       </c>
       <c r="F20" s="86">
         <v>0</v>
       </c>
       <c r="G20" s="84">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="H20" s="86">
         <v>0</v>
       </c>
       <c r="I20" s="86">
         <v>0</v>
       </c>
       <c r="J20" s="86">
         <v>0</v>
       </c>
       <c r="K20" s="86">
         <v>0</v>
       </c>
       <c r="L20" s="86">
         <v>0</v>
       </c>
       <c r="M20" s="86">
         <v>0</v>
       </c>
       <c r="N20" s="86">
         <v>0</v>
       </c>
       <c r="O20" s="86">
         <v>0</v>
       </c>
@@ -7865,66 +7865,66 @@
     <row r="21" spans="1:16" ht="11.1" customHeight="1">
       <c r="A21" s="81" t="s">
         <v>130</v>
       </c>
       <c r="B21" s="52"/>
       <c r="C21" s="52"/>
       <c r="D21" s="52"/>
       <c r="E21" s="52"/>
       <c r="F21" s="52"/>
       <c r="G21" s="52"/>
       <c r="H21" s="52"/>
       <c r="I21" s="52"/>
       <c r="J21" s="52"/>
       <c r="K21" s="52"/>
       <c r="L21" s="52"/>
       <c r="M21" s="52"/>
       <c r="N21" s="52"/>
       <c r="O21" s="52"/>
       <c r="P21" s="55"/>
     </row>
     <row r="22" spans="1:16" ht="11.65" customHeight="1">
       <c r="A22" s="27" t="s">
         <v>131</v>
       </c>
       <c r="B22" s="84">
-        <v>11545</v>
+        <v>9298</v>
       </c>
       <c r="C22" s="84">
-        <v>11545</v>
+        <v>9298</v>
       </c>
       <c r="D22" s="86">
         <v>0</v>
       </c>
       <c r="E22" s="86">
         <v>0</v>
       </c>
       <c r="F22" s="86">
         <v>0</v>
       </c>
       <c r="G22" s="84">
-        <v>11545</v>
+        <v>9298</v>
       </c>
       <c r="H22" s="86">
         <v>0</v>
       </c>
       <c r="I22" s="86">
         <v>0</v>
       </c>
       <c r="J22" s="86">
         <v>0</v>
       </c>
       <c r="K22" s="86">
         <v>0</v>
       </c>
       <c r="L22" s="86">
         <v>0</v>
       </c>
       <c r="M22" s="86">
         <v>0</v>
       </c>
       <c r="N22" s="86">
         <v>0</v>
       </c>
       <c r="O22" s="86">
         <v>0</v>
       </c>
@@ -7935,66 +7935,66 @@
     <row r="23" spans="1:16" ht="11.1" customHeight="1">
       <c r="A23" s="81" t="s">
         <v>132</v>
       </c>
       <c r="B23" s="52"/>
       <c r="C23" s="52"/>
       <c r="D23" s="52"/>
       <c r="E23" s="52"/>
       <c r="F23" s="52"/>
       <c r="G23" s="52"/>
       <c r="H23" s="52"/>
       <c r="I23" s="52"/>
       <c r="J23" s="52"/>
       <c r="K23" s="52"/>
       <c r="L23" s="52"/>
       <c r="M23" s="52"/>
       <c r="N23" s="52"/>
       <c r="O23" s="52"/>
       <c r="P23" s="55"/>
     </row>
     <row r="24" spans="1:16" ht="11.65" customHeight="1">
       <c r="A24" s="27" t="s">
         <v>133</v>
       </c>
       <c r="B24" s="84">
-        <v>26314</v>
+        <v>29376</v>
       </c>
       <c r="C24" s="84">
-        <v>26314</v>
+        <v>29376</v>
       </c>
       <c r="D24" s="86">
         <v>0</v>
       </c>
       <c r="E24" s="84">
-        <v>317</v>
+        <v>367</v>
       </c>
       <c r="F24" s="86">
         <v>0</v>
       </c>
       <c r="G24" s="84">
-        <v>25996</v>
+        <v>29009</v>
       </c>
       <c r="H24" s="86">
         <v>0</v>
       </c>
       <c r="I24" s="86">
         <v>0</v>
       </c>
       <c r="J24" s="86">
         <v>0</v>
       </c>
       <c r="K24" s="86">
         <v>0</v>
       </c>
       <c r="L24" s="86">
         <v>0</v>
       </c>
       <c r="M24" s="86">
         <v>0</v>
       </c>
       <c r="N24" s="86">
         <v>0</v>
       </c>
       <c r="O24" s="86">
         <v>0</v>
       </c>
@@ -8005,66 +8005,66 @@
     <row r="25" spans="1:16" ht="11.1" customHeight="1">
       <c r="A25" s="81" t="s">
         <v>134</v>
       </c>
       <c r="B25" s="52"/>
       <c r="C25" s="52"/>
       <c r="D25" s="52"/>
       <c r="E25" s="52"/>
       <c r="F25" s="52"/>
       <c r="G25" s="52"/>
       <c r="H25" s="52"/>
       <c r="I25" s="52"/>
       <c r="J25" s="52"/>
       <c r="K25" s="52"/>
       <c r="L25" s="52"/>
       <c r="M25" s="52"/>
       <c r="N25" s="52"/>
       <c r="O25" s="52"/>
       <c r="P25" s="55"/>
     </row>
     <row r="26" spans="1:16" ht="11.65" customHeight="1">
       <c r="A26" s="27" t="s">
         <v>135</v>
       </c>
       <c r="B26" s="84">
-        <v>22725</v>
+        <v>21001</v>
       </c>
       <c r="C26" s="84">
-        <v>22725</v>
+        <v>21001</v>
       </c>
       <c r="D26" s="86">
         <v>0</v>
       </c>
       <c r="E26" s="86">
         <v>0</v>
       </c>
       <c r="F26" s="86">
         <v>0</v>
       </c>
       <c r="G26" s="84">
-        <v>22725</v>
+        <v>21001</v>
       </c>
       <c r="H26" s="86">
         <v>0</v>
       </c>
       <c r="I26" s="86">
         <v>0</v>
       </c>
       <c r="J26" s="86">
         <v>0</v>
       </c>
       <c r="K26" s="86">
         <v>0</v>
       </c>
       <c r="L26" s="86">
         <v>0</v>
       </c>
       <c r="M26" s="86">
         <v>0</v>
       </c>
       <c r="N26" s="86">
         <v>0</v>
       </c>
       <c r="O26" s="86">
         <v>0</v>
       </c>
@@ -8075,66 +8075,66 @@
     <row r="27" spans="1:16" ht="11.1" customHeight="1">
       <c r="A27" s="81" t="s">
         <v>136</v>
       </c>
       <c r="B27" s="52"/>
       <c r="C27" s="52"/>
       <c r="D27" s="52"/>
       <c r="E27" s="52"/>
       <c r="F27" s="52"/>
       <c r="G27" s="52"/>
       <c r="H27" s="52"/>
       <c r="I27" s="52"/>
       <c r="J27" s="52"/>
       <c r="K27" s="52"/>
       <c r="L27" s="52"/>
       <c r="M27" s="52"/>
       <c r="N27" s="52"/>
       <c r="O27" s="52"/>
       <c r="P27" s="55"/>
     </row>
     <row r="28" spans="1:16" ht="11.65" customHeight="1">
       <c r="A28" s="27" t="s">
         <v>137</v>
       </c>
       <c r="B28" s="84">
-        <v>65942</v>
+        <v>60021</v>
       </c>
       <c r="C28" s="84">
-        <v>65942</v>
+        <v>60021</v>
       </c>
       <c r="D28" s="86">
         <v>0</v>
       </c>
       <c r="E28" s="84">
-        <v>49325</v>
+        <v>50398</v>
       </c>
       <c r="F28" s="86">
         <v>0</v>
       </c>
       <c r="G28" s="84">
-        <v>16617</v>
+        <v>9623</v>
       </c>
       <c r="H28" s="86">
         <v>0</v>
       </c>
       <c r="I28" s="86">
         <v>0</v>
       </c>
       <c r="J28" s="86">
         <v>0</v>
       </c>
       <c r="K28" s="86">
         <v>0</v>
       </c>
       <c r="L28" s="86">
         <v>0</v>
       </c>
       <c r="M28" s="86">
         <v>0</v>
       </c>
       <c r="N28" s="86">
         <v>0</v>
       </c>
       <c r="O28" s="86">
         <v>0</v>
       </c>
@@ -8145,66 +8145,66 @@
     <row r="29" spans="1:16" ht="11.1" customHeight="1">
       <c r="A29" s="81" t="s">
         <v>138</v>
       </c>
       <c r="B29" s="52"/>
       <c r="C29" s="52"/>
       <c r="D29" s="52"/>
       <c r="E29" s="52"/>
       <c r="F29" s="52"/>
       <c r="G29" s="52"/>
       <c r="H29" s="52"/>
       <c r="I29" s="52"/>
       <c r="J29" s="52"/>
       <c r="K29" s="52"/>
       <c r="L29" s="52"/>
       <c r="M29" s="52"/>
       <c r="N29" s="52"/>
       <c r="O29" s="52"/>
       <c r="P29" s="55"/>
     </row>
     <row r="30" spans="1:16" ht="11.65" customHeight="1">
       <c r="A30" s="27" t="s">
         <v>139</v>
       </c>
       <c r="B30" s="84">
-        <v>84191</v>
+        <v>85918</v>
       </c>
       <c r="C30" s="84">
-        <v>84191</v>
+        <v>85918</v>
       </c>
       <c r="D30" s="86">
         <v>0</v>
       </c>
       <c r="E30" s="84">
-        <v>70482</v>
+        <v>74348</v>
       </c>
       <c r="F30" s="86">
         <v>0</v>
       </c>
       <c r="G30" s="84">
-        <v>13692</v>
+        <v>11554</v>
       </c>
       <c r="H30" s="86">
         <v>0</v>
       </c>
       <c r="I30" s="86">
         <v>0</v>
       </c>
       <c r="J30" s="86">
         <v>0</v>
       </c>
       <c r="K30" s="86">
         <v>0</v>
       </c>
       <c r="L30" s="86">
         <v>0</v>
       </c>
       <c r="M30" s="84">
         <v>16</v>
       </c>
       <c r="N30" s="86">
         <v>0</v>
       </c>
       <c r="O30" s="86">
         <v>0</v>
       </c>
@@ -8215,66 +8215,66 @@
     <row r="31" spans="1:16" ht="11.1" customHeight="1">
       <c r="A31" s="81" t="s">
         <v>140</v>
       </c>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52"/>
       <c r="E31" s="52"/>
       <c r="F31" s="52"/>
       <c r="G31" s="52"/>
       <c r="H31" s="52"/>
       <c r="I31" s="52"/>
       <c r="J31" s="52"/>
       <c r="K31" s="52"/>
       <c r="L31" s="52"/>
       <c r="M31" s="52"/>
       <c r="N31" s="52"/>
       <c r="O31" s="52"/>
       <c r="P31" s="55"/>
     </row>
     <row r="32" spans="1:16" ht="11.65" customHeight="1">
       <c r="A32" s="27" t="s">
         <v>141</v>
       </c>
       <c r="B32" s="84">
-        <v>150</v>
+        <v>253</v>
       </c>
       <c r="C32" s="84">
-        <v>150</v>
+        <v>253</v>
       </c>
       <c r="D32" s="86">
         <v>0</v>
       </c>
       <c r="E32" s="86">
         <v>0</v>
       </c>
       <c r="F32" s="86">
         <v>0</v>
       </c>
       <c r="G32" s="84">
-        <v>150</v>
+        <v>253</v>
       </c>
       <c r="H32" s="86">
         <v>0</v>
       </c>
       <c r="I32" s="86">
         <v>0</v>
       </c>
       <c r="J32" s="86">
         <v>0</v>
       </c>
       <c r="K32" s="86">
         <v>0</v>
       </c>
       <c r="L32" s="86">
         <v>0</v>
       </c>
       <c r="M32" s="86">
         <v>0</v>
       </c>
       <c r="N32" s="86">
         <v>0</v>
       </c>
       <c r="O32" s="86">
         <v>0</v>
       </c>
@@ -8285,66 +8285,66 @@
     <row r="33" spans="1:16" ht="11.1" customHeight="1">
       <c r="A33" s="81" t="s">
         <v>142</v>
       </c>
       <c r="B33" s="52"/>
       <c r="C33" s="52"/>
       <c r="D33" s="52"/>
       <c r="E33" s="52"/>
       <c r="F33" s="52"/>
       <c r="G33" s="52"/>
       <c r="H33" s="52"/>
       <c r="I33" s="52"/>
       <c r="J33" s="52"/>
       <c r="K33" s="52"/>
       <c r="L33" s="52"/>
       <c r="M33" s="52"/>
       <c r="N33" s="52"/>
       <c r="O33" s="52"/>
       <c r="P33" s="55"/>
     </row>
     <row r="34" spans="1:16" ht="11.65" customHeight="1">
       <c r="A34" s="27" t="s">
         <v>143</v>
       </c>
       <c r="B34" s="84">
-        <v>103796</v>
+        <v>102175</v>
       </c>
       <c r="C34" s="84">
-        <v>103796</v>
+        <v>102175</v>
       </c>
       <c r="D34" s="86">
         <v>0</v>
       </c>
       <c r="E34" s="84">
-        <v>73375</v>
+        <v>72775</v>
       </c>
       <c r="F34" s="86">
         <v>0</v>
       </c>
       <c r="G34" s="84">
-        <v>30421</v>
+        <v>29400</v>
       </c>
       <c r="H34" s="86">
         <v>0</v>
       </c>
       <c r="I34" s="86">
         <v>0</v>
       </c>
       <c r="J34" s="86">
         <v>0</v>
       </c>
       <c r="K34" s="86">
         <v>0</v>
       </c>
       <c r="L34" s="86">
         <v>0</v>
       </c>
       <c r="M34" s="86">
         <v>0</v>
       </c>
       <c r="N34" s="86">
         <v>0</v>
       </c>
       <c r="O34" s="86">
         <v>0</v>
       </c>
@@ -8355,136 +8355,136 @@
     <row r="35" spans="1:16" ht="11.1" customHeight="1">
       <c r="A35" s="81" t="s">
         <v>144</v>
       </c>
       <c r="B35" s="52"/>
       <c r="C35" s="52"/>
       <c r="D35" s="52"/>
       <c r="E35" s="52"/>
       <c r="F35" s="52"/>
       <c r="G35" s="52"/>
       <c r="H35" s="52"/>
       <c r="I35" s="52"/>
       <c r="J35" s="52"/>
       <c r="K35" s="52"/>
       <c r="L35" s="52"/>
       <c r="M35" s="52"/>
       <c r="N35" s="52"/>
       <c r="O35" s="52"/>
       <c r="P35" s="55"/>
     </row>
     <row r="36" spans="1:16" ht="11.65" customHeight="1">
       <c r="A36" s="27" t="s">
         <v>145</v>
       </c>
       <c r="B36" s="84">
-        <v>47577</v>
+        <v>43751</v>
       </c>
       <c r="C36" s="84">
-        <v>46827</v>
+        <v>42836</v>
       </c>
       <c r="D36" s="84">
-        <v>750</v>
+        <v>915</v>
       </c>
       <c r="E36" s="84">
-        <v>33057</v>
+        <v>26199</v>
       </c>
       <c r="F36" s="86">
         <v>0</v>
       </c>
       <c r="G36" s="84">
-        <v>13767</v>
+        <v>16633</v>
       </c>
       <c r="H36" s="84">
-        <v>750</v>
+        <v>915</v>
       </c>
       <c r="I36" s="86">
         <v>0</v>
       </c>
       <c r="J36" s="86">
         <v>0</v>
       </c>
       <c r="K36" s="84">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L36" s="86">
         <v>0</v>
       </c>
       <c r="M36" s="86">
         <v>0</v>
       </c>
       <c r="N36" s="86">
         <v>0</v>
       </c>
       <c r="O36" s="86">
         <v>0</v>
       </c>
       <c r="P36" s="88">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:16" ht="11.1" customHeight="1">
       <c r="A37" s="81" t="s">
         <v>146</v>
       </c>
       <c r="B37" s="52"/>
       <c r="C37" s="52"/>
       <c r="D37" s="52"/>
       <c r="E37" s="52"/>
       <c r="F37" s="52"/>
       <c r="G37" s="52"/>
       <c r="H37" s="52"/>
       <c r="I37" s="52"/>
       <c r="J37" s="52"/>
       <c r="K37" s="52"/>
       <c r="L37" s="52"/>
       <c r="M37" s="52"/>
       <c r="N37" s="52"/>
       <c r="O37" s="52"/>
       <c r="P37" s="55"/>
     </row>
     <row r="38" spans="1:16" ht="11.65" customHeight="1">
       <c r="A38" s="28" t="s">
         <v>147</v>
       </c>
       <c r="B38" s="90">
-        <v>389613</v>
+        <v>398775</v>
       </c>
       <c r="C38" s="90">
-        <v>389613</v>
+        <v>398775</v>
       </c>
       <c r="D38" s="92">
         <v>0</v>
       </c>
       <c r="E38" s="90">
-        <v>338472</v>
+        <v>353118</v>
       </c>
       <c r="F38" s="92">
         <v>0</v>
       </c>
       <c r="G38" s="90">
-        <v>51131</v>
+        <v>45647</v>
       </c>
       <c r="H38" s="92">
         <v>0</v>
       </c>
       <c r="I38" s="90">
         <v>10</v>
       </c>
       <c r="J38" s="92">
         <v>0</v>
       </c>
       <c r="K38" s="92">
         <v>0</v>
       </c>
       <c r="L38" s="92">
         <v>0</v>
       </c>
       <c r="M38" s="92">
         <v>0</v>
       </c>
       <c r="N38" s="92">
         <v>0</v>
       </c>
       <c r="O38" s="92">
         <v>0</v>
       </c>
@@ -8875,58 +8875,58 @@
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="5"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
     </row>
     <row r="4" spans="1:16" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="64" t="str">
         <f>'3-1'!D4:G4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="64"/>
       <c r="F4" s="64"/>
       <c r="G4" s="64"/>
       <c r="H4" s="63" t="str">
         <f>'3-1'!H4:K4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="63"/>
       <c r="L4" s="7"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="14.1" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="38"/>
       <c r="E5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="40" t="s">
         <v>28</v>
@@ -9238,66 +9238,66 @@
     <row r="13" spans="1:16" ht="11.1" customHeight="1">
       <c r="A13" s="81" t="s">
         <v>150</v>
       </c>
       <c r="B13" s="52"/>
       <c r="C13" s="52"/>
       <c r="D13" s="52"/>
       <c r="E13" s="52"/>
       <c r="F13" s="52"/>
       <c r="G13" s="52"/>
       <c r="H13" s="52"/>
       <c r="I13" s="52"/>
       <c r="J13" s="52"/>
       <c r="K13" s="52"/>
       <c r="L13" s="52"/>
       <c r="M13" s="52"/>
       <c r="N13" s="52"/>
       <c r="O13" s="52"/>
       <c r="P13" s="55"/>
     </row>
     <row r="14" spans="1:16" ht="11.65" customHeight="1">
       <c r="A14" s="32" t="s">
         <v>151</v>
       </c>
       <c r="B14" s="84">
-        <v>17784</v>
+        <v>18183</v>
       </c>
       <c r="C14" s="84">
-        <v>17656</v>
+        <v>18043</v>
       </c>
       <c r="D14" s="84">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="E14" s="84">
-        <v>3222</v>
+        <v>3249</v>
       </c>
       <c r="F14" s="84">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="G14" s="84">
-        <v>14389</v>
+        <v>14748</v>
       </c>
       <c r="H14" s="86">
         <v>0</v>
       </c>
       <c r="I14" s="86">
         <v>0</v>
       </c>
       <c r="J14" s="86">
         <v>0</v>
       </c>
       <c r="K14" s="86">
         <v>0</v>
       </c>
       <c r="L14" s="86">
         <v>0</v>
       </c>
       <c r="M14" s="84">
         <v>45</v>
       </c>
       <c r="N14" s="86">
         <v>0</v>
       </c>
       <c r="O14" s="86">
         <v>0</v>
       </c>
@@ -9308,66 +9308,66 @@
     <row r="15" spans="1:16" ht="11.1" customHeight="1">
       <c r="A15" s="81" t="s">
         <v>152</v>
       </c>
       <c r="B15" s="52"/>
       <c r="C15" s="52"/>
       <c r="D15" s="52"/>
       <c r="E15" s="52"/>
       <c r="F15" s="52"/>
       <c r="G15" s="52"/>
       <c r="H15" s="52"/>
       <c r="I15" s="52"/>
       <c r="J15" s="52"/>
       <c r="K15" s="52"/>
       <c r="L15" s="52"/>
       <c r="M15" s="52"/>
       <c r="N15" s="52"/>
       <c r="O15" s="52"/>
       <c r="P15" s="55"/>
     </row>
     <row r="16" spans="1:16" ht="11.65" customHeight="1">
       <c r="A16" s="32" t="s">
         <v>153</v>
       </c>
       <c r="B16" s="84">
-        <v>29535</v>
+        <v>27179</v>
       </c>
       <c r="C16" s="84">
-        <v>29535</v>
+        <v>27179</v>
       </c>
       <c r="D16" s="86">
         <v>0</v>
       </c>
       <c r="E16" s="84">
-        <v>9397</v>
+        <v>9185</v>
       </c>
       <c r="F16" s="86">
         <v>0</v>
       </c>
       <c r="G16" s="84">
-        <v>20138</v>
+        <v>17994</v>
       </c>
       <c r="H16" s="86">
         <v>0</v>
       </c>
       <c r="I16" s="86">
         <v>0</v>
       </c>
       <c r="J16" s="86">
         <v>0</v>
       </c>
       <c r="K16" s="86">
         <v>0</v>
       </c>
       <c r="L16" s="86">
         <v>0</v>
       </c>
       <c r="M16" s="86">
         <v>0</v>
       </c>
       <c r="N16" s="86">
         <v>0</v>
       </c>
       <c r="O16" s="86">
         <v>0</v>
       </c>
@@ -9378,66 +9378,66 @@
     <row r="17" spans="1:16" ht="11.1" customHeight="1">
       <c r="A17" s="81" t="s">
         <v>154</v>
       </c>
       <c r="B17" s="52"/>
       <c r="C17" s="52"/>
       <c r="D17" s="52"/>
       <c r="E17" s="52"/>
       <c r="F17" s="52"/>
       <c r="G17" s="52"/>
       <c r="H17" s="52"/>
       <c r="I17" s="52"/>
       <c r="J17" s="52"/>
       <c r="K17" s="52"/>
       <c r="L17" s="52"/>
       <c r="M17" s="52"/>
       <c r="N17" s="52"/>
       <c r="O17" s="52"/>
       <c r="P17" s="55"/>
     </row>
     <row r="18" spans="1:16" ht="11.65" customHeight="1">
       <c r="A18" s="32" t="s">
         <v>155</v>
       </c>
       <c r="B18" s="84">
-        <v>10564</v>
+        <v>8028</v>
       </c>
       <c r="C18" s="84">
-        <v>10564</v>
+        <v>8028</v>
       </c>
       <c r="D18" s="86">
         <v>0</v>
       </c>
       <c r="E18" s="86">
         <v>0</v>
       </c>
       <c r="F18" s="86">
         <v>0</v>
       </c>
       <c r="G18" s="84">
-        <v>10564</v>
+        <v>8028</v>
       </c>
       <c r="H18" s="86">
         <v>0</v>
       </c>
       <c r="I18" s="86">
         <v>0</v>
       </c>
       <c r="J18" s="86">
         <v>0</v>
       </c>
       <c r="K18" s="86">
         <v>0</v>
       </c>
       <c r="L18" s="86">
         <v>0</v>
       </c>
       <c r="M18" s="86">
         <v>0</v>
       </c>
       <c r="N18" s="86">
         <v>0</v>
       </c>
       <c r="O18" s="86">
         <v>0</v>
       </c>
@@ -9448,66 +9448,66 @@
     <row r="19" spans="1:16" ht="11.1" customHeight="1">
       <c r="A19" s="81" t="s">
         <v>156</v>
       </c>
       <c r="B19" s="52"/>
       <c r="C19" s="52"/>
       <c r="D19" s="52"/>
       <c r="E19" s="52"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="52"/>
       <c r="K19" s="52"/>
       <c r="L19" s="52"/>
       <c r="M19" s="52"/>
       <c r="N19" s="52"/>
       <c r="O19" s="52"/>
       <c r="P19" s="55"/>
     </row>
     <row r="20" spans="1:16" ht="11.65" customHeight="1">
       <c r="A20" s="32" t="s">
         <v>157</v>
       </c>
       <c r="B20" s="84">
-        <v>47749</v>
+        <v>47526</v>
       </c>
       <c r="C20" s="84">
-        <v>47749</v>
+        <v>47526</v>
       </c>
       <c r="D20" s="86">
         <v>0</v>
       </c>
       <c r="E20" s="84">
-        <v>37504</v>
+        <v>36914</v>
       </c>
       <c r="F20" s="86">
         <v>0</v>
       </c>
       <c r="G20" s="84">
-        <v>10245</v>
+        <v>10612</v>
       </c>
       <c r="H20" s="86">
         <v>0</v>
       </c>
       <c r="I20" s="86">
         <v>0</v>
       </c>
       <c r="J20" s="86">
         <v>0</v>
       </c>
       <c r="K20" s="86">
         <v>0</v>
       </c>
       <c r="L20" s="86">
         <v>0</v>
       </c>
       <c r="M20" s="86">
         <v>0</v>
       </c>
       <c r="N20" s="86">
         <v>0</v>
       </c>
       <c r="O20" s="86">
         <v>0</v>
       </c>
@@ -9588,66 +9588,66 @@
     <row r="23" spans="1:16" ht="11.1" customHeight="1">
       <c r="A23" s="81" t="s">
         <v>160</v>
       </c>
       <c r="B23" s="52"/>
       <c r="C23" s="52"/>
       <c r="D23" s="52"/>
       <c r="E23" s="52"/>
       <c r="F23" s="52"/>
       <c r="G23" s="52"/>
       <c r="H23" s="52"/>
       <c r="I23" s="52"/>
       <c r="J23" s="52"/>
       <c r="K23" s="52"/>
       <c r="L23" s="52"/>
       <c r="M23" s="52"/>
       <c r="N23" s="52"/>
       <c r="O23" s="52"/>
       <c r="P23" s="55"/>
     </row>
     <row r="24" spans="1:16" ht="11.65" customHeight="1">
       <c r="A24" s="32" t="s">
         <v>161</v>
       </c>
       <c r="B24" s="84">
-        <v>29659</v>
+        <v>28070</v>
       </c>
       <c r="C24" s="84">
-        <v>29659</v>
+        <v>28070</v>
       </c>
       <c r="D24" s="86">
         <v>0</v>
       </c>
       <c r="E24" s="84">
-        <v>12310</v>
+        <v>12400</v>
       </c>
       <c r="F24" s="86">
         <v>0</v>
       </c>
       <c r="G24" s="84">
-        <v>17350</v>
+        <v>15670</v>
       </c>
       <c r="H24" s="86">
         <v>0</v>
       </c>
       <c r="I24" s="86">
         <v>0</v>
       </c>
       <c r="J24" s="86">
         <v>0</v>
       </c>
       <c r="K24" s="86">
         <v>0</v>
       </c>
       <c r="L24" s="86">
         <v>0</v>
       </c>
       <c r="M24" s="86">
         <v>0</v>
       </c>
       <c r="N24" s="86">
         <v>0</v>
       </c>
       <c r="O24" s="86">
         <v>0</v>
       </c>
@@ -9658,66 +9658,66 @@
     <row r="25" spans="1:16" ht="11.1" customHeight="1">
       <c r="A25" s="81" t="s">
         <v>162</v>
       </c>
       <c r="B25" s="52"/>
       <c r="C25" s="52"/>
       <c r="D25" s="52"/>
       <c r="E25" s="52"/>
       <c r="F25" s="52"/>
       <c r="G25" s="52"/>
       <c r="H25" s="52"/>
       <c r="I25" s="52"/>
       <c r="J25" s="52"/>
       <c r="K25" s="52"/>
       <c r="L25" s="52"/>
       <c r="M25" s="52"/>
       <c r="N25" s="52"/>
       <c r="O25" s="52"/>
       <c r="P25" s="55"/>
     </row>
     <row r="26" spans="1:16" ht="11.65" customHeight="1">
       <c r="A26" s="32" t="s">
         <v>163</v>
       </c>
       <c r="B26" s="84">
-        <v>20373</v>
+        <v>22603</v>
       </c>
       <c r="C26" s="84">
-        <v>20373</v>
+        <v>22603</v>
       </c>
       <c r="D26" s="86">
         <v>0</v>
       </c>
       <c r="E26" s="84">
-        <v>5445</v>
+        <v>5276</v>
       </c>
       <c r="F26" s="86">
         <v>0</v>
       </c>
       <c r="G26" s="84">
-        <v>14928</v>
+        <v>17328</v>
       </c>
       <c r="H26" s="86">
         <v>0</v>
       </c>
       <c r="I26" s="86">
         <v>0</v>
       </c>
       <c r="J26" s="86">
         <v>0</v>
       </c>
       <c r="K26" s="86">
         <v>0</v>
       </c>
       <c r="L26" s="86">
         <v>0</v>
       </c>
       <c r="M26" s="86">
         <v>0</v>
       </c>
       <c r="N26" s="86">
         <v>0</v>
       </c>
       <c r="O26" s="86">
         <v>0</v>
       </c>
@@ -9728,60 +9728,60 @@
     <row r="27" spans="1:16" ht="11.1" customHeight="1">
       <c r="A27" s="81" t="s">
         <v>164</v>
       </c>
       <c r="B27" s="52"/>
       <c r="C27" s="52"/>
       <c r="D27" s="52"/>
       <c r="E27" s="52"/>
       <c r="F27" s="52"/>
       <c r="G27" s="52"/>
       <c r="H27" s="52"/>
       <c r="I27" s="52"/>
       <c r="J27" s="52"/>
       <c r="K27" s="52"/>
       <c r="L27" s="52"/>
       <c r="M27" s="52"/>
       <c r="N27" s="52"/>
       <c r="O27" s="52"/>
       <c r="P27" s="55"/>
     </row>
     <row r="28" spans="1:16" ht="11.65" customHeight="1">
       <c r="A28" s="32" t="s">
         <v>165</v>
       </c>
       <c r="B28" s="84">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C28" s="84">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D28" s="86">
         <v>0</v>
       </c>
       <c r="E28" s="84">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="F28" s="86">
         <v>0</v>
       </c>
       <c r="G28" s="86">
         <v>0</v>
       </c>
       <c r="H28" s="86">
         <v>0</v>
       </c>
       <c r="I28" s="86">
         <v>0</v>
       </c>
       <c r="J28" s="86">
         <v>0</v>
       </c>
       <c r="K28" s="86">
         <v>0</v>
       </c>
       <c r="L28" s="86">
         <v>0</v>
       </c>
       <c r="M28" s="86">
         <v>0</v>
       </c>
@@ -9868,66 +9868,66 @@
     <row r="31" spans="1:16" ht="11.1" customHeight="1">
       <c r="A31" s="81" t="s">
         <v>168</v>
       </c>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52"/>
       <c r="E31" s="52"/>
       <c r="F31" s="52"/>
       <c r="G31" s="52"/>
       <c r="H31" s="52"/>
       <c r="I31" s="52"/>
       <c r="J31" s="52"/>
       <c r="K31" s="52"/>
       <c r="L31" s="52"/>
       <c r="M31" s="52"/>
       <c r="N31" s="52"/>
       <c r="O31" s="52"/>
       <c r="P31" s="55"/>
     </row>
     <row r="32" spans="1:16" ht="11.65" customHeight="1">
       <c r="A32" s="32" t="s">
         <v>169</v>
       </c>
       <c r="B32" s="84">
-        <v>1023</v>
+        <v>978</v>
       </c>
       <c r="C32" s="84">
-        <v>1023</v>
+        <v>978</v>
       </c>
       <c r="D32" s="86">
         <v>0</v>
       </c>
       <c r="E32" s="86">
         <v>0</v>
       </c>
       <c r="F32" s="86">
         <v>0</v>
       </c>
       <c r="G32" s="84">
-        <v>1023</v>
+        <v>978</v>
       </c>
       <c r="H32" s="86">
         <v>0</v>
       </c>
       <c r="I32" s="86">
         <v>0</v>
       </c>
       <c r="J32" s="86">
         <v>0</v>
       </c>
       <c r="K32" s="86">
         <v>0</v>
       </c>
       <c r="L32" s="86">
         <v>0</v>
       </c>
       <c r="M32" s="86">
         <v>0</v>
       </c>
       <c r="N32" s="86">
         <v>0</v>
       </c>
       <c r="O32" s="86">
         <v>0</v>
       </c>
@@ -9938,66 +9938,66 @@
     <row r="33" spans="1:16" ht="11.1" customHeight="1">
       <c r="A33" s="81" t="s">
         <v>170</v>
       </c>
       <c r="B33" s="52"/>
       <c r="C33" s="52"/>
       <c r="D33" s="52"/>
       <c r="E33" s="52"/>
       <c r="F33" s="52"/>
       <c r="G33" s="52"/>
       <c r="H33" s="52"/>
       <c r="I33" s="52"/>
       <c r="J33" s="52"/>
       <c r="K33" s="52"/>
       <c r="L33" s="52"/>
       <c r="M33" s="52"/>
       <c r="N33" s="52"/>
       <c r="O33" s="52"/>
       <c r="P33" s="55"/>
     </row>
     <row r="34" spans="1:16" ht="11.65" customHeight="1">
       <c r="A34" s="32" t="s">
         <v>171</v>
       </c>
       <c r="B34" s="84">
-        <v>101874</v>
+        <v>97696</v>
       </c>
       <c r="C34" s="84">
-        <v>101874</v>
+        <v>97696</v>
       </c>
       <c r="D34" s="86">
         <v>0</v>
       </c>
       <c r="E34" s="84">
-        <v>63717</v>
+        <v>60022</v>
       </c>
       <c r="F34" s="86">
         <v>0</v>
       </c>
       <c r="G34" s="84">
-        <v>38157</v>
+        <v>37675</v>
       </c>
       <c r="H34" s="86">
         <v>0</v>
       </c>
       <c r="I34" s="86">
         <v>0</v>
       </c>
       <c r="J34" s="86">
         <v>0</v>
       </c>
       <c r="K34" s="86">
         <v>0</v>
       </c>
       <c r="L34" s="86">
         <v>0</v>
       </c>
       <c r="M34" s="86">
         <v>0</v>
       </c>
       <c r="N34" s="86">
         <v>0</v>
       </c>
       <c r="O34" s="86">
         <v>0</v>
       </c>
@@ -10008,66 +10008,66 @@
     <row r="35" spans="1:16" ht="11.1" customHeight="1">
       <c r="A35" s="81" t="s">
         <v>172</v>
       </c>
       <c r="B35" s="52"/>
       <c r="C35" s="52"/>
       <c r="D35" s="52"/>
       <c r="E35" s="52"/>
       <c r="F35" s="52"/>
       <c r="G35" s="52"/>
       <c r="H35" s="52"/>
       <c r="I35" s="52"/>
       <c r="J35" s="52"/>
       <c r="K35" s="52"/>
       <c r="L35" s="52"/>
       <c r="M35" s="52"/>
       <c r="N35" s="52"/>
       <c r="O35" s="52"/>
       <c r="P35" s="55"/>
     </row>
     <row r="36" spans="1:16" ht="11.65" customHeight="1">
       <c r="A36" s="32" t="s">
         <v>173</v>
       </c>
       <c r="B36" s="84">
-        <v>3978</v>
+        <v>3892</v>
       </c>
       <c r="C36" s="84">
-        <v>3978</v>
+        <v>3892</v>
       </c>
       <c r="D36" s="86">
         <v>0</v>
       </c>
       <c r="E36" s="84">
-        <v>1486</v>
+        <v>1618</v>
       </c>
       <c r="F36" s="86">
         <v>0</v>
       </c>
       <c r="G36" s="84">
-        <v>2493</v>
+        <v>2274</v>
       </c>
       <c r="H36" s="86">
         <v>0</v>
       </c>
       <c r="I36" s="86">
         <v>0</v>
       </c>
       <c r="J36" s="86">
         <v>0</v>
       </c>
       <c r="K36" s="86">
         <v>0</v>
       </c>
       <c r="L36" s="86">
         <v>0</v>
       </c>
       <c r="M36" s="86">
         <v>0</v>
       </c>
       <c r="N36" s="86">
         <v>0</v>
       </c>
       <c r="O36" s="86">
         <v>0</v>
       </c>
@@ -10566,58 +10566,58 @@
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="5"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
     </row>
     <row r="4" spans="1:16" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="64" t="str">
         <f>'3-1'!D4:G4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="64"/>
       <c r="F4" s="64"/>
       <c r="G4" s="64"/>
       <c r="H4" s="63" t="str">
         <f>'3-1'!H4:K4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="63"/>
       <c r="L4" s="7"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="14.1" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="38"/>
       <c r="E5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="40" t="s">
         <v>28</v>