--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -66,51 +66,51 @@
   <si>
     <t>其　　　　他</t>
   </si>
   <si>
     <t>合　　　　計</t>
   </si>
   <si>
     <t>戶　數</t>
   </si>
   <si>
     <t>本　　　　月</t>
   </si>
   <si>
     <t>上　　　　月</t>
   </si>
   <si>
     <t>上　年　同　月</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
-    <t>民國114年 7月底</t>
+    <t>民國114年 9月底</t>
   </si>
   <si>
     <t>本月與上月比較增減％</t>
   </si>
   <si>
     <t>本月與上年同月比較增減％</t>
   </si>
   <si>
     <t>餘　額</t>
   </si>
   <si>
     <t>銀 　　　行　　　別</t>
   </si>
   <si>
     <t>Accounts</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Individual</t>
   </si>
   <si>
     <t>Others</t>
   </si>
@@ -149,51 +149,51 @@
   </si>
   <si>
     <r>
       <t>單位：戶,新臺幣百萬元,﹪</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Account,NT$ Million,</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>﹪</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> End of July 2025</t>
+    <t xml:space="preserve"> End of Sept. 2025</t>
   </si>
   <si>
     <t>說明：本表自96年9月起包含全國農業金庫資料。</t>
   </si>
   <si>
     <t>說　　明：#係金融控股公司之子公司。</t>
   </si>
   <si>
     <r>
       <t>2-6</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　支票存款</t>
     </r>
   </si>
   <si>
     <r>
       <t>2-6</t>
     </r>
@@ -2441,114 +2441,114 @@
     </xf>
     <xf xxid="165" numFmtId="181" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="166" numFmtId="181" fontId="43" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="167" numFmtId="181" fontId="6" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="168" numFmtId="181" fontId="43" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="169" numFmtId="0" fontId="45" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="170" numFmtId="0" fontId="46" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="171" numFmtId="180" fontId="6" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="172" numFmtId="180" fontId="43" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="173" numFmtId="181" fontId="6" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="173" numFmtId="182" fontId="6" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="174" numFmtId="181" fontId="43" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="174" numFmtId="182" fontId="43" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="175" numFmtId="182" fontId="6" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="175" numFmtId="182" fontId="44" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="176" numFmtId="182" fontId="43" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="176" numFmtId="182" fontId="6" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="177" numFmtId="182" fontId="44" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="177" numFmtId="182" fontId="43" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="178" numFmtId="182" fontId="6" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="178" numFmtId="182" fontId="44" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="179" numFmtId="182" fontId="43" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="179" numFmtId="183" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="180" numFmtId="182" fontId="44" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="180" numFmtId="183" fontId="43" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="181" numFmtId="182" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="182" numFmtId="182" fontId="43" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="183" numFmtId="182" fontId="6" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="184" numFmtId="182" fontId="43" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="185" numFmtId="183" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="185" numFmtId="183" fontId="6" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="186" numFmtId="183" fontId="43" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="186" numFmtId="183" fontId="43" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="187" numFmtId="183" fontId="6" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="187" numFmtId="0" fontId="41" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf xxid="188" numFmtId="183" fontId="6" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="188" numFmtId="183" fontId="43" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="189" numFmtId="183" fontId="43" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="189" numFmtId="0" fontId="41" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf xxid="190" numFmtId="183" fontId="6" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="190" numFmtId="183" fontId="6" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="191" numFmtId="183" fontId="43" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="191" numFmtId="183" fontId="43" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="192" numFmtId="183" fontId="6" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="192" numFmtId="180" fontId="44" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="193" numFmtId="183" fontId="43" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="193" numFmtId="181" fontId="6" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="194" numFmtId="180" fontId="44" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="194" numFmtId="181" fontId="43" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="195" numFmtId="181" fontId="44" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="196" numFmtId="181" fontId="6" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="197" numFmtId="181" fontId="43" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="198" numFmtId="181" fontId="44" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="199" numFmtId="0" fontId="48" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf xxid="200" numFmtId="0" fontId="49" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf xxid="201" numFmtId="178" fontId="14" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="202" numFmtId="178" fontId="50" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
@@ -2594,60 +2594,51 @@
     </xf>
     <xf xxid="216" numFmtId="178" fontId="52" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="217" numFmtId="179" fontId="9" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="218" numFmtId="179" fontId="51" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="219" numFmtId="179" fontId="52" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="220" numFmtId="179" fontId="9" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="221" numFmtId="179" fontId="51" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="222" numFmtId="179" fontId="52" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="223" numFmtId="0" fontId="55" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf xxid="224" numFmtId="181" fontId="9" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf xxid="227" numFmtId="0" fontId="53" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="224" numFmtId="0" fontId="53" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="49">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色2" xfId="16"/>
     <cellStyle name="20% - 輔色3" xfId="17"/>
     <cellStyle name="20% - 輔色4" xfId="18"/>
     <cellStyle name="20% - 輔色5" xfId="19"/>
     <cellStyle name="20% - 輔色6" xfId="20"/>
     <cellStyle name="40% - 輔色1" xfId="21"/>
     <cellStyle name="40% - 輔色2" xfId="22"/>
     <cellStyle name="40% - 輔色3" xfId="23"/>
     <cellStyle name="40% - 輔色4" xfId="24"/>
     <cellStyle name="40% - 輔色5" xfId="25"/>
     <cellStyle name="40% - 輔色6" xfId="26"/>
     <cellStyle name="60% - 輔色1" xfId="27"/>
     <cellStyle name="60% - 輔色2" xfId="28"/>
     <cellStyle name="60% - 輔色3" xfId="29"/>
     <cellStyle name="60% - 輔色4" xfId="30"/>
     <cellStyle name="60% - 輔色5" xfId="31"/>
     <cellStyle name="60% - 輔色6" xfId="32"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="33" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="34" builtinId="6"/>
@@ -2894,606 +2885,606 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>22</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="K8" s="14" t="s">
         <v>22</v>
       </c>
       <c r="L8" s="15" t="s">
         <v>15</v>
       </c>
       <c r="M8" s="14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="12.6" customHeight="1">
       <c r="A9" s="81" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="84">
-        <v>1312134</v>
+        <v>1311472</v>
       </c>
       <c r="C9" s="84">
-        <v>312316</v>
+        <v>304984</v>
       </c>
       <c r="D9" s="84">
-        <v>2707058</v>
+        <v>2701247</v>
       </c>
       <c r="E9" s="84">
-        <v>45468</v>
+        <v>46585</v>
       </c>
       <c r="F9" s="84">
-        <v>42085</v>
+        <v>42035</v>
       </c>
       <c r="G9" s="84">
-        <v>53560</v>
+        <v>53400</v>
       </c>
       <c r="H9" s="84">
-        <v>4061277</v>
+        <v>4054754</v>
       </c>
       <c r="I9" s="84">
-        <v>411344</v>
+        <v>404969</v>
       </c>
       <c r="J9" s="87">
-        <v>-0.08</v>
+        <v>-0.07</v>
       </c>
       <c r="K9" s="87">
-        <v>0.29</v>
+        <v>-9.54</v>
       </c>
       <c r="L9" s="87">
-        <v>-0.73</v>
+        <v>-0.8</v>
       </c>
       <c r="M9" s="90">
-        <v>-6.7</v>
+        <v>-2.65</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="11.1" customHeight="1">
       <c r="A10" s="93" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="47"/>
       <c r="C10" s="47"/>
       <c r="D10" s="47"/>
       <c r="E10" s="47"/>
       <c r="F10" s="47"/>
       <c r="G10" s="47"/>
       <c r="H10" s="47"/>
       <c r="I10" s="47"/>
       <c r="J10" s="47"/>
       <c r="K10" s="47"/>
       <c r="L10" s="47"/>
       <c r="M10" s="53"/>
     </row>
     <row r="11" spans="1:13" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>62</v>
       </c>
       <c r="B11" s="95">
-        <v>60130</v>
+        <v>60055</v>
       </c>
       <c r="C11" s="95">
-        <v>27123</v>
+        <v>27701</v>
       </c>
       <c r="D11" s="95">
-        <v>69933</v>
+        <v>69757</v>
       </c>
       <c r="E11" s="95">
-        <v>1668</v>
+        <v>1585</v>
       </c>
       <c r="F11" s="95">
-        <v>1532</v>
+        <v>1540</v>
       </c>
       <c r="G11" s="95">
-        <v>7740</v>
+        <v>7463</v>
       </c>
       <c r="H11" s="95">
-        <v>131595</v>
+        <v>131352</v>
       </c>
       <c r="I11" s="95">
-        <v>36531</v>
+        <v>36749</v>
       </c>
       <c r="J11" s="97">
         <v>-0.1</v>
       </c>
       <c r="K11" s="97">
-        <v>0.23</v>
+        <v>-1.55</v>
       </c>
       <c r="L11" s="97">
-        <v>-0.98</v>
+        <v>-0.99</v>
       </c>
       <c r="M11" s="99">
-        <v>4.6</v>
+        <v>8.89</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="11.1" customHeight="1">
       <c r="A12" s="92" t="s">
         <v>63</v>
       </c>
       <c r="B12" s="58"/>
       <c r="C12" s="58"/>
       <c r="D12" s="58"/>
       <c r="E12" s="58"/>
       <c r="F12" s="58"/>
       <c r="G12" s="58"/>
       <c r="H12" s="58"/>
       <c r="I12" s="58"/>
       <c r="J12" s="58"/>
       <c r="K12" s="58"/>
       <c r="L12" s="58"/>
       <c r="M12" s="53"/>
     </row>
     <row r="13" spans="1:13" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>64</v>
       </c>
       <c r="B13" s="95">
-        <v>48542</v>
+        <v>48543</v>
       </c>
       <c r="C13" s="95">
-        <v>11690</v>
+        <v>11945</v>
       </c>
       <c r="D13" s="95">
-        <v>143025</v>
+        <v>142744</v>
       </c>
       <c r="E13" s="95">
-        <v>2725</v>
+        <v>2959</v>
       </c>
       <c r="F13" s="95">
-        <v>5288</v>
+        <v>5283</v>
       </c>
       <c r="G13" s="95">
-        <v>2866</v>
+        <v>4846</v>
       </c>
       <c r="H13" s="95">
-        <v>196855</v>
+        <v>196570</v>
       </c>
       <c r="I13" s="95">
-        <v>17281</v>
+        <v>19749</v>
       </c>
       <c r="J13" s="97">
         <v>-0.07</v>
       </c>
       <c r="K13" s="97">
-        <v>-6.59</v>
+        <v>-4.91</v>
       </c>
       <c r="L13" s="97">
-        <v>-0.13</v>
+        <v>-0.52</v>
       </c>
       <c r="M13" s="99">
-        <v>-16.58</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="11.1" customHeight="1">
       <c r="A14" s="92" t="s">
         <v>65</v>
       </c>
       <c r="B14" s="58"/>
       <c r="C14" s="58"/>
       <c r="D14" s="58"/>
       <c r="E14" s="58"/>
       <c r="F14" s="58"/>
       <c r="G14" s="58"/>
       <c r="H14" s="58"/>
       <c r="I14" s="58"/>
       <c r="J14" s="58"/>
       <c r="K14" s="58"/>
       <c r="L14" s="58"/>
       <c r="M14" s="53"/>
     </row>
     <row r="15" spans="1:13" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>66</v>
       </c>
       <c r="B15" s="95">
-        <v>126856</v>
+        <v>126871</v>
       </c>
       <c r="C15" s="95">
-        <v>41694</v>
+        <v>44981</v>
       </c>
       <c r="D15" s="95">
-        <v>248955</v>
+        <v>248406</v>
       </c>
       <c r="E15" s="95">
-        <v>4864</v>
+        <v>5240</v>
       </c>
       <c r="F15" s="95">
-        <v>5166</v>
+        <v>5151</v>
       </c>
       <c r="G15" s="95">
-        <v>5264</v>
+        <v>4987</v>
       </c>
       <c r="H15" s="95">
-        <v>380977</v>
+        <v>380428</v>
       </c>
       <c r="I15" s="95">
-        <v>51822</v>
+        <v>55208</v>
       </c>
       <c r="J15" s="97">
-        <v>-0.12</v>
+        <v>-0.07</v>
       </c>
       <c r="K15" s="97">
-        <v>-4.04</v>
+        <v>-2.97</v>
       </c>
       <c r="L15" s="97">
-        <v>-0.84</v>
+        <v>-0.92</v>
       </c>
       <c r="M15" s="99">
-        <v>-1.03</v>
+        <v>2.71</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="11.1" customHeight="1">
       <c r="A16" s="92" t="s">
         <v>67</v>
       </c>
       <c r="B16" s="58"/>
       <c r="C16" s="58"/>
       <c r="D16" s="58"/>
       <c r="E16" s="58"/>
       <c r="F16" s="58"/>
       <c r="G16" s="58"/>
       <c r="H16" s="58"/>
       <c r="I16" s="58"/>
       <c r="J16" s="58"/>
       <c r="K16" s="58"/>
       <c r="L16" s="58"/>
       <c r="M16" s="53"/>
     </row>
     <row r="17" spans="1:13" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>68</v>
       </c>
       <c r="B17" s="95">
-        <v>125961</v>
+        <v>125850</v>
       </c>
       <c r="C17" s="95">
-        <v>33312</v>
+        <v>28166</v>
       </c>
       <c r="D17" s="95">
-        <v>175578</v>
+        <v>175003</v>
       </c>
       <c r="E17" s="95">
-        <v>4742</v>
+        <v>4790</v>
       </c>
       <c r="F17" s="95">
-        <v>3455</v>
+        <v>3457</v>
       </c>
       <c r="G17" s="95">
-        <v>3062</v>
+        <v>2982</v>
       </c>
       <c r="H17" s="95">
-        <v>304994</v>
+        <v>304310</v>
       </c>
       <c r="I17" s="95">
-        <v>41117</v>
+        <v>35938</v>
       </c>
       <c r="J17" s="97">
-        <v>-0.1</v>
+        <v>-0.12</v>
       </c>
       <c r="K17" s="97">
-        <v>15.62</v>
+        <v>-11.35</v>
       </c>
       <c r="L17" s="97">
-        <v>-0.78</v>
+        <v>-0.91</v>
       </c>
       <c r="M17" s="99">
-        <v>-8.4</v>
+        <v>-0.69</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="11.1" customHeight="1">
       <c r="A18" s="92" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="58"/>
       <c r="C18" s="58"/>
       <c r="D18" s="58"/>
       <c r="E18" s="58"/>
       <c r="F18" s="58"/>
       <c r="G18" s="58"/>
       <c r="H18" s="58"/>
       <c r="I18" s="58"/>
       <c r="J18" s="58"/>
       <c r="K18" s="58"/>
       <c r="L18" s="58"/>
       <c r="M18" s="53"/>
     </row>
     <row r="19" spans="1:13" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>70</v>
       </c>
       <c r="B19" s="95">
-        <v>145347</v>
+        <v>145293</v>
       </c>
       <c r="C19" s="95">
-        <v>36052</v>
+        <v>38290</v>
       </c>
       <c r="D19" s="95">
-        <v>255884</v>
+        <v>255409</v>
       </c>
       <c r="E19" s="95">
-        <v>4791</v>
+        <v>4827</v>
       </c>
       <c r="F19" s="95">
-        <v>1544</v>
+        <v>1538</v>
       </c>
       <c r="G19" s="95">
-        <v>2094</v>
+        <v>1944</v>
       </c>
       <c r="H19" s="95">
-        <v>402775</v>
+        <v>402240</v>
       </c>
       <c r="I19" s="95">
-        <v>42937</v>
+        <v>45061</v>
       </c>
       <c r="J19" s="97">
         <v>-0.06</v>
       </c>
       <c r="K19" s="97">
-        <v>-0.29</v>
+        <v>-6.7</v>
       </c>
       <c r="L19" s="97">
-        <v>-0.58</v>
+        <v>-0.62</v>
       </c>
       <c r="M19" s="99">
-        <v>-18.12</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="11.1" customHeight="1">
       <c r="A20" s="92" t="s">
         <v>71</v>
       </c>
       <c r="B20" s="58"/>
       <c r="C20" s="58"/>
       <c r="D20" s="58"/>
       <c r="E20" s="58"/>
       <c r="F20" s="58"/>
       <c r="G20" s="58"/>
       <c r="H20" s="58"/>
       <c r="I20" s="58"/>
       <c r="J20" s="58"/>
       <c r="K20" s="58"/>
       <c r="L20" s="58"/>
       <c r="M20" s="53"/>
     </row>
     <row r="21" spans="1:13" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>72</v>
       </c>
       <c r="B21" s="95">
-        <v>83402</v>
+        <v>83361</v>
       </c>
       <c r="C21" s="95">
-        <v>23269</v>
+        <v>24509</v>
       </c>
       <c r="D21" s="95">
-        <v>166964</v>
+        <v>166615</v>
       </c>
       <c r="E21" s="95">
-        <v>6068</v>
+        <v>6108</v>
       </c>
       <c r="F21" s="95">
-        <v>13081</v>
+        <v>13067</v>
       </c>
       <c r="G21" s="95">
-        <v>2161</v>
+        <v>2078</v>
       </c>
       <c r="H21" s="95">
-        <v>263447</v>
+        <v>263043</v>
       </c>
       <c r="I21" s="95">
-        <v>31498</v>
+        <v>32696</v>
       </c>
       <c r="J21" s="97">
         <v>-0.08</v>
       </c>
       <c r="K21" s="97">
-        <v>-4.53</v>
+        <v>-8.85</v>
       </c>
       <c r="L21" s="97">
-        <v>-0.69</v>
+        <v>-0.77</v>
       </c>
       <c r="M21" s="99">
-        <v>-5.39</v>
+        <v>-3.13</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="11.1" customHeight="1">
       <c r="A22" s="92" t="s">
         <v>73</v>
       </c>
       <c r="B22" s="58"/>
       <c r="C22" s="58"/>
       <c r="D22" s="58"/>
       <c r="E22" s="58"/>
       <c r="F22" s="58"/>
       <c r="G22" s="58"/>
       <c r="H22" s="58"/>
       <c r="I22" s="58"/>
       <c r="J22" s="58"/>
       <c r="K22" s="58"/>
       <c r="L22" s="58"/>
       <c r="M22" s="53"/>
     </row>
     <row r="23" spans="1:13" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>74</v>
       </c>
       <c r="B23" s="95">
-        <v>28169</v>
+        <v>28131</v>
       </c>
       <c r="C23" s="95">
-        <v>7097</v>
+        <v>7715</v>
       </c>
       <c r="D23" s="95">
-        <v>40782</v>
+        <v>40694</v>
       </c>
       <c r="E23" s="95">
-        <v>872</v>
+        <v>1008</v>
       </c>
       <c r="F23" s="95">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="G23" s="95">
-        <v>200</v>
+        <v>230</v>
       </c>
       <c r="H23" s="95">
-        <v>69717</v>
+        <v>69596</v>
       </c>
       <c r="I23" s="95">
-        <v>8169</v>
+        <v>8953</v>
       </c>
       <c r="J23" s="97">
-        <v>-0.12</v>
+        <v>-0.08</v>
       </c>
       <c r="K23" s="97">
-        <v>-3.75</v>
+        <v>-4.68</v>
       </c>
       <c r="L23" s="97">
-        <v>-0.75</v>
+        <v>-0.82</v>
       </c>
       <c r="M23" s="99">
-        <v>-7.69</v>
+        <v>5.83</v>
       </c>
     </row>
     <row r="24" spans="1:13" ht="11.1" customHeight="1">
       <c r="A24" s="92" t="s">
         <v>75</v>
       </c>
       <c r="B24" s="58"/>
       <c r="C24" s="58"/>
       <c r="D24" s="58"/>
       <c r="E24" s="58"/>
       <c r="F24" s="58"/>
       <c r="G24" s="58"/>
       <c r="H24" s="58"/>
       <c r="I24" s="58"/>
       <c r="J24" s="58"/>
       <c r="K24" s="58"/>
       <c r="L24" s="58"/>
       <c r="M24" s="53"/>
     </row>
     <row r="25" spans="1:13" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>76</v>
       </c>
       <c r="B25" s="95">
-        <v>49359</v>
+        <v>49308</v>
       </c>
       <c r="C25" s="95">
-        <v>6841</v>
+        <v>7317</v>
       </c>
       <c r="D25" s="95">
-        <v>110880</v>
+        <v>110612</v>
       </c>
       <c r="E25" s="95">
-        <v>1020</v>
+        <v>1064</v>
       </c>
       <c r="F25" s="95">
-        <v>911</v>
+        <v>907</v>
       </c>
       <c r="G25" s="95">
-        <v>3488</v>
+        <v>2715</v>
       </c>
       <c r="H25" s="95">
-        <v>161150</v>
+        <v>160827</v>
       </c>
       <c r="I25" s="95">
-        <v>11349</v>
+        <v>11096</v>
       </c>
       <c r="J25" s="97">
-        <v>-0.11</v>
+        <v>-0.09</v>
       </c>
       <c r="K25" s="97">
-        <v>-2.38</v>
+        <v>5.33</v>
       </c>
       <c r="L25" s="97">
-        <v>-1.1</v>
+        <v>-1.14</v>
       </c>
       <c r="M25" s="99">
-        <v>-10.67</v>
+        <v>-7.42</v>
       </c>
     </row>
     <row r="26" spans="1:13" ht="11.1" customHeight="1">
       <c r="A26" s="92" t="s">
         <v>77</v>
       </c>
       <c r="B26" s="58"/>
       <c r="C26" s="58"/>
       <c r="D26" s="58"/>
       <c r="E26" s="58"/>
       <c r="F26" s="58"/>
       <c r="G26" s="58"/>
       <c r="H26" s="58"/>
       <c r="I26" s="58"/>
       <c r="J26" s="58"/>
       <c r="K26" s="58"/>
       <c r="L26" s="58"/>
       <c r="M26" s="53"/>
     </row>
     <row r="27" spans="1:13" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>78</v>
       </c>
       <c r="B27" s="95">
-        <v>70047</v>
+        <v>70045</v>
       </c>
       <c r="C27" s="95">
-        <v>8486</v>
+        <v>8993</v>
       </c>
       <c r="D27" s="95">
-        <v>156271</v>
+        <v>156086</v>
       </c>
       <c r="E27" s="95">
-        <v>1865</v>
+        <v>1770</v>
       </c>
       <c r="F27" s="95">
-        <v>1219</v>
+        <v>1213</v>
       </c>
       <c r="G27" s="95">
-        <v>2661</v>
+        <v>2498</v>
       </c>
       <c r="H27" s="95">
-        <v>227537</v>
+        <v>227344</v>
       </c>
       <c r="I27" s="95">
-        <v>13012</v>
+        <v>13261</v>
       </c>
       <c r="J27" s="97">
-        <v>-0.03</v>
+        <v>-0.05</v>
       </c>
       <c r="K27" s="97">
-        <v>-2.77</v>
+        <v>-10.47</v>
       </c>
       <c r="L27" s="97">
-        <v>-0.3</v>
+        <v>-0.36</v>
       </c>
       <c r="M27" s="99">
-        <v>-12.39</v>
+        <v>-4.13</v>
       </c>
     </row>
     <row r="28" spans="1:13" ht="11.1" customHeight="1">
       <c r="A28" s="92" t="s">
         <v>79</v>
       </c>
       <c r="B28" s="58"/>
       <c r="C28" s="58"/>
       <c r="D28" s="58"/>
       <c r="E28" s="58"/>
       <c r="F28" s="58"/>
       <c r="G28" s="58"/>
       <c r="H28" s="58"/>
       <c r="I28" s="58"/>
       <c r="J28" s="58"/>
       <c r="K28" s="58"/>
       <c r="L28" s="58"/>
       <c r="M28" s="53"/>
     </row>
     <row r="29" spans="1:13" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>80</v>
       </c>
       <c r="B29" s="101">
         <v>0</v>
@@ -3532,200 +3523,200 @@
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:13" ht="11.1" customHeight="1">
       <c r="A30" s="92" t="s">
         <v>81</v>
       </c>
       <c r="B30" s="58"/>
       <c r="C30" s="58"/>
       <c r="D30" s="58"/>
       <c r="E30" s="58"/>
       <c r="F30" s="58"/>
       <c r="G30" s="58"/>
       <c r="H30" s="58"/>
       <c r="I30" s="58"/>
       <c r="J30" s="58"/>
       <c r="K30" s="58"/>
       <c r="L30" s="58"/>
       <c r="M30" s="53"/>
     </row>
     <row r="31" spans="1:13" ht="12.6" customHeight="1">
       <c r="A31" s="27" t="s">
         <v>82</v>
       </c>
       <c r="B31" s="95">
-        <v>13389</v>
+        <v>13386</v>
       </c>
       <c r="C31" s="95">
-        <v>1158</v>
+        <v>1140</v>
       </c>
       <c r="D31" s="95">
-        <v>25431</v>
+        <v>25401</v>
       </c>
       <c r="E31" s="95">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="F31" s="95">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="G31" s="95">
-        <v>284</v>
+        <v>176</v>
       </c>
       <c r="H31" s="95">
-        <v>38965</v>
+        <v>38935</v>
       </c>
       <c r="I31" s="95">
-        <v>1724</v>
+        <v>1588</v>
       </c>
       <c r="J31" s="97">
         <v>-0.03</v>
       </c>
       <c r="K31" s="97">
-        <v>10.53</v>
+        <v>-15.54</v>
       </c>
       <c r="L31" s="97">
-        <v>3.1</v>
+        <v>1.57</v>
       </c>
       <c r="M31" s="99">
-        <v>-15.32</v>
+        <v>-1.69</v>
       </c>
     </row>
     <row r="32" spans="1:13" ht="11.1" customHeight="1">
       <c r="A32" s="92" t="s">
         <v>83</v>
       </c>
       <c r="B32" s="58"/>
       <c r="C32" s="58"/>
       <c r="D32" s="58"/>
       <c r="E32" s="58"/>
       <c r="F32" s="58"/>
       <c r="G32" s="58"/>
       <c r="H32" s="58"/>
       <c r="I32" s="58"/>
       <c r="J32" s="58"/>
       <c r="K32" s="58"/>
       <c r="L32" s="58"/>
       <c r="M32" s="53"/>
     </row>
     <row r="33" spans="1:13" ht="12.6" customHeight="1">
       <c r="A33" s="27" t="s">
         <v>84</v>
       </c>
       <c r="B33" s="95">
-        <v>41375</v>
+        <v>41324</v>
       </c>
       <c r="C33" s="95">
-        <v>26073</v>
+        <v>13316</v>
       </c>
       <c r="D33" s="95">
-        <v>45354</v>
+        <v>45252</v>
       </c>
       <c r="E33" s="95">
-        <v>1022</v>
+        <v>1260</v>
       </c>
       <c r="F33" s="95">
-        <v>1752</v>
+        <v>1740</v>
       </c>
       <c r="G33" s="95">
-        <v>10620</v>
+        <v>11164</v>
       </c>
       <c r="H33" s="95">
-        <v>88481</v>
+        <v>88316</v>
       </c>
       <c r="I33" s="95">
-        <v>37715</v>
+        <v>25741</v>
       </c>
       <c r="J33" s="97">
-        <v>-0.09</v>
+        <v>-0.06</v>
       </c>
       <c r="K33" s="97">
-        <v>2.43</v>
+        <v>-3.11</v>
       </c>
       <c r="L33" s="97">
-        <v>-0.77</v>
+        <v>-0.81</v>
       </c>
       <c r="M33" s="99">
-        <v>-2.06</v>
+        <v>-34.98</v>
       </c>
     </row>
     <row r="34" spans="1:13" ht="11.1" customHeight="1">
       <c r="A34" s="92" t="s">
         <v>85</v>
       </c>
       <c r="B34" s="58"/>
       <c r="C34" s="58"/>
       <c r="D34" s="58"/>
       <c r="E34" s="58"/>
       <c r="F34" s="58"/>
       <c r="G34" s="58"/>
       <c r="H34" s="58"/>
       <c r="I34" s="58"/>
       <c r="J34" s="58"/>
       <c r="K34" s="58"/>
       <c r="L34" s="58"/>
       <c r="M34" s="53"/>
     </row>
     <row r="35" spans="1:13" ht="12.6" customHeight="1">
       <c r="A35" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B35" s="95">
-        <v>509</v>
+        <v>499</v>
       </c>
       <c r="C35" s="95">
-        <v>11402</v>
+        <v>11400</v>
       </c>
       <c r="D35" s="95">
         <v>1</v>
       </c>
       <c r="E35" s="101">
         <v>0</v>
       </c>
       <c r="F35" s="95">
         <v>30</v>
       </c>
       <c r="G35" s="95">
-        <v>177</v>
+        <v>307</v>
       </c>
       <c r="H35" s="95">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="I35" s="95">
-        <v>11579</v>
+        <v>11707</v>
       </c>
       <c r="J35" s="97">
-        <v>-0.74</v>
+        <v>-2.21</v>
       </c>
       <c r="K35" s="97">
-        <v>6.6</v>
+        <v>15.44</v>
       </c>
       <c r="L35" s="97">
-        <v>-4.93</v>
+        <v>-4.5</v>
       </c>
       <c r="M35" s="99">
-        <v>-20.86</v>
+        <v>-14.82</v>
       </c>
     </row>
     <row r="36" spans="1:13" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="107" t="s">
         <v>87</v>
       </c>
       <c r="B36" s="55"/>
       <c r="C36" s="55"/>
       <c r="D36" s="55"/>
       <c r="E36" s="55"/>
       <c r="F36" s="55"/>
       <c r="G36" s="55"/>
       <c r="H36" s="55"/>
       <c r="I36" s="55"/>
       <c r="J36" s="55"/>
       <c r="K36" s="55"/>
       <c r="L36" s="55"/>
       <c r="M36" s="57"/>
     </row>
     <row r="37" spans="1:13" ht="13.5" customHeight="1">
       <c r="A37" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
@@ -4005,57 +3996,57 @@
       <c r="M2" s="59"/>
     </row>
     <row r="3" spans="1:13" ht="18.6" customHeight="1">
       <c r="A3" s="39" t="s">
         <v>48</v>
       </c>
       <c r="B3" s="40"/>
       <c r="C3" s="40"/>
       <c r="D3" s="40"/>
       <c r="E3" s="40"/>
       <c r="F3" s="40"/>
       <c r="G3" s="40"/>
       <c r="H3" s="40"/>
       <c r="I3" s="40"/>
       <c r="J3" s="40"/>
       <c r="K3" s="40"/>
       <c r="L3" s="40"/>
       <c r="M3" s="40"/>
     </row>
     <row r="4" spans="1:13" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="6"/>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="60" t="str">
         <f>'2-6'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="60"/>
       <c r="F4" s="60"/>
       <c r="G4" s="61" t="str">
         <f>'2-6'!G4:I4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="H4" s="61"/>
       <c r="I4" s="61"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="15" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="36" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="37"/>
       <c r="F5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="37"/>
       <c r="H5" s="36" t="s">
@@ -4163,838 +4154,838 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>22</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="K8" s="14" t="s">
         <v>22</v>
       </c>
       <c r="L8" s="15" t="s">
         <v>15</v>
       </c>
       <c r="M8" s="14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="12.6" customHeight="1">
       <c r="A9" s="80" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="83">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C9" s="83">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D9" s="109">
         <v>0</v>
       </c>
       <c r="E9" s="109">
         <v>0</v>
       </c>
       <c r="F9" s="83">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="G9" s="83">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="H9" s="83">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I9" s="83">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>102</v>
+      </c>
+      <c r="J9" s="86">
+        <v>0.68</v>
       </c>
       <c r="K9" s="86">
-        <v>72.54</v>
+        <v>14.46</v>
       </c>
       <c r="L9" s="86">
-        <v>-5.16</v>
+        <v>-3.25</v>
       </c>
       <c r="M9" s="89">
-        <v>-47.79</v>
+        <v>-9.68</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="11.1" customHeight="1">
       <c r="A10" s="92" t="s">
         <v>88</v>
       </c>
       <c r="B10" s="47"/>
       <c r="C10" s="47"/>
       <c r="D10" s="47"/>
       <c r="E10" s="47"/>
       <c r="F10" s="47"/>
       <c r="G10" s="47"/>
       <c r="H10" s="47"/>
       <c r="I10" s="47"/>
       <c r="J10" s="47"/>
       <c r="K10" s="47"/>
       <c r="L10" s="47"/>
       <c r="M10" s="53"/>
     </row>
     <row r="11" spans="1:13" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>89</v>
       </c>
       <c r="B11" s="95">
-        <v>100074</v>
+        <v>100077</v>
       </c>
       <c r="C11" s="95">
-        <v>15605</v>
+        <v>17343</v>
       </c>
       <c r="D11" s="95">
-        <v>120618</v>
+        <v>120340</v>
       </c>
       <c r="E11" s="95">
-        <v>2359</v>
+        <v>2344</v>
       </c>
       <c r="F11" s="95">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="G11" s="95">
-        <v>549</v>
+        <v>493</v>
       </c>
       <c r="H11" s="95">
-        <v>221545</v>
+        <v>221271</v>
       </c>
       <c r="I11" s="95">
-        <v>18513</v>
+        <v>20180</v>
       </c>
       <c r="J11" s="97">
         <v>-0.05</v>
       </c>
       <c r="K11" s="97">
-        <v>-3.32</v>
+        <v>-12.61</v>
       </c>
       <c r="L11" s="97">
-        <v>-0.56</v>
+        <v>-0.58</v>
       </c>
       <c r="M11" s="99">
-        <v>-20.55</v>
+        <v>-1.5</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="11.1" customHeight="1">
       <c r="A12" s="92" t="s">
         <v>90</v>
       </c>
       <c r="B12" s="58"/>
       <c r="C12" s="58"/>
       <c r="D12" s="58"/>
       <c r="E12" s="58"/>
       <c r="F12" s="58"/>
       <c r="G12" s="58"/>
       <c r="H12" s="58"/>
       <c r="I12" s="58"/>
       <c r="J12" s="58"/>
       <c r="K12" s="58"/>
       <c r="L12" s="58"/>
       <c r="M12" s="53"/>
     </row>
     <row r="13" spans="1:13" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>91</v>
       </c>
       <c r="B13" s="95">
-        <v>13708</v>
+        <v>13619</v>
       </c>
       <c r="C13" s="95">
-        <v>1844</v>
+        <v>1854</v>
       </c>
       <c r="D13" s="95">
-        <v>56989</v>
+        <v>56765</v>
       </c>
       <c r="E13" s="95">
-        <v>290</v>
+        <v>246</v>
       </c>
       <c r="F13" s="95">
         <v>71</v>
       </c>
       <c r="G13" s="95">
-        <v>33</v>
+        <v>139</v>
       </c>
       <c r="H13" s="95">
-        <v>70768</v>
+        <v>70455</v>
       </c>
       <c r="I13" s="95">
-        <v>2167</v>
+        <v>2239</v>
       </c>
       <c r="J13" s="97">
-        <v>-0.22</v>
+        <v>-0.17</v>
       </c>
       <c r="K13" s="97">
-        <v>7.45</v>
+        <v>-4.32</v>
       </c>
       <c r="L13" s="97">
-        <v>-2</v>
+        <v>-2.12</v>
       </c>
       <c r="M13" s="99">
-        <v>21.94</v>
+        <v>36.74</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="11.1" customHeight="1">
       <c r="A14" s="92" t="s">
         <v>92</v>
       </c>
       <c r="B14" s="58"/>
       <c r="C14" s="58"/>
       <c r="D14" s="58"/>
       <c r="E14" s="58"/>
       <c r="F14" s="58"/>
       <c r="G14" s="58"/>
       <c r="H14" s="58"/>
       <c r="I14" s="58"/>
       <c r="J14" s="58"/>
       <c r="K14" s="58"/>
       <c r="L14" s="58"/>
       <c r="M14" s="53"/>
     </row>
     <row r="15" spans="1:13" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>93</v>
       </c>
       <c r="B15" s="95">
-        <v>44776</v>
+        <v>44775</v>
       </c>
       <c r="C15" s="95">
-        <v>4365</v>
+        <v>4416</v>
       </c>
       <c r="D15" s="95">
-        <v>84169</v>
+        <v>83985</v>
       </c>
       <c r="E15" s="95">
-        <v>1736</v>
+        <v>1768</v>
       </c>
       <c r="F15" s="95">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="G15" s="95">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="H15" s="95">
-        <v>129249</v>
+        <v>129063</v>
       </c>
       <c r="I15" s="95">
-        <v>6150</v>
+        <v>6247</v>
       </c>
       <c r="J15" s="97">
-        <v>-0.06</v>
+        <v>-0.07</v>
       </c>
       <c r="K15" s="97">
-        <v>-1.18</v>
+        <v>-20.09</v>
       </c>
       <c r="L15" s="97">
-        <v>-0.5</v>
+        <v>-0.58</v>
       </c>
       <c r="M15" s="99">
-        <v>-1.03</v>
+        <v>-2.66</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="11.1" customHeight="1">
       <c r="A16" s="92" t="s">
         <v>94</v>
       </c>
       <c r="B16" s="58"/>
       <c r="C16" s="58"/>
       <c r="D16" s="58"/>
       <c r="E16" s="58"/>
       <c r="F16" s="58"/>
       <c r="G16" s="58"/>
       <c r="H16" s="58"/>
       <c r="I16" s="58"/>
       <c r="J16" s="58"/>
       <c r="K16" s="58"/>
       <c r="L16" s="58"/>
       <c r="M16" s="53"/>
     </row>
     <row r="17" spans="1:13" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>95</v>
       </c>
       <c r="B17" s="95">
-        <v>15847</v>
+        <v>15855</v>
       </c>
       <c r="C17" s="95">
-        <v>1013</v>
+        <v>962</v>
       </c>
       <c r="D17" s="95">
-        <v>44421</v>
+        <v>44284</v>
       </c>
       <c r="E17" s="95">
-        <v>525</v>
+        <v>502</v>
       </c>
       <c r="F17" s="95">
         <v>15</v>
       </c>
       <c r="G17" s="95">
         <v>9</v>
       </c>
       <c r="H17" s="95">
-        <v>60283</v>
+        <v>60154</v>
       </c>
       <c r="I17" s="95">
-        <v>1546</v>
+        <v>1474</v>
       </c>
       <c r="J17" s="97">
-        <v>-0.21</v>
+        <v>-0.14</v>
       </c>
       <c r="K17" s="97">
-        <v>5.04</v>
+        <v>-14.46</v>
       </c>
       <c r="L17" s="97">
-        <v>-1.33</v>
+        <v>-1.39</v>
       </c>
       <c r="M17" s="99">
-        <v>-2.08</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="11.1" customHeight="1">
       <c r="A18" s="92" t="s">
         <v>96</v>
       </c>
       <c r="B18" s="58"/>
       <c r="C18" s="58"/>
       <c r="D18" s="58"/>
       <c r="E18" s="58"/>
       <c r="F18" s="58"/>
       <c r="G18" s="58"/>
       <c r="H18" s="58"/>
       <c r="I18" s="58"/>
       <c r="J18" s="58"/>
       <c r="K18" s="58"/>
       <c r="L18" s="58"/>
       <c r="M18" s="53"/>
     </row>
     <row r="19" spans="1:13" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>97</v>
       </c>
       <c r="B19" s="95">
-        <v>545</v>
+        <v>537</v>
       </c>
       <c r="C19" s="95">
-        <v>13486</v>
+        <v>11588</v>
       </c>
       <c r="D19" s="95">
-        <v>15316</v>
+        <v>15290</v>
       </c>
       <c r="E19" s="95">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="F19" s="95">
         <v>10</v>
       </c>
       <c r="G19" s="95">
-        <v>91</v>
+        <v>152</v>
       </c>
       <c r="H19" s="95">
-        <v>15871</v>
+        <v>15837</v>
       </c>
       <c r="I19" s="95">
-        <v>13663</v>
+        <v>11819</v>
       </c>
       <c r="J19" s="97">
-        <v>-0.11</v>
+        <v>-0.09</v>
       </c>
       <c r="K19" s="97">
-        <v>-1.4</v>
+        <v>-17.04</v>
       </c>
       <c r="L19" s="97">
-        <v>-1.05</v>
+        <v>-1.13</v>
       </c>
       <c r="M19" s="99">
-        <v>4.73</v>
+        <v>-0.3</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="11.1" customHeight="1">
       <c r="A20" s="92" t="s">
         <v>98</v>
       </c>
       <c r="B20" s="58"/>
       <c r="C20" s="58"/>
       <c r="D20" s="58"/>
       <c r="E20" s="58"/>
       <c r="F20" s="58"/>
       <c r="G20" s="58"/>
       <c r="H20" s="58"/>
       <c r="I20" s="58"/>
       <c r="J20" s="58"/>
       <c r="K20" s="58"/>
       <c r="L20" s="58"/>
       <c r="M20" s="53"/>
     </row>
     <row r="21" spans="1:13" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>99</v>
       </c>
       <c r="B21" s="95">
-        <v>2914</v>
+        <v>2915</v>
       </c>
       <c r="C21" s="95">
-        <v>283</v>
+        <v>265</v>
       </c>
       <c r="D21" s="95">
-        <v>14266</v>
+        <v>14220</v>
       </c>
       <c r="E21" s="95">
         <v>230</v>
       </c>
       <c r="F21" s="95">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="G21" s="95">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H21" s="95">
-        <v>17770</v>
+        <v>17724</v>
       </c>
       <c r="I21" s="95">
-        <v>530</v>
+        <v>512</v>
       </c>
       <c r="J21" s="97">
         <v>-0.08</v>
       </c>
       <c r="K21" s="97">
-        <v>15.54</v>
+        <v>-4.44</v>
       </c>
       <c r="L21" s="97">
-        <v>-1.12</v>
+        <v>-1.18</v>
       </c>
       <c r="M21" s="99">
-        <v>-0.07</v>
+        <v>-11.62</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="11.1" customHeight="1">
       <c r="A22" s="92" t="s">
         <v>100</v>
       </c>
       <c r="B22" s="58"/>
       <c r="C22" s="58"/>
       <c r="D22" s="58"/>
       <c r="E22" s="58"/>
       <c r="F22" s="58"/>
       <c r="G22" s="58"/>
       <c r="H22" s="58"/>
       <c r="I22" s="58"/>
       <c r="J22" s="58"/>
       <c r="K22" s="58"/>
       <c r="L22" s="58"/>
       <c r="M22" s="53"/>
     </row>
     <row r="23" spans="1:13" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>101</v>
       </c>
       <c r="B23" s="95">
-        <v>7724</v>
+        <v>7709</v>
       </c>
       <c r="C23" s="95">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="D23" s="95">
-        <v>26880</v>
+        <v>26821</v>
       </c>
       <c r="E23" s="95">
-        <v>386</v>
+        <v>408</v>
       </c>
       <c r="F23" s="95">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G23" s="95">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H23" s="95">
-        <v>34669</v>
+        <v>34597</v>
       </c>
       <c r="I23" s="95">
-        <v>829</v>
+        <v>876</v>
       </c>
       <c r="J23" s="97">
-        <v>-0.11</v>
+        <v>-0.08</v>
       </c>
       <c r="K23" s="97">
-        <v>7.53</v>
+        <v>-5.52</v>
       </c>
       <c r="L23" s="97">
-        <v>-1.08</v>
+        <v>-1.12</v>
       </c>
       <c r="M23" s="99">
-        <v>-5.54</v>
+        <v>2.44</v>
       </c>
     </row>
     <row r="24" spans="1:13" ht="11.1" customHeight="1">
       <c r="A24" s="92" t="s">
         <v>102</v>
       </c>
       <c r="B24" s="58"/>
       <c r="C24" s="58"/>
       <c r="D24" s="58"/>
       <c r="E24" s="58"/>
       <c r="F24" s="58"/>
       <c r="G24" s="58"/>
       <c r="H24" s="58"/>
       <c r="I24" s="58"/>
       <c r="J24" s="58"/>
       <c r="K24" s="58"/>
       <c r="L24" s="58"/>
       <c r="M24" s="53"/>
     </row>
     <row r="25" spans="1:13" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>103</v>
       </c>
       <c r="B25" s="95">
-        <v>20983</v>
+        <v>20984</v>
       </c>
       <c r="C25" s="95">
-        <v>3271</v>
+        <v>3369</v>
       </c>
       <c r="D25" s="95">
-        <v>75306</v>
+        <v>75110</v>
       </c>
       <c r="E25" s="95">
-        <v>950</v>
+        <v>943</v>
       </c>
       <c r="F25" s="95">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="G25" s="95">
-        <v>739</v>
+        <v>705</v>
       </c>
       <c r="H25" s="95">
-        <v>96601</v>
+        <v>96405</v>
       </c>
       <c r="I25" s="95">
-        <v>4960</v>
+        <v>5016</v>
       </c>
       <c r="J25" s="97">
-        <v>-0.1</v>
+        <v>-0.11</v>
       </c>
       <c r="K25" s="97">
-        <v>-3</v>
+        <v>-12.53</v>
       </c>
       <c r="L25" s="97">
-        <v>-0.07</v>
+        <v>-0.21</v>
       </c>
       <c r="M25" s="99">
-        <v>-8.85</v>
+        <v>-4.42</v>
       </c>
     </row>
     <row r="26" spans="1:13" ht="11.1" customHeight="1">
       <c r="A26" s="92" t="s">
         <v>104</v>
       </c>
       <c r="B26" s="58"/>
       <c r="C26" s="58"/>
       <c r="D26" s="58"/>
       <c r="E26" s="58"/>
       <c r="F26" s="58"/>
       <c r="G26" s="58"/>
       <c r="H26" s="58"/>
       <c r="I26" s="58"/>
       <c r="J26" s="58"/>
       <c r="K26" s="58"/>
       <c r="L26" s="58"/>
       <c r="M26" s="53"/>
     </row>
     <row r="27" spans="1:13" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>105</v>
       </c>
       <c r="B27" s="95">
-        <v>21824</v>
+        <v>21813</v>
       </c>
       <c r="C27" s="95">
-        <v>1726</v>
+        <v>1711</v>
       </c>
       <c r="D27" s="95">
-        <v>66208</v>
+        <v>66025</v>
       </c>
       <c r="E27" s="95">
-        <v>844</v>
+        <v>910</v>
       </c>
       <c r="F27" s="95">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="G27" s="95">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H27" s="95">
-        <v>88250</v>
+        <v>88055</v>
       </c>
       <c r="I27" s="95">
-        <v>2589</v>
+        <v>2644</v>
       </c>
       <c r="J27" s="97">
         <v>-0.1</v>
       </c>
       <c r="K27" s="97">
-        <v>-0.88</v>
+        <v>-13.69</v>
       </c>
       <c r="L27" s="97">
-        <v>-0.9</v>
+        <v>-1.06</v>
       </c>
       <c r="M27" s="99">
-        <v>-11.23</v>
+        <v>-9.18</v>
       </c>
     </row>
     <row r="28" spans="1:13" ht="11.1" customHeight="1">
       <c r="A28" s="92" t="s">
         <v>106</v>
       </c>
       <c r="B28" s="58"/>
       <c r="C28" s="58"/>
       <c r="D28" s="58"/>
       <c r="E28" s="58"/>
       <c r="F28" s="58"/>
       <c r="G28" s="58"/>
       <c r="H28" s="58"/>
       <c r="I28" s="58"/>
       <c r="J28" s="58"/>
       <c r="K28" s="58"/>
       <c r="L28" s="58"/>
       <c r="M28" s="53"/>
     </row>
     <row r="29" spans="1:13" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>107</v>
       </c>
       <c r="B29" s="95">
-        <v>11707</v>
+        <v>11696</v>
       </c>
       <c r="C29" s="95">
-        <v>907</v>
+        <v>970</v>
       </c>
       <c r="D29" s="95">
-        <v>36140</v>
+        <v>36035</v>
       </c>
       <c r="E29" s="95">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F29" s="95">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G29" s="95">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H29" s="95">
-        <v>47988</v>
+        <v>47871</v>
       </c>
       <c r="I29" s="95">
-        <v>1503</v>
+        <v>1562</v>
       </c>
       <c r="J29" s="97">
         <v>-0.1</v>
       </c>
       <c r="K29" s="97">
-        <v>1.85</v>
+        <v>-12.91</v>
       </c>
       <c r="L29" s="97">
-        <v>-1.12</v>
+        <v>-1.19</v>
       </c>
       <c r="M29" s="99">
-        <v>-17.59</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="30" spans="1:13" ht="11.1" customHeight="1">
       <c r="A30" s="92" t="s">
         <v>108</v>
       </c>
       <c r="B30" s="58"/>
       <c r="C30" s="58"/>
       <c r="D30" s="58"/>
       <c r="E30" s="58"/>
       <c r="F30" s="58"/>
       <c r="G30" s="58"/>
       <c r="H30" s="58"/>
       <c r="I30" s="58"/>
       <c r="J30" s="58"/>
       <c r="K30" s="58"/>
       <c r="L30" s="58"/>
       <c r="M30" s="53"/>
     </row>
     <row r="31" spans="1:13" ht="12.6" customHeight="1">
       <c r="A31" s="27" t="s">
         <v>109</v>
       </c>
       <c r="B31" s="95">
-        <v>10243</v>
+        <v>10252</v>
       </c>
       <c r="C31" s="95">
-        <v>1250</v>
+        <v>1267</v>
       </c>
       <c r="D31" s="95">
-        <v>32567</v>
+        <v>32492</v>
       </c>
       <c r="E31" s="95">
-        <v>636</v>
+        <v>663</v>
       </c>
       <c r="F31" s="95">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="G31" s="95">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="H31" s="95">
-        <v>42877</v>
+        <v>42810</v>
       </c>
       <c r="I31" s="95">
-        <v>1906</v>
+        <v>1943</v>
       </c>
       <c r="J31" s="97">
-        <v>-0.08</v>
+        <v>-0.05</v>
       </c>
       <c r="K31" s="97">
-        <v>-5.51</v>
+        <v>-10.92</v>
       </c>
       <c r="L31" s="97">
-        <v>-0.5</v>
+        <v>-0.6</v>
       </c>
       <c r="M31" s="99">
-        <v>-4.74</v>
+        <v>-1.81</v>
       </c>
     </row>
     <row r="32" spans="1:13" ht="11.1" customHeight="1">
       <c r="A32" s="92" t="s">
         <v>110</v>
       </c>
       <c r="B32" s="58"/>
       <c r="C32" s="58"/>
       <c r="D32" s="58"/>
       <c r="E32" s="58"/>
       <c r="F32" s="58"/>
       <c r="G32" s="58"/>
       <c r="H32" s="58"/>
       <c r="I32" s="58"/>
       <c r="J32" s="58"/>
       <c r="K32" s="58"/>
       <c r="L32" s="58"/>
       <c r="M32" s="53"/>
     </row>
     <row r="33" spans="1:13" ht="12.6" customHeight="1">
       <c r="A33" s="27" t="s">
         <v>111</v>
       </c>
       <c r="B33" s="95">
-        <v>29382</v>
+        <v>29357</v>
       </c>
       <c r="C33" s="95">
-        <v>3179</v>
+        <v>3319</v>
       </c>
       <c r="D33" s="95">
-        <v>67836</v>
+        <v>67724</v>
       </c>
       <c r="E33" s="95">
-        <v>891</v>
+        <v>911</v>
       </c>
       <c r="F33" s="95">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="G33" s="95">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="H33" s="95">
-        <v>97550</v>
+        <v>97414</v>
       </c>
       <c r="I33" s="95">
-        <v>4170</v>
+        <v>4320</v>
       </c>
       <c r="J33" s="97">
-        <v>-0.09</v>
+        <v>-0.07</v>
       </c>
       <c r="K33" s="97">
-        <v>1.38</v>
+        <v>-10.48</v>
       </c>
       <c r="L33" s="97">
-        <v>-0.8</v>
+        <v>-0.89</v>
       </c>
       <c r="M33" s="99">
-        <v>-8.32</v>
+        <v>1.61</v>
       </c>
     </row>
     <row r="34" spans="1:13" ht="11.1" customHeight="1">
       <c r="A34" s="92" t="s">
         <v>112</v>
       </c>
       <c r="B34" s="58"/>
       <c r="C34" s="58"/>
       <c r="D34" s="58"/>
       <c r="E34" s="58"/>
       <c r="F34" s="58"/>
       <c r="G34" s="58"/>
       <c r="H34" s="58"/>
       <c r="I34" s="58"/>
       <c r="J34" s="58"/>
       <c r="K34" s="58"/>
       <c r="L34" s="58"/>
       <c r="M34" s="53"/>
     </row>
     <row r="35" spans="1:13" ht="12.6" customHeight="1">
       <c r="A35" s="27" t="s">
         <v>113</v>
       </c>
       <c r="B35" s="95">
-        <v>6614</v>
+        <v>6603</v>
       </c>
       <c r="C35" s="95">
-        <v>2612</v>
+        <v>2384</v>
       </c>
       <c r="D35" s="95">
-        <v>21358</v>
+        <v>21329</v>
       </c>
       <c r="E35" s="95">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="F35" s="95">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="G35" s="95">
-        <v>575</v>
+        <v>592</v>
       </c>
       <c r="H35" s="95">
-        <v>28199</v>
+        <v>28160</v>
       </c>
       <c r="I35" s="95">
-        <v>3339</v>
+        <v>3134</v>
       </c>
       <c r="J35" s="97">
         <v>-0.08</v>
       </c>
       <c r="K35" s="97">
-        <v>28.65</v>
+        <v>-15.51</v>
       </c>
       <c r="L35" s="97">
         <v>-0.87</v>
       </c>
       <c r="M35" s="99">
-        <v>-2.84</v>
+        <v>4.59</v>
       </c>
     </row>
     <row r="36" spans="1:13" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="107" t="s">
         <v>114</v>
       </c>
       <c r="B36" s="55"/>
       <c r="C36" s="55"/>
       <c r="D36" s="55"/>
       <c r="E36" s="55"/>
       <c r="F36" s="55"/>
       <c r="G36" s="55"/>
       <c r="H36" s="55"/>
       <c r="I36" s="55"/>
       <c r="J36" s="55"/>
       <c r="K36" s="55"/>
       <c r="L36" s="55"/>
       <c r="M36" s="57"/>
     </row>
     <row r="37" spans="1:13" ht="13.5" customHeight="1">
       <c r="A37" s="17" t="s">
         <v>38</v>
       </c>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
@@ -5274,57 +5265,57 @@
       <c r="M2" s="59"/>
     </row>
     <row r="3" spans="1:13" ht="18.6" customHeight="1">
       <c r="A3" s="39" t="s">
         <v>48</v>
       </c>
       <c r="B3" s="40"/>
       <c r="C3" s="40"/>
       <c r="D3" s="40"/>
       <c r="E3" s="40"/>
       <c r="F3" s="40"/>
       <c r="G3" s="40"/>
       <c r="H3" s="40"/>
       <c r="I3" s="40"/>
       <c r="J3" s="40"/>
       <c r="K3" s="40"/>
       <c r="L3" s="40"/>
       <c r="M3" s="40"/>
     </row>
     <row r="4" spans="1:13" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="6"/>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="60" t="str">
         <f>'2-6'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="60"/>
       <c r="F4" s="60"/>
       <c r="G4" s="61" t="str">
         <f>'2-6'!G4:I4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="H4" s="61"/>
       <c r="I4" s="61"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="15" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="36" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="37"/>
       <c r="F5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="37"/>
       <c r="H5" s="36" t="s">
@@ -5432,490 +5423,490 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>22</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="K8" s="14" t="s">
         <v>22</v>
       </c>
       <c r="L8" s="15" t="s">
         <v>15</v>
       </c>
       <c r="M8" s="14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="12.6" customHeight="1">
       <c r="A9" s="80" t="s">
         <v>115</v>
       </c>
       <c r="B9" s="83">
-        <v>38025</v>
+        <v>38030</v>
       </c>
       <c r="C9" s="83">
-        <v>3130</v>
+        <v>3244</v>
       </c>
       <c r="D9" s="83">
-        <v>117666</v>
+        <v>117578</v>
       </c>
       <c r="E9" s="83">
-        <v>668</v>
+        <v>637</v>
       </c>
       <c r="F9" s="83">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="G9" s="83">
-        <v>354</v>
+        <v>532</v>
       </c>
       <c r="H9" s="83">
-        <v>156289</v>
+        <v>156207</v>
       </c>
       <c r="I9" s="83">
-        <v>4152</v>
+        <v>4413</v>
       </c>
       <c r="J9" s="86">
         <v>-0.03</v>
       </c>
       <c r="K9" s="86">
-        <v>-11.08</v>
+        <v>-3.84</v>
       </c>
       <c r="L9" s="86">
-        <v>-0.33</v>
+        <v>-0.32</v>
       </c>
       <c r="M9" s="89">
-        <v>-8.29</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="11.1" customHeight="1">
       <c r="A10" s="92" t="s">
         <v>116</v>
       </c>
       <c r="B10" s="47"/>
       <c r="C10" s="47"/>
       <c r="D10" s="47"/>
       <c r="E10" s="47"/>
       <c r="F10" s="47"/>
       <c r="G10" s="47"/>
       <c r="H10" s="47"/>
       <c r="I10" s="47"/>
       <c r="J10" s="47"/>
       <c r="K10" s="47"/>
       <c r="L10" s="47"/>
       <c r="M10" s="53"/>
     </row>
     <row r="11" spans="1:13" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>117</v>
       </c>
       <c r="B11" s="95">
-        <v>46785</v>
+        <v>46752</v>
       </c>
       <c r="C11" s="95">
-        <v>7176</v>
+        <v>8403</v>
       </c>
       <c r="D11" s="95">
-        <v>110476</v>
+        <v>110267</v>
       </c>
       <c r="E11" s="95">
-        <v>1412</v>
+        <v>1425</v>
       </c>
       <c r="F11" s="95">
-        <v>1077</v>
+        <v>1072</v>
       </c>
       <c r="G11" s="95">
-        <v>1709</v>
+        <v>1060</v>
       </c>
       <c r="H11" s="95">
-        <v>158338</v>
+        <v>158091</v>
       </c>
       <c r="I11" s="95">
-        <v>10297</v>
+        <v>10888</v>
       </c>
       <c r="J11" s="97">
-        <v>-0.06</v>
+        <v>-0.08</v>
       </c>
       <c r="K11" s="97">
-        <v>2.94</v>
+        <v>16.99</v>
       </c>
       <c r="L11" s="97">
-        <v>-0.71</v>
+        <v>-0.77</v>
       </c>
       <c r="M11" s="99">
-        <v>21.16</v>
+        <v>4.71</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="11.1" customHeight="1">
       <c r="A12" s="92" t="s">
         <v>118</v>
       </c>
       <c r="B12" s="58"/>
       <c r="C12" s="58"/>
       <c r="D12" s="58"/>
       <c r="E12" s="58"/>
       <c r="F12" s="58"/>
       <c r="G12" s="58"/>
       <c r="H12" s="58"/>
       <c r="I12" s="58"/>
       <c r="J12" s="58"/>
       <c r="K12" s="58"/>
       <c r="L12" s="58"/>
       <c r="M12" s="53"/>
     </row>
     <row r="13" spans="1:13" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>119</v>
       </c>
       <c r="B13" s="95">
-        <v>53949</v>
+        <v>53946</v>
       </c>
       <c r="C13" s="95">
-        <v>7022</v>
+        <v>7901</v>
       </c>
       <c r="D13" s="95">
-        <v>81145</v>
+        <v>81008</v>
       </c>
       <c r="E13" s="95">
-        <v>1221</v>
+        <v>1265</v>
       </c>
       <c r="F13" s="95">
-        <v>1091</v>
+        <v>1089</v>
       </c>
       <c r="G13" s="95">
-        <v>1270</v>
+        <v>1422</v>
       </c>
       <c r="H13" s="95">
-        <v>136185</v>
+        <v>136043</v>
       </c>
       <c r="I13" s="95">
-        <v>9513</v>
+        <v>10589</v>
       </c>
       <c r="J13" s="97">
-        <v>-0.04</v>
+        <v>-0.03</v>
       </c>
       <c r="K13" s="97">
-        <v>-6.92</v>
+        <v>-8.06</v>
       </c>
       <c r="L13" s="97">
         <v>-0.59</v>
       </c>
       <c r="M13" s="99">
-        <v>-8.38</v>
+        <v>-7.48</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="11.1" customHeight="1">
       <c r="A14" s="92" t="s">
         <v>120</v>
       </c>
       <c r="B14" s="58"/>
       <c r="C14" s="58"/>
       <c r="D14" s="58"/>
       <c r="E14" s="58"/>
       <c r="F14" s="58"/>
       <c r="G14" s="58"/>
       <c r="H14" s="58"/>
       <c r="I14" s="58"/>
       <c r="J14" s="58"/>
       <c r="K14" s="58"/>
       <c r="L14" s="58"/>
       <c r="M14" s="53"/>
     </row>
     <row r="15" spans="1:13" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>121</v>
       </c>
       <c r="B15" s="95">
-        <v>9941</v>
+        <v>9911</v>
       </c>
       <c r="C15" s="95">
-        <v>784</v>
+        <v>503</v>
       </c>
       <c r="D15" s="95">
-        <v>22948</v>
+        <v>22893</v>
       </c>
       <c r="E15" s="95">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="F15" s="95">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G15" s="95">
-        <v>3303</v>
+        <v>2823</v>
       </c>
       <c r="H15" s="95">
-        <v>33136</v>
+        <v>33052</v>
       </c>
       <c r="I15" s="95">
-        <v>4225</v>
+        <v>3462</v>
       </c>
       <c r="J15" s="97">
-        <v>-0.15</v>
+        <v>-0.12</v>
       </c>
       <c r="K15" s="97">
-        <v>39.47</v>
+        <v>-16.28</v>
       </c>
       <c r="L15" s="97">
-        <v>-1.19</v>
+        <v>-1.25</v>
       </c>
       <c r="M15" s="99">
-        <v>-0.17</v>
+        <v>18.09</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="11.1" customHeight="1">
       <c r="A16" s="92" t="s">
         <v>122</v>
       </c>
       <c r="B16" s="58"/>
       <c r="C16" s="58"/>
       <c r="D16" s="58"/>
       <c r="E16" s="58"/>
       <c r="F16" s="58"/>
       <c r="G16" s="58"/>
       <c r="H16" s="58"/>
       <c r="I16" s="58"/>
       <c r="J16" s="58"/>
       <c r="K16" s="58"/>
       <c r="L16" s="58"/>
       <c r="M16" s="53"/>
     </row>
     <row r="17" spans="1:13" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>123</v>
       </c>
       <c r="B17" s="95">
-        <v>20855</v>
+        <v>20797</v>
       </c>
       <c r="C17" s="95">
-        <v>359</v>
+        <v>396</v>
       </c>
       <c r="D17" s="95">
-        <v>46070</v>
+        <v>45839</v>
       </c>
       <c r="E17" s="95">
-        <v>359</v>
+        <v>384</v>
       </c>
       <c r="F17" s="95">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="G17" s="95">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H17" s="95">
-        <v>66933</v>
+        <v>66641</v>
       </c>
       <c r="I17" s="95">
-        <v>719</v>
+        <v>781</v>
       </c>
       <c r="J17" s="97">
-        <v>-0.22</v>
+        <v>-0.09</v>
       </c>
       <c r="K17" s="97">
-        <v>-2.08</v>
+        <v>9.62</v>
       </c>
       <c r="L17" s="97">
-        <v>-6.34</v>
+        <v>-5.35</v>
       </c>
       <c r="M17" s="99">
-        <v>-6.16</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="11.1" customHeight="1">
       <c r="A18" s="92" t="s">
         <v>124</v>
       </c>
       <c r="B18" s="58"/>
       <c r="C18" s="58"/>
       <c r="D18" s="58"/>
       <c r="E18" s="58"/>
       <c r="F18" s="58"/>
       <c r="G18" s="58"/>
       <c r="H18" s="58"/>
       <c r="I18" s="58"/>
       <c r="J18" s="58"/>
       <c r="K18" s="58"/>
       <c r="L18" s="58"/>
       <c r="M18" s="53"/>
     </row>
     <row r="19" spans="1:13" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>125</v>
       </c>
       <c r="B19" s="95">
-        <v>24517</v>
+        <v>24564</v>
       </c>
       <c r="C19" s="95">
-        <v>4438</v>
+        <v>4709</v>
       </c>
       <c r="D19" s="95">
-        <v>79688</v>
+        <v>79523</v>
       </c>
       <c r="E19" s="95">
-        <v>494</v>
+        <v>461</v>
       </c>
       <c r="F19" s="95">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G19" s="95">
-        <v>325</v>
+        <v>828</v>
       </c>
       <c r="H19" s="95">
-        <v>104421</v>
+        <v>104304</v>
       </c>
       <c r="I19" s="95">
-        <v>5258</v>
+        <v>5998</v>
       </c>
       <c r="J19" s="97">
-        <v>-0.03</v>
+        <v>-0.05</v>
       </c>
       <c r="K19" s="97">
-        <v>-6.94</v>
+        <v>-73.51</v>
       </c>
       <c r="L19" s="97">
-        <v>-0.08</v>
+        <v>-0.22</v>
       </c>
       <c r="M19" s="99">
-        <v>19.42</v>
+        <v>37.3</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="11.1" customHeight="1">
       <c r="A20" s="92" t="s">
         <v>126</v>
       </c>
       <c r="B20" s="58"/>
       <c r="C20" s="58"/>
       <c r="D20" s="58"/>
       <c r="E20" s="58"/>
       <c r="F20" s="58"/>
       <c r="G20" s="58"/>
       <c r="H20" s="58"/>
       <c r="I20" s="58"/>
       <c r="J20" s="58"/>
       <c r="K20" s="58"/>
       <c r="L20" s="58"/>
       <c r="M20" s="53"/>
     </row>
     <row r="21" spans="1:13" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>127</v>
       </c>
       <c r="B21" s="95">
-        <v>9332</v>
+        <v>9318</v>
       </c>
       <c r="C21" s="95">
-        <v>653</v>
+        <v>568</v>
       </c>
       <c r="D21" s="95">
-        <v>30471</v>
+        <v>30420</v>
       </c>
       <c r="E21" s="95">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="F21" s="95">
         <v>107</v>
       </c>
       <c r="G21" s="95">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="H21" s="95">
-        <v>39910</v>
+        <v>39845</v>
       </c>
       <c r="I21" s="95">
-        <v>879</v>
+        <v>803</v>
       </c>
       <c r="J21" s="97">
-        <v>-0.07</v>
+        <v>-0.09</v>
       </c>
       <c r="K21" s="97">
-        <v>13.19</v>
+        <v>-26.32</v>
       </c>
       <c r="L21" s="97">
-        <v>-0.81</v>
+        <v>-0.85</v>
       </c>
       <c r="M21" s="99">
-        <v>-14.2</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="11.1" customHeight="1">
       <c r="A22" s="92" t="s">
         <v>128</v>
       </c>
       <c r="B22" s="58"/>
       <c r="C22" s="58"/>
       <c r="D22" s="58"/>
       <c r="E22" s="58"/>
       <c r="F22" s="58"/>
       <c r="G22" s="58"/>
       <c r="H22" s="58"/>
       <c r="I22" s="58"/>
       <c r="J22" s="58"/>
       <c r="K22" s="58"/>
       <c r="L22" s="58"/>
       <c r="M22" s="53"/>
     </row>
     <row r="23" spans="1:13" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>129</v>
       </c>
       <c r="B23" s="95">
-        <v>29159</v>
+        <v>29154</v>
       </c>
       <c r="C23" s="95">
-        <v>4502</v>
+        <v>3823</v>
       </c>
       <c r="D23" s="95">
-        <v>117462</v>
+        <v>117319</v>
       </c>
       <c r="E23" s="95">
-        <v>1412</v>
+        <v>1462</v>
       </c>
       <c r="F23" s="95">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="G23" s="95">
-        <v>3666</v>
+        <v>2935</v>
       </c>
       <c r="H23" s="95">
-        <v>147265</v>
+        <v>147115</v>
       </c>
       <c r="I23" s="95">
-        <v>9580</v>
+        <v>8219</v>
       </c>
       <c r="J23" s="97">
         <v>-0.04</v>
       </c>
       <c r="K23" s="97">
-        <v>-2.61</v>
+        <v>-3.88</v>
       </c>
       <c r="L23" s="97">
-        <v>-0.43</v>
+        <v>-0.46</v>
       </c>
       <c r="M23" s="99">
-        <v>5.04</v>
+        <v>1.51</v>
       </c>
     </row>
     <row r="24" spans="1:13" ht="11.1" customHeight="1">
       <c r="A24" s="92" t="s">
         <v>130</v>
       </c>
       <c r="B24" s="58"/>
       <c r="C24" s="58"/>
       <c r="D24" s="58"/>
       <c r="E24" s="58"/>
       <c r="F24" s="58"/>
       <c r="G24" s="58"/>
       <c r="H24" s="58"/>
       <c r="I24" s="58"/>
       <c r="J24" s="58"/>
       <c r="K24" s="58"/>
       <c r="L24" s="58"/>
       <c r="M24" s="53"/>
     </row>
     <row r="25" spans="1:13" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>131</v>
       </c>
       <c r="B25" s="101">
         <v>0</v>
@@ -6455,57 +6446,57 @@
       <c r="M2" s="59"/>
     </row>
     <row r="3" spans="1:13" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>42</v>
       </c>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
     </row>
     <row r="4" spans="1:13" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="6"/>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="60" t="str">
         <f>'2-6'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="60"/>
       <c r="F4" s="60"/>
       <c r="G4" s="61" t="str">
         <f>'2-6'!G4:I4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="H4" s="61"/>
       <c r="I4" s="61"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="15" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="36" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="37"/>
       <c r="F5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="37"/>
       <c r="H5" s="36" t="s">
@@ -6613,425 +6604,425 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>22</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="K8" s="14" t="s">
         <v>22</v>
       </c>
       <c r="L8" s="15" t="s">
         <v>15</v>
       </c>
       <c r="M8" s="14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="12.6" customHeight="1">
       <c r="A9" s="81" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="84">
-        <v>1262</v>
+        <v>1260</v>
       </c>
       <c r="C9" s="84">
-        <v>7257</v>
+        <v>14044</v>
       </c>
       <c r="D9" s="84">
         <v>61</v>
       </c>
       <c r="E9" s="84">
-        <v>141</v>
+        <v>64</v>
       </c>
       <c r="F9" s="84">
         <v>21</v>
       </c>
       <c r="G9" s="84">
-        <v>300</v>
+        <v>241</v>
       </c>
       <c r="H9" s="84">
-        <v>1344</v>
+        <v>1342</v>
       </c>
       <c r="I9" s="84">
-        <v>7698</v>
-[...11 lines deleted...]
-        <v>-3.38</v>
+        <v>14349</v>
+      </c>
+      <c r="J9" s="112">
+        <v>-0.07</v>
+      </c>
+      <c r="K9" s="112">
+        <v>80.29</v>
+      </c>
+      <c r="L9" s="112">
+        <v>-3.59</v>
+      </c>
+      <c r="M9" s="115">
+        <v>17.84</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="11.1" customHeight="1">
       <c r="A10" s="93" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="47"/>
       <c r="C10" s="47"/>
       <c r="D10" s="47"/>
       <c r="E10" s="47"/>
       <c r="F10" s="47"/>
       <c r="G10" s="47"/>
       <c r="H10" s="47"/>
       <c r="I10" s="47"/>
       <c r="J10" s="47"/>
       <c r="K10" s="47"/>
       <c r="L10" s="47"/>
       <c r="M10" s="53"/>
     </row>
     <row r="11" spans="1:13" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>137</v>
       </c>
       <c r="B11" s="95">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="C11" s="95">
-        <v>1873</v>
+        <v>3676</v>
       </c>
       <c r="D11" s="95">
         <v>16</v>
       </c>
       <c r="E11" s="95">
         <v>0</v>
       </c>
       <c r="F11" s="95">
         <v>4</v>
       </c>
       <c r="G11" s="95">
         <v>3</v>
       </c>
       <c r="H11" s="95">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="I11" s="95">
-        <v>1877</v>
-[...2 lines deleted...]
-        <v>-0.15</v>
+        <v>3679</v>
+      </c>
+      <c r="J11" s="117">
+        <v>0</v>
       </c>
       <c r="K11" s="119">
-        <v>-62.85</v>
+        <v>93.49</v>
       </c>
       <c r="L11" s="119">
-        <v>-1.6</v>
+        <v>-1.61</v>
       </c>
       <c r="M11" s="121">
-        <v>-21.17</v>
+        <v>43.68</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="11.1" customHeight="1">
       <c r="A12" s="92" t="s">
         <v>138</v>
       </c>
       <c r="B12" s="58"/>
       <c r="C12" s="58"/>
       <c r="D12" s="58"/>
       <c r="E12" s="58"/>
       <c r="F12" s="58"/>
       <c r="G12" s="58"/>
       <c r="H12" s="58"/>
       <c r="I12" s="58"/>
       <c r="J12" s="58"/>
       <c r="K12" s="58"/>
       <c r="L12" s="58"/>
       <c r="M12" s="53"/>
     </row>
     <row r="13" spans="1:13" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>139</v>
       </c>
       <c r="B13" s="95">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C13" s="95">
-        <v>2141</v>
+        <v>2908</v>
       </c>
       <c r="D13" s="101">
         <v>0</v>
       </c>
       <c r="E13" s="101">
         <v>0</v>
       </c>
       <c r="F13" s="95">
         <v>2</v>
       </c>
       <c r="G13" s="95">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="H13" s="95">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I13" s="95">
-        <v>2229</v>
-[...1 lines deleted...]
-      <c r="J13" s="123">
+        <v>2957</v>
+      </c>
+      <c r="J13" s="117">
         <v>0</v>
       </c>
       <c r="K13" s="119">
-        <v>21.24</v>
+        <v>30.39</v>
       </c>
       <c r="L13" s="119">
-        <v>-12.5</v>
+        <v>2.22</v>
       </c>
       <c r="M13" s="121">
-        <v>7.01</v>
+        <v>38.42</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="11.1" customHeight="1">
       <c r="A14" s="92" t="s">
         <v>140</v>
       </c>
       <c r="B14" s="58"/>
       <c r="C14" s="58"/>
       <c r="D14" s="58"/>
       <c r="E14" s="58"/>
       <c r="F14" s="58"/>
       <c r="G14" s="58"/>
       <c r="H14" s="58"/>
       <c r="I14" s="58"/>
       <c r="J14" s="58"/>
       <c r="K14" s="58"/>
       <c r="L14" s="58"/>
       <c r="M14" s="53"/>
     </row>
     <row r="15" spans="1:13" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>141</v>
       </c>
       <c r="B15" s="95">
         <v>51</v>
       </c>
       <c r="C15" s="95">
-        <v>225</v>
+        <v>341</v>
       </c>
       <c r="D15" s="95">
         <v>11</v>
       </c>
       <c r="E15" s="95">
         <v>4</v>
       </c>
       <c r="F15" s="95">
         <v>10</v>
       </c>
       <c r="G15" s="95">
-        <v>201</v>
+        <v>184</v>
       </c>
       <c r="H15" s="95">
         <v>72</v>
       </c>
       <c r="I15" s="95">
-        <v>430</v>
-[...1 lines deleted...]
-      <c r="J15" s="123">
+        <v>529</v>
+      </c>
+      <c r="J15" s="117">
         <v>0</v>
       </c>
       <c r="K15" s="119">
-        <v>-29.01</v>
+        <v>37.32</v>
       </c>
       <c r="L15" s="119">
         <v>-6.49</v>
       </c>
       <c r="M15" s="121">
-        <v>-66.69</v>
+        <v>-59.88</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="11.1" customHeight="1">
       <c r="A16" s="92" t="s">
         <v>142</v>
       </c>
       <c r="B16" s="58"/>
       <c r="C16" s="58"/>
       <c r="D16" s="58"/>
       <c r="E16" s="58"/>
       <c r="F16" s="58"/>
       <c r="G16" s="58"/>
       <c r="H16" s="58"/>
       <c r="I16" s="58"/>
       <c r="J16" s="58"/>
       <c r="K16" s="58"/>
       <c r="L16" s="58"/>
       <c r="M16" s="53"/>
     </row>
     <row r="17" spans="1:13" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>143</v>
       </c>
       <c r="B17" s="95">
         <v>3</v>
       </c>
       <c r="C17" s="95">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="D17" s="95">
         <v>5</v>
       </c>
       <c r="E17" s="95">
         <v>2</v>
       </c>
       <c r="F17" s="101">
         <v>0</v>
       </c>
       <c r="G17" s="101">
         <v>0</v>
       </c>
       <c r="H17" s="95">
         <v>8</v>
       </c>
       <c r="I17" s="95">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="J17" s="123">
+        <v>81</v>
+      </c>
+      <c r="J17" s="117">
         <v>0</v>
       </c>
       <c r="K17" s="119">
-        <v>12.95</v>
+        <v>8.59</v>
       </c>
       <c r="L17" s="119">
         <v>14.29</v>
       </c>
       <c r="M17" s="121">
-        <v>-66.08</v>
+        <v>-64.54</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="11.1" customHeight="1">
       <c r="A18" s="92" t="s">
         <v>144</v>
       </c>
       <c r="B18" s="58"/>
       <c r="C18" s="58"/>
       <c r="D18" s="58"/>
       <c r="E18" s="58"/>
       <c r="F18" s="58"/>
       <c r="G18" s="58"/>
       <c r="H18" s="58"/>
       <c r="I18" s="58"/>
       <c r="J18" s="58"/>
       <c r="K18" s="58"/>
       <c r="L18" s="58"/>
       <c r="M18" s="53"/>
     </row>
     <row r="19" spans="1:13" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>145</v>
       </c>
       <c r="B19" s="95">
         <v>4</v>
       </c>
       <c r="C19" s="95">
         <v>1</v>
       </c>
       <c r="D19" s="95">
         <v>1</v>
       </c>
       <c r="E19" s="95">
         <v>0</v>
       </c>
       <c r="F19" s="101">
         <v>0</v>
       </c>
       <c r="G19" s="101">
         <v>0</v>
       </c>
       <c r="H19" s="95">
         <v>5</v>
       </c>
       <c r="I19" s="95">
         <v>1</v>
       </c>
-      <c r="J19" s="123">
-[...8 lines deleted...]
-      <c r="M19" s="125">
+      <c r="J19" s="117">
+        <v>0</v>
+      </c>
+      <c r="K19" s="117">
+        <v>0</v>
+      </c>
+      <c r="L19" s="117">
+        <v>0</v>
+      </c>
+      <c r="M19" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="11.1" customHeight="1">
       <c r="A20" s="92" t="s">
         <v>146</v>
       </c>
       <c r="B20" s="58"/>
       <c r="C20" s="58"/>
       <c r="D20" s="58"/>
       <c r="E20" s="58"/>
       <c r="F20" s="58"/>
       <c r="G20" s="58"/>
       <c r="H20" s="58"/>
       <c r="I20" s="58"/>
       <c r="J20" s="58"/>
       <c r="K20" s="58"/>
       <c r="L20" s="58"/>
       <c r="M20" s="53"/>
     </row>
     <row r="21" spans="1:13" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>147</v>
       </c>
       <c r="B21" s="101">
         <v>0</v>
       </c>
       <c r="C21" s="101">
         <v>0</v>
       </c>
       <c r="D21" s="101">
         <v>0</v>
       </c>
       <c r="E21" s="101">
         <v>0</v>
       </c>
       <c r="F21" s="101">
         <v>0</v>
       </c>
       <c r="G21" s="101">
         <v>0</v>
       </c>
       <c r="H21" s="101">
         <v>0</v>
       </c>
       <c r="I21" s="101">
         <v>0</v>
       </c>
-      <c r="J21" s="123">
-[...2 lines deleted...]
-      <c r="K21" s="123">
+      <c r="J21" s="117">
+        <v>0</v>
+      </c>
+      <c r="K21" s="117">
         <v>0</v>
       </c>
       <c r="L21" s="119">
         <v>-100</v>
       </c>
       <c r="M21" s="121">
         <v>-100</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="11.1" customHeight="1">
       <c r="A22" s="92" t="s">
         <v>148</v>
       </c>
       <c r="B22" s="58"/>
       <c r="C22" s="58"/>
       <c r="D22" s="58"/>
       <c r="E22" s="58"/>
       <c r="F22" s="58"/>
       <c r="G22" s="58"/>
       <c r="H22" s="58"/>
       <c r="I22" s="58"/>
       <c r="J22" s="58"/>
       <c r="K22" s="58"/>
       <c r="L22" s="58"/>
       <c r="M22" s="53"/>
@@ -7042,409 +7033,409 @@
       </c>
       <c r="B23" s="101">
         <v>0</v>
       </c>
       <c r="C23" s="101">
         <v>0</v>
       </c>
       <c r="D23" s="101">
         <v>0</v>
       </c>
       <c r="E23" s="101">
         <v>0</v>
       </c>
       <c r="F23" s="101">
         <v>0</v>
       </c>
       <c r="G23" s="101">
         <v>0</v>
       </c>
       <c r="H23" s="101">
         <v>0</v>
       </c>
       <c r="I23" s="101">
         <v>0</v>
       </c>
-      <c r="J23" s="123">
-[...8 lines deleted...]
-      <c r="M23" s="125">
+      <c r="J23" s="117">
+        <v>0</v>
+      </c>
+      <c r="K23" s="117">
+        <v>0</v>
+      </c>
+      <c r="L23" s="117">
+        <v>0</v>
+      </c>
+      <c r="M23" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:13" ht="11.1" customHeight="1">
       <c r="A24" s="92" t="s">
         <v>150</v>
       </c>
       <c r="B24" s="58"/>
       <c r="C24" s="58"/>
       <c r="D24" s="58"/>
       <c r="E24" s="58"/>
       <c r="F24" s="58"/>
       <c r="G24" s="58"/>
       <c r="H24" s="58"/>
       <c r="I24" s="58"/>
       <c r="J24" s="58"/>
       <c r="K24" s="58"/>
       <c r="L24" s="58"/>
       <c r="M24" s="53"/>
     </row>
     <row r="25" spans="1:13" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>151</v>
       </c>
       <c r="B25" s="101">
         <v>0</v>
       </c>
       <c r="C25" s="101">
         <v>0</v>
       </c>
       <c r="D25" s="101">
         <v>0</v>
       </c>
       <c r="E25" s="101">
         <v>0</v>
       </c>
       <c r="F25" s="101">
         <v>0</v>
       </c>
       <c r="G25" s="101">
         <v>0</v>
       </c>
       <c r="H25" s="101">
         <v>0</v>
       </c>
       <c r="I25" s="101">
         <v>0</v>
       </c>
-      <c r="J25" s="123">
-[...2 lines deleted...]
-      <c r="K25" s="123">
+      <c r="J25" s="117">
+        <v>0</v>
+      </c>
+      <c r="K25" s="117">
         <v>0</v>
       </c>
       <c r="L25" s="119">
         <v>-100</v>
       </c>
       <c r="M25" s="121">
         <v>-100</v>
       </c>
     </row>
     <row r="26" spans="1:13" ht="11.1" customHeight="1">
       <c r="A26" s="92" t="s">
         <v>152</v>
       </c>
       <c r="B26" s="58"/>
       <c r="C26" s="58"/>
       <c r="D26" s="58"/>
       <c r="E26" s="58"/>
       <c r="F26" s="58"/>
       <c r="G26" s="58"/>
       <c r="H26" s="58"/>
       <c r="I26" s="58"/>
       <c r="J26" s="58"/>
       <c r="K26" s="58"/>
       <c r="L26" s="58"/>
       <c r="M26" s="53"/>
     </row>
     <row r="27" spans="1:13" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>153</v>
       </c>
       <c r="B27" s="95">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C27" s="95">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="D27" s="101">
         <v>0</v>
       </c>
       <c r="E27" s="101">
         <v>0</v>
       </c>
       <c r="F27" s="101">
         <v>0</v>
       </c>
       <c r="G27" s="101">
         <v>0</v>
       </c>
       <c r="H27" s="95">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I27" s="95">
-        <v>1498</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1505</v>
+      </c>
+      <c r="J27" s="119">
+        <v>2.94</v>
       </c>
       <c r="K27" s="119">
-        <v>-15.48</v>
+        <v>0.51</v>
       </c>
       <c r="L27" s="119">
-        <v>3.03</v>
+        <v>-2.78</v>
       </c>
       <c r="M27" s="121">
-        <v>78.01</v>
+        <v>37.59</v>
       </c>
     </row>
     <row r="28" spans="1:13" ht="11.1" customHeight="1">
       <c r="A28" s="92" t="s">
         <v>154</v>
       </c>
       <c r="B28" s="58"/>
       <c r="C28" s="58"/>
       <c r="D28" s="58"/>
       <c r="E28" s="58"/>
       <c r="F28" s="58"/>
       <c r="G28" s="58"/>
       <c r="H28" s="58"/>
       <c r="I28" s="58"/>
       <c r="J28" s="58"/>
       <c r="K28" s="58"/>
       <c r="L28" s="58"/>
       <c r="M28" s="53"/>
     </row>
     <row r="29" spans="1:13" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>155</v>
       </c>
       <c r="B29" s="95">
         <v>29</v>
       </c>
       <c r="C29" s="95">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D29" s="95">
         <v>4</v>
       </c>
       <c r="E29" s="95">
-        <v>135</v>
+        <v>57</v>
       </c>
       <c r="F29" s="95">
         <v>2</v>
       </c>
       <c r="G29" s="95">
         <v>0</v>
       </c>
       <c r="H29" s="95">
         <v>35</v>
       </c>
       <c r="I29" s="95">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="J29" s="123">
+        <v>66</v>
+      </c>
+      <c r="J29" s="117">
         <v>0</v>
       </c>
       <c r="K29" s="119">
-        <v>-5.21</v>
-[...1 lines deleted...]
-      <c r="L29" s="123">
+        <v>-84.13</v>
+      </c>
+      <c r="L29" s="117">
         <v>0</v>
       </c>
       <c r="M29" s="121">
-        <v>116.77</v>
+        <v>-35.11</v>
       </c>
     </row>
     <row r="30" spans="1:13" ht="11.1" customHeight="1">
       <c r="A30" s="92" t="s">
         <v>156</v>
       </c>
       <c r="B30" s="58"/>
       <c r="C30" s="58"/>
       <c r="D30" s="58"/>
       <c r="E30" s="58"/>
       <c r="F30" s="58"/>
       <c r="G30" s="58"/>
       <c r="H30" s="58"/>
       <c r="I30" s="58"/>
       <c r="J30" s="58"/>
       <c r="K30" s="58"/>
       <c r="L30" s="58"/>
       <c r="M30" s="53"/>
     </row>
     <row r="31" spans="1:13" ht="12.6" customHeight="1">
       <c r="A31" s="27" t="s">
         <v>157</v>
       </c>
       <c r="B31" s="95">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C31" s="95">
-        <v>952</v>
+        <v>1068</v>
       </c>
       <c r="D31" s="101">
         <v>0</v>
       </c>
       <c r="E31" s="101">
         <v>0</v>
       </c>
       <c r="F31" s="101">
         <v>0</v>
       </c>
       <c r="G31" s="101">
         <v>0</v>
       </c>
       <c r="H31" s="95">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I31" s="95">
-        <v>952</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1068</v>
+      </c>
+      <c r="J31" s="119">
+        <v>-4</v>
       </c>
       <c r="K31" s="119">
-        <v>8.62</v>
+        <v>9.84</v>
       </c>
       <c r="L31" s="119">
-        <v>-7.41</v>
+        <v>-11.11</v>
       </c>
       <c r="M31" s="121">
-        <v>77.78</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="32" spans="1:13" ht="11.1" customHeight="1">
       <c r="A32" s="92" t="s">
         <v>158</v>
       </c>
       <c r="B32" s="58"/>
       <c r="C32" s="58"/>
       <c r="D32" s="58"/>
       <c r="E32" s="58"/>
       <c r="F32" s="58"/>
       <c r="G32" s="58"/>
       <c r="H32" s="58"/>
       <c r="I32" s="58"/>
       <c r="J32" s="58"/>
       <c r="K32" s="58"/>
       <c r="L32" s="58"/>
       <c r="M32" s="53"/>
     </row>
     <row r="33" spans="1:13" ht="12.6" customHeight="1">
       <c r="A33" s="27" t="s">
         <v>159</v>
       </c>
       <c r="B33" s="101">
         <v>0</v>
       </c>
       <c r="C33" s="101">
         <v>0</v>
       </c>
       <c r="D33" s="101">
         <v>0</v>
       </c>
       <c r="E33" s="101">
         <v>0</v>
       </c>
       <c r="F33" s="101">
         <v>0</v>
       </c>
       <c r="G33" s="101">
         <v>0</v>
       </c>
       <c r="H33" s="101">
         <v>0</v>
       </c>
       <c r="I33" s="101">
         <v>0</v>
       </c>
-      <c r="J33" s="123">
-[...8 lines deleted...]
-      <c r="M33" s="125">
+      <c r="J33" s="117">
+        <v>0</v>
+      </c>
+      <c r="K33" s="117">
+        <v>0</v>
+      </c>
+      <c r="L33" s="117">
+        <v>0</v>
+      </c>
+      <c r="M33" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:13" ht="11.1" customHeight="1">
       <c r="A34" s="92" t="s">
         <v>160</v>
       </c>
       <c r="B34" s="58"/>
       <c r="C34" s="58"/>
       <c r="D34" s="58"/>
       <c r="E34" s="58"/>
       <c r="F34" s="58"/>
       <c r="G34" s="58"/>
       <c r="H34" s="58"/>
       <c r="I34" s="58"/>
       <c r="J34" s="58"/>
       <c r="K34" s="58"/>
       <c r="L34" s="58"/>
       <c r="M34" s="53"/>
     </row>
     <row r="35" spans="1:13" ht="12.6" customHeight="1">
       <c r="A35" s="27" t="s">
         <v>161</v>
       </c>
       <c r="B35" s="95">
         <v>24</v>
       </c>
       <c r="C35" s="95">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D35" s="95">
         <v>4</v>
       </c>
       <c r="E35" s="95">
         <v>0</v>
       </c>
       <c r="F35" s="95">
         <v>2</v>
       </c>
       <c r="G35" s="95">
         <v>5</v>
       </c>
       <c r="H35" s="95">
         <v>30</v>
       </c>
       <c r="I35" s="95">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="J35" s="123">
+        <v>37</v>
+      </c>
+      <c r="J35" s="117">
         <v>0</v>
       </c>
       <c r="K35" s="119">
-        <v>-4.34</v>
+        <v>-25.8</v>
       </c>
       <c r="L35" s="119">
-        <v>-16.67</v>
+        <v>-14.29</v>
       </c>
       <c r="M35" s="121">
-        <v>-4.21</v>
+        <v>-12.81</v>
       </c>
     </row>
     <row r="36" spans="1:13" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="107" t="s">
         <v>162</v>
       </c>
       <c r="B36" s="55"/>
       <c r="C36" s="55"/>
       <c r="D36" s="55"/>
       <c r="E36" s="55"/>
       <c r="F36" s="55"/>
       <c r="G36" s="55"/>
       <c r="H36" s="55"/>
       <c r="I36" s="55"/>
       <c r="J36" s="55"/>
       <c r="K36" s="55"/>
       <c r="L36" s="55"/>
       <c r="M36" s="57"/>
     </row>
     <row r="37" spans="1:13" ht="13.5" customHeight="1">
       <c r="A37" s="4"/>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
       <c r="E37" s="4"/>
@@ -7780,57 +7771,57 @@
       <c r="M2" s="59"/>
     </row>
     <row r="3" spans="1:13" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>42</v>
       </c>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
     </row>
     <row r="4" spans="1:13" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="6"/>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="60" t="str">
         <f>'2-6'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="60"/>
       <c r="F4" s="60"/>
       <c r="G4" s="61" t="str">
         <f>'2-6'!G4:I4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="H4" s="61"/>
       <c r="I4" s="61"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="15" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="36" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="37"/>
       <c r="F5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="37"/>
       <c r="H5" s="36" t="s">
@@ -7934,841 +7925,841 @@
         <v>15</v>
       </c>
       <c r="G8" s="13" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>22</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="K8" s="14" t="s">
         <v>22</v>
       </c>
       <c r="L8" s="15" t="s">
         <v>15</v>
       </c>
       <c r="M8" s="14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="12.6" customHeight="1">
-      <c r="A9" s="126" t="s">
+      <c r="A9" s="124" t="s">
         <v>163</v>
       </c>
       <c r="B9" s="109">
         <v>0</v>
       </c>
       <c r="C9" s="109">
         <v>0</v>
       </c>
       <c r="D9" s="109">
         <v>0</v>
       </c>
       <c r="E9" s="109">
         <v>0</v>
       </c>
       <c r="F9" s="109">
         <v>0</v>
       </c>
       <c r="G9" s="109">
         <v>0</v>
       </c>
       <c r="H9" s="109">
         <v>0</v>
       </c>
       <c r="I9" s="109">
         <v>0</v>
       </c>
-      <c r="J9" s="128">
-[...8 lines deleted...]
-      <c r="M9" s="130">
+      <c r="J9" s="126">
+        <v>0</v>
+      </c>
+      <c r="K9" s="126">
+        <v>0</v>
+      </c>
+      <c r="L9" s="126">
+        <v>0</v>
+      </c>
+      <c r="M9" s="128">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="11.1" customHeight="1">
       <c r="A10" s="92" t="s">
         <v>164</v>
       </c>
       <c r="B10" s="47"/>
       <c r="C10" s="47"/>
       <c r="D10" s="47"/>
       <c r="E10" s="47"/>
       <c r="F10" s="47"/>
       <c r="G10" s="47"/>
       <c r="H10" s="47"/>
       <c r="I10" s="47"/>
       <c r="J10" s="47"/>
       <c r="K10" s="47"/>
       <c r="L10" s="47"/>
       <c r="M10" s="53"/>
     </row>
     <row r="11" spans="1:13" ht="12.6" customHeight="1">
       <c r="A11" s="35" t="s">
         <v>165</v>
       </c>
       <c r="B11" s="101">
         <v>0</v>
       </c>
       <c r="C11" s="101">
         <v>0</v>
       </c>
       <c r="D11" s="101">
         <v>0</v>
       </c>
       <c r="E11" s="101">
         <v>0</v>
       </c>
       <c r="F11" s="101">
         <v>0</v>
       </c>
       <c r="G11" s="101">
         <v>0</v>
       </c>
       <c r="H11" s="101">
         <v>0</v>
       </c>
       <c r="I11" s="101">
         <v>0</v>
       </c>
-      <c r="J11" s="123">
-[...8 lines deleted...]
-      <c r="M11" s="125">
+      <c r="J11" s="117">
+        <v>0</v>
+      </c>
+      <c r="K11" s="117">
+        <v>0</v>
+      </c>
+      <c r="L11" s="117">
+        <v>0</v>
+      </c>
+      <c r="M11" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="11.1" customHeight="1">
       <c r="A12" s="92" t="s">
         <v>166</v>
       </c>
       <c r="B12" s="58"/>
       <c r="C12" s="58"/>
       <c r="D12" s="58"/>
       <c r="E12" s="58"/>
       <c r="F12" s="58"/>
       <c r="G12" s="58"/>
       <c r="H12" s="58"/>
       <c r="I12" s="58"/>
       <c r="J12" s="58"/>
       <c r="K12" s="58"/>
       <c r="L12" s="58"/>
       <c r="M12" s="53"/>
     </row>
     <row r="13" spans="1:13" ht="12.6" customHeight="1">
       <c r="A13" s="35" t="s">
         <v>167</v>
       </c>
       <c r="B13" s="95">
         <v>2</v>
       </c>
       <c r="C13" s="95">
         <v>0</v>
       </c>
       <c r="D13" s="101">
         <v>0</v>
       </c>
       <c r="E13" s="101">
         <v>0</v>
       </c>
       <c r="F13" s="101">
         <v>0</v>
       </c>
       <c r="G13" s="101">
         <v>0</v>
       </c>
       <c r="H13" s="95">
         <v>2</v>
       </c>
       <c r="I13" s="95">
         <v>0</v>
       </c>
-      <c r="J13" s="123">
-[...9 lines deleted...]
-        <v>-2.25</v>
+      <c r="J13" s="117">
+        <v>0</v>
+      </c>
+      <c r="K13" s="117">
+        <v>0</v>
+      </c>
+      <c r="L13" s="117">
+        <v>0</v>
+      </c>
+      <c r="M13" s="123">
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="11.1" customHeight="1">
       <c r="A14" s="92" t="s">
         <v>168</v>
       </c>
       <c r="B14" s="58"/>
       <c r="C14" s="58"/>
       <c r="D14" s="58"/>
       <c r="E14" s="58"/>
       <c r="F14" s="58"/>
       <c r="G14" s="58"/>
       <c r="H14" s="58"/>
       <c r="I14" s="58"/>
       <c r="J14" s="58"/>
       <c r="K14" s="58"/>
       <c r="L14" s="58"/>
       <c r="M14" s="53"/>
     </row>
     <row r="15" spans="1:13" ht="12.6" customHeight="1">
       <c r="A15" s="35" t="s">
         <v>169</v>
       </c>
       <c r="B15" s="101">
         <v>0</v>
       </c>
       <c r="C15" s="101">
         <v>0</v>
       </c>
       <c r="D15" s="101">
         <v>0</v>
       </c>
       <c r="E15" s="101">
         <v>0</v>
       </c>
       <c r="F15" s="101">
         <v>0</v>
       </c>
       <c r="G15" s="101">
         <v>0</v>
       </c>
       <c r="H15" s="101">
         <v>0</v>
       </c>
       <c r="I15" s="101">
         <v>0</v>
       </c>
-      <c r="J15" s="123">
-[...8 lines deleted...]
-      <c r="M15" s="125">
+      <c r="J15" s="117">
+        <v>0</v>
+      </c>
+      <c r="K15" s="117">
+        <v>0</v>
+      </c>
+      <c r="L15" s="117">
+        <v>0</v>
+      </c>
+      <c r="M15" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="11.1" customHeight="1">
       <c r="A16" s="92" t="s">
         <v>170</v>
       </c>
       <c r="B16" s="58"/>
       <c r="C16" s="58"/>
       <c r="D16" s="58"/>
       <c r="E16" s="58"/>
       <c r="F16" s="58"/>
       <c r="G16" s="58"/>
       <c r="H16" s="58"/>
       <c r="I16" s="58"/>
       <c r="J16" s="58"/>
       <c r="K16" s="58"/>
       <c r="L16" s="58"/>
       <c r="M16" s="53"/>
     </row>
     <row r="17" spans="1:13" ht="12.6" customHeight="1">
       <c r="A17" s="35" t="s">
         <v>171</v>
       </c>
       <c r="B17" s="101">
         <v>0</v>
       </c>
       <c r="C17" s="101">
         <v>0</v>
       </c>
       <c r="D17" s="101">
         <v>0</v>
       </c>
       <c r="E17" s="101">
         <v>0</v>
       </c>
       <c r="F17" s="101">
         <v>0</v>
       </c>
       <c r="G17" s="101">
         <v>0</v>
       </c>
       <c r="H17" s="101">
         <v>0</v>
       </c>
       <c r="I17" s="101">
         <v>0</v>
       </c>
-      <c r="J17" s="123">
-[...8 lines deleted...]
-      <c r="M17" s="125">
+      <c r="J17" s="117">
+        <v>0</v>
+      </c>
+      <c r="K17" s="117">
+        <v>0</v>
+      </c>
+      <c r="L17" s="117">
+        <v>0</v>
+      </c>
+      <c r="M17" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="11.1" customHeight="1">
       <c r="A18" s="92" t="s">
         <v>172</v>
       </c>
       <c r="B18" s="58"/>
       <c r="C18" s="58"/>
       <c r="D18" s="58"/>
       <c r="E18" s="58"/>
       <c r="F18" s="58"/>
       <c r="G18" s="58"/>
       <c r="H18" s="58"/>
       <c r="I18" s="58"/>
       <c r="J18" s="58"/>
       <c r="K18" s="58"/>
       <c r="L18" s="58"/>
       <c r="M18" s="53"/>
     </row>
     <row r="19" spans="1:13" ht="12.6" customHeight="1">
       <c r="A19" s="35" t="s">
         <v>173</v>
       </c>
       <c r="B19" s="101">
         <v>0</v>
       </c>
       <c r="C19" s="101">
         <v>0</v>
       </c>
       <c r="D19" s="101">
         <v>0</v>
       </c>
       <c r="E19" s="101">
         <v>0</v>
       </c>
       <c r="F19" s="101">
         <v>0</v>
       </c>
       <c r="G19" s="101">
         <v>0</v>
       </c>
       <c r="H19" s="101">
         <v>0</v>
       </c>
       <c r="I19" s="101">
         <v>0</v>
       </c>
-      <c r="J19" s="123">
-[...8 lines deleted...]
-      <c r="M19" s="125">
+      <c r="J19" s="117">
+        <v>0</v>
+      </c>
+      <c r="K19" s="117">
+        <v>0</v>
+      </c>
+      <c r="L19" s="117">
+        <v>0</v>
+      </c>
+      <c r="M19" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="11.1" customHeight="1">
       <c r="A20" s="92" t="s">
         <v>174</v>
       </c>
       <c r="B20" s="58"/>
       <c r="C20" s="58"/>
       <c r="D20" s="58"/>
       <c r="E20" s="58"/>
       <c r="F20" s="58"/>
       <c r="G20" s="58"/>
       <c r="H20" s="58"/>
       <c r="I20" s="58"/>
       <c r="J20" s="58"/>
       <c r="K20" s="58"/>
       <c r="L20" s="58"/>
       <c r="M20" s="53"/>
     </row>
     <row r="21" spans="1:13" ht="12.6" customHeight="1">
       <c r="A21" s="35" t="s">
         <v>175</v>
       </c>
       <c r="B21" s="95">
         <v>189</v>
       </c>
       <c r="C21" s="95">
-        <v>235</v>
+        <v>788</v>
       </c>
       <c r="D21" s="95">
         <v>1</v>
       </c>
       <c r="E21" s="95">
         <v>0</v>
       </c>
       <c r="F21" s="95">
         <v>1</v>
       </c>
       <c r="G21" s="95">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H21" s="95">
         <v>191</v>
       </c>
       <c r="I21" s="95">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>-0.52</v>
+        <v>788</v>
+      </c>
+      <c r="J21" s="117">
+        <v>0</v>
       </c>
       <c r="K21" s="119">
-        <v>-76.37</v>
+        <v>416.78</v>
       </c>
       <c r="L21" s="119">
-        <v>-5.45</v>
+        <v>-4.02</v>
       </c>
       <c r="M21" s="121">
-        <v>134.13</v>
+        <v>-28.42</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="11.1" customHeight="1">
       <c r="A22" s="92" t="s">
         <v>176</v>
       </c>
       <c r="B22" s="58"/>
       <c r="C22" s="58"/>
       <c r="D22" s="58"/>
       <c r="E22" s="58"/>
       <c r="F22" s="58"/>
       <c r="G22" s="58"/>
       <c r="H22" s="58"/>
       <c r="I22" s="58"/>
       <c r="J22" s="58"/>
       <c r="K22" s="58"/>
       <c r="L22" s="58"/>
       <c r="M22" s="53"/>
     </row>
     <row r="23" spans="1:13" ht="12.6" customHeight="1">
       <c r="A23" s="35" t="s">
         <v>177</v>
       </c>
       <c r="B23" s="95">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C23" s="95">
-        <v>214</v>
+        <v>3637</v>
       </c>
       <c r="D23" s="101">
         <v>0</v>
       </c>
       <c r="E23" s="101">
         <v>0</v>
       </c>
       <c r="F23" s="101">
         <v>0</v>
       </c>
       <c r="G23" s="101">
         <v>0</v>
       </c>
       <c r="H23" s="95">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="I23" s="95">
-        <v>214</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>3637</v>
+      </c>
+      <c r="J23" s="119">
+        <v>-0.76</v>
       </c>
       <c r="K23" s="119">
-        <v>-93.14</v>
+        <v>1406.45</v>
       </c>
       <c r="L23" s="119">
-        <v>-3.62</v>
+        <v>-5.07</v>
       </c>
       <c r="M23" s="121">
-        <v>-20.07</v>
+        <v>37.48</v>
       </c>
     </row>
     <row r="24" spans="1:13" ht="11.1" customHeight="1">
       <c r="A24" s="92" t="s">
         <v>178</v>
       </c>
       <c r="B24" s="58"/>
       <c r="C24" s="58"/>
       <c r="D24" s="58"/>
       <c r="E24" s="58"/>
       <c r="F24" s="58"/>
       <c r="G24" s="58"/>
       <c r="H24" s="58"/>
       <c r="I24" s="58"/>
       <c r="J24" s="58"/>
       <c r="K24" s="58"/>
       <c r="L24" s="58"/>
       <c r="M24" s="53"/>
     </row>
     <row r="25" spans="1:13" ht="12.6" customHeight="1">
       <c r="A25" s="35" t="s">
         <v>179</v>
       </c>
       <c r="B25" s="101">
         <v>0</v>
       </c>
       <c r="C25" s="101">
         <v>0</v>
       </c>
       <c r="D25" s="101">
         <v>0</v>
       </c>
       <c r="E25" s="101">
         <v>0</v>
       </c>
       <c r="F25" s="101">
         <v>0</v>
       </c>
       <c r="G25" s="101">
         <v>0</v>
       </c>
       <c r="H25" s="101">
         <v>0</v>
       </c>
       <c r="I25" s="101">
         <v>0</v>
       </c>
-      <c r="J25" s="123">
-[...8 lines deleted...]
-      <c r="M25" s="125">
+      <c r="J25" s="117">
+        <v>0</v>
+      </c>
+      <c r="K25" s="117">
+        <v>0</v>
+      </c>
+      <c r="L25" s="117">
+        <v>0</v>
+      </c>
+      <c r="M25" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:13" ht="11.1" customHeight="1">
       <c r="A26" s="92" t="s">
         <v>180</v>
       </c>
       <c r="B26" s="58"/>
       <c r="C26" s="58"/>
       <c r="D26" s="58"/>
       <c r="E26" s="58"/>
       <c r="F26" s="58"/>
       <c r="G26" s="58"/>
       <c r="H26" s="58"/>
       <c r="I26" s="58"/>
       <c r="J26" s="58"/>
       <c r="K26" s="58"/>
       <c r="L26" s="58"/>
       <c r="M26" s="53"/>
     </row>
     <row r="27" spans="1:13" ht="12.6" customHeight="1">
       <c r="A27" s="35" t="s">
         <v>181</v>
       </c>
       <c r="B27" s="101">
         <v>0</v>
       </c>
       <c r="C27" s="101">
         <v>0</v>
       </c>
       <c r="D27" s="101">
         <v>0</v>
       </c>
       <c r="E27" s="101">
         <v>0</v>
       </c>
       <c r="F27" s="101">
         <v>0</v>
       </c>
       <c r="G27" s="101">
         <v>0</v>
       </c>
       <c r="H27" s="101">
         <v>0</v>
       </c>
       <c r="I27" s="101">
         <v>0</v>
       </c>
-      <c r="J27" s="123">
-[...8 lines deleted...]
-      <c r="M27" s="125">
+      <c r="J27" s="117">
+        <v>0</v>
+      </c>
+      <c r="K27" s="117">
+        <v>0</v>
+      </c>
+      <c r="L27" s="117">
+        <v>0</v>
+      </c>
+      <c r="M27" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:13" ht="11.1" customHeight="1">
       <c r="A28" s="92" t="s">
         <v>182</v>
       </c>
       <c r="B28" s="58"/>
       <c r="C28" s="58"/>
       <c r="D28" s="58"/>
       <c r="E28" s="58"/>
       <c r="F28" s="58"/>
       <c r="G28" s="58"/>
       <c r="H28" s="58"/>
       <c r="I28" s="58"/>
       <c r="J28" s="58"/>
       <c r="K28" s="58"/>
       <c r="L28" s="58"/>
       <c r="M28" s="53"/>
     </row>
     <row r="29" spans="1:13" ht="12.6" customHeight="1">
       <c r="A29" s="35" t="s">
         <v>183</v>
       </c>
       <c r="B29" s="101">
         <v>0</v>
       </c>
       <c r="C29" s="101">
         <v>0</v>
       </c>
       <c r="D29" s="101">
         <v>0</v>
       </c>
       <c r="E29" s="101">
         <v>0</v>
       </c>
       <c r="F29" s="101">
         <v>0</v>
       </c>
       <c r="G29" s="101">
         <v>0</v>
       </c>
       <c r="H29" s="101">
         <v>0</v>
       </c>
       <c r="I29" s="101">
         <v>0</v>
       </c>
-      <c r="J29" s="123">
-[...8 lines deleted...]
-      <c r="M29" s="125">
+      <c r="J29" s="117">
+        <v>0</v>
+      </c>
+      <c r="K29" s="117">
+        <v>0</v>
+      </c>
+      <c r="L29" s="117">
+        <v>0</v>
+      </c>
+      <c r="M29" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:13" ht="11.1" customHeight="1">
       <c r="A30" s="92" t="s">
         <v>184</v>
       </c>
       <c r="B30" s="58"/>
       <c r="C30" s="58"/>
       <c r="D30" s="58"/>
       <c r="E30" s="58"/>
       <c r="F30" s="58"/>
       <c r="G30" s="58"/>
       <c r="H30" s="58"/>
       <c r="I30" s="58"/>
       <c r="J30" s="58"/>
       <c r="K30" s="58"/>
       <c r="L30" s="58"/>
       <c r="M30" s="53"/>
     </row>
     <row r="31" spans="1:13" ht="12.6" customHeight="1">
       <c r="A31" s="35" t="s">
         <v>185</v>
       </c>
       <c r="B31" s="95">
         <v>24</v>
       </c>
       <c r="C31" s="95">
         <v>1</v>
       </c>
       <c r="D31" s="95">
         <v>19</v>
       </c>
       <c r="E31" s="95">
         <v>0</v>
       </c>
       <c r="F31" s="101">
         <v>0</v>
       </c>
       <c r="G31" s="101">
         <v>0</v>
       </c>
       <c r="H31" s="95">
         <v>43</v>
       </c>
       <c r="I31" s="95">
         <v>1</v>
       </c>
-      <c r="J31" s="123">
-[...2 lines deleted...]
-      <c r="K31" s="123">
+      <c r="J31" s="117">
+        <v>0</v>
+      </c>
+      <c r="K31" s="117">
         <v>0</v>
       </c>
       <c r="L31" s="119">
-        <v>-17.31</v>
+        <v>-8.51</v>
       </c>
       <c r="M31" s="121">
-        <v>-99.4</v>
+        <v>-99.38</v>
       </c>
     </row>
     <row r="32" spans="1:13" ht="11.1" customHeight="1">
       <c r="A32" s="92" t="s">
         <v>186</v>
       </c>
       <c r="B32" s="58"/>
       <c r="C32" s="58"/>
       <c r="D32" s="58"/>
       <c r="E32" s="58"/>
       <c r="F32" s="58"/>
       <c r="G32" s="58"/>
       <c r="H32" s="58"/>
       <c r="I32" s="58"/>
       <c r="J32" s="58"/>
       <c r="K32" s="58"/>
       <c r="L32" s="58"/>
       <c r="M32" s="53"/>
     </row>
     <row r="33" spans="1:13" ht="12.6" customHeight="1">
       <c r="A33" s="35" t="s">
         <v>187</v>
       </c>
       <c r="B33" s="101">
         <v>0</v>
       </c>
       <c r="C33" s="101">
         <v>0</v>
       </c>
       <c r="D33" s="101">
         <v>0</v>
       </c>
       <c r="E33" s="101">
         <v>0</v>
       </c>
       <c r="F33" s="101">
         <v>0</v>
       </c>
       <c r="G33" s="101">
         <v>0</v>
       </c>
       <c r="H33" s="101">
         <v>0</v>
       </c>
       <c r="I33" s="101">
         <v>0</v>
       </c>
-      <c r="J33" s="123">
-[...8 lines deleted...]
-      <c r="M33" s="125">
+      <c r="J33" s="117">
+        <v>0</v>
+      </c>
+      <c r="K33" s="117">
+        <v>0</v>
+      </c>
+      <c r="L33" s="117">
+        <v>0</v>
+      </c>
+      <c r="M33" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:13" ht="11.1" customHeight="1">
       <c r="A34" s="92" t="s">
         <v>188</v>
       </c>
       <c r="B34" s="58"/>
       <c r="C34" s="58"/>
       <c r="D34" s="58"/>
       <c r="E34" s="58"/>
       <c r="F34" s="58"/>
       <c r="G34" s="58"/>
       <c r="H34" s="58"/>
       <c r="I34" s="58"/>
       <c r="J34" s="58"/>
       <c r="K34" s="58"/>
       <c r="L34" s="58"/>
       <c r="M34" s="53"/>
     </row>
     <row r="35" spans="1:13" ht="12.6" customHeight="1">
       <c r="A35" s="35" t="s">
         <v>189</v>
       </c>
       <c r="B35" s="101">
         <v>0</v>
       </c>
       <c r="C35" s="101">
         <v>0</v>
       </c>
       <c r="D35" s="101">
         <v>0</v>
       </c>
       <c r="E35" s="101">
         <v>0</v>
       </c>
       <c r="F35" s="101">
         <v>0</v>
       </c>
       <c r="G35" s="101">
         <v>0</v>
       </c>
       <c r="H35" s="101">
         <v>0</v>
       </c>
       <c r="I35" s="101">
         <v>0</v>
       </c>
-      <c r="J35" s="123">
-[...8 lines deleted...]
-      <c r="M35" s="125">
+      <c r="J35" s="117">
+        <v>0</v>
+      </c>
+      <c r="K35" s="117">
+        <v>0</v>
+      </c>
+      <c r="L35" s="117">
+        <v>0</v>
+      </c>
+      <c r="M35" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:13" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="107" t="s">
         <v>190</v>
       </c>
       <c r="B36" s="55"/>
       <c r="C36" s="55"/>
       <c r="D36" s="55"/>
       <c r="E36" s="55"/>
       <c r="F36" s="55"/>
       <c r="G36" s="55"/>
       <c r="H36" s="55"/>
       <c r="I36" s="55"/>
       <c r="J36" s="55"/>
       <c r="K36" s="55"/>
       <c r="L36" s="55"/>
       <c r="M36" s="57"/>
     </row>
     <row r="37" spans="1:13" ht="13.5" customHeight="1">
       <c r="A37" s="4"/>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
@@ -9105,57 +9096,57 @@
       <c r="M2" s="59"/>
     </row>
     <row r="3" spans="1:13" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>42</v>
       </c>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
     </row>
     <row r="4" spans="1:13" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="6"/>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="60" t="str">
         <f>'2-6'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="60"/>
       <c r="F4" s="60"/>
       <c r="G4" s="61" t="str">
         <f>'2-6'!G4:I4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="H4" s="61"/>
       <c r="I4" s="61"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="15" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="36" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="37"/>
       <c r="F5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="37"/>
       <c r="H5" s="36" t="s">
@@ -9259,87 +9250,87 @@
         <v>15</v>
       </c>
       <c r="G8" s="13" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>22</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="K8" s="14" t="s">
         <v>22</v>
       </c>
       <c r="L8" s="15" t="s">
         <v>15</v>
       </c>
       <c r="M8" s="14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="12.6" customHeight="1">
-      <c r="A9" s="126" t="s">
+      <c r="A9" s="124" t="s">
         <v>191</v>
       </c>
       <c r="B9" s="109">
         <v>0</v>
       </c>
       <c r="C9" s="109">
         <v>0</v>
       </c>
       <c r="D9" s="109">
         <v>0</v>
       </c>
       <c r="E9" s="109">
         <v>0</v>
       </c>
       <c r="F9" s="109">
         <v>0</v>
       </c>
       <c r="G9" s="109">
         <v>0</v>
       </c>
       <c r="H9" s="109">
         <v>0</v>
       </c>
       <c r="I9" s="109">
         <v>0</v>
       </c>
-      <c r="J9" s="128">
-[...8 lines deleted...]
-      <c r="M9" s="130">
+      <c r="J9" s="126">
+        <v>0</v>
+      </c>
+      <c r="K9" s="126">
+        <v>0</v>
+      </c>
+      <c r="L9" s="126">
+        <v>0</v>
+      </c>
+      <c r="M9" s="128">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="11.1" customHeight="1">
       <c r="A10" s="92" t="s">
         <v>192</v>
       </c>
       <c r="B10" s="47"/>
       <c r="C10" s="47"/>
       <c r="D10" s="47"/>
       <c r="E10" s="47"/>
       <c r="F10" s="47"/>
       <c r="G10" s="47"/>
       <c r="H10" s="47"/>
       <c r="I10" s="47"/>
       <c r="J10" s="47"/>
       <c r="K10" s="47"/>
       <c r="L10" s="47"/>
       <c r="M10" s="53"/>
     </row>
     <row r="11" spans="1:13" ht="12.6" customHeight="1">
       <c r="A11" s="35"/>
       <c r="B11" s="54"/>
       <c r="C11" s="54"/>
       <c r="D11" s="54"/>
@@ -10066,57 +10057,57 @@
       <c r="M2" s="59"/>
     </row>
     <row r="3" spans="1:13" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>51</v>
       </c>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
     </row>
     <row r="4" spans="1:13" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="6"/>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="60" t="str">
         <f>'2-6'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="E4" s="60"/>
       <c r="F4" s="60"/>
       <c r="G4" s="61" t="str">
         <f>'2-6'!G4:I4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="H4" s="61"/>
       <c r="I4" s="61"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="15" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="36" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="37"/>
       <c r="F5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="37"/>
       <c r="H5" s="36" t="s">
@@ -10223,72 +10214,72 @@
         <v>22</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>22</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="K8" s="14" t="s">
         <v>22</v>
       </c>
       <c r="L8" s="15" t="s">
         <v>15</v>
       </c>
       <c r="M8" s="14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="12.6" customHeight="1">
       <c r="A9" s="81" t="s">
         <v>8</v>
       </c>
-      <c r="B9" s="131">
-[...20 lines deleted...]
-      <c r="I9" s="131">
+      <c r="B9" s="129">
+        <v>0</v>
+      </c>
+      <c r="C9" s="129">
+        <v>0</v>
+      </c>
+      <c r="D9" s="129">
+        <v>0</v>
+      </c>
+      <c r="E9" s="129">
+        <v>0</v>
+      </c>
+      <c r="F9" s="129">
+        <v>0</v>
+      </c>
+      <c r="G9" s="129">
+        <v>0</v>
+      </c>
+      <c r="H9" s="129">
+        <v>0</v>
+      </c>
+      <c r="I9" s="129">
         <v>0</v>
       </c>
       <c r="J9" s="132">
         <v>0</v>
       </c>
       <c r="K9" s="132">
         <v>0</v>
       </c>
       <c r="L9" s="132">
         <v>0</v>
       </c>
       <c r="M9" s="135">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="11.1" customHeight="1">
       <c r="A10" s="93" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="47"/>
       <c r="C10" s="47"/>
       <c r="D10" s="47"/>
       <c r="E10" s="47"/>
       <c r="F10" s="47"/>
       <c r="G10" s="47"/>
@@ -11120,57 +11111,57 @@
       <c r="H3" s="39"/>
       <c r="I3" s="39"/>
       <c r="J3" s="39"/>
       <c r="K3" s="39"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1">
       <c r="A4" s="64" t="s">
         <v>50</v>
       </c>
       <c r="B4" s="65"/>
       <c r="C4" s="65"/>
       <c r="D4" s="65"/>
       <c r="E4" s="65"/>
       <c r="F4" s="65"/>
       <c r="G4" s="65"/>
       <c r="H4" s="65"/>
       <c r="I4" s="65"/>
       <c r="J4" s="65"/>
       <c r="K4" s="65"/>
     </row>
     <row r="5" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A5" s="1"/>
       <c r="B5" s="23"/>
       <c r="C5" s="41" t="str">
         <f>'2-6'!D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D5" s="41"/>
       <c r="E5" s="41"/>
       <c r="F5" s="44" t="str">
         <f>'2-6'!G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="G5" s="44"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="21" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="15" customHeight="1">
       <c r="A6" s="9"/>
       <c r="B6" s="36" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="37"/>
       <c r="D6" s="36" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="37"/>
       <c r="F6" s="36" t="s">
         <v>7</v>
       </c>
       <c r="G6" s="37"/>
       <c r="H6" s="36" t="s">
         <v>11</v>
@@ -11257,382 +11248,382 @@
       </c>
       <c r="F9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>22</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>22</v>
       </c>
       <c r="J9" s="15" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="22.5" customHeight="1">
       <c r="A10" s="137" t="s">
         <v>199</v>
       </c>
       <c r="B10" s="139">
-        <v>593277</v>
+        <v>592245</v>
       </c>
       <c r="C10" s="142">
-        <v>28457</v>
+        <v>30372</v>
       </c>
       <c r="D10" s="142">
-        <v>593769</v>
+        <v>592765</v>
       </c>
       <c r="E10" s="142">
-        <v>31965</v>
+        <v>30788</v>
       </c>
       <c r="F10" s="142">
-        <v>600490</v>
+        <v>599764</v>
       </c>
       <c r="G10" s="142">
-        <v>30421</v>
+        <v>31359</v>
       </c>
       <c r="H10" s="145">
-        <v>-0.08</v>
+        <v>-0.09</v>
       </c>
       <c r="I10" s="145">
-        <v>-10.97</v>
+        <v>-1.35</v>
       </c>
       <c r="J10" s="145">
-        <v>-1.2</v>
+        <v>-1.25</v>
       </c>
       <c r="K10" s="148">
-        <v>-6.46</v>
+        <v>-3.15</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="22.5" customHeight="1">
       <c r="A11" s="149" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="77"/>
       <c r="C11" s="75"/>
       <c r="D11" s="75"/>
       <c r="E11" s="75"/>
       <c r="F11" s="75"/>
       <c r="G11" s="75"/>
       <c r="H11" s="75"/>
       <c r="I11" s="75"/>
       <c r="J11" s="75"/>
       <c r="K11" s="73"/>
     </row>
     <row r="12" spans="1:11" ht="17.1" customHeight="1">
       <c r="A12" s="150" t="s">
         <v>200</v>
       </c>
       <c r="B12" s="153">
-        <v>510730</v>
+        <v>509792</v>
       </c>
       <c r="C12" s="153">
-        <v>13915</v>
+        <v>14487</v>
       </c>
       <c r="D12" s="153">
-        <v>511179</v>
+        <v>510258</v>
       </c>
       <c r="E12" s="153">
-        <v>14354</v>
+        <v>16063</v>
       </c>
       <c r="F12" s="153">
-        <v>517501</v>
+        <v>516846</v>
       </c>
       <c r="G12" s="153">
-        <v>15057</v>
+        <v>14991</v>
       </c>
       <c r="H12" s="156">
         <v>-0.09</v>
       </c>
       <c r="I12" s="156">
-        <v>-3.06</v>
+        <v>-9.81</v>
       </c>
       <c r="J12" s="156">
-        <v>-1.31</v>
+        <v>-1.36</v>
       </c>
       <c r="K12" s="159">
-        <v>-7.59</v>
+        <v>-3.36</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="27.95" customHeight="1">
       <c r="A13" s="149" t="s">
         <v>201</v>
       </c>
       <c r="B13" s="70"/>
       <c r="C13" s="70"/>
       <c r="D13" s="70"/>
       <c r="E13" s="70"/>
       <c r="F13" s="70"/>
       <c r="G13" s="70"/>
       <c r="H13" s="70"/>
       <c r="I13" s="70"/>
       <c r="J13" s="70"/>
       <c r="K13" s="73"/>
     </row>
     <row r="14" spans="1:11" ht="22.5" customHeight="1">
       <c r="A14" s="25" t="s">
         <v>202</v>
       </c>
       <c r="B14" s="152">
-        <v>203400</v>
+        <v>202967</v>
       </c>
       <c r="C14" s="152">
-        <v>5875</v>
+        <v>6143</v>
       </c>
       <c r="D14" s="152">
-        <v>203612</v>
+        <v>203195</v>
       </c>
       <c r="E14" s="152">
-        <v>5894</v>
+        <v>6723</v>
       </c>
       <c r="F14" s="152">
-        <v>207541</v>
+        <v>207256</v>
       </c>
       <c r="G14" s="152">
-        <v>6447</v>
+        <v>6471</v>
       </c>
       <c r="H14" s="155">
-        <v>-0.1</v>
+        <v>-0.11</v>
       </c>
       <c r="I14" s="155">
-        <v>-0.33</v>
+        <v>-8.62</v>
       </c>
       <c r="J14" s="155">
-        <v>-2</v>
+        <v>-2.07</v>
       </c>
       <c r="K14" s="158">
-        <v>-8.87</v>
+        <v>-5.06</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="22.5" customHeight="1">
       <c r="A15" s="160" t="s">
         <v>203</v>
       </c>
       <c r="B15" s="70"/>
       <c r="C15" s="70"/>
       <c r="D15" s="70"/>
       <c r="E15" s="70"/>
       <c r="F15" s="70"/>
       <c r="G15" s="70"/>
       <c r="H15" s="70"/>
       <c r="I15" s="70"/>
       <c r="J15" s="70"/>
       <c r="K15" s="73"/>
     </row>
     <row r="16" spans="1:11" ht="17.1" customHeight="1">
       <c r="A16" s="25" t="s">
         <v>204</v>
       </c>
       <c r="B16" s="152">
-        <v>298384</v>
+        <v>297892</v>
       </c>
       <c r="C16" s="152">
-        <v>7840</v>
+        <v>8162</v>
       </c>
       <c r="D16" s="152">
-        <v>298616</v>
+        <v>298123</v>
       </c>
       <c r="E16" s="152">
-        <v>8248</v>
+        <v>9106</v>
       </c>
       <c r="F16" s="152">
-        <v>301007</v>
+        <v>300642</v>
       </c>
       <c r="G16" s="152">
-        <v>8420</v>
+        <v>8343</v>
       </c>
       <c r="H16" s="155">
         <v>-0.08</v>
       </c>
       <c r="I16" s="155">
-        <v>-4.95</v>
+        <v>-10.36</v>
       </c>
       <c r="J16" s="155">
-        <v>-0.87</v>
+        <v>-0.91</v>
       </c>
       <c r="K16" s="158">
-        <v>-6.89</v>
+        <v>-2.16</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="27.95" customHeight="1">
       <c r="A17" s="160" t="s">
         <v>205</v>
       </c>
       <c r="B17" s="70"/>
       <c r="C17" s="70"/>
       <c r="D17" s="70"/>
       <c r="E17" s="70"/>
       <c r="F17" s="70"/>
       <c r="G17" s="70"/>
       <c r="H17" s="70"/>
       <c r="I17" s="70"/>
       <c r="J17" s="70"/>
       <c r="K17" s="73"/>
     </row>
     <row r="18" spans="1:11" ht="17.1" customHeight="1">
       <c r="A18" s="25" t="s">
         <v>206</v>
       </c>
       <c r="B18" s="152">
-        <v>8946</v>
+        <v>8933</v>
       </c>
       <c r="C18" s="152">
-        <v>200</v>
+        <v>181</v>
       </c>
       <c r="D18" s="152">
-        <v>8951</v>
+        <v>8940</v>
       </c>
       <c r="E18" s="152">
-        <v>212</v>
+        <v>234</v>
       </c>
       <c r="F18" s="152">
-        <v>8953</v>
+        <v>8948</v>
       </c>
       <c r="G18" s="152">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="H18" s="155">
-        <v>-0.06</v>
+        <v>-0.08</v>
       </c>
       <c r="I18" s="155">
-        <v>-5.73</v>
+        <v>-22.74</v>
       </c>
       <c r="J18" s="155">
-        <v>-0.08</v>
+        <v>-0.17</v>
       </c>
       <c r="K18" s="158">
-        <v>5.19</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="27.95" customHeight="1">
       <c r="A19" s="160" t="s">
         <v>207</v>
       </c>
       <c r="B19" s="70"/>
       <c r="C19" s="70"/>
       <c r="D19" s="70"/>
       <c r="E19" s="70"/>
       <c r="F19" s="70"/>
       <c r="G19" s="70"/>
       <c r="H19" s="70"/>
       <c r="I19" s="70"/>
       <c r="J19" s="70"/>
       <c r="K19" s="73"/>
     </row>
     <row r="20" spans="1:11" ht="22.5" customHeight="1">
       <c r="A20" s="150" t="s">
         <v>208</v>
       </c>
       <c r="B20" s="153">
-        <v>82429</v>
+        <v>82336</v>
       </c>
       <c r="C20" s="153">
-        <v>14351</v>
+        <v>15786</v>
       </c>
       <c r="D20" s="153">
-        <v>82472</v>
+        <v>82388</v>
       </c>
       <c r="E20" s="153">
-        <v>17448</v>
+        <v>14448</v>
       </c>
       <c r="F20" s="153">
-        <v>82881</v>
+        <v>82807</v>
       </c>
       <c r="G20" s="153">
-        <v>15275</v>
+        <v>16287</v>
       </c>
       <c r="H20" s="156">
-        <v>-0.05</v>
+        <v>-0.06</v>
       </c>
       <c r="I20" s="156">
-        <v>-17.75</v>
+        <v>9.26</v>
       </c>
       <c r="J20" s="156">
-        <v>-0.55</v>
+        <v>-0.57</v>
       </c>
       <c r="K20" s="159">
-        <v>-6.05</v>
+        <v>-3.07</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="22.5" customHeight="1">
       <c r="A21" s="149" t="s">
         <v>209</v>
       </c>
       <c r="B21" s="70"/>
       <c r="C21" s="70"/>
       <c r="D21" s="70"/>
       <c r="E21" s="70"/>
       <c r="F21" s="70"/>
       <c r="G21" s="70"/>
       <c r="H21" s="70"/>
       <c r="I21" s="70"/>
       <c r="J21" s="70"/>
       <c r="K21" s="73"/>
     </row>
     <row r="22" spans="1:11" ht="22.5" customHeight="1">
       <c r="A22" s="150" t="s">
         <v>210</v>
       </c>
       <c r="B22" s="153">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C22" s="153">
-        <v>191</v>
+        <v>99</v>
       </c>
       <c r="D22" s="153">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E22" s="153">
-        <v>163</v>
+        <v>277</v>
       </c>
       <c r="F22" s="153">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="G22" s="153">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>81</v>
+      </c>
+      <c r="H22" s="156">
+        <v>-1.68</v>
       </c>
       <c r="I22" s="156">
-        <v>17.18</v>
+        <v>-64.26</v>
       </c>
       <c r="J22" s="156">
-        <v>9.26</v>
+        <v>5.41</v>
       </c>
       <c r="K22" s="159">
-        <v>114.61</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="22.5" customHeight="1" thickBot="1">
-      <c r="A23" s="164" t="s">
+      <c r="A23" s="161" t="s">
         <v>211</v>
       </c>
       <c r="B23" s="69"/>
       <c r="C23" s="69"/>
       <c r="D23" s="69"/>
       <c r="E23" s="69"/>
       <c r="F23" s="69"/>
       <c r="G23" s="69"/>
       <c r="H23" s="67"/>
       <c r="I23" s="67"/>
       <c r="J23" s="67"/>
       <c r="K23" s="72"/>
     </row>
     <row r="24" spans="1:11" ht="13.5" customHeight="1">
       <c r="A24" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="7"/>
       <c r="I24" s="7"/>