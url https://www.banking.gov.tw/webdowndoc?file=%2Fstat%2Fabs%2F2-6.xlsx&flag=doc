--- v1 (2025-11-23)
+++ v2 (2026-02-18)
@@ -66,51 +66,51 @@
   <si>
     <t>其　　　　他</t>
   </si>
   <si>
     <t>合　　　　計</t>
   </si>
   <si>
     <t>戶　數</t>
   </si>
   <si>
     <t>本　　　　月</t>
   </si>
   <si>
     <t>上　　　　月</t>
   </si>
   <si>
     <t>上　年　同　月</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
-    <t>民國114年 9月底</t>
+    <t>民國114年12月底</t>
   </si>
   <si>
     <t>本月與上月比較增減％</t>
   </si>
   <si>
     <t>本月與上年同月比較增減％</t>
   </si>
   <si>
     <t>餘　額</t>
   </si>
   <si>
     <t>銀 　　　行　　　別</t>
   </si>
   <si>
     <t>Accounts</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Individual</t>
   </si>
   <si>
     <t>Others</t>
   </si>
@@ -149,51 +149,51 @@
   </si>
   <si>
     <r>
       <t>單位：戶,新臺幣百萬元,﹪</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Account,NT$ Million,</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>﹪</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
   </si>
   <si>
     <t>說明：本表自96年9月起包含全國農業金庫資料。</t>
   </si>
   <si>
     <t>說　　明：#係金融控股公司之子公司。</t>
   </si>
   <si>
     <r>
       <t>2-6</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　支票存款</t>
     </r>
   </si>
   <si>
     <r>
       <t>2-6</t>
     </r>
@@ -729,51 +729,51 @@
   <si>
     <t>Citibank Taiwan Ltd.</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　　#</t>
   </si>
@@ -2459,66 +2459,66 @@
     </xf>
     <xf xxid="171" numFmtId="180" fontId="6" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="172" numFmtId="180" fontId="43" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="173" numFmtId="182" fontId="6" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="174" numFmtId="182" fontId="43" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="175" numFmtId="182" fontId="44" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="176" numFmtId="182" fontId="6" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="177" numFmtId="182" fontId="43" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="178" numFmtId="182" fontId="44" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="179" numFmtId="183" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="179" numFmtId="182" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="180" numFmtId="183" fontId="43" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="180" numFmtId="182" fontId="43" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="181" numFmtId="182" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="181" numFmtId="182" fontId="6" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="182" numFmtId="182" fontId="43" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="182" numFmtId="182" fontId="43" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="183" numFmtId="182" fontId="6" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="183" numFmtId="183" fontId="6" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="184" numFmtId="182" fontId="43" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="184" numFmtId="183" fontId="43" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="185" numFmtId="183" fontId="6" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="186" numFmtId="183" fontId="43" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="187" numFmtId="0" fontId="41" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="188" numFmtId="183" fontId="6" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="189" numFmtId="183" fontId="43" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="190" numFmtId="183" fontId="6" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="191" numFmtId="183" fontId="43" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="192" numFmtId="180" fontId="44" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
@@ -2594,51 +2594,60 @@
     </xf>
     <xf xxid="216" numFmtId="178" fontId="52" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="217" numFmtId="179" fontId="9" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="218" numFmtId="179" fontId="51" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="219" numFmtId="179" fontId="52" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="220" numFmtId="179" fontId="9" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="221" numFmtId="179" fontId="51" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="222" numFmtId="179" fontId="52" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="223" numFmtId="0" fontId="55" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf xxid="224" numFmtId="0" fontId="53" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="224" numFmtId="181" fontId="9" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="225" numFmtId="181" fontId="51" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="226" numFmtId="181" fontId="52" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="227" numFmtId="0" fontId="53" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="49">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色2" xfId="16"/>
     <cellStyle name="20% - 輔色3" xfId="17"/>
     <cellStyle name="20% - 輔色4" xfId="18"/>
     <cellStyle name="20% - 輔色5" xfId="19"/>
     <cellStyle name="20% - 輔色6" xfId="20"/>
     <cellStyle name="40% - 輔色1" xfId="21"/>
     <cellStyle name="40% - 輔色2" xfId="22"/>
     <cellStyle name="40% - 輔色3" xfId="23"/>
     <cellStyle name="40% - 輔色4" xfId="24"/>
     <cellStyle name="40% - 輔色5" xfId="25"/>
     <cellStyle name="40% - 輔色6" xfId="26"/>
     <cellStyle name="60% - 輔色1" xfId="27"/>
     <cellStyle name="60% - 輔色2" xfId="28"/>
     <cellStyle name="60% - 輔色3" xfId="29"/>
     <cellStyle name="60% - 輔色4" xfId="30"/>
     <cellStyle name="60% - 輔色5" xfId="31"/>
     <cellStyle name="60% - 輔色6" xfId="32"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="33" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="34" builtinId="6"/>
@@ -2885,606 +2894,606 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>22</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="K8" s="14" t="s">
         <v>22</v>
       </c>
       <c r="L8" s="15" t="s">
         <v>15</v>
       </c>
       <c r="M8" s="14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="12.6" customHeight="1">
       <c r="A9" s="81" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="84">
-        <v>1311472</v>
+        <v>1310406</v>
       </c>
       <c r="C9" s="84">
-        <v>304984</v>
+        <v>317362</v>
       </c>
       <c r="D9" s="84">
-        <v>2701247</v>
+        <v>2692532</v>
       </c>
       <c r="E9" s="84">
-        <v>46585</v>
+        <v>46411</v>
       </c>
       <c r="F9" s="84">
-        <v>42035</v>
+        <v>41910</v>
       </c>
       <c r="G9" s="84">
-        <v>53400</v>
+        <v>60916</v>
       </c>
       <c r="H9" s="84">
-        <v>4054754</v>
+        <v>4044848</v>
       </c>
       <c r="I9" s="84">
-        <v>404969</v>
+        <v>424689</v>
       </c>
       <c r="J9" s="87">
-        <v>-0.07</v>
+        <v>-0.13</v>
       </c>
       <c r="K9" s="87">
-        <v>-9.54</v>
+        <v>-5.64</v>
       </c>
       <c r="L9" s="87">
-        <v>-0.8</v>
+        <v>-0.87</v>
       </c>
       <c r="M9" s="90">
-        <v>-2.65</v>
+        <v>-0.56</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="11.1" customHeight="1">
       <c r="A10" s="93" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="47"/>
       <c r="C10" s="47"/>
       <c r="D10" s="47"/>
       <c r="E10" s="47"/>
       <c r="F10" s="47"/>
       <c r="G10" s="47"/>
       <c r="H10" s="47"/>
       <c r="I10" s="47"/>
       <c r="J10" s="47"/>
       <c r="K10" s="47"/>
       <c r="L10" s="47"/>
       <c r="M10" s="53"/>
     </row>
     <row r="11" spans="1:13" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>62</v>
       </c>
       <c r="B11" s="95">
-        <v>60055</v>
+        <v>59926</v>
       </c>
       <c r="C11" s="95">
-        <v>27701</v>
+        <v>28477</v>
       </c>
       <c r="D11" s="95">
-        <v>69757</v>
+        <v>69495</v>
       </c>
       <c r="E11" s="95">
-        <v>1585</v>
+        <v>1573</v>
       </c>
       <c r="F11" s="95">
-        <v>1540</v>
+        <v>1533</v>
       </c>
       <c r="G11" s="95">
-        <v>7463</v>
+        <v>6537</v>
       </c>
       <c r="H11" s="95">
-        <v>131352</v>
+        <v>130954</v>
       </c>
       <c r="I11" s="95">
-        <v>36749</v>
+        <v>36586</v>
       </c>
       <c r="J11" s="97">
-        <v>-0.1</v>
+        <v>-0.13</v>
       </c>
       <c r="K11" s="97">
-        <v>-1.55</v>
+        <v>-9.65</v>
       </c>
       <c r="L11" s="97">
-        <v>-0.99</v>
+        <v>-1.07</v>
       </c>
       <c r="M11" s="99">
-        <v>8.89</v>
+        <v>6.15</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="11.1" customHeight="1">
       <c r="A12" s="92" t="s">
         <v>63</v>
       </c>
       <c r="B12" s="58"/>
       <c r="C12" s="58"/>
       <c r="D12" s="58"/>
       <c r="E12" s="58"/>
       <c r="F12" s="58"/>
       <c r="G12" s="58"/>
       <c r="H12" s="58"/>
       <c r="I12" s="58"/>
       <c r="J12" s="58"/>
       <c r="K12" s="58"/>
       <c r="L12" s="58"/>
       <c r="M12" s="53"/>
     </row>
     <row r="13" spans="1:13" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>64</v>
       </c>
       <c r="B13" s="95">
-        <v>48543</v>
+        <v>48545</v>
       </c>
       <c r="C13" s="95">
-        <v>11945</v>
+        <v>12763</v>
       </c>
       <c r="D13" s="95">
-        <v>142744</v>
+        <v>142336</v>
       </c>
       <c r="E13" s="95">
-        <v>2959</v>
+        <v>2878</v>
       </c>
       <c r="F13" s="95">
-        <v>5283</v>
+        <v>5291</v>
       </c>
       <c r="G13" s="95">
-        <v>4846</v>
+        <v>7546</v>
       </c>
       <c r="H13" s="95">
-        <v>196570</v>
+        <v>196172</v>
       </c>
       <c r="I13" s="95">
-        <v>19749</v>
+        <v>23188</v>
       </c>
       <c r="J13" s="97">
         <v>-0.07</v>
       </c>
       <c r="K13" s="97">
-        <v>-4.91</v>
+        <v>11.31</v>
       </c>
       <c r="L13" s="97">
-        <v>-0.52</v>
+        <v>-0.75</v>
       </c>
       <c r="M13" s="99">
-        <v>0.38</v>
+        <v>-2.46</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="11.1" customHeight="1">
       <c r="A14" s="92" t="s">
         <v>65</v>
       </c>
       <c r="B14" s="58"/>
       <c r="C14" s="58"/>
       <c r="D14" s="58"/>
       <c r="E14" s="58"/>
       <c r="F14" s="58"/>
       <c r="G14" s="58"/>
       <c r="H14" s="58"/>
       <c r="I14" s="58"/>
       <c r="J14" s="58"/>
       <c r="K14" s="58"/>
       <c r="L14" s="58"/>
       <c r="M14" s="53"/>
     </row>
     <row r="15" spans="1:13" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>66</v>
       </c>
       <c r="B15" s="95">
-        <v>126871</v>
+        <v>126922</v>
       </c>
       <c r="C15" s="95">
-        <v>44981</v>
+        <v>47799</v>
       </c>
       <c r="D15" s="95">
-        <v>248406</v>
+        <v>247511</v>
       </c>
       <c r="E15" s="95">
-        <v>5240</v>
+        <v>5006</v>
       </c>
       <c r="F15" s="95">
-        <v>5151</v>
+        <v>5134</v>
       </c>
       <c r="G15" s="95">
-        <v>4987</v>
+        <v>6030</v>
       </c>
       <c r="H15" s="95">
-        <v>380428</v>
+        <v>379567</v>
       </c>
       <c r="I15" s="95">
-        <v>55208</v>
+        <v>58835</v>
       </c>
       <c r="J15" s="97">
-        <v>-0.07</v>
+        <v>-0.51</v>
       </c>
       <c r="K15" s="97">
-        <v>-2.97</v>
+        <v>-8.27</v>
       </c>
       <c r="L15" s="97">
-        <v>-0.92</v>
+        <v>-1.04</v>
       </c>
       <c r="M15" s="99">
-        <v>2.71</v>
+        <v>2.52</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="11.1" customHeight="1">
       <c r="A16" s="92" t="s">
         <v>67</v>
       </c>
       <c r="B16" s="58"/>
       <c r="C16" s="58"/>
       <c r="D16" s="58"/>
       <c r="E16" s="58"/>
       <c r="F16" s="58"/>
       <c r="G16" s="58"/>
       <c r="H16" s="58"/>
       <c r="I16" s="58"/>
       <c r="J16" s="58"/>
       <c r="K16" s="58"/>
       <c r="L16" s="58"/>
       <c r="M16" s="53"/>
     </row>
     <row r="17" spans="1:13" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>68</v>
       </c>
       <c r="B17" s="95">
-        <v>125850</v>
+        <v>125721</v>
       </c>
       <c r="C17" s="95">
-        <v>28166</v>
+        <v>29382</v>
       </c>
       <c r="D17" s="95">
-        <v>175003</v>
+        <v>174061</v>
       </c>
       <c r="E17" s="95">
-        <v>4790</v>
+        <v>5141</v>
       </c>
       <c r="F17" s="95">
-        <v>3457</v>
+        <v>3446</v>
       </c>
       <c r="G17" s="95">
-        <v>2982</v>
+        <v>2469</v>
       </c>
       <c r="H17" s="95">
-        <v>304310</v>
+        <v>303228</v>
       </c>
       <c r="I17" s="95">
-        <v>35938</v>
+        <v>36992</v>
       </c>
       <c r="J17" s="97">
-        <v>-0.12</v>
+        <v>-0.14</v>
       </c>
       <c r="K17" s="97">
-        <v>-11.35</v>
+        <v>-9.35</v>
       </c>
       <c r="L17" s="97">
-        <v>-0.91</v>
+        <v>-1.08</v>
       </c>
       <c r="M17" s="99">
-        <v>-0.69</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="11.1" customHeight="1">
       <c r="A18" s="92" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="58"/>
       <c r="C18" s="58"/>
       <c r="D18" s="58"/>
       <c r="E18" s="58"/>
       <c r="F18" s="58"/>
       <c r="G18" s="58"/>
       <c r="H18" s="58"/>
       <c r="I18" s="58"/>
       <c r="J18" s="58"/>
       <c r="K18" s="58"/>
       <c r="L18" s="58"/>
       <c r="M18" s="53"/>
     </row>
     <row r="19" spans="1:13" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>70</v>
       </c>
       <c r="B19" s="95">
-        <v>145293</v>
+        <v>145294</v>
       </c>
       <c r="C19" s="95">
-        <v>38290</v>
+        <v>37461</v>
       </c>
       <c r="D19" s="95">
-        <v>255409</v>
+        <v>254717</v>
       </c>
       <c r="E19" s="95">
-        <v>4827</v>
+        <v>4979</v>
       </c>
       <c r="F19" s="95">
-        <v>1538</v>
+        <v>1529</v>
       </c>
       <c r="G19" s="95">
-        <v>1944</v>
+        <v>1264</v>
       </c>
       <c r="H19" s="95">
-        <v>402240</v>
+        <v>401540</v>
       </c>
       <c r="I19" s="95">
-        <v>45061</v>
+        <v>43704</v>
       </c>
       <c r="J19" s="97">
-        <v>-0.06</v>
+        <v>-0.08</v>
       </c>
       <c r="K19" s="97">
-        <v>-6.7</v>
+        <v>-7.1</v>
       </c>
       <c r="L19" s="97">
-        <v>-0.62</v>
+        <v>-0.63</v>
       </c>
       <c r="M19" s="99">
-        <v>1.8</v>
+        <v>-7.42</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="11.1" customHeight="1">
       <c r="A20" s="92" t="s">
         <v>71</v>
       </c>
       <c r="B20" s="58"/>
       <c r="C20" s="58"/>
       <c r="D20" s="58"/>
       <c r="E20" s="58"/>
       <c r="F20" s="58"/>
       <c r="G20" s="58"/>
       <c r="H20" s="58"/>
       <c r="I20" s="58"/>
       <c r="J20" s="58"/>
       <c r="K20" s="58"/>
       <c r="L20" s="58"/>
       <c r="M20" s="53"/>
     </row>
     <row r="21" spans="1:13" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>72</v>
       </c>
       <c r="B21" s="95">
-        <v>83361</v>
+        <v>83268</v>
       </c>
       <c r="C21" s="95">
-        <v>24509</v>
+        <v>27666</v>
       </c>
       <c r="D21" s="95">
-        <v>166615</v>
+        <v>166031</v>
       </c>
       <c r="E21" s="95">
-        <v>6108</v>
+        <v>6387</v>
       </c>
       <c r="F21" s="95">
-        <v>13067</v>
+        <v>13041</v>
       </c>
       <c r="G21" s="95">
-        <v>2078</v>
+        <v>2842</v>
       </c>
       <c r="H21" s="95">
-        <v>263043</v>
+        <v>262340</v>
       </c>
       <c r="I21" s="95">
-        <v>32696</v>
+        <v>36895</v>
       </c>
       <c r="J21" s="97">
-        <v>-0.08</v>
+        <v>-0.1</v>
       </c>
       <c r="K21" s="97">
-        <v>-8.85</v>
+        <v>4.14</v>
       </c>
       <c r="L21" s="97">
-        <v>-0.77</v>
+        <v>-0.86</v>
       </c>
       <c r="M21" s="99">
-        <v>-3.13</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="11.1" customHeight="1">
       <c r="A22" s="92" t="s">
         <v>73</v>
       </c>
       <c r="B22" s="58"/>
       <c r="C22" s="58"/>
       <c r="D22" s="58"/>
       <c r="E22" s="58"/>
       <c r="F22" s="58"/>
       <c r="G22" s="58"/>
       <c r="H22" s="58"/>
       <c r="I22" s="58"/>
       <c r="J22" s="58"/>
       <c r="K22" s="58"/>
       <c r="L22" s="58"/>
       <c r="M22" s="53"/>
     </row>
     <row r="23" spans="1:13" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>74</v>
       </c>
       <c r="B23" s="95">
-        <v>28131</v>
+        <v>28096</v>
       </c>
       <c r="C23" s="95">
-        <v>7715</v>
+        <v>6948</v>
       </c>
       <c r="D23" s="95">
-        <v>40694</v>
+        <v>40581</v>
       </c>
       <c r="E23" s="95">
-        <v>1008</v>
+        <v>728</v>
       </c>
       <c r="F23" s="95">
-        <v>771</v>
+        <v>761</v>
       </c>
       <c r="G23" s="95">
-        <v>230</v>
+        <v>202</v>
       </c>
       <c r="H23" s="95">
-        <v>69596</v>
+        <v>69438</v>
       </c>
       <c r="I23" s="95">
-        <v>8953</v>
+        <v>7878</v>
       </c>
       <c r="J23" s="97">
         <v>-0.08</v>
       </c>
       <c r="K23" s="97">
-        <v>-4.68</v>
+        <v>-18.74</v>
       </c>
       <c r="L23" s="97">
-        <v>-0.82</v>
+        <v>-0.88</v>
       </c>
       <c r="M23" s="99">
-        <v>5.83</v>
+        <v>-10.18</v>
       </c>
     </row>
     <row r="24" spans="1:13" ht="11.1" customHeight="1">
       <c r="A24" s="92" t="s">
         <v>75</v>
       </c>
       <c r="B24" s="58"/>
       <c r="C24" s="58"/>
       <c r="D24" s="58"/>
       <c r="E24" s="58"/>
       <c r="F24" s="58"/>
       <c r="G24" s="58"/>
       <c r="H24" s="58"/>
       <c r="I24" s="58"/>
       <c r="J24" s="58"/>
       <c r="K24" s="58"/>
       <c r="L24" s="58"/>
       <c r="M24" s="53"/>
     </row>
     <row r="25" spans="1:13" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>76</v>
       </c>
       <c r="B25" s="95">
-        <v>49308</v>
+        <v>49223</v>
       </c>
       <c r="C25" s="95">
-        <v>7317</v>
+        <v>7204</v>
       </c>
       <c r="D25" s="95">
-        <v>110612</v>
+        <v>110215</v>
       </c>
       <c r="E25" s="95">
-        <v>1064</v>
+        <v>1075</v>
       </c>
       <c r="F25" s="95">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="G25" s="95">
-        <v>2715</v>
+        <v>5920</v>
       </c>
       <c r="H25" s="95">
-        <v>160827</v>
+        <v>160344</v>
       </c>
       <c r="I25" s="95">
-        <v>11096</v>
+        <v>14200</v>
       </c>
       <c r="J25" s="97">
-        <v>-0.09</v>
+        <v>-0.13</v>
       </c>
       <c r="K25" s="97">
-        <v>5.33</v>
+        <v>8.28</v>
       </c>
       <c r="L25" s="97">
-        <v>-1.14</v>
+        <v>-1.16</v>
       </c>
       <c r="M25" s="99">
-        <v>-7.42</v>
+        <v>23.3</v>
       </c>
     </row>
     <row r="26" spans="1:13" ht="11.1" customHeight="1">
       <c r="A26" s="92" t="s">
         <v>77</v>
       </c>
       <c r="B26" s="58"/>
       <c r="C26" s="58"/>
       <c r="D26" s="58"/>
       <c r="E26" s="58"/>
       <c r="F26" s="58"/>
       <c r="G26" s="58"/>
       <c r="H26" s="58"/>
       <c r="I26" s="58"/>
       <c r="J26" s="58"/>
       <c r="K26" s="58"/>
       <c r="L26" s="58"/>
       <c r="M26" s="53"/>
     </row>
     <row r="27" spans="1:13" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>78</v>
       </c>
       <c r="B27" s="95">
-        <v>70045</v>
+        <v>70016</v>
       </c>
       <c r="C27" s="95">
-        <v>8993</v>
+        <v>9126</v>
       </c>
       <c r="D27" s="95">
-        <v>156086</v>
+        <v>155843</v>
       </c>
       <c r="E27" s="95">
-        <v>1770</v>
+        <v>1917</v>
       </c>
       <c r="F27" s="95">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="G27" s="95">
-        <v>2498</v>
+        <v>2763</v>
       </c>
       <c r="H27" s="95">
-        <v>227344</v>
+        <v>227075</v>
       </c>
       <c r="I27" s="95">
-        <v>13261</v>
+        <v>13807</v>
       </c>
       <c r="J27" s="97">
-        <v>-0.05</v>
+        <v>-0.02</v>
       </c>
       <c r="K27" s="97">
-        <v>-10.47</v>
+        <v>-4.69</v>
       </c>
       <c r="L27" s="97">
-        <v>-0.36</v>
+        <v>-0.41</v>
       </c>
       <c r="M27" s="99">
-        <v>-4.13</v>
+        <v>-2</v>
       </c>
     </row>
     <row r="28" spans="1:13" ht="11.1" customHeight="1">
       <c r="A28" s="92" t="s">
         <v>79</v>
       </c>
       <c r="B28" s="58"/>
       <c r="C28" s="58"/>
       <c r="D28" s="58"/>
       <c r="E28" s="58"/>
       <c r="F28" s="58"/>
       <c r="G28" s="58"/>
       <c r="H28" s="58"/>
       <c r="I28" s="58"/>
       <c r="J28" s="58"/>
       <c r="K28" s="58"/>
       <c r="L28" s="58"/>
       <c r="M28" s="53"/>
     </row>
     <row r="29" spans="1:13" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>80</v>
       </c>
       <c r="B29" s="101">
         <v>0</v>
@@ -3523,200 +3532,200 @@
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:13" ht="11.1" customHeight="1">
       <c r="A30" s="92" t="s">
         <v>81</v>
       </c>
       <c r="B30" s="58"/>
       <c r="C30" s="58"/>
       <c r="D30" s="58"/>
       <c r="E30" s="58"/>
       <c r="F30" s="58"/>
       <c r="G30" s="58"/>
       <c r="H30" s="58"/>
       <c r="I30" s="58"/>
       <c r="J30" s="58"/>
       <c r="K30" s="58"/>
       <c r="L30" s="58"/>
       <c r="M30" s="53"/>
     </row>
     <row r="31" spans="1:13" ht="12.6" customHeight="1">
       <c r="A31" s="27" t="s">
         <v>82</v>
       </c>
       <c r="B31" s="95">
-        <v>13386</v>
+        <v>13381</v>
       </c>
       <c r="C31" s="95">
-        <v>1140</v>
+        <v>1039</v>
       </c>
       <c r="D31" s="95">
-        <v>25401</v>
+        <v>25342</v>
       </c>
       <c r="E31" s="95">
-        <v>272</v>
+        <v>359</v>
       </c>
       <c r="F31" s="95">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G31" s="95">
-        <v>176</v>
+        <v>520</v>
       </c>
       <c r="H31" s="95">
-        <v>38935</v>
+        <v>38873</v>
       </c>
       <c r="I31" s="95">
-        <v>1588</v>
+        <v>1919</v>
       </c>
       <c r="J31" s="97">
-        <v>-0.03</v>
+        <v>-0.04</v>
       </c>
       <c r="K31" s="97">
-        <v>-15.54</v>
+        <v>-11.61</v>
       </c>
       <c r="L31" s="97">
-        <v>1.57</v>
+        <v>0.23</v>
       </c>
       <c r="M31" s="99">
-        <v>-1.69</v>
+        <v>-5.66</v>
       </c>
     </row>
     <row r="32" spans="1:13" ht="11.1" customHeight="1">
       <c r="A32" s="92" t="s">
         <v>83</v>
       </c>
       <c r="B32" s="58"/>
       <c r="C32" s="58"/>
       <c r="D32" s="58"/>
       <c r="E32" s="58"/>
       <c r="F32" s="58"/>
       <c r="G32" s="58"/>
       <c r="H32" s="58"/>
       <c r="I32" s="58"/>
       <c r="J32" s="58"/>
       <c r="K32" s="58"/>
       <c r="L32" s="58"/>
       <c r="M32" s="53"/>
     </row>
     <row r="33" spans="1:13" ht="12.6" customHeight="1">
       <c r="A33" s="27" t="s">
         <v>84</v>
       </c>
       <c r="B33" s="95">
-        <v>41324</v>
+        <v>41279</v>
       </c>
       <c r="C33" s="95">
-        <v>13316</v>
+        <v>15133</v>
       </c>
       <c r="D33" s="95">
-        <v>45252</v>
+        <v>45107</v>
       </c>
       <c r="E33" s="95">
-        <v>1260</v>
+        <v>1324</v>
       </c>
       <c r="F33" s="95">
-        <v>1740</v>
+        <v>1722</v>
       </c>
       <c r="G33" s="95">
-        <v>11164</v>
+        <v>11831</v>
       </c>
       <c r="H33" s="95">
-        <v>88316</v>
+        <v>88108</v>
       </c>
       <c r="I33" s="95">
-        <v>25741</v>
+        <v>28287</v>
       </c>
       <c r="J33" s="97">
-        <v>-0.06</v>
+        <v>-0.09</v>
       </c>
       <c r="K33" s="97">
-        <v>-3.11</v>
+        <v>5.68</v>
       </c>
       <c r="L33" s="97">
-        <v>-0.81</v>
+        <v>-0.9</v>
       </c>
       <c r="M33" s="99">
-        <v>-34.98</v>
+        <v>-20.25</v>
       </c>
     </row>
     <row r="34" spans="1:13" ht="11.1" customHeight="1">
       <c r="A34" s="92" t="s">
         <v>85</v>
       </c>
       <c r="B34" s="58"/>
       <c r="C34" s="58"/>
       <c r="D34" s="58"/>
       <c r="E34" s="58"/>
       <c r="F34" s="58"/>
       <c r="G34" s="58"/>
       <c r="H34" s="58"/>
       <c r="I34" s="58"/>
       <c r="J34" s="58"/>
       <c r="K34" s="58"/>
       <c r="L34" s="58"/>
       <c r="M34" s="53"/>
     </row>
     <row r="35" spans="1:13" ht="12.6" customHeight="1">
       <c r="A35" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B35" s="95">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="C35" s="95">
-        <v>11400</v>
+        <v>11410</v>
       </c>
       <c r="D35" s="95">
         <v>1</v>
       </c>
       <c r="E35" s="101">
         <v>0</v>
       </c>
       <c r="F35" s="95">
         <v>30</v>
       </c>
       <c r="G35" s="95">
-        <v>307</v>
+        <v>195</v>
       </c>
       <c r="H35" s="95">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="I35" s="95">
-        <v>11707</v>
+        <v>11606</v>
       </c>
       <c r="J35" s="97">
-        <v>-2.21</v>
+        <v>-2.06</v>
       </c>
       <c r="K35" s="97">
-        <v>15.44</v>
+        <v>16.88</v>
       </c>
       <c r="L35" s="97">
-        <v>-4.5</v>
+        <v>-4.38</v>
       </c>
       <c r="M35" s="99">
-        <v>-14.82</v>
+        <v>-8.99</v>
       </c>
     </row>
     <row r="36" spans="1:13" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="107" t="s">
         <v>87</v>
       </c>
       <c r="B36" s="55"/>
       <c r="C36" s="55"/>
       <c r="D36" s="55"/>
       <c r="E36" s="55"/>
       <c r="F36" s="55"/>
       <c r="G36" s="55"/>
       <c r="H36" s="55"/>
       <c r="I36" s="55"/>
       <c r="J36" s="55"/>
       <c r="K36" s="55"/>
       <c r="L36" s="55"/>
       <c r="M36" s="57"/>
     </row>
     <row r="37" spans="1:13" ht="13.5" customHeight="1">
       <c r="A37" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
@@ -3996,57 +4005,57 @@
       <c r="M2" s="59"/>
     </row>
     <row r="3" spans="1:13" ht="18.6" customHeight="1">
       <c r="A3" s="39" t="s">
         <v>48</v>
       </c>
       <c r="B3" s="40"/>
       <c r="C3" s="40"/>
       <c r="D3" s="40"/>
       <c r="E3" s="40"/>
       <c r="F3" s="40"/>
       <c r="G3" s="40"/>
       <c r="H3" s="40"/>
       <c r="I3" s="40"/>
       <c r="J3" s="40"/>
       <c r="K3" s="40"/>
       <c r="L3" s="40"/>
       <c r="M3" s="40"/>
     </row>
     <row r="4" spans="1:13" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="6"/>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="60" t="str">
         <f>'2-6'!D4:F4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="60"/>
       <c r="F4" s="60"/>
       <c r="G4" s="61" t="str">
         <f>'2-6'!G4:I4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="61"/>
       <c r="I4" s="61"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="15" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="36" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="37"/>
       <c r="F5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="37"/>
       <c r="H5" s="36" t="s">
@@ -4154,838 +4163,838 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>22</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="K8" s="14" t="s">
         <v>22</v>
       </c>
       <c r="L8" s="15" t="s">
         <v>15</v>
       </c>
       <c r="M8" s="14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="12.6" customHeight="1">
       <c r="A9" s="80" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="83">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C9" s="83">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D9" s="109">
         <v>0</v>
       </c>
       <c r="E9" s="109">
         <v>0</v>
       </c>
       <c r="F9" s="83">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G9" s="83">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="H9" s="83">
         <v>149</v>
       </c>
       <c r="I9" s="83">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="J9" s="86">
-        <v>0.68</v>
+        <v>-0.67</v>
       </c>
       <c r="K9" s="86">
-        <v>14.46</v>
+        <v>-29.26</v>
       </c>
       <c r="L9" s="86">
-        <v>-3.25</v>
+        <v>-1.97</v>
       </c>
       <c r="M9" s="89">
-        <v>-9.68</v>
+        <v>-43.66</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="11.1" customHeight="1">
       <c r="A10" s="92" t="s">
         <v>88</v>
       </c>
       <c r="B10" s="47"/>
       <c r="C10" s="47"/>
       <c r="D10" s="47"/>
       <c r="E10" s="47"/>
       <c r="F10" s="47"/>
       <c r="G10" s="47"/>
       <c r="H10" s="47"/>
       <c r="I10" s="47"/>
       <c r="J10" s="47"/>
       <c r="K10" s="47"/>
       <c r="L10" s="47"/>
       <c r="M10" s="53"/>
     </row>
     <row r="11" spans="1:13" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>89</v>
       </c>
       <c r="B11" s="95">
-        <v>100077</v>
+        <v>99954</v>
       </c>
       <c r="C11" s="95">
-        <v>17343</v>
+        <v>17132</v>
       </c>
       <c r="D11" s="95">
-        <v>120340</v>
+        <v>119883</v>
       </c>
       <c r="E11" s="95">
-        <v>2344</v>
+        <v>2523</v>
       </c>
       <c r="F11" s="95">
-        <v>854</v>
+        <v>853</v>
       </c>
       <c r="G11" s="95">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="H11" s="95">
-        <v>221271</v>
+        <v>220690</v>
       </c>
       <c r="I11" s="95">
-        <v>20180</v>
+        <v>20145</v>
       </c>
       <c r="J11" s="97">
-        <v>-0.05</v>
+        <v>-0.09</v>
       </c>
       <c r="K11" s="97">
-        <v>-12.61</v>
+        <v>-10.92</v>
       </c>
       <c r="L11" s="97">
-        <v>-0.58</v>
+        <v>-0.7</v>
       </c>
       <c r="M11" s="99">
-        <v>-1.5</v>
+        <v>-2.08</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="11.1" customHeight="1">
       <c r="A12" s="92" t="s">
         <v>90</v>
       </c>
       <c r="B12" s="58"/>
       <c r="C12" s="58"/>
       <c r="D12" s="58"/>
       <c r="E12" s="58"/>
       <c r="F12" s="58"/>
       <c r="G12" s="58"/>
       <c r="H12" s="58"/>
       <c r="I12" s="58"/>
       <c r="J12" s="58"/>
       <c r="K12" s="58"/>
       <c r="L12" s="58"/>
       <c r="M12" s="53"/>
     </row>
     <row r="13" spans="1:13" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>91</v>
       </c>
       <c r="B13" s="95">
-        <v>13619</v>
+        <v>13497</v>
       </c>
       <c r="C13" s="95">
-        <v>1854</v>
+        <v>1503</v>
       </c>
       <c r="D13" s="95">
-        <v>56765</v>
+        <v>56467</v>
       </c>
       <c r="E13" s="95">
-        <v>246</v>
+        <v>212</v>
       </c>
       <c r="F13" s="95">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="G13" s="95">
-        <v>139</v>
+        <v>47</v>
       </c>
       <c r="H13" s="95">
-        <v>70455</v>
+        <v>70033</v>
       </c>
       <c r="I13" s="95">
-        <v>2239</v>
+        <v>1762</v>
       </c>
       <c r="J13" s="97">
         <v>-0.17</v>
       </c>
       <c r="K13" s="97">
-        <v>-4.32</v>
+        <v>-13.76</v>
       </c>
       <c r="L13" s="97">
-        <v>-2.12</v>
+        <v>-2.2</v>
       </c>
       <c r="M13" s="99">
-        <v>36.74</v>
+        <v>3.04</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="11.1" customHeight="1">
       <c r="A14" s="92" t="s">
         <v>92</v>
       </c>
       <c r="B14" s="58"/>
       <c r="C14" s="58"/>
       <c r="D14" s="58"/>
       <c r="E14" s="58"/>
       <c r="F14" s="58"/>
       <c r="G14" s="58"/>
       <c r="H14" s="58"/>
       <c r="I14" s="58"/>
       <c r="J14" s="58"/>
       <c r="K14" s="58"/>
       <c r="L14" s="58"/>
       <c r="M14" s="53"/>
     </row>
     <row r="15" spans="1:13" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>93</v>
       </c>
       <c r="B15" s="95">
-        <v>44775</v>
+        <v>44769</v>
       </c>
       <c r="C15" s="95">
-        <v>4416</v>
+        <v>4686</v>
       </c>
       <c r="D15" s="95">
-        <v>83985</v>
+        <v>83732</v>
       </c>
       <c r="E15" s="95">
-        <v>1768</v>
+        <v>1860</v>
       </c>
       <c r="F15" s="95">
         <v>303</v>
       </c>
       <c r="G15" s="95">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="H15" s="95">
-        <v>129063</v>
+        <v>128804</v>
       </c>
       <c r="I15" s="95">
-        <v>6247</v>
+        <v>6606</v>
       </c>
       <c r="J15" s="97">
-        <v>-0.07</v>
+        <v>-0.1</v>
       </c>
       <c r="K15" s="97">
-        <v>-20.09</v>
+        <v>-13.97</v>
       </c>
       <c r="L15" s="97">
-        <v>-0.58</v>
+        <v>-0.67</v>
       </c>
       <c r="M15" s="99">
-        <v>-2.66</v>
+        <v>-2.62</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="11.1" customHeight="1">
       <c r="A16" s="92" t="s">
         <v>94</v>
       </c>
       <c r="B16" s="58"/>
       <c r="C16" s="58"/>
       <c r="D16" s="58"/>
       <c r="E16" s="58"/>
       <c r="F16" s="58"/>
       <c r="G16" s="58"/>
       <c r="H16" s="58"/>
       <c r="I16" s="58"/>
       <c r="J16" s="58"/>
       <c r="K16" s="58"/>
       <c r="L16" s="58"/>
       <c r="M16" s="53"/>
     </row>
     <row r="17" spans="1:13" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>95</v>
       </c>
       <c r="B17" s="95">
-        <v>15855</v>
+        <v>15827</v>
       </c>
       <c r="C17" s="95">
-        <v>962</v>
+        <v>950</v>
       </c>
       <c r="D17" s="95">
-        <v>44284</v>
+        <v>44055</v>
       </c>
       <c r="E17" s="95">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="F17" s="95">
         <v>15</v>
       </c>
       <c r="G17" s="95">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H17" s="95">
-        <v>60154</v>
+        <v>59897</v>
       </c>
       <c r="I17" s="95">
-        <v>1474</v>
+        <v>1460</v>
       </c>
       <c r="J17" s="97">
         <v>-0.14</v>
       </c>
       <c r="K17" s="97">
-        <v>-14.46</v>
+        <v>-19.67</v>
       </c>
       <c r="L17" s="97">
-        <v>-1.39</v>
+        <v>-1.6</v>
       </c>
       <c r="M17" s="99">
-        <v>1.25</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="11.1" customHeight="1">
       <c r="A18" s="92" t="s">
         <v>96</v>
       </c>
       <c r="B18" s="58"/>
       <c r="C18" s="58"/>
       <c r="D18" s="58"/>
       <c r="E18" s="58"/>
       <c r="F18" s="58"/>
       <c r="G18" s="58"/>
       <c r="H18" s="58"/>
       <c r="I18" s="58"/>
       <c r="J18" s="58"/>
       <c r="K18" s="58"/>
       <c r="L18" s="58"/>
       <c r="M18" s="53"/>
     </row>
     <row r="19" spans="1:13" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>97</v>
       </c>
       <c r="B19" s="95">
-        <v>537</v>
+        <v>530</v>
       </c>
       <c r="C19" s="95">
-        <v>11588</v>
+        <v>13447</v>
       </c>
       <c r="D19" s="95">
-        <v>15290</v>
+        <v>15251</v>
       </c>
       <c r="E19" s="95">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="F19" s="95">
         <v>10</v>
       </c>
       <c r="G19" s="95">
-        <v>152</v>
+        <v>226</v>
       </c>
       <c r="H19" s="95">
-        <v>15837</v>
+        <v>15791</v>
       </c>
       <c r="I19" s="95">
-        <v>11819</v>
+        <v>13747</v>
       </c>
       <c r="J19" s="97">
-        <v>-0.09</v>
+        <v>-0.08</v>
       </c>
       <c r="K19" s="97">
-        <v>-17.04</v>
+        <v>-12.65</v>
       </c>
       <c r="L19" s="97">
-        <v>-1.13</v>
+        <v>-1.12</v>
       </c>
       <c r="M19" s="99">
-        <v>-0.3</v>
+        <v>6.19</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="11.1" customHeight="1">
       <c r="A20" s="92" t="s">
         <v>98</v>
       </c>
       <c r="B20" s="58"/>
       <c r="C20" s="58"/>
       <c r="D20" s="58"/>
       <c r="E20" s="58"/>
       <c r="F20" s="58"/>
       <c r="G20" s="58"/>
       <c r="H20" s="58"/>
       <c r="I20" s="58"/>
       <c r="J20" s="58"/>
       <c r="K20" s="58"/>
       <c r="L20" s="58"/>
       <c r="M20" s="53"/>
     </row>
     <row r="21" spans="1:13" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>99</v>
       </c>
       <c r="B21" s="95">
-        <v>2915</v>
+        <v>2918</v>
       </c>
       <c r="C21" s="95">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="D21" s="95">
-        <v>14220</v>
+        <v>14157</v>
       </c>
       <c r="E21" s="95">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="F21" s="95">
         <v>589</v>
       </c>
       <c r="G21" s="95">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H21" s="95">
-        <v>17724</v>
+        <v>17664</v>
       </c>
       <c r="I21" s="95">
-        <v>512</v>
+        <v>524</v>
       </c>
       <c r="J21" s="97">
-        <v>-0.08</v>
+        <v>-0.13</v>
       </c>
       <c r="K21" s="97">
-        <v>-4.44</v>
+        <v>0.44</v>
       </c>
       <c r="L21" s="97">
-        <v>-1.18</v>
+        <v>-1.24</v>
       </c>
       <c r="M21" s="99">
-        <v>-11.62</v>
+        <v>-8.1</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="11.1" customHeight="1">
       <c r="A22" s="92" t="s">
         <v>100</v>
       </c>
       <c r="B22" s="58"/>
       <c r="C22" s="58"/>
       <c r="D22" s="58"/>
       <c r="E22" s="58"/>
       <c r="F22" s="58"/>
       <c r="G22" s="58"/>
       <c r="H22" s="58"/>
       <c r="I22" s="58"/>
       <c r="J22" s="58"/>
       <c r="K22" s="58"/>
       <c r="L22" s="58"/>
       <c r="M22" s="53"/>
     </row>
     <row r="23" spans="1:13" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>101</v>
       </c>
       <c r="B23" s="95">
-        <v>7709</v>
+        <v>7693</v>
       </c>
       <c r="C23" s="95">
-        <v>431</v>
+        <v>423</v>
       </c>
       <c r="D23" s="95">
-        <v>26821</v>
+        <v>26724</v>
       </c>
       <c r="E23" s="95">
-        <v>408</v>
+        <v>385</v>
       </c>
       <c r="F23" s="95">
         <v>67</v>
       </c>
       <c r="G23" s="95">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="H23" s="95">
-        <v>34597</v>
+        <v>34484</v>
       </c>
       <c r="I23" s="95">
-        <v>876</v>
+        <v>825</v>
       </c>
       <c r="J23" s="97">
-        <v>-0.08</v>
+        <v>-0.12</v>
       </c>
       <c r="K23" s="97">
-        <v>-5.52</v>
+        <v>-7.72</v>
       </c>
       <c r="L23" s="97">
-        <v>-1.12</v>
+        <v>-1.15</v>
       </c>
       <c r="M23" s="99">
-        <v>2.44</v>
+        <v>-6.25</v>
       </c>
     </row>
     <row r="24" spans="1:13" ht="11.1" customHeight="1">
       <c r="A24" s="92" t="s">
         <v>102</v>
       </c>
       <c r="B24" s="58"/>
       <c r="C24" s="58"/>
       <c r="D24" s="58"/>
       <c r="E24" s="58"/>
       <c r="F24" s="58"/>
       <c r="G24" s="58"/>
       <c r="H24" s="58"/>
       <c r="I24" s="58"/>
       <c r="J24" s="58"/>
       <c r="K24" s="58"/>
       <c r="L24" s="58"/>
       <c r="M24" s="53"/>
     </row>
     <row r="25" spans="1:13" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>103</v>
       </c>
       <c r="B25" s="95">
-        <v>20984</v>
+        <v>20966</v>
       </c>
       <c r="C25" s="95">
-        <v>3369</v>
+        <v>3226</v>
       </c>
       <c r="D25" s="95">
-        <v>75110</v>
+        <v>74836</v>
       </c>
       <c r="E25" s="95">
-        <v>943</v>
+        <v>67</v>
       </c>
       <c r="F25" s="95">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="G25" s="95">
-        <v>705</v>
+        <v>1607</v>
       </c>
       <c r="H25" s="95">
-        <v>96405</v>
+        <v>96112</v>
       </c>
       <c r="I25" s="95">
-        <v>5016</v>
+        <v>4900</v>
       </c>
       <c r="J25" s="97">
-        <v>-0.11</v>
+        <v>-0.1</v>
       </c>
       <c r="K25" s="97">
-        <v>-12.53</v>
+        <v>-4.06</v>
       </c>
       <c r="L25" s="97">
-        <v>-0.21</v>
+        <v>-0.33</v>
       </c>
       <c r="M25" s="99">
-        <v>-4.42</v>
+        <v>-5.12</v>
       </c>
     </row>
     <row r="26" spans="1:13" ht="11.1" customHeight="1">
       <c r="A26" s="92" t="s">
         <v>104</v>
       </c>
       <c r="B26" s="58"/>
       <c r="C26" s="58"/>
       <c r="D26" s="58"/>
       <c r="E26" s="58"/>
       <c r="F26" s="58"/>
       <c r="G26" s="58"/>
       <c r="H26" s="58"/>
       <c r="I26" s="58"/>
       <c r="J26" s="58"/>
       <c r="K26" s="58"/>
       <c r="L26" s="58"/>
       <c r="M26" s="53"/>
     </row>
     <row r="27" spans="1:13" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>105</v>
       </c>
       <c r="B27" s="95">
-        <v>21813</v>
+        <v>21809</v>
       </c>
       <c r="C27" s="95">
-        <v>1711</v>
+        <v>1808</v>
       </c>
       <c r="D27" s="95">
-        <v>66025</v>
+        <v>65759</v>
       </c>
       <c r="E27" s="95">
-        <v>910</v>
+        <v>945</v>
       </c>
       <c r="F27" s="95">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="G27" s="95">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H27" s="95">
-        <v>88055</v>
+        <v>87784</v>
       </c>
       <c r="I27" s="95">
-        <v>2644</v>
+        <v>2774</v>
       </c>
       <c r="J27" s="97">
-        <v>-0.1</v>
+        <v>-0.11</v>
       </c>
       <c r="K27" s="97">
-        <v>-13.69</v>
+        <v>-13</v>
       </c>
       <c r="L27" s="97">
-        <v>-1.06</v>
+        <v>-1.18</v>
       </c>
       <c r="M27" s="99">
-        <v>-9.18</v>
+        <v>-1.04</v>
       </c>
     </row>
     <row r="28" spans="1:13" ht="11.1" customHeight="1">
       <c r="A28" s="92" t="s">
         <v>106</v>
       </c>
       <c r="B28" s="58"/>
       <c r="C28" s="58"/>
       <c r="D28" s="58"/>
       <c r="E28" s="58"/>
       <c r="F28" s="58"/>
       <c r="G28" s="58"/>
       <c r="H28" s="58"/>
       <c r="I28" s="58"/>
       <c r="J28" s="58"/>
       <c r="K28" s="58"/>
       <c r="L28" s="58"/>
       <c r="M28" s="53"/>
     </row>
     <row r="29" spans="1:13" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>107</v>
       </c>
       <c r="B29" s="95">
-        <v>11696</v>
+        <v>11697</v>
       </c>
       <c r="C29" s="95">
-        <v>970</v>
+        <v>1016</v>
       </c>
       <c r="D29" s="95">
-        <v>36035</v>
+        <v>35903</v>
       </c>
       <c r="E29" s="95">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F29" s="95">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G29" s="95">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="H29" s="95">
-        <v>47871</v>
+        <v>47741</v>
       </c>
       <c r="I29" s="95">
-        <v>1562</v>
+        <v>1624</v>
       </c>
       <c r="J29" s="97">
-        <v>-0.1</v>
+        <v>-0.08</v>
       </c>
       <c r="K29" s="97">
-        <v>-12.91</v>
+        <v>-7.83</v>
       </c>
       <c r="L29" s="97">
-        <v>-1.19</v>
+        <v>-1.22</v>
       </c>
       <c r="M29" s="99">
-        <v>1.59</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="30" spans="1:13" ht="11.1" customHeight="1">
       <c r="A30" s="92" t="s">
         <v>108</v>
       </c>
       <c r="B30" s="58"/>
       <c r="C30" s="58"/>
       <c r="D30" s="58"/>
       <c r="E30" s="58"/>
       <c r="F30" s="58"/>
       <c r="G30" s="58"/>
       <c r="H30" s="58"/>
       <c r="I30" s="58"/>
       <c r="J30" s="58"/>
       <c r="K30" s="58"/>
       <c r="L30" s="58"/>
       <c r="M30" s="53"/>
     </row>
     <row r="31" spans="1:13" ht="12.6" customHeight="1">
       <c r="A31" s="27" t="s">
         <v>109</v>
       </c>
       <c r="B31" s="95">
-        <v>10252</v>
+        <v>10221</v>
       </c>
       <c r="C31" s="95">
-        <v>1267</v>
+        <v>1322</v>
       </c>
       <c r="D31" s="95">
-        <v>32492</v>
+        <v>32389</v>
       </c>
       <c r="E31" s="95">
-        <v>663</v>
+        <v>696</v>
       </c>
       <c r="F31" s="95">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="G31" s="95">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="H31" s="95">
-        <v>42810</v>
+        <v>42682</v>
       </c>
       <c r="I31" s="95">
-        <v>1943</v>
+        <v>2037</v>
       </c>
       <c r="J31" s="97">
-        <v>-0.05</v>
+        <v>-0.12</v>
       </c>
       <c r="K31" s="97">
-        <v>-10.92</v>
+        <v>-8.42</v>
       </c>
       <c r="L31" s="97">
-        <v>-0.6</v>
+        <v>-0.77</v>
       </c>
       <c r="M31" s="99">
-        <v>-1.81</v>
+        <v>-1.19</v>
       </c>
     </row>
     <row r="32" spans="1:13" ht="11.1" customHeight="1">
       <c r="A32" s="92" t="s">
         <v>110</v>
       </c>
       <c r="B32" s="58"/>
       <c r="C32" s="58"/>
       <c r="D32" s="58"/>
       <c r="E32" s="58"/>
       <c r="F32" s="58"/>
       <c r="G32" s="58"/>
       <c r="H32" s="58"/>
       <c r="I32" s="58"/>
       <c r="J32" s="58"/>
       <c r="K32" s="58"/>
       <c r="L32" s="58"/>
       <c r="M32" s="53"/>
     </row>
     <row r="33" spans="1:13" ht="12.6" customHeight="1">
       <c r="A33" s="27" t="s">
         <v>111</v>
       </c>
       <c r="B33" s="95">
-        <v>29357</v>
+        <v>29337</v>
       </c>
       <c r="C33" s="95">
-        <v>3319</v>
+        <v>3383</v>
       </c>
       <c r="D33" s="95">
-        <v>67724</v>
+        <v>67539</v>
       </c>
       <c r="E33" s="95">
-        <v>911</v>
+        <v>883</v>
       </c>
       <c r="F33" s="95">
         <v>333</v>
       </c>
       <c r="G33" s="95">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H33" s="95">
-        <v>97414</v>
+        <v>97209</v>
       </c>
       <c r="I33" s="95">
-        <v>4320</v>
+        <v>4370</v>
       </c>
       <c r="J33" s="97">
-        <v>-0.07</v>
+        <v>-0.09</v>
       </c>
       <c r="K33" s="97">
-        <v>-10.48</v>
+        <v>-10.83</v>
       </c>
       <c r="L33" s="97">
-        <v>-0.89</v>
+        <v>-0.98</v>
       </c>
       <c r="M33" s="99">
-        <v>1.61</v>
+        <v>1.22</v>
       </c>
     </row>
     <row r="34" spans="1:13" ht="11.1" customHeight="1">
       <c r="A34" s="92" t="s">
         <v>112</v>
       </c>
       <c r="B34" s="58"/>
       <c r="C34" s="58"/>
       <c r="D34" s="58"/>
       <c r="E34" s="58"/>
       <c r="F34" s="58"/>
       <c r="G34" s="58"/>
       <c r="H34" s="58"/>
       <c r="I34" s="58"/>
       <c r="J34" s="58"/>
       <c r="K34" s="58"/>
       <c r="L34" s="58"/>
       <c r="M34" s="53"/>
     </row>
     <row r="35" spans="1:13" ht="12.6" customHeight="1">
       <c r="A35" s="27" t="s">
         <v>113</v>
       </c>
       <c r="B35" s="95">
-        <v>6603</v>
+        <v>6591</v>
       </c>
       <c r="C35" s="95">
-        <v>2384</v>
+        <v>2078</v>
       </c>
       <c r="D35" s="95">
-        <v>21329</v>
+        <v>21288</v>
       </c>
       <c r="E35" s="95">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="F35" s="95">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="G35" s="95">
-        <v>592</v>
+        <v>858</v>
       </c>
       <c r="H35" s="95">
-        <v>28160</v>
+        <v>28102</v>
       </c>
       <c r="I35" s="95">
-        <v>3134</v>
+        <v>3103</v>
       </c>
       <c r="J35" s="97">
-        <v>-0.08</v>
+        <v>-0.06</v>
       </c>
       <c r="K35" s="97">
-        <v>-15.51</v>
+        <v>-38.37</v>
       </c>
       <c r="L35" s="97">
         <v>-0.87</v>
       </c>
       <c r="M35" s="99">
-        <v>4.59</v>
+        <v>-7.24</v>
       </c>
     </row>
     <row r="36" spans="1:13" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="107" t="s">
         <v>114</v>
       </c>
       <c r="B36" s="55"/>
       <c r="C36" s="55"/>
       <c r="D36" s="55"/>
       <c r="E36" s="55"/>
       <c r="F36" s="55"/>
       <c r="G36" s="55"/>
       <c r="H36" s="55"/>
       <c r="I36" s="55"/>
       <c r="J36" s="55"/>
       <c r="K36" s="55"/>
       <c r="L36" s="55"/>
       <c r="M36" s="57"/>
     </row>
     <row r="37" spans="1:13" ht="13.5" customHeight="1">
       <c r="A37" s="17" t="s">
         <v>38</v>
       </c>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
@@ -5265,57 +5274,57 @@
       <c r="M2" s="59"/>
     </row>
     <row r="3" spans="1:13" ht="18.6" customHeight="1">
       <c r="A3" s="39" t="s">
         <v>48</v>
       </c>
       <c r="B3" s="40"/>
       <c r="C3" s="40"/>
       <c r="D3" s="40"/>
       <c r="E3" s="40"/>
       <c r="F3" s="40"/>
       <c r="G3" s="40"/>
       <c r="H3" s="40"/>
       <c r="I3" s="40"/>
       <c r="J3" s="40"/>
       <c r="K3" s="40"/>
       <c r="L3" s="40"/>
       <c r="M3" s="40"/>
     </row>
     <row r="4" spans="1:13" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="6"/>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="60" t="str">
         <f>'2-6'!D4:F4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="60"/>
       <c r="F4" s="60"/>
       <c r="G4" s="61" t="str">
         <f>'2-6'!G4:I4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="61"/>
       <c r="I4" s="61"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="15" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="36" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="37"/>
       <c r="F5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="37"/>
       <c r="H5" s="36" t="s">
@@ -5423,490 +5432,490 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>22</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="K8" s="14" t="s">
         <v>22</v>
       </c>
       <c r="L8" s="15" t="s">
         <v>15</v>
       </c>
       <c r="M8" s="14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="12.6" customHeight="1">
       <c r="A9" s="80" t="s">
         <v>115</v>
       </c>
       <c r="B9" s="83">
-        <v>38030</v>
+        <v>38041</v>
       </c>
       <c r="C9" s="83">
-        <v>3244</v>
+        <v>4224</v>
       </c>
       <c r="D9" s="83">
-        <v>117578</v>
+        <v>117397</v>
       </c>
       <c r="E9" s="83">
-        <v>637</v>
+        <v>692</v>
       </c>
       <c r="F9" s="83">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="G9" s="83">
-        <v>532</v>
+        <v>441</v>
       </c>
       <c r="H9" s="83">
-        <v>156207</v>
+        <v>156034</v>
       </c>
       <c r="I9" s="83">
-        <v>4413</v>
+        <v>5357</v>
       </c>
       <c r="J9" s="86">
-        <v>-0.03</v>
+        <v>-0.04</v>
       </c>
       <c r="K9" s="86">
-        <v>-3.84</v>
+        <v>33.27</v>
       </c>
       <c r="L9" s="86">
-        <v>-0.32</v>
+        <v>-0.35</v>
       </c>
       <c r="M9" s="89">
-        <v>2.79</v>
+        <v>43.02</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="11.1" customHeight="1">
       <c r="A10" s="92" t="s">
         <v>116</v>
       </c>
       <c r="B10" s="47"/>
       <c r="C10" s="47"/>
       <c r="D10" s="47"/>
       <c r="E10" s="47"/>
       <c r="F10" s="47"/>
       <c r="G10" s="47"/>
       <c r="H10" s="47"/>
       <c r="I10" s="47"/>
       <c r="J10" s="47"/>
       <c r="K10" s="47"/>
       <c r="L10" s="47"/>
       <c r="M10" s="53"/>
     </row>
     <row r="11" spans="1:13" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>117</v>
       </c>
       <c r="B11" s="95">
-        <v>46752</v>
+        <v>46693</v>
       </c>
       <c r="C11" s="95">
-        <v>8403</v>
+        <v>6609</v>
       </c>
       <c r="D11" s="95">
-        <v>110267</v>
+        <v>109978</v>
       </c>
       <c r="E11" s="95">
-        <v>1425</v>
+        <v>1375</v>
       </c>
       <c r="F11" s="95">
-        <v>1072</v>
+        <v>1066</v>
       </c>
       <c r="G11" s="95">
-        <v>1060</v>
+        <v>1140</v>
       </c>
       <c r="H11" s="95">
-        <v>158091</v>
+        <v>157737</v>
       </c>
       <c r="I11" s="95">
-        <v>10888</v>
+        <v>9123</v>
       </c>
       <c r="J11" s="97">
         <v>-0.08</v>
       </c>
       <c r="K11" s="97">
-        <v>16.99</v>
+        <v>-22.77</v>
       </c>
       <c r="L11" s="97">
-        <v>-0.77</v>
+        <v>-0.82</v>
       </c>
       <c r="M11" s="99">
-        <v>4.71</v>
+        <v>-0.42</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="11.1" customHeight="1">
       <c r="A12" s="92" t="s">
         <v>118</v>
       </c>
       <c r="B12" s="58"/>
       <c r="C12" s="58"/>
       <c r="D12" s="58"/>
       <c r="E12" s="58"/>
       <c r="F12" s="58"/>
       <c r="G12" s="58"/>
       <c r="H12" s="58"/>
       <c r="I12" s="58"/>
       <c r="J12" s="58"/>
       <c r="K12" s="58"/>
       <c r="L12" s="58"/>
       <c r="M12" s="53"/>
     </row>
     <row r="13" spans="1:13" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>119</v>
       </c>
       <c r="B13" s="95">
-        <v>53946</v>
+        <v>53919</v>
       </c>
       <c r="C13" s="95">
-        <v>7901</v>
+        <v>8737</v>
       </c>
       <c r="D13" s="95">
-        <v>81008</v>
+        <v>80808</v>
       </c>
       <c r="E13" s="95">
-        <v>1265</v>
+        <v>1297</v>
       </c>
       <c r="F13" s="95">
-        <v>1089</v>
+        <v>1072</v>
       </c>
       <c r="G13" s="95">
-        <v>1422</v>
+        <v>1626</v>
       </c>
       <c r="H13" s="95">
-        <v>136043</v>
+        <v>135799</v>
       </c>
       <c r="I13" s="95">
-        <v>10589</v>
+        <v>11659</v>
       </c>
       <c r="J13" s="97">
-        <v>-0.03</v>
+        <v>-0.08</v>
       </c>
       <c r="K13" s="97">
-        <v>-8.06</v>
+        <v>-0.09</v>
       </c>
       <c r="L13" s="97">
-        <v>-0.59</v>
+        <v>-0.63</v>
       </c>
       <c r="M13" s="99">
-        <v>-7.48</v>
+        <v>6.52</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="11.1" customHeight="1">
       <c r="A14" s="92" t="s">
         <v>120</v>
       </c>
       <c r="B14" s="58"/>
       <c r="C14" s="58"/>
       <c r="D14" s="58"/>
       <c r="E14" s="58"/>
       <c r="F14" s="58"/>
       <c r="G14" s="58"/>
       <c r="H14" s="58"/>
       <c r="I14" s="58"/>
       <c r="J14" s="58"/>
       <c r="K14" s="58"/>
       <c r="L14" s="58"/>
       <c r="M14" s="53"/>
     </row>
     <row r="15" spans="1:13" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>121</v>
       </c>
       <c r="B15" s="95">
-        <v>9911</v>
+        <v>9884</v>
       </c>
       <c r="C15" s="95">
-        <v>503</v>
+        <v>523</v>
       </c>
       <c r="D15" s="95">
-        <v>22893</v>
+        <v>22827</v>
       </c>
       <c r="E15" s="95">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F15" s="95">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G15" s="95">
-        <v>2823</v>
+        <v>2626</v>
       </c>
       <c r="H15" s="95">
-        <v>33052</v>
+        <v>32957</v>
       </c>
       <c r="I15" s="95">
-        <v>3462</v>
+        <v>3287</v>
       </c>
       <c r="J15" s="97">
         <v>-0.12</v>
       </c>
       <c r="K15" s="97">
-        <v>-16.28</v>
+        <v>-10.4</v>
       </c>
       <c r="L15" s="97">
-        <v>-1.25</v>
+        <v>-1.29</v>
       </c>
       <c r="M15" s="99">
-        <v>18.09</v>
+        <v>16.17</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="11.1" customHeight="1">
       <c r="A16" s="92" t="s">
         <v>122</v>
       </c>
       <c r="B16" s="58"/>
       <c r="C16" s="58"/>
       <c r="D16" s="58"/>
       <c r="E16" s="58"/>
       <c r="F16" s="58"/>
       <c r="G16" s="58"/>
       <c r="H16" s="58"/>
       <c r="I16" s="58"/>
       <c r="J16" s="58"/>
       <c r="K16" s="58"/>
       <c r="L16" s="58"/>
       <c r="M16" s="53"/>
     </row>
     <row r="17" spans="1:13" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>123</v>
       </c>
       <c r="B17" s="95">
-        <v>20797</v>
+        <v>20686</v>
       </c>
       <c r="C17" s="95">
-        <v>396</v>
+        <v>386</v>
       </c>
       <c r="D17" s="95">
-        <v>45839</v>
+        <v>45527</v>
       </c>
       <c r="E17" s="95">
-        <v>384</v>
+        <v>367</v>
       </c>
       <c r="F17" s="95">
         <v>5</v>
       </c>
       <c r="G17" s="95">
         <v>0</v>
       </c>
       <c r="H17" s="95">
-        <v>66641</v>
+        <v>66218</v>
       </c>
       <c r="I17" s="95">
-        <v>781</v>
+        <v>753</v>
       </c>
       <c r="J17" s="97">
-        <v>-0.09</v>
+        <v>-0.18</v>
       </c>
       <c r="K17" s="97">
-        <v>9.62</v>
+        <v>-1.03</v>
       </c>
       <c r="L17" s="97">
-        <v>-5.35</v>
+        <v>-3.37</v>
       </c>
       <c r="M17" s="99">
-        <v>1.81</v>
+        <v>-8</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="11.1" customHeight="1">
       <c r="A18" s="92" t="s">
         <v>124</v>
       </c>
       <c r="B18" s="58"/>
       <c r="C18" s="58"/>
       <c r="D18" s="58"/>
       <c r="E18" s="58"/>
       <c r="F18" s="58"/>
       <c r="G18" s="58"/>
       <c r="H18" s="58"/>
       <c r="I18" s="58"/>
       <c r="J18" s="58"/>
       <c r="K18" s="58"/>
       <c r="L18" s="58"/>
       <c r="M18" s="53"/>
     </row>
     <row r="19" spans="1:13" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>125</v>
       </c>
       <c r="B19" s="95">
-        <v>24564</v>
+        <v>24620</v>
       </c>
       <c r="C19" s="95">
-        <v>4709</v>
+        <v>6216</v>
       </c>
       <c r="D19" s="95">
-        <v>79523</v>
+        <v>79295</v>
       </c>
       <c r="E19" s="95">
-        <v>461</v>
+        <v>427</v>
       </c>
       <c r="F19" s="95">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="G19" s="95">
-        <v>828</v>
+        <v>625</v>
       </c>
       <c r="H19" s="95">
-        <v>104304</v>
+        <v>104131</v>
       </c>
       <c r="I19" s="95">
-        <v>5998</v>
+        <v>7268</v>
       </c>
       <c r="J19" s="97">
         <v>-0.05</v>
       </c>
       <c r="K19" s="97">
-        <v>-73.51</v>
+        <v>-23.65</v>
       </c>
       <c r="L19" s="97">
-        <v>-0.22</v>
+        <v>-0.38</v>
       </c>
       <c r="M19" s="99">
-        <v>37.3</v>
+        <v>84.92</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="11.1" customHeight="1">
       <c r="A20" s="92" t="s">
         <v>126</v>
       </c>
       <c r="B20" s="58"/>
       <c r="C20" s="58"/>
       <c r="D20" s="58"/>
       <c r="E20" s="58"/>
       <c r="F20" s="58"/>
       <c r="G20" s="58"/>
       <c r="H20" s="58"/>
       <c r="I20" s="58"/>
       <c r="J20" s="58"/>
       <c r="K20" s="58"/>
       <c r="L20" s="58"/>
       <c r="M20" s="53"/>
     </row>
     <row r="21" spans="1:13" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
         <v>127</v>
       </c>
       <c r="B21" s="95">
-        <v>9318</v>
+        <v>9307</v>
       </c>
       <c r="C21" s="95">
-        <v>568</v>
+        <v>530</v>
       </c>
       <c r="D21" s="95">
-        <v>30420</v>
+        <v>30358</v>
       </c>
       <c r="E21" s="95">
-        <v>219</v>
+        <v>258</v>
       </c>
       <c r="F21" s="95">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="G21" s="95">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="H21" s="95">
-        <v>39845</v>
+        <v>39769</v>
       </c>
       <c r="I21" s="95">
-        <v>803</v>
+        <v>794</v>
       </c>
       <c r="J21" s="97">
-        <v>-0.09</v>
+        <v>-0.04</v>
       </c>
       <c r="K21" s="97">
-        <v>-26.32</v>
+        <v>-9.12</v>
       </c>
       <c r="L21" s="97">
-        <v>-0.85</v>
+        <v>-0.84</v>
       </c>
       <c r="M21" s="99">
-        <v>4.7</v>
+        <v>-3.63</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="11.1" customHeight="1">
       <c r="A22" s="92" t="s">
         <v>128</v>
       </c>
       <c r="B22" s="58"/>
       <c r="C22" s="58"/>
       <c r="D22" s="58"/>
       <c r="E22" s="58"/>
       <c r="F22" s="58"/>
       <c r="G22" s="58"/>
       <c r="H22" s="58"/>
       <c r="I22" s="58"/>
       <c r="J22" s="58"/>
       <c r="K22" s="58"/>
       <c r="L22" s="58"/>
       <c r="M22" s="53"/>
     </row>
     <row r="23" spans="1:13" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>129</v>
       </c>
       <c r="B23" s="95">
-        <v>29154</v>
+        <v>29140</v>
       </c>
       <c r="C23" s="95">
-        <v>3823</v>
+        <v>4407</v>
       </c>
       <c r="D23" s="95">
-        <v>117319</v>
+        <v>117119</v>
       </c>
       <c r="E23" s="95">
-        <v>1462</v>
+        <v>1391</v>
       </c>
       <c r="F23" s="95">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="G23" s="95">
-        <v>2935</v>
+        <v>2781</v>
       </c>
       <c r="H23" s="95">
-        <v>147115</v>
+        <v>146898</v>
       </c>
       <c r="I23" s="95">
-        <v>8219</v>
+        <v>8579</v>
       </c>
       <c r="J23" s="97">
-        <v>-0.04</v>
+        <v>-0.06</v>
       </c>
       <c r="K23" s="97">
-        <v>-3.88</v>
+        <v>-6.61</v>
       </c>
       <c r="L23" s="97">
-        <v>-0.46</v>
+        <v>-0.51</v>
       </c>
       <c r="M23" s="99">
-        <v>1.51</v>
+        <v>-12.6</v>
       </c>
     </row>
     <row r="24" spans="1:13" ht="11.1" customHeight="1">
       <c r="A24" s="92" t="s">
         <v>130</v>
       </c>
       <c r="B24" s="58"/>
       <c r="C24" s="58"/>
       <c r="D24" s="58"/>
       <c r="E24" s="58"/>
       <c r="F24" s="58"/>
       <c r="G24" s="58"/>
       <c r="H24" s="58"/>
       <c r="I24" s="58"/>
       <c r="J24" s="58"/>
       <c r="K24" s="58"/>
       <c r="L24" s="58"/>
       <c r="M24" s="53"/>
     </row>
     <row r="25" spans="1:13" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
         <v>131</v>
       </c>
       <c r="B25" s="101">
         <v>0</v>
@@ -6446,57 +6455,57 @@
       <c r="M2" s="59"/>
     </row>
     <row r="3" spans="1:13" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>42</v>
       </c>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
     </row>
     <row r="4" spans="1:13" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="6"/>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="60" t="str">
         <f>'2-6'!D4:F4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="60"/>
       <c r="F4" s="60"/>
       <c r="G4" s="61" t="str">
         <f>'2-6'!G4:I4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="61"/>
       <c r="I4" s="61"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="15" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="36" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="37"/>
       <c r="F5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="37"/>
       <c r="H5" s="36" t="s">
@@ -6604,370 +6613,370 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>22</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="K8" s="14" t="s">
         <v>22</v>
       </c>
       <c r="L8" s="15" t="s">
         <v>15</v>
       </c>
       <c r="M8" s="14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="12.6" customHeight="1">
       <c r="A9" s="81" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="84">
-        <v>1260</v>
+        <v>1249</v>
       </c>
       <c r="C9" s="84">
-        <v>14044</v>
+        <v>11606</v>
       </c>
       <c r="D9" s="84">
         <v>61</v>
       </c>
       <c r="E9" s="84">
-        <v>64</v>
+        <v>441</v>
       </c>
       <c r="F9" s="84">
         <v>21</v>
       </c>
       <c r="G9" s="84">
-        <v>241</v>
+        <v>401</v>
       </c>
       <c r="H9" s="84">
-        <v>1342</v>
+        <v>1331</v>
       </c>
       <c r="I9" s="84">
-        <v>14349</v>
+        <v>12448</v>
       </c>
       <c r="J9" s="112">
-        <v>-0.07</v>
+        <v>-0.3</v>
       </c>
       <c r="K9" s="112">
-        <v>80.29</v>
+        <v>46.6</v>
       </c>
       <c r="L9" s="112">
-        <v>-3.59</v>
+        <v>-2.7</v>
       </c>
       <c r="M9" s="115">
-        <v>17.84</v>
+        <v>-22.94</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="11.1" customHeight="1">
       <c r="A10" s="93" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="47"/>
       <c r="C10" s="47"/>
       <c r="D10" s="47"/>
       <c r="E10" s="47"/>
       <c r="F10" s="47"/>
       <c r="G10" s="47"/>
       <c r="H10" s="47"/>
       <c r="I10" s="47"/>
       <c r="J10" s="47"/>
       <c r="K10" s="47"/>
       <c r="L10" s="47"/>
       <c r="M10" s="53"/>
     </row>
     <row r="11" spans="1:13" ht="12.6" customHeight="1">
       <c r="A11" s="27" t="s">
         <v>137</v>
       </c>
       <c r="B11" s="95">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="C11" s="95">
-        <v>3676</v>
+        <v>3446</v>
       </c>
       <c r="D11" s="95">
         <v>16</v>
       </c>
       <c r="E11" s="95">
         <v>0</v>
       </c>
       <c r="F11" s="95">
         <v>4</v>
       </c>
       <c r="G11" s="95">
         <v>3</v>
       </c>
       <c r="H11" s="95">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="I11" s="95">
-        <v>3679</v>
+        <v>3449</v>
       </c>
       <c r="J11" s="117">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>43.68</v>
+        <v>-0.15</v>
+      </c>
+      <c r="K11" s="117">
+        <v>29.37</v>
+      </c>
+      <c r="L11" s="117">
+        <v>-1.47</v>
+      </c>
+      <c r="M11" s="119">
+        <v>-7.27</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="11.1" customHeight="1">
       <c r="A12" s="92" t="s">
         <v>138</v>
       </c>
       <c r="B12" s="58"/>
       <c r="C12" s="58"/>
       <c r="D12" s="58"/>
       <c r="E12" s="58"/>
       <c r="F12" s="58"/>
       <c r="G12" s="58"/>
       <c r="H12" s="58"/>
       <c r="I12" s="58"/>
       <c r="J12" s="58"/>
       <c r="K12" s="58"/>
       <c r="L12" s="58"/>
       <c r="M12" s="53"/>
     </row>
     <row r="13" spans="1:13" ht="12.6" customHeight="1">
       <c r="A13" s="27" t="s">
         <v>139</v>
       </c>
       <c r="B13" s="95">
         <v>90</v>
       </c>
       <c r="C13" s="95">
-        <v>2908</v>
+        <v>2643</v>
       </c>
       <c r="D13" s="101">
         <v>0</v>
       </c>
       <c r="E13" s="101">
         <v>0</v>
       </c>
       <c r="F13" s="95">
         <v>2</v>
       </c>
       <c r="G13" s="95">
-        <v>49</v>
+        <v>209</v>
       </c>
       <c r="H13" s="95">
         <v>92</v>
       </c>
       <c r="I13" s="95">
-        <v>2957</v>
-[...11 lines deleted...]
-        <v>38.42</v>
+        <v>2851</v>
+      </c>
+      <c r="J13" s="121">
+        <v>0</v>
+      </c>
+      <c r="K13" s="117">
+        <v>-5.92</v>
+      </c>
+      <c r="L13" s="117">
+        <v>3.37</v>
+      </c>
+      <c r="M13" s="119">
+        <v>23.45</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="11.1" customHeight="1">
       <c r="A14" s="92" t="s">
         <v>140</v>
       </c>
       <c r="B14" s="58"/>
       <c r="C14" s="58"/>
       <c r="D14" s="58"/>
       <c r="E14" s="58"/>
       <c r="F14" s="58"/>
       <c r="G14" s="58"/>
       <c r="H14" s="58"/>
       <c r="I14" s="58"/>
       <c r="J14" s="58"/>
       <c r="K14" s="58"/>
       <c r="L14" s="58"/>
       <c r="M14" s="53"/>
     </row>
     <row r="15" spans="1:13" ht="12.6" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>141</v>
       </c>
       <c r="B15" s="95">
         <v>51</v>
       </c>
       <c r="C15" s="95">
-        <v>341</v>
+        <v>380</v>
       </c>
       <c r="D15" s="95">
         <v>11</v>
       </c>
       <c r="E15" s="95">
         <v>4</v>
       </c>
       <c r="F15" s="95">
         <v>10</v>
       </c>
       <c r="G15" s="95">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="H15" s="95">
         <v>72</v>
       </c>
       <c r="I15" s="95">
-        <v>529</v>
-[...11 lines deleted...]
-        <v>-59.88</v>
+        <v>566</v>
+      </c>
+      <c r="J15" s="121">
+        <v>0</v>
+      </c>
+      <c r="K15" s="117">
+        <v>103.81</v>
+      </c>
+      <c r="L15" s="117">
+        <v>-4</v>
+      </c>
+      <c r="M15" s="119">
+        <v>-62.55</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="11.1" customHeight="1">
       <c r="A16" s="92" t="s">
         <v>142</v>
       </c>
       <c r="B16" s="58"/>
       <c r="C16" s="58"/>
       <c r="D16" s="58"/>
       <c r="E16" s="58"/>
       <c r="F16" s="58"/>
       <c r="G16" s="58"/>
       <c r="H16" s="58"/>
       <c r="I16" s="58"/>
       <c r="J16" s="58"/>
       <c r="K16" s="58"/>
       <c r="L16" s="58"/>
       <c r="M16" s="53"/>
     </row>
     <row r="17" spans="1:13" ht="12.6" customHeight="1">
       <c r="A17" s="27" t="s">
         <v>143</v>
       </c>
       <c r="B17" s="95">
         <v>3</v>
       </c>
       <c r="C17" s="95">
-        <v>79</v>
+        <v>99</v>
       </c>
       <c r="D17" s="95">
         <v>5</v>
       </c>
       <c r="E17" s="95">
         <v>2</v>
       </c>
       <c r="F17" s="101">
         <v>0</v>
       </c>
       <c r="G17" s="101">
         <v>0</v>
       </c>
       <c r="H17" s="95">
         <v>8</v>
       </c>
       <c r="I17" s="95">
-        <v>81</v>
-[...11 lines deleted...]
-        <v>-64.54</v>
+        <v>101</v>
+      </c>
+      <c r="J17" s="121">
+        <v>0</v>
+      </c>
+      <c r="K17" s="117">
+        <v>8.62</v>
+      </c>
+      <c r="L17" s="121">
+        <v>0</v>
+      </c>
+      <c r="M17" s="119">
+        <v>-36.07</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="11.1" customHeight="1">
       <c r="A18" s="92" t="s">
         <v>144</v>
       </c>
       <c r="B18" s="58"/>
       <c r="C18" s="58"/>
       <c r="D18" s="58"/>
       <c r="E18" s="58"/>
       <c r="F18" s="58"/>
       <c r="G18" s="58"/>
       <c r="H18" s="58"/>
       <c r="I18" s="58"/>
       <c r="J18" s="58"/>
       <c r="K18" s="58"/>
       <c r="L18" s="58"/>
       <c r="M18" s="53"/>
     </row>
     <row r="19" spans="1:13" ht="12.6" customHeight="1">
       <c r="A19" s="27" t="s">
         <v>145</v>
       </c>
       <c r="B19" s="95">
         <v>4</v>
       </c>
       <c r="C19" s="95">
         <v>1</v>
       </c>
       <c r="D19" s="95">
         <v>1</v>
       </c>
       <c r="E19" s="95">
         <v>0</v>
       </c>
       <c r="F19" s="101">
         <v>0</v>
       </c>
       <c r="G19" s="101">
         <v>0</v>
       </c>
       <c r="H19" s="95">
         <v>5</v>
       </c>
       <c r="I19" s="95">
         <v>1</v>
       </c>
-      <c r="J19" s="117">
-[...5 lines deleted...]
-      <c r="L19" s="117">
+      <c r="J19" s="121">
+        <v>0</v>
+      </c>
+      <c r="K19" s="121">
+        <v>0</v>
+      </c>
+      <c r="L19" s="121">
         <v>0</v>
       </c>
       <c r="M19" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="11.1" customHeight="1">
       <c r="A20" s="92" t="s">
         <v>146</v>
       </c>
       <c r="B20" s="58"/>
       <c r="C20" s="58"/>
       <c r="D20" s="58"/>
       <c r="E20" s="58"/>
       <c r="F20" s="58"/>
       <c r="G20" s="58"/>
       <c r="H20" s="58"/>
       <c r="I20" s="58"/>
       <c r="J20" s="58"/>
       <c r="K20" s="58"/>
       <c r="L20" s="58"/>
       <c r="M20" s="53"/>
     </row>
     <row r="21" spans="1:13" ht="12.6" customHeight="1">
       <c r="A21" s="27" t="s">
@@ -6975,115 +6984,115 @@
       </c>
       <c r="B21" s="101">
         <v>0</v>
       </c>
       <c r="C21" s="101">
         <v>0</v>
       </c>
       <c r="D21" s="101">
         <v>0</v>
       </c>
       <c r="E21" s="101">
         <v>0</v>
       </c>
       <c r="F21" s="101">
         <v>0</v>
       </c>
       <c r="G21" s="101">
         <v>0</v>
       </c>
       <c r="H21" s="101">
         <v>0</v>
       </c>
       <c r="I21" s="101">
         <v>0</v>
       </c>
-      <c r="J21" s="117">
-[...5 lines deleted...]
-      <c r="L21" s="119">
+      <c r="J21" s="121">
+        <v>0</v>
+      </c>
+      <c r="K21" s="121">
+        <v>0</v>
+      </c>
+      <c r="L21" s="117">
         <v>-100</v>
       </c>
-      <c r="M21" s="121">
-        <v>-100</v>
+      <c r="M21" s="123">
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="11.1" customHeight="1">
       <c r="A22" s="92" t="s">
         <v>148</v>
       </c>
       <c r="B22" s="58"/>
       <c r="C22" s="58"/>
       <c r="D22" s="58"/>
       <c r="E22" s="58"/>
       <c r="F22" s="58"/>
       <c r="G22" s="58"/>
       <c r="H22" s="58"/>
       <c r="I22" s="58"/>
       <c r="J22" s="58"/>
       <c r="K22" s="58"/>
       <c r="L22" s="58"/>
       <c r="M22" s="53"/>
     </row>
     <row r="23" spans="1:13" ht="12.6" customHeight="1">
       <c r="A23" s="27" t="s">
         <v>149</v>
       </c>
       <c r="B23" s="101">
         <v>0</v>
       </c>
       <c r="C23" s="101">
         <v>0</v>
       </c>
       <c r="D23" s="101">
         <v>0</v>
       </c>
       <c r="E23" s="101">
         <v>0</v>
       </c>
       <c r="F23" s="101">
         <v>0</v>
       </c>
       <c r="G23" s="101">
         <v>0</v>
       </c>
       <c r="H23" s="101">
         <v>0</v>
       </c>
       <c r="I23" s="101">
         <v>0</v>
       </c>
-      <c r="J23" s="117">
-[...5 lines deleted...]
-      <c r="L23" s="117">
+      <c r="J23" s="121">
+        <v>0</v>
+      </c>
+      <c r="K23" s="121">
+        <v>0</v>
+      </c>
+      <c r="L23" s="121">
         <v>0</v>
       </c>
       <c r="M23" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:13" ht="11.1" customHeight="1">
       <c r="A24" s="92" t="s">
         <v>150</v>
       </c>
       <c r="B24" s="58"/>
       <c r="C24" s="58"/>
       <c r="D24" s="58"/>
       <c r="E24" s="58"/>
       <c r="F24" s="58"/>
       <c r="G24" s="58"/>
       <c r="H24" s="58"/>
       <c r="I24" s="58"/>
       <c r="J24" s="58"/>
       <c r="K24" s="58"/>
       <c r="L24" s="58"/>
       <c r="M24" s="53"/>
     </row>
     <row r="25" spans="1:13" ht="12.6" customHeight="1">
       <c r="A25" s="27" t="s">
@@ -7091,351 +7100,351 @@
       </c>
       <c r="B25" s="101">
         <v>0</v>
       </c>
       <c r="C25" s="101">
         <v>0</v>
       </c>
       <c r="D25" s="101">
         <v>0</v>
       </c>
       <c r="E25" s="101">
         <v>0</v>
       </c>
       <c r="F25" s="101">
         <v>0</v>
       </c>
       <c r="G25" s="101">
         <v>0</v>
       </c>
       <c r="H25" s="101">
         <v>0</v>
       </c>
       <c r="I25" s="101">
         <v>0</v>
       </c>
-      <c r="J25" s="117">
-[...5 lines deleted...]
-      <c r="L25" s="119">
+      <c r="J25" s="121">
+        <v>0</v>
+      </c>
+      <c r="K25" s="121">
+        <v>0</v>
+      </c>
+      <c r="L25" s="117">
         <v>-100</v>
       </c>
-      <c r="M25" s="121">
+      <c r="M25" s="119">
         <v>-100</v>
       </c>
     </row>
     <row r="26" spans="1:13" ht="11.1" customHeight="1">
       <c r="A26" s="92" t="s">
         <v>152</v>
       </c>
       <c r="B26" s="58"/>
       <c r="C26" s="58"/>
       <c r="D26" s="58"/>
       <c r="E26" s="58"/>
       <c r="F26" s="58"/>
       <c r="G26" s="58"/>
       <c r="H26" s="58"/>
       <c r="I26" s="58"/>
       <c r="J26" s="58"/>
       <c r="K26" s="58"/>
       <c r="L26" s="58"/>
       <c r="M26" s="53"/>
     </row>
     <row r="27" spans="1:13" ht="12.6" customHeight="1">
       <c r="A27" s="27" t="s">
         <v>153</v>
       </c>
       <c r="B27" s="95">
         <v>35</v>
       </c>
       <c r="C27" s="95">
-        <v>1505</v>
+        <v>1818</v>
       </c>
       <c r="D27" s="101">
         <v>0</v>
       </c>
       <c r="E27" s="101">
         <v>0</v>
       </c>
       <c r="F27" s="101">
         <v>0</v>
       </c>
       <c r="G27" s="101">
         <v>0</v>
       </c>
       <c r="H27" s="95">
         <v>35</v>
       </c>
       <c r="I27" s="95">
-        <v>1505</v>
-[...1 lines deleted...]
-      <c r="J27" s="119">
+        <v>1818</v>
+      </c>
+      <c r="J27" s="117">
         <v>2.94</v>
       </c>
-      <c r="K27" s="119">
-[...6 lines deleted...]
-        <v>37.59</v>
+      <c r="K27" s="117">
+        <v>50.12</v>
+      </c>
+      <c r="L27" s="121">
+        <v>0</v>
+      </c>
+      <c r="M27" s="119">
+        <v>9.07</v>
       </c>
     </row>
     <row r="28" spans="1:13" ht="11.1" customHeight="1">
       <c r="A28" s="92" t="s">
         <v>154</v>
       </c>
       <c r="B28" s="58"/>
       <c r="C28" s="58"/>
       <c r="D28" s="58"/>
       <c r="E28" s="58"/>
       <c r="F28" s="58"/>
       <c r="G28" s="58"/>
       <c r="H28" s="58"/>
       <c r="I28" s="58"/>
       <c r="J28" s="58"/>
       <c r="K28" s="58"/>
       <c r="L28" s="58"/>
       <c r="M28" s="53"/>
     </row>
     <row r="29" spans="1:13" ht="12.6" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>155</v>
       </c>
       <c r="B29" s="95">
         <v>29</v>
       </c>
       <c r="C29" s="95">
-        <v>8</v>
+        <v>58</v>
       </c>
       <c r="D29" s="95">
         <v>4</v>
       </c>
       <c r="E29" s="95">
-        <v>57</v>
+        <v>434</v>
       </c>
       <c r="F29" s="95">
         <v>2</v>
       </c>
       <c r="G29" s="95">
         <v>0</v>
       </c>
       <c r="H29" s="95">
         <v>35</v>
       </c>
       <c r="I29" s="95">
-        <v>66</v>
-[...11 lines deleted...]
-        <v>-35.11</v>
+        <v>492</v>
+      </c>
+      <c r="J29" s="121">
+        <v>0</v>
+      </c>
+      <c r="K29" s="117">
+        <v>488.27</v>
+      </c>
+      <c r="L29" s="121">
+        <v>0</v>
+      </c>
+      <c r="M29" s="119">
+        <v>30.21</v>
       </c>
     </row>
     <row r="30" spans="1:13" ht="11.1" customHeight="1">
       <c r="A30" s="92" t="s">
         <v>156</v>
       </c>
       <c r="B30" s="58"/>
       <c r="C30" s="58"/>
       <c r="D30" s="58"/>
       <c r="E30" s="58"/>
       <c r="F30" s="58"/>
       <c r="G30" s="58"/>
       <c r="H30" s="58"/>
       <c r="I30" s="58"/>
       <c r="J30" s="58"/>
       <c r="K30" s="58"/>
       <c r="L30" s="58"/>
       <c r="M30" s="53"/>
     </row>
     <row r="31" spans="1:13" ht="12.6" customHeight="1">
       <c r="A31" s="27" t="s">
         <v>157</v>
       </c>
       <c r="B31" s="95">
         <v>24</v>
       </c>
       <c r="C31" s="95">
-        <v>1068</v>
+        <v>767</v>
       </c>
       <c r="D31" s="101">
         <v>0</v>
       </c>
       <c r="E31" s="101">
         <v>0</v>
       </c>
       <c r="F31" s="101">
         <v>0</v>
       </c>
       <c r="G31" s="101">
         <v>0</v>
       </c>
       <c r="H31" s="95">
         <v>24</v>
       </c>
       <c r="I31" s="95">
-        <v>1068</v>
-[...7 lines deleted...]
-      <c r="L31" s="119">
+        <v>767</v>
+      </c>
+      <c r="J31" s="121">
+        <v>0</v>
+      </c>
+      <c r="K31" s="117">
+        <v>8.38</v>
+      </c>
+      <c r="L31" s="117">
         <v>-11.11</v>
       </c>
-      <c r="M31" s="121">
-        <v>32.99</v>
+      <c r="M31" s="119">
+        <v>-13.25</v>
       </c>
     </row>
     <row r="32" spans="1:13" ht="11.1" customHeight="1">
       <c r="A32" s="92" t="s">
         <v>158</v>
       </c>
       <c r="B32" s="58"/>
       <c r="C32" s="58"/>
       <c r="D32" s="58"/>
       <c r="E32" s="58"/>
       <c r="F32" s="58"/>
       <c r="G32" s="58"/>
       <c r="H32" s="58"/>
       <c r="I32" s="58"/>
       <c r="J32" s="58"/>
       <c r="K32" s="58"/>
       <c r="L32" s="58"/>
       <c r="M32" s="53"/>
     </row>
     <row r="33" spans="1:13" ht="12.6" customHeight="1">
       <c r="A33" s="27" t="s">
         <v>159</v>
       </c>
       <c r="B33" s="101">
         <v>0</v>
       </c>
       <c r="C33" s="101">
         <v>0</v>
       </c>
       <c r="D33" s="101">
         <v>0</v>
       </c>
       <c r="E33" s="101">
         <v>0</v>
       </c>
       <c r="F33" s="101">
         <v>0</v>
       </c>
       <c r="G33" s="101">
         <v>0</v>
       </c>
       <c r="H33" s="101">
         <v>0</v>
       </c>
       <c r="I33" s="101">
         <v>0</v>
       </c>
-      <c r="J33" s="117">
-[...5 lines deleted...]
-      <c r="L33" s="117">
+      <c r="J33" s="121">
+        <v>0</v>
+      </c>
+      <c r="K33" s="121">
+        <v>0</v>
+      </c>
+      <c r="L33" s="121">
         <v>0</v>
       </c>
       <c r="M33" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:13" ht="11.1" customHeight="1">
       <c r="A34" s="92" t="s">
         <v>160</v>
       </c>
       <c r="B34" s="58"/>
       <c r="C34" s="58"/>
       <c r="D34" s="58"/>
       <c r="E34" s="58"/>
       <c r="F34" s="58"/>
       <c r="G34" s="58"/>
       <c r="H34" s="58"/>
       <c r="I34" s="58"/>
       <c r="J34" s="58"/>
       <c r="K34" s="58"/>
       <c r="L34" s="58"/>
       <c r="M34" s="53"/>
     </row>
     <row r="35" spans="1:13" ht="12.6" customHeight="1">
       <c r="A35" s="27" t="s">
         <v>161</v>
       </c>
       <c r="B35" s="95">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C35" s="95">
-        <v>32</v>
+        <v>95</v>
       </c>
       <c r="D35" s="95">
         <v>4</v>
       </c>
       <c r="E35" s="95">
         <v>0</v>
       </c>
       <c r="F35" s="95">
         <v>2</v>
       </c>
       <c r="G35" s="95">
         <v>5</v>
       </c>
       <c r="H35" s="95">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I35" s="95">
-        <v>37</v>
-[...11 lines deleted...]
-        <v>-12.81</v>
+        <v>100</v>
+      </c>
+      <c r="J35" s="121">
+        <v>0</v>
+      </c>
+      <c r="K35" s="117">
+        <v>120.46</v>
+      </c>
+      <c r="L35" s="117">
+        <v>-12.12</v>
+      </c>
+      <c r="M35" s="119">
+        <v>17.29</v>
       </c>
     </row>
     <row r="36" spans="1:13" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="107" t="s">
         <v>162</v>
       </c>
       <c r="B36" s="55"/>
       <c r="C36" s="55"/>
       <c r="D36" s="55"/>
       <c r="E36" s="55"/>
       <c r="F36" s="55"/>
       <c r="G36" s="55"/>
       <c r="H36" s="55"/>
       <c r="I36" s="55"/>
       <c r="J36" s="55"/>
       <c r="K36" s="55"/>
       <c r="L36" s="55"/>
       <c r="M36" s="57"/>
     </row>
     <row r="37" spans="1:13" ht="13.5" customHeight="1">
       <c r="A37" s="4"/>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
       <c r="E37" s="4"/>
@@ -7771,57 +7780,57 @@
       <c r="M2" s="59"/>
     </row>
     <row r="3" spans="1:13" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>42</v>
       </c>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
     </row>
     <row r="4" spans="1:13" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="6"/>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="60" t="str">
         <f>'2-6'!D4:F4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="60"/>
       <c r="F4" s="60"/>
       <c r="G4" s="61" t="str">
         <f>'2-6'!G4:I4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="61"/>
       <c r="I4" s="61"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="15" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="36" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="37"/>
       <c r="F5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="37"/>
       <c r="H5" s="36" t="s">
@@ -8010,57 +8019,57 @@
       </c>
       <c r="B11" s="101">
         <v>0</v>
       </c>
       <c r="C11" s="101">
         <v>0</v>
       </c>
       <c r="D11" s="101">
         <v>0</v>
       </c>
       <c r="E11" s="101">
         <v>0</v>
       </c>
       <c r="F11" s="101">
         <v>0</v>
       </c>
       <c r="G11" s="101">
         <v>0</v>
       </c>
       <c r="H11" s="101">
         <v>0</v>
       </c>
       <c r="I11" s="101">
         <v>0</v>
       </c>
-      <c r="J11" s="117">
-[...5 lines deleted...]
-      <c r="L11" s="117">
+      <c r="J11" s="121">
+        <v>0</v>
+      </c>
+      <c r="K11" s="121">
+        <v>0</v>
+      </c>
+      <c r="L11" s="121">
         <v>0</v>
       </c>
       <c r="M11" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="11.1" customHeight="1">
       <c r="A12" s="92" t="s">
         <v>166</v>
       </c>
       <c r="B12" s="58"/>
       <c r="C12" s="58"/>
       <c r="D12" s="58"/>
       <c r="E12" s="58"/>
       <c r="F12" s="58"/>
       <c r="G12" s="58"/>
       <c r="H12" s="58"/>
       <c r="I12" s="58"/>
       <c r="J12" s="58"/>
       <c r="K12" s="58"/>
       <c r="L12" s="58"/>
       <c r="M12" s="53"/>
     </row>
     <row r="13" spans="1:13" ht="12.6" customHeight="1">
       <c r="A13" s="35" t="s">
@@ -8068,57 +8077,57 @@
       </c>
       <c r="B13" s="95">
         <v>2</v>
       </c>
       <c r="C13" s="95">
         <v>0</v>
       </c>
       <c r="D13" s="101">
         <v>0</v>
       </c>
       <c r="E13" s="101">
         <v>0</v>
       </c>
       <c r="F13" s="101">
         <v>0</v>
       </c>
       <c r="G13" s="101">
         <v>0</v>
       </c>
       <c r="H13" s="95">
         <v>2</v>
       </c>
       <c r="I13" s="95">
         <v>0</v>
       </c>
-      <c r="J13" s="117">
-[...5 lines deleted...]
-      <c r="L13" s="117">
+      <c r="J13" s="121">
+        <v>0</v>
+      </c>
+      <c r="K13" s="121">
+        <v>0</v>
+      </c>
+      <c r="L13" s="121">
         <v>0</v>
       </c>
       <c r="M13" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="11.1" customHeight="1">
       <c r="A14" s="92" t="s">
         <v>168</v>
       </c>
       <c r="B14" s="58"/>
       <c r="C14" s="58"/>
       <c r="D14" s="58"/>
       <c r="E14" s="58"/>
       <c r="F14" s="58"/>
       <c r="G14" s="58"/>
       <c r="H14" s="58"/>
       <c r="I14" s="58"/>
       <c r="J14" s="58"/>
       <c r="K14" s="58"/>
       <c r="L14" s="58"/>
       <c r="M14" s="53"/>
     </row>
     <row r="15" spans="1:13" ht="12.6" customHeight="1">
       <c r="A15" s="35" t="s">
@@ -8126,57 +8135,57 @@
       </c>
       <c r="B15" s="101">
         <v>0</v>
       </c>
       <c r="C15" s="101">
         <v>0</v>
       </c>
       <c r="D15" s="101">
         <v>0</v>
       </c>
       <c r="E15" s="101">
         <v>0</v>
       </c>
       <c r="F15" s="101">
         <v>0</v>
       </c>
       <c r="G15" s="101">
         <v>0</v>
       </c>
       <c r="H15" s="101">
         <v>0</v>
       </c>
       <c r="I15" s="101">
         <v>0</v>
       </c>
-      <c r="J15" s="117">
-[...5 lines deleted...]
-      <c r="L15" s="117">
+      <c r="J15" s="121">
+        <v>0</v>
+      </c>
+      <c r="K15" s="121">
+        <v>0</v>
+      </c>
+      <c r="L15" s="121">
         <v>0</v>
       </c>
       <c r="M15" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="11.1" customHeight="1">
       <c r="A16" s="92" t="s">
         <v>170</v>
       </c>
       <c r="B16" s="58"/>
       <c r="C16" s="58"/>
       <c r="D16" s="58"/>
       <c r="E16" s="58"/>
       <c r="F16" s="58"/>
       <c r="G16" s="58"/>
       <c r="H16" s="58"/>
       <c r="I16" s="58"/>
       <c r="J16" s="58"/>
       <c r="K16" s="58"/>
       <c r="L16" s="58"/>
       <c r="M16" s="53"/>
     </row>
     <row r="17" spans="1:13" ht="12.6" customHeight="1">
       <c r="A17" s="35" t="s">
@@ -8184,57 +8193,57 @@
       </c>
       <c r="B17" s="101">
         <v>0</v>
       </c>
       <c r="C17" s="101">
         <v>0</v>
       </c>
       <c r="D17" s="101">
         <v>0</v>
       </c>
       <c r="E17" s="101">
         <v>0</v>
       </c>
       <c r="F17" s="101">
         <v>0</v>
       </c>
       <c r="G17" s="101">
         <v>0</v>
       </c>
       <c r="H17" s="101">
         <v>0</v>
       </c>
       <c r="I17" s="101">
         <v>0</v>
       </c>
-      <c r="J17" s="117">
-[...5 lines deleted...]
-      <c r="L17" s="117">
+      <c r="J17" s="121">
+        <v>0</v>
+      </c>
+      <c r="K17" s="121">
+        <v>0</v>
+      </c>
+      <c r="L17" s="121">
         <v>0</v>
       </c>
       <c r="M17" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="11.1" customHeight="1">
       <c r="A18" s="92" t="s">
         <v>172</v>
       </c>
       <c r="B18" s="58"/>
       <c r="C18" s="58"/>
       <c r="D18" s="58"/>
       <c r="E18" s="58"/>
       <c r="F18" s="58"/>
       <c r="G18" s="58"/>
       <c r="H18" s="58"/>
       <c r="I18" s="58"/>
       <c r="J18" s="58"/>
       <c r="K18" s="58"/>
       <c r="L18" s="58"/>
       <c r="M18" s="53"/>
     </row>
     <row r="19" spans="1:13" ht="12.6" customHeight="1">
       <c r="A19" s="35" t="s">
@@ -8242,231 +8251,231 @@
       </c>
       <c r="B19" s="101">
         <v>0</v>
       </c>
       <c r="C19" s="101">
         <v>0</v>
       </c>
       <c r="D19" s="101">
         <v>0</v>
       </c>
       <c r="E19" s="101">
         <v>0</v>
       </c>
       <c r="F19" s="101">
         <v>0</v>
       </c>
       <c r="G19" s="101">
         <v>0</v>
       </c>
       <c r="H19" s="101">
         <v>0</v>
       </c>
       <c r="I19" s="101">
         <v>0</v>
       </c>
-      <c r="J19" s="117">
-[...5 lines deleted...]
-      <c r="L19" s="117">
+      <c r="J19" s="121">
+        <v>0</v>
+      </c>
+      <c r="K19" s="121">
+        <v>0</v>
+      </c>
+      <c r="L19" s="121">
         <v>0</v>
       </c>
       <c r="M19" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="11.1" customHeight="1">
       <c r="A20" s="92" t="s">
         <v>174</v>
       </c>
       <c r="B20" s="58"/>
       <c r="C20" s="58"/>
       <c r="D20" s="58"/>
       <c r="E20" s="58"/>
       <c r="F20" s="58"/>
       <c r="G20" s="58"/>
       <c r="H20" s="58"/>
       <c r="I20" s="58"/>
       <c r="J20" s="58"/>
       <c r="K20" s="58"/>
       <c r="L20" s="58"/>
       <c r="M20" s="53"/>
     </row>
     <row r="21" spans="1:13" ht="12.6" customHeight="1">
       <c r="A21" s="35" t="s">
         <v>175</v>
       </c>
       <c r="B21" s="95">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C21" s="95">
-        <v>788</v>
+        <v>710</v>
       </c>
       <c r="D21" s="95">
         <v>1</v>
       </c>
       <c r="E21" s="95">
         <v>0</v>
       </c>
       <c r="F21" s="95">
         <v>1</v>
       </c>
       <c r="G21" s="95">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H21" s="95">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="I21" s="95">
-        <v>788</v>
-[...11 lines deleted...]
-        <v>-28.42</v>
+        <v>711</v>
+      </c>
+      <c r="J21" s="121">
+        <v>0</v>
+      </c>
+      <c r="K21" s="117">
+        <v>668.54</v>
+      </c>
+      <c r="L21" s="117">
+        <v>-3.06</v>
+      </c>
+      <c r="M21" s="119">
+        <v>-41.75</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="11.1" customHeight="1">
       <c r="A22" s="92" t="s">
         <v>176</v>
       </c>
       <c r="B22" s="58"/>
       <c r="C22" s="58"/>
       <c r="D22" s="58"/>
       <c r="E22" s="58"/>
       <c r="F22" s="58"/>
       <c r="G22" s="58"/>
       <c r="H22" s="58"/>
       <c r="I22" s="58"/>
       <c r="J22" s="58"/>
       <c r="K22" s="58"/>
       <c r="L22" s="58"/>
       <c r="M22" s="53"/>
     </row>
     <row r="23" spans="1:13" ht="12.6" customHeight="1">
       <c r="A23" s="35" t="s">
         <v>177</v>
       </c>
       <c r="B23" s="95">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="C23" s="95">
-        <v>3637</v>
+        <v>1589</v>
       </c>
       <c r="D23" s="101">
         <v>0</v>
       </c>
       <c r="E23" s="101">
         <v>0</v>
       </c>
       <c r="F23" s="101">
         <v>0</v>
       </c>
       <c r="G23" s="101">
         <v>0</v>
       </c>
       <c r="H23" s="95">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="I23" s="95">
-        <v>3637</v>
-[...11 lines deleted...]
-        <v>37.48</v>
+        <v>1589</v>
+      </c>
+      <c r="J23" s="117">
+        <v>-3.08</v>
+      </c>
+      <c r="K23" s="117">
+        <v>466.57</v>
+      </c>
+      <c r="L23" s="117">
+        <v>-7.35</v>
+      </c>
+      <c r="M23" s="119">
+        <v>-62.32</v>
       </c>
     </row>
     <row r="24" spans="1:13" ht="11.1" customHeight="1">
       <c r="A24" s="92" t="s">
         <v>178</v>
       </c>
       <c r="B24" s="58"/>
       <c r="C24" s="58"/>
       <c r="D24" s="58"/>
       <c r="E24" s="58"/>
       <c r="F24" s="58"/>
       <c r="G24" s="58"/>
       <c r="H24" s="58"/>
       <c r="I24" s="58"/>
       <c r="J24" s="58"/>
       <c r="K24" s="58"/>
       <c r="L24" s="58"/>
       <c r="M24" s="53"/>
     </row>
     <row r="25" spans="1:13" ht="12.6" customHeight="1">
       <c r="A25" s="35" t="s">
         <v>179</v>
       </c>
       <c r="B25" s="101">
         <v>0</v>
       </c>
       <c r="C25" s="101">
         <v>0</v>
       </c>
       <c r="D25" s="101">
         <v>0</v>
       </c>
       <c r="E25" s="101">
         <v>0</v>
       </c>
       <c r="F25" s="101">
         <v>0</v>
       </c>
       <c r="G25" s="101">
         <v>0</v>
       </c>
       <c r="H25" s="101">
         <v>0</v>
       </c>
       <c r="I25" s="101">
         <v>0</v>
       </c>
-      <c r="J25" s="117">
-[...5 lines deleted...]
-      <c r="L25" s="117">
+      <c r="J25" s="121">
+        <v>0</v>
+      </c>
+      <c r="K25" s="121">
+        <v>0</v>
+      </c>
+      <c r="L25" s="121">
         <v>0</v>
       </c>
       <c r="M25" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:13" ht="11.1" customHeight="1">
       <c r="A26" s="92" t="s">
         <v>180</v>
       </c>
       <c r="B26" s="58"/>
       <c r="C26" s="58"/>
       <c r="D26" s="58"/>
       <c r="E26" s="58"/>
       <c r="F26" s="58"/>
       <c r="G26" s="58"/>
       <c r="H26" s="58"/>
       <c r="I26" s="58"/>
       <c r="J26" s="58"/>
       <c r="K26" s="58"/>
       <c r="L26" s="58"/>
       <c r="M26" s="53"/>
     </row>
     <row r="27" spans="1:13" ht="12.6" customHeight="1">
       <c r="A27" s="35" t="s">
@@ -8474,57 +8483,57 @@
       </c>
       <c r="B27" s="101">
         <v>0</v>
       </c>
       <c r="C27" s="101">
         <v>0</v>
       </c>
       <c r="D27" s="101">
         <v>0</v>
       </c>
       <c r="E27" s="101">
         <v>0</v>
       </c>
       <c r="F27" s="101">
         <v>0</v>
       </c>
       <c r="G27" s="101">
         <v>0</v>
       </c>
       <c r="H27" s="101">
         <v>0</v>
       </c>
       <c r="I27" s="101">
         <v>0</v>
       </c>
-      <c r="J27" s="117">
-[...5 lines deleted...]
-      <c r="L27" s="117">
+      <c r="J27" s="121">
+        <v>0</v>
+      </c>
+      <c r="K27" s="121">
+        <v>0</v>
+      </c>
+      <c r="L27" s="121">
         <v>0</v>
       </c>
       <c r="M27" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:13" ht="11.1" customHeight="1">
       <c r="A28" s="92" t="s">
         <v>182</v>
       </c>
       <c r="B28" s="58"/>
       <c r="C28" s="58"/>
       <c r="D28" s="58"/>
       <c r="E28" s="58"/>
       <c r="F28" s="58"/>
       <c r="G28" s="58"/>
       <c r="H28" s="58"/>
       <c r="I28" s="58"/>
       <c r="J28" s="58"/>
       <c r="K28" s="58"/>
       <c r="L28" s="58"/>
       <c r="M28" s="53"/>
     </row>
     <row r="29" spans="1:13" ht="12.6" customHeight="1">
       <c r="A29" s="35" t="s">
@@ -8532,57 +8541,57 @@
       </c>
       <c r="B29" s="101">
         <v>0</v>
       </c>
       <c r="C29" s="101">
         <v>0</v>
       </c>
       <c r="D29" s="101">
         <v>0</v>
       </c>
       <c r="E29" s="101">
         <v>0</v>
       </c>
       <c r="F29" s="101">
         <v>0</v>
       </c>
       <c r="G29" s="101">
         <v>0</v>
       </c>
       <c r="H29" s="101">
         <v>0</v>
       </c>
       <c r="I29" s="101">
         <v>0</v>
       </c>
-      <c r="J29" s="117">
-[...5 lines deleted...]
-      <c r="L29" s="117">
+      <c r="J29" s="121">
+        <v>0</v>
+      </c>
+      <c r="K29" s="121">
+        <v>0</v>
+      </c>
+      <c r="L29" s="121">
         <v>0</v>
       </c>
       <c r="M29" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:13" ht="11.1" customHeight="1">
       <c r="A30" s="92" t="s">
         <v>184</v>
       </c>
       <c r="B30" s="58"/>
       <c r="C30" s="58"/>
       <c r="D30" s="58"/>
       <c r="E30" s="58"/>
       <c r="F30" s="58"/>
       <c r="G30" s="58"/>
       <c r="H30" s="58"/>
       <c r="I30" s="58"/>
       <c r="J30" s="58"/>
       <c r="K30" s="58"/>
       <c r="L30" s="58"/>
       <c r="M30" s="53"/>
     </row>
     <row r="31" spans="1:13" ht="12.6" customHeight="1">
       <c r="A31" s="35" t="s">
@@ -8590,115 +8599,115 @@
       </c>
       <c r="B31" s="95">
         <v>24</v>
       </c>
       <c r="C31" s="95">
         <v>1</v>
       </c>
       <c r="D31" s="95">
         <v>19</v>
       </c>
       <c r="E31" s="95">
         <v>0</v>
       </c>
       <c r="F31" s="101">
         <v>0</v>
       </c>
       <c r="G31" s="101">
         <v>0</v>
       </c>
       <c r="H31" s="95">
         <v>43</v>
       </c>
       <c r="I31" s="95">
         <v>1</v>
       </c>
-      <c r="J31" s="117">
-[...9 lines deleted...]
-        <v>-99.38</v>
+      <c r="J31" s="121">
+        <v>0</v>
+      </c>
+      <c r="K31" s="121">
+        <v>0</v>
+      </c>
+      <c r="L31" s="117">
+        <v>-2.27</v>
+      </c>
+      <c r="M31" s="119">
+        <v>-0.14</v>
       </c>
     </row>
     <row r="32" spans="1:13" ht="11.1" customHeight="1">
       <c r="A32" s="92" t="s">
         <v>186</v>
       </c>
       <c r="B32" s="58"/>
       <c r="C32" s="58"/>
       <c r="D32" s="58"/>
       <c r="E32" s="58"/>
       <c r="F32" s="58"/>
       <c r="G32" s="58"/>
       <c r="H32" s="58"/>
       <c r="I32" s="58"/>
       <c r="J32" s="58"/>
       <c r="K32" s="58"/>
       <c r="L32" s="58"/>
       <c r="M32" s="53"/>
     </row>
     <row r="33" spans="1:13" ht="12.6" customHeight="1">
       <c r="A33" s="35" t="s">
         <v>187</v>
       </c>
       <c r="B33" s="101">
         <v>0</v>
       </c>
       <c r="C33" s="101">
         <v>0</v>
       </c>
       <c r="D33" s="101">
         <v>0</v>
       </c>
       <c r="E33" s="101">
         <v>0</v>
       </c>
       <c r="F33" s="101">
         <v>0</v>
       </c>
       <c r="G33" s="101">
         <v>0</v>
       </c>
       <c r="H33" s="101">
         <v>0</v>
       </c>
       <c r="I33" s="101">
         <v>0</v>
       </c>
-      <c r="J33" s="117">
-[...5 lines deleted...]
-      <c r="L33" s="117">
+      <c r="J33" s="121">
+        <v>0</v>
+      </c>
+      <c r="K33" s="121">
+        <v>0</v>
+      </c>
+      <c r="L33" s="121">
         <v>0</v>
       </c>
       <c r="M33" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:13" ht="11.1" customHeight="1">
       <c r="A34" s="92" t="s">
         <v>188</v>
       </c>
       <c r="B34" s="58"/>
       <c r="C34" s="58"/>
       <c r="D34" s="58"/>
       <c r="E34" s="58"/>
       <c r="F34" s="58"/>
       <c r="G34" s="58"/>
       <c r="H34" s="58"/>
       <c r="I34" s="58"/>
       <c r="J34" s="58"/>
       <c r="K34" s="58"/>
       <c r="L34" s="58"/>
       <c r="M34" s="53"/>
     </row>
     <row r="35" spans="1:13" ht="12.6" customHeight="1">
       <c r="A35" s="35" t="s">
@@ -8706,57 +8715,57 @@
       </c>
       <c r="B35" s="101">
         <v>0</v>
       </c>
       <c r="C35" s="101">
         <v>0</v>
       </c>
       <c r="D35" s="101">
         <v>0</v>
       </c>
       <c r="E35" s="101">
         <v>0</v>
       </c>
       <c r="F35" s="101">
         <v>0</v>
       </c>
       <c r="G35" s="101">
         <v>0</v>
       </c>
       <c r="H35" s="101">
         <v>0</v>
       </c>
       <c r="I35" s="101">
         <v>0</v>
       </c>
-      <c r="J35" s="117">
-[...5 lines deleted...]
-      <c r="L35" s="117">
+      <c r="J35" s="121">
+        <v>0</v>
+      </c>
+      <c r="K35" s="121">
+        <v>0</v>
+      </c>
+      <c r="L35" s="121">
         <v>0</v>
       </c>
       <c r="M35" s="123">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:13" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="107" t="s">
         <v>190</v>
       </c>
       <c r="B36" s="55"/>
       <c r="C36" s="55"/>
       <c r="D36" s="55"/>
       <c r="E36" s="55"/>
       <c r="F36" s="55"/>
       <c r="G36" s="55"/>
       <c r="H36" s="55"/>
       <c r="I36" s="55"/>
       <c r="J36" s="55"/>
       <c r="K36" s="55"/>
       <c r="L36" s="55"/>
       <c r="M36" s="57"/>
     </row>
     <row r="37" spans="1:13" ht="13.5" customHeight="1">
       <c r="A37" s="4"/>
@@ -9096,57 +9105,57 @@
       <c r="M2" s="59"/>
     </row>
     <row r="3" spans="1:13" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>42</v>
       </c>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
     </row>
     <row r="4" spans="1:13" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="6"/>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="60" t="str">
         <f>'2-6'!D4:F4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="60"/>
       <c r="F4" s="60"/>
       <c r="G4" s="61" t="str">
         <f>'2-6'!G4:I4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="61"/>
       <c r="I4" s="61"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="15" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="36" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="37"/>
       <c r="F5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="37"/>
       <c r="H5" s="36" t="s">
@@ -10057,57 +10066,57 @@
       <c r="M2" s="59"/>
     </row>
     <row r="3" spans="1:13" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>51</v>
       </c>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
     </row>
     <row r="4" spans="1:13" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="6"/>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="60" t="str">
         <f>'2-6'!D4:F4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="60"/>
       <c r="F4" s="60"/>
       <c r="G4" s="61" t="str">
         <f>'2-6'!G4:I4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="61"/>
       <c r="I4" s="61"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="15" customHeight="1">
       <c r="A5" s="9"/>
       <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="37"/>
       <c r="D5" s="36" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="37"/>
       <c r="F5" s="36" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="37"/>
       <c r="H5" s="36" t="s">
@@ -11111,57 +11120,57 @@
       <c r="H3" s="39"/>
       <c r="I3" s="39"/>
       <c r="J3" s="39"/>
       <c r="K3" s="39"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1">
       <c r="A4" s="64" t="s">
         <v>50</v>
       </c>
       <c r="B4" s="65"/>
       <c r="C4" s="65"/>
       <c r="D4" s="65"/>
       <c r="E4" s="65"/>
       <c r="F4" s="65"/>
       <c r="G4" s="65"/>
       <c r="H4" s="65"/>
       <c r="I4" s="65"/>
       <c r="J4" s="65"/>
       <c r="K4" s="65"/>
     </row>
     <row r="5" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A5" s="1"/>
       <c r="B5" s="23"/>
       <c r="C5" s="41" t="str">
         <f>'2-6'!D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D5" s="41"/>
       <c r="E5" s="41"/>
       <c r="F5" s="44" t="str">
         <f>'2-6'!G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G5" s="44"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="21" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="15" customHeight="1">
       <c r="A6" s="9"/>
       <c r="B6" s="36" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="37"/>
       <c r="D6" s="36" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="37"/>
       <c r="F6" s="36" t="s">
         <v>7</v>
       </c>
       <c r="G6" s="37"/>
       <c r="H6" s="36" t="s">
         <v>11</v>
@@ -11248,382 +11257,382 @@
       </c>
       <c r="F9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>22</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>22</v>
       </c>
       <c r="J9" s="15" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="22.5" customHeight="1">
       <c r="A10" s="137" t="s">
         <v>199</v>
       </c>
       <c r="B10" s="139">
-        <v>592245</v>
+        <v>590609</v>
       </c>
       <c r="C10" s="142">
-        <v>30372</v>
+        <v>29827</v>
       </c>
       <c r="D10" s="142">
-        <v>592765</v>
+        <v>591274</v>
       </c>
       <c r="E10" s="142">
-        <v>30788</v>
+        <v>30633</v>
       </c>
       <c r="F10" s="142">
-        <v>599764</v>
+        <v>598525</v>
       </c>
       <c r="G10" s="142">
-        <v>31359</v>
+        <v>31779</v>
       </c>
       <c r="H10" s="145">
-        <v>-0.09</v>
+        <v>-0.11</v>
       </c>
       <c r="I10" s="145">
-        <v>-1.35</v>
+        <v>-2.63</v>
       </c>
       <c r="J10" s="145">
-        <v>-1.25</v>
+        <v>-1.32</v>
       </c>
       <c r="K10" s="148">
-        <v>-3.15</v>
+        <v>-6.14</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="22.5" customHeight="1">
       <c r="A11" s="149" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="77"/>
       <c r="C11" s="75"/>
       <c r="D11" s="75"/>
       <c r="E11" s="75"/>
       <c r="F11" s="75"/>
       <c r="G11" s="75"/>
       <c r="H11" s="75"/>
       <c r="I11" s="75"/>
       <c r="J11" s="75"/>
       <c r="K11" s="73"/>
     </row>
     <row r="12" spans="1:11" ht="17.1" customHeight="1">
       <c r="A12" s="150" t="s">
         <v>200</v>
       </c>
       <c r="B12" s="153">
-        <v>509792</v>
+        <v>508295</v>
       </c>
       <c r="C12" s="153">
-        <v>14487</v>
+        <v>14823</v>
       </c>
       <c r="D12" s="153">
-        <v>510258</v>
+        <v>508904</v>
       </c>
       <c r="E12" s="153">
-        <v>16063</v>
+        <v>16269</v>
       </c>
       <c r="F12" s="153">
-        <v>516846</v>
+        <v>515708</v>
       </c>
       <c r="G12" s="153">
-        <v>14991</v>
+        <v>15541</v>
       </c>
       <c r="H12" s="156">
-        <v>-0.09</v>
+        <v>-0.12</v>
       </c>
       <c r="I12" s="156">
-        <v>-9.81</v>
+        <v>-8.89</v>
       </c>
       <c r="J12" s="156">
-        <v>-1.36</v>
+        <v>-1.44</v>
       </c>
       <c r="K12" s="159">
-        <v>-3.36</v>
+        <v>-4.62</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="27.95" customHeight="1">
       <c r="A13" s="149" t="s">
         <v>201</v>
       </c>
       <c r="B13" s="70"/>
       <c r="C13" s="70"/>
       <c r="D13" s="70"/>
       <c r="E13" s="70"/>
       <c r="F13" s="70"/>
       <c r="G13" s="70"/>
       <c r="H13" s="70"/>
       <c r="I13" s="70"/>
       <c r="J13" s="70"/>
       <c r="K13" s="73"/>
     </row>
     <row r="14" spans="1:11" ht="22.5" customHeight="1">
       <c r="A14" s="25" t="s">
         <v>202</v>
       </c>
       <c r="B14" s="152">
-        <v>202967</v>
+        <v>202272</v>
       </c>
       <c r="C14" s="152">
-        <v>6143</v>
+        <v>6369</v>
       </c>
       <c r="D14" s="152">
-        <v>203195</v>
+        <v>202545</v>
       </c>
       <c r="E14" s="152">
-        <v>6723</v>
+        <v>6731</v>
       </c>
       <c r="F14" s="152">
-        <v>207256</v>
+        <v>206772</v>
       </c>
       <c r="G14" s="152">
-        <v>6471</v>
+        <v>6918</v>
       </c>
       <c r="H14" s="155">
-        <v>-0.11</v>
+        <v>-0.13</v>
       </c>
       <c r="I14" s="155">
-        <v>-8.62</v>
+        <v>-5.38</v>
       </c>
       <c r="J14" s="155">
-        <v>-2.07</v>
+        <v>-2.18</v>
       </c>
       <c r="K14" s="158">
-        <v>-5.06</v>
+        <v>-7.93</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="22.5" customHeight="1">
       <c r="A15" s="160" t="s">
         <v>203</v>
       </c>
       <c r="B15" s="70"/>
       <c r="C15" s="70"/>
       <c r="D15" s="70"/>
       <c r="E15" s="70"/>
       <c r="F15" s="70"/>
       <c r="G15" s="70"/>
       <c r="H15" s="70"/>
       <c r="I15" s="70"/>
       <c r="J15" s="70"/>
       <c r="K15" s="73"/>
     </row>
     <row r="16" spans="1:11" ht="17.1" customHeight="1">
       <c r="A16" s="25" t="s">
         <v>204</v>
       </c>
       <c r="B16" s="152">
-        <v>297892</v>
+        <v>297102</v>
       </c>
       <c r="C16" s="152">
-        <v>8162</v>
+        <v>8263</v>
       </c>
       <c r="D16" s="152">
-        <v>298123</v>
+        <v>297433</v>
       </c>
       <c r="E16" s="152">
-        <v>9106</v>
+        <v>9291</v>
       </c>
       <c r="F16" s="152">
-        <v>300642</v>
+        <v>299988</v>
       </c>
       <c r="G16" s="152">
-        <v>8343</v>
+        <v>8438</v>
       </c>
       <c r="H16" s="155">
-        <v>-0.08</v>
+        <v>-0.11</v>
       </c>
       <c r="I16" s="155">
-        <v>-10.36</v>
+        <v>-11.06</v>
       </c>
       <c r="J16" s="155">
-        <v>-0.91</v>
+        <v>-0.96</v>
       </c>
       <c r="K16" s="158">
-        <v>-2.16</v>
+        <v>-2.07</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="27.95" customHeight="1">
       <c r="A17" s="160" t="s">
         <v>205</v>
       </c>
       <c r="B17" s="70"/>
       <c r="C17" s="70"/>
       <c r="D17" s="70"/>
       <c r="E17" s="70"/>
       <c r="F17" s="70"/>
       <c r="G17" s="70"/>
       <c r="H17" s="70"/>
       <c r="I17" s="70"/>
       <c r="J17" s="70"/>
       <c r="K17" s="73"/>
     </row>
     <row r="18" spans="1:11" ht="17.1" customHeight="1">
       <c r="A18" s="25" t="s">
         <v>206</v>
       </c>
       <c r="B18" s="152">
-        <v>8933</v>
+        <v>8921</v>
       </c>
       <c r="C18" s="152">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="D18" s="152">
-        <v>8940</v>
+        <v>8926</v>
       </c>
       <c r="E18" s="152">
-        <v>234</v>
+        <v>247</v>
       </c>
       <c r="F18" s="152">
         <v>8948</v>
       </c>
       <c r="G18" s="152">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="H18" s="155">
-        <v>-0.08</v>
+        <v>-0.06</v>
       </c>
       <c r="I18" s="155">
-        <v>-22.74</v>
+        <v>-22.96</v>
       </c>
       <c r="J18" s="155">
-        <v>-0.17</v>
+        <v>-0.3</v>
       </c>
       <c r="K18" s="158">
-        <v>2.14</v>
+        <v>2.86</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="27.95" customHeight="1">
       <c r="A19" s="160" t="s">
         <v>207</v>
       </c>
       <c r="B19" s="70"/>
       <c r="C19" s="70"/>
       <c r="D19" s="70"/>
       <c r="E19" s="70"/>
       <c r="F19" s="70"/>
       <c r="G19" s="70"/>
       <c r="H19" s="70"/>
       <c r="I19" s="70"/>
       <c r="J19" s="70"/>
       <c r="K19" s="73"/>
     </row>
     <row r="20" spans="1:11" ht="22.5" customHeight="1">
       <c r="A20" s="150" t="s">
         <v>208</v>
       </c>
       <c r="B20" s="153">
-        <v>82336</v>
+        <v>82198</v>
       </c>
       <c r="C20" s="153">
-        <v>15786</v>
+        <v>14964</v>
       </c>
       <c r="D20" s="153">
-        <v>82388</v>
+        <v>82254</v>
       </c>
       <c r="E20" s="153">
-        <v>14448</v>
+        <v>14281</v>
       </c>
       <c r="F20" s="153">
-        <v>82807</v>
+        <v>82703</v>
       </c>
       <c r="G20" s="153">
-        <v>16287</v>
+        <v>16143</v>
       </c>
       <c r="H20" s="156">
-        <v>-0.06</v>
+        <v>-0.07</v>
       </c>
       <c r="I20" s="156">
-        <v>9.26</v>
+        <v>4.78</v>
       </c>
       <c r="J20" s="156">
-        <v>-0.57</v>
+        <v>-0.61</v>
       </c>
       <c r="K20" s="159">
-        <v>-3.07</v>
+        <v>-7.3</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="22.5" customHeight="1">
       <c r="A21" s="149" t="s">
         <v>209</v>
       </c>
       <c r="B21" s="70"/>
       <c r="C21" s="70"/>
       <c r="D21" s="70"/>
       <c r="E21" s="70"/>
       <c r="F21" s="70"/>
       <c r="G21" s="70"/>
       <c r="H21" s="70"/>
       <c r="I21" s="70"/>
       <c r="J21" s="70"/>
       <c r="K21" s="73"/>
     </row>
     <row r="22" spans="1:11" ht="22.5" customHeight="1">
       <c r="A22" s="150" t="s">
         <v>210</v>
       </c>
       <c r="B22" s="153">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C22" s="153">
-        <v>99</v>
+        <v>40</v>
       </c>
       <c r="D22" s="153">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="E22" s="153">
-        <v>277</v>
+        <v>83</v>
       </c>
       <c r="F22" s="153">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="G22" s="153">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>-1.68</v>
+        <v>95</v>
+      </c>
+      <c r="H22" s="163">
+        <v>0</v>
       </c>
       <c r="I22" s="156">
-        <v>-64.26</v>
+        <v>-51.81</v>
       </c>
       <c r="J22" s="156">
-        <v>5.41</v>
+        <v>1.75</v>
       </c>
       <c r="K22" s="159">
-        <v>22.22</v>
+        <v>-57.89</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="22.5" customHeight="1" thickBot="1">
-      <c r="A23" s="161" t="s">
+      <c r="A23" s="164" t="s">
         <v>211</v>
       </c>
       <c r="B23" s="69"/>
       <c r="C23" s="69"/>
       <c r="D23" s="69"/>
       <c r="E23" s="69"/>
       <c r="F23" s="69"/>
       <c r="G23" s="69"/>
       <c r="H23" s="67"/>
       <c r="I23" s="67"/>
       <c r="J23" s="67"/>
       <c r="K23" s="72"/>
     </row>
     <row r="24" spans="1:11" ht="13.5" customHeight="1">
       <c r="A24" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="7"/>
       <c r="I24" s="7"/>