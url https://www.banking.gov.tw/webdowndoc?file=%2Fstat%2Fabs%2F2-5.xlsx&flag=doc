--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -65,51 +65,51 @@
   <si>
     <t>本月與上年同</t>
   </si>
   <si>
     <t>合　　計</t>
   </si>
   <si>
     <t>比較增減％</t>
   </si>
   <si>
     <t>月比較增減％</t>
   </si>
   <si>
     <t>本　　月</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>遠東國際商業銀行</t>
   </si>
   <si>
-    <t>民國114年 7月底</t>
+    <t>民國114年 9月底</t>
   </si>
   <si>
     <t>外匯活期存款</t>
   </si>
   <si>
     <t>外匯定期存款</t>
   </si>
   <si>
     <t>銀　　　行　　　別</t>
   </si>
   <si>
     <t>上　　月</t>
   </si>
   <si>
     <t>2-5 Foreign Currency Deposits at General Banks</t>
   </si>
   <si>
     <r>
       <t>（</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
@@ -201,51 +201,51 @@
   </si>
   <si>
     <t>Compare with Last Month   +-%</t>
   </si>
   <si>
     <t>Foreign Currency
 Demand Deposits</t>
   </si>
   <si>
     <t>Foreign Currency
 Time Deposits</t>
   </si>
   <si>
     <t>Same Month
  in Previous Year</t>
   </si>
   <si>
     <t>Current
  Month</t>
   </si>
   <si>
     <t>Annual Changes
  +-%</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of July 2025</t>
+    <t xml:space="preserve"> End of Sept. 2025</t>
   </si>
   <si>
     <r>
       <t>2-5</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行外匯存款餘額</t>
     </r>
   </si>
   <si>
     <r>
       <t>2-5</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
@@ -2508,535 +2508,535 @@
       </c>
       <c r="I7" s="41" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="11"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="49"/>
       <c r="G8" s="49"/>
       <c r="H8" s="49"/>
       <c r="I8" s="42"/>
       <c r="J8" s="38"/>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="57" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="60">
-        <v>5599990</v>
+        <v>5616582</v>
       </c>
       <c r="C9" s="60">
-        <v>10187502</v>
+        <v>10637293</v>
       </c>
       <c r="D9" s="60">
-        <v>15787493</v>
+        <v>16253875</v>
       </c>
       <c r="E9" s="60">
-        <v>15336604</v>
+        <v>16295866</v>
       </c>
       <c r="F9" s="60">
-        <v>16015852</v>
+        <v>15782589</v>
       </c>
       <c r="G9" s="63">
-        <v>2.94</v>
+        <v>-0.26</v>
       </c>
       <c r="H9" s="63">
-        <v>-1.43</v>
+        <v>2.99</v>
       </c>
       <c r="I9" s="63">
         <v>100</v>
       </c>
       <c r="J9" s="66">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="69" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="34"/>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="44"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="70" t="s">
         <v>55</v>
       </c>
       <c r="B11" s="73">
-        <v>5169918</v>
+        <v>5285652</v>
       </c>
       <c r="C11" s="73">
-        <v>9204314</v>
+        <v>9632494</v>
       </c>
       <c r="D11" s="73">
-        <v>14374231</v>
+        <v>14918145</v>
       </c>
       <c r="E11" s="73">
-        <v>14048236</v>
+        <v>14847153</v>
       </c>
       <c r="F11" s="73">
-        <v>14863404</v>
+        <v>14814900</v>
       </c>
       <c r="G11" s="76">
-        <v>2.32</v>
+        <v>0.48</v>
       </c>
       <c r="H11" s="76">
-        <v>-3.29</v>
+        <v>0.7</v>
       </c>
       <c r="I11" s="76">
-        <v>91.05</v>
+        <v>91.78</v>
       </c>
       <c r="J11" s="79">
-        <v>92.8</v>
+        <v>93.87</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="69" t="s">
         <v>56</v>
       </c>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="40"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
       <c r="I12" s="34"/>
       <c r="J12" s="44"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="20" t="s">
         <v>57</v>
       </c>
       <c r="B13" s="72">
-        <v>256790</v>
+        <v>266632</v>
       </c>
       <c r="C13" s="72">
-        <v>825031</v>
+        <v>839059</v>
       </c>
       <c r="D13" s="72">
-        <v>1081821</v>
+        <v>1105691</v>
       </c>
       <c r="E13" s="72">
-        <v>1061179</v>
+        <v>1141932</v>
       </c>
       <c r="F13" s="72">
-        <v>1068869</v>
+        <v>1058813</v>
       </c>
       <c r="G13" s="75">
-        <v>1.95</v>
+        <v>-3.17</v>
       </c>
       <c r="H13" s="75">
-        <v>1.21</v>
+        <v>4.43</v>
       </c>
       <c r="I13" s="75">
-        <v>6.85</v>
+        <v>6.8</v>
       </c>
       <c r="J13" s="78">
-        <v>6.67</v>
+        <v>6.71</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>58</v>
       </c>
       <c r="B14" s="40"/>
       <c r="C14" s="40"/>
       <c r="D14" s="40"/>
       <c r="E14" s="40"/>
       <c r="F14" s="40"/>
       <c r="G14" s="34"/>
       <c r="H14" s="34"/>
       <c r="I14" s="34"/>
       <c r="J14" s="44"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="20" t="s">
         <v>59</v>
       </c>
       <c r="B15" s="72">
-        <v>102577</v>
+        <v>81246</v>
       </c>
       <c r="C15" s="72">
-        <v>151353</v>
+        <v>174562</v>
       </c>
       <c r="D15" s="72">
-        <v>253930</v>
+        <v>255808</v>
       </c>
       <c r="E15" s="72">
-        <v>249167</v>
+        <v>245479</v>
       </c>
       <c r="F15" s="72">
-        <v>241786</v>
+        <v>241212</v>
       </c>
       <c r="G15" s="75">
-        <v>1.91</v>
+        <v>4.21</v>
       </c>
       <c r="H15" s="75">
-        <v>5.02</v>
+        <v>6.05</v>
       </c>
       <c r="I15" s="75">
-        <v>1.61</v>
+        <v>1.57</v>
       </c>
       <c r="J15" s="78">
-        <v>1.51</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="68" t="s">
         <v>60</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="44"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>61</v>
       </c>
       <c r="B17" s="72">
-        <v>185671</v>
+        <v>182230</v>
       </c>
       <c r="C17" s="72">
-        <v>491010</v>
+        <v>506202</v>
       </c>
       <c r="D17" s="72">
-        <v>676681</v>
+        <v>688432</v>
       </c>
       <c r="E17" s="72">
-        <v>662380</v>
+        <v>680697</v>
       </c>
       <c r="F17" s="72">
-        <v>704880</v>
+        <v>698784</v>
       </c>
       <c r="G17" s="75">
-        <v>2.16</v>
+        <v>1.14</v>
       </c>
       <c r="H17" s="75">
-        <v>-4</v>
+        <v>-1.48</v>
       </c>
       <c r="I17" s="75">
-        <v>4.29</v>
+        <v>4.24</v>
       </c>
       <c r="J17" s="78">
-        <v>4.4</v>
+        <v>4.43</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="68" t="s">
         <v>62</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="40"/>
       <c r="D18" s="40"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="44"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="20" t="s">
         <v>63</v>
       </c>
       <c r="B19" s="72">
-        <v>276356</v>
+        <v>281160</v>
       </c>
       <c r="C19" s="72">
-        <v>752624</v>
+        <v>780367</v>
       </c>
       <c r="D19" s="72">
-        <v>1028980</v>
+        <v>1061527</v>
       </c>
       <c r="E19" s="72">
-        <v>1005034</v>
+        <v>1083542</v>
       </c>
       <c r="F19" s="72">
-        <v>1036542</v>
+        <v>1032489</v>
       </c>
       <c r="G19" s="75">
-        <v>2.38</v>
+        <v>-2.03</v>
       </c>
       <c r="H19" s="75">
-        <v>-0.73</v>
+        <v>2.81</v>
       </c>
       <c r="I19" s="75">
-        <v>6.52</v>
+        <v>6.53</v>
       </c>
       <c r="J19" s="78">
-        <v>6.47</v>
+        <v>6.54</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="68" t="s">
         <v>64</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="44"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="72">
-        <v>300428</v>
+        <v>335231</v>
       </c>
       <c r="C21" s="72">
-        <v>365641</v>
+        <v>424922</v>
       </c>
       <c r="D21" s="72">
-        <v>666069</v>
+        <v>760153</v>
       </c>
       <c r="E21" s="72">
-        <v>640638</v>
+        <v>696105</v>
       </c>
       <c r="F21" s="72">
-        <v>786901</v>
+        <v>786284</v>
       </c>
       <c r="G21" s="75">
-        <v>3.97</v>
+        <v>9.2</v>
       </c>
       <c r="H21" s="75">
-        <v>-15.36</v>
+        <v>-3.32</v>
       </c>
       <c r="I21" s="75">
-        <v>4.22</v>
+        <v>4.68</v>
       </c>
       <c r="J21" s="78">
-        <v>4.91</v>
+        <v>4.98</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="68" t="s">
         <v>66</v>
       </c>
       <c r="B22" s="40"/>
       <c r="C22" s="40"/>
       <c r="D22" s="40"/>
       <c r="E22" s="40"/>
       <c r="F22" s="40"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="44"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>67</v>
       </c>
       <c r="B23" s="72">
-        <v>157642</v>
+        <v>156943</v>
       </c>
       <c r="C23" s="72">
-        <v>405414</v>
+        <v>412313</v>
       </c>
       <c r="D23" s="72">
-        <v>563056</v>
+        <v>569256</v>
       </c>
       <c r="E23" s="72">
-        <v>557683</v>
+        <v>567455</v>
       </c>
       <c r="F23" s="72">
-        <v>662754</v>
+        <v>652647</v>
       </c>
       <c r="G23" s="75">
-        <v>0.96</v>
+        <v>0.32</v>
       </c>
       <c r="H23" s="75">
-        <v>-15.04</v>
+        <v>-12.78</v>
       </c>
       <c r="I23" s="75">
-        <v>3.57</v>
+        <v>3.5</v>
       </c>
       <c r="J23" s="78">
         <v>4.14</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="68" t="s">
         <v>68</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="44"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="20" t="s">
         <v>69</v>
       </c>
       <c r="B25" s="72">
-        <v>119131</v>
+        <v>122953</v>
       </c>
       <c r="C25" s="72">
-        <v>177787</v>
+        <v>181877</v>
       </c>
       <c r="D25" s="72">
-        <v>296918</v>
+        <v>304830</v>
       </c>
       <c r="E25" s="72">
-        <v>286722</v>
+        <v>306130</v>
       </c>
       <c r="F25" s="72">
-        <v>324891</v>
+        <v>326048</v>
       </c>
       <c r="G25" s="75">
-        <v>3.56</v>
+        <v>-0.42</v>
       </c>
       <c r="H25" s="75">
-        <v>-8.61</v>
+        <v>-6.51</v>
       </c>
       <c r="I25" s="75">
         <v>1.88</v>
       </c>
       <c r="J25" s="78">
-        <v>2.03</v>
+        <v>2.07</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="68" t="s">
         <v>70</v>
       </c>
       <c r="B26" s="40"/>
       <c r="C26" s="40"/>
       <c r="D26" s="40"/>
       <c r="E26" s="40"/>
       <c r="F26" s="40"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="44"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="20" t="s">
         <v>71</v>
       </c>
       <c r="B27" s="72">
-        <v>467259</v>
+        <v>395340</v>
       </c>
       <c r="C27" s="72">
-        <v>784107</v>
+        <v>856279</v>
       </c>
       <c r="D27" s="72">
-        <v>1251366</v>
+        <v>1251619</v>
       </c>
       <c r="E27" s="72">
-        <v>1233201</v>
+        <v>1296486</v>
       </c>
       <c r="F27" s="72">
-        <v>1158822</v>
+        <v>1175951</v>
       </c>
       <c r="G27" s="75">
-        <v>1.47</v>
+        <v>-3.46</v>
       </c>
       <c r="H27" s="75">
-        <v>7.99</v>
+        <v>6.43</v>
       </c>
       <c r="I27" s="75">
-        <v>7.93</v>
+        <v>7.7</v>
       </c>
       <c r="J27" s="78">
-        <v>7.24</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="68" t="s">
         <v>72</v>
       </c>
       <c r="B28" s="40"/>
       <c r="C28" s="40"/>
       <c r="D28" s="40"/>
       <c r="E28" s="40"/>
       <c r="F28" s="40"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="44"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="20" t="s">
         <v>73</v>
       </c>
       <c r="B29" s="72">
-        <v>446797</v>
+        <v>442090</v>
       </c>
       <c r="C29" s="72">
-        <v>347675</v>
+        <v>363796</v>
       </c>
       <c r="D29" s="72">
-        <v>794472</v>
+        <v>805886</v>
       </c>
       <c r="E29" s="72">
-        <v>796469</v>
+        <v>818802</v>
       </c>
       <c r="F29" s="72">
-        <v>815852</v>
+        <v>792890</v>
       </c>
       <c r="G29" s="75">
-        <v>-0.25</v>
+        <v>-1.58</v>
       </c>
       <c r="H29" s="75">
-        <v>-2.62</v>
+        <v>1.64</v>
       </c>
       <c r="I29" s="75">
-        <v>5.03</v>
+        <v>4.96</v>
       </c>
       <c r="J29" s="78">
-        <v>5.09</v>
+        <v>5.02</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="68" t="s">
         <v>74</v>
       </c>
       <c r="B30" s="40"/>
       <c r="C30" s="40"/>
       <c r="D30" s="40"/>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="44"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="20" t="s">
         <v>75</v>
       </c>
       <c r="B31" s="81">
         <v>0</v>
       </c>
       <c r="C31" s="81">
         <v>0</v>
@@ -3060,121 +3060,121 @@
         <v>0</v>
       </c>
       <c r="J31" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="68" t="s">
         <v>76</v>
       </c>
       <c r="B32" s="40"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="34"/>
       <c r="H32" s="34"/>
       <c r="I32" s="34"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="20" t="s">
         <v>77</v>
       </c>
       <c r="B33" s="72">
-        <v>11666</v>
+        <v>13106</v>
       </c>
       <c r="C33" s="72">
-        <v>26630</v>
+        <v>25436</v>
       </c>
       <c r="D33" s="72">
-        <v>38297</v>
+        <v>38542</v>
       </c>
       <c r="E33" s="72">
-        <v>37034</v>
+        <v>37797</v>
       </c>
       <c r="F33" s="72">
-        <v>42025</v>
+        <v>43103</v>
       </c>
       <c r="G33" s="75">
-        <v>3.41</v>
+        <v>1.97</v>
       </c>
       <c r="H33" s="75">
-        <v>-8.87</v>
+        <v>-10.58</v>
       </c>
       <c r="I33" s="75">
         <v>0.24</v>
       </c>
       <c r="J33" s="78">
-        <v>0.26</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="68" t="s">
         <v>78</v>
       </c>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="34"/>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="20" t="s">
         <v>79</v>
       </c>
       <c r="B35" s="72">
-        <v>414621</v>
+        <v>435440</v>
       </c>
       <c r="C35" s="72">
-        <v>723933</v>
+        <v>797691</v>
       </c>
       <c r="D35" s="72">
-        <v>1138554</v>
+        <v>1233132</v>
       </c>
       <c r="E35" s="72">
-        <v>1088894</v>
+        <v>1198076</v>
       </c>
       <c r="F35" s="72">
-        <v>1183292</v>
+        <v>1181488</v>
       </c>
       <c r="G35" s="75">
-        <v>4.56</v>
+        <v>2.93</v>
       </c>
       <c r="H35" s="75">
-        <v>-3.78</v>
+        <v>4.37</v>
       </c>
       <c r="I35" s="75">
-        <v>7.21</v>
+        <v>7.59</v>
       </c>
       <c r="J35" s="78">
-        <v>7.39</v>
+        <v>7.49</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="87" t="s">
         <v>80</v>
       </c>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="51"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
@@ -3398,56 +3398,56 @@
       <c r="F2" s="52"/>
       <c r="G2" s="52"/>
       <c r="H2" s="52"/>
       <c r="I2" s="52"/>
       <c r="J2" s="52"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="30" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="30"/>
       <c r="C3" s="30"/>
       <c r="D3" s="30"/>
       <c r="E3" s="30"/>
       <c r="F3" s="30"/>
       <c r="G3" s="30"/>
       <c r="H3" s="30"/>
       <c r="I3" s="30"/>
       <c r="J3" s="30"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="53" t="str">
         <f>'2-5'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="53"/>
       <c r="E4" s="32" t="str">
         <f>'2-5'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="32"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="17.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="28"/>
       <c r="D5" s="29"/>
       <c r="E5" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>1</v>
       </c>
@@ -3514,673 +3514,673 @@
       </c>
       <c r="I7" s="41" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="11"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="49"/>
       <c r="G8" s="49"/>
       <c r="H8" s="49"/>
       <c r="I8" s="42"/>
       <c r="J8" s="38"/>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="56" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="59">
-        <v>130650</v>
+        <v>149151</v>
       </c>
       <c r="C9" s="59">
-        <v>41458</v>
+        <v>70779</v>
       </c>
       <c r="D9" s="59">
-        <v>172108</v>
+        <v>219930</v>
       </c>
       <c r="E9" s="59">
-        <v>188117</v>
+        <v>199069</v>
       </c>
       <c r="F9" s="59">
-        <v>232012</v>
+        <v>215916</v>
       </c>
       <c r="G9" s="62">
-        <v>-8.51</v>
+        <v>10.48</v>
       </c>
       <c r="H9" s="89">
-        <v>-25.82</v>
+        <v>1.86</v>
       </c>
       <c r="I9" s="62">
-        <v>1.09</v>
+        <v>1.35</v>
       </c>
       <c r="J9" s="65">
-        <v>1.45</v>
+        <v>1.37</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="68" t="s">
         <v>81</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="34"/>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="44"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="20" t="s">
         <v>82</v>
       </c>
       <c r="B11" s="72">
-        <v>19796</v>
+        <v>17826</v>
       </c>
       <c r="C11" s="72">
-        <v>88922</v>
+        <v>89901</v>
       </c>
       <c r="D11" s="72">
-        <v>108718</v>
+        <v>107727</v>
       </c>
       <c r="E11" s="72">
-        <v>107895</v>
+        <v>106451</v>
       </c>
       <c r="F11" s="72">
-        <v>129707</v>
+        <v>120368</v>
       </c>
       <c r="G11" s="75">
+        <v>1.2</v>
+      </c>
+      <c r="H11" s="91">
+        <v>-10.5</v>
+      </c>
+      <c r="I11" s="75">
+        <v>0.66</v>
+      </c>
+      <c r="J11" s="78">
         <v>0.76</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.81</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="68" t="s">
         <v>83</v>
       </c>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="40"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
       <c r="I12" s="34"/>
       <c r="J12" s="44"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="20" t="s">
         <v>84</v>
       </c>
       <c r="B13" s="72">
-        <v>85644</v>
+        <v>92982</v>
       </c>
       <c r="C13" s="72">
-        <v>269969</v>
+        <v>289500</v>
       </c>
       <c r="D13" s="72">
-        <v>355613</v>
+        <v>382482</v>
       </c>
       <c r="E13" s="72">
-        <v>344347</v>
+        <v>368748</v>
       </c>
       <c r="F13" s="72">
-        <v>386352</v>
+        <v>392741</v>
       </c>
       <c r="G13" s="75">
-        <v>3.27</v>
+        <v>3.72</v>
       </c>
       <c r="H13" s="91">
-        <v>-7.96</v>
+        <v>-2.61</v>
       </c>
       <c r="I13" s="75">
-        <v>2.25</v>
+        <v>2.35</v>
       </c>
       <c r="J13" s="78">
-        <v>2.41</v>
+        <v>2.49</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>85</v>
       </c>
       <c r="B14" s="40"/>
       <c r="C14" s="40"/>
       <c r="D14" s="40"/>
       <c r="E14" s="40"/>
       <c r="F14" s="40"/>
       <c r="G14" s="34"/>
       <c r="H14" s="34"/>
       <c r="I14" s="34"/>
       <c r="J14" s="44"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="20" t="s">
         <v>86</v>
       </c>
       <c r="B15" s="72">
-        <v>131507</v>
+        <v>135485</v>
       </c>
       <c r="C15" s="72">
-        <v>178576</v>
+        <v>178677</v>
       </c>
       <c r="D15" s="72">
-        <v>310082</v>
+        <v>314162</v>
       </c>
       <c r="E15" s="72">
-        <v>318207</v>
+        <v>305301</v>
       </c>
       <c r="F15" s="72">
-        <v>339743</v>
+        <v>337727</v>
       </c>
       <c r="G15" s="75">
-        <v>-2.55</v>
+        <v>2.9</v>
       </c>
       <c r="H15" s="91">
-        <v>-8.73</v>
+        <v>-6.98</v>
       </c>
       <c r="I15" s="75">
-        <v>1.96</v>
+        <v>1.93</v>
       </c>
       <c r="J15" s="78">
-        <v>2.12</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="68" t="s">
         <v>87</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="44"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>88</v>
       </c>
       <c r="B17" s="72">
-        <v>28054</v>
+        <v>27826</v>
       </c>
       <c r="C17" s="72">
-        <v>77209</v>
+        <v>77832</v>
       </c>
       <c r="D17" s="72">
-        <v>105264</v>
+        <v>105657</v>
       </c>
       <c r="E17" s="72">
-        <v>104960</v>
+        <v>107803</v>
       </c>
       <c r="F17" s="72">
-        <v>100046</v>
+        <v>103821</v>
       </c>
       <c r="G17" s="75">
-        <v>0.29</v>
+        <v>-1.99</v>
       </c>
       <c r="H17" s="91">
-        <v>5.22</v>
+        <v>1.77</v>
       </c>
       <c r="I17" s="75">
-        <v>0.67</v>
+        <v>0.65</v>
       </c>
       <c r="J17" s="78">
-        <v>0.62</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="68" t="s">
         <v>89</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="40"/>
       <c r="D18" s="40"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="44"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="20" t="s">
         <v>90</v>
       </c>
       <c r="B19" s="72">
-        <v>6503</v>
+        <v>6745</v>
       </c>
       <c r="C19" s="72">
-        <v>20367</v>
+        <v>20564</v>
       </c>
       <c r="D19" s="72">
-        <v>26870</v>
+        <v>27310</v>
       </c>
       <c r="E19" s="72">
-        <v>26342</v>
+        <v>27172</v>
       </c>
       <c r="F19" s="72">
-        <v>34083</v>
+        <v>31693</v>
       </c>
       <c r="G19" s="75">
-        <v>2</v>
+        <v>0.51</v>
       </c>
       <c r="H19" s="91">
-        <v>-21.16</v>
+        <v>-13.83</v>
       </c>
       <c r="I19" s="75">
         <v>0.17</v>
       </c>
       <c r="J19" s="78">
-        <v>0.21</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="68" t="s">
         <v>91</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="44"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>92</v>
       </c>
       <c r="B21" s="72">
-        <v>112337</v>
+        <v>115300</v>
       </c>
       <c r="C21" s="72">
-        <v>129967</v>
+        <v>135340</v>
       </c>
       <c r="D21" s="72">
-        <v>242304</v>
+        <v>250641</v>
       </c>
       <c r="E21" s="72">
-        <v>229661</v>
+        <v>243054</v>
       </c>
       <c r="F21" s="72">
-        <v>259728</v>
+        <v>246701</v>
       </c>
       <c r="G21" s="75">
-        <v>5.51</v>
+        <v>3.12</v>
       </c>
       <c r="H21" s="91">
-        <v>-6.71</v>
+        <v>1.6</v>
       </c>
       <c r="I21" s="75">
-        <v>1.53</v>
+        <v>1.54</v>
       </c>
       <c r="J21" s="78">
-        <v>1.62</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="68" t="s">
         <v>93</v>
       </c>
       <c r="B22" s="40"/>
       <c r="C22" s="40"/>
       <c r="D22" s="40"/>
       <c r="E22" s="40"/>
       <c r="F22" s="40"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="44"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>94</v>
       </c>
       <c r="B23" s="72">
-        <v>1069</v>
+        <v>1081</v>
       </c>
       <c r="C23" s="72">
-        <v>2331</v>
+        <v>2565</v>
       </c>
       <c r="D23" s="72">
-        <v>3401</v>
+        <v>3646</v>
       </c>
       <c r="E23" s="72">
-        <v>3342</v>
+        <v>3596</v>
       </c>
       <c r="F23" s="72">
-        <v>3814</v>
+        <v>3955</v>
       </c>
       <c r="G23" s="75">
-        <v>1.75</v>
+        <v>1.38</v>
       </c>
       <c r="H23" s="91">
-        <v>-10.84</v>
+        <v>-7.8</v>
       </c>
       <c r="I23" s="75">
         <v>0.02</v>
       </c>
       <c r="J23" s="78">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="68" t="s">
         <v>95</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="44"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="20" t="s">
         <v>96</v>
       </c>
       <c r="B25" s="72">
-        <v>2797</v>
+        <v>2905</v>
       </c>
       <c r="C25" s="72">
-        <v>3976</v>
+        <v>4730</v>
       </c>
       <c r="D25" s="72">
-        <v>6773</v>
+        <v>7635</v>
       </c>
       <c r="E25" s="72">
-        <v>6699</v>
+        <v>6927</v>
       </c>
       <c r="F25" s="72">
-        <v>8992</v>
+        <v>7846</v>
       </c>
       <c r="G25" s="75">
-        <v>1.1</v>
+        <v>10.22</v>
       </c>
       <c r="H25" s="91">
-        <v>-24.68</v>
+        <v>-2.69</v>
       </c>
       <c r="I25" s="75">
-        <v>0.04</v>
+        <v>0.05</v>
       </c>
       <c r="J25" s="78">
-        <v>0.06</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="68" t="s">
         <v>97</v>
       </c>
       <c r="B26" s="40"/>
       <c r="C26" s="40"/>
       <c r="D26" s="40"/>
       <c r="E26" s="40"/>
       <c r="F26" s="40"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="44"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="20" t="s">
         <v>98</v>
       </c>
       <c r="B27" s="72">
-        <v>67015</v>
+        <v>66624</v>
       </c>
       <c r="C27" s="72">
-        <v>108127</v>
+        <v>116320</v>
       </c>
       <c r="D27" s="72">
-        <v>175141</v>
+        <v>182944</v>
       </c>
       <c r="E27" s="72">
-        <v>174416</v>
+        <v>182042</v>
       </c>
       <c r="F27" s="72">
-        <v>181576</v>
+        <v>179056</v>
       </c>
       <c r="G27" s="75">
-        <v>0.42</v>
+        <v>0.5</v>
       </c>
       <c r="H27" s="91">
-        <v>-3.54</v>
+        <v>2.17</v>
       </c>
       <c r="I27" s="75">
-        <v>1.11</v>
+        <v>1.13</v>
       </c>
       <c r="J27" s="78">
         <v>1.13</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="68" t="s">
         <v>99</v>
       </c>
       <c r="B28" s="40"/>
       <c r="C28" s="40"/>
       <c r="D28" s="40"/>
       <c r="E28" s="40"/>
       <c r="F28" s="40"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="44"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="20" t="s">
         <v>100</v>
       </c>
       <c r="B29" s="72">
-        <v>10433</v>
+        <v>10473</v>
       </c>
       <c r="C29" s="72">
-        <v>57066</v>
+        <v>62839</v>
       </c>
       <c r="D29" s="72">
-        <v>67499</v>
+        <v>73312</v>
       </c>
       <c r="E29" s="72">
-        <v>64086</v>
+        <v>72082</v>
       </c>
       <c r="F29" s="72">
-        <v>66278</v>
+        <v>64963</v>
       </c>
       <c r="G29" s="75">
-        <v>5.33</v>
+        <v>1.71</v>
       </c>
       <c r="H29" s="91">
-        <v>1.84</v>
+        <v>12.85</v>
       </c>
       <c r="I29" s="75">
-        <v>0.43</v>
+        <v>0.45</v>
       </c>
       <c r="J29" s="78">
         <v>0.41</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="68" t="s">
         <v>101</v>
       </c>
       <c r="B30" s="40"/>
       <c r="C30" s="40"/>
       <c r="D30" s="40"/>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="44"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="20" t="s">
         <v>102</v>
       </c>
       <c r="B31" s="72">
-        <v>7305</v>
+        <v>7738</v>
       </c>
       <c r="C31" s="72">
-        <v>25162</v>
+        <v>26107</v>
       </c>
       <c r="D31" s="72">
-        <v>32467</v>
+        <v>33845</v>
       </c>
       <c r="E31" s="72">
-        <v>33454</v>
+        <v>34169</v>
       </c>
       <c r="F31" s="72">
-        <v>34979</v>
+        <v>35361</v>
       </c>
       <c r="G31" s="75">
-        <v>-2.95</v>
+        <v>-0.95</v>
       </c>
       <c r="H31" s="91">
-        <v>-7.18</v>
+        <v>-4.29</v>
       </c>
       <c r="I31" s="75">
         <v>0.21</v>
       </c>
       <c r="J31" s="78">
         <v>0.22</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="68" t="s">
         <v>103</v>
       </c>
       <c r="B32" s="40"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="34"/>
       <c r="H32" s="34"/>
       <c r="I32" s="34"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="20" t="s">
         <v>104</v>
       </c>
       <c r="B33" s="72">
-        <v>2177</v>
+        <v>2211</v>
       </c>
       <c r="C33" s="72">
-        <v>2282</v>
+        <v>2349</v>
       </c>
       <c r="D33" s="72">
-        <v>4459</v>
+        <v>4560</v>
       </c>
       <c r="E33" s="72">
-        <v>4339</v>
+        <v>4678</v>
       </c>
       <c r="F33" s="72">
-        <v>3820</v>
+        <v>3725</v>
       </c>
       <c r="G33" s="75">
-        <v>2.76</v>
+        <v>-2.53</v>
       </c>
       <c r="H33" s="91">
-        <v>16.73</v>
+        <v>22.41</v>
       </c>
       <c r="I33" s="75">
         <v>0.03</v>
       </c>
       <c r="J33" s="78">
         <v>0.02</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="68" t="s">
         <v>105</v>
       </c>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="34"/>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="20" t="s">
         <v>106</v>
       </c>
       <c r="B35" s="72">
-        <v>27898</v>
+        <v>28968</v>
       </c>
       <c r="C35" s="72">
-        <v>69507</v>
+        <v>70701</v>
       </c>
       <c r="D35" s="72">
-        <v>97404</v>
+        <v>99670</v>
       </c>
       <c r="E35" s="72">
-        <v>96506</v>
+        <v>99650</v>
       </c>
       <c r="F35" s="72">
-        <v>104613</v>
+        <v>104376</v>
       </c>
       <c r="G35" s="75">
-        <v>0.93</v>
+        <v>0.02</v>
       </c>
       <c r="H35" s="91">
-        <v>-6.89</v>
+        <v>-4.51</v>
       </c>
       <c r="I35" s="75">
-        <v>0.62</v>
+        <v>0.61</v>
       </c>
       <c r="J35" s="78">
-        <v>0.65</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="87" t="s">
         <v>107</v>
       </c>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="51"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="10" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
@@ -4418,56 +4418,56 @@
       <c r="F2" s="52"/>
       <c r="G2" s="52"/>
       <c r="H2" s="52"/>
       <c r="I2" s="52"/>
       <c r="J2" s="52"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="30" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="30"/>
       <c r="C3" s="30"/>
       <c r="D3" s="30"/>
       <c r="E3" s="30"/>
       <c r="F3" s="30"/>
       <c r="G3" s="30"/>
       <c r="H3" s="30"/>
       <c r="I3" s="30"/>
       <c r="J3" s="30"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="53" t="str">
         <f>'2-5'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="53"/>
       <c r="E4" s="32" t="str">
         <f>'2-5'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="32"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="17.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="28"/>
       <c r="D5" s="29"/>
       <c r="E5" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>1</v>
       </c>
@@ -4534,529 +4534,529 @@
       </c>
       <c r="I7" s="41" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="11"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="49"/>
       <c r="G8" s="49"/>
       <c r="H8" s="49"/>
       <c r="I8" s="42"/>
       <c r="J8" s="38"/>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="56" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="59">
-        <v>56240</v>
+        <v>60819</v>
       </c>
       <c r="C9" s="59">
-        <v>65665</v>
+        <v>62650</v>
       </c>
       <c r="D9" s="59">
-        <v>121905</v>
+        <v>123469</v>
       </c>
       <c r="E9" s="59">
-        <v>118649</v>
+        <v>130434</v>
       </c>
       <c r="F9" s="59">
-        <v>165493</v>
+        <v>149396</v>
       </c>
       <c r="G9" s="62">
-        <v>2.74</v>
+        <v>-5.34</v>
       </c>
       <c r="H9" s="89">
-        <v>-26.34</v>
+        <v>-17.35</v>
       </c>
       <c r="I9" s="62">
-        <v>0.77</v>
+        <v>0.76</v>
       </c>
       <c r="J9" s="65">
-        <v>1.03</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="68" t="s">
         <v>108</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="34"/>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="44"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="20" t="s">
         <v>109</v>
       </c>
       <c r="B11" s="72">
-        <v>92720</v>
+        <v>119640</v>
       </c>
       <c r="C11" s="72">
-        <v>141173</v>
+        <v>142785</v>
       </c>
       <c r="D11" s="72">
-        <v>233892</v>
+        <v>262425</v>
       </c>
       <c r="E11" s="72">
-        <v>220901</v>
+        <v>243739</v>
       </c>
       <c r="F11" s="72">
-        <v>239094</v>
+        <v>262734</v>
       </c>
       <c r="G11" s="75">
-        <v>5.88</v>
+        <v>7.67</v>
       </c>
       <c r="H11" s="91">
-        <v>-2.18</v>
+        <v>-0.12</v>
       </c>
       <c r="I11" s="75">
-        <v>1.48</v>
+        <v>1.61</v>
       </c>
       <c r="J11" s="78">
-        <v>1.49</v>
+        <v>1.66</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="68" t="s">
         <v>110</v>
       </c>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="40"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
       <c r="I12" s="34"/>
       <c r="J12" s="44"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="20" t="s">
         <v>111</v>
       </c>
       <c r="B13" s="72">
-        <v>286708</v>
+        <v>308284</v>
       </c>
       <c r="C13" s="72">
-        <v>446133</v>
+        <v>417606</v>
       </c>
       <c r="D13" s="72">
-        <v>732841</v>
+        <v>725890</v>
       </c>
       <c r="E13" s="72">
-        <v>675523</v>
+        <v>722331</v>
       </c>
       <c r="F13" s="72">
-        <v>698557</v>
+        <v>735164</v>
       </c>
       <c r="G13" s="75">
-        <v>8.49</v>
+        <v>0.49</v>
       </c>
       <c r="H13" s="91">
-        <v>4.91</v>
+        <v>-1.26</v>
       </c>
       <c r="I13" s="75">
-        <v>4.64</v>
+        <v>4.47</v>
       </c>
       <c r="J13" s="78">
-        <v>4.36</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>112</v>
       </c>
       <c r="B14" s="40"/>
       <c r="C14" s="40"/>
       <c r="D14" s="40"/>
       <c r="E14" s="40"/>
       <c r="F14" s="40"/>
       <c r="G14" s="34"/>
       <c r="H14" s="34"/>
       <c r="I14" s="34"/>
       <c r="J14" s="44"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="20" t="s">
         <v>113</v>
       </c>
       <c r="B15" s="72">
-        <v>352867</v>
+        <v>358003</v>
       </c>
       <c r="C15" s="72">
-        <v>731443</v>
+        <v>766208</v>
       </c>
       <c r="D15" s="72">
-        <v>1084310</v>
+        <v>1124210</v>
       </c>
       <c r="E15" s="72">
-        <v>1077583</v>
+        <v>1121663</v>
       </c>
       <c r="F15" s="72">
-        <v>1035320</v>
+        <v>1033608</v>
       </c>
       <c r="G15" s="75">
-        <v>0.62</v>
+        <v>0.23</v>
       </c>
       <c r="H15" s="91">
-        <v>4.73</v>
+        <v>8.77</v>
       </c>
       <c r="I15" s="75">
-        <v>6.87</v>
+        <v>6.92</v>
       </c>
       <c r="J15" s="78">
-        <v>6.46</v>
+        <v>6.55</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="68" t="s">
         <v>114</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="44"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>115</v>
       </c>
       <c r="B17" s="72">
-        <v>77312</v>
+        <v>71613</v>
       </c>
       <c r="C17" s="72">
-        <v>101006</v>
+        <v>107203</v>
       </c>
       <c r="D17" s="72">
-        <v>178318</v>
+        <v>178816</v>
       </c>
       <c r="E17" s="72">
-        <v>174553</v>
+        <v>178663</v>
       </c>
       <c r="F17" s="72">
-        <v>203835</v>
+        <v>225063</v>
       </c>
       <c r="G17" s="75">
-        <v>2.16</v>
+        <v>0.09</v>
       </c>
       <c r="H17" s="91">
-        <v>-12.52</v>
+        <v>-20.55</v>
       </c>
       <c r="I17" s="75">
-        <v>1.13</v>
+        <v>1.1</v>
       </c>
       <c r="J17" s="78">
-        <v>1.27</v>
+        <v>1.43</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="68" t="s">
         <v>116</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="40"/>
       <c r="D18" s="40"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="44"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="20" t="s">
         <v>117</v>
       </c>
       <c r="B19" s="72">
-        <v>156352</v>
+        <v>151852</v>
       </c>
       <c r="C19" s="72">
-        <v>142309</v>
+        <v>149292</v>
       </c>
       <c r="D19" s="72">
-        <v>298662</v>
+        <v>301144</v>
       </c>
       <c r="E19" s="72">
-        <v>279292</v>
+        <v>305221</v>
       </c>
       <c r="F19" s="72">
-        <v>305963</v>
+        <v>306416</v>
       </c>
       <c r="G19" s="75">
-        <v>6.94</v>
+        <v>-1.34</v>
       </c>
       <c r="H19" s="91">
-        <v>-2.39</v>
+        <v>-1.72</v>
       </c>
       <c r="I19" s="75">
-        <v>1.89</v>
+        <v>1.85</v>
       </c>
       <c r="J19" s="78">
-        <v>1.91</v>
+        <v>1.94</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="68" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="44"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>119</v>
       </c>
       <c r="B21" s="72">
-        <v>225958</v>
+        <v>239141</v>
       </c>
       <c r="C21" s="72">
-        <v>518412</v>
+        <v>519422</v>
       </c>
       <c r="D21" s="72">
-        <v>744371</v>
+        <v>758563</v>
       </c>
       <c r="E21" s="72">
-        <v>722028</v>
+        <v>770155</v>
       </c>
       <c r="F21" s="72">
-        <v>743749</v>
+        <v>726802</v>
       </c>
       <c r="G21" s="75">
-        <v>3.09</v>
+        <v>-1.51</v>
       </c>
       <c r="H21" s="91">
-        <v>0.08</v>
+        <v>4.37</v>
       </c>
       <c r="I21" s="75">
-        <v>4.71</v>
+        <v>4.67</v>
       </c>
       <c r="J21" s="78">
-        <v>4.64</v>
+        <v>4.61</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="68" t="s">
         <v>120</v>
       </c>
       <c r="B22" s="40"/>
       <c r="C22" s="40"/>
       <c r="D22" s="40"/>
       <c r="E22" s="40"/>
       <c r="F22" s="40"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="44"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>121</v>
       </c>
       <c r="B23" s="72">
-        <v>9840</v>
+        <v>11546</v>
       </c>
       <c r="C23" s="72">
-        <v>39385</v>
+        <v>41002</v>
       </c>
       <c r="D23" s="72">
-        <v>49224</v>
+        <v>52548</v>
       </c>
       <c r="E23" s="72">
-        <v>48361</v>
+        <v>51898</v>
       </c>
       <c r="F23" s="72">
-        <v>51096</v>
+        <v>49819</v>
       </c>
       <c r="G23" s="75">
-        <v>1.78</v>
+        <v>1.25</v>
       </c>
       <c r="H23" s="91">
-        <v>-3.66</v>
+        <v>5.48</v>
       </c>
       <c r="I23" s="75">
-        <v>0.31</v>
+        <v>0.32</v>
       </c>
       <c r="J23" s="78">
         <v>0.32</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="68" t="s">
         <v>122</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="44"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="20" t="s">
         <v>123</v>
       </c>
       <c r="B25" s="72">
-        <v>539012</v>
+        <v>586111</v>
       </c>
       <c r="C25" s="72">
-        <v>891112</v>
+        <v>913593</v>
       </c>
       <c r="D25" s="72">
-        <v>1430124</v>
+        <v>1499704</v>
       </c>
       <c r="E25" s="72">
-        <v>1408540</v>
+        <v>1487246</v>
       </c>
       <c r="F25" s="72">
-        <v>1507624</v>
+        <v>1487577</v>
       </c>
       <c r="G25" s="75">
-        <v>1.53</v>
+        <v>0.84</v>
       </c>
       <c r="H25" s="91">
-        <v>-5.14</v>
+        <v>0.82</v>
       </c>
       <c r="I25" s="75">
-        <v>9.06</v>
+        <v>9.23</v>
       </c>
       <c r="J25" s="78">
-        <v>9.41</v>
+        <v>9.43</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="68" t="s">
         <v>124</v>
       </c>
       <c r="B26" s="40"/>
       <c r="C26" s="40"/>
       <c r="D26" s="40"/>
       <c r="E26" s="40"/>
       <c r="F26" s="40"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="44"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="20" t="s">
         <v>125</v>
       </c>
       <c r="B27" s="72">
-        <v>412</v>
+        <v>472</v>
       </c>
       <c r="C27" s="72">
-        <v>497</v>
+        <v>785</v>
       </c>
       <c r="D27" s="72">
-        <v>909</v>
+        <v>1257</v>
       </c>
       <c r="E27" s="72">
-        <v>851</v>
+        <v>930</v>
       </c>
       <c r="F27" s="81">
         <v>0</v>
       </c>
       <c r="G27" s="75">
-        <v>6.74</v>
+        <v>35.18</v>
       </c>
       <c r="H27" s="93">
         <v>0</v>
       </c>
       <c r="I27" s="75">
         <v>0.01</v>
       </c>
       <c r="J27" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="68" t="s">
         <v>126</v>
       </c>
       <c r="B28" s="40"/>
       <c r="C28" s="40"/>
       <c r="D28" s="40"/>
       <c r="E28" s="40"/>
       <c r="F28" s="40"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="44"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="20" t="s">
         <v>127</v>
       </c>
       <c r="B29" s="72">
-        <v>374</v>
+        <v>486</v>
       </c>
       <c r="C29" s="72">
-        <v>1054</v>
+        <v>1237</v>
       </c>
       <c r="D29" s="72">
-        <v>1429</v>
+        <v>1723</v>
       </c>
       <c r="E29" s="72">
-        <v>1184</v>
+        <v>1630</v>
       </c>
       <c r="F29" s="72">
-        <v>316</v>
+        <v>363</v>
       </c>
       <c r="G29" s="75">
-        <v>20.7</v>
+        <v>5.69</v>
       </c>
       <c r="H29" s="91">
-        <v>352.1</v>
+        <v>374.69</v>
       </c>
       <c r="I29" s="75">
         <v>0.01</v>
       </c>
       <c r="J29" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="68" t="s">
         <v>128</v>
       </c>
       <c r="B30" s="40"/>
       <c r="C30" s="40"/>
       <c r="D30" s="40"/>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="44"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="20" t="s">
         <v>129</v>
@@ -5086,121 +5086,121 @@
         <v>0</v>
       </c>
       <c r="J31" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="68" t="s">
         <v>130</v>
       </c>
       <c r="B32" s="40"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="34"/>
       <c r="H32" s="34"/>
       <c r="I32" s="34"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="70" t="s">
         <v>131</v>
       </c>
       <c r="B33" s="73">
-        <v>428784</v>
+        <v>328503</v>
       </c>
       <c r="C33" s="73">
-        <v>963716</v>
+        <v>982080</v>
       </c>
       <c r="D33" s="73">
-        <v>1392500</v>
+        <v>1310582</v>
       </c>
       <c r="E33" s="73">
-        <v>1255138</v>
+        <v>1424514</v>
       </c>
       <c r="F33" s="73">
-        <v>985787</v>
+        <v>839918</v>
       </c>
       <c r="G33" s="76">
-        <v>10.94</v>
+        <v>-8</v>
       </c>
       <c r="H33" s="94">
-        <v>41.26</v>
+        <v>56.04</v>
       </c>
       <c r="I33" s="76">
-        <v>8.82</v>
+        <v>8.06</v>
       </c>
       <c r="J33" s="79">
-        <v>6.16</v>
+        <v>5.32</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="69" t="s">
         <v>132</v>
       </c>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="34"/>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="70" t="s">
         <v>133</v>
       </c>
       <c r="B35" s="73">
-        <v>1289</v>
+        <v>2428</v>
       </c>
       <c r="C35" s="73">
-        <v>19473</v>
+        <v>22719</v>
       </c>
       <c r="D35" s="73">
-        <v>20761</v>
+        <v>25147</v>
       </c>
       <c r="E35" s="73">
-        <v>33230</v>
+        <v>24199</v>
       </c>
       <c r="F35" s="73">
-        <v>166661</v>
+        <v>127772</v>
       </c>
       <c r="G35" s="76">
-        <v>-37.52</v>
+        <v>3.92</v>
       </c>
       <c r="H35" s="94">
-        <v>-87.54</v>
+        <v>-80.32</v>
       </c>
       <c r="I35" s="76">
-        <v>0.13</v>
+        <v>0.15</v>
       </c>
       <c r="J35" s="79">
-        <v>1.04</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="95" t="s">
         <v>134</v>
       </c>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="51"/>
     </row>
     <row r="37" spans="1:1" ht="13.5" customHeight="1">
       <c r="A37" s="23" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="38" spans="1:1" ht="13.5" customHeight="1">
       <c r="A38" s="25" t="s">
         <v>54</v>
       </c>
@@ -5401,56 +5401,56 @@
       <c r="F2" s="52"/>
       <c r="G2" s="52"/>
       <c r="H2" s="52"/>
       <c r="I2" s="52"/>
       <c r="J2" s="52"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="54" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="54"/>
       <c r="C3" s="54"/>
       <c r="D3" s="54"/>
       <c r="E3" s="54"/>
       <c r="F3" s="54"/>
       <c r="G3" s="54"/>
       <c r="H3" s="54"/>
       <c r="I3" s="54"/>
       <c r="J3" s="54"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="53" t="str">
         <f>'2-5'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="53"/>
       <c r="E4" s="32" t="str">
         <f>'2-5'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="32"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="17.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="28"/>
       <c r="D5" s="29"/>
       <c r="E5" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>1</v>
       </c>
@@ -5517,535 +5517,535 @@
       </c>
       <c r="I7" s="41" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="11"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="49"/>
       <c r="G8" s="49"/>
       <c r="H8" s="49"/>
       <c r="I8" s="42"/>
       <c r="J8" s="38"/>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="57" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="60">
-        <v>4064737</v>
+        <v>4078619</v>
       </c>
       <c r="C9" s="60">
-        <v>4946269</v>
+        <v>5148077</v>
       </c>
       <c r="D9" s="60">
-        <v>9011006</v>
+        <v>9226697</v>
       </c>
       <c r="E9" s="60">
-        <v>8678705</v>
+        <v>9245678</v>
       </c>
       <c r="F9" s="60">
-        <v>9618954</v>
+        <v>9267163</v>
       </c>
       <c r="G9" s="63">
-        <v>3.83</v>
+        <v>-0.21</v>
       </c>
       <c r="H9" s="63">
-        <v>-6.32</v>
+        <v>-0.44</v>
       </c>
       <c r="I9" s="63">
         <v>100</v>
       </c>
       <c r="J9" s="66">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="69" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="34"/>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="44"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="70" t="s">
         <v>55</v>
       </c>
       <c r="B11" s="73">
-        <v>3722975</v>
+        <v>3820035</v>
       </c>
       <c r="C11" s="73">
-        <v>4767716</v>
+        <v>4972935</v>
       </c>
       <c r="D11" s="73">
-        <v>8490691</v>
+        <v>8792970</v>
       </c>
       <c r="E11" s="73">
-        <v>8206021</v>
+        <v>8711455</v>
       </c>
       <c r="F11" s="73">
-        <v>8955214</v>
+        <v>8756110</v>
       </c>
       <c r="G11" s="76">
-        <v>3.47</v>
+        <v>0.94</v>
       </c>
       <c r="H11" s="76">
-        <v>-5.19</v>
+        <v>0.42</v>
       </c>
       <c r="I11" s="76">
-        <v>94.23</v>
+        <v>95.3</v>
       </c>
       <c r="J11" s="79">
-        <v>93.1</v>
+        <v>94.49</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="69" t="s">
         <v>56</v>
       </c>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="40"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
       <c r="I12" s="34"/>
       <c r="J12" s="44"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="20" t="s">
         <v>57</v>
       </c>
       <c r="B13" s="72">
-        <v>235273</v>
+        <v>248438</v>
       </c>
       <c r="C13" s="72">
-        <v>589231</v>
+        <v>576995</v>
       </c>
       <c r="D13" s="72">
-        <v>824504</v>
+        <v>825434</v>
       </c>
       <c r="E13" s="72">
-        <v>781622</v>
+        <v>839952</v>
       </c>
       <c r="F13" s="72">
-        <v>823212</v>
+        <v>789798</v>
       </c>
       <c r="G13" s="75">
-        <v>5.49</v>
+        <v>-1.73</v>
       </c>
       <c r="H13" s="75">
-        <v>0.16</v>
+        <v>4.51</v>
       </c>
       <c r="I13" s="75">
-        <v>9.15</v>
+        <v>8.95</v>
       </c>
       <c r="J13" s="78">
-        <v>8.56</v>
+        <v>8.52</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>58</v>
       </c>
       <c r="B14" s="40"/>
       <c r="C14" s="40"/>
       <c r="D14" s="40"/>
       <c r="E14" s="40"/>
       <c r="F14" s="40"/>
       <c r="G14" s="34"/>
       <c r="H14" s="34"/>
       <c r="I14" s="34"/>
       <c r="J14" s="44"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="20" t="s">
         <v>59</v>
       </c>
       <c r="B15" s="72">
-        <v>78286</v>
+        <v>76045</v>
       </c>
       <c r="C15" s="72">
-        <v>82750</v>
+        <v>98416</v>
       </c>
       <c r="D15" s="72">
-        <v>161036</v>
+        <v>174461</v>
       </c>
       <c r="E15" s="72">
-        <v>154785</v>
+        <v>169480</v>
       </c>
       <c r="F15" s="72">
-        <v>152754</v>
+        <v>151831</v>
       </c>
       <c r="G15" s="75">
-        <v>4.04</v>
+        <v>2.94</v>
       </c>
       <c r="H15" s="75">
-        <v>5.42</v>
+        <v>14.9</v>
       </c>
       <c r="I15" s="75">
-        <v>1.79</v>
+        <v>1.89</v>
       </c>
       <c r="J15" s="78">
-        <v>1.59</v>
+        <v>1.64</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="68" t="s">
         <v>60</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="44"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>61</v>
       </c>
       <c r="B17" s="72">
-        <v>161087</v>
+        <v>156830</v>
       </c>
       <c r="C17" s="72">
-        <v>257726</v>
+        <v>271295</v>
       </c>
       <c r="D17" s="72">
-        <v>418813</v>
+        <v>428125</v>
       </c>
       <c r="E17" s="72">
-        <v>399763</v>
+        <v>419137</v>
       </c>
       <c r="F17" s="72">
-        <v>443528</v>
+        <v>445656</v>
       </c>
       <c r="G17" s="75">
-        <v>4.77</v>
+        <v>2.14</v>
       </c>
       <c r="H17" s="75">
-        <v>-5.57</v>
+        <v>-3.93</v>
       </c>
       <c r="I17" s="75">
-        <v>4.65</v>
+        <v>4.64</v>
       </c>
       <c r="J17" s="78">
-        <v>4.61</v>
+        <v>4.81</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="68" t="s">
         <v>62</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="40"/>
       <c r="D18" s="40"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="44"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="20" t="s">
         <v>63</v>
       </c>
       <c r="B19" s="72">
-        <v>227384</v>
+        <v>231136</v>
       </c>
       <c r="C19" s="72">
-        <v>300010</v>
+        <v>300614</v>
       </c>
       <c r="D19" s="72">
-        <v>527393</v>
+        <v>531751</v>
       </c>
       <c r="E19" s="72">
-        <v>506687</v>
+        <v>543342</v>
       </c>
       <c r="F19" s="72">
-        <v>628421</v>
+        <v>573808</v>
       </c>
       <c r="G19" s="75">
-        <v>4.09</v>
+        <v>-2.13</v>
       </c>
       <c r="H19" s="75">
-        <v>-16.08</v>
+        <v>-7.33</v>
       </c>
       <c r="I19" s="75">
-        <v>5.85</v>
+        <v>5.76</v>
       </c>
       <c r="J19" s="78">
-        <v>6.53</v>
+        <v>6.19</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="68" t="s">
         <v>64</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="44"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="72">
-        <v>256707</v>
+        <v>277268</v>
       </c>
       <c r="C21" s="72">
-        <v>248761</v>
+        <v>276717</v>
       </c>
       <c r="D21" s="72">
-        <v>505468</v>
+        <v>553985</v>
       </c>
       <c r="E21" s="72">
-        <v>478962</v>
+        <v>524550</v>
       </c>
       <c r="F21" s="72">
-        <v>530866</v>
+        <v>528208</v>
       </c>
       <c r="G21" s="75">
-        <v>5.53</v>
+        <v>5.61</v>
       </c>
       <c r="H21" s="75">
-        <v>-4.78</v>
+        <v>4.88</v>
       </c>
       <c r="I21" s="75">
-        <v>5.61</v>
+        <v>6</v>
       </c>
       <c r="J21" s="78">
-        <v>5.52</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="68" t="s">
         <v>66</v>
       </c>
       <c r="B22" s="40"/>
       <c r="C22" s="40"/>
       <c r="D22" s="40"/>
       <c r="E22" s="40"/>
       <c r="F22" s="40"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="44"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>67</v>
       </c>
       <c r="B23" s="72">
-        <v>134326</v>
+        <v>133769</v>
       </c>
       <c r="C23" s="72">
-        <v>286369</v>
+        <v>294951</v>
       </c>
       <c r="D23" s="72">
-        <v>420695</v>
+        <v>428720</v>
       </c>
       <c r="E23" s="72">
-        <v>416711</v>
+        <v>426786</v>
       </c>
       <c r="F23" s="72">
-        <v>467834</v>
+        <v>459354</v>
       </c>
       <c r="G23" s="75">
-        <v>0.96</v>
+        <v>0.45</v>
       </c>
       <c r="H23" s="75">
-        <v>-10.08</v>
+        <v>-6.67</v>
       </c>
       <c r="I23" s="75">
-        <v>4.67</v>
+        <v>4.65</v>
       </c>
       <c r="J23" s="78">
-        <v>4.86</v>
+        <v>4.96</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="68" t="s">
         <v>68</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="44"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="20" t="s">
         <v>69</v>
       </c>
       <c r="B25" s="72">
-        <v>64257</v>
+        <v>66757</v>
       </c>
       <c r="C25" s="72">
-        <v>80337</v>
+        <v>82379</v>
       </c>
       <c r="D25" s="72">
-        <v>144594</v>
+        <v>149136</v>
       </c>
       <c r="E25" s="72">
-        <v>140347</v>
+        <v>149149</v>
       </c>
       <c r="F25" s="72">
-        <v>153761</v>
+        <v>155765</v>
       </c>
       <c r="G25" s="75">
-        <v>3.03</v>
+        <v>-0.01</v>
       </c>
       <c r="H25" s="75">
-        <v>-5.96</v>
+        <v>-4.26</v>
       </c>
       <c r="I25" s="75">
-        <v>1.6</v>
+        <v>1.62</v>
       </c>
       <c r="J25" s="78">
-        <v>1.6</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="68" t="s">
         <v>70</v>
       </c>
       <c r="B26" s="40"/>
       <c r="C26" s="40"/>
       <c r="D26" s="40"/>
       <c r="E26" s="40"/>
       <c r="F26" s="40"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="44"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="20" t="s">
         <v>71</v>
       </c>
       <c r="B27" s="72">
-        <v>249628</v>
+        <v>234304</v>
       </c>
       <c r="C27" s="72">
-        <v>288035</v>
+        <v>317810</v>
       </c>
       <c r="D27" s="72">
-        <v>537663</v>
+        <v>552113</v>
       </c>
       <c r="E27" s="72">
-        <v>534973</v>
+        <v>552188</v>
       </c>
       <c r="F27" s="72">
-        <v>565225</v>
+        <v>559337</v>
       </c>
       <c r="G27" s="75">
-        <v>0.5</v>
+        <v>-0.01</v>
       </c>
       <c r="H27" s="75">
-        <v>-4.88</v>
+        <v>-1.29</v>
       </c>
       <c r="I27" s="75">
-        <v>5.97</v>
+        <v>5.98</v>
       </c>
       <c r="J27" s="78">
-        <v>5.88</v>
+        <v>6.04</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="68" t="s">
         <v>72</v>
       </c>
       <c r="B28" s="40"/>
       <c r="C28" s="40"/>
       <c r="D28" s="40"/>
       <c r="E28" s="40"/>
       <c r="F28" s="40"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="44"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="20" t="s">
         <v>73</v>
       </c>
       <c r="B29" s="72">
-        <v>371774</v>
+        <v>368234</v>
       </c>
       <c r="C29" s="72">
-        <v>222925</v>
+        <v>226651</v>
       </c>
       <c r="D29" s="72">
-        <v>594699</v>
+        <v>594885</v>
       </c>
       <c r="E29" s="72">
-        <v>590453</v>
+        <v>600245</v>
       </c>
       <c r="F29" s="72">
-        <v>596223</v>
+        <v>577215</v>
       </c>
       <c r="G29" s="75">
-        <v>0.72</v>
+        <v>-0.89</v>
       </c>
       <c r="H29" s="75">
-        <v>-0.26</v>
+        <v>3.06</v>
       </c>
       <c r="I29" s="75">
-        <v>6.6</v>
+        <v>6.45</v>
       </c>
       <c r="J29" s="78">
-        <v>6.2</v>
+        <v>6.23</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="68" t="s">
         <v>74</v>
       </c>
       <c r="B30" s="40"/>
       <c r="C30" s="40"/>
       <c r="D30" s="40"/>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="44"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="20" t="s">
         <v>75</v>
       </c>
       <c r="B31" s="81">
         <v>0</v>
       </c>
       <c r="C31" s="81">
         <v>0</v>
@@ -6069,121 +6069,121 @@
         <v>0</v>
       </c>
       <c r="J31" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="68" t="s">
         <v>76</v>
       </c>
       <c r="B32" s="40"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="34"/>
       <c r="H32" s="34"/>
       <c r="I32" s="34"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="20" t="s">
         <v>77</v>
       </c>
       <c r="B33" s="72">
-        <v>11230</v>
+        <v>12614</v>
       </c>
       <c r="C33" s="72">
-        <v>21699</v>
+        <v>21712</v>
       </c>
       <c r="D33" s="72">
-        <v>32929</v>
+        <v>34326</v>
       </c>
       <c r="E33" s="72">
-        <v>31718</v>
+        <v>33598</v>
       </c>
       <c r="F33" s="72">
-        <v>36086</v>
+        <v>37376</v>
       </c>
       <c r="G33" s="75">
-        <v>3.82</v>
+        <v>2.16</v>
       </c>
       <c r="H33" s="75">
-        <v>-8.75</v>
+        <v>-8.16</v>
       </c>
       <c r="I33" s="75">
         <v>0.37</v>
       </c>
       <c r="J33" s="78">
-        <v>0.38</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="68" t="s">
         <v>78</v>
       </c>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="34"/>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="20" t="s">
         <v>79</v>
       </c>
       <c r="B35" s="72">
-        <v>266829</v>
+        <v>277405</v>
       </c>
       <c r="C35" s="72">
-        <v>326389</v>
+        <v>377383</v>
       </c>
       <c r="D35" s="72">
-        <v>593218</v>
+        <v>654788</v>
       </c>
       <c r="E35" s="72">
-        <v>549795</v>
+        <v>632426</v>
       </c>
       <c r="F35" s="72">
-        <v>614327</v>
+        <v>613514</v>
       </c>
       <c r="G35" s="75">
-        <v>7.9</v>
+        <v>3.54</v>
       </c>
       <c r="H35" s="75">
-        <v>-3.44</v>
+        <v>6.73</v>
       </c>
       <c r="I35" s="75">
-        <v>6.58</v>
+        <v>7.1</v>
       </c>
       <c r="J35" s="78">
-        <v>6.39</v>
+        <v>6.62</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="87" t="s">
         <v>80</v>
       </c>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="51"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
@@ -6464,56 +6464,56 @@
       <c r="F2" s="52"/>
       <c r="G2" s="52"/>
       <c r="H2" s="52"/>
       <c r="I2" s="52"/>
       <c r="J2" s="52"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="54" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="54"/>
       <c r="C3" s="54"/>
       <c r="D3" s="54"/>
       <c r="E3" s="54"/>
       <c r="F3" s="54"/>
       <c r="G3" s="54"/>
       <c r="H3" s="54"/>
       <c r="I3" s="54"/>
       <c r="J3" s="54"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="53" t="str">
         <f>'2-5'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="53"/>
       <c r="E4" s="32" t="str">
         <f>'2-5'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="32"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="17.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="28"/>
       <c r="D5" s="29"/>
       <c r="E5" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>1</v>
       </c>
@@ -6580,673 +6580,673 @@
       </c>
       <c r="I7" s="41" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="11"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="49"/>
       <c r="G8" s="49"/>
       <c r="H8" s="49"/>
       <c r="I8" s="42"/>
       <c r="J8" s="38"/>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="56" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="59">
-        <v>95703</v>
+        <v>101254</v>
       </c>
       <c r="C9" s="59">
-        <v>9073</v>
+        <v>9785</v>
       </c>
       <c r="D9" s="59">
-        <v>104777</v>
+        <v>111039</v>
       </c>
       <c r="E9" s="59">
-        <v>110611</v>
+        <v>122379</v>
       </c>
       <c r="F9" s="59">
-        <v>129428</v>
+        <v>91361</v>
       </c>
       <c r="G9" s="62">
-        <v>-5.27</v>
+        <v>-9.27</v>
       </c>
       <c r="H9" s="89">
-        <v>-19.05</v>
+        <v>21.54</v>
       </c>
       <c r="I9" s="62">
-        <v>1.16</v>
+        <v>1.2</v>
       </c>
       <c r="J9" s="65">
-        <v>1.35</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="68" t="s">
         <v>81</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="34"/>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="44"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="20" t="s">
         <v>82</v>
       </c>
       <c r="B11" s="72">
-        <v>6833</v>
+        <v>5993</v>
       </c>
       <c r="C11" s="72">
-        <v>15287</v>
+        <v>17191</v>
       </c>
       <c r="D11" s="72">
-        <v>22119</v>
+        <v>23184</v>
       </c>
       <c r="E11" s="72">
-        <v>23353</v>
+        <v>21511</v>
       </c>
       <c r="F11" s="72">
-        <v>38670</v>
+        <v>36873</v>
       </c>
       <c r="G11" s="75">
-        <v>-5.28</v>
+        <v>7.77</v>
       </c>
       <c r="H11" s="91">
-        <v>-42.8</v>
+        <v>-37.13</v>
       </c>
       <c r="I11" s="75">
         <v>0.25</v>
       </c>
       <c r="J11" s="78">
         <v>0.4</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="68" t="s">
         <v>83</v>
       </c>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="40"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
       <c r="I12" s="34"/>
       <c r="J12" s="44"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="20" t="s">
         <v>84</v>
       </c>
       <c r="B13" s="72">
-        <v>73831</v>
+        <v>78964</v>
       </c>
       <c r="C13" s="72">
-        <v>157617</v>
+        <v>172355</v>
       </c>
       <c r="D13" s="72">
-        <v>231448</v>
+        <v>251318</v>
       </c>
       <c r="E13" s="72">
-        <v>224561</v>
+        <v>235546</v>
       </c>
       <c r="F13" s="72">
-        <v>268166</v>
+        <v>264020</v>
       </c>
       <c r="G13" s="75">
-        <v>3.07</v>
+        <v>6.7</v>
       </c>
       <c r="H13" s="91">
-        <v>-13.69</v>
+        <v>-4.81</v>
       </c>
       <c r="I13" s="75">
-        <v>2.57</v>
+        <v>2.72</v>
       </c>
       <c r="J13" s="78">
-        <v>2.79</v>
+        <v>2.85</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>85</v>
       </c>
       <c r="B14" s="40"/>
       <c r="C14" s="40"/>
       <c r="D14" s="40"/>
       <c r="E14" s="40"/>
       <c r="F14" s="40"/>
       <c r="G14" s="34"/>
       <c r="H14" s="34"/>
       <c r="I14" s="34"/>
       <c r="J14" s="44"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="20" t="s">
         <v>86</v>
       </c>
       <c r="B15" s="72">
-        <v>87957</v>
+        <v>90624</v>
       </c>
       <c r="C15" s="72">
-        <v>97840</v>
+        <v>110456</v>
       </c>
       <c r="D15" s="72">
-        <v>185798</v>
+        <v>201081</v>
       </c>
       <c r="E15" s="72">
-        <v>178891</v>
+        <v>196143</v>
       </c>
       <c r="F15" s="72">
-        <v>187546</v>
+        <v>190490</v>
       </c>
       <c r="G15" s="75">
-        <v>3.86</v>
+        <v>2.52</v>
       </c>
       <c r="H15" s="91">
-        <v>-0.93</v>
+        <v>5.56</v>
       </c>
       <c r="I15" s="75">
+        <v>2.18</v>
+      </c>
+      <c r="J15" s="78">
         <v>2.06</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.95</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="68" t="s">
         <v>87</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="44"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>88</v>
       </c>
       <c r="B17" s="72">
-        <v>23019</v>
+        <v>24628</v>
       </c>
       <c r="C17" s="72">
-        <v>64500</v>
+        <v>64226</v>
       </c>
       <c r="D17" s="72">
-        <v>87519</v>
+        <v>88854</v>
       </c>
       <c r="E17" s="72">
-        <v>87568</v>
+        <v>89722</v>
       </c>
       <c r="F17" s="72">
-        <v>85221</v>
+        <v>88414</v>
       </c>
       <c r="G17" s="75">
-        <v>-0.06</v>
+        <v>-0.97</v>
       </c>
       <c r="H17" s="91">
-        <v>2.7</v>
+        <v>0.5</v>
       </c>
       <c r="I17" s="75">
-        <v>0.97</v>
+        <v>0.96</v>
       </c>
       <c r="J17" s="78">
-        <v>0.89</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="68" t="s">
         <v>89</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="40"/>
       <c r="D18" s="40"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="44"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="20" t="s">
         <v>90</v>
       </c>
       <c r="B19" s="72">
-        <v>6409</v>
+        <v>6632</v>
       </c>
       <c r="C19" s="72">
-        <v>19824</v>
+        <v>20010</v>
       </c>
       <c r="D19" s="72">
-        <v>26232</v>
+        <v>26643</v>
       </c>
       <c r="E19" s="72">
-        <v>25692</v>
+        <v>26492</v>
       </c>
       <c r="F19" s="72">
-        <v>33286</v>
+        <v>30894</v>
       </c>
       <c r="G19" s="75">
-        <v>2.1</v>
+        <v>0.57</v>
       </c>
       <c r="H19" s="91">
-        <v>-21.19</v>
+        <v>-13.76</v>
       </c>
       <c r="I19" s="75">
         <v>0.29</v>
       </c>
       <c r="J19" s="78">
-        <v>0.35</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="68" t="s">
         <v>91</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="44"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>92</v>
       </c>
       <c r="B21" s="72">
-        <v>100338</v>
+        <v>103257</v>
       </c>
       <c r="C21" s="72">
-        <v>94824</v>
+        <v>102396</v>
       </c>
       <c r="D21" s="72">
-        <v>195162</v>
+        <v>205653</v>
       </c>
       <c r="E21" s="72">
-        <v>193521</v>
+        <v>203587</v>
       </c>
       <c r="F21" s="72">
-        <v>222283</v>
+        <v>211286</v>
       </c>
       <c r="G21" s="75">
-        <v>0.85</v>
+        <v>1.01</v>
       </c>
       <c r="H21" s="91">
-        <v>-12.2</v>
+        <v>-2.67</v>
       </c>
       <c r="I21" s="75">
-        <v>2.17</v>
+        <v>2.23</v>
       </c>
       <c r="J21" s="78">
-        <v>2.31</v>
+        <v>2.28</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="68" t="s">
         <v>93</v>
       </c>
       <c r="B22" s="40"/>
       <c r="C22" s="40"/>
       <c r="D22" s="40"/>
       <c r="E22" s="40"/>
       <c r="F22" s="40"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="44"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>94</v>
       </c>
       <c r="B23" s="72">
-        <v>1040</v>
+        <v>1076</v>
       </c>
       <c r="C23" s="72">
-        <v>2331</v>
+        <v>2565</v>
       </c>
       <c r="D23" s="72">
-        <v>3371</v>
+        <v>3641</v>
       </c>
       <c r="E23" s="72">
-        <v>3339</v>
+        <v>3587</v>
       </c>
       <c r="F23" s="72">
-        <v>3614</v>
+        <v>3414</v>
       </c>
       <c r="G23" s="75">
-        <v>0.96</v>
+        <v>1.51</v>
       </c>
       <c r="H23" s="91">
-        <v>-6.71</v>
+        <v>6.66</v>
       </c>
       <c r="I23" s="75">
         <v>0.04</v>
       </c>
       <c r="J23" s="78">
         <v>0.04</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="68" t="s">
         <v>95</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="44"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="20" t="s">
         <v>96</v>
       </c>
       <c r="B25" s="72">
-        <v>2761</v>
+        <v>2867</v>
       </c>
       <c r="C25" s="72">
-        <v>3442</v>
+        <v>3422</v>
       </c>
       <c r="D25" s="72">
-        <v>6203</v>
+        <v>6289</v>
       </c>
       <c r="E25" s="72">
-        <v>6130</v>
+        <v>6348</v>
       </c>
       <c r="F25" s="72">
-        <v>7080</v>
+        <v>6616</v>
       </c>
       <c r="G25" s="75">
-        <v>1.19</v>
+        <v>-0.93</v>
       </c>
       <c r="H25" s="91">
-        <v>-12.39</v>
+        <v>-4.94</v>
       </c>
       <c r="I25" s="75">
         <v>0.07</v>
       </c>
       <c r="J25" s="78">
         <v>0.07</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="68" t="s">
         <v>97</v>
       </c>
       <c r="B26" s="40"/>
       <c r="C26" s="40"/>
       <c r="D26" s="40"/>
       <c r="E26" s="40"/>
       <c r="F26" s="40"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="44"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="20" t="s">
         <v>98</v>
       </c>
       <c r="B27" s="72">
-        <v>52870</v>
+        <v>52139</v>
       </c>
       <c r="C27" s="72">
-        <v>58587</v>
+        <v>61246</v>
       </c>
       <c r="D27" s="72">
-        <v>111458</v>
+        <v>113385</v>
       </c>
       <c r="E27" s="72">
-        <v>110491</v>
+        <v>115374</v>
       </c>
       <c r="F27" s="72">
-        <v>118059</v>
+        <v>115034</v>
       </c>
       <c r="G27" s="75">
-        <v>0.87</v>
+        <v>-1.72</v>
       </c>
       <c r="H27" s="91">
-        <v>-5.59</v>
+        <v>-1.43</v>
       </c>
       <c r="I27" s="75">
+        <v>1.23</v>
+      </c>
+      <c r="J27" s="78">
         <v>1.24</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.23</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="68" t="s">
         <v>99</v>
       </c>
       <c r="B28" s="40"/>
       <c r="C28" s="40"/>
       <c r="D28" s="40"/>
       <c r="E28" s="40"/>
       <c r="F28" s="40"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="44"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="20" t="s">
         <v>100</v>
       </c>
       <c r="B29" s="72">
-        <v>9769</v>
+        <v>9750</v>
       </c>
       <c r="C29" s="72">
-        <v>52809</v>
+        <v>58132</v>
       </c>
       <c r="D29" s="72">
-        <v>62579</v>
+        <v>67882</v>
       </c>
       <c r="E29" s="72">
-        <v>59259</v>
+        <v>66979</v>
       </c>
       <c r="F29" s="72">
-        <v>59803</v>
+        <v>58784</v>
       </c>
       <c r="G29" s="75">
-        <v>5.6</v>
+        <v>1.35</v>
       </c>
       <c r="H29" s="91">
-        <v>4.64</v>
+        <v>15.48</v>
       </c>
       <c r="I29" s="75">
-        <v>0.69</v>
+        <v>0.74</v>
       </c>
       <c r="J29" s="78">
-        <v>0.62</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="68" t="s">
         <v>101</v>
       </c>
       <c r="B30" s="40"/>
       <c r="C30" s="40"/>
       <c r="D30" s="40"/>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="44"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="20" t="s">
         <v>102</v>
       </c>
       <c r="B31" s="72">
-        <v>6276</v>
+        <v>6384</v>
       </c>
       <c r="C31" s="72">
-        <v>20869</v>
+        <v>21223</v>
       </c>
       <c r="D31" s="72">
-        <v>27145</v>
+        <v>27607</v>
       </c>
       <c r="E31" s="72">
-        <v>27494</v>
+        <v>28029</v>
       </c>
       <c r="F31" s="72">
-        <v>26992</v>
+        <v>27611</v>
       </c>
       <c r="G31" s="75">
-        <v>-1.27</v>
+        <v>-1.5</v>
       </c>
       <c r="H31" s="91">
-        <v>0.57</v>
+        <v>-0.01</v>
       </c>
       <c r="I31" s="75">
         <v>0.3</v>
       </c>
       <c r="J31" s="78">
-        <v>0.28</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="68" t="s">
         <v>103</v>
       </c>
       <c r="B32" s="40"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="34"/>
       <c r="H32" s="34"/>
       <c r="I32" s="34"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="20" t="s">
         <v>104</v>
       </c>
       <c r="B33" s="72">
-        <v>2144</v>
+        <v>2183</v>
       </c>
       <c r="C33" s="72">
-        <v>2058</v>
+        <v>2112</v>
       </c>
       <c r="D33" s="72">
-        <v>4203</v>
+        <v>4295</v>
       </c>
       <c r="E33" s="72">
-        <v>4082</v>
+        <v>4409</v>
       </c>
       <c r="F33" s="72">
-        <v>3809</v>
+        <v>3712</v>
       </c>
       <c r="G33" s="75">
-        <v>2.95</v>
+        <v>-2.58</v>
       </c>
       <c r="H33" s="91">
-        <v>10.33</v>
+        <v>15.72</v>
       </c>
       <c r="I33" s="75">
         <v>0.05</v>
       </c>
       <c r="J33" s="78">
         <v>0.04</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="68" t="s">
         <v>105</v>
       </c>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="34"/>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="20" t="s">
         <v>106</v>
       </c>
       <c r="B35" s="72">
-        <v>23902</v>
+        <v>24815</v>
       </c>
       <c r="C35" s="72">
-        <v>58327</v>
+        <v>59961</v>
       </c>
       <c r="D35" s="72">
-        <v>82229</v>
+        <v>84776</v>
       </c>
       <c r="E35" s="72">
-        <v>80544</v>
+        <v>84815</v>
       </c>
       <c r="F35" s="72">
-        <v>86534</v>
+        <v>86927</v>
       </c>
       <c r="G35" s="75">
-        <v>2.09</v>
+        <v>-0.05</v>
       </c>
       <c r="H35" s="91">
-        <v>-4.97</v>
+        <v>-2.47</v>
       </c>
       <c r="I35" s="75">
-        <v>0.91</v>
+        <v>0.92</v>
       </c>
       <c r="J35" s="78">
-        <v>0.9</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="87" t="s">
         <v>107</v>
       </c>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="51"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="10" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
@@ -7470,56 +7470,56 @@
       <c r="F2" s="52"/>
       <c r="G2" s="52"/>
       <c r="H2" s="52"/>
       <c r="I2" s="52"/>
       <c r="J2" s="52"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="54" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="54"/>
       <c r="C3" s="54"/>
       <c r="D3" s="54"/>
       <c r="E3" s="54"/>
       <c r="F3" s="54"/>
       <c r="G3" s="54"/>
       <c r="H3" s="54"/>
       <c r="I3" s="54"/>
       <c r="J3" s="54"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="53" t="str">
         <f>'2-5'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="53"/>
       <c r="E4" s="32" t="str">
         <f>'2-5'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="32"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="17.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="28"/>
       <c r="D5" s="29"/>
       <c r="E5" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>1</v>
       </c>
@@ -7586,529 +7586,529 @@
       </c>
       <c r="I7" s="41" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="11"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="49"/>
       <c r="G8" s="49"/>
       <c r="H8" s="49"/>
       <c r="I8" s="42"/>
       <c r="J8" s="38"/>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="56" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="59">
-        <v>35014</v>
+        <v>36006</v>
       </c>
       <c r="C9" s="59">
-        <v>37241</v>
+        <v>36085</v>
       </c>
       <c r="D9" s="59">
-        <v>72255</v>
+        <v>72090</v>
       </c>
       <c r="E9" s="59">
-        <v>67017</v>
+        <v>76618</v>
       </c>
       <c r="F9" s="59">
-        <v>105754</v>
+        <v>92517</v>
       </c>
       <c r="G9" s="62">
-        <v>7.81</v>
+        <v>-5.91</v>
       </c>
       <c r="H9" s="89">
-        <v>-31.68</v>
+        <v>-22.08</v>
       </c>
       <c r="I9" s="62">
-        <v>0.8</v>
+        <v>0.78</v>
       </c>
       <c r="J9" s="65">
-        <v>1.1</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="68" t="s">
         <v>108</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="34"/>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="44"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="20" t="s">
         <v>109</v>
       </c>
       <c r="B11" s="72">
-        <v>83401</v>
+        <v>106744</v>
       </c>
       <c r="C11" s="72">
-        <v>113412</v>
+        <v>114552</v>
       </c>
       <c r="D11" s="72">
-        <v>196812</v>
+        <v>221296</v>
       </c>
       <c r="E11" s="72">
-        <v>186033</v>
+        <v>204392</v>
       </c>
       <c r="F11" s="72">
-        <v>203099</v>
+        <v>223902</v>
       </c>
       <c r="G11" s="75">
-        <v>5.79</v>
+        <v>8.27</v>
       </c>
       <c r="H11" s="91">
-        <v>-3.1</v>
+        <v>-1.16</v>
       </c>
       <c r="I11" s="75">
-        <v>2.18</v>
+        <v>2.4</v>
       </c>
       <c r="J11" s="78">
-        <v>2.11</v>
+        <v>2.42</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="68" t="s">
         <v>110</v>
       </c>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="40"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
       <c r="I12" s="34"/>
       <c r="J12" s="44"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="20" t="s">
         <v>111</v>
       </c>
       <c r="B13" s="72">
-        <v>189300</v>
+        <v>176949</v>
       </c>
       <c r="C13" s="72">
-        <v>182153</v>
+        <v>186927</v>
       </c>
       <c r="D13" s="72">
-        <v>371454</v>
+        <v>363877</v>
       </c>
       <c r="E13" s="72">
-        <v>330260</v>
+        <v>359684</v>
       </c>
       <c r="F13" s="72">
-        <v>374623</v>
+        <v>378906</v>
       </c>
       <c r="G13" s="75">
-        <v>12.47</v>
+        <v>1.17</v>
       </c>
       <c r="H13" s="91">
-        <v>-0.85</v>
+        <v>-3.97</v>
       </c>
       <c r="I13" s="75">
-        <v>4.12</v>
+        <v>3.94</v>
       </c>
       <c r="J13" s="78">
-        <v>3.89</v>
+        <v>4.09</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>112</v>
       </c>
       <c r="B14" s="40"/>
       <c r="C14" s="40"/>
       <c r="D14" s="40"/>
       <c r="E14" s="40"/>
       <c r="F14" s="40"/>
       <c r="G14" s="34"/>
       <c r="H14" s="34"/>
       <c r="I14" s="34"/>
       <c r="J14" s="44"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="20" t="s">
         <v>113</v>
       </c>
       <c r="B15" s="72">
-        <v>230533</v>
+        <v>237089</v>
       </c>
       <c r="C15" s="72">
-        <v>340136</v>
+        <v>347915</v>
       </c>
       <c r="D15" s="72">
-        <v>570669</v>
+        <v>585004</v>
       </c>
       <c r="E15" s="72">
-        <v>566456</v>
+        <v>583800</v>
       </c>
       <c r="F15" s="72">
-        <v>557541</v>
+        <v>557773</v>
       </c>
       <c r="G15" s="75">
-        <v>0.74</v>
+        <v>0.21</v>
       </c>
       <c r="H15" s="91">
-        <v>2.35</v>
+        <v>4.88</v>
       </c>
       <c r="I15" s="75">
-        <v>6.33</v>
+        <v>6.34</v>
       </c>
       <c r="J15" s="78">
-        <v>5.8</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="68" t="s">
         <v>114</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="44"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>115</v>
       </c>
       <c r="B17" s="72">
-        <v>48618</v>
+        <v>47254</v>
       </c>
       <c r="C17" s="72">
-        <v>64139</v>
+        <v>60737</v>
       </c>
       <c r="D17" s="72">
-        <v>112756</v>
+        <v>107992</v>
       </c>
       <c r="E17" s="72">
-        <v>109671</v>
+        <v>113323</v>
       </c>
       <c r="F17" s="72">
-        <v>117671</v>
+        <v>126271</v>
       </c>
       <c r="G17" s="75">
-        <v>2.81</v>
+        <v>-4.7</v>
       </c>
       <c r="H17" s="91">
-        <v>-4.18</v>
+        <v>-14.48</v>
       </c>
       <c r="I17" s="75">
-        <v>1.25</v>
+        <v>1.17</v>
       </c>
       <c r="J17" s="78">
-        <v>1.22</v>
+        <v>1.36</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="68" t="s">
         <v>116</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="40"/>
       <c r="D18" s="40"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="44"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="20" t="s">
         <v>117</v>
       </c>
       <c r="B19" s="72">
-        <v>122273</v>
+        <v>110830</v>
       </c>
       <c r="C19" s="72">
-        <v>91469</v>
+        <v>96759</v>
       </c>
       <c r="D19" s="72">
-        <v>213742</v>
+        <v>207589</v>
       </c>
       <c r="E19" s="72">
-        <v>196783</v>
+        <v>216321</v>
       </c>
       <c r="F19" s="72">
-        <v>211814</v>
+        <v>218571</v>
       </c>
       <c r="G19" s="75">
-        <v>8.62</v>
+        <v>-4.04</v>
       </c>
       <c r="H19" s="91">
-        <v>0.91</v>
+        <v>-5.02</v>
       </c>
       <c r="I19" s="75">
-        <v>2.37</v>
+        <v>2.25</v>
       </c>
       <c r="J19" s="78">
-        <v>2.2</v>
+        <v>2.36</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="68" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="44"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>119</v>
       </c>
       <c r="B21" s="72">
-        <v>149323</v>
+        <v>154372</v>
       </c>
       <c r="C21" s="72">
-        <v>249807</v>
+        <v>256588</v>
       </c>
       <c r="D21" s="72">
-        <v>399130</v>
+        <v>410960</v>
       </c>
       <c r="E21" s="72">
-        <v>388306</v>
+        <v>407347</v>
       </c>
       <c r="F21" s="72">
-        <v>428370</v>
+        <v>400730</v>
       </c>
       <c r="G21" s="75">
-        <v>2.79</v>
+        <v>0.89</v>
       </c>
       <c r="H21" s="91">
-        <v>-6.83</v>
+        <v>2.55</v>
       </c>
       <c r="I21" s="75">
-        <v>4.43</v>
+        <v>4.45</v>
       </c>
       <c r="J21" s="78">
-        <v>4.45</v>
+        <v>4.32</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="68" t="s">
         <v>120</v>
       </c>
       <c r="B22" s="40"/>
       <c r="C22" s="40"/>
       <c r="D22" s="40"/>
       <c r="E22" s="40"/>
       <c r="F22" s="40"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="44"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>121</v>
       </c>
       <c r="B23" s="72">
-        <v>8459</v>
+        <v>9809</v>
       </c>
       <c r="C23" s="72">
-        <v>26576</v>
+        <v>25896</v>
       </c>
       <c r="D23" s="72">
-        <v>35035</v>
+        <v>35705</v>
       </c>
       <c r="E23" s="72">
-        <v>35174</v>
+        <v>35747</v>
       </c>
       <c r="F23" s="72">
-        <v>35508</v>
+        <v>35223</v>
       </c>
       <c r="G23" s="75">
-        <v>-0.39</v>
+        <v>-0.12</v>
       </c>
       <c r="H23" s="91">
-        <v>-1.33</v>
+        <v>1.37</v>
       </c>
       <c r="I23" s="75">
         <v>0.39</v>
       </c>
       <c r="J23" s="78">
-        <v>0.37</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="68" t="s">
         <v>122</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="44"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="20" t="s">
         <v>123</v>
       </c>
       <c r="B25" s="72">
-        <v>305636</v>
+        <v>346659</v>
       </c>
       <c r="C25" s="72">
-        <v>299609</v>
+        <v>295447</v>
       </c>
       <c r="D25" s="72">
-        <v>605246</v>
+        <v>642107</v>
       </c>
       <c r="E25" s="72">
-        <v>602933</v>
+        <v>615888</v>
       </c>
       <c r="F25" s="72">
-        <v>637789</v>
+        <v>614553</v>
       </c>
       <c r="G25" s="75">
-        <v>0.38</v>
+        <v>4.26</v>
       </c>
       <c r="H25" s="91">
-        <v>-5.1</v>
+        <v>4.48</v>
       </c>
       <c r="I25" s="75">
-        <v>6.72</v>
+        <v>6.96</v>
       </c>
       <c r="J25" s="78">
         <v>6.63</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="68" t="s">
         <v>124</v>
       </c>
       <c r="B26" s="40"/>
       <c r="C26" s="40"/>
       <c r="D26" s="40"/>
       <c r="E26" s="40"/>
       <c r="F26" s="40"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="44"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="20" t="s">
         <v>125</v>
       </c>
       <c r="B27" s="72">
-        <v>412</v>
+        <v>472</v>
       </c>
       <c r="C27" s="72">
-        <v>497</v>
+        <v>785</v>
       </c>
       <c r="D27" s="72">
-        <v>909</v>
+        <v>1257</v>
       </c>
       <c r="E27" s="72">
-        <v>851</v>
+        <v>930</v>
       </c>
       <c r="F27" s="81">
         <v>0</v>
       </c>
       <c r="G27" s="75">
-        <v>6.74</v>
+        <v>35.18</v>
       </c>
       <c r="H27" s="93">
         <v>0</v>
       </c>
       <c r="I27" s="75">
         <v>0.01</v>
       </c>
       <c r="J27" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="68" t="s">
         <v>126</v>
       </c>
       <c r="B28" s="40"/>
       <c r="C28" s="40"/>
       <c r="D28" s="40"/>
       <c r="E28" s="40"/>
       <c r="F28" s="40"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="44"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="20" t="s">
         <v>127</v>
       </c>
       <c r="B29" s="72">
-        <v>374</v>
+        <v>486</v>
       </c>
       <c r="C29" s="72">
-        <v>1054</v>
+        <v>1237</v>
       </c>
       <c r="D29" s="72">
-        <v>1429</v>
+        <v>1723</v>
       </c>
       <c r="E29" s="72">
-        <v>1184</v>
+        <v>1630</v>
       </c>
       <c r="F29" s="72">
-        <v>316</v>
+        <v>363</v>
       </c>
       <c r="G29" s="75">
-        <v>20.7</v>
+        <v>5.69</v>
       </c>
       <c r="H29" s="91">
-        <v>352.1</v>
+        <v>374.69</v>
       </c>
       <c r="I29" s="75">
         <v>0.02</v>
       </c>
       <c r="J29" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="68" t="s">
         <v>128</v>
       </c>
       <c r="B30" s="40"/>
       <c r="C30" s="40"/>
       <c r="D30" s="40"/>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="44"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="20" t="s">
         <v>129</v>
@@ -8138,121 +8138,121 @@
         <v>0</v>
       </c>
       <c r="J31" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="68" t="s">
         <v>130</v>
       </c>
       <c r="B32" s="40"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="34"/>
       <c r="H32" s="34"/>
       <c r="I32" s="34"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="70" t="s">
         <v>131</v>
       </c>
       <c r="B33" s="73">
-        <v>340474</v>
+        <v>256156</v>
       </c>
       <c r="C33" s="73">
-        <v>159081</v>
+        <v>152424</v>
       </c>
       <c r="D33" s="73">
-        <v>499554</v>
+        <v>408579</v>
       </c>
       <c r="E33" s="73">
-        <v>439453</v>
+        <v>510024</v>
       </c>
       <c r="F33" s="73">
-        <v>497079</v>
+        <v>383282</v>
       </c>
       <c r="G33" s="76">
-        <v>13.68</v>
+        <v>-19.89</v>
       </c>
       <c r="H33" s="94">
-        <v>0.5</v>
+        <v>6.6</v>
       </c>
       <c r="I33" s="76">
-        <v>5.54</v>
+        <v>4.43</v>
       </c>
       <c r="J33" s="79">
-        <v>5.17</v>
+        <v>4.14</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="69" t="s">
         <v>132</v>
       </c>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="34"/>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="70" t="s">
         <v>133</v>
       </c>
       <c r="B35" s="73">
-        <v>1289</v>
+        <v>2428</v>
       </c>
       <c r="C35" s="73">
-        <v>19473</v>
+        <v>22719</v>
       </c>
       <c r="D35" s="73">
-        <v>20761</v>
+        <v>25147</v>
       </c>
       <c r="E35" s="73">
-        <v>33230</v>
+        <v>24199</v>
       </c>
       <c r="F35" s="73">
-        <v>166661</v>
+        <v>127772</v>
       </c>
       <c r="G35" s="76">
-        <v>-37.52</v>
+        <v>3.92</v>
       </c>
       <c r="H35" s="94">
-        <v>-87.54</v>
+        <v>-80.32</v>
       </c>
       <c r="I35" s="76">
-        <v>0.23</v>
+        <v>0.27</v>
       </c>
       <c r="J35" s="79">
-        <v>1.73</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="95" t="s">
         <v>134</v>
       </c>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="51"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="24" t="s">
         <v>41</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>