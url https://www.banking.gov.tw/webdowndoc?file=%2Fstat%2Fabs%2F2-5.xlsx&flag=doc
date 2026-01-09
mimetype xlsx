--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -65,51 +65,51 @@
   <si>
     <t>本月與上年同</t>
   </si>
   <si>
     <t>合　　計</t>
   </si>
   <si>
     <t>比較增減％</t>
   </si>
   <si>
     <t>月比較增減％</t>
   </si>
   <si>
     <t>本　　月</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>遠東國際商業銀行</t>
   </si>
   <si>
-    <t>民國114年 9月底</t>
+    <t>民國114年10月底</t>
   </si>
   <si>
     <t>外匯活期存款</t>
   </si>
   <si>
     <t>外匯定期存款</t>
   </si>
   <si>
     <t>銀　　　行　　　別</t>
   </si>
   <si>
     <t>上　　月</t>
   </si>
   <si>
     <t>2-5 Foreign Currency Deposits at General Banks</t>
   </si>
   <si>
     <r>
       <t>（</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
@@ -201,51 +201,51 @@
   </si>
   <si>
     <t>Compare with Last Month   +-%</t>
   </si>
   <si>
     <t>Foreign Currency
 Demand Deposits</t>
   </si>
   <si>
     <t>Foreign Currency
 Time Deposits</t>
   </si>
   <si>
     <t>Same Month
  in Previous Year</t>
   </si>
   <si>
     <t>Current
  Month</t>
   </si>
   <si>
     <t>Annual Changes
  +-%</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
+    <t xml:space="preserve"> End of Oct. 2025</t>
   </si>
   <si>
     <r>
       <t>2-5</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行外匯存款餘額</t>
     </r>
   </si>
   <si>
     <r>
       <t>2-5</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
@@ -670,51 +670,51 @@
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　　#</t>
   </si>
@@ -2508,535 +2508,535 @@
       </c>
       <c r="I7" s="41" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="11"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="49"/>
       <c r="G8" s="49"/>
       <c r="H8" s="49"/>
       <c r="I8" s="42"/>
       <c r="J8" s="38"/>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="57" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="60">
-        <v>5616582</v>
+        <v>5811158</v>
       </c>
       <c r="C9" s="60">
-        <v>10637293</v>
+        <v>10794167</v>
       </c>
       <c r="D9" s="60">
+        <v>16605325</v>
+      </c>
+      <c r="E9" s="60">
         <v>16253875</v>
       </c>
-      <c r="E9" s="60">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="60">
-        <v>15782589</v>
+        <v>16058986</v>
       </c>
       <c r="G9" s="63">
-        <v>-0.26</v>
+        <v>2.16</v>
       </c>
       <c r="H9" s="63">
-        <v>2.99</v>
+        <v>3.4</v>
       </c>
       <c r="I9" s="63">
         <v>100</v>
       </c>
       <c r="J9" s="66">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="69" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="34"/>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="44"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="70" t="s">
         <v>55</v>
       </c>
       <c r="B11" s="73">
-        <v>5285652</v>
+        <v>5309015</v>
       </c>
       <c r="C11" s="73">
-        <v>9632494</v>
+        <v>9804931</v>
       </c>
       <c r="D11" s="73">
+        <v>15113945</v>
+      </c>
+      <c r="E11" s="73">
         <v>14918145</v>
       </c>
-      <c r="E11" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="73">
-        <v>14814900</v>
+        <v>14874629</v>
       </c>
       <c r="G11" s="76">
-        <v>0.48</v>
+        <v>1.31</v>
       </c>
       <c r="H11" s="76">
-        <v>0.7</v>
+        <v>1.61</v>
       </c>
       <c r="I11" s="76">
-        <v>91.78</v>
+        <v>91.02</v>
       </c>
       <c r="J11" s="79">
-        <v>93.87</v>
+        <v>92.62</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="69" t="s">
         <v>56</v>
       </c>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="40"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
       <c r="I12" s="34"/>
       <c r="J12" s="44"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="20" t="s">
         <v>57</v>
       </c>
       <c r="B13" s="72">
-        <v>266632</v>
+        <v>273645</v>
       </c>
       <c r="C13" s="72">
-        <v>839059</v>
+        <v>878062</v>
       </c>
       <c r="D13" s="72">
+        <v>1151707</v>
+      </c>
+      <c r="E13" s="72">
         <v>1105691</v>
       </c>
-      <c r="E13" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="72">
-        <v>1058813</v>
+        <v>1051575</v>
       </c>
       <c r="G13" s="75">
-        <v>-3.17</v>
+        <v>4.16</v>
       </c>
       <c r="H13" s="75">
-        <v>4.43</v>
+        <v>9.52</v>
       </c>
       <c r="I13" s="75">
-        <v>6.8</v>
+        <v>6.94</v>
       </c>
       <c r="J13" s="78">
-        <v>6.71</v>
+        <v>6.55</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>58</v>
       </c>
       <c r="B14" s="40"/>
       <c r="C14" s="40"/>
       <c r="D14" s="40"/>
       <c r="E14" s="40"/>
       <c r="F14" s="40"/>
       <c r="G14" s="34"/>
       <c r="H14" s="34"/>
       <c r="I14" s="34"/>
       <c r="J14" s="44"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="20" t="s">
         <v>59</v>
       </c>
       <c r="B15" s="72">
-        <v>81246</v>
+        <v>88417</v>
       </c>
       <c r="C15" s="72">
-        <v>174562</v>
+        <v>180687</v>
       </c>
       <c r="D15" s="72">
+        <v>269105</v>
+      </c>
+      <c r="E15" s="72">
         <v>255808</v>
       </c>
-      <c r="E15" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="72">
-        <v>241212</v>
+        <v>256135</v>
       </c>
       <c r="G15" s="75">
-        <v>4.21</v>
+        <v>5.2</v>
       </c>
       <c r="H15" s="75">
-        <v>6.05</v>
+        <v>5.06</v>
       </c>
       <c r="I15" s="75">
-        <v>1.57</v>
+        <v>1.62</v>
       </c>
       <c r="J15" s="78">
-        <v>1.53</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="68" t="s">
         <v>60</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="44"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>61</v>
       </c>
       <c r="B17" s="72">
-        <v>182230</v>
+        <v>186454</v>
       </c>
       <c r="C17" s="72">
-        <v>506202</v>
+        <v>501459</v>
       </c>
       <c r="D17" s="72">
+        <v>687913</v>
+      </c>
+      <c r="E17" s="72">
         <v>688432</v>
       </c>
-      <c r="E17" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="72">
-        <v>698784</v>
+        <v>723880</v>
       </c>
       <c r="G17" s="75">
-        <v>1.14</v>
+        <v>-0.08</v>
       </c>
       <c r="H17" s="75">
-        <v>-1.48</v>
+        <v>-4.97</v>
       </c>
       <c r="I17" s="75">
-        <v>4.24</v>
+        <v>4.14</v>
       </c>
       <c r="J17" s="78">
-        <v>4.43</v>
+        <v>4.51</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="68" t="s">
         <v>62</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="40"/>
       <c r="D18" s="40"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="44"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="20" t="s">
         <v>63</v>
       </c>
       <c r="B19" s="72">
-        <v>281160</v>
+        <v>265684</v>
       </c>
       <c r="C19" s="72">
-        <v>780367</v>
+        <v>805802</v>
       </c>
       <c r="D19" s="72">
+        <v>1071486</v>
+      </c>
+      <c r="E19" s="72">
         <v>1061527</v>
       </c>
-      <c r="E19" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="72">
-        <v>1032489</v>
+        <v>1029018</v>
       </c>
       <c r="G19" s="75">
-        <v>-2.03</v>
+        <v>0.94</v>
       </c>
       <c r="H19" s="75">
-        <v>2.81</v>
+        <v>4.13</v>
       </c>
       <c r="I19" s="75">
-        <v>6.53</v>
+        <v>6.45</v>
       </c>
       <c r="J19" s="78">
-        <v>6.54</v>
+        <v>6.41</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="68" t="s">
         <v>64</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="44"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="72">
-        <v>335231</v>
+        <v>302658</v>
       </c>
       <c r="C21" s="72">
-        <v>424922</v>
+        <v>456990</v>
       </c>
       <c r="D21" s="72">
+        <v>759647</v>
+      </c>
+      <c r="E21" s="72">
         <v>760153</v>
       </c>
-      <c r="E21" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="72">
-        <v>786284</v>
+        <v>787748</v>
       </c>
       <c r="G21" s="75">
-        <v>9.2</v>
+        <v>-0.07</v>
       </c>
       <c r="H21" s="75">
-        <v>-3.32</v>
+        <v>-3.57</v>
       </c>
       <c r="I21" s="75">
-        <v>4.68</v>
+        <v>4.57</v>
       </c>
       <c r="J21" s="78">
-        <v>4.98</v>
+        <v>4.91</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="68" t="s">
         <v>66</v>
       </c>
       <c r="B22" s="40"/>
       <c r="C22" s="40"/>
       <c r="D22" s="40"/>
       <c r="E22" s="40"/>
       <c r="F22" s="40"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="44"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>67</v>
       </c>
       <c r="B23" s="72">
-        <v>156943</v>
+        <v>158011</v>
       </c>
       <c r="C23" s="72">
-        <v>412313</v>
+        <v>412322</v>
       </c>
       <c r="D23" s="72">
+        <v>570333</v>
+      </c>
+      <c r="E23" s="72">
         <v>569256</v>
       </c>
-      <c r="E23" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="72">
-        <v>652647</v>
+        <v>633995</v>
       </c>
       <c r="G23" s="75">
-        <v>0.32</v>
+        <v>0.19</v>
       </c>
       <c r="H23" s="75">
-        <v>-12.78</v>
+        <v>-10.04</v>
       </c>
       <c r="I23" s="75">
-        <v>3.5</v>
+        <v>3.43</v>
       </c>
       <c r="J23" s="78">
-        <v>4.14</v>
+        <v>3.95</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="68" t="s">
         <v>68</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="44"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="20" t="s">
         <v>69</v>
       </c>
       <c r="B25" s="72">
-        <v>122953</v>
+        <v>120178</v>
       </c>
       <c r="C25" s="72">
-        <v>181877</v>
+        <v>189441</v>
       </c>
       <c r="D25" s="72">
+        <v>309619</v>
+      </c>
+      <c r="E25" s="72">
         <v>304830</v>
       </c>
-      <c r="E25" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="72">
-        <v>326048</v>
+        <v>326557</v>
       </c>
       <c r="G25" s="75">
-        <v>-0.42</v>
+        <v>1.57</v>
       </c>
       <c r="H25" s="75">
-        <v>-6.51</v>
+        <v>-5.19</v>
       </c>
       <c r="I25" s="75">
-        <v>1.88</v>
+        <v>1.86</v>
       </c>
       <c r="J25" s="78">
-        <v>2.07</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="68" t="s">
         <v>70</v>
       </c>
       <c r="B26" s="40"/>
       <c r="C26" s="40"/>
       <c r="D26" s="40"/>
       <c r="E26" s="40"/>
       <c r="F26" s="40"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="44"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="20" t="s">
         <v>71</v>
       </c>
       <c r="B27" s="72">
-        <v>395340</v>
+        <v>413576</v>
       </c>
       <c r="C27" s="72">
-        <v>856279</v>
+        <v>891199</v>
       </c>
       <c r="D27" s="72">
+        <v>1304775</v>
+      </c>
+      <c r="E27" s="72">
         <v>1251619</v>
       </c>
-      <c r="E27" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="72">
-        <v>1175951</v>
+        <v>1180952</v>
       </c>
       <c r="G27" s="75">
-        <v>-3.46</v>
+        <v>4.25</v>
       </c>
       <c r="H27" s="75">
-        <v>6.43</v>
+        <v>10.49</v>
       </c>
       <c r="I27" s="75">
-        <v>7.7</v>
+        <v>7.86</v>
       </c>
       <c r="J27" s="78">
-        <v>7.45</v>
+        <v>7.35</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="68" t="s">
         <v>72</v>
       </c>
       <c r="B28" s="40"/>
       <c r="C28" s="40"/>
       <c r="D28" s="40"/>
       <c r="E28" s="40"/>
       <c r="F28" s="40"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="44"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="20" t="s">
         <v>73</v>
       </c>
       <c r="B29" s="72">
-        <v>442090</v>
+        <v>448984</v>
       </c>
       <c r="C29" s="72">
-        <v>363796</v>
+        <v>368233</v>
       </c>
       <c r="D29" s="72">
+        <v>817217</v>
+      </c>
+      <c r="E29" s="72">
         <v>805886</v>
       </c>
-      <c r="E29" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F29" s="72">
-        <v>792890</v>
+        <v>797034</v>
       </c>
       <c r="G29" s="75">
-        <v>-1.58</v>
+        <v>1.41</v>
       </c>
       <c r="H29" s="75">
-        <v>1.64</v>
+        <v>2.53</v>
       </c>
       <c r="I29" s="75">
+        <v>4.92</v>
+      </c>
+      <c r="J29" s="78">
         <v>4.96</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.02</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="68" t="s">
         <v>74</v>
       </c>
       <c r="B30" s="40"/>
       <c r="C30" s="40"/>
       <c r="D30" s="40"/>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="44"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="20" t="s">
         <v>75</v>
       </c>
       <c r="B31" s="81">
         <v>0</v>
       </c>
       <c r="C31" s="81">
         <v>0</v>
@@ -3060,121 +3060,121 @@
         <v>0</v>
       </c>
       <c r="J31" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="68" t="s">
         <v>76</v>
       </c>
       <c r="B32" s="40"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="34"/>
       <c r="H32" s="34"/>
       <c r="I32" s="34"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="20" t="s">
         <v>77</v>
       </c>
       <c r="B33" s="72">
-        <v>13106</v>
+        <v>12148</v>
       </c>
       <c r="C33" s="72">
-        <v>25436</v>
+        <v>26193</v>
       </c>
       <c r="D33" s="72">
+        <v>38341</v>
+      </c>
+      <c r="E33" s="72">
         <v>38542</v>
       </c>
-      <c r="E33" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F33" s="72">
-        <v>43103</v>
+        <v>42362</v>
       </c>
       <c r="G33" s="75">
-        <v>1.97</v>
+        <v>-0.52</v>
       </c>
       <c r="H33" s="75">
-        <v>-10.58</v>
+        <v>-9.49</v>
       </c>
       <c r="I33" s="75">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
       <c r="J33" s="78">
-        <v>0.27</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="68" t="s">
         <v>78</v>
       </c>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="34"/>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="20" t="s">
         <v>79</v>
       </c>
       <c r="B35" s="72">
-        <v>435440</v>
+        <v>437055</v>
       </c>
       <c r="C35" s="72">
-        <v>797691</v>
+        <v>803803</v>
       </c>
       <c r="D35" s="72">
+        <v>1240858</v>
+      </c>
+      <c r="E35" s="72">
         <v>1233132</v>
       </c>
-      <c r="E35" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="72">
-        <v>1181488</v>
+        <v>1183903</v>
       </c>
       <c r="G35" s="75">
-        <v>2.93</v>
+        <v>0.63</v>
       </c>
       <c r="H35" s="75">
-        <v>4.37</v>
+        <v>4.81</v>
       </c>
       <c r="I35" s="75">
-        <v>7.59</v>
+        <v>7.47</v>
       </c>
       <c r="J35" s="78">
-        <v>7.49</v>
+        <v>7.37</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="87" t="s">
         <v>80</v>
       </c>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="51"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
@@ -3398,56 +3398,56 @@
       <c r="F2" s="52"/>
       <c r="G2" s="52"/>
       <c r="H2" s="52"/>
       <c r="I2" s="52"/>
       <c r="J2" s="52"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="30" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="30"/>
       <c r="C3" s="30"/>
       <c r="D3" s="30"/>
       <c r="E3" s="30"/>
       <c r="F3" s="30"/>
       <c r="G3" s="30"/>
       <c r="H3" s="30"/>
       <c r="I3" s="30"/>
       <c r="J3" s="30"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="53" t="str">
         <f>'2-5'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="53"/>
       <c r="E4" s="32" t="str">
         <f>'2-5'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="32"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="17.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="28"/>
       <c r="D5" s="29"/>
       <c r="E5" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>1</v>
       </c>
@@ -3514,673 +3514,673 @@
       </c>
       <c r="I7" s="41" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="11"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="49"/>
       <c r="G8" s="49"/>
       <c r="H8" s="49"/>
       <c r="I8" s="42"/>
       <c r="J8" s="38"/>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="56" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="59">
-        <v>149151</v>
+        <v>148522</v>
       </c>
       <c r="C9" s="59">
-        <v>70779</v>
+        <v>48557</v>
       </c>
       <c r="D9" s="59">
+        <v>197079</v>
+      </c>
+      <c r="E9" s="59">
         <v>219930</v>
       </c>
-      <c r="E9" s="59">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="59">
-        <v>215916</v>
+        <v>244395</v>
       </c>
       <c r="G9" s="62">
-        <v>10.48</v>
+        <v>-10.39</v>
       </c>
       <c r="H9" s="89">
-        <v>1.86</v>
+        <v>-19.36</v>
       </c>
       <c r="I9" s="62">
-        <v>1.35</v>
+        <v>1.19</v>
       </c>
       <c r="J9" s="65">
-        <v>1.37</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="68" t="s">
         <v>81</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="34"/>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="44"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="20" t="s">
         <v>82</v>
       </c>
       <c r="B11" s="72">
-        <v>17826</v>
+        <v>21717</v>
       </c>
       <c r="C11" s="72">
-        <v>89901</v>
+        <v>88671</v>
       </c>
       <c r="D11" s="72">
+        <v>110388</v>
+      </c>
+      <c r="E11" s="72">
         <v>107727</v>
       </c>
-      <c r="E11" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="72">
-        <v>120368</v>
+        <v>125845</v>
       </c>
       <c r="G11" s="75">
-        <v>1.2</v>
+        <v>2.47</v>
       </c>
       <c r="H11" s="91">
-        <v>-10.5</v>
+        <v>-12.28</v>
       </c>
       <c r="I11" s="75">
         <v>0.66</v>
       </c>
       <c r="J11" s="78">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="68" t="s">
         <v>83</v>
       </c>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="40"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
       <c r="I12" s="34"/>
       <c r="J12" s="44"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="20" t="s">
         <v>84</v>
       </c>
       <c r="B13" s="72">
-        <v>92982</v>
+        <v>92148</v>
       </c>
       <c r="C13" s="72">
-        <v>289500</v>
+        <v>291105</v>
       </c>
       <c r="D13" s="72">
+        <v>383252</v>
+      </c>
+      <c r="E13" s="72">
         <v>382482</v>
       </c>
-      <c r="E13" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="72">
-        <v>392741</v>
+        <v>387294</v>
       </c>
       <c r="G13" s="75">
-        <v>3.72</v>
+        <v>0.2</v>
       </c>
       <c r="H13" s="91">
-        <v>-2.61</v>
+        <v>-1.04</v>
       </c>
       <c r="I13" s="75">
-        <v>2.35</v>
+        <v>2.31</v>
       </c>
       <c r="J13" s="78">
-        <v>2.49</v>
+        <v>2.41</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>85</v>
       </c>
       <c r="B14" s="40"/>
       <c r="C14" s="40"/>
       <c r="D14" s="40"/>
       <c r="E14" s="40"/>
       <c r="F14" s="40"/>
       <c r="G14" s="34"/>
       <c r="H14" s="34"/>
       <c r="I14" s="34"/>
       <c r="J14" s="44"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="20" t="s">
         <v>86</v>
       </c>
       <c r="B15" s="72">
-        <v>135485</v>
+        <v>158054</v>
       </c>
       <c r="C15" s="72">
-        <v>178677</v>
+        <v>163908</v>
       </c>
       <c r="D15" s="72">
+        <v>321962</v>
+      </c>
+      <c r="E15" s="72">
         <v>314162</v>
       </c>
-      <c r="E15" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="72">
-        <v>337727</v>
+        <v>339545</v>
       </c>
       <c r="G15" s="75">
-        <v>2.9</v>
+        <v>2.48</v>
       </c>
       <c r="H15" s="91">
-        <v>-6.98</v>
+        <v>-5.18</v>
       </c>
       <c r="I15" s="75">
-        <v>1.93</v>
+        <v>1.94</v>
       </c>
       <c r="J15" s="78">
-        <v>2.14</v>
+        <v>2.11</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="68" t="s">
         <v>87</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="44"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>88</v>
       </c>
       <c r="B17" s="72">
-        <v>27826</v>
+        <v>28270</v>
       </c>
       <c r="C17" s="72">
-        <v>77832</v>
+        <v>78937</v>
       </c>
       <c r="D17" s="72">
+        <v>107207</v>
+      </c>
+      <c r="E17" s="72">
         <v>105657</v>
       </c>
-      <c r="E17" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="72">
-        <v>103821</v>
+        <v>105120</v>
       </c>
       <c r="G17" s="75">
-        <v>-1.99</v>
+        <v>1.47</v>
       </c>
       <c r="H17" s="91">
-        <v>1.77</v>
+        <v>1.99</v>
       </c>
       <c r="I17" s="75">
         <v>0.65</v>
       </c>
       <c r="J17" s="78">
-        <v>0.66</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="68" t="s">
         <v>89</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="40"/>
       <c r="D18" s="40"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="44"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="20" t="s">
         <v>90</v>
       </c>
       <c r="B19" s="72">
-        <v>6745</v>
+        <v>6534</v>
       </c>
       <c r="C19" s="72">
-        <v>20564</v>
+        <v>20494</v>
       </c>
       <c r="D19" s="72">
+        <v>27028</v>
+      </c>
+      <c r="E19" s="72">
         <v>27310</v>
       </c>
-      <c r="E19" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="72">
-        <v>31693</v>
+        <v>31084</v>
       </c>
       <c r="G19" s="75">
-        <v>0.51</v>
+        <v>-1.03</v>
       </c>
       <c r="H19" s="91">
-        <v>-13.83</v>
+        <v>-13.05</v>
       </c>
       <c r="I19" s="75">
-        <v>0.17</v>
+        <v>0.16</v>
       </c>
       <c r="J19" s="78">
-        <v>0.2</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="68" t="s">
         <v>91</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="44"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>92</v>
       </c>
       <c r="B21" s="72">
-        <v>115300</v>
+        <v>120837</v>
       </c>
       <c r="C21" s="72">
-        <v>135340</v>
+        <v>133974</v>
       </c>
       <c r="D21" s="72">
+        <v>254811</v>
+      </c>
+      <c r="E21" s="72">
         <v>250641</v>
       </c>
-      <c r="E21" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="72">
-        <v>246701</v>
+        <v>259161</v>
       </c>
       <c r="G21" s="75">
-        <v>3.12</v>
+        <v>1.66</v>
       </c>
       <c r="H21" s="91">
-        <v>1.6</v>
+        <v>-1.68</v>
       </c>
       <c r="I21" s="75">
-        <v>1.54</v>
+        <v>1.53</v>
       </c>
       <c r="J21" s="78">
-        <v>1.56</v>
+        <v>1.61</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="68" t="s">
         <v>93</v>
       </c>
       <c r="B22" s="40"/>
       <c r="C22" s="40"/>
       <c r="D22" s="40"/>
       <c r="E22" s="40"/>
       <c r="F22" s="40"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="44"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>94</v>
       </c>
       <c r="B23" s="72">
-        <v>1081</v>
+        <v>1118</v>
       </c>
       <c r="C23" s="72">
-        <v>2565</v>
+        <v>2582</v>
       </c>
       <c r="D23" s="72">
+        <v>3701</v>
+      </c>
+      <c r="E23" s="72">
         <v>3646</v>
       </c>
-      <c r="E23" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="72">
-        <v>3955</v>
+        <v>3870</v>
       </c>
       <c r="G23" s="75">
-        <v>1.38</v>
+        <v>1.5</v>
       </c>
       <c r="H23" s="91">
-        <v>-7.8</v>
+        <v>-4.37</v>
       </c>
       <c r="I23" s="75">
         <v>0.02</v>
       </c>
       <c r="J23" s="78">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="68" t="s">
         <v>95</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="44"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="20" t="s">
         <v>96</v>
       </c>
       <c r="B25" s="72">
-        <v>2905</v>
+        <v>3111</v>
       </c>
       <c r="C25" s="72">
-        <v>4730</v>
+        <v>4677</v>
       </c>
       <c r="D25" s="72">
+        <v>7788</v>
+      </c>
+      <c r="E25" s="72">
         <v>7635</v>
       </c>
-      <c r="E25" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="72">
-        <v>7846</v>
+        <v>7528</v>
       </c>
       <c r="G25" s="75">
-        <v>10.22</v>
+        <v>2</v>
       </c>
       <c r="H25" s="91">
-        <v>-2.69</v>
+        <v>3.46</v>
       </c>
       <c r="I25" s="75">
         <v>0.05</v>
       </c>
       <c r="J25" s="78">
         <v>0.05</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="68" t="s">
         <v>97</v>
       </c>
       <c r="B26" s="40"/>
       <c r="C26" s="40"/>
       <c r="D26" s="40"/>
       <c r="E26" s="40"/>
       <c r="F26" s="40"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="44"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="20" t="s">
         <v>98</v>
       </c>
       <c r="B27" s="72">
-        <v>66624</v>
+        <v>65706</v>
       </c>
       <c r="C27" s="72">
-        <v>116320</v>
+        <v>115492</v>
       </c>
       <c r="D27" s="72">
+        <v>181198</v>
+      </c>
+      <c r="E27" s="72">
         <v>182944</v>
       </c>
-      <c r="E27" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="72">
-        <v>179056</v>
+        <v>179026</v>
       </c>
       <c r="G27" s="75">
-        <v>0.5</v>
+        <v>-0.95</v>
       </c>
       <c r="H27" s="91">
-        <v>2.17</v>
+        <v>1.21</v>
       </c>
       <c r="I27" s="75">
-        <v>1.13</v>
+        <v>1.09</v>
       </c>
       <c r="J27" s="78">
-        <v>1.13</v>
+        <v>1.11</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="68" t="s">
         <v>99</v>
       </c>
       <c r="B28" s="40"/>
       <c r="C28" s="40"/>
       <c r="D28" s="40"/>
       <c r="E28" s="40"/>
       <c r="F28" s="40"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="44"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="20" t="s">
         <v>100</v>
       </c>
       <c r="B29" s="72">
-        <v>10473</v>
+        <v>10590</v>
       </c>
       <c r="C29" s="72">
-        <v>62839</v>
+        <v>64622</v>
       </c>
       <c r="D29" s="72">
+        <v>75211</v>
+      </c>
+      <c r="E29" s="72">
         <v>73312</v>
       </c>
-      <c r="E29" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F29" s="72">
-        <v>64963</v>
+        <v>64930</v>
       </c>
       <c r="G29" s="75">
-        <v>1.71</v>
+        <v>2.59</v>
       </c>
       <c r="H29" s="91">
-        <v>12.85</v>
+        <v>15.84</v>
       </c>
       <c r="I29" s="75">
         <v>0.45</v>
       </c>
       <c r="J29" s="78">
-        <v>0.41</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="68" t="s">
         <v>101</v>
       </c>
       <c r="B30" s="40"/>
       <c r="C30" s="40"/>
       <c r="D30" s="40"/>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="44"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="20" t="s">
         <v>102</v>
       </c>
       <c r="B31" s="72">
-        <v>7738</v>
+        <v>8251</v>
       </c>
       <c r="C31" s="72">
-        <v>26107</v>
+        <v>26370</v>
       </c>
       <c r="D31" s="72">
+        <v>34622</v>
+      </c>
+      <c r="E31" s="72">
         <v>33845</v>
       </c>
-      <c r="E31" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="72">
-        <v>35361</v>
+        <v>37612</v>
       </c>
       <c r="G31" s="75">
-        <v>-0.95</v>
+        <v>2.29</v>
       </c>
       <c r="H31" s="91">
-        <v>-4.29</v>
+        <v>-7.95</v>
       </c>
       <c r="I31" s="75">
         <v>0.21</v>
       </c>
       <c r="J31" s="78">
-        <v>0.22</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="68" t="s">
         <v>103</v>
       </c>
       <c r="B32" s="40"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="34"/>
       <c r="H32" s="34"/>
       <c r="I32" s="34"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="20" t="s">
         <v>104</v>
       </c>
       <c r="B33" s="72">
-        <v>2211</v>
+        <v>2122</v>
       </c>
       <c r="C33" s="72">
-        <v>2349</v>
+        <v>2331</v>
       </c>
       <c r="D33" s="72">
+        <v>4453</v>
+      </c>
+      <c r="E33" s="72">
         <v>4560</v>
       </c>
-      <c r="E33" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F33" s="72">
-        <v>3725</v>
+        <v>3811</v>
       </c>
       <c r="G33" s="75">
-        <v>-2.53</v>
+        <v>-2.34</v>
       </c>
       <c r="H33" s="91">
-        <v>22.41</v>
+        <v>16.83</v>
       </c>
       <c r="I33" s="75">
         <v>0.03</v>
       </c>
       <c r="J33" s="78">
         <v>0.02</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="68" t="s">
         <v>105</v>
       </c>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="34"/>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="20" t="s">
         <v>106</v>
       </c>
       <c r="B35" s="72">
-        <v>28968</v>
+        <v>29458</v>
       </c>
       <c r="C35" s="72">
-        <v>70701</v>
+        <v>70853</v>
       </c>
       <c r="D35" s="72">
+        <v>100311</v>
+      </c>
+      <c r="E35" s="72">
         <v>99670</v>
       </c>
-      <c r="E35" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="72">
-        <v>104376</v>
+        <v>104508</v>
       </c>
       <c r="G35" s="75">
-        <v>0.02</v>
+        <v>0.64</v>
       </c>
       <c r="H35" s="91">
-        <v>-4.51</v>
+        <v>-4.02</v>
       </c>
       <c r="I35" s="75">
-        <v>0.61</v>
+        <v>0.6</v>
       </c>
       <c r="J35" s="78">
-        <v>0.66</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="87" t="s">
         <v>107</v>
       </c>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="51"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="10" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
@@ -4418,56 +4418,56 @@
       <c r="F2" s="52"/>
       <c r="G2" s="52"/>
       <c r="H2" s="52"/>
       <c r="I2" s="52"/>
       <c r="J2" s="52"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="30" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="30"/>
       <c r="C3" s="30"/>
       <c r="D3" s="30"/>
       <c r="E3" s="30"/>
       <c r="F3" s="30"/>
       <c r="G3" s="30"/>
       <c r="H3" s="30"/>
       <c r="I3" s="30"/>
       <c r="J3" s="30"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="53" t="str">
         <f>'2-5'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="53"/>
       <c r="E4" s="32" t="str">
         <f>'2-5'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="32"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="17.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="28"/>
       <c r="D5" s="29"/>
       <c r="E5" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>1</v>
       </c>
@@ -4534,529 +4534,529 @@
       </c>
       <c r="I7" s="41" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="11"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="49"/>
       <c r="G8" s="49"/>
       <c r="H8" s="49"/>
       <c r="I8" s="42"/>
       <c r="J8" s="38"/>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="56" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="59">
-        <v>60819</v>
+        <v>65422</v>
       </c>
       <c r="C9" s="59">
-        <v>62650</v>
+        <v>60892</v>
       </c>
       <c r="D9" s="59">
+        <v>126314</v>
+      </c>
+      <c r="E9" s="59">
         <v>123469</v>
       </c>
-      <c r="E9" s="59">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="59">
-        <v>149396</v>
+        <v>145028</v>
       </c>
       <c r="G9" s="62">
-        <v>-5.34</v>
+        <v>2.3</v>
       </c>
       <c r="H9" s="89">
-        <v>-17.35</v>
+        <v>-12.9</v>
       </c>
       <c r="I9" s="62">
         <v>0.76</v>
       </c>
       <c r="J9" s="65">
-        <v>0.95</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="68" t="s">
         <v>108</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="34"/>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="44"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="20" t="s">
         <v>109</v>
       </c>
       <c r="B11" s="72">
-        <v>119640</v>
+        <v>107715</v>
       </c>
       <c r="C11" s="72">
-        <v>142785</v>
+        <v>145314</v>
       </c>
       <c r="D11" s="72">
+        <v>253029</v>
+      </c>
+      <c r="E11" s="72">
         <v>262425</v>
       </c>
-      <c r="E11" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="72">
-        <v>262734</v>
+        <v>254909</v>
       </c>
       <c r="G11" s="75">
-        <v>7.67</v>
+        <v>-3.58</v>
       </c>
       <c r="H11" s="91">
-        <v>-0.12</v>
+        <v>-0.74</v>
       </c>
       <c r="I11" s="75">
-        <v>1.61</v>
+        <v>1.52</v>
       </c>
       <c r="J11" s="78">
-        <v>1.66</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="68" t="s">
         <v>110</v>
       </c>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="40"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
       <c r="I12" s="34"/>
       <c r="J12" s="44"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="20" t="s">
         <v>111</v>
       </c>
       <c r="B13" s="72">
-        <v>308284</v>
+        <v>302807</v>
       </c>
       <c r="C13" s="72">
-        <v>417606</v>
+        <v>416310</v>
       </c>
       <c r="D13" s="72">
+        <v>719116</v>
+      </c>
+      <c r="E13" s="72">
         <v>725890</v>
       </c>
-      <c r="E13" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="72">
-        <v>735164</v>
+        <v>717949</v>
       </c>
       <c r="G13" s="75">
-        <v>0.49</v>
+        <v>-0.93</v>
       </c>
       <c r="H13" s="91">
-        <v>-1.26</v>
+        <v>0.16</v>
       </c>
       <c r="I13" s="75">
+        <v>4.33</v>
+      </c>
+      <c r="J13" s="78">
         <v>4.47</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.66</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>112</v>
       </c>
       <c r="B14" s="40"/>
       <c r="C14" s="40"/>
       <c r="D14" s="40"/>
       <c r="E14" s="40"/>
       <c r="F14" s="40"/>
       <c r="G14" s="34"/>
       <c r="H14" s="34"/>
       <c r="I14" s="34"/>
       <c r="J14" s="44"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="20" t="s">
         <v>113</v>
       </c>
       <c r="B15" s="72">
-        <v>358003</v>
+        <v>369753</v>
       </c>
       <c r="C15" s="72">
-        <v>766208</v>
+        <v>805498</v>
       </c>
       <c r="D15" s="72">
+        <v>1175251</v>
+      </c>
+      <c r="E15" s="72">
         <v>1124210</v>
       </c>
-      <c r="E15" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="72">
-        <v>1033608</v>
+        <v>1036891</v>
       </c>
       <c r="G15" s="75">
-        <v>0.23</v>
+        <v>4.54</v>
       </c>
       <c r="H15" s="91">
-        <v>8.77</v>
+        <v>13.34</v>
       </c>
       <c r="I15" s="75">
-        <v>6.92</v>
+        <v>7.08</v>
       </c>
       <c r="J15" s="78">
-        <v>6.55</v>
+        <v>6.46</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="68" t="s">
         <v>114</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="44"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>115</v>
       </c>
       <c r="B17" s="72">
-        <v>71613</v>
+        <v>78956</v>
       </c>
       <c r="C17" s="72">
-        <v>107203</v>
+        <v>105100</v>
       </c>
       <c r="D17" s="72">
+        <v>184055</v>
+      </c>
+      <c r="E17" s="72">
         <v>178816</v>
       </c>
-      <c r="E17" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="72">
-        <v>225063</v>
+        <v>255965</v>
       </c>
       <c r="G17" s="75">
-        <v>0.09</v>
+        <v>2.93</v>
       </c>
       <c r="H17" s="91">
-        <v>-20.55</v>
+        <v>-28.09</v>
       </c>
       <c r="I17" s="75">
-        <v>1.1</v>
+        <v>1.11</v>
       </c>
       <c r="J17" s="78">
-        <v>1.43</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="68" t="s">
         <v>116</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="40"/>
       <c r="D18" s="40"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="44"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="20" t="s">
         <v>117</v>
       </c>
       <c r="B19" s="72">
-        <v>151852</v>
+        <v>154961</v>
       </c>
       <c r="C19" s="72">
-        <v>149292</v>
+        <v>160285</v>
       </c>
       <c r="D19" s="72">
+        <v>315246</v>
+      </c>
+      <c r="E19" s="72">
         <v>301144</v>
       </c>
-      <c r="E19" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="72">
-        <v>306416</v>
+        <v>313393</v>
       </c>
       <c r="G19" s="75">
-        <v>-1.34</v>
+        <v>4.68</v>
       </c>
       <c r="H19" s="91">
-        <v>-1.72</v>
+        <v>0.59</v>
       </c>
       <c r="I19" s="75">
-        <v>1.85</v>
+        <v>1.9</v>
       </c>
       <c r="J19" s="78">
-        <v>1.94</v>
+        <v>1.95</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="68" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="44"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>119</v>
       </c>
       <c r="B21" s="72">
-        <v>239141</v>
+        <v>248658</v>
       </c>
       <c r="C21" s="72">
-        <v>519422</v>
+        <v>519347</v>
       </c>
       <c r="D21" s="72">
+        <v>768005</v>
+      </c>
+      <c r="E21" s="72">
         <v>758563</v>
       </c>
-      <c r="E21" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="72">
-        <v>726802</v>
+        <v>746988</v>
       </c>
       <c r="G21" s="75">
-        <v>-1.51</v>
+        <v>1.24</v>
       </c>
       <c r="H21" s="91">
-        <v>4.37</v>
+        <v>2.81</v>
       </c>
       <c r="I21" s="75">
-        <v>4.67</v>
+        <v>4.63</v>
       </c>
       <c r="J21" s="78">
-        <v>4.61</v>
+        <v>4.65</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="68" t="s">
         <v>120</v>
       </c>
       <c r="B22" s="40"/>
       <c r="C22" s="40"/>
       <c r="D22" s="40"/>
       <c r="E22" s="40"/>
       <c r="F22" s="40"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="44"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>121</v>
       </c>
       <c r="B23" s="72">
-        <v>11546</v>
+        <v>11694</v>
       </c>
       <c r="C23" s="72">
-        <v>41002</v>
+        <v>40495</v>
       </c>
       <c r="D23" s="72">
+        <v>52190</v>
+      </c>
+      <c r="E23" s="72">
         <v>52548</v>
       </c>
-      <c r="E23" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="72">
-        <v>49819</v>
+        <v>49016</v>
       </c>
       <c r="G23" s="75">
-        <v>1.25</v>
+        <v>-0.68</v>
       </c>
       <c r="H23" s="91">
-        <v>5.48</v>
+        <v>6.48</v>
       </c>
       <c r="I23" s="75">
-        <v>0.32</v>
+        <v>0.31</v>
       </c>
       <c r="J23" s="78">
-        <v>0.32</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="68" t="s">
         <v>122</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="44"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="20" t="s">
         <v>123</v>
       </c>
       <c r="B25" s="72">
-        <v>586111</v>
+        <v>564886</v>
       </c>
       <c r="C25" s="72">
-        <v>913593</v>
+        <v>921874</v>
       </c>
       <c r="D25" s="72">
+        <v>1486760</v>
+      </c>
+      <c r="E25" s="72">
         <v>1499704</v>
       </c>
-      <c r="E25" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="72">
-        <v>1487577</v>
+        <v>1447163</v>
       </c>
       <c r="G25" s="75">
-        <v>0.84</v>
+        <v>-0.86</v>
       </c>
       <c r="H25" s="91">
-        <v>0.82</v>
+        <v>2.74</v>
       </c>
       <c r="I25" s="75">
-        <v>9.23</v>
+        <v>8.95</v>
       </c>
       <c r="J25" s="78">
-        <v>9.43</v>
+        <v>9.01</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="68" t="s">
         <v>124</v>
       </c>
       <c r="B26" s="40"/>
       <c r="C26" s="40"/>
       <c r="D26" s="40"/>
       <c r="E26" s="40"/>
       <c r="F26" s="40"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="44"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="20" t="s">
         <v>125</v>
       </c>
       <c r="B27" s="72">
-        <v>472</v>
+        <v>398</v>
       </c>
       <c r="C27" s="72">
-        <v>785</v>
+        <v>1829</v>
       </c>
       <c r="D27" s="72">
+        <v>2227</v>
+      </c>
+      <c r="E27" s="72">
         <v>1257</v>
-      </c>
-[...1 lines deleted...]
-        <v>930</v>
       </c>
       <c r="F27" s="81">
         <v>0</v>
       </c>
       <c r="G27" s="75">
-        <v>35.18</v>
+        <v>77.15</v>
       </c>
       <c r="H27" s="93">
         <v>0</v>
       </c>
       <c r="I27" s="75">
         <v>0.01</v>
       </c>
       <c r="J27" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="68" t="s">
         <v>126</v>
       </c>
       <c r="B28" s="40"/>
       <c r="C28" s="40"/>
       <c r="D28" s="40"/>
       <c r="E28" s="40"/>
       <c r="F28" s="40"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="44"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="20" t="s">
         <v>127</v>
       </c>
       <c r="B29" s="72">
-        <v>486</v>
+        <v>520</v>
       </c>
       <c r="C29" s="72">
-        <v>1237</v>
+        <v>1220</v>
       </c>
       <c r="D29" s="72">
+        <v>1740</v>
+      </c>
+      <c r="E29" s="72">
         <v>1723</v>
       </c>
-      <c r="E29" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F29" s="72">
-        <v>363</v>
+        <v>440</v>
       </c>
       <c r="G29" s="75">
-        <v>5.69</v>
+        <v>0.99</v>
       </c>
       <c r="H29" s="91">
-        <v>374.69</v>
+        <v>295.54</v>
       </c>
       <c r="I29" s="75">
         <v>0.01</v>
       </c>
       <c r="J29" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="68" t="s">
         <v>128</v>
       </c>
       <c r="B30" s="40"/>
       <c r="C30" s="40"/>
       <c r="D30" s="40"/>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="44"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="20" t="s">
         <v>129</v>
@@ -5086,121 +5086,121 @@
         <v>0</v>
       </c>
       <c r="J31" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="68" t="s">
         <v>130</v>
       </c>
       <c r="B32" s="40"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="34"/>
       <c r="H32" s="34"/>
       <c r="I32" s="34"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="70" t="s">
         <v>131</v>
       </c>
       <c r="B33" s="73">
-        <v>328503</v>
+        <v>498913</v>
       </c>
       <c r="C33" s="73">
-        <v>982080</v>
+        <v>963541</v>
       </c>
       <c r="D33" s="73">
+        <v>1462454</v>
+      </c>
+      <c r="E33" s="73">
         <v>1310582</v>
       </c>
-      <c r="E33" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="F33" s="73">
-        <v>839918</v>
+        <v>1090819</v>
       </c>
       <c r="G33" s="76">
-        <v>-8</v>
+        <v>11.59</v>
       </c>
       <c r="H33" s="94">
-        <v>56.04</v>
+        <v>34.07</v>
       </c>
       <c r="I33" s="76">
-        <v>8.06</v>
+        <v>8.81</v>
       </c>
       <c r="J33" s="79">
-        <v>5.32</v>
+        <v>6.79</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="69" t="s">
         <v>132</v>
       </c>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="34"/>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="70" t="s">
         <v>133</v>
       </c>
       <c r="B35" s="73">
-        <v>2428</v>
+        <v>3231</v>
       </c>
       <c r="C35" s="73">
-        <v>22719</v>
+        <v>25696</v>
       </c>
       <c r="D35" s="73">
+        <v>28926</v>
+      </c>
+      <c r="E35" s="73">
         <v>25147</v>
       </c>
-      <c r="E35" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="73">
-        <v>127772</v>
+        <v>93538</v>
       </c>
       <c r="G35" s="76">
-        <v>3.92</v>
+        <v>15.03</v>
       </c>
       <c r="H35" s="94">
-        <v>-80.32</v>
+        <v>-69.08</v>
       </c>
       <c r="I35" s="76">
-        <v>0.15</v>
+        <v>0.17</v>
       </c>
       <c r="J35" s="79">
-        <v>0.81</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="95" t="s">
         <v>134</v>
       </c>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="51"/>
     </row>
     <row r="37" spans="1:1" ht="13.5" customHeight="1">
       <c r="A37" s="23" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="38" spans="1:1" ht="13.5" customHeight="1">
       <c r="A38" s="25" t="s">
         <v>54</v>
       </c>
@@ -5401,56 +5401,56 @@
       <c r="F2" s="52"/>
       <c r="G2" s="52"/>
       <c r="H2" s="52"/>
       <c r="I2" s="52"/>
       <c r="J2" s="52"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="54" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="54"/>
       <c r="C3" s="54"/>
       <c r="D3" s="54"/>
       <c r="E3" s="54"/>
       <c r="F3" s="54"/>
       <c r="G3" s="54"/>
       <c r="H3" s="54"/>
       <c r="I3" s="54"/>
       <c r="J3" s="54"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="53" t="str">
         <f>'2-5'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="53"/>
       <c r="E4" s="32" t="str">
         <f>'2-5'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="32"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="17.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="28"/>
       <c r="D5" s="29"/>
       <c r="E5" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>1</v>
       </c>
@@ -5517,535 +5517,535 @@
       </c>
       <c r="I7" s="41" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="11"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="49"/>
       <c r="G8" s="49"/>
       <c r="H8" s="49"/>
       <c r="I8" s="42"/>
       <c r="J8" s="38"/>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="57" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="60">
-        <v>4078619</v>
+        <v>4281847</v>
       </c>
       <c r="C9" s="60">
-        <v>5148077</v>
+        <v>5269752</v>
       </c>
       <c r="D9" s="60">
+        <v>9551599</v>
+      </c>
+      <c r="E9" s="60">
         <v>9226697</v>
       </c>
-      <c r="E9" s="60">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="60">
-        <v>9267163</v>
+        <v>9395107</v>
       </c>
       <c r="G9" s="63">
-        <v>-0.21</v>
+        <v>3.52</v>
       </c>
       <c r="H9" s="63">
-        <v>-0.44</v>
+        <v>1.67</v>
       </c>
       <c r="I9" s="63">
         <v>100</v>
       </c>
       <c r="J9" s="66">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="69" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="34"/>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="44"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="70" t="s">
         <v>55</v>
       </c>
       <c r="B11" s="73">
-        <v>3820035</v>
+        <v>3849975</v>
       </c>
       <c r="C11" s="73">
-        <v>4972935</v>
+        <v>5063006</v>
       </c>
       <c r="D11" s="73">
+        <v>8912980</v>
+      </c>
+      <c r="E11" s="73">
         <v>8792970</v>
       </c>
-      <c r="E11" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="73">
-        <v>8756110</v>
+        <v>8708621</v>
       </c>
       <c r="G11" s="76">
-        <v>0.94</v>
+        <v>1.36</v>
       </c>
       <c r="H11" s="76">
-        <v>0.42</v>
+        <v>2.35</v>
       </c>
       <c r="I11" s="76">
-        <v>95.3</v>
+        <v>93.31</v>
       </c>
       <c r="J11" s="79">
-        <v>94.49</v>
+        <v>92.69</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="69" t="s">
         <v>56</v>
       </c>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="40"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
       <c r="I12" s="34"/>
       <c r="J12" s="44"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="20" t="s">
         <v>57</v>
       </c>
       <c r="B13" s="72">
-        <v>248438</v>
+        <v>254390</v>
       </c>
       <c r="C13" s="72">
-        <v>576995</v>
+        <v>607505</v>
       </c>
       <c r="D13" s="72">
+        <v>861895</v>
+      </c>
+      <c r="E13" s="72">
         <v>825434</v>
       </c>
-      <c r="E13" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="72">
-        <v>789798</v>
+        <v>758965</v>
       </c>
       <c r="G13" s="75">
-        <v>-1.73</v>
+        <v>4.42</v>
       </c>
       <c r="H13" s="75">
-        <v>4.51</v>
+        <v>13.56</v>
       </c>
       <c r="I13" s="75">
-        <v>8.95</v>
+        <v>9.02</v>
       </c>
       <c r="J13" s="78">
-        <v>8.52</v>
+        <v>8.08</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>58</v>
       </c>
       <c r="B14" s="40"/>
       <c r="C14" s="40"/>
       <c r="D14" s="40"/>
       <c r="E14" s="40"/>
       <c r="F14" s="40"/>
       <c r="G14" s="34"/>
       <c r="H14" s="34"/>
       <c r="I14" s="34"/>
       <c r="J14" s="44"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="20" t="s">
         <v>59</v>
       </c>
       <c r="B15" s="72">
-        <v>76045</v>
+        <v>80480</v>
       </c>
       <c r="C15" s="72">
-        <v>98416</v>
+        <v>103858</v>
       </c>
       <c r="D15" s="72">
+        <v>184338</v>
+      </c>
+      <c r="E15" s="72">
         <v>174461</v>
       </c>
-      <c r="E15" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="72">
-        <v>151831</v>
+        <v>160290</v>
       </c>
       <c r="G15" s="75">
-        <v>2.94</v>
+        <v>5.66</v>
       </c>
       <c r="H15" s="75">
-        <v>14.9</v>
+        <v>15</v>
       </c>
       <c r="I15" s="75">
-        <v>1.89</v>
+        <v>1.93</v>
       </c>
       <c r="J15" s="78">
-        <v>1.64</v>
+        <v>1.71</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="68" t="s">
         <v>60</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="44"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>61</v>
       </c>
       <c r="B17" s="72">
-        <v>156830</v>
+        <v>160381</v>
       </c>
       <c r="C17" s="72">
-        <v>271295</v>
+        <v>272932</v>
       </c>
       <c r="D17" s="72">
+        <v>433313</v>
+      </c>
+      <c r="E17" s="72">
         <v>428125</v>
       </c>
-      <c r="E17" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="72">
-        <v>445656</v>
+        <v>458761</v>
       </c>
       <c r="G17" s="75">
-        <v>2.14</v>
+        <v>1.21</v>
       </c>
       <c r="H17" s="75">
-        <v>-3.93</v>
+        <v>-5.55</v>
       </c>
       <c r="I17" s="75">
-        <v>4.64</v>
+        <v>4.54</v>
       </c>
       <c r="J17" s="78">
-        <v>4.81</v>
+        <v>4.88</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="68" t="s">
         <v>62</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="40"/>
       <c r="D18" s="40"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="44"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="20" t="s">
         <v>63</v>
       </c>
       <c r="B19" s="72">
-        <v>231136</v>
+        <v>217175</v>
       </c>
       <c r="C19" s="72">
-        <v>300614</v>
+        <v>306176</v>
       </c>
       <c r="D19" s="72">
+        <v>523351</v>
+      </c>
+      <c r="E19" s="72">
         <v>531751</v>
       </c>
-      <c r="E19" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="72">
-        <v>573808</v>
+        <v>572096</v>
       </c>
       <c r="G19" s="75">
-        <v>-2.13</v>
+        <v>-1.58</v>
       </c>
       <c r="H19" s="75">
-        <v>-7.33</v>
+        <v>-8.52</v>
       </c>
       <c r="I19" s="75">
-        <v>5.76</v>
+        <v>5.48</v>
       </c>
       <c r="J19" s="78">
-        <v>6.19</v>
+        <v>6.09</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="68" t="s">
         <v>64</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="44"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="72">
-        <v>277268</v>
+        <v>251993</v>
       </c>
       <c r="C21" s="72">
-        <v>276717</v>
+        <v>299531</v>
       </c>
       <c r="D21" s="72">
+        <v>551524</v>
+      </c>
+      <c r="E21" s="72">
         <v>553985</v>
       </c>
-      <c r="E21" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="72">
-        <v>528208</v>
+        <v>535935</v>
       </c>
       <c r="G21" s="75">
-        <v>5.61</v>
+        <v>-0.44</v>
       </c>
       <c r="H21" s="75">
-        <v>4.88</v>
+        <v>2.91</v>
       </c>
       <c r="I21" s="75">
-        <v>6</v>
+        <v>5.77</v>
       </c>
       <c r="J21" s="78">
         <v>5.7</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="68" t="s">
         <v>66</v>
       </c>
       <c r="B22" s="40"/>
       <c r="C22" s="40"/>
       <c r="D22" s="40"/>
       <c r="E22" s="40"/>
       <c r="F22" s="40"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="44"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>67</v>
       </c>
       <c r="B23" s="72">
-        <v>133769</v>
+        <v>134260</v>
       </c>
       <c r="C23" s="72">
-        <v>294951</v>
+        <v>291860</v>
       </c>
       <c r="D23" s="72">
+        <v>426119</v>
+      </c>
+      <c r="E23" s="72">
         <v>428720</v>
       </c>
-      <c r="E23" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="72">
-        <v>459354</v>
+        <v>442878</v>
       </c>
       <c r="G23" s="75">
-        <v>0.45</v>
+        <v>-0.61</v>
       </c>
       <c r="H23" s="75">
-        <v>-6.67</v>
+        <v>-3.78</v>
       </c>
       <c r="I23" s="75">
-        <v>4.65</v>
+        <v>4.46</v>
       </c>
       <c r="J23" s="78">
-        <v>4.96</v>
+        <v>4.71</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="68" t="s">
         <v>68</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="44"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="20" t="s">
         <v>69</v>
       </c>
       <c r="B25" s="72">
-        <v>66757</v>
+        <v>65945</v>
       </c>
       <c r="C25" s="72">
-        <v>82379</v>
+        <v>86379</v>
       </c>
       <c r="D25" s="72">
+        <v>152324</v>
+      </c>
+      <c r="E25" s="72">
         <v>149136</v>
       </c>
-      <c r="E25" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="72">
-        <v>155765</v>
+        <v>157029</v>
       </c>
       <c r="G25" s="75">
-        <v>-0.01</v>
+        <v>2.14</v>
       </c>
       <c r="H25" s="75">
-        <v>-4.26</v>
+        <v>-3</v>
       </c>
       <c r="I25" s="75">
-        <v>1.62</v>
+        <v>1.59</v>
       </c>
       <c r="J25" s="78">
-        <v>1.68</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="68" t="s">
         <v>70</v>
       </c>
       <c r="B26" s="40"/>
       <c r="C26" s="40"/>
       <c r="D26" s="40"/>
       <c r="E26" s="40"/>
       <c r="F26" s="40"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="44"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="20" t="s">
         <v>71</v>
       </c>
       <c r="B27" s="72">
-        <v>234304</v>
+        <v>249729</v>
       </c>
       <c r="C27" s="72">
-        <v>317810</v>
+        <v>333702</v>
       </c>
       <c r="D27" s="72">
+        <v>583431</v>
+      </c>
+      <c r="E27" s="72">
         <v>552113</v>
       </c>
-      <c r="E27" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="72">
-        <v>559337</v>
+        <v>540541</v>
       </c>
       <c r="G27" s="75">
-        <v>-0.01</v>
+        <v>5.67</v>
       </c>
       <c r="H27" s="75">
-        <v>-1.29</v>
+        <v>7.93</v>
       </c>
       <c r="I27" s="75">
-        <v>5.98</v>
+        <v>6.11</v>
       </c>
       <c r="J27" s="78">
-        <v>6.04</v>
+        <v>5.75</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="68" t="s">
         <v>72</v>
       </c>
       <c r="B28" s="40"/>
       <c r="C28" s="40"/>
       <c r="D28" s="40"/>
       <c r="E28" s="40"/>
       <c r="F28" s="40"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="44"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="20" t="s">
         <v>73</v>
       </c>
       <c r="B29" s="72">
-        <v>368234</v>
+        <v>369612</v>
       </c>
       <c r="C29" s="72">
-        <v>226651</v>
+        <v>224338</v>
       </c>
       <c r="D29" s="72">
+        <v>593950</v>
+      </c>
+      <c r="E29" s="72">
         <v>594885</v>
       </c>
-      <c r="E29" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F29" s="72">
-        <v>577215</v>
+        <v>580126</v>
       </c>
       <c r="G29" s="75">
-        <v>-0.89</v>
+        <v>-0.16</v>
       </c>
       <c r="H29" s="75">
-        <v>3.06</v>
+        <v>2.38</v>
       </c>
       <c r="I29" s="75">
-        <v>6.45</v>
+        <v>6.22</v>
       </c>
       <c r="J29" s="78">
-        <v>6.23</v>
+        <v>6.17</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="68" t="s">
         <v>74</v>
       </c>
       <c r="B30" s="40"/>
       <c r="C30" s="40"/>
       <c r="D30" s="40"/>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="44"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="20" t="s">
         <v>75</v>
       </c>
       <c r="B31" s="81">
         <v>0</v>
       </c>
       <c r="C31" s="81">
         <v>0</v>
@@ -6069,121 +6069,121 @@
         <v>0</v>
       </c>
       <c r="J31" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="68" t="s">
         <v>76</v>
       </c>
       <c r="B32" s="40"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="34"/>
       <c r="H32" s="34"/>
       <c r="I32" s="34"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="20" t="s">
         <v>77</v>
       </c>
       <c r="B33" s="72">
-        <v>12614</v>
+        <v>11103</v>
       </c>
       <c r="C33" s="72">
-        <v>21712</v>
+        <v>22230</v>
       </c>
       <c r="D33" s="72">
+        <v>33333</v>
+      </c>
+      <c r="E33" s="72">
         <v>34326</v>
       </c>
-      <c r="E33" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F33" s="72">
-        <v>37376</v>
+        <v>36562</v>
       </c>
       <c r="G33" s="75">
-        <v>2.16</v>
+        <v>-2.89</v>
       </c>
       <c r="H33" s="75">
-        <v>-8.16</v>
+        <v>-8.83</v>
       </c>
       <c r="I33" s="75">
-        <v>0.37</v>
+        <v>0.35</v>
       </c>
       <c r="J33" s="78">
-        <v>0.4</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="68" t="s">
         <v>78</v>
       </c>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="34"/>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="20" t="s">
         <v>79</v>
       </c>
       <c r="B35" s="72">
-        <v>277405</v>
+        <v>277593</v>
       </c>
       <c r="C35" s="72">
-        <v>377383</v>
+        <v>364736</v>
       </c>
       <c r="D35" s="72">
+        <v>642329</v>
+      </c>
+      <c r="E35" s="72">
         <v>654788</v>
       </c>
-      <c r="E35" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="72">
-        <v>613514</v>
+        <v>632202</v>
       </c>
       <c r="G35" s="75">
-        <v>3.54</v>
+        <v>-1.9</v>
       </c>
       <c r="H35" s="75">
+        <v>1.6</v>
+      </c>
+      <c r="I35" s="75">
+        <v>6.72</v>
+      </c>
+      <c r="J35" s="78">
         <v>6.73</v>
-      </c>
-[...4 lines deleted...]
-        <v>6.62</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="87" t="s">
         <v>80</v>
       </c>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="51"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
@@ -6464,56 +6464,56 @@
       <c r="F2" s="52"/>
       <c r="G2" s="52"/>
       <c r="H2" s="52"/>
       <c r="I2" s="52"/>
       <c r="J2" s="52"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="54" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="54"/>
       <c r="C3" s="54"/>
       <c r="D3" s="54"/>
       <c r="E3" s="54"/>
       <c r="F3" s="54"/>
       <c r="G3" s="54"/>
       <c r="H3" s="54"/>
       <c r="I3" s="54"/>
       <c r="J3" s="54"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="53" t="str">
         <f>'2-5'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="53"/>
       <c r="E4" s="32" t="str">
         <f>'2-5'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="32"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="17.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="28"/>
       <c r="D5" s="29"/>
       <c r="E5" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>1</v>
       </c>
@@ -6580,673 +6580,673 @@
       </c>
       <c r="I7" s="41" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="11"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="49"/>
       <c r="G8" s="49"/>
       <c r="H8" s="49"/>
       <c r="I8" s="42"/>
       <c r="J8" s="38"/>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="56" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="59">
-        <v>101254</v>
+        <v>105350</v>
       </c>
       <c r="C9" s="59">
-        <v>9785</v>
+        <v>9753</v>
       </c>
       <c r="D9" s="59">
+        <v>115103</v>
+      </c>
+      <c r="E9" s="59">
         <v>111039</v>
       </c>
-      <c r="E9" s="59">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="59">
-        <v>91361</v>
+        <v>92749</v>
       </c>
       <c r="G9" s="62">
-        <v>-9.27</v>
+        <v>3.66</v>
       </c>
       <c r="H9" s="89">
-        <v>21.54</v>
+        <v>24.1</v>
       </c>
       <c r="I9" s="62">
-        <v>1.2</v>
+        <v>1.21</v>
       </c>
       <c r="J9" s="65">
         <v>0.99</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="68" t="s">
         <v>81</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="34"/>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="44"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="20" t="s">
         <v>82</v>
       </c>
       <c r="B11" s="72">
-        <v>5993</v>
+        <v>6416</v>
       </c>
       <c r="C11" s="72">
-        <v>17191</v>
+        <v>16592</v>
       </c>
       <c r="D11" s="72">
+        <v>23008</v>
+      </c>
+      <c r="E11" s="72">
         <v>23184</v>
       </c>
-      <c r="E11" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="72">
-        <v>36873</v>
+        <v>39207</v>
       </c>
       <c r="G11" s="75">
-        <v>7.77</v>
+        <v>-0.76</v>
       </c>
       <c r="H11" s="91">
-        <v>-37.13</v>
+        <v>-41.32</v>
       </c>
       <c r="I11" s="75">
-        <v>0.25</v>
+        <v>0.24</v>
       </c>
       <c r="J11" s="78">
-        <v>0.4</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="68" t="s">
         <v>83</v>
       </c>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="40"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
       <c r="I12" s="34"/>
       <c r="J12" s="44"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="20" t="s">
         <v>84</v>
       </c>
       <c r="B13" s="72">
-        <v>78964</v>
+        <v>79643</v>
       </c>
       <c r="C13" s="72">
-        <v>172355</v>
+        <v>170505</v>
       </c>
       <c r="D13" s="72">
+        <v>250148</v>
+      </c>
+      <c r="E13" s="72">
         <v>251318</v>
       </c>
-      <c r="E13" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="72">
-        <v>264020</v>
+        <v>259035</v>
       </c>
       <c r="G13" s="75">
-        <v>6.7</v>
+        <v>-0.47</v>
       </c>
       <c r="H13" s="91">
-        <v>-4.81</v>
+        <v>-3.43</v>
       </c>
       <c r="I13" s="75">
-        <v>2.72</v>
+        <v>2.62</v>
       </c>
       <c r="J13" s="78">
-        <v>2.85</v>
+        <v>2.76</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>85</v>
       </c>
       <c r="B14" s="40"/>
       <c r="C14" s="40"/>
       <c r="D14" s="40"/>
       <c r="E14" s="40"/>
       <c r="F14" s="40"/>
       <c r="G14" s="34"/>
       <c r="H14" s="34"/>
       <c r="I14" s="34"/>
       <c r="J14" s="44"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="20" t="s">
         <v>86</v>
       </c>
       <c r="B15" s="72">
-        <v>90624</v>
+        <v>111608</v>
       </c>
       <c r="C15" s="72">
-        <v>110456</v>
+        <v>101388</v>
       </c>
       <c r="D15" s="72">
+        <v>212996</v>
+      </c>
+      <c r="E15" s="72">
         <v>201081</v>
       </c>
-      <c r="E15" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="72">
-        <v>190490</v>
+        <v>180756</v>
       </c>
       <c r="G15" s="75">
-        <v>2.52</v>
+        <v>5.93</v>
       </c>
       <c r="H15" s="91">
-        <v>5.56</v>
+        <v>17.84</v>
       </c>
       <c r="I15" s="75">
-        <v>2.18</v>
+        <v>2.23</v>
       </c>
       <c r="J15" s="78">
-        <v>2.06</v>
+        <v>1.92</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="68" t="s">
         <v>87</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="44"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>88</v>
       </c>
       <c r="B17" s="72">
-        <v>24628</v>
+        <v>24959</v>
       </c>
       <c r="C17" s="72">
-        <v>64226</v>
+        <v>65036</v>
       </c>
       <c r="D17" s="72">
+        <v>89994</v>
+      </c>
+      <c r="E17" s="72">
         <v>88854</v>
       </c>
-      <c r="E17" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="72">
-        <v>88414</v>
+        <v>87945</v>
       </c>
       <c r="G17" s="75">
-        <v>-0.97</v>
+        <v>1.28</v>
       </c>
       <c r="H17" s="91">
-        <v>0.5</v>
+        <v>2.33</v>
       </c>
       <c r="I17" s="75">
-        <v>0.96</v>
+        <v>0.94</v>
       </c>
       <c r="J17" s="78">
-        <v>0.95</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="68" t="s">
         <v>89</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="40"/>
       <c r="D18" s="40"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="44"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="20" t="s">
         <v>90</v>
       </c>
       <c r="B19" s="72">
-        <v>6632</v>
+        <v>6408</v>
       </c>
       <c r="C19" s="72">
-        <v>20010</v>
+        <v>19936</v>
       </c>
       <c r="D19" s="72">
+        <v>26344</v>
+      </c>
+      <c r="E19" s="72">
         <v>26643</v>
       </c>
-      <c r="E19" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="72">
-        <v>30894</v>
+        <v>30301</v>
       </c>
       <c r="G19" s="75">
-        <v>0.57</v>
+        <v>-1.12</v>
       </c>
       <c r="H19" s="91">
-        <v>-13.76</v>
+        <v>-13.06</v>
       </c>
       <c r="I19" s="75">
-        <v>0.29</v>
+        <v>0.28</v>
       </c>
       <c r="J19" s="78">
-        <v>0.33</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="68" t="s">
         <v>91</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="44"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>92</v>
       </c>
       <c r="B21" s="72">
-        <v>103257</v>
+        <v>105018</v>
       </c>
       <c r="C21" s="72">
-        <v>102396</v>
+        <v>107333</v>
       </c>
       <c r="D21" s="72">
+        <v>212351</v>
+      </c>
+      <c r="E21" s="72">
         <v>205653</v>
       </c>
-      <c r="E21" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="72">
-        <v>211286</v>
+        <v>213623</v>
       </c>
       <c r="G21" s="75">
-        <v>1.01</v>
+        <v>3.26</v>
       </c>
       <c r="H21" s="91">
-        <v>-2.67</v>
+        <v>-0.6</v>
       </c>
       <c r="I21" s="75">
-        <v>2.23</v>
+        <v>2.22</v>
       </c>
       <c r="J21" s="78">
-        <v>2.28</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="68" t="s">
         <v>93</v>
       </c>
       <c r="B22" s="40"/>
       <c r="C22" s="40"/>
       <c r="D22" s="40"/>
       <c r="E22" s="40"/>
       <c r="F22" s="40"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="44"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>94</v>
       </c>
       <c r="B23" s="72">
-        <v>1076</v>
+        <v>1107</v>
       </c>
       <c r="C23" s="72">
-        <v>2565</v>
+        <v>2582</v>
       </c>
       <c r="D23" s="72">
+        <v>3690</v>
+      </c>
+      <c r="E23" s="72">
         <v>3641</v>
       </c>
-      <c r="E23" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="72">
-        <v>3414</v>
+        <v>3322</v>
       </c>
       <c r="G23" s="75">
-        <v>1.51</v>
+        <v>1.33</v>
       </c>
       <c r="H23" s="91">
-        <v>6.66</v>
+        <v>11.05</v>
       </c>
       <c r="I23" s="75">
         <v>0.04</v>
       </c>
       <c r="J23" s="78">
         <v>0.04</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="68" t="s">
         <v>95</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="44"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="20" t="s">
         <v>96</v>
       </c>
       <c r="B25" s="72">
-        <v>2867</v>
+        <v>3081</v>
       </c>
       <c r="C25" s="72">
-        <v>3422</v>
+        <v>3357</v>
       </c>
       <c r="D25" s="72">
+        <v>6439</v>
+      </c>
+      <c r="E25" s="72">
         <v>6289</v>
       </c>
-      <c r="E25" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="72">
-        <v>6616</v>
+        <v>6615</v>
       </c>
       <c r="G25" s="75">
-        <v>-0.93</v>
+        <v>2.38</v>
       </c>
       <c r="H25" s="91">
-        <v>-4.94</v>
+        <v>-2.67</v>
       </c>
       <c r="I25" s="75">
         <v>0.07</v>
       </c>
       <c r="J25" s="78">
         <v>0.07</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="68" t="s">
         <v>97</v>
       </c>
       <c r="B26" s="40"/>
       <c r="C26" s="40"/>
       <c r="D26" s="40"/>
       <c r="E26" s="40"/>
       <c r="F26" s="40"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="44"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="20" t="s">
         <v>98</v>
       </c>
       <c r="B27" s="72">
-        <v>52139</v>
+        <v>50568</v>
       </c>
       <c r="C27" s="72">
-        <v>61246</v>
+        <v>61831</v>
       </c>
       <c r="D27" s="72">
+        <v>112398</v>
+      </c>
+      <c r="E27" s="72">
         <v>113385</v>
       </c>
-      <c r="E27" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="72">
-        <v>115034</v>
+        <v>112798</v>
       </c>
       <c r="G27" s="75">
-        <v>-1.72</v>
+        <v>-0.87</v>
       </c>
       <c r="H27" s="91">
-        <v>-1.43</v>
+        <v>-0.35</v>
       </c>
       <c r="I27" s="75">
-        <v>1.23</v>
+        <v>1.18</v>
       </c>
       <c r="J27" s="78">
-        <v>1.24</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="68" t="s">
         <v>99</v>
       </c>
       <c r="B28" s="40"/>
       <c r="C28" s="40"/>
       <c r="D28" s="40"/>
       <c r="E28" s="40"/>
       <c r="F28" s="40"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="44"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="20" t="s">
         <v>100</v>
       </c>
       <c r="B29" s="72">
-        <v>9750</v>
+        <v>9895</v>
       </c>
       <c r="C29" s="72">
-        <v>58132</v>
+        <v>59550</v>
       </c>
       <c r="D29" s="72">
+        <v>69446</v>
+      </c>
+      <c r="E29" s="72">
         <v>67882</v>
       </c>
-      <c r="E29" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F29" s="72">
-        <v>58784</v>
+        <v>58580</v>
       </c>
       <c r="G29" s="75">
-        <v>1.35</v>
+        <v>2.3</v>
       </c>
       <c r="H29" s="91">
-        <v>15.48</v>
+        <v>18.55</v>
       </c>
       <c r="I29" s="75">
-        <v>0.74</v>
+        <v>0.73</v>
       </c>
       <c r="J29" s="78">
-        <v>0.63</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="68" t="s">
         <v>101</v>
       </c>
       <c r="B30" s="40"/>
       <c r="C30" s="40"/>
       <c r="D30" s="40"/>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="44"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="20" t="s">
         <v>102</v>
       </c>
       <c r="B31" s="72">
-        <v>6384</v>
+        <v>6375</v>
       </c>
       <c r="C31" s="72">
-        <v>21223</v>
+        <v>21751</v>
       </c>
       <c r="D31" s="72">
+        <v>28125</v>
+      </c>
+      <c r="E31" s="72">
         <v>27607</v>
       </c>
-      <c r="E31" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="72">
-        <v>27611</v>
+        <v>28653</v>
       </c>
       <c r="G31" s="75">
-        <v>-1.5</v>
+        <v>1.88</v>
       </c>
       <c r="H31" s="91">
-        <v>-0.01</v>
+        <v>-1.84</v>
       </c>
       <c r="I31" s="75">
-        <v>0.3</v>
+        <v>0.29</v>
       </c>
       <c r="J31" s="78">
         <v>0.3</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="68" t="s">
         <v>103</v>
       </c>
       <c r="B32" s="40"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="34"/>
       <c r="H32" s="34"/>
       <c r="I32" s="34"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="20" t="s">
         <v>104</v>
       </c>
       <c r="B33" s="72">
-        <v>2183</v>
+        <v>2096</v>
       </c>
       <c r="C33" s="72">
-        <v>2112</v>
+        <v>2092</v>
       </c>
       <c r="D33" s="72">
+        <v>4188</v>
+      </c>
+      <c r="E33" s="72">
         <v>4295</v>
       </c>
-      <c r="E33" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F33" s="72">
-        <v>3712</v>
+        <v>3792</v>
       </c>
       <c r="G33" s="75">
-        <v>-2.58</v>
+        <v>-2.5</v>
       </c>
       <c r="H33" s="91">
-        <v>15.72</v>
+        <v>10.43</v>
       </c>
       <c r="I33" s="75">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
       <c r="J33" s="78">
         <v>0.04</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="68" t="s">
         <v>105</v>
       </c>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="34"/>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="20" t="s">
         <v>106</v>
       </c>
       <c r="B35" s="72">
-        <v>24815</v>
+        <v>25508</v>
       </c>
       <c r="C35" s="72">
-        <v>59961</v>
+        <v>60421</v>
       </c>
       <c r="D35" s="72">
+        <v>85929</v>
+      </c>
+      <c r="E35" s="72">
         <v>84776</v>
       </c>
-      <c r="E35" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="72">
-        <v>86927</v>
+        <v>87217</v>
       </c>
       <c r="G35" s="75">
-        <v>-0.05</v>
+        <v>1.36</v>
       </c>
       <c r="H35" s="91">
-        <v>-2.47</v>
+        <v>-1.48</v>
       </c>
       <c r="I35" s="75">
-        <v>0.92</v>
+        <v>0.9</v>
       </c>
       <c r="J35" s="78">
-        <v>0.94</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="87" t="s">
         <v>107</v>
       </c>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="51"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="10" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
@@ -7470,56 +7470,56 @@
       <c r="F2" s="52"/>
       <c r="G2" s="52"/>
       <c r="H2" s="52"/>
       <c r="I2" s="52"/>
       <c r="J2" s="52"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="54" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="54"/>
       <c r="C3" s="54"/>
       <c r="D3" s="54"/>
       <c r="E3" s="54"/>
       <c r="F3" s="54"/>
       <c r="G3" s="54"/>
       <c r="H3" s="54"/>
       <c r="I3" s="54"/>
       <c r="J3" s="54"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="53" t="str">
         <f>'2-5'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="53"/>
       <c r="E4" s="32" t="str">
         <f>'2-5'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="32"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="17.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="28"/>
       <c r="D5" s="29"/>
       <c r="E5" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>1</v>
       </c>
@@ -7586,529 +7586,529 @@
       </c>
       <c r="I7" s="41" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="11"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="49"/>
       <c r="G8" s="49"/>
       <c r="H8" s="49"/>
       <c r="I8" s="42"/>
       <c r="J8" s="38"/>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="56" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="59">
-        <v>36006</v>
+        <v>40436</v>
       </c>
       <c r="C9" s="59">
-        <v>36085</v>
+        <v>37854</v>
       </c>
       <c r="D9" s="59">
+        <v>78290</v>
+      </c>
+      <c r="E9" s="59">
         <v>72090</v>
       </c>
-      <c r="E9" s="59">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="59">
-        <v>92517</v>
+        <v>86944</v>
       </c>
       <c r="G9" s="62">
-        <v>-5.91</v>
+        <v>8.6</v>
       </c>
       <c r="H9" s="89">
-        <v>-22.08</v>
+        <v>-9.95</v>
       </c>
       <c r="I9" s="62">
-        <v>0.78</v>
+        <v>0.82</v>
       </c>
       <c r="J9" s="65">
-        <v>1</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="68" t="s">
         <v>108</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="34"/>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="44"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="20" t="s">
         <v>109</v>
       </c>
       <c r="B11" s="72">
-        <v>106744</v>
+        <v>97218</v>
       </c>
       <c r="C11" s="72">
-        <v>114552</v>
+        <v>113752</v>
       </c>
       <c r="D11" s="72">
+        <v>210969</v>
+      </c>
+      <c r="E11" s="72">
         <v>221296</v>
       </c>
-      <c r="E11" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="72">
-        <v>223902</v>
+        <v>212405</v>
       </c>
       <c r="G11" s="75">
-        <v>8.27</v>
+        <v>-4.67</v>
       </c>
       <c r="H11" s="91">
-        <v>-1.16</v>
+        <v>-0.68</v>
       </c>
       <c r="I11" s="75">
-        <v>2.4</v>
+        <v>2.21</v>
       </c>
       <c r="J11" s="78">
-        <v>2.42</v>
+        <v>2.26</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="68" t="s">
         <v>110</v>
       </c>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="40"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
       <c r="I12" s="34"/>
       <c r="J12" s="44"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="20" t="s">
         <v>111</v>
       </c>
       <c r="B13" s="72">
-        <v>176949</v>
+        <v>198278</v>
       </c>
       <c r="C13" s="72">
-        <v>186927</v>
+        <v>184406</v>
       </c>
       <c r="D13" s="72">
+        <v>382683</v>
+      </c>
+      <c r="E13" s="72">
         <v>363877</v>
       </c>
-      <c r="E13" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="72">
-        <v>378906</v>
+        <v>378443</v>
       </c>
       <c r="G13" s="75">
-        <v>1.17</v>
+        <v>5.17</v>
       </c>
       <c r="H13" s="91">
-        <v>-3.97</v>
+        <v>1.12</v>
       </c>
       <c r="I13" s="75">
-        <v>3.94</v>
+        <v>4.01</v>
       </c>
       <c r="J13" s="78">
-        <v>4.09</v>
+        <v>4.03</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>112</v>
       </c>
       <c r="B14" s="40"/>
       <c r="C14" s="40"/>
       <c r="D14" s="40"/>
       <c r="E14" s="40"/>
       <c r="F14" s="40"/>
       <c r="G14" s="34"/>
       <c r="H14" s="34"/>
       <c r="I14" s="34"/>
       <c r="J14" s="44"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="20" t="s">
         <v>113</v>
       </c>
       <c r="B15" s="72">
-        <v>237089</v>
+        <v>240654</v>
       </c>
       <c r="C15" s="72">
-        <v>347915</v>
+        <v>368846</v>
       </c>
       <c r="D15" s="72">
+        <v>609500</v>
+      </c>
+      <c r="E15" s="72">
         <v>585004</v>
       </c>
-      <c r="E15" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="72">
-        <v>557773</v>
+        <v>550418</v>
       </c>
       <c r="G15" s="75">
-        <v>0.21</v>
+        <v>4.19</v>
       </c>
       <c r="H15" s="91">
-        <v>4.88</v>
+        <v>10.73</v>
       </c>
       <c r="I15" s="75">
-        <v>6.34</v>
+        <v>6.38</v>
       </c>
       <c r="J15" s="78">
-        <v>6.02</v>
+        <v>5.86</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="68" t="s">
         <v>114</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="44"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>115</v>
       </c>
       <c r="B17" s="72">
-        <v>47254</v>
+        <v>49279</v>
       </c>
       <c r="C17" s="72">
-        <v>60737</v>
+        <v>61962</v>
       </c>
       <c r="D17" s="72">
+        <v>111242</v>
+      </c>
+      <c r="E17" s="72">
         <v>107992</v>
       </c>
-      <c r="E17" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="72">
-        <v>126271</v>
+        <v>142754</v>
       </c>
       <c r="G17" s="75">
-        <v>-4.7</v>
+        <v>3.01</v>
       </c>
       <c r="H17" s="91">
-        <v>-14.48</v>
+        <v>-22.07</v>
       </c>
       <c r="I17" s="75">
-        <v>1.17</v>
+        <v>1.16</v>
       </c>
       <c r="J17" s="78">
-        <v>1.36</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="68" t="s">
         <v>116</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="40"/>
       <c r="D18" s="40"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="44"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="20" t="s">
         <v>117</v>
       </c>
       <c r="B19" s="72">
-        <v>110830</v>
+        <v>117507</v>
       </c>
       <c r="C19" s="72">
-        <v>96759</v>
+        <v>104338</v>
       </c>
       <c r="D19" s="72">
+        <v>221845</v>
+      </c>
+      <c r="E19" s="72">
         <v>207589</v>
       </c>
-      <c r="E19" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="72">
-        <v>218571</v>
+        <v>229955</v>
       </c>
       <c r="G19" s="75">
-        <v>-4.04</v>
+        <v>6.87</v>
       </c>
       <c r="H19" s="91">
-        <v>-5.02</v>
+        <v>-3.53</v>
       </c>
       <c r="I19" s="75">
-        <v>2.25</v>
+        <v>2.32</v>
       </c>
       <c r="J19" s="78">
-        <v>2.36</v>
+        <v>2.45</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="68" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="44"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>119</v>
       </c>
       <c r="B21" s="72">
-        <v>154372</v>
+        <v>162787</v>
       </c>
       <c r="C21" s="72">
-        <v>256588</v>
+        <v>253885</v>
       </c>
       <c r="D21" s="72">
+        <v>416672</v>
+      </c>
+      <c r="E21" s="72">
         <v>410960</v>
       </c>
-      <c r="E21" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="72">
-        <v>400730</v>
+        <v>414891</v>
       </c>
       <c r="G21" s="75">
-        <v>0.89</v>
+        <v>1.39</v>
       </c>
       <c r="H21" s="91">
-        <v>2.55</v>
+        <v>0.43</v>
       </c>
       <c r="I21" s="75">
-        <v>4.45</v>
+        <v>4.36</v>
       </c>
       <c r="J21" s="78">
-        <v>4.32</v>
+        <v>4.42</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="68" t="s">
         <v>120</v>
       </c>
       <c r="B22" s="40"/>
       <c r="C22" s="40"/>
       <c r="D22" s="40"/>
       <c r="E22" s="40"/>
       <c r="F22" s="40"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="44"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>121</v>
       </c>
       <c r="B23" s="72">
-        <v>9809</v>
+        <v>9248</v>
       </c>
       <c r="C23" s="72">
-        <v>25896</v>
+        <v>25337</v>
       </c>
       <c r="D23" s="72">
+        <v>34586</v>
+      </c>
+      <c r="E23" s="72">
         <v>35705</v>
       </c>
-      <c r="E23" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="72">
-        <v>35223</v>
+        <v>34179</v>
       </c>
       <c r="G23" s="75">
-        <v>-0.12</v>
+        <v>-3.14</v>
       </c>
       <c r="H23" s="91">
-        <v>1.37</v>
+        <v>1.19</v>
       </c>
       <c r="I23" s="75">
-        <v>0.39</v>
+        <v>0.36</v>
       </c>
       <c r="J23" s="78">
-        <v>0.38</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="68" t="s">
         <v>122</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="44"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="20" t="s">
         <v>123</v>
       </c>
       <c r="B25" s="72">
-        <v>346659</v>
+        <v>322959</v>
       </c>
       <c r="C25" s="72">
-        <v>295447</v>
+        <v>294202</v>
       </c>
       <c r="D25" s="72">
+        <v>617161</v>
+      </c>
+      <c r="E25" s="72">
         <v>642107</v>
       </c>
-      <c r="E25" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="72">
-        <v>614553</v>
+        <v>578214</v>
       </c>
       <c r="G25" s="75">
-        <v>4.26</v>
+        <v>-3.89</v>
       </c>
       <c r="H25" s="91">
-        <v>4.48</v>
+        <v>6.74</v>
       </c>
       <c r="I25" s="75">
-        <v>6.96</v>
+        <v>6.46</v>
       </c>
       <c r="J25" s="78">
-        <v>6.63</v>
+        <v>6.15</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="68" t="s">
         <v>124</v>
       </c>
       <c r="B26" s="40"/>
       <c r="C26" s="40"/>
       <c r="D26" s="40"/>
       <c r="E26" s="40"/>
       <c r="F26" s="40"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="44"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="20" t="s">
         <v>125</v>
       </c>
       <c r="B27" s="72">
-        <v>472</v>
+        <v>398</v>
       </c>
       <c r="C27" s="72">
-        <v>785</v>
+        <v>1829</v>
       </c>
       <c r="D27" s="72">
+        <v>2227</v>
+      </c>
+      <c r="E27" s="72">
         <v>1257</v>
-      </c>
-[...1 lines deleted...]
-        <v>930</v>
       </c>
       <c r="F27" s="81">
         <v>0</v>
       </c>
       <c r="G27" s="75">
-        <v>35.18</v>
+        <v>77.15</v>
       </c>
       <c r="H27" s="93">
         <v>0</v>
       </c>
       <c r="I27" s="75">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="J27" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="68" t="s">
         <v>126</v>
       </c>
       <c r="B28" s="40"/>
       <c r="C28" s="40"/>
       <c r="D28" s="40"/>
       <c r="E28" s="40"/>
       <c r="F28" s="40"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="44"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="20" t="s">
         <v>127</v>
       </c>
       <c r="B29" s="72">
-        <v>486</v>
+        <v>520</v>
       </c>
       <c r="C29" s="72">
-        <v>1237</v>
+        <v>1220</v>
       </c>
       <c r="D29" s="72">
+        <v>1740</v>
+      </c>
+      <c r="E29" s="72">
         <v>1723</v>
       </c>
-      <c r="E29" s="72">
-[...1 lines deleted...]
-      </c>
       <c r="F29" s="72">
-        <v>363</v>
+        <v>440</v>
       </c>
       <c r="G29" s="75">
-        <v>5.69</v>
+        <v>0.99</v>
       </c>
       <c r="H29" s="91">
-        <v>374.69</v>
+        <v>295.54</v>
       </c>
       <c r="I29" s="75">
         <v>0.02</v>
       </c>
       <c r="J29" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="68" t="s">
         <v>128</v>
       </c>
       <c r="B30" s="40"/>
       <c r="C30" s="40"/>
       <c r="D30" s="40"/>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="44"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="20" t="s">
         <v>129</v>
@@ -8138,121 +8138,121 @@
         <v>0</v>
       </c>
       <c r="J31" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="68" t="s">
         <v>130</v>
       </c>
       <c r="B32" s="40"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="34"/>
       <c r="H32" s="34"/>
       <c r="I32" s="34"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="70" t="s">
         <v>131</v>
       </c>
       <c r="B33" s="73">
-        <v>256156</v>
+        <v>428642</v>
       </c>
       <c r="C33" s="73">
-        <v>152424</v>
+        <v>181051</v>
       </c>
       <c r="D33" s="73">
+        <v>609693</v>
+      </c>
+      <c r="E33" s="73">
         <v>408579</v>
       </c>
-      <c r="E33" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="F33" s="73">
-        <v>383282</v>
+        <v>592948</v>
       </c>
       <c r="G33" s="76">
-        <v>-19.89</v>
+        <v>49.22</v>
       </c>
       <c r="H33" s="94">
-        <v>6.6</v>
+        <v>2.82</v>
       </c>
       <c r="I33" s="76">
-        <v>4.43</v>
+        <v>6.38</v>
       </c>
       <c r="J33" s="79">
-        <v>4.14</v>
+        <v>6.31</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="69" t="s">
         <v>132</v>
       </c>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="34"/>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="70" t="s">
         <v>133</v>
       </c>
       <c r="B35" s="73">
-        <v>2428</v>
+        <v>3231</v>
       </c>
       <c r="C35" s="73">
-        <v>22719</v>
+        <v>25696</v>
       </c>
       <c r="D35" s="73">
+        <v>28926</v>
+      </c>
+      <c r="E35" s="73">
         <v>25147</v>
       </c>
-      <c r="E35" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="73">
-        <v>127772</v>
+        <v>93538</v>
       </c>
       <c r="G35" s="76">
-        <v>3.92</v>
+        <v>15.03</v>
       </c>
       <c r="H35" s="94">
-        <v>-80.32</v>
+        <v>-69.08</v>
       </c>
       <c r="I35" s="76">
-        <v>0.27</v>
+        <v>0.3</v>
       </c>
       <c r="J35" s="79">
-        <v>1.38</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="95" t="s">
         <v>134</v>
       </c>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="51"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="24" t="s">
         <v>41</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>