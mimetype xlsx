--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -65,51 +65,51 @@
   <si>
     <t>本月與上年同</t>
   </si>
   <si>
     <t>合　　計</t>
   </si>
   <si>
     <t>比較增減％</t>
   </si>
   <si>
     <t>月比較增減％</t>
   </si>
   <si>
     <t>本　　月</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>遠東國際商業銀行</t>
   </si>
   <si>
-    <t>民國114年10月底</t>
+    <t>民國114年12月底</t>
   </si>
   <si>
     <t>外匯活期存款</t>
   </si>
   <si>
     <t>外匯定期存款</t>
   </si>
   <si>
     <t>銀　　　行　　　別</t>
   </si>
   <si>
     <t>上　　月</t>
   </si>
   <si>
     <t>2-5 Foreign Currency Deposits at General Banks</t>
   </si>
   <si>
     <r>
       <t>（</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
@@ -201,51 +201,51 @@
   </si>
   <si>
     <t>Compare with Last Month   +-%</t>
   </si>
   <si>
     <t>Foreign Currency
 Demand Deposits</t>
   </si>
   <si>
     <t>Foreign Currency
 Time Deposits</t>
   </si>
   <si>
     <t>Same Month
  in Previous Year</t>
   </si>
   <si>
     <t>Current
  Month</t>
   </si>
   <si>
     <t>Annual Changes
  +-%</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Oct. 2025</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
   </si>
   <si>
     <r>
       <t>2-5</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行外匯存款餘額</t>
     </r>
   </si>
   <si>
     <r>
       <t>2-5</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
@@ -2508,535 +2508,535 @@
       </c>
       <c r="I7" s="41" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="11"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="49"/>
       <c r="G8" s="49"/>
       <c r="H8" s="49"/>
       <c r="I8" s="42"/>
       <c r="J8" s="38"/>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="57" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="60">
-        <v>5811158</v>
+        <v>5891332</v>
       </c>
       <c r="C9" s="60">
-        <v>10794167</v>
+        <v>10982645</v>
       </c>
       <c r="D9" s="60">
-        <v>16605325</v>
+        <v>16873978</v>
       </c>
       <c r="E9" s="60">
-        <v>16253875</v>
+        <v>16715593</v>
       </c>
       <c r="F9" s="60">
-        <v>16058986</v>
+        <v>16083845</v>
       </c>
       <c r="G9" s="63">
-        <v>2.16</v>
+        <v>0.95</v>
       </c>
       <c r="H9" s="63">
-        <v>3.4</v>
+        <v>4.91</v>
       </c>
       <c r="I9" s="63">
         <v>100</v>
       </c>
       <c r="J9" s="66">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="69" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="34"/>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="44"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="70" t="s">
         <v>55</v>
       </c>
       <c r="B11" s="73">
-        <v>5309015</v>
+        <v>5455636</v>
       </c>
       <c r="C11" s="73">
-        <v>9804931</v>
+        <v>9930990</v>
       </c>
       <c r="D11" s="73">
-        <v>15113945</v>
+        <v>15386625</v>
       </c>
       <c r="E11" s="73">
-        <v>14918145</v>
+        <v>15256498</v>
       </c>
       <c r="F11" s="73">
-        <v>14874629</v>
+        <v>15109969</v>
       </c>
       <c r="G11" s="76">
-        <v>1.31</v>
+        <v>0.85</v>
       </c>
       <c r="H11" s="76">
-        <v>1.61</v>
+        <v>1.83</v>
       </c>
       <c r="I11" s="76">
-        <v>91.02</v>
+        <v>91.19</v>
       </c>
       <c r="J11" s="79">
-        <v>92.62</v>
+        <v>93.95</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="69" t="s">
         <v>56</v>
       </c>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="40"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
       <c r="I12" s="34"/>
       <c r="J12" s="44"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="20" t="s">
         <v>57</v>
       </c>
       <c r="B13" s="72">
-        <v>273645</v>
+        <v>232417</v>
       </c>
       <c r="C13" s="72">
-        <v>878062</v>
+        <v>943443</v>
       </c>
       <c r="D13" s="72">
-        <v>1151707</v>
+        <v>1175861</v>
       </c>
       <c r="E13" s="72">
-        <v>1105691</v>
+        <v>1131291</v>
       </c>
       <c r="F13" s="72">
-        <v>1051575</v>
+        <v>1099852</v>
       </c>
       <c r="G13" s="75">
-        <v>4.16</v>
+        <v>3.94</v>
       </c>
       <c r="H13" s="75">
-        <v>9.52</v>
+        <v>6.91</v>
       </c>
       <c r="I13" s="75">
-        <v>6.94</v>
+        <v>6.97</v>
       </c>
       <c r="J13" s="78">
-        <v>6.55</v>
+        <v>6.84</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>58</v>
       </c>
       <c r="B14" s="40"/>
       <c r="C14" s="40"/>
       <c r="D14" s="40"/>
       <c r="E14" s="40"/>
       <c r="F14" s="40"/>
       <c r="G14" s="34"/>
       <c r="H14" s="34"/>
       <c r="I14" s="34"/>
       <c r="J14" s="44"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="20" t="s">
         <v>59</v>
       </c>
       <c r="B15" s="72">
-        <v>88417</v>
+        <v>95356</v>
       </c>
       <c r="C15" s="72">
-        <v>180687</v>
+        <v>184075</v>
       </c>
       <c r="D15" s="72">
-        <v>269105</v>
+        <v>279431</v>
       </c>
       <c r="E15" s="72">
-        <v>255808</v>
+        <v>289368</v>
       </c>
       <c r="F15" s="72">
-        <v>256135</v>
+        <v>259099</v>
       </c>
       <c r="G15" s="75">
-        <v>5.2</v>
+        <v>-3.43</v>
       </c>
       <c r="H15" s="75">
-        <v>5.06</v>
+        <v>7.85</v>
       </c>
       <c r="I15" s="75">
-        <v>1.62</v>
+        <v>1.66</v>
       </c>
       <c r="J15" s="78">
-        <v>1.59</v>
+        <v>1.61</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="68" t="s">
         <v>60</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="44"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>61</v>
       </c>
       <c r="B17" s="72">
-        <v>186454</v>
+        <v>228066</v>
       </c>
       <c r="C17" s="72">
-        <v>501459</v>
+        <v>515597</v>
       </c>
       <c r="D17" s="72">
-        <v>687913</v>
+        <v>743663</v>
       </c>
       <c r="E17" s="72">
-        <v>688432</v>
+        <v>734159</v>
       </c>
       <c r="F17" s="72">
-        <v>723880</v>
+        <v>735259</v>
       </c>
       <c r="G17" s="75">
-        <v>-0.08</v>
+        <v>1.29</v>
       </c>
       <c r="H17" s="75">
-        <v>-4.97</v>
+        <v>1.14</v>
       </c>
       <c r="I17" s="75">
-        <v>4.14</v>
+        <v>4.41</v>
       </c>
       <c r="J17" s="78">
-        <v>4.51</v>
+        <v>4.57</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="68" t="s">
         <v>62</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="40"/>
       <c r="D18" s="40"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="44"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="20" t="s">
         <v>63</v>
       </c>
       <c r="B19" s="72">
-        <v>265684</v>
+        <v>276007</v>
       </c>
       <c r="C19" s="72">
-        <v>805802</v>
+        <v>824052</v>
       </c>
       <c r="D19" s="72">
-        <v>1071486</v>
+        <v>1100060</v>
       </c>
       <c r="E19" s="72">
-        <v>1061527</v>
+        <v>1095697</v>
       </c>
       <c r="F19" s="72">
-        <v>1029018</v>
+        <v>1045166</v>
       </c>
       <c r="G19" s="75">
-        <v>0.94</v>
+        <v>0.4</v>
       </c>
       <c r="H19" s="75">
-        <v>4.13</v>
+        <v>5.25</v>
       </c>
       <c r="I19" s="75">
-        <v>6.45</v>
+        <v>6.52</v>
       </c>
       <c r="J19" s="78">
-        <v>6.41</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="68" t="s">
         <v>64</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="44"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="72">
-        <v>302658</v>
+        <v>311825</v>
       </c>
       <c r="C21" s="72">
-        <v>456990</v>
+        <v>430307</v>
       </c>
       <c r="D21" s="72">
-        <v>759647</v>
+        <v>742132</v>
       </c>
       <c r="E21" s="72">
-        <v>760153</v>
+        <v>734266</v>
       </c>
       <c r="F21" s="72">
-        <v>787748</v>
+        <v>804474</v>
       </c>
       <c r="G21" s="75">
-        <v>-0.07</v>
+        <v>1.07</v>
       </c>
       <c r="H21" s="75">
-        <v>-3.57</v>
+        <v>-7.75</v>
       </c>
       <c r="I21" s="75">
-        <v>4.57</v>
+        <v>4.4</v>
       </c>
       <c r="J21" s="78">
-        <v>4.91</v>
+        <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="68" t="s">
         <v>66</v>
       </c>
       <c r="B22" s="40"/>
       <c r="C22" s="40"/>
       <c r="D22" s="40"/>
       <c r="E22" s="40"/>
       <c r="F22" s="40"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="44"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>67</v>
       </c>
       <c r="B23" s="72">
-        <v>158011</v>
+        <v>154484</v>
       </c>
       <c r="C23" s="72">
-        <v>412322</v>
+        <v>406607</v>
       </c>
       <c r="D23" s="72">
-        <v>570333</v>
+        <v>561091</v>
       </c>
       <c r="E23" s="72">
-        <v>569256</v>
+        <v>563632</v>
       </c>
       <c r="F23" s="72">
-        <v>633995</v>
+        <v>620751</v>
       </c>
       <c r="G23" s="75">
-        <v>0.19</v>
+        <v>-0.45</v>
       </c>
       <c r="H23" s="75">
-        <v>-10.04</v>
+        <v>-9.61</v>
       </c>
       <c r="I23" s="75">
-        <v>3.43</v>
+        <v>3.33</v>
       </c>
       <c r="J23" s="78">
-        <v>3.95</v>
+        <v>3.86</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="68" t="s">
         <v>68</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="44"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="20" t="s">
         <v>69</v>
       </c>
       <c r="B25" s="72">
-        <v>120178</v>
+        <v>126839</v>
       </c>
       <c r="C25" s="72">
-        <v>189441</v>
+        <v>190861</v>
       </c>
       <c r="D25" s="72">
-        <v>309619</v>
+        <v>317699</v>
       </c>
       <c r="E25" s="72">
-        <v>304830</v>
+        <v>313342</v>
       </c>
       <c r="F25" s="72">
-        <v>326557</v>
+        <v>318284</v>
       </c>
       <c r="G25" s="75">
-        <v>1.57</v>
+        <v>1.39</v>
       </c>
       <c r="H25" s="75">
-        <v>-5.19</v>
+        <v>-0.18</v>
       </c>
       <c r="I25" s="75">
-        <v>1.86</v>
+        <v>1.88</v>
       </c>
       <c r="J25" s="78">
-        <v>2.03</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="68" t="s">
         <v>70</v>
       </c>
       <c r="B26" s="40"/>
       <c r="C26" s="40"/>
       <c r="D26" s="40"/>
       <c r="E26" s="40"/>
       <c r="F26" s="40"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="44"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="20" t="s">
         <v>71</v>
       </c>
       <c r="B27" s="72">
-        <v>413576</v>
+        <v>437742</v>
       </c>
       <c r="C27" s="72">
-        <v>891199</v>
+        <v>864350</v>
       </c>
       <c r="D27" s="72">
-        <v>1304775</v>
+        <v>1302092</v>
       </c>
       <c r="E27" s="72">
-        <v>1251619</v>
+        <v>1335156</v>
       </c>
       <c r="F27" s="72">
-        <v>1180952</v>
+        <v>1259832</v>
       </c>
       <c r="G27" s="75">
-        <v>4.25</v>
+        <v>-2.48</v>
       </c>
       <c r="H27" s="75">
-        <v>10.49</v>
+        <v>3.35</v>
       </c>
       <c r="I27" s="75">
-        <v>7.86</v>
+        <v>7.72</v>
       </c>
       <c r="J27" s="78">
-        <v>7.35</v>
+        <v>7.83</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="68" t="s">
         <v>72</v>
       </c>
       <c r="B28" s="40"/>
       <c r="C28" s="40"/>
       <c r="D28" s="40"/>
       <c r="E28" s="40"/>
       <c r="F28" s="40"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="44"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="20" t="s">
         <v>73</v>
       </c>
       <c r="B29" s="72">
-        <v>448984</v>
+        <v>460729</v>
       </c>
       <c r="C29" s="72">
-        <v>368233</v>
+        <v>389807</v>
       </c>
       <c r="D29" s="72">
-        <v>817217</v>
+        <v>850536</v>
       </c>
       <c r="E29" s="72">
-        <v>805886</v>
+        <v>844923</v>
       </c>
       <c r="F29" s="72">
-        <v>797034</v>
+        <v>807732</v>
       </c>
       <c r="G29" s="75">
-        <v>1.41</v>
+        <v>0.66</v>
       </c>
       <c r="H29" s="75">
-        <v>2.53</v>
+        <v>5.3</v>
       </c>
       <c r="I29" s="75">
-        <v>4.92</v>
+        <v>5.04</v>
       </c>
       <c r="J29" s="78">
-        <v>4.96</v>
+        <v>5.02</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="68" t="s">
         <v>74</v>
       </c>
       <c r="B30" s="40"/>
       <c r="C30" s="40"/>
       <c r="D30" s="40"/>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="44"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="20" t="s">
         <v>75</v>
       </c>
       <c r="B31" s="81">
         <v>0</v>
       </c>
       <c r="C31" s="81">
         <v>0</v>
@@ -3060,121 +3060,121 @@
         <v>0</v>
       </c>
       <c r="J31" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="68" t="s">
         <v>76</v>
       </c>
       <c r="B32" s="40"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="34"/>
       <c r="H32" s="34"/>
       <c r="I32" s="34"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="20" t="s">
         <v>77</v>
       </c>
       <c r="B33" s="72">
-        <v>12148</v>
+        <v>10250</v>
       </c>
       <c r="C33" s="72">
-        <v>26193</v>
+        <v>26470</v>
       </c>
       <c r="D33" s="72">
-        <v>38341</v>
+        <v>36720</v>
       </c>
       <c r="E33" s="72">
-        <v>38542</v>
+        <v>38300</v>
       </c>
       <c r="F33" s="72">
-        <v>42362</v>
+        <v>40359</v>
       </c>
       <c r="G33" s="75">
-        <v>-0.52</v>
+        <v>-4.13</v>
       </c>
       <c r="H33" s="75">
-        <v>-9.49</v>
+        <v>-9.02</v>
       </c>
       <c r="I33" s="75">
-        <v>0.23</v>
+        <v>0.22</v>
       </c>
       <c r="J33" s="78">
-        <v>0.26</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="68" t="s">
         <v>78</v>
       </c>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="34"/>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="20" t="s">
         <v>79</v>
       </c>
       <c r="B35" s="72">
-        <v>437055</v>
+        <v>442751</v>
       </c>
       <c r="C35" s="72">
-        <v>803803</v>
+        <v>834741</v>
       </c>
       <c r="D35" s="72">
-        <v>1240858</v>
+        <v>1277493</v>
       </c>
       <c r="E35" s="72">
-        <v>1233132</v>
+        <v>1254141</v>
       </c>
       <c r="F35" s="72">
-        <v>1183903</v>
+        <v>1235859</v>
       </c>
       <c r="G35" s="75">
-        <v>0.63</v>
+        <v>1.86</v>
       </c>
       <c r="H35" s="75">
-        <v>4.81</v>
+        <v>3.37</v>
       </c>
       <c r="I35" s="75">
-        <v>7.47</v>
+        <v>7.57</v>
       </c>
       <c r="J35" s="78">
-        <v>7.37</v>
+        <v>7.68</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="87" t="s">
         <v>80</v>
       </c>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="51"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
@@ -3398,56 +3398,56 @@
       <c r="F2" s="52"/>
       <c r="G2" s="52"/>
       <c r="H2" s="52"/>
       <c r="I2" s="52"/>
       <c r="J2" s="52"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="30" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="30"/>
       <c r="C3" s="30"/>
       <c r="D3" s="30"/>
       <c r="E3" s="30"/>
       <c r="F3" s="30"/>
       <c r="G3" s="30"/>
       <c r="H3" s="30"/>
       <c r="I3" s="30"/>
       <c r="J3" s="30"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="53" t="str">
         <f>'2-5'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="53"/>
       <c r="E4" s="32" t="str">
         <f>'2-5'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="32"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="17.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="28"/>
       <c r="D5" s="29"/>
       <c r="E5" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>1</v>
       </c>
@@ -3514,673 +3514,673 @@
       </c>
       <c r="I7" s="41" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="11"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="49"/>
       <c r="G8" s="49"/>
       <c r="H8" s="49"/>
       <c r="I8" s="42"/>
       <c r="J8" s="38"/>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="56" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="59">
-        <v>148522</v>
+        <v>183042</v>
       </c>
       <c r="C9" s="59">
-        <v>48557</v>
+        <v>42688</v>
       </c>
       <c r="D9" s="59">
-        <v>197079</v>
+        <v>225730</v>
       </c>
       <c r="E9" s="59">
-        <v>219930</v>
+        <v>213673</v>
       </c>
       <c r="F9" s="59">
-        <v>244395</v>
+        <v>184492</v>
       </c>
       <c r="G9" s="62">
-        <v>-10.39</v>
+        <v>5.64</v>
       </c>
       <c r="H9" s="89">
-        <v>-19.36</v>
+        <v>22.35</v>
       </c>
       <c r="I9" s="62">
-        <v>1.19</v>
+        <v>1.34</v>
       </c>
       <c r="J9" s="65">
-        <v>1.52</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="68" t="s">
         <v>81</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="34"/>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="44"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="20" t="s">
         <v>82</v>
       </c>
       <c r="B11" s="72">
-        <v>21717</v>
+        <v>18766</v>
       </c>
       <c r="C11" s="72">
-        <v>88671</v>
+        <v>96909</v>
       </c>
       <c r="D11" s="72">
-        <v>110388</v>
+        <v>115675</v>
       </c>
       <c r="E11" s="72">
-        <v>107727</v>
+        <v>115692</v>
       </c>
       <c r="F11" s="72">
-        <v>125845</v>
+        <v>123750</v>
       </c>
       <c r="G11" s="75">
-        <v>2.47</v>
+        <v>-0.01</v>
       </c>
       <c r="H11" s="91">
-        <v>-12.28</v>
+        <v>-6.52</v>
       </c>
       <c r="I11" s="75">
-        <v>0.66</v>
+        <v>0.69</v>
       </c>
       <c r="J11" s="78">
-        <v>0.78</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="68" t="s">
         <v>83</v>
       </c>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="40"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
       <c r="I12" s="34"/>
       <c r="J12" s="44"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="20" t="s">
         <v>84</v>
       </c>
       <c r="B13" s="72">
-        <v>92148</v>
+        <v>95111</v>
       </c>
       <c r="C13" s="72">
-        <v>291105</v>
+        <v>293121</v>
       </c>
       <c r="D13" s="72">
-        <v>383252</v>
+        <v>388232</v>
       </c>
       <c r="E13" s="72">
-        <v>382482</v>
+        <v>395201</v>
       </c>
       <c r="F13" s="72">
-        <v>387294</v>
+        <v>391469</v>
       </c>
       <c r="G13" s="75">
-        <v>0.2</v>
+        <v>-1.76</v>
       </c>
       <c r="H13" s="91">
-        <v>-1.04</v>
+        <v>-0.83</v>
       </c>
       <c r="I13" s="75">
-        <v>2.31</v>
+        <v>2.3</v>
       </c>
       <c r="J13" s="78">
-        <v>2.41</v>
+        <v>2.43</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>85</v>
       </c>
       <c r="B14" s="40"/>
       <c r="C14" s="40"/>
       <c r="D14" s="40"/>
       <c r="E14" s="40"/>
       <c r="F14" s="40"/>
       <c r="G14" s="34"/>
       <c r="H14" s="34"/>
       <c r="I14" s="34"/>
       <c r="J14" s="44"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="20" t="s">
         <v>86</v>
       </c>
       <c r="B15" s="72">
-        <v>158054</v>
+        <v>149799</v>
       </c>
       <c r="C15" s="72">
-        <v>163908</v>
+        <v>166053</v>
       </c>
       <c r="D15" s="72">
-        <v>321962</v>
+        <v>315852</v>
       </c>
       <c r="E15" s="72">
-        <v>314162</v>
+        <v>309984</v>
       </c>
       <c r="F15" s="72">
-        <v>339545</v>
+        <v>350309</v>
       </c>
       <c r="G15" s="75">
-        <v>2.48</v>
+        <v>1.89</v>
       </c>
       <c r="H15" s="91">
-        <v>-5.18</v>
+        <v>-9.84</v>
       </c>
       <c r="I15" s="75">
-        <v>1.94</v>
+        <v>1.87</v>
       </c>
       <c r="J15" s="78">
-        <v>2.11</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="68" t="s">
         <v>87</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="44"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>88</v>
       </c>
       <c r="B17" s="72">
-        <v>28270</v>
+        <v>29716</v>
       </c>
       <c r="C17" s="72">
-        <v>78937</v>
+        <v>73172</v>
       </c>
       <c r="D17" s="72">
-        <v>107207</v>
+        <v>102888</v>
       </c>
       <c r="E17" s="72">
-        <v>105657</v>
+        <v>99324</v>
       </c>
       <c r="F17" s="72">
-        <v>105120</v>
+        <v>106547</v>
       </c>
       <c r="G17" s="75">
-        <v>1.47</v>
+        <v>3.59</v>
       </c>
       <c r="H17" s="91">
-        <v>1.99</v>
+        <v>-3.43</v>
       </c>
       <c r="I17" s="75">
-        <v>0.65</v>
+        <v>0.61</v>
       </c>
       <c r="J17" s="78">
-        <v>0.65</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="68" t="s">
         <v>89</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="40"/>
       <c r="D18" s="40"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="44"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="20" t="s">
         <v>90</v>
       </c>
       <c r="B19" s="72">
-        <v>6534</v>
+        <v>6906</v>
       </c>
       <c r="C19" s="72">
-        <v>20494</v>
+        <v>19936</v>
       </c>
       <c r="D19" s="72">
-        <v>27028</v>
+        <v>26843</v>
       </c>
       <c r="E19" s="72">
-        <v>27310</v>
+        <v>26937</v>
       </c>
       <c r="F19" s="72">
-        <v>31084</v>
+        <v>31231</v>
       </c>
       <c r="G19" s="75">
-        <v>-1.03</v>
+        <v>-0.35</v>
       </c>
       <c r="H19" s="91">
-        <v>-13.05</v>
+        <v>-14.05</v>
       </c>
       <c r="I19" s="75">
         <v>0.16</v>
       </c>
       <c r="J19" s="78">
         <v>0.19</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="68" t="s">
         <v>91</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="44"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>92</v>
       </c>
       <c r="B21" s="72">
-        <v>120837</v>
+        <v>124481</v>
       </c>
       <c r="C21" s="72">
-        <v>133974</v>
+        <v>141701</v>
       </c>
       <c r="D21" s="72">
-        <v>254811</v>
+        <v>266182</v>
       </c>
       <c r="E21" s="72">
-        <v>250641</v>
+        <v>257881</v>
       </c>
       <c r="F21" s="72">
-        <v>259161</v>
+        <v>276999</v>
       </c>
       <c r="G21" s="75">
-        <v>1.66</v>
+        <v>3.22</v>
       </c>
       <c r="H21" s="91">
-        <v>-1.68</v>
+        <v>-3.91</v>
       </c>
       <c r="I21" s="75">
-        <v>1.53</v>
+        <v>1.58</v>
       </c>
       <c r="J21" s="78">
-        <v>1.61</v>
+        <v>1.72</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="68" t="s">
         <v>93</v>
       </c>
       <c r="B22" s="40"/>
       <c r="C22" s="40"/>
       <c r="D22" s="40"/>
       <c r="E22" s="40"/>
       <c r="F22" s="40"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="44"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>94</v>
       </c>
       <c r="B23" s="72">
-        <v>1118</v>
+        <v>1200</v>
       </c>
       <c r="C23" s="72">
-        <v>2582</v>
+        <v>2807</v>
       </c>
       <c r="D23" s="72">
-        <v>3701</v>
+        <v>4008</v>
       </c>
       <c r="E23" s="72">
-        <v>3646</v>
+        <v>3872</v>
       </c>
       <c r="F23" s="72">
-        <v>3870</v>
+        <v>3913</v>
       </c>
       <c r="G23" s="75">
-        <v>1.5</v>
+        <v>3.51</v>
       </c>
       <c r="H23" s="91">
-        <v>-4.37</v>
+        <v>2.41</v>
       </c>
       <c r="I23" s="75">
         <v>0.02</v>
       </c>
       <c r="J23" s="78">
         <v>0.02</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="68" t="s">
         <v>95</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="44"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="20" t="s">
         <v>96</v>
       </c>
       <c r="B25" s="72">
-        <v>3111</v>
+        <v>2904</v>
       </c>
       <c r="C25" s="72">
-        <v>4677</v>
+        <v>4419</v>
       </c>
       <c r="D25" s="72">
-        <v>7788</v>
+        <v>7323</v>
       </c>
       <c r="E25" s="72">
-        <v>7635</v>
+        <v>7378</v>
       </c>
       <c r="F25" s="72">
-        <v>7528</v>
+        <v>7511</v>
       </c>
       <c r="G25" s="75">
-        <v>2</v>
+        <v>-0.74</v>
       </c>
       <c r="H25" s="91">
-        <v>3.46</v>
+        <v>-2.5</v>
       </c>
       <c r="I25" s="75">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
       <c r="J25" s="78">
         <v>0.05</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="68" t="s">
         <v>97</v>
       </c>
       <c r="B26" s="40"/>
       <c r="C26" s="40"/>
       <c r="D26" s="40"/>
       <c r="E26" s="40"/>
       <c r="F26" s="40"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="44"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="20" t="s">
         <v>98</v>
       </c>
       <c r="B27" s="72">
-        <v>65706</v>
+        <v>69266</v>
       </c>
       <c r="C27" s="72">
-        <v>115492</v>
+        <v>110364</v>
       </c>
       <c r="D27" s="72">
-        <v>181198</v>
+        <v>179631</v>
       </c>
       <c r="E27" s="72">
-        <v>182944</v>
+        <v>182728</v>
       </c>
       <c r="F27" s="72">
-        <v>179026</v>
+        <v>181243</v>
       </c>
       <c r="G27" s="75">
-        <v>-0.95</v>
+        <v>-1.69</v>
       </c>
       <c r="H27" s="91">
-        <v>1.21</v>
+        <v>-0.89</v>
       </c>
       <c r="I27" s="75">
-        <v>1.09</v>
+        <v>1.06</v>
       </c>
       <c r="J27" s="78">
-        <v>1.11</v>
+        <v>1.13</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="68" t="s">
         <v>99</v>
       </c>
       <c r="B28" s="40"/>
       <c r="C28" s="40"/>
       <c r="D28" s="40"/>
       <c r="E28" s="40"/>
       <c r="F28" s="40"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="44"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="20" t="s">
         <v>100</v>
       </c>
       <c r="B29" s="72">
-        <v>10590</v>
+        <v>11069</v>
       </c>
       <c r="C29" s="72">
-        <v>64622</v>
+        <v>66017</v>
       </c>
       <c r="D29" s="72">
-        <v>75211</v>
+        <v>77086</v>
       </c>
       <c r="E29" s="72">
-        <v>73312</v>
+        <v>76739</v>
       </c>
       <c r="F29" s="72">
-        <v>64930</v>
+        <v>66225</v>
       </c>
       <c r="G29" s="75">
-        <v>2.59</v>
+        <v>0.45</v>
       </c>
       <c r="H29" s="91">
-        <v>15.84</v>
+        <v>16.4</v>
       </c>
       <c r="I29" s="75">
-        <v>0.45</v>
+        <v>0.46</v>
       </c>
       <c r="J29" s="78">
-        <v>0.4</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="68" t="s">
         <v>101</v>
       </c>
       <c r="B30" s="40"/>
       <c r="C30" s="40"/>
       <c r="D30" s="40"/>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="44"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="20" t="s">
         <v>102</v>
       </c>
       <c r="B31" s="72">
-        <v>8251</v>
+        <v>8215</v>
       </c>
       <c r="C31" s="72">
-        <v>26370</v>
+        <v>26609</v>
       </c>
       <c r="D31" s="72">
-        <v>34622</v>
+        <v>34824</v>
       </c>
       <c r="E31" s="72">
-        <v>33845</v>
+        <v>34226</v>
       </c>
       <c r="F31" s="72">
-        <v>37612</v>
+        <v>40026</v>
       </c>
       <c r="G31" s="75">
-        <v>2.29</v>
+        <v>1.75</v>
       </c>
       <c r="H31" s="91">
-        <v>-7.95</v>
+        <v>-13</v>
       </c>
       <c r="I31" s="75">
         <v>0.21</v>
       </c>
       <c r="J31" s="78">
-        <v>0.23</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="68" t="s">
         <v>103</v>
       </c>
       <c r="B32" s="40"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="34"/>
       <c r="H32" s="34"/>
       <c r="I32" s="34"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="20" t="s">
         <v>104</v>
       </c>
       <c r="B33" s="72">
-        <v>2122</v>
+        <v>2351</v>
       </c>
       <c r="C33" s="72">
-        <v>2331</v>
+        <v>2304</v>
       </c>
       <c r="D33" s="72">
-        <v>4453</v>
+        <v>4654</v>
       </c>
       <c r="E33" s="72">
-        <v>4560</v>
+        <v>4552</v>
       </c>
       <c r="F33" s="72">
-        <v>3811</v>
+        <v>3983</v>
       </c>
       <c r="G33" s="75">
-        <v>-2.34</v>
+        <v>2.25</v>
       </c>
       <c r="H33" s="91">
-        <v>16.83</v>
+        <v>16.87</v>
       </c>
       <c r="I33" s="75">
         <v>0.03</v>
       </c>
       <c r="J33" s="78">
         <v>0.02</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="68" t="s">
         <v>105</v>
       </c>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="34"/>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="20" t="s">
         <v>106</v>
       </c>
       <c r="B35" s="72">
-        <v>29458</v>
+        <v>30649</v>
       </c>
       <c r="C35" s="72">
-        <v>70853</v>
+        <v>69765</v>
       </c>
       <c r="D35" s="72">
-        <v>100311</v>
+        <v>100415</v>
       </c>
       <c r="E35" s="72">
-        <v>99670</v>
+        <v>99795</v>
       </c>
       <c r="F35" s="72">
-        <v>104508</v>
+        <v>107553</v>
       </c>
       <c r="G35" s="75">
-        <v>0.64</v>
+        <v>0.62</v>
       </c>
       <c r="H35" s="91">
-        <v>-4.02</v>
+        <v>-6.64</v>
       </c>
       <c r="I35" s="75">
         <v>0.6</v>
       </c>
       <c r="J35" s="78">
-        <v>0.65</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="87" t="s">
         <v>107</v>
       </c>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="51"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="10" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
@@ -4418,56 +4418,56 @@
       <c r="F2" s="52"/>
       <c r="G2" s="52"/>
       <c r="H2" s="52"/>
       <c r="I2" s="52"/>
       <c r="J2" s="52"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="30" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="30"/>
       <c r="C3" s="30"/>
       <c r="D3" s="30"/>
       <c r="E3" s="30"/>
       <c r="F3" s="30"/>
       <c r="G3" s="30"/>
       <c r="H3" s="30"/>
       <c r="I3" s="30"/>
       <c r="J3" s="30"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="53" t="str">
         <f>'2-5'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="53"/>
       <c r="E4" s="32" t="str">
         <f>'2-5'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="32"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="17.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="28"/>
       <c r="D5" s="29"/>
       <c r="E5" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>1</v>
       </c>
@@ -4534,529 +4534,529 @@
       </c>
       <c r="I7" s="41" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="11"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="49"/>
       <c r="G8" s="49"/>
       <c r="H8" s="49"/>
       <c r="I8" s="42"/>
       <c r="J8" s="38"/>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="56" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="59">
-        <v>65422</v>
+        <v>62522</v>
       </c>
       <c r="C9" s="59">
-        <v>60892</v>
+        <v>67139</v>
       </c>
       <c r="D9" s="59">
-        <v>126314</v>
+        <v>129661</v>
       </c>
       <c r="E9" s="59">
-        <v>123469</v>
+        <v>123666</v>
       </c>
       <c r="F9" s="59">
-        <v>145028</v>
+        <v>150077</v>
       </c>
       <c r="G9" s="62">
-        <v>2.3</v>
+        <v>4.85</v>
       </c>
       <c r="H9" s="89">
-        <v>-12.9</v>
+        <v>-13.6</v>
       </c>
       <c r="I9" s="62">
-        <v>0.76</v>
+        <v>0.77</v>
       </c>
       <c r="J9" s="65">
-        <v>0.9</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="68" t="s">
         <v>108</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="34"/>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="44"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="20" t="s">
         <v>109</v>
       </c>
       <c r="B11" s="72">
-        <v>107715</v>
+        <v>105351</v>
       </c>
       <c r="C11" s="72">
-        <v>145314</v>
+        <v>150557</v>
       </c>
       <c r="D11" s="72">
-        <v>253029</v>
+        <v>255908</v>
       </c>
       <c r="E11" s="72">
-        <v>262425</v>
+        <v>251090</v>
       </c>
       <c r="F11" s="72">
-        <v>254909</v>
+        <v>257280</v>
       </c>
       <c r="G11" s="75">
-        <v>-3.58</v>
+        <v>1.92</v>
       </c>
       <c r="H11" s="91">
-        <v>-0.74</v>
+        <v>-0.53</v>
       </c>
       <c r="I11" s="75">
         <v>1.52</v>
       </c>
       <c r="J11" s="78">
-        <v>1.59</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="68" t="s">
         <v>110</v>
       </c>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="40"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
       <c r="I12" s="34"/>
       <c r="J12" s="44"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="20" t="s">
         <v>111</v>
       </c>
       <c r="B13" s="72">
-        <v>302807</v>
+        <v>290865</v>
       </c>
       <c r="C13" s="72">
-        <v>416310</v>
+        <v>396933</v>
       </c>
       <c r="D13" s="72">
-        <v>719116</v>
+        <v>687798</v>
       </c>
       <c r="E13" s="72">
-        <v>725890</v>
+        <v>696185</v>
       </c>
       <c r="F13" s="72">
-        <v>717949</v>
+        <v>764390</v>
       </c>
       <c r="G13" s="75">
-        <v>-0.93</v>
+        <v>-1.2</v>
       </c>
       <c r="H13" s="91">
-        <v>0.16</v>
+        <v>-10.02</v>
       </c>
       <c r="I13" s="75">
-        <v>4.33</v>
+        <v>4.08</v>
       </c>
       <c r="J13" s="78">
-        <v>4.47</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>112</v>
       </c>
       <c r="B14" s="40"/>
       <c r="C14" s="40"/>
       <c r="D14" s="40"/>
       <c r="E14" s="40"/>
       <c r="F14" s="40"/>
       <c r="G14" s="34"/>
       <c r="H14" s="34"/>
       <c r="I14" s="34"/>
       <c r="J14" s="44"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="20" t="s">
         <v>113</v>
       </c>
       <c r="B15" s="72">
-        <v>369753</v>
+        <v>370264</v>
       </c>
       <c r="C15" s="72">
-        <v>805498</v>
+        <v>827488</v>
       </c>
       <c r="D15" s="72">
-        <v>1175251</v>
+        <v>1197752</v>
       </c>
       <c r="E15" s="72">
-        <v>1124210</v>
+        <v>1179315</v>
       </c>
       <c r="F15" s="72">
-        <v>1036891</v>
+        <v>1078277</v>
       </c>
       <c r="G15" s="75">
-        <v>4.54</v>
+        <v>1.56</v>
       </c>
       <c r="H15" s="91">
-        <v>13.34</v>
+        <v>11.08</v>
       </c>
       <c r="I15" s="75">
-        <v>7.08</v>
+        <v>7.1</v>
       </c>
       <c r="J15" s="78">
-        <v>6.46</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="68" t="s">
         <v>114</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="44"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>115</v>
       </c>
       <c r="B17" s="72">
-        <v>78956</v>
+        <v>75702</v>
       </c>
       <c r="C17" s="72">
-        <v>105100</v>
+        <v>109271</v>
       </c>
       <c r="D17" s="72">
-        <v>184055</v>
+        <v>184973</v>
       </c>
       <c r="E17" s="72">
-        <v>178816</v>
+        <v>190310</v>
       </c>
       <c r="F17" s="72">
-        <v>255965</v>
+        <v>221406</v>
       </c>
       <c r="G17" s="75">
-        <v>2.93</v>
+        <v>-2.8</v>
       </c>
       <c r="H17" s="91">
-        <v>-28.09</v>
+        <v>-16.46</v>
       </c>
       <c r="I17" s="75">
-        <v>1.11</v>
+        <v>1.1</v>
       </c>
       <c r="J17" s="78">
-        <v>1.59</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="68" t="s">
         <v>116</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="40"/>
       <c r="D18" s="40"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="44"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="20" t="s">
         <v>117</v>
       </c>
       <c r="B19" s="72">
-        <v>154961</v>
+        <v>196503</v>
       </c>
       <c r="C19" s="72">
-        <v>160285</v>
+        <v>185581</v>
       </c>
       <c r="D19" s="72">
-        <v>315246</v>
+        <v>382085</v>
       </c>
       <c r="E19" s="72">
-        <v>301144</v>
+        <v>322694</v>
       </c>
       <c r="F19" s="72">
-        <v>313393</v>
+        <v>296560</v>
       </c>
       <c r="G19" s="75">
-        <v>4.68</v>
+        <v>18.4</v>
       </c>
       <c r="H19" s="91">
-        <v>0.59</v>
+        <v>28.84</v>
       </c>
       <c r="I19" s="75">
-        <v>1.9</v>
+        <v>2.26</v>
       </c>
       <c r="J19" s="78">
-        <v>1.95</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="68" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="44"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>119</v>
       </c>
       <c r="B21" s="72">
-        <v>248658</v>
+        <v>258146</v>
       </c>
       <c r="C21" s="72">
-        <v>519347</v>
+        <v>488156</v>
       </c>
       <c r="D21" s="72">
-        <v>768005</v>
+        <v>746302</v>
       </c>
       <c r="E21" s="72">
-        <v>758563</v>
+        <v>753450</v>
       </c>
       <c r="F21" s="72">
-        <v>746988</v>
+        <v>733452</v>
       </c>
       <c r="G21" s="75">
-        <v>1.24</v>
+        <v>-0.95</v>
       </c>
       <c r="H21" s="91">
-        <v>2.81</v>
+        <v>1.75</v>
       </c>
       <c r="I21" s="75">
-        <v>4.63</v>
+        <v>4.42</v>
       </c>
       <c r="J21" s="78">
-        <v>4.65</v>
+        <v>4.56</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="68" t="s">
         <v>120</v>
       </c>
       <c r="B22" s="40"/>
       <c r="C22" s="40"/>
       <c r="D22" s="40"/>
       <c r="E22" s="40"/>
       <c r="F22" s="40"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="44"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>121</v>
       </c>
       <c r="B23" s="72">
-        <v>11694</v>
+        <v>12915</v>
       </c>
       <c r="C23" s="72">
-        <v>40495</v>
+        <v>41119</v>
       </c>
       <c r="D23" s="72">
-        <v>52190</v>
+        <v>54034</v>
       </c>
       <c r="E23" s="72">
-        <v>52548</v>
+        <v>52622</v>
       </c>
       <c r="F23" s="72">
-        <v>49016</v>
+        <v>50326</v>
       </c>
       <c r="G23" s="75">
-        <v>-0.68</v>
+        <v>2.68</v>
       </c>
       <c r="H23" s="91">
-        <v>6.48</v>
+        <v>7.37</v>
       </c>
       <c r="I23" s="75">
-        <v>0.31</v>
+        <v>0.32</v>
       </c>
       <c r="J23" s="78">
         <v>0.31</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="68" t="s">
         <v>122</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="44"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="20" t="s">
         <v>123</v>
       </c>
       <c r="B25" s="72">
-        <v>564886</v>
+        <v>572437</v>
       </c>
       <c r="C25" s="72">
-        <v>921874</v>
+        <v>934937</v>
       </c>
       <c r="D25" s="72">
-        <v>1486760</v>
+        <v>1507375</v>
       </c>
       <c r="E25" s="72">
-        <v>1499704</v>
+        <v>1520532</v>
       </c>
       <c r="F25" s="72">
-        <v>1447163</v>
+        <v>1455665</v>
       </c>
       <c r="G25" s="75">
-        <v>-0.86</v>
+        <v>-0.87</v>
       </c>
       <c r="H25" s="91">
-        <v>2.74</v>
+        <v>3.55</v>
       </c>
       <c r="I25" s="75">
-        <v>8.95</v>
+        <v>8.93</v>
       </c>
       <c r="J25" s="78">
-        <v>9.01</v>
+        <v>9.05</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="68" t="s">
         <v>124</v>
       </c>
       <c r="B26" s="40"/>
       <c r="C26" s="40"/>
       <c r="D26" s="40"/>
       <c r="E26" s="40"/>
       <c r="F26" s="40"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="44"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="20" t="s">
         <v>125</v>
       </c>
       <c r="B27" s="72">
-        <v>398</v>
+        <v>414</v>
       </c>
       <c r="C27" s="72">
-        <v>1829</v>
+        <v>2545</v>
       </c>
       <c r="D27" s="72">
-        <v>2227</v>
+        <v>2960</v>
       </c>
       <c r="E27" s="72">
-        <v>1257</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2713</v>
+      </c>
+      <c r="F27" s="72">
+        <v>35</v>
       </c>
       <c r="G27" s="75">
-        <v>77.15</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>9.1</v>
+      </c>
+      <c r="H27" s="91">
+        <v>8359.94</v>
       </c>
       <c r="I27" s="75">
-        <v>0.01</v>
-[...1 lines deleted...]
-      <c r="J27" s="85">
+        <v>0.02</v>
+      </c>
+      <c r="J27" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="68" t="s">
         <v>126</v>
       </c>
       <c r="B28" s="40"/>
       <c r="C28" s="40"/>
       <c r="D28" s="40"/>
       <c r="E28" s="40"/>
       <c r="F28" s="40"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="44"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="20" t="s">
         <v>127</v>
       </c>
       <c r="B29" s="72">
-        <v>520</v>
+        <v>574</v>
       </c>
       <c r="C29" s="72">
-        <v>1220</v>
+        <v>1088</v>
       </c>
       <c r="D29" s="72">
-        <v>1740</v>
+        <v>1662</v>
       </c>
       <c r="E29" s="72">
-        <v>1723</v>
+        <v>1664</v>
       </c>
       <c r="F29" s="72">
-        <v>440</v>
+        <v>583</v>
       </c>
       <c r="G29" s="75">
-        <v>0.99</v>
+        <v>-0.15</v>
       </c>
       <c r="H29" s="91">
-        <v>295.54</v>
+        <v>184.85</v>
       </c>
       <c r="I29" s="75">
         <v>0.01</v>
       </c>
       <c r="J29" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="68" t="s">
         <v>128</v>
       </c>
       <c r="B30" s="40"/>
       <c r="C30" s="40"/>
       <c r="D30" s="40"/>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="44"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="20" t="s">
         <v>129</v>
@@ -5086,121 +5086,121 @@
         <v>0</v>
       </c>
       <c r="J31" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="68" t="s">
         <v>130</v>
       </c>
       <c r="B32" s="40"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="34"/>
       <c r="H32" s="34"/>
       <c r="I32" s="34"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="70" t="s">
         <v>131</v>
       </c>
       <c r="B33" s="73">
-        <v>498913</v>
+        <v>428954</v>
       </c>
       <c r="C33" s="73">
-        <v>963541</v>
+        <v>1013946</v>
       </c>
       <c r="D33" s="73">
-        <v>1462454</v>
+        <v>1442900</v>
       </c>
       <c r="E33" s="73">
-        <v>1310582</v>
+        <v>1439872</v>
       </c>
       <c r="F33" s="73">
-        <v>1090819</v>
+        <v>866255</v>
       </c>
       <c r="G33" s="76">
-        <v>11.59</v>
+        <v>0.21</v>
       </c>
       <c r="H33" s="94">
-        <v>34.07</v>
+        <v>66.57</v>
       </c>
       <c r="I33" s="76">
-        <v>8.81</v>
+        <v>8.55</v>
       </c>
       <c r="J33" s="79">
-        <v>6.79</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="69" t="s">
         <v>132</v>
       </c>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="34"/>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="70" t="s">
         <v>133</v>
       </c>
       <c r="B35" s="73">
-        <v>3231</v>
+        <v>6743</v>
       </c>
       <c r="C35" s="73">
-        <v>25696</v>
+        <v>37710</v>
       </c>
       <c r="D35" s="73">
-        <v>28926</v>
+        <v>44452</v>
       </c>
       <c r="E35" s="73">
-        <v>25147</v>
+        <v>19223</v>
       </c>
       <c r="F35" s="73">
-        <v>93538</v>
+        <v>107621</v>
       </c>
       <c r="G35" s="76">
-        <v>15.03</v>
+        <v>131.25</v>
       </c>
       <c r="H35" s="94">
-        <v>-69.08</v>
+        <v>-58.7</v>
       </c>
       <c r="I35" s="76">
-        <v>0.17</v>
+        <v>0.26</v>
       </c>
       <c r="J35" s="79">
-        <v>0.58</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="95" t="s">
         <v>134</v>
       </c>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="51"/>
     </row>
     <row r="37" spans="1:1" ht="13.5" customHeight="1">
       <c r="A37" s="23" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="38" spans="1:1" ht="13.5" customHeight="1">
       <c r="A38" s="25" t="s">
         <v>54</v>
       </c>
@@ -5401,56 +5401,56 @@
       <c r="F2" s="52"/>
       <c r="G2" s="52"/>
       <c r="H2" s="52"/>
       <c r="I2" s="52"/>
       <c r="J2" s="52"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="54" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="54"/>
       <c r="C3" s="54"/>
       <c r="D3" s="54"/>
       <c r="E3" s="54"/>
       <c r="F3" s="54"/>
       <c r="G3" s="54"/>
       <c r="H3" s="54"/>
       <c r="I3" s="54"/>
       <c r="J3" s="54"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="53" t="str">
         <f>'2-5'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="53"/>
       <c r="E4" s="32" t="str">
         <f>'2-5'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="32"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="17.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="28"/>
       <c r="D5" s="29"/>
       <c r="E5" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>1</v>
       </c>
@@ -5517,535 +5517,535 @@
       </c>
       <c r="I7" s="41" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="11"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="49"/>
       <c r="G8" s="49"/>
       <c r="H8" s="49"/>
       <c r="I8" s="42"/>
       <c r="J8" s="38"/>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="57" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="60">
-        <v>4281847</v>
+        <v>4202350</v>
       </c>
       <c r="C9" s="60">
-        <v>5269752</v>
+        <v>5274582</v>
       </c>
       <c r="D9" s="60">
-        <v>9551599</v>
+        <v>9476932</v>
       </c>
       <c r="E9" s="60">
-        <v>9226697</v>
+        <v>9474783</v>
       </c>
       <c r="F9" s="60">
-        <v>9395107</v>
+        <v>9342693</v>
       </c>
       <c r="G9" s="63">
-        <v>3.52</v>
+        <v>0.02</v>
       </c>
       <c r="H9" s="63">
-        <v>1.67</v>
+        <v>1.44</v>
       </c>
       <c r="I9" s="63">
         <v>100</v>
       </c>
       <c r="J9" s="66">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="69" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="34"/>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="44"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="70" t="s">
         <v>55</v>
       </c>
       <c r="B11" s="73">
-        <v>3849975</v>
+        <v>3866797</v>
       </c>
       <c r="C11" s="73">
-        <v>5063006</v>
+        <v>5055924</v>
       </c>
       <c r="D11" s="73">
-        <v>8912980</v>
+        <v>8922721</v>
       </c>
       <c r="E11" s="73">
-        <v>8792970</v>
+        <v>8884216</v>
       </c>
       <c r="F11" s="73">
-        <v>8708621</v>
+        <v>8885208</v>
       </c>
       <c r="G11" s="76">
-        <v>1.36</v>
+        <v>0.43</v>
       </c>
       <c r="H11" s="76">
-        <v>2.35</v>
+        <v>0.42</v>
       </c>
       <c r="I11" s="76">
-        <v>93.31</v>
+        <v>94.15</v>
       </c>
       <c r="J11" s="79">
-        <v>92.69</v>
+        <v>95.1</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="69" t="s">
         <v>56</v>
       </c>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="40"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
       <c r="I12" s="34"/>
       <c r="J12" s="44"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="20" t="s">
         <v>57</v>
       </c>
       <c r="B13" s="72">
-        <v>254390</v>
+        <v>215389</v>
       </c>
       <c r="C13" s="72">
-        <v>607505</v>
+        <v>647699</v>
       </c>
       <c r="D13" s="72">
-        <v>861895</v>
+        <v>863088</v>
       </c>
       <c r="E13" s="72">
-        <v>825434</v>
+        <v>832359</v>
       </c>
       <c r="F13" s="72">
-        <v>758965</v>
+        <v>825521</v>
       </c>
       <c r="G13" s="75">
-        <v>4.42</v>
+        <v>3.69</v>
       </c>
       <c r="H13" s="75">
-        <v>13.56</v>
+        <v>4.55</v>
       </c>
       <c r="I13" s="75">
-        <v>9.02</v>
+        <v>9.11</v>
       </c>
       <c r="J13" s="78">
-        <v>8.08</v>
+        <v>8.84</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>58</v>
       </c>
       <c r="B14" s="40"/>
       <c r="C14" s="40"/>
       <c r="D14" s="40"/>
       <c r="E14" s="40"/>
       <c r="F14" s="40"/>
       <c r="G14" s="34"/>
       <c r="H14" s="34"/>
       <c r="I14" s="34"/>
       <c r="J14" s="44"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="20" t="s">
         <v>59</v>
       </c>
       <c r="B15" s="72">
-        <v>80480</v>
+        <v>78457</v>
       </c>
       <c r="C15" s="72">
-        <v>103858</v>
+        <v>99498</v>
       </c>
       <c r="D15" s="72">
-        <v>184338</v>
+        <v>177956</v>
       </c>
       <c r="E15" s="72">
-        <v>174461</v>
+        <v>198422</v>
       </c>
       <c r="F15" s="72">
-        <v>160290</v>
+        <v>157102</v>
       </c>
       <c r="G15" s="75">
-        <v>5.66</v>
+        <v>-10.31</v>
       </c>
       <c r="H15" s="75">
-        <v>15</v>
+        <v>13.27</v>
       </c>
       <c r="I15" s="75">
-        <v>1.93</v>
+        <v>1.88</v>
       </c>
       <c r="J15" s="78">
-        <v>1.71</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="68" t="s">
         <v>60</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="44"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>61</v>
       </c>
       <c r="B17" s="72">
-        <v>160381</v>
+        <v>194429</v>
       </c>
       <c r="C17" s="72">
-        <v>272932</v>
+        <v>295451</v>
       </c>
       <c r="D17" s="72">
-        <v>433313</v>
+        <v>489880</v>
       </c>
       <c r="E17" s="72">
-        <v>428125</v>
+        <v>475953</v>
       </c>
       <c r="F17" s="72">
-        <v>458761</v>
+        <v>455229</v>
       </c>
       <c r="G17" s="75">
-        <v>1.21</v>
+        <v>2.93</v>
       </c>
       <c r="H17" s="75">
-        <v>-5.55</v>
+        <v>7.61</v>
       </c>
       <c r="I17" s="75">
-        <v>4.54</v>
+        <v>5.17</v>
       </c>
       <c r="J17" s="78">
-        <v>4.88</v>
+        <v>4.87</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="68" t="s">
         <v>62</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="40"/>
       <c r="D18" s="40"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="44"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="20" t="s">
         <v>63</v>
       </c>
       <c r="B19" s="72">
-        <v>217175</v>
+        <v>222375</v>
       </c>
       <c r="C19" s="72">
-        <v>306176</v>
+        <v>312117</v>
       </c>
       <c r="D19" s="72">
-        <v>523351</v>
+        <v>534491</v>
       </c>
       <c r="E19" s="72">
-        <v>531751</v>
+        <v>525352</v>
       </c>
       <c r="F19" s="72">
-        <v>572096</v>
+        <v>568329</v>
       </c>
       <c r="G19" s="75">
-        <v>-1.58</v>
+        <v>1.74</v>
       </c>
       <c r="H19" s="75">
-        <v>-8.52</v>
+        <v>-5.95</v>
       </c>
       <c r="I19" s="75">
-        <v>5.48</v>
+        <v>5.64</v>
       </c>
       <c r="J19" s="78">
-        <v>6.09</v>
+        <v>6.08</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="68" t="s">
         <v>64</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="44"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="72">
-        <v>251993</v>
+        <v>272277</v>
       </c>
       <c r="C21" s="72">
-        <v>299531</v>
+        <v>253557</v>
       </c>
       <c r="D21" s="72">
-        <v>551524</v>
+        <v>525834</v>
       </c>
       <c r="E21" s="72">
-        <v>553985</v>
+        <v>525638</v>
       </c>
       <c r="F21" s="72">
-        <v>535935</v>
+        <v>563688</v>
       </c>
       <c r="G21" s="75">
-        <v>-0.44</v>
+        <v>0.04</v>
       </c>
       <c r="H21" s="75">
-        <v>2.91</v>
+        <v>-6.72</v>
       </c>
       <c r="I21" s="75">
-        <v>5.77</v>
+        <v>5.55</v>
       </c>
       <c r="J21" s="78">
-        <v>5.7</v>
+        <v>6.03</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="68" t="s">
         <v>66</v>
       </c>
       <c r="B22" s="40"/>
       <c r="C22" s="40"/>
       <c r="D22" s="40"/>
       <c r="E22" s="40"/>
       <c r="F22" s="40"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="44"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>67</v>
       </c>
       <c r="B23" s="72">
-        <v>134260</v>
+        <v>130157</v>
       </c>
       <c r="C23" s="72">
-        <v>291860</v>
+        <v>294141</v>
       </c>
       <c r="D23" s="72">
-        <v>426119</v>
+        <v>424298</v>
       </c>
       <c r="E23" s="72">
-        <v>428720</v>
+        <v>428200</v>
       </c>
       <c r="F23" s="72">
-        <v>442878</v>
+        <v>449971</v>
       </c>
       <c r="G23" s="75">
-        <v>-0.61</v>
+        <v>-0.91</v>
       </c>
       <c r="H23" s="75">
-        <v>-3.78</v>
+        <v>-5.71</v>
       </c>
       <c r="I23" s="75">
-        <v>4.46</v>
+        <v>4.48</v>
       </c>
       <c r="J23" s="78">
-        <v>4.71</v>
+        <v>4.82</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="68" t="s">
         <v>68</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="44"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="20" t="s">
         <v>69</v>
       </c>
       <c r="B25" s="72">
-        <v>65945</v>
+        <v>66619</v>
       </c>
       <c r="C25" s="72">
-        <v>86379</v>
+        <v>85556</v>
       </c>
       <c r="D25" s="72">
-        <v>152324</v>
+        <v>152175</v>
       </c>
       <c r="E25" s="72">
-        <v>149136</v>
+        <v>151530</v>
       </c>
       <c r="F25" s="72">
-        <v>157029</v>
+        <v>151072</v>
       </c>
       <c r="G25" s="75">
-        <v>2.14</v>
+        <v>0.43</v>
       </c>
       <c r="H25" s="75">
-        <v>-3</v>
+        <v>0.73</v>
       </c>
       <c r="I25" s="75">
-        <v>1.59</v>
+        <v>1.61</v>
       </c>
       <c r="J25" s="78">
-        <v>1.67</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="68" t="s">
         <v>70</v>
       </c>
       <c r="B26" s="40"/>
       <c r="C26" s="40"/>
       <c r="D26" s="40"/>
       <c r="E26" s="40"/>
       <c r="F26" s="40"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="44"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="20" t="s">
         <v>71</v>
       </c>
       <c r="B27" s="72">
-        <v>249729</v>
+        <v>260058</v>
       </c>
       <c r="C27" s="72">
-        <v>333702</v>
+        <v>306612</v>
       </c>
       <c r="D27" s="72">
-        <v>583431</v>
+        <v>566670</v>
       </c>
       <c r="E27" s="72">
-        <v>552113</v>
+        <v>600267</v>
       </c>
       <c r="F27" s="72">
-        <v>540541</v>
+        <v>577075</v>
       </c>
       <c r="G27" s="75">
-        <v>5.67</v>
+        <v>-5.6</v>
       </c>
       <c r="H27" s="75">
-        <v>7.93</v>
+        <v>-1.8</v>
       </c>
       <c r="I27" s="75">
-        <v>6.11</v>
+        <v>5.98</v>
       </c>
       <c r="J27" s="78">
-        <v>5.75</v>
+        <v>6.18</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="68" t="s">
         <v>72</v>
       </c>
       <c r="B28" s="40"/>
       <c r="C28" s="40"/>
       <c r="D28" s="40"/>
       <c r="E28" s="40"/>
       <c r="F28" s="40"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="44"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="20" t="s">
         <v>73</v>
       </c>
       <c r="B29" s="72">
-        <v>369612</v>
+        <v>378903</v>
       </c>
       <c r="C29" s="72">
-        <v>224338</v>
+        <v>220872</v>
       </c>
       <c r="D29" s="72">
-        <v>593950</v>
+        <v>599774</v>
       </c>
       <c r="E29" s="72">
-        <v>594885</v>
+        <v>602529</v>
       </c>
       <c r="F29" s="72">
-        <v>580126</v>
+        <v>592585</v>
       </c>
       <c r="G29" s="75">
-        <v>-0.16</v>
+        <v>-0.46</v>
       </c>
       <c r="H29" s="75">
-        <v>2.38</v>
+        <v>1.21</v>
       </c>
       <c r="I29" s="75">
-        <v>6.22</v>
+        <v>6.33</v>
       </c>
       <c r="J29" s="78">
-        <v>6.17</v>
+        <v>6.34</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="68" t="s">
         <v>74</v>
       </c>
       <c r="B30" s="40"/>
       <c r="C30" s="40"/>
       <c r="D30" s="40"/>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="44"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="20" t="s">
         <v>75</v>
       </c>
       <c r="B31" s="81">
         <v>0</v>
       </c>
       <c r="C31" s="81">
         <v>0</v>
@@ -6069,121 +6069,121 @@
         <v>0</v>
       </c>
       <c r="J31" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="68" t="s">
         <v>76</v>
       </c>
       <c r="B32" s="40"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="34"/>
       <c r="H32" s="34"/>
       <c r="I32" s="34"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="20" t="s">
         <v>77</v>
       </c>
       <c r="B33" s="72">
-        <v>11103</v>
+        <v>9825</v>
       </c>
       <c r="C33" s="72">
-        <v>22230</v>
+        <v>22338</v>
       </c>
       <c r="D33" s="72">
-        <v>33333</v>
+        <v>32162</v>
       </c>
       <c r="E33" s="72">
-        <v>34326</v>
+        <v>33720</v>
       </c>
       <c r="F33" s="72">
-        <v>36562</v>
+        <v>34281</v>
       </c>
       <c r="G33" s="75">
-        <v>-2.89</v>
+        <v>-4.62</v>
       </c>
       <c r="H33" s="75">
-        <v>-8.83</v>
+        <v>-6.18</v>
       </c>
       <c r="I33" s="75">
-        <v>0.35</v>
+        <v>0.34</v>
       </c>
       <c r="J33" s="78">
-        <v>0.39</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="68" t="s">
         <v>78</v>
       </c>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="34"/>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="20" t="s">
         <v>79</v>
       </c>
       <c r="B35" s="72">
-        <v>277593</v>
+        <v>278979</v>
       </c>
       <c r="C35" s="72">
-        <v>364736</v>
+        <v>392934</v>
       </c>
       <c r="D35" s="72">
-        <v>642329</v>
+        <v>671913</v>
       </c>
       <c r="E35" s="72">
-        <v>654788</v>
+        <v>636404</v>
       </c>
       <c r="F35" s="72">
-        <v>632202</v>
+        <v>637125</v>
       </c>
       <c r="G35" s="75">
-        <v>-1.9</v>
+        <v>5.58</v>
       </c>
       <c r="H35" s="75">
-        <v>1.6</v>
+        <v>5.46</v>
       </c>
       <c r="I35" s="75">
-        <v>6.72</v>
+        <v>7.09</v>
       </c>
       <c r="J35" s="78">
-        <v>6.73</v>
+        <v>6.82</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="87" t="s">
         <v>80</v>
       </c>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="51"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
@@ -6464,56 +6464,56 @@
       <c r="F2" s="52"/>
       <c r="G2" s="52"/>
       <c r="H2" s="52"/>
       <c r="I2" s="52"/>
       <c r="J2" s="52"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="54" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="54"/>
       <c r="C3" s="54"/>
       <c r="D3" s="54"/>
       <c r="E3" s="54"/>
       <c r="F3" s="54"/>
       <c r="G3" s="54"/>
       <c r="H3" s="54"/>
       <c r="I3" s="54"/>
       <c r="J3" s="54"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="53" t="str">
         <f>'2-5'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="53"/>
       <c r="E4" s="32" t="str">
         <f>'2-5'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="32"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="17.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="28"/>
       <c r="D5" s="29"/>
       <c r="E5" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>1</v>
       </c>
@@ -6580,673 +6580,673 @@
       </c>
       <c r="I7" s="41" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="11"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="49"/>
       <c r="G8" s="49"/>
       <c r="H8" s="49"/>
       <c r="I8" s="42"/>
       <c r="J8" s="38"/>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="56" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="59">
-        <v>105350</v>
+        <v>119733</v>
       </c>
       <c r="C9" s="59">
-        <v>9753</v>
+        <v>9940</v>
       </c>
       <c r="D9" s="59">
-        <v>115103</v>
+        <v>129673</v>
       </c>
       <c r="E9" s="59">
-        <v>111039</v>
+        <v>117059</v>
       </c>
       <c r="F9" s="59">
-        <v>92749</v>
+        <v>101036</v>
       </c>
       <c r="G9" s="62">
-        <v>3.66</v>
+        <v>10.78</v>
       </c>
       <c r="H9" s="89">
-        <v>24.1</v>
+        <v>28.34</v>
       </c>
       <c r="I9" s="62">
-        <v>1.21</v>
+        <v>1.37</v>
       </c>
       <c r="J9" s="65">
-        <v>0.99</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="68" t="s">
         <v>81</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="34"/>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="44"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="20" t="s">
         <v>82</v>
       </c>
       <c r="B11" s="72">
-        <v>6416</v>
+        <v>5901</v>
       </c>
       <c r="C11" s="72">
-        <v>16592</v>
+        <v>20334</v>
       </c>
       <c r="D11" s="72">
-        <v>23008</v>
+        <v>26236</v>
       </c>
       <c r="E11" s="72">
-        <v>23184</v>
+        <v>23862</v>
       </c>
       <c r="F11" s="72">
-        <v>39207</v>
+        <v>33814</v>
       </c>
       <c r="G11" s="75">
-        <v>-0.76</v>
+        <v>9.95</v>
       </c>
       <c r="H11" s="91">
-        <v>-41.32</v>
+        <v>-22.41</v>
       </c>
       <c r="I11" s="75">
-        <v>0.24</v>
+        <v>0.28</v>
       </c>
       <c r="J11" s="78">
-        <v>0.42</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="68" t="s">
         <v>83</v>
       </c>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="40"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
       <c r="I12" s="34"/>
       <c r="J12" s="44"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="20" t="s">
         <v>84</v>
       </c>
       <c r="B13" s="72">
-        <v>79643</v>
+        <v>80324</v>
       </c>
       <c r="C13" s="72">
-        <v>170505</v>
+        <v>172694</v>
       </c>
       <c r="D13" s="72">
-        <v>250148</v>
+        <v>253019</v>
       </c>
       <c r="E13" s="72">
-        <v>251318</v>
+        <v>258859</v>
       </c>
       <c r="F13" s="72">
-        <v>259035</v>
+        <v>259936</v>
       </c>
       <c r="G13" s="75">
-        <v>-0.47</v>
+        <v>-2.26</v>
       </c>
       <c r="H13" s="91">
-        <v>-3.43</v>
+        <v>-2.66</v>
       </c>
       <c r="I13" s="75">
-        <v>2.62</v>
+        <v>2.67</v>
       </c>
       <c r="J13" s="78">
-        <v>2.76</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>85</v>
       </c>
       <c r="B14" s="40"/>
       <c r="C14" s="40"/>
       <c r="D14" s="40"/>
       <c r="E14" s="40"/>
       <c r="F14" s="40"/>
       <c r="G14" s="34"/>
       <c r="H14" s="34"/>
       <c r="I14" s="34"/>
       <c r="J14" s="44"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="20" t="s">
         <v>86</v>
       </c>
       <c r="B15" s="72">
-        <v>111608</v>
+        <v>100750</v>
       </c>
       <c r="C15" s="72">
-        <v>101388</v>
+        <v>96914</v>
       </c>
       <c r="D15" s="72">
-        <v>212996</v>
+        <v>197664</v>
       </c>
       <c r="E15" s="72">
-        <v>201081</v>
+        <v>203923</v>
       </c>
       <c r="F15" s="72">
-        <v>180756</v>
+        <v>189530</v>
       </c>
       <c r="G15" s="75">
-        <v>5.93</v>
+        <v>-3.07</v>
       </c>
       <c r="H15" s="91">
-        <v>17.84</v>
+        <v>4.29</v>
       </c>
       <c r="I15" s="75">
-        <v>2.23</v>
+        <v>2.09</v>
       </c>
       <c r="J15" s="78">
-        <v>1.92</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="68" t="s">
         <v>87</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="44"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>88</v>
       </c>
       <c r="B17" s="72">
-        <v>24959</v>
+        <v>26430</v>
       </c>
       <c r="C17" s="72">
-        <v>65036</v>
+        <v>58655</v>
       </c>
       <c r="D17" s="72">
-        <v>89994</v>
+        <v>85085</v>
       </c>
       <c r="E17" s="72">
-        <v>88854</v>
+        <v>81689</v>
       </c>
       <c r="F17" s="72">
-        <v>87945</v>
+        <v>89781</v>
       </c>
       <c r="G17" s="75">
-        <v>1.28</v>
+        <v>4.16</v>
       </c>
       <c r="H17" s="91">
-        <v>2.33</v>
+        <v>-5.23</v>
       </c>
       <c r="I17" s="75">
-        <v>0.94</v>
+        <v>0.9</v>
       </c>
       <c r="J17" s="78">
-        <v>0.94</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="68" t="s">
         <v>89</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="40"/>
       <c r="D18" s="40"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="44"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="20" t="s">
         <v>90</v>
       </c>
       <c r="B19" s="72">
-        <v>6408</v>
+        <v>6811</v>
       </c>
       <c r="C19" s="72">
-        <v>19936</v>
+        <v>19466</v>
       </c>
       <c r="D19" s="72">
-        <v>26344</v>
+        <v>26277</v>
       </c>
       <c r="E19" s="72">
-        <v>26643</v>
+        <v>26317</v>
       </c>
       <c r="F19" s="72">
-        <v>30301</v>
+        <v>30454</v>
       </c>
       <c r="G19" s="75">
-        <v>-1.12</v>
+        <v>-0.15</v>
       </c>
       <c r="H19" s="91">
-        <v>-13.06</v>
+        <v>-13.72</v>
       </c>
       <c r="I19" s="75">
         <v>0.28</v>
       </c>
       <c r="J19" s="78">
-        <v>0.32</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="68" t="s">
         <v>91</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="44"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>92</v>
       </c>
       <c r="B21" s="72">
-        <v>105018</v>
+        <v>110737</v>
       </c>
       <c r="C21" s="72">
-        <v>107333</v>
+        <v>116456</v>
       </c>
       <c r="D21" s="72">
-        <v>212351</v>
+        <v>227192</v>
       </c>
       <c r="E21" s="72">
-        <v>205653</v>
+        <v>216036</v>
       </c>
       <c r="F21" s="72">
-        <v>213623</v>
+        <v>222803</v>
       </c>
       <c r="G21" s="75">
-        <v>3.26</v>
+        <v>5.16</v>
       </c>
       <c r="H21" s="91">
-        <v>-0.6</v>
+        <v>1.97</v>
       </c>
       <c r="I21" s="75">
-        <v>2.22</v>
+        <v>2.4</v>
       </c>
       <c r="J21" s="78">
-        <v>2.27</v>
+        <v>2.38</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="68" t="s">
         <v>93</v>
       </c>
       <c r="B22" s="40"/>
       <c r="C22" s="40"/>
       <c r="D22" s="40"/>
       <c r="E22" s="40"/>
       <c r="F22" s="40"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="44"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>94</v>
       </c>
       <c r="B23" s="72">
-        <v>1107</v>
+        <v>1197</v>
       </c>
       <c r="C23" s="72">
-        <v>2582</v>
+        <v>2807</v>
       </c>
       <c r="D23" s="72">
-        <v>3690</v>
+        <v>4005</v>
       </c>
       <c r="E23" s="72">
-        <v>3641</v>
+        <v>3864</v>
       </c>
       <c r="F23" s="72">
-        <v>3322</v>
+        <v>3347</v>
       </c>
       <c r="G23" s="75">
-        <v>1.33</v>
+        <v>3.63</v>
       </c>
       <c r="H23" s="91">
-        <v>11.05</v>
+        <v>19.65</v>
       </c>
       <c r="I23" s="75">
         <v>0.04</v>
       </c>
       <c r="J23" s="78">
         <v>0.04</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="68" t="s">
         <v>95</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="44"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="20" t="s">
         <v>96</v>
       </c>
       <c r="B25" s="72">
-        <v>3081</v>
+        <v>2876</v>
       </c>
       <c r="C25" s="72">
-        <v>3357</v>
+        <v>3378</v>
       </c>
       <c r="D25" s="72">
-        <v>6439</v>
+        <v>6254</v>
       </c>
       <c r="E25" s="72">
-        <v>6289</v>
+        <v>6316</v>
       </c>
       <c r="F25" s="72">
-        <v>6615</v>
+        <v>6585</v>
       </c>
       <c r="G25" s="75">
-        <v>2.38</v>
+        <v>-0.99</v>
       </c>
       <c r="H25" s="91">
-        <v>-2.67</v>
+        <v>-5.02</v>
       </c>
       <c r="I25" s="75">
         <v>0.07</v>
       </c>
       <c r="J25" s="78">
         <v>0.07</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="68" t="s">
         <v>97</v>
       </c>
       <c r="B26" s="40"/>
       <c r="C26" s="40"/>
       <c r="D26" s="40"/>
       <c r="E26" s="40"/>
       <c r="F26" s="40"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="44"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="20" t="s">
         <v>98</v>
       </c>
       <c r="B27" s="72">
-        <v>50568</v>
+        <v>51478</v>
       </c>
       <c r="C27" s="72">
-        <v>61831</v>
+        <v>59921</v>
       </c>
       <c r="D27" s="72">
-        <v>112398</v>
+        <v>111399</v>
       </c>
       <c r="E27" s="72">
-        <v>113385</v>
+        <v>113439</v>
       </c>
       <c r="F27" s="72">
-        <v>112798</v>
+        <v>111483</v>
       </c>
       <c r="G27" s="75">
-        <v>-0.87</v>
+        <v>-1.8</v>
       </c>
       <c r="H27" s="91">
-        <v>-0.35</v>
+        <v>-0.08</v>
       </c>
       <c r="I27" s="75">
         <v>1.18</v>
       </c>
       <c r="J27" s="78">
-        <v>1.2</v>
+        <v>1.19</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="68" t="s">
         <v>99</v>
       </c>
       <c r="B28" s="40"/>
       <c r="C28" s="40"/>
       <c r="D28" s="40"/>
       <c r="E28" s="40"/>
       <c r="F28" s="40"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="44"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="20" t="s">
         <v>100</v>
       </c>
       <c r="B29" s="72">
-        <v>9895</v>
+        <v>10145</v>
       </c>
       <c r="C29" s="72">
-        <v>59550</v>
+        <v>59841</v>
       </c>
       <c r="D29" s="72">
-        <v>69446</v>
+        <v>69986</v>
       </c>
       <c r="E29" s="72">
-        <v>67882</v>
+        <v>70356</v>
       </c>
       <c r="F29" s="72">
-        <v>58580</v>
+        <v>60347</v>
       </c>
       <c r="G29" s="75">
-        <v>2.3</v>
+        <v>-0.53</v>
       </c>
       <c r="H29" s="91">
-        <v>18.55</v>
+        <v>15.97</v>
       </c>
       <c r="I29" s="75">
-        <v>0.73</v>
+        <v>0.74</v>
       </c>
       <c r="J29" s="78">
-        <v>0.62</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="68" t="s">
         <v>101</v>
       </c>
       <c r="B30" s="40"/>
       <c r="C30" s="40"/>
       <c r="D30" s="40"/>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="44"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="20" t="s">
         <v>102</v>
       </c>
       <c r="B31" s="72">
-        <v>6375</v>
+        <v>6182</v>
       </c>
       <c r="C31" s="72">
-        <v>21751</v>
+        <v>21420</v>
       </c>
       <c r="D31" s="72">
-        <v>28125</v>
+        <v>27602</v>
       </c>
       <c r="E31" s="72">
-        <v>27607</v>
+        <v>27358</v>
       </c>
       <c r="F31" s="72">
-        <v>28653</v>
+        <v>29225</v>
       </c>
       <c r="G31" s="75">
-        <v>1.88</v>
+        <v>0.89</v>
       </c>
       <c r="H31" s="91">
-        <v>-1.84</v>
+        <v>-5.55</v>
       </c>
       <c r="I31" s="75">
         <v>0.29</v>
       </c>
       <c r="J31" s="78">
-        <v>0.3</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="68" t="s">
         <v>103</v>
       </c>
       <c r="B32" s="40"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="34"/>
       <c r="H32" s="34"/>
       <c r="I32" s="34"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="20" t="s">
         <v>104</v>
       </c>
       <c r="B33" s="72">
-        <v>2096</v>
+        <v>2320</v>
       </c>
       <c r="C33" s="72">
-        <v>2092</v>
+        <v>2054</v>
       </c>
       <c r="D33" s="72">
-        <v>4188</v>
+        <v>4374</v>
       </c>
       <c r="E33" s="72">
-        <v>4295</v>
+        <v>4278</v>
       </c>
       <c r="F33" s="72">
-        <v>3792</v>
+        <v>3967</v>
       </c>
       <c r="G33" s="75">
-        <v>-2.5</v>
+        <v>2.25</v>
       </c>
       <c r="H33" s="91">
-        <v>10.43</v>
+        <v>10.26</v>
       </c>
       <c r="I33" s="75">
-        <v>0.04</v>
+        <v>0.05</v>
       </c>
       <c r="J33" s="78">
         <v>0.04</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="68" t="s">
         <v>105</v>
       </c>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="34"/>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="20" t="s">
         <v>106</v>
       </c>
       <c r="B35" s="72">
-        <v>25508</v>
+        <v>26628</v>
       </c>
       <c r="C35" s="72">
-        <v>60421</v>
+        <v>58596</v>
       </c>
       <c r="D35" s="72">
-        <v>85929</v>
+        <v>85224</v>
       </c>
       <c r="E35" s="72">
-        <v>84776</v>
+        <v>85135</v>
       </c>
       <c r="F35" s="72">
-        <v>87217</v>
+        <v>88772</v>
       </c>
       <c r="G35" s="75">
-        <v>1.36</v>
+        <v>0.1</v>
       </c>
       <c r="H35" s="91">
-        <v>-1.48</v>
+        <v>-4</v>
       </c>
       <c r="I35" s="75">
         <v>0.9</v>
       </c>
       <c r="J35" s="78">
-        <v>0.93</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="87" t="s">
         <v>107</v>
       </c>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="51"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="10" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
@@ -7470,56 +7470,56 @@
       <c r="F2" s="52"/>
       <c r="G2" s="52"/>
       <c r="H2" s="52"/>
       <c r="I2" s="52"/>
       <c r="J2" s="52"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="54" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="54"/>
       <c r="C3" s="54"/>
       <c r="D3" s="54"/>
       <c r="E3" s="54"/>
       <c r="F3" s="54"/>
       <c r="G3" s="54"/>
       <c r="H3" s="54"/>
       <c r="I3" s="54"/>
       <c r="J3" s="54"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="53" t="str">
         <f>'2-5'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="53"/>
       <c r="E4" s="32" t="str">
         <f>'2-5'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="32"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="17.1" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="28"/>
       <c r="D5" s="29"/>
       <c r="E5" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>1</v>
       </c>
@@ -7586,535 +7586,535 @@
       </c>
       <c r="I7" s="41" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="11"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="49"/>
       <c r="G8" s="49"/>
       <c r="H8" s="49"/>
       <c r="I8" s="42"/>
       <c r="J8" s="38"/>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="56" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="59">
-        <v>40436</v>
+        <v>37527</v>
       </c>
       <c r="C9" s="59">
-        <v>37854</v>
+        <v>44038</v>
       </c>
       <c r="D9" s="59">
-        <v>78290</v>
+        <v>81564</v>
       </c>
       <c r="E9" s="59">
-        <v>72090</v>
+        <v>77516</v>
       </c>
       <c r="F9" s="59">
-        <v>86944</v>
+        <v>92950</v>
       </c>
       <c r="G9" s="62">
-        <v>8.6</v>
+        <v>5.22</v>
       </c>
       <c r="H9" s="89">
-        <v>-9.95</v>
+        <v>-12.25</v>
       </c>
       <c r="I9" s="62">
-        <v>0.82</v>
+        <v>0.86</v>
       </c>
       <c r="J9" s="65">
-        <v>0.93</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="68" t="s">
         <v>108</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="34"/>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="44"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="20" t="s">
         <v>109</v>
       </c>
       <c r="B11" s="72">
-        <v>97218</v>
+        <v>93894</v>
       </c>
       <c r="C11" s="72">
-        <v>113752</v>
+        <v>118759</v>
       </c>
       <c r="D11" s="72">
-        <v>210969</v>
+        <v>212653</v>
       </c>
       <c r="E11" s="72">
-        <v>221296</v>
+        <v>207845</v>
       </c>
       <c r="F11" s="72">
-        <v>212405</v>
+        <v>216245</v>
       </c>
       <c r="G11" s="75">
-        <v>-4.67</v>
+        <v>2.31</v>
       </c>
       <c r="H11" s="91">
-        <v>-0.68</v>
+        <v>-1.66</v>
       </c>
       <c r="I11" s="75">
-        <v>2.21</v>
+        <v>2.24</v>
       </c>
       <c r="J11" s="78">
-        <v>2.26</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="68" t="s">
         <v>110</v>
       </c>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="40"/>
       <c r="E12" s="40"/>
       <c r="F12" s="40"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
       <c r="I12" s="34"/>
       <c r="J12" s="44"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="20" t="s">
         <v>111</v>
       </c>
       <c r="B13" s="72">
-        <v>198278</v>
+        <v>185020</v>
       </c>
       <c r="C13" s="72">
-        <v>184406</v>
+        <v>172652</v>
       </c>
       <c r="D13" s="72">
-        <v>382683</v>
+        <v>357672</v>
       </c>
       <c r="E13" s="72">
-        <v>363877</v>
+        <v>377491</v>
       </c>
       <c r="F13" s="72">
-        <v>378443</v>
+        <v>404144</v>
       </c>
       <c r="G13" s="75">
-        <v>5.17</v>
+        <v>-5.25</v>
       </c>
       <c r="H13" s="91">
-        <v>1.12</v>
+        <v>-11.5</v>
       </c>
       <c r="I13" s="75">
-        <v>4.01</v>
+        <v>3.77</v>
       </c>
       <c r="J13" s="78">
-        <v>4.03</v>
+        <v>4.33</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="68" t="s">
         <v>112</v>
       </c>
       <c r="B14" s="40"/>
       <c r="C14" s="40"/>
       <c r="D14" s="40"/>
       <c r="E14" s="40"/>
       <c r="F14" s="40"/>
       <c r="G14" s="34"/>
       <c r="H14" s="34"/>
       <c r="I14" s="34"/>
       <c r="J14" s="44"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="20" t="s">
         <v>113</v>
       </c>
       <c r="B15" s="72">
-        <v>240654</v>
+        <v>233256</v>
       </c>
       <c r="C15" s="72">
-        <v>368846</v>
+        <v>368633</v>
       </c>
       <c r="D15" s="72">
-        <v>609500</v>
+        <v>601888</v>
       </c>
       <c r="E15" s="72">
-        <v>585004</v>
+        <v>603360</v>
       </c>
       <c r="F15" s="72">
-        <v>550418</v>
+        <v>555105</v>
       </c>
       <c r="G15" s="75">
-        <v>4.19</v>
+        <v>-0.24</v>
       </c>
       <c r="H15" s="91">
-        <v>10.73</v>
+        <v>8.43</v>
       </c>
       <c r="I15" s="75">
-        <v>6.38</v>
+        <v>6.35</v>
       </c>
       <c r="J15" s="78">
-        <v>5.86</v>
+        <v>5.94</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="68" t="s">
         <v>114</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="44"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>115</v>
       </c>
       <c r="B17" s="72">
-        <v>49279</v>
+        <v>46603</v>
       </c>
       <c r="C17" s="72">
-        <v>61962</v>
+        <v>63700</v>
       </c>
       <c r="D17" s="72">
-        <v>111242</v>
+        <v>110303</v>
       </c>
       <c r="E17" s="72">
-        <v>107992</v>
+        <v>115772</v>
       </c>
       <c r="F17" s="72">
-        <v>142754</v>
+        <v>130783</v>
       </c>
       <c r="G17" s="75">
-        <v>3.01</v>
+        <v>-4.72</v>
       </c>
       <c r="H17" s="91">
-        <v>-22.07</v>
+        <v>-15.66</v>
       </c>
       <c r="I17" s="75">
         <v>1.16</v>
       </c>
       <c r="J17" s="78">
-        <v>1.52</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="68" t="s">
         <v>116</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="40"/>
       <c r="D18" s="40"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="44"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="20" t="s">
         <v>117</v>
       </c>
       <c r="B19" s="72">
-        <v>117507</v>
+        <v>116889</v>
       </c>
       <c r="C19" s="72">
-        <v>104338</v>
+        <v>109746</v>
       </c>
       <c r="D19" s="72">
-        <v>221845</v>
+        <v>226635</v>
       </c>
       <c r="E19" s="72">
-        <v>207589</v>
+        <v>220044</v>
       </c>
       <c r="F19" s="72">
-        <v>229955</v>
+        <v>213857</v>
       </c>
       <c r="G19" s="75">
-        <v>6.87</v>
+        <v>3</v>
       </c>
       <c r="H19" s="91">
-        <v>-3.53</v>
+        <v>5.97</v>
       </c>
       <c r="I19" s="75">
-        <v>2.32</v>
+        <v>2.39</v>
       </c>
       <c r="J19" s="78">
-        <v>2.45</v>
+        <v>2.29</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="68" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="34"/>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="44"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>119</v>
       </c>
       <c r="B21" s="72">
-        <v>162787</v>
+        <v>174453</v>
       </c>
       <c r="C21" s="72">
-        <v>253885</v>
+        <v>240836</v>
       </c>
       <c r="D21" s="72">
-        <v>416672</v>
+        <v>415289</v>
       </c>
       <c r="E21" s="72">
-        <v>410960</v>
+        <v>408731</v>
       </c>
       <c r="F21" s="72">
-        <v>414891</v>
+        <v>401265</v>
       </c>
       <c r="G21" s="75">
-        <v>1.39</v>
+        <v>1.6</v>
       </c>
       <c r="H21" s="91">
-        <v>0.43</v>
+        <v>3.49</v>
       </c>
       <c r="I21" s="75">
-        <v>4.36</v>
+        <v>4.38</v>
       </c>
       <c r="J21" s="78">
-        <v>4.42</v>
+        <v>4.29</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="68" t="s">
         <v>120</v>
       </c>
       <c r="B22" s="40"/>
       <c r="C22" s="40"/>
       <c r="D22" s="40"/>
       <c r="E22" s="40"/>
       <c r="F22" s="40"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="44"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>121</v>
       </c>
       <c r="B23" s="72">
-        <v>9248</v>
+        <v>9976</v>
       </c>
       <c r="C23" s="72">
-        <v>25337</v>
+        <v>27694</v>
       </c>
       <c r="D23" s="72">
-        <v>34586</v>
+        <v>37670</v>
       </c>
       <c r="E23" s="72">
-        <v>35705</v>
+        <v>36243</v>
       </c>
       <c r="F23" s="72">
-        <v>34179</v>
+        <v>35367</v>
       </c>
       <c r="G23" s="75">
-        <v>-3.14</v>
+        <v>3.94</v>
       </c>
       <c r="H23" s="91">
-        <v>1.19</v>
+        <v>6.51</v>
       </c>
       <c r="I23" s="75">
-        <v>0.36</v>
+        <v>0.4</v>
       </c>
       <c r="J23" s="78">
-        <v>0.36</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="68" t="s">
         <v>122</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="44"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="20" t="s">
         <v>123</v>
       </c>
       <c r="B25" s="72">
-        <v>322959</v>
+        <v>309212</v>
       </c>
       <c r="C25" s="72">
-        <v>294202</v>
+        <v>272981</v>
       </c>
       <c r="D25" s="72">
-        <v>617161</v>
+        <v>582193</v>
       </c>
       <c r="E25" s="72">
-        <v>642107</v>
+        <v>583969</v>
       </c>
       <c r="F25" s="72">
-        <v>578214</v>
+        <v>591814</v>
       </c>
       <c r="G25" s="75">
-        <v>-3.89</v>
+        <v>-0.3</v>
       </c>
       <c r="H25" s="91">
-        <v>6.74</v>
+        <v>-1.63</v>
       </c>
       <c r="I25" s="75">
-        <v>6.46</v>
+        <v>6.14</v>
       </c>
       <c r="J25" s="78">
-        <v>6.15</v>
+        <v>6.33</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="68" t="s">
         <v>124</v>
       </c>
       <c r="B26" s="40"/>
       <c r="C26" s="40"/>
       <c r="D26" s="40"/>
       <c r="E26" s="40"/>
       <c r="F26" s="40"/>
       <c r="G26" s="34"/>
       <c r="H26" s="34"/>
       <c r="I26" s="34"/>
       <c r="J26" s="44"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="20" t="s">
         <v>125</v>
       </c>
       <c r="B27" s="72">
-        <v>398</v>
+        <v>414</v>
       </c>
       <c r="C27" s="72">
-        <v>1829</v>
+        <v>2545</v>
       </c>
       <c r="D27" s="72">
-        <v>2227</v>
+        <v>2960</v>
       </c>
       <c r="E27" s="72">
-        <v>1257</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2713</v>
+      </c>
+      <c r="F27" s="72">
+        <v>35</v>
       </c>
       <c r="G27" s="75">
-        <v>77.15</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>9.1</v>
+      </c>
+      <c r="H27" s="91">
+        <v>8359.94</v>
       </c>
       <c r="I27" s="75">
-        <v>0.02</v>
-[...1 lines deleted...]
-      <c r="J27" s="85">
+        <v>0.03</v>
+      </c>
+      <c r="J27" s="78">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="68" t="s">
         <v>126</v>
       </c>
       <c r="B28" s="40"/>
       <c r="C28" s="40"/>
       <c r="D28" s="40"/>
       <c r="E28" s="40"/>
       <c r="F28" s="40"/>
       <c r="G28" s="34"/>
       <c r="H28" s="34"/>
       <c r="I28" s="34"/>
       <c r="J28" s="44"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="20" t="s">
         <v>127</v>
       </c>
       <c r="B29" s="72">
-        <v>520</v>
+        <v>574</v>
       </c>
       <c r="C29" s="72">
-        <v>1220</v>
+        <v>1088</v>
       </c>
       <c r="D29" s="72">
-        <v>1740</v>
+        <v>1662</v>
       </c>
       <c r="E29" s="72">
-        <v>1723</v>
+        <v>1664</v>
       </c>
       <c r="F29" s="72">
-        <v>440</v>
+        <v>583</v>
       </c>
       <c r="G29" s="75">
-        <v>0.99</v>
+        <v>-0.15</v>
       </c>
       <c r="H29" s="91">
-        <v>295.54</v>
+        <v>184.85</v>
       </c>
       <c r="I29" s="75">
         <v>0.02</v>
       </c>
       <c r="J29" s="78">
-        <v>0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="68" t="s">
         <v>128</v>
       </c>
       <c r="B30" s="40"/>
       <c r="C30" s="40"/>
       <c r="D30" s="40"/>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="44"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="20" t="s">
         <v>129</v>
       </c>
       <c r="B31" s="81">
         <v>0</v>
       </c>
       <c r="C31" s="81">
         <v>0</v>
@@ -8138,121 +8138,121 @@
         <v>0</v>
       </c>
       <c r="J31" s="85">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="68" t="s">
         <v>130</v>
       </c>
       <c r="B32" s="40"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="34"/>
       <c r="H32" s="34"/>
       <c r="I32" s="34"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="70" t="s">
         <v>131</v>
       </c>
       <c r="B33" s="73">
-        <v>428642</v>
+        <v>328810</v>
       </c>
       <c r="C33" s="73">
-        <v>181051</v>
+        <v>180948</v>
       </c>
       <c r="D33" s="73">
-        <v>609693</v>
+        <v>509758</v>
       </c>
       <c r="E33" s="73">
-        <v>408579</v>
+        <v>571344</v>
       </c>
       <c r="F33" s="73">
-        <v>592948</v>
+        <v>349864</v>
       </c>
       <c r="G33" s="76">
-        <v>49.22</v>
+        <v>-10.78</v>
       </c>
       <c r="H33" s="94">
-        <v>2.82</v>
+        <v>45.7</v>
       </c>
       <c r="I33" s="76">
-        <v>6.38</v>
+        <v>5.38</v>
       </c>
       <c r="J33" s="79">
-        <v>6.31</v>
+        <v>3.74</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="69" t="s">
         <v>132</v>
       </c>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="34"/>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="44"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="70" t="s">
         <v>133</v>
       </c>
       <c r="B35" s="73">
-        <v>3231</v>
+        <v>6743</v>
       </c>
       <c r="C35" s="73">
-        <v>25696</v>
+        <v>37710</v>
       </c>
       <c r="D35" s="73">
-        <v>28926</v>
+        <v>44452</v>
       </c>
       <c r="E35" s="73">
-        <v>25147</v>
+        <v>19223</v>
       </c>
       <c r="F35" s="73">
-        <v>93538</v>
+        <v>107621</v>
       </c>
       <c r="G35" s="76">
-        <v>15.03</v>
+        <v>131.25</v>
       </c>
       <c r="H35" s="94">
-        <v>-69.08</v>
+        <v>-58.7</v>
       </c>
       <c r="I35" s="76">
-        <v>0.3</v>
+        <v>0.47</v>
       </c>
       <c r="J35" s="79">
-        <v>1</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="95" t="s">
         <v>134</v>
       </c>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="51"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="24" t="s">
         <v>41</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>